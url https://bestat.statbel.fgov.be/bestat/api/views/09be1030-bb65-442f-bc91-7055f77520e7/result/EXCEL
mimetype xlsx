--- v0 (2025-10-21)
+++ v1 (2026-01-19)
@@ -107,51 +107,51 @@
   <cols>
     <col min="1" max="1" width="11.02734375" customWidth="true"/>
     <col min="2" max="2" width="239.69140625" customWidth="true"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" t="inlineStr">
         <is>
           <t>Data source:</t>
         </is>
       </c>
       <c r="B1" t="inlineStr">
         <is>
           <t>Energie gebruiksstatistieken</t>
         </is>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="inlineStr">
         <is>
           <t>Filters:</t>
         </is>
       </c>
       <c r="B2" t="inlineStr">
         <is>
-          <t>Jaar : Laatste 1 Jaar(2023)</t>
+          <t>Jaar : Laatste 1 Jaar(2024)</t>
         </is>
       </c>
     </row>
     <row r="3">
       <c r="B3" t="inlineStr">
         <is>
           <t xml:space="preserve">
 Indicator : Totale energievoorziening, Transformatie input, Transformatie output, Energie sector, Distributieverliezen, Finale consumptie, Statistisch verschil, Niet beschikbaar, Onbekend</t>
         </is>
       </c>
     </row>
     <row r="4">
       <c r="B4" t="inlineStr">
         <is>
           <t xml:space="preserve">
 Product : Antraciet, Cokeskool, Andere bitumineuze kool, Subbitumineuze kool, Bruinkool, Steenkool-briketten, Cokesoven-cokes, Gascokes, Koolteer, BKB (bruinkoolbriketten), Fabrieksgas, Cokesovengas, Hoogovengas, Andere teruggewonnen gassen, Turf, Turfproducten, Olieschalie en oliezand
 </t>
         </is>
       </c>
     </row>
     <row r="5">
 </row>
     <row r="6">
       <c r="A6" t="inlineStr">
         <is>
@@ -320,905 +320,897 @@
           <t>Indicator Niveau 1</t>
         </is>
       </c>
       <c r="C4" t="inlineStr">
         <is>
           <t>Indicator Niveau 2</t>
         </is>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="inlineStr">
         <is>
           <t>Totale energievoorziening</t>
         </is>
       </c>
       <c r="B5" t="inlineStr">
         <is>
           <t>Teruggewonnen en gerecycleerde producten</t>
         </is>
       </c>
       <c r="C5"/>
       <c r="D5"/>
       <c r="E5"/>
       <c r="F5"/>
       <c r="G5" s="2" t="n">
-        <v>5.679683768032886</v>
+        <v>2.709785516384838</v>
       </c>
       <c r="H5" s="2" t="n">
-        <v>23.868300372599684</v>
+        <v>22.15878475207804</v>
       </c>
       <c r="I5"/>
       <c r="J5"/>
       <c r="K5"/>
       <c r="L5"/>
       <c r="M5"/>
       <c r="N5"/>
       <c r="O5"/>
     </row>
     <row r="6">
       <c r="A6"/>
       <c r="B6" t="inlineStr">
         <is>
           <t>Invoer</t>
         </is>
       </c>
       <c r="C6"/>
       <c r="D6"/>
       <c r="E6" s="2" t="n">
-        <v>116.07422136237741</v>
+        <v>130.72622527945012</v>
       </c>
       <c r="F6" s="2" t="n">
-        <v>1195.0676889271085</v>
+        <v>1108.9232826980071</v>
       </c>
       <c r="G6" s="2" t="n">
-        <v>619.0300324830441</v>
-[...3 lines deleted...]
-      </c>
+        <v>857.1071295500174</v>
+      </c>
+      <c r="H6"/>
       <c r="I6" s="2" t="n">
-        <v>0.8993981083405018</v>
+        <v>1.0492977930639187</v>
       </c>
       <c r="J6" s="2" t="n">
-        <v>361.8998925193479</v>
+        <v>227.86289528995977</v>
       </c>
       <c r="K6" s="2" t="n">
-        <v>157.3863093532059</v>
+        <v>145.7846899780267</v>
       </c>
       <c r="L6" s="2" t="n">
-        <v>82.38486672398997</v>
+        <v>64.44187446259696</v>
       </c>
       <c r="M6"/>
       <c r="N6"/>
       <c r="O6"/>
     </row>
     <row r="7">
       <c r="A7"/>
       <c r="B7" t="inlineStr">
         <is>
           <t>Uitvoer</t>
         </is>
       </c>
       <c r="C7"/>
       <c r="D7"/>
       <c r="E7" s="2" t="n">
-        <v>-70.28296073373484</v>
+        <v>-45.01552737173991</v>
       </c>
       <c r="F7"/>
       <c r="G7" s="2" t="n">
-        <v>-32.60914063246404</v>
+        <v>-0.5505159071367174</v>
       </c>
       <c r="H7" s="2" t="n">
-        <v>-0.6716370497754872</v>
+        <v>-1.1699484092863326</v>
       </c>
       <c r="I7" s="2" t="n">
-        <v>-0.6745485812553764</v>
+        <v>-0.4496990541702509</v>
       </c>
       <c r="J7" s="2" t="n">
-        <v>-16.60906659023604</v>
+        <v>-7.6066733543517975</v>
       </c>
       <c r="K7"/>
       <c r="L7"/>
       <c r="M7"/>
       <c r="N7"/>
       <c r="O7"/>
     </row>
     <row r="8">
       <c r="A8"/>
       <c r="B8" t="inlineStr">
         <is>
           <t>Voorraadwijzigingen</t>
         </is>
       </c>
       <c r="C8"/>
       <c r="D8"/>
       <c r="E8" s="2" t="n">
-        <v>5.388220120378351</v>
+        <v>-27.070937231298466</v>
       </c>
       <c r="F8" s="2" t="n">
-        <v>-39.488239228050205</v>
+        <v>52.80957294353702</v>
       </c>
       <c r="G8" s="2" t="n">
-        <v>75.16887599121074</v>
+        <v>3.2286806152670406</v>
       </c>
       <c r="H8" s="2" t="n">
-        <v>-0.2163943823445121</v>
+        <v>-0.043278876468902425</v>
       </c>
       <c r="I8" s="2" t="n">
-        <v>0.14989968472341697</v>
+        <v>-0.14989968472341697</v>
       </c>
       <c r="J8" s="2" t="n">
-        <v>-130.98831088181947</v>
+        <v>91.00093627591511</v>
       </c>
       <c r="K8" s="2" t="n">
-        <v>2.4282459157351766</v>
+        <v>3.8672064583930585</v>
       </c>
       <c r="L8" s="2" t="n">
-        <v>0.13490971625107526</v>
+        <v>-0.17987962166810037</v>
       </c>
       <c r="M8"/>
       <c r="N8"/>
       <c r="O8"/>
     </row>
     <row r="9">
       <c r="A9" t="inlineStr">
         <is>
           <t>Totale energievoorziening</t>
         </is>
       </c>
       <c r="B9"/>
       <c r="C9"/>
       <c r="D9"/>
       <c r="E9" s="2" t="n">
-        <v>51.17948074902094</v>
+        <v>58.639760676411754</v>
       </c>
       <c r="F9" s="2" t="n">
-        <v>1155.5794496990582</v>
+        <v>1161.7328556415441</v>
       </c>
       <c r="G9" s="2" t="n">
-        <v>667.2694516098238</v>
+        <v>862.4950797745325</v>
       </c>
       <c r="H9" s="2" t="n">
-        <v>23.196926053310484</v>
+        <v>20.945557466322807</v>
       </c>
       <c r="I9" s="2" t="n">
-        <v>0.3747492118085425</v>
+        <v>0.4496990541702508</v>
       </c>
       <c r="J9" s="2" t="n">
-        <v>214.30251504729233</v>
+        <v>311.25715821152306</v>
       </c>
       <c r="K9" s="2" t="n">
-        <v>159.81455526894106</v>
+        <v>149.65189643641978</v>
       </c>
       <c r="L9" s="2" t="n">
-        <v>82.51977644024105</v>
+        <v>64.26199484092886</v>
       </c>
       <c r="M9"/>
       <c r="N9"/>
       <c r="O9"/>
     </row>
     <row r="10">
       <c r="A10" t="inlineStr">
         <is>
           <t>Transformatie input</t>
         </is>
       </c>
       <c r="B10" t="inlineStr">
         <is>
           <t>Productie van elektriciteit en warmte</t>
         </is>
       </c>
       <c r="C10"/>
       <c r="D10"/>
       <c r="E10"/>
       <c r="F10"/>
       <c r="G10" s="2" t="n">
-        <v>3.8250931498996987</v>
+        <v>1.1531002197382287</v>
       </c>
       <c r="H10"/>
       <c r="I10"/>
       <c r="J10"/>
       <c r="K10"/>
       <c r="L10"/>
       <c r="M10" s="2" t="n">
-        <v>1.3478073946689644</v>
+        <v>0.2149613069647471</v>
       </c>
       <c r="N10" s="2" t="n">
-        <v>352.80643928537427</v>
+        <v>433.15181045189803</v>
       </c>
       <c r="O10" s="2" t="n">
-        <v>15.59663704977554</v>
+        <v>9.107194038406451</v>
       </c>
     </row>
     <row r="11">
       <c r="A11"/>
       <c r="B11" t="inlineStr">
         <is>
           <t>Cokesovens</t>
         </is>
       </c>
       <c r="C11"/>
       <c r="D11"/>
       <c r="E11"/>
       <c r="F11" s="2" t="n">
-        <v>1163.5580395528846</v>
+        <v>1169.2378905130454</v>
       </c>
       <c r="G11"/>
       <c r="H11"/>
       <c r="I11"/>
       <c r="J11"/>
       <c r="K11"/>
       <c r="L11"/>
       <c r="M11"/>
       <c r="N11"/>
       <c r="O11"/>
     </row>
     <row r="12">
       <c r="A12"/>
       <c r="B12" t="inlineStr">
         <is>
           <t>Hoogovens</t>
         </is>
       </c>
       <c r="C12"/>
       <c r="D12"/>
       <c r="E12" s="2" t="n">
-        <v>19.961402503105067</v>
+        <v>24.899589185057884</v>
       </c>
       <c r="F12"/>
       <c r="G12" s="2" t="n">
-        <v>551.8296789911169</v>
+        <v>755.7781360466255</v>
       </c>
       <c r="H12"/>
       <c r="I12"/>
       <c r="J12" s="2" t="n">
-        <v>1078.3561908856443</v>
+        <v>1189.725924333624</v>
       </c>
       <c r="K12"/>
       <c r="L12"/>
       <c r="M12"/>
       <c r="N12"/>
       <c r="O12"/>
     </row>
     <row r="13">
       <c r="A13" t="inlineStr">
         <is>
           <t>Transformatie input</t>
         </is>
       </c>
       <c r="B13"/>
       <c r="C13"/>
       <c r="D13"/>
       <c r="E13" s="2" t="n">
-        <v>19.961402503105067</v>
+        <v>24.899589185057884</v>
       </c>
       <c r="F13" s="2" t="n">
-        <v>1163.5580395528846</v>
+        <v>1169.2378905130454</v>
       </c>
       <c r="G13" s="2" t="n">
-        <v>555.6547721410166</v>
+        <v>756.9312362663637</v>
       </c>
       <c r="H13"/>
       <c r="I13"/>
       <c r="J13" s="2" t="n">
-        <v>1078.3561908856443</v>
+        <v>1189.725924333624</v>
       </c>
       <c r="K13"/>
       <c r="L13"/>
       <c r="M13" s="2" t="n">
-        <v>1.3478073946689644</v>
+        <v>0.2149613069647471</v>
       </c>
       <c r="N13" s="2" t="n">
-        <v>352.80643928537427</v>
+        <v>433.15181045189803</v>
       </c>
       <c r="O13" s="2" t="n">
-        <v>15.59663704977554</v>
+        <v>9.107194038406451</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="inlineStr">
         <is>
           <t>Transformatie output</t>
         </is>
       </c>
       <c r="B14" t="inlineStr">
         <is>
           <t>Cokesovens</t>
         </is>
       </c>
       <c r="C14"/>
       <c r="D14"/>
       <c r="E14"/>
       <c r="F14"/>
       <c r="G14"/>
       <c r="H14"/>
       <c r="I14"/>
       <c r="J14" s="2" t="n">
-        <v>875.7521496130727</v>
+        <v>890.1246775580427</v>
       </c>
       <c r="K14" s="2" t="n">
-        <v>40.20096016050459</v>
+        <v>38.22238941435</v>
       </c>
       <c r="L14"/>
       <c r="M14" s="2" t="n">
-        <v>223.7811693895107</v>
+        <v>235.7373172828899</v>
       </c>
       <c r="N14"/>
       <c r="O14"/>
     </row>
     <row r="15">
       <c r="A15"/>
       <c r="B15" t="inlineStr">
         <is>
           <t>Hoogovens</t>
         </is>
       </c>
       <c r="C15"/>
       <c r="D15"/>
       <c r="E15"/>
       <c r="F15"/>
       <c r="G15"/>
       <c r="H15"/>
       <c r="I15"/>
       <c r="J15"/>
       <c r="K15"/>
       <c r="L15"/>
       <c r="M15"/>
       <c r="N15" s="2" t="n">
-        <v>458.04432979841573</v>
+        <v>582.6430686920819</v>
       </c>
       <c r="O15" s="2" t="n">
-        <v>71.86395337728123</v>
+        <v>72.31059520397464</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="inlineStr">
         <is>
           <t>Transformatie output</t>
         </is>
       </c>
       <c r="B16"/>
       <c r="C16"/>
       <c r="D16"/>
       <c r="E16"/>
       <c r="F16"/>
       <c r="G16"/>
       <c r="H16"/>
       <c r="I16"/>
       <c r="J16" s="2" t="n">
-        <v>875.7521496130727</v>
+        <v>890.1246775580427</v>
       </c>
       <c r="K16" s="2" t="n">
-        <v>40.20096016050459</v>
+        <v>38.22238941435</v>
       </c>
       <c r="L16"/>
       <c r="M16" s="2" t="n">
-        <v>223.7811693895107</v>
+        <v>235.7373172828899</v>
       </c>
       <c r="N16" s="2" t="n">
-        <v>458.04432979841573</v>
+        <v>582.6430686920819</v>
       </c>
       <c r="O16" s="2" t="n">
-        <v>71.86395337728123</v>
+        <v>72.31059520397464</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="inlineStr">
         <is>
           <t>Energie sector</t>
         </is>
       </c>
       <c r="B17" t="inlineStr">
         <is>
           <t>Cokesovens</t>
         </is>
       </c>
       <c r="C17"/>
       <c r="D17"/>
       <c r="E17"/>
       <c r="F17"/>
       <c r="G17"/>
       <c r="H17"/>
       <c r="I17"/>
       <c r="J17"/>
       <c r="K17"/>
       <c r="L17"/>
       <c r="M17" s="2" t="n">
-        <v>94.36156491831504</v>
+        <v>93.26096302665553</v>
       </c>
       <c r="N17"/>
       <c r="O17"/>
     </row>
     <row r="18">
       <c r="A18"/>
       <c r="B18" t="inlineStr">
         <is>
           <t>Hoogovens</t>
         </is>
       </c>
       <c r="C18"/>
       <c r="D18"/>
       <c r="E18"/>
       <c r="F18"/>
       <c r="G18"/>
       <c r="H18"/>
       <c r="I18"/>
       <c r="J18"/>
       <c r="K18"/>
       <c r="L18"/>
       <c r="M18" s="2" t="n">
-        <v>10.425623387790235</v>
+        <v>12.065778159931254</v>
       </c>
       <c r="N18" s="2" t="n">
-        <v>84.48457055507815</v>
+        <v>124.03267411865907</v>
       </c>
       <c r="O18" s="2" t="n">
-        <v>43.80672590044918</v>
+        <v>19.477882869972362</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="inlineStr">
         <is>
           <t>Energie sector</t>
         </is>
       </c>
       <c r="B19"/>
       <c r="C19"/>
       <c r="D19"/>
       <c r="E19"/>
       <c r="F19"/>
       <c r="G19"/>
       <c r="H19"/>
       <c r="I19"/>
       <c r="J19"/>
       <c r="K19"/>
       <c r="L19"/>
       <c r="M19" s="2" t="n">
-        <v>104.78718830610526</v>
+        <v>105.32674118658679</v>
       </c>
       <c r="N19" s="2" t="n">
-        <v>84.48457055507815</v>
+        <v>124.03267411865907</v>
       </c>
       <c r="O19" s="2" t="n">
-        <v>43.80672590044918</v>
+        <v>19.477882869972362</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="inlineStr">
         <is>
           <t>Finale consumptie</t>
         </is>
       </c>
       <c r="B20" t="inlineStr">
         <is>
           <t>Industrie sector</t>
         </is>
       </c>
       <c r="C20" t="inlineStr">
         <is>
           <t>IJzer en staal</t>
         </is>
       </c>
       <c r="D20"/>
       <c r="E20" s="2" t="n">
-        <v>2.783247348810557</v>
+        <v>2.815849813700211</v>
       </c>
       <c r="F20"/>
       <c r="G20"/>
       <c r="H20"/>
       <c r="I20"/>
       <c r="J20" s="2" t="n">
-        <v>5.23394955574665</v>
+        <v>5.862023502436249</v>
       </c>
       <c r="K20"/>
       <c r="L20"/>
       <c r="M20" s="2" t="n">
-        <v>122.80954428202968</v>
+        <v>123.85640584694798</v>
       </c>
       <c r="N20" s="2" t="n">
-        <v>24.121047100410898</v>
+        <v>32.922518391134155</v>
       </c>
       <c r="O20" s="2" t="n">
-        <v>12.27429062768706</v>
+        <v>43.58459921658561</v>
       </c>
     </row>
     <row r="21">
       <c r="A21"/>
       <c r="B21"/>
       <c r="C21" t="inlineStr">
         <is>
           <t>Chemie en petrochemie</t>
         </is>
       </c>
       <c r="D21"/>
       <c r="E21"/>
       <c r="F21"/>
       <c r="G21"/>
       <c r="H21"/>
       <c r="I21"/>
       <c r="J21" s="2" t="n">
         <v>9.072179229960861</v>
       </c>
       <c r="K21"/>
       <c r="L21"/>
       <c r="M21"/>
       <c r="N21"/>
       <c r="O21"/>
     </row>
     <row r="22">
       <c r="A22"/>
       <c r="B22"/>
       <c r="C22" t="inlineStr">
         <is>
           <t>Niet-metaalhoudende mineralen</t>
         </is>
       </c>
       <c r="D22"/>
       <c r="E22"/>
       <c r="F22"/>
       <c r="G22" s="2" t="n">
-        <v>105.59575331995833</v>
+        <v>99.05130887551387</v>
       </c>
       <c r="H22" s="2" t="n">
-        <v>23.868300372599684</v>
+        <v>21.07681284035548</v>
       </c>
       <c r="I22"/>
       <c r="J22"/>
       <c r="K22"/>
       <c r="L22" s="2" t="n">
-        <v>82.07007738607079</v>
+        <v>64.21702493551184</v>
       </c>
       <c r="M22"/>
       <c r="N22"/>
       <c r="O22"/>
     </row>
     <row r="23">
       <c r="A23"/>
       <c r="B23"/>
       <c r="C23" t="inlineStr">
         <is>
           <t>Voeding, dranken en tabak</t>
         </is>
       </c>
       <c r="D23"/>
       <c r="E23"/>
       <c r="F23"/>
       <c r="G23" s="2" t="n">
-        <v>4.926256329416278</v>
+        <v>1.2684102417120517</v>
       </c>
       <c r="H23"/>
       <c r="I23"/>
       <c r="J23" s="2" t="n">
-        <v>3.559085697907722</v>
+        <v>3.9080156682908322</v>
       </c>
       <c r="K23"/>
       <c r="L23"/>
       <c r="M23"/>
       <c r="N23"/>
       <c r="O23"/>
     </row>
     <row r="24">
       <c r="A24"/>
       <c r="B24"/>
       <c r="C24" t="inlineStr">
         <is>
           <t>Papier, pulp en drukkerij</t>
         </is>
       </c>
       <c r="D24"/>
       <c r="E24"/>
       <c r="F24"/>
       <c r="G24" s="2" t="n">
-        <v>14.66285707461551</v>
+        <v>9.397766790866568</v>
       </c>
       <c r="H24"/>
       <c r="I24"/>
       <c r="J24"/>
       <c r="K24"/>
       <c r="L24"/>
       <c r="M24"/>
       <c r="N24"/>
       <c r="O24"/>
     </row>
     <row r="25">
       <c r="A25"/>
       <c r="B25" t="inlineStr">
         <is>
           <t>Industrie sector</t>
         </is>
       </c>
       <c r="C25"/>
       <c r="D25"/>
       <c r="E25" s="2" t="n">
-        <v>2.783247348810557</v>
+        <v>2.815849813700211</v>
       </c>
       <c r="F25"/>
       <c r="G25" s="2" t="n">
-        <v>125.18486672399013</v>
+        <v>109.71748590809248</v>
       </c>
       <c r="H25" s="2" t="n">
-        <v>23.868300372599684</v>
+        <v>21.07681284035548</v>
       </c>
       <c r="I25"/>
       <c r="J25" s="2" t="n">
-        <v>17.865214483615233</v>
+        <v>18.842218400687944</v>
       </c>
       <c r="K25"/>
       <c r="L25" s="2" t="n">
-        <v>82.07007738607079</v>
+        <v>64.21702493551184</v>
       </c>
       <c r="M25" s="2" t="n">
-        <v>122.80954428202968</v>
+        <v>123.85640584694798</v>
       </c>
       <c r="N25" s="2" t="n">
-        <v>24.121047100410898</v>
+        <v>32.922518391134155</v>
       </c>
       <c r="O25" s="2" t="n">
-        <v>12.27429062768706</v>
+        <v>43.58459921658561</v>
       </c>
     </row>
     <row r="26">
       <c r="A26"/>
       <c r="B26" t="inlineStr">
         <is>
           <t>Transport sector</t>
         </is>
       </c>
       <c r="C26" t="inlineStr">
         <is>
           <t>Spoorverkeer</t>
         </is>
       </c>
       <c r="D26"/>
       <c r="E26"/>
       <c r="F26"/>
       <c r="G26" s="2" t="n">
-        <v>0.0579559568166621</v>
+        <v>0.05765501098691145</v>
       </c>
       <c r="H26"/>
       <c r="I26"/>
       <c r="J26"/>
       <c r="K26"/>
       <c r="L26"/>
       <c r="M26"/>
       <c r="N26"/>
       <c r="O26"/>
     </row>
     <row r="27">
       <c r="A27"/>
       <c r="B27" t="inlineStr">
         <is>
           <t>Transport sector</t>
         </is>
       </c>
       <c r="C27"/>
       <c r="D27"/>
       <c r="E27"/>
       <c r="F27"/>
       <c r="G27" s="2" t="n">
-        <v>0.0579559568166621</v>
+        <v>0.05765501098691145</v>
       </c>
       <c r="H27"/>
       <c r="I27"/>
       <c r="J27"/>
       <c r="K27"/>
       <c r="L27"/>
       <c r="M27"/>
       <c r="N27"/>
       <c r="O27"/>
     </row>
     <row r="28">
       <c r="A28"/>
       <c r="B28" t="inlineStr">
         <is>
           <t>Andere sectoren</t>
         </is>
       </c>
       <c r="C28" t="inlineStr">
         <is>
           <t>Huishoudens</t>
         </is>
       </c>
       <c r="D28"/>
       <c r="E28" s="2" t="n">
-        <v>23.500429922614014</v>
+        <v>20.514187446259747</v>
       </c>
       <c r="F28"/>
       <c r="G28"/>
       <c r="H28"/>
       <c r="I28" s="2" t="n">
-        <v>0.5246488965319593</v>
+        <v>0.4496990541702509</v>
       </c>
       <c r="J28"/>
       <c r="K28"/>
       <c r="L28" s="2" t="n">
-        <v>0.8993981083405018</v>
+        <v>0.6295786758383513</v>
       </c>
       <c r="M28"/>
       <c r="N28"/>
       <c r="O28"/>
     </row>
     <row r="29">
       <c r="A29"/>
       <c r="B29"/>
       <c r="C29" t="inlineStr">
         <is>
           <t>Land- en bosbouw</t>
         </is>
       </c>
       <c r="D29"/>
       <c r="E29" s="2" t="n">
-        <v>2.3370593293207307</v>
+        <v>2.2721410146173766</v>
       </c>
       <c r="F29"/>
       <c r="G29"/>
-      <c r="H29" s="2" t="n">
-[...1 lines deleted...]
-      </c>
+      <c r="H29"/>
       <c r="I29"/>
       <c r="J29"/>
       <c r="K29"/>
       <c r="L29"/>
       <c r="M29"/>
       <c r="N29"/>
       <c r="O29"/>
     </row>
     <row r="30">
       <c r="A30"/>
       <c r="B30" t="inlineStr">
         <is>
           <t>Andere sectoren</t>
         </is>
       </c>
       <c r="C30"/>
       <c r="D30"/>
       <c r="E30" s="2" t="n">
-        <v>25.837489251934745</v>
+        <v>22.786328460877122</v>
       </c>
       <c r="F30"/>
       <c r="G30"/>
-      <c r="H30" s="2" t="n">
-[...1 lines deleted...]
-      </c>
+      <c r="H30"/>
       <c r="I30" s="2" t="n">
-        <v>0.5246488965319593</v>
+        <v>0.4496990541702509</v>
       </c>
       <c r="J30"/>
       <c r="K30"/>
       <c r="L30" s="2" t="n">
-        <v>0.8993981083405018</v>
+        <v>0.6295786758383513</v>
       </c>
       <c r="M30"/>
       <c r="N30"/>
       <c r="O30"/>
     </row>
     <row r="31">
       <c r="A31"/>
       <c r="B31" t="inlineStr">
         <is>
           <t>Niet energetisch verbruik</t>
         </is>
       </c>
       <c r="C31"/>
       <c r="D31"/>
       <c r="E31"/>
       <c r="F31"/>
       <c r="G31"/>
       <c r="H31"/>
       <c r="I31"/>
       <c r="J31"/>
       <c r="K31" s="2" t="n">
-        <v>199.56584025986507</v>
+        <v>187.06487054552468</v>
       </c>
       <c r="L31"/>
       <c r="M31"/>
       <c r="N31"/>
       <c r="O31"/>
     </row>
     <row r="32">
       <c r="A32" t="inlineStr">
         <is>
           <t>Finale consumptie</t>
         </is>
       </c>
       <c r="B32"/>
       <c r="C32"/>
       <c r="D32"/>
       <c r="E32" s="2" t="n">
-        <v>28.620736600745303</v>
+        <v>25.602178274577334</v>
       </c>
       <c r="F32"/>
       <c r="G32" s="2" t="n">
-        <v>125.24282268080678</v>
+        <v>109.77514091907939</v>
       </c>
       <c r="H32" s="2" t="n">
-        <v>23.933218687303036</v>
+        <v>21.07681284035548</v>
       </c>
       <c r="I32" s="2" t="n">
-        <v>0.5246488965319593</v>
+        <v>0.4496990541702509</v>
       </c>
       <c r="J32" s="2" t="n">
-        <v>17.865214483615233</v>
+        <v>18.842218400687944</v>
       </c>
       <c r="K32" s="2" t="n">
-        <v>199.56584025986507</v>
+        <v>187.06487054552468</v>
       </c>
       <c r="L32" s="2" t="n">
-        <v>82.96947549441128</v>
+        <v>64.84660361135019</v>
       </c>
       <c r="M32" s="2" t="n">
-        <v>122.80954428202968</v>
+        <v>123.85640584694798</v>
       </c>
       <c r="N32" s="2" t="n">
-        <v>24.121047100410898</v>
+        <v>32.922518391134155</v>
       </c>
       <c r="O32" s="2" t="n">
-        <v>12.27429062768706</v>
+        <v>43.58459921658561</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" t="inlineStr">
         <is>
           <t>Statistisch verschil</t>
         </is>
       </c>
       <c r="B33"/>
       <c r="C33"/>
       <c r="D33"/>
       <c r="E33" s="2" t="n">
-        <v>2.597341645170554</v>
+        <v>8.137993216776536</v>
       </c>
       <c r="F33" s="2" t="n">
-        <v>-7.978589853826435</v>
+        <v>-7.505034871501065</v>
       </c>
       <c r="G33" s="2" t="n">
-        <v>-13.628143211999577</v>
+        <v>-4.211297410910661</v>
       </c>
       <c r="H33" s="2" t="n">
-        <v>-0.7362926339925472</v>
-[...3 lines deleted...]
-      </c>
+        <v>-0.1312553740326732</v>
+      </c>
+      <c r="I33"/>
       <c r="J33" s="2" t="n">
-        <v>-6.166740708894495</v>
+        <v>-7.186306964746341</v>
       </c>
       <c r="K33" s="2" t="n">
-        <v>0.44967516958058856</v>
+        <v>0.8094153052450708</v>
       </c>
       <c r="L33" s="2" t="n">
-        <v>-0.4496990541702404</v>
+        <v>-0.5846087704213282</v>
       </c>
       <c r="M33" s="2" t="n">
-        <v>-5.1633705932932275</v>
+        <v>6.339208942390408</v>
       </c>
       <c r="N33" s="2" t="n">
-        <v>-3.3677271424476394</v>
+        <v>-7.463934269609231</v>
       </c>
       <c r="O33" s="2" t="n">
-        <v>0.1862997993694584</v>
+        <v>0.14091907901022488</v>
       </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <cols>
     <col min="1" max="1" width="16.234375" customWidth="true"/>
     <col min="2" max="2" width="21.06640625" customWidth="true"/>
     <col min="3" max="3" width="20.22265625" customWidth="true"/>
     <col min="4" max="4" width="23.44921875" customWidth="true"/>
     <col min="5" max="5" width="26.1875" customWidth="true"/>
     <col min="6" max="6" width="7.4375" customWidth="true"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" t="inlineStr">
@@ -1301,77 +1293,77 @@
       <c r="F3"/>
     </row>
     <row r="4">
       <c r="A4" t="inlineStr">
         <is>
           <t>Totale energievoorziening</t>
         </is>
       </c>
       <c r="B4" t="inlineStr">
         <is>
           <t>Teruggewonnen en gerecycleerde producten</t>
         </is>
       </c>
       <c r="C4"/>
       <c r="D4" t="inlineStr">
         <is>
           <t>Vaste fossiele brandstoffen</t>
         </is>
       </c>
       <c r="E4" t="inlineStr">
         <is>
           <t>Andere bitumineuze kool</t>
         </is>
       </c>
       <c r="F4" s="2" t="n">
-        <v>5.679683768032886</v>
+        <v>2.709785516384838</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="inlineStr">
         <is>
           <t>Totale energievoorziening</t>
         </is>
       </c>
       <c r="B5" t="inlineStr">
         <is>
           <t>Teruggewonnen en gerecycleerde producten</t>
         </is>
       </c>
       <c r="C5"/>
       <c r="D5" t="inlineStr">
         <is>
           <t>Vaste fossiele brandstoffen</t>
         </is>
       </c>
       <c r="E5" t="inlineStr">
         <is>
           <t>Subbitumineuze kool</t>
         </is>
       </c>
       <c r="F5" s="2" t="n">
-        <v>23.868300372599684</v>
+        <v>22.15878475207804</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="inlineStr">
         <is>
           <t>Totale energievoorziening</t>
         </is>
       </c>
       <c r="B6" t="inlineStr">
         <is>
           <t>Teruggewonnen en gerecycleerde producten</t>
         </is>
       </c>
       <c r="C6"/>
       <c r="D6" t="inlineStr">
         <is>
           <t>Vaste fossiele brandstoffen</t>
         </is>
       </c>
       <c r="E6" t="inlineStr">
         <is>
           <t>Steenkool-briketten</t>
         </is>
       </c>
       <c r="F6"/>
@@ -1521,233 +1513,231 @@
       <c r="F12"/>
     </row>
     <row r="13">
       <c r="A13" t="inlineStr">
         <is>
           <t>Totale energievoorziening</t>
         </is>
       </c>
       <c r="B13" t="inlineStr">
         <is>
           <t>Invoer</t>
         </is>
       </c>
       <c r="C13"/>
       <c r="D13" t="inlineStr">
         <is>
           <t>Vaste fossiele brandstoffen</t>
         </is>
       </c>
       <c r="E13" t="inlineStr">
         <is>
           <t>Antraciet</t>
         </is>
       </c>
       <c r="F13" s="2" t="n">
-        <v>116.07422136237741</v>
+        <v>130.72622527945012</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="inlineStr">
         <is>
           <t>Totale energievoorziening</t>
         </is>
       </c>
       <c r="B14" t="inlineStr">
         <is>
           <t>Invoer</t>
         </is>
       </c>
       <c r="C14"/>
       <c r="D14" t="inlineStr">
         <is>
           <t>Vaste fossiele brandstoffen</t>
         </is>
       </c>
       <c r="E14" t="inlineStr">
         <is>
           <t>Cokeskool</t>
         </is>
       </c>
       <c r="F14" s="2" t="n">
-        <v>1195.0676889271085</v>
+        <v>1108.9232826980071</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="inlineStr">
         <is>
           <t>Totale energievoorziening</t>
         </is>
       </c>
       <c r="B15" t="inlineStr">
         <is>
           <t>Invoer</t>
         </is>
       </c>
       <c r="C15"/>
       <c r="D15" t="inlineStr">
         <is>
           <t>Vaste fossiele brandstoffen</t>
         </is>
       </c>
       <c r="E15" t="inlineStr">
         <is>
           <t>Andere bitumineuze kool</t>
         </is>
       </c>
       <c r="F15" s="2" t="n">
-        <v>619.0300324830441</v>
+        <v>857.1071295500174</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="inlineStr">
         <is>
           <t>Totale energievoorziening</t>
         </is>
       </c>
       <c r="B16" t="inlineStr">
         <is>
           <t>Invoer</t>
         </is>
       </c>
       <c r="C16"/>
       <c r="D16" t="inlineStr">
         <is>
           <t>Vaste fossiele brandstoffen</t>
         </is>
       </c>
       <c r="E16" t="inlineStr">
         <is>
           <t>Subbitumineuze kool</t>
         </is>
       </c>
-      <c r="F16" s="2" t="n">
-[...1 lines deleted...]
-      </c>
+      <c r="F16"/>
     </row>
     <row r="17">
       <c r="A17" t="inlineStr">
         <is>
           <t>Totale energievoorziening</t>
         </is>
       </c>
       <c r="B17" t="inlineStr">
         <is>
           <t>Invoer</t>
         </is>
       </c>
       <c r="C17"/>
       <c r="D17" t="inlineStr">
         <is>
           <t>Vaste fossiele brandstoffen</t>
         </is>
       </c>
       <c r="E17" t="inlineStr">
         <is>
           <t>Steenkool-briketten</t>
         </is>
       </c>
       <c r="F17" s="2" t="n">
-        <v>0.8993981083405018</v>
+        <v>1.0492977930639187</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="inlineStr">
         <is>
           <t>Totale energievoorziening</t>
         </is>
       </c>
       <c r="B18" t="inlineStr">
         <is>
           <t>Invoer</t>
         </is>
       </c>
       <c r="C18"/>
       <c r="D18" t="inlineStr">
         <is>
           <t>Vaste fossiele brandstoffen</t>
         </is>
       </c>
       <c r="E18" t="inlineStr">
         <is>
           <t>Cokesoven-cokes</t>
         </is>
       </c>
       <c r="F18" s="2" t="n">
-        <v>361.8998925193479</v>
+        <v>227.86289528995977</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="inlineStr">
         <is>
           <t>Totale energievoorziening</t>
         </is>
       </c>
       <c r="B19" t="inlineStr">
         <is>
           <t>Invoer</t>
         </is>
       </c>
       <c r="C19"/>
       <c r="D19" t="inlineStr">
         <is>
           <t>Vaste fossiele brandstoffen</t>
         </is>
       </c>
       <c r="E19" t="inlineStr">
         <is>
           <t>Koolteer</t>
         </is>
       </c>
       <c r="F19" s="2" t="n">
-        <v>157.3863093532059</v>
+        <v>145.7846899780267</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="inlineStr">
         <is>
           <t>Totale energievoorziening</t>
         </is>
       </c>
       <c r="B20" t="inlineStr">
         <is>
           <t>Invoer</t>
         </is>
       </c>
       <c r="C20"/>
       <c r="D20" t="inlineStr">
         <is>
           <t>Vaste fossiele brandstoffen</t>
         </is>
       </c>
       <c r="E20" t="inlineStr">
         <is>
           <t>BKB (bruinkoolbriketten)</t>
         </is>
       </c>
       <c r="F20" s="2" t="n">
-        <v>82.38486672398997</v>
+        <v>64.44187446259696</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="inlineStr">
         <is>
           <t>Totale energievoorziening</t>
         </is>
       </c>
       <c r="B21" t="inlineStr">
         <is>
           <t>Invoer</t>
         </is>
       </c>
       <c r="C21"/>
       <c r="D21" t="inlineStr">
         <is>
           <t>Siderurgische gassen</t>
         </is>
       </c>
       <c r="E21" t="inlineStr">
         <is>
           <t>Cokesovengas</t>
         </is>
       </c>
       <c r="F21"/>
@@ -1801,179 +1791,179 @@
       <c r="F23"/>
     </row>
     <row r="24">
       <c r="A24" t="inlineStr">
         <is>
           <t>Totale energievoorziening</t>
         </is>
       </c>
       <c r="B24" t="inlineStr">
         <is>
           <t>Uitvoer</t>
         </is>
       </c>
       <c r="C24"/>
       <c r="D24" t="inlineStr">
         <is>
           <t>Vaste fossiele brandstoffen</t>
         </is>
       </c>
       <c r="E24" t="inlineStr">
         <is>
           <t>Antraciet</t>
         </is>
       </c>
       <c r="F24" s="2" t="n">
-        <v>-70.28296073373484</v>
+        <v>-45.01552737173991</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="inlineStr">
         <is>
           <t>Totale energievoorziening</t>
         </is>
       </c>
       <c r="B25" t="inlineStr">
         <is>
           <t>Uitvoer</t>
         </is>
       </c>
       <c r="C25"/>
       <c r="D25" t="inlineStr">
         <is>
           <t>Vaste fossiele brandstoffen</t>
         </is>
       </c>
       <c r="E25" t="inlineStr">
         <is>
           <t>Cokeskool</t>
         </is>
       </c>
       <c r="F25"/>
     </row>
     <row r="26">
       <c r="A26" t="inlineStr">
         <is>
           <t>Totale energievoorziening</t>
         </is>
       </c>
       <c r="B26" t="inlineStr">
         <is>
           <t>Uitvoer</t>
         </is>
       </c>
       <c r="C26"/>
       <c r="D26" t="inlineStr">
         <is>
           <t>Vaste fossiele brandstoffen</t>
         </is>
       </c>
       <c r="E26" t="inlineStr">
         <is>
           <t>Andere bitumineuze kool</t>
         </is>
       </c>
       <c r="F26" s="2" t="n">
-        <v>-32.60914063246404</v>
+        <v>-0.5505159071367174</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="inlineStr">
         <is>
           <t>Totale energievoorziening</t>
         </is>
       </c>
       <c r="B27" t="inlineStr">
         <is>
           <t>Uitvoer</t>
         </is>
       </c>
       <c r="C27"/>
       <c r="D27" t="inlineStr">
         <is>
           <t>Vaste fossiele brandstoffen</t>
         </is>
       </c>
       <c r="E27" t="inlineStr">
         <is>
           <t>Subbitumineuze kool</t>
         </is>
       </c>
       <c r="F27" s="2" t="n">
-        <v>-0.6716370497754872</v>
+        <v>-1.1699484092863326</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="inlineStr">
         <is>
           <t>Totale energievoorziening</t>
         </is>
       </c>
       <c r="B28" t="inlineStr">
         <is>
           <t>Uitvoer</t>
         </is>
       </c>
       <c r="C28"/>
       <c r="D28" t="inlineStr">
         <is>
           <t>Vaste fossiele brandstoffen</t>
         </is>
       </c>
       <c r="E28" t="inlineStr">
         <is>
           <t>Steenkool-briketten</t>
         </is>
       </c>
       <c r="F28" s="2" t="n">
-        <v>-0.6745485812553764</v>
+        <v>-0.4496990541702509</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="inlineStr">
         <is>
           <t>Totale energievoorziening</t>
         </is>
       </c>
       <c r="B29" t="inlineStr">
         <is>
           <t>Uitvoer</t>
         </is>
       </c>
       <c r="C29"/>
       <c r="D29" t="inlineStr">
         <is>
           <t>Vaste fossiele brandstoffen</t>
         </is>
       </c>
       <c r="E29" t="inlineStr">
         <is>
           <t>Cokesoven-cokes</t>
         </is>
       </c>
       <c r="F29" s="2" t="n">
-        <v>-16.60906659023604</v>
+        <v>-7.6066733543517975</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="inlineStr">
         <is>
           <t>Totale energievoorziening</t>
         </is>
       </c>
       <c r="B30" t="inlineStr">
         <is>
           <t>Uitvoer</t>
         </is>
       </c>
       <c r="C30"/>
       <c r="D30" t="inlineStr">
         <is>
           <t>Vaste fossiele brandstoffen</t>
         </is>
       </c>
       <c r="E30" t="inlineStr">
         <is>
           <t>Koolteer</t>
         </is>
       </c>
       <c r="F30"/>
@@ -2075,233 +2065,233 @@
       <c r="F34"/>
     </row>
     <row r="35">
       <c r="A35" t="inlineStr">
         <is>
           <t>Totale energievoorziening</t>
         </is>
       </c>
       <c r="B35" t="inlineStr">
         <is>
           <t>Voorraadwijzigingen</t>
         </is>
       </c>
       <c r="C35"/>
       <c r="D35" t="inlineStr">
         <is>
           <t>Vaste fossiele brandstoffen</t>
         </is>
       </c>
       <c r="E35" t="inlineStr">
         <is>
           <t>Antraciet</t>
         </is>
       </c>
       <c r="F35" s="2" t="n">
-        <v>5.388220120378351</v>
+        <v>-27.070937231298466</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" t="inlineStr">
         <is>
           <t>Totale energievoorziening</t>
         </is>
       </c>
       <c r="B36" t="inlineStr">
         <is>
           <t>Voorraadwijzigingen</t>
         </is>
       </c>
       <c r="C36"/>
       <c r="D36" t="inlineStr">
         <is>
           <t>Vaste fossiele brandstoffen</t>
         </is>
       </c>
       <c r="E36" t="inlineStr">
         <is>
           <t>Cokeskool</t>
         </is>
       </c>
       <c r="F36" s="2" t="n">
-        <v>-39.488239228050205</v>
+        <v>52.80957294353702</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" t="inlineStr">
         <is>
           <t>Totale energievoorziening</t>
         </is>
       </c>
       <c r="B37" t="inlineStr">
         <is>
           <t>Voorraadwijzigingen</t>
         </is>
       </c>
       <c r="C37"/>
       <c r="D37" t="inlineStr">
         <is>
           <t>Vaste fossiele brandstoffen</t>
         </is>
       </c>
       <c r="E37" t="inlineStr">
         <is>
           <t>Andere bitumineuze kool</t>
         </is>
       </c>
       <c r="F37" s="2" t="n">
-        <v>75.16887599121074</v>
+        <v>3.2286806152670406</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" t="inlineStr">
         <is>
           <t>Totale energievoorziening</t>
         </is>
       </c>
       <c r="B38" t="inlineStr">
         <is>
           <t>Voorraadwijzigingen</t>
         </is>
       </c>
       <c r="C38"/>
       <c r="D38" t="inlineStr">
         <is>
           <t>Vaste fossiele brandstoffen</t>
         </is>
       </c>
       <c r="E38" t="inlineStr">
         <is>
           <t>Subbitumineuze kool</t>
         </is>
       </c>
       <c r="F38" s="2" t="n">
-        <v>-0.2163943823445121</v>
+        <v>-0.043278876468902425</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" t="inlineStr">
         <is>
           <t>Totale energievoorziening</t>
         </is>
       </c>
       <c r="B39" t="inlineStr">
         <is>
           <t>Voorraadwijzigingen</t>
         </is>
       </c>
       <c r="C39"/>
       <c r="D39" t="inlineStr">
         <is>
           <t>Vaste fossiele brandstoffen</t>
         </is>
       </c>
       <c r="E39" t="inlineStr">
         <is>
           <t>Steenkool-briketten</t>
         </is>
       </c>
       <c r="F39" s="2" t="n">
-        <v>0.14989968472341697</v>
+        <v>-0.14989968472341697</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" t="inlineStr">
         <is>
           <t>Totale energievoorziening</t>
         </is>
       </c>
       <c r="B40" t="inlineStr">
         <is>
           <t>Voorraadwijzigingen</t>
         </is>
       </c>
       <c r="C40"/>
       <c r="D40" t="inlineStr">
         <is>
           <t>Vaste fossiele brandstoffen</t>
         </is>
       </c>
       <c r="E40" t="inlineStr">
         <is>
           <t>Cokesoven-cokes</t>
         </is>
       </c>
       <c r="F40" s="2" t="n">
-        <v>-130.98831088181947</v>
+        <v>91.00093627591511</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" t="inlineStr">
         <is>
           <t>Totale energievoorziening</t>
         </is>
       </c>
       <c r="B41" t="inlineStr">
         <is>
           <t>Voorraadwijzigingen</t>
         </is>
       </c>
       <c r="C41"/>
       <c r="D41" t="inlineStr">
         <is>
           <t>Vaste fossiele brandstoffen</t>
         </is>
       </c>
       <c r="E41" t="inlineStr">
         <is>
           <t>Koolteer</t>
         </is>
       </c>
       <c r="F41" s="2" t="n">
-        <v>2.4282459157351766</v>
+        <v>3.8672064583930585</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" t="inlineStr">
         <is>
           <t>Totale energievoorziening</t>
         </is>
       </c>
       <c r="B42" t="inlineStr">
         <is>
           <t>Voorraadwijzigingen</t>
         </is>
       </c>
       <c r="C42"/>
       <c r="D42" t="inlineStr">
         <is>
           <t>Vaste fossiele brandstoffen</t>
         </is>
       </c>
       <c r="E42" t="inlineStr">
         <is>
           <t>BKB (bruinkoolbriketten)</t>
         </is>
       </c>
       <c r="F42" s="2" t="n">
-        <v>0.13490971625107526</v>
+        <v>-0.17987962166810037</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" t="inlineStr">
         <is>
           <t>Totale energievoorziening</t>
         </is>
       </c>
       <c r="B43" t="inlineStr">
         <is>
           <t>Voorraadwijzigingen</t>
         </is>
       </c>
       <c r="C43"/>
       <c r="D43" t="inlineStr">
         <is>
           <t>Siderurgische gassen</t>
         </is>
       </c>
       <c r="E43" t="inlineStr">
         <is>
           <t>Cokesovengas</t>
         </is>
       </c>
       <c r="F43"/>
@@ -2351,205 +2341,205 @@
         <is>
           <t>Andere teruggewonnen gassen</t>
         </is>
       </c>
       <c r="F45"/>
     </row>
     <row r="46">
       <c r="A46" t="inlineStr">
         <is>
           <t>Totale energievoorziening</t>
         </is>
       </c>
       <c r="B46"/>
       <c r="C46"/>
       <c r="D46" t="inlineStr">
         <is>
           <t>Vaste fossiele brandstoffen</t>
         </is>
       </c>
       <c r="E46" t="inlineStr">
         <is>
           <t>Antraciet</t>
         </is>
       </c>
       <c r="F46" s="2" t="n">
-        <v>51.17948074902094</v>
+        <v>58.639760676411754</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" t="inlineStr">
         <is>
           <t>Totale energievoorziening</t>
         </is>
       </c>
       <c r="B47"/>
       <c r="C47"/>
       <c r="D47" t="inlineStr">
         <is>
           <t>Vaste fossiele brandstoffen</t>
         </is>
       </c>
       <c r="E47" t="inlineStr">
         <is>
           <t>Cokeskool</t>
         </is>
       </c>
       <c r="F47" s="2" t="n">
-        <v>1155.5794496990582</v>
+        <v>1161.7328556415441</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" t="inlineStr">
         <is>
           <t>Totale energievoorziening</t>
         </is>
       </c>
       <c r="B48"/>
       <c r="C48"/>
       <c r="D48" t="inlineStr">
         <is>
           <t>Vaste fossiele brandstoffen</t>
         </is>
       </c>
       <c r="E48" t="inlineStr">
         <is>
           <t>Andere bitumineuze kool</t>
         </is>
       </c>
       <c r="F48" s="2" t="n">
-        <v>667.2694516098238</v>
+        <v>862.4950797745325</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" t="inlineStr">
         <is>
           <t>Totale energievoorziening</t>
         </is>
       </c>
       <c r="B49"/>
       <c r="C49"/>
       <c r="D49" t="inlineStr">
         <is>
           <t>Vaste fossiele brandstoffen</t>
         </is>
       </c>
       <c r="E49" t="inlineStr">
         <is>
           <t>Subbitumineuze kool</t>
         </is>
       </c>
       <c r="F49" s="2" t="n">
-        <v>23.196926053310484</v>
+        <v>20.945557466322807</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" t="inlineStr">
         <is>
           <t>Totale energievoorziening</t>
         </is>
       </c>
       <c r="B50"/>
       <c r="C50"/>
       <c r="D50" t="inlineStr">
         <is>
           <t>Vaste fossiele brandstoffen</t>
         </is>
       </c>
       <c r="E50" t="inlineStr">
         <is>
           <t>Steenkool-briketten</t>
         </is>
       </c>
       <c r="F50" s="2" t="n">
-        <v>0.3747492118085425</v>
+        <v>0.4496990541702508</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" t="inlineStr">
         <is>
           <t>Totale energievoorziening</t>
         </is>
       </c>
       <c r="B51"/>
       <c r="C51"/>
       <c r="D51" t="inlineStr">
         <is>
           <t>Vaste fossiele brandstoffen</t>
         </is>
       </c>
       <c r="E51" t="inlineStr">
         <is>
           <t>Cokesoven-cokes</t>
         </is>
       </c>
       <c r="F51" s="2" t="n">
-        <v>214.30251504729233</v>
+        <v>311.25715821152306</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" t="inlineStr">
         <is>
           <t>Totale energievoorziening</t>
         </is>
       </c>
       <c r="B52"/>
       <c r="C52"/>
       <c r="D52" t="inlineStr">
         <is>
           <t>Vaste fossiele brandstoffen</t>
         </is>
       </c>
       <c r="E52" t="inlineStr">
         <is>
           <t>Koolteer</t>
         </is>
       </c>
       <c r="F52" s="2" t="n">
-        <v>159.81455526894106</v>
+        <v>149.65189643641978</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" t="inlineStr">
         <is>
           <t>Totale energievoorziening</t>
         </is>
       </c>
       <c r="B53"/>
       <c r="C53"/>
       <c r="D53" t="inlineStr">
         <is>
           <t>Vaste fossiele brandstoffen</t>
         </is>
       </c>
       <c r="E53" t="inlineStr">
         <is>
           <t>BKB (bruinkoolbriketten)</t>
         </is>
       </c>
       <c r="F53" s="2" t="n">
-        <v>82.51977644024105</v>
+        <v>64.26199484092886</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" t="inlineStr">
         <is>
           <t>Totale energievoorziening</t>
         </is>
       </c>
       <c r="B54"/>
       <c r="C54"/>
       <c r="D54" t="inlineStr">
         <is>
           <t>Siderurgische gassen</t>
         </is>
       </c>
       <c r="E54" t="inlineStr">
         <is>
           <t>Cokesovengas</t>
         </is>
       </c>
       <c r="F54"/>
     </row>
     <row r="55">
       <c r="A55" t="inlineStr">
         <is>
@@ -2639,51 +2629,51 @@
       <c r="F58"/>
     </row>
     <row r="59">
       <c r="A59" t="inlineStr">
         <is>
           <t>Transformatie input</t>
         </is>
       </c>
       <c r="B59" t="inlineStr">
         <is>
           <t>Productie van elektriciteit en warmte</t>
         </is>
       </c>
       <c r="C59"/>
       <c r="D59" t="inlineStr">
         <is>
           <t>Vaste fossiele brandstoffen</t>
         </is>
       </c>
       <c r="E59" t="inlineStr">
         <is>
           <t>Andere bitumineuze kool</t>
         </is>
       </c>
       <c r="F59" s="2" t="n">
-        <v>3.8250931498996987</v>
+        <v>1.1531002197382287</v>
       </c>
     </row>
     <row r="60">
       <c r="A60" t="inlineStr">
         <is>
           <t>Transformatie input</t>
         </is>
       </c>
       <c r="B60" t="inlineStr">
         <is>
           <t>Productie van elektriciteit en warmte</t>
         </is>
       </c>
       <c r="C60"/>
       <c r="D60" t="inlineStr">
         <is>
           <t>Vaste fossiele brandstoffen</t>
         </is>
       </c>
       <c r="E60" t="inlineStr">
         <is>
           <t>Subbitumineuze kool</t>
         </is>
       </c>
       <c r="F60"/>
@@ -2785,153 +2775,153 @@
       <c r="F64"/>
     </row>
     <row r="65">
       <c r="A65" t="inlineStr">
         <is>
           <t>Transformatie input</t>
         </is>
       </c>
       <c r="B65" t="inlineStr">
         <is>
           <t>Productie van elektriciteit en warmte</t>
         </is>
       </c>
       <c r="C65"/>
       <c r="D65" t="inlineStr">
         <is>
           <t>Siderurgische gassen</t>
         </is>
       </c>
       <c r="E65" t="inlineStr">
         <is>
           <t>Cokesovengas</t>
         </is>
       </c>
       <c r="F65" s="2" t="n">
-        <v>1.3478073946689644</v>
+        <v>0.2149613069647471</v>
       </c>
     </row>
     <row r="66">
       <c r="A66" t="inlineStr">
         <is>
           <t>Transformatie input</t>
         </is>
       </c>
       <c r="B66" t="inlineStr">
         <is>
           <t>Productie van elektriciteit en warmte</t>
         </is>
       </c>
       <c r="C66"/>
       <c r="D66" t="inlineStr">
         <is>
           <t>Siderurgische gassen</t>
         </is>
       </c>
       <c r="E66" t="inlineStr">
         <is>
           <t>Hoogovengas</t>
         </is>
       </c>
       <c r="F66" s="2" t="n">
-        <v>352.80643928537427</v>
+        <v>433.15181045189803</v>
       </c>
     </row>
     <row r="67">
       <c r="A67" t="inlineStr">
         <is>
           <t>Transformatie input</t>
         </is>
       </c>
       <c r="B67" t="inlineStr">
         <is>
           <t>Productie van elektriciteit en warmte</t>
         </is>
       </c>
       <c r="C67"/>
       <c r="D67" t="inlineStr">
         <is>
           <t>Siderurgische gassen</t>
         </is>
       </c>
       <c r="E67" t="inlineStr">
         <is>
           <t>Andere teruggewonnen gassen</t>
         </is>
       </c>
       <c r="F67" s="2" t="n">
-        <v>15.59663704977554</v>
+        <v>9.107194038406451</v>
       </c>
     </row>
     <row r="68">
       <c r="A68" t="inlineStr">
         <is>
           <t>Transformatie input</t>
         </is>
       </c>
       <c r="B68" t="inlineStr">
         <is>
           <t>Cokesovens</t>
         </is>
       </c>
       <c r="C68"/>
       <c r="D68" t="inlineStr">
         <is>
           <t>Vaste fossiele brandstoffen</t>
         </is>
       </c>
       <c r="E68" t="inlineStr">
         <is>
           <t>Antraciet</t>
         </is>
       </c>
       <c r="F68"/>
     </row>
     <row r="69">
       <c r="A69" t="inlineStr">
         <is>
           <t>Transformatie input</t>
         </is>
       </c>
       <c r="B69" t="inlineStr">
         <is>
           <t>Cokesovens</t>
         </is>
       </c>
       <c r="C69"/>
       <c r="D69" t="inlineStr">
         <is>
           <t>Vaste fossiele brandstoffen</t>
         </is>
       </c>
       <c r="E69" t="inlineStr">
         <is>
           <t>Cokeskool</t>
         </is>
       </c>
       <c r="F69" s="2" t="n">
-        <v>1163.5580395528846</v>
+        <v>1169.2378905130454</v>
       </c>
     </row>
     <row r="70">
       <c r="A70" t="inlineStr">
         <is>
           <t>Transformatie input</t>
         </is>
       </c>
       <c r="B70" t="inlineStr">
         <is>
           <t>Cokesovens</t>
         </is>
       </c>
       <c r="C70"/>
       <c r="D70" t="inlineStr">
         <is>
           <t>Vaste fossiele brandstoffen</t>
         </is>
       </c>
       <c r="E70" t="inlineStr">
         <is>
           <t>Andere bitumineuze kool</t>
         </is>
       </c>
       <c r="F70"/>
@@ -3129,101 +3119,101 @@
       <c r="F78"/>
     </row>
     <row r="79">
       <c r="A79" t="inlineStr">
         <is>
           <t>Transformatie input</t>
         </is>
       </c>
       <c r="B79" t="inlineStr">
         <is>
           <t>Hoogovens</t>
         </is>
       </c>
       <c r="C79"/>
       <c r="D79" t="inlineStr">
         <is>
           <t>Vaste fossiele brandstoffen</t>
         </is>
       </c>
       <c r="E79" t="inlineStr">
         <is>
           <t>Antraciet</t>
         </is>
       </c>
       <c r="F79" s="2" t="n">
-        <v>19.961402503105067</v>
+        <v>24.899589185057884</v>
       </c>
     </row>
     <row r="80">
       <c r="A80" t="inlineStr">
         <is>
           <t>Transformatie input</t>
         </is>
       </c>
       <c r="B80" t="inlineStr">
         <is>
           <t>Hoogovens</t>
         </is>
       </c>
       <c r="C80"/>
       <c r="D80" t="inlineStr">
         <is>
           <t>Vaste fossiele brandstoffen</t>
         </is>
       </c>
       <c r="E80" t="inlineStr">
         <is>
           <t>Cokeskool</t>
         </is>
       </c>
       <c r="F80"/>
     </row>
     <row r="81">
       <c r="A81" t="inlineStr">
         <is>
           <t>Transformatie input</t>
         </is>
       </c>
       <c r="B81" t="inlineStr">
         <is>
           <t>Hoogovens</t>
         </is>
       </c>
       <c r="C81"/>
       <c r="D81" t="inlineStr">
         <is>
           <t>Vaste fossiele brandstoffen</t>
         </is>
       </c>
       <c r="E81" t="inlineStr">
         <is>
           <t>Andere bitumineuze kool</t>
         </is>
       </c>
       <c r="F81" s="2" t="n">
-        <v>551.8296789911169</v>
+        <v>755.7781360466255</v>
       </c>
     </row>
     <row r="82">
       <c r="A82" t="inlineStr">
         <is>
           <t>Transformatie input</t>
         </is>
       </c>
       <c r="B82" t="inlineStr">
         <is>
           <t>Hoogovens</t>
         </is>
       </c>
       <c r="C82"/>
       <c r="D82" t="inlineStr">
         <is>
           <t>Vaste fossiele brandstoffen</t>
         </is>
       </c>
       <c r="E82" t="inlineStr">
         <is>
           <t>Subbitumineuze kool</t>
         </is>
       </c>
       <c r="F82"/>
@@ -3253,51 +3243,51 @@
       <c r="F83"/>
     </row>
     <row r="84">
       <c r="A84" t="inlineStr">
         <is>
           <t>Transformatie input</t>
         </is>
       </c>
       <c r="B84" t="inlineStr">
         <is>
           <t>Hoogovens</t>
         </is>
       </c>
       <c r="C84"/>
       <c r="D84" t="inlineStr">
         <is>
           <t>Vaste fossiele brandstoffen</t>
         </is>
       </c>
       <c r="E84" t="inlineStr">
         <is>
           <t>Cokesoven-cokes</t>
         </is>
       </c>
       <c r="F84" s="2" t="n">
-        <v>1078.3561908856443</v>
+        <v>1189.725924333624</v>
       </c>
     </row>
     <row r="85">
       <c r="A85" t="inlineStr">
         <is>
           <t>Transformatie input</t>
         </is>
       </c>
       <c r="B85" t="inlineStr">
         <is>
           <t>Hoogovens</t>
         </is>
       </c>
       <c r="C85"/>
       <c r="D85" t="inlineStr">
         <is>
           <t>Vaste fossiele brandstoffen</t>
         </is>
       </c>
       <c r="E85" t="inlineStr">
         <is>
           <t>Koolteer</t>
         </is>
       </c>
       <c r="F85"/>
@@ -3395,95 +3385,95 @@
         <is>
           <t>Andere teruggewonnen gassen</t>
         </is>
       </c>
       <c r="F89"/>
     </row>
     <row r="90">
       <c r="A90" t="inlineStr">
         <is>
           <t>Transformatie input</t>
         </is>
       </c>
       <c r="B90"/>
       <c r="C90"/>
       <c r="D90" t="inlineStr">
         <is>
           <t>Vaste fossiele brandstoffen</t>
         </is>
       </c>
       <c r="E90" t="inlineStr">
         <is>
           <t>Antraciet</t>
         </is>
       </c>
       <c r="F90" s="2" t="n">
-        <v>19.961402503105067</v>
+        <v>24.899589185057884</v>
       </c>
     </row>
     <row r="91">
       <c r="A91" t="inlineStr">
         <is>
           <t>Transformatie input</t>
         </is>
       </c>
       <c r="B91"/>
       <c r="C91"/>
       <c r="D91" t="inlineStr">
         <is>
           <t>Vaste fossiele brandstoffen</t>
         </is>
       </c>
       <c r="E91" t="inlineStr">
         <is>
           <t>Cokeskool</t>
         </is>
       </c>
       <c r="F91" s="2" t="n">
-        <v>1163.5580395528846</v>
+        <v>1169.2378905130454</v>
       </c>
     </row>
     <row r="92">
       <c r="A92" t="inlineStr">
         <is>
           <t>Transformatie input</t>
         </is>
       </c>
       <c r="B92"/>
       <c r="C92"/>
       <c r="D92" t="inlineStr">
         <is>
           <t>Vaste fossiele brandstoffen</t>
         </is>
       </c>
       <c r="E92" t="inlineStr">
         <is>
           <t>Andere bitumineuze kool</t>
         </is>
       </c>
       <c r="F92" s="2" t="n">
-        <v>555.6547721410166</v>
+        <v>756.9312362663637</v>
       </c>
     </row>
     <row r="93">
       <c r="A93" t="inlineStr">
         <is>
           <t>Transformatie input</t>
         </is>
       </c>
       <c r="B93"/>
       <c r="C93"/>
       <c r="D93" t="inlineStr">
         <is>
           <t>Vaste fossiele brandstoffen</t>
         </is>
       </c>
       <c r="E93" t="inlineStr">
         <is>
           <t>Subbitumineuze kool</t>
         </is>
       </c>
       <c r="F93"/>
     </row>
     <row r="94">
       <c r="A94" t="inlineStr">
         <is>
@@ -3501,51 +3491,51 @@
         <is>
           <t>Steenkool-briketten</t>
         </is>
       </c>
       <c r="F94"/>
     </row>
     <row r="95">
       <c r="A95" t="inlineStr">
         <is>
           <t>Transformatie input</t>
         </is>
       </c>
       <c r="B95"/>
       <c r="C95"/>
       <c r="D95" t="inlineStr">
         <is>
           <t>Vaste fossiele brandstoffen</t>
         </is>
       </c>
       <c r="E95" t="inlineStr">
         <is>
           <t>Cokesoven-cokes</t>
         </is>
       </c>
       <c r="F95" s="2" t="n">
-        <v>1078.3561908856443</v>
+        <v>1189.725924333624</v>
       </c>
     </row>
     <row r="96">
       <c r="A96" t="inlineStr">
         <is>
           <t>Transformatie input</t>
         </is>
       </c>
       <c r="B96"/>
       <c r="C96"/>
       <c r="D96" t="inlineStr">
         <is>
           <t>Vaste fossiele brandstoffen</t>
         </is>
       </c>
       <c r="E96" t="inlineStr">
         <is>
           <t>Koolteer</t>
         </is>
       </c>
       <c r="F96"/>
     </row>
     <row r="97">
       <c r="A97" t="inlineStr">
         <is>
@@ -3563,95 +3553,95 @@
         <is>
           <t>BKB (bruinkoolbriketten)</t>
         </is>
       </c>
       <c r="F97"/>
     </row>
     <row r="98">
       <c r="A98" t="inlineStr">
         <is>
           <t>Transformatie input</t>
         </is>
       </c>
       <c r="B98"/>
       <c r="C98"/>
       <c r="D98" t="inlineStr">
         <is>
           <t>Siderurgische gassen</t>
         </is>
       </c>
       <c r="E98" t="inlineStr">
         <is>
           <t>Cokesovengas</t>
         </is>
       </c>
       <c r="F98" s="2" t="n">
-        <v>1.3478073946689644</v>
+        <v>0.2149613069647471</v>
       </c>
     </row>
     <row r="99">
       <c r="A99" t="inlineStr">
         <is>
           <t>Transformatie input</t>
         </is>
       </c>
       <c r="B99"/>
       <c r="C99"/>
       <c r="D99" t="inlineStr">
         <is>
           <t>Siderurgische gassen</t>
         </is>
       </c>
       <c r="E99" t="inlineStr">
         <is>
           <t>Hoogovengas</t>
         </is>
       </c>
       <c r="F99" s="2" t="n">
-        <v>352.80643928537427</v>
+        <v>433.15181045189803</v>
       </c>
     </row>
     <row r="100">
       <c r="A100" t="inlineStr">
         <is>
           <t>Transformatie input</t>
         </is>
       </c>
       <c r="B100"/>
       <c r="C100"/>
       <c r="D100" t="inlineStr">
         <is>
           <t>Siderurgische gassen</t>
         </is>
       </c>
       <c r="E100" t="inlineStr">
         <is>
           <t>Andere teruggewonnen gassen</t>
         </is>
       </c>
       <c r="F100" s="2" t="n">
-        <v>15.59663704977554</v>
+        <v>9.107194038406451</v>
       </c>
     </row>
     <row r="101">
       <c r="A101" t="inlineStr">
         <is>
           <t>Transformatie output</t>
         </is>
       </c>
       <c r="B101" t="inlineStr">
         <is>
           <t>Cokesovens</t>
         </is>
       </c>
       <c r="C101"/>
       <c r="D101" t="inlineStr">
         <is>
           <t>Vaste fossiele brandstoffen</t>
         </is>
       </c>
       <c r="E101" t="inlineStr">
         <is>
           <t>Antraciet</t>
         </is>
       </c>
       <c r="F101"/>
@@ -3753,127 +3743,127 @@
       <c r="F105"/>
     </row>
     <row r="106">
       <c r="A106" t="inlineStr">
         <is>
           <t>Transformatie output</t>
         </is>
       </c>
       <c r="B106" t="inlineStr">
         <is>
           <t>Cokesovens</t>
         </is>
       </c>
       <c r="C106"/>
       <c r="D106" t="inlineStr">
         <is>
           <t>Vaste fossiele brandstoffen</t>
         </is>
       </c>
       <c r="E106" t="inlineStr">
         <is>
           <t>Cokesoven-cokes</t>
         </is>
       </c>
       <c r="F106" s="2" t="n">
-        <v>875.7521496130727</v>
+        <v>890.1246775580427</v>
       </c>
     </row>
     <row r="107">
       <c r="A107" t="inlineStr">
         <is>
           <t>Transformatie output</t>
         </is>
       </c>
       <c r="B107" t="inlineStr">
         <is>
           <t>Cokesovens</t>
         </is>
       </c>
       <c r="C107"/>
       <c r="D107" t="inlineStr">
         <is>
           <t>Vaste fossiele brandstoffen</t>
         </is>
       </c>
       <c r="E107" t="inlineStr">
         <is>
           <t>Koolteer</t>
         </is>
       </c>
       <c r="F107" s="2" t="n">
-        <v>40.20096016050459</v>
+        <v>38.22238941435</v>
       </c>
     </row>
     <row r="108">
       <c r="A108" t="inlineStr">
         <is>
           <t>Transformatie output</t>
         </is>
       </c>
       <c r="B108" t="inlineStr">
         <is>
           <t>Cokesovens</t>
         </is>
       </c>
       <c r="C108"/>
       <c r="D108" t="inlineStr">
         <is>
           <t>Vaste fossiele brandstoffen</t>
         </is>
       </c>
       <c r="E108" t="inlineStr">
         <is>
           <t>BKB (bruinkoolbriketten)</t>
         </is>
       </c>
       <c r="F108"/>
     </row>
     <row r="109">
       <c r="A109" t="inlineStr">
         <is>
           <t>Transformatie output</t>
         </is>
       </c>
       <c r="B109" t="inlineStr">
         <is>
           <t>Cokesovens</t>
         </is>
       </c>
       <c r="C109"/>
       <c r="D109" t="inlineStr">
         <is>
           <t>Siderurgische gassen</t>
         </is>
       </c>
       <c r="E109" t="inlineStr">
         <is>
           <t>Cokesovengas</t>
         </is>
       </c>
       <c r="F109" s="2" t="n">
-        <v>223.7811693895107</v>
+        <v>235.7373172828899</v>
       </c>
     </row>
     <row r="110">
       <c r="A110" t="inlineStr">
         <is>
           <t>Transformatie output</t>
         </is>
       </c>
       <c r="B110" t="inlineStr">
         <is>
           <t>Cokesovens</t>
         </is>
       </c>
       <c r="C110"/>
       <c r="D110" t="inlineStr">
         <is>
           <t>Siderurgische gassen</t>
         </is>
       </c>
       <c r="E110" t="inlineStr">
         <is>
           <t>Hoogovengas</t>
         </is>
       </c>
       <c r="F110"/>
@@ -4119,77 +4109,77 @@
       <c r="F120"/>
     </row>
     <row r="121">
       <c r="A121" t="inlineStr">
         <is>
           <t>Transformatie output</t>
         </is>
       </c>
       <c r="B121" t="inlineStr">
         <is>
           <t>Hoogovens</t>
         </is>
       </c>
       <c r="C121"/>
       <c r="D121" t="inlineStr">
         <is>
           <t>Siderurgische gassen</t>
         </is>
       </c>
       <c r="E121" t="inlineStr">
         <is>
           <t>Hoogovengas</t>
         </is>
       </c>
       <c r="F121" s="2" t="n">
-        <v>458.04432979841573</v>
+        <v>582.6430686920819</v>
       </c>
     </row>
     <row r="122">
       <c r="A122" t="inlineStr">
         <is>
           <t>Transformatie output</t>
         </is>
       </c>
       <c r="B122" t="inlineStr">
         <is>
           <t>Hoogovens</t>
         </is>
       </c>
       <c r="C122"/>
       <c r="D122" t="inlineStr">
         <is>
           <t>Siderurgische gassen</t>
         </is>
       </c>
       <c r="E122" t="inlineStr">
         <is>
           <t>Andere teruggewonnen gassen</t>
         </is>
       </c>
       <c r="F122" s="2" t="n">
-        <v>71.86395337728123</v>
+        <v>72.31059520397464</v>
       </c>
     </row>
     <row r="123">
       <c r="A123" t="inlineStr">
         <is>
           <t>Transformatie output</t>
         </is>
       </c>
       <c r="B123"/>
       <c r="C123"/>
       <c r="D123" t="inlineStr">
         <is>
           <t>Vaste fossiele brandstoffen</t>
         </is>
       </c>
       <c r="E123" t="inlineStr">
         <is>
           <t>Antraciet</t>
         </is>
       </c>
       <c r="F123"/>
     </row>
     <row r="124">
       <c r="A124" t="inlineStr">
         <is>
@@ -4267,159 +4257,159 @@
         <is>
           <t>Steenkool-briketten</t>
         </is>
       </c>
       <c r="F127"/>
     </row>
     <row r="128">
       <c r="A128" t="inlineStr">
         <is>
           <t>Transformatie output</t>
         </is>
       </c>
       <c r="B128"/>
       <c r="C128"/>
       <c r="D128" t="inlineStr">
         <is>
           <t>Vaste fossiele brandstoffen</t>
         </is>
       </c>
       <c r="E128" t="inlineStr">
         <is>
           <t>Cokesoven-cokes</t>
         </is>
       </c>
       <c r="F128" s="2" t="n">
-        <v>875.7521496130727</v>
+        <v>890.1246775580427</v>
       </c>
     </row>
     <row r="129">
       <c r="A129" t="inlineStr">
         <is>
           <t>Transformatie output</t>
         </is>
       </c>
       <c r="B129"/>
       <c r="C129"/>
       <c r="D129" t="inlineStr">
         <is>
           <t>Vaste fossiele brandstoffen</t>
         </is>
       </c>
       <c r="E129" t="inlineStr">
         <is>
           <t>Koolteer</t>
         </is>
       </c>
       <c r="F129" s="2" t="n">
-        <v>40.20096016050459</v>
+        <v>38.22238941435</v>
       </c>
     </row>
     <row r="130">
       <c r="A130" t="inlineStr">
         <is>
           <t>Transformatie output</t>
         </is>
       </c>
       <c r="B130"/>
       <c r="C130"/>
       <c r="D130" t="inlineStr">
         <is>
           <t>Vaste fossiele brandstoffen</t>
         </is>
       </c>
       <c r="E130" t="inlineStr">
         <is>
           <t>BKB (bruinkoolbriketten)</t>
         </is>
       </c>
       <c r="F130"/>
     </row>
     <row r="131">
       <c r="A131" t="inlineStr">
         <is>
           <t>Transformatie output</t>
         </is>
       </c>
       <c r="B131"/>
       <c r="C131"/>
       <c r="D131" t="inlineStr">
         <is>
           <t>Siderurgische gassen</t>
         </is>
       </c>
       <c r="E131" t="inlineStr">
         <is>
           <t>Cokesovengas</t>
         </is>
       </c>
       <c r="F131" s="2" t="n">
-        <v>223.7811693895107</v>
+        <v>235.7373172828899</v>
       </c>
     </row>
     <row r="132">
       <c r="A132" t="inlineStr">
         <is>
           <t>Transformatie output</t>
         </is>
       </c>
       <c r="B132"/>
       <c r="C132"/>
       <c r="D132" t="inlineStr">
         <is>
           <t>Siderurgische gassen</t>
         </is>
       </c>
       <c r="E132" t="inlineStr">
         <is>
           <t>Hoogovengas</t>
         </is>
       </c>
       <c r="F132" s="2" t="n">
-        <v>458.04432979841573</v>
+        <v>582.6430686920819</v>
       </c>
     </row>
     <row r="133">
       <c r="A133" t="inlineStr">
         <is>
           <t>Transformatie output</t>
         </is>
       </c>
       <c r="B133"/>
       <c r="C133"/>
       <c r="D133" t="inlineStr">
         <is>
           <t>Siderurgische gassen</t>
         </is>
       </c>
       <c r="E133" t="inlineStr">
         <is>
           <t>Andere teruggewonnen gassen</t>
         </is>
       </c>
       <c r="F133" s="2" t="n">
-        <v>71.86395337728123</v>
+        <v>72.31059520397464</v>
       </c>
     </row>
     <row r="134">
       <c r="A134" t="inlineStr">
         <is>
           <t>Energie sector</t>
         </is>
       </c>
       <c r="B134" t="inlineStr">
         <is>
           <t>Cokesovens</t>
         </is>
       </c>
       <c r="C134"/>
       <c r="D134" t="inlineStr">
         <is>
           <t>Vaste fossiele brandstoffen</t>
         </is>
       </c>
       <c r="E134" t="inlineStr">
         <is>
           <t>Antraciet</t>
         </is>
       </c>
       <c r="F134"/>
@@ -4593,51 +4583,51 @@
       <c r="F141"/>
     </row>
     <row r="142">
       <c r="A142" t="inlineStr">
         <is>
           <t>Energie sector</t>
         </is>
       </c>
       <c r="B142" t="inlineStr">
         <is>
           <t>Cokesovens</t>
         </is>
       </c>
       <c r="C142"/>
       <c r="D142" t="inlineStr">
         <is>
           <t>Siderurgische gassen</t>
         </is>
       </c>
       <c r="E142" t="inlineStr">
         <is>
           <t>Cokesovengas</t>
         </is>
       </c>
       <c r="F142" s="2" t="n">
-        <v>94.36156491831504</v>
+        <v>93.26096302665553</v>
       </c>
     </row>
     <row r="143">
       <c r="A143" t="inlineStr">
         <is>
           <t>Energie sector</t>
         </is>
       </c>
       <c r="B143" t="inlineStr">
         <is>
           <t>Cokesovens</t>
         </is>
       </c>
       <c r="C143"/>
       <c r="D143" t="inlineStr">
         <is>
           <t>Siderurgische gassen</t>
         </is>
       </c>
       <c r="E143" t="inlineStr">
         <is>
           <t>Hoogovengas</t>
         </is>
       </c>
       <c r="F143"/>
@@ -4859,103 +4849,103 @@
       <c r="F152"/>
     </row>
     <row r="153">
       <c r="A153" t="inlineStr">
         <is>
           <t>Energie sector</t>
         </is>
       </c>
       <c r="B153" t="inlineStr">
         <is>
           <t>Hoogovens</t>
         </is>
       </c>
       <c r="C153"/>
       <c r="D153" t="inlineStr">
         <is>
           <t>Siderurgische gassen</t>
         </is>
       </c>
       <c r="E153" t="inlineStr">
         <is>
           <t>Cokesovengas</t>
         </is>
       </c>
       <c r="F153" s="2" t="n">
-        <v>10.425623387790235</v>
+        <v>12.065778159931254</v>
       </c>
     </row>
     <row r="154">
       <c r="A154" t="inlineStr">
         <is>
           <t>Energie sector</t>
         </is>
       </c>
       <c r="B154" t="inlineStr">
         <is>
           <t>Hoogovens</t>
         </is>
       </c>
       <c r="C154"/>
       <c r="D154" t="inlineStr">
         <is>
           <t>Siderurgische gassen</t>
         </is>
       </c>
       <c r="E154" t="inlineStr">
         <is>
           <t>Hoogovengas</t>
         </is>
       </c>
       <c r="F154" s="2" t="n">
-        <v>84.48457055507815</v>
+        <v>124.03267411865907</v>
       </c>
     </row>
     <row r="155">
       <c r="A155" t="inlineStr">
         <is>
           <t>Energie sector</t>
         </is>
       </c>
       <c r="B155" t="inlineStr">
         <is>
           <t>Hoogovens</t>
         </is>
       </c>
       <c r="C155"/>
       <c r="D155" t="inlineStr">
         <is>
           <t>Siderurgische gassen</t>
         </is>
       </c>
       <c r="E155" t="inlineStr">
         <is>
           <t>Andere teruggewonnen gassen</t>
         </is>
       </c>
       <c r="F155" s="2" t="n">
-        <v>43.80672590044918</v>
+        <v>19.477882869972362</v>
       </c>
     </row>
     <row r="156">
       <c r="A156" t="inlineStr">
         <is>
           <t>Energie sector</t>
         </is>
       </c>
       <c r="B156"/>
       <c r="C156"/>
       <c r="D156" t="inlineStr">
         <is>
           <t>Vaste fossiele brandstoffen</t>
         </is>
       </c>
       <c r="E156" t="inlineStr">
         <is>
           <t>Antraciet</t>
         </is>
       </c>
       <c r="F156"/>
     </row>
     <row r="157">
       <c r="A157" t="inlineStr">
         <is>
@@ -5093,125 +5083,125 @@
         <is>
           <t>BKB (bruinkoolbriketten)</t>
         </is>
       </c>
       <c r="F163"/>
     </row>
     <row r="164">
       <c r="A164" t="inlineStr">
         <is>
           <t>Energie sector</t>
         </is>
       </c>
       <c r="B164"/>
       <c r="C164"/>
       <c r="D164" t="inlineStr">
         <is>
           <t>Siderurgische gassen</t>
         </is>
       </c>
       <c r="E164" t="inlineStr">
         <is>
           <t>Cokesovengas</t>
         </is>
       </c>
       <c r="F164" s="2" t="n">
-        <v>104.78718830610526</v>
+        <v>105.32674118658679</v>
       </c>
     </row>
     <row r="165">
       <c r="A165" t="inlineStr">
         <is>
           <t>Energie sector</t>
         </is>
       </c>
       <c r="B165"/>
       <c r="C165"/>
       <c r="D165" t="inlineStr">
         <is>
           <t>Siderurgische gassen</t>
         </is>
       </c>
       <c r="E165" t="inlineStr">
         <is>
           <t>Hoogovengas</t>
         </is>
       </c>
       <c r="F165" s="2" t="n">
-        <v>84.48457055507815</v>
+        <v>124.03267411865907</v>
       </c>
     </row>
     <row r="166">
       <c r="A166" t="inlineStr">
         <is>
           <t>Energie sector</t>
         </is>
       </c>
       <c r="B166"/>
       <c r="C166"/>
       <c r="D166" t="inlineStr">
         <is>
           <t>Siderurgische gassen</t>
         </is>
       </c>
       <c r="E166" t="inlineStr">
         <is>
           <t>Andere teruggewonnen gassen</t>
         </is>
       </c>
       <c r="F166" s="2" t="n">
-        <v>43.80672590044918</v>
+        <v>19.477882869972362</v>
       </c>
     </row>
     <row r="167">
       <c r="A167" t="inlineStr">
         <is>
           <t>Finale consumptie</t>
         </is>
       </c>
       <c r="B167" t="inlineStr">
         <is>
           <t>Industrie sector</t>
         </is>
       </c>
       <c r="C167" t="inlineStr">
         <is>
           <t>IJzer en staal</t>
         </is>
       </c>
       <c r="D167" t="inlineStr">
         <is>
           <t>Vaste fossiele brandstoffen</t>
         </is>
       </c>
       <c r="E167" t="inlineStr">
         <is>
           <t>Antraciet</t>
         </is>
       </c>
       <c r="F167" s="2" t="n">
-        <v>2.783247348810557</v>
+        <v>2.815849813700211</v>
       </c>
     </row>
     <row r="168">
       <c r="A168" t="inlineStr">
         <is>
           <t>Finale consumptie</t>
         </is>
       </c>
       <c r="B168" t="inlineStr">
         <is>
           <t>Industrie sector</t>
         </is>
       </c>
       <c r="C168" t="inlineStr">
         <is>
           <t>IJzer en staal</t>
         </is>
       </c>
       <c r="D168" t="inlineStr">
         <is>
           <t>Vaste fossiele brandstoffen</t>
         </is>
       </c>
       <c r="E168" t="inlineStr">
         <is>
@@ -5309,51 +5299,51 @@
         <is>
           <t>Finale consumptie</t>
         </is>
       </c>
       <c r="B172" t="inlineStr">
         <is>
           <t>Industrie sector</t>
         </is>
       </c>
       <c r="C172" t="inlineStr">
         <is>
           <t>IJzer en staal</t>
         </is>
       </c>
       <c r="D172" t="inlineStr">
         <is>
           <t>Vaste fossiele brandstoffen</t>
         </is>
       </c>
       <c r="E172" t="inlineStr">
         <is>
           <t>Cokesoven-cokes</t>
         </is>
       </c>
       <c r="F172" s="2" t="n">
-        <v>5.23394955574665</v>
+        <v>5.862023502436249</v>
       </c>
     </row>
     <row r="173">
       <c r="A173" t="inlineStr">
         <is>
           <t>Finale consumptie</t>
         </is>
       </c>
       <c r="B173" t="inlineStr">
         <is>
           <t>Industrie sector</t>
         </is>
       </c>
       <c r="C173" t="inlineStr">
         <is>
           <t>IJzer en staal</t>
         </is>
       </c>
       <c r="D173" t="inlineStr">
         <is>
           <t>Vaste fossiele brandstoffen</t>
         </is>
       </c>
       <c r="E173" t="inlineStr">
         <is>
@@ -5395,111 +5385,111 @@
         <is>
           <t>Finale consumptie</t>
         </is>
       </c>
       <c r="B175" t="inlineStr">
         <is>
           <t>Industrie sector</t>
         </is>
       </c>
       <c r="C175" t="inlineStr">
         <is>
           <t>IJzer en staal</t>
         </is>
       </c>
       <c r="D175" t="inlineStr">
         <is>
           <t>Siderurgische gassen</t>
         </is>
       </c>
       <c r="E175" t="inlineStr">
         <is>
           <t>Cokesovengas</t>
         </is>
       </c>
       <c r="F175" s="2" t="n">
-        <v>122.80954428202968</v>
+        <v>123.85640584694798</v>
       </c>
     </row>
     <row r="176">
       <c r="A176" t="inlineStr">
         <is>
           <t>Finale consumptie</t>
         </is>
       </c>
       <c r="B176" t="inlineStr">
         <is>
           <t>Industrie sector</t>
         </is>
       </c>
       <c r="C176" t="inlineStr">
         <is>
           <t>IJzer en staal</t>
         </is>
       </c>
       <c r="D176" t="inlineStr">
         <is>
           <t>Siderurgische gassen</t>
         </is>
       </c>
       <c r="E176" t="inlineStr">
         <is>
           <t>Hoogovengas</t>
         </is>
       </c>
       <c r="F176" s="2" t="n">
-        <v>24.121047100410898</v>
+        <v>32.922518391134155</v>
       </c>
     </row>
     <row r="177">
       <c r="A177" t="inlineStr">
         <is>
           <t>Finale consumptie</t>
         </is>
       </c>
       <c r="B177" t="inlineStr">
         <is>
           <t>Industrie sector</t>
         </is>
       </c>
       <c r="C177" t="inlineStr">
         <is>
           <t>IJzer en staal</t>
         </is>
       </c>
       <c r="D177" t="inlineStr">
         <is>
           <t>Siderurgische gassen</t>
         </is>
       </c>
       <c r="E177" t="inlineStr">
         <is>
           <t>Andere teruggewonnen gassen</t>
         </is>
       </c>
       <c r="F177" s="2" t="n">
-        <v>12.27429062768706</v>
+        <v>43.58459921658561</v>
       </c>
     </row>
     <row r="178">
       <c r="A178" t="inlineStr">
         <is>
           <t>Finale consumptie</t>
         </is>
       </c>
       <c r="B178" t="inlineStr">
         <is>
           <t>Industrie sector</t>
         </is>
       </c>
       <c r="C178" t="inlineStr">
         <is>
           <t>Chemie en petrochemie</t>
         </is>
       </c>
       <c r="D178" t="inlineStr">
         <is>
           <t>Vaste fossiele brandstoffen</t>
         </is>
       </c>
       <c r="E178" t="inlineStr">
         <is>
@@ -5851,81 +5841,81 @@
         <is>
           <t>Finale consumptie</t>
         </is>
       </c>
       <c r="B191" t="inlineStr">
         <is>
           <t>Industrie sector</t>
         </is>
       </c>
       <c r="C191" t="inlineStr">
         <is>
           <t>Niet-metaalhoudende mineralen</t>
         </is>
       </c>
       <c r="D191" t="inlineStr">
         <is>
           <t>Vaste fossiele brandstoffen</t>
         </is>
       </c>
       <c r="E191" t="inlineStr">
         <is>
           <t>Andere bitumineuze kool</t>
         </is>
       </c>
       <c r="F191" s="2" t="n">
-        <v>105.59575331995833</v>
+        <v>99.05130887551387</v>
       </c>
     </row>
     <row r="192">
       <c r="A192" t="inlineStr">
         <is>
           <t>Finale consumptie</t>
         </is>
       </c>
       <c r="B192" t="inlineStr">
         <is>
           <t>Industrie sector</t>
         </is>
       </c>
       <c r="C192" t="inlineStr">
         <is>
           <t>Niet-metaalhoudende mineralen</t>
         </is>
       </c>
       <c r="D192" t="inlineStr">
         <is>
           <t>Vaste fossiele brandstoffen</t>
         </is>
       </c>
       <c r="E192" t="inlineStr">
         <is>
           <t>Subbitumineuze kool</t>
         </is>
       </c>
       <c r="F192" s="2" t="n">
-        <v>23.868300372599684</v>
+        <v>21.07681284035548</v>
       </c>
     </row>
     <row r="193">
       <c r="A193" t="inlineStr">
         <is>
           <t>Finale consumptie</t>
         </is>
       </c>
       <c r="B193" t="inlineStr">
         <is>
           <t>Industrie sector</t>
         </is>
       </c>
       <c r="C193" t="inlineStr">
         <is>
           <t>Niet-metaalhoudende mineralen</t>
         </is>
       </c>
       <c r="D193" t="inlineStr">
         <is>
           <t>Vaste fossiele brandstoffen</t>
         </is>
       </c>
       <c r="E193" t="inlineStr">
         <is>
@@ -5995,51 +5985,51 @@
         <is>
           <t>Finale consumptie</t>
         </is>
       </c>
       <c r="B196" t="inlineStr">
         <is>
           <t>Industrie sector</t>
         </is>
       </c>
       <c r="C196" t="inlineStr">
         <is>
           <t>Niet-metaalhoudende mineralen</t>
         </is>
       </c>
       <c r="D196" t="inlineStr">
         <is>
           <t>Vaste fossiele brandstoffen</t>
         </is>
       </c>
       <c r="E196" t="inlineStr">
         <is>
           <t>BKB (bruinkoolbriketten)</t>
         </is>
       </c>
       <c r="F196" s="2" t="n">
-        <v>82.07007738607079</v>
+        <v>64.21702493551184</v>
       </c>
     </row>
     <row r="197">
       <c r="A197" t="inlineStr">
         <is>
           <t>Finale consumptie</t>
         </is>
       </c>
       <c r="B197" t="inlineStr">
         <is>
           <t>Industrie sector</t>
         </is>
       </c>
       <c r="C197" t="inlineStr">
         <is>
           <t>Niet-metaalhoudende mineralen</t>
         </is>
       </c>
       <c r="D197" t="inlineStr">
         <is>
           <t>Siderurgische gassen</t>
         </is>
       </c>
       <c r="E197" t="inlineStr">
         <is>
@@ -6165,51 +6155,51 @@
         <is>
           <t>Finale consumptie</t>
         </is>
       </c>
       <c r="B202" t="inlineStr">
         <is>
           <t>Industrie sector</t>
         </is>
       </c>
       <c r="C202" t="inlineStr">
         <is>
           <t>Voeding, dranken en tabak</t>
         </is>
       </c>
       <c r="D202" t="inlineStr">
         <is>
           <t>Vaste fossiele brandstoffen</t>
         </is>
       </c>
       <c r="E202" t="inlineStr">
         <is>
           <t>Andere bitumineuze kool</t>
         </is>
       </c>
       <c r="F202" s="2" t="n">
-        <v>4.926256329416278</v>
+        <v>1.2684102417120517</v>
       </c>
     </row>
     <row r="203">
       <c r="A203" t="inlineStr">
         <is>
           <t>Finale consumptie</t>
         </is>
       </c>
       <c r="B203" t="inlineStr">
         <is>
           <t>Industrie sector</t>
         </is>
       </c>
       <c r="C203" t="inlineStr">
         <is>
           <t>Voeding, dranken en tabak</t>
         </is>
       </c>
       <c r="D203" t="inlineStr">
         <is>
           <t>Vaste fossiele brandstoffen</t>
         </is>
       </c>
       <c r="E203" t="inlineStr">
         <is>
@@ -6251,51 +6241,51 @@
         <is>
           <t>Finale consumptie</t>
         </is>
       </c>
       <c r="B205" t="inlineStr">
         <is>
           <t>Industrie sector</t>
         </is>
       </c>
       <c r="C205" t="inlineStr">
         <is>
           <t>Voeding, dranken en tabak</t>
         </is>
       </c>
       <c r="D205" t="inlineStr">
         <is>
           <t>Vaste fossiele brandstoffen</t>
         </is>
       </c>
       <c r="E205" t="inlineStr">
         <is>
           <t>Cokesoven-cokes</t>
         </is>
       </c>
       <c r="F205" s="2" t="n">
-        <v>3.559085697907722</v>
+        <v>3.9080156682908322</v>
       </c>
     </row>
     <row r="206">
       <c r="A206" t="inlineStr">
         <is>
           <t>Finale consumptie</t>
         </is>
       </c>
       <c r="B206" t="inlineStr">
         <is>
           <t>Industrie sector</t>
         </is>
       </c>
       <c r="C206" t="inlineStr">
         <is>
           <t>Voeding, dranken en tabak</t>
         </is>
       </c>
       <c r="D206" t="inlineStr">
         <is>
           <t>Vaste fossiele brandstoffen</t>
         </is>
       </c>
       <c r="E206" t="inlineStr">
         <is>
@@ -6477,51 +6467,51 @@
         <is>
           <t>Finale consumptie</t>
         </is>
       </c>
       <c r="B213" t="inlineStr">
         <is>
           <t>Industrie sector</t>
         </is>
       </c>
       <c r="C213" t="inlineStr">
         <is>
           <t>Papier, pulp en drukkerij</t>
         </is>
       </c>
       <c r="D213" t="inlineStr">
         <is>
           <t>Vaste fossiele brandstoffen</t>
         </is>
       </c>
       <c r="E213" t="inlineStr">
         <is>
           <t>Andere bitumineuze kool</t>
         </is>
       </c>
       <c r="F213" s="2" t="n">
-        <v>14.66285707461551</v>
+        <v>9.397766790866568</v>
       </c>
     </row>
     <row r="214">
       <c r="A214" t="inlineStr">
         <is>
           <t>Finale consumptie</t>
         </is>
       </c>
       <c r="B214" t="inlineStr">
         <is>
           <t>Industrie sector</t>
         </is>
       </c>
       <c r="C214" t="inlineStr">
         <is>
           <t>Papier, pulp en drukkerij</t>
         </is>
       </c>
       <c r="D214" t="inlineStr">
         <is>
           <t>Vaste fossiele brandstoffen</t>
         </is>
       </c>
       <c r="E214" t="inlineStr">
         <is>
@@ -6727,305 +6717,305 @@
       <c r="F221"/>
     </row>
     <row r="222">
       <c r="A222" t="inlineStr">
         <is>
           <t>Finale consumptie</t>
         </is>
       </c>
       <c r="B222" t="inlineStr">
         <is>
           <t>Industrie sector</t>
         </is>
       </c>
       <c r="C222"/>
       <c r="D222" t="inlineStr">
         <is>
           <t>Vaste fossiele brandstoffen</t>
         </is>
       </c>
       <c r="E222" t="inlineStr">
         <is>
           <t>Antraciet</t>
         </is>
       </c>
       <c r="F222" s="2" t="n">
-        <v>2.783247348810557</v>
+        <v>2.815849813700211</v>
       </c>
     </row>
     <row r="223">
       <c r="A223" t="inlineStr">
         <is>
           <t>Finale consumptie</t>
         </is>
       </c>
       <c r="B223" t="inlineStr">
         <is>
           <t>Industrie sector</t>
         </is>
       </c>
       <c r="C223"/>
       <c r="D223" t="inlineStr">
         <is>
           <t>Vaste fossiele brandstoffen</t>
         </is>
       </c>
       <c r="E223" t="inlineStr">
         <is>
           <t>Cokeskool</t>
         </is>
       </c>
       <c r="F223"/>
     </row>
     <row r="224">
       <c r="A224" t="inlineStr">
         <is>
           <t>Finale consumptie</t>
         </is>
       </c>
       <c r="B224" t="inlineStr">
         <is>
           <t>Industrie sector</t>
         </is>
       </c>
       <c r="C224"/>
       <c r="D224" t="inlineStr">
         <is>
           <t>Vaste fossiele brandstoffen</t>
         </is>
       </c>
       <c r="E224" t="inlineStr">
         <is>
           <t>Andere bitumineuze kool</t>
         </is>
       </c>
       <c r="F224" s="2" t="n">
-        <v>125.18486672399013</v>
+        <v>109.71748590809248</v>
       </c>
     </row>
     <row r="225">
       <c r="A225" t="inlineStr">
         <is>
           <t>Finale consumptie</t>
         </is>
       </c>
       <c r="B225" t="inlineStr">
         <is>
           <t>Industrie sector</t>
         </is>
       </c>
       <c r="C225"/>
       <c r="D225" t="inlineStr">
         <is>
           <t>Vaste fossiele brandstoffen</t>
         </is>
       </c>
       <c r="E225" t="inlineStr">
         <is>
           <t>Subbitumineuze kool</t>
         </is>
       </c>
       <c r="F225" s="2" t="n">
-        <v>23.868300372599684</v>
+        <v>21.07681284035548</v>
       </c>
     </row>
     <row r="226">
       <c r="A226" t="inlineStr">
         <is>
           <t>Finale consumptie</t>
         </is>
       </c>
       <c r="B226" t="inlineStr">
         <is>
           <t>Industrie sector</t>
         </is>
       </c>
       <c r="C226"/>
       <c r="D226" t="inlineStr">
         <is>
           <t>Vaste fossiele brandstoffen</t>
         </is>
       </c>
       <c r="E226" t="inlineStr">
         <is>
           <t>Steenkool-briketten</t>
         </is>
       </c>
       <c r="F226"/>
     </row>
     <row r="227">
       <c r="A227" t="inlineStr">
         <is>
           <t>Finale consumptie</t>
         </is>
       </c>
       <c r="B227" t="inlineStr">
         <is>
           <t>Industrie sector</t>
         </is>
       </c>
       <c r="C227"/>
       <c r="D227" t="inlineStr">
         <is>
           <t>Vaste fossiele brandstoffen</t>
         </is>
       </c>
       <c r="E227" t="inlineStr">
         <is>
           <t>Cokesoven-cokes</t>
         </is>
       </c>
       <c r="F227" s="2" t="n">
-        <v>17.865214483615233</v>
+        <v>18.842218400687944</v>
       </c>
     </row>
     <row r="228">
       <c r="A228" t="inlineStr">
         <is>
           <t>Finale consumptie</t>
         </is>
       </c>
       <c r="B228" t="inlineStr">
         <is>
           <t>Industrie sector</t>
         </is>
       </c>
       <c r="C228"/>
       <c r="D228" t="inlineStr">
         <is>
           <t>Vaste fossiele brandstoffen</t>
         </is>
       </c>
       <c r="E228" t="inlineStr">
         <is>
           <t>Koolteer</t>
         </is>
       </c>
       <c r="F228"/>
     </row>
     <row r="229">
       <c r="A229" t="inlineStr">
         <is>
           <t>Finale consumptie</t>
         </is>
       </c>
       <c r="B229" t="inlineStr">
         <is>
           <t>Industrie sector</t>
         </is>
       </c>
       <c r="C229"/>
       <c r="D229" t="inlineStr">
         <is>
           <t>Vaste fossiele brandstoffen</t>
         </is>
       </c>
       <c r="E229" t="inlineStr">
         <is>
           <t>BKB (bruinkoolbriketten)</t>
         </is>
       </c>
       <c r="F229" s="2" t="n">
-        <v>82.07007738607079</v>
+        <v>64.21702493551184</v>
       </c>
     </row>
     <row r="230">
       <c r="A230" t="inlineStr">
         <is>
           <t>Finale consumptie</t>
         </is>
       </c>
       <c r="B230" t="inlineStr">
         <is>
           <t>Industrie sector</t>
         </is>
       </c>
       <c r="C230"/>
       <c r="D230" t="inlineStr">
         <is>
           <t>Siderurgische gassen</t>
         </is>
       </c>
       <c r="E230" t="inlineStr">
         <is>
           <t>Cokesovengas</t>
         </is>
       </c>
       <c r="F230" s="2" t="n">
-        <v>122.80954428202968</v>
+        <v>123.85640584694798</v>
       </c>
     </row>
     <row r="231">
       <c r="A231" t="inlineStr">
         <is>
           <t>Finale consumptie</t>
         </is>
       </c>
       <c r="B231" t="inlineStr">
         <is>
           <t>Industrie sector</t>
         </is>
       </c>
       <c r="C231"/>
       <c r="D231" t="inlineStr">
         <is>
           <t>Siderurgische gassen</t>
         </is>
       </c>
       <c r="E231" t="inlineStr">
         <is>
           <t>Hoogovengas</t>
         </is>
       </c>
       <c r="F231" s="2" t="n">
-        <v>24.121047100410898</v>
+        <v>32.922518391134155</v>
       </c>
     </row>
     <row r="232">
       <c r="A232" t="inlineStr">
         <is>
           <t>Finale consumptie</t>
         </is>
       </c>
       <c r="B232" t="inlineStr">
         <is>
           <t>Industrie sector</t>
         </is>
       </c>
       <c r="C232"/>
       <c r="D232" t="inlineStr">
         <is>
           <t>Siderurgische gassen</t>
         </is>
       </c>
       <c r="E232" t="inlineStr">
         <is>
           <t>Andere teruggewonnen gassen</t>
         </is>
       </c>
       <c r="F232" s="2" t="n">
-        <v>12.27429062768706</v>
+        <v>43.58459921658561</v>
       </c>
     </row>
     <row r="233">
       <c r="A233" t="inlineStr">
         <is>
           <t>Finale consumptie</t>
         </is>
       </c>
       <c r="B233" t="inlineStr">
         <is>
           <t>Transport sector</t>
         </is>
       </c>
       <c r="C233" t="inlineStr">
         <is>
           <t>Spoorverkeer</t>
         </is>
       </c>
       <c r="D233" t="inlineStr">
         <is>
           <t>Vaste fossiele brandstoffen</t>
         </is>
       </c>
       <c r="E233" t="inlineStr">
         <is>
@@ -7067,51 +7057,51 @@
         <is>
           <t>Finale consumptie</t>
         </is>
       </c>
       <c r="B235" t="inlineStr">
         <is>
           <t>Transport sector</t>
         </is>
       </c>
       <c r="C235" t="inlineStr">
         <is>
           <t>Spoorverkeer</t>
         </is>
       </c>
       <c r="D235" t="inlineStr">
         <is>
           <t>Vaste fossiele brandstoffen</t>
         </is>
       </c>
       <c r="E235" t="inlineStr">
         <is>
           <t>Andere bitumineuze kool</t>
         </is>
       </c>
       <c r="F235" s="2" t="n">
-        <v>0.0579559568166621</v>
+        <v>0.05765501098691145</v>
       </c>
     </row>
     <row r="236">
       <c r="A236" t="inlineStr">
         <is>
           <t>Finale consumptie</t>
         </is>
       </c>
       <c r="B236" t="inlineStr">
         <is>
           <t>Transport sector</t>
         </is>
       </c>
       <c r="C236" t="inlineStr">
         <is>
           <t>Spoorverkeer</t>
         </is>
       </c>
       <c r="D236" t="inlineStr">
         <is>
           <t>Vaste fossiele brandstoffen</t>
         </is>
       </c>
       <c r="E236" t="inlineStr">
         <is>
@@ -7365,51 +7355,51 @@
       <c r="F245"/>
     </row>
     <row r="246">
       <c r="A246" t="inlineStr">
         <is>
           <t>Finale consumptie</t>
         </is>
       </c>
       <c r="B246" t="inlineStr">
         <is>
           <t>Transport sector</t>
         </is>
       </c>
       <c r="C246"/>
       <c r="D246" t="inlineStr">
         <is>
           <t>Vaste fossiele brandstoffen</t>
         </is>
       </c>
       <c r="E246" t="inlineStr">
         <is>
           <t>Andere bitumineuze kool</t>
         </is>
       </c>
       <c r="F246" s="2" t="n">
-        <v>0.0579559568166621</v>
+        <v>0.05765501098691145</v>
       </c>
     </row>
     <row r="247">
       <c r="A247" t="inlineStr">
         <is>
           <t>Finale consumptie</t>
         </is>
       </c>
       <c r="B247" t="inlineStr">
         <is>
           <t>Transport sector</t>
         </is>
       </c>
       <c r="C247"/>
       <c r="D247" t="inlineStr">
         <is>
           <t>Vaste fossiele brandstoffen</t>
         </is>
       </c>
       <c r="E247" t="inlineStr">
         <is>
           <t>Subbitumineuze kool</t>
         </is>
       </c>
       <c r="F247"/>
@@ -7587,51 +7577,51 @@
         <is>
           <t>Finale consumptie</t>
         </is>
       </c>
       <c r="B255" t="inlineStr">
         <is>
           <t>Andere sectoren</t>
         </is>
       </c>
       <c r="C255" t="inlineStr">
         <is>
           <t>Huishoudens</t>
         </is>
       </c>
       <c r="D255" t="inlineStr">
         <is>
           <t>Vaste fossiele brandstoffen</t>
         </is>
       </c>
       <c r="E255" t="inlineStr">
         <is>
           <t>Antraciet</t>
         </is>
       </c>
       <c r="F255" s="2" t="n">
-        <v>23.500429922614014</v>
+        <v>20.514187446259747</v>
       </c>
     </row>
     <row r="256">
       <c r="A256" t="inlineStr">
         <is>
           <t>Finale consumptie</t>
         </is>
       </c>
       <c r="B256" t="inlineStr">
         <is>
           <t>Andere sectoren</t>
         </is>
       </c>
       <c r="C256" t="inlineStr">
         <is>
           <t>Huishoudens</t>
         </is>
       </c>
       <c r="D256" t="inlineStr">
         <is>
           <t>Vaste fossiele brandstoffen</t>
         </is>
       </c>
       <c r="E256" t="inlineStr">
         <is>
@@ -7701,51 +7691,51 @@
         <is>
           <t>Finale consumptie</t>
         </is>
       </c>
       <c r="B259" t="inlineStr">
         <is>
           <t>Andere sectoren</t>
         </is>
       </c>
       <c r="C259" t="inlineStr">
         <is>
           <t>Huishoudens</t>
         </is>
       </c>
       <c r="D259" t="inlineStr">
         <is>
           <t>Vaste fossiele brandstoffen</t>
         </is>
       </c>
       <c r="E259" t="inlineStr">
         <is>
           <t>Steenkool-briketten</t>
         </is>
       </c>
       <c r="F259" s="2" t="n">
-        <v>0.5246488965319593</v>
+        <v>0.4496990541702509</v>
       </c>
     </row>
     <row r="260">
       <c r="A260" t="inlineStr">
         <is>
           <t>Finale consumptie</t>
         </is>
       </c>
       <c r="B260" t="inlineStr">
         <is>
           <t>Andere sectoren</t>
         </is>
       </c>
       <c r="C260" t="inlineStr">
         <is>
           <t>Huishoudens</t>
         </is>
       </c>
       <c r="D260" t="inlineStr">
         <is>
           <t>Vaste fossiele brandstoffen</t>
         </is>
       </c>
       <c r="E260" t="inlineStr">
         <is>
@@ -7787,51 +7777,51 @@
         <is>
           <t>Finale consumptie</t>
         </is>
       </c>
       <c r="B262" t="inlineStr">
         <is>
           <t>Andere sectoren</t>
         </is>
       </c>
       <c r="C262" t="inlineStr">
         <is>
           <t>Huishoudens</t>
         </is>
       </c>
       <c r="D262" t="inlineStr">
         <is>
           <t>Vaste fossiele brandstoffen</t>
         </is>
       </c>
       <c r="E262" t="inlineStr">
         <is>
           <t>BKB (bruinkoolbriketten)</t>
         </is>
       </c>
       <c r="F262" s="2" t="n">
-        <v>0.8993981083405018</v>
+        <v>0.6295786758383513</v>
       </c>
     </row>
     <row r="263">
       <c r="A263" t="inlineStr">
         <is>
           <t>Finale consumptie</t>
         </is>
       </c>
       <c r="B263" t="inlineStr">
         <is>
           <t>Andere sectoren</t>
         </is>
       </c>
       <c r="C263" t="inlineStr">
         <is>
           <t>Huishoudens</t>
         </is>
       </c>
       <c r="D263" t="inlineStr">
         <is>
           <t>Siderurgische gassen</t>
         </is>
       </c>
       <c r="E263" t="inlineStr">
         <is>
@@ -7901,51 +7891,51 @@
         <is>
           <t>Finale consumptie</t>
         </is>
       </c>
       <c r="B266" t="inlineStr">
         <is>
           <t>Andere sectoren</t>
         </is>
       </c>
       <c r="C266" t="inlineStr">
         <is>
           <t>Land- en bosbouw</t>
         </is>
       </c>
       <c r="D266" t="inlineStr">
         <is>
           <t>Vaste fossiele brandstoffen</t>
         </is>
       </c>
       <c r="E266" t="inlineStr">
         <is>
           <t>Antraciet</t>
         </is>
       </c>
       <c r="F266" s="2" t="n">
-        <v>2.3370593293207307</v>
+        <v>2.2721410146173766</v>
       </c>
     </row>
     <row r="267">
       <c r="A267" t="inlineStr">
         <is>
           <t>Finale consumptie</t>
         </is>
       </c>
       <c r="B267" t="inlineStr">
         <is>
           <t>Andere sectoren</t>
         </is>
       </c>
       <c r="C267" t="inlineStr">
         <is>
           <t>Land- en bosbouw</t>
         </is>
       </c>
       <c r="D267" t="inlineStr">
         <is>
           <t>Vaste fossiele brandstoffen</t>
         </is>
       </c>
       <c r="E267" t="inlineStr">
         <is>
@@ -7986,53 +7976,51 @@
       <c r="A269" t="inlineStr">
         <is>
           <t>Finale consumptie</t>
         </is>
       </c>
       <c r="B269" t="inlineStr">
         <is>
           <t>Andere sectoren</t>
         </is>
       </c>
       <c r="C269" t="inlineStr">
         <is>
           <t>Land- en bosbouw</t>
         </is>
       </c>
       <c r="D269" t="inlineStr">
         <is>
           <t>Vaste fossiele brandstoffen</t>
         </is>
       </c>
       <c r="E269" t="inlineStr">
         <is>
           <t>Subbitumineuze kool</t>
         </is>
       </c>
-      <c r="F269" s="2" t="n">
-[...1 lines deleted...]
-      </c>
+      <c r="F269"/>
     </row>
     <row r="270">
       <c r="A270" t="inlineStr">
         <is>
           <t>Finale consumptie</t>
         </is>
       </c>
       <c r="B270" t="inlineStr">
         <is>
           <t>Andere sectoren</t>
         </is>
       </c>
       <c r="C270" t="inlineStr">
         <is>
           <t>Land- en bosbouw</t>
         </is>
       </c>
       <c r="D270" t="inlineStr">
         <is>
           <t>Vaste fossiele brandstoffen</t>
         </is>
       </c>
       <c r="E270" t="inlineStr">
         <is>
           <t>Steenkool-briketten</t>
@@ -8209,51 +8197,51 @@
       <c r="F276"/>
     </row>
     <row r="277">
       <c r="A277" t="inlineStr">
         <is>
           <t>Finale consumptie</t>
         </is>
       </c>
       <c r="B277" t="inlineStr">
         <is>
           <t>Andere sectoren</t>
         </is>
       </c>
       <c r="C277"/>
       <c r="D277" t="inlineStr">
         <is>
           <t>Vaste fossiele brandstoffen</t>
         </is>
       </c>
       <c r="E277" t="inlineStr">
         <is>
           <t>Antraciet</t>
         </is>
       </c>
       <c r="F277" s="2" t="n">
-        <v>25.837489251934745</v>
+        <v>22.786328460877122</v>
       </c>
     </row>
     <row r="278">
       <c r="A278" t="inlineStr">
         <is>
           <t>Finale consumptie</t>
         </is>
       </c>
       <c r="B278" t="inlineStr">
         <is>
           <t>Andere sectoren</t>
         </is>
       </c>
       <c r="C278"/>
       <c r="D278" t="inlineStr">
         <is>
           <t>Vaste fossiele brandstoffen</t>
         </is>
       </c>
       <c r="E278" t="inlineStr">
         <is>
           <t>Cokeskool</t>
         </is>
       </c>
       <c r="F278"/>
@@ -8282,78 +8270,76 @@
       </c>
       <c r="F279"/>
     </row>
     <row r="280">
       <c r="A280" t="inlineStr">
         <is>
           <t>Finale consumptie</t>
         </is>
       </c>
       <c r="B280" t="inlineStr">
         <is>
           <t>Andere sectoren</t>
         </is>
       </c>
       <c r="C280"/>
       <c r="D280" t="inlineStr">
         <is>
           <t>Vaste fossiele brandstoffen</t>
         </is>
       </c>
       <c r="E280" t="inlineStr">
         <is>
           <t>Subbitumineuze kool</t>
         </is>
       </c>
-      <c r="F280" s="2" t="n">
-[...1 lines deleted...]
-      </c>
+      <c r="F280"/>
     </row>
     <row r="281">
       <c r="A281" t="inlineStr">
         <is>
           <t>Finale consumptie</t>
         </is>
       </c>
       <c r="B281" t="inlineStr">
         <is>
           <t>Andere sectoren</t>
         </is>
       </c>
       <c r="C281"/>
       <c r="D281" t="inlineStr">
         <is>
           <t>Vaste fossiele brandstoffen</t>
         </is>
       </c>
       <c r="E281" t="inlineStr">
         <is>
           <t>Steenkool-briketten</t>
         </is>
       </c>
       <c r="F281" s="2" t="n">
-        <v>0.5246488965319593</v>
+        <v>0.4496990541702509</v>
       </c>
     </row>
     <row r="282">
       <c r="A282" t="inlineStr">
         <is>
           <t>Finale consumptie</t>
         </is>
       </c>
       <c r="B282" t="inlineStr">
         <is>
           <t>Andere sectoren</t>
         </is>
       </c>
       <c r="C282"/>
       <c r="D282" t="inlineStr">
         <is>
           <t>Vaste fossiele brandstoffen</t>
         </is>
       </c>
       <c r="E282" t="inlineStr">
         <is>
           <t>Cokesoven-cokes</t>
         </is>
       </c>
       <c r="F282"/>
@@ -8383,51 +8369,51 @@
       <c r="F283"/>
     </row>
     <row r="284">
       <c r="A284" t="inlineStr">
         <is>
           <t>Finale consumptie</t>
         </is>
       </c>
       <c r="B284" t="inlineStr">
         <is>
           <t>Andere sectoren</t>
         </is>
       </c>
       <c r="C284"/>
       <c r="D284" t="inlineStr">
         <is>
           <t>Vaste fossiele brandstoffen</t>
         </is>
       </c>
       <c r="E284" t="inlineStr">
         <is>
           <t>BKB (bruinkoolbriketten)</t>
         </is>
       </c>
       <c r="F284" s="2" t="n">
-        <v>0.8993981083405018</v>
+        <v>0.6295786758383513</v>
       </c>
     </row>
     <row r="285">
       <c r="A285" t="inlineStr">
         <is>
           <t>Finale consumptie</t>
         </is>
       </c>
       <c r="B285" t="inlineStr">
         <is>
           <t>Andere sectoren</t>
         </is>
       </c>
       <c r="C285"/>
       <c r="D285" t="inlineStr">
         <is>
           <t>Siderurgische gassen</t>
         </is>
       </c>
       <c r="E285" t="inlineStr">
         <is>
           <t>Cokesovengas</t>
         </is>
       </c>
       <c r="F285"/>
@@ -8625,51 +8611,51 @@
       <c r="F293"/>
     </row>
     <row r="294">
       <c r="A294" t="inlineStr">
         <is>
           <t>Finale consumptie</t>
         </is>
       </c>
       <c r="B294" t="inlineStr">
         <is>
           <t>Niet energetisch verbruik</t>
         </is>
       </c>
       <c r="C294"/>
       <c r="D294" t="inlineStr">
         <is>
           <t>Vaste fossiele brandstoffen</t>
         </is>
       </c>
       <c r="E294" t="inlineStr">
         <is>
           <t>Koolteer</t>
         </is>
       </c>
       <c r="F294" s="2" t="n">
-        <v>199.56584025986507</v>
+        <v>187.06487054552468</v>
       </c>
     </row>
     <row r="295">
       <c r="A295" t="inlineStr">
         <is>
           <t>Finale consumptie</t>
         </is>
       </c>
       <c r="B295" t="inlineStr">
         <is>
           <t>Niet energetisch verbruik</t>
         </is>
       </c>
       <c r="C295"/>
       <c r="D295" t="inlineStr">
         <is>
           <t>Vaste fossiele brandstoffen</t>
         </is>
       </c>
       <c r="E295" t="inlineStr">
         <is>
           <t>BKB (bruinkoolbriketten)</t>
         </is>
       </c>
       <c r="F295"/>
@@ -8743,505 +8729,503 @@
         <is>
           <t>Andere teruggewonnen gassen</t>
         </is>
       </c>
       <c r="F298"/>
     </row>
     <row r="299">
       <c r="A299" t="inlineStr">
         <is>
           <t>Finale consumptie</t>
         </is>
       </c>
       <c r="B299"/>
       <c r="C299"/>
       <c r="D299" t="inlineStr">
         <is>
           <t>Vaste fossiele brandstoffen</t>
         </is>
       </c>
       <c r="E299" t="inlineStr">
         <is>
           <t>Antraciet</t>
         </is>
       </c>
       <c r="F299" s="2" t="n">
-        <v>28.620736600745303</v>
+        <v>25.602178274577334</v>
       </c>
     </row>
     <row r="300">
       <c r="A300" t="inlineStr">
         <is>
           <t>Finale consumptie</t>
         </is>
       </c>
       <c r="B300"/>
       <c r="C300"/>
       <c r="D300" t="inlineStr">
         <is>
           <t>Vaste fossiele brandstoffen</t>
         </is>
       </c>
       <c r="E300" t="inlineStr">
         <is>
           <t>Cokeskool</t>
         </is>
       </c>
       <c r="F300"/>
     </row>
     <row r="301">
       <c r="A301" t="inlineStr">
         <is>
           <t>Finale consumptie</t>
         </is>
       </c>
       <c r="B301"/>
       <c r="C301"/>
       <c r="D301" t="inlineStr">
         <is>
           <t>Vaste fossiele brandstoffen</t>
         </is>
       </c>
       <c r="E301" t="inlineStr">
         <is>
           <t>Andere bitumineuze kool</t>
         </is>
       </c>
       <c r="F301" s="2" t="n">
-        <v>125.24282268080678</v>
+        <v>109.77514091907939</v>
       </c>
     </row>
     <row r="302">
       <c r="A302" t="inlineStr">
         <is>
           <t>Finale consumptie</t>
         </is>
       </c>
       <c r="B302"/>
       <c r="C302"/>
       <c r="D302" t="inlineStr">
         <is>
           <t>Vaste fossiele brandstoffen</t>
         </is>
       </c>
       <c r="E302" t="inlineStr">
         <is>
           <t>Subbitumineuze kool</t>
         </is>
       </c>
       <c r="F302" s="2" t="n">
-        <v>23.933218687303036</v>
+        <v>21.07681284035548</v>
       </c>
     </row>
     <row r="303">
       <c r="A303" t="inlineStr">
         <is>
           <t>Finale consumptie</t>
         </is>
       </c>
       <c r="B303"/>
       <c r="C303"/>
       <c r="D303" t="inlineStr">
         <is>
           <t>Vaste fossiele brandstoffen</t>
         </is>
       </c>
       <c r="E303" t="inlineStr">
         <is>
           <t>Steenkool-briketten</t>
         </is>
       </c>
       <c r="F303" s="2" t="n">
-        <v>0.5246488965319593</v>
+        <v>0.4496990541702509</v>
       </c>
     </row>
     <row r="304">
       <c r="A304" t="inlineStr">
         <is>
           <t>Finale consumptie</t>
         </is>
       </c>
       <c r="B304"/>
       <c r="C304"/>
       <c r="D304" t="inlineStr">
         <is>
           <t>Vaste fossiele brandstoffen</t>
         </is>
       </c>
       <c r="E304" t="inlineStr">
         <is>
           <t>Cokesoven-cokes</t>
         </is>
       </c>
       <c r="F304" s="2" t="n">
-        <v>17.865214483615233</v>
+        <v>18.842218400687944</v>
       </c>
     </row>
     <row r="305">
       <c r="A305" t="inlineStr">
         <is>
           <t>Finale consumptie</t>
         </is>
       </c>
       <c r="B305"/>
       <c r="C305"/>
       <c r="D305" t="inlineStr">
         <is>
           <t>Vaste fossiele brandstoffen</t>
         </is>
       </c>
       <c r="E305" t="inlineStr">
         <is>
           <t>Koolteer</t>
         </is>
       </c>
       <c r="F305" s="2" t="n">
-        <v>199.56584025986507</v>
+        <v>187.06487054552468</v>
       </c>
     </row>
     <row r="306">
       <c r="A306" t="inlineStr">
         <is>
           <t>Finale consumptie</t>
         </is>
       </c>
       <c r="B306"/>
       <c r="C306"/>
       <c r="D306" t="inlineStr">
         <is>
           <t>Vaste fossiele brandstoffen</t>
         </is>
       </c>
       <c r="E306" t="inlineStr">
         <is>
           <t>BKB (bruinkoolbriketten)</t>
         </is>
       </c>
       <c r="F306" s="2" t="n">
-        <v>82.96947549441128</v>
+        <v>64.84660361135019</v>
       </c>
     </row>
     <row r="307">
       <c r="A307" t="inlineStr">
         <is>
           <t>Finale consumptie</t>
         </is>
       </c>
       <c r="B307"/>
       <c r="C307"/>
       <c r="D307" t="inlineStr">
         <is>
           <t>Siderurgische gassen</t>
         </is>
       </c>
       <c r="E307" t="inlineStr">
         <is>
           <t>Cokesovengas</t>
         </is>
       </c>
       <c r="F307" s="2" t="n">
-        <v>122.80954428202968</v>
+        <v>123.85640584694798</v>
       </c>
     </row>
     <row r="308">
       <c r="A308" t="inlineStr">
         <is>
           <t>Finale consumptie</t>
         </is>
       </c>
       <c r="B308"/>
       <c r="C308"/>
       <c r="D308" t="inlineStr">
         <is>
           <t>Siderurgische gassen</t>
         </is>
       </c>
       <c r="E308" t="inlineStr">
         <is>
           <t>Hoogovengas</t>
         </is>
       </c>
       <c r="F308" s="2" t="n">
-        <v>24.121047100410898</v>
+        <v>32.922518391134155</v>
       </c>
     </row>
     <row r="309">
       <c r="A309" t="inlineStr">
         <is>
           <t>Finale consumptie</t>
         </is>
       </c>
       <c r="B309"/>
       <c r="C309"/>
       <c r="D309" t="inlineStr">
         <is>
           <t>Siderurgische gassen</t>
         </is>
       </c>
       <c r="E309" t="inlineStr">
         <is>
           <t>Andere teruggewonnen gassen</t>
         </is>
       </c>
       <c r="F309" s="2" t="n">
-        <v>12.27429062768706</v>
+        <v>43.58459921658561</v>
       </c>
     </row>
     <row r="310">
       <c r="A310" t="inlineStr">
         <is>
           <t>Statistisch verschil</t>
         </is>
       </c>
       <c r="B310"/>
       <c r="C310"/>
       <c r="D310" t="inlineStr">
         <is>
           <t>Vaste fossiele brandstoffen</t>
         </is>
       </c>
       <c r="E310" t="inlineStr">
         <is>
           <t>Antraciet</t>
         </is>
       </c>
       <c r="F310" s="2" t="n">
-        <v>2.597341645170554</v>
+        <v>8.137993216776536</v>
       </c>
     </row>
     <row r="311">
       <c r="A311" t="inlineStr">
         <is>
           <t>Statistisch verschil</t>
         </is>
       </c>
       <c r="B311"/>
       <c r="C311"/>
       <c r="D311" t="inlineStr">
         <is>
           <t>Vaste fossiele brandstoffen</t>
         </is>
       </c>
       <c r="E311" t="inlineStr">
         <is>
           <t>Cokeskool</t>
         </is>
       </c>
       <c r="F311" s="2" t="n">
-        <v>-7.978589853826435</v>
+        <v>-7.505034871501065</v>
       </c>
     </row>
     <row r="312">
       <c r="A312" t="inlineStr">
         <is>
           <t>Statistisch verschil</t>
         </is>
       </c>
       <c r="B312"/>
       <c r="C312"/>
       <c r="D312" t="inlineStr">
         <is>
           <t>Vaste fossiele brandstoffen</t>
         </is>
       </c>
       <c r="E312" t="inlineStr">
         <is>
           <t>Andere bitumineuze kool</t>
         </is>
       </c>
       <c r="F312" s="2" t="n">
-        <v>-13.628143211999577</v>
+        <v>-4.211297410910661</v>
       </c>
     </row>
     <row r="313">
       <c r="A313" t="inlineStr">
         <is>
           <t>Statistisch verschil</t>
         </is>
       </c>
       <c r="B313"/>
       <c r="C313"/>
       <c r="D313" t="inlineStr">
         <is>
           <t>Vaste fossiele brandstoffen</t>
         </is>
       </c>
       <c r="E313" t="inlineStr">
         <is>
           <t>Subbitumineuze kool</t>
         </is>
       </c>
       <c r="F313" s="2" t="n">
-        <v>-0.7362926339925472</v>
+        <v>-0.1312553740326732</v>
       </c>
     </row>
     <row r="314">
       <c r="A314" t="inlineStr">
         <is>
           <t>Statistisch verschil</t>
         </is>
       </c>
       <c r="B314"/>
       <c r="C314"/>
       <c r="D314" t="inlineStr">
         <is>
           <t>Vaste fossiele brandstoffen</t>
         </is>
       </c>
       <c r="E314" t="inlineStr">
         <is>
           <t>Steenkool-briketten</t>
         </is>
       </c>
-      <c r="F314" s="2" t="n">
-[...1 lines deleted...]
-      </c>
+      <c r="F314"/>
     </row>
     <row r="315">
       <c r="A315" t="inlineStr">
         <is>
           <t>Statistisch verschil</t>
         </is>
       </c>
       <c r="B315"/>
       <c r="C315"/>
       <c r="D315" t="inlineStr">
         <is>
           <t>Vaste fossiele brandstoffen</t>
         </is>
       </c>
       <c r="E315" t="inlineStr">
         <is>
           <t>Cokesoven-cokes</t>
         </is>
       </c>
       <c r="F315" s="2" t="n">
-        <v>-6.166740708894495</v>
+        <v>-7.186306964746341</v>
       </c>
     </row>
     <row r="316">
       <c r="A316" t="inlineStr">
         <is>
           <t>Statistisch verschil</t>
         </is>
       </c>
       <c r="B316"/>
       <c r="C316"/>
       <c r="D316" t="inlineStr">
         <is>
           <t>Vaste fossiele brandstoffen</t>
         </is>
       </c>
       <c r="E316" t="inlineStr">
         <is>
           <t>Koolteer</t>
         </is>
       </c>
       <c r="F316" s="2" t="n">
-        <v>0.44967516958058856</v>
+        <v>0.8094153052450708</v>
       </c>
     </row>
     <row r="317">
       <c r="A317" t="inlineStr">
         <is>
           <t>Statistisch verschil</t>
         </is>
       </c>
       <c r="B317"/>
       <c r="C317"/>
       <c r="D317" t="inlineStr">
         <is>
           <t>Vaste fossiele brandstoffen</t>
         </is>
       </c>
       <c r="E317" t="inlineStr">
         <is>
           <t>BKB (bruinkoolbriketten)</t>
         </is>
       </c>
       <c r="F317" s="2" t="n">
-        <v>-0.4496990541702404</v>
+        <v>-0.5846087704213282</v>
       </c>
     </row>
     <row r="318">
       <c r="A318" t="inlineStr">
         <is>
           <t>Statistisch verschil</t>
         </is>
       </c>
       <c r="B318"/>
       <c r="C318"/>
       <c r="D318" t="inlineStr">
         <is>
           <t>Siderurgische gassen</t>
         </is>
       </c>
       <c r="E318" t="inlineStr">
         <is>
           <t>Cokesovengas</t>
         </is>
       </c>
       <c r="F318" s="2" t="n">
-        <v>-5.1633705932932275</v>
+        <v>6.339208942390408</v>
       </c>
     </row>
     <row r="319">
       <c r="A319" t="inlineStr">
         <is>
           <t>Statistisch verschil</t>
         </is>
       </c>
       <c r="B319"/>
       <c r="C319"/>
       <c r="D319" t="inlineStr">
         <is>
           <t>Siderurgische gassen</t>
         </is>
       </c>
       <c r="E319" t="inlineStr">
         <is>
           <t>Hoogovengas</t>
         </is>
       </c>
       <c r="F319" s="2" t="n">
-        <v>-3.3677271424476394</v>
+        <v>-7.463934269609231</v>
       </c>
     </row>
     <row r="320">
       <c r="A320" t="inlineStr">
         <is>
           <t>Statistisch verschil</t>
         </is>
       </c>
       <c r="B320"/>
       <c r="C320"/>
       <c r="D320" t="inlineStr">
         <is>
           <t>Siderurgische gassen</t>
         </is>
       </c>
       <c r="E320" t="inlineStr">
         <is>
           <t>Andere teruggewonnen gassen</t>
         </is>
       </c>
       <c r="F320" s="2" t="n">
-        <v>0.1862997993694584</v>
+        <v>0.14091907901022488</v>
       </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <coreProperties xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </coreProperties>
 </file>