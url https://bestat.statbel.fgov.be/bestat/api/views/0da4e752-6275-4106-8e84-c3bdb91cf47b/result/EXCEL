--- v0 (2025-11-04)
+++ v1 (2025-12-08)
@@ -114,51 +114,51 @@
         <is>
           <t>Data source:</t>
         </is>
       </c>
       <c r="B1" t="inlineStr">
         <is>
           <t>Harmonized index of consumer prices according to the COICOP nomenclature, with base year 2015, per year, trimester and month</t>
         </is>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="inlineStr">
         <is>
           <t>The special aggregates have been revised as of January 2017. They are now calculated based on the lowest level (COICOP 5 digits) instead of the next-to-last level (COICOP 4 digits). The special aggregates for 2017 will still be calculated based on the next-to-last level (COICOP 4 digits).</t>
         </is>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="inlineStr">
         <is>
           <t>Filters:</t>
         </is>
       </c>
       <c r="B3" t="inlineStr">
         <is>
-          <t>Date : Last 12 Month(October 2024, November 2024, December 2024, January 2025, February 2025, March 2025, April 2025, May 2025, June 2025, July 2025, August 2025, September 2025)</t>
+          <t>Date : Last 12 Month(November 2024, December 2024, January 2025, February 2025, March 2025, April 2025, May 2025, June 2025, July 2025, August 2025, September 2025, October 2025)</t>
         </is>
       </c>
     </row>
     <row r="4">
       <c r="B4" t="inlineStr">
         <is>
           <t xml:space="preserve">
 </t>
         </is>
       </c>
     </row>
     <row r="5">
 </row>
     <row r="6">
       <c r="A6" t="inlineStr">
         <is>
           <t xml:space="preserve">Source: </t>
         </is>
       </c>
       <c r="B6" t="inlineStr">
         <is>
           <t>Statbel (Directorate-general Statistics - Statistics Belgium)</t>
         </is>
       </c>
     </row>
@@ -218,323 +218,327 @@
       </c>
       <c r="B2" t="inlineStr">
         <is>
           <t>Trimester</t>
         </is>
       </c>
       <c r="C2" t="inlineStr">
         <is>
           <t>Month</t>
         </is>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="B3" t="inlineStr">
         <is>
           <t>4th quarter 2024</t>
         </is>
       </c>
       <c r="C3" t="inlineStr">
         <is>
-          <t>October 2024</t>
+          <t>November 2024</t>
         </is>
       </c>
       <c r="D3"/>
       <c r="E3" s="2" t="n">
-        <v>132.8970781263938</v>
+        <v>133.12750242362029</v>
       </c>
       <c r="F3" s="2" t="n">
-        <v>0.04522217852929627</v>
+        <v>0.047855175127902556</v>
       </c>
       <c r="G3" s="2" t="n">
-        <v>128.23331682000966</v>
+        <v>128.41993282727464</v>
       </c>
       <c r="H3" s="2" t="n">
-        <v>0.03478050355067798</v>
+        <v>0.03765352294764059</v>
       </c>
     </row>
     <row r="4">
       <c r="A4"/>
       <c r="B4"/>
       <c r="C4" t="inlineStr">
         <is>
-          <t>November 2024</t>
+          <t>December 2024</t>
         </is>
       </c>
       <c r="D4"/>
       <c r="E4" s="2" t="n">
-        <v>133.12750242362029</v>
+        <v>134.11584669809005</v>
       </c>
       <c r="F4" s="2" t="n">
-        <v>0.047855175127902556</v>
+        <v>0.04414168937329726</v>
       </c>
       <c r="G4" s="2" t="n">
-        <v>128.41993282727464</v>
+        <v>129.4158048538569</v>
       </c>
       <c r="H4" s="2" t="n">
-        <v>0.03765352294764059</v>
+        <v>0.03569142125480153</v>
       </c>
     </row>
     <row r="5">
-      <c r="A5"/>
-      <c r="B5"/>
+      <c r="A5" t="inlineStr">
+        <is>
+          <t>2025</t>
+        </is>
+      </c>
+      <c r="B5" t="inlineStr">
+        <is>
+          <t>1st quarter 2025</t>
+        </is>
+      </c>
       <c r="C5" t="inlineStr">
         <is>
-          <t>December 2024</t>
+          <t>January 2025</t>
         </is>
       </c>
       <c r="D5"/>
       <c r="E5" s="2" t="n">
-        <v>134.11584669809005</v>
+        <v>133.07474093321272</v>
       </c>
       <c r="F5" s="2" t="n">
-        <v>0.04414168937329726</v>
+        <v>0.04360442318249562</v>
       </c>
       <c r="G5" s="2" t="n">
-        <v>129.4158048538569</v>
+        <v>128.41774145726797</v>
       </c>
       <c r="H5" s="2" t="n">
-        <v>0.03569142125480153</v>
+        <v>0.035311189938729406</v>
       </c>
     </row>
     <row r="6">
-      <c r="A6" t="inlineStr">
-[...8 lines deleted...]
-      </c>
+      <c r="A6"/>
+      <c r="B6"/>
       <c r="C6" t="inlineStr">
         <is>
-          <t>January 2025</t>
+          <t>February 2025</t>
         </is>
       </c>
       <c r="D6"/>
       <c r="E6" s="2" t="n">
-        <v>133.07474093321272</v>
+        <v>136.32301912850602</v>
       </c>
       <c r="F6" s="2" t="n">
-        <v>0.04360442318249562</v>
+        <v>0.0442776160563813</v>
       </c>
       <c r="G6" s="2" t="n">
-        <v>128.41774145726797</v>
+        <v>131.55222799483664</v>
       </c>
       <c r="H6" s="2" t="n">
-        <v>0.035311189938729406</v>
+        <v>0.03598991967238953</v>
       </c>
     </row>
     <row r="7">
       <c r="A7"/>
       <c r="B7"/>
       <c r="C7" t="inlineStr">
         <is>
-          <t>February 2025</t>
+          <t>March 2025</t>
         </is>
       </c>
       <c r="D7"/>
       <c r="E7" s="2" t="n">
-        <v>136.32301912850602</v>
+        <v>135.70611592537153</v>
       </c>
       <c r="F7" s="2" t="n">
-        <v>0.0442776160563813</v>
+        <v>0.03555894696680663</v>
       </c>
       <c r="G7" s="2" t="n">
-        <v>131.55222799483664</v>
+        <v>130.9569406464267</v>
       </c>
       <c r="H7" s="2" t="n">
-        <v>0.03598991967238953</v>
+        <v>0.02834707499018473</v>
       </c>
     </row>
     <row r="8">
       <c r="A8"/>
-      <c r="B8"/>
+      <c r="B8" t="inlineStr">
+        <is>
+          <t>2nd quarter 2025</t>
+        </is>
+      </c>
       <c r="C8" t="inlineStr">
         <is>
-          <t>March 2025</t>
+          <t>April 2025</t>
         </is>
       </c>
       <c r="D8"/>
       <c r="E8" s="2" t="n">
-        <v>135.70611592537153</v>
+        <v>134.79118197065011</v>
       </c>
       <c r="F8" s="2" t="n">
-        <v>0.03555894696680663</v>
+        <v>0.03113525091799263</v>
       </c>
       <c r="G8" s="2" t="n">
-        <v>130.9569406464267</v>
+        <v>130.09581342887415</v>
       </c>
       <c r="H8" s="2" t="n">
-        <v>0.02834707499018473</v>
+        <v>0.02578254356224883</v>
       </c>
     </row>
     <row r="9">
       <c r="A9"/>
-      <c r="B9" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="B9"/>
       <c r="C9" t="inlineStr">
         <is>
-          <t>April 2025</t>
+          <t>May 2025</t>
         </is>
       </c>
       <c r="D9"/>
       <c r="E9" s="2" t="n">
-        <v>134.79118197065011</v>
+        <v>134.67081868667984</v>
       </c>
       <c r="F9" s="2" t="n">
-        <v>0.03113525091799263</v>
+        <v>0.028172240036646968</v>
       </c>
       <c r="G9" s="2" t="n">
-        <v>130.09581342887415</v>
+        <v>129.9810789241183</v>
       </c>
       <c r="H9" s="2" t="n">
-        <v>0.02578254356224883</v>
+        <v>0.02354516103630208</v>
       </c>
     </row>
     <row r="10">
       <c r="A10"/>
       <c r="B10"/>
       <c r="C10" t="inlineStr">
         <is>
-          <t>May 2025</t>
+          <t>June 2025</t>
         </is>
       </c>
       <c r="D10"/>
       <c r="E10" s="2" t="n">
-        <v>134.67081868667984</v>
+        <v>135.32269737886045</v>
       </c>
       <c r="F10" s="2" t="n">
-        <v>0.028172240036646968</v>
+        <v>0.028580115536637297</v>
       </c>
       <c r="G10" s="2" t="n">
-        <v>129.9810789241183</v>
+        <v>130.6107570400799</v>
       </c>
       <c r="H10" s="2" t="n">
-        <v>0.02354516103630208</v>
+        <v>0.024392156862745294</v>
       </c>
     </row>
     <row r="11">
       <c r="A11"/>
-      <c r="B11"/>
+      <c r="B11" t="inlineStr">
+        <is>
+          <t>3rd quarter 2025</t>
+        </is>
+      </c>
       <c r="C11" t="inlineStr">
         <is>
-          <t>June 2025</t>
+          <t>July 2025</t>
         </is>
       </c>
       <c r="D11"/>
       <c r="E11" s="2" t="n">
-        <v>135.32269737886045</v>
+        <v>134.17430391682794</v>
       </c>
       <c r="F11" s="2" t="n">
-        <v>0.028580115536637297</v>
+        <v>0.026078311410217308</v>
       </c>
       <c r="G11" s="2" t="n">
-        <v>130.6107570400799</v>
+        <v>129.51505082791255</v>
       </c>
       <c r="H11" s="2" t="n">
-        <v>0.024392156862745294</v>
+        <v>0.023549865655129038</v>
       </c>
     </row>
     <row r="12">
       <c r="A12"/>
-      <c r="B12" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="B12"/>
       <c r="C12" t="inlineStr">
         <is>
-          <t>July 2025</t>
+          <t>August 2025</t>
         </is>
       </c>
       <c r="D12"/>
       <c r="E12" s="2" t="n">
-        <v>134.17430391682794</v>
+        <v>136.19315488608112</v>
       </c>
       <c r="F12" s="2" t="n">
-        <v>0.026078311410217308</v>
+        <v>0.0260679575077226</v>
       </c>
       <c r="G12" s="2" t="n">
-        <v>129.51505082791255</v>
+        <v>131.459644222776</v>
       </c>
       <c r="H12" s="2" t="n">
-        <v>0.023549865655129038</v>
+        <v>0.02478952291861578</v>
       </c>
     </row>
     <row r="13">
       <c r="A13"/>
       <c r="B13"/>
       <c r="C13" t="inlineStr">
         <is>
-          <t>August 2025</t>
+          <t>September 2025</t>
         </is>
       </c>
       <c r="D13"/>
       <c r="E13" s="2" t="n">
-        <v>136.19315488608112</v>
+        <v>135.76093649321433</v>
       </c>
       <c r="F13" s="2" t="n">
-        <v>0.0260679575077226</v>
+        <v>0.026851221541486985</v>
       </c>
       <c r="G13" s="2" t="n">
-        <v>131.459644222776</v>
+        <v>131.04573516601187</v>
       </c>
       <c r="H13" s="2" t="n">
-        <v>0.02478952291861578</v>
+        <v>0.026474504582126062</v>
       </c>
     </row>
     <row r="14">
       <c r="A14"/>
-      <c r="B14"/>
+      <c r="B14" t="inlineStr">
+        <is>
+          <t>4th quarter 2025</t>
+        </is>
+      </c>
       <c r="C14" t="inlineStr">
         <is>
-          <t>September 2025</t>
+          <t>October 2025</t>
         </is>
       </c>
       <c r="D14"/>
       <c r="E14" s="2" t="n">
-        <v>135.76093649321433</v>
+        <v>136.25751105996713</v>
       </c>
       <c r="F14" s="2" t="n">
-        <v>0.026851221541486985</v>
+        <v>0.025282167042889415</v>
       </c>
       <c r="G14" s="2" t="n">
-        <v>131.04573516601187</v>
+        <v>131.52407429418056</v>
       </c>
       <c r="H14" s="2" t="n">
-        <v>0.026474504582126062</v>
+        <v>0.025657022537627895</v>
       </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <cols>
     <col min="1" max="1" width="4.96484375" customWidth="true"/>
     <col min="2" max="2" width="14.8125" customWidth="true"/>
     <col min="3" max="3" width="14.3203125" customWidth="true"/>
     <col min="4" max="4" width="9.8125" customWidth="true"/>
     <col min="5" max="5" width="13.33203125" customWidth="true"/>
     <col min="6" max="6" width="27.04296875" customWidth="true"/>
     <col min="7" max="7" width="30.56640625" customWidth="true"/>
   </cols>
   <sheetData>
     <row r="1">
@@ -565,377 +569,377 @@
       </c>
       <c r="F1" t="inlineStr">
         <is>
           <t>HICP Index at constant tax rates</t>
         </is>
       </c>
       <c r="G1" t="inlineStr">
         <is>
           <t>Inflation (HICP at constant tax rates)</t>
         </is>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="B2" t="inlineStr">
         <is>
           <t>4th quarter 2024</t>
         </is>
       </c>
       <c r="C2" t="inlineStr">
         <is>
-          <t>October 2024</t>
+          <t>November 2024</t>
         </is>
       </c>
       <c r="D2" s="2" t="n">
-        <v>132.8970781263938</v>
+        <v>133.12750242362029</v>
       </c>
       <c r="E2" s="2" t="n">
-        <v>0.04522217852929627</v>
+        <v>0.047855175127902556</v>
       </c>
       <c r="F2" s="2" t="n">
-        <v>128.23331682000966</v>
+        <v>128.41993282727464</v>
       </c>
       <c r="G2" s="2" t="n">
-        <v>0.03478050355067798</v>
+        <v>0.03765352294764059</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="B3" t="inlineStr">
         <is>
           <t>4th quarter 2024</t>
         </is>
       </c>
       <c r="C3" t="inlineStr">
         <is>
-          <t>November 2024</t>
+          <t>December 2024</t>
         </is>
       </c>
       <c r="D3" s="2" t="n">
-        <v>133.12750242362029</v>
+        <v>134.11584669809005</v>
       </c>
       <c r="E3" s="2" t="n">
-        <v>0.047855175127902556</v>
+        <v>0.04414168937329726</v>
       </c>
       <c r="F3" s="2" t="n">
-        <v>128.41993282727464</v>
+        <v>129.4158048538569</v>
       </c>
       <c r="G3" s="2" t="n">
-        <v>0.03765352294764059</v>
+        <v>0.03569142125480153</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="B4" t="inlineStr">
         <is>
-          <t>4th quarter 2024</t>
+          <t>1st quarter 2025</t>
         </is>
       </c>
       <c r="C4" t="inlineStr">
         <is>
-          <t>December 2024</t>
+          <t>January 2025</t>
         </is>
       </c>
       <c r="D4" s="2" t="n">
-        <v>134.11584669809005</v>
+        <v>133.07474093321272</v>
       </c>
       <c r="E4" s="2" t="n">
-        <v>0.04414168937329726</v>
+        <v>0.04360442318249562</v>
       </c>
       <c r="F4" s="2" t="n">
-        <v>129.4158048538569</v>
+        <v>128.41774145726797</v>
       </c>
       <c r="G4" s="2" t="n">
-        <v>0.03569142125480153</v>
+        <v>0.035311189938729406</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="B5" t="inlineStr">
         <is>
           <t>1st quarter 2025</t>
         </is>
       </c>
       <c r="C5" t="inlineStr">
         <is>
-          <t>January 2025</t>
+          <t>February 2025</t>
         </is>
       </c>
       <c r="D5" s="2" t="n">
-        <v>133.07474093321272</v>
+        <v>136.32301912850602</v>
       </c>
       <c r="E5" s="2" t="n">
-        <v>0.04360442318249562</v>
+        <v>0.0442776160563813</v>
       </c>
       <c r="F5" s="2" t="n">
-        <v>128.41774145726797</v>
+        <v>131.55222799483664</v>
       </c>
       <c r="G5" s="2" t="n">
-        <v>0.035311189938729406</v>
+        <v>0.03598991967238953</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="B6" t="inlineStr">
         <is>
           <t>1st quarter 2025</t>
         </is>
       </c>
       <c r="C6" t="inlineStr">
         <is>
-          <t>February 2025</t>
+          <t>March 2025</t>
         </is>
       </c>
       <c r="D6" s="2" t="n">
-        <v>136.32301912850602</v>
+        <v>135.70611592537153</v>
       </c>
       <c r="E6" s="2" t="n">
-        <v>0.0442776160563813</v>
+        <v>0.03555894696680663</v>
       </c>
       <c r="F6" s="2" t="n">
-        <v>131.55222799483664</v>
+        <v>130.9569406464267</v>
       </c>
       <c r="G6" s="2" t="n">
-        <v>0.03598991967238953</v>
+        <v>0.02834707499018473</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="B7" t="inlineStr">
         <is>
-          <t>1st quarter 2025</t>
+          <t>2nd quarter 2025</t>
         </is>
       </c>
       <c r="C7" t="inlineStr">
         <is>
-          <t>March 2025</t>
+          <t>April 2025</t>
         </is>
       </c>
       <c r="D7" s="2" t="n">
-        <v>135.70611592537153</v>
+        <v>134.79118197065011</v>
       </c>
       <c r="E7" s="2" t="n">
-        <v>0.03555894696680663</v>
+        <v>0.03113525091799263</v>
       </c>
       <c r="F7" s="2" t="n">
-        <v>130.9569406464267</v>
+        <v>130.09581342887415</v>
       </c>
       <c r="G7" s="2" t="n">
-        <v>0.02834707499018473</v>
+        <v>0.02578254356224883</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="B8" t="inlineStr">
         <is>
           <t>2nd quarter 2025</t>
         </is>
       </c>
       <c r="C8" t="inlineStr">
         <is>
-          <t>April 2025</t>
+          <t>May 2025</t>
         </is>
       </c>
       <c r="D8" s="2" t="n">
-        <v>134.79118197065011</v>
+        <v>134.67081868667984</v>
       </c>
       <c r="E8" s="2" t="n">
-        <v>0.03113525091799263</v>
+        <v>0.028172240036646968</v>
       </c>
       <c r="F8" s="2" t="n">
-        <v>130.09581342887415</v>
+        <v>129.9810789241183</v>
       </c>
       <c r="G8" s="2" t="n">
-        <v>0.02578254356224883</v>
+        <v>0.02354516103630208</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="B9" t="inlineStr">
         <is>
           <t>2nd quarter 2025</t>
         </is>
       </c>
       <c r="C9" t="inlineStr">
         <is>
-          <t>May 2025</t>
+          <t>June 2025</t>
         </is>
       </c>
       <c r="D9" s="2" t="n">
-        <v>134.67081868667984</v>
+        <v>135.32269737886045</v>
       </c>
       <c r="E9" s="2" t="n">
-        <v>0.028172240036646968</v>
+        <v>0.028580115536637297</v>
       </c>
       <c r="F9" s="2" t="n">
-        <v>129.9810789241183</v>
+        <v>130.6107570400799</v>
       </c>
       <c r="G9" s="2" t="n">
-        <v>0.02354516103630208</v>
+        <v>0.024392156862745294</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="B10" t="inlineStr">
         <is>
-          <t>2nd quarter 2025</t>
+          <t>3rd quarter 2025</t>
         </is>
       </c>
       <c r="C10" t="inlineStr">
         <is>
-          <t>June 2025</t>
+          <t>July 2025</t>
         </is>
       </c>
       <c r="D10" s="2" t="n">
-        <v>135.32269737886045</v>
+        <v>134.17430391682794</v>
       </c>
       <c r="E10" s="2" t="n">
-        <v>0.028580115536637297</v>
+        <v>0.026078311410217308</v>
       </c>
       <c r="F10" s="2" t="n">
-        <v>130.6107570400799</v>
+        <v>129.51505082791255</v>
       </c>
       <c r="G10" s="2" t="n">
-        <v>0.024392156862745294</v>
+        <v>0.023549865655129038</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="B11" t="inlineStr">
         <is>
           <t>3rd quarter 2025</t>
         </is>
       </c>
       <c r="C11" t="inlineStr">
         <is>
-          <t>July 2025</t>
+          <t>August 2025</t>
         </is>
       </c>
       <c r="D11" s="2" t="n">
-        <v>134.17430391682794</v>
+        <v>136.19315488608112</v>
       </c>
       <c r="E11" s="2" t="n">
-        <v>0.026078311410217308</v>
+        <v>0.0260679575077226</v>
       </c>
       <c r="F11" s="2" t="n">
-        <v>129.51505082791255</v>
+        <v>131.459644222776</v>
       </c>
       <c r="G11" s="2" t="n">
-        <v>0.023549865655129038</v>
+        <v>0.02478952291861578</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="B12" t="inlineStr">
         <is>
           <t>3rd quarter 2025</t>
         </is>
       </c>
       <c r="C12" t="inlineStr">
         <is>
-          <t>August 2025</t>
+          <t>September 2025</t>
         </is>
       </c>
       <c r="D12" s="2" t="n">
-        <v>136.19315488608112</v>
+        <v>135.76093649321433</v>
       </c>
       <c r="E12" s="2" t="n">
-        <v>0.0260679575077226</v>
+        <v>0.026851221541486985</v>
       </c>
       <c r="F12" s="2" t="n">
-        <v>131.459644222776</v>
+        <v>131.04573516601187</v>
       </c>
       <c r="G12" s="2" t="n">
-        <v>0.02478952291861578</v>
+        <v>0.026474504582126062</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="B13" t="inlineStr">
         <is>
-          <t>3rd quarter 2025</t>
+          <t>4th quarter 2025</t>
         </is>
       </c>
       <c r="C13" t="inlineStr">
         <is>
-          <t>September 2025</t>
+          <t>October 2025</t>
         </is>
       </c>
       <c r="D13" s="2" t="n">
-        <v>135.76093649321433</v>
+        <v>136.25751105996713</v>
       </c>
       <c r="E13" s="2" t="n">
-        <v>0.026851221541486985</v>
+        <v>0.025282167042889415</v>
       </c>
       <c r="F13" s="2" t="n">
-        <v>131.04573516601187</v>
+        <v>131.52407429418056</v>
       </c>
       <c r="G13" s="2" t="n">
-        <v>0.026474504582126062</v>
+        <v>0.025657022537627895</v>
       </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <coreProperties xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </coreProperties>
 </file>