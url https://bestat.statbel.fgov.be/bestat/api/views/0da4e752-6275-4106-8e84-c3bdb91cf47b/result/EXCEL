--- v1 (2025-12-08)
+++ v2 (2026-01-07)
@@ -114,51 +114,51 @@
         <is>
           <t>Data source:</t>
         </is>
       </c>
       <c r="B1" t="inlineStr">
         <is>
           <t>Harmonized index of consumer prices according to the COICOP nomenclature, with base year 2015, per year, trimester and month</t>
         </is>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="inlineStr">
         <is>
           <t>The special aggregates have been revised as of January 2017. They are now calculated based on the lowest level (COICOP 5 digits) instead of the next-to-last level (COICOP 4 digits). The special aggregates for 2017 will still be calculated based on the next-to-last level (COICOP 4 digits).</t>
         </is>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="inlineStr">
         <is>
           <t>Filters:</t>
         </is>
       </c>
       <c r="B3" t="inlineStr">
         <is>
-          <t>Date : Last 12 Month(November 2024, December 2024, January 2025, February 2025, March 2025, April 2025, May 2025, June 2025, July 2025, August 2025, September 2025, October 2025)</t>
+          <t>Date : Last 12 Month(December 2024, January 2025, February 2025, March 2025, April 2025, May 2025, June 2025, July 2025, August 2025, September 2025, October 2025, November 2025)</t>
         </is>
       </c>
     </row>
     <row r="4">
       <c r="B4" t="inlineStr">
         <is>
           <t xml:space="preserve">
 </t>
         </is>
       </c>
     </row>
     <row r="5">
 </row>
     <row r="6">
       <c r="A6" t="inlineStr">
         <is>
           <t xml:space="preserve">Source: </t>
         </is>
       </c>
       <c r="B6" t="inlineStr">
         <is>
           <t>Statbel (Directorate-general Statistics - Statistics Belgium)</t>
         </is>
       </c>
     </row>
@@ -218,327 +218,327 @@
       </c>
       <c r="B2" t="inlineStr">
         <is>
           <t>Trimester</t>
         </is>
       </c>
       <c r="C2" t="inlineStr">
         <is>
           <t>Month</t>
         </is>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="B3" t="inlineStr">
         <is>
           <t>4th quarter 2024</t>
         </is>
       </c>
       <c r="C3" t="inlineStr">
         <is>
-          <t>November 2024</t>
+          <t>December 2024</t>
         </is>
       </c>
       <c r="D3"/>
       <c r="E3" s="2" t="n">
-        <v>133.12750242362029</v>
+        <v>134.11584669809005</v>
       </c>
       <c r="F3" s="2" t="n">
-        <v>0.047855175127902556</v>
+        <v>0.04414168937329726</v>
       </c>
       <c r="G3" s="2" t="n">
-        <v>128.41993282727464</v>
+        <v>129.4158048538569</v>
       </c>
       <c r="H3" s="2" t="n">
-        <v>0.03765352294764059</v>
+        <v>0.03569142125480153</v>
       </c>
     </row>
     <row r="4">
-      <c r="A4"/>
-      <c r="B4"/>
+      <c r="A4" t="inlineStr">
+        <is>
+          <t>2025</t>
+        </is>
+      </c>
+      <c r="B4" t="inlineStr">
+        <is>
+          <t>1st quarter 2025</t>
+        </is>
+      </c>
       <c r="C4" t="inlineStr">
         <is>
-          <t>December 2024</t>
+          <t>January 2025</t>
         </is>
       </c>
       <c r="D4"/>
       <c r="E4" s="2" t="n">
-        <v>134.11584669809005</v>
+        <v>133.07474093321272</v>
       </c>
       <c r="F4" s="2" t="n">
-        <v>0.04414168937329726</v>
+        <v>0.04360442318249562</v>
       </c>
       <c r="G4" s="2" t="n">
-        <v>129.4158048538569</v>
+        <v>128.41774145726797</v>
       </c>
       <c r="H4" s="2" t="n">
-        <v>0.03569142125480153</v>
+        <v>0.035311189938729406</v>
       </c>
     </row>
     <row r="5">
-      <c r="A5" t="inlineStr">
-[...8 lines deleted...]
-      </c>
+      <c r="A5"/>
+      <c r="B5"/>
       <c r="C5" t="inlineStr">
         <is>
-          <t>January 2025</t>
+          <t>February 2025</t>
         </is>
       </c>
       <c r="D5"/>
       <c r="E5" s="2" t="n">
-        <v>133.07474093321272</v>
+        <v>136.32301912850602</v>
       </c>
       <c r="F5" s="2" t="n">
-        <v>0.04360442318249562</v>
+        <v>0.0442776160563813</v>
       </c>
       <c r="G5" s="2" t="n">
-        <v>128.41774145726797</v>
+        <v>131.55222799483664</v>
       </c>
       <c r="H5" s="2" t="n">
-        <v>0.035311189938729406</v>
+        <v>0.03598991967238953</v>
       </c>
     </row>
     <row r="6">
       <c r="A6"/>
       <c r="B6"/>
       <c r="C6" t="inlineStr">
         <is>
-          <t>February 2025</t>
+          <t>March 2025</t>
         </is>
       </c>
       <c r="D6"/>
       <c r="E6" s="2" t="n">
-        <v>136.32301912850602</v>
+        <v>135.70611592537153</v>
       </c>
       <c r="F6" s="2" t="n">
-        <v>0.0442776160563813</v>
+        <v>0.03555894696680663</v>
       </c>
       <c r="G6" s="2" t="n">
-        <v>131.55222799483664</v>
+        <v>130.9569406464267</v>
       </c>
       <c r="H6" s="2" t="n">
-        <v>0.03598991967238953</v>
+        <v>0.02834707499018473</v>
       </c>
     </row>
     <row r="7">
       <c r="A7"/>
-      <c r="B7"/>
+      <c r="B7" t="inlineStr">
+        <is>
+          <t>2nd quarter 2025</t>
+        </is>
+      </c>
       <c r="C7" t="inlineStr">
         <is>
-          <t>March 2025</t>
+          <t>April 2025</t>
         </is>
       </c>
       <c r="D7"/>
       <c r="E7" s="2" t="n">
-        <v>135.70611592537153</v>
+        <v>134.79118197065011</v>
       </c>
       <c r="F7" s="2" t="n">
-        <v>0.03555894696680663</v>
+        <v>0.03113525091799263</v>
       </c>
       <c r="G7" s="2" t="n">
-        <v>130.9569406464267</v>
+        <v>130.09581342887415</v>
       </c>
       <c r="H7" s="2" t="n">
-        <v>0.02834707499018473</v>
+        <v>0.02578254356224883</v>
       </c>
     </row>
     <row r="8">
       <c r="A8"/>
-      <c r="B8" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="B8"/>
       <c r="C8" t="inlineStr">
         <is>
-          <t>April 2025</t>
+          <t>May 2025</t>
         </is>
       </c>
       <c r="D8"/>
       <c r="E8" s="2" t="n">
-        <v>134.79118197065011</v>
+        <v>134.67081868667984</v>
       </c>
       <c r="F8" s="2" t="n">
-        <v>0.03113525091799263</v>
+        <v>0.028172240036646968</v>
       </c>
       <c r="G8" s="2" t="n">
-        <v>130.09581342887415</v>
+        <v>129.9810789241183</v>
       </c>
       <c r="H8" s="2" t="n">
-        <v>0.02578254356224883</v>
+        <v>0.02354516103630208</v>
       </c>
     </row>
     <row r="9">
       <c r="A9"/>
       <c r="B9"/>
       <c r="C9" t="inlineStr">
         <is>
-          <t>May 2025</t>
+          <t>June 2025</t>
         </is>
       </c>
       <c r="D9"/>
       <c r="E9" s="2" t="n">
-        <v>134.67081868667984</v>
+        <v>135.32269737886045</v>
       </c>
       <c r="F9" s="2" t="n">
-        <v>0.028172240036646968</v>
+        <v>0.028580115536637297</v>
       </c>
       <c r="G9" s="2" t="n">
-        <v>129.9810789241183</v>
+        <v>130.6107570400799</v>
       </c>
       <c r="H9" s="2" t="n">
-        <v>0.02354516103630208</v>
+        <v>0.024392156862745294</v>
       </c>
     </row>
     <row r="10">
       <c r="A10"/>
-      <c r="B10"/>
+      <c r="B10" t="inlineStr">
+        <is>
+          <t>3rd quarter 2025</t>
+        </is>
+      </c>
       <c r="C10" t="inlineStr">
         <is>
-          <t>June 2025</t>
+          <t>July 2025</t>
         </is>
       </c>
       <c r="D10"/>
       <c r="E10" s="2" t="n">
-        <v>135.32269737886045</v>
+        <v>134.17430391682794</v>
       </c>
       <c r="F10" s="2" t="n">
-        <v>0.028580115536637297</v>
+        <v>0.026078311410217308</v>
       </c>
       <c r="G10" s="2" t="n">
-        <v>130.6107570400799</v>
+        <v>129.51505082791255</v>
       </c>
       <c r="H10" s="2" t="n">
-        <v>0.024392156862745294</v>
+        <v>0.023549865655129038</v>
       </c>
     </row>
     <row r="11">
       <c r="A11"/>
-      <c r="B11" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="B11"/>
       <c r="C11" t="inlineStr">
         <is>
-          <t>July 2025</t>
+          <t>August 2025</t>
         </is>
       </c>
       <c r="D11"/>
       <c r="E11" s="2" t="n">
-        <v>134.17430391682794</v>
+        <v>136.19315488608112</v>
       </c>
       <c r="F11" s="2" t="n">
-        <v>0.026078311410217308</v>
+        <v>0.0260679575077226</v>
       </c>
       <c r="G11" s="2" t="n">
-        <v>129.51505082791255</v>
+        <v>131.459644222776</v>
       </c>
       <c r="H11" s="2" t="n">
-        <v>0.023549865655129038</v>
+        <v>0.02478952291861578</v>
       </c>
     </row>
     <row r="12">
       <c r="A12"/>
       <c r="B12"/>
       <c r="C12" t="inlineStr">
         <is>
-          <t>August 2025</t>
+          <t>September 2025</t>
         </is>
       </c>
       <c r="D12"/>
       <c r="E12" s="2" t="n">
-        <v>136.19315488608112</v>
+        <v>135.76093649321433</v>
       </c>
       <c r="F12" s="2" t="n">
-        <v>0.0260679575077226</v>
+        <v>0.026851221541486985</v>
       </c>
       <c r="G12" s="2" t="n">
-        <v>131.459644222776</v>
+        <v>131.04573516601187</v>
       </c>
       <c r="H12" s="2" t="n">
-        <v>0.02478952291861578</v>
+        <v>0.026474504582126062</v>
       </c>
     </row>
     <row r="13">
       <c r="A13"/>
-      <c r="B13"/>
+      <c r="B13" t="inlineStr">
+        <is>
+          <t>4th quarter 2025</t>
+        </is>
+      </c>
       <c r="C13" t="inlineStr">
         <is>
-          <t>September 2025</t>
+          <t>October 2025</t>
         </is>
       </c>
       <c r="D13"/>
       <c r="E13" s="2" t="n">
-        <v>135.76093649321433</v>
+        <v>136.25751105996713</v>
       </c>
       <c r="F13" s="2" t="n">
-        <v>0.026851221541486985</v>
+        <v>0.025282167042889415</v>
       </c>
       <c r="G13" s="2" t="n">
-        <v>131.04573516601187</v>
+        <v>131.52407429418056</v>
       </c>
       <c r="H13" s="2" t="n">
-        <v>0.026474504582126062</v>
+        <v>0.025657022537627895</v>
       </c>
     </row>
     <row r="14">
       <c r="A14"/>
-      <c r="B14" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="B14"/>
       <c r="C14" t="inlineStr">
         <is>
-          <t>October 2025</t>
+          <t>November 2025</t>
         </is>
       </c>
       <c r="D14"/>
       <c r="E14" s="2" t="n">
-        <v>136.25751105996713</v>
+        <v>136.61351751846425</v>
       </c>
       <c r="F14" s="2" t="n">
-        <v>0.025282167042889415</v>
+        <v>0.026139863291519832</v>
       </c>
       <c r="G14" s="2" t="n">
-        <v>131.52407429418056</v>
+        <v>131.8666185409793</v>
       </c>
       <c r="H14" s="2" t="n">
-        <v>0.025657022537627895</v>
+        <v>0.02686497430306832</v>
       </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <cols>
     <col min="1" max="1" width="4.96484375" customWidth="true"/>
     <col min="2" max="2" width="14.8125" customWidth="true"/>
     <col min="3" max="3" width="14.3203125" customWidth="true"/>
     <col min="4" max="4" width="9.8125" customWidth="true"/>
     <col min="5" max="5" width="13.33203125" customWidth="true"/>
     <col min="6" max="6" width="27.04296875" customWidth="true"/>
     <col min="7" max="7" width="30.56640625" customWidth="true"/>
   </cols>
   <sheetData>
     <row r="1">
@@ -569,377 +569,377 @@
       </c>
       <c r="F1" t="inlineStr">
         <is>
           <t>HICP Index at constant tax rates</t>
         </is>
       </c>
       <c r="G1" t="inlineStr">
         <is>
           <t>Inflation (HICP at constant tax rates)</t>
         </is>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="B2" t="inlineStr">
         <is>
           <t>4th quarter 2024</t>
         </is>
       </c>
       <c r="C2" t="inlineStr">
         <is>
-          <t>November 2024</t>
+          <t>December 2024</t>
         </is>
       </c>
       <c r="D2" s="2" t="n">
-        <v>133.12750242362029</v>
+        <v>134.11584669809005</v>
       </c>
       <c r="E2" s="2" t="n">
-        <v>0.047855175127902556</v>
+        <v>0.04414168937329726</v>
       </c>
       <c r="F2" s="2" t="n">
-        <v>128.41993282727464</v>
+        <v>129.4158048538569</v>
       </c>
       <c r="G2" s="2" t="n">
-        <v>0.03765352294764059</v>
+        <v>0.03569142125480153</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="B3" t="inlineStr">
         <is>
-          <t>4th quarter 2024</t>
+          <t>1st quarter 2025</t>
         </is>
       </c>
       <c r="C3" t="inlineStr">
         <is>
-          <t>December 2024</t>
+          <t>January 2025</t>
         </is>
       </c>
       <c r="D3" s="2" t="n">
-        <v>134.11584669809005</v>
+        <v>133.07474093321272</v>
       </c>
       <c r="E3" s="2" t="n">
-        <v>0.04414168937329726</v>
+        <v>0.04360442318249562</v>
       </c>
       <c r="F3" s="2" t="n">
-        <v>129.4158048538569</v>
+        <v>128.41774145726797</v>
       </c>
       <c r="G3" s="2" t="n">
-        <v>0.03569142125480153</v>
+        <v>0.035311189938729406</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="B4" t="inlineStr">
         <is>
           <t>1st quarter 2025</t>
         </is>
       </c>
       <c r="C4" t="inlineStr">
         <is>
-          <t>January 2025</t>
+          <t>February 2025</t>
         </is>
       </c>
       <c r="D4" s="2" t="n">
-        <v>133.07474093321272</v>
+        <v>136.32301912850602</v>
       </c>
       <c r="E4" s="2" t="n">
-        <v>0.04360442318249562</v>
+        <v>0.0442776160563813</v>
       </c>
       <c r="F4" s="2" t="n">
-        <v>128.41774145726797</v>
+        <v>131.55222799483664</v>
       </c>
       <c r="G4" s="2" t="n">
-        <v>0.035311189938729406</v>
+        <v>0.03598991967238953</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="B5" t="inlineStr">
         <is>
           <t>1st quarter 2025</t>
         </is>
       </c>
       <c r="C5" t="inlineStr">
         <is>
-          <t>February 2025</t>
+          <t>March 2025</t>
         </is>
       </c>
       <c r="D5" s="2" t="n">
-        <v>136.32301912850602</v>
+        <v>135.70611592537153</v>
       </c>
       <c r="E5" s="2" t="n">
-        <v>0.0442776160563813</v>
+        <v>0.03555894696680663</v>
       </c>
       <c r="F5" s="2" t="n">
-        <v>131.55222799483664</v>
+        <v>130.9569406464267</v>
       </c>
       <c r="G5" s="2" t="n">
-        <v>0.03598991967238953</v>
+        <v>0.02834707499018473</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="B6" t="inlineStr">
         <is>
-          <t>1st quarter 2025</t>
+          <t>2nd quarter 2025</t>
         </is>
       </c>
       <c r="C6" t="inlineStr">
         <is>
-          <t>March 2025</t>
+          <t>April 2025</t>
         </is>
       </c>
       <c r="D6" s="2" t="n">
-        <v>135.70611592537153</v>
+        <v>134.79118197065011</v>
       </c>
       <c r="E6" s="2" t="n">
-        <v>0.03555894696680663</v>
+        <v>0.03113525091799263</v>
       </c>
       <c r="F6" s="2" t="n">
-        <v>130.9569406464267</v>
+        <v>130.09581342887415</v>
       </c>
       <c r="G6" s="2" t="n">
-        <v>0.02834707499018473</v>
+        <v>0.02578254356224883</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="B7" t="inlineStr">
         <is>
           <t>2nd quarter 2025</t>
         </is>
       </c>
       <c r="C7" t="inlineStr">
         <is>
-          <t>April 2025</t>
+          <t>May 2025</t>
         </is>
       </c>
       <c r="D7" s="2" t="n">
-        <v>134.79118197065011</v>
+        <v>134.67081868667984</v>
       </c>
       <c r="E7" s="2" t="n">
-        <v>0.03113525091799263</v>
+        <v>0.028172240036646968</v>
       </c>
       <c r="F7" s="2" t="n">
-        <v>130.09581342887415</v>
+        <v>129.9810789241183</v>
       </c>
       <c r="G7" s="2" t="n">
-        <v>0.02578254356224883</v>
+        <v>0.02354516103630208</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="B8" t="inlineStr">
         <is>
           <t>2nd quarter 2025</t>
         </is>
       </c>
       <c r="C8" t="inlineStr">
         <is>
-          <t>May 2025</t>
+          <t>June 2025</t>
         </is>
       </c>
       <c r="D8" s="2" t="n">
-        <v>134.67081868667984</v>
+        <v>135.32269737886045</v>
       </c>
       <c r="E8" s="2" t="n">
-        <v>0.028172240036646968</v>
+        <v>0.028580115536637297</v>
       </c>
       <c r="F8" s="2" t="n">
-        <v>129.9810789241183</v>
+        <v>130.6107570400799</v>
       </c>
       <c r="G8" s="2" t="n">
-        <v>0.02354516103630208</v>
+        <v>0.024392156862745294</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="B9" t="inlineStr">
         <is>
-          <t>2nd quarter 2025</t>
+          <t>3rd quarter 2025</t>
         </is>
       </c>
       <c r="C9" t="inlineStr">
         <is>
-          <t>June 2025</t>
+          <t>July 2025</t>
         </is>
       </c>
       <c r="D9" s="2" t="n">
-        <v>135.32269737886045</v>
+        <v>134.17430391682794</v>
       </c>
       <c r="E9" s="2" t="n">
-        <v>0.028580115536637297</v>
+        <v>0.026078311410217308</v>
       </c>
       <c r="F9" s="2" t="n">
-        <v>130.6107570400799</v>
+        <v>129.51505082791255</v>
       </c>
       <c r="G9" s="2" t="n">
-        <v>0.024392156862745294</v>
+        <v>0.023549865655129038</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="B10" t="inlineStr">
         <is>
           <t>3rd quarter 2025</t>
         </is>
       </c>
       <c r="C10" t="inlineStr">
         <is>
-          <t>July 2025</t>
+          <t>August 2025</t>
         </is>
       </c>
       <c r="D10" s="2" t="n">
-        <v>134.17430391682794</v>
+        <v>136.19315488608112</v>
       </c>
       <c r="E10" s="2" t="n">
-        <v>0.026078311410217308</v>
+        <v>0.0260679575077226</v>
       </c>
       <c r="F10" s="2" t="n">
-        <v>129.51505082791255</v>
+        <v>131.459644222776</v>
       </c>
       <c r="G10" s="2" t="n">
-        <v>0.023549865655129038</v>
+        <v>0.02478952291861578</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="B11" t="inlineStr">
         <is>
           <t>3rd quarter 2025</t>
         </is>
       </c>
       <c r="C11" t="inlineStr">
         <is>
-          <t>August 2025</t>
+          <t>September 2025</t>
         </is>
       </c>
       <c r="D11" s="2" t="n">
-        <v>136.19315488608112</v>
+        <v>135.76093649321433</v>
       </c>
       <c r="E11" s="2" t="n">
-        <v>0.0260679575077226</v>
+        <v>0.026851221541486985</v>
       </c>
       <c r="F11" s="2" t="n">
-        <v>131.459644222776</v>
+        <v>131.04573516601187</v>
       </c>
       <c r="G11" s="2" t="n">
-        <v>0.02478952291861578</v>
+        <v>0.026474504582126062</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="B12" t="inlineStr">
         <is>
-          <t>3rd quarter 2025</t>
+          <t>4th quarter 2025</t>
         </is>
       </c>
       <c r="C12" t="inlineStr">
         <is>
-          <t>September 2025</t>
+          <t>October 2025</t>
         </is>
       </c>
       <c r="D12" s="2" t="n">
-        <v>135.76093649321433</v>
+        <v>136.25751105996713</v>
       </c>
       <c r="E12" s="2" t="n">
-        <v>0.026851221541486985</v>
+        <v>0.025282167042889415</v>
       </c>
       <c r="F12" s="2" t="n">
-        <v>131.04573516601187</v>
+        <v>131.52407429418056</v>
       </c>
       <c r="G12" s="2" t="n">
-        <v>0.026474504582126062</v>
+        <v>0.025657022537627895</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="B13" t="inlineStr">
         <is>
           <t>4th quarter 2025</t>
         </is>
       </c>
       <c r="C13" t="inlineStr">
         <is>
-          <t>October 2025</t>
+          <t>November 2025</t>
         </is>
       </c>
       <c r="D13" s="2" t="n">
-        <v>136.25751105996713</v>
+        <v>136.61351751846425</v>
       </c>
       <c r="E13" s="2" t="n">
-        <v>0.025282167042889415</v>
+        <v>0.026139863291519832</v>
       </c>
       <c r="F13" s="2" t="n">
-        <v>131.52407429418056</v>
+        <v>131.8666185409793</v>
       </c>
       <c r="G13" s="2" t="n">
-        <v>0.025657022537627895</v>
+        <v>0.02686497430306832</v>
       </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <coreProperties xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </coreProperties>
 </file>