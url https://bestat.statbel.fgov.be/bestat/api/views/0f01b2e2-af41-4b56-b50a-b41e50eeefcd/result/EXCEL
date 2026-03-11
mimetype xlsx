--- v0 (2025-11-09)
+++ v1 (2026-03-11)
@@ -415,51 +415,51 @@
         </is>
       </c>
       <c r="D8"/>
       <c r="E8" s="2" t="n">
         <v>473.8570947287995</v>
       </c>
       <c r="F8" s="2" t="n">
         <v>503.50834720413303</v>
       </c>
       <c r="G8" s="2" t="n">
         <v>530.8929324394886</v>
       </c>
       <c r="H8" s="2" t="n">
         <v>498.26492012719865</v>
       </c>
       <c r="I8" s="2" t="n">
         <v>535.5650135086534</v>
       </c>
       <c r="J8" s="2" t="n">
         <v>556.7593684204469</v>
       </c>
       <c r="K8" s="2" t="n">
         <v>528.3445565914981</v>
       </c>
       <c r="L8" s="2" t="n">
-        <v>482.2167714426905</v>
+        <v>482.2167714426906</v>
       </c>
     </row>
     <row r="9">
       <c r="A9"/>
       <c r="B9"/>
       <c r="C9" t="inlineStr">
         <is>
           <t>Waals Gewest</t>
         </is>
       </c>
       <c r="D9"/>
       <c r="E9" s="2" t="n">
         <v>152.0681993423654</v>
       </c>
       <c r="F9" s="2" t="n">
         <v>154.7609260171303</v>
       </c>
       <c r="G9" s="2" t="n">
         <v>145.1038802416511</v>
       </c>
       <c r="H9" s="2" t="n">
         <v>157.39139889306063</v>
       </c>
       <c r="I9" s="2" t="n">
         <v>153.58629510261008</v>
@@ -1484,51 +1484,51 @@
         <v>528.3445565914981</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" t="inlineStr">
         <is>
           <t>Aankoop van bestaande woningen</t>
         </is>
       </c>
       <c r="B41" t="inlineStr">
         <is>
           <t>België</t>
         </is>
       </c>
       <c r="C41" t="inlineStr">
         <is>
           <t>Vlaams Gewest</t>
         </is>
       </c>
       <c r="D41" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="E41" s="2" t="n">
-        <v>482.2167714426905</v>
+        <v>482.2167714426906</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" t="inlineStr">
         <is>
           <t>Aankoop van bestaande woningen</t>
         </is>
       </c>
       <c r="B42" t="inlineStr">
         <is>
           <t>België</t>
         </is>
       </c>
       <c r="C42" t="inlineStr">
         <is>
           <t>Waals Gewest</t>
         </is>
       </c>
       <c r="D42" t="inlineStr">
         <is>
           <t>2018</t>
         </is>
       </c>
       <c r="E42" s="2" t="n">
         <v>152.0681993423654</v>