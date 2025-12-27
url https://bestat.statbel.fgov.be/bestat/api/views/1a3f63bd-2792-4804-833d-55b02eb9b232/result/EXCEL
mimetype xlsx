--- v0 (2025-10-26)
+++ v1 (2025-12-27)
@@ -140,792 +140,1033 @@
         </is>
       </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <cols>
     <col min="1" max="1" width="194.34765625" customWidth="true"/>
     <col min="2" max="2" width="27.1796875" customWidth="true"/>
     <col min="3" max="3" width="4.60546875" customWidth="true"/>
     <col min="4" max="4" width="23.609375" customWidth="true"/>
     <col min="5" max="5" width="37.875" customWidth="true"/>
     <col min="6" max="6" width="44.01953125" customWidth="true"/>
     <col min="7" max="7" width="23.609375" customWidth="true"/>
     <col min="8" max="8" width="37.875" customWidth="true"/>
     <col min="9" max="9" width="44.01953125" customWidth="true"/>
+    <col min="10" max="10" width="23.609375" customWidth="true"/>
+    <col min="11" max="11" width="37.875" customWidth="true"/>
+    <col min="12" max="12" width="44.01953125" customWidth="true"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1"/>
       <c r="B1"/>
       <c r="C1" t="inlineStr">
         <is>
           <t>Year</t>
         </is>
       </c>
       <c r="D1" t="inlineStr">
         <is>
           <t>2021</t>
         </is>
       </c>
       <c r="E1"/>
       <c r="F1"/>
       <c r="G1" t="inlineStr">
         <is>
           <t>2022</t>
         </is>
       </c>
       <c r="H1"/>
       <c r="I1"/>
+      <c r="J1" t="inlineStr">
+        <is>
+          <t>2023</t>
+        </is>
+      </c>
+      <c r="K1"/>
+      <c r="L1"/>
     </row>
     <row r="2">
       <c r="A2"/>
       <c r="B2"/>
       <c r="C2"/>
       <c r="D2" t="inlineStr">
         <is>
           <t>Nb. of active enterprises in t</t>
         </is>
       </c>
       <c r="E2" t="inlineStr">
         <is>
           <t>Nb. of employees in the active enterprises in t</t>
         </is>
       </c>
       <c r="F2" t="inlineStr">
         <is>
           <t>Nb. of persons employed in the active enterprises in t</t>
         </is>
       </c>
       <c r="G2" t="inlineStr">
         <is>
           <t>Nb. of active enterprises in t</t>
         </is>
       </c>
       <c r="H2" t="inlineStr">
         <is>
           <t>Nb. of employees in the active enterprises in t</t>
         </is>
       </c>
       <c r="I2" t="inlineStr">
         <is>
           <t>Nb. of persons employed in the active enterprises in t</t>
         </is>
       </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t>Nb. of active enterprises in t</t>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>Nb. of employees in the active enterprises in t</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>Nb. of persons employed in the active enterprises in t</t>
+        </is>
+      </c>
     </row>
     <row r="3">
       <c r="A3" t="inlineStr">
         <is>
           <t>Aggregate level 1</t>
         </is>
       </c>
       <c r="B3" t="inlineStr">
         <is>
           <t>Size class number of employees</t>
         </is>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="inlineStr">
         <is>
           <t>B: Mining and quarrying</t>
         </is>
       </c>
       <c r="B4" t="inlineStr">
         <is>
           <t>0 employee</t>
         </is>
       </c>
       <c r="C4"/>
       <c r="D4" s="1" t="n">
         <v>96.0</v>
       </c>
       <c r="E4" s="1" t="n">
         <v>0.0</v>
       </c>
       <c r="F4" s="1" t="n">
         <v>102.0</v>
       </c>
       <c r="G4" s="1" t="n">
         <v>95.0</v>
       </c>
       <c r="H4" s="1" t="n">
         <v>0.0</v>
       </c>
       <c r="I4" s="1" t="n">
         <v>107.0</v>
       </c>
+      <c r="J4" s="1" t="n">
+        <v>93.0</v>
+      </c>
+      <c r="K4" s="1" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="L4" s="1" t="n">
+        <v>105.0</v>
+      </c>
     </row>
     <row r="5">
       <c r="A5"/>
       <c r="B5" t="inlineStr">
         <is>
           <t>1-4 employees</t>
         </is>
       </c>
       <c r="C5"/>
       <c r="D5" s="1" t="n">
         <v>22.0</v>
       </c>
       <c r="E5" s="1" t="n">
         <v>47.0</v>
       </c>
       <c r="F5" s="1" t="n">
         <v>49.0</v>
       </c>
       <c r="G5" s="1" t="n">
         <v>17.0</v>
       </c>
       <c r="H5" s="1" t="n">
         <v>43.0</v>
       </c>
       <c r="I5" s="1" t="n">
         <v>43.0</v>
       </c>
+      <c r="J5" s="1" t="n">
+        <v>21.0</v>
+      </c>
+      <c r="K5" s="1" t="n">
+        <v>47.0</v>
+      </c>
+      <c r="L5" s="1" t="n">
+        <v>47.0</v>
+      </c>
     </row>
     <row r="6">
       <c r="A6"/>
       <c r="B6" t="inlineStr">
         <is>
           <t>5-9 employees</t>
         </is>
       </c>
       <c r="C6"/>
       <c r="D6" s="1" t="n">
         <v>20.0</v>
       </c>
       <c r="E6" s="1" t="n">
         <v>155.0</v>
       </c>
       <c r="F6" s="1" t="n">
         <v>155.0</v>
       </c>
       <c r="G6" s="1" t="n">
         <v>25.0</v>
       </c>
       <c r="H6" s="1" t="n">
         <v>173.0</v>
       </c>
       <c r="I6" s="1" t="n">
         <v>173.0</v>
       </c>
+      <c r="J6" s="1" t="n">
+        <v>21.0</v>
+      </c>
+      <c r="K6" s="1" t="n">
+        <v>172.0</v>
+      </c>
+      <c r="L6" s="1" t="n">
+        <v>172.0</v>
+      </c>
     </row>
     <row r="7">
       <c r="A7"/>
       <c r="B7" t="inlineStr">
         <is>
           <t>10 or more employees</t>
         </is>
       </c>
       <c r="C7"/>
       <c r="D7" s="1" t="n">
         <v>33.0</v>
       </c>
       <c r="E7" s="1" t="n">
         <v>2006.0</v>
       </c>
       <c r="F7" s="1" t="n">
         <v>2014.0</v>
       </c>
       <c r="G7" s="1" t="n">
         <v>35.0</v>
       </c>
       <c r="H7" s="1" t="n">
         <v>2008.0</v>
       </c>
       <c r="I7" s="1" t="n">
         <v>2017.0</v>
       </c>
+      <c r="J7" s="1" t="n">
+        <v>34.0</v>
+      </c>
+      <c r="K7" s="1" t="n">
+        <v>2020.0</v>
+      </c>
+      <c r="L7" s="1" t="n">
+        <v>2032.0</v>
+      </c>
     </row>
     <row r="8">
       <c r="A8" t="inlineStr">
         <is>
           <t>D: Electricity, gas, steam and air conditioning supply</t>
         </is>
       </c>
       <c r="B8" t="inlineStr">
         <is>
           <t>0 employee</t>
         </is>
       </c>
       <c r="C8"/>
       <c r="D8" s="1" t="n">
         <v>662.0</v>
       </c>
       <c r="E8" s="1" t="n">
         <v>0.0</v>
       </c>
       <c r="F8" s="1" t="n">
         <v>683.0</v>
       </c>
       <c r="G8" s="1" t="n">
         <v>718.0</v>
       </c>
       <c r="H8" s="1" t="n">
         <v>0.0</v>
       </c>
       <c r="I8" s="1" t="n">
         <v>768.0</v>
       </c>
+      <c r="J8" s="1" t="n">
+        <v>831.0</v>
+      </c>
+      <c r="K8" s="1" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="L8" s="1" t="n">
+        <v>936.0</v>
+      </c>
     </row>
     <row r="9">
       <c r="A9"/>
       <c r="B9" t="inlineStr">
         <is>
           <t>1-4 employees</t>
         </is>
       </c>
       <c r="C9"/>
       <c r="D9" s="1" t="n">
         <v>58.0</v>
       </c>
       <c r="E9" s="1" t="n">
         <v>98.0</v>
       </c>
       <c r="F9" s="1" t="n">
         <v>123.0</v>
       </c>
       <c r="G9" s="1" t="n">
         <v>45.0</v>
       </c>
       <c r="H9" s="1" t="n">
         <v>85.0</v>
       </c>
       <c r="I9" s="1" t="n">
         <v>102.0</v>
       </c>
+      <c r="J9" s="1" t="n">
+        <v>48.0</v>
+      </c>
+      <c r="K9" s="1" t="n">
+        <v>110.0</v>
+      </c>
+      <c r="L9" s="1" t="n">
+        <v>124.0</v>
+      </c>
     </row>
     <row r="10">
       <c r="A10"/>
       <c r="B10" t="inlineStr">
         <is>
           <t>5-9 employees</t>
         </is>
       </c>
       <c r="C10"/>
       <c r="D10" s="1" t="n">
         <v>9.0</v>
       </c>
       <c r="E10" s="1" t="n">
         <v>60.0</v>
       </c>
       <c r="F10" s="1" t="n">
         <v>62.0</v>
       </c>
       <c r="G10" s="1" t="n">
         <v>10.0</v>
       </c>
       <c r="H10" s="1" t="n">
         <v>67.0</v>
       </c>
       <c r="I10" s="1" t="n">
         <v>67.0</v>
       </c>
+      <c r="J10" s="1" t="n">
+        <v>18.0</v>
+      </c>
+      <c r="K10" s="1" t="n">
+        <v>128.0</v>
+      </c>
+      <c r="L10" s="1" t="n">
+        <v>134.0</v>
+      </c>
     </row>
     <row r="11">
       <c r="A11"/>
       <c r="B11" t="inlineStr">
         <is>
           <t>10 or more employees</t>
         </is>
       </c>
       <c r="C11"/>
       <c r="D11" s="1" t="n">
         <v>58.0</v>
       </c>
       <c r="E11" s="1" t="n">
         <v>20898.0</v>
       </c>
       <c r="F11" s="1" t="n">
         <v>21036.0</v>
       </c>
       <c r="G11" s="1" t="n">
         <v>56.0</v>
       </c>
       <c r="H11" s="1" t="n">
         <v>21163.0</v>
       </c>
       <c r="I11" s="1" t="n">
         <v>21234.0</v>
       </c>
+      <c r="J11" s="1" t="n">
+        <v>51.0</v>
+      </c>
+      <c r="K11" s="1" t="n">
+        <v>21098.0</v>
+      </c>
+      <c r="L11" s="1" t="n">
+        <v>21152.0</v>
+      </c>
     </row>
     <row r="12">
       <c r="A12" t="inlineStr">
         <is>
           <t>E: Water supply/ sewerage, waste management and remediation activities</t>
         </is>
       </c>
       <c r="B12" t="inlineStr">
         <is>
           <t>0 employee</t>
         </is>
       </c>
       <c r="C12"/>
       <c r="D12" s="1" t="n">
         <v>663.0</v>
       </c>
       <c r="E12" s="1" t="n">
         <v>0.0</v>
       </c>
       <c r="F12" s="1" t="n">
         <v>718.0</v>
       </c>
       <c r="G12" s="1" t="n">
         <v>837.0</v>
       </c>
       <c r="H12" s="1" t="n">
         <v>0.0</v>
       </c>
       <c r="I12" s="1" t="n">
         <v>892.0</v>
       </c>
+      <c r="J12" s="1" t="n">
+        <v>838.0</v>
+      </c>
+      <c r="K12" s="1" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="L12" s="1" t="n">
+        <v>903.0</v>
+      </c>
     </row>
     <row r="13">
       <c r="A13"/>
       <c r="B13" t="inlineStr">
         <is>
           <t>1-4 employees</t>
         </is>
       </c>
       <c r="C13"/>
       <c r="D13" s="1" t="n">
         <v>300.0</v>
       </c>
       <c r="E13" s="1" t="n">
         <v>641.0</v>
       </c>
       <c r="F13" s="1" t="n">
         <v>670.0</v>
       </c>
       <c r="G13" s="1" t="n">
         <v>293.0</v>
       </c>
       <c r="H13" s="1" t="n">
         <v>633.0</v>
       </c>
       <c r="I13" s="1" t="n">
         <v>668.0</v>
       </c>
+      <c r="J13" s="1" t="n">
+        <v>306.0</v>
+      </c>
+      <c r="K13" s="1" t="n">
+        <v>567.0</v>
+      </c>
+      <c r="L13" s="1" t="n">
+        <v>596.0</v>
+      </c>
     </row>
     <row r="14">
       <c r="A14"/>
       <c r="B14" t="inlineStr">
         <is>
           <t>5-9 employees</t>
         </is>
       </c>
       <c r="C14"/>
       <c r="D14" s="1" t="n">
         <v>113.0</v>
       </c>
       <c r="E14" s="1" t="n">
         <v>800.0</v>
       </c>
       <c r="F14" s="1" t="n">
         <v>823.0</v>
       </c>
       <c r="G14" s="1" t="n">
         <v>123.0</v>
       </c>
       <c r="H14" s="1" t="n">
         <v>792.0</v>
       </c>
       <c r="I14" s="1" t="n">
         <v>804.0</v>
       </c>
+      <c r="J14" s="1" t="n">
+        <v>109.0</v>
+      </c>
+      <c r="K14" s="1" t="n">
+        <v>749.0</v>
+      </c>
+      <c r="L14" s="1" t="n">
+        <v>785.0</v>
+      </c>
     </row>
     <row r="15">
       <c r="A15"/>
       <c r="B15" t="inlineStr">
         <is>
           <t>10 or more employees</t>
         </is>
       </c>
       <c r="C15"/>
       <c r="D15" s="1" t="n">
         <v>259.0</v>
       </c>
       <c r="E15" s="1" t="n">
         <v>23220.0</v>
       </c>
       <c r="F15" s="1" t="n">
         <v>23319.0</v>
       </c>
       <c r="G15" s="1" t="n">
         <v>287.0</v>
       </c>
       <c r="H15" s="1" t="n">
         <v>23963.0</v>
       </c>
       <c r="I15" s="1" t="n">
         <v>24077.0</v>
       </c>
+      <c r="J15" s="1" t="n">
+        <v>290.0</v>
+      </c>
+      <c r="K15" s="1" t="n">
+        <v>25909.0</v>
+      </c>
+      <c r="L15" s="1" t="n">
+        <v>25995.0</v>
+      </c>
     </row>
     <row r="16">
       <c r="A16" t="inlineStr">
         <is>
           <t>F: Construction</t>
         </is>
       </c>
       <c r="B16" t="inlineStr">
         <is>
           <t>0 employee</t>
         </is>
       </c>
       <c r="C16"/>
       <c r="D16" s="1" t="n">
         <v>99834.0</v>
       </c>
       <c r="E16" s="1" t="n">
         <v>0.0</v>
       </c>
       <c r="F16" s="1" t="n">
         <v>106269.0</v>
       </c>
       <c r="G16" s="1" t="n">
         <v>113359.0</v>
       </c>
       <c r="H16" s="1" t="n">
         <v>0.0</v>
       </c>
       <c r="I16" s="1" t="n">
         <v>120850.0</v>
       </c>
+      <c r="J16" s="1" t="n">
+        <v>120325.0</v>
+      </c>
+      <c r="K16" s="1" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="L16" s="1" t="n">
+        <v>127625.0</v>
+      </c>
     </row>
     <row r="17">
       <c r="A17"/>
       <c r="B17" t="inlineStr">
         <is>
           <t>1-4 employees</t>
         </is>
       </c>
       <c r="C17"/>
       <c r="D17" s="1" t="n">
         <v>20758.0</v>
       </c>
       <c r="E17" s="1" t="n">
         <v>36434.0</v>
       </c>
       <c r="F17" s="1" t="n">
         <v>40911.0</v>
       </c>
       <c r="G17" s="1" t="n">
         <v>20876.0</v>
       </c>
       <c r="H17" s="1" t="n">
         <v>37769.0</v>
       </c>
       <c r="I17" s="1" t="n">
         <v>42531.0</v>
       </c>
+      <c r="J17" s="1" t="n">
+        <v>22466.0</v>
+      </c>
+      <c r="K17" s="1" t="n">
+        <v>37547.0</v>
+      </c>
+      <c r="L17" s="1" t="n">
+        <v>42945.0</v>
+      </c>
     </row>
     <row r="18">
       <c r="A18"/>
       <c r="B18" t="inlineStr">
         <is>
           <t>5-9 employees</t>
         </is>
       </c>
       <c r="C18"/>
       <c r="D18" s="1" t="n">
         <v>4171.0</v>
       </c>
       <c r="E18" s="1" t="n">
         <v>26844.0</v>
       </c>
       <c r="F18" s="1" t="n">
         <v>27012.0</v>
       </c>
       <c r="G18" s="1" t="n">
         <v>4305.0</v>
       </c>
       <c r="H18" s="1" t="n">
         <v>27209.0</v>
       </c>
       <c r="I18" s="1" t="n">
         <v>27629.0</v>
       </c>
+      <c r="J18" s="1" t="n">
+        <v>4459.0</v>
+      </c>
+      <c r="K18" s="1" t="n">
+        <v>28569.0</v>
+      </c>
+      <c r="L18" s="1" t="n">
+        <v>28983.0</v>
+      </c>
     </row>
     <row r="19">
       <c r="A19"/>
       <c r="B19" t="inlineStr">
         <is>
           <t>10 or more employees</t>
         </is>
       </c>
       <c r="C19"/>
       <c r="D19" s="1" t="n">
         <v>4025.0</v>
       </c>
       <c r="E19" s="1" t="n">
         <v>153122.0</v>
       </c>
       <c r="F19" s="1" t="n">
         <v>154223.0</v>
       </c>
       <c r="G19" s="1" t="n">
         <v>4160.0</v>
       </c>
       <c r="H19" s="1" t="n">
         <v>156050.0</v>
       </c>
       <c r="I19" s="1" t="n">
         <v>156982.0</v>
       </c>
+      <c r="J19" s="1" t="n">
+        <v>4001.0</v>
+      </c>
+      <c r="K19" s="1" t="n">
+        <v>161500.0</v>
+      </c>
+      <c r="L19" s="1" t="n">
+        <v>161849.0</v>
+      </c>
     </row>
     <row r="20">
       <c r="A20" t="inlineStr">
         <is>
           <t>C: Manufacturing</t>
         </is>
       </c>
       <c r="B20" t="inlineStr">
         <is>
           <t>0 employee</t>
         </is>
       </c>
       <c r="C20"/>
       <c r="D20" s="1" t="n">
         <v>23613.0</v>
       </c>
       <c r="E20" s="1" t="n">
         <v>0.0</v>
       </c>
       <c r="F20" s="1" t="n">
         <v>25156.0</v>
       </c>
       <c r="G20" s="1" t="n">
         <v>27134.0</v>
       </c>
       <c r="H20" s="1" t="n">
         <v>0.0</v>
       </c>
       <c r="I20" s="1" t="n">
         <v>29208.0</v>
       </c>
+      <c r="J20" s="1" t="n">
+        <v>27594.0</v>
+      </c>
+      <c r="K20" s="1" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="L20" s="1" t="n">
+        <v>29373.0</v>
+      </c>
     </row>
     <row r="21">
       <c r="A21"/>
       <c r="B21" t="inlineStr">
         <is>
           <t>1-4 employees</t>
         </is>
       </c>
       <c r="C21"/>
       <c r="D21" s="1" t="n">
         <v>6750.0</v>
       </c>
       <c r="E21" s="1" t="n">
         <v>14298.0</v>
       </c>
       <c r="F21" s="1" t="n">
         <v>15885.0</v>
       </c>
       <c r="G21" s="1" t="n">
         <v>6566.0</v>
       </c>
       <c r="H21" s="1" t="n">
         <v>13578.0</v>
       </c>
       <c r="I21" s="1" t="n">
         <v>15133.0</v>
       </c>
+      <c r="J21" s="1" t="n">
+        <v>7093.0</v>
+      </c>
+      <c r="K21" s="1" t="n">
+        <v>13430.0</v>
+      </c>
+      <c r="L21" s="1" t="n">
+        <v>15609.0</v>
+      </c>
     </row>
     <row r="22">
       <c r="A22"/>
       <c r="B22" t="inlineStr">
         <is>
           <t>5-9 employees</t>
         </is>
       </c>
       <c r="C22"/>
       <c r="D22" s="1" t="n">
         <v>2574.0</v>
       </c>
       <c r="E22" s="1" t="n">
         <v>16935.0</v>
       </c>
       <c r="F22" s="1" t="n">
         <v>17095.0</v>
       </c>
       <c r="G22" s="1" t="n">
         <v>2845.0</v>
       </c>
       <c r="H22" s="1" t="n">
         <v>18626.0</v>
       </c>
       <c r="I22" s="1" t="n">
         <v>19049.0</v>
       </c>
+      <c r="J22" s="1" t="n">
+        <v>2772.0</v>
+      </c>
+      <c r="K22" s="1" t="n">
+        <v>18477.0</v>
+      </c>
+      <c r="L22" s="1" t="n">
+        <v>18893.0</v>
+      </c>
     </row>
     <row r="23">
       <c r="A23"/>
       <c r="B23" t="inlineStr">
         <is>
           <t>10 or more employees</t>
         </is>
       </c>
       <c r="C23"/>
       <c r="D23" s="1" t="n">
         <v>4887.0</v>
       </c>
       <c r="E23" s="1" t="n">
         <v>442771.0</v>
       </c>
       <c r="F23" s="1" t="n">
         <v>444173.0</v>
       </c>
       <c r="G23" s="1" t="n">
         <v>4929.0</v>
       </c>
       <c r="H23" s="1" t="n">
         <v>449254.0</v>
       </c>
       <c r="I23" s="1" t="n">
         <v>450475.0</v>
       </c>
+      <c r="J23" s="1" t="n">
+        <v>4896.0</v>
+      </c>
+      <c r="K23" s="1" t="n">
+        <v>454241.0</v>
+      </c>
+      <c r="L23" s="1" t="n">
+        <v>455334.0</v>
+      </c>
     </row>
     <row r="24">
       <c r="A24" t="inlineStr">
         <is>
           <t>GTSXO_S94 : Service activities (except : public administration and defense, compulsory social security / activities of membership organisations / activities of households as employers / activities of extraterritorial organisations and bodies)</t>
         </is>
       </c>
       <c r="B24" t="inlineStr">
         <is>
           <t>0 employee</t>
         </is>
       </c>
       <c r="C24"/>
       <c r="D24" s="1" t="n">
         <v>512221.0</v>
       </c>
       <c r="E24" s="1" t="n">
         <v>0.0</v>
       </c>
       <c r="F24" s="1" t="n">
         <v>564209.0</v>
       </c>
       <c r="G24" s="1" t="n">
         <v>544175.0</v>
       </c>
       <c r="H24" s="1" t="n">
         <v>0.0</v>
       </c>
       <c r="I24" s="1" t="n">
         <v>586091.0</v>
       </c>
+      <c r="J24" s="1" t="n">
+        <v>549178.0</v>
+      </c>
+      <c r="K24" s="1" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="L24" s="1" t="n">
+        <v>595680.0</v>
+      </c>
     </row>
     <row r="25">
       <c r="A25"/>
       <c r="B25" t="inlineStr">
         <is>
           <t>1-4 employees</t>
         </is>
       </c>
       <c r="C25"/>
       <c r="D25" s="1" t="n">
         <v>113515.0</v>
       </c>
       <c r="E25" s="1" t="n">
         <v>200923.0</v>
       </c>
       <c r="F25" s="1" t="n">
         <v>237249.0</v>
       </c>
       <c r="G25" s="1" t="n">
         <v>107785.0</v>
       </c>
       <c r="H25" s="1" t="n">
         <v>199435.0</v>
       </c>
       <c r="I25" s="1" t="n">
         <v>227235.0</v>
       </c>
+      <c r="J25" s="1" t="n">
+        <v>109278.0</v>
+      </c>
+      <c r="K25" s="1" t="n">
+        <v>194570.0</v>
+      </c>
+      <c r="L25" s="1" t="n">
+        <v>226362.0</v>
+      </c>
     </row>
     <row r="26">
       <c r="A26"/>
       <c r="B26" t="inlineStr">
         <is>
           <t>5-9 employees</t>
         </is>
       </c>
       <c r="C26"/>
       <c r="D26" s="1" t="n">
         <v>23859.0</v>
       </c>
       <c r="E26" s="1" t="n">
         <v>151680.0</v>
       </c>
       <c r="F26" s="1" t="n">
         <v>154630.0</v>
       </c>
       <c r="G26" s="1" t="n">
         <v>24597.0</v>
       </c>
       <c r="H26" s="1" t="n">
         <v>156760.0</v>
       </c>
       <c r="I26" s="1" t="n">
         <v>159518.0</v>
       </c>
+      <c r="J26" s="1" t="n">
+        <v>24787.0</v>
+      </c>
+      <c r="K26" s="1" t="n">
+        <v>159284.0</v>
+      </c>
+      <c r="L26" s="1" t="n">
+        <v>162855.0</v>
+      </c>
     </row>
     <row r="27">
       <c r="A27"/>
       <c r="B27" t="inlineStr">
         <is>
           <t>10 or more employees</t>
         </is>
       </c>
       <c r="C27"/>
       <c r="D27" s="1" t="n">
         <v>24646.0</v>
       </c>
       <c r="E27" s="1" t="n">
         <v>1923645.0</v>
       </c>
       <c r="F27" s="1" t="n">
         <v>1930436.0</v>
       </c>
       <c r="G27" s="1" t="n">
         <v>25653.0</v>
       </c>
       <c r="H27" s="1" t="n">
         <v>1993464.0</v>
       </c>
       <c r="I27" s="1" t="n">
         <v>1998109.0</v>
+      </c>
+      <c r="J27" s="1" t="n">
+        <v>25867.0</v>
+      </c>
+      <c r="K27" s="1" t="n">
+        <v>2019234.0</v>
+      </c>
+      <c r="L27" s="1" t="n">
+        <v>2023171.0</v>
       </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <cols>
     <col min="1" max="1" width="194.34765625" customWidth="true"/>
     <col min="2" max="2" width="27.1796875" customWidth="true"/>
     <col min="3" max="3" width="4.96484375" customWidth="true"/>
     <col min="4" max="4" width="23.609375" customWidth="true"/>
     <col min="5" max="5" width="37.875" customWidth="true"/>
     <col min="6" max="6" width="44.01953125" customWidth="true"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" t="inlineStr">
@@ -997,1230 +1238,1854 @@
         </is>
       </c>
       <c r="C3" t="inlineStr">
         <is>
           <t>2022</t>
         </is>
       </c>
       <c r="D3" s="1" t="n">
         <v>95.0</v>
       </c>
       <c r="E3" s="1" t="n">
         <v>0.0</v>
       </c>
       <c r="F3" s="1" t="n">
         <v>107.0</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="inlineStr">
         <is>
           <t>B: Mining and quarrying</t>
         </is>
       </c>
       <c r="B4" t="inlineStr">
         <is>
-          <t>1-4 employees</t>
+          <t>0 employee</t>
         </is>
       </c>
       <c r="C4" t="inlineStr">
         <is>
-          <t>2021</t>
+          <t>2023</t>
         </is>
       </c>
       <c r="D4" s="1" t="n">
-        <v>22.0</v>
+        <v>93.0</v>
       </c>
       <c r="E4" s="1" t="n">
-        <v>47.0</v>
+        <v>0.0</v>
       </c>
       <c r="F4" s="1" t="n">
-        <v>49.0</v>
+        <v>105.0</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="inlineStr">
         <is>
           <t>B: Mining and quarrying</t>
         </is>
       </c>
       <c r="B5" t="inlineStr">
         <is>
           <t>1-4 employees</t>
         </is>
       </c>
       <c r="C5" t="inlineStr">
         <is>
-          <t>2022</t>
+          <t>2021</t>
         </is>
       </c>
       <c r="D5" s="1" t="n">
-        <v>17.0</v>
+        <v>22.0</v>
       </c>
       <c r="E5" s="1" t="n">
-        <v>43.0</v>
+        <v>47.0</v>
       </c>
       <c r="F5" s="1" t="n">
-        <v>43.0</v>
+        <v>49.0</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="inlineStr">
         <is>
           <t>B: Mining and quarrying</t>
         </is>
       </c>
       <c r="B6" t="inlineStr">
         <is>
-          <t>5-9 employees</t>
+          <t>1-4 employees</t>
         </is>
       </c>
       <c r="C6" t="inlineStr">
         <is>
-          <t>2021</t>
+          <t>2022</t>
         </is>
       </c>
       <c r="D6" s="1" t="n">
-        <v>20.0</v>
+        <v>17.0</v>
       </c>
       <c r="E6" s="1" t="n">
-        <v>155.0</v>
+        <v>43.0</v>
       </c>
       <c r="F6" s="1" t="n">
-        <v>155.0</v>
+        <v>43.0</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="inlineStr">
         <is>
           <t>B: Mining and quarrying</t>
         </is>
       </c>
       <c r="B7" t="inlineStr">
         <is>
-          <t>5-9 employees</t>
+          <t>1-4 employees</t>
         </is>
       </c>
       <c r="C7" t="inlineStr">
         <is>
-          <t>2022</t>
+          <t>2023</t>
         </is>
       </c>
       <c r="D7" s="1" t="n">
-        <v>25.0</v>
+        <v>21.0</v>
       </c>
       <c r="E7" s="1" t="n">
-        <v>173.0</v>
+        <v>47.0</v>
       </c>
       <c r="F7" s="1" t="n">
-        <v>173.0</v>
+        <v>47.0</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="inlineStr">
         <is>
           <t>B: Mining and quarrying</t>
         </is>
       </c>
       <c r="B8" t="inlineStr">
         <is>
-          <t>10 or more employees</t>
+          <t>5-9 employees</t>
         </is>
       </c>
       <c r="C8" t="inlineStr">
         <is>
           <t>2021</t>
         </is>
       </c>
       <c r="D8" s="1" t="n">
-        <v>33.0</v>
+        <v>20.0</v>
       </c>
       <c r="E8" s="1" t="n">
-        <v>2006.0</v>
+        <v>155.0</v>
       </c>
       <c r="F8" s="1" t="n">
-        <v>2014.0</v>
+        <v>155.0</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="inlineStr">
         <is>
           <t>B: Mining and quarrying</t>
         </is>
       </c>
       <c r="B9" t="inlineStr">
         <is>
-          <t>10 or more employees</t>
+          <t>5-9 employees</t>
         </is>
       </c>
       <c r="C9" t="inlineStr">
         <is>
           <t>2022</t>
         </is>
       </c>
       <c r="D9" s="1" t="n">
-        <v>35.0</v>
+        <v>25.0</v>
       </c>
       <c r="E9" s="1" t="n">
-        <v>2008.0</v>
+        <v>173.0</v>
       </c>
       <c r="F9" s="1" t="n">
-        <v>2017.0</v>
+        <v>173.0</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="inlineStr">
         <is>
-          <t>D: Electricity, gas, steam and air conditioning supply</t>
+          <t>B: Mining and quarrying</t>
         </is>
       </c>
       <c r="B10" t="inlineStr">
         <is>
-          <t>0 employee</t>
+          <t>5-9 employees</t>
         </is>
       </c>
       <c r="C10" t="inlineStr">
         <is>
-          <t>2021</t>
+          <t>2023</t>
         </is>
       </c>
       <c r="D10" s="1" t="n">
-        <v>662.0</v>
+        <v>21.0</v>
       </c>
       <c r="E10" s="1" t="n">
-        <v>0.0</v>
+        <v>172.0</v>
       </c>
       <c r="F10" s="1" t="n">
-        <v>683.0</v>
+        <v>172.0</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="inlineStr">
         <is>
-          <t>D: Electricity, gas, steam and air conditioning supply</t>
+          <t>B: Mining and quarrying</t>
         </is>
       </c>
       <c r="B11" t="inlineStr">
         <is>
-          <t>0 employee</t>
+          <t>10 or more employees</t>
         </is>
       </c>
       <c r="C11" t="inlineStr">
         <is>
-          <t>2022</t>
+          <t>2021</t>
         </is>
       </c>
       <c r="D11" s="1" t="n">
-        <v>718.0</v>
+        <v>33.0</v>
       </c>
       <c r="E11" s="1" t="n">
-        <v>0.0</v>
+        <v>2006.0</v>
       </c>
       <c r="F11" s="1" t="n">
-        <v>768.0</v>
+        <v>2014.0</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="inlineStr">
         <is>
-          <t>D: Electricity, gas, steam and air conditioning supply</t>
+          <t>B: Mining and quarrying</t>
         </is>
       </c>
       <c r="B12" t="inlineStr">
         <is>
-          <t>1-4 employees</t>
+          <t>10 or more employees</t>
         </is>
       </c>
       <c r="C12" t="inlineStr">
         <is>
-          <t>2021</t>
+          <t>2022</t>
         </is>
       </c>
       <c r="D12" s="1" t="n">
-        <v>58.0</v>
+        <v>35.0</v>
       </c>
       <c r="E12" s="1" t="n">
-        <v>98.0</v>
+        <v>2008.0</v>
       </c>
       <c r="F12" s="1" t="n">
-        <v>123.0</v>
+        <v>2017.0</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="inlineStr">
         <is>
-          <t>D: Electricity, gas, steam and air conditioning supply</t>
+          <t>B: Mining and quarrying</t>
         </is>
       </c>
       <c r="B13" t="inlineStr">
         <is>
-          <t>1-4 employees</t>
+          <t>10 or more employees</t>
         </is>
       </c>
       <c r="C13" t="inlineStr">
         <is>
-          <t>2022</t>
+          <t>2023</t>
         </is>
       </c>
       <c r="D13" s="1" t="n">
-        <v>45.0</v>
+        <v>34.0</v>
       </c>
       <c r="E13" s="1" t="n">
-        <v>85.0</v>
+        <v>2020.0</v>
       </c>
       <c r="F13" s="1" t="n">
-        <v>102.0</v>
+        <v>2032.0</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="inlineStr">
         <is>
           <t>D: Electricity, gas, steam and air conditioning supply</t>
         </is>
       </c>
       <c r="B14" t="inlineStr">
         <is>
-          <t>5-9 employees</t>
+          <t>0 employee</t>
         </is>
       </c>
       <c r="C14" t="inlineStr">
         <is>
           <t>2021</t>
         </is>
       </c>
       <c r="D14" s="1" t="n">
-        <v>9.0</v>
+        <v>662.0</v>
       </c>
       <c r="E14" s="1" t="n">
-        <v>60.0</v>
+        <v>0.0</v>
       </c>
       <c r="F14" s="1" t="n">
-        <v>62.0</v>
+        <v>683.0</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="inlineStr">
         <is>
           <t>D: Electricity, gas, steam and air conditioning supply</t>
         </is>
       </c>
       <c r="B15" t="inlineStr">
         <is>
-          <t>5-9 employees</t>
+          <t>0 employee</t>
         </is>
       </c>
       <c r="C15" t="inlineStr">
         <is>
           <t>2022</t>
         </is>
       </c>
       <c r="D15" s="1" t="n">
-        <v>10.0</v>
+        <v>718.0</v>
       </c>
       <c r="E15" s="1" t="n">
-        <v>67.0</v>
+        <v>0.0</v>
       </c>
       <c r="F15" s="1" t="n">
-        <v>67.0</v>
+        <v>768.0</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="inlineStr">
         <is>
           <t>D: Electricity, gas, steam and air conditioning supply</t>
         </is>
       </c>
       <c r="B16" t="inlineStr">
         <is>
-          <t>10 or more employees</t>
+          <t>0 employee</t>
         </is>
       </c>
       <c r="C16" t="inlineStr">
         <is>
-          <t>2021</t>
+          <t>2023</t>
         </is>
       </c>
       <c r="D16" s="1" t="n">
-        <v>58.0</v>
+        <v>831.0</v>
       </c>
       <c r="E16" s="1" t="n">
-        <v>20898.0</v>
+        <v>0.0</v>
       </c>
       <c r="F16" s="1" t="n">
-        <v>21036.0</v>
+        <v>936.0</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="inlineStr">
         <is>
           <t>D: Electricity, gas, steam and air conditioning supply</t>
         </is>
       </c>
       <c r="B17" t="inlineStr">
         <is>
-          <t>10 or more employees</t>
+          <t>1-4 employees</t>
         </is>
       </c>
       <c r="C17" t="inlineStr">
         <is>
-          <t>2022</t>
+          <t>2021</t>
         </is>
       </c>
       <c r="D17" s="1" t="n">
-        <v>56.0</v>
+        <v>58.0</v>
       </c>
       <c r="E17" s="1" t="n">
-        <v>21163.0</v>
+        <v>98.0</v>
       </c>
       <c r="F17" s="1" t="n">
-        <v>21234.0</v>
+        <v>123.0</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="inlineStr">
         <is>
-          <t>E: Water supply/ sewerage, waste management and remediation activities</t>
+          <t>D: Electricity, gas, steam and air conditioning supply</t>
         </is>
       </c>
       <c r="B18" t="inlineStr">
         <is>
-          <t>0 employee</t>
+          <t>1-4 employees</t>
         </is>
       </c>
       <c r="C18" t="inlineStr">
         <is>
-          <t>2021</t>
+          <t>2022</t>
         </is>
       </c>
       <c r="D18" s="1" t="n">
-        <v>663.0</v>
+        <v>45.0</v>
       </c>
       <c r="E18" s="1" t="n">
-        <v>0.0</v>
+        <v>85.0</v>
       </c>
       <c r="F18" s="1" t="n">
-        <v>718.0</v>
+        <v>102.0</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="inlineStr">
         <is>
-          <t>E: Water supply/ sewerage, waste management and remediation activities</t>
+          <t>D: Electricity, gas, steam and air conditioning supply</t>
         </is>
       </c>
       <c r="B19" t="inlineStr">
         <is>
-          <t>0 employee</t>
+          <t>1-4 employees</t>
         </is>
       </c>
       <c r="C19" t="inlineStr">
         <is>
-          <t>2022</t>
+          <t>2023</t>
         </is>
       </c>
       <c r="D19" s="1" t="n">
-        <v>837.0</v>
+        <v>48.0</v>
       </c>
       <c r="E19" s="1" t="n">
-        <v>0.0</v>
+        <v>110.0</v>
       </c>
       <c r="F19" s="1" t="n">
-        <v>892.0</v>
+        <v>124.0</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="inlineStr">
         <is>
-          <t>E: Water supply/ sewerage, waste management and remediation activities</t>
+          <t>D: Electricity, gas, steam and air conditioning supply</t>
         </is>
       </c>
       <c r="B20" t="inlineStr">
         <is>
-          <t>1-4 employees</t>
+          <t>5-9 employees</t>
         </is>
       </c>
       <c r="C20" t="inlineStr">
         <is>
           <t>2021</t>
         </is>
       </c>
       <c r="D20" s="1" t="n">
-        <v>300.0</v>
+        <v>9.0</v>
       </c>
       <c r="E20" s="1" t="n">
-        <v>641.0</v>
+        <v>60.0</v>
       </c>
       <c r="F20" s="1" t="n">
-        <v>670.0</v>
+        <v>62.0</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="inlineStr">
         <is>
-          <t>E: Water supply/ sewerage, waste management and remediation activities</t>
+          <t>D: Electricity, gas, steam and air conditioning supply</t>
         </is>
       </c>
       <c r="B21" t="inlineStr">
         <is>
-          <t>1-4 employees</t>
+          <t>5-9 employees</t>
         </is>
       </c>
       <c r="C21" t="inlineStr">
         <is>
           <t>2022</t>
         </is>
       </c>
       <c r="D21" s="1" t="n">
-        <v>293.0</v>
+        <v>10.0</v>
       </c>
       <c r="E21" s="1" t="n">
-        <v>633.0</v>
+        <v>67.0</v>
       </c>
       <c r="F21" s="1" t="n">
-        <v>668.0</v>
+        <v>67.0</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="inlineStr">
         <is>
-          <t>E: Water supply/ sewerage, waste management and remediation activities</t>
+          <t>D: Electricity, gas, steam and air conditioning supply</t>
         </is>
       </c>
       <c r="B22" t="inlineStr">
         <is>
           <t>5-9 employees</t>
         </is>
       </c>
       <c r="C22" t="inlineStr">
         <is>
-          <t>2021</t>
+          <t>2023</t>
         </is>
       </c>
       <c r="D22" s="1" t="n">
-        <v>113.0</v>
+        <v>18.0</v>
       </c>
       <c r="E22" s="1" t="n">
-        <v>800.0</v>
+        <v>128.0</v>
       </c>
       <c r="F22" s="1" t="n">
-        <v>823.0</v>
+        <v>134.0</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="inlineStr">
         <is>
-          <t>E: Water supply/ sewerage, waste management and remediation activities</t>
+          <t>D: Electricity, gas, steam and air conditioning supply</t>
         </is>
       </c>
       <c r="B23" t="inlineStr">
         <is>
-          <t>5-9 employees</t>
+          <t>10 or more employees</t>
         </is>
       </c>
       <c r="C23" t="inlineStr">
         <is>
-          <t>2022</t>
+          <t>2021</t>
         </is>
       </c>
       <c r="D23" s="1" t="n">
-        <v>123.0</v>
+        <v>58.0</v>
       </c>
       <c r="E23" s="1" t="n">
-        <v>792.0</v>
+        <v>20898.0</v>
       </c>
       <c r="F23" s="1" t="n">
-        <v>804.0</v>
+        <v>21036.0</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="inlineStr">
         <is>
-          <t>E: Water supply/ sewerage, waste management and remediation activities</t>
+          <t>D: Electricity, gas, steam and air conditioning supply</t>
         </is>
       </c>
       <c r="B24" t="inlineStr">
         <is>
           <t>10 or more employees</t>
         </is>
       </c>
       <c r="C24" t="inlineStr">
         <is>
-          <t>2021</t>
+          <t>2022</t>
         </is>
       </c>
       <c r="D24" s="1" t="n">
-        <v>259.0</v>
+        <v>56.0</v>
       </c>
       <c r="E24" s="1" t="n">
-        <v>23220.0</v>
+        <v>21163.0</v>
       </c>
       <c r="F24" s="1" t="n">
-        <v>23319.0</v>
+        <v>21234.0</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="inlineStr">
         <is>
-          <t>E: Water supply/ sewerage, waste management and remediation activities</t>
+          <t>D: Electricity, gas, steam and air conditioning supply</t>
         </is>
       </c>
       <c r="B25" t="inlineStr">
         <is>
           <t>10 or more employees</t>
         </is>
       </c>
       <c r="C25" t="inlineStr">
         <is>
-          <t>2022</t>
+          <t>2023</t>
         </is>
       </c>
       <c r="D25" s="1" t="n">
-        <v>287.0</v>
+        <v>51.0</v>
       </c>
       <c r="E25" s="1" t="n">
-        <v>23963.0</v>
+        <v>21098.0</v>
       </c>
       <c r="F25" s="1" t="n">
-        <v>24077.0</v>
+        <v>21152.0</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="inlineStr">
         <is>
-          <t>F: Construction</t>
+          <t>E: Water supply/ sewerage, waste management and remediation activities</t>
         </is>
       </c>
       <c r="B26" t="inlineStr">
         <is>
           <t>0 employee</t>
         </is>
       </c>
       <c r="C26" t="inlineStr">
         <is>
           <t>2021</t>
         </is>
       </c>
       <c r="D26" s="1" t="n">
-        <v>99834.0</v>
+        <v>663.0</v>
       </c>
       <c r="E26" s="1" t="n">
         <v>0.0</v>
       </c>
       <c r="F26" s="1" t="n">
-        <v>106269.0</v>
+        <v>718.0</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="inlineStr">
         <is>
-          <t>F: Construction</t>
+          <t>E: Water supply/ sewerage, waste management and remediation activities</t>
         </is>
       </c>
       <c r="B27" t="inlineStr">
         <is>
           <t>0 employee</t>
         </is>
       </c>
       <c r="C27" t="inlineStr">
         <is>
           <t>2022</t>
         </is>
       </c>
       <c r="D27" s="1" t="n">
-        <v>113359.0</v>
+        <v>837.0</v>
       </c>
       <c r="E27" s="1" t="n">
         <v>0.0</v>
       </c>
       <c r="F27" s="1" t="n">
-        <v>120850.0</v>
+        <v>892.0</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="inlineStr">
         <is>
-          <t>F: Construction</t>
+          <t>E: Water supply/ sewerage, waste management and remediation activities</t>
         </is>
       </c>
       <c r="B28" t="inlineStr">
         <is>
-          <t>1-4 employees</t>
+          <t>0 employee</t>
         </is>
       </c>
       <c r="C28" t="inlineStr">
         <is>
-          <t>2021</t>
+          <t>2023</t>
         </is>
       </c>
       <c r="D28" s="1" t="n">
-        <v>20758.0</v>
+        <v>838.0</v>
       </c>
       <c r="E28" s="1" t="n">
-        <v>36434.0</v>
+        <v>0.0</v>
       </c>
       <c r="F28" s="1" t="n">
-        <v>40911.0</v>
+        <v>903.0</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="inlineStr">
         <is>
-          <t>F: Construction</t>
+          <t>E: Water supply/ sewerage, waste management and remediation activities</t>
         </is>
       </c>
       <c r="B29" t="inlineStr">
         <is>
           <t>1-4 employees</t>
         </is>
       </c>
       <c r="C29" t="inlineStr">
         <is>
-          <t>2022</t>
+          <t>2021</t>
         </is>
       </c>
       <c r="D29" s="1" t="n">
-        <v>20876.0</v>
+        <v>300.0</v>
       </c>
       <c r="E29" s="1" t="n">
-        <v>37769.0</v>
+        <v>641.0</v>
       </c>
       <c r="F29" s="1" t="n">
-        <v>42531.0</v>
+        <v>670.0</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="inlineStr">
         <is>
-          <t>F: Construction</t>
+          <t>E: Water supply/ sewerage, waste management and remediation activities</t>
         </is>
       </c>
       <c r="B30" t="inlineStr">
         <is>
-          <t>5-9 employees</t>
+          <t>1-4 employees</t>
         </is>
       </c>
       <c r="C30" t="inlineStr">
         <is>
-          <t>2021</t>
+          <t>2022</t>
         </is>
       </c>
       <c r="D30" s="1" t="n">
-        <v>4171.0</v>
+        <v>293.0</v>
       </c>
       <c r="E30" s="1" t="n">
-        <v>26844.0</v>
+        <v>633.0</v>
       </c>
       <c r="F30" s="1" t="n">
-        <v>27012.0</v>
+        <v>668.0</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="inlineStr">
         <is>
-          <t>F: Construction</t>
+          <t>E: Water supply/ sewerage, waste management and remediation activities</t>
         </is>
       </c>
       <c r="B31" t="inlineStr">
         <is>
-          <t>5-9 employees</t>
+          <t>1-4 employees</t>
         </is>
       </c>
       <c r="C31" t="inlineStr">
         <is>
-          <t>2022</t>
+          <t>2023</t>
         </is>
       </c>
       <c r="D31" s="1" t="n">
-        <v>4305.0</v>
+        <v>306.0</v>
       </c>
       <c r="E31" s="1" t="n">
-        <v>27209.0</v>
+        <v>567.0</v>
       </c>
       <c r="F31" s="1" t="n">
-        <v>27629.0</v>
+        <v>596.0</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="inlineStr">
         <is>
-          <t>F: Construction</t>
+          <t>E: Water supply/ sewerage, waste management and remediation activities</t>
         </is>
       </c>
       <c r="B32" t="inlineStr">
         <is>
-          <t>10 or more employees</t>
+          <t>5-9 employees</t>
         </is>
       </c>
       <c r="C32" t="inlineStr">
         <is>
           <t>2021</t>
         </is>
       </c>
       <c r="D32" s="1" t="n">
-        <v>4025.0</v>
+        <v>113.0</v>
       </c>
       <c r="E32" s="1" t="n">
-        <v>153122.0</v>
+        <v>800.0</v>
       </c>
       <c r="F32" s="1" t="n">
-        <v>154223.0</v>
+        <v>823.0</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" t="inlineStr">
         <is>
-          <t>F: Construction</t>
+          <t>E: Water supply/ sewerage, waste management and remediation activities</t>
         </is>
       </c>
       <c r="B33" t="inlineStr">
         <is>
-          <t>10 or more employees</t>
+          <t>5-9 employees</t>
         </is>
       </c>
       <c r="C33" t="inlineStr">
         <is>
           <t>2022</t>
         </is>
       </c>
       <c r="D33" s="1" t="n">
-        <v>4160.0</v>
+        <v>123.0</v>
       </c>
       <c r="E33" s="1" t="n">
-        <v>156050.0</v>
+        <v>792.0</v>
       </c>
       <c r="F33" s="1" t="n">
-        <v>156982.0</v>
+        <v>804.0</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" t="inlineStr">
         <is>
-          <t>C: Manufacturing</t>
+          <t>E: Water supply/ sewerage, waste management and remediation activities</t>
         </is>
       </c>
       <c r="B34" t="inlineStr">
         <is>
-          <t>0 employee</t>
+          <t>5-9 employees</t>
         </is>
       </c>
       <c r="C34" t="inlineStr">
         <is>
-          <t>2021</t>
+          <t>2023</t>
         </is>
       </c>
       <c r="D34" s="1" t="n">
-        <v>23613.0</v>
+        <v>109.0</v>
       </c>
       <c r="E34" s="1" t="n">
-        <v>0.0</v>
+        <v>749.0</v>
       </c>
       <c r="F34" s="1" t="n">
-        <v>25156.0</v>
+        <v>785.0</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" t="inlineStr">
         <is>
-          <t>C: Manufacturing</t>
+          <t>E: Water supply/ sewerage, waste management and remediation activities</t>
         </is>
       </c>
       <c r="B35" t="inlineStr">
         <is>
-          <t>0 employee</t>
+          <t>10 or more employees</t>
         </is>
       </c>
       <c r="C35" t="inlineStr">
         <is>
-          <t>2022</t>
+          <t>2021</t>
         </is>
       </c>
       <c r="D35" s="1" t="n">
-        <v>27134.0</v>
+        <v>259.0</v>
       </c>
       <c r="E35" s="1" t="n">
-        <v>0.0</v>
+        <v>23220.0</v>
       </c>
       <c r="F35" s="1" t="n">
-        <v>29208.0</v>
+        <v>23319.0</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" t="inlineStr">
         <is>
-          <t>C: Manufacturing</t>
+          <t>E: Water supply/ sewerage, waste management and remediation activities</t>
         </is>
       </c>
       <c r="B36" t="inlineStr">
         <is>
-          <t>1-4 employees</t>
+          <t>10 or more employees</t>
         </is>
       </c>
       <c r="C36" t="inlineStr">
         <is>
-          <t>2021</t>
+          <t>2022</t>
         </is>
       </c>
       <c r="D36" s="1" t="n">
-        <v>6750.0</v>
+        <v>287.0</v>
       </c>
       <c r="E36" s="1" t="n">
-        <v>14298.0</v>
+        <v>23963.0</v>
       </c>
       <c r="F36" s="1" t="n">
-        <v>15885.0</v>
+        <v>24077.0</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" t="inlineStr">
         <is>
-          <t>C: Manufacturing</t>
+          <t>E: Water supply/ sewerage, waste management and remediation activities</t>
         </is>
       </c>
       <c r="B37" t="inlineStr">
         <is>
-          <t>1-4 employees</t>
+          <t>10 or more employees</t>
         </is>
       </c>
       <c r="C37" t="inlineStr">
         <is>
-          <t>2022</t>
+          <t>2023</t>
         </is>
       </c>
       <c r="D37" s="1" t="n">
-        <v>6566.0</v>
+        <v>290.0</v>
       </c>
       <c r="E37" s="1" t="n">
-        <v>13578.0</v>
+        <v>25909.0</v>
       </c>
       <c r="F37" s="1" t="n">
-        <v>15133.0</v>
+        <v>25995.0</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" t="inlineStr">
         <is>
-          <t>C: Manufacturing</t>
+          <t>F: Construction</t>
         </is>
       </c>
       <c r="B38" t="inlineStr">
         <is>
-          <t>5-9 employees</t>
+          <t>0 employee</t>
         </is>
       </c>
       <c r="C38" t="inlineStr">
         <is>
           <t>2021</t>
         </is>
       </c>
       <c r="D38" s="1" t="n">
-        <v>2574.0</v>
+        <v>99834.0</v>
       </c>
       <c r="E38" s="1" t="n">
-        <v>16935.0</v>
+        <v>0.0</v>
       </c>
       <c r="F38" s="1" t="n">
-        <v>17095.0</v>
+        <v>106269.0</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" t="inlineStr">
         <is>
-          <t>C: Manufacturing</t>
+          <t>F: Construction</t>
         </is>
       </c>
       <c r="B39" t="inlineStr">
         <is>
-          <t>5-9 employees</t>
+          <t>0 employee</t>
         </is>
       </c>
       <c r="C39" t="inlineStr">
         <is>
           <t>2022</t>
         </is>
       </c>
       <c r="D39" s="1" t="n">
-        <v>2845.0</v>
+        <v>113359.0</v>
       </c>
       <c r="E39" s="1" t="n">
-        <v>18626.0</v>
+        <v>0.0</v>
       </c>
       <c r="F39" s="1" t="n">
-        <v>19049.0</v>
+        <v>120850.0</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" t="inlineStr">
         <is>
-          <t>C: Manufacturing</t>
+          <t>F: Construction</t>
         </is>
       </c>
       <c r="B40" t="inlineStr">
         <is>
-          <t>10 or more employees</t>
+          <t>0 employee</t>
         </is>
       </c>
       <c r="C40" t="inlineStr">
         <is>
-          <t>2021</t>
+          <t>2023</t>
         </is>
       </c>
       <c r="D40" s="1" t="n">
-        <v>4887.0</v>
+        <v>120325.0</v>
       </c>
       <c r="E40" s="1" t="n">
-        <v>442771.0</v>
+        <v>0.0</v>
       </c>
       <c r="F40" s="1" t="n">
-        <v>444173.0</v>
+        <v>127625.0</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" t="inlineStr">
         <is>
-          <t>C: Manufacturing</t>
+          <t>F: Construction</t>
         </is>
       </c>
       <c r="B41" t="inlineStr">
         <is>
-          <t>10 or more employees</t>
+          <t>1-4 employees</t>
         </is>
       </c>
       <c r="C41" t="inlineStr">
         <is>
-          <t>2022</t>
+          <t>2021</t>
         </is>
       </c>
       <c r="D41" s="1" t="n">
-        <v>4929.0</v>
+        <v>20758.0</v>
       </c>
       <c r="E41" s="1" t="n">
-        <v>449254.0</v>
+        <v>36434.0</v>
       </c>
       <c r="F41" s="1" t="n">
-        <v>450475.0</v>
+        <v>40911.0</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" t="inlineStr">
         <is>
-          <t>GTSXO_S94 : Service activities (except : public administration and defense, compulsory social security / activities of membership organisations / activities of households as employers / activities of extraterritorial organisations and bodies)</t>
+          <t>F: Construction</t>
         </is>
       </c>
       <c r="B42" t="inlineStr">
         <is>
-          <t>0 employee</t>
+          <t>1-4 employees</t>
         </is>
       </c>
       <c r="C42" t="inlineStr">
         <is>
-          <t>2021</t>
+          <t>2022</t>
         </is>
       </c>
       <c r="D42" s="1" t="n">
-        <v>512221.0</v>
+        <v>20876.0</v>
       </c>
       <c r="E42" s="1" t="n">
-        <v>0.0</v>
+        <v>37769.0</v>
       </c>
       <c r="F42" s="1" t="n">
-        <v>564209.0</v>
+        <v>42531.0</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" t="inlineStr">
         <is>
-          <t>GTSXO_S94 : Service activities (except : public administration and defense, compulsory social security / activities of membership organisations / activities of households as employers / activities of extraterritorial organisations and bodies)</t>
+          <t>F: Construction</t>
         </is>
       </c>
       <c r="B43" t="inlineStr">
         <is>
-          <t>0 employee</t>
+          <t>1-4 employees</t>
         </is>
       </c>
       <c r="C43" t="inlineStr">
         <is>
-          <t>2022</t>
+          <t>2023</t>
         </is>
       </c>
       <c r="D43" s="1" t="n">
-        <v>544175.0</v>
+        <v>22466.0</v>
       </c>
       <c r="E43" s="1" t="n">
-        <v>0.0</v>
+        <v>37547.0</v>
       </c>
       <c r="F43" s="1" t="n">
-        <v>586091.0</v>
+        <v>42945.0</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" t="inlineStr">
         <is>
-          <t>GTSXO_S94 : Service activities (except : public administration and defense, compulsory social security / activities of membership organisations / activities of households as employers / activities of extraterritorial organisations and bodies)</t>
+          <t>F: Construction</t>
         </is>
       </c>
       <c r="B44" t="inlineStr">
         <is>
-          <t>1-4 employees</t>
+          <t>5-9 employees</t>
         </is>
       </c>
       <c r="C44" t="inlineStr">
         <is>
           <t>2021</t>
         </is>
       </c>
       <c r="D44" s="1" t="n">
-        <v>113515.0</v>
+        <v>4171.0</v>
       </c>
       <c r="E44" s="1" t="n">
-        <v>200923.0</v>
+        <v>26844.0</v>
       </c>
       <c r="F44" s="1" t="n">
-        <v>237249.0</v>
+        <v>27012.0</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" t="inlineStr">
         <is>
-          <t>GTSXO_S94 : Service activities (except : public administration and defense, compulsory social security / activities of membership organisations / activities of households as employers / activities of extraterritorial organisations and bodies)</t>
+          <t>F: Construction</t>
         </is>
       </c>
       <c r="B45" t="inlineStr">
         <is>
-          <t>1-4 employees</t>
+          <t>5-9 employees</t>
         </is>
       </c>
       <c r="C45" t="inlineStr">
         <is>
           <t>2022</t>
         </is>
       </c>
       <c r="D45" s="1" t="n">
-        <v>107785.0</v>
+        <v>4305.0</v>
       </c>
       <c r="E45" s="1" t="n">
-        <v>199435.0</v>
+        <v>27209.0</v>
       </c>
       <c r="F45" s="1" t="n">
-        <v>227235.0</v>
+        <v>27629.0</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" t="inlineStr">
         <is>
-          <t>GTSXO_S94 : Service activities (except : public administration and defense, compulsory social security / activities of membership organisations / activities of households as employers / activities of extraterritorial organisations and bodies)</t>
+          <t>F: Construction</t>
         </is>
       </c>
       <c r="B46" t="inlineStr">
         <is>
           <t>5-9 employees</t>
         </is>
       </c>
       <c r="C46" t="inlineStr">
         <is>
-          <t>2021</t>
+          <t>2023</t>
         </is>
       </c>
       <c r="D46" s="1" t="n">
-        <v>23859.0</v>
+        <v>4459.0</v>
       </c>
       <c r="E46" s="1" t="n">
-        <v>151680.0</v>
+        <v>28569.0</v>
       </c>
       <c r="F46" s="1" t="n">
-        <v>154630.0</v>
+        <v>28983.0</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" t="inlineStr">
         <is>
-          <t>GTSXO_S94 : Service activities (except : public administration and defense, compulsory social security / activities of membership organisations / activities of households as employers / activities of extraterritorial organisations and bodies)</t>
+          <t>F: Construction</t>
         </is>
       </c>
       <c r="B47" t="inlineStr">
         <is>
-          <t>5-9 employees</t>
+          <t>10 or more employees</t>
         </is>
       </c>
       <c r="C47" t="inlineStr">
         <is>
-          <t>2022</t>
+          <t>2021</t>
         </is>
       </c>
       <c r="D47" s="1" t="n">
-        <v>24597.0</v>
+        <v>4025.0</v>
       </c>
       <c r="E47" s="1" t="n">
-        <v>156760.0</v>
+        <v>153122.0</v>
       </c>
       <c r="F47" s="1" t="n">
-        <v>159518.0</v>
+        <v>154223.0</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" t="inlineStr">
         <is>
-          <t>GTSXO_S94 : Service activities (except : public administration and defense, compulsory social security / activities of membership organisations / activities of households as employers / activities of extraterritorial organisations and bodies)</t>
+          <t>F: Construction</t>
         </is>
       </c>
       <c r="B48" t="inlineStr">
         <is>
           <t>10 or more employees</t>
         </is>
       </c>
       <c r="C48" t="inlineStr">
         <is>
-          <t>2021</t>
+          <t>2022</t>
         </is>
       </c>
       <c r="D48" s="1" t="n">
-        <v>24646.0</v>
+        <v>4160.0</v>
       </c>
       <c r="E48" s="1" t="n">
-        <v>1923645.0</v>
+        <v>156050.0</v>
       </c>
       <c r="F48" s="1" t="n">
-        <v>1930436.0</v>
+        <v>156982.0</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" t="inlineStr">
         <is>
+          <t>F: Construction</t>
+        </is>
+      </c>
+      <c r="B49" t="inlineStr">
+        <is>
+          <t>10 or more employees</t>
+        </is>
+      </c>
+      <c r="C49" t="inlineStr">
+        <is>
+          <t>2023</t>
+        </is>
+      </c>
+      <c r="D49" s="1" t="n">
+        <v>4001.0</v>
+      </c>
+      <c r="E49" s="1" t="n">
+        <v>161500.0</v>
+      </c>
+      <c r="F49" s="1" t="n">
+        <v>161849.0</v>
+      </c>
+    </row>
+    <row r="50">
+      <c r="A50" t="inlineStr">
+        <is>
+          <t>C: Manufacturing</t>
+        </is>
+      </c>
+      <c r="B50" t="inlineStr">
+        <is>
+          <t>0 employee</t>
+        </is>
+      </c>
+      <c r="C50" t="inlineStr">
+        <is>
+          <t>2021</t>
+        </is>
+      </c>
+      <c r="D50" s="1" t="n">
+        <v>23613.0</v>
+      </c>
+      <c r="E50" s="1" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="F50" s="1" t="n">
+        <v>25156.0</v>
+      </c>
+    </row>
+    <row r="51">
+      <c r="A51" t="inlineStr">
+        <is>
+          <t>C: Manufacturing</t>
+        </is>
+      </c>
+      <c r="B51" t="inlineStr">
+        <is>
+          <t>0 employee</t>
+        </is>
+      </c>
+      <c r="C51" t="inlineStr">
+        <is>
+          <t>2022</t>
+        </is>
+      </c>
+      <c r="D51" s="1" t="n">
+        <v>27134.0</v>
+      </c>
+      <c r="E51" s="1" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="F51" s="1" t="n">
+        <v>29208.0</v>
+      </c>
+    </row>
+    <row r="52">
+      <c r="A52" t="inlineStr">
+        <is>
+          <t>C: Manufacturing</t>
+        </is>
+      </c>
+      <c r="B52" t="inlineStr">
+        <is>
+          <t>0 employee</t>
+        </is>
+      </c>
+      <c r="C52" t="inlineStr">
+        <is>
+          <t>2023</t>
+        </is>
+      </c>
+      <c r="D52" s="1" t="n">
+        <v>27594.0</v>
+      </c>
+      <c r="E52" s="1" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="F52" s="1" t="n">
+        <v>29373.0</v>
+      </c>
+    </row>
+    <row r="53">
+      <c r="A53" t="inlineStr">
+        <is>
+          <t>C: Manufacturing</t>
+        </is>
+      </c>
+      <c r="B53" t="inlineStr">
+        <is>
+          <t>1-4 employees</t>
+        </is>
+      </c>
+      <c r="C53" t="inlineStr">
+        <is>
+          <t>2021</t>
+        </is>
+      </c>
+      <c r="D53" s="1" t="n">
+        <v>6750.0</v>
+      </c>
+      <c r="E53" s="1" t="n">
+        <v>14298.0</v>
+      </c>
+      <c r="F53" s="1" t="n">
+        <v>15885.0</v>
+      </c>
+    </row>
+    <row r="54">
+      <c r="A54" t="inlineStr">
+        <is>
+          <t>C: Manufacturing</t>
+        </is>
+      </c>
+      <c r="B54" t="inlineStr">
+        <is>
+          <t>1-4 employees</t>
+        </is>
+      </c>
+      <c r="C54" t="inlineStr">
+        <is>
+          <t>2022</t>
+        </is>
+      </c>
+      <c r="D54" s="1" t="n">
+        <v>6566.0</v>
+      </c>
+      <c r="E54" s="1" t="n">
+        <v>13578.0</v>
+      </c>
+      <c r="F54" s="1" t="n">
+        <v>15133.0</v>
+      </c>
+    </row>
+    <row r="55">
+      <c r="A55" t="inlineStr">
+        <is>
+          <t>C: Manufacturing</t>
+        </is>
+      </c>
+      <c r="B55" t="inlineStr">
+        <is>
+          <t>1-4 employees</t>
+        </is>
+      </c>
+      <c r="C55" t="inlineStr">
+        <is>
+          <t>2023</t>
+        </is>
+      </c>
+      <c r="D55" s="1" t="n">
+        <v>7093.0</v>
+      </c>
+      <c r="E55" s="1" t="n">
+        <v>13430.0</v>
+      </c>
+      <c r="F55" s="1" t="n">
+        <v>15609.0</v>
+      </c>
+    </row>
+    <row r="56">
+      <c r="A56" t="inlineStr">
+        <is>
+          <t>C: Manufacturing</t>
+        </is>
+      </c>
+      <c r="B56" t="inlineStr">
+        <is>
+          <t>5-9 employees</t>
+        </is>
+      </c>
+      <c r="C56" t="inlineStr">
+        <is>
+          <t>2021</t>
+        </is>
+      </c>
+      <c r="D56" s="1" t="n">
+        <v>2574.0</v>
+      </c>
+      <c r="E56" s="1" t="n">
+        <v>16935.0</v>
+      </c>
+      <c r="F56" s="1" t="n">
+        <v>17095.0</v>
+      </c>
+    </row>
+    <row r="57">
+      <c r="A57" t="inlineStr">
+        <is>
+          <t>C: Manufacturing</t>
+        </is>
+      </c>
+      <c r="B57" t="inlineStr">
+        <is>
+          <t>5-9 employees</t>
+        </is>
+      </c>
+      <c r="C57" t="inlineStr">
+        <is>
+          <t>2022</t>
+        </is>
+      </c>
+      <c r="D57" s="1" t="n">
+        <v>2845.0</v>
+      </c>
+      <c r="E57" s="1" t="n">
+        <v>18626.0</v>
+      </c>
+      <c r="F57" s="1" t="n">
+        <v>19049.0</v>
+      </c>
+    </row>
+    <row r="58">
+      <c r="A58" t="inlineStr">
+        <is>
+          <t>C: Manufacturing</t>
+        </is>
+      </c>
+      <c r="B58" t="inlineStr">
+        <is>
+          <t>5-9 employees</t>
+        </is>
+      </c>
+      <c r="C58" t="inlineStr">
+        <is>
+          <t>2023</t>
+        </is>
+      </c>
+      <c r="D58" s="1" t="n">
+        <v>2772.0</v>
+      </c>
+      <c r="E58" s="1" t="n">
+        <v>18477.0</v>
+      </c>
+      <c r="F58" s="1" t="n">
+        <v>18893.0</v>
+      </c>
+    </row>
+    <row r="59">
+      <c r="A59" t="inlineStr">
+        <is>
+          <t>C: Manufacturing</t>
+        </is>
+      </c>
+      <c r="B59" t="inlineStr">
+        <is>
+          <t>10 or more employees</t>
+        </is>
+      </c>
+      <c r="C59" t="inlineStr">
+        <is>
+          <t>2021</t>
+        </is>
+      </c>
+      <c r="D59" s="1" t="n">
+        <v>4887.0</v>
+      </c>
+      <c r="E59" s="1" t="n">
+        <v>442771.0</v>
+      </c>
+      <c r="F59" s="1" t="n">
+        <v>444173.0</v>
+      </c>
+    </row>
+    <row r="60">
+      <c r="A60" t="inlineStr">
+        <is>
+          <t>C: Manufacturing</t>
+        </is>
+      </c>
+      <c r="B60" t="inlineStr">
+        <is>
+          <t>10 or more employees</t>
+        </is>
+      </c>
+      <c r="C60" t="inlineStr">
+        <is>
+          <t>2022</t>
+        </is>
+      </c>
+      <c r="D60" s="1" t="n">
+        <v>4929.0</v>
+      </c>
+      <c r="E60" s="1" t="n">
+        <v>449254.0</v>
+      </c>
+      <c r="F60" s="1" t="n">
+        <v>450475.0</v>
+      </c>
+    </row>
+    <row r="61">
+      <c r="A61" t="inlineStr">
+        <is>
+          <t>C: Manufacturing</t>
+        </is>
+      </c>
+      <c r="B61" t="inlineStr">
+        <is>
+          <t>10 or more employees</t>
+        </is>
+      </c>
+      <c r="C61" t="inlineStr">
+        <is>
+          <t>2023</t>
+        </is>
+      </c>
+      <c r="D61" s="1" t="n">
+        <v>4896.0</v>
+      </c>
+      <c r="E61" s="1" t="n">
+        <v>454241.0</v>
+      </c>
+      <c r="F61" s="1" t="n">
+        <v>455334.0</v>
+      </c>
+    </row>
+    <row r="62">
+      <c r="A62" t="inlineStr">
+        <is>
           <t>GTSXO_S94 : Service activities (except : public administration and defense, compulsory social security / activities of membership organisations / activities of households as employers / activities of extraterritorial organisations and bodies)</t>
         </is>
       </c>
-      <c r="B49" t="inlineStr">
+      <c r="B62" t="inlineStr">
+        <is>
+          <t>0 employee</t>
+        </is>
+      </c>
+      <c r="C62" t="inlineStr">
+        <is>
+          <t>2021</t>
+        </is>
+      </c>
+      <c r="D62" s="1" t="n">
+        <v>512221.0</v>
+      </c>
+      <c r="E62" s="1" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="F62" s="1" t="n">
+        <v>564209.0</v>
+      </c>
+    </row>
+    <row r="63">
+      <c r="A63" t="inlineStr">
+        <is>
+          <t>GTSXO_S94 : Service activities (except : public administration and defense, compulsory social security / activities of membership organisations / activities of households as employers / activities of extraterritorial organisations and bodies)</t>
+        </is>
+      </c>
+      <c r="B63" t="inlineStr">
+        <is>
+          <t>0 employee</t>
+        </is>
+      </c>
+      <c r="C63" t="inlineStr">
+        <is>
+          <t>2022</t>
+        </is>
+      </c>
+      <c r="D63" s="1" t="n">
+        <v>544175.0</v>
+      </c>
+      <c r="E63" s="1" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="F63" s="1" t="n">
+        <v>586091.0</v>
+      </c>
+    </row>
+    <row r="64">
+      <c r="A64" t="inlineStr">
+        <is>
+          <t>GTSXO_S94 : Service activities (except : public administration and defense, compulsory social security / activities of membership organisations / activities of households as employers / activities of extraterritorial organisations and bodies)</t>
+        </is>
+      </c>
+      <c r="B64" t="inlineStr">
+        <is>
+          <t>0 employee</t>
+        </is>
+      </c>
+      <c r="C64" t="inlineStr">
+        <is>
+          <t>2023</t>
+        </is>
+      </c>
+      <c r="D64" s="1" t="n">
+        <v>549178.0</v>
+      </c>
+      <c r="E64" s="1" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="F64" s="1" t="n">
+        <v>595680.0</v>
+      </c>
+    </row>
+    <row r="65">
+      <c r="A65" t="inlineStr">
+        <is>
+          <t>GTSXO_S94 : Service activities (except : public administration and defense, compulsory social security / activities of membership organisations / activities of households as employers / activities of extraterritorial organisations and bodies)</t>
+        </is>
+      </c>
+      <c r="B65" t="inlineStr">
+        <is>
+          <t>1-4 employees</t>
+        </is>
+      </c>
+      <c r="C65" t="inlineStr">
+        <is>
+          <t>2021</t>
+        </is>
+      </c>
+      <c r="D65" s="1" t="n">
+        <v>113515.0</v>
+      </c>
+      <c r="E65" s="1" t="n">
+        <v>200923.0</v>
+      </c>
+      <c r="F65" s="1" t="n">
+        <v>237249.0</v>
+      </c>
+    </row>
+    <row r="66">
+      <c r="A66" t="inlineStr">
+        <is>
+          <t>GTSXO_S94 : Service activities (except : public administration and defense, compulsory social security / activities of membership organisations / activities of households as employers / activities of extraterritorial organisations and bodies)</t>
+        </is>
+      </c>
+      <c r="B66" t="inlineStr">
+        <is>
+          <t>1-4 employees</t>
+        </is>
+      </c>
+      <c r="C66" t="inlineStr">
+        <is>
+          <t>2022</t>
+        </is>
+      </c>
+      <c r="D66" s="1" t="n">
+        <v>107785.0</v>
+      </c>
+      <c r="E66" s="1" t="n">
+        <v>199435.0</v>
+      </c>
+      <c r="F66" s="1" t="n">
+        <v>227235.0</v>
+      </c>
+    </row>
+    <row r="67">
+      <c r="A67" t="inlineStr">
+        <is>
+          <t>GTSXO_S94 : Service activities (except : public administration and defense, compulsory social security / activities of membership organisations / activities of households as employers / activities of extraterritorial organisations and bodies)</t>
+        </is>
+      </c>
+      <c r="B67" t="inlineStr">
+        <is>
+          <t>1-4 employees</t>
+        </is>
+      </c>
+      <c r="C67" t="inlineStr">
+        <is>
+          <t>2023</t>
+        </is>
+      </c>
+      <c r="D67" s="1" t="n">
+        <v>109278.0</v>
+      </c>
+      <c r="E67" s="1" t="n">
+        <v>194570.0</v>
+      </c>
+      <c r="F67" s="1" t="n">
+        <v>226362.0</v>
+      </c>
+    </row>
+    <row r="68">
+      <c r="A68" t="inlineStr">
+        <is>
+          <t>GTSXO_S94 : Service activities (except : public administration and defense, compulsory social security / activities of membership organisations / activities of households as employers / activities of extraterritorial organisations and bodies)</t>
+        </is>
+      </c>
+      <c r="B68" t="inlineStr">
+        <is>
+          <t>5-9 employees</t>
+        </is>
+      </c>
+      <c r="C68" t="inlineStr">
+        <is>
+          <t>2021</t>
+        </is>
+      </c>
+      <c r="D68" s="1" t="n">
+        <v>23859.0</v>
+      </c>
+      <c r="E68" s="1" t="n">
+        <v>151680.0</v>
+      </c>
+      <c r="F68" s="1" t="n">
+        <v>154630.0</v>
+      </c>
+    </row>
+    <row r="69">
+      <c r="A69" t="inlineStr">
+        <is>
+          <t>GTSXO_S94 : Service activities (except : public administration and defense, compulsory social security / activities of membership organisations / activities of households as employers / activities of extraterritorial organisations and bodies)</t>
+        </is>
+      </c>
+      <c r="B69" t="inlineStr">
+        <is>
+          <t>5-9 employees</t>
+        </is>
+      </c>
+      <c r="C69" t="inlineStr">
+        <is>
+          <t>2022</t>
+        </is>
+      </c>
+      <c r="D69" s="1" t="n">
+        <v>24597.0</v>
+      </c>
+      <c r="E69" s="1" t="n">
+        <v>156760.0</v>
+      </c>
+      <c r="F69" s="1" t="n">
+        <v>159518.0</v>
+      </c>
+    </row>
+    <row r="70">
+      <c r="A70" t="inlineStr">
+        <is>
+          <t>GTSXO_S94 : Service activities (except : public administration and defense, compulsory social security / activities of membership organisations / activities of households as employers / activities of extraterritorial organisations and bodies)</t>
+        </is>
+      </c>
+      <c r="B70" t="inlineStr">
+        <is>
+          <t>5-9 employees</t>
+        </is>
+      </c>
+      <c r="C70" t="inlineStr">
+        <is>
+          <t>2023</t>
+        </is>
+      </c>
+      <c r="D70" s="1" t="n">
+        <v>24787.0</v>
+      </c>
+      <c r="E70" s="1" t="n">
+        <v>159284.0</v>
+      </c>
+      <c r="F70" s="1" t="n">
+        <v>162855.0</v>
+      </c>
+    </row>
+    <row r="71">
+      <c r="A71" t="inlineStr">
+        <is>
+          <t>GTSXO_S94 : Service activities (except : public administration and defense, compulsory social security / activities of membership organisations / activities of households as employers / activities of extraterritorial organisations and bodies)</t>
+        </is>
+      </c>
+      <c r="B71" t="inlineStr">
         <is>
           <t>10 or more employees</t>
         </is>
       </c>
-      <c r="C49" t="inlineStr">
+      <c r="C71" t="inlineStr">
+        <is>
+          <t>2021</t>
+        </is>
+      </c>
+      <c r="D71" s="1" t="n">
+        <v>24646.0</v>
+      </c>
+      <c r="E71" s="1" t="n">
+        <v>1923645.0</v>
+      </c>
+      <c r="F71" s="1" t="n">
+        <v>1930436.0</v>
+      </c>
+    </row>
+    <row r="72">
+      <c r="A72" t="inlineStr">
+        <is>
+          <t>GTSXO_S94 : Service activities (except : public administration and defense, compulsory social security / activities of membership organisations / activities of households as employers / activities of extraterritorial organisations and bodies)</t>
+        </is>
+      </c>
+      <c r="B72" t="inlineStr">
+        <is>
+          <t>10 or more employees</t>
+        </is>
+      </c>
+      <c r="C72" t="inlineStr">
         <is>
           <t>2022</t>
         </is>
       </c>
-      <c r="D49" s="1" t="n">
+      <c r="D72" s="1" t="n">
         <v>25653.0</v>
       </c>
-      <c r="E49" s="1" t="n">
+      <c r="E72" s="1" t="n">
         <v>1993464.0</v>
       </c>
-      <c r="F49" s="1" t="n">
+      <c r="F72" s="1" t="n">
         <v>1998109.0</v>
+      </c>
+    </row>
+    <row r="73">
+      <c r="A73" t="inlineStr">
+        <is>
+          <t>GTSXO_S94 : Service activities (except : public administration and defense, compulsory social security / activities of membership organisations / activities of households as employers / activities of extraterritorial organisations and bodies)</t>
+        </is>
+      </c>
+      <c r="B73" t="inlineStr">
+        <is>
+          <t>10 or more employees</t>
+        </is>
+      </c>
+      <c r="C73" t="inlineStr">
+        <is>
+          <t>2023</t>
+        </is>
+      </c>
+      <c r="D73" s="1" t="n">
+        <v>25867.0</v>
+      </c>
+      <c r="E73" s="1" t="n">
+        <v>2019234.0</v>
+      </c>
+      <c r="F73" s="1" t="n">
+        <v>2023171.0</v>
       </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <coreProperties xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </coreProperties>
 </file>