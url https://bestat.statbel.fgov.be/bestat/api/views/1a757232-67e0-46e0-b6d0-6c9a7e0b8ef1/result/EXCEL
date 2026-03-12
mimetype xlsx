--- v0 (2025-10-28)
+++ v1 (2026-03-12)
@@ -167,50 +167,53 @@
     <col min="4" max="4" width="6.0625" customWidth="true"/>
     <col min="5" max="5" width="12.29296875" customWidth="true"/>
     <col min="6" max="6" width="7.89453125" customWidth="true"/>
     <col min="7" max="7" width="5.42578125" customWidth="true"/>
     <col min="8" max="8" width="12.29296875" customWidth="true"/>
     <col min="9" max="9" width="7.89453125" customWidth="true"/>
     <col min="10" max="10" width="5.42578125" customWidth="true"/>
     <col min="11" max="11" width="12.29296875" customWidth="true"/>
     <col min="12" max="12" width="7.89453125" customWidth="true"/>
     <col min="13" max="13" width="5.42578125" customWidth="true"/>
     <col min="14" max="14" width="12.29296875" customWidth="true"/>
     <col min="15" max="15" width="7.89453125" customWidth="true"/>
     <col min="16" max="16" width="5.42578125" customWidth="true"/>
     <col min="17" max="17" width="12.29296875" customWidth="true"/>
     <col min="18" max="18" width="7.89453125" customWidth="true"/>
     <col min="19" max="19" width="5.42578125" customWidth="true"/>
     <col min="20" max="20" width="12.29296875" customWidth="true"/>
     <col min="21" max="21" width="7.89453125" customWidth="true"/>
     <col min="22" max="22" width="5.42578125" customWidth="true"/>
     <col min="23" max="23" width="12.29296875" customWidth="true"/>
     <col min="24" max="24" width="7.89453125" customWidth="true"/>
     <col min="25" max="25" width="5.42578125" customWidth="true"/>
     <col min="26" max="26" width="12.29296875" customWidth="true"/>
     <col min="27" max="27" width="7.89453125" customWidth="true"/>
     <col min="28" max="28" width="5.42578125" customWidth="true"/>
+    <col min="29" max="29" width="12.29296875" customWidth="true"/>
+    <col min="30" max="30" width="7.89453125" customWidth="true"/>
+    <col min="31" max="31" width="5.42578125" customWidth="true"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1"/>
       <c r="B1"/>
       <c r="C1"/>
       <c r="D1" t="inlineStr">
         <is>
           <t>Année</t>
         </is>
       </c>
       <c r="E1" t="inlineStr">
         <is>
           <t>2017</t>
         </is>
       </c>
       <c r="F1"/>
       <c r="G1"/>
       <c r="H1" t="inlineStr">
         <is>
           <t>2018</t>
         </is>
       </c>
       <c r="I1"/>
       <c r="J1"/>
@@ -234,50 +237,57 @@
         </is>
       </c>
       <c r="R1"/>
       <c r="S1"/>
       <c r="T1" t="inlineStr">
         <is>
           <t>2022</t>
         </is>
       </c>
       <c r="U1"/>
       <c r="V1"/>
       <c r="W1" t="inlineStr">
         <is>
           <t>2023</t>
         </is>
       </c>
       <c r="X1"/>
       <c r="Y1"/>
       <c r="Z1" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="AA1"/>
       <c r="AB1"/>
+      <c r="AC1" t="inlineStr">
+        <is>
+          <t>2025</t>
+        </is>
+      </c>
+      <c r="AD1"/>
+      <c r="AE1"/>
     </row>
     <row r="2">
       <c r="A2"/>
       <c r="B2"/>
       <c r="C2"/>
       <c r="D2"/>
       <c r="E2" t="inlineStr">
         <is>
           <t>Taux d’emploi</t>
         </is>
       </c>
       <c r="F2"/>
       <c r="G2"/>
       <c r="H2" t="inlineStr">
         <is>
           <t>Taux d’emploi</t>
         </is>
       </c>
       <c r="I2"/>
       <c r="J2"/>
       <c r="K2" t="inlineStr">
         <is>
           <t>Taux d’emploi</t>
         </is>
       </c>
@@ -296,50 +306,57 @@
         </is>
       </c>
       <c r="R2"/>
       <c r="S2"/>
       <c r="T2" t="inlineStr">
         <is>
           <t>Taux d’emploi</t>
         </is>
       </c>
       <c r="U2"/>
       <c r="V2"/>
       <c r="W2" t="inlineStr">
         <is>
           <t>Taux d’emploi</t>
         </is>
       </c>
       <c r="X2"/>
       <c r="Y2"/>
       <c r="Z2" t="inlineStr">
         <is>
           <t>Taux d’emploi</t>
         </is>
       </c>
       <c r="AA2"/>
       <c r="AB2"/>
+      <c r="AC2" t="inlineStr">
+        <is>
+          <t>Taux d’emploi</t>
+        </is>
+      </c>
+      <c r="AD2"/>
+      <c r="AE2"/>
     </row>
     <row r="3">
       <c r="A3"/>
       <c r="B3"/>
       <c r="C3"/>
       <c r="D3" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="E3" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="F3"/>
       <c r="G3" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="H3" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
@@ -394,50 +411,61 @@
           <t>Total</t>
         </is>
       </c>
       <c r="W3" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="X3"/>
       <c r="Y3" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="Z3" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="AA3"/>
       <c r="AB3" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
+      <c r="AC3" t="inlineStr">
+        <is>
+          <t>Total</t>
+        </is>
+      </c>
+      <c r="AD3"/>
+      <c r="AE3" t="inlineStr">
+        <is>
+          <t>Total</t>
+        </is>
+      </c>
     </row>
     <row r="4">
       <c r="A4"/>
       <c r="B4"/>
       <c r="C4"/>
       <c r="D4" t="inlineStr">
         <is>
           <t>Sexe</t>
         </is>
       </c>
       <c r="E4" t="inlineStr">
         <is>
           <t>Hommes</t>
         </is>
       </c>
       <c r="F4" t="inlineStr">
         <is>
           <t>Femmes</t>
         </is>
       </c>
       <c r="H4" t="inlineStr">
         <is>
           <t>Hommes</t>
         </is>
       </c>
@@ -484,50 +512,60 @@
       <c r="U4" t="inlineStr">
         <is>
           <t>Femmes</t>
         </is>
       </c>
       <c r="W4" t="inlineStr">
         <is>
           <t>Hommes</t>
         </is>
       </c>
       <c r="X4" t="inlineStr">
         <is>
           <t>Femmes</t>
         </is>
       </c>
       <c r="Z4" t="inlineStr">
         <is>
           <t>Hommes</t>
         </is>
       </c>
       <c r="AA4" t="inlineStr">
         <is>
           <t>Femmes</t>
         </is>
       </c>
+      <c r="AC4" t="inlineStr">
+        <is>
+          <t>Hommes</t>
+        </is>
+      </c>
+      <c r="AD4" t="inlineStr">
+        <is>
+          <t>Femmes</t>
+        </is>
+      </c>
     </row>
     <row r="5">
       <c r="A5" t="inlineStr">
         <is>
           <t>Classe d’âge (15-19 / 20-64)</t>
         </is>
       </c>
       <c r="B5" t="inlineStr">
         <is>
           <t>Belgique</t>
         </is>
       </c>
       <c r="C5" t="inlineStr">
         <is>
           <t>Région</t>
         </is>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="inlineStr">
         <is>
           <t>De 20 à 64 ans</t>
         </is>
       </c>
       <c r="B6" t="inlineStr">
@@ -590,50 +628,59 @@
         <v>0.7030000000000024</v>
       </c>
       <c r="U6" s="2" t="n">
         <v>0.6010000000000021</v>
       </c>
       <c r="V6" s="2" t="n">
         <v>0.6520000000000024</v>
       </c>
       <c r="W6" s="2" t="n">
         <v>0.7340000000000025</v>
       </c>
       <c r="X6" s="2" t="n">
         <v>0.5970000000000021</v>
       </c>
       <c r="Y6" s="2" t="n">
         <v>0.6650000000000024</v>
       </c>
       <c r="Z6" s="2" t="n">
         <v>0.7060000000000025</v>
       </c>
       <c r="AA6" s="2" t="n">
         <v>0.576000000000002</v>
       </c>
       <c r="AB6" s="2" t="n">
         <v>0.6410000000000023</v>
+      </c>
+      <c r="AC6" s="2" t="n">
+        <v>0.6900000000000024</v>
+      </c>
+      <c r="AD6" s="2" t="n">
+        <v>0.5890000000000021</v>
+      </c>
+      <c r="AE6" s="2" t="n">
+        <v>0.6390000000000022</v>
       </c>
     </row>
     <row r="7">
       <c r="A7"/>
       <c r="B7"/>
       <c r="C7" t="inlineStr">
         <is>
           <t>Région flamande</t>
         </is>
       </c>
       <c r="D7"/>
       <c r="E7" s="2" t="n">
         <v>0.7770000000000028</v>
       </c>
       <c r="F7" s="2" t="n">
         <v>0.6820000000000025</v>
       </c>
       <c r="G7" s="2" t="n">
         <v>0.7300000000000025</v>
       </c>
       <c r="H7" s="2" t="n">
         <v>0.7850000000000028</v>
       </c>
       <c r="I7" s="2" t="n">
         <v>0.7070000000000025</v>
@@ -673,50 +720,59 @@
       </c>
       <c r="U7" s="2" t="n">
         <v>0.7320000000000025</v>
       </c>
       <c r="V7" s="2" t="n">
         <v>0.7670000000000028</v>
       </c>
       <c r="W7" s="2" t="n">
         <v>0.8030000000000029</v>
       </c>
       <c r="X7" s="2" t="n">
         <v>0.7330000000000025</v>
       </c>
       <c r="Y7" s="2" t="n">
         <v>0.7680000000000028</v>
       </c>
       <c r="Z7" s="2" t="n">
         <v>0.8030000000000029</v>
       </c>
       <c r="AA7" s="2" t="n">
         <v>0.7340000000000025</v>
       </c>
       <c r="AB7" s="2" t="n">
         <v>0.7690000000000028</v>
       </c>
+      <c r="AC7" s="2" t="n">
+        <v>0.8040000000000029</v>
+      </c>
+      <c r="AD7" s="2" t="n">
+        <v>0.7430000000000027</v>
+      </c>
+      <c r="AE7" s="2" t="n">
+        <v>0.7730000000000028</v>
+      </c>
     </row>
     <row r="8">
       <c r="A8"/>
       <c r="B8"/>
       <c r="C8" t="inlineStr">
         <is>
           <t>Région wallonne</t>
         </is>
       </c>
       <c r="D8"/>
       <c r="E8" s="2" t="n">
         <v>0.6770000000000025</v>
       </c>
       <c r="F8" s="2" t="n">
         <v>0.5870000000000021</v>
       </c>
       <c r="G8" s="2" t="n">
         <v>0.6320000000000022</v>
       </c>
       <c r="H8" s="2" t="n">
         <v>0.6820000000000025</v>
       </c>
       <c r="I8" s="2" t="n">
         <v>0.5930000000000021</v>
       </c>
@@ -755,50 +811,59 @@
       </c>
       <c r="U8" s="2" t="n">
         <v>0.6180000000000022</v>
       </c>
       <c r="V8" s="2" t="n">
         <v>0.6570000000000024</v>
       </c>
       <c r="W8" s="2" t="n">
         <v>0.6860000000000025</v>
       </c>
       <c r="X8" s="2" t="n">
         <v>0.6240000000000022</v>
       </c>
       <c r="Y8" s="2" t="n">
         <v>0.6550000000000024</v>
       </c>
       <c r="Z8" s="2" t="n">
         <v>0.7100000000000025</v>
       </c>
       <c r="AA8" s="2" t="n">
         <v>0.6310000000000022</v>
       </c>
       <c r="AB8" s="2" t="n">
         <v>0.6710000000000024</v>
       </c>
+      <c r="AC8" s="2" t="n">
+        <v>0.7190000000000025</v>
+      </c>
+      <c r="AD8" s="2" t="n">
+        <v>0.6400000000000022</v>
+      </c>
+      <c r="AE8" s="2" t="n">
+        <v>0.6790000000000025</v>
+      </c>
     </row>
     <row r="9">
       <c r="A9"/>
       <c r="B9" t="inlineStr">
         <is>
           <t>Belgique</t>
         </is>
       </c>
       <c r="C9"/>
       <c r="D9"/>
       <c r="E9" s="2" t="n">
         <v>0.7340000000000025</v>
       </c>
       <c r="F9" s="2" t="n">
         <v>0.6360000000000022</v>
       </c>
       <c r="G9" s="2" t="n">
         <v>0.6850000000000025</v>
       </c>
       <c r="H9" s="2" t="n">
         <v>0.7390000000000027</v>
       </c>
       <c r="I9" s="2" t="n">
         <v>0.6550000000000024</v>
       </c>
@@ -836,72 +901,81 @@
         <v>0.7570000000000027</v>
       </c>
       <c r="U9" s="2" t="n">
         <v>0.6810000000000025</v>
       </c>
       <c r="V9" s="2" t="n">
         <v>0.7190000000000025</v>
       </c>
       <c r="W9" s="2" t="n">
         <v>0.7590000000000027</v>
       </c>
       <c r="X9" s="2" t="n">
         <v>0.6830000000000025</v>
       </c>
       <c r="Y9" s="2" t="n">
         <v>0.7210000000000025</v>
       </c>
       <c r="Z9" s="2" t="n">
         <v>0.7630000000000027</v>
       </c>
       <c r="AA9" s="2" t="n">
         <v>0.6830000000000025</v>
       </c>
       <c r="AB9" s="2" t="n">
         <v>0.7230000000000025</v>
+      </c>
+      <c r="AC9" s="2" t="n">
+        <v>0.7640000000000027</v>
+      </c>
+      <c r="AD9" s="2" t="n">
+        <v>0.6930000000000024</v>
+      </c>
+      <c r="AE9" s="2" t="n">
+        <v>0.7280000000000025</v>
       </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <cols>
-    <col min="1" max="1" width="23.81640625" customWidth="true"/>
+    <col min="1" max="1" width="12.84375" customWidth="true"/>
     <col min="2" max="2" width="7.8359375" customWidth="true"/>
     <col min="3" max="3" width="23.9765625" customWidth="true"/>
-    <col min="4" max="4" width="6.0625" customWidth="true"/>
+    <col min="4" max="4" width="4.96484375" customWidth="true"/>
     <col min="5" max="5" width="5.0625" customWidth="true"/>
     <col min="6" max="6" width="8.26171875" customWidth="true"/>
-    <col min="7" max="7" width="12.29296875" customWidth="true"/>
+    <col min="7" max="7" width="5.42578125" customWidth="true"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" t="inlineStr">
         <is>
           <t>Classe d’âge (15-19 / 20-64)</t>
         </is>
       </c>
       <c r="B1" t="inlineStr">
         <is>
           <t>Belgique</t>
         </is>
       </c>
       <c r="C1" t="inlineStr">
         <is>
           <t>Région</t>
         </is>
       </c>
       <c r="D1" t="inlineStr">
         <is>
           <t>Année</t>
         </is>
       </c>
       <c r="E1" t="inlineStr">
         <is>
@@ -1718,2357 +1792,2749 @@
         </is>
       </c>
       <c r="E25" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="F25"/>
       <c r="G25" s="2" t="n">
         <v>0.6410000000000023</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="inlineStr">
         <is>
           <t>De 20 à 64 ans</t>
         </is>
       </c>
       <c r="B26" t="inlineStr">
         <is>
           <t>Belgique</t>
         </is>
       </c>
       <c r="C26" t="inlineStr">
         <is>
-          <t>Région flamande</t>
+          <t>Région de Bruxelles-Capitale</t>
         </is>
       </c>
       <c r="D26" t="inlineStr">
         <is>
-          <t>2017</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="E26" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="F26" t="inlineStr">
         <is>
           <t>Hommes</t>
         </is>
       </c>
       <c r="G26" s="2" t="n">
-        <v>0.7770000000000028</v>
+        <v>0.6900000000000024</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="inlineStr">
         <is>
           <t>De 20 à 64 ans</t>
         </is>
       </c>
       <c r="B27" t="inlineStr">
         <is>
           <t>Belgique</t>
         </is>
       </c>
       <c r="C27" t="inlineStr">
         <is>
-          <t>Région flamande</t>
+          <t>Région de Bruxelles-Capitale</t>
         </is>
       </c>
       <c r="D27" t="inlineStr">
         <is>
-          <t>2017</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="E27" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="F27" t="inlineStr">
         <is>
           <t>Femmes</t>
         </is>
       </c>
       <c r="G27" s="2" t="n">
-        <v>0.6820000000000025</v>
+        <v>0.5890000000000021</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="inlineStr">
         <is>
           <t>De 20 à 64 ans</t>
         </is>
       </c>
       <c r="B28" t="inlineStr">
         <is>
           <t>Belgique</t>
         </is>
       </c>
       <c r="C28" t="inlineStr">
         <is>
-          <t>Région flamande</t>
+          <t>Région de Bruxelles-Capitale</t>
         </is>
       </c>
       <c r="D28" t="inlineStr">
         <is>
-          <t>2017</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="E28" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="F28"/>
       <c r="G28" s="2" t="n">
-        <v>0.7300000000000025</v>
+        <v>0.6390000000000022</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="inlineStr">
         <is>
           <t>De 20 à 64 ans</t>
         </is>
       </c>
       <c r="B29" t="inlineStr">
         <is>
           <t>Belgique</t>
         </is>
       </c>
       <c r="C29" t="inlineStr">
         <is>
           <t>Région flamande</t>
         </is>
       </c>
       <c r="D29" t="inlineStr">
         <is>
-          <t>2018</t>
+          <t>2017</t>
         </is>
       </c>
       <c r="E29" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="F29" t="inlineStr">
         <is>
           <t>Hommes</t>
         </is>
       </c>
       <c r="G29" s="2" t="n">
-        <v>0.7850000000000028</v>
+        <v>0.7770000000000028</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="inlineStr">
         <is>
           <t>De 20 à 64 ans</t>
         </is>
       </c>
       <c r="B30" t="inlineStr">
         <is>
           <t>Belgique</t>
         </is>
       </c>
       <c r="C30" t="inlineStr">
         <is>
           <t>Région flamande</t>
         </is>
       </c>
       <c r="D30" t="inlineStr">
         <is>
-          <t>2018</t>
+          <t>2017</t>
         </is>
       </c>
       <c r="E30" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="F30" t="inlineStr">
         <is>
           <t>Femmes</t>
         </is>
       </c>
       <c r="G30" s="2" t="n">
-        <v>0.7070000000000025</v>
+        <v>0.6820000000000025</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="inlineStr">
         <is>
           <t>De 20 à 64 ans</t>
         </is>
       </c>
       <c r="B31" t="inlineStr">
         <is>
           <t>Belgique</t>
         </is>
       </c>
       <c r="C31" t="inlineStr">
         <is>
           <t>Région flamande</t>
         </is>
       </c>
       <c r="D31" t="inlineStr">
         <is>
-          <t>2018</t>
+          <t>2017</t>
         </is>
       </c>
       <c r="E31" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="F31"/>
       <c r="G31" s="2" t="n">
-        <v>0.7460000000000027</v>
+        <v>0.7300000000000025</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="inlineStr">
         <is>
           <t>De 20 à 64 ans</t>
         </is>
       </c>
       <c r="B32" t="inlineStr">
         <is>
           <t>Belgique</t>
         </is>
       </c>
       <c r="C32" t="inlineStr">
         <is>
           <t>Région flamande</t>
         </is>
       </c>
       <c r="D32" t="inlineStr">
         <is>
-          <t>2019</t>
+          <t>2018</t>
         </is>
       </c>
       <c r="E32" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="F32" t="inlineStr">
         <is>
           <t>Hommes</t>
         </is>
       </c>
       <c r="G32" s="2" t="n">
-        <v>0.7930000000000028</v>
+        <v>0.7850000000000028</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" t="inlineStr">
         <is>
           <t>De 20 à 64 ans</t>
         </is>
       </c>
       <c r="B33" t="inlineStr">
         <is>
           <t>Belgique</t>
         </is>
       </c>
       <c r="C33" t="inlineStr">
         <is>
           <t>Région flamande</t>
         </is>
       </c>
       <c r="D33" t="inlineStr">
         <is>
-          <t>2019</t>
+          <t>2018</t>
         </is>
       </c>
       <c r="E33" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="F33" t="inlineStr">
         <is>
           <t>Femmes</t>
         </is>
       </c>
       <c r="G33" s="2" t="n">
-        <v>0.7150000000000025</v>
+        <v>0.7070000000000025</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" t="inlineStr">
         <is>
           <t>De 20 à 64 ans</t>
         </is>
       </c>
       <c r="B34" t="inlineStr">
         <is>
           <t>Belgique</t>
         </is>
       </c>
       <c r="C34" t="inlineStr">
         <is>
           <t>Région flamande</t>
         </is>
       </c>
       <c r="D34" t="inlineStr">
         <is>
-          <t>2019</t>
+          <t>2018</t>
         </is>
       </c>
       <c r="E34" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="F34"/>
       <c r="G34" s="2" t="n">
-        <v>0.7550000000000027</v>
+        <v>0.7460000000000027</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" t="inlineStr">
         <is>
           <t>De 20 à 64 ans</t>
         </is>
       </c>
       <c r="B35" t="inlineStr">
         <is>
           <t>Belgique</t>
         </is>
       </c>
       <c r="C35" t="inlineStr">
         <is>
           <t>Région flamande</t>
         </is>
       </c>
       <c r="D35" t="inlineStr">
         <is>
-          <t>2020</t>
+          <t>2019</t>
         </is>
       </c>
       <c r="E35" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="F35" t="inlineStr">
         <is>
           <t>Hommes</t>
         </is>
       </c>
       <c r="G35" s="2" t="n">
-        <v>0.7850000000000028</v>
+        <v>0.7930000000000028</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" t="inlineStr">
         <is>
           <t>De 20 à 64 ans</t>
         </is>
       </c>
       <c r="B36" t="inlineStr">
         <is>
           <t>Belgique</t>
         </is>
       </c>
       <c r="C36" t="inlineStr">
         <is>
           <t>Région flamande</t>
         </is>
       </c>
       <c r="D36" t="inlineStr">
         <is>
-          <t>2020</t>
+          <t>2019</t>
         </is>
       </c>
       <c r="E36" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="F36" t="inlineStr">
         <is>
           <t>Femmes</t>
         </is>
       </c>
       <c r="G36" s="2" t="n">
-        <v>0.7090000000000025</v>
+        <v>0.7150000000000025</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" t="inlineStr">
         <is>
           <t>De 20 à 64 ans</t>
         </is>
       </c>
       <c r="B37" t="inlineStr">
         <is>
           <t>Belgique</t>
         </is>
       </c>
       <c r="C37" t="inlineStr">
         <is>
           <t>Région flamande</t>
         </is>
       </c>
       <c r="D37" t="inlineStr">
         <is>
-          <t>2020</t>
+          <t>2019</t>
         </is>
       </c>
       <c r="E37" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="F37"/>
       <c r="G37" s="2" t="n">
-        <v>0.7470000000000027</v>
+        <v>0.7550000000000027</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" t="inlineStr">
         <is>
           <t>De 20 à 64 ans</t>
         </is>
       </c>
       <c r="B38" t="inlineStr">
         <is>
           <t>Belgique</t>
         </is>
       </c>
       <c r="C38" t="inlineStr">
         <is>
           <t>Région flamande</t>
         </is>
       </c>
       <c r="D38" t="inlineStr">
         <is>
-          <t>2021</t>
+          <t>2020</t>
         </is>
       </c>
       <c r="E38" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="F38" t="inlineStr">
         <is>
           <t>Hommes</t>
         </is>
       </c>
       <c r="G38" s="2" t="n">
-        <v>0.7860000000000028</v>
+        <v>0.7850000000000028</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" t="inlineStr">
         <is>
           <t>De 20 à 64 ans</t>
         </is>
       </c>
       <c r="B39" t="inlineStr">
         <is>
           <t>Belgique</t>
         </is>
       </c>
       <c r="C39" t="inlineStr">
         <is>
           <t>Région flamande</t>
         </is>
       </c>
       <c r="D39" t="inlineStr">
         <is>
-          <t>2021</t>
+          <t>2020</t>
         </is>
       </c>
       <c r="E39" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="F39" t="inlineStr">
         <is>
           <t>Femmes</t>
         </is>
       </c>
       <c r="G39" s="2" t="n">
-        <v>0.7190000000000025</v>
+        <v>0.7090000000000025</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" t="inlineStr">
         <is>
           <t>De 20 à 64 ans</t>
         </is>
       </c>
       <c r="B40" t="inlineStr">
         <is>
           <t>Belgique</t>
         </is>
       </c>
       <c r="C40" t="inlineStr">
         <is>
           <t>Région flamande</t>
         </is>
       </c>
       <c r="D40" t="inlineStr">
         <is>
-          <t>2021</t>
+          <t>2020</t>
         </is>
       </c>
       <c r="E40" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="F40"/>
       <c r="G40" s="2" t="n">
-        <v>0.7530000000000027</v>
+        <v>0.7470000000000027</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" t="inlineStr">
         <is>
           <t>De 20 à 64 ans</t>
         </is>
       </c>
       <c r="B41" t="inlineStr">
         <is>
           <t>Belgique</t>
         </is>
       </c>
       <c r="C41" t="inlineStr">
         <is>
           <t>Région flamande</t>
         </is>
       </c>
       <c r="D41" t="inlineStr">
         <is>
-          <t>2022</t>
+          <t>2021</t>
         </is>
       </c>
       <c r="E41" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="F41" t="inlineStr">
         <is>
           <t>Hommes</t>
         </is>
       </c>
       <c r="G41" s="2" t="n">
-        <v>0.8020000000000029</v>
+        <v>0.7860000000000028</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" t="inlineStr">
         <is>
           <t>De 20 à 64 ans</t>
         </is>
       </c>
       <c r="B42" t="inlineStr">
         <is>
           <t>Belgique</t>
         </is>
       </c>
       <c r="C42" t="inlineStr">
         <is>
           <t>Région flamande</t>
         </is>
       </c>
       <c r="D42" t="inlineStr">
         <is>
-          <t>2022</t>
+          <t>2021</t>
         </is>
       </c>
       <c r="E42" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="F42" t="inlineStr">
         <is>
           <t>Femmes</t>
         </is>
       </c>
       <c r="G42" s="2" t="n">
-        <v>0.7320000000000025</v>
+        <v>0.7190000000000025</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" t="inlineStr">
         <is>
           <t>De 20 à 64 ans</t>
         </is>
       </c>
       <c r="B43" t="inlineStr">
         <is>
           <t>Belgique</t>
         </is>
       </c>
       <c r="C43" t="inlineStr">
         <is>
           <t>Région flamande</t>
         </is>
       </c>
       <c r="D43" t="inlineStr">
         <is>
-          <t>2022</t>
+          <t>2021</t>
         </is>
       </c>
       <c r="E43" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="F43"/>
       <c r="G43" s="2" t="n">
-        <v>0.7670000000000028</v>
+        <v>0.7530000000000027</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" t="inlineStr">
         <is>
           <t>De 20 à 64 ans</t>
         </is>
       </c>
       <c r="B44" t="inlineStr">
         <is>
           <t>Belgique</t>
         </is>
       </c>
       <c r="C44" t="inlineStr">
         <is>
           <t>Région flamande</t>
         </is>
       </c>
       <c r="D44" t="inlineStr">
         <is>
-          <t>2023</t>
+          <t>2022</t>
         </is>
       </c>
       <c r="E44" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="F44" t="inlineStr">
         <is>
           <t>Hommes</t>
         </is>
       </c>
       <c r="G44" s="2" t="n">
-        <v>0.8030000000000029</v>
+        <v>0.8020000000000029</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" t="inlineStr">
         <is>
           <t>De 20 à 64 ans</t>
         </is>
       </c>
       <c r="B45" t="inlineStr">
         <is>
           <t>Belgique</t>
         </is>
       </c>
       <c r="C45" t="inlineStr">
         <is>
           <t>Région flamande</t>
         </is>
       </c>
       <c r="D45" t="inlineStr">
         <is>
-          <t>2023</t>
+          <t>2022</t>
         </is>
       </c>
       <c r="E45" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="F45" t="inlineStr">
         <is>
           <t>Femmes</t>
         </is>
       </c>
       <c r="G45" s="2" t="n">
-        <v>0.7330000000000025</v>
+        <v>0.7320000000000025</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" t="inlineStr">
         <is>
           <t>De 20 à 64 ans</t>
         </is>
       </c>
       <c r="B46" t="inlineStr">
         <is>
           <t>Belgique</t>
         </is>
       </c>
       <c r="C46" t="inlineStr">
         <is>
           <t>Région flamande</t>
         </is>
       </c>
       <c r="D46" t="inlineStr">
         <is>
-          <t>2023</t>
+          <t>2022</t>
         </is>
       </c>
       <c r="E46" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="F46"/>
       <c r="G46" s="2" t="n">
-        <v>0.7680000000000028</v>
+        <v>0.7670000000000028</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" t="inlineStr">
         <is>
           <t>De 20 à 64 ans</t>
         </is>
       </c>
       <c r="B47" t="inlineStr">
         <is>
           <t>Belgique</t>
         </is>
       </c>
       <c r="C47" t="inlineStr">
         <is>
           <t>Région flamande</t>
         </is>
       </c>
       <c r="D47" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2023</t>
         </is>
       </c>
       <c r="E47" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="F47" t="inlineStr">
         <is>
           <t>Hommes</t>
         </is>
       </c>
       <c r="G47" s="2" t="n">
         <v>0.8030000000000029</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" t="inlineStr">
         <is>
           <t>De 20 à 64 ans</t>
         </is>
       </c>
       <c r="B48" t="inlineStr">
         <is>
           <t>Belgique</t>
         </is>
       </c>
       <c r="C48" t="inlineStr">
         <is>
           <t>Région flamande</t>
         </is>
       </c>
       <c r="D48" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2023</t>
         </is>
       </c>
       <c r="E48" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="F48" t="inlineStr">
         <is>
           <t>Femmes</t>
         </is>
       </c>
       <c r="G48" s="2" t="n">
-        <v>0.7340000000000025</v>
+        <v>0.7330000000000025</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" t="inlineStr">
         <is>
           <t>De 20 à 64 ans</t>
         </is>
       </c>
       <c r="B49" t="inlineStr">
         <is>
           <t>Belgique</t>
         </is>
       </c>
       <c r="C49" t="inlineStr">
         <is>
           <t>Région flamande</t>
         </is>
       </c>
       <c r="D49" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2023</t>
         </is>
       </c>
       <c r="E49" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="F49"/>
       <c r="G49" s="2" t="n">
-        <v>0.7690000000000028</v>
+        <v>0.7680000000000028</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" t="inlineStr">
         <is>
           <t>De 20 à 64 ans</t>
         </is>
       </c>
       <c r="B50" t="inlineStr">
         <is>
           <t>Belgique</t>
         </is>
       </c>
       <c r="C50" t="inlineStr">
         <is>
-          <t>Région wallonne</t>
+          <t>Région flamande</t>
         </is>
       </c>
       <c r="D50" t="inlineStr">
         <is>
-          <t>2017</t>
+          <t>2024</t>
         </is>
       </c>
       <c r="E50" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="F50" t="inlineStr">
         <is>
           <t>Hommes</t>
         </is>
       </c>
       <c r="G50" s="2" t="n">
-        <v>0.6770000000000025</v>
+        <v>0.8030000000000029</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" t="inlineStr">
         <is>
           <t>De 20 à 64 ans</t>
         </is>
       </c>
       <c r="B51" t="inlineStr">
         <is>
           <t>Belgique</t>
         </is>
       </c>
       <c r="C51" t="inlineStr">
         <is>
-          <t>Région wallonne</t>
+          <t>Région flamande</t>
         </is>
       </c>
       <c r="D51" t="inlineStr">
         <is>
-          <t>2017</t>
+          <t>2024</t>
         </is>
       </c>
       <c r="E51" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="F51" t="inlineStr">
         <is>
           <t>Femmes</t>
         </is>
       </c>
       <c r="G51" s="2" t="n">
-        <v>0.5870000000000021</v>
+        <v>0.7340000000000025</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" t="inlineStr">
         <is>
           <t>De 20 à 64 ans</t>
         </is>
       </c>
       <c r="B52" t="inlineStr">
         <is>
           <t>Belgique</t>
         </is>
       </c>
       <c r="C52" t="inlineStr">
         <is>
-          <t>Région wallonne</t>
+          <t>Région flamande</t>
         </is>
       </c>
       <c r="D52" t="inlineStr">
         <is>
-          <t>2017</t>
+          <t>2024</t>
         </is>
       </c>
       <c r="E52" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="F52"/>
       <c r="G52" s="2" t="n">
-        <v>0.6320000000000022</v>
+        <v>0.7690000000000028</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" t="inlineStr">
         <is>
           <t>De 20 à 64 ans</t>
         </is>
       </c>
       <c r="B53" t="inlineStr">
         <is>
           <t>Belgique</t>
         </is>
       </c>
       <c r="C53" t="inlineStr">
         <is>
-          <t>Région wallonne</t>
+          <t>Région flamande</t>
         </is>
       </c>
       <c r="D53" t="inlineStr">
         <is>
-          <t>2018</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="E53" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="F53" t="inlineStr">
         <is>
           <t>Hommes</t>
         </is>
       </c>
       <c r="G53" s="2" t="n">
-        <v>0.6820000000000025</v>
+        <v>0.8040000000000029</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" t="inlineStr">
         <is>
           <t>De 20 à 64 ans</t>
         </is>
       </c>
       <c r="B54" t="inlineStr">
         <is>
           <t>Belgique</t>
         </is>
       </c>
       <c r="C54" t="inlineStr">
         <is>
-          <t>Région wallonne</t>
+          <t>Région flamande</t>
         </is>
       </c>
       <c r="D54" t="inlineStr">
         <is>
-          <t>2018</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="E54" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="F54" t="inlineStr">
         <is>
           <t>Femmes</t>
         </is>
       </c>
       <c r="G54" s="2" t="n">
-        <v>0.5930000000000021</v>
+        <v>0.7430000000000027</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" t="inlineStr">
         <is>
           <t>De 20 à 64 ans</t>
         </is>
       </c>
       <c r="B55" t="inlineStr">
         <is>
           <t>Belgique</t>
         </is>
       </c>
       <c r="C55" t="inlineStr">
         <is>
-          <t>Région wallonne</t>
+          <t>Région flamande</t>
         </is>
       </c>
       <c r="D55" t="inlineStr">
         <is>
-          <t>2018</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="E55" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="F55"/>
       <c r="G55" s="2" t="n">
-        <v>0.6370000000000022</v>
+        <v>0.7730000000000028</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" t="inlineStr">
         <is>
           <t>De 20 à 64 ans</t>
         </is>
       </c>
       <c r="B56" t="inlineStr">
         <is>
           <t>Belgique</t>
         </is>
       </c>
       <c r="C56" t="inlineStr">
         <is>
           <t>Région wallonne</t>
         </is>
       </c>
       <c r="D56" t="inlineStr">
         <is>
-          <t>2019</t>
+          <t>2017</t>
         </is>
       </c>
       <c r="E56" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="F56" t="inlineStr">
         <is>
           <t>Hommes</t>
         </is>
       </c>
       <c r="G56" s="2" t="n">
-        <v>0.6820000000000025</v>
+        <v>0.6770000000000025</v>
       </c>
     </row>
     <row r="57">
       <c r="A57" t="inlineStr">
         <is>
           <t>De 20 à 64 ans</t>
         </is>
       </c>
       <c r="B57" t="inlineStr">
         <is>
           <t>Belgique</t>
         </is>
       </c>
       <c r="C57" t="inlineStr">
         <is>
           <t>Région wallonne</t>
         </is>
       </c>
       <c r="D57" t="inlineStr">
         <is>
-          <t>2019</t>
+          <t>2017</t>
         </is>
       </c>
       <c r="E57" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="F57" t="inlineStr">
         <is>
           <t>Femmes</t>
         </is>
       </c>
       <c r="G57" s="2" t="n">
-        <v>0.6110000000000022</v>
+        <v>0.5870000000000021</v>
       </c>
     </row>
     <row r="58">
       <c r="A58" t="inlineStr">
         <is>
           <t>De 20 à 64 ans</t>
         </is>
       </c>
       <c r="B58" t="inlineStr">
         <is>
           <t>Belgique</t>
         </is>
       </c>
       <c r="C58" t="inlineStr">
         <is>
           <t>Région wallonne</t>
         </is>
       </c>
       <c r="D58" t="inlineStr">
         <is>
-          <t>2019</t>
+          <t>2017</t>
         </is>
       </c>
       <c r="E58" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="F58"/>
       <c r="G58" s="2" t="n">
-        <v>0.6460000000000024</v>
+        <v>0.6320000000000022</v>
       </c>
     </row>
     <row r="59">
       <c r="A59" t="inlineStr">
         <is>
           <t>De 20 à 64 ans</t>
         </is>
       </c>
       <c r="B59" t="inlineStr">
         <is>
           <t>Belgique</t>
         </is>
       </c>
       <c r="C59" t="inlineStr">
         <is>
           <t>Région wallonne</t>
         </is>
       </c>
       <c r="D59" t="inlineStr">
         <is>
-          <t>2020</t>
+          <t>2018</t>
         </is>
       </c>
       <c r="E59" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="F59" t="inlineStr">
         <is>
           <t>Hommes</t>
         </is>
       </c>
       <c r="G59" s="2" t="n">
-        <v>0.6850000000000025</v>
+        <v>0.6820000000000025</v>
       </c>
     </row>
     <row r="60">
       <c r="A60" t="inlineStr">
         <is>
           <t>De 20 à 64 ans</t>
         </is>
       </c>
       <c r="B60" t="inlineStr">
         <is>
           <t>Belgique</t>
         </is>
       </c>
       <c r="C60" t="inlineStr">
         <is>
           <t>Région wallonne</t>
         </is>
       </c>
       <c r="D60" t="inlineStr">
         <is>
-          <t>2020</t>
+          <t>2018</t>
         </is>
       </c>
       <c r="E60" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="F60" t="inlineStr">
         <is>
           <t>Femmes</t>
         </is>
       </c>
       <c r="G60" s="2" t="n">
-        <v>0.6070000000000021</v>
+        <v>0.5930000000000021</v>
       </c>
     </row>
     <row r="61">
       <c r="A61" t="inlineStr">
         <is>
           <t>De 20 à 64 ans</t>
         </is>
       </c>
       <c r="B61" t="inlineStr">
         <is>
           <t>Belgique</t>
         </is>
       </c>
       <c r="C61" t="inlineStr">
         <is>
           <t>Région wallonne</t>
         </is>
       </c>
       <c r="D61" t="inlineStr">
         <is>
-          <t>2020</t>
+          <t>2018</t>
         </is>
       </c>
       <c r="E61" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="F61"/>
       <c r="G61" s="2" t="n">
-        <v>0.6460000000000024</v>
+        <v>0.6370000000000022</v>
       </c>
     </row>
     <row r="62">
       <c r="A62" t="inlineStr">
         <is>
           <t>De 20 à 64 ans</t>
         </is>
       </c>
       <c r="B62" t="inlineStr">
         <is>
           <t>Belgique</t>
         </is>
       </c>
       <c r="C62" t="inlineStr">
         <is>
           <t>Région wallonne</t>
         </is>
       </c>
       <c r="D62" t="inlineStr">
         <is>
-          <t>2021</t>
+          <t>2019</t>
         </is>
       </c>
       <c r="E62" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="F62" t="inlineStr">
         <is>
           <t>Hommes</t>
         </is>
       </c>
       <c r="G62" s="2" t="n">
-        <v>0.6920000000000024</v>
+        <v>0.6820000000000025</v>
       </c>
     </row>
     <row r="63">
       <c r="A63" t="inlineStr">
         <is>
           <t>De 20 à 64 ans</t>
         </is>
       </c>
       <c r="B63" t="inlineStr">
         <is>
           <t>Belgique</t>
         </is>
       </c>
       <c r="C63" t="inlineStr">
         <is>
           <t>Région wallonne</t>
         </is>
       </c>
       <c r="D63" t="inlineStr">
         <is>
-          <t>2021</t>
+          <t>2019</t>
         </is>
       </c>
       <c r="E63" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="F63" t="inlineStr">
         <is>
           <t>Femmes</t>
         </is>
       </c>
       <c r="G63" s="2" t="n">
-        <v>0.6120000000000022</v>
+        <v>0.6110000000000022</v>
       </c>
     </row>
     <row r="64">
       <c r="A64" t="inlineStr">
         <is>
           <t>De 20 à 64 ans</t>
         </is>
       </c>
       <c r="B64" t="inlineStr">
         <is>
           <t>Belgique</t>
         </is>
       </c>
       <c r="C64" t="inlineStr">
         <is>
           <t>Région wallonne</t>
         </is>
       </c>
       <c r="D64" t="inlineStr">
         <is>
-          <t>2021</t>
+          <t>2019</t>
         </is>
       </c>
       <c r="E64" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="F64"/>
       <c r="G64" s="2" t="n">
-        <v>0.6520000000000024</v>
+        <v>0.6460000000000024</v>
       </c>
     </row>
     <row r="65">
       <c r="A65" t="inlineStr">
         <is>
           <t>De 20 à 64 ans</t>
         </is>
       </c>
       <c r="B65" t="inlineStr">
         <is>
           <t>Belgique</t>
         </is>
       </c>
       <c r="C65" t="inlineStr">
         <is>
           <t>Région wallonne</t>
         </is>
       </c>
       <c r="D65" t="inlineStr">
         <is>
-          <t>2022</t>
+          <t>2020</t>
         </is>
       </c>
       <c r="E65" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="F65" t="inlineStr">
         <is>
           <t>Hommes</t>
         </is>
       </c>
       <c r="G65" s="2" t="n">
-        <v>0.6950000000000024</v>
+        <v>0.6850000000000025</v>
       </c>
     </row>
     <row r="66">
       <c r="A66" t="inlineStr">
         <is>
           <t>De 20 à 64 ans</t>
         </is>
       </c>
       <c r="B66" t="inlineStr">
         <is>
           <t>Belgique</t>
         </is>
       </c>
       <c r="C66" t="inlineStr">
         <is>
           <t>Région wallonne</t>
         </is>
       </c>
       <c r="D66" t="inlineStr">
         <is>
-          <t>2022</t>
+          <t>2020</t>
         </is>
       </c>
       <c r="E66" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="F66" t="inlineStr">
         <is>
           <t>Femmes</t>
         </is>
       </c>
       <c r="G66" s="2" t="n">
-        <v>0.6180000000000022</v>
+        <v>0.6070000000000021</v>
       </c>
     </row>
     <row r="67">
       <c r="A67" t="inlineStr">
         <is>
           <t>De 20 à 64 ans</t>
         </is>
       </c>
       <c r="B67" t="inlineStr">
         <is>
           <t>Belgique</t>
         </is>
       </c>
       <c r="C67" t="inlineStr">
         <is>
           <t>Région wallonne</t>
         </is>
       </c>
       <c r="D67" t="inlineStr">
         <is>
-          <t>2022</t>
+          <t>2020</t>
         </is>
       </c>
       <c r="E67" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="F67"/>
       <c r="G67" s="2" t="n">
-        <v>0.6570000000000024</v>
+        <v>0.6460000000000024</v>
       </c>
     </row>
     <row r="68">
       <c r="A68" t="inlineStr">
         <is>
           <t>De 20 à 64 ans</t>
         </is>
       </c>
       <c r="B68" t="inlineStr">
         <is>
           <t>Belgique</t>
         </is>
       </c>
       <c r="C68" t="inlineStr">
         <is>
           <t>Région wallonne</t>
         </is>
       </c>
       <c r="D68" t="inlineStr">
         <is>
-          <t>2023</t>
+          <t>2021</t>
         </is>
       </c>
       <c r="E68" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="F68" t="inlineStr">
         <is>
           <t>Hommes</t>
         </is>
       </c>
       <c r="G68" s="2" t="n">
-        <v>0.6860000000000025</v>
+        <v>0.6920000000000024</v>
       </c>
     </row>
     <row r="69">
       <c r="A69" t="inlineStr">
         <is>
           <t>De 20 à 64 ans</t>
         </is>
       </c>
       <c r="B69" t="inlineStr">
         <is>
           <t>Belgique</t>
         </is>
       </c>
       <c r="C69" t="inlineStr">
         <is>
           <t>Région wallonne</t>
         </is>
       </c>
       <c r="D69" t="inlineStr">
         <is>
-          <t>2023</t>
+          <t>2021</t>
         </is>
       </c>
       <c r="E69" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="F69" t="inlineStr">
         <is>
           <t>Femmes</t>
         </is>
       </c>
       <c r="G69" s="2" t="n">
-        <v>0.6240000000000022</v>
+        <v>0.6120000000000022</v>
       </c>
     </row>
     <row r="70">
       <c r="A70" t="inlineStr">
         <is>
           <t>De 20 à 64 ans</t>
         </is>
       </c>
       <c r="B70" t="inlineStr">
         <is>
           <t>Belgique</t>
         </is>
       </c>
       <c r="C70" t="inlineStr">
         <is>
           <t>Région wallonne</t>
         </is>
       </c>
       <c r="D70" t="inlineStr">
         <is>
-          <t>2023</t>
+          <t>2021</t>
         </is>
       </c>
       <c r="E70" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="F70"/>
       <c r="G70" s="2" t="n">
-        <v>0.6550000000000024</v>
+        <v>0.6520000000000024</v>
       </c>
     </row>
     <row r="71">
       <c r="A71" t="inlineStr">
         <is>
           <t>De 20 à 64 ans</t>
         </is>
       </c>
       <c r="B71" t="inlineStr">
         <is>
           <t>Belgique</t>
         </is>
       </c>
       <c r="C71" t="inlineStr">
         <is>
           <t>Région wallonne</t>
         </is>
       </c>
       <c r="D71" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2022</t>
         </is>
       </c>
       <c r="E71" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="F71" t="inlineStr">
         <is>
           <t>Hommes</t>
         </is>
       </c>
       <c r="G71" s="2" t="n">
-        <v>0.7100000000000025</v>
+        <v>0.6950000000000024</v>
       </c>
     </row>
     <row r="72">
       <c r="A72" t="inlineStr">
         <is>
           <t>De 20 à 64 ans</t>
         </is>
       </c>
       <c r="B72" t="inlineStr">
         <is>
           <t>Belgique</t>
         </is>
       </c>
       <c r="C72" t="inlineStr">
         <is>
           <t>Région wallonne</t>
         </is>
       </c>
       <c r="D72" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2022</t>
         </is>
       </c>
       <c r="E72" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="F72" t="inlineStr">
         <is>
           <t>Femmes</t>
         </is>
       </c>
       <c r="G72" s="2" t="n">
-        <v>0.6310000000000022</v>
+        <v>0.6180000000000022</v>
       </c>
     </row>
     <row r="73">
       <c r="A73" t="inlineStr">
         <is>
           <t>De 20 à 64 ans</t>
         </is>
       </c>
       <c r="B73" t="inlineStr">
         <is>
           <t>Belgique</t>
         </is>
       </c>
       <c r="C73" t="inlineStr">
         <is>
           <t>Région wallonne</t>
         </is>
       </c>
       <c r="D73" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2022</t>
         </is>
       </c>
       <c r="E73" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="F73"/>
       <c r="G73" s="2" t="n">
-        <v>0.6710000000000024</v>
+        <v>0.6570000000000024</v>
       </c>
     </row>
     <row r="74">
       <c r="A74" t="inlineStr">
         <is>
           <t>De 20 à 64 ans</t>
         </is>
       </c>
       <c r="B74" t="inlineStr">
         <is>
           <t>Belgique</t>
         </is>
       </c>
-      <c r="C74"/>
+      <c r="C74" t="inlineStr">
+        <is>
+          <t>Région wallonne</t>
+        </is>
+      </c>
       <c r="D74" t="inlineStr">
         <is>
-          <t>2017</t>
+          <t>2023</t>
         </is>
       </c>
       <c r="E74" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="F74" t="inlineStr">
         <is>
           <t>Hommes</t>
         </is>
       </c>
       <c r="G74" s="2" t="n">
-        <v>0.7340000000000025</v>
+        <v>0.6860000000000025</v>
       </c>
     </row>
     <row r="75">
       <c r="A75" t="inlineStr">
         <is>
           <t>De 20 à 64 ans</t>
         </is>
       </c>
       <c r="B75" t="inlineStr">
         <is>
           <t>Belgique</t>
         </is>
       </c>
-      <c r="C75"/>
+      <c r="C75" t="inlineStr">
+        <is>
+          <t>Région wallonne</t>
+        </is>
+      </c>
       <c r="D75" t="inlineStr">
         <is>
-          <t>2017</t>
+          <t>2023</t>
         </is>
       </c>
       <c r="E75" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="F75" t="inlineStr">
         <is>
           <t>Femmes</t>
         </is>
       </c>
       <c r="G75" s="2" t="n">
-        <v>0.6360000000000022</v>
+        <v>0.6240000000000022</v>
       </c>
     </row>
     <row r="76">
       <c r="A76" t="inlineStr">
         <is>
           <t>De 20 à 64 ans</t>
         </is>
       </c>
       <c r="B76" t="inlineStr">
         <is>
           <t>Belgique</t>
         </is>
       </c>
-      <c r="C76"/>
+      <c r="C76" t="inlineStr">
+        <is>
+          <t>Région wallonne</t>
+        </is>
+      </c>
       <c r="D76" t="inlineStr">
         <is>
-          <t>2017</t>
+          <t>2023</t>
         </is>
       </c>
       <c r="E76" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="F76"/>
       <c r="G76" s="2" t="n">
-        <v>0.6850000000000025</v>
+        <v>0.6550000000000024</v>
       </c>
     </row>
     <row r="77">
       <c r="A77" t="inlineStr">
         <is>
           <t>De 20 à 64 ans</t>
         </is>
       </c>
       <c r="B77" t="inlineStr">
         <is>
           <t>Belgique</t>
         </is>
       </c>
-      <c r="C77"/>
+      <c r="C77" t="inlineStr">
+        <is>
+          <t>Région wallonne</t>
+        </is>
+      </c>
       <c r="D77" t="inlineStr">
         <is>
-          <t>2018</t>
+          <t>2024</t>
         </is>
       </c>
       <c r="E77" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="F77" t="inlineStr">
         <is>
           <t>Hommes</t>
         </is>
       </c>
       <c r="G77" s="2" t="n">
-        <v>0.7390000000000027</v>
+        <v>0.7100000000000025</v>
       </c>
     </row>
     <row r="78">
       <c r="A78" t="inlineStr">
         <is>
           <t>De 20 à 64 ans</t>
         </is>
       </c>
       <c r="B78" t="inlineStr">
         <is>
           <t>Belgique</t>
         </is>
       </c>
-      <c r="C78"/>
+      <c r="C78" t="inlineStr">
+        <is>
+          <t>Région wallonne</t>
+        </is>
+      </c>
       <c r="D78" t="inlineStr">
         <is>
-          <t>2018</t>
+          <t>2024</t>
         </is>
       </c>
       <c r="E78" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="F78" t="inlineStr">
         <is>
           <t>Femmes</t>
         </is>
       </c>
       <c r="G78" s="2" t="n">
-        <v>0.6550000000000024</v>
+        <v>0.6310000000000022</v>
       </c>
     </row>
     <row r="79">
       <c r="A79" t="inlineStr">
         <is>
           <t>De 20 à 64 ans</t>
         </is>
       </c>
       <c r="B79" t="inlineStr">
         <is>
           <t>Belgique</t>
         </is>
       </c>
-      <c r="C79"/>
+      <c r="C79" t="inlineStr">
+        <is>
+          <t>Région wallonne</t>
+        </is>
+      </c>
       <c r="D79" t="inlineStr">
         <is>
-          <t>2018</t>
+          <t>2024</t>
         </is>
       </c>
       <c r="E79" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="F79"/>
       <c r="G79" s="2" t="n">
-        <v>0.6970000000000024</v>
+        <v>0.6710000000000024</v>
       </c>
     </row>
     <row r="80">
       <c r="A80" t="inlineStr">
         <is>
           <t>De 20 à 64 ans</t>
         </is>
       </c>
       <c r="B80" t="inlineStr">
         <is>
           <t>Belgique</t>
         </is>
       </c>
-      <c r="C80"/>
+      <c r="C80" t="inlineStr">
+        <is>
+          <t>Région wallonne</t>
+        </is>
+      </c>
       <c r="D80" t="inlineStr">
         <is>
-          <t>2019</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="E80" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="F80" t="inlineStr">
         <is>
           <t>Hommes</t>
         </is>
       </c>
       <c r="G80" s="2" t="n">
-        <v>0.7450000000000027</v>
+        <v>0.7190000000000025</v>
       </c>
     </row>
     <row r="81">
       <c r="A81" t="inlineStr">
         <is>
           <t>De 20 à 64 ans</t>
         </is>
       </c>
       <c r="B81" t="inlineStr">
         <is>
           <t>Belgique</t>
         </is>
       </c>
-      <c r="C81"/>
+      <c r="C81" t="inlineStr">
+        <is>
+          <t>Région wallonne</t>
+        </is>
+      </c>
       <c r="D81" t="inlineStr">
         <is>
-          <t>2019</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="E81" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="F81" t="inlineStr">
         <is>
           <t>Femmes</t>
         </is>
       </c>
       <c r="G81" s="2" t="n">
-        <v>0.6650000000000024</v>
+        <v>0.6400000000000022</v>
       </c>
     </row>
     <row r="82">
       <c r="A82" t="inlineStr">
         <is>
           <t>De 20 à 64 ans</t>
         </is>
       </c>
       <c r="B82" t="inlineStr">
         <is>
           <t>Belgique</t>
         </is>
       </c>
-      <c r="C82"/>
+      <c r="C82" t="inlineStr">
+        <is>
+          <t>Région wallonne</t>
+        </is>
+      </c>
       <c r="D82" t="inlineStr">
         <is>
-          <t>2019</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="E82" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="F82"/>
       <c r="G82" s="2" t="n">
-        <v>0.7050000000000025</v>
+        <v>0.6790000000000025</v>
       </c>
     </row>
     <row r="83">
       <c r="A83" t="inlineStr">
         <is>
           <t>De 20 à 64 ans</t>
         </is>
       </c>
       <c r="B83" t="inlineStr">
         <is>
           <t>Belgique</t>
         </is>
       </c>
       <c r="C83"/>
       <c r="D83" t="inlineStr">
         <is>
-          <t>2020</t>
+          <t>2017</t>
         </is>
       </c>
       <c r="E83" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="F83" t="inlineStr">
         <is>
           <t>Hommes</t>
         </is>
       </c>
       <c r="G83" s="2" t="n">
-        <v>0.7410000000000027</v>
+        <v>0.7340000000000025</v>
       </c>
     </row>
     <row r="84">
       <c r="A84" t="inlineStr">
         <is>
           <t>De 20 à 64 ans</t>
         </is>
       </c>
       <c r="B84" t="inlineStr">
         <is>
           <t>Belgique</t>
         </is>
       </c>
       <c r="C84"/>
       <c r="D84" t="inlineStr">
         <is>
-          <t>2020</t>
+          <t>2017</t>
         </is>
       </c>
       <c r="E84" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="F84" t="inlineStr">
         <is>
           <t>Femmes</t>
         </is>
       </c>
       <c r="G84" s="2" t="n">
-        <v>0.6590000000000024</v>
+        <v>0.6360000000000022</v>
       </c>
     </row>
     <row r="85">
       <c r="A85" t="inlineStr">
         <is>
           <t>De 20 à 64 ans</t>
         </is>
       </c>
       <c r="B85" t="inlineStr">
         <is>
           <t>Belgique</t>
         </is>
       </c>
       <c r="C85"/>
       <c r="D85" t="inlineStr">
         <is>
-          <t>2020</t>
+          <t>2017</t>
         </is>
       </c>
       <c r="E85" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="F85"/>
       <c r="G85" s="2" t="n">
-        <v>0.7000000000000024</v>
+        <v>0.6850000000000025</v>
       </c>
     </row>
     <row r="86">
       <c r="A86" t="inlineStr">
         <is>
           <t>De 20 à 64 ans</t>
         </is>
       </c>
       <c r="B86" t="inlineStr">
         <is>
           <t>Belgique</t>
         </is>
       </c>
       <c r="C86"/>
       <c r="D86" t="inlineStr">
         <is>
-          <t>2021</t>
+          <t>2018</t>
         </is>
       </c>
       <c r="E86" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="F86" t="inlineStr">
         <is>
           <t>Hommes</t>
         </is>
       </c>
       <c r="G86" s="2" t="n">
-        <v>0.7450000000000027</v>
+        <v>0.7390000000000027</v>
       </c>
     </row>
     <row r="87">
       <c r="A87" t="inlineStr">
         <is>
           <t>De 20 à 64 ans</t>
         </is>
       </c>
       <c r="B87" t="inlineStr">
         <is>
           <t>Belgique</t>
         </is>
       </c>
       <c r="C87"/>
       <c r="D87" t="inlineStr">
         <is>
-          <t>2021</t>
+          <t>2018</t>
         </is>
       </c>
       <c r="E87" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="F87" t="inlineStr">
         <is>
           <t>Femmes</t>
         </is>
       </c>
       <c r="G87" s="2" t="n">
-        <v>0.6680000000000024</v>
+        <v>0.6550000000000024</v>
       </c>
     </row>
     <row r="88">
       <c r="A88" t="inlineStr">
         <is>
           <t>De 20 à 64 ans</t>
         </is>
       </c>
       <c r="B88" t="inlineStr">
         <is>
           <t>Belgique</t>
         </is>
       </c>
       <c r="C88"/>
       <c r="D88" t="inlineStr">
         <is>
-          <t>2021</t>
+          <t>2018</t>
         </is>
       </c>
       <c r="E88" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="F88"/>
       <c r="G88" s="2" t="n">
-        <v>0.7060000000000025</v>
+        <v>0.6970000000000024</v>
       </c>
     </row>
     <row r="89">
       <c r="A89" t="inlineStr">
         <is>
           <t>De 20 à 64 ans</t>
         </is>
       </c>
       <c r="B89" t="inlineStr">
         <is>
           <t>Belgique</t>
         </is>
       </c>
       <c r="C89"/>
       <c r="D89" t="inlineStr">
         <is>
-          <t>2022</t>
+          <t>2019</t>
         </is>
       </c>
       <c r="E89" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="F89" t="inlineStr">
         <is>
           <t>Hommes</t>
         </is>
       </c>
       <c r="G89" s="2" t="n">
-        <v>0.7570000000000027</v>
+        <v>0.7450000000000027</v>
       </c>
     </row>
     <row r="90">
       <c r="A90" t="inlineStr">
         <is>
           <t>De 20 à 64 ans</t>
         </is>
       </c>
       <c r="B90" t="inlineStr">
         <is>
           <t>Belgique</t>
         </is>
       </c>
       <c r="C90"/>
       <c r="D90" t="inlineStr">
         <is>
-          <t>2022</t>
+          <t>2019</t>
         </is>
       </c>
       <c r="E90" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="F90" t="inlineStr">
         <is>
           <t>Femmes</t>
         </is>
       </c>
       <c r="G90" s="2" t="n">
-        <v>0.6810000000000025</v>
+        <v>0.6650000000000024</v>
       </c>
     </row>
     <row r="91">
       <c r="A91" t="inlineStr">
         <is>
           <t>De 20 à 64 ans</t>
         </is>
       </c>
       <c r="B91" t="inlineStr">
         <is>
           <t>Belgique</t>
         </is>
       </c>
       <c r="C91"/>
       <c r="D91" t="inlineStr">
         <is>
-          <t>2022</t>
+          <t>2019</t>
         </is>
       </c>
       <c r="E91" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="F91"/>
       <c r="G91" s="2" t="n">
-        <v>0.7190000000000025</v>
+        <v>0.7050000000000025</v>
       </c>
     </row>
     <row r="92">
       <c r="A92" t="inlineStr">
         <is>
           <t>De 20 à 64 ans</t>
         </is>
       </c>
       <c r="B92" t="inlineStr">
         <is>
           <t>Belgique</t>
         </is>
       </c>
       <c r="C92"/>
       <c r="D92" t="inlineStr">
         <is>
-          <t>2023</t>
+          <t>2020</t>
         </is>
       </c>
       <c r="E92" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="F92" t="inlineStr">
         <is>
           <t>Hommes</t>
         </is>
       </c>
       <c r="G92" s="2" t="n">
-        <v>0.7590000000000027</v>
+        <v>0.7410000000000027</v>
       </c>
     </row>
     <row r="93">
       <c r="A93" t="inlineStr">
         <is>
           <t>De 20 à 64 ans</t>
         </is>
       </c>
       <c r="B93" t="inlineStr">
         <is>
           <t>Belgique</t>
         </is>
       </c>
       <c r="C93"/>
       <c r="D93" t="inlineStr">
         <is>
-          <t>2023</t>
+          <t>2020</t>
         </is>
       </c>
       <c r="E93" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="F93" t="inlineStr">
         <is>
           <t>Femmes</t>
         </is>
       </c>
       <c r="G93" s="2" t="n">
-        <v>0.6830000000000025</v>
+        <v>0.6590000000000024</v>
       </c>
     </row>
     <row r="94">
       <c r="A94" t="inlineStr">
         <is>
           <t>De 20 à 64 ans</t>
         </is>
       </c>
       <c r="B94" t="inlineStr">
         <is>
           <t>Belgique</t>
         </is>
       </c>
       <c r="C94"/>
       <c r="D94" t="inlineStr">
         <is>
-          <t>2023</t>
+          <t>2020</t>
         </is>
       </c>
       <c r="E94" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="F94"/>
       <c r="G94" s="2" t="n">
-        <v>0.7210000000000025</v>
+        <v>0.7000000000000024</v>
       </c>
     </row>
     <row r="95">
       <c r="A95" t="inlineStr">
         <is>
           <t>De 20 à 64 ans</t>
         </is>
       </c>
       <c r="B95" t="inlineStr">
         <is>
           <t>Belgique</t>
         </is>
       </c>
       <c r="C95"/>
       <c r="D95" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2021</t>
         </is>
       </c>
       <c r="E95" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="F95" t="inlineStr">
         <is>
           <t>Hommes</t>
         </is>
       </c>
       <c r="G95" s="2" t="n">
-        <v>0.7630000000000027</v>
+        <v>0.7450000000000027</v>
       </c>
     </row>
     <row r="96">
       <c r="A96" t="inlineStr">
         <is>
           <t>De 20 à 64 ans</t>
         </is>
       </c>
       <c r="B96" t="inlineStr">
         <is>
           <t>Belgique</t>
         </is>
       </c>
       <c r="C96"/>
       <c r="D96" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2021</t>
         </is>
       </c>
       <c r="E96" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="F96" t="inlineStr">
         <is>
           <t>Femmes</t>
         </is>
       </c>
       <c r="G96" s="2" t="n">
-        <v>0.6830000000000025</v>
+        <v>0.6680000000000024</v>
       </c>
     </row>
     <row r="97">
       <c r="A97" t="inlineStr">
         <is>
           <t>De 20 à 64 ans</t>
         </is>
       </c>
       <c r="B97" t="inlineStr">
         <is>
           <t>Belgique</t>
         </is>
       </c>
       <c r="C97"/>
       <c r="D97" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2021</t>
         </is>
       </c>
       <c r="E97" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="F97"/>
       <c r="G97" s="2" t="n">
+        <v>0.7060000000000025</v>
+      </c>
+    </row>
+    <row r="98">
+      <c r="A98" t="inlineStr">
+        <is>
+          <t>De 20 à 64 ans</t>
+        </is>
+      </c>
+      <c r="B98" t="inlineStr">
+        <is>
+          <t>Belgique</t>
+        </is>
+      </c>
+      <c r="C98"/>
+      <c r="D98" t="inlineStr">
+        <is>
+          <t>2022</t>
+        </is>
+      </c>
+      <c r="E98" t="inlineStr">
+        <is>
+          <t>Total</t>
+        </is>
+      </c>
+      <c r="F98" t="inlineStr">
+        <is>
+          <t>Hommes</t>
+        </is>
+      </c>
+      <c r="G98" s="2" t="n">
+        <v>0.7570000000000027</v>
+      </c>
+    </row>
+    <row r="99">
+      <c r="A99" t="inlineStr">
+        <is>
+          <t>De 20 à 64 ans</t>
+        </is>
+      </c>
+      <c r="B99" t="inlineStr">
+        <is>
+          <t>Belgique</t>
+        </is>
+      </c>
+      <c r="C99"/>
+      <c r="D99" t="inlineStr">
+        <is>
+          <t>2022</t>
+        </is>
+      </c>
+      <c r="E99" t="inlineStr">
+        <is>
+          <t>Total</t>
+        </is>
+      </c>
+      <c r="F99" t="inlineStr">
+        <is>
+          <t>Femmes</t>
+        </is>
+      </c>
+      <c r="G99" s="2" t="n">
+        <v>0.6810000000000025</v>
+      </c>
+    </row>
+    <row r="100">
+      <c r="A100" t="inlineStr">
+        <is>
+          <t>De 20 à 64 ans</t>
+        </is>
+      </c>
+      <c r="B100" t="inlineStr">
+        <is>
+          <t>Belgique</t>
+        </is>
+      </c>
+      <c r="C100"/>
+      <c r="D100" t="inlineStr">
+        <is>
+          <t>2022</t>
+        </is>
+      </c>
+      <c r="E100" t="inlineStr">
+        <is>
+          <t>Total</t>
+        </is>
+      </c>
+      <c r="F100"/>
+      <c r="G100" s="2" t="n">
+        <v>0.7190000000000025</v>
+      </c>
+    </row>
+    <row r="101">
+      <c r="A101" t="inlineStr">
+        <is>
+          <t>De 20 à 64 ans</t>
+        </is>
+      </c>
+      <c r="B101" t="inlineStr">
+        <is>
+          <t>Belgique</t>
+        </is>
+      </c>
+      <c r="C101"/>
+      <c r="D101" t="inlineStr">
+        <is>
+          <t>2023</t>
+        </is>
+      </c>
+      <c r="E101" t="inlineStr">
+        <is>
+          <t>Total</t>
+        </is>
+      </c>
+      <c r="F101" t="inlineStr">
+        <is>
+          <t>Hommes</t>
+        </is>
+      </c>
+      <c r="G101" s="2" t="n">
+        <v>0.7590000000000027</v>
+      </c>
+    </row>
+    <row r="102">
+      <c r="A102" t="inlineStr">
+        <is>
+          <t>De 20 à 64 ans</t>
+        </is>
+      </c>
+      <c r="B102" t="inlineStr">
+        <is>
+          <t>Belgique</t>
+        </is>
+      </c>
+      <c r="C102"/>
+      <c r="D102" t="inlineStr">
+        <is>
+          <t>2023</t>
+        </is>
+      </c>
+      <c r="E102" t="inlineStr">
+        <is>
+          <t>Total</t>
+        </is>
+      </c>
+      <c r="F102" t="inlineStr">
+        <is>
+          <t>Femmes</t>
+        </is>
+      </c>
+      <c r="G102" s="2" t="n">
+        <v>0.6830000000000025</v>
+      </c>
+    </row>
+    <row r="103">
+      <c r="A103" t="inlineStr">
+        <is>
+          <t>De 20 à 64 ans</t>
+        </is>
+      </c>
+      <c r="B103" t="inlineStr">
+        <is>
+          <t>Belgique</t>
+        </is>
+      </c>
+      <c r="C103"/>
+      <c r="D103" t="inlineStr">
+        <is>
+          <t>2023</t>
+        </is>
+      </c>
+      <c r="E103" t="inlineStr">
+        <is>
+          <t>Total</t>
+        </is>
+      </c>
+      <c r="F103"/>
+      <c r="G103" s="2" t="n">
+        <v>0.7210000000000025</v>
+      </c>
+    </row>
+    <row r="104">
+      <c r="A104" t="inlineStr">
+        <is>
+          <t>De 20 à 64 ans</t>
+        </is>
+      </c>
+      <c r="B104" t="inlineStr">
+        <is>
+          <t>Belgique</t>
+        </is>
+      </c>
+      <c r="C104"/>
+      <c r="D104" t="inlineStr">
+        <is>
+          <t>2024</t>
+        </is>
+      </c>
+      <c r="E104" t="inlineStr">
+        <is>
+          <t>Total</t>
+        </is>
+      </c>
+      <c r="F104" t="inlineStr">
+        <is>
+          <t>Hommes</t>
+        </is>
+      </c>
+      <c r="G104" s="2" t="n">
+        <v>0.7630000000000027</v>
+      </c>
+    </row>
+    <row r="105">
+      <c r="A105" t="inlineStr">
+        <is>
+          <t>De 20 à 64 ans</t>
+        </is>
+      </c>
+      <c r="B105" t="inlineStr">
+        <is>
+          <t>Belgique</t>
+        </is>
+      </c>
+      <c r="C105"/>
+      <c r="D105" t="inlineStr">
+        <is>
+          <t>2024</t>
+        </is>
+      </c>
+      <c r="E105" t="inlineStr">
+        <is>
+          <t>Total</t>
+        </is>
+      </c>
+      <c r="F105" t="inlineStr">
+        <is>
+          <t>Femmes</t>
+        </is>
+      </c>
+      <c r="G105" s="2" t="n">
+        <v>0.6830000000000025</v>
+      </c>
+    </row>
+    <row r="106">
+      <c r="A106" t="inlineStr">
+        <is>
+          <t>De 20 à 64 ans</t>
+        </is>
+      </c>
+      <c r="B106" t="inlineStr">
+        <is>
+          <t>Belgique</t>
+        </is>
+      </c>
+      <c r="C106"/>
+      <c r="D106" t="inlineStr">
+        <is>
+          <t>2024</t>
+        </is>
+      </c>
+      <c r="E106" t="inlineStr">
+        <is>
+          <t>Total</t>
+        </is>
+      </c>
+      <c r="F106"/>
+      <c r="G106" s="2" t="n">
         <v>0.7230000000000025</v>
+      </c>
+    </row>
+    <row r="107">
+      <c r="A107" t="inlineStr">
+        <is>
+          <t>De 20 à 64 ans</t>
+        </is>
+      </c>
+      <c r="B107" t="inlineStr">
+        <is>
+          <t>Belgique</t>
+        </is>
+      </c>
+      <c r="C107"/>
+      <c r="D107" t="inlineStr">
+        <is>
+          <t>2025</t>
+        </is>
+      </c>
+      <c r="E107" t="inlineStr">
+        <is>
+          <t>Total</t>
+        </is>
+      </c>
+      <c r="F107" t="inlineStr">
+        <is>
+          <t>Hommes</t>
+        </is>
+      </c>
+      <c r="G107" s="2" t="n">
+        <v>0.7640000000000027</v>
+      </c>
+    </row>
+    <row r="108">
+      <c r="A108" t="inlineStr">
+        <is>
+          <t>De 20 à 64 ans</t>
+        </is>
+      </c>
+      <c r="B108" t="inlineStr">
+        <is>
+          <t>Belgique</t>
+        </is>
+      </c>
+      <c r="C108"/>
+      <c r="D108" t="inlineStr">
+        <is>
+          <t>2025</t>
+        </is>
+      </c>
+      <c r="E108" t="inlineStr">
+        <is>
+          <t>Total</t>
+        </is>
+      </c>
+      <c r="F108" t="inlineStr">
+        <is>
+          <t>Femmes</t>
+        </is>
+      </c>
+      <c r="G108" s="2" t="n">
+        <v>0.6930000000000024</v>
+      </c>
+    </row>
+    <row r="109">
+      <c r="A109" t="inlineStr">
+        <is>
+          <t>De 20 à 64 ans</t>
+        </is>
+      </c>
+      <c r="B109" t="inlineStr">
+        <is>
+          <t>Belgique</t>
+        </is>
+      </c>
+      <c r="C109"/>
+      <c r="D109" t="inlineStr">
+        <is>
+          <t>2025</t>
+        </is>
+      </c>
+      <c r="E109" t="inlineStr">
+        <is>
+          <t>Total</t>
+        </is>
+      </c>
+      <c r="F109"/>
+      <c r="G109" s="2" t="n">
+        <v>0.7280000000000025</v>
       </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <coreProperties xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </coreProperties>
 </file>