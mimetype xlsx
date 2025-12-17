--- v0 (2025-10-18)
+++ v1 (2025-12-17)
@@ -107,129 +107,129 @@
   <cols>
     <col min="1" max="1" width="11.02734375" customWidth="true"/>
     <col min="2" max="2" width="109.140625" customWidth="true"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" t="inlineStr">
         <is>
           <t>Data source:</t>
         </is>
       </c>
       <c r="B1" t="inlineStr">
         <is>
           <t>Index van de detailhandel, met uitzondering van auto’s en motorfietsen, met basisjaar 2021, per maand en volgens Nace rev2 (FRIBS).</t>
         </is>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="inlineStr">
         <is>
           <t>Filters:</t>
         </is>
       </c>
       <c r="B2" t="inlineStr">
         <is>
-          <t>Referentiemaand : Laatste 4 Referentiemaand(Mei 2025, Juni 2025, Juli 2025, Augustus 2025)</t>
+          <t>Referentiemaand : Laatste 4 Referentiemaand(Juli 2025, Augustus 2025, September 2025, Oktober 2025)</t>
         </is>
       </c>
     </row>
     <row r="3">
       <c r="B3" t="inlineStr">
         <is>
           <t xml:space="preserve">
 </t>
         </is>
       </c>
     </row>
     <row r="4">
 </row>
     <row r="5">
       <c r="A5" t="inlineStr">
         <is>
           <t xml:space="preserve">Bron: </t>
         </is>
       </c>
       <c r="B5" t="inlineStr">
         <is>
           <t>Statbel (Algemene Directie Statistiek - Statistics Belgium)</t>
         </is>
       </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <cols>
     <col min="1" max="1" width="108.265625" customWidth="true"/>
     <col min="2" max="2" width="14.7578125" customWidth="true"/>
     <col min="3" max="3" width="10.07421875" customWidth="true"/>
     <col min="4" max="4" width="18.56640625" customWidth="true"/>
-    <col min="5" max="5" width="10.07421875" customWidth="true"/>
+    <col min="5" max="5" width="13.2265625" customWidth="true"/>
     <col min="6" max="6" width="18.56640625" customWidth="true"/>
-    <col min="7" max="7" width="10.07421875" customWidth="true"/>
+    <col min="7" max="7" width="14.3203125" customWidth="true"/>
     <col min="8" max="8" width="18.56640625" customWidth="true"/>
-    <col min="9" max="9" width="13.2265625" customWidth="true"/>
+    <col min="9" max="9" width="11.8515625" customWidth="true"/>
     <col min="10" max="10" width="18.56640625" customWidth="true"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1"/>
       <c r="B1" t="inlineStr">
         <is>
           <t>Referentiemaand</t>
         </is>
       </c>
       <c r="C1" t="inlineStr">
         <is>
-          <t>Mei 2025</t>
+          <t>Juli 2025</t>
         </is>
       </c>
       <c r="D1"/>
       <c r="E1" t="inlineStr">
         <is>
-          <t>Juni 2025</t>
+          <t>Augustus 2025</t>
         </is>
       </c>
       <c r="F1"/>
       <c r="G1" t="inlineStr">
         <is>
-          <t>Juli 2025</t>
+          <t>September 2025</t>
         </is>
       </c>
       <c r="H1"/>
       <c r="I1" t="inlineStr">
         <is>
-          <t>Augustus 2025</t>
+          <t>Oktober 2025</t>
         </is>
       </c>
       <c r="J1"/>
     </row>
     <row r="2">
       <c r="A2"/>
       <c r="B2"/>
       <c r="C2" t="inlineStr">
         <is>
           <t>Bruto-index</t>
         </is>
       </c>
       <c r="D2" t="inlineStr">
         <is>
           <t>Tendens van de index</t>
         </is>
       </c>
       <c r="E2" t="inlineStr">
         <is>
           <t>Bruto-index</t>
         </is>
       </c>
       <c r="F2" t="inlineStr">
         <is>
           <t>Tendens van de index</t>
@@ -249,584 +249,584 @@
         <is>
           <t>Bruto-index</t>
         </is>
       </c>
       <c r="J2" t="inlineStr">
         <is>
           <t>Tendens van de index</t>
         </is>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="inlineStr">
         <is>
           <t>NACE-groepen</t>
         </is>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="inlineStr">
         <is>
           <t>Totaal detailhandel met uitzondering van de brandstoffen</t>
         </is>
       </c>
       <c r="B4"/>
       <c r="C4" s="2" t="n">
-        <v>112.9910000000004</v>
+        <v>111.4590000000004</v>
       </c>
       <c r="D4" s="2" t="n">
-        <v>109.84500000000038</v>
+        <v>110.2510000000004</v>
       </c>
       <c r="E4" s="2" t="n">
-        <v>110.7920000000004</v>
+        <v>103.42900000000037</v>
       </c>
       <c r="F4" s="2" t="n">
-        <v>110.0480000000004</v>
+        <v>110.45400000000039</v>
       </c>
       <c r="G4" s="2" t="n">
-        <v>111.4590000000004</v>
+        <v>105.92600000000037</v>
       </c>
       <c r="H4" s="2" t="n">
-        <v>110.2510000000004</v>
+        <v>110.6580000000004</v>
       </c>
       <c r="I4" s="2" t="n">
-        <v>103.42900000000037</v>
+        <v>112.3610000000004</v>
       </c>
       <c r="J4" s="2" t="n">
-        <v>110.45400000000039</v>
+        <v>110.86200000000039</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="inlineStr">
         <is>
           <t>Detailhandel in niet-gespecialiseerde winkels waarbij voedings- en genotmiddelen overheersen</t>
         </is>
       </c>
       <c r="B5"/>
       <c r="C5" s="2" t="n">
-        <v>117.17300000000041</v>
+        <v>108.51600000000039</v>
       </c>
       <c r="D5" s="2" t="n">
-        <v>113.7770000000004</v>
+        <v>114.52800000000042</v>
       </c>
       <c r="E5" s="2" t="n">
-        <v>113.6540000000004</v>
+        <v>110.94200000000039</v>
       </c>
       <c r="F5" s="2" t="n">
-        <v>114.15200000000041</v>
+        <v>114.90500000000041</v>
       </c>
       <c r="G5" s="2" t="n">
-        <v>108.51600000000039</v>
+        <v>106.82200000000039</v>
       </c>
       <c r="H5" s="2" t="n">
-        <v>114.52800000000042</v>
+        <v>115.28400000000042</v>
       </c>
       <c r="I5" s="2" t="n">
-        <v>110.94200000000039</v>
+        <v>113.31700000000039</v>
       </c>
       <c r="J5" s="2" t="n">
-        <v>114.90600000000042</v>
+        <v>115.66400000000041</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="inlineStr">
         <is>
           <t>Overige detailhandel in niet-gespecialiseerde winkels</t>
         </is>
       </c>
       <c r="B6"/>
       <c r="C6" s="2" t="n">
-        <v>129.48500000000047</v>
+        <v>135.3700000000005</v>
       </c>
       <c r="D6" s="2" t="n">
-        <v>128.52700000000044</v>
+        <v>129.88200000000046</v>
       </c>
       <c r="E6" s="2" t="n">
-        <v>129.99000000000046</v>
+        <v>119.19800000000042</v>
       </c>
       <c r="F6" s="2" t="n">
-        <v>129.20400000000046</v>
+        <v>130.56000000000046</v>
       </c>
       <c r="G6" s="2" t="n">
-        <v>135.3700000000005</v>
+        <v>122.76200000000044</v>
       </c>
       <c r="H6" s="2" t="n">
-        <v>129.88200000000046</v>
+        <v>131.23800000000045</v>
       </c>
       <c r="I6" s="2" t="n">
-        <v>119.19800000000042</v>
+        <v>132.9900000000005</v>
       </c>
       <c r="J6" s="2" t="n">
-        <v>130.56000000000046</v>
+        <v>131.91600000000045</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="inlineStr">
         <is>
           <t>Detailhandel in niet-gespecialiseerde winkels</t>
         </is>
       </c>
       <c r="B7"/>
       <c r="C7" s="2" t="n">
-        <v>118.15000000000043</v>
+        <v>110.6140000000004</v>
       </c>
       <c r="D7" s="2" t="n">
-        <v>114.82500000000041</v>
+        <v>115.63500000000042</v>
       </c>
       <c r="E7" s="2" t="n">
-        <v>114.94300000000041</v>
+        <v>111.6010000000004</v>
       </c>
       <c r="F7" s="2" t="n">
-        <v>115.22900000000041</v>
+        <v>116.04200000000041</v>
       </c>
       <c r="G7" s="2" t="n">
-        <v>110.6140000000004</v>
+        <v>108.08100000000039</v>
       </c>
       <c r="H7" s="2" t="n">
-        <v>115.63500000000042</v>
+        <v>116.4510000000004</v>
       </c>
       <c r="I7" s="2" t="n">
-        <v>111.6010000000004</v>
+        <v>114.86800000000041</v>
       </c>
       <c r="J7" s="2" t="n">
-        <v>116.04200000000041</v>
+        <v>116.86000000000041</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="inlineStr">
         <is>
           <t>Voedingsmiddelen in gespecialiseerde winkels</t>
         </is>
       </c>
       <c r="B8"/>
       <c r="C8" s="2" t="n">
-        <v>115.38400000000041</v>
+        <v>108.88300000000038</v>
       </c>
       <c r="D8" s="2" t="n">
-        <v>110.5370000000004</v>
+        <v>110.7830000000004</v>
       </c>
       <c r="E8" s="2" t="n">
-        <v>116.30900000000041</v>
+        <v>109.60000000000038</v>
       </c>
       <c r="F8" s="2" t="n">
-        <v>110.6600000000004</v>
+        <v>110.9070000000004</v>
       </c>
       <c r="G8" s="2" t="n">
-        <v>108.88300000000038</v>
+        <v>105.74600000000036</v>
       </c>
       <c r="H8" s="2" t="n">
-        <v>110.7840000000004</v>
+        <v>111.0310000000004</v>
       </c>
       <c r="I8" s="2" t="n">
-        <v>109.60000000000038</v>
+        <v>112.5320000000004</v>
       </c>
       <c r="J8" s="2" t="n">
-        <v>110.9070000000004</v>
+        <v>111.1550000000004</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="inlineStr">
         <is>
           <t>Motorbrandstoffen in gespecialiseerde winkels</t>
         </is>
       </c>
       <c r="B9"/>
       <c r="C9" s="2" t="n">
-        <v>106.58300000000038</v>
+        <v>101.85400000000035</v>
       </c>
       <c r="D9" s="2" t="n">
-        <v>112.1610000000004</v>
+        <v>112.6440000000004</v>
       </c>
       <c r="E9" s="2" t="n">
-        <v>107.91000000000038</v>
+        <v>102.52500000000038</v>
       </c>
       <c r="F9" s="2" t="n">
-        <v>112.4030000000004</v>
+        <v>112.8850000000004</v>
       </c>
       <c r="G9" s="2" t="n">
-        <v>101.85400000000035</v>
+        <v>105.64100000000037</v>
       </c>
       <c r="H9" s="2" t="n">
-        <v>112.6440000000004</v>
+        <v>113.1260000000004</v>
       </c>
       <c r="I9" s="2" t="n">
-        <v>102.52500000000038</v>
+        <v>109.64800000000038</v>
       </c>
       <c r="J9" s="2" t="n">
-        <v>112.8850000000004</v>
+        <v>113.3680000000004</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="inlineStr">
         <is>
           <t>Voedingsmiddelen, dranken en tabak</t>
         </is>
       </c>
       <c r="B10"/>
       <c r="C10" s="2" t="n">
-        <v>116.93100000000041</v>
+        <v>108.57100000000038</v>
       </c>
       <c r="D10" s="2" t="n">
-        <v>113.2800000000004</v>
+        <v>113.96300000000039</v>
       </c>
       <c r="E10" s="2" t="n">
-        <v>114.04500000000041</v>
+        <v>110.7610000000004</v>
       </c>
       <c r="F10" s="2" t="n">
-        <v>113.6210000000004</v>
+        <v>114.30700000000041</v>
       </c>
       <c r="G10" s="2" t="n">
-        <v>108.57100000000038</v>
+        <v>106.68100000000038</v>
       </c>
       <c r="H10" s="2" t="n">
-        <v>113.96300000000039</v>
+        <v>114.65100000000041</v>
       </c>
       <c r="I10" s="2" t="n">
-        <v>110.7610000000004</v>
+        <v>113.2180000000004</v>
       </c>
       <c r="J10" s="2" t="n">
-        <v>114.30700000000041</v>
+        <v>114.99700000000041</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="inlineStr">
         <is>
           <t>Detailhandel in niet-voedingswaren (exclusief motorbrandstoffen)</t>
         </is>
       </c>
       <c r="B11"/>
       <c r="C11" s="2" t="n">
-        <v>110.32300000000039</v>
+        <v>113.4130000000004</v>
       </c>
       <c r="D11" s="2" t="n">
-        <v>108.05700000000039</v>
+        <v>108.42500000000038</v>
       </c>
       <c r="E11" s="2" t="n">
-        <v>108.58800000000038</v>
+        <v>98.47500000000035</v>
       </c>
       <c r="F11" s="2" t="n">
-        <v>108.24100000000038</v>
+        <v>108.61000000000038</v>
       </c>
       <c r="G11" s="2" t="n">
-        <v>113.4130000000004</v>
+        <v>105.40800000000037</v>
       </c>
       <c r="H11" s="2" t="n">
-        <v>108.42500000000038</v>
+        <v>108.79500000000039</v>
       </c>
       <c r="I11" s="2" t="n">
-        <v>98.47500000000035</v>
+        <v>111.7750000000004</v>
       </c>
       <c r="J11" s="2" t="n">
-        <v>108.61000000000038</v>
+        <v>108.98000000000039</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="inlineStr">
         <is>
           <t>ICT-apparatuur in gespecialiseerde winkels</t>
         </is>
       </c>
       <c r="B12"/>
       <c r="C12" s="2" t="n">
-        <v>99.94800000000035</v>
+        <v>103.05300000000037</v>
       </c>
       <c r="D12" s="2" t="n">
-        <v>104.63700000000037</v>
+        <v>104.73400000000036</v>
       </c>
       <c r="E12" s="2" t="n">
-        <v>103.23200000000037</v>
+        <v>96.08900000000034</v>
       </c>
       <c r="F12" s="2" t="n">
-        <v>104.68500000000037</v>
+        <v>104.78200000000037</v>
       </c>
       <c r="G12" s="2" t="n">
-        <v>103.05300000000037</v>
+        <v>128.95000000000044</v>
       </c>
       <c r="H12" s="2" t="n">
-        <v>104.73400000000036</v>
+        <v>104.83100000000037</v>
       </c>
       <c r="I12" s="2" t="n">
-        <v>96.08900000000034</v>
+        <v>127.99500000000046</v>
       </c>
       <c r="J12" s="2" t="n">
-        <v>104.78200000000037</v>
+        <v>104.87900000000037</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="inlineStr">
         <is>
           <t>Andere consumentenartikelen in gespecialiseerde winkels</t>
         </is>
       </c>
       <c r="B13"/>
       <c r="C13" s="2" t="n">
-        <v>96.66600000000034</v>
+        <v>105.52400000000037</v>
       </c>
       <c r="D13" s="2" t="n">
-        <v>95.15100000000034</v>
+        <v>95.15000000000035</v>
       </c>
       <c r="E13" s="2" t="n">
-        <v>92.31800000000032</v>
+        <v>86.02800000000032</v>
       </c>
       <c r="F13" s="2" t="n">
-        <v>95.15100000000034</v>
+        <v>95.15000000000035</v>
       </c>
       <c r="G13" s="2" t="n">
-        <v>105.52400000000037</v>
+        <v>91.65400000000032</v>
       </c>
       <c r="H13" s="2" t="n">
         <v>95.15000000000035</v>
       </c>
       <c r="I13" s="2" t="n">
-        <v>86.02800000000032</v>
+        <v>95.90200000000034</v>
       </c>
       <c r="J13" s="2" t="n">
         <v>95.15000000000035</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="inlineStr">
         <is>
           <t>Cultuur- en recreatieartikelen in gespecialiseerde winkels</t>
         </is>
       </c>
       <c r="B14"/>
       <c r="C14" s="2" t="n">
-        <v>107.53400000000039</v>
+        <v>118.05000000000042</v>
       </c>
       <c r="D14" s="2" t="n">
-        <v>103.39900000000037</v>
-[...2 lines deleted...]
-        <v>110.0</v>
+        <v>103.25500000000036</v>
+      </c>
+      <c r="E14" s="2" t="n">
+        <v>113.8460000000004</v>
       </c>
       <c r="F14" s="2" t="n">
-        <v>103.30300000000037</v>
+        <v>103.23900000000037</v>
       </c>
       <c r="G14" s="2" t="n">
-        <v>118.05000000000042</v>
+        <v>101.09500000000035</v>
       </c>
       <c r="H14" s="2" t="n">
-        <v>103.25700000000037</v>
+        <v>103.24300000000036</v>
       </c>
       <c r="I14" s="2" t="n">
-        <v>113.8460000000004</v>
+        <v>104.72000000000037</v>
       </c>
       <c r="J14" s="2" t="n">
-        <v>103.24500000000037</v>
+        <v>103.26100000000037</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="inlineStr">
         <is>
           <t>Detailhandel in andere artikelen in gespecialiseerde winkels</t>
         </is>
       </c>
       <c r="B15"/>
-      <c r="C15" s="1" t="n">
-        <v>116.0</v>
+      <c r="C15" s="2" t="n">
+        <v>115.26200000000041</v>
       </c>
       <c r="D15" s="2" t="n">
-        <v>110.9960000000004</v>
+        <v>111.3770000000004</v>
       </c>
       <c r="E15" s="2" t="n">
-        <v>113.0360000000004</v>
+        <v>100.47300000000035</v>
       </c>
       <c r="F15" s="2" t="n">
-        <v>111.1860000000004</v>
+        <v>111.5680000000004</v>
       </c>
       <c r="G15" s="2" t="n">
-        <v>115.26200000000041</v>
+        <v>108.01400000000038</v>
       </c>
       <c r="H15" s="2" t="n">
-        <v>111.3770000000004</v>
+        <v>111.7600000000004</v>
       </c>
       <c r="I15" s="2" t="n">
-        <v>100.47300000000035</v>
+        <v>116.96700000000041</v>
       </c>
       <c r="J15" s="2" t="n">
-        <v>111.5680000000004</v>
+        <v>111.95100000000039</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="inlineStr">
         <is>
           <t>Markt- en straathandel</t>
         </is>
       </c>
       <c r="B16"/>
       <c r="C16" s="2" t="n">
-        <v>141.3970000000005</v>
+        <v>139.01700000000048</v>
       </c>
       <c r="D16" s="2" t="n">
-        <v>129.99700000000047</v>
+        <v>130.61300000000045</v>
       </c>
       <c r="E16" s="2" t="n">
-        <v>151.98400000000055</v>
+        <v>137.3170000000005</v>
       </c>
       <c r="F16" s="2" t="n">
-        <v>130.30300000000045</v>
+        <v>130.94400000000044</v>
       </c>
       <c r="G16" s="2" t="n">
-        <v>139.01700000000048</v>
+        <v>117.65600000000042</v>
       </c>
       <c r="H16" s="2" t="n">
-        <v>130.62300000000045</v>
+        <v>131.28400000000045</v>
       </c>
       <c r="I16" s="2" t="n">
-        <v>137.3170000000005</v>
+        <v>129.80600000000047</v>
       </c>
       <c r="J16" s="2" t="n">
-        <v>130.95900000000046</v>
+        <v>131.63600000000045</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="inlineStr">
         <is>
           <t>Detailhandel via postorderbedrijven of via internet</t>
         </is>
       </c>
       <c r="B17"/>
       <c r="C17" s="2" t="n">
-        <v>108.86500000000038</v>
+        <v>111.8700000000004</v>
       </c>
       <c r="D17" s="2" t="n">
-        <v>109.01500000000038</v>
+        <v>109.44800000000038</v>
       </c>
       <c r="E17" s="2" t="n">
-        <v>112.3400000000004</v>
+        <v>97.39400000000035</v>
       </c>
       <c r="F17" s="2" t="n">
-        <v>109.23100000000038</v>
+        <v>109.66500000000039</v>
       </c>
       <c r="G17" s="2" t="n">
-        <v>111.8700000000004</v>
+        <v>112.1520000000004</v>
       </c>
       <c r="H17" s="2" t="n">
-        <v>109.44800000000038</v>
+        <v>109.88300000000038</v>
       </c>
       <c r="I17" s="2" t="n">
-        <v>97.39400000000035</v>
+        <v>112.7200000000004</v>
       </c>
       <c r="J17" s="2" t="n">
-        <v>109.66500000000039</v>
+        <v>110.1010000000004</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="inlineStr">
         <is>
           <t>Detailhandel, niet in winkels en exclusief markt-en straathandel</t>
         </is>
       </c>
       <c r="B18"/>
       <c r="C18" s="2" t="n">
-        <v>109.19100000000039</v>
+        <v>109.38800000000039</v>
       </c>
       <c r="D18" s="2" t="n">
-        <v>113.4010000000004</v>
+        <v>114.20000000000041</v>
       </c>
       <c r="E18" s="2" t="n">
-        <v>112.2880000000004</v>
+        <v>96.20200000000034</v>
       </c>
       <c r="F18" s="2" t="n">
-        <v>113.8000000000004</v>
+        <v>114.60200000000042</v>
       </c>
       <c r="G18" s="2" t="n">
-        <v>109.38800000000039</v>
+        <v>112.1570000000004</v>
       </c>
       <c r="H18" s="2" t="n">
-        <v>114.2010000000004</v>
+        <v>115.00600000000041</v>
       </c>
       <c r="I18" s="2" t="n">
-        <v>96.20200000000034</v>
+        <v>114.42700000000042</v>
       </c>
       <c r="J18" s="2" t="n">
-        <v>114.6030000000004</v>
+        <v>115.41100000000041</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="inlineStr">
         <is>
           <t>Textiel, kleding, schoeisel en lederwaren in gespecialiseerde winkels</t>
         </is>
       </c>
       <c r="B19"/>
       <c r="C19" s="2" t="n">
-        <v>116.25900000000041</v>
+        <v>129.82800000000046</v>
       </c>
       <c r="D19" s="2" t="n">
-        <v>110.5460000000004</v>
+        <v>110.70100000000039</v>
       </c>
       <c r="E19" s="2" t="n">
-        <v>112.9890000000004</v>
+        <v>95.66000000000034</v>
       </c>
       <c r="F19" s="2" t="n">
-        <v>110.6230000000004</v>
+        <v>110.7780000000004</v>
       </c>
       <c r="G19" s="2" t="n">
-        <v>129.82800000000046</v>
+        <v>106.68500000000039</v>
       </c>
       <c r="H19" s="2" t="n">
-        <v>110.70100000000039</v>
+        <v>110.8550000000004</v>
       </c>
       <c r="I19" s="2" t="n">
-        <v>95.66000000000034</v>
+        <v>119.16800000000043</v>
       </c>
       <c r="J19" s="2" t="n">
-        <v>110.7780000000004</v>
+        <v>110.9330000000004</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="inlineStr">
         <is>
           <t>Farmaceutische producten/ medische en orthopedische artikelen/ parfumerie en schoonheidsproducten in gespecialiseerde winkels</t>
         </is>
       </c>
       <c r="B20"/>
       <c r="C20" s="2" t="n">
-        <v>120.10500000000043</v>
+        <v>122.78400000000045</v>
       </c>
       <c r="D20" s="2" t="n">
-        <v>122.05000000000044</v>
+        <v>122.95400000000043</v>
       </c>
       <c r="E20" s="2" t="n">
-        <v>125.58700000000044</v>
+        <v>114.92700000000042</v>
       </c>
       <c r="F20" s="2" t="n">
-        <v>122.50100000000045</v>
+        <v>123.40800000000044</v>
       </c>
       <c r="G20" s="2" t="n">
-        <v>122.78400000000045</v>
+        <v>125.32300000000043</v>
       </c>
       <c r="H20" s="2" t="n">
-        <v>122.95400000000043</v>
+        <v>123.86400000000044</v>
       </c>
       <c r="I20" s="2" t="n">
-        <v>114.92700000000042</v>
+        <v>128.94300000000047</v>
       </c>
       <c r="J20" s="2" t="n">
-        <v>123.40800000000044</v>
+        <v>124.32200000000044</v>
       </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <cols>
     <col min="1" max="1" width="108.265625" customWidth="true"/>
     <col min="2" max="2" width="14.7578125" customWidth="true"/>
     <col min="3" max="3" width="10.07421875" customWidth="true"/>
     <col min="4" max="4" width="18.56640625" customWidth="true"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" t="inlineStr">
         <is>
           <t>NACE-groepen</t>
@@ -834,1258 +834,1258 @@
       </c>
       <c r="B1" t="inlineStr">
         <is>
           <t>Referentiemaand</t>
         </is>
       </c>
       <c r="C1" t="inlineStr">
         <is>
           <t>Bruto-index</t>
         </is>
       </c>
       <c r="D1" t="inlineStr">
         <is>
           <t>Tendens van de index</t>
         </is>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="inlineStr">
         <is>
           <t>Totaal detailhandel met uitzondering van de brandstoffen</t>
         </is>
       </c>
       <c r="B2" t="inlineStr">
         <is>
-          <t>Mei 2025</t>
+          <t>Juli 2025</t>
         </is>
       </c>
       <c r="C2" s="2" t="n">
-        <v>112.9910000000004</v>
+        <v>111.4590000000004</v>
       </c>
       <c r="D2" s="2" t="n">
-        <v>109.84500000000038</v>
+        <v>110.2510000000004</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="inlineStr">
         <is>
           <t>Totaal detailhandel met uitzondering van de brandstoffen</t>
         </is>
       </c>
       <c r="B3" t="inlineStr">
         <is>
-          <t>Juni 2025</t>
+          <t>Augustus 2025</t>
         </is>
       </c>
       <c r="C3" s="2" t="n">
-        <v>110.7920000000004</v>
+        <v>103.42900000000037</v>
       </c>
       <c r="D3" s="2" t="n">
-        <v>110.0480000000004</v>
+        <v>110.45400000000039</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="inlineStr">
         <is>
           <t>Totaal detailhandel met uitzondering van de brandstoffen</t>
         </is>
       </c>
       <c r="B4" t="inlineStr">
         <is>
-          <t>Juli 2025</t>
+          <t>September 2025</t>
         </is>
       </c>
       <c r="C4" s="2" t="n">
-        <v>111.4590000000004</v>
+        <v>105.92600000000037</v>
       </c>
       <c r="D4" s="2" t="n">
-        <v>110.2510000000004</v>
+        <v>110.6580000000004</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="inlineStr">
         <is>
           <t>Totaal detailhandel met uitzondering van de brandstoffen</t>
         </is>
       </c>
       <c r="B5" t="inlineStr">
         <is>
-          <t>Augustus 2025</t>
+          <t>Oktober 2025</t>
         </is>
       </c>
       <c r="C5" s="2" t="n">
-        <v>103.42900000000037</v>
+        <v>112.3610000000004</v>
       </c>
       <c r="D5" s="2" t="n">
-        <v>110.45400000000039</v>
+        <v>110.86200000000039</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="inlineStr">
         <is>
           <t>Detailhandel in niet-gespecialiseerde winkels waarbij voedings- en genotmiddelen overheersen</t>
         </is>
       </c>
       <c r="B6" t="inlineStr">
         <is>
-          <t>Mei 2025</t>
+          <t>Juli 2025</t>
         </is>
       </c>
       <c r="C6" s="2" t="n">
-        <v>117.17300000000041</v>
+        <v>108.51600000000039</v>
       </c>
       <c r="D6" s="2" t="n">
-        <v>113.7770000000004</v>
+        <v>114.52800000000042</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="inlineStr">
         <is>
           <t>Detailhandel in niet-gespecialiseerde winkels waarbij voedings- en genotmiddelen overheersen</t>
         </is>
       </c>
       <c r="B7" t="inlineStr">
         <is>
-          <t>Juni 2025</t>
+          <t>Augustus 2025</t>
         </is>
       </c>
       <c r="C7" s="2" t="n">
-        <v>113.6540000000004</v>
+        <v>110.94200000000039</v>
       </c>
       <c r="D7" s="2" t="n">
-        <v>114.15200000000041</v>
+        <v>114.90500000000041</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="inlineStr">
         <is>
           <t>Detailhandel in niet-gespecialiseerde winkels waarbij voedings- en genotmiddelen overheersen</t>
         </is>
       </c>
       <c r="B8" t="inlineStr">
         <is>
-          <t>Juli 2025</t>
+          <t>September 2025</t>
         </is>
       </c>
       <c r="C8" s="2" t="n">
-        <v>108.51600000000039</v>
+        <v>106.82200000000039</v>
       </c>
       <c r="D8" s="2" t="n">
-        <v>114.52800000000042</v>
+        <v>115.28400000000042</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="inlineStr">
         <is>
           <t>Detailhandel in niet-gespecialiseerde winkels waarbij voedings- en genotmiddelen overheersen</t>
         </is>
       </c>
       <c r="B9" t="inlineStr">
         <is>
-          <t>Augustus 2025</t>
+          <t>Oktober 2025</t>
         </is>
       </c>
       <c r="C9" s="2" t="n">
-        <v>110.94200000000039</v>
+        <v>113.31700000000039</v>
       </c>
       <c r="D9" s="2" t="n">
-        <v>114.90600000000042</v>
+        <v>115.66400000000041</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="inlineStr">
         <is>
           <t>Overige detailhandel in niet-gespecialiseerde winkels</t>
         </is>
       </c>
       <c r="B10" t="inlineStr">
         <is>
-          <t>Mei 2025</t>
+          <t>Juli 2025</t>
         </is>
       </c>
       <c r="C10" s="2" t="n">
-        <v>129.48500000000047</v>
+        <v>135.3700000000005</v>
       </c>
       <c r="D10" s="2" t="n">
-        <v>128.52700000000044</v>
+        <v>129.88200000000046</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="inlineStr">
         <is>
           <t>Overige detailhandel in niet-gespecialiseerde winkels</t>
         </is>
       </c>
       <c r="B11" t="inlineStr">
         <is>
-          <t>Juni 2025</t>
+          <t>Augustus 2025</t>
         </is>
       </c>
       <c r="C11" s="2" t="n">
-        <v>129.99000000000046</v>
+        <v>119.19800000000042</v>
       </c>
       <c r="D11" s="2" t="n">
-        <v>129.20400000000046</v>
+        <v>130.56000000000046</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="inlineStr">
         <is>
           <t>Overige detailhandel in niet-gespecialiseerde winkels</t>
         </is>
       </c>
       <c r="B12" t="inlineStr">
         <is>
-          <t>Juli 2025</t>
+          <t>September 2025</t>
         </is>
       </c>
       <c r="C12" s="2" t="n">
-        <v>135.3700000000005</v>
+        <v>122.76200000000044</v>
       </c>
       <c r="D12" s="2" t="n">
-        <v>129.88200000000046</v>
+        <v>131.23800000000045</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="inlineStr">
         <is>
           <t>Overige detailhandel in niet-gespecialiseerde winkels</t>
         </is>
       </c>
       <c r="B13" t="inlineStr">
         <is>
-          <t>Augustus 2025</t>
+          <t>Oktober 2025</t>
         </is>
       </c>
       <c r="C13" s="2" t="n">
-        <v>119.19800000000042</v>
+        <v>132.9900000000005</v>
       </c>
       <c r="D13" s="2" t="n">
-        <v>130.56000000000046</v>
+        <v>131.91600000000045</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="inlineStr">
         <is>
           <t>Detailhandel in niet-gespecialiseerde winkels</t>
         </is>
       </c>
       <c r="B14" t="inlineStr">
         <is>
-          <t>Mei 2025</t>
+          <t>Juli 2025</t>
         </is>
       </c>
       <c r="C14" s="2" t="n">
-        <v>118.15000000000043</v>
+        <v>110.6140000000004</v>
       </c>
       <c r="D14" s="2" t="n">
-        <v>114.82500000000041</v>
+        <v>115.63500000000042</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="inlineStr">
         <is>
           <t>Detailhandel in niet-gespecialiseerde winkels</t>
         </is>
       </c>
       <c r="B15" t="inlineStr">
         <is>
-          <t>Juni 2025</t>
+          <t>Augustus 2025</t>
         </is>
       </c>
       <c r="C15" s="2" t="n">
-        <v>114.94300000000041</v>
+        <v>111.6010000000004</v>
       </c>
       <c r="D15" s="2" t="n">
-        <v>115.22900000000041</v>
+        <v>116.04200000000041</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="inlineStr">
         <is>
           <t>Detailhandel in niet-gespecialiseerde winkels</t>
         </is>
       </c>
       <c r="B16" t="inlineStr">
         <is>
-          <t>Juli 2025</t>
+          <t>September 2025</t>
         </is>
       </c>
       <c r="C16" s="2" t="n">
-        <v>110.6140000000004</v>
+        <v>108.08100000000039</v>
       </c>
       <c r="D16" s="2" t="n">
-        <v>115.63500000000042</v>
+        <v>116.4510000000004</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="inlineStr">
         <is>
           <t>Detailhandel in niet-gespecialiseerde winkels</t>
         </is>
       </c>
       <c r="B17" t="inlineStr">
         <is>
-          <t>Augustus 2025</t>
+          <t>Oktober 2025</t>
         </is>
       </c>
       <c r="C17" s="2" t="n">
-        <v>111.6010000000004</v>
+        <v>114.86800000000041</v>
       </c>
       <c r="D17" s="2" t="n">
-        <v>116.04200000000041</v>
+        <v>116.86000000000041</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="inlineStr">
         <is>
           <t>Voedingsmiddelen in gespecialiseerde winkels</t>
         </is>
       </c>
       <c r="B18" t="inlineStr">
         <is>
-          <t>Mei 2025</t>
+          <t>Juli 2025</t>
         </is>
       </c>
       <c r="C18" s="2" t="n">
-        <v>115.38400000000041</v>
+        <v>108.88300000000038</v>
       </c>
       <c r="D18" s="2" t="n">
-        <v>110.5370000000004</v>
+        <v>110.7830000000004</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="inlineStr">
         <is>
           <t>Voedingsmiddelen in gespecialiseerde winkels</t>
         </is>
       </c>
       <c r="B19" t="inlineStr">
         <is>
-          <t>Juni 2025</t>
+          <t>Augustus 2025</t>
         </is>
       </c>
       <c r="C19" s="2" t="n">
-        <v>116.30900000000041</v>
+        <v>109.60000000000038</v>
       </c>
       <c r="D19" s="2" t="n">
-        <v>110.6600000000004</v>
+        <v>110.9070000000004</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="inlineStr">
         <is>
           <t>Voedingsmiddelen in gespecialiseerde winkels</t>
         </is>
       </c>
       <c r="B20" t="inlineStr">
         <is>
-          <t>Juli 2025</t>
+          <t>September 2025</t>
         </is>
       </c>
       <c r="C20" s="2" t="n">
-        <v>108.88300000000038</v>
+        <v>105.74600000000036</v>
       </c>
       <c r="D20" s="2" t="n">
-        <v>110.7840000000004</v>
+        <v>111.0310000000004</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="inlineStr">
         <is>
           <t>Voedingsmiddelen in gespecialiseerde winkels</t>
         </is>
       </c>
       <c r="B21" t="inlineStr">
         <is>
-          <t>Augustus 2025</t>
+          <t>Oktober 2025</t>
         </is>
       </c>
       <c r="C21" s="2" t="n">
-        <v>109.60000000000038</v>
+        <v>112.5320000000004</v>
       </c>
       <c r="D21" s="2" t="n">
-        <v>110.9070000000004</v>
+        <v>111.1550000000004</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="inlineStr">
         <is>
           <t>Motorbrandstoffen in gespecialiseerde winkels</t>
         </is>
       </c>
       <c r="B22" t="inlineStr">
         <is>
-          <t>Mei 2025</t>
+          <t>Juli 2025</t>
         </is>
       </c>
       <c r="C22" s="2" t="n">
-        <v>106.58300000000038</v>
+        <v>101.85400000000035</v>
       </c>
       <c r="D22" s="2" t="n">
-        <v>112.1610000000004</v>
+        <v>112.6440000000004</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="inlineStr">
         <is>
           <t>Motorbrandstoffen in gespecialiseerde winkels</t>
         </is>
       </c>
       <c r="B23" t="inlineStr">
         <is>
-          <t>Juni 2025</t>
+          <t>Augustus 2025</t>
         </is>
       </c>
       <c r="C23" s="2" t="n">
-        <v>107.91000000000038</v>
+        <v>102.52500000000038</v>
       </c>
       <c r="D23" s="2" t="n">
-        <v>112.4030000000004</v>
+        <v>112.8850000000004</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="inlineStr">
         <is>
           <t>Motorbrandstoffen in gespecialiseerde winkels</t>
         </is>
       </c>
       <c r="B24" t="inlineStr">
         <is>
-          <t>Juli 2025</t>
+          <t>September 2025</t>
         </is>
       </c>
       <c r="C24" s="2" t="n">
-        <v>101.85400000000035</v>
+        <v>105.64100000000037</v>
       </c>
       <c r="D24" s="2" t="n">
-        <v>112.6440000000004</v>
+        <v>113.1260000000004</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="inlineStr">
         <is>
           <t>Motorbrandstoffen in gespecialiseerde winkels</t>
         </is>
       </c>
       <c r="B25" t="inlineStr">
         <is>
-          <t>Augustus 2025</t>
+          <t>Oktober 2025</t>
         </is>
       </c>
       <c r="C25" s="2" t="n">
-        <v>102.52500000000038</v>
+        <v>109.64800000000038</v>
       </c>
       <c r="D25" s="2" t="n">
-        <v>112.8850000000004</v>
+        <v>113.3680000000004</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="inlineStr">
         <is>
           <t>Voedingsmiddelen, dranken en tabak</t>
         </is>
       </c>
       <c r="B26" t="inlineStr">
         <is>
-          <t>Mei 2025</t>
+          <t>Juli 2025</t>
         </is>
       </c>
       <c r="C26" s="2" t="n">
-        <v>116.93100000000041</v>
+        <v>108.57100000000038</v>
       </c>
       <c r="D26" s="2" t="n">
-        <v>113.2800000000004</v>
+        <v>113.96300000000039</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="inlineStr">
         <is>
           <t>Voedingsmiddelen, dranken en tabak</t>
         </is>
       </c>
       <c r="B27" t="inlineStr">
         <is>
-          <t>Juni 2025</t>
+          <t>Augustus 2025</t>
         </is>
       </c>
       <c r="C27" s="2" t="n">
-        <v>114.04500000000041</v>
+        <v>110.7610000000004</v>
       </c>
       <c r="D27" s="2" t="n">
-        <v>113.6210000000004</v>
+        <v>114.30700000000041</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="inlineStr">
         <is>
           <t>Voedingsmiddelen, dranken en tabak</t>
         </is>
       </c>
       <c r="B28" t="inlineStr">
         <is>
-          <t>Juli 2025</t>
+          <t>September 2025</t>
         </is>
       </c>
       <c r="C28" s="2" t="n">
-        <v>108.57100000000038</v>
+        <v>106.68100000000038</v>
       </c>
       <c r="D28" s="2" t="n">
-        <v>113.96300000000039</v>
+        <v>114.65100000000041</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="inlineStr">
         <is>
           <t>Voedingsmiddelen, dranken en tabak</t>
         </is>
       </c>
       <c r="B29" t="inlineStr">
         <is>
-          <t>Augustus 2025</t>
+          <t>Oktober 2025</t>
         </is>
       </c>
       <c r="C29" s="2" t="n">
-        <v>110.7610000000004</v>
+        <v>113.2180000000004</v>
       </c>
       <c r="D29" s="2" t="n">
-        <v>114.30700000000041</v>
+        <v>114.99700000000041</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="inlineStr">
         <is>
           <t>Detailhandel in niet-voedingswaren (exclusief motorbrandstoffen)</t>
         </is>
       </c>
       <c r="B30" t="inlineStr">
         <is>
-          <t>Mei 2025</t>
+          <t>Juli 2025</t>
         </is>
       </c>
       <c r="C30" s="2" t="n">
-        <v>110.32300000000039</v>
+        <v>113.4130000000004</v>
       </c>
       <c r="D30" s="2" t="n">
-        <v>108.05700000000039</v>
+        <v>108.42500000000038</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="inlineStr">
         <is>
           <t>Detailhandel in niet-voedingswaren (exclusief motorbrandstoffen)</t>
         </is>
       </c>
       <c r="B31" t="inlineStr">
         <is>
-          <t>Juni 2025</t>
+          <t>Augustus 2025</t>
         </is>
       </c>
       <c r="C31" s="2" t="n">
-        <v>108.58800000000038</v>
+        <v>98.47500000000035</v>
       </c>
       <c r="D31" s="2" t="n">
-        <v>108.24100000000038</v>
+        <v>108.61000000000038</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="inlineStr">
         <is>
           <t>Detailhandel in niet-voedingswaren (exclusief motorbrandstoffen)</t>
         </is>
       </c>
       <c r="B32" t="inlineStr">
         <is>
-          <t>Juli 2025</t>
+          <t>September 2025</t>
         </is>
       </c>
       <c r="C32" s="2" t="n">
-        <v>113.4130000000004</v>
+        <v>105.40800000000037</v>
       </c>
       <c r="D32" s="2" t="n">
-        <v>108.42500000000038</v>
+        <v>108.79500000000039</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" t="inlineStr">
         <is>
           <t>Detailhandel in niet-voedingswaren (exclusief motorbrandstoffen)</t>
         </is>
       </c>
       <c r="B33" t="inlineStr">
         <is>
-          <t>Augustus 2025</t>
+          <t>Oktober 2025</t>
         </is>
       </c>
       <c r="C33" s="2" t="n">
-        <v>98.47500000000035</v>
+        <v>111.7750000000004</v>
       </c>
       <c r="D33" s="2" t="n">
-        <v>108.61000000000038</v>
+        <v>108.98000000000039</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" t="inlineStr">
         <is>
           <t>ICT-apparatuur in gespecialiseerde winkels</t>
         </is>
       </c>
       <c r="B34" t="inlineStr">
         <is>
-          <t>Mei 2025</t>
+          <t>Juli 2025</t>
         </is>
       </c>
       <c r="C34" s="2" t="n">
-        <v>99.94800000000035</v>
+        <v>103.05300000000037</v>
       </c>
       <c r="D34" s="2" t="n">
-        <v>104.63700000000037</v>
+        <v>104.73400000000036</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" t="inlineStr">
         <is>
           <t>ICT-apparatuur in gespecialiseerde winkels</t>
         </is>
       </c>
       <c r="B35" t="inlineStr">
         <is>
-          <t>Juni 2025</t>
+          <t>Augustus 2025</t>
         </is>
       </c>
       <c r="C35" s="2" t="n">
-        <v>103.23200000000037</v>
+        <v>96.08900000000034</v>
       </c>
       <c r="D35" s="2" t="n">
-        <v>104.68500000000037</v>
+        <v>104.78200000000037</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" t="inlineStr">
         <is>
           <t>ICT-apparatuur in gespecialiseerde winkels</t>
         </is>
       </c>
       <c r="B36" t="inlineStr">
         <is>
-          <t>Juli 2025</t>
+          <t>September 2025</t>
         </is>
       </c>
       <c r="C36" s="2" t="n">
-        <v>103.05300000000037</v>
+        <v>128.95000000000044</v>
       </c>
       <c r="D36" s="2" t="n">
-        <v>104.73400000000036</v>
+        <v>104.83100000000037</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" t="inlineStr">
         <is>
           <t>ICT-apparatuur in gespecialiseerde winkels</t>
         </is>
       </c>
       <c r="B37" t="inlineStr">
         <is>
-          <t>Augustus 2025</t>
+          <t>Oktober 2025</t>
         </is>
       </c>
       <c r="C37" s="2" t="n">
-        <v>96.08900000000034</v>
+        <v>127.99500000000046</v>
       </c>
       <c r="D37" s="2" t="n">
-        <v>104.78200000000037</v>
+        <v>104.87900000000037</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" t="inlineStr">
         <is>
           <t>Andere consumentenartikelen in gespecialiseerde winkels</t>
         </is>
       </c>
       <c r="B38" t="inlineStr">
         <is>
-          <t>Mei 2025</t>
+          <t>Juli 2025</t>
         </is>
       </c>
       <c r="C38" s="2" t="n">
-        <v>96.66600000000034</v>
+        <v>105.52400000000037</v>
       </c>
       <c r="D38" s="2" t="n">
-        <v>95.15100000000034</v>
+        <v>95.15000000000035</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" t="inlineStr">
         <is>
           <t>Andere consumentenartikelen in gespecialiseerde winkels</t>
         </is>
       </c>
       <c r="B39" t="inlineStr">
         <is>
-          <t>Juni 2025</t>
+          <t>Augustus 2025</t>
         </is>
       </c>
       <c r="C39" s="2" t="n">
-        <v>92.31800000000032</v>
+        <v>86.02800000000032</v>
       </c>
       <c r="D39" s="2" t="n">
-        <v>95.15100000000034</v>
+        <v>95.15000000000035</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" t="inlineStr">
         <is>
           <t>Andere consumentenartikelen in gespecialiseerde winkels</t>
         </is>
       </c>
       <c r="B40" t="inlineStr">
         <is>
-          <t>Juli 2025</t>
+          <t>September 2025</t>
         </is>
       </c>
       <c r="C40" s="2" t="n">
-        <v>105.52400000000037</v>
+        <v>91.65400000000032</v>
       </c>
       <c r="D40" s="2" t="n">
         <v>95.15000000000035</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" t="inlineStr">
         <is>
           <t>Andere consumentenartikelen in gespecialiseerde winkels</t>
         </is>
       </c>
       <c r="B41" t="inlineStr">
         <is>
-          <t>Augustus 2025</t>
+          <t>Oktober 2025</t>
         </is>
       </c>
       <c r="C41" s="2" t="n">
-        <v>86.02800000000032</v>
+        <v>95.90200000000034</v>
       </c>
       <c r="D41" s="2" t="n">
         <v>95.15000000000035</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" t="inlineStr">
         <is>
           <t>Cultuur- en recreatieartikelen in gespecialiseerde winkels</t>
         </is>
       </c>
       <c r="B42" t="inlineStr">
         <is>
-          <t>Mei 2025</t>
+          <t>Juli 2025</t>
         </is>
       </c>
       <c r="C42" s="2" t="n">
-        <v>107.53400000000039</v>
+        <v>118.05000000000042</v>
       </c>
       <c r="D42" s="2" t="n">
-        <v>103.39900000000037</v>
+        <v>103.25500000000036</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" t="inlineStr">
         <is>
           <t>Cultuur- en recreatieartikelen in gespecialiseerde winkels</t>
         </is>
       </c>
       <c r="B43" t="inlineStr">
         <is>
-          <t>Juni 2025</t>
-[...3 lines deleted...]
-        <v>110.0</v>
+          <t>Augustus 2025</t>
+        </is>
+      </c>
+      <c r="C43" s="2" t="n">
+        <v>113.8460000000004</v>
       </c>
       <c r="D43" s="2" t="n">
-        <v>103.30300000000037</v>
+        <v>103.23900000000037</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" t="inlineStr">
         <is>
           <t>Cultuur- en recreatieartikelen in gespecialiseerde winkels</t>
         </is>
       </c>
       <c r="B44" t="inlineStr">
         <is>
-          <t>Juli 2025</t>
+          <t>September 2025</t>
         </is>
       </c>
       <c r="C44" s="2" t="n">
-        <v>118.05000000000042</v>
+        <v>101.09500000000035</v>
       </c>
       <c r="D44" s="2" t="n">
-        <v>103.25700000000037</v>
+        <v>103.24300000000036</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" t="inlineStr">
         <is>
           <t>Cultuur- en recreatieartikelen in gespecialiseerde winkels</t>
         </is>
       </c>
       <c r="B45" t="inlineStr">
         <is>
-          <t>Augustus 2025</t>
+          <t>Oktober 2025</t>
         </is>
       </c>
       <c r="C45" s="2" t="n">
-        <v>113.8460000000004</v>
+        <v>104.72000000000037</v>
       </c>
       <c r="D45" s="2" t="n">
-        <v>103.24500000000037</v>
+        <v>103.26100000000037</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" t="inlineStr">
         <is>
           <t>Detailhandel in andere artikelen in gespecialiseerde winkels</t>
         </is>
       </c>
       <c r="B46" t="inlineStr">
         <is>
-          <t>Mei 2025</t>
-[...3 lines deleted...]
-        <v>116.0</v>
+          <t>Juli 2025</t>
+        </is>
+      </c>
+      <c r="C46" s="2" t="n">
+        <v>115.26200000000041</v>
       </c>
       <c r="D46" s="2" t="n">
-        <v>110.9960000000004</v>
+        <v>111.3770000000004</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" t="inlineStr">
         <is>
           <t>Detailhandel in andere artikelen in gespecialiseerde winkels</t>
         </is>
       </c>
       <c r="B47" t="inlineStr">
         <is>
-          <t>Juni 2025</t>
+          <t>Augustus 2025</t>
         </is>
       </c>
       <c r="C47" s="2" t="n">
-        <v>113.0360000000004</v>
+        <v>100.47300000000035</v>
       </c>
       <c r="D47" s="2" t="n">
-        <v>111.1860000000004</v>
+        <v>111.5680000000004</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" t="inlineStr">
         <is>
           <t>Detailhandel in andere artikelen in gespecialiseerde winkels</t>
         </is>
       </c>
       <c r="B48" t="inlineStr">
         <is>
-          <t>Juli 2025</t>
+          <t>September 2025</t>
         </is>
       </c>
       <c r="C48" s="2" t="n">
-        <v>115.26200000000041</v>
+        <v>108.01400000000038</v>
       </c>
       <c r="D48" s="2" t="n">
-        <v>111.3770000000004</v>
+        <v>111.7600000000004</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" t="inlineStr">
         <is>
           <t>Detailhandel in andere artikelen in gespecialiseerde winkels</t>
         </is>
       </c>
       <c r="B49" t="inlineStr">
         <is>
-          <t>Augustus 2025</t>
+          <t>Oktober 2025</t>
         </is>
       </c>
       <c r="C49" s="2" t="n">
-        <v>100.47300000000035</v>
+        <v>116.96700000000041</v>
       </c>
       <c r="D49" s="2" t="n">
-        <v>111.5680000000004</v>
+        <v>111.95100000000039</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" t="inlineStr">
         <is>
           <t>Markt- en straathandel</t>
         </is>
       </c>
       <c r="B50" t="inlineStr">
         <is>
-          <t>Mei 2025</t>
+          <t>Juli 2025</t>
         </is>
       </c>
       <c r="C50" s="2" t="n">
-        <v>141.3970000000005</v>
+        <v>139.01700000000048</v>
       </c>
       <c r="D50" s="2" t="n">
-        <v>129.99700000000047</v>
+        <v>130.61300000000045</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" t="inlineStr">
         <is>
           <t>Markt- en straathandel</t>
         </is>
       </c>
       <c r="B51" t="inlineStr">
         <is>
-          <t>Juni 2025</t>
+          <t>Augustus 2025</t>
         </is>
       </c>
       <c r="C51" s="2" t="n">
-        <v>151.98400000000055</v>
+        <v>137.3170000000005</v>
       </c>
       <c r="D51" s="2" t="n">
-        <v>130.30300000000045</v>
+        <v>130.94400000000044</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" t="inlineStr">
         <is>
           <t>Markt- en straathandel</t>
         </is>
       </c>
       <c r="B52" t="inlineStr">
         <is>
-          <t>Juli 2025</t>
+          <t>September 2025</t>
         </is>
       </c>
       <c r="C52" s="2" t="n">
-        <v>139.01700000000048</v>
+        <v>117.65600000000042</v>
       </c>
       <c r="D52" s="2" t="n">
-        <v>130.62300000000045</v>
+        <v>131.28400000000045</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" t="inlineStr">
         <is>
           <t>Markt- en straathandel</t>
         </is>
       </c>
       <c r="B53" t="inlineStr">
         <is>
-          <t>Augustus 2025</t>
+          <t>Oktober 2025</t>
         </is>
       </c>
       <c r="C53" s="2" t="n">
-        <v>137.3170000000005</v>
+        <v>129.80600000000047</v>
       </c>
       <c r="D53" s="2" t="n">
-        <v>130.95900000000046</v>
+        <v>131.63600000000045</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" t="inlineStr">
         <is>
           <t>Detailhandel via postorderbedrijven of via internet</t>
         </is>
       </c>
       <c r="B54" t="inlineStr">
         <is>
-          <t>Mei 2025</t>
+          <t>Juli 2025</t>
         </is>
       </c>
       <c r="C54" s="2" t="n">
-        <v>108.86500000000038</v>
+        <v>111.8700000000004</v>
       </c>
       <c r="D54" s="2" t="n">
-        <v>109.01500000000038</v>
+        <v>109.44800000000038</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" t="inlineStr">
         <is>
           <t>Detailhandel via postorderbedrijven of via internet</t>
         </is>
       </c>
       <c r="B55" t="inlineStr">
         <is>
-          <t>Juni 2025</t>
+          <t>Augustus 2025</t>
         </is>
       </c>
       <c r="C55" s="2" t="n">
-        <v>112.3400000000004</v>
+        <v>97.39400000000035</v>
       </c>
       <c r="D55" s="2" t="n">
-        <v>109.23100000000038</v>
+        <v>109.66500000000039</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" t="inlineStr">
         <is>
           <t>Detailhandel via postorderbedrijven of via internet</t>
         </is>
       </c>
       <c r="B56" t="inlineStr">
         <is>
-          <t>Juli 2025</t>
+          <t>September 2025</t>
         </is>
       </c>
       <c r="C56" s="2" t="n">
-        <v>111.8700000000004</v>
+        <v>112.1520000000004</v>
       </c>
       <c r="D56" s="2" t="n">
-        <v>109.44800000000038</v>
+        <v>109.88300000000038</v>
       </c>
     </row>
     <row r="57">
       <c r="A57" t="inlineStr">
         <is>
           <t>Detailhandel via postorderbedrijven of via internet</t>
         </is>
       </c>
       <c r="B57" t="inlineStr">
         <is>
-          <t>Augustus 2025</t>
+          <t>Oktober 2025</t>
         </is>
       </c>
       <c r="C57" s="2" t="n">
-        <v>97.39400000000035</v>
+        <v>112.7200000000004</v>
       </c>
       <c r="D57" s="2" t="n">
-        <v>109.66500000000039</v>
+        <v>110.1010000000004</v>
       </c>
     </row>
     <row r="58">
       <c r="A58" t="inlineStr">
         <is>
           <t>Detailhandel, niet in winkels en exclusief markt-en straathandel</t>
         </is>
       </c>
       <c r="B58" t="inlineStr">
         <is>
-          <t>Mei 2025</t>
+          <t>Juli 2025</t>
         </is>
       </c>
       <c r="C58" s="2" t="n">
-        <v>109.19100000000039</v>
+        <v>109.38800000000039</v>
       </c>
       <c r="D58" s="2" t="n">
-        <v>113.4010000000004</v>
+        <v>114.20000000000041</v>
       </c>
     </row>
     <row r="59">
       <c r="A59" t="inlineStr">
         <is>
           <t>Detailhandel, niet in winkels en exclusief markt-en straathandel</t>
         </is>
       </c>
       <c r="B59" t="inlineStr">
         <is>
-          <t>Juni 2025</t>
+          <t>Augustus 2025</t>
         </is>
       </c>
       <c r="C59" s="2" t="n">
-        <v>112.2880000000004</v>
+        <v>96.20200000000034</v>
       </c>
       <c r="D59" s="2" t="n">
-        <v>113.8000000000004</v>
+        <v>114.60200000000042</v>
       </c>
     </row>
     <row r="60">
       <c r="A60" t="inlineStr">
         <is>
           <t>Detailhandel, niet in winkels en exclusief markt-en straathandel</t>
         </is>
       </c>
       <c r="B60" t="inlineStr">
         <is>
-          <t>Juli 2025</t>
+          <t>September 2025</t>
         </is>
       </c>
       <c r="C60" s="2" t="n">
-        <v>109.38800000000039</v>
+        <v>112.1570000000004</v>
       </c>
       <c r="D60" s="2" t="n">
-        <v>114.2010000000004</v>
+        <v>115.00600000000041</v>
       </c>
     </row>
     <row r="61">
       <c r="A61" t="inlineStr">
         <is>
           <t>Detailhandel, niet in winkels en exclusief markt-en straathandel</t>
         </is>
       </c>
       <c r="B61" t="inlineStr">
         <is>
-          <t>Augustus 2025</t>
+          <t>Oktober 2025</t>
         </is>
       </c>
       <c r="C61" s="2" t="n">
-        <v>96.20200000000034</v>
+        <v>114.42700000000042</v>
       </c>
       <c r="D61" s="2" t="n">
-        <v>114.6030000000004</v>
+        <v>115.41100000000041</v>
       </c>
     </row>
     <row r="62">
       <c r="A62" t="inlineStr">
         <is>
           <t>Textiel, kleding, schoeisel en lederwaren in gespecialiseerde winkels</t>
         </is>
       </c>
       <c r="B62" t="inlineStr">
         <is>
-          <t>Mei 2025</t>
+          <t>Juli 2025</t>
         </is>
       </c>
       <c r="C62" s="2" t="n">
-        <v>116.25900000000041</v>
+        <v>129.82800000000046</v>
       </c>
       <c r="D62" s="2" t="n">
-        <v>110.5460000000004</v>
+        <v>110.70100000000039</v>
       </c>
     </row>
     <row r="63">
       <c r="A63" t="inlineStr">
         <is>
           <t>Textiel, kleding, schoeisel en lederwaren in gespecialiseerde winkels</t>
         </is>
       </c>
       <c r="B63" t="inlineStr">
         <is>
-          <t>Juni 2025</t>
+          <t>Augustus 2025</t>
         </is>
       </c>
       <c r="C63" s="2" t="n">
-        <v>112.9890000000004</v>
+        <v>95.66000000000034</v>
       </c>
       <c r="D63" s="2" t="n">
-        <v>110.6230000000004</v>
+        <v>110.7780000000004</v>
       </c>
     </row>
     <row r="64">
       <c r="A64" t="inlineStr">
         <is>
           <t>Textiel, kleding, schoeisel en lederwaren in gespecialiseerde winkels</t>
         </is>
       </c>
       <c r="B64" t="inlineStr">
         <is>
-          <t>Juli 2025</t>
+          <t>September 2025</t>
         </is>
       </c>
       <c r="C64" s="2" t="n">
-        <v>129.82800000000046</v>
+        <v>106.68500000000039</v>
       </c>
       <c r="D64" s="2" t="n">
-        <v>110.70100000000039</v>
+        <v>110.8550000000004</v>
       </c>
     </row>
     <row r="65">
       <c r="A65" t="inlineStr">
         <is>
           <t>Textiel, kleding, schoeisel en lederwaren in gespecialiseerde winkels</t>
         </is>
       </c>
       <c r="B65" t="inlineStr">
         <is>
-          <t>Augustus 2025</t>
+          <t>Oktober 2025</t>
         </is>
       </c>
       <c r="C65" s="2" t="n">
-        <v>95.66000000000034</v>
+        <v>119.16800000000043</v>
       </c>
       <c r="D65" s="2" t="n">
-        <v>110.7780000000004</v>
+        <v>110.9330000000004</v>
       </c>
     </row>
     <row r="66">
       <c r="A66" t="inlineStr">
         <is>
           <t>Farmaceutische producten/ medische en orthopedische artikelen/ parfumerie en schoonheidsproducten in gespecialiseerde winkels</t>
         </is>
       </c>
       <c r="B66" t="inlineStr">
         <is>
-          <t>Mei 2025</t>
+          <t>Juli 2025</t>
         </is>
       </c>
       <c r="C66" s="2" t="n">
-        <v>120.10500000000043</v>
+        <v>122.78400000000045</v>
       </c>
       <c r="D66" s="2" t="n">
-        <v>122.05000000000044</v>
+        <v>122.95400000000043</v>
       </c>
     </row>
     <row r="67">
       <c r="A67" t="inlineStr">
         <is>
           <t>Farmaceutische producten/ medische en orthopedische artikelen/ parfumerie en schoonheidsproducten in gespecialiseerde winkels</t>
         </is>
       </c>
       <c r="B67" t="inlineStr">
         <is>
-          <t>Juni 2025</t>
+          <t>Augustus 2025</t>
         </is>
       </c>
       <c r="C67" s="2" t="n">
-        <v>125.58700000000044</v>
+        <v>114.92700000000042</v>
       </c>
       <c r="D67" s="2" t="n">
-        <v>122.50100000000045</v>
+        <v>123.40800000000044</v>
       </c>
     </row>
     <row r="68">
       <c r="A68" t="inlineStr">
         <is>
           <t>Farmaceutische producten/ medische en orthopedische artikelen/ parfumerie en schoonheidsproducten in gespecialiseerde winkels</t>
         </is>
       </c>
       <c r="B68" t="inlineStr">
         <is>
-          <t>Juli 2025</t>
+          <t>September 2025</t>
         </is>
       </c>
       <c r="C68" s="2" t="n">
-        <v>122.78400000000045</v>
+        <v>125.32300000000043</v>
       </c>
       <c r="D68" s="2" t="n">
-        <v>122.95400000000043</v>
+        <v>123.86400000000044</v>
       </c>
     </row>
     <row r="69">
       <c r="A69" t="inlineStr">
         <is>
           <t>Farmaceutische producten/ medische en orthopedische artikelen/ parfumerie en schoonheidsproducten in gespecialiseerde winkels</t>
         </is>
       </c>
       <c r="B69" t="inlineStr">
         <is>
-          <t>Augustus 2025</t>
+          <t>Oktober 2025</t>
         </is>
       </c>
       <c r="C69" s="2" t="n">
-        <v>114.92700000000042</v>
+        <v>128.94300000000047</v>
       </c>
       <c r="D69" s="2" t="n">
-        <v>123.40800000000044</v>
+        <v>124.32200000000044</v>
       </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <coreProperties xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </coreProperties>
 </file>