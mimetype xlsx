--- v0 (2025-10-29)
+++ v1 (2025-11-28)
@@ -107,51 +107,51 @@
   <cols>
     <col min="1" max="1" width="11.02734375" customWidth="true"/>
     <col min="2" max="2" width="88.97265625" customWidth="true"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" t="inlineStr">
         <is>
           <t>Data source:</t>
         </is>
       </c>
       <c r="B1" t="inlineStr">
         <is>
           <t>Flux mensuel des assujettis à la Tva par activité économique, localisation du siège social et type d’entreprise</t>
         </is>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="inlineStr">
         <is>
           <t>Filtres:</t>
         </is>
       </c>
       <c r="B2" t="inlineStr">
         <is>
-          <t>Période : Dernières 1 Mois(Août 2025)</t>
+          <t>Période : Dernières 1 Mois(Septembre 2025)</t>
         </is>
       </c>
     </row>
     <row r="3">
       <c r="B3" t="inlineStr">
         <is>
           <t xml:space="preserve">
 </t>
         </is>
       </c>
     </row>
     <row r="4">
 </row>
     <row r="5">
       <c r="A5" t="inlineStr">
         <is>
           <t xml:space="preserve">Source: </t>
         </is>
       </c>
       <c r="B5" t="inlineStr">
         <is>
           <t>Statbel (Direction générale Statistique - Statistics Belgium)</t>
         </is>
       </c>
     </row>
@@ -163,1101 +163,1101 @@
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <cols>
     <col min="1" max="1" width="123.171875" customWidth="true"/>
     <col min="2" max="2" width="4.8125" customWidth="true"/>
     <col min="3" max="3" width="21.1171875" customWidth="true"/>
     <col min="4" max="4" width="17.8359375" customWidth="true"/>
     <col min="5" max="5" width="9.4296875" customWidth="true"/>
     <col min="6" max="6" width="27.734375" customWidth="true"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1"/>
       <c r="B1" t="inlineStr">
         <is>
           <t>Mois</t>
         </is>
       </c>
       <c r="C1" t="inlineStr">
         <is>
-          <t>Août 2025</t>
+          <t>Septembre 2025</t>
         </is>
       </c>
       <c r="D1"/>
       <c r="E1"/>
       <c r="F1"/>
     </row>
     <row r="2">
       <c r="A2"/>
       <c r="B2"/>
       <c r="C2" t="inlineStr">
         <is>
           <t>Primo-assujettissements</t>
         </is>
       </c>
       <c r="D2" t="inlineStr">
         <is>
           <t>Réassujettissements</t>
         </is>
       </c>
       <c r="E2" t="inlineStr">
         <is>
           <t>Radiations</t>
         </is>
       </c>
       <c r="F2" t="inlineStr">
         <is>
           <t>Assujettis à la Tva en fin de mois</t>
         </is>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="inlineStr">
         <is>
           <t>Section</t>
         </is>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="inlineStr">
         <is>
           <t>A Agriculture, sylviculture et pêche</t>
         </is>
       </c>
       <c r="B4"/>
       <c r="C4" s="1" t="n">
-        <v>75.0</v>
+        <v>81.0</v>
       </c>
       <c r="D4" s="1" t="n">
-        <v>15.0</v>
+        <v>12.0</v>
       </c>
       <c r="E4" s="1" t="n">
-        <v>-85.0</v>
+        <v>-154.0</v>
       </c>
       <c r="F4" s="1" t="n">
-        <v>49211.0</v>
+        <v>49161.0</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="inlineStr">
         <is>
           <t>B Industries extractives</t>
         </is>
       </c>
       <c r="B5"/>
       <c r="C5" s="1" t="n">
         <v>0.0</v>
       </c>
       <c r="D5" s="1" t="n">
         <v>0.0</v>
       </c>
       <c r="E5" s="1" t="n">
         <v>0.0</v>
       </c>
       <c r="F5" s="1" t="n">
-        <v>204.0</v>
+        <v>205.0</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="inlineStr">
         <is>
           <t>C Industrie manufacturière</t>
         </is>
       </c>
       <c r="B6"/>
       <c r="C6" s="1" t="n">
-        <v>174.0</v>
+        <v>198.0</v>
       </c>
       <c r="D6" s="1" t="n">
-        <v>39.0</v>
+        <v>44.0</v>
       </c>
       <c r="E6" s="1" t="n">
-        <v>-213.0</v>
+        <v>-372.0</v>
       </c>
       <c r="F6" s="1" t="n">
-        <v>56675.0</v>
+        <v>56633.0</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="inlineStr">
         <is>
           <t>D Production et distribution d’électricité, de gaz, de vapeur et d’air conditionné</t>
         </is>
       </c>
       <c r="B7"/>
       <c r="C7" s="1" t="n">
-        <v>12.0</v>
+        <v>19.0</v>
       </c>
       <c r="D7" s="1" t="n">
-        <v>2.0</v>
+        <v>1.0</v>
       </c>
       <c r="E7" s="1" t="n">
-        <v>-17.0</v>
+        <v>-13.0</v>
       </c>
       <c r="F7" s="1" t="n">
-        <v>1518.0</v>
+        <v>1569.0</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="inlineStr">
         <is>
           <t>E Production et distribution d’eau/ assainissement, gestion des déchets et dépollution</t>
         </is>
       </c>
       <c r="B8"/>
       <c r="C8" s="1" t="n">
-        <v>5.0</v>
+        <v>14.0</v>
       </c>
       <c r="D8" s="1" t="n">
-        <v>1.0</v>
+        <v>0.0</v>
       </c>
       <c r="E8" s="1" t="n">
-        <v>-11.0</v>
+        <v>-13.0</v>
       </c>
       <c r="F8" s="1" t="n">
-        <v>1900.0</v>
+        <v>1919.0</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="inlineStr">
         <is>
           <t>F Construction</t>
         </is>
       </c>
       <c r="B9"/>
       <c r="C9" s="1" t="n">
-        <v>676.0</v>
+        <v>796.0</v>
       </c>
       <c r="D9" s="1" t="n">
-        <v>136.0</v>
+        <v>139.0</v>
       </c>
       <c r="E9" s="1" t="n">
-        <v>-790.0</v>
+        <v>-1159.0</v>
       </c>
       <c r="F9" s="1" t="n">
-        <v>164792.0</v>
+        <v>164864.0</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="inlineStr">
         <is>
           <t>G Commerce/ réparation d’automobiles et de motocycles</t>
         </is>
       </c>
       <c r="B10"/>
       <c r="C10" s="1" t="n">
-        <v>355.0</v>
+        <v>812.0</v>
       </c>
       <c r="D10" s="1" t="n">
-        <v>182.0</v>
+        <v>192.0</v>
       </c>
       <c r="E10" s="1" t="n">
-        <v>-966.0</v>
+        <v>-1533.0</v>
       </c>
       <c r="F10" s="1" t="n">
-        <v>181025.0</v>
+        <v>182652.0</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="inlineStr">
         <is>
           <t>H Transports et entreposage</t>
         </is>
       </c>
       <c r="B11"/>
       <c r="C11" s="1" t="n">
-        <v>217.0</v>
+        <v>243.0</v>
       </c>
       <c r="D11" s="1" t="n">
-        <v>42.0</v>
+        <v>27.0</v>
       </c>
       <c r="E11" s="1" t="n">
-        <v>-213.0</v>
+        <v>-285.0</v>
       </c>
       <c r="F11" s="1" t="n">
-        <v>31916.0</v>
+        <v>31958.0</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="inlineStr">
         <is>
           <t>I Hébergement et restauration</t>
         </is>
       </c>
       <c r="B12"/>
       <c r="C12" s="1" t="n">
-        <v>358.0</v>
+        <v>311.0</v>
       </c>
       <c r="D12" s="1" t="n">
-        <v>55.0</v>
+        <v>47.0</v>
       </c>
       <c r="E12" s="1" t="n">
-        <v>-343.0</v>
+        <v>-525.0</v>
       </c>
       <c r="F12" s="1" t="n">
-        <v>65063.0</v>
+        <v>64899.0</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="inlineStr">
         <is>
           <t>J Information et communication</t>
         </is>
       </c>
       <c r="B13"/>
       <c r="C13" s="1" t="n">
-        <v>244.0</v>
+        <v>386.0</v>
       </c>
       <c r="D13" s="1" t="n">
-        <v>56.0</v>
+        <v>49.0</v>
       </c>
       <c r="E13" s="1" t="n">
-        <v>-275.0</v>
+        <v>-472.0</v>
       </c>
       <c r="F13" s="1" t="n">
-        <v>65956.0</v>
+        <v>66938.0</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="inlineStr">
         <is>
           <t>K Activités financières et d’assurance</t>
         </is>
       </c>
       <c r="B14"/>
       <c r="C14" s="1" t="n">
-        <v>85.0</v>
+        <v>43.0</v>
       </c>
       <c r="D14" s="1" t="n">
-        <v>9.0</v>
+        <v>5.0</v>
       </c>
       <c r="E14" s="1" t="n">
-        <v>-38.0</v>
+        <v>-61.0</v>
       </c>
       <c r="F14" s="1" t="n">
-        <v>10482.0</v>
+        <v>10437.0</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="inlineStr">
         <is>
           <t>L Activités immobilières</t>
         </is>
       </c>
       <c r="B15"/>
       <c r="C15" s="1" t="n">
-        <v>199.0</v>
+        <v>211.0</v>
       </c>
       <c r="D15" s="1" t="n">
-        <v>20.0</v>
+        <v>23.0</v>
       </c>
       <c r="E15" s="1" t="n">
-        <v>-99.0</v>
+        <v>-155.0</v>
       </c>
       <c r="F15" s="1" t="n">
-        <v>36898.0</v>
+        <v>37028.0</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="inlineStr">
         <is>
           <t>M Activités spécialisées, scientifiques et techniques</t>
         </is>
       </c>
       <c r="B16"/>
       <c r="C16" s="1" t="n">
-        <v>1325.0</v>
+        <v>1566.0</v>
       </c>
       <c r="D16" s="1" t="n">
-        <v>108.0</v>
+        <v>130.0</v>
       </c>
       <c r="E16" s="1" t="n">
-        <v>-833.0</v>
+        <v>-1389.0</v>
       </c>
       <c r="F16" s="1" t="n">
-        <v>242079.0</v>
+        <v>242429.0</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="inlineStr">
         <is>
           <t>N Activités de services administratifs et de soutien</t>
         </is>
       </c>
       <c r="B17"/>
       <c r="C17" s="1" t="n">
-        <v>459.0</v>
+        <v>534.0</v>
       </c>
       <c r="D17" s="1" t="n">
-        <v>72.0</v>
+        <v>71.0</v>
       </c>
       <c r="E17" s="1" t="n">
-        <v>-373.0</v>
+        <v>-606.0</v>
       </c>
       <c r="F17" s="1" t="n">
-        <v>78692.0</v>
+        <v>79578.0</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="inlineStr">
         <is>
           <t>O Administration publique</t>
         </is>
       </c>
       <c r="B18"/>
       <c r="C18" s="1" t="n">
-        <v>1.0</v>
+        <v>0.0</v>
       </c>
       <c r="D18" s="1" t="n">
         <v>0.0</v>
       </c>
       <c r="E18" s="1" t="n">
-        <v>0.0</v>
+        <v>-2.0</v>
       </c>
       <c r="F18" s="1" t="n">
-        <v>959.0</v>
+        <v>957.0</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="inlineStr">
         <is>
           <t>P Enseignement</t>
         </is>
       </c>
       <c r="B19"/>
       <c r="C19" s="1" t="n">
-        <v>257.0</v>
+        <v>313.0</v>
       </c>
       <c r="D19" s="1" t="n">
-        <v>38.0</v>
+        <v>30.0</v>
       </c>
       <c r="E19" s="1" t="n">
-        <v>-178.0</v>
+        <v>-295.0</v>
       </c>
       <c r="F19" s="1" t="n">
-        <v>29501.0</v>
+        <v>29552.0</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="inlineStr">
         <is>
           <t>Q Santé humaine et action sociale</t>
         </is>
       </c>
       <c r="B20"/>
       <c r="C20" s="1" t="n">
-        <v>468.0</v>
+        <v>496.0</v>
       </c>
       <c r="D20" s="1" t="n">
-        <v>26.0</v>
+        <v>25.0</v>
       </c>
       <c r="E20" s="1" t="n">
-        <v>-205.0</v>
+        <v>-414.0</v>
       </c>
       <c r="F20" s="1" t="n">
-        <v>56343.0</v>
+        <v>56468.0</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="inlineStr">
         <is>
           <t>R Arts, spectacles et activités récréatives</t>
         </is>
       </c>
       <c r="B21"/>
       <c r="C21" s="1" t="n">
-        <v>253.0</v>
+        <v>280.0</v>
       </c>
       <c r="D21" s="1" t="n">
-        <v>29.0</v>
+        <v>39.0</v>
       </c>
       <c r="E21" s="1" t="n">
-        <v>-173.0</v>
+        <v>-319.0</v>
       </c>
       <c r="F21" s="1" t="n">
-        <v>47564.0</v>
+        <v>47711.0</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="inlineStr">
         <is>
           <t>S Autres activités de services</t>
         </is>
       </c>
       <c r="B22"/>
       <c r="C22" s="1" t="n">
-        <v>438.0</v>
+        <v>358.0</v>
       </c>
       <c r="D22" s="1" t="n">
         <v>88.0</v>
       </c>
       <c r="E22" s="1" t="n">
-        <v>-399.0</v>
+        <v>-702.0</v>
       </c>
       <c r="F22" s="1" t="n">
-        <v>79245.0</v>
+        <v>79018.0</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="inlineStr">
         <is>
           <t>T Activités des ménages en tant qu’employeurs/ activités indifférenciées des ménages en tant que producteurs de biens et services pour usage propre</t>
         </is>
       </c>
       <c r="B23"/>
       <c r="C23" s="1" t="n">
         <v>2.0</v>
       </c>
       <c r="D23" s="1" t="n">
         <v>0.0</v>
       </c>
       <c r="E23" s="1" t="n">
-        <v>-2.0</v>
+        <v>-5.0</v>
       </c>
       <c r="F23" s="1" t="n">
-        <v>246.0</v>
+        <v>243.0</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="inlineStr">
         <is>
           <t>U Activités extra-territoriales</t>
         </is>
       </c>
       <c r="B24"/>
       <c r="C24" s="1" t="n">
-        <v>0.0</v>
+        <v>2.0</v>
       </c>
       <c r="D24" s="1" t="n">
         <v>0.0</v>
       </c>
       <c r="E24" s="1" t="n">
-        <v>-1.0</v>
+        <v>0.0</v>
       </c>
       <c r="F24" s="1" t="n">
-        <v>30.0</v>
+        <v>32.0</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="inlineStr">
         <is>
           <t>Activité économique inconnue</t>
         </is>
       </c>
       <c r="B25"/>
       <c r="C25" s="1" t="n">
-        <v>1408.0</v>
+        <v>61.0</v>
       </c>
       <c r="D25" s="1" t="n">
         <v>2.0</v>
       </c>
       <c r="E25" s="1" t="n">
-        <v>-35.0</v>
+        <v>-8.0</v>
       </c>
       <c r="F25" s="1" t="n">
-        <v>5643.0</v>
+        <v>859.0</v>
       </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <cols>
     <col min="1" max="1" width="123.171875" customWidth="true"/>
-    <col min="2" max="2" width="9.328125" customWidth="true"/>
+    <col min="2" max="2" width="14.3203125" customWidth="true"/>
     <col min="3" max="3" width="21.1171875" customWidth="true"/>
     <col min="4" max="4" width="17.8359375" customWidth="true"/>
     <col min="5" max="5" width="9.4296875" customWidth="true"/>
     <col min="6" max="6" width="27.734375" customWidth="true"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" t="inlineStr">
         <is>
           <t>Section</t>
         </is>
       </c>
       <c r="B1" t="inlineStr">
         <is>
           <t>Mois</t>
         </is>
       </c>
       <c r="C1" t="inlineStr">
         <is>
           <t>Primo-assujettissements</t>
         </is>
       </c>
       <c r="D1" t="inlineStr">
         <is>
           <t>Réassujettissements</t>
         </is>
       </c>
       <c r="E1" t="inlineStr">
         <is>
           <t>Radiations</t>
         </is>
       </c>
       <c r="F1" t="inlineStr">
         <is>
           <t>Assujettis à la Tva en fin de mois</t>
         </is>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="inlineStr">
         <is>
           <t>A Agriculture, sylviculture et pêche</t>
         </is>
       </c>
       <c r="B2" t="inlineStr">
         <is>
-          <t>Août 2025</t>
+          <t>Septembre 2025</t>
         </is>
       </c>
       <c r="C2" s="1" t="n">
-        <v>75.0</v>
+        <v>81.0</v>
       </c>
       <c r="D2" s="1" t="n">
-        <v>15.0</v>
+        <v>12.0</v>
       </c>
       <c r="E2" s="1" t="n">
-        <v>-85.0</v>
+        <v>-154.0</v>
       </c>
       <c r="F2" s="1" t="n">
-        <v>49211.0</v>
+        <v>49161.0</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="inlineStr">
         <is>
           <t>B Industries extractives</t>
         </is>
       </c>
       <c r="B3" t="inlineStr">
         <is>
-          <t>Août 2025</t>
+          <t>Septembre 2025</t>
         </is>
       </c>
       <c r="C3" s="1" t="n">
         <v>0.0</v>
       </c>
       <c r="D3" s="1" t="n">
         <v>0.0</v>
       </c>
       <c r="E3" s="1" t="n">
         <v>0.0</v>
       </c>
       <c r="F3" s="1" t="n">
-        <v>204.0</v>
+        <v>205.0</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="inlineStr">
         <is>
           <t>C Industrie manufacturière</t>
         </is>
       </c>
       <c r="B4" t="inlineStr">
         <is>
-          <t>Août 2025</t>
+          <t>Septembre 2025</t>
         </is>
       </c>
       <c r="C4" s="1" t="n">
-        <v>174.0</v>
+        <v>198.0</v>
       </c>
       <c r="D4" s="1" t="n">
-        <v>39.0</v>
+        <v>44.0</v>
       </c>
       <c r="E4" s="1" t="n">
-        <v>-213.0</v>
+        <v>-372.0</v>
       </c>
       <c r="F4" s="1" t="n">
-        <v>56675.0</v>
+        <v>56633.0</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="inlineStr">
         <is>
           <t>D Production et distribution d’électricité, de gaz, de vapeur et d’air conditionné</t>
         </is>
       </c>
       <c r="B5" t="inlineStr">
         <is>
-          <t>Août 2025</t>
+          <t>Septembre 2025</t>
         </is>
       </c>
       <c r="C5" s="1" t="n">
-        <v>12.0</v>
+        <v>19.0</v>
       </c>
       <c r="D5" s="1" t="n">
-        <v>2.0</v>
+        <v>1.0</v>
       </c>
       <c r="E5" s="1" t="n">
-        <v>-17.0</v>
+        <v>-13.0</v>
       </c>
       <c r="F5" s="1" t="n">
-        <v>1518.0</v>
+        <v>1569.0</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="inlineStr">
         <is>
           <t>E Production et distribution d’eau/ assainissement, gestion des déchets et dépollution</t>
         </is>
       </c>
       <c r="B6" t="inlineStr">
         <is>
-          <t>Août 2025</t>
+          <t>Septembre 2025</t>
         </is>
       </c>
       <c r="C6" s="1" t="n">
-        <v>5.0</v>
+        <v>14.0</v>
       </c>
       <c r="D6" s="1" t="n">
-        <v>1.0</v>
+        <v>0.0</v>
       </c>
       <c r="E6" s="1" t="n">
-        <v>-11.0</v>
+        <v>-13.0</v>
       </c>
       <c r="F6" s="1" t="n">
-        <v>1900.0</v>
+        <v>1919.0</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="inlineStr">
         <is>
           <t>F Construction</t>
         </is>
       </c>
       <c r="B7" t="inlineStr">
         <is>
-          <t>Août 2025</t>
+          <t>Septembre 2025</t>
         </is>
       </c>
       <c r="C7" s="1" t="n">
-        <v>676.0</v>
+        <v>796.0</v>
       </c>
       <c r="D7" s="1" t="n">
-        <v>136.0</v>
+        <v>139.0</v>
       </c>
       <c r="E7" s="1" t="n">
-        <v>-790.0</v>
+        <v>-1159.0</v>
       </c>
       <c r="F7" s="1" t="n">
-        <v>164792.0</v>
+        <v>164864.0</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="inlineStr">
         <is>
           <t>G Commerce/ réparation d’automobiles et de motocycles</t>
         </is>
       </c>
       <c r="B8" t="inlineStr">
         <is>
-          <t>Août 2025</t>
+          <t>Septembre 2025</t>
         </is>
       </c>
       <c r="C8" s="1" t="n">
-        <v>355.0</v>
+        <v>812.0</v>
       </c>
       <c r="D8" s="1" t="n">
-        <v>182.0</v>
+        <v>192.0</v>
       </c>
       <c r="E8" s="1" t="n">
-        <v>-966.0</v>
+        <v>-1533.0</v>
       </c>
       <c r="F8" s="1" t="n">
-        <v>181025.0</v>
+        <v>182652.0</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="inlineStr">
         <is>
           <t>H Transports et entreposage</t>
         </is>
       </c>
       <c r="B9" t="inlineStr">
         <is>
-          <t>Août 2025</t>
+          <t>Septembre 2025</t>
         </is>
       </c>
       <c r="C9" s="1" t="n">
-        <v>217.0</v>
+        <v>243.0</v>
       </c>
       <c r="D9" s="1" t="n">
-        <v>42.0</v>
+        <v>27.0</v>
       </c>
       <c r="E9" s="1" t="n">
-        <v>-213.0</v>
+        <v>-285.0</v>
       </c>
       <c r="F9" s="1" t="n">
-        <v>31916.0</v>
+        <v>31958.0</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="inlineStr">
         <is>
           <t>I Hébergement et restauration</t>
         </is>
       </c>
       <c r="B10" t="inlineStr">
         <is>
-          <t>Août 2025</t>
+          <t>Septembre 2025</t>
         </is>
       </c>
       <c r="C10" s="1" t="n">
-        <v>358.0</v>
+        <v>311.0</v>
       </c>
       <c r="D10" s="1" t="n">
-        <v>55.0</v>
+        <v>47.0</v>
       </c>
       <c r="E10" s="1" t="n">
-        <v>-343.0</v>
+        <v>-525.0</v>
       </c>
       <c r="F10" s="1" t="n">
-        <v>65063.0</v>
+        <v>64899.0</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="inlineStr">
         <is>
           <t>J Information et communication</t>
         </is>
       </c>
       <c r="B11" t="inlineStr">
         <is>
-          <t>Août 2025</t>
+          <t>Septembre 2025</t>
         </is>
       </c>
       <c r="C11" s="1" t="n">
-        <v>244.0</v>
+        <v>386.0</v>
       </c>
       <c r="D11" s="1" t="n">
-        <v>56.0</v>
+        <v>49.0</v>
       </c>
       <c r="E11" s="1" t="n">
-        <v>-275.0</v>
+        <v>-472.0</v>
       </c>
       <c r="F11" s="1" t="n">
-        <v>65956.0</v>
+        <v>66938.0</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="inlineStr">
         <is>
           <t>K Activités financières et d’assurance</t>
         </is>
       </c>
       <c r="B12" t="inlineStr">
         <is>
-          <t>Août 2025</t>
+          <t>Septembre 2025</t>
         </is>
       </c>
       <c r="C12" s="1" t="n">
-        <v>85.0</v>
+        <v>43.0</v>
       </c>
       <c r="D12" s="1" t="n">
-        <v>9.0</v>
+        <v>5.0</v>
       </c>
       <c r="E12" s="1" t="n">
-        <v>-38.0</v>
+        <v>-61.0</v>
       </c>
       <c r="F12" s="1" t="n">
-        <v>10482.0</v>
+        <v>10437.0</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="inlineStr">
         <is>
           <t>L Activités immobilières</t>
         </is>
       </c>
       <c r="B13" t="inlineStr">
         <is>
-          <t>Août 2025</t>
+          <t>Septembre 2025</t>
         </is>
       </c>
       <c r="C13" s="1" t="n">
-        <v>199.0</v>
+        <v>211.0</v>
       </c>
       <c r="D13" s="1" t="n">
-        <v>20.0</v>
+        <v>23.0</v>
       </c>
       <c r="E13" s="1" t="n">
-        <v>-99.0</v>
+        <v>-155.0</v>
       </c>
       <c r="F13" s="1" t="n">
-        <v>36898.0</v>
+        <v>37028.0</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="inlineStr">
         <is>
           <t>M Activités spécialisées, scientifiques et techniques</t>
         </is>
       </c>
       <c r="B14" t="inlineStr">
         <is>
-          <t>Août 2025</t>
+          <t>Septembre 2025</t>
         </is>
       </c>
       <c r="C14" s="1" t="n">
-        <v>1325.0</v>
+        <v>1566.0</v>
       </c>
       <c r="D14" s="1" t="n">
-        <v>108.0</v>
+        <v>130.0</v>
       </c>
       <c r="E14" s="1" t="n">
-        <v>-833.0</v>
+        <v>-1389.0</v>
       </c>
       <c r="F14" s="1" t="n">
-        <v>242079.0</v>
+        <v>242429.0</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="inlineStr">
         <is>
           <t>N Activités de services administratifs et de soutien</t>
         </is>
       </c>
       <c r="B15" t="inlineStr">
         <is>
-          <t>Août 2025</t>
+          <t>Septembre 2025</t>
         </is>
       </c>
       <c r="C15" s="1" t="n">
-        <v>459.0</v>
+        <v>534.0</v>
       </c>
       <c r="D15" s="1" t="n">
-        <v>72.0</v>
+        <v>71.0</v>
       </c>
       <c r="E15" s="1" t="n">
-        <v>-373.0</v>
+        <v>-606.0</v>
       </c>
       <c r="F15" s="1" t="n">
-        <v>78692.0</v>
+        <v>79578.0</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="inlineStr">
         <is>
           <t>O Administration publique</t>
         </is>
       </c>
       <c r="B16" t="inlineStr">
         <is>
-          <t>Août 2025</t>
+          <t>Septembre 2025</t>
         </is>
       </c>
       <c r="C16" s="1" t="n">
-        <v>1.0</v>
+        <v>0.0</v>
       </c>
       <c r="D16" s="1" t="n">
         <v>0.0</v>
       </c>
       <c r="E16" s="1" t="n">
-        <v>0.0</v>
+        <v>-2.0</v>
       </c>
       <c r="F16" s="1" t="n">
-        <v>959.0</v>
+        <v>957.0</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="inlineStr">
         <is>
           <t>P Enseignement</t>
         </is>
       </c>
       <c r="B17" t="inlineStr">
         <is>
-          <t>Août 2025</t>
+          <t>Septembre 2025</t>
         </is>
       </c>
       <c r="C17" s="1" t="n">
-        <v>257.0</v>
+        <v>313.0</v>
       </c>
       <c r="D17" s="1" t="n">
-        <v>38.0</v>
+        <v>30.0</v>
       </c>
       <c r="E17" s="1" t="n">
-        <v>-178.0</v>
+        <v>-295.0</v>
       </c>
       <c r="F17" s="1" t="n">
-        <v>29501.0</v>
+        <v>29552.0</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="inlineStr">
         <is>
           <t>Q Santé humaine et action sociale</t>
         </is>
       </c>
       <c r="B18" t="inlineStr">
         <is>
-          <t>Août 2025</t>
+          <t>Septembre 2025</t>
         </is>
       </c>
       <c r="C18" s="1" t="n">
-        <v>468.0</v>
+        <v>496.0</v>
       </c>
       <c r="D18" s="1" t="n">
-        <v>26.0</v>
+        <v>25.0</v>
       </c>
       <c r="E18" s="1" t="n">
-        <v>-205.0</v>
+        <v>-414.0</v>
       </c>
       <c r="F18" s="1" t="n">
-        <v>56343.0</v>
+        <v>56468.0</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="inlineStr">
         <is>
           <t>R Arts, spectacles et activités récréatives</t>
         </is>
       </c>
       <c r="B19" t="inlineStr">
         <is>
-          <t>Août 2025</t>
+          <t>Septembre 2025</t>
         </is>
       </c>
       <c r="C19" s="1" t="n">
-        <v>253.0</v>
+        <v>280.0</v>
       </c>
       <c r="D19" s="1" t="n">
-        <v>29.0</v>
+        <v>39.0</v>
       </c>
       <c r="E19" s="1" t="n">
-        <v>-173.0</v>
+        <v>-319.0</v>
       </c>
       <c r="F19" s="1" t="n">
-        <v>47564.0</v>
+        <v>47711.0</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="inlineStr">
         <is>
           <t>S Autres activités de services</t>
         </is>
       </c>
       <c r="B20" t="inlineStr">
         <is>
-          <t>Août 2025</t>
+          <t>Septembre 2025</t>
         </is>
       </c>
       <c r="C20" s="1" t="n">
-        <v>438.0</v>
+        <v>358.0</v>
       </c>
       <c r="D20" s="1" t="n">
         <v>88.0</v>
       </c>
       <c r="E20" s="1" t="n">
-        <v>-399.0</v>
+        <v>-702.0</v>
       </c>
       <c r="F20" s="1" t="n">
-        <v>79245.0</v>
+        <v>79018.0</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="inlineStr">
         <is>
           <t>T Activités des ménages en tant qu’employeurs/ activités indifférenciées des ménages en tant que producteurs de biens et services pour usage propre</t>
         </is>
       </c>
       <c r="B21" t="inlineStr">
         <is>
-          <t>Août 2025</t>
+          <t>Septembre 2025</t>
         </is>
       </c>
       <c r="C21" s="1" t="n">
         <v>2.0</v>
       </c>
       <c r="D21" s="1" t="n">
         <v>0.0</v>
       </c>
       <c r="E21" s="1" t="n">
-        <v>-2.0</v>
+        <v>-5.0</v>
       </c>
       <c r="F21" s="1" t="n">
-        <v>246.0</v>
+        <v>243.0</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="inlineStr">
         <is>
           <t>U Activités extra-territoriales</t>
         </is>
       </c>
       <c r="B22" t="inlineStr">
         <is>
-          <t>Août 2025</t>
+          <t>Septembre 2025</t>
         </is>
       </c>
       <c r="C22" s="1" t="n">
-        <v>0.0</v>
+        <v>2.0</v>
       </c>
       <c r="D22" s="1" t="n">
         <v>0.0</v>
       </c>
       <c r="E22" s="1" t="n">
-        <v>-1.0</v>
+        <v>0.0</v>
       </c>
       <c r="F22" s="1" t="n">
-        <v>30.0</v>
+        <v>32.0</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="inlineStr">
         <is>
           <t>Activité économique inconnue</t>
         </is>
       </c>
       <c r="B23" t="inlineStr">
         <is>
-          <t>Août 2025</t>
+          <t>Septembre 2025</t>
         </is>
       </c>
       <c r="C23" s="1" t="n">
-        <v>1408.0</v>
+        <v>61.0</v>
       </c>
       <c r="D23" s="1" t="n">
         <v>2.0</v>
       </c>
       <c r="E23" s="1" t="n">
-        <v>-35.0</v>
+        <v>-8.0</v>
       </c>
       <c r="F23" s="1" t="n">
-        <v>5643.0</v>
+        <v>859.0</v>
       </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <coreProperties xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </coreProperties>
 </file>