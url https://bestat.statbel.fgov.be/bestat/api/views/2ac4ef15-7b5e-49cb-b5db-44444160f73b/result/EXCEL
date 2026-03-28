--- v1 (2025-11-28)
+++ v2 (2026-03-28)
@@ -107,51 +107,51 @@
   <cols>
     <col min="1" max="1" width="11.02734375" customWidth="true"/>
     <col min="2" max="2" width="88.97265625" customWidth="true"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" t="inlineStr">
         <is>
           <t>Data source:</t>
         </is>
       </c>
       <c r="B1" t="inlineStr">
         <is>
           <t>Flux mensuel des assujettis à la Tva par activité économique, localisation du siège social et type d’entreprise</t>
         </is>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="inlineStr">
         <is>
           <t>Filtres:</t>
         </is>
       </c>
       <c r="B2" t="inlineStr">
         <is>
-          <t>Période : Dernières 1 Mois(Septembre 2025)</t>
+          <t>Période : Dernières 1 Mois(Décembre 2025)</t>
         </is>
       </c>
     </row>
     <row r="3">
       <c r="B3" t="inlineStr">
         <is>
           <t xml:space="preserve">
 </t>
         </is>
       </c>
     </row>
     <row r="4">
 </row>
     <row r="5">
       <c r="A5" t="inlineStr">
         <is>
           <t xml:space="preserve">Source: </t>
         </is>
       </c>
       <c r="B5" t="inlineStr">
         <is>
           <t>Statbel (Direction générale Statistique - Statistics Belgium)</t>
         </is>
       </c>
     </row>
@@ -163,1101 +163,1101 @@
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <cols>
     <col min="1" max="1" width="123.171875" customWidth="true"/>
     <col min="2" max="2" width="4.8125" customWidth="true"/>
     <col min="3" max="3" width="21.1171875" customWidth="true"/>
     <col min="4" max="4" width="17.8359375" customWidth="true"/>
     <col min="5" max="5" width="9.4296875" customWidth="true"/>
     <col min="6" max="6" width="27.734375" customWidth="true"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1"/>
       <c r="B1" t="inlineStr">
         <is>
           <t>Mois</t>
         </is>
       </c>
       <c r="C1" t="inlineStr">
         <is>
-          <t>Septembre 2025</t>
+          <t>Décembre 2025</t>
         </is>
       </c>
       <c r="D1"/>
       <c r="E1"/>
       <c r="F1"/>
     </row>
     <row r="2">
       <c r="A2"/>
       <c r="B2"/>
       <c r="C2" t="inlineStr">
         <is>
           <t>Primo-assujettissements</t>
         </is>
       </c>
       <c r="D2" t="inlineStr">
         <is>
           <t>Réassujettissements</t>
         </is>
       </c>
       <c r="E2" t="inlineStr">
         <is>
           <t>Radiations</t>
         </is>
       </c>
       <c r="F2" t="inlineStr">
         <is>
           <t>Assujettis à la Tva en fin de mois</t>
         </is>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="inlineStr">
         <is>
           <t>Section</t>
         </is>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="inlineStr">
         <is>
           <t>A Agriculture, sylviculture et pêche</t>
         </is>
       </c>
       <c r="B4"/>
       <c r="C4" s="1" t="n">
-        <v>81.0</v>
+        <v>102.0</v>
       </c>
       <c r="D4" s="1" t="n">
-        <v>12.0</v>
+        <v>4.0</v>
       </c>
       <c r="E4" s="1" t="n">
-        <v>-154.0</v>
+        <v>-973.0</v>
       </c>
       <c r="F4" s="1" t="n">
-        <v>49161.0</v>
+        <v>48280.0</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="inlineStr">
         <is>
           <t>B Industries extractives</t>
         </is>
       </c>
       <c r="B5"/>
       <c r="C5" s="1" t="n">
-        <v>0.0</v>
+        <v>1.0</v>
       </c>
       <c r="D5" s="1" t="n">
         <v>0.0</v>
       </c>
       <c r="E5" s="1" t="n">
-        <v>0.0</v>
+        <v>-3.0</v>
       </c>
       <c r="F5" s="1" t="n">
-        <v>205.0</v>
+        <v>201.0</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="inlineStr">
         <is>
           <t>C Industrie manufacturière</t>
         </is>
       </c>
       <c r="B6"/>
       <c r="C6" s="1" t="n">
-        <v>198.0</v>
+        <v>224.0</v>
       </c>
       <c r="D6" s="1" t="n">
-        <v>44.0</v>
+        <v>29.0</v>
       </c>
       <c r="E6" s="1" t="n">
-        <v>-372.0</v>
+        <v>-997.0</v>
       </c>
       <c r="F6" s="1" t="n">
-        <v>56633.0</v>
+        <v>56170.0</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="inlineStr">
         <is>
           <t>D Production et distribution d’électricité, de gaz, de vapeur et d’air conditionné</t>
         </is>
       </c>
       <c r="B7"/>
       <c r="C7" s="1" t="n">
-        <v>19.0</v>
+        <v>15.0</v>
       </c>
       <c r="D7" s="1" t="n">
         <v>1.0</v>
       </c>
       <c r="E7" s="1" t="n">
-        <v>-13.0</v>
+        <v>-31.0</v>
       </c>
       <c r="F7" s="1" t="n">
-        <v>1569.0</v>
+        <v>1558.0</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="inlineStr">
         <is>
           <t>E Production et distribution d’eau/ assainissement, gestion des déchets et dépollution</t>
         </is>
       </c>
       <c r="B8"/>
       <c r="C8" s="1" t="n">
-        <v>14.0</v>
+        <v>6.0</v>
       </c>
       <c r="D8" s="1" t="n">
-        <v>0.0</v>
+        <v>1.0</v>
       </c>
       <c r="E8" s="1" t="n">
-        <v>-13.0</v>
+        <v>-11.0</v>
       </c>
       <c r="F8" s="1" t="n">
-        <v>1919.0</v>
+        <v>1930.0</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="inlineStr">
         <is>
           <t>F Construction</t>
         </is>
       </c>
       <c r="B9"/>
       <c r="C9" s="1" t="n">
-        <v>796.0</v>
+        <v>820.0</v>
       </c>
       <c r="D9" s="1" t="n">
-        <v>139.0</v>
+        <v>84.0</v>
       </c>
       <c r="E9" s="1" t="n">
-        <v>-1159.0</v>
+        <v>-2697.0</v>
       </c>
       <c r="F9" s="1" t="n">
-        <v>164864.0</v>
+        <v>164366.0</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="inlineStr">
         <is>
           <t>G Commerce/ réparation d’automobiles et de motocycles</t>
         </is>
       </c>
       <c r="B10"/>
       <c r="C10" s="1" t="n">
-        <v>812.0</v>
+        <v>865.0</v>
       </c>
       <c r="D10" s="1" t="n">
-        <v>192.0</v>
+        <v>137.0</v>
       </c>
       <c r="E10" s="1" t="n">
-        <v>-1533.0</v>
+        <v>-3256.0</v>
       </c>
       <c r="F10" s="1" t="n">
-        <v>182652.0</v>
+        <v>181280.0</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="inlineStr">
         <is>
           <t>H Transports et entreposage</t>
         </is>
       </c>
       <c r="B11"/>
       <c r="C11" s="1" t="n">
-        <v>243.0</v>
+        <v>274.0</v>
       </c>
       <c r="D11" s="1" t="n">
-        <v>27.0</v>
+        <v>29.0</v>
       </c>
       <c r="E11" s="1" t="n">
-        <v>-285.0</v>
+        <v>-493.0</v>
       </c>
       <c r="F11" s="1" t="n">
-        <v>31958.0</v>
+        <v>32288.0</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="inlineStr">
         <is>
           <t>I Hébergement et restauration</t>
         </is>
       </c>
       <c r="B12"/>
       <c r="C12" s="1" t="n">
-        <v>311.0</v>
+        <v>343.0</v>
       </c>
       <c r="D12" s="1" t="n">
-        <v>47.0</v>
+        <v>48.0</v>
       </c>
       <c r="E12" s="1" t="n">
-        <v>-525.0</v>
+        <v>-958.0</v>
       </c>
       <c r="F12" s="1" t="n">
-        <v>64899.0</v>
+        <v>64742.0</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="inlineStr">
         <is>
           <t>J Information et communication</t>
         </is>
       </c>
       <c r="B13"/>
       <c r="C13" s="1" t="n">
-        <v>386.0</v>
+        <v>373.0</v>
       </c>
       <c r="D13" s="1" t="n">
-        <v>49.0</v>
+        <v>44.0</v>
       </c>
       <c r="E13" s="1" t="n">
-        <v>-472.0</v>
+        <v>-1013.0</v>
       </c>
       <c r="F13" s="1" t="n">
-        <v>66938.0</v>
+        <v>67023.0</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="inlineStr">
         <is>
           <t>K Activités financières et d’assurance</t>
         </is>
       </c>
       <c r="B14"/>
       <c r="C14" s="1" t="n">
-        <v>43.0</v>
+        <v>54.0</v>
       </c>
       <c r="D14" s="1" t="n">
-        <v>5.0</v>
+        <v>14.0</v>
       </c>
       <c r="E14" s="1" t="n">
-        <v>-61.0</v>
+        <v>-122.0</v>
       </c>
       <c r="F14" s="1" t="n">
-        <v>10437.0</v>
+        <v>10447.0</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="inlineStr">
         <is>
           <t>L Activités immobilières</t>
         </is>
       </c>
       <c r="B15"/>
       <c r="C15" s="1" t="n">
-        <v>211.0</v>
+        <v>201.0</v>
       </c>
       <c r="D15" s="1" t="n">
-        <v>23.0</v>
+        <v>20.0</v>
       </c>
       <c r="E15" s="1" t="n">
-        <v>-155.0</v>
+        <v>-447.0</v>
       </c>
       <c r="F15" s="1" t="n">
-        <v>37028.0</v>
+        <v>37112.0</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="inlineStr">
         <is>
           <t>M Activités spécialisées, scientifiques et techniques</t>
         </is>
       </c>
       <c r="B16"/>
       <c r="C16" s="1" t="n">
-        <v>1566.0</v>
+        <v>1366.0</v>
       </c>
       <c r="D16" s="1" t="n">
-        <v>130.0</v>
+        <v>115.0</v>
       </c>
       <c r="E16" s="1" t="n">
-        <v>-1389.0</v>
+        <v>-3681.0</v>
       </c>
       <c r="F16" s="1" t="n">
-        <v>242429.0</v>
+        <v>242792.0</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="inlineStr">
         <is>
           <t>N Activités de services administratifs et de soutien</t>
         </is>
       </c>
       <c r="B17"/>
       <c r="C17" s="1" t="n">
         <v>534.0</v>
       </c>
       <c r="D17" s="1" t="n">
-        <v>71.0</v>
+        <v>58.0</v>
       </c>
       <c r="E17" s="1" t="n">
-        <v>-606.0</v>
+        <v>-1569.0</v>
       </c>
       <c r="F17" s="1" t="n">
-        <v>79578.0</v>
+        <v>79641.0</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="inlineStr">
         <is>
           <t>O Administration publique</t>
         </is>
       </c>
       <c r="B18"/>
       <c r="C18" s="1" t="n">
-        <v>0.0</v>
+        <v>2.0</v>
       </c>
       <c r="D18" s="1" t="n">
         <v>0.0</v>
       </c>
       <c r="E18" s="1" t="n">
-        <v>-2.0</v>
+        <v>-7.0</v>
       </c>
       <c r="F18" s="1" t="n">
-        <v>957.0</v>
+        <v>955.0</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="inlineStr">
         <is>
           <t>P Enseignement</t>
         </is>
       </c>
       <c r="B19"/>
       <c r="C19" s="1" t="n">
-        <v>313.0</v>
+        <v>144.0</v>
       </c>
       <c r="D19" s="1" t="n">
-        <v>30.0</v>
+        <v>18.0</v>
       </c>
       <c r="E19" s="1" t="n">
-        <v>-295.0</v>
+        <v>-697.0</v>
       </c>
       <c r="F19" s="1" t="n">
-        <v>29552.0</v>
+        <v>29515.0</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="inlineStr">
         <is>
           <t>Q Santé humaine et action sociale</t>
         </is>
       </c>
       <c r="B20"/>
       <c r="C20" s="1" t="n">
-        <v>496.0</v>
+        <v>511.0</v>
       </c>
       <c r="D20" s="1" t="n">
-        <v>25.0</v>
+        <v>20.0</v>
       </c>
       <c r="E20" s="1" t="n">
-        <v>-414.0</v>
+        <v>-1582.0</v>
       </c>
       <c r="F20" s="1" t="n">
-        <v>56468.0</v>
+        <v>56279.0</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="inlineStr">
         <is>
           <t>R Arts, spectacles et activités récréatives</t>
         </is>
       </c>
       <c r="B21"/>
       <c r="C21" s="1" t="n">
-        <v>280.0</v>
+        <v>236.0</v>
       </c>
       <c r="D21" s="1" t="n">
-        <v>39.0</v>
+        <v>25.0</v>
       </c>
       <c r="E21" s="1" t="n">
-        <v>-319.0</v>
+        <v>-865.0</v>
       </c>
       <c r="F21" s="1" t="n">
-        <v>47711.0</v>
+        <v>47547.0</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="inlineStr">
         <is>
           <t>S Autres activités de services</t>
         </is>
       </c>
       <c r="B22"/>
       <c r="C22" s="1" t="n">
-        <v>358.0</v>
+        <v>366.0</v>
       </c>
       <c r="D22" s="1" t="n">
-        <v>88.0</v>
+        <v>64.0</v>
       </c>
       <c r="E22" s="1" t="n">
-        <v>-702.0</v>
+        <v>-1663.0</v>
       </c>
       <c r="F22" s="1" t="n">
-        <v>79018.0</v>
+        <v>78712.0</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="inlineStr">
         <is>
           <t>T Activités des ménages en tant qu’employeurs/ activités indifférenciées des ménages en tant que producteurs de biens et services pour usage propre</t>
         </is>
       </c>
       <c r="B23"/>
       <c r="C23" s="1" t="n">
-        <v>2.0</v>
+        <v>3.0</v>
       </c>
       <c r="D23" s="1" t="n">
         <v>0.0</v>
       </c>
       <c r="E23" s="1" t="n">
-        <v>-5.0</v>
+        <v>-6.0</v>
       </c>
       <c r="F23" s="1" t="n">
-        <v>243.0</v>
+        <v>237.0</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="inlineStr">
         <is>
           <t>U Activités extra-territoriales</t>
         </is>
       </c>
       <c r="B24"/>
       <c r="C24" s="1" t="n">
-        <v>2.0</v>
+        <v>0.0</v>
       </c>
       <c r="D24" s="1" t="n">
         <v>0.0</v>
       </c>
       <c r="E24" s="1" t="n">
         <v>0.0</v>
       </c>
       <c r="F24" s="1" t="n">
-        <v>32.0</v>
+        <v>34.0</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="inlineStr">
         <is>
           <t>Activité économique inconnue</t>
         </is>
       </c>
       <c r="B25"/>
       <c r="C25" s="1" t="n">
-        <v>61.0</v>
+        <v>60.0</v>
       </c>
       <c r="D25" s="1" t="n">
-        <v>2.0</v>
+        <v>1.0</v>
       </c>
       <c r="E25" s="1" t="n">
-        <v>-8.0</v>
+        <v>-16.0</v>
       </c>
       <c r="F25" s="1" t="n">
-        <v>859.0</v>
+        <v>1030.0</v>
       </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <cols>
     <col min="1" max="1" width="123.171875" customWidth="true"/>
-    <col min="2" max="2" width="14.3203125" customWidth="true"/>
+    <col min="2" max="2" width="13.6875" customWidth="true"/>
     <col min="3" max="3" width="21.1171875" customWidth="true"/>
     <col min="4" max="4" width="17.8359375" customWidth="true"/>
     <col min="5" max="5" width="9.4296875" customWidth="true"/>
     <col min="6" max="6" width="27.734375" customWidth="true"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" t="inlineStr">
         <is>
           <t>Section</t>
         </is>
       </c>
       <c r="B1" t="inlineStr">
         <is>
           <t>Mois</t>
         </is>
       </c>
       <c r="C1" t="inlineStr">
         <is>
           <t>Primo-assujettissements</t>
         </is>
       </c>
       <c r="D1" t="inlineStr">
         <is>
           <t>Réassujettissements</t>
         </is>
       </c>
       <c r="E1" t="inlineStr">
         <is>
           <t>Radiations</t>
         </is>
       </c>
       <c r="F1" t="inlineStr">
         <is>
           <t>Assujettis à la Tva en fin de mois</t>
         </is>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="inlineStr">
         <is>
           <t>A Agriculture, sylviculture et pêche</t>
         </is>
       </c>
       <c r="B2" t="inlineStr">
         <is>
-          <t>Septembre 2025</t>
+          <t>Décembre 2025</t>
         </is>
       </c>
       <c r="C2" s="1" t="n">
-        <v>81.0</v>
+        <v>102.0</v>
       </c>
       <c r="D2" s="1" t="n">
-        <v>12.0</v>
+        <v>4.0</v>
       </c>
       <c r="E2" s="1" t="n">
-        <v>-154.0</v>
+        <v>-973.0</v>
       </c>
       <c r="F2" s="1" t="n">
-        <v>49161.0</v>
+        <v>48280.0</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="inlineStr">
         <is>
           <t>B Industries extractives</t>
         </is>
       </c>
       <c r="B3" t="inlineStr">
         <is>
-          <t>Septembre 2025</t>
+          <t>Décembre 2025</t>
         </is>
       </c>
       <c r="C3" s="1" t="n">
-        <v>0.0</v>
+        <v>1.0</v>
       </c>
       <c r="D3" s="1" t="n">
         <v>0.0</v>
       </c>
       <c r="E3" s="1" t="n">
-        <v>0.0</v>
+        <v>-3.0</v>
       </c>
       <c r="F3" s="1" t="n">
-        <v>205.0</v>
+        <v>201.0</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="inlineStr">
         <is>
           <t>C Industrie manufacturière</t>
         </is>
       </c>
       <c r="B4" t="inlineStr">
         <is>
-          <t>Septembre 2025</t>
+          <t>Décembre 2025</t>
         </is>
       </c>
       <c r="C4" s="1" t="n">
-        <v>198.0</v>
+        <v>224.0</v>
       </c>
       <c r="D4" s="1" t="n">
-        <v>44.0</v>
+        <v>29.0</v>
       </c>
       <c r="E4" s="1" t="n">
-        <v>-372.0</v>
+        <v>-997.0</v>
       </c>
       <c r="F4" s="1" t="n">
-        <v>56633.0</v>
+        <v>56170.0</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="inlineStr">
         <is>
           <t>D Production et distribution d’électricité, de gaz, de vapeur et d’air conditionné</t>
         </is>
       </c>
       <c r="B5" t="inlineStr">
         <is>
-          <t>Septembre 2025</t>
+          <t>Décembre 2025</t>
         </is>
       </c>
       <c r="C5" s="1" t="n">
-        <v>19.0</v>
+        <v>15.0</v>
       </c>
       <c r="D5" s="1" t="n">
         <v>1.0</v>
       </c>
       <c r="E5" s="1" t="n">
-        <v>-13.0</v>
+        <v>-31.0</v>
       </c>
       <c r="F5" s="1" t="n">
-        <v>1569.0</v>
+        <v>1558.0</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="inlineStr">
         <is>
           <t>E Production et distribution d’eau/ assainissement, gestion des déchets et dépollution</t>
         </is>
       </c>
       <c r="B6" t="inlineStr">
         <is>
-          <t>Septembre 2025</t>
+          <t>Décembre 2025</t>
         </is>
       </c>
       <c r="C6" s="1" t="n">
-        <v>14.0</v>
+        <v>6.0</v>
       </c>
       <c r="D6" s="1" t="n">
-        <v>0.0</v>
+        <v>1.0</v>
       </c>
       <c r="E6" s="1" t="n">
-        <v>-13.0</v>
+        <v>-11.0</v>
       </c>
       <c r="F6" s="1" t="n">
-        <v>1919.0</v>
+        <v>1930.0</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="inlineStr">
         <is>
           <t>F Construction</t>
         </is>
       </c>
       <c r="B7" t="inlineStr">
         <is>
-          <t>Septembre 2025</t>
+          <t>Décembre 2025</t>
         </is>
       </c>
       <c r="C7" s="1" t="n">
-        <v>796.0</v>
+        <v>820.0</v>
       </c>
       <c r="D7" s="1" t="n">
-        <v>139.0</v>
+        <v>84.0</v>
       </c>
       <c r="E7" s="1" t="n">
-        <v>-1159.0</v>
+        <v>-2697.0</v>
       </c>
       <c r="F7" s="1" t="n">
-        <v>164864.0</v>
+        <v>164366.0</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="inlineStr">
         <is>
           <t>G Commerce/ réparation d’automobiles et de motocycles</t>
         </is>
       </c>
       <c r="B8" t="inlineStr">
         <is>
-          <t>Septembre 2025</t>
+          <t>Décembre 2025</t>
         </is>
       </c>
       <c r="C8" s="1" t="n">
-        <v>812.0</v>
+        <v>865.0</v>
       </c>
       <c r="D8" s="1" t="n">
-        <v>192.0</v>
+        <v>137.0</v>
       </c>
       <c r="E8" s="1" t="n">
-        <v>-1533.0</v>
+        <v>-3256.0</v>
       </c>
       <c r="F8" s="1" t="n">
-        <v>182652.0</v>
+        <v>181280.0</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="inlineStr">
         <is>
           <t>H Transports et entreposage</t>
         </is>
       </c>
       <c r="B9" t="inlineStr">
         <is>
-          <t>Septembre 2025</t>
+          <t>Décembre 2025</t>
         </is>
       </c>
       <c r="C9" s="1" t="n">
-        <v>243.0</v>
+        <v>274.0</v>
       </c>
       <c r="D9" s="1" t="n">
-        <v>27.0</v>
+        <v>29.0</v>
       </c>
       <c r="E9" s="1" t="n">
-        <v>-285.0</v>
+        <v>-493.0</v>
       </c>
       <c r="F9" s="1" t="n">
-        <v>31958.0</v>
+        <v>32288.0</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="inlineStr">
         <is>
           <t>I Hébergement et restauration</t>
         </is>
       </c>
       <c r="B10" t="inlineStr">
         <is>
-          <t>Septembre 2025</t>
+          <t>Décembre 2025</t>
         </is>
       </c>
       <c r="C10" s="1" t="n">
-        <v>311.0</v>
+        <v>343.0</v>
       </c>
       <c r="D10" s="1" t="n">
-        <v>47.0</v>
+        <v>48.0</v>
       </c>
       <c r="E10" s="1" t="n">
-        <v>-525.0</v>
+        <v>-958.0</v>
       </c>
       <c r="F10" s="1" t="n">
-        <v>64899.0</v>
+        <v>64742.0</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="inlineStr">
         <is>
           <t>J Information et communication</t>
         </is>
       </c>
       <c r="B11" t="inlineStr">
         <is>
-          <t>Septembre 2025</t>
+          <t>Décembre 2025</t>
         </is>
       </c>
       <c r="C11" s="1" t="n">
-        <v>386.0</v>
+        <v>373.0</v>
       </c>
       <c r="D11" s="1" t="n">
-        <v>49.0</v>
+        <v>44.0</v>
       </c>
       <c r="E11" s="1" t="n">
-        <v>-472.0</v>
+        <v>-1013.0</v>
       </c>
       <c r="F11" s="1" t="n">
-        <v>66938.0</v>
+        <v>67023.0</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="inlineStr">
         <is>
           <t>K Activités financières et d’assurance</t>
         </is>
       </c>
       <c r="B12" t="inlineStr">
         <is>
-          <t>Septembre 2025</t>
+          <t>Décembre 2025</t>
         </is>
       </c>
       <c r="C12" s="1" t="n">
-        <v>43.0</v>
+        <v>54.0</v>
       </c>
       <c r="D12" s="1" t="n">
-        <v>5.0</v>
+        <v>14.0</v>
       </c>
       <c r="E12" s="1" t="n">
-        <v>-61.0</v>
+        <v>-122.0</v>
       </c>
       <c r="F12" s="1" t="n">
-        <v>10437.0</v>
+        <v>10447.0</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="inlineStr">
         <is>
           <t>L Activités immobilières</t>
         </is>
       </c>
       <c r="B13" t="inlineStr">
         <is>
-          <t>Septembre 2025</t>
+          <t>Décembre 2025</t>
         </is>
       </c>
       <c r="C13" s="1" t="n">
-        <v>211.0</v>
+        <v>201.0</v>
       </c>
       <c r="D13" s="1" t="n">
-        <v>23.0</v>
+        <v>20.0</v>
       </c>
       <c r="E13" s="1" t="n">
-        <v>-155.0</v>
+        <v>-447.0</v>
       </c>
       <c r="F13" s="1" t="n">
-        <v>37028.0</v>
+        <v>37112.0</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="inlineStr">
         <is>
           <t>M Activités spécialisées, scientifiques et techniques</t>
         </is>
       </c>
       <c r="B14" t="inlineStr">
         <is>
-          <t>Septembre 2025</t>
+          <t>Décembre 2025</t>
         </is>
       </c>
       <c r="C14" s="1" t="n">
-        <v>1566.0</v>
+        <v>1366.0</v>
       </c>
       <c r="D14" s="1" t="n">
-        <v>130.0</v>
+        <v>115.0</v>
       </c>
       <c r="E14" s="1" t="n">
-        <v>-1389.0</v>
+        <v>-3681.0</v>
       </c>
       <c r="F14" s="1" t="n">
-        <v>242429.0</v>
+        <v>242792.0</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="inlineStr">
         <is>
           <t>N Activités de services administratifs et de soutien</t>
         </is>
       </c>
       <c r="B15" t="inlineStr">
         <is>
-          <t>Septembre 2025</t>
+          <t>Décembre 2025</t>
         </is>
       </c>
       <c r="C15" s="1" t="n">
         <v>534.0</v>
       </c>
       <c r="D15" s="1" t="n">
-        <v>71.0</v>
+        <v>58.0</v>
       </c>
       <c r="E15" s="1" t="n">
-        <v>-606.0</v>
+        <v>-1569.0</v>
       </c>
       <c r="F15" s="1" t="n">
-        <v>79578.0</v>
+        <v>79641.0</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="inlineStr">
         <is>
           <t>O Administration publique</t>
         </is>
       </c>
       <c r="B16" t="inlineStr">
         <is>
-          <t>Septembre 2025</t>
+          <t>Décembre 2025</t>
         </is>
       </c>
       <c r="C16" s="1" t="n">
-        <v>0.0</v>
+        <v>2.0</v>
       </c>
       <c r="D16" s="1" t="n">
         <v>0.0</v>
       </c>
       <c r="E16" s="1" t="n">
-        <v>-2.0</v>
+        <v>-7.0</v>
       </c>
       <c r="F16" s="1" t="n">
-        <v>957.0</v>
+        <v>955.0</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="inlineStr">
         <is>
           <t>P Enseignement</t>
         </is>
       </c>
       <c r="B17" t="inlineStr">
         <is>
-          <t>Septembre 2025</t>
+          <t>Décembre 2025</t>
         </is>
       </c>
       <c r="C17" s="1" t="n">
-        <v>313.0</v>
+        <v>144.0</v>
       </c>
       <c r="D17" s="1" t="n">
-        <v>30.0</v>
+        <v>18.0</v>
       </c>
       <c r="E17" s="1" t="n">
-        <v>-295.0</v>
+        <v>-697.0</v>
       </c>
       <c r="F17" s="1" t="n">
-        <v>29552.0</v>
+        <v>29515.0</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="inlineStr">
         <is>
           <t>Q Santé humaine et action sociale</t>
         </is>
       </c>
       <c r="B18" t="inlineStr">
         <is>
-          <t>Septembre 2025</t>
+          <t>Décembre 2025</t>
         </is>
       </c>
       <c r="C18" s="1" t="n">
-        <v>496.0</v>
+        <v>511.0</v>
       </c>
       <c r="D18" s="1" t="n">
-        <v>25.0</v>
+        <v>20.0</v>
       </c>
       <c r="E18" s="1" t="n">
-        <v>-414.0</v>
+        <v>-1582.0</v>
       </c>
       <c r="F18" s="1" t="n">
-        <v>56468.0</v>
+        <v>56279.0</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="inlineStr">
         <is>
           <t>R Arts, spectacles et activités récréatives</t>
         </is>
       </c>
       <c r="B19" t="inlineStr">
         <is>
-          <t>Septembre 2025</t>
+          <t>Décembre 2025</t>
         </is>
       </c>
       <c r="C19" s="1" t="n">
-        <v>280.0</v>
+        <v>236.0</v>
       </c>
       <c r="D19" s="1" t="n">
-        <v>39.0</v>
+        <v>25.0</v>
       </c>
       <c r="E19" s="1" t="n">
-        <v>-319.0</v>
+        <v>-865.0</v>
       </c>
       <c r="F19" s="1" t="n">
-        <v>47711.0</v>
+        <v>47547.0</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="inlineStr">
         <is>
           <t>S Autres activités de services</t>
         </is>
       </c>
       <c r="B20" t="inlineStr">
         <is>
-          <t>Septembre 2025</t>
+          <t>Décembre 2025</t>
         </is>
       </c>
       <c r="C20" s="1" t="n">
-        <v>358.0</v>
+        <v>366.0</v>
       </c>
       <c r="D20" s="1" t="n">
-        <v>88.0</v>
+        <v>64.0</v>
       </c>
       <c r="E20" s="1" t="n">
-        <v>-702.0</v>
+        <v>-1663.0</v>
       </c>
       <c r="F20" s="1" t="n">
-        <v>79018.0</v>
+        <v>78712.0</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="inlineStr">
         <is>
           <t>T Activités des ménages en tant qu’employeurs/ activités indifférenciées des ménages en tant que producteurs de biens et services pour usage propre</t>
         </is>
       </c>
       <c r="B21" t="inlineStr">
         <is>
-          <t>Septembre 2025</t>
+          <t>Décembre 2025</t>
         </is>
       </c>
       <c r="C21" s="1" t="n">
-        <v>2.0</v>
+        <v>3.0</v>
       </c>
       <c r="D21" s="1" t="n">
         <v>0.0</v>
       </c>
       <c r="E21" s="1" t="n">
-        <v>-5.0</v>
+        <v>-6.0</v>
       </c>
       <c r="F21" s="1" t="n">
-        <v>243.0</v>
+        <v>237.0</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="inlineStr">
         <is>
           <t>U Activités extra-territoriales</t>
         </is>
       </c>
       <c r="B22" t="inlineStr">
         <is>
-          <t>Septembre 2025</t>
+          <t>Décembre 2025</t>
         </is>
       </c>
       <c r="C22" s="1" t="n">
-        <v>2.0</v>
+        <v>0.0</v>
       </c>
       <c r="D22" s="1" t="n">
         <v>0.0</v>
       </c>
       <c r="E22" s="1" t="n">
         <v>0.0</v>
       </c>
       <c r="F22" s="1" t="n">
-        <v>32.0</v>
+        <v>34.0</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="inlineStr">
         <is>
           <t>Activité économique inconnue</t>
         </is>
       </c>
       <c r="B23" t="inlineStr">
         <is>
-          <t>Septembre 2025</t>
+          <t>Décembre 2025</t>
         </is>
       </c>
       <c r="C23" s="1" t="n">
-        <v>61.0</v>
+        <v>60.0</v>
       </c>
       <c r="D23" s="1" t="n">
-        <v>2.0</v>
+        <v>1.0</v>
       </c>
       <c r="E23" s="1" t="n">
-        <v>-8.0</v>
+        <v>-16.0</v>
       </c>
       <c r="F23" s="1" t="n">
-        <v>859.0</v>
+        <v>1030.0</v>
       </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <coreProperties xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </coreProperties>
 </file>