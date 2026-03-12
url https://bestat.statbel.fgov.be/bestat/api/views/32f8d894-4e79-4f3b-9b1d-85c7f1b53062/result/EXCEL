--- v0 (2025-11-01)
+++ v1 (2026-03-12)
@@ -442,50 +442,64 @@
           <t>2023</t>
         </is>
       </c>
       <c r="B21"/>
       <c r="C21" s="2" t="n">
         <v>0.9455396235753639</v>
       </c>
       <c r="D21" s="2" t="n">
         <v>0.9469814736404112</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="B22"/>
       <c r="C22" s="2" t="n">
         <v>0.9653907356732359</v>
       </c>
       <c r="D22" s="2" t="n">
         <v>0.9527471640427075</v>
       </c>
     </row>
+    <row r="23">
+      <c r="A23" t="inlineStr">
+        <is>
+          <t>2025</t>
+        </is>
+      </c>
+      <c r="B23"/>
+      <c r="C23" s="2" t="n">
+        <v>0.9713976849849205</v>
+      </c>
+      <c r="D23" s="2" t="n">
+        <v>0.9580065166827265</v>
+      </c>
+    </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <cols>
     <col min="1" max="1" width="6.19140625" customWidth="true"/>
     <col min="2" max="2" width="7.99609375" customWidth="true"/>
     <col min="3" max="3" width="51.1640625" customWidth="true"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" t="inlineStr">
         <is>
           <t>Datum</t>
         </is>
       </c>
       <c r="B1" t="inlineStr">
@@ -1047,42 +1061,72 @@
       </c>
       <c r="B38" t="inlineStr">
         <is>
           <t>Man</t>
         </is>
       </c>
       <c r="C38" s="2" t="n">
         <v>0.9653907356732359</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="B39" t="inlineStr">
         <is>
           <t>Vrouw</t>
         </is>
       </c>
       <c r="C39" s="2" t="n">
         <v>0.9527471640427075</v>
       </c>
     </row>
+    <row r="40">
+      <c r="A40" t="inlineStr">
+        <is>
+          <t>2025</t>
+        </is>
+      </c>
+      <c r="B40" t="inlineStr">
+        <is>
+          <t>Man</t>
+        </is>
+      </c>
+      <c r="C40" s="2" t="n">
+        <v>0.9713976849849205</v>
+      </c>
+    </row>
+    <row r="41">
+      <c r="A41" t="inlineStr">
+        <is>
+          <t>2025</t>
+        </is>
+      </c>
+      <c r="B41" t="inlineStr">
+        <is>
+          <t>Vrouw</t>
+        </is>
+      </c>
+      <c r="C41" s="2" t="n">
+        <v>0.9580065166827265</v>
+      </c>
+    </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <coreProperties xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </coreProperties>
 </file>