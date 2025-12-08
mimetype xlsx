--- v0 (2025-10-22)
+++ v1 (2025-12-08)
@@ -84,420 +84,420 @@
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?>
 
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
   <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/>
   <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/>
   <Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/>
   <Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/>
   <Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/>
 </Relationships>
 
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <cols>
     <col min="1" max="1" width="11.02734375" customWidth="true"/>
-    <col min="2" max="2" width="172.3515625" customWidth="true"/>
+    <col min="2" max="2" width="169.91796875" customWidth="true"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" t="inlineStr">
         <is>
           <t>Data source:</t>
         </is>
       </c>
       <c r="B1" t="inlineStr">
         <is>
           <t>Faillissementen en banenverlies in België per maand, gemeente, economische activiteit (NACE 2008), type onderneming, rechtsvorm, grootteklasse van het aantal werknemers (RSZ) en levensduur</t>
         </is>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="inlineStr">
         <is>
           <t>Filters:</t>
         </is>
       </c>
       <c r="B2" t="inlineStr">
         <is>
-          <t>Datum : Laatste 13 Maand(September 2024, Oktober 2024, November 2024, December 2024, Januari 2025, Februari 2025, Maart 2025, April 2025, Mei 2025, Juni 2025, Juli 2025, Augustus 2025, September 2025)</t>
+          <t>Datum : Laatste 13 Maand(Oktober 2024, November 2024, December 2024, Januari 2025, Februari 2025, Maart 2025, April 2025, Mei 2025, Juni 2025, Juli 2025, Augustus 2025, September 2025, Oktober 2025)</t>
         </is>
       </c>
     </row>
     <row r="3">
       <c r="B3" t="inlineStr">
         <is>
           <t xml:space="preserve">
 </t>
         </is>
       </c>
     </row>
     <row r="4">
 </row>
     <row r="5">
       <c r="A5" t="inlineStr">
         <is>
           <t xml:space="preserve">Bron: </t>
         </is>
       </c>
       <c r="B5" t="inlineStr">
         <is>
           <t>Statbel (Algemene Directie Statistiek - Statistics Belgium)</t>
         </is>
       </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <cols>
     <col min="1" max="1" width="36.38671875" customWidth="true"/>
     <col min="2" max="2" width="6.4140625" customWidth="true"/>
-    <col min="3" max="3" width="14.3203125" customWidth="true"/>
-[...11 lines deleted...]
-    <col min="15" max="15" width="14.3203125" customWidth="true"/>
+    <col min="3" max="3" width="11.8515625" customWidth="true"/>
+    <col min="4" max="4" width="13.79296875" customWidth="true"/>
+    <col min="5" max="5" width="13.6875" customWidth="true"/>
+    <col min="6" max="6" width="11.55078125" customWidth="true"/>
+    <col min="7" max="7" width="12.0625" customWidth="true"/>
+    <col min="8" max="8" width="10.16796875" customWidth="true"/>
+    <col min="9" max="9" width="9.21484375" customWidth="true"/>
+    <col min="10" max="10" width="8.3671875" customWidth="true"/>
+    <col min="11" max="11" width="8.93359375" customWidth="true"/>
+    <col min="12" max="12" width="8.3671875" customWidth="true"/>
+    <col min="13" max="13" width="13.2265625" customWidth="true"/>
+    <col min="14" max="14" width="14.3203125" customWidth="true"/>
+    <col min="15" max="15" width="11.8515625" customWidth="true"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1"/>
       <c r="B1" t="inlineStr">
         <is>
           <t>Jaar</t>
         </is>
       </c>
       <c r="C1" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="D1"/>
       <c r="E1"/>
-      <c r="F1"/>
-[...4 lines deleted...]
-      </c>
+      <c r="F1" t="inlineStr">
+        <is>
+          <t>2025</t>
+        </is>
+      </c>
+      <c r="G1"/>
       <c r="H1"/>
       <c r="I1"/>
       <c r="J1"/>
       <c r="K1"/>
       <c r="L1"/>
       <c r="M1"/>
       <c r="N1"/>
       <c r="O1"/>
     </row>
     <row r="2">
       <c r="A2"/>
       <c r="B2" t="inlineStr">
         <is>
           <t>Maand</t>
         </is>
       </c>
       <c r="C2" t="inlineStr">
         <is>
-          <t>September 2024</t>
+          <t>Oktober 2024</t>
         </is>
       </c>
       <c r="D2" t="inlineStr">
         <is>
-          <t>Oktober 2024</t>
+          <t>November 2024</t>
         </is>
       </c>
       <c r="E2" t="inlineStr">
         <is>
-          <t>November 2024</t>
+          <t>December 2024</t>
         </is>
       </c>
       <c r="F2" t="inlineStr">
         <is>
-          <t>December 2024</t>
+          <t>Januari 2025</t>
         </is>
       </c>
       <c r="G2" t="inlineStr">
         <is>
-          <t>Januari 2025</t>
+          <t>Februari 2025</t>
         </is>
       </c>
       <c r="H2" t="inlineStr">
         <is>
-          <t>Februari 2025</t>
+          <t>Maart 2025</t>
         </is>
       </c>
       <c r="I2" t="inlineStr">
         <is>
-          <t>Maart 2025</t>
+          <t>April 2025</t>
         </is>
       </c>
       <c r="J2" t="inlineStr">
         <is>
-          <t>April 2025</t>
+          <t>Mei 2025</t>
         </is>
       </c>
       <c r="K2" t="inlineStr">
         <is>
-          <t>Mei 2025</t>
+          <t>Juni 2025</t>
         </is>
       </c>
       <c r="L2" t="inlineStr">
         <is>
-          <t>Juni 2025</t>
+          <t>Juli 2025</t>
         </is>
       </c>
       <c r="M2" t="inlineStr">
         <is>
-          <t>Juli 2025</t>
+          <t>Augustus 2025</t>
         </is>
       </c>
       <c r="N2" t="inlineStr">
         <is>
-          <t>Augustus 2025</t>
+          <t>September 2025</t>
         </is>
       </c>
       <c r="O2" t="inlineStr">
         <is>
-          <t>September 2025</t>
+          <t>Oktober 2025</t>
         </is>
       </c>
     </row>
     <row r="3">
       <c r="A3"/>
     </row>
     <row r="4">
       <c r="A4" t="inlineStr">
         <is>
           <t>Verlies van fulltime banen</t>
         </is>
       </c>
       <c r="B4"/>
       <c r="C4" s="1" t="n">
-        <v>1172.0</v>
+        <v>1078.0</v>
       </c>
       <c r="D4" s="1" t="n">
-        <v>1078.0</v>
+        <v>814.0</v>
       </c>
       <c r="E4" s="1" t="n">
-        <v>814.0</v>
+        <v>1266.0</v>
       </c>
       <c r="F4" s="1" t="n">
-        <v>1266.0</v>
+        <v>1036.0</v>
       </c>
       <c r="G4" s="1" t="n">
-        <v>1036.0</v>
+        <v>1278.0</v>
       </c>
       <c r="H4" s="1" t="n">
-        <v>1278.0</v>
+        <v>1168.0</v>
       </c>
       <c r="I4" s="1" t="n">
-        <v>1168.0</v>
+        <v>1765.0</v>
       </c>
       <c r="J4" s="1" t="n">
-        <v>1765.0</v>
+        <v>667.0</v>
       </c>
       <c r="K4" s="1" t="n">
-        <v>667.0</v>
+        <v>1165.0</v>
       </c>
       <c r="L4" s="1" t="n">
-        <v>1165.0</v>
+        <v>1544.0</v>
       </c>
       <c r="M4" s="1" t="n">
-        <v>1544.0</v>
+        <v>1069.0</v>
       </c>
       <c r="N4" s="1" t="n">
-        <v>1069.0</v>
+        <v>963.0</v>
       </c>
       <c r="O4" s="1" t="n">
-        <v>952.0</v>
+        <v>960.0</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="inlineStr">
         <is>
           <t>Verlies van parttime banen</t>
         </is>
       </c>
       <c r="B5"/>
       <c r="C5" s="1" t="n">
-        <v>586.0</v>
+        <v>794.0</v>
       </c>
       <c r="D5" s="1" t="n">
-        <v>794.0</v>
+        <v>467.0</v>
       </c>
       <c r="E5" s="1" t="n">
-        <v>467.0</v>
+        <v>483.0</v>
       </c>
       <c r="F5" s="1" t="n">
-        <v>483.0</v>
+        <v>657.0</v>
       </c>
       <c r="G5" s="1" t="n">
-        <v>657.0</v>
+        <v>541.0</v>
       </c>
       <c r="H5" s="1" t="n">
-        <v>541.0</v>
+        <v>701.0</v>
       </c>
       <c r="I5" s="1" t="n">
-        <v>701.0</v>
+        <v>659.0</v>
       </c>
       <c r="J5" s="1" t="n">
-        <v>659.0</v>
+        <v>355.0</v>
       </c>
       <c r="K5" s="1" t="n">
-        <v>355.0</v>
+        <v>611.0</v>
       </c>
       <c r="L5" s="1" t="n">
-        <v>611.0</v>
+        <v>436.0</v>
       </c>
       <c r="M5" s="1" t="n">
-        <v>436.0</v>
+        <v>493.0</v>
       </c>
       <c r="N5" s="1" t="n">
-        <v>493.0</v>
+        <v>630.0</v>
       </c>
       <c r="O5" s="1" t="n">
-        <v>623.0</v>
+        <v>663.0</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="inlineStr">
         <is>
           <t>Banenverlies van loontrekkende werkgevers</t>
         </is>
       </c>
       <c r="B6"/>
       <c r="C6" s="1" t="n">
-        <v>970.0</v>
+        <v>831.0</v>
       </c>
       <c r="D6" s="1" t="n">
-        <v>831.0</v>
+        <v>651.0</v>
       </c>
       <c r="E6" s="1" t="n">
-        <v>651.0</v>
+        <v>830.0</v>
       </c>
       <c r="F6" s="1" t="n">
-        <v>830.0</v>
+        <v>769.0</v>
       </c>
       <c r="G6" s="1" t="n">
         <v>769.0</v>
       </c>
       <c r="H6" s="1" t="n">
-        <v>769.0</v>
+        <v>878.0</v>
       </c>
       <c r="I6" s="1" t="n">
-        <v>878.0</v>
+        <v>779.0</v>
       </c>
       <c r="J6" s="1" t="n">
-        <v>779.0</v>
+        <v>726.0</v>
       </c>
       <c r="K6" s="1" t="n">
-        <v>726.0</v>
+        <v>956.0</v>
       </c>
       <c r="L6" s="1" t="n">
-        <v>956.0</v>
+        <v>568.0</v>
       </c>
       <c r="M6" s="1" t="n">
-        <v>568.0</v>
+        <v>368.0</v>
       </c>
       <c r="N6" s="1" t="n">
-        <v>369.0</v>
+        <v>968.0</v>
       </c>
       <c r="O6" s="1" t="n">
-        <v>967.0</v>
+        <v>873.0</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="inlineStr">
         <is>
           <t>Totaal banenverlies</t>
         </is>
       </c>
       <c r="B7"/>
       <c r="C7" s="1" t="n">
-        <v>2728.0</v>
+        <v>2703.0</v>
       </c>
       <c r="D7" s="1" t="n">
-        <v>2703.0</v>
+        <v>1932.0</v>
       </c>
       <c r="E7" s="1" t="n">
-        <v>1932.0</v>
+        <v>2579.0</v>
       </c>
       <c r="F7" s="1" t="n">
-        <v>2579.0</v>
+        <v>2462.0</v>
       </c>
       <c r="G7" s="1" t="n">
-        <v>2462.0</v>
+        <v>2588.0</v>
       </c>
       <c r="H7" s="1" t="n">
-        <v>2588.0</v>
+        <v>2747.0</v>
       </c>
       <c r="I7" s="1" t="n">
-        <v>2747.0</v>
+        <v>3203.0</v>
       </c>
       <c r="J7" s="1" t="n">
-        <v>3203.0</v>
+        <v>1748.0</v>
       </c>
       <c r="K7" s="1" t="n">
-        <v>1748.0</v>
+        <v>2732.0</v>
       </c>
       <c r="L7" s="1" t="n">
-        <v>2732.0</v>
+        <v>2548.0</v>
       </c>
       <c r="M7" s="1" t="n">
-        <v>2548.0</v>
+        <v>1930.0</v>
       </c>
       <c r="N7" s="1" t="n">
-        <v>1931.0</v>
+        <v>2561.0</v>
       </c>
       <c r="O7" s="1" t="n">
-        <v>2542.0</v>
+        <v>2496.0</v>
       </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <cols>
     <col min="1" max="1" width="4.96484375" customWidth="true"/>
     <col min="2" max="2" width="14.3203125" customWidth="true"/>
     <col min="3" max="3" width="21.921875" customWidth="true"/>
     <col min="4" max="4" width="22.62890625" customWidth="true"/>
     <col min="5" max="5" width="36.38671875" customWidth="true"/>
     <col min="6" max="6" width="16.83203125" customWidth="true"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" t="inlineStr">
@@ -517,346 +517,346 @@
       </c>
       <c r="D1" t="inlineStr">
         <is>
           <t>Verlies van parttime banen</t>
         </is>
       </c>
       <c r="E1" t="inlineStr">
         <is>
           <t>Banenverlies van loontrekkende werkgevers</t>
         </is>
       </c>
       <c r="F1" t="inlineStr">
         <is>
           <t>Totaal banenverlies</t>
         </is>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="B2" t="inlineStr">
         <is>
-          <t>September 2024</t>
+          <t>Oktober 2024</t>
         </is>
       </c>
       <c r="C2" s="1" t="n">
-        <v>1172.0</v>
+        <v>1078.0</v>
       </c>
       <c r="D2" s="1" t="n">
-        <v>586.0</v>
+        <v>794.0</v>
       </c>
       <c r="E2" s="1" t="n">
-        <v>970.0</v>
+        <v>831.0</v>
       </c>
       <c r="F2" s="1" t="n">
-        <v>2728.0</v>
+        <v>2703.0</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="B3" t="inlineStr">
         <is>
-          <t>Oktober 2024</t>
+          <t>November 2024</t>
         </is>
       </c>
       <c r="C3" s="1" t="n">
-        <v>1078.0</v>
+        <v>814.0</v>
       </c>
       <c r="D3" s="1" t="n">
-        <v>794.0</v>
+        <v>467.0</v>
       </c>
       <c r="E3" s="1" t="n">
-        <v>831.0</v>
+        <v>651.0</v>
       </c>
       <c r="F3" s="1" t="n">
-        <v>2703.0</v>
+        <v>1932.0</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="B4" t="inlineStr">
         <is>
-          <t>November 2024</t>
+          <t>December 2024</t>
         </is>
       </c>
       <c r="C4" s="1" t="n">
-        <v>814.0</v>
+        <v>1266.0</v>
       </c>
       <c r="D4" s="1" t="n">
-        <v>467.0</v>
+        <v>483.0</v>
       </c>
       <c r="E4" s="1" t="n">
-        <v>651.0</v>
+        <v>830.0</v>
       </c>
       <c r="F4" s="1" t="n">
-        <v>1932.0</v>
+        <v>2579.0</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="B5" t="inlineStr">
         <is>
-          <t>December 2024</t>
+          <t>Januari 2025</t>
         </is>
       </c>
       <c r="C5" s="1" t="n">
-        <v>1266.0</v>
+        <v>1036.0</v>
       </c>
       <c r="D5" s="1" t="n">
-        <v>483.0</v>
+        <v>657.0</v>
       </c>
       <c r="E5" s="1" t="n">
-        <v>830.0</v>
+        <v>769.0</v>
       </c>
       <c r="F5" s="1" t="n">
-        <v>2579.0</v>
+        <v>2462.0</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="B6" t="inlineStr">
         <is>
-          <t>Januari 2025</t>
+          <t>Februari 2025</t>
         </is>
       </c>
       <c r="C6" s="1" t="n">
-        <v>1036.0</v>
+        <v>1278.0</v>
       </c>
       <c r="D6" s="1" t="n">
-        <v>657.0</v>
+        <v>541.0</v>
       </c>
       <c r="E6" s="1" t="n">
         <v>769.0</v>
       </c>
       <c r="F6" s="1" t="n">
-        <v>2462.0</v>
+        <v>2588.0</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="B7" t="inlineStr">
         <is>
-          <t>Februari 2025</t>
+          <t>Maart 2025</t>
         </is>
       </c>
       <c r="C7" s="1" t="n">
-        <v>1278.0</v>
+        <v>1168.0</v>
       </c>
       <c r="D7" s="1" t="n">
-        <v>541.0</v>
+        <v>701.0</v>
       </c>
       <c r="E7" s="1" t="n">
-        <v>769.0</v>
+        <v>878.0</v>
       </c>
       <c r="F7" s="1" t="n">
-        <v>2588.0</v>
+        <v>2747.0</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="B8" t="inlineStr">
         <is>
-          <t>Maart 2025</t>
+          <t>April 2025</t>
         </is>
       </c>
       <c r="C8" s="1" t="n">
-        <v>1168.0</v>
+        <v>1765.0</v>
       </c>
       <c r="D8" s="1" t="n">
-        <v>701.0</v>
+        <v>659.0</v>
       </c>
       <c r="E8" s="1" t="n">
-        <v>878.0</v>
+        <v>779.0</v>
       </c>
       <c r="F8" s="1" t="n">
-        <v>2747.0</v>
+        <v>3203.0</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="B9" t="inlineStr">
         <is>
-          <t>April 2025</t>
+          <t>Mei 2025</t>
         </is>
       </c>
       <c r="C9" s="1" t="n">
-        <v>1765.0</v>
+        <v>667.0</v>
       </c>
       <c r="D9" s="1" t="n">
-        <v>659.0</v>
+        <v>355.0</v>
       </c>
       <c r="E9" s="1" t="n">
-        <v>779.0</v>
+        <v>726.0</v>
       </c>
       <c r="F9" s="1" t="n">
-        <v>3203.0</v>
+        <v>1748.0</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="B10" t="inlineStr">
         <is>
-          <t>Mei 2025</t>
+          <t>Juni 2025</t>
         </is>
       </c>
       <c r="C10" s="1" t="n">
-        <v>667.0</v>
+        <v>1165.0</v>
       </c>
       <c r="D10" s="1" t="n">
-        <v>355.0</v>
+        <v>611.0</v>
       </c>
       <c r="E10" s="1" t="n">
-        <v>726.0</v>
+        <v>956.0</v>
       </c>
       <c r="F10" s="1" t="n">
-        <v>1748.0</v>
+        <v>2732.0</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="B11" t="inlineStr">
         <is>
-          <t>Juni 2025</t>
+          <t>Juli 2025</t>
         </is>
       </c>
       <c r="C11" s="1" t="n">
-        <v>1165.0</v>
+        <v>1544.0</v>
       </c>
       <c r="D11" s="1" t="n">
-        <v>611.0</v>
+        <v>436.0</v>
       </c>
       <c r="E11" s="1" t="n">
-        <v>956.0</v>
+        <v>568.0</v>
       </c>
       <c r="F11" s="1" t="n">
-        <v>2732.0</v>
+        <v>2548.0</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="B12" t="inlineStr">
         <is>
-          <t>Juli 2025</t>
+          <t>Augustus 2025</t>
         </is>
       </c>
       <c r="C12" s="1" t="n">
-        <v>1544.0</v>
+        <v>1069.0</v>
       </c>
       <c r="D12" s="1" t="n">
-        <v>436.0</v>
+        <v>493.0</v>
       </c>
       <c r="E12" s="1" t="n">
-        <v>568.0</v>
+        <v>368.0</v>
       </c>
       <c r="F12" s="1" t="n">
-        <v>2548.0</v>
+        <v>1930.0</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="B13" t="inlineStr">
         <is>
-          <t>Augustus 2025</t>
+          <t>September 2025</t>
         </is>
       </c>
       <c r="C13" s="1" t="n">
-        <v>1069.0</v>
+        <v>963.0</v>
       </c>
       <c r="D13" s="1" t="n">
-        <v>493.0</v>
+        <v>630.0</v>
       </c>
       <c r="E13" s="1" t="n">
-        <v>369.0</v>
+        <v>968.0</v>
       </c>
       <c r="F13" s="1" t="n">
-        <v>1931.0</v>
+        <v>2561.0</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="B14" t="inlineStr">
         <is>
-          <t>September 2025</t>
+          <t>Oktober 2025</t>
         </is>
       </c>
       <c r="C14" s="1" t="n">
-        <v>952.0</v>
+        <v>960.0</v>
       </c>
       <c r="D14" s="1" t="n">
-        <v>623.0</v>
+        <v>663.0</v>
       </c>
       <c r="E14" s="1" t="n">
-        <v>967.0</v>
+        <v>873.0</v>
       </c>
       <c r="F14" s="1" t="n">
-        <v>2542.0</v>
+        <v>2496.0</v>
       </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <coreProperties xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </coreProperties>
 </file>