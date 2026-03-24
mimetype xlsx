--- v1 (2025-12-08)
+++ v2 (2026-03-24)
@@ -84,420 +84,420 @@
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?>
 
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
   <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/>
   <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/>
   <Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/>
   <Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/>
   <Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/>
 </Relationships>
 
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <cols>
     <col min="1" max="1" width="11.02734375" customWidth="true"/>
-    <col min="2" max="2" width="169.91796875" customWidth="true"/>
+    <col min="2" max="2" width="170.16796875" customWidth="true"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" t="inlineStr">
         <is>
           <t>Data source:</t>
         </is>
       </c>
       <c r="B1" t="inlineStr">
         <is>
           <t>Faillissementen en banenverlies in België per maand, gemeente, economische activiteit (NACE 2008), type onderneming, rechtsvorm, grootteklasse van het aantal werknemers (RSZ) en levensduur</t>
         </is>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="inlineStr">
         <is>
           <t>Filters:</t>
         </is>
       </c>
       <c r="B2" t="inlineStr">
         <is>
-          <t>Datum : Laatste 13 Maand(Oktober 2024, November 2024, December 2024, Januari 2025, Februari 2025, Maart 2025, April 2025, Mei 2025, Juni 2025, Juli 2025, Augustus 2025, September 2025, Oktober 2025)</t>
+          <t>Datum : Laatste 13 Maand(Februari 2025, Maart 2025, April 2025, Mei 2025, Juni 2025, Juli 2025, Augustus 2025, September 2025, Oktober 2025, November 2025, December 2025, Januari 2026, Februari 2026)</t>
         </is>
       </c>
     </row>
     <row r="3">
       <c r="B3" t="inlineStr">
         <is>
           <t xml:space="preserve">
 </t>
         </is>
       </c>
     </row>
     <row r="4">
 </row>
     <row r="5">
       <c r="A5" t="inlineStr">
         <is>
           <t xml:space="preserve">Bron: </t>
         </is>
       </c>
       <c r="B5" t="inlineStr">
         <is>
           <t>Statbel (Algemene Directie Statistiek - Statistics Belgium)</t>
         </is>
       </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <cols>
     <col min="1" max="1" width="36.38671875" customWidth="true"/>
     <col min="2" max="2" width="6.4140625" customWidth="true"/>
-    <col min="3" max="3" width="11.8515625" customWidth="true"/>
-[...11 lines deleted...]
-    <col min="15" max="15" width="11.8515625" customWidth="true"/>
+    <col min="3" max="3" width="12.0625" customWidth="true"/>
+    <col min="4" max="4" width="10.16796875" customWidth="true"/>
+    <col min="5" max="5" width="9.21484375" customWidth="true"/>
+    <col min="6" max="6" width="8.3671875" customWidth="true"/>
+    <col min="7" max="7" width="8.93359375" customWidth="true"/>
+    <col min="8" max="8" width="8.3671875" customWidth="true"/>
+    <col min="9" max="9" width="13.2265625" customWidth="true"/>
+    <col min="10" max="10" width="14.3203125" customWidth="true"/>
+    <col min="11" max="11" width="11.8515625" customWidth="true"/>
+    <col min="12" max="12" width="13.79296875" customWidth="true"/>
+    <col min="13" max="13" width="13.6875" customWidth="true"/>
+    <col min="14" max="14" width="11.55078125" customWidth="true"/>
+    <col min="15" max="15" width="12.0625" customWidth="true"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1"/>
       <c r="B1" t="inlineStr">
         <is>
           <t>Jaar</t>
         </is>
       </c>
       <c r="C1" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="D1"/>
       <c r="E1"/>
-      <c r="F1" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="F1"/>
       <c r="G1"/>
       <c r="H1"/>
       <c r="I1"/>
       <c r="J1"/>
       <c r="K1"/>
       <c r="L1"/>
       <c r="M1"/>
-      <c r="N1"/>
+      <c r="N1" t="inlineStr">
+        <is>
+          <t>2026</t>
+        </is>
+      </c>
       <c r="O1"/>
     </row>
     <row r="2">
       <c r="A2"/>
       <c r="B2" t="inlineStr">
         <is>
           <t>Maand</t>
         </is>
       </c>
       <c r="C2" t="inlineStr">
         <is>
-          <t>Oktober 2024</t>
+          <t>Februari 2025</t>
         </is>
       </c>
       <c r="D2" t="inlineStr">
         <is>
-          <t>November 2024</t>
+          <t>Maart 2025</t>
         </is>
       </c>
       <c r="E2" t="inlineStr">
         <is>
-          <t>December 2024</t>
+          <t>April 2025</t>
         </is>
       </c>
       <c r="F2" t="inlineStr">
         <is>
-          <t>Januari 2025</t>
+          <t>Mei 2025</t>
         </is>
       </c>
       <c r="G2" t="inlineStr">
         <is>
-          <t>Februari 2025</t>
+          <t>Juni 2025</t>
         </is>
       </c>
       <c r="H2" t="inlineStr">
         <is>
-          <t>Maart 2025</t>
+          <t>Juli 2025</t>
         </is>
       </c>
       <c r="I2" t="inlineStr">
         <is>
-          <t>April 2025</t>
+          <t>Augustus 2025</t>
         </is>
       </c>
       <c r="J2" t="inlineStr">
         <is>
-          <t>Mei 2025</t>
+          <t>September 2025</t>
         </is>
       </c>
       <c r="K2" t="inlineStr">
         <is>
-          <t>Juni 2025</t>
+          <t>Oktober 2025</t>
         </is>
       </c>
       <c r="L2" t="inlineStr">
         <is>
-          <t>Juli 2025</t>
+          <t>November 2025</t>
         </is>
       </c>
       <c r="M2" t="inlineStr">
         <is>
-          <t>Augustus 2025</t>
+          <t>December 2025</t>
         </is>
       </c>
       <c r="N2" t="inlineStr">
         <is>
-          <t>September 2025</t>
+          <t>Januari 2026</t>
         </is>
       </c>
       <c r="O2" t="inlineStr">
         <is>
-          <t>Oktober 2025</t>
+          <t>Februari 2026</t>
         </is>
       </c>
     </row>
     <row r="3">
       <c r="A3"/>
     </row>
     <row r="4">
       <c r="A4" t="inlineStr">
         <is>
           <t>Verlies van fulltime banen</t>
         </is>
       </c>
       <c r="B4"/>
       <c r="C4" s="1" t="n">
-        <v>1078.0</v>
+        <v>1278.0</v>
       </c>
       <c r="D4" s="1" t="n">
-        <v>814.0</v>
+        <v>1168.0</v>
       </c>
       <c r="E4" s="1" t="n">
-        <v>1266.0</v>
+        <v>1765.0</v>
       </c>
       <c r="F4" s="1" t="n">
-        <v>1036.0</v>
+        <v>667.0</v>
       </c>
       <c r="G4" s="1" t="n">
-        <v>1278.0</v>
+        <v>1165.0</v>
       </c>
       <c r="H4" s="1" t="n">
-        <v>1168.0</v>
+        <v>1544.0</v>
       </c>
       <c r="I4" s="1" t="n">
-        <v>1765.0</v>
+        <v>1069.0</v>
       </c>
       <c r="J4" s="1" t="n">
-        <v>667.0</v>
+        <v>963.0</v>
       </c>
       <c r="K4" s="1" t="n">
-        <v>1165.0</v>
+        <v>961.0</v>
       </c>
       <c r="L4" s="1" t="n">
-        <v>1544.0</v>
+        <v>878.0</v>
       </c>
       <c r="M4" s="1" t="n">
-        <v>1069.0</v>
+        <v>1193.0</v>
       </c>
       <c r="N4" s="1" t="n">
-        <v>963.0</v>
+        <v>932.0</v>
       </c>
       <c r="O4" s="1" t="n">
-        <v>960.0</v>
+        <v>1086.0</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="inlineStr">
         <is>
           <t>Verlies van parttime banen</t>
         </is>
       </c>
       <c r="B5"/>
       <c r="C5" s="1" t="n">
-        <v>794.0</v>
+        <v>541.0</v>
       </c>
       <c r="D5" s="1" t="n">
-        <v>467.0</v>
+        <v>701.0</v>
       </c>
       <c r="E5" s="1" t="n">
-        <v>483.0</v>
+        <v>659.0</v>
       </c>
       <c r="F5" s="1" t="n">
-        <v>657.0</v>
+        <v>355.0</v>
       </c>
       <c r="G5" s="1" t="n">
-        <v>541.0</v>
+        <v>611.0</v>
       </c>
       <c r="H5" s="1" t="n">
-        <v>701.0</v>
+        <v>436.0</v>
       </c>
       <c r="I5" s="1" t="n">
-        <v>659.0</v>
+        <v>493.0</v>
       </c>
       <c r="J5" s="1" t="n">
-        <v>355.0</v>
+        <v>630.0</v>
       </c>
       <c r="K5" s="1" t="n">
-        <v>611.0</v>
+        <v>663.0</v>
       </c>
       <c r="L5" s="1" t="n">
-        <v>436.0</v>
+        <v>484.0</v>
       </c>
       <c r="M5" s="1" t="n">
-        <v>493.0</v>
+        <v>642.0</v>
       </c>
       <c r="N5" s="1" t="n">
-        <v>630.0</v>
+        <v>618.0</v>
       </c>
       <c r="O5" s="1" t="n">
-        <v>663.0</v>
+        <v>500.0</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="inlineStr">
         <is>
           <t>Banenverlies van loontrekkende werkgevers</t>
         </is>
       </c>
       <c r="B6"/>
       <c r="C6" s="1" t="n">
-        <v>831.0</v>
+        <v>769.0</v>
       </c>
       <c r="D6" s="1" t="n">
-        <v>651.0</v>
+        <v>878.0</v>
       </c>
       <c r="E6" s="1" t="n">
-        <v>830.0</v>
+        <v>779.0</v>
       </c>
       <c r="F6" s="1" t="n">
-        <v>769.0</v>
+        <v>726.0</v>
       </c>
       <c r="G6" s="1" t="n">
-        <v>769.0</v>
+        <v>956.0</v>
       </c>
       <c r="H6" s="1" t="n">
-        <v>878.0</v>
+        <v>568.0</v>
       </c>
       <c r="I6" s="1" t="n">
-        <v>779.0</v>
+        <v>368.0</v>
       </c>
       <c r="J6" s="1" t="n">
-        <v>726.0</v>
+        <v>970.0</v>
       </c>
       <c r="K6" s="1" t="n">
-        <v>956.0</v>
+        <v>872.0</v>
       </c>
       <c r="L6" s="1" t="n">
-        <v>568.0</v>
+        <v>746.0</v>
       </c>
       <c r="M6" s="1" t="n">
-        <v>368.0</v>
+        <v>912.0</v>
       </c>
       <c r="N6" s="1" t="n">
-        <v>968.0</v>
+        <v>772.0</v>
       </c>
       <c r="O6" s="1" t="n">
-        <v>873.0</v>
+        <v>756.0</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="inlineStr">
         <is>
           <t>Totaal banenverlies</t>
         </is>
       </c>
       <c r="B7"/>
       <c r="C7" s="1" t="n">
-        <v>2703.0</v>
+        <v>2588.0</v>
       </c>
       <c r="D7" s="1" t="n">
-        <v>1932.0</v>
+        <v>2747.0</v>
       </c>
       <c r="E7" s="1" t="n">
-        <v>2579.0</v>
+        <v>3203.0</v>
       </c>
       <c r="F7" s="1" t="n">
-        <v>2462.0</v>
+        <v>1748.0</v>
       </c>
       <c r="G7" s="1" t="n">
-        <v>2588.0</v>
+        <v>2732.0</v>
       </c>
       <c r="H7" s="1" t="n">
+        <v>2548.0</v>
+      </c>
+      <c r="I7" s="1" t="n">
+        <v>1930.0</v>
+      </c>
+      <c r="J7" s="1" t="n">
+        <v>2563.0</v>
+      </c>
+      <c r="K7" s="1" t="n">
+        <v>2496.0</v>
+      </c>
+      <c r="L7" s="1" t="n">
+        <v>2108.0</v>
+      </c>
+      <c r="M7" s="1" t="n">
         <v>2747.0</v>
       </c>
-      <c r="I7" s="1" t="n">
-[...13 lines deleted...]
-      </c>
       <c r="N7" s="1" t="n">
-        <v>2561.0</v>
+        <v>2322.0</v>
       </c>
       <c r="O7" s="1" t="n">
-        <v>2496.0</v>
+        <v>2342.0</v>
       </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <cols>
     <col min="1" max="1" width="4.96484375" customWidth="true"/>
     <col min="2" max="2" width="14.3203125" customWidth="true"/>
     <col min="3" max="3" width="21.921875" customWidth="true"/>
     <col min="4" max="4" width="22.62890625" customWidth="true"/>
     <col min="5" max="5" width="36.38671875" customWidth="true"/>
     <col min="6" max="6" width="16.83203125" customWidth="true"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" t="inlineStr">
@@ -512,351 +512,351 @@
       </c>
       <c r="C1" t="inlineStr">
         <is>
           <t>Verlies van fulltime banen</t>
         </is>
       </c>
       <c r="D1" t="inlineStr">
         <is>
           <t>Verlies van parttime banen</t>
         </is>
       </c>
       <c r="E1" t="inlineStr">
         <is>
           <t>Banenverlies van loontrekkende werkgevers</t>
         </is>
       </c>
       <c r="F1" t="inlineStr">
         <is>
           <t>Totaal banenverlies</t>
         </is>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="B2" t="inlineStr">
         <is>
-          <t>Oktober 2024</t>
+          <t>Februari 2025</t>
         </is>
       </c>
       <c r="C2" s="1" t="n">
-        <v>1078.0</v>
+        <v>1278.0</v>
       </c>
       <c r="D2" s="1" t="n">
-        <v>794.0</v>
+        <v>541.0</v>
       </c>
       <c r="E2" s="1" t="n">
-        <v>831.0</v>
+        <v>769.0</v>
       </c>
       <c r="F2" s="1" t="n">
-        <v>2703.0</v>
+        <v>2588.0</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="B3" t="inlineStr">
         <is>
-          <t>November 2024</t>
+          <t>Maart 2025</t>
         </is>
       </c>
       <c r="C3" s="1" t="n">
-        <v>814.0</v>
+        <v>1168.0</v>
       </c>
       <c r="D3" s="1" t="n">
-        <v>467.0</v>
+        <v>701.0</v>
       </c>
       <c r="E3" s="1" t="n">
-        <v>651.0</v>
+        <v>878.0</v>
       </c>
       <c r="F3" s="1" t="n">
-        <v>1932.0</v>
+        <v>2747.0</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="B4" t="inlineStr">
         <is>
-          <t>December 2024</t>
+          <t>April 2025</t>
         </is>
       </c>
       <c r="C4" s="1" t="n">
-        <v>1266.0</v>
+        <v>1765.0</v>
       </c>
       <c r="D4" s="1" t="n">
-        <v>483.0</v>
+        <v>659.0</v>
       </c>
       <c r="E4" s="1" t="n">
-        <v>830.0</v>
+        <v>779.0</v>
       </c>
       <c r="F4" s="1" t="n">
-        <v>2579.0</v>
+        <v>3203.0</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="B5" t="inlineStr">
         <is>
-          <t>Januari 2025</t>
+          <t>Mei 2025</t>
         </is>
       </c>
       <c r="C5" s="1" t="n">
-        <v>1036.0</v>
+        <v>667.0</v>
       </c>
       <c r="D5" s="1" t="n">
-        <v>657.0</v>
+        <v>355.0</v>
       </c>
       <c r="E5" s="1" t="n">
-        <v>769.0</v>
+        <v>726.0</v>
       </c>
       <c r="F5" s="1" t="n">
-        <v>2462.0</v>
+        <v>1748.0</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="B6" t="inlineStr">
         <is>
-          <t>Februari 2025</t>
+          <t>Juni 2025</t>
         </is>
       </c>
       <c r="C6" s="1" t="n">
-        <v>1278.0</v>
+        <v>1165.0</v>
       </c>
       <c r="D6" s="1" t="n">
-        <v>541.0</v>
+        <v>611.0</v>
       </c>
       <c r="E6" s="1" t="n">
-        <v>769.0</v>
+        <v>956.0</v>
       </c>
       <c r="F6" s="1" t="n">
-        <v>2588.0</v>
+        <v>2732.0</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="B7" t="inlineStr">
         <is>
-          <t>Maart 2025</t>
+          <t>Juli 2025</t>
         </is>
       </c>
       <c r="C7" s="1" t="n">
-        <v>1168.0</v>
+        <v>1544.0</v>
       </c>
       <c r="D7" s="1" t="n">
-        <v>701.0</v>
+        <v>436.0</v>
       </c>
       <c r="E7" s="1" t="n">
-        <v>878.0</v>
+        <v>568.0</v>
       </c>
       <c r="F7" s="1" t="n">
-        <v>2747.0</v>
+        <v>2548.0</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="B8" t="inlineStr">
         <is>
-          <t>April 2025</t>
+          <t>Augustus 2025</t>
         </is>
       </c>
       <c r="C8" s="1" t="n">
-        <v>1765.0</v>
+        <v>1069.0</v>
       </c>
       <c r="D8" s="1" t="n">
-        <v>659.0</v>
+        <v>493.0</v>
       </c>
       <c r="E8" s="1" t="n">
-        <v>779.0</v>
+        <v>368.0</v>
       </c>
       <c r="F8" s="1" t="n">
-        <v>3203.0</v>
+        <v>1930.0</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="B9" t="inlineStr">
         <is>
-          <t>Mei 2025</t>
+          <t>September 2025</t>
         </is>
       </c>
       <c r="C9" s="1" t="n">
-        <v>667.0</v>
+        <v>963.0</v>
       </c>
       <c r="D9" s="1" t="n">
-        <v>355.0</v>
+        <v>630.0</v>
       </c>
       <c r="E9" s="1" t="n">
-        <v>726.0</v>
+        <v>970.0</v>
       </c>
       <c r="F9" s="1" t="n">
-        <v>1748.0</v>
+        <v>2563.0</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="B10" t="inlineStr">
         <is>
-          <t>Juni 2025</t>
+          <t>Oktober 2025</t>
         </is>
       </c>
       <c r="C10" s="1" t="n">
-        <v>1165.0</v>
+        <v>961.0</v>
       </c>
       <c r="D10" s="1" t="n">
-        <v>611.0</v>
+        <v>663.0</v>
       </c>
       <c r="E10" s="1" t="n">
-        <v>956.0</v>
+        <v>872.0</v>
       </c>
       <c r="F10" s="1" t="n">
-        <v>2732.0</v>
+        <v>2496.0</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="B11" t="inlineStr">
         <is>
-          <t>Juli 2025</t>
+          <t>November 2025</t>
         </is>
       </c>
       <c r="C11" s="1" t="n">
-        <v>1544.0</v>
+        <v>878.0</v>
       </c>
       <c r="D11" s="1" t="n">
-        <v>436.0</v>
+        <v>484.0</v>
       </c>
       <c r="E11" s="1" t="n">
-        <v>568.0</v>
+        <v>746.0</v>
       </c>
       <c r="F11" s="1" t="n">
-        <v>2548.0</v>
+        <v>2108.0</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="B12" t="inlineStr">
         <is>
-          <t>Augustus 2025</t>
+          <t>December 2025</t>
         </is>
       </c>
       <c r="C12" s="1" t="n">
-        <v>1069.0</v>
+        <v>1193.0</v>
       </c>
       <c r="D12" s="1" t="n">
-        <v>493.0</v>
+        <v>642.0</v>
       </c>
       <c r="E12" s="1" t="n">
-        <v>368.0</v>
+        <v>912.0</v>
       </c>
       <c r="F12" s="1" t="n">
-        <v>1930.0</v>
+        <v>2747.0</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="inlineStr">
         <is>
-          <t>2025</t>
+          <t>2026</t>
         </is>
       </c>
       <c r="B13" t="inlineStr">
         <is>
-          <t>September 2025</t>
+          <t>Januari 2026</t>
         </is>
       </c>
       <c r="C13" s="1" t="n">
-        <v>963.0</v>
+        <v>932.0</v>
       </c>
       <c r="D13" s="1" t="n">
-        <v>630.0</v>
+        <v>618.0</v>
       </c>
       <c r="E13" s="1" t="n">
-        <v>968.0</v>
+        <v>772.0</v>
       </c>
       <c r="F13" s="1" t="n">
-        <v>2561.0</v>
+        <v>2322.0</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="inlineStr">
         <is>
-          <t>2025</t>
+          <t>2026</t>
         </is>
       </c>
       <c r="B14" t="inlineStr">
         <is>
-          <t>Oktober 2025</t>
+          <t>Februari 2026</t>
         </is>
       </c>
       <c r="C14" s="1" t="n">
-        <v>960.0</v>
+        <v>1086.0</v>
       </c>
       <c r="D14" s="1" t="n">
-        <v>663.0</v>
+        <v>500.0</v>
       </c>
       <c r="E14" s="1" t="n">
-        <v>873.0</v>
+        <v>756.0</v>
       </c>
       <c r="F14" s="1" t="n">
-        <v>2496.0</v>
+        <v>2342.0</v>
       </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <coreProperties xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </coreProperties>
 </file>