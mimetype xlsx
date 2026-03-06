--- v0 (2026-01-15)
+++ v1 (2026-03-06)
@@ -169,111 +169,114 @@
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <cols>
     <col min="1" max="1" width="60.40625" customWidth="true"/>
     <col min="2" max="2" width="6.91015625" customWidth="true"/>
     <col min="3" max="3" width="14.2421875" customWidth="true"/>
     <col min="4" max="4" width="14.8125" customWidth="true"/>
     <col min="5" max="5" width="14.421875" customWidth="true"/>
     <col min="6" max="6" width="14.4140625" customWidth="true"/>
     <col min="7" max="7" width="14.2421875" customWidth="true"/>
     <col min="8" max="8" width="14.8125" customWidth="true"/>
     <col min="9" max="9" width="14.421875" customWidth="true"/>
     <col min="10" max="10" width="14.4140625" customWidth="true"/>
     <col min="11" max="11" width="14.2421875" customWidth="true"/>
     <col min="12" max="12" width="14.8125" customWidth="true"/>
     <col min="13" max="13" width="14.421875" customWidth="true"/>
     <col min="14" max="14" width="14.4140625" customWidth="true"/>
     <col min="15" max="15" width="14.2421875" customWidth="true"/>
     <col min="16" max="16" width="14.8125" customWidth="true"/>
+    <col min="17" max="17" width="14.421875" customWidth="true"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1"/>
       <c r="B1"/>
       <c r="C1" t="inlineStr">
         <is>
           <t>Turnover</t>
         </is>
       </c>
       <c r="D1"/>
       <c r="E1"/>
       <c r="F1"/>
       <c r="G1"/>
       <c r="H1"/>
       <c r="I1"/>
       <c r="J1"/>
       <c r="K1"/>
       <c r="L1"/>
       <c r="M1"/>
       <c r="N1"/>
       <c r="O1"/>
       <c r="P1"/>
+      <c r="Q1"/>
     </row>
     <row r="2">
       <c r="A2"/>
       <c r="B2" t="inlineStr">
         <is>
           <t>Year</t>
         </is>
       </c>
       <c r="C2" t="inlineStr">
         <is>
           <t>2022</t>
         </is>
       </c>
       <c r="D2"/>
       <c r="E2"/>
       <c r="F2"/>
       <c r="G2" t="inlineStr">
         <is>
           <t>2023</t>
         </is>
       </c>
       <c r="H2"/>
       <c r="I2"/>
       <c r="J2"/>
       <c r="K2" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="L2"/>
       <c r="M2"/>
       <c r="N2"/>
       <c r="O2" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="P2"/>
+      <c r="Q2"/>
     </row>
     <row r="3">
       <c r="A3"/>
       <c r="B3" t="inlineStr">
         <is>
           <t>Quarter</t>
         </is>
       </c>
       <c r="C3" t="inlineStr">
         <is>
           <t>1st quarter 2022</t>
         </is>
       </c>
       <c r="D3" t="inlineStr">
         <is>
           <t>2nd quarter 2022</t>
         </is>
       </c>
       <c r="E3" t="inlineStr">
         <is>
           <t>3rd quarter 2022</t>
         </is>
       </c>
       <c r="F3" t="inlineStr">
         <is>
@@ -308,50 +311,55 @@
       <c r="L3" t="inlineStr">
         <is>
           <t>2nd quarter 2024</t>
         </is>
       </c>
       <c r="M3" t="inlineStr">
         <is>
           <t>3rd quarter 2024</t>
         </is>
       </c>
       <c r="N3" t="inlineStr">
         <is>
           <t>4th quarter 2024</t>
         </is>
       </c>
       <c r="O3" t="inlineStr">
         <is>
           <t>1st quarter 2025</t>
         </is>
       </c>
       <c r="P3" t="inlineStr">
         <is>
           <t>2nd quarter 2025</t>
         </is>
       </c>
+      <c r="Q3" t="inlineStr">
+        <is>
+          <t>3rd quarter 2025</t>
+        </is>
+      </c>
     </row>
     <row r="4">
       <c r="A4" t="inlineStr">
         <is>
           <t>Section</t>
         </is>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="inlineStr">
         <is>
           <t>B Mining and quarrying</t>
         </is>
       </c>
       <c r="B5"/>
       <c r="C5" s="1" t="n">
         <v>307931.0</v>
       </c>
       <c r="D5" s="1" t="n">
         <v>329688.0</v>
       </c>
       <c r="E5" s="1" t="n">
         <v>325143.0</v>
       </c>
       <c r="F5" s="1" t="n">
@@ -363,670 +371,709 @@
       <c r="H5" s="1" t="n">
         <v>285064.0</v>
       </c>
       <c r="I5" s="1" t="n">
         <v>219554.0</v>
       </c>
       <c r="J5" s="1" t="n">
         <v>324647.0</v>
       </c>
       <c r="K5" s="1" t="n">
         <v>239604.0</v>
       </c>
       <c r="L5" s="1" t="n">
         <v>252108.0</v>
       </c>
       <c r="M5" s="1" t="n">
         <v>204409.0</v>
       </c>
       <c r="N5" s="1" t="n">
         <v>318766.0</v>
       </c>
       <c r="O5" s="1" t="n">
         <v>210984.0</v>
       </c>
       <c r="P5" s="1" t="n">
-        <v>242416.0</v>
+        <v>242406.0</v>
+      </c>
+      <c r="Q5" s="1" t="n">
+        <v>216336.0</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="inlineStr">
         <is>
           <t>C Manufacturing</t>
         </is>
       </c>
       <c r="B6"/>
       <c r="C6" s="1" t="n">
         <v>8.7638512E7</v>
       </c>
       <c r="D6" s="1" t="n">
         <v>9.567851E7</v>
       </c>
       <c r="E6" s="1" t="n">
         <v>9.246512E7</v>
       </c>
       <c r="F6" s="1" t="n">
         <v>9.2740656E7</v>
       </c>
       <c r="G6" s="1" t="n">
         <v>9.1396688E7</v>
       </c>
       <c r="H6" s="1" t="n">
         <v>8.7519915E7</v>
       </c>
       <c r="I6" s="1" t="n">
         <v>8.3123529E7</v>
       </c>
       <c r="J6" s="1" t="n">
         <v>8.6082734E7</v>
       </c>
       <c r="K6" s="1" t="n">
         <v>8.4446042E7</v>
       </c>
       <c r="L6" s="1" t="n">
         <v>8.5342551E7</v>
       </c>
       <c r="M6" s="1" t="n">
         <v>8.1881674E7</v>
       </c>
       <c r="N6" s="1" t="n">
         <v>8.4818973E7</v>
       </c>
       <c r="O6" s="1" t="n">
         <v>8.4165805E7</v>
       </c>
       <c r="P6" s="1" t="n">
-        <v>8.5583885E7</v>
+        <v>8.5103684E7</v>
+      </c>
+      <c r="Q6" s="1" t="n">
+        <v>8.1803557E7</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="inlineStr">
         <is>
           <t>D Electricity, gas, steam and air conditioning supply</t>
         </is>
       </c>
       <c r="B7"/>
       <c r="C7" s="1" t="n">
         <v>2.4546017E7</v>
       </c>
       <c r="D7" s="1" t="n">
         <v>1.9193254E7</v>
       </c>
       <c r="E7" s="1" t="n">
         <v>1.9340871E7</v>
       </c>
       <c r="F7" s="1" t="n">
         <v>2.0717711E7</v>
       </c>
       <c r="G7" s="1" t="n">
         <v>3.2600785E7</v>
       </c>
       <c r="H7" s="1" t="n">
         <v>2.3180469E7</v>
       </c>
       <c r="I7" s="1" t="n">
         <v>1.7357164E7</v>
       </c>
       <c r="J7" s="1" t="n">
         <v>2.1513078E7</v>
       </c>
       <c r="K7" s="1" t="n">
         <v>2.0130383E7</v>
       </c>
       <c r="L7" s="1" t="n">
         <v>1.627417E7</v>
       </c>
       <c r="M7" s="1" t="n">
         <v>1.557098E7</v>
       </c>
       <c r="N7" s="1" t="n">
         <v>1.8738421E7</v>
       </c>
       <c r="O7" s="1" t="n">
         <v>2.1751887E7</v>
       </c>
       <c r="P7" s="1" t="n">
-        <v>1.7006441E7</v>
+        <v>1.6731382E7</v>
+      </c>
+      <c r="Q7" s="1" t="n">
+        <v>1.5179495E7</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="inlineStr">
         <is>
           <t>E Water supply/ sewerage, waste management and remediation activities</t>
         </is>
       </c>
       <c r="B8"/>
       <c r="C8" s="1" t="n">
         <v>3273778.0</v>
       </c>
       <c r="D8" s="1" t="n">
         <v>3444653.0</v>
       </c>
       <c r="E8" s="1" t="n">
         <v>3195018.0</v>
       </c>
       <c r="F8" s="1" t="n">
         <v>3543682.0</v>
       </c>
       <c r="G8" s="1" t="n">
         <v>3400795.0</v>
       </c>
       <c r="H8" s="1" t="n">
         <v>3491666.0</v>
       </c>
       <c r="I8" s="1" t="n">
         <v>3426755.0</v>
       </c>
       <c r="J8" s="1" t="n">
         <v>3683518.0</v>
       </c>
       <c r="K8" s="1" t="n">
         <v>3425725.0</v>
       </c>
       <c r="L8" s="1" t="n">
         <v>3755320.0</v>
       </c>
       <c r="M8" s="1" t="n">
         <v>3787901.0</v>
       </c>
       <c r="N8" s="1" t="n">
         <v>4009852.0</v>
       </c>
       <c r="O8" s="1" t="n">
         <v>3597917.0</v>
       </c>
       <c r="P8" s="1" t="n">
-        <v>3738190.0</v>
+        <v>3630574.0</v>
+      </c>
+      <c r="Q8" s="1" t="n">
+        <v>3625975.0</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="inlineStr">
         <is>
           <t>F Construction</t>
         </is>
       </c>
       <c r="B9"/>
       <c r="C9" s="1" t="n">
         <v>2.0491278E7</v>
       </c>
       <c r="D9" s="1" t="n">
         <v>2.5086652E7</v>
       </c>
       <c r="E9" s="1" t="n">
         <v>2.179105E7</v>
       </c>
       <c r="F9" s="1" t="n">
         <v>2.8192007E7</v>
       </c>
       <c r="G9" s="1" t="n">
         <v>2.2869315E7</v>
       </c>
       <c r="H9" s="1" t="n">
         <v>2.713025E7</v>
       </c>
       <c r="I9" s="1" t="n">
         <v>2.3108965E7</v>
       </c>
       <c r="J9" s="1" t="n">
         <v>2.8991734E7</v>
       </c>
       <c r="K9" s="1" t="n">
         <v>2.2848109E7</v>
       </c>
       <c r="L9" s="1" t="n">
         <v>2.6658235E7</v>
       </c>
       <c r="M9" s="1" t="n">
         <v>2.3367726E7</v>
       </c>
       <c r="N9" s="1" t="n">
         <v>3.0043097E7</v>
       </c>
       <c r="O9" s="1" t="n">
         <v>2.4435895E7</v>
       </c>
       <c r="P9" s="1" t="n">
-        <v>2.9110987E7</v>
+        <v>2.8696323E7</v>
+      </c>
+      <c r="Q9" s="1" t="n">
+        <v>2.5123833E7</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="inlineStr">
         <is>
           <t>G Wholesale and retail trade/ repair of motor vehicles and motorcycles</t>
         </is>
       </c>
       <c r="B10"/>
       <c r="C10" s="1" t="n">
         <v>1.98752435E8</v>
       </c>
       <c r="D10" s="1" t="n">
         <v>2.11737773E8</v>
       </c>
       <c r="E10" s="1" t="n">
         <v>1.96409878E8</v>
       </c>
       <c r="F10" s="1" t="n">
         <v>2.25625976E8</v>
       </c>
       <c r="G10" s="1" t="n">
         <v>1.93093695E8</v>
       </c>
       <c r="H10" s="1" t="n">
         <v>1.94014862E8</v>
       </c>
       <c r="I10" s="1" t="n">
         <v>1.83216755E8</v>
       </c>
       <c r="J10" s="1" t="n">
         <v>1.9571775E8</v>
       </c>
       <c r="K10" s="1" t="n">
         <v>1.8885888E8</v>
       </c>
       <c r="L10" s="1" t="n">
         <v>1.91453319E8</v>
       </c>
       <c r="M10" s="1" t="n">
         <v>1.82781332E8</v>
       </c>
       <c r="N10" s="1" t="n">
         <v>1.96920679E8</v>
       </c>
       <c r="O10" s="1" t="n">
         <v>1.90064133E8</v>
       </c>
       <c r="P10" s="1" t="n">
-        <v>1.93507875E8</v>
+        <v>1.96507756E8</v>
+      </c>
+      <c r="Q10" s="1" t="n">
+        <v>1.86540646E8</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="inlineStr">
         <is>
           <t>H Transportation and storage</t>
         </is>
       </c>
       <c r="B11"/>
       <c r="C11" s="1" t="n">
         <v>1.6958523E7</v>
       </c>
       <c r="D11" s="1" t="n">
         <v>1.8493894E7</v>
       </c>
       <c r="E11" s="1" t="n">
         <v>1.855967E7</v>
       </c>
       <c r="F11" s="1" t="n">
         <v>1.9632579E7</v>
       </c>
       <c r="G11" s="1" t="n">
         <v>1.821816E7</v>
       </c>
       <c r="H11" s="1" t="n">
         <v>1.7814912E7</v>
       </c>
       <c r="I11" s="1" t="n">
         <v>1.7404175E7</v>
       </c>
       <c r="J11" s="1" t="n">
         <v>1.8638771E7</v>
       </c>
       <c r="K11" s="1" t="n">
         <v>1.7965749E7</v>
       </c>
       <c r="L11" s="1" t="n">
         <v>1.8276662E7</v>
       </c>
       <c r="M11" s="1" t="n">
         <v>1.8276886E7</v>
       </c>
       <c r="N11" s="1" t="n">
         <v>1.9093733E7</v>
       </c>
       <c r="O11" s="1" t="n">
         <v>1.8445595E7</v>
       </c>
       <c r="P11" s="1" t="n">
-        <v>1.8684323E7</v>
+        <v>1.8592142E7</v>
+      </c>
+      <c r="Q11" s="1" t="n">
+        <v>1.8686634E7</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="inlineStr">
         <is>
           <t>I Accommodation and food service activities</t>
         </is>
       </c>
       <c r="B12"/>
       <c r="C12" s="1" t="n">
         <v>3857595.0</v>
       </c>
       <c r="D12" s="1" t="n">
         <v>5093839.0</v>
       </c>
       <c r="E12" s="1" t="n">
         <v>5251652.0</v>
       </c>
       <c r="F12" s="1" t="n">
         <v>5263046.0</v>
       </c>
       <c r="G12" s="1" t="n">
         <v>4770230.0</v>
       </c>
       <c r="H12" s="1" t="n">
         <v>5685286.0</v>
       </c>
       <c r="I12" s="1" t="n">
         <v>5723352.0</v>
       </c>
       <c r="J12" s="1" t="n">
         <v>5625356.0</v>
       </c>
       <c r="K12" s="1" t="n">
         <v>5073273.0</v>
       </c>
       <c r="L12" s="1" t="n">
         <v>5884939.0</v>
       </c>
       <c r="M12" s="1" t="n">
         <v>5899124.0</v>
       </c>
       <c r="N12" s="1" t="n">
         <v>5923159.0</v>
       </c>
       <c r="O12" s="1" t="n">
         <v>5227341.0</v>
       </c>
       <c r="P12" s="1" t="n">
-        <v>6231234.0</v>
+        <v>6185620.0</v>
+      </c>
+      <c r="Q12" s="1" t="n">
+        <v>6145047.0</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="inlineStr">
         <is>
           <t>J Information and communication</t>
         </is>
       </c>
       <c r="B13"/>
       <c r="C13" s="1" t="n">
         <v>1.0995903E7</v>
       </c>
       <c r="D13" s="1" t="n">
         <v>1.1351094E7</v>
       </c>
       <c r="E13" s="1" t="n">
         <v>1.114799E7</v>
       </c>
       <c r="F13" s="1" t="n">
         <v>1.3376213E7</v>
       </c>
       <c r="G13" s="1" t="n">
         <v>1.2555315E7</v>
       </c>
       <c r="H13" s="1" t="n">
         <v>1.243426E7</v>
       </c>
       <c r="I13" s="1" t="n">
         <v>1.1771425E7</v>
       </c>
       <c r="J13" s="1" t="n">
         <v>1.4180723E7</v>
       </c>
       <c r="K13" s="1" t="n">
         <v>1.2893845E7</v>
       </c>
       <c r="L13" s="1" t="n">
         <v>1.351992E7</v>
       </c>
       <c r="M13" s="1" t="n">
         <v>1.2696442E7</v>
       </c>
       <c r="N13" s="1" t="n">
         <v>1.499199E7</v>
       </c>
       <c r="O13" s="1" t="n">
         <v>1.3722555E7</v>
       </c>
       <c r="P13" s="1" t="n">
-        <v>1.3743846E7</v>
+        <v>1.3599546E7</v>
+      </c>
+      <c r="Q13" s="1" t="n">
+        <v>1.3074626E7</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="inlineStr">
         <is>
           <t>M Professional, scientific and technical activities</t>
         </is>
       </c>
       <c r="B14"/>
       <c r="C14" s="1" t="n">
         <v>1.883614E7</v>
       </c>
       <c r="D14" s="1" t="n">
         <v>1.9852955E7</v>
       </c>
       <c r="E14" s="1" t="n">
         <v>1.9030765E7</v>
       </c>
       <c r="F14" s="1" t="n">
         <v>2.3310905E7</v>
       </c>
       <c r="G14" s="1" t="n">
         <v>2.007988E7</v>
       </c>
       <c r="H14" s="1" t="n">
         <v>2.1204957E7</v>
       </c>
       <c r="I14" s="1" t="n">
         <v>1.9420551E7</v>
       </c>
       <c r="J14" s="1" t="n">
         <v>2.4949995E7</v>
       </c>
       <c r="K14" s="1" t="n">
         <v>2.0925162E7</v>
       </c>
       <c r="L14" s="1" t="n">
         <v>2.1890777E7</v>
       </c>
       <c r="M14" s="1" t="n">
         <v>2.0316275E7</v>
       </c>
       <c r="N14" s="1" t="n">
         <v>2.5980671E7</v>
       </c>
       <c r="O14" s="1" t="n">
         <v>2.2021498E7</v>
       </c>
       <c r="P14" s="1" t="n">
-        <v>2.277076E7</v>
+        <v>2.2738648E7</v>
+      </c>
+      <c r="Q14" s="1" t="n">
+        <v>2.1933549E7</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="inlineStr">
         <is>
           <t>N Administrative and support service activities</t>
         </is>
       </c>
       <c r="B15"/>
       <c r="C15" s="1" t="n">
         <v>1.3828994E7</v>
       </c>
       <c r="D15" s="1" t="n">
         <v>1.5499049E7</v>
       </c>
       <c r="E15" s="1" t="n">
         <v>1.518144E7</v>
       </c>
       <c r="F15" s="1" t="n">
         <v>1.6666302E7</v>
       </c>
       <c r="G15" s="1" t="n">
         <v>1.4951227E7</v>
       </c>
       <c r="H15" s="1" t="n">
         <v>1.7046457E7</v>
       </c>
       <c r="I15" s="1" t="n">
         <v>1.7182187E7</v>
       </c>
       <c r="J15" s="1" t="n">
         <v>1.8479409E7</v>
       </c>
       <c r="K15" s="1" t="n">
         <v>1.7431919E7</v>
       </c>
       <c r="L15" s="1" t="n">
         <v>1.8652632E7</v>
       </c>
       <c r="M15" s="1" t="n">
         <v>1.8193687E7</v>
       </c>
       <c r="N15" s="1" t="n">
         <v>1.9369533E7</v>
       </c>
       <c r="O15" s="1" t="n">
         <v>1.7793846E7</v>
       </c>
       <c r="P15" s="1" t="n">
-        <v>1.9274062E7</v>
+        <v>1.6078398E7</v>
+      </c>
+      <c r="Q15" s="1" t="n">
+        <v>1.5415744E7</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="inlineStr">
         <is>
           <t>R Arts, entertainment and recreation</t>
         </is>
       </c>
       <c r="B16"/>
       <c r="C16" s="1" t="n">
         <v>1286406.0</v>
       </c>
       <c r="D16" s="1" t="n">
         <v>1577382.0</v>
       </c>
       <c r="E16" s="1" t="n">
         <v>1936718.0</v>
       </c>
       <c r="F16" s="1" t="n">
         <v>1894733.0</v>
       </c>
       <c r="G16" s="1" t="n">
         <v>1704148.0</v>
       </c>
       <c r="H16" s="1" t="n">
         <v>1772479.0</v>
       </c>
       <c r="I16" s="1" t="n">
         <v>2129968.0</v>
       </c>
       <c r="J16" s="1" t="n">
         <v>2137157.0</v>
       </c>
       <c r="K16" s="1" t="n">
         <v>1993876.0</v>
       </c>
       <c r="L16" s="1" t="n">
         <v>1889024.0</v>
       </c>
       <c r="M16" s="1" t="n">
         <v>2362869.0</v>
       </c>
       <c r="N16" s="1" t="n">
         <v>2179586.0</v>
       </c>
       <c r="O16" s="1" t="n">
         <v>1929925.0</v>
       </c>
       <c r="P16" s="1" t="n">
-        <v>2065400.0</v>
+        <v>2057588.0</v>
+      </c>
+      <c r="Q16" s="1" t="n">
+        <v>2470991.0</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="inlineStr">
         <is>
           <t>S Other service activities</t>
         </is>
       </c>
       <c r="B17"/>
       <c r="C17" s="1" t="n">
         <v>919757.0</v>
       </c>
       <c r="D17" s="1" t="n">
         <v>1015014.0</v>
       </c>
       <c r="E17" s="1" t="n">
         <v>948544.0</v>
       </c>
       <c r="F17" s="1" t="n">
         <v>1091657.0</v>
       </c>
       <c r="G17" s="1" t="n">
         <v>1047029.0</v>
       </c>
       <c r="H17" s="1" t="n">
         <v>1069742.0</v>
       </c>
       <c r="I17" s="1" t="n">
         <v>1004663.0</v>
       </c>
       <c r="J17" s="1" t="n">
         <v>1138282.0</v>
       </c>
       <c r="K17" s="1" t="n">
         <v>1063532.0</v>
       </c>
       <c r="L17" s="1" t="n">
         <v>1087753.0</v>
       </c>
       <c r="M17" s="1" t="n">
         <v>1038811.0</v>
       </c>
       <c r="N17" s="1" t="n">
         <v>1200114.0</v>
       </c>
       <c r="O17" s="1" t="n">
         <v>1102898.0</v>
       </c>
       <c r="P17" s="1" t="n">
-        <v>1162841.0</v>
+        <v>1140152.0</v>
+      </c>
+      <c r="Q17" s="1" t="n">
+        <v>1102303.0</v>
       </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <cols>
-    <col min="1" max="1" width="58.22265625" customWidth="true"/>
+    <col min="1" max="1" width="40.453125" customWidth="true"/>
     <col min="2" max="2" width="4.96484375" customWidth="true"/>
     <col min="3" max="3" width="14.8125" customWidth="true"/>
-    <col min="4" max="4" width="10.765625" customWidth="true"/>
+    <col min="4" max="4" width="9.8046875" customWidth="true"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" t="inlineStr">
         <is>
           <t>Section</t>
         </is>
       </c>
       <c r="B1" t="inlineStr">
         <is>
           <t>Year</t>
         </is>
       </c>
       <c r="C1" t="inlineStr">
         <is>
           <t>Quarter</t>
         </is>
       </c>
       <c r="D1" t="inlineStr">
         <is>
           <t>Turnover</t>
         </is>
       </c>
     </row>
     <row r="2">
@@ -1284,3405 +1331,3665 @@
         <is>
           <t>1st quarter 2025</t>
         </is>
       </c>
       <c r="D14" s="1" t="n">
         <v>210984.0</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="inlineStr">
         <is>
           <t>B Mining and quarrying</t>
         </is>
       </c>
       <c r="B15" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="C15" t="inlineStr">
         <is>
           <t>2nd quarter 2025</t>
         </is>
       </c>
       <c r="D15" s="1" t="n">
-        <v>242416.0</v>
+        <v>242406.0</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="inlineStr">
         <is>
-          <t>C Manufacturing</t>
+          <t>B Mining and quarrying</t>
         </is>
       </c>
       <c r="B16" t="inlineStr">
         <is>
-          <t>2022</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="C16" t="inlineStr">
         <is>
-          <t>1st quarter 2022</t>
+          <t>3rd quarter 2025</t>
         </is>
       </c>
       <c r="D16" s="1" t="n">
-        <v>8.7638512E7</v>
+        <v>216336.0</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="inlineStr">
         <is>
           <t>C Manufacturing</t>
         </is>
       </c>
       <c r="B17" t="inlineStr">
         <is>
           <t>2022</t>
         </is>
       </c>
       <c r="C17" t="inlineStr">
         <is>
-          <t>2nd quarter 2022</t>
+          <t>1st quarter 2022</t>
         </is>
       </c>
       <c r="D17" s="1" t="n">
-        <v>9.567851E7</v>
+        <v>8.7638512E7</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="inlineStr">
         <is>
           <t>C Manufacturing</t>
         </is>
       </c>
       <c r="B18" t="inlineStr">
         <is>
           <t>2022</t>
         </is>
       </c>
       <c r="C18" t="inlineStr">
         <is>
-          <t>3rd quarter 2022</t>
+          <t>2nd quarter 2022</t>
         </is>
       </c>
       <c r="D18" s="1" t="n">
-        <v>9.246512E7</v>
+        <v>9.567851E7</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="inlineStr">
         <is>
           <t>C Manufacturing</t>
         </is>
       </c>
       <c r="B19" t="inlineStr">
         <is>
           <t>2022</t>
         </is>
       </c>
       <c r="C19" t="inlineStr">
         <is>
-          <t>4th quarter 2022</t>
+          <t>3rd quarter 2022</t>
         </is>
       </c>
       <c r="D19" s="1" t="n">
-        <v>9.2740656E7</v>
+        <v>9.246512E7</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="inlineStr">
         <is>
           <t>C Manufacturing</t>
         </is>
       </c>
       <c r="B20" t="inlineStr">
         <is>
-          <t>2023</t>
+          <t>2022</t>
         </is>
       </c>
       <c r="C20" t="inlineStr">
         <is>
-          <t>1st quarter 2023</t>
+          <t>4th quarter 2022</t>
         </is>
       </c>
       <c r="D20" s="1" t="n">
-        <v>9.1396688E7</v>
+        <v>9.2740656E7</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="inlineStr">
         <is>
           <t>C Manufacturing</t>
         </is>
       </c>
       <c r="B21" t="inlineStr">
         <is>
           <t>2023</t>
         </is>
       </c>
       <c r="C21" t="inlineStr">
         <is>
-          <t>2nd quarter 2023</t>
+          <t>1st quarter 2023</t>
         </is>
       </c>
       <c r="D21" s="1" t="n">
-        <v>8.7519915E7</v>
+        <v>9.1396688E7</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="inlineStr">
         <is>
           <t>C Manufacturing</t>
         </is>
       </c>
       <c r="B22" t="inlineStr">
         <is>
           <t>2023</t>
         </is>
       </c>
       <c r="C22" t="inlineStr">
         <is>
-          <t>3rd quarter 2023</t>
+          <t>2nd quarter 2023</t>
         </is>
       </c>
       <c r="D22" s="1" t="n">
-        <v>8.3123529E7</v>
+        <v>8.7519915E7</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="inlineStr">
         <is>
           <t>C Manufacturing</t>
         </is>
       </c>
       <c r="B23" t="inlineStr">
         <is>
           <t>2023</t>
         </is>
       </c>
       <c r="C23" t="inlineStr">
         <is>
-          <t>4th quarter 2023</t>
+          <t>3rd quarter 2023</t>
         </is>
       </c>
       <c r="D23" s="1" t="n">
-        <v>8.6082734E7</v>
+        <v>8.3123529E7</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="inlineStr">
         <is>
           <t>C Manufacturing</t>
         </is>
       </c>
       <c r="B24" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2023</t>
         </is>
       </c>
       <c r="C24" t="inlineStr">
         <is>
-          <t>1st quarter 2024</t>
+          <t>4th quarter 2023</t>
         </is>
       </c>
       <c r="D24" s="1" t="n">
-        <v>8.4446042E7</v>
+        <v>8.6082734E7</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="inlineStr">
         <is>
           <t>C Manufacturing</t>
         </is>
       </c>
       <c r="B25" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="C25" t="inlineStr">
         <is>
-          <t>2nd quarter 2024</t>
+          <t>1st quarter 2024</t>
         </is>
       </c>
       <c r="D25" s="1" t="n">
-        <v>8.5342551E7</v>
+        <v>8.4446042E7</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="inlineStr">
         <is>
           <t>C Manufacturing</t>
         </is>
       </c>
       <c r="B26" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="C26" t="inlineStr">
         <is>
-          <t>3rd quarter 2024</t>
+          <t>2nd quarter 2024</t>
         </is>
       </c>
       <c r="D26" s="1" t="n">
-        <v>8.1881674E7</v>
+        <v>8.5342551E7</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="inlineStr">
         <is>
           <t>C Manufacturing</t>
         </is>
       </c>
       <c r="B27" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="C27" t="inlineStr">
         <is>
-          <t>4th quarter 2024</t>
+          <t>3rd quarter 2024</t>
         </is>
       </c>
       <c r="D27" s="1" t="n">
-        <v>8.4818973E7</v>
+        <v>8.1881674E7</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="inlineStr">
         <is>
           <t>C Manufacturing</t>
         </is>
       </c>
       <c r="B28" t="inlineStr">
         <is>
-          <t>2025</t>
+          <t>2024</t>
         </is>
       </c>
       <c r="C28" t="inlineStr">
         <is>
-          <t>1st quarter 2025</t>
+          <t>4th quarter 2024</t>
         </is>
       </c>
       <c r="D28" s="1" t="n">
-        <v>8.4165805E7</v>
+        <v>8.4818973E7</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="inlineStr">
         <is>
           <t>C Manufacturing</t>
         </is>
       </c>
       <c r="B29" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="C29" t="inlineStr">
         <is>
-          <t>2nd quarter 2025</t>
+          <t>1st quarter 2025</t>
         </is>
       </c>
       <c r="D29" s="1" t="n">
-        <v>8.5583885E7</v>
+        <v>8.4165805E7</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="inlineStr">
         <is>
-          <t>D Electricity, gas, steam and air conditioning supply</t>
+          <t>C Manufacturing</t>
         </is>
       </c>
       <c r="B30" t="inlineStr">
         <is>
-          <t>2022</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="C30" t="inlineStr">
         <is>
-          <t>1st quarter 2022</t>
+          <t>2nd quarter 2025</t>
         </is>
       </c>
       <c r="D30" s="1" t="n">
-        <v>2.4546017E7</v>
+        <v>8.5103684E7</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="inlineStr">
         <is>
-          <t>D Electricity, gas, steam and air conditioning supply</t>
+          <t>C Manufacturing</t>
         </is>
       </c>
       <c r="B31" t="inlineStr">
         <is>
-          <t>2022</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="C31" t="inlineStr">
         <is>
-          <t>2nd quarter 2022</t>
+          <t>3rd quarter 2025</t>
         </is>
       </c>
       <c r="D31" s="1" t="n">
-        <v>1.9193254E7</v>
+        <v>8.1803557E7</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="inlineStr">
         <is>
           <t>D Electricity, gas, steam and air conditioning supply</t>
         </is>
       </c>
       <c r="B32" t="inlineStr">
         <is>
           <t>2022</t>
         </is>
       </c>
       <c r="C32" t="inlineStr">
         <is>
-          <t>3rd quarter 2022</t>
+          <t>1st quarter 2022</t>
         </is>
       </c>
       <c r="D32" s="1" t="n">
-        <v>1.9340871E7</v>
+        <v>2.4546017E7</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" t="inlineStr">
         <is>
           <t>D Electricity, gas, steam and air conditioning supply</t>
         </is>
       </c>
       <c r="B33" t="inlineStr">
         <is>
           <t>2022</t>
         </is>
       </c>
       <c r="C33" t="inlineStr">
         <is>
-          <t>4th quarter 2022</t>
+          <t>2nd quarter 2022</t>
         </is>
       </c>
       <c r="D33" s="1" t="n">
-        <v>2.0717711E7</v>
+        <v>1.9193254E7</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" t="inlineStr">
         <is>
           <t>D Electricity, gas, steam and air conditioning supply</t>
         </is>
       </c>
       <c r="B34" t="inlineStr">
         <is>
-          <t>2023</t>
+          <t>2022</t>
         </is>
       </c>
       <c r="C34" t="inlineStr">
         <is>
-          <t>1st quarter 2023</t>
+          <t>3rd quarter 2022</t>
         </is>
       </c>
       <c r="D34" s="1" t="n">
-        <v>3.2600785E7</v>
+        <v>1.9340871E7</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" t="inlineStr">
         <is>
           <t>D Electricity, gas, steam and air conditioning supply</t>
         </is>
       </c>
       <c r="B35" t="inlineStr">
         <is>
-          <t>2023</t>
+          <t>2022</t>
         </is>
       </c>
       <c r="C35" t="inlineStr">
         <is>
-          <t>2nd quarter 2023</t>
+          <t>4th quarter 2022</t>
         </is>
       </c>
       <c r="D35" s="1" t="n">
-        <v>2.3180469E7</v>
+        <v>2.0717711E7</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" t="inlineStr">
         <is>
           <t>D Electricity, gas, steam and air conditioning supply</t>
         </is>
       </c>
       <c r="B36" t="inlineStr">
         <is>
           <t>2023</t>
         </is>
       </c>
       <c r="C36" t="inlineStr">
         <is>
-          <t>3rd quarter 2023</t>
+          <t>1st quarter 2023</t>
         </is>
       </c>
       <c r="D36" s="1" t="n">
-        <v>1.7357164E7</v>
+        <v>3.2600785E7</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" t="inlineStr">
         <is>
           <t>D Electricity, gas, steam and air conditioning supply</t>
         </is>
       </c>
       <c r="B37" t="inlineStr">
         <is>
           <t>2023</t>
         </is>
       </c>
       <c r="C37" t="inlineStr">
         <is>
-          <t>4th quarter 2023</t>
+          <t>2nd quarter 2023</t>
         </is>
       </c>
       <c r="D37" s="1" t="n">
-        <v>2.1513078E7</v>
+        <v>2.3180469E7</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" t="inlineStr">
         <is>
           <t>D Electricity, gas, steam and air conditioning supply</t>
         </is>
       </c>
       <c r="B38" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2023</t>
         </is>
       </c>
       <c r="C38" t="inlineStr">
         <is>
-          <t>1st quarter 2024</t>
+          <t>3rd quarter 2023</t>
         </is>
       </c>
       <c r="D38" s="1" t="n">
-        <v>2.0130383E7</v>
+        <v>1.7357164E7</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" t="inlineStr">
         <is>
           <t>D Electricity, gas, steam and air conditioning supply</t>
         </is>
       </c>
       <c r="B39" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2023</t>
         </is>
       </c>
       <c r="C39" t="inlineStr">
         <is>
-          <t>2nd quarter 2024</t>
+          <t>4th quarter 2023</t>
         </is>
       </c>
       <c r="D39" s="1" t="n">
-        <v>1.627417E7</v>
+        <v>2.1513078E7</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" t="inlineStr">
         <is>
           <t>D Electricity, gas, steam and air conditioning supply</t>
         </is>
       </c>
       <c r="B40" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="C40" t="inlineStr">
         <is>
-          <t>3rd quarter 2024</t>
+          <t>1st quarter 2024</t>
         </is>
       </c>
       <c r="D40" s="1" t="n">
-        <v>1.557098E7</v>
+        <v>2.0130383E7</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" t="inlineStr">
         <is>
           <t>D Electricity, gas, steam and air conditioning supply</t>
         </is>
       </c>
       <c r="B41" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="C41" t="inlineStr">
         <is>
-          <t>4th quarter 2024</t>
+          <t>2nd quarter 2024</t>
         </is>
       </c>
       <c r="D41" s="1" t="n">
-        <v>1.8738421E7</v>
+        <v>1.627417E7</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" t="inlineStr">
         <is>
           <t>D Electricity, gas, steam and air conditioning supply</t>
         </is>
       </c>
       <c r="B42" t="inlineStr">
         <is>
-          <t>2025</t>
+          <t>2024</t>
         </is>
       </c>
       <c r="C42" t="inlineStr">
         <is>
-          <t>1st quarter 2025</t>
+          <t>3rd quarter 2024</t>
         </is>
       </c>
       <c r="D42" s="1" t="n">
-        <v>2.1751887E7</v>
+        <v>1.557098E7</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" t="inlineStr">
         <is>
           <t>D Electricity, gas, steam and air conditioning supply</t>
         </is>
       </c>
       <c r="B43" t="inlineStr">
         <is>
-          <t>2025</t>
+          <t>2024</t>
         </is>
       </c>
       <c r="C43" t="inlineStr">
         <is>
-          <t>2nd quarter 2025</t>
+          <t>4th quarter 2024</t>
         </is>
       </c>
       <c r="D43" s="1" t="n">
-        <v>1.7006441E7</v>
+        <v>1.8738421E7</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" t="inlineStr">
         <is>
-          <t>E Water supply/ sewerage, waste management and remediation activities</t>
+          <t>D Electricity, gas, steam and air conditioning supply</t>
         </is>
       </c>
       <c r="B44" t="inlineStr">
         <is>
-          <t>2022</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="C44" t="inlineStr">
         <is>
-          <t>1st quarter 2022</t>
+          <t>1st quarter 2025</t>
         </is>
       </c>
       <c r="D44" s="1" t="n">
-        <v>3273778.0</v>
+        <v>2.1751887E7</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" t="inlineStr">
         <is>
-          <t>E Water supply/ sewerage, waste management and remediation activities</t>
+          <t>D Electricity, gas, steam and air conditioning supply</t>
         </is>
       </c>
       <c r="B45" t="inlineStr">
         <is>
-          <t>2022</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="C45" t="inlineStr">
         <is>
-          <t>2nd quarter 2022</t>
+          <t>2nd quarter 2025</t>
         </is>
       </c>
       <c r="D45" s="1" t="n">
-        <v>3444653.0</v>
+        <v>1.6731382E7</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" t="inlineStr">
         <is>
-          <t>E Water supply/ sewerage, waste management and remediation activities</t>
+          <t>D Electricity, gas, steam and air conditioning supply</t>
         </is>
       </c>
       <c r="B46" t="inlineStr">
         <is>
-          <t>2022</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="C46" t="inlineStr">
         <is>
-          <t>3rd quarter 2022</t>
+          <t>3rd quarter 2025</t>
         </is>
       </c>
       <c r="D46" s="1" t="n">
-        <v>3195018.0</v>
+        <v>1.5179495E7</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" t="inlineStr">
         <is>
           <t>E Water supply/ sewerage, waste management and remediation activities</t>
         </is>
       </c>
       <c r="B47" t="inlineStr">
         <is>
           <t>2022</t>
         </is>
       </c>
       <c r="C47" t="inlineStr">
         <is>
-          <t>4th quarter 2022</t>
+          <t>1st quarter 2022</t>
         </is>
       </c>
       <c r="D47" s="1" t="n">
-        <v>3543682.0</v>
+        <v>3273778.0</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" t="inlineStr">
         <is>
           <t>E Water supply/ sewerage, waste management and remediation activities</t>
         </is>
       </c>
       <c r="B48" t="inlineStr">
         <is>
-          <t>2023</t>
+          <t>2022</t>
         </is>
       </c>
       <c r="C48" t="inlineStr">
         <is>
-          <t>1st quarter 2023</t>
+          <t>2nd quarter 2022</t>
         </is>
       </c>
       <c r="D48" s="1" t="n">
-        <v>3400795.0</v>
+        <v>3444653.0</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" t="inlineStr">
         <is>
           <t>E Water supply/ sewerage, waste management and remediation activities</t>
         </is>
       </c>
       <c r="B49" t="inlineStr">
         <is>
-          <t>2023</t>
+          <t>2022</t>
         </is>
       </c>
       <c r="C49" t="inlineStr">
         <is>
-          <t>2nd quarter 2023</t>
+          <t>3rd quarter 2022</t>
         </is>
       </c>
       <c r="D49" s="1" t="n">
-        <v>3491666.0</v>
+        <v>3195018.0</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" t="inlineStr">
         <is>
           <t>E Water supply/ sewerage, waste management and remediation activities</t>
         </is>
       </c>
       <c r="B50" t="inlineStr">
         <is>
-          <t>2023</t>
+          <t>2022</t>
         </is>
       </c>
       <c r="C50" t="inlineStr">
         <is>
-          <t>3rd quarter 2023</t>
+          <t>4th quarter 2022</t>
         </is>
       </c>
       <c r="D50" s="1" t="n">
-        <v>3426755.0</v>
+        <v>3543682.0</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" t="inlineStr">
         <is>
           <t>E Water supply/ sewerage, waste management and remediation activities</t>
         </is>
       </c>
       <c r="B51" t="inlineStr">
         <is>
           <t>2023</t>
         </is>
       </c>
       <c r="C51" t="inlineStr">
         <is>
-          <t>4th quarter 2023</t>
+          <t>1st quarter 2023</t>
         </is>
       </c>
       <c r="D51" s="1" t="n">
-        <v>3683518.0</v>
+        <v>3400795.0</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" t="inlineStr">
         <is>
           <t>E Water supply/ sewerage, waste management and remediation activities</t>
         </is>
       </c>
       <c r="B52" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2023</t>
         </is>
       </c>
       <c r="C52" t="inlineStr">
         <is>
-          <t>1st quarter 2024</t>
+          <t>2nd quarter 2023</t>
         </is>
       </c>
       <c r="D52" s="1" t="n">
-        <v>3425725.0</v>
+        <v>3491666.0</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" t="inlineStr">
         <is>
           <t>E Water supply/ sewerage, waste management and remediation activities</t>
         </is>
       </c>
       <c r="B53" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2023</t>
         </is>
       </c>
       <c r="C53" t="inlineStr">
         <is>
-          <t>2nd quarter 2024</t>
+          <t>3rd quarter 2023</t>
         </is>
       </c>
       <c r="D53" s="1" t="n">
-        <v>3755320.0</v>
+        <v>3426755.0</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" t="inlineStr">
         <is>
           <t>E Water supply/ sewerage, waste management and remediation activities</t>
         </is>
       </c>
       <c r="B54" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2023</t>
         </is>
       </c>
       <c r="C54" t="inlineStr">
         <is>
-          <t>3rd quarter 2024</t>
+          <t>4th quarter 2023</t>
         </is>
       </c>
       <c r="D54" s="1" t="n">
-        <v>3787901.0</v>
+        <v>3683518.0</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" t="inlineStr">
         <is>
           <t>E Water supply/ sewerage, waste management and remediation activities</t>
         </is>
       </c>
       <c r="B55" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="C55" t="inlineStr">
         <is>
-          <t>4th quarter 2024</t>
+          <t>1st quarter 2024</t>
         </is>
       </c>
       <c r="D55" s="1" t="n">
-        <v>4009852.0</v>
+        <v>3425725.0</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" t="inlineStr">
         <is>
           <t>E Water supply/ sewerage, waste management and remediation activities</t>
         </is>
       </c>
       <c r="B56" t="inlineStr">
         <is>
-          <t>2025</t>
+          <t>2024</t>
         </is>
       </c>
       <c r="C56" t="inlineStr">
         <is>
-          <t>1st quarter 2025</t>
+          <t>2nd quarter 2024</t>
         </is>
       </c>
       <c r="D56" s="1" t="n">
-        <v>3597917.0</v>
+        <v>3755320.0</v>
       </c>
     </row>
     <row r="57">
       <c r="A57" t="inlineStr">
         <is>
           <t>E Water supply/ sewerage, waste management and remediation activities</t>
         </is>
       </c>
       <c r="B57" t="inlineStr">
         <is>
-          <t>2025</t>
+          <t>2024</t>
         </is>
       </c>
       <c r="C57" t="inlineStr">
         <is>
-          <t>2nd quarter 2025</t>
+          <t>3rd quarter 2024</t>
         </is>
       </c>
       <c r="D57" s="1" t="n">
-        <v>3738190.0</v>
+        <v>3787901.0</v>
       </c>
     </row>
     <row r="58">
       <c r="A58" t="inlineStr">
         <is>
-          <t>F Construction</t>
+          <t>E Water supply/ sewerage, waste management and remediation activities</t>
         </is>
       </c>
       <c r="B58" t="inlineStr">
         <is>
-          <t>2022</t>
+          <t>2024</t>
         </is>
       </c>
       <c r="C58" t="inlineStr">
         <is>
-          <t>1st quarter 2022</t>
+          <t>4th quarter 2024</t>
         </is>
       </c>
       <c r="D58" s="1" t="n">
-        <v>2.0491278E7</v>
+        <v>4009852.0</v>
       </c>
     </row>
     <row r="59">
       <c r="A59" t="inlineStr">
         <is>
-          <t>F Construction</t>
+          <t>E Water supply/ sewerage, waste management and remediation activities</t>
         </is>
       </c>
       <c r="B59" t="inlineStr">
         <is>
-          <t>2022</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="C59" t="inlineStr">
         <is>
-          <t>2nd quarter 2022</t>
+          <t>1st quarter 2025</t>
         </is>
       </c>
       <c r="D59" s="1" t="n">
-        <v>2.5086652E7</v>
+        <v>3597917.0</v>
       </c>
     </row>
     <row r="60">
       <c r="A60" t="inlineStr">
         <is>
-          <t>F Construction</t>
+          <t>E Water supply/ sewerage, waste management and remediation activities</t>
         </is>
       </c>
       <c r="B60" t="inlineStr">
         <is>
-          <t>2022</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="C60" t="inlineStr">
         <is>
-          <t>3rd quarter 2022</t>
+          <t>2nd quarter 2025</t>
         </is>
       </c>
       <c r="D60" s="1" t="n">
-        <v>2.179105E7</v>
+        <v>3630574.0</v>
       </c>
     </row>
     <row r="61">
       <c r="A61" t="inlineStr">
         <is>
-          <t>F Construction</t>
+          <t>E Water supply/ sewerage, waste management and remediation activities</t>
         </is>
       </c>
       <c r="B61" t="inlineStr">
         <is>
-          <t>2022</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="C61" t="inlineStr">
         <is>
-          <t>4th quarter 2022</t>
+          <t>3rd quarter 2025</t>
         </is>
       </c>
       <c r="D61" s="1" t="n">
-        <v>2.8192007E7</v>
+        <v>3625975.0</v>
       </c>
     </row>
     <row r="62">
       <c r="A62" t="inlineStr">
         <is>
           <t>F Construction</t>
         </is>
       </c>
       <c r="B62" t="inlineStr">
         <is>
-          <t>2023</t>
+          <t>2022</t>
         </is>
       </c>
       <c r="C62" t="inlineStr">
         <is>
-          <t>1st quarter 2023</t>
+          <t>1st quarter 2022</t>
         </is>
       </c>
       <c r="D62" s="1" t="n">
-        <v>2.2869315E7</v>
+        <v>2.0491278E7</v>
       </c>
     </row>
     <row r="63">
       <c r="A63" t="inlineStr">
         <is>
           <t>F Construction</t>
         </is>
       </c>
       <c r="B63" t="inlineStr">
         <is>
-          <t>2023</t>
+          <t>2022</t>
         </is>
       </c>
       <c r="C63" t="inlineStr">
         <is>
-          <t>2nd quarter 2023</t>
+          <t>2nd quarter 2022</t>
         </is>
       </c>
       <c r="D63" s="1" t="n">
-        <v>2.713025E7</v>
+        <v>2.5086652E7</v>
       </c>
     </row>
     <row r="64">
       <c r="A64" t="inlineStr">
         <is>
           <t>F Construction</t>
         </is>
       </c>
       <c r="B64" t="inlineStr">
         <is>
-          <t>2023</t>
+          <t>2022</t>
         </is>
       </c>
       <c r="C64" t="inlineStr">
         <is>
-          <t>3rd quarter 2023</t>
+          <t>3rd quarter 2022</t>
         </is>
       </c>
       <c r="D64" s="1" t="n">
-        <v>2.3108965E7</v>
+        <v>2.179105E7</v>
       </c>
     </row>
     <row r="65">
       <c r="A65" t="inlineStr">
         <is>
           <t>F Construction</t>
         </is>
       </c>
       <c r="B65" t="inlineStr">
         <is>
-          <t>2023</t>
+          <t>2022</t>
         </is>
       </c>
       <c r="C65" t="inlineStr">
         <is>
-          <t>4th quarter 2023</t>
+          <t>4th quarter 2022</t>
         </is>
       </c>
       <c r="D65" s="1" t="n">
-        <v>2.8991734E7</v>
+        <v>2.8192007E7</v>
       </c>
     </row>
     <row r="66">
       <c r="A66" t="inlineStr">
         <is>
           <t>F Construction</t>
         </is>
       </c>
       <c r="B66" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2023</t>
         </is>
       </c>
       <c r="C66" t="inlineStr">
         <is>
-          <t>1st quarter 2024</t>
+          <t>1st quarter 2023</t>
         </is>
       </c>
       <c r="D66" s="1" t="n">
-        <v>2.2848109E7</v>
+        <v>2.2869315E7</v>
       </c>
     </row>
     <row r="67">
       <c r="A67" t="inlineStr">
         <is>
           <t>F Construction</t>
         </is>
       </c>
       <c r="B67" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2023</t>
         </is>
       </c>
       <c r="C67" t="inlineStr">
         <is>
-          <t>2nd quarter 2024</t>
+          <t>2nd quarter 2023</t>
         </is>
       </c>
       <c r="D67" s="1" t="n">
-        <v>2.6658235E7</v>
+        <v>2.713025E7</v>
       </c>
     </row>
     <row r="68">
       <c r="A68" t="inlineStr">
         <is>
           <t>F Construction</t>
         </is>
       </c>
       <c r="B68" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2023</t>
         </is>
       </c>
       <c r="C68" t="inlineStr">
         <is>
-          <t>3rd quarter 2024</t>
+          <t>3rd quarter 2023</t>
         </is>
       </c>
       <c r="D68" s="1" t="n">
-        <v>2.3367726E7</v>
+        <v>2.3108965E7</v>
       </c>
     </row>
     <row r="69">
       <c r="A69" t="inlineStr">
         <is>
           <t>F Construction</t>
         </is>
       </c>
       <c r="B69" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2023</t>
         </is>
       </c>
       <c r="C69" t="inlineStr">
         <is>
-          <t>4th quarter 2024</t>
+          <t>4th quarter 2023</t>
         </is>
       </c>
       <c r="D69" s="1" t="n">
-        <v>3.0043097E7</v>
+        <v>2.8991734E7</v>
       </c>
     </row>
     <row r="70">
       <c r="A70" t="inlineStr">
         <is>
           <t>F Construction</t>
         </is>
       </c>
       <c r="B70" t="inlineStr">
         <is>
-          <t>2025</t>
+          <t>2024</t>
         </is>
       </c>
       <c r="C70" t="inlineStr">
         <is>
-          <t>1st quarter 2025</t>
+          <t>1st quarter 2024</t>
         </is>
       </c>
       <c r="D70" s="1" t="n">
-        <v>2.4435895E7</v>
+        <v>2.2848109E7</v>
       </c>
     </row>
     <row r="71">
       <c r="A71" t="inlineStr">
         <is>
           <t>F Construction</t>
         </is>
       </c>
       <c r="B71" t="inlineStr">
         <is>
-          <t>2025</t>
+          <t>2024</t>
         </is>
       </c>
       <c r="C71" t="inlineStr">
         <is>
-          <t>2nd quarter 2025</t>
+          <t>2nd quarter 2024</t>
         </is>
       </c>
       <c r="D71" s="1" t="n">
-        <v>2.9110987E7</v>
+        <v>2.6658235E7</v>
       </c>
     </row>
     <row r="72">
       <c r="A72" t="inlineStr">
         <is>
-          <t>G Wholesale and retail trade/ repair of motor vehicles and motorcycles</t>
+          <t>F Construction</t>
         </is>
       </c>
       <c r="B72" t="inlineStr">
         <is>
-          <t>2022</t>
+          <t>2024</t>
         </is>
       </c>
       <c r="C72" t="inlineStr">
         <is>
-          <t>1st quarter 2022</t>
+          <t>3rd quarter 2024</t>
         </is>
       </c>
       <c r="D72" s="1" t="n">
-        <v>1.98752435E8</v>
+        <v>2.3367726E7</v>
       </c>
     </row>
     <row r="73">
       <c r="A73" t="inlineStr">
         <is>
-          <t>G Wholesale and retail trade/ repair of motor vehicles and motorcycles</t>
+          <t>F Construction</t>
         </is>
       </c>
       <c r="B73" t="inlineStr">
         <is>
-          <t>2022</t>
+          <t>2024</t>
         </is>
       </c>
       <c r="C73" t="inlineStr">
         <is>
-          <t>2nd quarter 2022</t>
+          <t>4th quarter 2024</t>
         </is>
       </c>
       <c r="D73" s="1" t="n">
-        <v>2.11737773E8</v>
+        <v>3.0043097E7</v>
       </c>
     </row>
     <row r="74">
       <c r="A74" t="inlineStr">
         <is>
-          <t>G Wholesale and retail trade/ repair of motor vehicles and motorcycles</t>
+          <t>F Construction</t>
         </is>
       </c>
       <c r="B74" t="inlineStr">
         <is>
-          <t>2022</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="C74" t="inlineStr">
         <is>
-          <t>3rd quarter 2022</t>
+          <t>1st quarter 2025</t>
         </is>
       </c>
       <c r="D74" s="1" t="n">
-        <v>1.96409878E8</v>
+        <v>2.4435895E7</v>
       </c>
     </row>
     <row r="75">
       <c r="A75" t="inlineStr">
         <is>
-          <t>G Wholesale and retail trade/ repair of motor vehicles and motorcycles</t>
+          <t>F Construction</t>
         </is>
       </c>
       <c r="B75" t="inlineStr">
         <is>
-          <t>2022</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="C75" t="inlineStr">
         <is>
-          <t>4th quarter 2022</t>
+          <t>2nd quarter 2025</t>
         </is>
       </c>
       <c r="D75" s="1" t="n">
-        <v>2.25625976E8</v>
+        <v>2.8696323E7</v>
       </c>
     </row>
     <row r="76">
       <c r="A76" t="inlineStr">
         <is>
-          <t>G Wholesale and retail trade/ repair of motor vehicles and motorcycles</t>
+          <t>F Construction</t>
         </is>
       </c>
       <c r="B76" t="inlineStr">
         <is>
-          <t>2023</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="C76" t="inlineStr">
         <is>
-          <t>1st quarter 2023</t>
+          <t>3rd quarter 2025</t>
         </is>
       </c>
       <c r="D76" s="1" t="n">
-        <v>1.93093695E8</v>
+        <v>2.5123833E7</v>
       </c>
     </row>
     <row r="77">
       <c r="A77" t="inlineStr">
         <is>
           <t>G Wholesale and retail trade/ repair of motor vehicles and motorcycles</t>
         </is>
       </c>
       <c r="B77" t="inlineStr">
         <is>
-          <t>2023</t>
+          <t>2022</t>
         </is>
       </c>
       <c r="C77" t="inlineStr">
         <is>
-          <t>2nd quarter 2023</t>
+          <t>1st quarter 2022</t>
         </is>
       </c>
       <c r="D77" s="1" t="n">
-        <v>1.94014862E8</v>
+        <v>1.98752435E8</v>
       </c>
     </row>
     <row r="78">
       <c r="A78" t="inlineStr">
         <is>
           <t>G Wholesale and retail trade/ repair of motor vehicles and motorcycles</t>
         </is>
       </c>
       <c r="B78" t="inlineStr">
         <is>
-          <t>2023</t>
+          <t>2022</t>
         </is>
       </c>
       <c r="C78" t="inlineStr">
         <is>
-          <t>3rd quarter 2023</t>
+          <t>2nd quarter 2022</t>
         </is>
       </c>
       <c r="D78" s="1" t="n">
-        <v>1.83216755E8</v>
+        <v>2.11737773E8</v>
       </c>
     </row>
     <row r="79">
       <c r="A79" t="inlineStr">
         <is>
           <t>G Wholesale and retail trade/ repair of motor vehicles and motorcycles</t>
         </is>
       </c>
       <c r="B79" t="inlineStr">
         <is>
-          <t>2023</t>
+          <t>2022</t>
         </is>
       </c>
       <c r="C79" t="inlineStr">
         <is>
-          <t>4th quarter 2023</t>
+          <t>3rd quarter 2022</t>
         </is>
       </c>
       <c r="D79" s="1" t="n">
-        <v>1.9571775E8</v>
+        <v>1.96409878E8</v>
       </c>
     </row>
     <row r="80">
       <c r="A80" t="inlineStr">
         <is>
           <t>G Wholesale and retail trade/ repair of motor vehicles and motorcycles</t>
         </is>
       </c>
       <c r="B80" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2022</t>
         </is>
       </c>
       <c r="C80" t="inlineStr">
         <is>
-          <t>1st quarter 2024</t>
+          <t>4th quarter 2022</t>
         </is>
       </c>
       <c r="D80" s="1" t="n">
-        <v>1.8885888E8</v>
+        <v>2.25625976E8</v>
       </c>
     </row>
     <row r="81">
       <c r="A81" t="inlineStr">
         <is>
           <t>G Wholesale and retail trade/ repair of motor vehicles and motorcycles</t>
         </is>
       </c>
       <c r="B81" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2023</t>
         </is>
       </c>
       <c r="C81" t="inlineStr">
         <is>
-          <t>2nd quarter 2024</t>
+          <t>1st quarter 2023</t>
         </is>
       </c>
       <c r="D81" s="1" t="n">
-        <v>1.91453319E8</v>
+        <v>1.93093695E8</v>
       </c>
     </row>
     <row r="82">
       <c r="A82" t="inlineStr">
         <is>
           <t>G Wholesale and retail trade/ repair of motor vehicles and motorcycles</t>
         </is>
       </c>
       <c r="B82" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2023</t>
         </is>
       </c>
       <c r="C82" t="inlineStr">
         <is>
-          <t>3rd quarter 2024</t>
+          <t>2nd quarter 2023</t>
         </is>
       </c>
       <c r="D82" s="1" t="n">
-        <v>1.82781332E8</v>
+        <v>1.94014862E8</v>
       </c>
     </row>
     <row r="83">
       <c r="A83" t="inlineStr">
         <is>
           <t>G Wholesale and retail trade/ repair of motor vehicles and motorcycles</t>
         </is>
       </c>
       <c r="B83" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2023</t>
         </is>
       </c>
       <c r="C83" t="inlineStr">
         <is>
-          <t>4th quarter 2024</t>
+          <t>3rd quarter 2023</t>
         </is>
       </c>
       <c r="D83" s="1" t="n">
-        <v>1.96920679E8</v>
+        <v>1.83216755E8</v>
       </c>
     </row>
     <row r="84">
       <c r="A84" t="inlineStr">
         <is>
           <t>G Wholesale and retail trade/ repair of motor vehicles and motorcycles</t>
         </is>
       </c>
       <c r="B84" t="inlineStr">
         <is>
-          <t>2025</t>
+          <t>2023</t>
         </is>
       </c>
       <c r="C84" t="inlineStr">
         <is>
-          <t>1st quarter 2025</t>
+          <t>4th quarter 2023</t>
         </is>
       </c>
       <c r="D84" s="1" t="n">
-        <v>1.90064133E8</v>
+        <v>1.9571775E8</v>
       </c>
     </row>
     <row r="85">
       <c r="A85" t="inlineStr">
         <is>
           <t>G Wholesale and retail trade/ repair of motor vehicles and motorcycles</t>
         </is>
       </c>
       <c r="B85" t="inlineStr">
         <is>
-          <t>2025</t>
+          <t>2024</t>
         </is>
       </c>
       <c r="C85" t="inlineStr">
         <is>
-          <t>2nd quarter 2025</t>
+          <t>1st quarter 2024</t>
         </is>
       </c>
       <c r="D85" s="1" t="n">
-        <v>1.93507875E8</v>
+        <v>1.8885888E8</v>
       </c>
     </row>
     <row r="86">
       <c r="A86" t="inlineStr">
         <is>
-          <t>H Transportation and storage</t>
+          <t>G Wholesale and retail trade/ repair of motor vehicles and motorcycles</t>
         </is>
       </c>
       <c r="B86" t="inlineStr">
         <is>
-          <t>2022</t>
+          <t>2024</t>
         </is>
       </c>
       <c r="C86" t="inlineStr">
         <is>
-          <t>1st quarter 2022</t>
+          <t>2nd quarter 2024</t>
         </is>
       </c>
       <c r="D86" s="1" t="n">
-        <v>1.6958523E7</v>
+        <v>1.91453319E8</v>
       </c>
     </row>
     <row r="87">
       <c r="A87" t="inlineStr">
         <is>
-          <t>H Transportation and storage</t>
+          <t>G Wholesale and retail trade/ repair of motor vehicles and motorcycles</t>
         </is>
       </c>
       <c r="B87" t="inlineStr">
         <is>
-          <t>2022</t>
+          <t>2024</t>
         </is>
       </c>
       <c r="C87" t="inlineStr">
         <is>
-          <t>2nd quarter 2022</t>
+          <t>3rd quarter 2024</t>
         </is>
       </c>
       <c r="D87" s="1" t="n">
-        <v>1.8493894E7</v>
+        <v>1.82781332E8</v>
       </c>
     </row>
     <row r="88">
       <c r="A88" t="inlineStr">
         <is>
-          <t>H Transportation and storage</t>
+          <t>G Wholesale and retail trade/ repair of motor vehicles and motorcycles</t>
         </is>
       </c>
       <c r="B88" t="inlineStr">
         <is>
-          <t>2022</t>
+          <t>2024</t>
         </is>
       </c>
       <c r="C88" t="inlineStr">
         <is>
-          <t>3rd quarter 2022</t>
+          <t>4th quarter 2024</t>
         </is>
       </c>
       <c r="D88" s="1" t="n">
-        <v>1.855967E7</v>
+        <v>1.96920679E8</v>
       </c>
     </row>
     <row r="89">
       <c r="A89" t="inlineStr">
         <is>
-          <t>H Transportation and storage</t>
+          <t>G Wholesale and retail trade/ repair of motor vehicles and motorcycles</t>
         </is>
       </c>
       <c r="B89" t="inlineStr">
         <is>
-          <t>2022</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="C89" t="inlineStr">
         <is>
-          <t>4th quarter 2022</t>
+          <t>1st quarter 2025</t>
         </is>
       </c>
       <c r="D89" s="1" t="n">
-        <v>1.9632579E7</v>
+        <v>1.90064133E8</v>
       </c>
     </row>
     <row r="90">
       <c r="A90" t="inlineStr">
         <is>
-          <t>H Transportation and storage</t>
+          <t>G Wholesale and retail trade/ repair of motor vehicles and motorcycles</t>
         </is>
       </c>
       <c r="B90" t="inlineStr">
         <is>
-          <t>2023</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="C90" t="inlineStr">
         <is>
-          <t>1st quarter 2023</t>
+          <t>2nd quarter 2025</t>
         </is>
       </c>
       <c r="D90" s="1" t="n">
-        <v>1.821816E7</v>
+        <v>1.96507756E8</v>
       </c>
     </row>
     <row r="91">
       <c r="A91" t="inlineStr">
         <is>
-          <t>H Transportation and storage</t>
+          <t>G Wholesale and retail trade/ repair of motor vehicles and motorcycles</t>
         </is>
       </c>
       <c r="B91" t="inlineStr">
         <is>
-          <t>2023</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="C91" t="inlineStr">
         <is>
-          <t>2nd quarter 2023</t>
+          <t>3rd quarter 2025</t>
         </is>
       </c>
       <c r="D91" s="1" t="n">
-        <v>1.7814912E7</v>
+        <v>1.86540646E8</v>
       </c>
     </row>
     <row r="92">
       <c r="A92" t="inlineStr">
         <is>
           <t>H Transportation and storage</t>
         </is>
       </c>
       <c r="B92" t="inlineStr">
         <is>
-          <t>2023</t>
+          <t>2022</t>
         </is>
       </c>
       <c r="C92" t="inlineStr">
         <is>
-          <t>3rd quarter 2023</t>
+          <t>1st quarter 2022</t>
         </is>
       </c>
       <c r="D92" s="1" t="n">
-        <v>1.7404175E7</v>
+        <v>1.6958523E7</v>
       </c>
     </row>
     <row r="93">
       <c r="A93" t="inlineStr">
         <is>
           <t>H Transportation and storage</t>
         </is>
       </c>
       <c r="B93" t="inlineStr">
         <is>
-          <t>2023</t>
+          <t>2022</t>
         </is>
       </c>
       <c r="C93" t="inlineStr">
         <is>
-          <t>4th quarter 2023</t>
+          <t>2nd quarter 2022</t>
         </is>
       </c>
       <c r="D93" s="1" t="n">
-        <v>1.8638771E7</v>
+        <v>1.8493894E7</v>
       </c>
     </row>
     <row r="94">
       <c r="A94" t="inlineStr">
         <is>
           <t>H Transportation and storage</t>
         </is>
       </c>
       <c r="B94" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2022</t>
         </is>
       </c>
       <c r="C94" t="inlineStr">
         <is>
-          <t>1st quarter 2024</t>
+          <t>3rd quarter 2022</t>
         </is>
       </c>
       <c r="D94" s="1" t="n">
-        <v>1.7965749E7</v>
+        <v>1.855967E7</v>
       </c>
     </row>
     <row r="95">
       <c r="A95" t="inlineStr">
         <is>
           <t>H Transportation and storage</t>
         </is>
       </c>
       <c r="B95" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2022</t>
         </is>
       </c>
       <c r="C95" t="inlineStr">
         <is>
-          <t>2nd quarter 2024</t>
+          <t>4th quarter 2022</t>
         </is>
       </c>
       <c r="D95" s="1" t="n">
-        <v>1.8276662E7</v>
+        <v>1.9632579E7</v>
       </c>
     </row>
     <row r="96">
       <c r="A96" t="inlineStr">
         <is>
           <t>H Transportation and storage</t>
         </is>
       </c>
       <c r="B96" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2023</t>
         </is>
       </c>
       <c r="C96" t="inlineStr">
         <is>
-          <t>3rd quarter 2024</t>
+          <t>1st quarter 2023</t>
         </is>
       </c>
       <c r="D96" s="1" t="n">
-        <v>1.8276886E7</v>
+        <v>1.821816E7</v>
       </c>
     </row>
     <row r="97">
       <c r="A97" t="inlineStr">
         <is>
           <t>H Transportation and storage</t>
         </is>
       </c>
       <c r="B97" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2023</t>
         </is>
       </c>
       <c r="C97" t="inlineStr">
         <is>
-          <t>4th quarter 2024</t>
+          <t>2nd quarter 2023</t>
         </is>
       </c>
       <c r="D97" s="1" t="n">
-        <v>1.9093733E7</v>
+        <v>1.7814912E7</v>
       </c>
     </row>
     <row r="98">
       <c r="A98" t="inlineStr">
         <is>
           <t>H Transportation and storage</t>
         </is>
       </c>
       <c r="B98" t="inlineStr">
         <is>
-          <t>2025</t>
+          <t>2023</t>
         </is>
       </c>
       <c r="C98" t="inlineStr">
         <is>
-          <t>1st quarter 2025</t>
+          <t>3rd quarter 2023</t>
         </is>
       </c>
       <c r="D98" s="1" t="n">
-        <v>1.8445595E7</v>
+        <v>1.7404175E7</v>
       </c>
     </row>
     <row r="99">
       <c r="A99" t="inlineStr">
         <is>
           <t>H Transportation and storage</t>
         </is>
       </c>
       <c r="B99" t="inlineStr">
         <is>
-          <t>2025</t>
+          <t>2023</t>
         </is>
       </c>
       <c r="C99" t="inlineStr">
         <is>
-          <t>2nd quarter 2025</t>
+          <t>4th quarter 2023</t>
         </is>
       </c>
       <c r="D99" s="1" t="n">
-        <v>1.8684323E7</v>
+        <v>1.8638771E7</v>
       </c>
     </row>
     <row r="100">
       <c r="A100" t="inlineStr">
         <is>
-          <t>I Accommodation and food service activities</t>
+          <t>H Transportation and storage</t>
         </is>
       </c>
       <c r="B100" t="inlineStr">
         <is>
-          <t>2022</t>
+          <t>2024</t>
         </is>
       </c>
       <c r="C100" t="inlineStr">
         <is>
-          <t>1st quarter 2022</t>
+          <t>1st quarter 2024</t>
         </is>
       </c>
       <c r="D100" s="1" t="n">
-        <v>3857595.0</v>
+        <v>1.7965749E7</v>
       </c>
     </row>
     <row r="101">
       <c r="A101" t="inlineStr">
         <is>
-          <t>I Accommodation and food service activities</t>
+          <t>H Transportation and storage</t>
         </is>
       </c>
       <c r="B101" t="inlineStr">
         <is>
-          <t>2022</t>
+          <t>2024</t>
         </is>
       </c>
       <c r="C101" t="inlineStr">
         <is>
-          <t>2nd quarter 2022</t>
+          <t>2nd quarter 2024</t>
         </is>
       </c>
       <c r="D101" s="1" t="n">
-        <v>5093839.0</v>
+        <v>1.8276662E7</v>
       </c>
     </row>
     <row r="102">
       <c r="A102" t="inlineStr">
         <is>
-          <t>I Accommodation and food service activities</t>
+          <t>H Transportation and storage</t>
         </is>
       </c>
       <c r="B102" t="inlineStr">
         <is>
-          <t>2022</t>
+          <t>2024</t>
         </is>
       </c>
       <c r="C102" t="inlineStr">
         <is>
-          <t>3rd quarter 2022</t>
+          <t>3rd quarter 2024</t>
         </is>
       </c>
       <c r="D102" s="1" t="n">
-        <v>5251652.0</v>
+        <v>1.8276886E7</v>
       </c>
     </row>
     <row r="103">
       <c r="A103" t="inlineStr">
         <is>
-          <t>I Accommodation and food service activities</t>
+          <t>H Transportation and storage</t>
         </is>
       </c>
       <c r="B103" t="inlineStr">
         <is>
-          <t>2022</t>
+          <t>2024</t>
         </is>
       </c>
       <c r="C103" t="inlineStr">
         <is>
-          <t>4th quarter 2022</t>
+          <t>4th quarter 2024</t>
         </is>
       </c>
       <c r="D103" s="1" t="n">
-        <v>5263046.0</v>
+        <v>1.9093733E7</v>
       </c>
     </row>
     <row r="104">
       <c r="A104" t="inlineStr">
         <is>
-          <t>I Accommodation and food service activities</t>
+          <t>H Transportation and storage</t>
         </is>
       </c>
       <c r="B104" t="inlineStr">
         <is>
-          <t>2023</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="C104" t="inlineStr">
         <is>
-          <t>1st quarter 2023</t>
+          <t>1st quarter 2025</t>
         </is>
       </c>
       <c r="D104" s="1" t="n">
-        <v>4770230.0</v>
+        <v>1.8445595E7</v>
       </c>
     </row>
     <row r="105">
       <c r="A105" t="inlineStr">
         <is>
-          <t>I Accommodation and food service activities</t>
+          <t>H Transportation and storage</t>
         </is>
       </c>
       <c r="B105" t="inlineStr">
         <is>
-          <t>2023</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="C105" t="inlineStr">
         <is>
-          <t>2nd quarter 2023</t>
+          <t>2nd quarter 2025</t>
         </is>
       </c>
       <c r="D105" s="1" t="n">
-        <v>5685286.0</v>
+        <v>1.8592142E7</v>
       </c>
     </row>
     <row r="106">
       <c r="A106" t="inlineStr">
         <is>
-          <t>I Accommodation and food service activities</t>
+          <t>H Transportation and storage</t>
         </is>
       </c>
       <c r="B106" t="inlineStr">
         <is>
-          <t>2023</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="C106" t="inlineStr">
         <is>
-          <t>3rd quarter 2023</t>
+          <t>3rd quarter 2025</t>
         </is>
       </c>
       <c r="D106" s="1" t="n">
-        <v>5723352.0</v>
+        <v>1.8686634E7</v>
       </c>
     </row>
     <row r="107">
       <c r="A107" t="inlineStr">
         <is>
           <t>I Accommodation and food service activities</t>
         </is>
       </c>
       <c r="B107" t="inlineStr">
         <is>
-          <t>2023</t>
+          <t>2022</t>
         </is>
       </c>
       <c r="C107" t="inlineStr">
         <is>
-          <t>4th quarter 2023</t>
+          <t>1st quarter 2022</t>
         </is>
       </c>
       <c r="D107" s="1" t="n">
-        <v>5625356.0</v>
+        <v>3857595.0</v>
       </c>
     </row>
     <row r="108">
       <c r="A108" t="inlineStr">
         <is>
           <t>I Accommodation and food service activities</t>
         </is>
       </c>
       <c r="B108" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2022</t>
         </is>
       </c>
       <c r="C108" t="inlineStr">
         <is>
-          <t>1st quarter 2024</t>
+          <t>2nd quarter 2022</t>
         </is>
       </c>
       <c r="D108" s="1" t="n">
-        <v>5073273.0</v>
+        <v>5093839.0</v>
       </c>
     </row>
     <row r="109">
       <c r="A109" t="inlineStr">
         <is>
           <t>I Accommodation and food service activities</t>
         </is>
       </c>
       <c r="B109" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2022</t>
         </is>
       </c>
       <c r="C109" t="inlineStr">
         <is>
-          <t>2nd quarter 2024</t>
+          <t>3rd quarter 2022</t>
         </is>
       </c>
       <c r="D109" s="1" t="n">
-        <v>5884939.0</v>
+        <v>5251652.0</v>
       </c>
     </row>
     <row r="110">
       <c r="A110" t="inlineStr">
         <is>
           <t>I Accommodation and food service activities</t>
         </is>
       </c>
       <c r="B110" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2022</t>
         </is>
       </c>
       <c r="C110" t="inlineStr">
         <is>
-          <t>3rd quarter 2024</t>
+          <t>4th quarter 2022</t>
         </is>
       </c>
       <c r="D110" s="1" t="n">
-        <v>5899124.0</v>
+        <v>5263046.0</v>
       </c>
     </row>
     <row r="111">
       <c r="A111" t="inlineStr">
         <is>
           <t>I Accommodation and food service activities</t>
         </is>
       </c>
       <c r="B111" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2023</t>
         </is>
       </c>
       <c r="C111" t="inlineStr">
         <is>
-          <t>4th quarter 2024</t>
+          <t>1st quarter 2023</t>
         </is>
       </c>
       <c r="D111" s="1" t="n">
-        <v>5923159.0</v>
+        <v>4770230.0</v>
       </c>
     </row>
     <row r="112">
       <c r="A112" t="inlineStr">
         <is>
           <t>I Accommodation and food service activities</t>
         </is>
       </c>
       <c r="B112" t="inlineStr">
         <is>
-          <t>2025</t>
+          <t>2023</t>
         </is>
       </c>
       <c r="C112" t="inlineStr">
         <is>
-          <t>1st quarter 2025</t>
+          <t>2nd quarter 2023</t>
         </is>
       </c>
       <c r="D112" s="1" t="n">
-        <v>5227341.0</v>
+        <v>5685286.0</v>
       </c>
     </row>
     <row r="113">
       <c r="A113" t="inlineStr">
         <is>
           <t>I Accommodation and food service activities</t>
         </is>
       </c>
       <c r="B113" t="inlineStr">
         <is>
-          <t>2025</t>
+          <t>2023</t>
         </is>
       </c>
       <c r="C113" t="inlineStr">
         <is>
-          <t>2nd quarter 2025</t>
+          <t>3rd quarter 2023</t>
         </is>
       </c>
       <c r="D113" s="1" t="n">
-        <v>6231234.0</v>
+        <v>5723352.0</v>
       </c>
     </row>
     <row r="114">
       <c r="A114" t="inlineStr">
         <is>
-          <t>J Information and communication</t>
+          <t>I Accommodation and food service activities</t>
         </is>
       </c>
       <c r="B114" t="inlineStr">
         <is>
-          <t>2022</t>
+          <t>2023</t>
         </is>
       </c>
       <c r="C114" t="inlineStr">
         <is>
-          <t>1st quarter 2022</t>
+          <t>4th quarter 2023</t>
         </is>
       </c>
       <c r="D114" s="1" t="n">
-        <v>1.0995903E7</v>
+        <v>5625356.0</v>
       </c>
     </row>
     <row r="115">
       <c r="A115" t="inlineStr">
         <is>
-          <t>J Information and communication</t>
+          <t>I Accommodation and food service activities</t>
         </is>
       </c>
       <c r="B115" t="inlineStr">
         <is>
-          <t>2022</t>
+          <t>2024</t>
         </is>
       </c>
       <c r="C115" t="inlineStr">
         <is>
-          <t>2nd quarter 2022</t>
+          <t>1st quarter 2024</t>
         </is>
       </c>
       <c r="D115" s="1" t="n">
-        <v>1.1351094E7</v>
+        <v>5073273.0</v>
       </c>
     </row>
     <row r="116">
       <c r="A116" t="inlineStr">
         <is>
-          <t>J Information and communication</t>
+          <t>I Accommodation and food service activities</t>
         </is>
       </c>
       <c r="B116" t="inlineStr">
         <is>
-          <t>2022</t>
+          <t>2024</t>
         </is>
       </c>
       <c r="C116" t="inlineStr">
         <is>
-          <t>3rd quarter 2022</t>
+          <t>2nd quarter 2024</t>
         </is>
       </c>
       <c r="D116" s="1" t="n">
-        <v>1.114799E7</v>
+        <v>5884939.0</v>
       </c>
     </row>
     <row r="117">
       <c r="A117" t="inlineStr">
         <is>
-          <t>J Information and communication</t>
+          <t>I Accommodation and food service activities</t>
         </is>
       </c>
       <c r="B117" t="inlineStr">
         <is>
-          <t>2022</t>
+          <t>2024</t>
         </is>
       </c>
       <c r="C117" t="inlineStr">
         <is>
-          <t>4th quarter 2022</t>
+          <t>3rd quarter 2024</t>
         </is>
       </c>
       <c r="D117" s="1" t="n">
-        <v>1.3376213E7</v>
+        <v>5899124.0</v>
       </c>
     </row>
     <row r="118">
       <c r="A118" t="inlineStr">
         <is>
-          <t>J Information and communication</t>
+          <t>I Accommodation and food service activities</t>
         </is>
       </c>
       <c r="B118" t="inlineStr">
         <is>
-          <t>2023</t>
+          <t>2024</t>
         </is>
       </c>
       <c r="C118" t="inlineStr">
         <is>
-          <t>1st quarter 2023</t>
+          <t>4th quarter 2024</t>
         </is>
       </c>
       <c r="D118" s="1" t="n">
-        <v>1.2555315E7</v>
+        <v>5923159.0</v>
       </c>
     </row>
     <row r="119">
       <c r="A119" t="inlineStr">
         <is>
-          <t>J Information and communication</t>
+          <t>I Accommodation and food service activities</t>
         </is>
       </c>
       <c r="B119" t="inlineStr">
         <is>
-          <t>2023</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="C119" t="inlineStr">
         <is>
-          <t>2nd quarter 2023</t>
+          <t>1st quarter 2025</t>
         </is>
       </c>
       <c r="D119" s="1" t="n">
-        <v>1.243426E7</v>
+        <v>5227341.0</v>
       </c>
     </row>
     <row r="120">
       <c r="A120" t="inlineStr">
         <is>
-          <t>J Information and communication</t>
+          <t>I Accommodation and food service activities</t>
         </is>
       </c>
       <c r="B120" t="inlineStr">
         <is>
-          <t>2023</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="C120" t="inlineStr">
         <is>
-          <t>3rd quarter 2023</t>
+          <t>2nd quarter 2025</t>
         </is>
       </c>
       <c r="D120" s="1" t="n">
-        <v>1.1771425E7</v>
+        <v>6185620.0</v>
       </c>
     </row>
     <row r="121">
       <c r="A121" t="inlineStr">
         <is>
-          <t>J Information and communication</t>
+          <t>I Accommodation and food service activities</t>
         </is>
       </c>
       <c r="B121" t="inlineStr">
         <is>
-          <t>2023</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="C121" t="inlineStr">
         <is>
-          <t>4th quarter 2023</t>
+          <t>3rd quarter 2025</t>
         </is>
       </c>
       <c r="D121" s="1" t="n">
-        <v>1.4180723E7</v>
+        <v>6145047.0</v>
       </c>
     </row>
     <row r="122">
       <c r="A122" t="inlineStr">
         <is>
           <t>J Information and communication</t>
         </is>
       </c>
       <c r="B122" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2022</t>
         </is>
       </c>
       <c r="C122" t="inlineStr">
         <is>
-          <t>1st quarter 2024</t>
+          <t>1st quarter 2022</t>
         </is>
       </c>
       <c r="D122" s="1" t="n">
-        <v>1.2893845E7</v>
+        <v>1.0995903E7</v>
       </c>
     </row>
     <row r="123">
       <c r="A123" t="inlineStr">
         <is>
           <t>J Information and communication</t>
         </is>
       </c>
       <c r="B123" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2022</t>
         </is>
       </c>
       <c r="C123" t="inlineStr">
         <is>
-          <t>2nd quarter 2024</t>
+          <t>2nd quarter 2022</t>
         </is>
       </c>
       <c r="D123" s="1" t="n">
-        <v>1.351992E7</v>
+        <v>1.1351094E7</v>
       </c>
     </row>
     <row r="124">
       <c r="A124" t="inlineStr">
         <is>
           <t>J Information and communication</t>
         </is>
       </c>
       <c r="B124" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2022</t>
         </is>
       </c>
       <c r="C124" t="inlineStr">
         <is>
-          <t>3rd quarter 2024</t>
+          <t>3rd quarter 2022</t>
         </is>
       </c>
       <c r="D124" s="1" t="n">
-        <v>1.2696442E7</v>
+        <v>1.114799E7</v>
       </c>
     </row>
     <row r="125">
       <c r="A125" t="inlineStr">
         <is>
           <t>J Information and communication</t>
         </is>
       </c>
       <c r="B125" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2022</t>
         </is>
       </c>
       <c r="C125" t="inlineStr">
         <is>
-          <t>4th quarter 2024</t>
+          <t>4th quarter 2022</t>
         </is>
       </c>
       <c r="D125" s="1" t="n">
-        <v>1.499199E7</v>
+        <v>1.3376213E7</v>
       </c>
     </row>
     <row r="126">
       <c r="A126" t="inlineStr">
         <is>
           <t>J Information and communication</t>
         </is>
       </c>
       <c r="B126" t="inlineStr">
         <is>
-          <t>2025</t>
+          <t>2023</t>
         </is>
       </c>
       <c r="C126" t="inlineStr">
         <is>
-          <t>1st quarter 2025</t>
+          <t>1st quarter 2023</t>
         </is>
       </c>
       <c r="D126" s="1" t="n">
-        <v>1.3722555E7</v>
+        <v>1.2555315E7</v>
       </c>
     </row>
     <row r="127">
       <c r="A127" t="inlineStr">
         <is>
           <t>J Information and communication</t>
         </is>
       </c>
       <c r="B127" t="inlineStr">
         <is>
-          <t>2025</t>
+          <t>2023</t>
         </is>
       </c>
       <c r="C127" t="inlineStr">
         <is>
-          <t>2nd quarter 2025</t>
+          <t>2nd quarter 2023</t>
         </is>
       </c>
       <c r="D127" s="1" t="n">
-        <v>1.3743846E7</v>
+        <v>1.243426E7</v>
       </c>
     </row>
     <row r="128">
       <c r="A128" t="inlineStr">
         <is>
-          <t>M Professional, scientific and technical activities</t>
+          <t>J Information and communication</t>
         </is>
       </c>
       <c r="B128" t="inlineStr">
         <is>
-          <t>2022</t>
+          <t>2023</t>
         </is>
       </c>
       <c r="C128" t="inlineStr">
         <is>
-          <t>1st quarter 2022</t>
+          <t>3rd quarter 2023</t>
         </is>
       </c>
       <c r="D128" s="1" t="n">
-        <v>1.883614E7</v>
+        <v>1.1771425E7</v>
       </c>
     </row>
     <row r="129">
       <c r="A129" t="inlineStr">
         <is>
-          <t>M Professional, scientific and technical activities</t>
+          <t>J Information and communication</t>
         </is>
       </c>
       <c r="B129" t="inlineStr">
         <is>
-          <t>2022</t>
+          <t>2023</t>
         </is>
       </c>
       <c r="C129" t="inlineStr">
         <is>
-          <t>2nd quarter 2022</t>
+          <t>4th quarter 2023</t>
         </is>
       </c>
       <c r="D129" s="1" t="n">
-        <v>1.9852955E7</v>
+        <v>1.4180723E7</v>
       </c>
     </row>
     <row r="130">
       <c r="A130" t="inlineStr">
         <is>
-          <t>M Professional, scientific and technical activities</t>
+          <t>J Information and communication</t>
         </is>
       </c>
       <c r="B130" t="inlineStr">
         <is>
-          <t>2022</t>
+          <t>2024</t>
         </is>
       </c>
       <c r="C130" t="inlineStr">
         <is>
-          <t>3rd quarter 2022</t>
+          <t>1st quarter 2024</t>
         </is>
       </c>
       <c r="D130" s="1" t="n">
-        <v>1.9030765E7</v>
+        <v>1.2893845E7</v>
       </c>
     </row>
     <row r="131">
       <c r="A131" t="inlineStr">
         <is>
-          <t>M Professional, scientific and technical activities</t>
+          <t>J Information and communication</t>
         </is>
       </c>
       <c r="B131" t="inlineStr">
         <is>
-          <t>2022</t>
+          <t>2024</t>
         </is>
       </c>
       <c r="C131" t="inlineStr">
         <is>
-          <t>4th quarter 2022</t>
+          <t>2nd quarter 2024</t>
         </is>
       </c>
       <c r="D131" s="1" t="n">
-        <v>2.3310905E7</v>
+        <v>1.351992E7</v>
       </c>
     </row>
     <row r="132">
       <c r="A132" t="inlineStr">
         <is>
-          <t>M Professional, scientific and technical activities</t>
+          <t>J Information and communication</t>
         </is>
       </c>
       <c r="B132" t="inlineStr">
         <is>
-          <t>2023</t>
+          <t>2024</t>
         </is>
       </c>
       <c r="C132" t="inlineStr">
         <is>
-          <t>1st quarter 2023</t>
+          <t>3rd quarter 2024</t>
         </is>
       </c>
       <c r="D132" s="1" t="n">
-        <v>2.007988E7</v>
+        <v>1.2696442E7</v>
       </c>
     </row>
     <row r="133">
       <c r="A133" t="inlineStr">
         <is>
-          <t>M Professional, scientific and technical activities</t>
+          <t>J Information and communication</t>
         </is>
       </c>
       <c r="B133" t="inlineStr">
         <is>
-          <t>2023</t>
+          <t>2024</t>
         </is>
       </c>
       <c r="C133" t="inlineStr">
         <is>
-          <t>2nd quarter 2023</t>
+          <t>4th quarter 2024</t>
         </is>
       </c>
       <c r="D133" s="1" t="n">
-        <v>2.1204957E7</v>
+        <v>1.499199E7</v>
       </c>
     </row>
     <row r="134">
       <c r="A134" t="inlineStr">
         <is>
-          <t>M Professional, scientific and technical activities</t>
+          <t>J Information and communication</t>
         </is>
       </c>
       <c r="B134" t="inlineStr">
         <is>
-          <t>2023</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="C134" t="inlineStr">
         <is>
-          <t>3rd quarter 2023</t>
+          <t>1st quarter 2025</t>
         </is>
       </c>
       <c r="D134" s="1" t="n">
-        <v>1.9420551E7</v>
+        <v>1.3722555E7</v>
       </c>
     </row>
     <row r="135">
       <c r="A135" t="inlineStr">
         <is>
-          <t>M Professional, scientific and technical activities</t>
+          <t>J Information and communication</t>
         </is>
       </c>
       <c r="B135" t="inlineStr">
         <is>
-          <t>2023</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="C135" t="inlineStr">
         <is>
-          <t>4th quarter 2023</t>
+          <t>2nd quarter 2025</t>
         </is>
       </c>
       <c r="D135" s="1" t="n">
-        <v>2.4949995E7</v>
+        <v>1.3599546E7</v>
       </c>
     </row>
     <row r="136">
       <c r="A136" t="inlineStr">
         <is>
-          <t>M Professional, scientific and technical activities</t>
+          <t>J Information and communication</t>
         </is>
       </c>
       <c r="B136" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="C136" t="inlineStr">
         <is>
-          <t>1st quarter 2024</t>
+          <t>3rd quarter 2025</t>
         </is>
       </c>
       <c r="D136" s="1" t="n">
-        <v>2.0925162E7</v>
+        <v>1.3074626E7</v>
       </c>
     </row>
     <row r="137">
       <c r="A137" t="inlineStr">
         <is>
           <t>M Professional, scientific and technical activities</t>
         </is>
       </c>
       <c r="B137" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2022</t>
         </is>
       </c>
       <c r="C137" t="inlineStr">
         <is>
-          <t>2nd quarter 2024</t>
+          <t>1st quarter 2022</t>
         </is>
       </c>
       <c r="D137" s="1" t="n">
-        <v>2.1890777E7</v>
+        <v>1.883614E7</v>
       </c>
     </row>
     <row r="138">
       <c r="A138" t="inlineStr">
         <is>
           <t>M Professional, scientific and technical activities</t>
         </is>
       </c>
       <c r="B138" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2022</t>
         </is>
       </c>
       <c r="C138" t="inlineStr">
         <is>
-          <t>3rd quarter 2024</t>
+          <t>2nd quarter 2022</t>
         </is>
       </c>
       <c r="D138" s="1" t="n">
-        <v>2.0316275E7</v>
+        <v>1.9852955E7</v>
       </c>
     </row>
     <row r="139">
       <c r="A139" t="inlineStr">
         <is>
           <t>M Professional, scientific and technical activities</t>
         </is>
       </c>
       <c r="B139" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2022</t>
         </is>
       </c>
       <c r="C139" t="inlineStr">
         <is>
-          <t>4th quarter 2024</t>
+          <t>3rd quarter 2022</t>
         </is>
       </c>
       <c r="D139" s="1" t="n">
-        <v>2.5980671E7</v>
+        <v>1.9030765E7</v>
       </c>
     </row>
     <row r="140">
       <c r="A140" t="inlineStr">
         <is>
           <t>M Professional, scientific and technical activities</t>
         </is>
       </c>
       <c r="B140" t="inlineStr">
         <is>
-          <t>2025</t>
+          <t>2022</t>
         </is>
       </c>
       <c r="C140" t="inlineStr">
         <is>
-          <t>1st quarter 2025</t>
+          <t>4th quarter 2022</t>
         </is>
       </c>
       <c r="D140" s="1" t="n">
-        <v>2.2021498E7</v>
+        <v>2.3310905E7</v>
       </c>
     </row>
     <row r="141">
       <c r="A141" t="inlineStr">
         <is>
           <t>M Professional, scientific and technical activities</t>
         </is>
       </c>
       <c r="B141" t="inlineStr">
         <is>
-          <t>2025</t>
+          <t>2023</t>
         </is>
       </c>
       <c r="C141" t="inlineStr">
         <is>
-          <t>2nd quarter 2025</t>
+          <t>1st quarter 2023</t>
         </is>
       </c>
       <c r="D141" s="1" t="n">
-        <v>2.277076E7</v>
+        <v>2.007988E7</v>
       </c>
     </row>
     <row r="142">
       <c r="A142" t="inlineStr">
         <is>
-          <t>N Administrative and support service activities</t>
+          <t>M Professional, scientific and technical activities</t>
         </is>
       </c>
       <c r="B142" t="inlineStr">
         <is>
-          <t>2022</t>
+          <t>2023</t>
         </is>
       </c>
       <c r="C142" t="inlineStr">
         <is>
-          <t>1st quarter 2022</t>
+          <t>2nd quarter 2023</t>
         </is>
       </c>
       <c r="D142" s="1" t="n">
-        <v>1.3828994E7</v>
+        <v>2.1204957E7</v>
       </c>
     </row>
     <row r="143">
       <c r="A143" t="inlineStr">
         <is>
-          <t>N Administrative and support service activities</t>
+          <t>M Professional, scientific and technical activities</t>
         </is>
       </c>
       <c r="B143" t="inlineStr">
         <is>
-          <t>2022</t>
+          <t>2023</t>
         </is>
       </c>
       <c r="C143" t="inlineStr">
         <is>
-          <t>2nd quarter 2022</t>
+          <t>3rd quarter 2023</t>
         </is>
       </c>
       <c r="D143" s="1" t="n">
-        <v>1.5499049E7</v>
+        <v>1.9420551E7</v>
       </c>
     </row>
     <row r="144">
       <c r="A144" t="inlineStr">
         <is>
-          <t>N Administrative and support service activities</t>
+          <t>M Professional, scientific and technical activities</t>
         </is>
       </c>
       <c r="B144" t="inlineStr">
         <is>
-          <t>2022</t>
+          <t>2023</t>
         </is>
       </c>
       <c r="C144" t="inlineStr">
         <is>
-          <t>3rd quarter 2022</t>
+          <t>4th quarter 2023</t>
         </is>
       </c>
       <c r="D144" s="1" t="n">
-        <v>1.518144E7</v>
+        <v>2.4949995E7</v>
       </c>
     </row>
     <row r="145">
       <c r="A145" t="inlineStr">
         <is>
-          <t>N Administrative and support service activities</t>
+          <t>M Professional, scientific and technical activities</t>
         </is>
       </c>
       <c r="B145" t="inlineStr">
         <is>
-          <t>2022</t>
+          <t>2024</t>
         </is>
       </c>
       <c r="C145" t="inlineStr">
         <is>
-          <t>4th quarter 2022</t>
+          <t>1st quarter 2024</t>
         </is>
       </c>
       <c r="D145" s="1" t="n">
-        <v>1.6666302E7</v>
+        <v>2.0925162E7</v>
       </c>
     </row>
     <row r="146">
       <c r="A146" t="inlineStr">
         <is>
-          <t>N Administrative and support service activities</t>
+          <t>M Professional, scientific and technical activities</t>
         </is>
       </c>
       <c r="B146" t="inlineStr">
         <is>
-          <t>2023</t>
+          <t>2024</t>
         </is>
       </c>
       <c r="C146" t="inlineStr">
         <is>
-          <t>1st quarter 2023</t>
+          <t>2nd quarter 2024</t>
         </is>
       </c>
       <c r="D146" s="1" t="n">
-        <v>1.4951227E7</v>
+        <v>2.1890777E7</v>
       </c>
     </row>
     <row r="147">
       <c r="A147" t="inlineStr">
         <is>
-          <t>N Administrative and support service activities</t>
+          <t>M Professional, scientific and technical activities</t>
         </is>
       </c>
       <c r="B147" t="inlineStr">
         <is>
-          <t>2023</t>
+          <t>2024</t>
         </is>
       </c>
       <c r="C147" t="inlineStr">
         <is>
-          <t>2nd quarter 2023</t>
+          <t>3rd quarter 2024</t>
         </is>
       </c>
       <c r="D147" s="1" t="n">
-        <v>1.7046457E7</v>
+        <v>2.0316275E7</v>
       </c>
     </row>
     <row r="148">
       <c r="A148" t="inlineStr">
         <is>
-          <t>N Administrative and support service activities</t>
+          <t>M Professional, scientific and technical activities</t>
         </is>
       </c>
       <c r="B148" t="inlineStr">
         <is>
-          <t>2023</t>
+          <t>2024</t>
         </is>
       </c>
       <c r="C148" t="inlineStr">
         <is>
-          <t>3rd quarter 2023</t>
+          <t>4th quarter 2024</t>
         </is>
       </c>
       <c r="D148" s="1" t="n">
-        <v>1.7182187E7</v>
+        <v>2.5980671E7</v>
       </c>
     </row>
     <row r="149">
       <c r="A149" t="inlineStr">
         <is>
-          <t>N Administrative and support service activities</t>
+          <t>M Professional, scientific and technical activities</t>
         </is>
       </c>
       <c r="B149" t="inlineStr">
         <is>
-          <t>2023</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="C149" t="inlineStr">
         <is>
-          <t>4th quarter 2023</t>
+          <t>1st quarter 2025</t>
         </is>
       </c>
       <c r="D149" s="1" t="n">
-        <v>1.8479409E7</v>
+        <v>2.2021498E7</v>
       </c>
     </row>
     <row r="150">
       <c r="A150" t="inlineStr">
         <is>
-          <t>N Administrative and support service activities</t>
+          <t>M Professional, scientific and technical activities</t>
         </is>
       </c>
       <c r="B150" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="C150" t="inlineStr">
         <is>
-          <t>1st quarter 2024</t>
+          <t>2nd quarter 2025</t>
         </is>
       </c>
       <c r="D150" s="1" t="n">
-        <v>1.7431919E7</v>
+        <v>2.2738648E7</v>
       </c>
     </row>
     <row r="151">
       <c r="A151" t="inlineStr">
         <is>
-          <t>N Administrative and support service activities</t>
+          <t>M Professional, scientific and technical activities</t>
         </is>
       </c>
       <c r="B151" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="C151" t="inlineStr">
         <is>
-          <t>2nd quarter 2024</t>
+          <t>3rd quarter 2025</t>
         </is>
       </c>
       <c r="D151" s="1" t="n">
-        <v>1.8652632E7</v>
+        <v>2.1933549E7</v>
       </c>
     </row>
     <row r="152">
       <c r="A152" t="inlineStr">
         <is>
           <t>N Administrative and support service activities</t>
         </is>
       </c>
       <c r="B152" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2022</t>
         </is>
       </c>
       <c r="C152" t="inlineStr">
         <is>
-          <t>3rd quarter 2024</t>
+          <t>1st quarter 2022</t>
         </is>
       </c>
       <c r="D152" s="1" t="n">
-        <v>1.8193687E7</v>
+        <v>1.3828994E7</v>
       </c>
     </row>
     <row r="153">
       <c r="A153" t="inlineStr">
         <is>
           <t>N Administrative and support service activities</t>
         </is>
       </c>
       <c r="B153" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2022</t>
         </is>
       </c>
       <c r="C153" t="inlineStr">
         <is>
-          <t>4th quarter 2024</t>
+          <t>2nd quarter 2022</t>
         </is>
       </c>
       <c r="D153" s="1" t="n">
-        <v>1.9369533E7</v>
+        <v>1.5499049E7</v>
       </c>
     </row>
     <row r="154">
       <c r="A154" t="inlineStr">
         <is>
           <t>N Administrative and support service activities</t>
         </is>
       </c>
       <c r="B154" t="inlineStr">
         <is>
-          <t>2025</t>
+          <t>2022</t>
         </is>
       </c>
       <c r="C154" t="inlineStr">
         <is>
-          <t>1st quarter 2025</t>
+          <t>3rd quarter 2022</t>
         </is>
       </c>
       <c r="D154" s="1" t="n">
-        <v>1.7793846E7</v>
+        <v>1.518144E7</v>
       </c>
     </row>
     <row r="155">
       <c r="A155" t="inlineStr">
         <is>
           <t>N Administrative and support service activities</t>
         </is>
       </c>
       <c r="B155" t="inlineStr">
         <is>
-          <t>2025</t>
+          <t>2022</t>
         </is>
       </c>
       <c r="C155" t="inlineStr">
         <is>
-          <t>2nd quarter 2025</t>
+          <t>4th quarter 2022</t>
         </is>
       </c>
       <c r="D155" s="1" t="n">
-        <v>1.9274062E7</v>
+        <v>1.6666302E7</v>
       </c>
     </row>
     <row r="156">
       <c r="A156" t="inlineStr">
         <is>
-          <t>R Arts, entertainment and recreation</t>
+          <t>N Administrative and support service activities</t>
         </is>
       </c>
       <c r="B156" t="inlineStr">
         <is>
-          <t>2022</t>
+          <t>2023</t>
         </is>
       </c>
       <c r="C156" t="inlineStr">
         <is>
-          <t>1st quarter 2022</t>
+          <t>1st quarter 2023</t>
         </is>
       </c>
       <c r="D156" s="1" t="n">
-        <v>1286406.0</v>
+        <v>1.4951227E7</v>
       </c>
     </row>
     <row r="157">
       <c r="A157" t="inlineStr">
         <is>
-          <t>R Arts, entertainment and recreation</t>
+          <t>N Administrative and support service activities</t>
         </is>
       </c>
       <c r="B157" t="inlineStr">
         <is>
-          <t>2022</t>
+          <t>2023</t>
         </is>
       </c>
       <c r="C157" t="inlineStr">
         <is>
-          <t>2nd quarter 2022</t>
+          <t>2nd quarter 2023</t>
         </is>
       </c>
       <c r="D157" s="1" t="n">
-        <v>1577382.0</v>
+        <v>1.7046457E7</v>
       </c>
     </row>
     <row r="158">
       <c r="A158" t="inlineStr">
         <is>
-          <t>R Arts, entertainment and recreation</t>
+          <t>N Administrative and support service activities</t>
         </is>
       </c>
       <c r="B158" t="inlineStr">
         <is>
-          <t>2022</t>
+          <t>2023</t>
         </is>
       </c>
       <c r="C158" t="inlineStr">
         <is>
-          <t>3rd quarter 2022</t>
+          <t>3rd quarter 2023</t>
         </is>
       </c>
       <c r="D158" s="1" t="n">
-        <v>1936718.0</v>
+        <v>1.7182187E7</v>
       </c>
     </row>
     <row r="159">
       <c r="A159" t="inlineStr">
         <is>
-          <t>R Arts, entertainment and recreation</t>
+          <t>N Administrative and support service activities</t>
         </is>
       </c>
       <c r="B159" t="inlineStr">
         <is>
-          <t>2022</t>
+          <t>2023</t>
         </is>
       </c>
       <c r="C159" t="inlineStr">
         <is>
-          <t>4th quarter 2022</t>
+          <t>4th quarter 2023</t>
         </is>
       </c>
       <c r="D159" s="1" t="n">
-        <v>1894733.0</v>
+        <v>1.8479409E7</v>
       </c>
     </row>
     <row r="160">
       <c r="A160" t="inlineStr">
         <is>
-          <t>R Arts, entertainment and recreation</t>
+          <t>N Administrative and support service activities</t>
         </is>
       </c>
       <c r="B160" t="inlineStr">
         <is>
-          <t>2023</t>
+          <t>2024</t>
         </is>
       </c>
       <c r="C160" t="inlineStr">
         <is>
-          <t>1st quarter 2023</t>
+          <t>1st quarter 2024</t>
         </is>
       </c>
       <c r="D160" s="1" t="n">
-        <v>1704148.0</v>
+        <v>1.7431919E7</v>
       </c>
     </row>
     <row r="161">
       <c r="A161" t="inlineStr">
         <is>
-          <t>R Arts, entertainment and recreation</t>
+          <t>N Administrative and support service activities</t>
         </is>
       </c>
       <c r="B161" t="inlineStr">
         <is>
-          <t>2023</t>
+          <t>2024</t>
         </is>
       </c>
       <c r="C161" t="inlineStr">
         <is>
-          <t>2nd quarter 2023</t>
+          <t>2nd quarter 2024</t>
         </is>
       </c>
       <c r="D161" s="1" t="n">
-        <v>1772479.0</v>
+        <v>1.8652632E7</v>
       </c>
     </row>
     <row r="162">
       <c r="A162" t="inlineStr">
         <is>
-          <t>R Arts, entertainment and recreation</t>
+          <t>N Administrative and support service activities</t>
         </is>
       </c>
       <c r="B162" t="inlineStr">
         <is>
-          <t>2023</t>
+          <t>2024</t>
         </is>
       </c>
       <c r="C162" t="inlineStr">
         <is>
-          <t>3rd quarter 2023</t>
+          <t>3rd quarter 2024</t>
         </is>
       </c>
       <c r="D162" s="1" t="n">
-        <v>2129968.0</v>
+        <v>1.8193687E7</v>
       </c>
     </row>
     <row r="163">
       <c r="A163" t="inlineStr">
         <is>
-          <t>R Arts, entertainment and recreation</t>
+          <t>N Administrative and support service activities</t>
         </is>
       </c>
       <c r="B163" t="inlineStr">
         <is>
-          <t>2023</t>
+          <t>2024</t>
         </is>
       </c>
       <c r="C163" t="inlineStr">
         <is>
-          <t>4th quarter 2023</t>
+          <t>4th quarter 2024</t>
         </is>
       </c>
       <c r="D163" s="1" t="n">
-        <v>2137157.0</v>
+        <v>1.9369533E7</v>
       </c>
     </row>
     <row r="164">
       <c r="A164" t="inlineStr">
         <is>
-          <t>R Arts, entertainment and recreation</t>
+          <t>N Administrative and support service activities</t>
         </is>
       </c>
       <c r="B164" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="C164" t="inlineStr">
         <is>
-          <t>1st quarter 2024</t>
+          <t>1st quarter 2025</t>
         </is>
       </c>
       <c r="D164" s="1" t="n">
-        <v>1993876.0</v>
+        <v>1.7793846E7</v>
       </c>
     </row>
     <row r="165">
       <c r="A165" t="inlineStr">
         <is>
-          <t>R Arts, entertainment and recreation</t>
+          <t>N Administrative and support service activities</t>
         </is>
       </c>
       <c r="B165" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="C165" t="inlineStr">
         <is>
-          <t>2nd quarter 2024</t>
+          <t>2nd quarter 2025</t>
         </is>
       </c>
       <c r="D165" s="1" t="n">
-        <v>1889024.0</v>
+        <v>1.6078398E7</v>
       </c>
     </row>
     <row r="166">
       <c r="A166" t="inlineStr">
         <is>
-          <t>R Arts, entertainment and recreation</t>
+          <t>N Administrative and support service activities</t>
         </is>
       </c>
       <c r="B166" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="C166" t="inlineStr">
         <is>
-          <t>3rd quarter 2024</t>
+          <t>3rd quarter 2025</t>
         </is>
       </c>
       <c r="D166" s="1" t="n">
-        <v>2362869.0</v>
+        <v>1.5415744E7</v>
       </c>
     </row>
     <row r="167">
       <c r="A167" t="inlineStr">
         <is>
           <t>R Arts, entertainment and recreation</t>
         </is>
       </c>
       <c r="B167" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2022</t>
         </is>
       </c>
       <c r="C167" t="inlineStr">
         <is>
-          <t>4th quarter 2024</t>
+          <t>1st quarter 2022</t>
         </is>
       </c>
       <c r="D167" s="1" t="n">
-        <v>2179586.0</v>
+        <v>1286406.0</v>
       </c>
     </row>
     <row r="168">
       <c r="A168" t="inlineStr">
         <is>
           <t>R Arts, entertainment and recreation</t>
         </is>
       </c>
       <c r="B168" t="inlineStr">
         <is>
-          <t>2025</t>
+          <t>2022</t>
         </is>
       </c>
       <c r="C168" t="inlineStr">
         <is>
-          <t>1st quarter 2025</t>
+          <t>2nd quarter 2022</t>
         </is>
       </c>
       <c r="D168" s="1" t="n">
-        <v>1929925.0</v>
+        <v>1577382.0</v>
       </c>
     </row>
     <row r="169">
       <c r="A169" t="inlineStr">
         <is>
           <t>R Arts, entertainment and recreation</t>
         </is>
       </c>
       <c r="B169" t="inlineStr">
         <is>
-          <t>2025</t>
+          <t>2022</t>
         </is>
       </c>
       <c r="C169" t="inlineStr">
         <is>
-          <t>2nd quarter 2025</t>
+          <t>3rd quarter 2022</t>
         </is>
       </c>
       <c r="D169" s="1" t="n">
-        <v>2065400.0</v>
+        <v>1936718.0</v>
       </c>
     </row>
     <row r="170">
       <c r="A170" t="inlineStr">
         <is>
-          <t>S Other service activities</t>
+          <t>R Arts, entertainment and recreation</t>
         </is>
       </c>
       <c r="B170" t="inlineStr">
         <is>
           <t>2022</t>
         </is>
       </c>
       <c r="C170" t="inlineStr">
         <is>
-          <t>1st quarter 2022</t>
+          <t>4th quarter 2022</t>
         </is>
       </c>
       <c r="D170" s="1" t="n">
-        <v>919757.0</v>
+        <v>1894733.0</v>
       </c>
     </row>
     <row r="171">
       <c r="A171" t="inlineStr">
         <is>
-          <t>S Other service activities</t>
+          <t>R Arts, entertainment and recreation</t>
         </is>
       </c>
       <c r="B171" t="inlineStr">
         <is>
-          <t>2022</t>
+          <t>2023</t>
         </is>
       </c>
       <c r="C171" t="inlineStr">
         <is>
-          <t>2nd quarter 2022</t>
+          <t>1st quarter 2023</t>
         </is>
       </c>
       <c r="D171" s="1" t="n">
-        <v>1015014.0</v>
+        <v>1704148.0</v>
       </c>
     </row>
     <row r="172">
       <c r="A172" t="inlineStr">
         <is>
-          <t>S Other service activities</t>
+          <t>R Arts, entertainment and recreation</t>
         </is>
       </c>
       <c r="B172" t="inlineStr">
         <is>
-          <t>2022</t>
+          <t>2023</t>
         </is>
       </c>
       <c r="C172" t="inlineStr">
         <is>
-          <t>3rd quarter 2022</t>
+          <t>2nd quarter 2023</t>
         </is>
       </c>
       <c r="D172" s="1" t="n">
-        <v>948544.0</v>
+        <v>1772479.0</v>
       </c>
     </row>
     <row r="173">
       <c r="A173" t="inlineStr">
         <is>
-          <t>S Other service activities</t>
+          <t>R Arts, entertainment and recreation</t>
         </is>
       </c>
       <c r="B173" t="inlineStr">
         <is>
-          <t>2022</t>
+          <t>2023</t>
         </is>
       </c>
       <c r="C173" t="inlineStr">
         <is>
-          <t>4th quarter 2022</t>
+          <t>3rd quarter 2023</t>
         </is>
       </c>
       <c r="D173" s="1" t="n">
-        <v>1091657.0</v>
+        <v>2129968.0</v>
       </c>
     </row>
     <row r="174">
       <c r="A174" t="inlineStr">
         <is>
-          <t>S Other service activities</t>
+          <t>R Arts, entertainment and recreation</t>
         </is>
       </c>
       <c r="B174" t="inlineStr">
         <is>
           <t>2023</t>
         </is>
       </c>
       <c r="C174" t="inlineStr">
         <is>
-          <t>1st quarter 2023</t>
+          <t>4th quarter 2023</t>
         </is>
       </c>
       <c r="D174" s="1" t="n">
-        <v>1047029.0</v>
+        <v>2137157.0</v>
       </c>
     </row>
     <row r="175">
       <c r="A175" t="inlineStr">
         <is>
-          <t>S Other service activities</t>
+          <t>R Arts, entertainment and recreation</t>
         </is>
       </c>
       <c r="B175" t="inlineStr">
         <is>
-          <t>2023</t>
+          <t>2024</t>
         </is>
       </c>
       <c r="C175" t="inlineStr">
         <is>
-          <t>2nd quarter 2023</t>
+          <t>1st quarter 2024</t>
         </is>
       </c>
       <c r="D175" s="1" t="n">
-        <v>1069742.0</v>
+        <v>1993876.0</v>
       </c>
     </row>
     <row r="176">
       <c r="A176" t="inlineStr">
         <is>
-          <t>S Other service activities</t>
+          <t>R Arts, entertainment and recreation</t>
         </is>
       </c>
       <c r="B176" t="inlineStr">
         <is>
-          <t>2023</t>
+          <t>2024</t>
         </is>
       </c>
       <c r="C176" t="inlineStr">
         <is>
-          <t>3rd quarter 2023</t>
+          <t>2nd quarter 2024</t>
         </is>
       </c>
       <c r="D176" s="1" t="n">
-        <v>1004663.0</v>
+        <v>1889024.0</v>
       </c>
     </row>
     <row r="177">
       <c r="A177" t="inlineStr">
         <is>
-          <t>S Other service activities</t>
+          <t>R Arts, entertainment and recreation</t>
         </is>
       </c>
       <c r="B177" t="inlineStr">
         <is>
-          <t>2023</t>
+          <t>2024</t>
         </is>
       </c>
       <c r="C177" t="inlineStr">
         <is>
-          <t>4th quarter 2023</t>
+          <t>3rd quarter 2024</t>
         </is>
       </c>
       <c r="D177" s="1" t="n">
-        <v>1138282.0</v>
+        <v>2362869.0</v>
       </c>
     </row>
     <row r="178">
       <c r="A178" t="inlineStr">
         <is>
-          <t>S Other service activities</t>
+          <t>R Arts, entertainment and recreation</t>
         </is>
       </c>
       <c r="B178" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="C178" t="inlineStr">
         <is>
-          <t>1st quarter 2024</t>
+          <t>4th quarter 2024</t>
         </is>
       </c>
       <c r="D178" s="1" t="n">
-        <v>1063532.0</v>
+        <v>2179586.0</v>
       </c>
     </row>
     <row r="179">
       <c r="A179" t="inlineStr">
         <is>
-          <t>S Other service activities</t>
+          <t>R Arts, entertainment and recreation</t>
         </is>
       </c>
       <c r="B179" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="C179" t="inlineStr">
         <is>
-          <t>2nd quarter 2024</t>
+          <t>1st quarter 2025</t>
         </is>
       </c>
       <c r="D179" s="1" t="n">
-        <v>1087753.0</v>
+        <v>1929925.0</v>
       </c>
     </row>
     <row r="180">
       <c r="A180" t="inlineStr">
         <is>
-          <t>S Other service activities</t>
+          <t>R Arts, entertainment and recreation</t>
         </is>
       </c>
       <c r="B180" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="C180" t="inlineStr">
         <is>
-          <t>3rd quarter 2024</t>
+          <t>2nd quarter 2025</t>
         </is>
       </c>
       <c r="D180" s="1" t="n">
-        <v>1038811.0</v>
+        <v>2057588.0</v>
       </c>
     </row>
     <row r="181">
       <c r="A181" t="inlineStr">
         <is>
-          <t>S Other service activities</t>
+          <t>R Arts, entertainment and recreation</t>
         </is>
       </c>
       <c r="B181" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="C181" t="inlineStr">
         <is>
-          <t>4th quarter 2024</t>
+          <t>3rd quarter 2025</t>
         </is>
       </c>
       <c r="D181" s="1" t="n">
-        <v>1200114.0</v>
+        <v>2470991.0</v>
       </c>
     </row>
     <row r="182">
       <c r="A182" t="inlineStr">
         <is>
           <t>S Other service activities</t>
         </is>
       </c>
       <c r="B182" t="inlineStr">
         <is>
-          <t>2025</t>
+          <t>2022</t>
         </is>
       </c>
       <c r="C182" t="inlineStr">
         <is>
-          <t>1st quarter 2025</t>
+          <t>1st quarter 2022</t>
         </is>
       </c>
       <c r="D182" s="1" t="n">
-        <v>1102898.0</v>
+        <v>919757.0</v>
       </c>
     </row>
     <row r="183">
       <c r="A183" t="inlineStr">
         <is>
           <t>S Other service activities</t>
         </is>
       </c>
       <c r="B183" t="inlineStr">
         <is>
+          <t>2022</t>
+        </is>
+      </c>
+      <c r="C183" t="inlineStr">
+        <is>
+          <t>2nd quarter 2022</t>
+        </is>
+      </c>
+      <c r="D183" s="1" t="n">
+        <v>1015014.0</v>
+      </c>
+    </row>
+    <row r="184">
+      <c r="A184" t="inlineStr">
+        <is>
+          <t>S Other service activities</t>
+        </is>
+      </c>
+      <c r="B184" t="inlineStr">
+        <is>
+          <t>2022</t>
+        </is>
+      </c>
+      <c r="C184" t="inlineStr">
+        <is>
+          <t>3rd quarter 2022</t>
+        </is>
+      </c>
+      <c r="D184" s="1" t="n">
+        <v>948544.0</v>
+      </c>
+    </row>
+    <row r="185">
+      <c r="A185" t="inlineStr">
+        <is>
+          <t>S Other service activities</t>
+        </is>
+      </c>
+      <c r="B185" t="inlineStr">
+        <is>
+          <t>2022</t>
+        </is>
+      </c>
+      <c r="C185" t="inlineStr">
+        <is>
+          <t>4th quarter 2022</t>
+        </is>
+      </c>
+      <c r="D185" s="1" t="n">
+        <v>1091657.0</v>
+      </c>
+    </row>
+    <row r="186">
+      <c r="A186" t="inlineStr">
+        <is>
+          <t>S Other service activities</t>
+        </is>
+      </c>
+      <c r="B186" t="inlineStr">
+        <is>
+          <t>2023</t>
+        </is>
+      </c>
+      <c r="C186" t="inlineStr">
+        <is>
+          <t>1st quarter 2023</t>
+        </is>
+      </c>
+      <c r="D186" s="1" t="n">
+        <v>1047029.0</v>
+      </c>
+    </row>
+    <row r="187">
+      <c r="A187" t="inlineStr">
+        <is>
+          <t>S Other service activities</t>
+        </is>
+      </c>
+      <c r="B187" t="inlineStr">
+        <is>
+          <t>2023</t>
+        </is>
+      </c>
+      <c r="C187" t="inlineStr">
+        <is>
+          <t>2nd quarter 2023</t>
+        </is>
+      </c>
+      <c r="D187" s="1" t="n">
+        <v>1069742.0</v>
+      </c>
+    </row>
+    <row r="188">
+      <c r="A188" t="inlineStr">
+        <is>
+          <t>S Other service activities</t>
+        </is>
+      </c>
+      <c r="B188" t="inlineStr">
+        <is>
+          <t>2023</t>
+        </is>
+      </c>
+      <c r="C188" t="inlineStr">
+        <is>
+          <t>3rd quarter 2023</t>
+        </is>
+      </c>
+      <c r="D188" s="1" t="n">
+        <v>1004663.0</v>
+      </c>
+    </row>
+    <row r="189">
+      <c r="A189" t="inlineStr">
+        <is>
+          <t>S Other service activities</t>
+        </is>
+      </c>
+      <c r="B189" t="inlineStr">
+        <is>
+          <t>2023</t>
+        </is>
+      </c>
+      <c r="C189" t="inlineStr">
+        <is>
+          <t>4th quarter 2023</t>
+        </is>
+      </c>
+      <c r="D189" s="1" t="n">
+        <v>1138282.0</v>
+      </c>
+    </row>
+    <row r="190">
+      <c r="A190" t="inlineStr">
+        <is>
+          <t>S Other service activities</t>
+        </is>
+      </c>
+      <c r="B190" t="inlineStr">
+        <is>
+          <t>2024</t>
+        </is>
+      </c>
+      <c r="C190" t="inlineStr">
+        <is>
+          <t>1st quarter 2024</t>
+        </is>
+      </c>
+      <c r="D190" s="1" t="n">
+        <v>1063532.0</v>
+      </c>
+    </row>
+    <row r="191">
+      <c r="A191" t="inlineStr">
+        <is>
+          <t>S Other service activities</t>
+        </is>
+      </c>
+      <c r="B191" t="inlineStr">
+        <is>
+          <t>2024</t>
+        </is>
+      </c>
+      <c r="C191" t="inlineStr">
+        <is>
+          <t>2nd quarter 2024</t>
+        </is>
+      </c>
+      <c r="D191" s="1" t="n">
+        <v>1087753.0</v>
+      </c>
+    </row>
+    <row r="192">
+      <c r="A192" t="inlineStr">
+        <is>
+          <t>S Other service activities</t>
+        </is>
+      </c>
+      <c r="B192" t="inlineStr">
+        <is>
+          <t>2024</t>
+        </is>
+      </c>
+      <c r="C192" t="inlineStr">
+        <is>
+          <t>3rd quarter 2024</t>
+        </is>
+      </c>
+      <c r="D192" s="1" t="n">
+        <v>1038811.0</v>
+      </c>
+    </row>
+    <row r="193">
+      <c r="A193" t="inlineStr">
+        <is>
+          <t>S Other service activities</t>
+        </is>
+      </c>
+      <c r="B193" t="inlineStr">
+        <is>
+          <t>2024</t>
+        </is>
+      </c>
+      <c r="C193" t="inlineStr">
+        <is>
+          <t>4th quarter 2024</t>
+        </is>
+      </c>
+      <c r="D193" s="1" t="n">
+        <v>1200114.0</v>
+      </c>
+    </row>
+    <row r="194">
+      <c r="A194" t="inlineStr">
+        <is>
+          <t>S Other service activities</t>
+        </is>
+      </c>
+      <c r="B194" t="inlineStr">
+        <is>
           <t>2025</t>
         </is>
       </c>
-      <c r="C183" t="inlineStr">
+      <c r="C194" t="inlineStr">
+        <is>
+          <t>1st quarter 2025</t>
+        </is>
+      </c>
+      <c r="D194" s="1" t="n">
+        <v>1102898.0</v>
+      </c>
+    </row>
+    <row r="195">
+      <c r="A195" t="inlineStr">
+        <is>
+          <t>S Other service activities</t>
+        </is>
+      </c>
+      <c r="B195" t="inlineStr">
+        <is>
+          <t>2025</t>
+        </is>
+      </c>
+      <c r="C195" t="inlineStr">
         <is>
           <t>2nd quarter 2025</t>
         </is>
       </c>
-      <c r="D183" s="1" t="n">
-        <v>1162841.0</v>
+      <c r="D195" s="1" t="n">
+        <v>1140152.0</v>
+      </c>
+    </row>
+    <row r="196">
+      <c r="A196" t="inlineStr">
+        <is>
+          <t>S Other service activities</t>
+        </is>
+      </c>
+      <c r="B196" t="inlineStr">
+        <is>
+          <t>2025</t>
+        </is>
+      </c>
+      <c r="C196" t="inlineStr">
+        <is>
+          <t>3rd quarter 2025</t>
+        </is>
+      </c>
+      <c r="D196" s="1" t="n">
+        <v>1102303.0</v>
       </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <coreProperties xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </coreProperties>
 </file>