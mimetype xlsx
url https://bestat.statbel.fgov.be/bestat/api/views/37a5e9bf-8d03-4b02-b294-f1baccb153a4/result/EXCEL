--- v1 (2026-03-06)
+++ v2 (2026-03-28)
@@ -170,113 +170,116 @@
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <cols>
     <col min="1" max="1" width="60.40625" customWidth="true"/>
     <col min="2" max="2" width="6.91015625" customWidth="true"/>
     <col min="3" max="3" width="14.2421875" customWidth="true"/>
     <col min="4" max="4" width="14.8125" customWidth="true"/>
     <col min="5" max="5" width="14.421875" customWidth="true"/>
     <col min="6" max="6" width="14.4140625" customWidth="true"/>
     <col min="7" max="7" width="14.2421875" customWidth="true"/>
     <col min="8" max="8" width="14.8125" customWidth="true"/>
     <col min="9" max="9" width="14.421875" customWidth="true"/>
     <col min="10" max="10" width="14.4140625" customWidth="true"/>
     <col min="11" max="11" width="14.2421875" customWidth="true"/>
     <col min="12" max="12" width="14.8125" customWidth="true"/>
     <col min="13" max="13" width="14.421875" customWidth="true"/>
     <col min="14" max="14" width="14.4140625" customWidth="true"/>
     <col min="15" max="15" width="14.2421875" customWidth="true"/>
     <col min="16" max="16" width="14.8125" customWidth="true"/>
     <col min="17" max="17" width="14.421875" customWidth="true"/>
+    <col min="18" max="18" width="14.4140625" customWidth="true"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1"/>
       <c r="B1"/>
       <c r="C1" t="inlineStr">
         <is>
           <t>Turnover</t>
         </is>
       </c>
       <c r="D1"/>
       <c r="E1"/>
       <c r="F1"/>
       <c r="G1"/>
       <c r="H1"/>
       <c r="I1"/>
       <c r="J1"/>
       <c r="K1"/>
       <c r="L1"/>
       <c r="M1"/>
       <c r="N1"/>
       <c r="O1"/>
       <c r="P1"/>
       <c r="Q1"/>
+      <c r="R1"/>
     </row>
     <row r="2">
       <c r="A2"/>
       <c r="B2" t="inlineStr">
         <is>
           <t>Year</t>
         </is>
       </c>
       <c r="C2" t="inlineStr">
         <is>
           <t>2022</t>
         </is>
       </c>
       <c r="D2"/>
       <c r="E2"/>
       <c r="F2"/>
       <c r="G2" t="inlineStr">
         <is>
           <t>2023</t>
         </is>
       </c>
       <c r="H2"/>
       <c r="I2"/>
       <c r="J2"/>
       <c r="K2" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="L2"/>
       <c r="M2"/>
       <c r="N2"/>
       <c r="O2" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="P2"/>
       <c r="Q2"/>
+      <c r="R2"/>
     </row>
     <row r="3">
       <c r="A3"/>
       <c r="B3" t="inlineStr">
         <is>
           <t>Quarter</t>
         </is>
       </c>
       <c r="C3" t="inlineStr">
         <is>
           <t>1st quarter 2022</t>
         </is>
       </c>
       <c r="D3" t="inlineStr">
         <is>
           <t>2nd quarter 2022</t>
         </is>
       </c>
       <c r="E3" t="inlineStr">
         <is>
           <t>3rd quarter 2022</t>
         </is>
       </c>
       <c r="F3" t="inlineStr">
         <is>
@@ -316,50 +319,55 @@
       <c r="M3" t="inlineStr">
         <is>
           <t>3rd quarter 2024</t>
         </is>
       </c>
       <c r="N3" t="inlineStr">
         <is>
           <t>4th quarter 2024</t>
         </is>
       </c>
       <c r="O3" t="inlineStr">
         <is>
           <t>1st quarter 2025</t>
         </is>
       </c>
       <c r="P3" t="inlineStr">
         <is>
           <t>2nd quarter 2025</t>
         </is>
       </c>
       <c r="Q3" t="inlineStr">
         <is>
           <t>3rd quarter 2025</t>
         </is>
       </c>
+      <c r="R3" t="inlineStr">
+        <is>
+          <t>4th quarter 2025</t>
+        </is>
+      </c>
     </row>
     <row r="4">
       <c r="A4" t="inlineStr">
         <is>
           <t>Section</t>
         </is>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="inlineStr">
         <is>
           <t>B Mining and quarrying</t>
         </is>
       </c>
       <c r="B5"/>
       <c r="C5" s="1" t="n">
         <v>307931.0</v>
       </c>
       <c r="D5" s="1" t="n">
         <v>329688.0</v>
       </c>
       <c r="E5" s="1" t="n">
         <v>325143.0</v>
       </c>
       <c r="F5" s="1" t="n">
@@ -374,51 +382,54 @@
       <c r="I5" s="1" t="n">
         <v>219554.0</v>
       </c>
       <c r="J5" s="1" t="n">
         <v>324647.0</v>
       </c>
       <c r="K5" s="1" t="n">
         <v>239604.0</v>
       </c>
       <c r="L5" s="1" t="n">
         <v>252108.0</v>
       </c>
       <c r="M5" s="1" t="n">
         <v>204409.0</v>
       </c>
       <c r="N5" s="1" t="n">
         <v>318766.0</v>
       </c>
       <c r="O5" s="1" t="n">
         <v>210984.0</v>
       </c>
       <c r="P5" s="1" t="n">
         <v>242406.0</v>
       </c>
       <c r="Q5" s="1" t="n">
-        <v>216336.0</v>
+        <v>224457.0</v>
+      </c>
+      <c r="R5" s="1" t="n">
+        <v>341269.0</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="inlineStr">
         <is>
           <t>C Manufacturing</t>
         </is>
       </c>
       <c r="B6"/>
       <c r="C6" s="1" t="n">
         <v>8.7638512E7</v>
       </c>
       <c r="D6" s="1" t="n">
         <v>9.567851E7</v>
       </c>
       <c r="E6" s="1" t="n">
         <v>9.246512E7</v>
       </c>
       <c r="F6" s="1" t="n">
         <v>9.2740656E7</v>
       </c>
       <c r="G6" s="1" t="n">
         <v>9.1396688E7</v>
       </c>
       <c r="H6" s="1" t="n">
@@ -427,51 +438,54 @@
       <c r="I6" s="1" t="n">
         <v>8.3123529E7</v>
       </c>
       <c r="J6" s="1" t="n">
         <v>8.6082734E7</v>
       </c>
       <c r="K6" s="1" t="n">
         <v>8.4446042E7</v>
       </c>
       <c r="L6" s="1" t="n">
         <v>8.5342551E7</v>
       </c>
       <c r="M6" s="1" t="n">
         <v>8.1881674E7</v>
       </c>
       <c r="N6" s="1" t="n">
         <v>8.4818973E7</v>
       </c>
       <c r="O6" s="1" t="n">
         <v>8.4165805E7</v>
       </c>
       <c r="P6" s="1" t="n">
         <v>8.5103684E7</v>
       </c>
       <c r="Q6" s="1" t="n">
-        <v>8.1803557E7</v>
+        <v>8.1762574E7</v>
+      </c>
+      <c r="R6" s="1" t="n">
+        <v>8.5021587E7</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="inlineStr">
         <is>
           <t>D Electricity, gas, steam and air conditioning supply</t>
         </is>
       </c>
       <c r="B7"/>
       <c r="C7" s="1" t="n">
         <v>2.4546017E7</v>
       </c>
       <c r="D7" s="1" t="n">
         <v>1.9193254E7</v>
       </c>
       <c r="E7" s="1" t="n">
         <v>1.9340871E7</v>
       </c>
       <c r="F7" s="1" t="n">
         <v>2.0717711E7</v>
       </c>
       <c r="G7" s="1" t="n">
         <v>3.2600785E7</v>
       </c>
       <c r="H7" s="1" t="n">
@@ -480,51 +494,54 @@
       <c r="I7" s="1" t="n">
         <v>1.7357164E7</v>
       </c>
       <c r="J7" s="1" t="n">
         <v>2.1513078E7</v>
       </c>
       <c r="K7" s="1" t="n">
         <v>2.0130383E7</v>
       </c>
       <c r="L7" s="1" t="n">
         <v>1.627417E7</v>
       </c>
       <c r="M7" s="1" t="n">
         <v>1.557098E7</v>
       </c>
       <c r="N7" s="1" t="n">
         <v>1.8738421E7</v>
       </c>
       <c r="O7" s="1" t="n">
         <v>2.1751887E7</v>
       </c>
       <c r="P7" s="1" t="n">
         <v>1.6731382E7</v>
       </c>
       <c r="Q7" s="1" t="n">
-        <v>1.5179495E7</v>
+        <v>1.5499261E7</v>
+      </c>
+      <c r="R7" s="1" t="n">
+        <v>1.8846928E7</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="inlineStr">
         <is>
           <t>E Water supply/ sewerage, waste management and remediation activities</t>
         </is>
       </c>
       <c r="B8"/>
       <c r="C8" s="1" t="n">
         <v>3273778.0</v>
       </c>
       <c r="D8" s="1" t="n">
         <v>3444653.0</v>
       </c>
       <c r="E8" s="1" t="n">
         <v>3195018.0</v>
       </c>
       <c r="F8" s="1" t="n">
         <v>3543682.0</v>
       </c>
       <c r="G8" s="1" t="n">
         <v>3400795.0</v>
       </c>
       <c r="H8" s="1" t="n">
@@ -533,51 +550,54 @@
       <c r="I8" s="1" t="n">
         <v>3426755.0</v>
       </c>
       <c r="J8" s="1" t="n">
         <v>3683518.0</v>
       </c>
       <c r="K8" s="1" t="n">
         <v>3425725.0</v>
       </c>
       <c r="L8" s="1" t="n">
         <v>3755320.0</v>
       </c>
       <c r="M8" s="1" t="n">
         <v>3787901.0</v>
       </c>
       <c r="N8" s="1" t="n">
         <v>4009852.0</v>
       </c>
       <c r="O8" s="1" t="n">
         <v>3597917.0</v>
       </c>
       <c r="P8" s="1" t="n">
         <v>3630574.0</v>
       </c>
       <c r="Q8" s="1" t="n">
-        <v>3625975.0</v>
+        <v>3630924.0</v>
+      </c>
+      <c r="R8" s="1" t="n">
+        <v>4190276.0</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="inlineStr">
         <is>
           <t>F Construction</t>
         </is>
       </c>
       <c r="B9"/>
       <c r="C9" s="1" t="n">
         <v>2.0491278E7</v>
       </c>
       <c r="D9" s="1" t="n">
         <v>2.5086652E7</v>
       </c>
       <c r="E9" s="1" t="n">
         <v>2.179105E7</v>
       </c>
       <c r="F9" s="1" t="n">
         <v>2.8192007E7</v>
       </c>
       <c r="G9" s="1" t="n">
         <v>2.2869315E7</v>
       </c>
       <c r="H9" s="1" t="n">
@@ -586,51 +606,54 @@
       <c r="I9" s="1" t="n">
         <v>2.3108965E7</v>
       </c>
       <c r="J9" s="1" t="n">
         <v>2.8991734E7</v>
       </c>
       <c r="K9" s="1" t="n">
         <v>2.2848109E7</v>
       </c>
       <c r="L9" s="1" t="n">
         <v>2.6658235E7</v>
       </c>
       <c r="M9" s="1" t="n">
         <v>2.3367726E7</v>
       </c>
       <c r="N9" s="1" t="n">
         <v>3.0043097E7</v>
       </c>
       <c r="O9" s="1" t="n">
         <v>2.4435895E7</v>
       </c>
       <c r="P9" s="1" t="n">
         <v>2.8696323E7</v>
       </c>
       <c r="Q9" s="1" t="n">
-        <v>2.5123833E7</v>
+        <v>2.5013309E7</v>
+      </c>
+      <c r="R9" s="1" t="n">
+        <v>3.1243547E7</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="inlineStr">
         <is>
           <t>G Wholesale and retail trade/ repair of motor vehicles and motorcycles</t>
         </is>
       </c>
       <c r="B10"/>
       <c r="C10" s="1" t="n">
         <v>1.98752435E8</v>
       </c>
       <c r="D10" s="1" t="n">
         <v>2.11737773E8</v>
       </c>
       <c r="E10" s="1" t="n">
         <v>1.96409878E8</v>
       </c>
       <c r="F10" s="1" t="n">
         <v>2.25625976E8</v>
       </c>
       <c r="G10" s="1" t="n">
         <v>1.93093695E8</v>
       </c>
       <c r="H10" s="1" t="n">
@@ -639,51 +662,54 @@
       <c r="I10" s="1" t="n">
         <v>1.83216755E8</v>
       </c>
       <c r="J10" s="1" t="n">
         <v>1.9571775E8</v>
       </c>
       <c r="K10" s="1" t="n">
         <v>1.8885888E8</v>
       </c>
       <c r="L10" s="1" t="n">
         <v>1.91453319E8</v>
       </c>
       <c r="M10" s="1" t="n">
         <v>1.82781332E8</v>
       </c>
       <c r="N10" s="1" t="n">
         <v>1.96920679E8</v>
       </c>
       <c r="O10" s="1" t="n">
         <v>1.90064133E8</v>
       </c>
       <c r="P10" s="1" t="n">
         <v>1.96507756E8</v>
       </c>
       <c r="Q10" s="1" t="n">
-        <v>1.86540646E8</v>
+        <v>1.867895E8</v>
+      </c>
+      <c r="R10" s="1" t="n">
+        <v>2.00806849E8</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="inlineStr">
         <is>
           <t>H Transportation and storage</t>
         </is>
       </c>
       <c r="B11"/>
       <c r="C11" s="1" t="n">
         <v>1.6958523E7</v>
       </c>
       <c r="D11" s="1" t="n">
         <v>1.8493894E7</v>
       </c>
       <c r="E11" s="1" t="n">
         <v>1.855967E7</v>
       </c>
       <c r="F11" s="1" t="n">
         <v>1.9632579E7</v>
       </c>
       <c r="G11" s="1" t="n">
         <v>1.821816E7</v>
       </c>
       <c r="H11" s="1" t="n">
@@ -692,51 +718,54 @@
       <c r="I11" s="1" t="n">
         <v>1.7404175E7</v>
       </c>
       <c r="J11" s="1" t="n">
         <v>1.8638771E7</v>
       </c>
       <c r="K11" s="1" t="n">
         <v>1.7965749E7</v>
       </c>
       <c r="L11" s="1" t="n">
         <v>1.8276662E7</v>
       </c>
       <c r="M11" s="1" t="n">
         <v>1.8276886E7</v>
       </c>
       <c r="N11" s="1" t="n">
         <v>1.9093733E7</v>
       </c>
       <c r="O11" s="1" t="n">
         <v>1.8445595E7</v>
       </c>
       <c r="P11" s="1" t="n">
         <v>1.8592142E7</v>
       </c>
       <c r="Q11" s="1" t="n">
-        <v>1.8686634E7</v>
+        <v>1.8375585E7</v>
+      </c>
+      <c r="R11" s="1" t="n">
+        <v>1.9308385E7</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="inlineStr">
         <is>
           <t>I Accommodation and food service activities</t>
         </is>
       </c>
       <c r="B12"/>
       <c r="C12" s="1" t="n">
         <v>3857595.0</v>
       </c>
       <c r="D12" s="1" t="n">
         <v>5093839.0</v>
       </c>
       <c r="E12" s="1" t="n">
         <v>5251652.0</v>
       </c>
       <c r="F12" s="1" t="n">
         <v>5263046.0</v>
       </c>
       <c r="G12" s="1" t="n">
         <v>4770230.0</v>
       </c>
       <c r="H12" s="1" t="n">
@@ -745,51 +774,54 @@
       <c r="I12" s="1" t="n">
         <v>5723352.0</v>
       </c>
       <c r="J12" s="1" t="n">
         <v>5625356.0</v>
       </c>
       <c r="K12" s="1" t="n">
         <v>5073273.0</v>
       </c>
       <c r="L12" s="1" t="n">
         <v>5884939.0</v>
       </c>
       <c r="M12" s="1" t="n">
         <v>5899124.0</v>
       </c>
       <c r="N12" s="1" t="n">
         <v>5923159.0</v>
       </c>
       <c r="O12" s="1" t="n">
         <v>5227341.0</v>
       </c>
       <c r="P12" s="1" t="n">
         <v>6185620.0</v>
       </c>
       <c r="Q12" s="1" t="n">
-        <v>6145047.0</v>
+        <v>6134771.0</v>
+      </c>
+      <c r="R12" s="1" t="n">
+        <v>6138205.0</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="inlineStr">
         <is>
           <t>J Information and communication</t>
         </is>
       </c>
       <c r="B13"/>
       <c r="C13" s="1" t="n">
         <v>1.0995903E7</v>
       </c>
       <c r="D13" s="1" t="n">
         <v>1.1351094E7</v>
       </c>
       <c r="E13" s="1" t="n">
         <v>1.114799E7</v>
       </c>
       <c r="F13" s="1" t="n">
         <v>1.3376213E7</v>
       </c>
       <c r="G13" s="1" t="n">
         <v>1.2555315E7</v>
       </c>
       <c r="H13" s="1" t="n">
@@ -798,51 +830,54 @@
       <c r="I13" s="1" t="n">
         <v>1.1771425E7</v>
       </c>
       <c r="J13" s="1" t="n">
         <v>1.4180723E7</v>
       </c>
       <c r="K13" s="1" t="n">
         <v>1.2893845E7</v>
       </c>
       <c r="L13" s="1" t="n">
         <v>1.351992E7</v>
       </c>
       <c r="M13" s="1" t="n">
         <v>1.2696442E7</v>
       </c>
       <c r="N13" s="1" t="n">
         <v>1.499199E7</v>
       </c>
       <c r="O13" s="1" t="n">
         <v>1.3722555E7</v>
       </c>
       <c r="P13" s="1" t="n">
         <v>1.3599546E7</v>
       </c>
       <c r="Q13" s="1" t="n">
-        <v>1.3074626E7</v>
+        <v>1.3035711E7</v>
+      </c>
+      <c r="R13" s="1" t="n">
+        <v>1.5305448E7</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="inlineStr">
         <is>
           <t>M Professional, scientific and technical activities</t>
         </is>
       </c>
       <c r="B14"/>
       <c r="C14" s="1" t="n">
         <v>1.883614E7</v>
       </c>
       <c r="D14" s="1" t="n">
         <v>1.9852955E7</v>
       </c>
       <c r="E14" s="1" t="n">
         <v>1.9030765E7</v>
       </c>
       <c r="F14" s="1" t="n">
         <v>2.3310905E7</v>
       </c>
       <c r="G14" s="1" t="n">
         <v>2.007988E7</v>
       </c>
       <c r="H14" s="1" t="n">
@@ -851,51 +886,54 @@
       <c r="I14" s="1" t="n">
         <v>1.9420551E7</v>
       </c>
       <c r="J14" s="1" t="n">
         <v>2.4949995E7</v>
       </c>
       <c r="K14" s="1" t="n">
         <v>2.0925162E7</v>
       </c>
       <c r="L14" s="1" t="n">
         <v>2.1890777E7</v>
       </c>
       <c r="M14" s="1" t="n">
         <v>2.0316275E7</v>
       </c>
       <c r="N14" s="1" t="n">
         <v>2.5980671E7</v>
       </c>
       <c r="O14" s="1" t="n">
         <v>2.2021498E7</v>
       </c>
       <c r="P14" s="1" t="n">
         <v>2.2738648E7</v>
       </c>
       <c r="Q14" s="1" t="n">
-        <v>2.1933549E7</v>
+        <v>2.1607674E7</v>
+      </c>
+      <c r="R14" s="1" t="n">
+        <v>2.6050463E7</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="inlineStr">
         <is>
           <t>N Administrative and support service activities</t>
         </is>
       </c>
       <c r="B15"/>
       <c r="C15" s="1" t="n">
         <v>1.3828994E7</v>
       </c>
       <c r="D15" s="1" t="n">
         <v>1.5499049E7</v>
       </c>
       <c r="E15" s="1" t="n">
         <v>1.518144E7</v>
       </c>
       <c r="F15" s="1" t="n">
         <v>1.6666302E7</v>
       </c>
       <c r="G15" s="1" t="n">
         <v>1.4951227E7</v>
       </c>
       <c r="H15" s="1" t="n">
@@ -904,51 +942,54 @@
       <c r="I15" s="1" t="n">
         <v>1.7182187E7</v>
       </c>
       <c r="J15" s="1" t="n">
         <v>1.8479409E7</v>
       </c>
       <c r="K15" s="1" t="n">
         <v>1.7431919E7</v>
       </c>
       <c r="L15" s="1" t="n">
         <v>1.8652632E7</v>
       </c>
       <c r="M15" s="1" t="n">
         <v>1.8193687E7</v>
       </c>
       <c r="N15" s="1" t="n">
         <v>1.9369533E7</v>
       </c>
       <c r="O15" s="1" t="n">
         <v>1.7793846E7</v>
       </c>
       <c r="P15" s="1" t="n">
         <v>1.6078398E7</v>
       </c>
       <c r="Q15" s="1" t="n">
-        <v>1.5415744E7</v>
+        <v>1.5401453E7</v>
+      </c>
+      <c r="R15" s="1" t="n">
+        <v>1.6851841E7</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="inlineStr">
         <is>
           <t>R Arts, entertainment and recreation</t>
         </is>
       </c>
       <c r="B16"/>
       <c r="C16" s="1" t="n">
         <v>1286406.0</v>
       </c>
       <c r="D16" s="1" t="n">
         <v>1577382.0</v>
       </c>
       <c r="E16" s="1" t="n">
         <v>1936718.0</v>
       </c>
       <c r="F16" s="1" t="n">
         <v>1894733.0</v>
       </c>
       <c r="G16" s="1" t="n">
         <v>1704148.0</v>
       </c>
       <c r="H16" s="1" t="n">
@@ -957,51 +998,54 @@
       <c r="I16" s="1" t="n">
         <v>2129968.0</v>
       </c>
       <c r="J16" s="1" t="n">
         <v>2137157.0</v>
       </c>
       <c r="K16" s="1" t="n">
         <v>1993876.0</v>
       </c>
       <c r="L16" s="1" t="n">
         <v>1889024.0</v>
       </c>
       <c r="M16" s="1" t="n">
         <v>2362869.0</v>
       </c>
       <c r="N16" s="1" t="n">
         <v>2179586.0</v>
       </c>
       <c r="O16" s="1" t="n">
         <v>1929925.0</v>
       </c>
       <c r="P16" s="1" t="n">
         <v>2057588.0</v>
       </c>
       <c r="Q16" s="1" t="n">
-        <v>2470991.0</v>
+        <v>2470143.0</v>
+      </c>
+      <c r="R16" s="1" t="n">
+        <v>2222945.0</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="inlineStr">
         <is>
           <t>S Other service activities</t>
         </is>
       </c>
       <c r="B17"/>
       <c r="C17" s="1" t="n">
         <v>919757.0</v>
       </c>
       <c r="D17" s="1" t="n">
         <v>1015014.0</v>
       </c>
       <c r="E17" s="1" t="n">
         <v>948544.0</v>
       </c>
       <c r="F17" s="1" t="n">
         <v>1091657.0</v>
       </c>
       <c r="G17" s="1" t="n">
         <v>1047029.0</v>
       </c>
       <c r="H17" s="1" t="n">
@@ -1010,51 +1054,54 @@
       <c r="I17" s="1" t="n">
         <v>1004663.0</v>
       </c>
       <c r="J17" s="1" t="n">
         <v>1138282.0</v>
       </c>
       <c r="K17" s="1" t="n">
         <v>1063532.0</v>
       </c>
       <c r="L17" s="1" t="n">
         <v>1087753.0</v>
       </c>
       <c r="M17" s="1" t="n">
         <v>1038811.0</v>
       </c>
       <c r="N17" s="1" t="n">
         <v>1200114.0</v>
       </c>
       <c r="O17" s="1" t="n">
         <v>1102898.0</v>
       </c>
       <c r="P17" s="1" t="n">
         <v>1140152.0</v>
       </c>
       <c r="Q17" s="1" t="n">
-        <v>1102303.0</v>
+        <v>1097176.0</v>
+      </c>
+      <c r="R17" s="1" t="n">
+        <v>1247751.0</v>
       </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <cols>
     <col min="1" max="1" width="40.453125" customWidth="true"/>
     <col min="2" max="2" width="4.96484375" customWidth="true"/>
     <col min="3" max="3" width="14.8125" customWidth="true"/>
     <col min="4" max="4" width="9.8046875" customWidth="true"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" t="inlineStr">
         <is>
           <t>Section</t>
@@ -1351,3645 +1398,3905 @@
         <is>
           <t>2nd quarter 2025</t>
         </is>
       </c>
       <c r="D15" s="1" t="n">
         <v>242406.0</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="inlineStr">
         <is>
           <t>B Mining and quarrying</t>
         </is>
       </c>
       <c r="B16" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="C16" t="inlineStr">
         <is>
           <t>3rd quarter 2025</t>
         </is>
       </c>
       <c r="D16" s="1" t="n">
-        <v>216336.0</v>
+        <v>224457.0</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="inlineStr">
         <is>
-          <t>C Manufacturing</t>
+          <t>B Mining and quarrying</t>
         </is>
       </c>
       <c r="B17" t="inlineStr">
         <is>
-          <t>2022</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="C17" t="inlineStr">
         <is>
-          <t>1st quarter 2022</t>
+          <t>4th quarter 2025</t>
         </is>
       </c>
       <c r="D17" s="1" t="n">
-        <v>8.7638512E7</v>
+        <v>341269.0</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="inlineStr">
         <is>
           <t>C Manufacturing</t>
         </is>
       </c>
       <c r="B18" t="inlineStr">
         <is>
           <t>2022</t>
         </is>
       </c>
       <c r="C18" t="inlineStr">
         <is>
-          <t>2nd quarter 2022</t>
+          <t>1st quarter 2022</t>
         </is>
       </c>
       <c r="D18" s="1" t="n">
-        <v>9.567851E7</v>
+        <v>8.7638512E7</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="inlineStr">
         <is>
           <t>C Manufacturing</t>
         </is>
       </c>
       <c r="B19" t="inlineStr">
         <is>
           <t>2022</t>
         </is>
       </c>
       <c r="C19" t="inlineStr">
         <is>
-          <t>3rd quarter 2022</t>
+          <t>2nd quarter 2022</t>
         </is>
       </c>
       <c r="D19" s="1" t="n">
-        <v>9.246512E7</v>
+        <v>9.567851E7</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="inlineStr">
         <is>
           <t>C Manufacturing</t>
         </is>
       </c>
       <c r="B20" t="inlineStr">
         <is>
           <t>2022</t>
         </is>
       </c>
       <c r="C20" t="inlineStr">
         <is>
-          <t>4th quarter 2022</t>
+          <t>3rd quarter 2022</t>
         </is>
       </c>
       <c r="D20" s="1" t="n">
-        <v>9.2740656E7</v>
+        <v>9.246512E7</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="inlineStr">
         <is>
           <t>C Manufacturing</t>
         </is>
       </c>
       <c r="B21" t="inlineStr">
         <is>
-          <t>2023</t>
+          <t>2022</t>
         </is>
       </c>
       <c r="C21" t="inlineStr">
         <is>
-          <t>1st quarter 2023</t>
+          <t>4th quarter 2022</t>
         </is>
       </c>
       <c r="D21" s="1" t="n">
-        <v>9.1396688E7</v>
+        <v>9.2740656E7</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="inlineStr">
         <is>
           <t>C Manufacturing</t>
         </is>
       </c>
       <c r="B22" t="inlineStr">
         <is>
           <t>2023</t>
         </is>
       </c>
       <c r="C22" t="inlineStr">
         <is>
-          <t>2nd quarter 2023</t>
+          <t>1st quarter 2023</t>
         </is>
       </c>
       <c r="D22" s="1" t="n">
-        <v>8.7519915E7</v>
+        <v>9.1396688E7</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="inlineStr">
         <is>
           <t>C Manufacturing</t>
         </is>
       </c>
       <c r="B23" t="inlineStr">
         <is>
           <t>2023</t>
         </is>
       </c>
       <c r="C23" t="inlineStr">
         <is>
-          <t>3rd quarter 2023</t>
+          <t>2nd quarter 2023</t>
         </is>
       </c>
       <c r="D23" s="1" t="n">
-        <v>8.3123529E7</v>
+        <v>8.7519915E7</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="inlineStr">
         <is>
           <t>C Manufacturing</t>
         </is>
       </c>
       <c r="B24" t="inlineStr">
         <is>
           <t>2023</t>
         </is>
       </c>
       <c r="C24" t="inlineStr">
         <is>
-          <t>4th quarter 2023</t>
+          <t>3rd quarter 2023</t>
         </is>
       </c>
       <c r="D24" s="1" t="n">
-        <v>8.6082734E7</v>
+        <v>8.3123529E7</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="inlineStr">
         <is>
           <t>C Manufacturing</t>
         </is>
       </c>
       <c r="B25" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2023</t>
         </is>
       </c>
       <c r="C25" t="inlineStr">
         <is>
-          <t>1st quarter 2024</t>
+          <t>4th quarter 2023</t>
         </is>
       </c>
       <c r="D25" s="1" t="n">
-        <v>8.4446042E7</v>
+        <v>8.6082734E7</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="inlineStr">
         <is>
           <t>C Manufacturing</t>
         </is>
       </c>
       <c r="B26" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="C26" t="inlineStr">
         <is>
-          <t>2nd quarter 2024</t>
+          <t>1st quarter 2024</t>
         </is>
       </c>
       <c r="D26" s="1" t="n">
-        <v>8.5342551E7</v>
+        <v>8.4446042E7</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="inlineStr">
         <is>
           <t>C Manufacturing</t>
         </is>
       </c>
       <c r="B27" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="C27" t="inlineStr">
         <is>
-          <t>3rd quarter 2024</t>
+          <t>2nd quarter 2024</t>
         </is>
       </c>
       <c r="D27" s="1" t="n">
-        <v>8.1881674E7</v>
+        <v>8.5342551E7</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="inlineStr">
         <is>
           <t>C Manufacturing</t>
         </is>
       </c>
       <c r="B28" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="C28" t="inlineStr">
         <is>
-          <t>4th quarter 2024</t>
+          <t>3rd quarter 2024</t>
         </is>
       </c>
       <c r="D28" s="1" t="n">
-        <v>8.4818973E7</v>
+        <v>8.1881674E7</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="inlineStr">
         <is>
           <t>C Manufacturing</t>
         </is>
       </c>
       <c r="B29" t="inlineStr">
         <is>
-          <t>2025</t>
+          <t>2024</t>
         </is>
       </c>
       <c r="C29" t="inlineStr">
         <is>
-          <t>1st quarter 2025</t>
+          <t>4th quarter 2024</t>
         </is>
       </c>
       <c r="D29" s="1" t="n">
-        <v>8.4165805E7</v>
+        <v>8.4818973E7</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="inlineStr">
         <is>
           <t>C Manufacturing</t>
         </is>
       </c>
       <c r="B30" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="C30" t="inlineStr">
         <is>
-          <t>2nd quarter 2025</t>
+          <t>1st quarter 2025</t>
         </is>
       </c>
       <c r="D30" s="1" t="n">
-        <v>8.5103684E7</v>
+        <v>8.4165805E7</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="inlineStr">
         <is>
           <t>C Manufacturing</t>
         </is>
       </c>
       <c r="B31" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="C31" t="inlineStr">
         <is>
-          <t>3rd quarter 2025</t>
+          <t>2nd quarter 2025</t>
         </is>
       </c>
       <c r="D31" s="1" t="n">
-        <v>8.1803557E7</v>
+        <v>8.5103684E7</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="inlineStr">
         <is>
-          <t>D Electricity, gas, steam and air conditioning supply</t>
+          <t>C Manufacturing</t>
         </is>
       </c>
       <c r="B32" t="inlineStr">
         <is>
-          <t>2022</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="C32" t="inlineStr">
         <is>
-          <t>1st quarter 2022</t>
+          <t>3rd quarter 2025</t>
         </is>
       </c>
       <c r="D32" s="1" t="n">
-        <v>2.4546017E7</v>
+        <v>8.1762574E7</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" t="inlineStr">
         <is>
-          <t>D Electricity, gas, steam and air conditioning supply</t>
+          <t>C Manufacturing</t>
         </is>
       </c>
       <c r="B33" t="inlineStr">
         <is>
-          <t>2022</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="C33" t="inlineStr">
         <is>
-          <t>2nd quarter 2022</t>
+          <t>4th quarter 2025</t>
         </is>
       </c>
       <c r="D33" s="1" t="n">
-        <v>1.9193254E7</v>
+        <v>8.5021587E7</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" t="inlineStr">
         <is>
           <t>D Electricity, gas, steam and air conditioning supply</t>
         </is>
       </c>
       <c r="B34" t="inlineStr">
         <is>
           <t>2022</t>
         </is>
       </c>
       <c r="C34" t="inlineStr">
         <is>
-          <t>3rd quarter 2022</t>
+          <t>1st quarter 2022</t>
         </is>
       </c>
       <c r="D34" s="1" t="n">
-        <v>1.9340871E7</v>
+        <v>2.4546017E7</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" t="inlineStr">
         <is>
           <t>D Electricity, gas, steam and air conditioning supply</t>
         </is>
       </c>
       <c r="B35" t="inlineStr">
         <is>
           <t>2022</t>
         </is>
       </c>
       <c r="C35" t="inlineStr">
         <is>
-          <t>4th quarter 2022</t>
+          <t>2nd quarter 2022</t>
         </is>
       </c>
       <c r="D35" s="1" t="n">
-        <v>2.0717711E7</v>
+        <v>1.9193254E7</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" t="inlineStr">
         <is>
           <t>D Electricity, gas, steam and air conditioning supply</t>
         </is>
       </c>
       <c r="B36" t="inlineStr">
         <is>
-          <t>2023</t>
+          <t>2022</t>
         </is>
       </c>
       <c r="C36" t="inlineStr">
         <is>
-          <t>1st quarter 2023</t>
+          <t>3rd quarter 2022</t>
         </is>
       </c>
       <c r="D36" s="1" t="n">
-        <v>3.2600785E7</v>
+        <v>1.9340871E7</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" t="inlineStr">
         <is>
           <t>D Electricity, gas, steam and air conditioning supply</t>
         </is>
       </c>
       <c r="B37" t="inlineStr">
         <is>
-          <t>2023</t>
+          <t>2022</t>
         </is>
       </c>
       <c r="C37" t="inlineStr">
         <is>
-          <t>2nd quarter 2023</t>
+          <t>4th quarter 2022</t>
         </is>
       </c>
       <c r="D37" s="1" t="n">
-        <v>2.3180469E7</v>
+        <v>2.0717711E7</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" t="inlineStr">
         <is>
           <t>D Electricity, gas, steam and air conditioning supply</t>
         </is>
       </c>
       <c r="B38" t="inlineStr">
         <is>
           <t>2023</t>
         </is>
       </c>
       <c r="C38" t="inlineStr">
         <is>
-          <t>3rd quarter 2023</t>
+          <t>1st quarter 2023</t>
         </is>
       </c>
       <c r="D38" s="1" t="n">
-        <v>1.7357164E7</v>
+        <v>3.2600785E7</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" t="inlineStr">
         <is>
           <t>D Electricity, gas, steam and air conditioning supply</t>
         </is>
       </c>
       <c r="B39" t="inlineStr">
         <is>
           <t>2023</t>
         </is>
       </c>
       <c r="C39" t="inlineStr">
         <is>
-          <t>4th quarter 2023</t>
+          <t>2nd quarter 2023</t>
         </is>
       </c>
       <c r="D39" s="1" t="n">
-        <v>2.1513078E7</v>
+        <v>2.3180469E7</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" t="inlineStr">
         <is>
           <t>D Electricity, gas, steam and air conditioning supply</t>
         </is>
       </c>
       <c r="B40" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2023</t>
         </is>
       </c>
       <c r="C40" t="inlineStr">
         <is>
-          <t>1st quarter 2024</t>
+          <t>3rd quarter 2023</t>
         </is>
       </c>
       <c r="D40" s="1" t="n">
-        <v>2.0130383E7</v>
+        <v>1.7357164E7</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" t="inlineStr">
         <is>
           <t>D Electricity, gas, steam and air conditioning supply</t>
         </is>
       </c>
       <c r="B41" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2023</t>
         </is>
       </c>
       <c r="C41" t="inlineStr">
         <is>
-          <t>2nd quarter 2024</t>
+          <t>4th quarter 2023</t>
         </is>
       </c>
       <c r="D41" s="1" t="n">
-        <v>1.627417E7</v>
+        <v>2.1513078E7</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" t="inlineStr">
         <is>
           <t>D Electricity, gas, steam and air conditioning supply</t>
         </is>
       </c>
       <c r="B42" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="C42" t="inlineStr">
         <is>
-          <t>3rd quarter 2024</t>
+          <t>1st quarter 2024</t>
         </is>
       </c>
       <c r="D42" s="1" t="n">
-        <v>1.557098E7</v>
+        <v>2.0130383E7</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" t="inlineStr">
         <is>
           <t>D Electricity, gas, steam and air conditioning supply</t>
         </is>
       </c>
       <c r="B43" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="C43" t="inlineStr">
         <is>
-          <t>4th quarter 2024</t>
+          <t>2nd quarter 2024</t>
         </is>
       </c>
       <c r="D43" s="1" t="n">
-        <v>1.8738421E7</v>
+        <v>1.627417E7</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" t="inlineStr">
         <is>
           <t>D Electricity, gas, steam and air conditioning supply</t>
         </is>
       </c>
       <c r="B44" t="inlineStr">
         <is>
-          <t>2025</t>
+          <t>2024</t>
         </is>
       </c>
       <c r="C44" t="inlineStr">
         <is>
-          <t>1st quarter 2025</t>
+          <t>3rd quarter 2024</t>
         </is>
       </c>
       <c r="D44" s="1" t="n">
-        <v>2.1751887E7</v>
+        <v>1.557098E7</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" t="inlineStr">
         <is>
           <t>D Electricity, gas, steam and air conditioning supply</t>
         </is>
       </c>
       <c r="B45" t="inlineStr">
         <is>
-          <t>2025</t>
+          <t>2024</t>
         </is>
       </c>
       <c r="C45" t="inlineStr">
         <is>
-          <t>2nd quarter 2025</t>
+          <t>4th quarter 2024</t>
         </is>
       </c>
       <c r="D45" s="1" t="n">
-        <v>1.6731382E7</v>
+        <v>1.8738421E7</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" t="inlineStr">
         <is>
           <t>D Electricity, gas, steam and air conditioning supply</t>
         </is>
       </c>
       <c r="B46" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="C46" t="inlineStr">
         <is>
-          <t>3rd quarter 2025</t>
+          <t>1st quarter 2025</t>
         </is>
       </c>
       <c r="D46" s="1" t="n">
-        <v>1.5179495E7</v>
+        <v>2.1751887E7</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" t="inlineStr">
         <is>
-          <t>E Water supply/ sewerage, waste management and remediation activities</t>
+          <t>D Electricity, gas, steam and air conditioning supply</t>
         </is>
       </c>
       <c r="B47" t="inlineStr">
         <is>
-          <t>2022</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="C47" t="inlineStr">
         <is>
-          <t>1st quarter 2022</t>
+          <t>2nd quarter 2025</t>
         </is>
       </c>
       <c r="D47" s="1" t="n">
-        <v>3273778.0</v>
+        <v>1.6731382E7</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" t="inlineStr">
         <is>
-          <t>E Water supply/ sewerage, waste management and remediation activities</t>
+          <t>D Electricity, gas, steam and air conditioning supply</t>
         </is>
       </c>
       <c r="B48" t="inlineStr">
         <is>
-          <t>2022</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="C48" t="inlineStr">
         <is>
-          <t>2nd quarter 2022</t>
+          <t>3rd quarter 2025</t>
         </is>
       </c>
       <c r="D48" s="1" t="n">
-        <v>3444653.0</v>
+        <v>1.5499261E7</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" t="inlineStr">
         <is>
-          <t>E Water supply/ sewerage, waste management and remediation activities</t>
+          <t>D Electricity, gas, steam and air conditioning supply</t>
         </is>
       </c>
       <c r="B49" t="inlineStr">
         <is>
-          <t>2022</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="C49" t="inlineStr">
         <is>
-          <t>3rd quarter 2022</t>
+          <t>4th quarter 2025</t>
         </is>
       </c>
       <c r="D49" s="1" t="n">
-        <v>3195018.0</v>
+        <v>1.8846928E7</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" t="inlineStr">
         <is>
           <t>E Water supply/ sewerage, waste management and remediation activities</t>
         </is>
       </c>
       <c r="B50" t="inlineStr">
         <is>
           <t>2022</t>
         </is>
       </c>
       <c r="C50" t="inlineStr">
         <is>
-          <t>4th quarter 2022</t>
+          <t>1st quarter 2022</t>
         </is>
       </c>
       <c r="D50" s="1" t="n">
-        <v>3543682.0</v>
+        <v>3273778.0</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" t="inlineStr">
         <is>
           <t>E Water supply/ sewerage, waste management and remediation activities</t>
         </is>
       </c>
       <c r="B51" t="inlineStr">
         <is>
-          <t>2023</t>
+          <t>2022</t>
         </is>
       </c>
       <c r="C51" t="inlineStr">
         <is>
-          <t>1st quarter 2023</t>
+          <t>2nd quarter 2022</t>
         </is>
       </c>
       <c r="D51" s="1" t="n">
-        <v>3400795.0</v>
+        <v>3444653.0</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" t="inlineStr">
         <is>
           <t>E Water supply/ sewerage, waste management and remediation activities</t>
         </is>
       </c>
       <c r="B52" t="inlineStr">
         <is>
-          <t>2023</t>
+          <t>2022</t>
         </is>
       </c>
       <c r="C52" t="inlineStr">
         <is>
-          <t>2nd quarter 2023</t>
+          <t>3rd quarter 2022</t>
         </is>
       </c>
       <c r="D52" s="1" t="n">
-        <v>3491666.0</v>
+        <v>3195018.0</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" t="inlineStr">
         <is>
           <t>E Water supply/ sewerage, waste management and remediation activities</t>
         </is>
       </c>
       <c r="B53" t="inlineStr">
         <is>
-          <t>2023</t>
+          <t>2022</t>
         </is>
       </c>
       <c r="C53" t="inlineStr">
         <is>
-          <t>3rd quarter 2023</t>
+          <t>4th quarter 2022</t>
         </is>
       </c>
       <c r="D53" s="1" t="n">
-        <v>3426755.0</v>
+        <v>3543682.0</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" t="inlineStr">
         <is>
           <t>E Water supply/ sewerage, waste management and remediation activities</t>
         </is>
       </c>
       <c r="B54" t="inlineStr">
         <is>
           <t>2023</t>
         </is>
       </c>
       <c r="C54" t="inlineStr">
         <is>
-          <t>4th quarter 2023</t>
+          <t>1st quarter 2023</t>
         </is>
       </c>
       <c r="D54" s="1" t="n">
-        <v>3683518.0</v>
+        <v>3400795.0</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" t="inlineStr">
         <is>
           <t>E Water supply/ sewerage, waste management and remediation activities</t>
         </is>
       </c>
       <c r="B55" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2023</t>
         </is>
       </c>
       <c r="C55" t="inlineStr">
         <is>
-          <t>1st quarter 2024</t>
+          <t>2nd quarter 2023</t>
         </is>
       </c>
       <c r="D55" s="1" t="n">
-        <v>3425725.0</v>
+        <v>3491666.0</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" t="inlineStr">
         <is>
           <t>E Water supply/ sewerage, waste management and remediation activities</t>
         </is>
       </c>
       <c r="B56" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2023</t>
         </is>
       </c>
       <c r="C56" t="inlineStr">
         <is>
-          <t>2nd quarter 2024</t>
+          <t>3rd quarter 2023</t>
         </is>
       </c>
       <c r="D56" s="1" t="n">
-        <v>3755320.0</v>
+        <v>3426755.0</v>
       </c>
     </row>
     <row r="57">
       <c r="A57" t="inlineStr">
         <is>
           <t>E Water supply/ sewerage, waste management and remediation activities</t>
         </is>
       </c>
       <c r="B57" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2023</t>
         </is>
       </c>
       <c r="C57" t="inlineStr">
         <is>
-          <t>3rd quarter 2024</t>
+          <t>4th quarter 2023</t>
         </is>
       </c>
       <c r="D57" s="1" t="n">
-        <v>3787901.0</v>
+        <v>3683518.0</v>
       </c>
     </row>
     <row r="58">
       <c r="A58" t="inlineStr">
         <is>
           <t>E Water supply/ sewerage, waste management and remediation activities</t>
         </is>
       </c>
       <c r="B58" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="C58" t="inlineStr">
         <is>
-          <t>4th quarter 2024</t>
+          <t>1st quarter 2024</t>
         </is>
       </c>
       <c r="D58" s="1" t="n">
-        <v>4009852.0</v>
+        <v>3425725.0</v>
       </c>
     </row>
     <row r="59">
       <c r="A59" t="inlineStr">
         <is>
           <t>E Water supply/ sewerage, waste management and remediation activities</t>
         </is>
       </c>
       <c r="B59" t="inlineStr">
         <is>
-          <t>2025</t>
+          <t>2024</t>
         </is>
       </c>
       <c r="C59" t="inlineStr">
         <is>
-          <t>1st quarter 2025</t>
+          <t>2nd quarter 2024</t>
         </is>
       </c>
       <c r="D59" s="1" t="n">
-        <v>3597917.0</v>
+        <v>3755320.0</v>
       </c>
     </row>
     <row r="60">
       <c r="A60" t="inlineStr">
         <is>
           <t>E Water supply/ sewerage, waste management and remediation activities</t>
         </is>
       </c>
       <c r="B60" t="inlineStr">
         <is>
-          <t>2025</t>
+          <t>2024</t>
         </is>
       </c>
       <c r="C60" t="inlineStr">
         <is>
-          <t>2nd quarter 2025</t>
+          <t>3rd quarter 2024</t>
         </is>
       </c>
       <c r="D60" s="1" t="n">
-        <v>3630574.0</v>
+        <v>3787901.0</v>
       </c>
     </row>
     <row r="61">
       <c r="A61" t="inlineStr">
         <is>
           <t>E Water supply/ sewerage, waste management and remediation activities</t>
         </is>
       </c>
       <c r="B61" t="inlineStr">
         <is>
-          <t>2025</t>
+          <t>2024</t>
         </is>
       </c>
       <c r="C61" t="inlineStr">
         <is>
-          <t>3rd quarter 2025</t>
+          <t>4th quarter 2024</t>
         </is>
       </c>
       <c r="D61" s="1" t="n">
-        <v>3625975.0</v>
+        <v>4009852.0</v>
       </c>
     </row>
     <row r="62">
       <c r="A62" t="inlineStr">
         <is>
-          <t>F Construction</t>
+          <t>E Water supply/ sewerage, waste management and remediation activities</t>
         </is>
       </c>
       <c r="B62" t="inlineStr">
         <is>
-          <t>2022</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="C62" t="inlineStr">
         <is>
-          <t>1st quarter 2022</t>
+          <t>1st quarter 2025</t>
         </is>
       </c>
       <c r="D62" s="1" t="n">
-        <v>2.0491278E7</v>
+        <v>3597917.0</v>
       </c>
     </row>
     <row r="63">
       <c r="A63" t="inlineStr">
         <is>
-          <t>F Construction</t>
+          <t>E Water supply/ sewerage, waste management and remediation activities</t>
         </is>
       </c>
       <c r="B63" t="inlineStr">
         <is>
-          <t>2022</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="C63" t="inlineStr">
         <is>
-          <t>2nd quarter 2022</t>
+          <t>2nd quarter 2025</t>
         </is>
       </c>
       <c r="D63" s="1" t="n">
-        <v>2.5086652E7</v>
+        <v>3630574.0</v>
       </c>
     </row>
     <row r="64">
       <c r="A64" t="inlineStr">
         <is>
-          <t>F Construction</t>
+          <t>E Water supply/ sewerage, waste management and remediation activities</t>
         </is>
       </c>
       <c r="B64" t="inlineStr">
         <is>
-          <t>2022</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="C64" t="inlineStr">
         <is>
-          <t>3rd quarter 2022</t>
+          <t>3rd quarter 2025</t>
         </is>
       </c>
       <c r="D64" s="1" t="n">
-        <v>2.179105E7</v>
+        <v>3630924.0</v>
       </c>
     </row>
     <row r="65">
       <c r="A65" t="inlineStr">
         <is>
-          <t>F Construction</t>
+          <t>E Water supply/ sewerage, waste management and remediation activities</t>
         </is>
       </c>
       <c r="B65" t="inlineStr">
         <is>
-          <t>2022</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="C65" t="inlineStr">
         <is>
-          <t>4th quarter 2022</t>
+          <t>4th quarter 2025</t>
         </is>
       </c>
       <c r="D65" s="1" t="n">
-        <v>2.8192007E7</v>
+        <v>4190276.0</v>
       </c>
     </row>
     <row r="66">
       <c r="A66" t="inlineStr">
         <is>
           <t>F Construction</t>
         </is>
       </c>
       <c r="B66" t="inlineStr">
         <is>
-          <t>2023</t>
+          <t>2022</t>
         </is>
       </c>
       <c r="C66" t="inlineStr">
         <is>
-          <t>1st quarter 2023</t>
+          <t>1st quarter 2022</t>
         </is>
       </c>
       <c r="D66" s="1" t="n">
-        <v>2.2869315E7</v>
+        <v>2.0491278E7</v>
       </c>
     </row>
     <row r="67">
       <c r="A67" t="inlineStr">
         <is>
           <t>F Construction</t>
         </is>
       </c>
       <c r="B67" t="inlineStr">
         <is>
-          <t>2023</t>
+          <t>2022</t>
         </is>
       </c>
       <c r="C67" t="inlineStr">
         <is>
-          <t>2nd quarter 2023</t>
+          <t>2nd quarter 2022</t>
         </is>
       </c>
       <c r="D67" s="1" t="n">
-        <v>2.713025E7</v>
+        <v>2.5086652E7</v>
       </c>
     </row>
     <row r="68">
       <c r="A68" t="inlineStr">
         <is>
           <t>F Construction</t>
         </is>
       </c>
       <c r="B68" t="inlineStr">
         <is>
-          <t>2023</t>
+          <t>2022</t>
         </is>
       </c>
       <c r="C68" t="inlineStr">
         <is>
-          <t>3rd quarter 2023</t>
+          <t>3rd quarter 2022</t>
         </is>
       </c>
       <c r="D68" s="1" t="n">
-        <v>2.3108965E7</v>
+        <v>2.179105E7</v>
       </c>
     </row>
     <row r="69">
       <c r="A69" t="inlineStr">
         <is>
           <t>F Construction</t>
         </is>
       </c>
       <c r="B69" t="inlineStr">
         <is>
-          <t>2023</t>
+          <t>2022</t>
         </is>
       </c>
       <c r="C69" t="inlineStr">
         <is>
-          <t>4th quarter 2023</t>
+          <t>4th quarter 2022</t>
         </is>
       </c>
       <c r="D69" s="1" t="n">
-        <v>2.8991734E7</v>
+        <v>2.8192007E7</v>
       </c>
     </row>
     <row r="70">
       <c r="A70" t="inlineStr">
         <is>
           <t>F Construction</t>
         </is>
       </c>
       <c r="B70" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2023</t>
         </is>
       </c>
       <c r="C70" t="inlineStr">
         <is>
-          <t>1st quarter 2024</t>
+          <t>1st quarter 2023</t>
         </is>
       </c>
       <c r="D70" s="1" t="n">
-        <v>2.2848109E7</v>
+        <v>2.2869315E7</v>
       </c>
     </row>
     <row r="71">
       <c r="A71" t="inlineStr">
         <is>
           <t>F Construction</t>
         </is>
       </c>
       <c r="B71" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2023</t>
         </is>
       </c>
       <c r="C71" t="inlineStr">
         <is>
-          <t>2nd quarter 2024</t>
+          <t>2nd quarter 2023</t>
         </is>
       </c>
       <c r="D71" s="1" t="n">
-        <v>2.6658235E7</v>
+        <v>2.713025E7</v>
       </c>
     </row>
     <row r="72">
       <c r="A72" t="inlineStr">
         <is>
           <t>F Construction</t>
         </is>
       </c>
       <c r="B72" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2023</t>
         </is>
       </c>
       <c r="C72" t="inlineStr">
         <is>
-          <t>3rd quarter 2024</t>
+          <t>3rd quarter 2023</t>
         </is>
       </c>
       <c r="D72" s="1" t="n">
-        <v>2.3367726E7</v>
+        <v>2.3108965E7</v>
       </c>
     </row>
     <row r="73">
       <c r="A73" t="inlineStr">
         <is>
           <t>F Construction</t>
         </is>
       </c>
       <c r="B73" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2023</t>
         </is>
       </c>
       <c r="C73" t="inlineStr">
         <is>
-          <t>4th quarter 2024</t>
+          <t>4th quarter 2023</t>
         </is>
       </c>
       <c r="D73" s="1" t="n">
-        <v>3.0043097E7</v>
+        <v>2.8991734E7</v>
       </c>
     </row>
     <row r="74">
       <c r="A74" t="inlineStr">
         <is>
           <t>F Construction</t>
         </is>
       </c>
       <c r="B74" t="inlineStr">
         <is>
-          <t>2025</t>
+          <t>2024</t>
         </is>
       </c>
       <c r="C74" t="inlineStr">
         <is>
-          <t>1st quarter 2025</t>
+          <t>1st quarter 2024</t>
         </is>
       </c>
       <c r="D74" s="1" t="n">
-        <v>2.4435895E7</v>
+        <v>2.2848109E7</v>
       </c>
     </row>
     <row r="75">
       <c r="A75" t="inlineStr">
         <is>
           <t>F Construction</t>
         </is>
       </c>
       <c r="B75" t="inlineStr">
         <is>
-          <t>2025</t>
+          <t>2024</t>
         </is>
       </c>
       <c r="C75" t="inlineStr">
         <is>
-          <t>2nd quarter 2025</t>
+          <t>2nd quarter 2024</t>
         </is>
       </c>
       <c r="D75" s="1" t="n">
-        <v>2.8696323E7</v>
+        <v>2.6658235E7</v>
       </c>
     </row>
     <row r="76">
       <c r="A76" t="inlineStr">
         <is>
           <t>F Construction</t>
         </is>
       </c>
       <c r="B76" t="inlineStr">
         <is>
-          <t>2025</t>
+          <t>2024</t>
         </is>
       </c>
       <c r="C76" t="inlineStr">
         <is>
-          <t>3rd quarter 2025</t>
+          <t>3rd quarter 2024</t>
         </is>
       </c>
       <c r="D76" s="1" t="n">
-        <v>2.5123833E7</v>
+        <v>2.3367726E7</v>
       </c>
     </row>
     <row r="77">
       <c r="A77" t="inlineStr">
         <is>
-          <t>G Wholesale and retail trade/ repair of motor vehicles and motorcycles</t>
+          <t>F Construction</t>
         </is>
       </c>
       <c r="B77" t="inlineStr">
         <is>
-          <t>2022</t>
+          <t>2024</t>
         </is>
       </c>
       <c r="C77" t="inlineStr">
         <is>
-          <t>1st quarter 2022</t>
+          <t>4th quarter 2024</t>
         </is>
       </c>
       <c r="D77" s="1" t="n">
-        <v>1.98752435E8</v>
+        <v>3.0043097E7</v>
       </c>
     </row>
     <row r="78">
       <c r="A78" t="inlineStr">
         <is>
-          <t>G Wholesale and retail trade/ repair of motor vehicles and motorcycles</t>
+          <t>F Construction</t>
         </is>
       </c>
       <c r="B78" t="inlineStr">
         <is>
-          <t>2022</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="C78" t="inlineStr">
         <is>
-          <t>2nd quarter 2022</t>
+          <t>1st quarter 2025</t>
         </is>
       </c>
       <c r="D78" s="1" t="n">
-        <v>2.11737773E8</v>
+        <v>2.4435895E7</v>
       </c>
     </row>
     <row r="79">
       <c r="A79" t="inlineStr">
         <is>
-          <t>G Wholesale and retail trade/ repair of motor vehicles and motorcycles</t>
+          <t>F Construction</t>
         </is>
       </c>
       <c r="B79" t="inlineStr">
         <is>
-          <t>2022</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="C79" t="inlineStr">
         <is>
-          <t>3rd quarter 2022</t>
+          <t>2nd quarter 2025</t>
         </is>
       </c>
       <c r="D79" s="1" t="n">
-        <v>1.96409878E8</v>
+        <v>2.8696323E7</v>
       </c>
     </row>
     <row r="80">
       <c r="A80" t="inlineStr">
         <is>
-          <t>G Wholesale and retail trade/ repair of motor vehicles and motorcycles</t>
+          <t>F Construction</t>
         </is>
       </c>
       <c r="B80" t="inlineStr">
         <is>
-          <t>2022</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="C80" t="inlineStr">
         <is>
-          <t>4th quarter 2022</t>
+          <t>3rd quarter 2025</t>
         </is>
       </c>
       <c r="D80" s="1" t="n">
-        <v>2.25625976E8</v>
+        <v>2.5013309E7</v>
       </c>
     </row>
     <row r="81">
       <c r="A81" t="inlineStr">
         <is>
-          <t>G Wholesale and retail trade/ repair of motor vehicles and motorcycles</t>
+          <t>F Construction</t>
         </is>
       </c>
       <c r="B81" t="inlineStr">
         <is>
-          <t>2023</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="C81" t="inlineStr">
         <is>
-          <t>1st quarter 2023</t>
+          <t>4th quarter 2025</t>
         </is>
       </c>
       <c r="D81" s="1" t="n">
-        <v>1.93093695E8</v>
+        <v>3.1243547E7</v>
       </c>
     </row>
     <row r="82">
       <c r="A82" t="inlineStr">
         <is>
           <t>G Wholesale and retail trade/ repair of motor vehicles and motorcycles</t>
         </is>
       </c>
       <c r="B82" t="inlineStr">
         <is>
-          <t>2023</t>
+          <t>2022</t>
         </is>
       </c>
       <c r="C82" t="inlineStr">
         <is>
-          <t>2nd quarter 2023</t>
+          <t>1st quarter 2022</t>
         </is>
       </c>
       <c r="D82" s="1" t="n">
-        <v>1.94014862E8</v>
+        <v>1.98752435E8</v>
       </c>
     </row>
     <row r="83">
       <c r="A83" t="inlineStr">
         <is>
           <t>G Wholesale and retail trade/ repair of motor vehicles and motorcycles</t>
         </is>
       </c>
       <c r="B83" t="inlineStr">
         <is>
-          <t>2023</t>
+          <t>2022</t>
         </is>
       </c>
       <c r="C83" t="inlineStr">
         <is>
-          <t>3rd quarter 2023</t>
+          <t>2nd quarter 2022</t>
         </is>
       </c>
       <c r="D83" s="1" t="n">
-        <v>1.83216755E8</v>
+        <v>2.11737773E8</v>
       </c>
     </row>
     <row r="84">
       <c r="A84" t="inlineStr">
         <is>
           <t>G Wholesale and retail trade/ repair of motor vehicles and motorcycles</t>
         </is>
       </c>
       <c r="B84" t="inlineStr">
         <is>
-          <t>2023</t>
+          <t>2022</t>
         </is>
       </c>
       <c r="C84" t="inlineStr">
         <is>
-          <t>4th quarter 2023</t>
+          <t>3rd quarter 2022</t>
         </is>
       </c>
       <c r="D84" s="1" t="n">
-        <v>1.9571775E8</v>
+        <v>1.96409878E8</v>
       </c>
     </row>
     <row r="85">
       <c r="A85" t="inlineStr">
         <is>
           <t>G Wholesale and retail trade/ repair of motor vehicles and motorcycles</t>
         </is>
       </c>
       <c r="B85" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2022</t>
         </is>
       </c>
       <c r="C85" t="inlineStr">
         <is>
-          <t>1st quarter 2024</t>
+          <t>4th quarter 2022</t>
         </is>
       </c>
       <c r="D85" s="1" t="n">
-        <v>1.8885888E8</v>
+        <v>2.25625976E8</v>
       </c>
     </row>
     <row r="86">
       <c r="A86" t="inlineStr">
         <is>
           <t>G Wholesale and retail trade/ repair of motor vehicles and motorcycles</t>
         </is>
       </c>
       <c r="B86" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2023</t>
         </is>
       </c>
       <c r="C86" t="inlineStr">
         <is>
-          <t>2nd quarter 2024</t>
+          <t>1st quarter 2023</t>
         </is>
       </c>
       <c r="D86" s="1" t="n">
-        <v>1.91453319E8</v>
+        <v>1.93093695E8</v>
       </c>
     </row>
     <row r="87">
       <c r="A87" t="inlineStr">
         <is>
           <t>G Wholesale and retail trade/ repair of motor vehicles and motorcycles</t>
         </is>
       </c>
       <c r="B87" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2023</t>
         </is>
       </c>
       <c r="C87" t="inlineStr">
         <is>
-          <t>3rd quarter 2024</t>
+          <t>2nd quarter 2023</t>
         </is>
       </c>
       <c r="D87" s="1" t="n">
-        <v>1.82781332E8</v>
+        <v>1.94014862E8</v>
       </c>
     </row>
     <row r="88">
       <c r="A88" t="inlineStr">
         <is>
           <t>G Wholesale and retail trade/ repair of motor vehicles and motorcycles</t>
         </is>
       </c>
       <c r="B88" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2023</t>
         </is>
       </c>
       <c r="C88" t="inlineStr">
         <is>
-          <t>4th quarter 2024</t>
+          <t>3rd quarter 2023</t>
         </is>
       </c>
       <c r="D88" s="1" t="n">
-        <v>1.96920679E8</v>
+        <v>1.83216755E8</v>
       </c>
     </row>
     <row r="89">
       <c r="A89" t="inlineStr">
         <is>
           <t>G Wholesale and retail trade/ repair of motor vehicles and motorcycles</t>
         </is>
       </c>
       <c r="B89" t="inlineStr">
         <is>
-          <t>2025</t>
+          <t>2023</t>
         </is>
       </c>
       <c r="C89" t="inlineStr">
         <is>
-          <t>1st quarter 2025</t>
+          <t>4th quarter 2023</t>
         </is>
       </c>
       <c r="D89" s="1" t="n">
-        <v>1.90064133E8</v>
+        <v>1.9571775E8</v>
       </c>
     </row>
     <row r="90">
       <c r="A90" t="inlineStr">
         <is>
           <t>G Wholesale and retail trade/ repair of motor vehicles and motorcycles</t>
         </is>
       </c>
       <c r="B90" t="inlineStr">
         <is>
-          <t>2025</t>
+          <t>2024</t>
         </is>
       </c>
       <c r="C90" t="inlineStr">
         <is>
-          <t>2nd quarter 2025</t>
+          <t>1st quarter 2024</t>
         </is>
       </c>
       <c r="D90" s="1" t="n">
-        <v>1.96507756E8</v>
+        <v>1.8885888E8</v>
       </c>
     </row>
     <row r="91">
       <c r="A91" t="inlineStr">
         <is>
           <t>G Wholesale and retail trade/ repair of motor vehicles and motorcycles</t>
         </is>
       </c>
       <c r="B91" t="inlineStr">
         <is>
-          <t>2025</t>
+          <t>2024</t>
         </is>
       </c>
       <c r="C91" t="inlineStr">
         <is>
-          <t>3rd quarter 2025</t>
+          <t>2nd quarter 2024</t>
         </is>
       </c>
       <c r="D91" s="1" t="n">
-        <v>1.86540646E8</v>
+        <v>1.91453319E8</v>
       </c>
     </row>
     <row r="92">
       <c r="A92" t="inlineStr">
         <is>
-          <t>H Transportation and storage</t>
+          <t>G Wholesale and retail trade/ repair of motor vehicles and motorcycles</t>
         </is>
       </c>
       <c r="B92" t="inlineStr">
         <is>
-          <t>2022</t>
+          <t>2024</t>
         </is>
       </c>
       <c r="C92" t="inlineStr">
         <is>
-          <t>1st quarter 2022</t>
+          <t>3rd quarter 2024</t>
         </is>
       </c>
       <c r="D92" s="1" t="n">
-        <v>1.6958523E7</v>
+        <v>1.82781332E8</v>
       </c>
     </row>
     <row r="93">
       <c r="A93" t="inlineStr">
         <is>
-          <t>H Transportation and storage</t>
+          <t>G Wholesale and retail trade/ repair of motor vehicles and motorcycles</t>
         </is>
       </c>
       <c r="B93" t="inlineStr">
         <is>
-          <t>2022</t>
+          <t>2024</t>
         </is>
       </c>
       <c r="C93" t="inlineStr">
         <is>
-          <t>2nd quarter 2022</t>
+          <t>4th quarter 2024</t>
         </is>
       </c>
       <c r="D93" s="1" t="n">
-        <v>1.8493894E7</v>
+        <v>1.96920679E8</v>
       </c>
     </row>
     <row r="94">
       <c r="A94" t="inlineStr">
         <is>
-          <t>H Transportation and storage</t>
+          <t>G Wholesale and retail trade/ repair of motor vehicles and motorcycles</t>
         </is>
       </c>
       <c r="B94" t="inlineStr">
         <is>
-          <t>2022</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="C94" t="inlineStr">
         <is>
-          <t>3rd quarter 2022</t>
+          <t>1st quarter 2025</t>
         </is>
       </c>
       <c r="D94" s="1" t="n">
-        <v>1.855967E7</v>
+        <v>1.90064133E8</v>
       </c>
     </row>
     <row r="95">
       <c r="A95" t="inlineStr">
         <is>
-          <t>H Transportation and storage</t>
+          <t>G Wholesale and retail trade/ repair of motor vehicles and motorcycles</t>
         </is>
       </c>
       <c r="B95" t="inlineStr">
         <is>
-          <t>2022</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="C95" t="inlineStr">
         <is>
-          <t>4th quarter 2022</t>
+          <t>2nd quarter 2025</t>
         </is>
       </c>
       <c r="D95" s="1" t="n">
-        <v>1.9632579E7</v>
+        <v>1.96507756E8</v>
       </c>
     </row>
     <row r="96">
       <c r="A96" t="inlineStr">
         <is>
-          <t>H Transportation and storage</t>
+          <t>G Wholesale and retail trade/ repair of motor vehicles and motorcycles</t>
         </is>
       </c>
       <c r="B96" t="inlineStr">
         <is>
-          <t>2023</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="C96" t="inlineStr">
         <is>
-          <t>1st quarter 2023</t>
+          <t>3rd quarter 2025</t>
         </is>
       </c>
       <c r="D96" s="1" t="n">
-        <v>1.821816E7</v>
+        <v>1.867895E8</v>
       </c>
     </row>
     <row r="97">
       <c r="A97" t="inlineStr">
         <is>
-          <t>H Transportation and storage</t>
+          <t>G Wholesale and retail trade/ repair of motor vehicles and motorcycles</t>
         </is>
       </c>
       <c r="B97" t="inlineStr">
         <is>
-          <t>2023</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="C97" t="inlineStr">
         <is>
-          <t>2nd quarter 2023</t>
+          <t>4th quarter 2025</t>
         </is>
       </c>
       <c r="D97" s="1" t="n">
-        <v>1.7814912E7</v>
+        <v>2.00806849E8</v>
       </c>
     </row>
     <row r="98">
       <c r="A98" t="inlineStr">
         <is>
           <t>H Transportation and storage</t>
         </is>
       </c>
       <c r="B98" t="inlineStr">
         <is>
-          <t>2023</t>
+          <t>2022</t>
         </is>
       </c>
       <c r="C98" t="inlineStr">
         <is>
-          <t>3rd quarter 2023</t>
+          <t>1st quarter 2022</t>
         </is>
       </c>
       <c r="D98" s="1" t="n">
-        <v>1.7404175E7</v>
+        <v>1.6958523E7</v>
       </c>
     </row>
     <row r="99">
       <c r="A99" t="inlineStr">
         <is>
           <t>H Transportation and storage</t>
         </is>
       </c>
       <c r="B99" t="inlineStr">
         <is>
-          <t>2023</t>
+          <t>2022</t>
         </is>
       </c>
       <c r="C99" t="inlineStr">
         <is>
-          <t>4th quarter 2023</t>
+          <t>2nd quarter 2022</t>
         </is>
       </c>
       <c r="D99" s="1" t="n">
-        <v>1.8638771E7</v>
+        <v>1.8493894E7</v>
       </c>
     </row>
     <row r="100">
       <c r="A100" t="inlineStr">
         <is>
           <t>H Transportation and storage</t>
         </is>
       </c>
       <c r="B100" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2022</t>
         </is>
       </c>
       <c r="C100" t="inlineStr">
         <is>
-          <t>1st quarter 2024</t>
+          <t>3rd quarter 2022</t>
         </is>
       </c>
       <c r="D100" s="1" t="n">
-        <v>1.7965749E7</v>
+        <v>1.855967E7</v>
       </c>
     </row>
     <row r="101">
       <c r="A101" t="inlineStr">
         <is>
           <t>H Transportation and storage</t>
         </is>
       </c>
       <c r="B101" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2022</t>
         </is>
       </c>
       <c r="C101" t="inlineStr">
         <is>
-          <t>2nd quarter 2024</t>
+          <t>4th quarter 2022</t>
         </is>
       </c>
       <c r="D101" s="1" t="n">
-        <v>1.8276662E7</v>
+        <v>1.9632579E7</v>
       </c>
     </row>
     <row r="102">
       <c r="A102" t="inlineStr">
         <is>
           <t>H Transportation and storage</t>
         </is>
       </c>
       <c r="B102" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2023</t>
         </is>
       </c>
       <c r="C102" t="inlineStr">
         <is>
-          <t>3rd quarter 2024</t>
+          <t>1st quarter 2023</t>
         </is>
       </c>
       <c r="D102" s="1" t="n">
-        <v>1.8276886E7</v>
+        <v>1.821816E7</v>
       </c>
     </row>
     <row r="103">
       <c r="A103" t="inlineStr">
         <is>
           <t>H Transportation and storage</t>
         </is>
       </c>
       <c r="B103" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2023</t>
         </is>
       </c>
       <c r="C103" t="inlineStr">
         <is>
-          <t>4th quarter 2024</t>
+          <t>2nd quarter 2023</t>
         </is>
       </c>
       <c r="D103" s="1" t="n">
-        <v>1.9093733E7</v>
+        <v>1.7814912E7</v>
       </c>
     </row>
     <row r="104">
       <c r="A104" t="inlineStr">
         <is>
           <t>H Transportation and storage</t>
         </is>
       </c>
       <c r="B104" t="inlineStr">
         <is>
-          <t>2025</t>
+          <t>2023</t>
         </is>
       </c>
       <c r="C104" t="inlineStr">
         <is>
-          <t>1st quarter 2025</t>
+          <t>3rd quarter 2023</t>
         </is>
       </c>
       <c r="D104" s="1" t="n">
-        <v>1.8445595E7</v>
+        <v>1.7404175E7</v>
       </c>
     </row>
     <row r="105">
       <c r="A105" t="inlineStr">
         <is>
           <t>H Transportation and storage</t>
         </is>
       </c>
       <c r="B105" t="inlineStr">
         <is>
-          <t>2025</t>
+          <t>2023</t>
         </is>
       </c>
       <c r="C105" t="inlineStr">
         <is>
-          <t>2nd quarter 2025</t>
+          <t>4th quarter 2023</t>
         </is>
       </c>
       <c r="D105" s="1" t="n">
-        <v>1.8592142E7</v>
+        <v>1.8638771E7</v>
       </c>
     </row>
     <row r="106">
       <c r="A106" t="inlineStr">
         <is>
           <t>H Transportation and storage</t>
         </is>
       </c>
       <c r="B106" t="inlineStr">
         <is>
-          <t>2025</t>
+          <t>2024</t>
         </is>
       </c>
       <c r="C106" t="inlineStr">
         <is>
-          <t>3rd quarter 2025</t>
+          <t>1st quarter 2024</t>
         </is>
       </c>
       <c r="D106" s="1" t="n">
-        <v>1.8686634E7</v>
+        <v>1.7965749E7</v>
       </c>
     </row>
     <row r="107">
       <c r="A107" t="inlineStr">
         <is>
-          <t>I Accommodation and food service activities</t>
+          <t>H Transportation and storage</t>
         </is>
       </c>
       <c r="B107" t="inlineStr">
         <is>
-          <t>2022</t>
+          <t>2024</t>
         </is>
       </c>
       <c r="C107" t="inlineStr">
         <is>
-          <t>1st quarter 2022</t>
+          <t>2nd quarter 2024</t>
         </is>
       </c>
       <c r="D107" s="1" t="n">
-        <v>3857595.0</v>
+        <v>1.8276662E7</v>
       </c>
     </row>
     <row r="108">
       <c r="A108" t="inlineStr">
         <is>
-          <t>I Accommodation and food service activities</t>
+          <t>H Transportation and storage</t>
         </is>
       </c>
       <c r="B108" t="inlineStr">
         <is>
-          <t>2022</t>
+          <t>2024</t>
         </is>
       </c>
       <c r="C108" t="inlineStr">
         <is>
-          <t>2nd quarter 2022</t>
+          <t>3rd quarter 2024</t>
         </is>
       </c>
       <c r="D108" s="1" t="n">
-        <v>5093839.0</v>
+        <v>1.8276886E7</v>
       </c>
     </row>
     <row r="109">
       <c r="A109" t="inlineStr">
         <is>
-          <t>I Accommodation and food service activities</t>
+          <t>H Transportation and storage</t>
         </is>
       </c>
       <c r="B109" t="inlineStr">
         <is>
-          <t>2022</t>
+          <t>2024</t>
         </is>
       </c>
       <c r="C109" t="inlineStr">
         <is>
-          <t>3rd quarter 2022</t>
+          <t>4th quarter 2024</t>
         </is>
       </c>
       <c r="D109" s="1" t="n">
-        <v>5251652.0</v>
+        <v>1.9093733E7</v>
       </c>
     </row>
     <row r="110">
       <c r="A110" t="inlineStr">
         <is>
-          <t>I Accommodation and food service activities</t>
+          <t>H Transportation and storage</t>
         </is>
       </c>
       <c r="B110" t="inlineStr">
         <is>
-          <t>2022</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="C110" t="inlineStr">
         <is>
-          <t>4th quarter 2022</t>
+          <t>1st quarter 2025</t>
         </is>
       </c>
       <c r="D110" s="1" t="n">
-        <v>5263046.0</v>
+        <v>1.8445595E7</v>
       </c>
     </row>
     <row r="111">
       <c r="A111" t="inlineStr">
         <is>
-          <t>I Accommodation and food service activities</t>
+          <t>H Transportation and storage</t>
         </is>
       </c>
       <c r="B111" t="inlineStr">
         <is>
-          <t>2023</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="C111" t="inlineStr">
         <is>
-          <t>1st quarter 2023</t>
+          <t>2nd quarter 2025</t>
         </is>
       </c>
       <c r="D111" s="1" t="n">
-        <v>4770230.0</v>
+        <v>1.8592142E7</v>
       </c>
     </row>
     <row r="112">
       <c r="A112" t="inlineStr">
         <is>
-          <t>I Accommodation and food service activities</t>
+          <t>H Transportation and storage</t>
         </is>
       </c>
       <c r="B112" t="inlineStr">
         <is>
-          <t>2023</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="C112" t="inlineStr">
         <is>
-          <t>2nd quarter 2023</t>
+          <t>3rd quarter 2025</t>
         </is>
       </c>
       <c r="D112" s="1" t="n">
-        <v>5685286.0</v>
+        <v>1.8375585E7</v>
       </c>
     </row>
     <row r="113">
       <c r="A113" t="inlineStr">
         <is>
-          <t>I Accommodation and food service activities</t>
+          <t>H Transportation and storage</t>
         </is>
       </c>
       <c r="B113" t="inlineStr">
         <is>
-          <t>2023</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="C113" t="inlineStr">
         <is>
-          <t>3rd quarter 2023</t>
+          <t>4th quarter 2025</t>
         </is>
       </c>
       <c r="D113" s="1" t="n">
-        <v>5723352.0</v>
+        <v>1.9308385E7</v>
       </c>
     </row>
     <row r="114">
       <c r="A114" t="inlineStr">
         <is>
           <t>I Accommodation and food service activities</t>
         </is>
       </c>
       <c r="B114" t="inlineStr">
         <is>
-          <t>2023</t>
+          <t>2022</t>
         </is>
       </c>
       <c r="C114" t="inlineStr">
         <is>
-          <t>4th quarter 2023</t>
+          <t>1st quarter 2022</t>
         </is>
       </c>
       <c r="D114" s="1" t="n">
-        <v>5625356.0</v>
+        <v>3857595.0</v>
       </c>
     </row>
     <row r="115">
       <c r="A115" t="inlineStr">
         <is>
           <t>I Accommodation and food service activities</t>
         </is>
       </c>
       <c r="B115" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2022</t>
         </is>
       </c>
       <c r="C115" t="inlineStr">
         <is>
-          <t>1st quarter 2024</t>
+          <t>2nd quarter 2022</t>
         </is>
       </c>
       <c r="D115" s="1" t="n">
-        <v>5073273.0</v>
+        <v>5093839.0</v>
       </c>
     </row>
     <row r="116">
       <c r="A116" t="inlineStr">
         <is>
           <t>I Accommodation and food service activities</t>
         </is>
       </c>
       <c r="B116" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2022</t>
         </is>
       </c>
       <c r="C116" t="inlineStr">
         <is>
-          <t>2nd quarter 2024</t>
+          <t>3rd quarter 2022</t>
         </is>
       </c>
       <c r="D116" s="1" t="n">
-        <v>5884939.0</v>
+        <v>5251652.0</v>
       </c>
     </row>
     <row r="117">
       <c r="A117" t="inlineStr">
         <is>
           <t>I Accommodation and food service activities</t>
         </is>
       </c>
       <c r="B117" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2022</t>
         </is>
       </c>
       <c r="C117" t="inlineStr">
         <is>
-          <t>3rd quarter 2024</t>
+          <t>4th quarter 2022</t>
         </is>
       </c>
       <c r="D117" s="1" t="n">
-        <v>5899124.0</v>
+        <v>5263046.0</v>
       </c>
     </row>
     <row r="118">
       <c r="A118" t="inlineStr">
         <is>
           <t>I Accommodation and food service activities</t>
         </is>
       </c>
       <c r="B118" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2023</t>
         </is>
       </c>
       <c r="C118" t="inlineStr">
         <is>
-          <t>4th quarter 2024</t>
+          <t>1st quarter 2023</t>
         </is>
       </c>
       <c r="D118" s="1" t="n">
-        <v>5923159.0</v>
+        <v>4770230.0</v>
       </c>
     </row>
     <row r="119">
       <c r="A119" t="inlineStr">
         <is>
           <t>I Accommodation and food service activities</t>
         </is>
       </c>
       <c r="B119" t="inlineStr">
         <is>
-          <t>2025</t>
+          <t>2023</t>
         </is>
       </c>
       <c r="C119" t="inlineStr">
         <is>
-          <t>1st quarter 2025</t>
+          <t>2nd quarter 2023</t>
         </is>
       </c>
       <c r="D119" s="1" t="n">
-        <v>5227341.0</v>
+        <v>5685286.0</v>
       </c>
     </row>
     <row r="120">
       <c r="A120" t="inlineStr">
         <is>
           <t>I Accommodation and food service activities</t>
         </is>
       </c>
       <c r="B120" t="inlineStr">
         <is>
-          <t>2025</t>
+          <t>2023</t>
         </is>
       </c>
       <c r="C120" t="inlineStr">
         <is>
-          <t>2nd quarter 2025</t>
+          <t>3rd quarter 2023</t>
         </is>
       </c>
       <c r="D120" s="1" t="n">
-        <v>6185620.0</v>
+        <v>5723352.0</v>
       </c>
     </row>
     <row r="121">
       <c r="A121" t="inlineStr">
         <is>
           <t>I Accommodation and food service activities</t>
         </is>
       </c>
       <c r="B121" t="inlineStr">
         <is>
-          <t>2025</t>
+          <t>2023</t>
         </is>
       </c>
       <c r="C121" t="inlineStr">
         <is>
-          <t>3rd quarter 2025</t>
+          <t>4th quarter 2023</t>
         </is>
       </c>
       <c r="D121" s="1" t="n">
-        <v>6145047.0</v>
+        <v>5625356.0</v>
       </c>
     </row>
     <row r="122">
       <c r="A122" t="inlineStr">
         <is>
-          <t>J Information and communication</t>
+          <t>I Accommodation and food service activities</t>
         </is>
       </c>
       <c r="B122" t="inlineStr">
         <is>
-          <t>2022</t>
+          <t>2024</t>
         </is>
       </c>
       <c r="C122" t="inlineStr">
         <is>
-          <t>1st quarter 2022</t>
+          <t>1st quarter 2024</t>
         </is>
       </c>
       <c r="D122" s="1" t="n">
-        <v>1.0995903E7</v>
+        <v>5073273.0</v>
       </c>
     </row>
     <row r="123">
       <c r="A123" t="inlineStr">
         <is>
-          <t>J Information and communication</t>
+          <t>I Accommodation and food service activities</t>
         </is>
       </c>
       <c r="B123" t="inlineStr">
         <is>
-          <t>2022</t>
+          <t>2024</t>
         </is>
       </c>
       <c r="C123" t="inlineStr">
         <is>
-          <t>2nd quarter 2022</t>
+          <t>2nd quarter 2024</t>
         </is>
       </c>
       <c r="D123" s="1" t="n">
-        <v>1.1351094E7</v>
+        <v>5884939.0</v>
       </c>
     </row>
     <row r="124">
       <c r="A124" t="inlineStr">
         <is>
-          <t>J Information and communication</t>
+          <t>I Accommodation and food service activities</t>
         </is>
       </c>
       <c r="B124" t="inlineStr">
         <is>
-          <t>2022</t>
+          <t>2024</t>
         </is>
       </c>
       <c r="C124" t="inlineStr">
         <is>
-          <t>3rd quarter 2022</t>
+          <t>3rd quarter 2024</t>
         </is>
       </c>
       <c r="D124" s="1" t="n">
-        <v>1.114799E7</v>
+        <v>5899124.0</v>
       </c>
     </row>
     <row r="125">
       <c r="A125" t="inlineStr">
         <is>
-          <t>J Information and communication</t>
+          <t>I Accommodation and food service activities</t>
         </is>
       </c>
       <c r="B125" t="inlineStr">
         <is>
-          <t>2022</t>
+          <t>2024</t>
         </is>
       </c>
       <c r="C125" t="inlineStr">
         <is>
-          <t>4th quarter 2022</t>
+          <t>4th quarter 2024</t>
         </is>
       </c>
       <c r="D125" s="1" t="n">
-        <v>1.3376213E7</v>
+        <v>5923159.0</v>
       </c>
     </row>
     <row r="126">
       <c r="A126" t="inlineStr">
         <is>
-          <t>J Information and communication</t>
+          <t>I Accommodation and food service activities</t>
         </is>
       </c>
       <c r="B126" t="inlineStr">
         <is>
-          <t>2023</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="C126" t="inlineStr">
         <is>
-          <t>1st quarter 2023</t>
+          <t>1st quarter 2025</t>
         </is>
       </c>
       <c r="D126" s="1" t="n">
-        <v>1.2555315E7</v>
+        <v>5227341.0</v>
       </c>
     </row>
     <row r="127">
       <c r="A127" t="inlineStr">
         <is>
-          <t>J Information and communication</t>
+          <t>I Accommodation and food service activities</t>
         </is>
       </c>
       <c r="B127" t="inlineStr">
         <is>
-          <t>2023</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="C127" t="inlineStr">
         <is>
-          <t>2nd quarter 2023</t>
+          <t>2nd quarter 2025</t>
         </is>
       </c>
       <c r="D127" s="1" t="n">
-        <v>1.243426E7</v>
+        <v>6185620.0</v>
       </c>
     </row>
     <row r="128">
       <c r="A128" t="inlineStr">
         <is>
-          <t>J Information and communication</t>
+          <t>I Accommodation and food service activities</t>
         </is>
       </c>
       <c r="B128" t="inlineStr">
         <is>
-          <t>2023</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="C128" t="inlineStr">
         <is>
-          <t>3rd quarter 2023</t>
+          <t>3rd quarter 2025</t>
         </is>
       </c>
       <c r="D128" s="1" t="n">
-        <v>1.1771425E7</v>
+        <v>6134771.0</v>
       </c>
     </row>
     <row r="129">
       <c r="A129" t="inlineStr">
         <is>
-          <t>J Information and communication</t>
+          <t>I Accommodation and food service activities</t>
         </is>
       </c>
       <c r="B129" t="inlineStr">
         <is>
-          <t>2023</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="C129" t="inlineStr">
         <is>
-          <t>4th quarter 2023</t>
+          <t>4th quarter 2025</t>
         </is>
       </c>
       <c r="D129" s="1" t="n">
-        <v>1.4180723E7</v>
+        <v>6138205.0</v>
       </c>
     </row>
     <row r="130">
       <c r="A130" t="inlineStr">
         <is>
           <t>J Information and communication</t>
         </is>
       </c>
       <c r="B130" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2022</t>
         </is>
       </c>
       <c r="C130" t="inlineStr">
         <is>
-          <t>1st quarter 2024</t>
+          <t>1st quarter 2022</t>
         </is>
       </c>
       <c r="D130" s="1" t="n">
-        <v>1.2893845E7</v>
+        <v>1.0995903E7</v>
       </c>
     </row>
     <row r="131">
       <c r="A131" t="inlineStr">
         <is>
           <t>J Information and communication</t>
         </is>
       </c>
       <c r="B131" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2022</t>
         </is>
       </c>
       <c r="C131" t="inlineStr">
         <is>
-          <t>2nd quarter 2024</t>
+          <t>2nd quarter 2022</t>
         </is>
       </c>
       <c r="D131" s="1" t="n">
-        <v>1.351992E7</v>
+        <v>1.1351094E7</v>
       </c>
     </row>
     <row r="132">
       <c r="A132" t="inlineStr">
         <is>
           <t>J Information and communication</t>
         </is>
       </c>
       <c r="B132" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2022</t>
         </is>
       </c>
       <c r="C132" t="inlineStr">
         <is>
-          <t>3rd quarter 2024</t>
+          <t>3rd quarter 2022</t>
         </is>
       </c>
       <c r="D132" s="1" t="n">
-        <v>1.2696442E7</v>
+        <v>1.114799E7</v>
       </c>
     </row>
     <row r="133">
       <c r="A133" t="inlineStr">
         <is>
           <t>J Information and communication</t>
         </is>
       </c>
       <c r="B133" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2022</t>
         </is>
       </c>
       <c r="C133" t="inlineStr">
         <is>
-          <t>4th quarter 2024</t>
+          <t>4th quarter 2022</t>
         </is>
       </c>
       <c r="D133" s="1" t="n">
-        <v>1.499199E7</v>
+        <v>1.3376213E7</v>
       </c>
     </row>
     <row r="134">
       <c r="A134" t="inlineStr">
         <is>
           <t>J Information and communication</t>
         </is>
       </c>
       <c r="B134" t="inlineStr">
         <is>
-          <t>2025</t>
+          <t>2023</t>
         </is>
       </c>
       <c r="C134" t="inlineStr">
         <is>
-          <t>1st quarter 2025</t>
+          <t>1st quarter 2023</t>
         </is>
       </c>
       <c r="D134" s="1" t="n">
-        <v>1.3722555E7</v>
+        <v>1.2555315E7</v>
       </c>
     </row>
     <row r="135">
       <c r="A135" t="inlineStr">
         <is>
           <t>J Information and communication</t>
         </is>
       </c>
       <c r="B135" t="inlineStr">
         <is>
-          <t>2025</t>
+          <t>2023</t>
         </is>
       </c>
       <c r="C135" t="inlineStr">
         <is>
-          <t>2nd quarter 2025</t>
+          <t>2nd quarter 2023</t>
         </is>
       </c>
       <c r="D135" s="1" t="n">
-        <v>1.3599546E7</v>
+        <v>1.243426E7</v>
       </c>
     </row>
     <row r="136">
       <c r="A136" t="inlineStr">
         <is>
           <t>J Information and communication</t>
         </is>
       </c>
       <c r="B136" t="inlineStr">
         <is>
-          <t>2025</t>
+          <t>2023</t>
         </is>
       </c>
       <c r="C136" t="inlineStr">
         <is>
-          <t>3rd quarter 2025</t>
+          <t>3rd quarter 2023</t>
         </is>
       </c>
       <c r="D136" s="1" t="n">
-        <v>1.3074626E7</v>
+        <v>1.1771425E7</v>
       </c>
     </row>
     <row r="137">
       <c r="A137" t="inlineStr">
         <is>
-          <t>M Professional, scientific and technical activities</t>
+          <t>J Information and communication</t>
         </is>
       </c>
       <c r="B137" t="inlineStr">
         <is>
-          <t>2022</t>
+          <t>2023</t>
         </is>
       </c>
       <c r="C137" t="inlineStr">
         <is>
-          <t>1st quarter 2022</t>
+          <t>4th quarter 2023</t>
         </is>
       </c>
       <c r="D137" s="1" t="n">
-        <v>1.883614E7</v>
+        <v>1.4180723E7</v>
       </c>
     </row>
     <row r="138">
       <c r="A138" t="inlineStr">
         <is>
-          <t>M Professional, scientific and technical activities</t>
+          <t>J Information and communication</t>
         </is>
       </c>
       <c r="B138" t="inlineStr">
         <is>
-          <t>2022</t>
+          <t>2024</t>
         </is>
       </c>
       <c r="C138" t="inlineStr">
         <is>
-          <t>2nd quarter 2022</t>
+          <t>1st quarter 2024</t>
         </is>
       </c>
       <c r="D138" s="1" t="n">
-        <v>1.9852955E7</v>
+        <v>1.2893845E7</v>
       </c>
     </row>
     <row r="139">
       <c r="A139" t="inlineStr">
         <is>
-          <t>M Professional, scientific and technical activities</t>
+          <t>J Information and communication</t>
         </is>
       </c>
       <c r="B139" t="inlineStr">
         <is>
-          <t>2022</t>
+          <t>2024</t>
         </is>
       </c>
       <c r="C139" t="inlineStr">
         <is>
-          <t>3rd quarter 2022</t>
+          <t>2nd quarter 2024</t>
         </is>
       </c>
       <c r="D139" s="1" t="n">
-        <v>1.9030765E7</v>
+        <v>1.351992E7</v>
       </c>
     </row>
     <row r="140">
       <c r="A140" t="inlineStr">
         <is>
-          <t>M Professional, scientific and technical activities</t>
+          <t>J Information and communication</t>
         </is>
       </c>
       <c r="B140" t="inlineStr">
         <is>
-          <t>2022</t>
+          <t>2024</t>
         </is>
       </c>
       <c r="C140" t="inlineStr">
         <is>
-          <t>4th quarter 2022</t>
+          <t>3rd quarter 2024</t>
         </is>
       </c>
       <c r="D140" s="1" t="n">
-        <v>2.3310905E7</v>
+        <v>1.2696442E7</v>
       </c>
     </row>
     <row r="141">
       <c r="A141" t="inlineStr">
         <is>
-          <t>M Professional, scientific and technical activities</t>
+          <t>J Information and communication</t>
         </is>
       </c>
       <c r="B141" t="inlineStr">
         <is>
-          <t>2023</t>
+          <t>2024</t>
         </is>
       </c>
       <c r="C141" t="inlineStr">
         <is>
-          <t>1st quarter 2023</t>
+          <t>4th quarter 2024</t>
         </is>
       </c>
       <c r="D141" s="1" t="n">
-        <v>2.007988E7</v>
+        <v>1.499199E7</v>
       </c>
     </row>
     <row r="142">
       <c r="A142" t="inlineStr">
         <is>
-          <t>M Professional, scientific and technical activities</t>
+          <t>J Information and communication</t>
         </is>
       </c>
       <c r="B142" t="inlineStr">
         <is>
-          <t>2023</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="C142" t="inlineStr">
         <is>
-          <t>2nd quarter 2023</t>
+          <t>1st quarter 2025</t>
         </is>
       </c>
       <c r="D142" s="1" t="n">
-        <v>2.1204957E7</v>
+        <v>1.3722555E7</v>
       </c>
     </row>
     <row r="143">
       <c r="A143" t="inlineStr">
         <is>
-          <t>M Professional, scientific and technical activities</t>
+          <t>J Information and communication</t>
         </is>
       </c>
       <c r="B143" t="inlineStr">
         <is>
-          <t>2023</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="C143" t="inlineStr">
         <is>
-          <t>3rd quarter 2023</t>
+          <t>2nd quarter 2025</t>
         </is>
       </c>
       <c r="D143" s="1" t="n">
-        <v>1.9420551E7</v>
+        <v>1.3599546E7</v>
       </c>
     </row>
     <row r="144">
       <c r="A144" t="inlineStr">
         <is>
-          <t>M Professional, scientific and technical activities</t>
+          <t>J Information and communication</t>
         </is>
       </c>
       <c r="B144" t="inlineStr">
         <is>
-          <t>2023</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="C144" t="inlineStr">
         <is>
-          <t>4th quarter 2023</t>
+          <t>3rd quarter 2025</t>
         </is>
       </c>
       <c r="D144" s="1" t="n">
-        <v>2.4949995E7</v>
+        <v>1.3035711E7</v>
       </c>
     </row>
     <row r="145">
       <c r="A145" t="inlineStr">
         <is>
-          <t>M Professional, scientific and technical activities</t>
+          <t>J Information and communication</t>
         </is>
       </c>
       <c r="B145" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="C145" t="inlineStr">
         <is>
-          <t>1st quarter 2024</t>
+          <t>4th quarter 2025</t>
         </is>
       </c>
       <c r="D145" s="1" t="n">
-        <v>2.0925162E7</v>
+        <v>1.5305448E7</v>
       </c>
     </row>
     <row r="146">
       <c r="A146" t="inlineStr">
         <is>
           <t>M Professional, scientific and technical activities</t>
         </is>
       </c>
       <c r="B146" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2022</t>
         </is>
       </c>
       <c r="C146" t="inlineStr">
         <is>
-          <t>2nd quarter 2024</t>
+          <t>1st quarter 2022</t>
         </is>
       </c>
       <c r="D146" s="1" t="n">
-        <v>2.1890777E7</v>
+        <v>1.883614E7</v>
       </c>
     </row>
     <row r="147">
       <c r="A147" t="inlineStr">
         <is>
           <t>M Professional, scientific and technical activities</t>
         </is>
       </c>
       <c r="B147" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2022</t>
         </is>
       </c>
       <c r="C147" t="inlineStr">
         <is>
-          <t>3rd quarter 2024</t>
+          <t>2nd quarter 2022</t>
         </is>
       </c>
       <c r="D147" s="1" t="n">
-        <v>2.0316275E7</v>
+        <v>1.9852955E7</v>
       </c>
     </row>
     <row r="148">
       <c r="A148" t="inlineStr">
         <is>
           <t>M Professional, scientific and technical activities</t>
         </is>
       </c>
       <c r="B148" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2022</t>
         </is>
       </c>
       <c r="C148" t="inlineStr">
         <is>
-          <t>4th quarter 2024</t>
+          <t>3rd quarter 2022</t>
         </is>
       </c>
       <c r="D148" s="1" t="n">
-        <v>2.5980671E7</v>
+        <v>1.9030765E7</v>
       </c>
     </row>
     <row r="149">
       <c r="A149" t="inlineStr">
         <is>
           <t>M Professional, scientific and technical activities</t>
         </is>
       </c>
       <c r="B149" t="inlineStr">
         <is>
-          <t>2025</t>
+          <t>2022</t>
         </is>
       </c>
       <c r="C149" t="inlineStr">
         <is>
-          <t>1st quarter 2025</t>
+          <t>4th quarter 2022</t>
         </is>
       </c>
       <c r="D149" s="1" t="n">
-        <v>2.2021498E7</v>
+        <v>2.3310905E7</v>
       </c>
     </row>
     <row r="150">
       <c r="A150" t="inlineStr">
         <is>
           <t>M Professional, scientific and technical activities</t>
         </is>
       </c>
       <c r="B150" t="inlineStr">
         <is>
-          <t>2025</t>
+          <t>2023</t>
         </is>
       </c>
       <c r="C150" t="inlineStr">
         <is>
-          <t>2nd quarter 2025</t>
+          <t>1st quarter 2023</t>
         </is>
       </c>
       <c r="D150" s="1" t="n">
-        <v>2.2738648E7</v>
+        <v>2.007988E7</v>
       </c>
     </row>
     <row r="151">
       <c r="A151" t="inlineStr">
         <is>
           <t>M Professional, scientific and technical activities</t>
         </is>
       </c>
       <c r="B151" t="inlineStr">
         <is>
-          <t>2025</t>
+          <t>2023</t>
         </is>
       </c>
       <c r="C151" t="inlineStr">
         <is>
-          <t>3rd quarter 2025</t>
+          <t>2nd quarter 2023</t>
         </is>
       </c>
       <c r="D151" s="1" t="n">
-        <v>2.1933549E7</v>
+        <v>2.1204957E7</v>
       </c>
     </row>
     <row r="152">
       <c r="A152" t="inlineStr">
         <is>
-          <t>N Administrative and support service activities</t>
+          <t>M Professional, scientific and technical activities</t>
         </is>
       </c>
       <c r="B152" t="inlineStr">
         <is>
-          <t>2022</t>
+          <t>2023</t>
         </is>
       </c>
       <c r="C152" t="inlineStr">
         <is>
-          <t>1st quarter 2022</t>
+          <t>3rd quarter 2023</t>
         </is>
       </c>
       <c r="D152" s="1" t="n">
-        <v>1.3828994E7</v>
+        <v>1.9420551E7</v>
       </c>
     </row>
     <row r="153">
       <c r="A153" t="inlineStr">
         <is>
-          <t>N Administrative and support service activities</t>
+          <t>M Professional, scientific and technical activities</t>
         </is>
       </c>
       <c r="B153" t="inlineStr">
         <is>
-          <t>2022</t>
+          <t>2023</t>
         </is>
       </c>
       <c r="C153" t="inlineStr">
         <is>
-          <t>2nd quarter 2022</t>
+          <t>4th quarter 2023</t>
         </is>
       </c>
       <c r="D153" s="1" t="n">
-        <v>1.5499049E7</v>
+        <v>2.4949995E7</v>
       </c>
     </row>
     <row r="154">
       <c r="A154" t="inlineStr">
         <is>
-          <t>N Administrative and support service activities</t>
+          <t>M Professional, scientific and technical activities</t>
         </is>
       </c>
       <c r="B154" t="inlineStr">
         <is>
-          <t>2022</t>
+          <t>2024</t>
         </is>
       </c>
       <c r="C154" t="inlineStr">
         <is>
-          <t>3rd quarter 2022</t>
+          <t>1st quarter 2024</t>
         </is>
       </c>
       <c r="D154" s="1" t="n">
-        <v>1.518144E7</v>
+        <v>2.0925162E7</v>
       </c>
     </row>
     <row r="155">
       <c r="A155" t="inlineStr">
         <is>
-          <t>N Administrative and support service activities</t>
+          <t>M Professional, scientific and technical activities</t>
         </is>
       </c>
       <c r="B155" t="inlineStr">
         <is>
-          <t>2022</t>
+          <t>2024</t>
         </is>
       </c>
       <c r="C155" t="inlineStr">
         <is>
-          <t>4th quarter 2022</t>
+          <t>2nd quarter 2024</t>
         </is>
       </c>
       <c r="D155" s="1" t="n">
-        <v>1.6666302E7</v>
+        <v>2.1890777E7</v>
       </c>
     </row>
     <row r="156">
       <c r="A156" t="inlineStr">
         <is>
-          <t>N Administrative and support service activities</t>
+          <t>M Professional, scientific and technical activities</t>
         </is>
       </c>
       <c r="B156" t="inlineStr">
         <is>
-          <t>2023</t>
+          <t>2024</t>
         </is>
       </c>
       <c r="C156" t="inlineStr">
         <is>
-          <t>1st quarter 2023</t>
+          <t>3rd quarter 2024</t>
         </is>
       </c>
       <c r="D156" s="1" t="n">
-        <v>1.4951227E7</v>
+        <v>2.0316275E7</v>
       </c>
     </row>
     <row r="157">
       <c r="A157" t="inlineStr">
         <is>
-          <t>N Administrative and support service activities</t>
+          <t>M Professional, scientific and technical activities</t>
         </is>
       </c>
       <c r="B157" t="inlineStr">
         <is>
-          <t>2023</t>
+          <t>2024</t>
         </is>
       </c>
       <c r="C157" t="inlineStr">
         <is>
-          <t>2nd quarter 2023</t>
+          <t>4th quarter 2024</t>
         </is>
       </c>
       <c r="D157" s="1" t="n">
-        <v>1.7046457E7</v>
+        <v>2.5980671E7</v>
       </c>
     </row>
     <row r="158">
       <c r="A158" t="inlineStr">
         <is>
-          <t>N Administrative and support service activities</t>
+          <t>M Professional, scientific and technical activities</t>
         </is>
       </c>
       <c r="B158" t="inlineStr">
         <is>
-          <t>2023</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="C158" t="inlineStr">
         <is>
-          <t>3rd quarter 2023</t>
+          <t>1st quarter 2025</t>
         </is>
       </c>
       <c r="D158" s="1" t="n">
-        <v>1.7182187E7</v>
+        <v>2.2021498E7</v>
       </c>
     </row>
     <row r="159">
       <c r="A159" t="inlineStr">
         <is>
-          <t>N Administrative and support service activities</t>
+          <t>M Professional, scientific and technical activities</t>
         </is>
       </c>
       <c r="B159" t="inlineStr">
         <is>
-          <t>2023</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="C159" t="inlineStr">
         <is>
-          <t>4th quarter 2023</t>
+          <t>2nd quarter 2025</t>
         </is>
       </c>
       <c r="D159" s="1" t="n">
-        <v>1.8479409E7</v>
+        <v>2.2738648E7</v>
       </c>
     </row>
     <row r="160">
       <c r="A160" t="inlineStr">
         <is>
-          <t>N Administrative and support service activities</t>
+          <t>M Professional, scientific and technical activities</t>
         </is>
       </c>
       <c r="B160" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="C160" t="inlineStr">
         <is>
-          <t>1st quarter 2024</t>
+          <t>3rd quarter 2025</t>
         </is>
       </c>
       <c r="D160" s="1" t="n">
-        <v>1.7431919E7</v>
+        <v>2.1607674E7</v>
       </c>
     </row>
     <row r="161">
       <c r="A161" t="inlineStr">
         <is>
-          <t>N Administrative and support service activities</t>
+          <t>M Professional, scientific and technical activities</t>
         </is>
       </c>
       <c r="B161" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="C161" t="inlineStr">
         <is>
-          <t>2nd quarter 2024</t>
+          <t>4th quarter 2025</t>
         </is>
       </c>
       <c r="D161" s="1" t="n">
-        <v>1.8652632E7</v>
+        <v>2.6050463E7</v>
       </c>
     </row>
     <row r="162">
       <c r="A162" t="inlineStr">
         <is>
           <t>N Administrative and support service activities</t>
         </is>
       </c>
       <c r="B162" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2022</t>
         </is>
       </c>
       <c r="C162" t="inlineStr">
         <is>
-          <t>3rd quarter 2024</t>
+          <t>1st quarter 2022</t>
         </is>
       </c>
       <c r="D162" s="1" t="n">
-        <v>1.8193687E7</v>
+        <v>1.3828994E7</v>
       </c>
     </row>
     <row r="163">
       <c r="A163" t="inlineStr">
         <is>
           <t>N Administrative and support service activities</t>
         </is>
       </c>
       <c r="B163" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2022</t>
         </is>
       </c>
       <c r="C163" t="inlineStr">
         <is>
-          <t>4th quarter 2024</t>
+          <t>2nd quarter 2022</t>
         </is>
       </c>
       <c r="D163" s="1" t="n">
-        <v>1.9369533E7</v>
+        <v>1.5499049E7</v>
       </c>
     </row>
     <row r="164">
       <c r="A164" t="inlineStr">
         <is>
           <t>N Administrative and support service activities</t>
         </is>
       </c>
       <c r="B164" t="inlineStr">
         <is>
-          <t>2025</t>
+          <t>2022</t>
         </is>
       </c>
       <c r="C164" t="inlineStr">
         <is>
-          <t>1st quarter 2025</t>
+          <t>3rd quarter 2022</t>
         </is>
       </c>
       <c r="D164" s="1" t="n">
-        <v>1.7793846E7</v>
+        <v>1.518144E7</v>
       </c>
     </row>
     <row r="165">
       <c r="A165" t="inlineStr">
         <is>
           <t>N Administrative and support service activities</t>
         </is>
       </c>
       <c r="B165" t="inlineStr">
         <is>
-          <t>2025</t>
+          <t>2022</t>
         </is>
       </c>
       <c r="C165" t="inlineStr">
         <is>
-          <t>2nd quarter 2025</t>
+          <t>4th quarter 2022</t>
         </is>
       </c>
       <c r="D165" s="1" t="n">
-        <v>1.6078398E7</v>
+        <v>1.6666302E7</v>
       </c>
     </row>
     <row r="166">
       <c r="A166" t="inlineStr">
         <is>
           <t>N Administrative and support service activities</t>
         </is>
       </c>
       <c r="B166" t="inlineStr">
         <is>
-          <t>2025</t>
+          <t>2023</t>
         </is>
       </c>
       <c r="C166" t="inlineStr">
         <is>
-          <t>3rd quarter 2025</t>
+          <t>1st quarter 2023</t>
         </is>
       </c>
       <c r="D166" s="1" t="n">
-        <v>1.5415744E7</v>
+        <v>1.4951227E7</v>
       </c>
     </row>
     <row r="167">
       <c r="A167" t="inlineStr">
         <is>
-          <t>R Arts, entertainment and recreation</t>
+          <t>N Administrative and support service activities</t>
         </is>
       </c>
       <c r="B167" t="inlineStr">
         <is>
-          <t>2022</t>
+          <t>2023</t>
         </is>
       </c>
       <c r="C167" t="inlineStr">
         <is>
-          <t>1st quarter 2022</t>
+          <t>2nd quarter 2023</t>
         </is>
       </c>
       <c r="D167" s="1" t="n">
-        <v>1286406.0</v>
+        <v>1.7046457E7</v>
       </c>
     </row>
     <row r="168">
       <c r="A168" t="inlineStr">
         <is>
-          <t>R Arts, entertainment and recreation</t>
+          <t>N Administrative and support service activities</t>
         </is>
       </c>
       <c r="B168" t="inlineStr">
         <is>
-          <t>2022</t>
+          <t>2023</t>
         </is>
       </c>
       <c r="C168" t="inlineStr">
         <is>
-          <t>2nd quarter 2022</t>
+          <t>3rd quarter 2023</t>
         </is>
       </c>
       <c r="D168" s="1" t="n">
-        <v>1577382.0</v>
+        <v>1.7182187E7</v>
       </c>
     </row>
     <row r="169">
       <c r="A169" t="inlineStr">
         <is>
-          <t>R Arts, entertainment and recreation</t>
+          <t>N Administrative and support service activities</t>
         </is>
       </c>
       <c r="B169" t="inlineStr">
         <is>
-          <t>2022</t>
+          <t>2023</t>
         </is>
       </c>
       <c r="C169" t="inlineStr">
         <is>
-          <t>3rd quarter 2022</t>
+          <t>4th quarter 2023</t>
         </is>
       </c>
       <c r="D169" s="1" t="n">
-        <v>1936718.0</v>
+        <v>1.8479409E7</v>
       </c>
     </row>
     <row r="170">
       <c r="A170" t="inlineStr">
         <is>
-          <t>R Arts, entertainment and recreation</t>
+          <t>N Administrative and support service activities</t>
         </is>
       </c>
       <c r="B170" t="inlineStr">
         <is>
-          <t>2022</t>
+          <t>2024</t>
         </is>
       </c>
       <c r="C170" t="inlineStr">
         <is>
-          <t>4th quarter 2022</t>
+          <t>1st quarter 2024</t>
         </is>
       </c>
       <c r="D170" s="1" t="n">
-        <v>1894733.0</v>
+        <v>1.7431919E7</v>
       </c>
     </row>
     <row r="171">
       <c r="A171" t="inlineStr">
         <is>
-          <t>R Arts, entertainment and recreation</t>
+          <t>N Administrative and support service activities</t>
         </is>
       </c>
       <c r="B171" t="inlineStr">
         <is>
-          <t>2023</t>
+          <t>2024</t>
         </is>
       </c>
       <c r="C171" t="inlineStr">
         <is>
-          <t>1st quarter 2023</t>
+          <t>2nd quarter 2024</t>
         </is>
       </c>
       <c r="D171" s="1" t="n">
-        <v>1704148.0</v>
+        <v>1.8652632E7</v>
       </c>
     </row>
     <row r="172">
       <c r="A172" t="inlineStr">
         <is>
-          <t>R Arts, entertainment and recreation</t>
+          <t>N Administrative and support service activities</t>
         </is>
       </c>
       <c r="B172" t="inlineStr">
         <is>
-          <t>2023</t>
+          <t>2024</t>
         </is>
       </c>
       <c r="C172" t="inlineStr">
         <is>
-          <t>2nd quarter 2023</t>
+          <t>3rd quarter 2024</t>
         </is>
       </c>
       <c r="D172" s="1" t="n">
-        <v>1772479.0</v>
+        <v>1.8193687E7</v>
       </c>
     </row>
     <row r="173">
       <c r="A173" t="inlineStr">
         <is>
-          <t>R Arts, entertainment and recreation</t>
+          <t>N Administrative and support service activities</t>
         </is>
       </c>
       <c r="B173" t="inlineStr">
         <is>
-          <t>2023</t>
+          <t>2024</t>
         </is>
       </c>
       <c r="C173" t="inlineStr">
         <is>
-          <t>3rd quarter 2023</t>
+          <t>4th quarter 2024</t>
         </is>
       </c>
       <c r="D173" s="1" t="n">
-        <v>2129968.0</v>
+        <v>1.9369533E7</v>
       </c>
     </row>
     <row r="174">
       <c r="A174" t="inlineStr">
         <is>
-          <t>R Arts, entertainment and recreation</t>
+          <t>N Administrative and support service activities</t>
         </is>
       </c>
       <c r="B174" t="inlineStr">
         <is>
-          <t>2023</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="C174" t="inlineStr">
         <is>
-          <t>4th quarter 2023</t>
+          <t>1st quarter 2025</t>
         </is>
       </c>
       <c r="D174" s="1" t="n">
-        <v>2137157.0</v>
+        <v>1.7793846E7</v>
       </c>
     </row>
     <row r="175">
       <c r="A175" t="inlineStr">
         <is>
-          <t>R Arts, entertainment and recreation</t>
+          <t>N Administrative and support service activities</t>
         </is>
       </c>
       <c r="B175" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="C175" t="inlineStr">
         <is>
-          <t>1st quarter 2024</t>
+          <t>2nd quarter 2025</t>
         </is>
       </c>
       <c r="D175" s="1" t="n">
-        <v>1993876.0</v>
+        <v>1.6078398E7</v>
       </c>
     </row>
     <row r="176">
       <c r="A176" t="inlineStr">
         <is>
-          <t>R Arts, entertainment and recreation</t>
+          <t>N Administrative and support service activities</t>
         </is>
       </c>
       <c r="B176" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="C176" t="inlineStr">
         <is>
-          <t>2nd quarter 2024</t>
+          <t>3rd quarter 2025</t>
         </is>
       </c>
       <c r="D176" s="1" t="n">
-        <v>1889024.0</v>
+        <v>1.5401453E7</v>
       </c>
     </row>
     <row r="177">
       <c r="A177" t="inlineStr">
         <is>
-          <t>R Arts, entertainment and recreation</t>
+          <t>N Administrative and support service activities</t>
         </is>
       </c>
       <c r="B177" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="C177" t="inlineStr">
         <is>
-          <t>3rd quarter 2024</t>
+          <t>4th quarter 2025</t>
         </is>
       </c>
       <c r="D177" s="1" t="n">
-        <v>2362869.0</v>
+        <v>1.6851841E7</v>
       </c>
     </row>
     <row r="178">
       <c r="A178" t="inlineStr">
         <is>
           <t>R Arts, entertainment and recreation</t>
         </is>
       </c>
       <c r="B178" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2022</t>
         </is>
       </c>
       <c r="C178" t="inlineStr">
         <is>
-          <t>4th quarter 2024</t>
+          <t>1st quarter 2022</t>
         </is>
       </c>
       <c r="D178" s="1" t="n">
-        <v>2179586.0</v>
+        <v>1286406.0</v>
       </c>
     </row>
     <row r="179">
       <c r="A179" t="inlineStr">
         <is>
           <t>R Arts, entertainment and recreation</t>
         </is>
       </c>
       <c r="B179" t="inlineStr">
         <is>
-          <t>2025</t>
+          <t>2022</t>
         </is>
       </c>
       <c r="C179" t="inlineStr">
         <is>
-          <t>1st quarter 2025</t>
+          <t>2nd quarter 2022</t>
         </is>
       </c>
       <c r="D179" s="1" t="n">
-        <v>1929925.0</v>
+        <v>1577382.0</v>
       </c>
     </row>
     <row r="180">
       <c r="A180" t="inlineStr">
         <is>
           <t>R Arts, entertainment and recreation</t>
         </is>
       </c>
       <c r="B180" t="inlineStr">
         <is>
-          <t>2025</t>
+          <t>2022</t>
         </is>
       </c>
       <c r="C180" t="inlineStr">
         <is>
-          <t>2nd quarter 2025</t>
+          <t>3rd quarter 2022</t>
         </is>
       </c>
       <c r="D180" s="1" t="n">
-        <v>2057588.0</v>
+        <v>1936718.0</v>
       </c>
     </row>
     <row r="181">
       <c r="A181" t="inlineStr">
         <is>
           <t>R Arts, entertainment and recreation</t>
         </is>
       </c>
       <c r="B181" t="inlineStr">
         <is>
-          <t>2025</t>
+          <t>2022</t>
         </is>
       </c>
       <c r="C181" t="inlineStr">
         <is>
-          <t>3rd quarter 2025</t>
+          <t>4th quarter 2022</t>
         </is>
       </c>
       <c r="D181" s="1" t="n">
-        <v>2470991.0</v>
+        <v>1894733.0</v>
       </c>
     </row>
     <row r="182">
       <c r="A182" t="inlineStr">
         <is>
-          <t>S Other service activities</t>
+          <t>R Arts, entertainment and recreation</t>
         </is>
       </c>
       <c r="B182" t="inlineStr">
         <is>
-          <t>2022</t>
+          <t>2023</t>
         </is>
       </c>
       <c r="C182" t="inlineStr">
         <is>
-          <t>1st quarter 2022</t>
+          <t>1st quarter 2023</t>
         </is>
       </c>
       <c r="D182" s="1" t="n">
-        <v>919757.0</v>
+        <v>1704148.0</v>
       </c>
     </row>
     <row r="183">
       <c r="A183" t="inlineStr">
         <is>
-          <t>S Other service activities</t>
+          <t>R Arts, entertainment and recreation</t>
         </is>
       </c>
       <c r="B183" t="inlineStr">
         <is>
-          <t>2022</t>
+          <t>2023</t>
         </is>
       </c>
       <c r="C183" t="inlineStr">
         <is>
-          <t>2nd quarter 2022</t>
+          <t>2nd quarter 2023</t>
         </is>
       </c>
       <c r="D183" s="1" t="n">
-        <v>1015014.0</v>
+        <v>1772479.0</v>
       </c>
     </row>
     <row r="184">
       <c r="A184" t="inlineStr">
         <is>
-          <t>S Other service activities</t>
+          <t>R Arts, entertainment and recreation</t>
         </is>
       </c>
       <c r="B184" t="inlineStr">
         <is>
-          <t>2022</t>
+          <t>2023</t>
         </is>
       </c>
       <c r="C184" t="inlineStr">
         <is>
-          <t>3rd quarter 2022</t>
+          <t>3rd quarter 2023</t>
         </is>
       </c>
       <c r="D184" s="1" t="n">
-        <v>948544.0</v>
+        <v>2129968.0</v>
       </c>
     </row>
     <row r="185">
       <c r="A185" t="inlineStr">
         <is>
-          <t>S Other service activities</t>
+          <t>R Arts, entertainment and recreation</t>
         </is>
       </c>
       <c r="B185" t="inlineStr">
         <is>
-          <t>2022</t>
+          <t>2023</t>
         </is>
       </c>
       <c r="C185" t="inlineStr">
         <is>
-          <t>4th quarter 2022</t>
+          <t>4th quarter 2023</t>
         </is>
       </c>
       <c r="D185" s="1" t="n">
-        <v>1091657.0</v>
+        <v>2137157.0</v>
       </c>
     </row>
     <row r="186">
       <c r="A186" t="inlineStr">
         <is>
-          <t>S Other service activities</t>
+          <t>R Arts, entertainment and recreation</t>
         </is>
       </c>
       <c r="B186" t="inlineStr">
         <is>
-          <t>2023</t>
+          <t>2024</t>
         </is>
       </c>
       <c r="C186" t="inlineStr">
         <is>
-          <t>1st quarter 2023</t>
+          <t>1st quarter 2024</t>
         </is>
       </c>
       <c r="D186" s="1" t="n">
-        <v>1047029.0</v>
+        <v>1993876.0</v>
       </c>
     </row>
     <row r="187">
       <c r="A187" t="inlineStr">
         <is>
-          <t>S Other service activities</t>
+          <t>R Arts, entertainment and recreation</t>
         </is>
       </c>
       <c r="B187" t="inlineStr">
         <is>
-          <t>2023</t>
+          <t>2024</t>
         </is>
       </c>
       <c r="C187" t="inlineStr">
         <is>
-          <t>2nd quarter 2023</t>
+          <t>2nd quarter 2024</t>
         </is>
       </c>
       <c r="D187" s="1" t="n">
-        <v>1069742.0</v>
+        <v>1889024.0</v>
       </c>
     </row>
     <row r="188">
       <c r="A188" t="inlineStr">
         <is>
-          <t>S Other service activities</t>
+          <t>R Arts, entertainment and recreation</t>
         </is>
       </c>
       <c r="B188" t="inlineStr">
         <is>
-          <t>2023</t>
+          <t>2024</t>
         </is>
       </c>
       <c r="C188" t="inlineStr">
         <is>
-          <t>3rd quarter 2023</t>
+          <t>3rd quarter 2024</t>
         </is>
       </c>
       <c r="D188" s="1" t="n">
-        <v>1004663.0</v>
+        <v>2362869.0</v>
       </c>
     </row>
     <row r="189">
       <c r="A189" t="inlineStr">
         <is>
-          <t>S Other service activities</t>
+          <t>R Arts, entertainment and recreation</t>
         </is>
       </c>
       <c r="B189" t="inlineStr">
         <is>
-          <t>2023</t>
+          <t>2024</t>
         </is>
       </c>
       <c r="C189" t="inlineStr">
         <is>
-          <t>4th quarter 2023</t>
+          <t>4th quarter 2024</t>
         </is>
       </c>
       <c r="D189" s="1" t="n">
-        <v>1138282.0</v>
+        <v>2179586.0</v>
       </c>
     </row>
     <row r="190">
       <c r="A190" t="inlineStr">
         <is>
-          <t>S Other service activities</t>
+          <t>R Arts, entertainment and recreation</t>
         </is>
       </c>
       <c r="B190" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="C190" t="inlineStr">
         <is>
-          <t>1st quarter 2024</t>
+          <t>1st quarter 2025</t>
         </is>
       </c>
       <c r="D190" s="1" t="n">
-        <v>1063532.0</v>
+        <v>1929925.0</v>
       </c>
     </row>
     <row r="191">
       <c r="A191" t="inlineStr">
         <is>
-          <t>S Other service activities</t>
+          <t>R Arts, entertainment and recreation</t>
         </is>
       </c>
       <c r="B191" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="C191" t="inlineStr">
         <is>
-          <t>2nd quarter 2024</t>
+          <t>2nd quarter 2025</t>
         </is>
       </c>
       <c r="D191" s="1" t="n">
-        <v>1087753.0</v>
+        <v>2057588.0</v>
       </c>
     </row>
     <row r="192">
       <c r="A192" t="inlineStr">
         <is>
-          <t>S Other service activities</t>
+          <t>R Arts, entertainment and recreation</t>
         </is>
       </c>
       <c r="B192" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="C192" t="inlineStr">
         <is>
-          <t>3rd quarter 2024</t>
+          <t>3rd quarter 2025</t>
         </is>
       </c>
       <c r="D192" s="1" t="n">
-        <v>1038811.0</v>
+        <v>2470143.0</v>
       </c>
     </row>
     <row r="193">
       <c r="A193" t="inlineStr">
         <is>
-          <t>S Other service activities</t>
+          <t>R Arts, entertainment and recreation</t>
         </is>
       </c>
       <c r="B193" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="C193" t="inlineStr">
         <is>
-          <t>4th quarter 2024</t>
+          <t>4th quarter 2025</t>
         </is>
       </c>
       <c r="D193" s="1" t="n">
-        <v>1200114.0</v>
+        <v>2222945.0</v>
       </c>
     </row>
     <row r="194">
       <c r="A194" t="inlineStr">
         <is>
           <t>S Other service activities</t>
         </is>
       </c>
       <c r="B194" t="inlineStr">
         <is>
-          <t>2025</t>
+          <t>2022</t>
         </is>
       </c>
       <c r="C194" t="inlineStr">
         <is>
-          <t>1st quarter 2025</t>
+          <t>1st quarter 2022</t>
         </is>
       </c>
       <c r="D194" s="1" t="n">
-        <v>1102898.0</v>
+        <v>919757.0</v>
       </c>
     </row>
     <row r="195">
       <c r="A195" t="inlineStr">
         <is>
           <t>S Other service activities</t>
         </is>
       </c>
       <c r="B195" t="inlineStr">
         <is>
-          <t>2025</t>
+          <t>2022</t>
         </is>
       </c>
       <c r="C195" t="inlineStr">
         <is>
-          <t>2nd quarter 2025</t>
+          <t>2nd quarter 2022</t>
         </is>
       </c>
       <c r="D195" s="1" t="n">
-        <v>1140152.0</v>
+        <v>1015014.0</v>
       </c>
     </row>
     <row r="196">
       <c r="A196" t="inlineStr">
         <is>
           <t>S Other service activities</t>
         </is>
       </c>
       <c r="B196" t="inlineStr">
         <is>
+          <t>2022</t>
+        </is>
+      </c>
+      <c r="C196" t="inlineStr">
+        <is>
+          <t>3rd quarter 2022</t>
+        </is>
+      </c>
+      <c r="D196" s="1" t="n">
+        <v>948544.0</v>
+      </c>
+    </row>
+    <row r="197">
+      <c r="A197" t="inlineStr">
+        <is>
+          <t>S Other service activities</t>
+        </is>
+      </c>
+      <c r="B197" t="inlineStr">
+        <is>
+          <t>2022</t>
+        </is>
+      </c>
+      <c r="C197" t="inlineStr">
+        <is>
+          <t>4th quarter 2022</t>
+        </is>
+      </c>
+      <c r="D197" s="1" t="n">
+        <v>1091657.0</v>
+      </c>
+    </row>
+    <row r="198">
+      <c r="A198" t="inlineStr">
+        <is>
+          <t>S Other service activities</t>
+        </is>
+      </c>
+      <c r="B198" t="inlineStr">
+        <is>
+          <t>2023</t>
+        </is>
+      </c>
+      <c r="C198" t="inlineStr">
+        <is>
+          <t>1st quarter 2023</t>
+        </is>
+      </c>
+      <c r="D198" s="1" t="n">
+        <v>1047029.0</v>
+      </c>
+    </row>
+    <row r="199">
+      <c r="A199" t="inlineStr">
+        <is>
+          <t>S Other service activities</t>
+        </is>
+      </c>
+      <c r="B199" t="inlineStr">
+        <is>
+          <t>2023</t>
+        </is>
+      </c>
+      <c r="C199" t="inlineStr">
+        <is>
+          <t>2nd quarter 2023</t>
+        </is>
+      </c>
+      <c r="D199" s="1" t="n">
+        <v>1069742.0</v>
+      </c>
+    </row>
+    <row r="200">
+      <c r="A200" t="inlineStr">
+        <is>
+          <t>S Other service activities</t>
+        </is>
+      </c>
+      <c r="B200" t="inlineStr">
+        <is>
+          <t>2023</t>
+        </is>
+      </c>
+      <c r="C200" t="inlineStr">
+        <is>
+          <t>3rd quarter 2023</t>
+        </is>
+      </c>
+      <c r="D200" s="1" t="n">
+        <v>1004663.0</v>
+      </c>
+    </row>
+    <row r="201">
+      <c r="A201" t="inlineStr">
+        <is>
+          <t>S Other service activities</t>
+        </is>
+      </c>
+      <c r="B201" t="inlineStr">
+        <is>
+          <t>2023</t>
+        </is>
+      </c>
+      <c r="C201" t="inlineStr">
+        <is>
+          <t>4th quarter 2023</t>
+        </is>
+      </c>
+      <c r="D201" s="1" t="n">
+        <v>1138282.0</v>
+      </c>
+    </row>
+    <row r="202">
+      <c r="A202" t="inlineStr">
+        <is>
+          <t>S Other service activities</t>
+        </is>
+      </c>
+      <c r="B202" t="inlineStr">
+        <is>
+          <t>2024</t>
+        </is>
+      </c>
+      <c r="C202" t="inlineStr">
+        <is>
+          <t>1st quarter 2024</t>
+        </is>
+      </c>
+      <c r="D202" s="1" t="n">
+        <v>1063532.0</v>
+      </c>
+    </row>
+    <row r="203">
+      <c r="A203" t="inlineStr">
+        <is>
+          <t>S Other service activities</t>
+        </is>
+      </c>
+      <c r="B203" t="inlineStr">
+        <is>
+          <t>2024</t>
+        </is>
+      </c>
+      <c r="C203" t="inlineStr">
+        <is>
+          <t>2nd quarter 2024</t>
+        </is>
+      </c>
+      <c r="D203" s="1" t="n">
+        <v>1087753.0</v>
+      </c>
+    </row>
+    <row r="204">
+      <c r="A204" t="inlineStr">
+        <is>
+          <t>S Other service activities</t>
+        </is>
+      </c>
+      <c r="B204" t="inlineStr">
+        <is>
+          <t>2024</t>
+        </is>
+      </c>
+      <c r="C204" t="inlineStr">
+        <is>
+          <t>3rd quarter 2024</t>
+        </is>
+      </c>
+      <c r="D204" s="1" t="n">
+        <v>1038811.0</v>
+      </c>
+    </row>
+    <row r="205">
+      <c r="A205" t="inlineStr">
+        <is>
+          <t>S Other service activities</t>
+        </is>
+      </c>
+      <c r="B205" t="inlineStr">
+        <is>
+          <t>2024</t>
+        </is>
+      </c>
+      <c r="C205" t="inlineStr">
+        <is>
+          <t>4th quarter 2024</t>
+        </is>
+      </c>
+      <c r="D205" s="1" t="n">
+        <v>1200114.0</v>
+      </c>
+    </row>
+    <row r="206">
+      <c r="A206" t="inlineStr">
+        <is>
+          <t>S Other service activities</t>
+        </is>
+      </c>
+      <c r="B206" t="inlineStr">
+        <is>
           <t>2025</t>
         </is>
       </c>
-      <c r="C196" t="inlineStr">
+      <c r="C206" t="inlineStr">
+        <is>
+          <t>1st quarter 2025</t>
+        </is>
+      </c>
+      <c r="D206" s="1" t="n">
+        <v>1102898.0</v>
+      </c>
+    </row>
+    <row r="207">
+      <c r="A207" t="inlineStr">
+        <is>
+          <t>S Other service activities</t>
+        </is>
+      </c>
+      <c r="B207" t="inlineStr">
+        <is>
+          <t>2025</t>
+        </is>
+      </c>
+      <c r="C207" t="inlineStr">
+        <is>
+          <t>2nd quarter 2025</t>
+        </is>
+      </c>
+      <c r="D207" s="1" t="n">
+        <v>1140152.0</v>
+      </c>
+    </row>
+    <row r="208">
+      <c r="A208" t="inlineStr">
+        <is>
+          <t>S Other service activities</t>
+        </is>
+      </c>
+      <c r="B208" t="inlineStr">
+        <is>
+          <t>2025</t>
+        </is>
+      </c>
+      <c r="C208" t="inlineStr">
         <is>
           <t>3rd quarter 2025</t>
         </is>
       </c>
-      <c r="D196" s="1" t="n">
-        <v>1102303.0</v>
+      <c r="D208" s="1" t="n">
+        <v>1097176.0</v>
+      </c>
+    </row>
+    <row r="209">
+      <c r="A209" t="inlineStr">
+        <is>
+          <t>S Other service activities</t>
+        </is>
+      </c>
+      <c r="B209" t="inlineStr">
+        <is>
+          <t>2025</t>
+        </is>
+      </c>
+      <c r="C209" t="inlineStr">
+        <is>
+          <t>4th quarter 2025</t>
+        </is>
+      </c>
+      <c r="D209" s="1" t="n">
+        <v>1247751.0</v>
       </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <coreProperties xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </coreProperties>
 </file>