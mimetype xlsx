--- v0 (2025-10-31)
+++ v1 (2025-12-31)
@@ -335,567 +335,563 @@
       </c>
       <c r="F7"/>
       <c r="G7"/>
       <c r="H7"/>
       <c r="I7" s="2" t="n">
         <v>31254.60000000011</v>
       </c>
     </row>
     <row r="8">
       <c r="A8"/>
       <c r="B8" t="inlineStr">
         <is>
           <t>Solid fossil fuels</t>
         </is>
       </c>
       <c r="C8" t="inlineStr">
         <is>
           <t>Other bituminous coal</t>
         </is>
       </c>
       <c r="D8"/>
       <c r="E8"/>
       <c r="F8"/>
       <c r="G8"/>
       <c r="H8" s="2" t="n">
-        <v>22.400000000000077</v>
+        <v>12.700000000000044</v>
       </c>
       <c r="I8" s="2" t="n">
-        <v>22.400000000000077</v>
+        <v>12.700000000000044</v>
       </c>
     </row>
     <row r="9">
       <c r="A9"/>
       <c r="B9" t="inlineStr">
         <is>
           <t>Manufactered gases</t>
         </is>
       </c>
       <c r="C9" t="inlineStr">
         <is>
           <t>Coke oven gas</t>
         </is>
       </c>
       <c r="D9"/>
       <c r="E9" s="2" t="n">
-        <v>7.500000000000027</v>
+        <v>1.2000000000000042</v>
       </c>
       <c r="F9"/>
       <c r="G9"/>
       <c r="H9"/>
       <c r="I9" s="2" t="n">
-        <v>7.500000000000027</v>
+        <v>1.2000000000000042</v>
       </c>
     </row>
     <row r="10">
       <c r="A10"/>
       <c r="B10"/>
       <c r="C10" t="inlineStr">
         <is>
           <t>Blast furnace gas</t>
         </is>
       </c>
       <c r="D10"/>
-      <c r="E10" s="1" t="n">
-        <v>2047.0</v>
+      <c r="E10" s="2" t="n">
+        <v>2122.2000000000075</v>
       </c>
       <c r="F10"/>
       <c r="G10"/>
       <c r="H10"/>
-      <c r="I10" s="1" t="n">
-        <v>2047.0</v>
+      <c r="I10" s="2" t="n">
+        <v>2122.2000000000075</v>
       </c>
     </row>
     <row r="11">
       <c r="A11"/>
       <c r="B11"/>
       <c r="C11" t="inlineStr">
         <is>
           <t>Other recovered gases</t>
         </is>
       </c>
       <c r="D11"/>
       <c r="E11" s="2" t="n">
-        <v>89.20000000000032</v>
+        <v>44.60000000000016</v>
       </c>
       <c r="F11"/>
       <c r="G11"/>
       <c r="H11"/>
       <c r="I11" s="2" t="n">
-        <v>89.20000000000032</v>
+        <v>44.60000000000016</v>
       </c>
     </row>
     <row r="12">
       <c r="A12"/>
       <c r="B12" t="inlineStr">
         <is>
           <t>Oil and petroleum products</t>
         </is>
       </c>
       <c r="C12" t="inlineStr">
         <is>
           <t>Refinery gas</t>
         </is>
       </c>
       <c r="D12"/>
       <c r="E12"/>
       <c r="F12"/>
       <c r="G12"/>
-      <c r="H12" s="1" t="n">
-[...3 lines deleted...]
-        <v>184.0</v>
+      <c r="H12" s="2" t="n">
+        <v>160.20000000000056</v>
+      </c>
+      <c r="I12" s="2" t="n">
+        <v>160.20000000000056</v>
       </c>
     </row>
     <row r="13">
       <c r="A13"/>
       <c r="B13"/>
       <c r="C13" t="inlineStr">
         <is>
           <t>LPG</t>
         </is>
       </c>
       <c r="D13"/>
       <c r="E13"/>
       <c r="F13"/>
       <c r="G13"/>
       <c r="H13" s="2" t="n">
-        <v>8.200000000000028</v>
+        <v>7.500000000000027</v>
       </c>
       <c r="I13" s="2" t="n">
-        <v>8.200000000000028</v>
+        <v>7.500000000000027</v>
       </c>
     </row>
     <row r="14">
       <c r="A14"/>
       <c r="B14"/>
       <c r="C14" t="inlineStr">
         <is>
           <t>Other kerosene</t>
         </is>
       </c>
       <c r="D14"/>
       <c r="E14" s="2" t="n">
         <v>1.2000000000000042</v>
       </c>
       <c r="F14"/>
       <c r="G14"/>
       <c r="H14"/>
       <c r="I14" s="2" t="n">
         <v>1.2000000000000042</v>
       </c>
     </row>
     <row r="15">
       <c r="A15"/>
       <c r="B15"/>
       <c r="C15" t="inlineStr">
         <is>
           <t>Gasoil/diesel</t>
         </is>
       </c>
       <c r="D15"/>
       <c r="E15" s="2" t="n">
-        <v>6.500000000000023</v>
-[...2 lines deleted...]
-        <v>30.0</v>
+        <v>7.900000000000029</v>
+      </c>
+      <c r="F15" s="2" t="n">
+        <v>9.400000000000034</v>
       </c>
       <c r="G15" s="2" t="n">
-        <v>5.80000000000002</v>
+        <v>4.600000000000016</v>
       </c>
       <c r="H15" s="2" t="n">
-        <v>3.600000000000013</v>
+        <v>6.4000000000000234</v>
       </c>
       <c r="I15" s="2" t="n">
-        <v>45.90000000000016</v>
+        <v>28.300000000000097</v>
       </c>
     </row>
     <row r="16">
       <c r="A16"/>
       <c r="B16"/>
       <c r="C16" t="inlineStr">
         <is>
           <t>Heavy fuel oil</t>
         </is>
       </c>
       <c r="D16"/>
       <c r="E16"/>
       <c r="F16"/>
       <c r="G16"/>
-      <c r="H16" s="2" t="n">
-[...3 lines deleted...]
-        <v>6.4000000000000234</v>
+      <c r="H16" s="1" t="n">
+        <v>1.0</v>
+      </c>
+      <c r="I16" s="1" t="n">
+        <v>1.0</v>
       </c>
     </row>
     <row r="17">
       <c r="A17"/>
       <c r="B17" t="inlineStr">
         <is>
           <t>Natural gas</t>
         </is>
       </c>
       <c r="C17" t="inlineStr">
         <is>
           <t>Natural gas</t>
         </is>
       </c>
       <c r="D17"/>
       <c r="E17" s="2" t="n">
-        <v>5779.800000000021</v>
+        <v>4362.100000000016</v>
       </c>
       <c r="F17" s="2" t="n">
-        <v>2417.1000000000085</v>
-[...2 lines deleted...]
-        <v>25.0</v>
+        <v>2404.9000000000087</v>
+      </c>
+      <c r="G17" s="2" t="n">
+        <v>91.20000000000033</v>
       </c>
       <c r="H17" s="2" t="n">
-        <v>5153.500000000018</v>
+        <v>7301.300000000027</v>
       </c>
       <c r="I17" s="2" t="n">
-        <v>13375.400000000047</v>
+        <v>14159.500000000051</v>
       </c>
     </row>
     <row r="18">
       <c r="A18"/>
       <c r="B18" t="inlineStr">
         <is>
           <t>Renewables and biofuels</t>
         </is>
       </c>
       <c r="C18" t="inlineStr">
         <is>
           <t>Natural hydro</t>
         </is>
       </c>
       <c r="D18"/>
       <c r="E18" s="2" t="n">
-        <v>552.5000000000019</v>
+        <v>545.700000000002</v>
       </c>
       <c r="F18"/>
       <c r="G18"/>
       <c r="H18"/>
       <c r="I18" s="2" t="n">
-        <v>552.5000000000019</v>
+        <v>545.700000000002</v>
       </c>
     </row>
     <row r="19">
       <c r="A19"/>
       <c r="B19"/>
       <c r="C19" t="inlineStr">
         <is>
           <t>Wind</t>
         </is>
       </c>
       <c r="D19"/>
       <c r="E19" s="2" t="n">
-        <v>13948.70000000005</v>
+        <v>13800.400000000049</v>
       </c>
       <c r="F19"/>
       <c r="G19" s="2" t="n">
-        <v>26.300000000000093</v>
+        <v>24.100000000000087</v>
       </c>
       <c r="H19"/>
-      <c r="I19" s="1" t="n">
-        <v>13975.0</v>
+      <c r="I19" s="2" t="n">
+        <v>13824.50000000005</v>
       </c>
     </row>
     <row r="20">
       <c r="A20"/>
       <c r="B20"/>
       <c r="C20" t="inlineStr">
         <is>
           <t>Solar photovoltaic</t>
         </is>
       </c>
       <c r="D20"/>
       <c r="E20" s="2" t="n">
-        <v>22.500000000000078</v>
+        <v>25.500000000000092</v>
       </c>
       <c r="F20"/>
       <c r="G20" s="2" t="n">
-        <v>7977.500000000028</v>
+        <v>8536.600000000031</v>
       </c>
       <c r="H20"/>
-      <c r="I20" s="1" t="n">
-        <v>8000.0</v>
+      <c r="I20" s="2" t="n">
+        <v>8562.100000000031</v>
       </c>
     </row>
     <row r="21">
       <c r="A21"/>
       <c r="B21"/>
       <c r="C21" t="inlineStr">
         <is>
           <t>Solid biofuels</t>
         </is>
       </c>
       <c r="D21"/>
       <c r="E21" s="2" t="n">
-        <v>391.6000000000014</v>
-[...2 lines deleted...]
-        <v>375.5000000000013</v>
+        <v>201.30000000000072</v>
+      </c>
+      <c r="F21" s="1" t="n">
+        <v>396.0</v>
       </c>
       <c r="G21"/>
       <c r="H21" s="2" t="n">
-        <v>686.7000000000024</v>
+        <v>980.9000000000035</v>
       </c>
       <c r="I21" s="2" t="n">
-        <v>1453.8000000000054</v>
+        <v>1578.2000000000055</v>
       </c>
     </row>
     <row r="22">
       <c r="A22"/>
       <c r="B22"/>
       <c r="C22" t="inlineStr">
         <is>
           <t>Biogas</t>
         </is>
       </c>
       <c r="D22"/>
       <c r="E22" s="2" t="n">
-        <v>34.50000000000012</v>
+        <v>30.200000000000106</v>
       </c>
       <c r="F22" s="2" t="n">
-        <v>273.70000000000095</v>
+        <v>332.5000000000012</v>
       </c>
       <c r="G22" s="2" t="n">
-        <v>11.50000000000004</v>
-[...2 lines deleted...]
-        <v>566.7000000000021</v>
+        <v>3.9000000000000137</v>
+      </c>
+      <c r="H22" s="1" t="n">
+        <v>619.0</v>
       </c>
       <c r="I22" s="2" t="n">
-        <v>886.4000000000033</v>
+        <v>985.6000000000034</v>
       </c>
     </row>
     <row r="23">
       <c r="A23"/>
       <c r="B23"/>
       <c r="C23" t="inlineStr">
         <is>
           <t>Renewable municipal waste</t>
         </is>
       </c>
       <c r="D23"/>
       <c r="E23" s="2" t="n">
-        <v>367.5000000000013</v>
+        <v>414.90000000000146</v>
       </c>
       <c r="F23" s="2" t="n">
-        <v>597.8000000000021</v>
+        <v>550.5000000000019</v>
       </c>
       <c r="G23"/>
       <c r="H23" s="2" t="n">
-        <v>81.20000000000029</v>
+        <v>75.10000000000026</v>
       </c>
       <c r="I23" s="2" t="n">
-        <v>1046.5000000000036</v>
+        <v>1040.5000000000036</v>
       </c>
     </row>
     <row r="24">
       <c r="A24"/>
       <c r="B24"/>
       <c r="C24" t="inlineStr">
         <is>
           <t>Biodiesel</t>
         </is>
       </c>
       <c r="D24"/>
       <c r="E24"/>
       <c r="F24"/>
       <c r="G24" s="2" t="n">
-        <v>0.20000000000000073</v>
+        <v>0.40000000000000147</v>
       </c>
       <c r="H24" s="2" t="n">
-        <v>0.30000000000000104</v>
+        <v>0.10000000000000037</v>
       </c>
       <c r="I24" s="2" t="n">
         <v>0.5000000000000018</v>
       </c>
     </row>
     <row r="25">
       <c r="A25"/>
       <c r="B25"/>
       <c r="C25" t="inlineStr">
         <is>
           <t>Other liquid biofuels</t>
         </is>
       </c>
       <c r="D25"/>
-      <c r="E25" s="1" t="n">
-[...4 lines deleted...]
-      </c>
+      <c r="E25"/>
+      <c r="F25"/>
       <c r="G25"/>
       <c r="H25" s="2" t="n">
-        <v>0.5000000000000018</v>
+        <v>0.8000000000000029</v>
       </c>
       <c r="I25" s="2" t="n">
-        <v>2.300000000000008</v>
+        <v>0.8000000000000029</v>
       </c>
     </row>
     <row r="26">
       <c r="A26"/>
       <c r="B26" t="inlineStr">
         <is>
           <t>Non-renewable waste</t>
         </is>
       </c>
       <c r="C26" t="inlineStr">
         <is>
           <t>Non-renewable industrial waste</t>
         </is>
       </c>
       <c r="D26"/>
       <c r="E26" s="2" t="n">
-        <v>6.200000000000022</v>
+        <v>6.300000000000022</v>
       </c>
       <c r="F26" s="2" t="n">
-        <v>328.6000000000012</v>
+        <v>327.9000000000011</v>
       </c>
       <c r="G26"/>
       <c r="H26" s="2" t="n">
-        <v>126.30000000000045</v>
+        <v>127.60000000000045</v>
       </c>
       <c r="I26" s="2" t="n">
-        <v>461.10000000000167</v>
+        <v>461.8000000000016</v>
       </c>
     </row>
     <row r="27">
       <c r="A27"/>
       <c r="B27"/>
       <c r="C27" t="inlineStr">
         <is>
           <t>Non-renewable municipal waste</t>
         </is>
       </c>
       <c r="D27"/>
       <c r="E27" s="2" t="n">
-        <v>513.6000000000018</v>
+        <v>420.40000000000146</v>
       </c>
       <c r="F27" s="2" t="n">
-        <v>362.5000000000013</v>
+        <v>331.5000000000012</v>
       </c>
       <c r="G27"/>
       <c r="H27"/>
       <c r="I27" s="2" t="n">
-        <v>876.1000000000031</v>
+        <v>751.9000000000026</v>
       </c>
     </row>
     <row r="28">
       <c r="A28"/>
       <c r="B28" t="inlineStr">
         <is>
           <t>Other sources</t>
         </is>
       </c>
       <c r="C28" t="inlineStr">
         <is>
           <t>Recovered heat</t>
         </is>
       </c>
       <c r="D28"/>
       <c r="E28"/>
       <c r="F28"/>
       <c r="G28" s="2" t="n">
-        <v>89.1000000000003</v>
+        <v>222.4000000000008</v>
       </c>
       <c r="H28" s="2" t="n">
-        <v>107.90000000000039</v>
+        <v>160.60000000000056</v>
       </c>
       <c r="I28" s="1" t="n">
-        <v>197.0</v>
+        <v>383.0</v>
       </c>
     </row>
     <row r="29">
       <c r="A29"/>
       <c r="B29"/>
       <c r="C29" t="inlineStr">
         <is>
           <t>Pumped hydro</t>
         </is>
       </c>
       <c r="D29"/>
       <c r="E29" s="2" t="n">
         <v>1066.900000000004</v>
       </c>
       <c r="F29"/>
       <c r="G29"/>
       <c r="H29"/>
       <c r="I29" s="2" t="n">
         <v>1066.900000000004</v>
       </c>
     </row>
     <row r="30">
       <c r="A30"/>
       <c r="B30"/>
       <c r="C30" t="inlineStr">
         <is>
           <t>Other sources</t>
         </is>
       </c>
       <c r="D30"/>
       <c r="E30" s="2" t="n">
-        <v>115.50000000000041</v>
+        <v>159.70000000000056</v>
       </c>
       <c r="F30"/>
       <c r="G30" s="2" t="n">
-        <v>2.500000000000009</v>
+        <v>2.6000000000000094</v>
       </c>
       <c r="H30"/>
-      <c r="I30" s="1" t="n">
-        <v>118.0</v>
+      <c r="I30" s="2" t="n">
+        <v>162.30000000000055</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="inlineStr">
         <is>
           <t>All products</t>
         </is>
       </c>
       <c r="B31"/>
       <c r="C31"/>
       <c r="D31"/>
       <c r="E31" s="2" t="n">
-        <v>56206.300000000185</v>
+        <v>54465.100000000195</v>
       </c>
       <c r="F31" s="2" t="n">
-        <v>4386.000000000015</v>
+        <v>4352.700000000015</v>
       </c>
       <c r="G31" s="2" t="n">
-        <v>8137.90000000003</v>
+        <v>8885.80000000003</v>
       </c>
       <c r="H31" s="2" t="n">
-        <v>6947.7000000000235</v>
+        <v>9453.200000000033</v>
       </c>
       <c r="I31" s="2" t="n">
-        <v>75677.90000000027</v>
+        <v>77156.80000000028</v>
       </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <cols>
     <col min="1" max="1" width="10.6875" customWidth="true"/>
     <col min="2" max="2" width="22.9296875" customWidth="true"/>
     <col min="3" max="3" width="26.8046875" customWidth="true"/>
     <col min="4" max="4" width="11.55078125" customWidth="true"/>
     <col min="5" max="5" width="23.2265625" customWidth="true"/>
     <col min="6" max="6" width="18.8359375" customWidth="true"/>
     <col min="7" max="7" width="13.2734375" customWidth="true"/>
     <col min="8" max="8" width="7.8828125" customWidth="true"/>
   </cols>
   <sheetData>
@@ -1252,119 +1248,119 @@
         <is>
           <t>Other bituminous coal</t>
         </is>
       </c>
       <c r="D10" t="inlineStr">
         <is>
           <t>All indicators</t>
         </is>
       </c>
       <c r="E10" t="inlineStr">
         <is>
           <t>Gross electricity production</t>
         </is>
       </c>
       <c r="F10" t="inlineStr">
         <is>
           <t>Autoproducer</t>
         </is>
       </c>
       <c r="G10" t="inlineStr">
         <is>
           <t>CHP plant</t>
         </is>
       </c>
       <c r="H10" s="2" t="n">
-        <v>22.400000000000077</v>
+        <v>12.700000000000044</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="inlineStr">
         <is>
           <t>All products</t>
         </is>
       </c>
       <c r="B11" t="inlineStr">
         <is>
           <t>Solid fossil fuels</t>
         </is>
       </c>
       <c r="C11" t="inlineStr">
         <is>
           <t>Other bituminous coal</t>
         </is>
       </c>
       <c r="D11" t="inlineStr">
         <is>
           <t>All indicators</t>
         </is>
       </c>
       <c r="E11"/>
       <c r="F11"/>
       <c r="G11"/>
       <c r="H11" s="2" t="n">
-        <v>22.400000000000077</v>
+        <v>12.700000000000044</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="inlineStr">
         <is>
           <t>All products</t>
         </is>
       </c>
       <c r="B12" t="inlineStr">
         <is>
           <t>Manufactered gases</t>
         </is>
       </c>
       <c r="C12" t="inlineStr">
         <is>
           <t>Coke oven gas</t>
         </is>
       </c>
       <c r="D12" t="inlineStr">
         <is>
           <t>All indicators</t>
         </is>
       </c>
       <c r="E12" t="inlineStr">
         <is>
           <t>Gross electricity production</t>
         </is>
       </c>
       <c r="F12" t="inlineStr">
         <is>
           <t>Main activity producer</t>
         </is>
       </c>
       <c r="G12" t="inlineStr">
         <is>
           <t>Electricity plant</t>
         </is>
       </c>
       <c r="H12" s="2" t="n">
-        <v>7.500000000000027</v>
+        <v>1.2000000000000042</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="inlineStr">
         <is>
           <t>All products</t>
         </is>
       </c>
       <c r="B13" t="inlineStr">
         <is>
           <t>Manufactered gases</t>
         </is>
       </c>
       <c r="C13" t="inlineStr">
         <is>
           <t>Coke oven gas</t>
         </is>
       </c>
       <c r="D13" t="inlineStr">
         <is>
           <t>All indicators</t>
         </is>
       </c>
       <c r="E13" t="inlineStr">
         <is>
@@ -1462,91 +1458,91 @@
     <row r="16">
       <c r="A16" t="inlineStr">
         <is>
           <t>All products</t>
         </is>
       </c>
       <c r="B16" t="inlineStr">
         <is>
           <t>Manufactered gases</t>
         </is>
       </c>
       <c r="C16" t="inlineStr">
         <is>
           <t>Coke oven gas</t>
         </is>
       </c>
       <c r="D16" t="inlineStr">
         <is>
           <t>All indicators</t>
         </is>
       </c>
       <c r="E16"/>
       <c r="F16"/>
       <c r="G16"/>
       <c r="H16" s="2" t="n">
-        <v>7.500000000000027</v>
+        <v>1.2000000000000042</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="inlineStr">
         <is>
           <t>All products</t>
         </is>
       </c>
       <c r="B17" t="inlineStr">
         <is>
           <t>Manufactered gases</t>
         </is>
       </c>
       <c r="C17" t="inlineStr">
         <is>
           <t>Blast furnace gas</t>
         </is>
       </c>
       <c r="D17" t="inlineStr">
         <is>
           <t>All indicators</t>
         </is>
       </c>
       <c r="E17" t="inlineStr">
         <is>
           <t>Gross electricity production</t>
         </is>
       </c>
       <c r="F17" t="inlineStr">
         <is>
           <t>Main activity producer</t>
         </is>
       </c>
       <c r="G17" t="inlineStr">
         <is>
           <t>Electricity plant</t>
         </is>
       </c>
-      <c r="H17" s="1" t="n">
-        <v>2047.0</v>
+      <c r="H17" s="2" t="n">
+        <v>2122.2000000000075</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="inlineStr">
         <is>
           <t>All products</t>
         </is>
       </c>
       <c r="B18" t="inlineStr">
         <is>
           <t>Manufactered gases</t>
         </is>
       </c>
       <c r="C18" t="inlineStr">
         <is>
           <t>Blast furnace gas</t>
         </is>
       </c>
       <c r="D18" t="inlineStr">
         <is>
           <t>All indicators</t>
         </is>
       </c>
       <c r="E18" t="inlineStr">
         <is>
@@ -1643,92 +1639,92 @@
     </row>
     <row r="21">
       <c r="A21" t="inlineStr">
         <is>
           <t>All products</t>
         </is>
       </c>
       <c r="B21" t="inlineStr">
         <is>
           <t>Manufactered gases</t>
         </is>
       </c>
       <c r="C21" t="inlineStr">
         <is>
           <t>Blast furnace gas</t>
         </is>
       </c>
       <c r="D21" t="inlineStr">
         <is>
           <t>All indicators</t>
         </is>
       </c>
       <c r="E21"/>
       <c r="F21"/>
       <c r="G21"/>
-      <c r="H21" s="1" t="n">
-        <v>2047.0</v>
+      <c r="H21" s="2" t="n">
+        <v>2122.2000000000075</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="inlineStr">
         <is>
           <t>All products</t>
         </is>
       </c>
       <c r="B22" t="inlineStr">
         <is>
           <t>Manufactered gases</t>
         </is>
       </c>
       <c r="C22" t="inlineStr">
         <is>
           <t>Other recovered gases</t>
         </is>
       </c>
       <c r="D22" t="inlineStr">
         <is>
           <t>All indicators</t>
         </is>
       </c>
       <c r="E22" t="inlineStr">
         <is>
           <t>Gross electricity production</t>
         </is>
       </c>
       <c r="F22" t="inlineStr">
         <is>
           <t>Main activity producer</t>
         </is>
       </c>
       <c r="G22" t="inlineStr">
         <is>
           <t>Electricity plant</t>
         </is>
       </c>
       <c r="H22" s="2" t="n">
-        <v>89.20000000000032</v>
+        <v>44.60000000000016</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="inlineStr">
         <is>
           <t>All products</t>
         </is>
       </c>
       <c r="B23" t="inlineStr">
         <is>
           <t>Manufactered gases</t>
         </is>
       </c>
       <c r="C23" t="inlineStr">
         <is>
           <t>Other recovered gases</t>
         </is>
       </c>
       <c r="D23" t="inlineStr">
         <is>
           <t>All indicators</t>
         </is>
       </c>
       <c r="E23" t="inlineStr">
         <is>
@@ -1826,51 +1822,51 @@
     <row r="26">
       <c r="A26" t="inlineStr">
         <is>
           <t>All products</t>
         </is>
       </c>
       <c r="B26" t="inlineStr">
         <is>
           <t>Manufactered gases</t>
         </is>
       </c>
       <c r="C26" t="inlineStr">
         <is>
           <t>Other recovered gases</t>
         </is>
       </c>
       <c r="D26" t="inlineStr">
         <is>
           <t>All indicators</t>
         </is>
       </c>
       <c r="E26"/>
       <c r="F26"/>
       <c r="G26"/>
       <c r="H26" s="2" t="n">
-        <v>89.20000000000032</v>
+        <v>44.60000000000016</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="inlineStr">
         <is>
           <t>All products</t>
         </is>
       </c>
       <c r="B27" t="inlineStr">
         <is>
           <t>Oil and petroleum products</t>
         </is>
       </c>
       <c r="C27" t="inlineStr">
         <is>
           <t>Refinery gas</t>
         </is>
       </c>
       <c r="D27" t="inlineStr">
         <is>
           <t>All indicators</t>
         </is>
       </c>
       <c r="E27" t="inlineStr">
         <is>
@@ -1979,80 +1975,80 @@
       <c r="C30" t="inlineStr">
         <is>
           <t>Refinery gas</t>
         </is>
       </c>
       <c r="D30" t="inlineStr">
         <is>
           <t>All indicators</t>
         </is>
       </c>
       <c r="E30" t="inlineStr">
         <is>
           <t>Gross electricity production</t>
         </is>
       </c>
       <c r="F30" t="inlineStr">
         <is>
           <t>Autoproducer</t>
         </is>
       </c>
       <c r="G30" t="inlineStr">
         <is>
           <t>CHP plant</t>
         </is>
       </c>
-      <c r="H30" s="1" t="n">
-        <v>184.0</v>
+      <c r="H30" s="2" t="n">
+        <v>160.20000000000056</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="inlineStr">
         <is>
           <t>All products</t>
         </is>
       </c>
       <c r="B31" t="inlineStr">
         <is>
           <t>Oil and petroleum products</t>
         </is>
       </c>
       <c r="C31" t="inlineStr">
         <is>
           <t>Refinery gas</t>
         </is>
       </c>
       <c r="D31" t="inlineStr">
         <is>
           <t>All indicators</t>
         </is>
       </c>
       <c r="E31"/>
       <c r="F31"/>
       <c r="G31"/>
-      <c r="H31" s="1" t="n">
-        <v>184.0</v>
+      <c r="H31" s="2" t="n">
+        <v>160.20000000000056</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="inlineStr">
         <is>
           <t>All products</t>
         </is>
       </c>
       <c r="B32" t="inlineStr">
         <is>
           <t>Oil and petroleum products</t>
         </is>
       </c>
       <c r="C32" t="inlineStr">
         <is>
           <t>LPG</t>
         </is>
       </c>
       <c r="D32" t="inlineStr">
         <is>
           <t>All indicators</t>
         </is>
       </c>
       <c r="E32" t="inlineStr">
         <is>
@@ -2162,79 +2158,79 @@
         <is>
           <t>LPG</t>
         </is>
       </c>
       <c r="D35" t="inlineStr">
         <is>
           <t>All indicators</t>
         </is>
       </c>
       <c r="E35" t="inlineStr">
         <is>
           <t>Gross electricity production</t>
         </is>
       </c>
       <c r="F35" t="inlineStr">
         <is>
           <t>Autoproducer</t>
         </is>
       </c>
       <c r="G35" t="inlineStr">
         <is>
           <t>CHP plant</t>
         </is>
       </c>
       <c r="H35" s="2" t="n">
-        <v>8.200000000000028</v>
+        <v>7.500000000000027</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" t="inlineStr">
         <is>
           <t>All products</t>
         </is>
       </c>
       <c r="B36" t="inlineStr">
         <is>
           <t>Oil and petroleum products</t>
         </is>
       </c>
       <c r="C36" t="inlineStr">
         <is>
           <t>LPG</t>
         </is>
       </c>
       <c r="D36" t="inlineStr">
         <is>
           <t>All indicators</t>
         </is>
       </c>
       <c r="E36"/>
       <c r="F36"/>
       <c r="G36"/>
       <c r="H36" s="2" t="n">
-        <v>8.200000000000028</v>
+        <v>7.500000000000027</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" t="inlineStr">
         <is>
           <t>All products</t>
         </is>
       </c>
       <c r="B37" t="inlineStr">
         <is>
           <t>Oil and petroleum products</t>
         </is>
       </c>
       <c r="C37" t="inlineStr">
         <is>
           <t>Other kerosene</t>
         </is>
       </c>
       <c r="D37" t="inlineStr">
         <is>
           <t>All indicators</t>
         </is>
       </c>
       <c r="E37" t="inlineStr">
         <is>
@@ -2412,199 +2408,199 @@
         <is>
           <t>Gasoil/diesel</t>
         </is>
       </c>
       <c r="D42" t="inlineStr">
         <is>
           <t>All indicators</t>
         </is>
       </c>
       <c r="E42" t="inlineStr">
         <is>
           <t>Gross electricity production</t>
         </is>
       </c>
       <c r="F42" t="inlineStr">
         <is>
           <t>Main activity producer</t>
         </is>
       </c>
       <c r="G42" t="inlineStr">
         <is>
           <t>Electricity plant</t>
         </is>
       </c>
       <c r="H42" s="2" t="n">
-        <v>6.500000000000023</v>
+        <v>7.900000000000029</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" t="inlineStr">
         <is>
           <t>All products</t>
         </is>
       </c>
       <c r="B43" t="inlineStr">
         <is>
           <t>Oil and petroleum products</t>
         </is>
       </c>
       <c r="C43" t="inlineStr">
         <is>
           <t>Gasoil/diesel</t>
         </is>
       </c>
       <c r="D43" t="inlineStr">
         <is>
           <t>All indicators</t>
         </is>
       </c>
       <c r="E43" t="inlineStr">
         <is>
           <t>Gross electricity production</t>
         </is>
       </c>
       <c r="F43" t="inlineStr">
         <is>
           <t>Main activity producer</t>
         </is>
       </c>
       <c r="G43" t="inlineStr">
         <is>
           <t>CHP plant</t>
         </is>
       </c>
-      <c r="H43" s="1" t="n">
-        <v>30.0</v>
+      <c r="H43" s="2" t="n">
+        <v>9.400000000000034</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" t="inlineStr">
         <is>
           <t>All products</t>
         </is>
       </c>
       <c r="B44" t="inlineStr">
         <is>
           <t>Oil and petroleum products</t>
         </is>
       </c>
       <c r="C44" t="inlineStr">
         <is>
           <t>Gasoil/diesel</t>
         </is>
       </c>
       <c r="D44" t="inlineStr">
         <is>
           <t>All indicators</t>
         </is>
       </c>
       <c r="E44" t="inlineStr">
         <is>
           <t>Gross electricity production</t>
         </is>
       </c>
       <c r="F44" t="inlineStr">
         <is>
           <t>Autoproducer</t>
         </is>
       </c>
       <c r="G44" t="inlineStr">
         <is>
           <t>Electricity plant</t>
         </is>
       </c>
       <c r="H44" s="2" t="n">
-        <v>5.80000000000002</v>
+        <v>4.600000000000016</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" t="inlineStr">
         <is>
           <t>All products</t>
         </is>
       </c>
       <c r="B45" t="inlineStr">
         <is>
           <t>Oil and petroleum products</t>
         </is>
       </c>
       <c r="C45" t="inlineStr">
         <is>
           <t>Gasoil/diesel</t>
         </is>
       </c>
       <c r="D45" t="inlineStr">
         <is>
           <t>All indicators</t>
         </is>
       </c>
       <c r="E45" t="inlineStr">
         <is>
           <t>Gross electricity production</t>
         </is>
       </c>
       <c r="F45" t="inlineStr">
         <is>
           <t>Autoproducer</t>
         </is>
       </c>
       <c r="G45" t="inlineStr">
         <is>
           <t>CHP plant</t>
         </is>
       </c>
       <c r="H45" s="2" t="n">
-        <v>3.600000000000013</v>
+        <v>6.4000000000000234</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" t="inlineStr">
         <is>
           <t>All products</t>
         </is>
       </c>
       <c r="B46" t="inlineStr">
         <is>
           <t>Oil and petroleum products</t>
         </is>
       </c>
       <c r="C46" t="inlineStr">
         <is>
           <t>Gasoil/diesel</t>
         </is>
       </c>
       <c r="D46" t="inlineStr">
         <is>
           <t>All indicators</t>
         </is>
       </c>
       <c r="E46"/>
       <c r="F46"/>
       <c r="G46"/>
       <c r="H46" s="2" t="n">
-        <v>45.90000000000016</v>
+        <v>28.300000000000097</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" t="inlineStr">
         <is>
           <t>All products</t>
         </is>
       </c>
       <c r="B47" t="inlineStr">
         <is>
           <t>Oil and petroleum products</t>
         </is>
       </c>
       <c r="C47" t="inlineStr">
         <is>
           <t>Heavy fuel oil</t>
         </is>
       </c>
       <c r="D47" t="inlineStr">
         <is>
           <t>All indicators</t>
         </is>
       </c>
       <c r="E47" t="inlineStr">
         <is>
@@ -2713,308 +2709,308 @@
       <c r="C50" t="inlineStr">
         <is>
           <t>Heavy fuel oil</t>
         </is>
       </c>
       <c r="D50" t="inlineStr">
         <is>
           <t>All indicators</t>
         </is>
       </c>
       <c r="E50" t="inlineStr">
         <is>
           <t>Gross electricity production</t>
         </is>
       </c>
       <c r="F50" t="inlineStr">
         <is>
           <t>Autoproducer</t>
         </is>
       </c>
       <c r="G50" t="inlineStr">
         <is>
           <t>CHP plant</t>
         </is>
       </c>
-      <c r="H50" s="2" t="n">
-        <v>6.4000000000000234</v>
+      <c r="H50" s="1" t="n">
+        <v>1.0</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" t="inlineStr">
         <is>
           <t>All products</t>
         </is>
       </c>
       <c r="B51" t="inlineStr">
         <is>
           <t>Oil and petroleum products</t>
         </is>
       </c>
       <c r="C51" t="inlineStr">
         <is>
           <t>Heavy fuel oil</t>
         </is>
       </c>
       <c r="D51" t="inlineStr">
         <is>
           <t>All indicators</t>
         </is>
       </c>
       <c r="E51"/>
       <c r="F51"/>
       <c r="G51"/>
-      <c r="H51" s="2" t="n">
-        <v>6.4000000000000234</v>
+      <c r="H51" s="1" t="n">
+        <v>1.0</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" t="inlineStr">
         <is>
           <t>All products</t>
         </is>
       </c>
       <c r="B52" t="inlineStr">
         <is>
           <t>Natural gas</t>
         </is>
       </c>
       <c r="C52" t="inlineStr">
         <is>
           <t>Natural gas</t>
         </is>
       </c>
       <c r="D52" t="inlineStr">
         <is>
           <t>All indicators</t>
         </is>
       </c>
       <c r="E52" t="inlineStr">
         <is>
           <t>Gross electricity production</t>
         </is>
       </c>
       <c r="F52" t="inlineStr">
         <is>
           <t>Main activity producer</t>
         </is>
       </c>
       <c r="G52" t="inlineStr">
         <is>
           <t>Electricity plant</t>
         </is>
       </c>
       <c r="H52" s="2" t="n">
-        <v>5779.800000000021</v>
+        <v>4362.100000000016</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" t="inlineStr">
         <is>
           <t>All products</t>
         </is>
       </c>
       <c r="B53" t="inlineStr">
         <is>
           <t>Natural gas</t>
         </is>
       </c>
       <c r="C53" t="inlineStr">
         <is>
           <t>Natural gas</t>
         </is>
       </c>
       <c r="D53" t="inlineStr">
         <is>
           <t>All indicators</t>
         </is>
       </c>
       <c r="E53" t="inlineStr">
         <is>
           <t>Gross electricity production</t>
         </is>
       </c>
       <c r="F53" t="inlineStr">
         <is>
           <t>Main activity producer</t>
         </is>
       </c>
       <c r="G53" t="inlineStr">
         <is>
           <t>CHP plant</t>
         </is>
       </c>
       <c r="H53" s="2" t="n">
-        <v>2417.1000000000085</v>
+        <v>2404.9000000000087</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" t="inlineStr">
         <is>
           <t>All products</t>
         </is>
       </c>
       <c r="B54" t="inlineStr">
         <is>
           <t>Natural gas</t>
         </is>
       </c>
       <c r="C54" t="inlineStr">
         <is>
           <t>Natural gas</t>
         </is>
       </c>
       <c r="D54" t="inlineStr">
         <is>
           <t>All indicators</t>
         </is>
       </c>
       <c r="E54" t="inlineStr">
         <is>
           <t>Gross electricity production</t>
         </is>
       </c>
       <c r="F54" t="inlineStr">
         <is>
           <t>Autoproducer</t>
         </is>
       </c>
       <c r="G54" t="inlineStr">
         <is>
           <t>Electricity plant</t>
         </is>
       </c>
-      <c r="H54" s="1" t="n">
-        <v>25.0</v>
+      <c r="H54" s="2" t="n">
+        <v>91.20000000000033</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" t="inlineStr">
         <is>
           <t>All products</t>
         </is>
       </c>
       <c r="B55" t="inlineStr">
         <is>
           <t>Natural gas</t>
         </is>
       </c>
       <c r="C55" t="inlineStr">
         <is>
           <t>Natural gas</t>
         </is>
       </c>
       <c r="D55" t="inlineStr">
         <is>
           <t>All indicators</t>
         </is>
       </c>
       <c r="E55" t="inlineStr">
         <is>
           <t>Gross electricity production</t>
         </is>
       </c>
       <c r="F55" t="inlineStr">
         <is>
           <t>Autoproducer</t>
         </is>
       </c>
       <c r="G55" t="inlineStr">
         <is>
           <t>CHP plant</t>
         </is>
       </c>
       <c r="H55" s="2" t="n">
-        <v>5153.500000000018</v>
+        <v>7301.300000000027</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" t="inlineStr">
         <is>
           <t>All products</t>
         </is>
       </c>
       <c r="B56" t="inlineStr">
         <is>
           <t>Natural gas</t>
         </is>
       </c>
       <c r="C56" t="inlineStr">
         <is>
           <t>Natural gas</t>
         </is>
       </c>
       <c r="D56" t="inlineStr">
         <is>
           <t>All indicators</t>
         </is>
       </c>
       <c r="E56"/>
       <c r="F56"/>
       <c r="G56"/>
       <c r="H56" s="2" t="n">
-        <v>13375.400000000047</v>
+        <v>14159.500000000051</v>
       </c>
     </row>
     <row r="57">
       <c r="A57" t="inlineStr">
         <is>
           <t>All products</t>
         </is>
       </c>
       <c r="B57" t="inlineStr">
         <is>
           <t>Renewables and biofuels</t>
         </is>
       </c>
       <c r="C57" t="inlineStr">
         <is>
           <t>Natural hydro</t>
         </is>
       </c>
       <c r="D57" t="inlineStr">
         <is>
           <t>All indicators</t>
         </is>
       </c>
       <c r="E57" t="inlineStr">
         <is>
           <t>Gross electricity production</t>
         </is>
       </c>
       <c r="F57" t="inlineStr">
         <is>
           <t>Main activity producer</t>
         </is>
       </c>
       <c r="G57" t="inlineStr">
         <is>
           <t>Electricity plant</t>
         </is>
       </c>
       <c r="H57" s="2" t="n">
-        <v>552.5000000000019</v>
+        <v>545.700000000002</v>
       </c>
     </row>
     <row r="58">
       <c r="A58" t="inlineStr">
         <is>
           <t>All products</t>
         </is>
       </c>
       <c r="B58" t="inlineStr">
         <is>
           <t>Renewables and biofuels</t>
         </is>
       </c>
       <c r="C58" t="inlineStr">
         <is>
           <t>Natural hydro</t>
         </is>
       </c>
       <c r="D58" t="inlineStr">
         <is>
           <t>All indicators</t>
         </is>
       </c>
       <c r="E58" t="inlineStr">
         <is>
@@ -3112,91 +3108,91 @@
     <row r="61">
       <c r="A61" t="inlineStr">
         <is>
           <t>All products</t>
         </is>
       </c>
       <c r="B61" t="inlineStr">
         <is>
           <t>Renewables and biofuels</t>
         </is>
       </c>
       <c r="C61" t="inlineStr">
         <is>
           <t>Natural hydro</t>
         </is>
       </c>
       <c r="D61" t="inlineStr">
         <is>
           <t>All indicators</t>
         </is>
       </c>
       <c r="E61"/>
       <c r="F61"/>
       <c r="G61"/>
       <c r="H61" s="2" t="n">
-        <v>552.5000000000019</v>
+        <v>545.700000000002</v>
       </c>
     </row>
     <row r="62">
       <c r="A62" t="inlineStr">
         <is>
           <t>All products</t>
         </is>
       </c>
       <c r="B62" t="inlineStr">
         <is>
           <t>Renewables and biofuels</t>
         </is>
       </c>
       <c r="C62" t="inlineStr">
         <is>
           <t>Wind</t>
         </is>
       </c>
       <c r="D62" t="inlineStr">
         <is>
           <t>All indicators</t>
         </is>
       </c>
       <c r="E62" t="inlineStr">
         <is>
           <t>Gross electricity production</t>
         </is>
       </c>
       <c r="F62" t="inlineStr">
         <is>
           <t>Main activity producer</t>
         </is>
       </c>
       <c r="G62" t="inlineStr">
         <is>
           <t>Electricity plant</t>
         </is>
       </c>
       <c r="H62" s="2" t="n">
-        <v>13948.70000000005</v>
+        <v>13800.400000000049</v>
       </c>
     </row>
     <row r="63">
       <c r="A63" t="inlineStr">
         <is>
           <t>All products</t>
         </is>
       </c>
       <c r="B63" t="inlineStr">
         <is>
           <t>Renewables and biofuels</t>
         </is>
       </c>
       <c r="C63" t="inlineStr">
         <is>
           <t>Wind</t>
         </is>
       </c>
       <c r="D63" t="inlineStr">
         <is>
           <t>All indicators</t>
         </is>
       </c>
       <c r="E63" t="inlineStr">
         <is>
@@ -3230,51 +3226,51 @@
         <is>
           <t>Wind</t>
         </is>
       </c>
       <c r="D64" t="inlineStr">
         <is>
           <t>All indicators</t>
         </is>
       </c>
       <c r="E64" t="inlineStr">
         <is>
           <t>Gross electricity production</t>
         </is>
       </c>
       <c r="F64" t="inlineStr">
         <is>
           <t>Autoproducer</t>
         </is>
       </c>
       <c r="G64" t="inlineStr">
         <is>
           <t>Electricity plant</t>
         </is>
       </c>
       <c r="H64" s="2" t="n">
-        <v>26.300000000000093</v>
+        <v>24.100000000000087</v>
       </c>
     </row>
     <row r="65">
       <c r="A65" t="inlineStr">
         <is>
           <t>All products</t>
         </is>
       </c>
       <c r="B65" t="inlineStr">
         <is>
           <t>Renewables and biofuels</t>
         </is>
       </c>
       <c r="C65" t="inlineStr">
         <is>
           <t>Wind</t>
         </is>
       </c>
       <c r="D65" t="inlineStr">
         <is>
           <t>All indicators</t>
         </is>
       </c>
       <c r="E65" t="inlineStr">
         <is>
@@ -3295,92 +3291,92 @@
     </row>
     <row r="66">
       <c r="A66" t="inlineStr">
         <is>
           <t>All products</t>
         </is>
       </c>
       <c r="B66" t="inlineStr">
         <is>
           <t>Renewables and biofuels</t>
         </is>
       </c>
       <c r="C66" t="inlineStr">
         <is>
           <t>Wind</t>
         </is>
       </c>
       <c r="D66" t="inlineStr">
         <is>
           <t>All indicators</t>
         </is>
       </c>
       <c r="E66"/>
       <c r="F66"/>
       <c r="G66"/>
-      <c r="H66" s="1" t="n">
-        <v>13975.0</v>
+      <c r="H66" s="2" t="n">
+        <v>13824.50000000005</v>
       </c>
     </row>
     <row r="67">
       <c r="A67" t="inlineStr">
         <is>
           <t>All products</t>
         </is>
       </c>
       <c r="B67" t="inlineStr">
         <is>
           <t>Renewables and biofuels</t>
         </is>
       </c>
       <c r="C67" t="inlineStr">
         <is>
           <t>Solar photovoltaic</t>
         </is>
       </c>
       <c r="D67" t="inlineStr">
         <is>
           <t>All indicators</t>
         </is>
       </c>
       <c r="E67" t="inlineStr">
         <is>
           <t>Gross electricity production</t>
         </is>
       </c>
       <c r="F67" t="inlineStr">
         <is>
           <t>Main activity producer</t>
         </is>
       </c>
       <c r="G67" t="inlineStr">
         <is>
           <t>Electricity plant</t>
         </is>
       </c>
       <c r="H67" s="2" t="n">
-        <v>22.500000000000078</v>
+        <v>25.500000000000092</v>
       </c>
     </row>
     <row r="68">
       <c r="A68" t="inlineStr">
         <is>
           <t>All products</t>
         </is>
       </c>
       <c r="B68" t="inlineStr">
         <is>
           <t>Renewables and biofuels</t>
         </is>
       </c>
       <c r="C68" t="inlineStr">
         <is>
           <t>Solar photovoltaic</t>
         </is>
       </c>
       <c r="D68" t="inlineStr">
         <is>
           <t>All indicators</t>
         </is>
       </c>
       <c r="E68" t="inlineStr">
         <is>
@@ -3414,51 +3410,51 @@
         <is>
           <t>Solar photovoltaic</t>
         </is>
       </c>
       <c r="D69" t="inlineStr">
         <is>
           <t>All indicators</t>
         </is>
       </c>
       <c r="E69" t="inlineStr">
         <is>
           <t>Gross electricity production</t>
         </is>
       </c>
       <c r="F69" t="inlineStr">
         <is>
           <t>Autoproducer</t>
         </is>
       </c>
       <c r="G69" t="inlineStr">
         <is>
           <t>Electricity plant</t>
         </is>
       </c>
       <c r="H69" s="2" t="n">
-        <v>7977.500000000028</v>
+        <v>8536.600000000031</v>
       </c>
     </row>
     <row r="70">
       <c r="A70" t="inlineStr">
         <is>
           <t>All products</t>
         </is>
       </c>
       <c r="B70" t="inlineStr">
         <is>
           <t>Renewables and biofuels</t>
         </is>
       </c>
       <c r="C70" t="inlineStr">
         <is>
           <t>Solar photovoltaic</t>
         </is>
       </c>
       <c r="D70" t="inlineStr">
         <is>
           <t>All indicators</t>
         </is>
       </c>
       <c r="E70" t="inlineStr">
         <is>
@@ -3479,132 +3475,132 @@
     </row>
     <row r="71">
       <c r="A71" t="inlineStr">
         <is>
           <t>All products</t>
         </is>
       </c>
       <c r="B71" t="inlineStr">
         <is>
           <t>Renewables and biofuels</t>
         </is>
       </c>
       <c r="C71" t="inlineStr">
         <is>
           <t>Solar photovoltaic</t>
         </is>
       </c>
       <c r="D71" t="inlineStr">
         <is>
           <t>All indicators</t>
         </is>
       </c>
       <c r="E71"/>
       <c r="F71"/>
       <c r="G71"/>
-      <c r="H71" s="1" t="n">
-        <v>8000.0</v>
+      <c r="H71" s="2" t="n">
+        <v>8562.100000000031</v>
       </c>
     </row>
     <row r="72">
       <c r="A72" t="inlineStr">
         <is>
           <t>All products</t>
         </is>
       </c>
       <c r="B72" t="inlineStr">
         <is>
           <t>Renewables and biofuels</t>
         </is>
       </c>
       <c r="C72" t="inlineStr">
         <is>
           <t>Solid biofuels</t>
         </is>
       </c>
       <c r="D72" t="inlineStr">
         <is>
           <t>All indicators</t>
         </is>
       </c>
       <c r="E72" t="inlineStr">
         <is>
           <t>Gross electricity production</t>
         </is>
       </c>
       <c r="F72" t="inlineStr">
         <is>
           <t>Main activity producer</t>
         </is>
       </c>
       <c r="G72" t="inlineStr">
         <is>
           <t>Electricity plant</t>
         </is>
       </c>
       <c r="H72" s="2" t="n">
-        <v>391.6000000000014</v>
+        <v>201.30000000000072</v>
       </c>
     </row>
     <row r="73">
       <c r="A73" t="inlineStr">
         <is>
           <t>All products</t>
         </is>
       </c>
       <c r="B73" t="inlineStr">
         <is>
           <t>Renewables and biofuels</t>
         </is>
       </c>
       <c r="C73" t="inlineStr">
         <is>
           <t>Solid biofuels</t>
         </is>
       </c>
       <c r="D73" t="inlineStr">
         <is>
           <t>All indicators</t>
         </is>
       </c>
       <c r="E73" t="inlineStr">
         <is>
           <t>Gross electricity production</t>
         </is>
       </c>
       <c r="F73" t="inlineStr">
         <is>
           <t>Main activity producer</t>
         </is>
       </c>
       <c r="G73" t="inlineStr">
         <is>
           <t>CHP plant</t>
         </is>
       </c>
-      <c r="H73" s="2" t="n">
-        <v>375.5000000000013</v>
+      <c r="H73" s="1" t="n">
+        <v>396.0</v>
       </c>
     </row>
     <row r="74">
       <c r="A74" t="inlineStr">
         <is>
           <t>All products</t>
         </is>
       </c>
       <c r="B74" t="inlineStr">
         <is>
           <t>Renewables and biofuels</t>
         </is>
       </c>
       <c r="C74" t="inlineStr">
         <is>
           <t>Solid biofuels</t>
         </is>
       </c>
       <c r="D74" t="inlineStr">
         <is>
           <t>All indicators</t>
         </is>
       </c>
       <c r="E74" t="inlineStr">
         <is>
@@ -3638,347 +3634,347 @@
         <is>
           <t>Solid biofuels</t>
         </is>
       </c>
       <c r="D75" t="inlineStr">
         <is>
           <t>All indicators</t>
         </is>
       </c>
       <c r="E75" t="inlineStr">
         <is>
           <t>Gross electricity production</t>
         </is>
       </c>
       <c r="F75" t="inlineStr">
         <is>
           <t>Autoproducer</t>
         </is>
       </c>
       <c r="G75" t="inlineStr">
         <is>
           <t>CHP plant</t>
         </is>
       </c>
       <c r="H75" s="2" t="n">
-        <v>686.7000000000024</v>
+        <v>980.9000000000035</v>
       </c>
     </row>
     <row r="76">
       <c r="A76" t="inlineStr">
         <is>
           <t>All products</t>
         </is>
       </c>
       <c r="B76" t="inlineStr">
         <is>
           <t>Renewables and biofuels</t>
         </is>
       </c>
       <c r="C76" t="inlineStr">
         <is>
           <t>Solid biofuels</t>
         </is>
       </c>
       <c r="D76" t="inlineStr">
         <is>
           <t>All indicators</t>
         </is>
       </c>
       <c r="E76"/>
       <c r="F76"/>
       <c r="G76"/>
       <c r="H76" s="2" t="n">
-        <v>1453.8000000000054</v>
+        <v>1578.2000000000055</v>
       </c>
     </row>
     <row r="77">
       <c r="A77" t="inlineStr">
         <is>
           <t>All products</t>
         </is>
       </c>
       <c r="B77" t="inlineStr">
         <is>
           <t>Renewables and biofuels</t>
         </is>
       </c>
       <c r="C77" t="inlineStr">
         <is>
           <t>Biogas</t>
         </is>
       </c>
       <c r="D77" t="inlineStr">
         <is>
           <t>All indicators</t>
         </is>
       </c>
       <c r="E77" t="inlineStr">
         <is>
           <t>Gross electricity production</t>
         </is>
       </c>
       <c r="F77" t="inlineStr">
         <is>
           <t>Main activity producer</t>
         </is>
       </c>
       <c r="G77" t="inlineStr">
         <is>
           <t>Electricity plant</t>
         </is>
       </c>
       <c r="H77" s="2" t="n">
-        <v>34.50000000000012</v>
+        <v>30.200000000000106</v>
       </c>
     </row>
     <row r="78">
       <c r="A78" t="inlineStr">
         <is>
           <t>All products</t>
         </is>
       </c>
       <c r="B78" t="inlineStr">
         <is>
           <t>Renewables and biofuels</t>
         </is>
       </c>
       <c r="C78" t="inlineStr">
         <is>
           <t>Biogas</t>
         </is>
       </c>
       <c r="D78" t="inlineStr">
         <is>
           <t>All indicators</t>
         </is>
       </c>
       <c r="E78" t="inlineStr">
         <is>
           <t>Gross electricity production</t>
         </is>
       </c>
       <c r="F78" t="inlineStr">
         <is>
           <t>Main activity producer</t>
         </is>
       </c>
       <c r="G78" t="inlineStr">
         <is>
           <t>CHP plant</t>
         </is>
       </c>
       <c r="H78" s="2" t="n">
-        <v>273.70000000000095</v>
+        <v>332.5000000000012</v>
       </c>
     </row>
     <row r="79">
       <c r="A79" t="inlineStr">
         <is>
           <t>All products</t>
         </is>
       </c>
       <c r="B79" t="inlineStr">
         <is>
           <t>Renewables and biofuels</t>
         </is>
       </c>
       <c r="C79" t="inlineStr">
         <is>
           <t>Biogas</t>
         </is>
       </c>
       <c r="D79" t="inlineStr">
         <is>
           <t>All indicators</t>
         </is>
       </c>
       <c r="E79" t="inlineStr">
         <is>
           <t>Gross electricity production</t>
         </is>
       </c>
       <c r="F79" t="inlineStr">
         <is>
           <t>Autoproducer</t>
         </is>
       </c>
       <c r="G79" t="inlineStr">
         <is>
           <t>Electricity plant</t>
         </is>
       </c>
       <c r="H79" s="2" t="n">
-        <v>11.50000000000004</v>
+        <v>3.9000000000000137</v>
       </c>
     </row>
     <row r="80">
       <c r="A80" t="inlineStr">
         <is>
           <t>All products</t>
         </is>
       </c>
       <c r="B80" t="inlineStr">
         <is>
           <t>Renewables and biofuels</t>
         </is>
       </c>
       <c r="C80" t="inlineStr">
         <is>
           <t>Biogas</t>
         </is>
       </c>
       <c r="D80" t="inlineStr">
         <is>
           <t>All indicators</t>
         </is>
       </c>
       <c r="E80" t="inlineStr">
         <is>
           <t>Gross electricity production</t>
         </is>
       </c>
       <c r="F80" t="inlineStr">
         <is>
           <t>Autoproducer</t>
         </is>
       </c>
       <c r="G80" t="inlineStr">
         <is>
           <t>CHP plant</t>
         </is>
       </c>
-      <c r="H80" s="2" t="n">
-        <v>566.7000000000021</v>
+      <c r="H80" s="1" t="n">
+        <v>619.0</v>
       </c>
     </row>
     <row r="81">
       <c r="A81" t="inlineStr">
         <is>
           <t>All products</t>
         </is>
       </c>
       <c r="B81" t="inlineStr">
         <is>
           <t>Renewables and biofuels</t>
         </is>
       </c>
       <c r="C81" t="inlineStr">
         <is>
           <t>Biogas</t>
         </is>
       </c>
       <c r="D81" t="inlineStr">
         <is>
           <t>All indicators</t>
         </is>
       </c>
       <c r="E81"/>
       <c r="F81"/>
       <c r="G81"/>
       <c r="H81" s="2" t="n">
-        <v>886.4000000000033</v>
+        <v>985.6000000000034</v>
       </c>
     </row>
     <row r="82">
       <c r="A82" t="inlineStr">
         <is>
           <t>All products</t>
         </is>
       </c>
       <c r="B82" t="inlineStr">
         <is>
           <t>Renewables and biofuels</t>
         </is>
       </c>
       <c r="C82" t="inlineStr">
         <is>
           <t>Renewable municipal waste</t>
         </is>
       </c>
       <c r="D82" t="inlineStr">
         <is>
           <t>All indicators</t>
         </is>
       </c>
       <c r="E82" t="inlineStr">
         <is>
           <t>Gross electricity production</t>
         </is>
       </c>
       <c r="F82" t="inlineStr">
         <is>
           <t>Main activity producer</t>
         </is>
       </c>
       <c r="G82" t="inlineStr">
         <is>
           <t>Electricity plant</t>
         </is>
       </c>
       <c r="H82" s="2" t="n">
-        <v>367.5000000000013</v>
+        <v>414.90000000000146</v>
       </c>
     </row>
     <row r="83">
       <c r="A83" t="inlineStr">
         <is>
           <t>All products</t>
         </is>
       </c>
       <c r="B83" t="inlineStr">
         <is>
           <t>Renewables and biofuels</t>
         </is>
       </c>
       <c r="C83" t="inlineStr">
         <is>
           <t>Renewable municipal waste</t>
         </is>
       </c>
       <c r="D83" t="inlineStr">
         <is>
           <t>All indicators</t>
         </is>
       </c>
       <c r="E83" t="inlineStr">
         <is>
           <t>Gross electricity production</t>
         </is>
       </c>
       <c r="F83" t="inlineStr">
         <is>
           <t>Main activity producer</t>
         </is>
       </c>
       <c r="G83" t="inlineStr">
         <is>
           <t>CHP plant</t>
         </is>
       </c>
       <c r="H83" s="2" t="n">
-        <v>597.8000000000021</v>
+        <v>550.5000000000019</v>
       </c>
     </row>
     <row r="84">
       <c r="A84" t="inlineStr">
         <is>
           <t>All products</t>
         </is>
       </c>
       <c r="B84" t="inlineStr">
         <is>
           <t>Renewables and biofuels</t>
         </is>
       </c>
       <c r="C84" t="inlineStr">
         <is>
           <t>Renewable municipal waste</t>
         </is>
       </c>
       <c r="D84" t="inlineStr">
         <is>
           <t>All indicators</t>
         </is>
       </c>
       <c r="E84" t="inlineStr">
         <is>
@@ -4012,79 +4008,79 @@
         <is>
           <t>Renewable municipal waste</t>
         </is>
       </c>
       <c r="D85" t="inlineStr">
         <is>
           <t>All indicators</t>
         </is>
       </c>
       <c r="E85" t="inlineStr">
         <is>
           <t>Gross electricity production</t>
         </is>
       </c>
       <c r="F85" t="inlineStr">
         <is>
           <t>Autoproducer</t>
         </is>
       </c>
       <c r="G85" t="inlineStr">
         <is>
           <t>CHP plant</t>
         </is>
       </c>
       <c r="H85" s="2" t="n">
-        <v>81.20000000000029</v>
+        <v>75.10000000000026</v>
       </c>
     </row>
     <row r="86">
       <c r="A86" t="inlineStr">
         <is>
           <t>All products</t>
         </is>
       </c>
       <c r="B86" t="inlineStr">
         <is>
           <t>Renewables and biofuels</t>
         </is>
       </c>
       <c r="C86" t="inlineStr">
         <is>
           <t>Renewable municipal waste</t>
         </is>
       </c>
       <c r="D86" t="inlineStr">
         <is>
           <t>All indicators</t>
         </is>
       </c>
       <c r="E86"/>
       <c r="F86"/>
       <c r="G86"/>
       <c r="H86" s="2" t="n">
-        <v>1046.5000000000036</v>
+        <v>1040.5000000000036</v>
       </c>
     </row>
     <row r="87">
       <c r="A87" t="inlineStr">
         <is>
           <t>All products</t>
         </is>
       </c>
       <c r="B87" t="inlineStr">
         <is>
           <t>Renewables and biofuels</t>
         </is>
       </c>
       <c r="C87" t="inlineStr">
         <is>
           <t>Biodiesel</t>
         </is>
       </c>
       <c r="D87" t="inlineStr">
         <is>
           <t>All indicators</t>
         </is>
       </c>
       <c r="E87" t="inlineStr">
         <is>
@@ -4156,91 +4152,91 @@
         <is>
           <t>Biodiesel</t>
         </is>
       </c>
       <c r="D89" t="inlineStr">
         <is>
           <t>All indicators</t>
         </is>
       </c>
       <c r="E89" t="inlineStr">
         <is>
           <t>Gross electricity production</t>
         </is>
       </c>
       <c r="F89" t="inlineStr">
         <is>
           <t>Autoproducer</t>
         </is>
       </c>
       <c r="G89" t="inlineStr">
         <is>
           <t>Electricity plant</t>
         </is>
       </c>
       <c r="H89" s="2" t="n">
-        <v>0.20000000000000073</v>
+        <v>0.40000000000000147</v>
       </c>
     </row>
     <row r="90">
       <c r="A90" t="inlineStr">
         <is>
           <t>All products</t>
         </is>
       </c>
       <c r="B90" t="inlineStr">
         <is>
           <t>Renewables and biofuels</t>
         </is>
       </c>
       <c r="C90" t="inlineStr">
         <is>
           <t>Biodiesel</t>
         </is>
       </c>
       <c r="D90" t="inlineStr">
         <is>
           <t>All indicators</t>
         </is>
       </c>
       <c r="E90" t="inlineStr">
         <is>
           <t>Gross electricity production</t>
         </is>
       </c>
       <c r="F90" t="inlineStr">
         <is>
           <t>Autoproducer</t>
         </is>
       </c>
       <c r="G90" t="inlineStr">
         <is>
           <t>CHP plant</t>
         </is>
       </c>
       <c r="H90" s="2" t="n">
-        <v>0.30000000000000104</v>
+        <v>0.10000000000000037</v>
       </c>
     </row>
     <row r="91">
       <c r="A91" t="inlineStr">
         <is>
           <t>All products</t>
         </is>
       </c>
       <c r="B91" t="inlineStr">
         <is>
           <t>Renewables and biofuels</t>
         </is>
       </c>
       <c r="C91" t="inlineStr">
         <is>
           <t>Biodiesel</t>
         </is>
       </c>
       <c r="D91" t="inlineStr">
         <is>
           <t>All indicators</t>
         </is>
       </c>
       <c r="E91"/>
       <c r="F91"/>
@@ -4263,93 +4259,89 @@
       <c r="C92" t="inlineStr">
         <is>
           <t>Other liquid biofuels</t>
         </is>
       </c>
       <c r="D92" t="inlineStr">
         <is>
           <t>All indicators</t>
         </is>
       </c>
       <c r="E92" t="inlineStr">
         <is>
           <t>Gross electricity production</t>
         </is>
       </c>
       <c r="F92" t="inlineStr">
         <is>
           <t>Main activity producer</t>
         </is>
       </c>
       <c r="G92" t="inlineStr">
         <is>
           <t>Electricity plant</t>
         </is>
       </c>
-      <c r="H92" s="1" t="n">
-[...1 lines deleted...]
-      </c>
+      <c r="H92"/>
     </row>
     <row r="93">
       <c r="A93" t="inlineStr">
         <is>
           <t>All products</t>
         </is>
       </c>
       <c r="B93" t="inlineStr">
         <is>
           <t>Renewables and biofuels</t>
         </is>
       </c>
       <c r="C93" t="inlineStr">
         <is>
           <t>Other liquid biofuels</t>
         </is>
       </c>
       <c r="D93" t="inlineStr">
         <is>
           <t>All indicators</t>
         </is>
       </c>
       <c r="E93" t="inlineStr">
         <is>
           <t>Gross electricity production</t>
         </is>
       </c>
       <c r="F93" t="inlineStr">
         <is>
           <t>Main activity producer</t>
         </is>
       </c>
       <c r="G93" t="inlineStr">
         <is>
           <t>CHP plant</t>
         </is>
       </c>
-      <c r="H93" s="2" t="n">
-[...1 lines deleted...]
-      </c>
+      <c r="H93"/>
     </row>
     <row r="94">
       <c r="A94" t="inlineStr">
         <is>
           <t>All products</t>
         </is>
       </c>
       <c r="B94" t="inlineStr">
         <is>
           <t>Renewables and biofuels</t>
         </is>
       </c>
       <c r="C94" t="inlineStr">
         <is>
           <t>Other liquid biofuels</t>
         </is>
       </c>
       <c r="D94" t="inlineStr">
         <is>
           <t>All indicators</t>
         </is>
       </c>
       <c r="E94" t="inlineStr">
         <is>
           <t>Gross electricity production</t>
@@ -4382,159 +4374,159 @@
         <is>
           <t>Other liquid biofuels</t>
         </is>
       </c>
       <c r="D95" t="inlineStr">
         <is>
           <t>All indicators</t>
         </is>
       </c>
       <c r="E95" t="inlineStr">
         <is>
           <t>Gross electricity production</t>
         </is>
       </c>
       <c r="F95" t="inlineStr">
         <is>
           <t>Autoproducer</t>
         </is>
       </c>
       <c r="G95" t="inlineStr">
         <is>
           <t>CHP plant</t>
         </is>
       </c>
       <c r="H95" s="2" t="n">
-        <v>0.5000000000000018</v>
+        <v>0.8000000000000029</v>
       </c>
     </row>
     <row r="96">
       <c r="A96" t="inlineStr">
         <is>
           <t>All products</t>
         </is>
       </c>
       <c r="B96" t="inlineStr">
         <is>
           <t>Renewables and biofuels</t>
         </is>
       </c>
       <c r="C96" t="inlineStr">
         <is>
           <t>Other liquid biofuels</t>
         </is>
       </c>
       <c r="D96" t="inlineStr">
         <is>
           <t>All indicators</t>
         </is>
       </c>
       <c r="E96"/>
       <c r="F96"/>
       <c r="G96"/>
       <c r="H96" s="2" t="n">
-        <v>2.300000000000008</v>
+        <v>0.8000000000000029</v>
       </c>
     </row>
     <row r="97">
       <c r="A97" t="inlineStr">
         <is>
           <t>All products</t>
         </is>
       </c>
       <c r="B97" t="inlineStr">
         <is>
           <t>Non-renewable waste</t>
         </is>
       </c>
       <c r="C97" t="inlineStr">
         <is>
           <t>Non-renewable industrial waste</t>
         </is>
       </c>
       <c r="D97" t="inlineStr">
         <is>
           <t>All indicators</t>
         </is>
       </c>
       <c r="E97" t="inlineStr">
         <is>
           <t>Gross electricity production</t>
         </is>
       </c>
       <c r="F97" t="inlineStr">
         <is>
           <t>Main activity producer</t>
         </is>
       </c>
       <c r="G97" t="inlineStr">
         <is>
           <t>Electricity plant</t>
         </is>
       </c>
       <c r="H97" s="2" t="n">
-        <v>6.200000000000022</v>
+        <v>6.300000000000022</v>
       </c>
     </row>
     <row r="98">
       <c r="A98" t="inlineStr">
         <is>
           <t>All products</t>
         </is>
       </c>
       <c r="B98" t="inlineStr">
         <is>
           <t>Non-renewable waste</t>
         </is>
       </c>
       <c r="C98" t="inlineStr">
         <is>
           <t>Non-renewable industrial waste</t>
         </is>
       </c>
       <c r="D98" t="inlineStr">
         <is>
           <t>All indicators</t>
         </is>
       </c>
       <c r="E98" t="inlineStr">
         <is>
           <t>Gross electricity production</t>
         </is>
       </c>
       <c r="F98" t="inlineStr">
         <is>
           <t>Main activity producer</t>
         </is>
       </c>
       <c r="G98" t="inlineStr">
         <is>
           <t>CHP plant</t>
         </is>
       </c>
       <c r="H98" s="2" t="n">
-        <v>328.6000000000012</v>
+        <v>327.9000000000011</v>
       </c>
     </row>
     <row r="99">
       <c r="A99" t="inlineStr">
         <is>
           <t>All products</t>
         </is>
       </c>
       <c r="B99" t="inlineStr">
         <is>
           <t>Non-renewable waste</t>
         </is>
       </c>
       <c r="C99" t="inlineStr">
         <is>
           <t>Non-renewable industrial waste</t>
         </is>
       </c>
       <c r="D99" t="inlineStr">
         <is>
           <t>All indicators</t>
         </is>
       </c>
       <c r="E99" t="inlineStr">
         <is>
@@ -4568,159 +4560,159 @@
         <is>
           <t>Non-renewable industrial waste</t>
         </is>
       </c>
       <c r="D100" t="inlineStr">
         <is>
           <t>All indicators</t>
         </is>
       </c>
       <c r="E100" t="inlineStr">
         <is>
           <t>Gross electricity production</t>
         </is>
       </c>
       <c r="F100" t="inlineStr">
         <is>
           <t>Autoproducer</t>
         </is>
       </c>
       <c r="G100" t="inlineStr">
         <is>
           <t>CHP plant</t>
         </is>
       </c>
       <c r="H100" s="2" t="n">
-        <v>126.30000000000045</v>
+        <v>127.60000000000045</v>
       </c>
     </row>
     <row r="101">
       <c r="A101" t="inlineStr">
         <is>
           <t>All products</t>
         </is>
       </c>
       <c r="B101" t="inlineStr">
         <is>
           <t>Non-renewable waste</t>
         </is>
       </c>
       <c r="C101" t="inlineStr">
         <is>
           <t>Non-renewable industrial waste</t>
         </is>
       </c>
       <c r="D101" t="inlineStr">
         <is>
           <t>All indicators</t>
         </is>
       </c>
       <c r="E101"/>
       <c r="F101"/>
       <c r="G101"/>
       <c r="H101" s="2" t="n">
-        <v>461.10000000000167</v>
+        <v>461.8000000000016</v>
       </c>
     </row>
     <row r="102">
       <c r="A102" t="inlineStr">
         <is>
           <t>All products</t>
         </is>
       </c>
       <c r="B102" t="inlineStr">
         <is>
           <t>Non-renewable waste</t>
         </is>
       </c>
       <c r="C102" t="inlineStr">
         <is>
           <t>Non-renewable municipal waste</t>
         </is>
       </c>
       <c r="D102" t="inlineStr">
         <is>
           <t>All indicators</t>
         </is>
       </c>
       <c r="E102" t="inlineStr">
         <is>
           <t>Gross electricity production</t>
         </is>
       </c>
       <c r="F102" t="inlineStr">
         <is>
           <t>Main activity producer</t>
         </is>
       </c>
       <c r="G102" t="inlineStr">
         <is>
           <t>Electricity plant</t>
         </is>
       </c>
       <c r="H102" s="2" t="n">
-        <v>513.6000000000018</v>
+        <v>420.40000000000146</v>
       </c>
     </row>
     <row r="103">
       <c r="A103" t="inlineStr">
         <is>
           <t>All products</t>
         </is>
       </c>
       <c r="B103" t="inlineStr">
         <is>
           <t>Non-renewable waste</t>
         </is>
       </c>
       <c r="C103" t="inlineStr">
         <is>
           <t>Non-renewable municipal waste</t>
         </is>
       </c>
       <c r="D103" t="inlineStr">
         <is>
           <t>All indicators</t>
         </is>
       </c>
       <c r="E103" t="inlineStr">
         <is>
           <t>Gross electricity production</t>
         </is>
       </c>
       <c r="F103" t="inlineStr">
         <is>
           <t>Main activity producer</t>
         </is>
       </c>
       <c r="G103" t="inlineStr">
         <is>
           <t>CHP plant</t>
         </is>
       </c>
       <c r="H103" s="2" t="n">
-        <v>362.5000000000013</v>
+        <v>331.5000000000012</v>
       </c>
     </row>
     <row r="104">
       <c r="A104" t="inlineStr">
         <is>
           <t>All products</t>
         </is>
       </c>
       <c r="B104" t="inlineStr">
         <is>
           <t>Non-renewable waste</t>
         </is>
       </c>
       <c r="C104" t="inlineStr">
         <is>
           <t>Non-renewable municipal waste</t>
         </is>
       </c>
       <c r="D104" t="inlineStr">
         <is>
           <t>All indicators</t>
         </is>
       </c>
       <c r="E104" t="inlineStr">
         <is>
@@ -4780,51 +4772,51 @@
     <row r="106">
       <c r="A106" t="inlineStr">
         <is>
           <t>All products</t>
         </is>
       </c>
       <c r="B106" t="inlineStr">
         <is>
           <t>Non-renewable waste</t>
         </is>
       </c>
       <c r="C106" t="inlineStr">
         <is>
           <t>Non-renewable municipal waste</t>
         </is>
       </c>
       <c r="D106" t="inlineStr">
         <is>
           <t>All indicators</t>
         </is>
       </c>
       <c r="E106"/>
       <c r="F106"/>
       <c r="G106"/>
       <c r="H106" s="2" t="n">
-        <v>876.1000000000031</v>
+        <v>751.9000000000026</v>
       </c>
     </row>
     <row r="107">
       <c r="A107" t="inlineStr">
         <is>
           <t>All products</t>
         </is>
       </c>
       <c r="B107" t="inlineStr">
         <is>
           <t>Other sources</t>
         </is>
       </c>
       <c r="C107" t="inlineStr">
         <is>
           <t>Recovered heat</t>
         </is>
       </c>
       <c r="D107" t="inlineStr">
         <is>
           <t>All indicators</t>
         </is>
       </c>
       <c r="E107" t="inlineStr">
         <is>
@@ -4896,119 +4888,119 @@
         <is>
           <t>Recovered heat</t>
         </is>
       </c>
       <c r="D109" t="inlineStr">
         <is>
           <t>All indicators</t>
         </is>
       </c>
       <c r="E109" t="inlineStr">
         <is>
           <t>Gross electricity production</t>
         </is>
       </c>
       <c r="F109" t="inlineStr">
         <is>
           <t>Autoproducer</t>
         </is>
       </c>
       <c r="G109" t="inlineStr">
         <is>
           <t>Electricity plant</t>
         </is>
       </c>
       <c r="H109" s="2" t="n">
-        <v>89.1000000000003</v>
+        <v>222.4000000000008</v>
       </c>
     </row>
     <row r="110">
       <c r="A110" t="inlineStr">
         <is>
           <t>All products</t>
         </is>
       </c>
       <c r="B110" t="inlineStr">
         <is>
           <t>Other sources</t>
         </is>
       </c>
       <c r="C110" t="inlineStr">
         <is>
           <t>Recovered heat</t>
         </is>
       </c>
       <c r="D110" t="inlineStr">
         <is>
           <t>All indicators</t>
         </is>
       </c>
       <c r="E110" t="inlineStr">
         <is>
           <t>Gross electricity production</t>
         </is>
       </c>
       <c r="F110" t="inlineStr">
         <is>
           <t>Autoproducer</t>
         </is>
       </c>
       <c r="G110" t="inlineStr">
         <is>
           <t>CHP plant</t>
         </is>
       </c>
       <c r="H110" s="2" t="n">
-        <v>107.90000000000039</v>
+        <v>160.60000000000056</v>
       </c>
     </row>
     <row r="111">
       <c r="A111" t="inlineStr">
         <is>
           <t>All products</t>
         </is>
       </c>
       <c r="B111" t="inlineStr">
         <is>
           <t>Other sources</t>
         </is>
       </c>
       <c r="C111" t="inlineStr">
         <is>
           <t>Recovered heat</t>
         </is>
       </c>
       <c r="D111" t="inlineStr">
         <is>
           <t>All indicators</t>
         </is>
       </c>
       <c r="E111"/>
       <c r="F111"/>
       <c r="G111"/>
       <c r="H111" s="1" t="n">
-        <v>197.0</v>
+        <v>383.0</v>
       </c>
     </row>
     <row r="112">
       <c r="A112" t="inlineStr">
         <is>
           <t>All products</t>
         </is>
       </c>
       <c r="B112" t="inlineStr">
         <is>
           <t>Other sources</t>
         </is>
       </c>
       <c r="C112" t="inlineStr">
         <is>
           <t>Pumped hydro</t>
         </is>
       </c>
       <c r="D112" t="inlineStr">
         <is>
           <t>All indicators</t>
         </is>
       </c>
       <c r="E112" t="inlineStr">
         <is>
@@ -5186,51 +5178,51 @@
         <is>
           <t>Other sources</t>
         </is>
       </c>
       <c r="D117" t="inlineStr">
         <is>
           <t>All indicators</t>
         </is>
       </c>
       <c r="E117" t="inlineStr">
         <is>
           <t>Gross electricity production</t>
         </is>
       </c>
       <c r="F117" t="inlineStr">
         <is>
           <t>Main activity producer</t>
         </is>
       </c>
       <c r="G117" t="inlineStr">
         <is>
           <t>Electricity plant</t>
         </is>
       </c>
       <c r="H117" s="2" t="n">
-        <v>115.50000000000041</v>
+        <v>159.70000000000056</v>
       </c>
     </row>
     <row r="118">
       <c r="A118" t="inlineStr">
         <is>
           <t>All products</t>
         </is>
       </c>
       <c r="B118" t="inlineStr">
         <is>
           <t>Other sources</t>
         </is>
       </c>
       <c r="C118" t="inlineStr">
         <is>
           <t>Other sources</t>
         </is>
       </c>
       <c r="D118" t="inlineStr">
         <is>
           <t>All indicators</t>
         </is>
       </c>
       <c r="E118" t="inlineStr">
         <is>
@@ -5264,51 +5256,51 @@
         <is>
           <t>Other sources</t>
         </is>
       </c>
       <c r="D119" t="inlineStr">
         <is>
           <t>All indicators</t>
         </is>
       </c>
       <c r="E119" t="inlineStr">
         <is>
           <t>Gross electricity production</t>
         </is>
       </c>
       <c r="F119" t="inlineStr">
         <is>
           <t>Autoproducer</t>
         </is>
       </c>
       <c r="G119" t="inlineStr">
         <is>
           <t>Electricity plant</t>
         </is>
       </c>
       <c r="H119" s="2" t="n">
-        <v>2.500000000000009</v>
+        <v>2.6000000000000094</v>
       </c>
     </row>
     <row r="120">
       <c r="A120" t="inlineStr">
         <is>
           <t>All products</t>
         </is>
       </c>
       <c r="B120" t="inlineStr">
         <is>
           <t>Other sources</t>
         </is>
       </c>
       <c r="C120" t="inlineStr">
         <is>
           <t>Other sources</t>
         </is>
       </c>
       <c r="D120" t="inlineStr">
         <is>
           <t>All indicators</t>
         </is>
       </c>
       <c r="E120" t="inlineStr">
         <is>
@@ -5329,194 +5321,194 @@
     </row>
     <row r="121">
       <c r="A121" t="inlineStr">
         <is>
           <t>All products</t>
         </is>
       </c>
       <c r="B121" t="inlineStr">
         <is>
           <t>Other sources</t>
         </is>
       </c>
       <c r="C121" t="inlineStr">
         <is>
           <t>Other sources</t>
         </is>
       </c>
       <c r="D121" t="inlineStr">
         <is>
           <t>All indicators</t>
         </is>
       </c>
       <c r="E121"/>
       <c r="F121"/>
       <c r="G121"/>
-      <c r="H121" s="1" t="n">
-        <v>118.0</v>
+      <c r="H121" s="2" t="n">
+        <v>162.30000000000055</v>
       </c>
     </row>
     <row r="122">
       <c r="A122" t="inlineStr">
         <is>
           <t>All products</t>
         </is>
       </c>
       <c r="B122"/>
       <c r="C122"/>
       <c r="D122" t="inlineStr">
         <is>
           <t>All indicators</t>
         </is>
       </c>
       <c r="E122" t="inlineStr">
         <is>
           <t>Gross electricity production</t>
         </is>
       </c>
       <c r="F122" t="inlineStr">
         <is>
           <t>Main activity producer</t>
         </is>
       </c>
       <c r="G122" t="inlineStr">
         <is>
           <t>Electricity plant</t>
         </is>
       </c>
       <c r="H122" s="2" t="n">
-        <v>56206.300000000185</v>
+        <v>54465.100000000195</v>
       </c>
     </row>
     <row r="123">
       <c r="A123" t="inlineStr">
         <is>
           <t>All products</t>
         </is>
       </c>
       <c r="B123"/>
       <c r="C123"/>
       <c r="D123" t="inlineStr">
         <is>
           <t>All indicators</t>
         </is>
       </c>
       <c r="E123" t="inlineStr">
         <is>
           <t>Gross electricity production</t>
         </is>
       </c>
       <c r="F123" t="inlineStr">
         <is>
           <t>Main activity producer</t>
         </is>
       </c>
       <c r="G123" t="inlineStr">
         <is>
           <t>CHP plant</t>
         </is>
       </c>
       <c r="H123" s="2" t="n">
-        <v>4386.000000000015</v>
+        <v>4352.700000000015</v>
       </c>
     </row>
     <row r="124">
       <c r="A124" t="inlineStr">
         <is>
           <t>All products</t>
         </is>
       </c>
       <c r="B124"/>
       <c r="C124"/>
       <c r="D124" t="inlineStr">
         <is>
           <t>All indicators</t>
         </is>
       </c>
       <c r="E124" t="inlineStr">
         <is>
           <t>Gross electricity production</t>
         </is>
       </c>
       <c r="F124" t="inlineStr">
         <is>
           <t>Autoproducer</t>
         </is>
       </c>
       <c r="G124" t="inlineStr">
         <is>
           <t>Electricity plant</t>
         </is>
       </c>
       <c r="H124" s="2" t="n">
-        <v>8137.90000000003</v>
+        <v>8885.80000000003</v>
       </c>
     </row>
     <row r="125">
       <c r="A125" t="inlineStr">
         <is>
           <t>All products</t>
         </is>
       </c>
       <c r="B125"/>
       <c r="C125"/>
       <c r="D125" t="inlineStr">
         <is>
           <t>All indicators</t>
         </is>
       </c>
       <c r="E125" t="inlineStr">
         <is>
           <t>Gross electricity production</t>
         </is>
       </c>
       <c r="F125" t="inlineStr">
         <is>
           <t>Autoproducer</t>
         </is>
       </c>
       <c r="G125" t="inlineStr">
         <is>
           <t>CHP plant</t>
         </is>
       </c>
       <c r="H125" s="2" t="n">
-        <v>6947.7000000000235</v>
+        <v>9453.200000000033</v>
       </c>
     </row>
     <row r="126">
       <c r="A126" t="inlineStr">
         <is>
           <t>All products</t>
         </is>
       </c>
       <c r="B126"/>
       <c r="C126"/>
       <c r="D126" t="inlineStr">
         <is>
           <t>All indicators</t>
         </is>
       </c>
       <c r="E126"/>
       <c r="F126"/>
       <c r="G126"/>
       <c r="H126" s="2" t="n">
-        <v>75677.90000000027</v>
+        <v>77156.80000000028</v>
       </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <coreProperties xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </coreProperties>
 </file>