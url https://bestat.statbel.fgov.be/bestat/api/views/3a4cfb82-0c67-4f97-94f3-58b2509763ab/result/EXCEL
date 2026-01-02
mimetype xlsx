--- v0 (2025-11-05)
+++ v1 (2026-01-02)
@@ -158,51 +158,51 @@
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <cols>
     <col min="1" max="1" width="33.54296875" customWidth="true"/>
     <col min="2" max="2" width="44.98046875" customWidth="true"/>
     <col min="3" max="3" width="22.63671875" customWidth="true"/>
     <col min="4" max="4" width="4.50390625" customWidth="true"/>
     <col min="5" max="5" width="5.42578125" customWidth="true"/>
     <col min="6" max="6" width="5.4453125" customWidth="true"/>
     <col min="7" max="7" width="5.42578125" customWidth="true"/>
     <col min="8" max="8" width="5.4453125" customWidth="true"/>
     <col min="9" max="9" width="5.4453125" customWidth="true"/>
     <col min="10" max="10" width="5.4453125" customWidth="true"/>
     <col min="11" max="11" width="5.4453125" customWidth="true"/>
-    <col min="12" max="12" width="5.4453125" customWidth="true"/>
+    <col min="12" max="12" width="5.42578125" customWidth="true"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1"/>
       <c r="B1"/>
       <c r="C1"/>
       <c r="D1" t="inlineStr">
         <is>
           <t>Jaar</t>
         </is>
       </c>
       <c r="E1" t="inlineStr">
         <is>
           <t>2018</t>
         </is>
       </c>
       <c r="F1" t="inlineStr">
         <is>
           <t>2019</t>
         </is>
       </c>
       <c r="G1" t="inlineStr">
         <is>
           <t>2020</t>
         </is>
@@ -263,563 +263,563 @@
         </is>
       </c>
       <c r="D3"/>
       <c r="E3" s="2" t="n">
         <v>1.469410958904115</v>
       </c>
       <c r="F3" s="2" t="n">
         <v>1.4574164383561692</v>
       </c>
       <c r="G3" s="2" t="n">
         <v>1.3889972677595677</v>
       </c>
       <c r="H3" s="2" t="n">
         <v>1.6060410958904168</v>
       </c>
       <c r="I3" s="2" t="n">
         <v>1.9181808219178154</v>
       </c>
       <c r="J3" s="2" t="n">
         <v>1.8350602739726092</v>
       </c>
       <c r="K3" s="2" t="n">
         <v>1.7315464480874376</v>
       </c>
       <c r="L3" s="2" t="n">
-        <v>1.6568096774193608</v>
+        <v>1.6540821917808277</v>
       </c>
     </row>
     <row r="4">
       <c r="A4"/>
       <c r="B4" t="inlineStr">
         <is>
           <t>Benzine 95 RON E10 (€/L)</t>
         </is>
       </c>
       <c r="C4" t="inlineStr">
         <is>
           <t>Gemiddelde prijs incl. BTW</t>
         </is>
       </c>
       <c r="D4"/>
       <c r="E4" s="2" t="n">
         <v>1.4783041095890466</v>
       </c>
       <c r="F4" s="2" t="n">
         <v>1.473347945205485</v>
       </c>
       <c r="G4" s="2" t="n">
         <v>1.3492049180327916</v>
       </c>
       <c r="H4" s="2" t="n">
         <v>1.5624027397260327</v>
       </c>
       <c r="I4" s="2" t="n">
         <v>1.8516000000000068</v>
       </c>
       <c r="J4" s="2" t="n">
         <v>1.787602739726034</v>
       </c>
       <c r="K4" s="2" t="n">
         <v>1.7158306010929019</v>
       </c>
       <c r="L4" s="2" t="n">
-        <v>1.645322580645167</v>
+        <v>1.6422876712328827</v>
       </c>
     </row>
     <row r="5">
       <c r="A5"/>
       <c r="B5" t="inlineStr">
         <is>
           <t>Benzine 98 RON E5 (€/L)</t>
         </is>
       </c>
       <c r="C5" t="inlineStr">
         <is>
           <t>Gemiddelde prijs incl. BTW</t>
         </is>
       </c>
       <c r="D5"/>
       <c r="E5" s="2" t="n">
         <v>1.5510767123287725</v>
       </c>
       <c r="F5" s="2" t="n">
         <v>1.5310082191780874</v>
       </c>
       <c r="G5" s="2" t="n">
         <v>1.4171967213114811</v>
       </c>
       <c r="H5" s="2" t="n">
         <v>1.6359753424657588</v>
       </c>
       <c r="I5" s="2" t="n">
         <v>2.028695890410966</v>
       </c>
       <c r="J5" s="2" t="n">
         <v>1.991249315068501</v>
       </c>
       <c r="K5" s="2" t="n">
         <v>1.836584699453558</v>
       </c>
       <c r="L5" s="2" t="n">
-        <v>1.714587096774199</v>
+        <v>1.7148273972602794</v>
       </c>
     </row>
     <row r="6">
       <c r="A6"/>
       <c r="B6" t="inlineStr">
         <is>
           <t>Benzine 98 RON E10 (€/L)</t>
         </is>
       </c>
       <c r="C6" t="inlineStr">
         <is>
           <t>Gemiddelde prijs incl. BTW</t>
         </is>
       </c>
       <c r="D6"/>
       <c r="E6" s="2" t="n">
         <v>1.5593835616438414</v>
       </c>
       <c r="F6" s="2" t="n">
         <v>1.5400821917808272</v>
       </c>
       <c r="G6" s="2" t="n">
         <v>1.3861475409836117</v>
       </c>
       <c r="H6" s="2" t="n">
         <v>1.6080383561643892</v>
       </c>
       <c r="I6" s="2" t="n">
         <v>1.98211232876713</v>
       </c>
       <c r="J6" s="2" t="n">
         <v>1.9634356164383633</v>
       </c>
       <c r="K6" s="2" t="n">
         <v>1.8382158469945418</v>
       </c>
       <c r="L6" s="2" t="n">
-        <v>1.716890322580651</v>
+        <v>1.7165041095890468</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="inlineStr">
         <is>
           <t>Gasolie Diesel wegvervoer</t>
         </is>
       </c>
       <c r="B7" t="inlineStr">
         <is>
           <t>Diesel B7 (€/L)</t>
         </is>
       </c>
       <c r="C7" t="inlineStr">
         <is>
           <t>Gemiddelde prijs incl. BTW</t>
         </is>
       </c>
       <c r="D7"/>
       <c r="E7" s="2" t="n">
         <v>1.5037232876712383</v>
       </c>
       <c r="F7" s="2" t="n">
         <v>1.5215342465753479</v>
       </c>
       <c r="G7" s="2" t="n">
         <v>1.3678551912568355</v>
       </c>
       <c r="H7" s="2" t="n">
         <v>1.572660273972608</v>
       </c>
       <c r="I7" s="2" t="n">
         <v>1.9894986301369932</v>
       </c>
       <c r="J7" s="2" t="n">
         <v>1.8341315068493218</v>
       </c>
       <c r="K7" s="2" t="n">
         <v>1.7913060109289687</v>
       </c>
       <c r="L7" s="2" t="n">
-        <v>1.7337000000000056</v>
+        <v>1.7351863013698685</v>
       </c>
     </row>
     <row r="8">
       <c r="A8"/>
       <c r="B8" t="inlineStr">
         <is>
           <t>Diesel B10 (€/L)</t>
         </is>
       </c>
       <c r="C8" t="inlineStr">
         <is>
           <t>Gemiddelde prijs incl. BTW</t>
         </is>
       </c>
       <c r="D8"/>
       <c r="E8" s="2" t="n">
         <v>1.5785155279503158</v>
       </c>
       <c r="F8" s="2" t="n">
         <v>1.5305369863013754</v>
       </c>
       <c r="G8" s="2" t="n">
         <v>1.3442923497267807</v>
       </c>
       <c r="H8" s="2" t="n">
         <v>1.5624931506849369</v>
       </c>
       <c r="I8" s="2" t="n">
         <v>1.9613342465753496</v>
       </c>
       <c r="J8" s="2" t="n">
         <v>1.814391780821924</v>
       </c>
       <c r="K8" s="2" t="n">
         <v>1.7871092896174925</v>
       </c>
       <c r="L8" s="2" t="n">
-        <v>1.7302225806451679</v>
+        <v>1.7314109589041162</v>
       </c>
     </row>
     <row r="9">
       <c r="A9"/>
       <c r="B9" t="inlineStr">
         <is>
           <t>Diesel B20 (€/L)</t>
         </is>
       </c>
       <c r="C9" t="inlineStr">
         <is>
           <t>Gemiddelde prijs incl. BTW</t>
         </is>
       </c>
       <c r="D9"/>
       <c r="E9" s="2" t="n">
         <v>1.5972981366459686</v>
       </c>
       <c r="F9" s="2" t="n">
         <v>1.5454876712328822</v>
       </c>
       <c r="G9" s="2" t="n">
         <v>1.369396174863393</v>
       </c>
       <c r="H9" s="2" t="n">
         <v>1.6113397260274034</v>
       </c>
       <c r="I9" s="2" t="n">
         <v>1.9888328767123358</v>
       </c>
       <c r="J9" s="2" t="n">
         <v>1.829624657534253</v>
       </c>
       <c r="K9" s="2" t="n">
         <v>1.808991803278695</v>
       </c>
       <c r="L9" s="2" t="n">
-        <v>1.7502838709677477</v>
+        <v>1.7510000000000059</v>
       </c>
     </row>
     <row r="10">
       <c r="A10"/>
       <c r="B10" t="inlineStr">
         <is>
           <t>Diesel B30 (€/L)</t>
         </is>
       </c>
       <c r="C10" t="inlineStr">
         <is>
           <t>Gemiddelde prijs incl. BTW</t>
         </is>
       </c>
       <c r="D10"/>
       <c r="E10" s="2" t="n">
         <v>1.6347888198757827</v>
       </c>
       <c r="F10" s="2" t="n">
         <v>1.5757972602739783</v>
       </c>
       <c r="G10" s="2" t="n">
         <v>1.4194071038251415</v>
       </c>
       <c r="H10" s="2" t="n">
         <v>1.7090465753424722</v>
       </c>
       <c r="I10" s="2" t="n">
         <v>2.0607095890411027</v>
       </c>
       <c r="J10" s="2" t="n">
         <v>1.8709589041095955</v>
       </c>
       <c r="K10" s="2" t="n">
         <v>1.8592486338797878</v>
       </c>
       <c r="L10" s="2" t="n">
-        <v>1.816329032258071</v>
+        <v>1.8181123287671297</v>
       </c>
     </row>
     <row r="11">
       <c r="A11"/>
       <c r="B11" t="inlineStr">
         <is>
           <t>Diesel XTL (€/L)</t>
         </is>
       </c>
       <c r="C11" t="inlineStr">
         <is>
           <t>Gemiddelde prijs incl. BTW</t>
         </is>
       </c>
       <c r="D11"/>
       <c r="E11" s="2" t="n">
         <v>1.9992919254658457</v>
       </c>
       <c r="F11" s="2" t="n">
         <v>2.0068054794520624</v>
       </c>
       <c r="G11" s="2" t="n">
         <v>2.250177595628424</v>
       </c>
       <c r="H11" s="2" t="n">
         <v>2.54466301369864</v>
       </c>
       <c r="I11" s="2" t="n">
         <v>3.5816958904109715</v>
       </c>
       <c r="J11" s="2" t="n">
         <v>2.8844027397260374</v>
       </c>
       <c r="K11" s="2" t="n">
         <v>2.4972267759562925</v>
       </c>
       <c r="L11" s="2" t="n">
-        <v>2.7515806451613005</v>
+        <v>2.809950684931517</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="inlineStr">
         <is>
           <t>Gasolie Diesel (verwarmingsdoeleinden)</t>
         </is>
       </c>
       <c r="B12" t="inlineStr">
         <is>
           <t>Gasolie Diesel Verwarming (vanaf 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="C12" t="inlineStr">
         <is>
           <t>Gemiddelde prijs incl. BTW</t>
         </is>
       </c>
       <c r="D12"/>
       <c r="E12" s="2" t="n">
         <v>0.6826419178082217</v>
       </c>
       <c r="F12" s="2" t="n">
         <v>0.672810958904112</v>
       </c>
       <c r="G12" s="2" t="n">
         <v>0.46351174863388134</v>
       </c>
       <c r="H12" s="2" t="n">
         <v>0.6525813698630161</v>
       </c>
       <c r="I12" s="2" t="n">
         <v>1.1995219178082233</v>
       </c>
       <c r="J12" s="2" t="n">
         <v>0.9632115068493186</v>
       </c>
       <c r="K12" s="2" t="n">
         <v>0.887927049180331</v>
       </c>
       <c r="L12" s="2" t="n">
-        <v>0.8006161290322609</v>
+        <v>0.7987279452054823</v>
       </c>
     </row>
     <row r="13">
       <c r="A13"/>
       <c r="B13" t="inlineStr">
         <is>
           <t>Gasolie Diesel Verwarming (minder dan 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="C13" t="inlineStr">
         <is>
           <t>Gemiddelde prijs incl. BTW</t>
         </is>
       </c>
       <c r="D13"/>
       <c r="E13" s="2" t="n">
         <v>0.7104013698630162</v>
       </c>
       <c r="F13" s="2" t="n">
         <v>0.7018819178082215</v>
       </c>
       <c r="G13" s="2" t="n">
         <v>0.49321530054644974</v>
       </c>
       <c r="H13" s="2" t="n">
         <v>0.682313150684934</v>
       </c>
       <c r="I13" s="2" t="n">
         <v>1.2320043835616483</v>
       </c>
       <c r="J13" s="2" t="n">
         <v>1.000407123287675</v>
       </c>
       <c r="K13" s="2" t="n">
         <v>0.9269926229508231</v>
       </c>
       <c r="L13" s="2" t="n">
-        <v>0.8404483870967772</v>
+        <v>0.8386235616438387</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="inlineStr">
         <is>
           <t>Gasolie verwarming</t>
         </is>
       </c>
       <c r="B14" t="inlineStr">
         <is>
           <t>Gasolie verwarming (H0/H7) (vanaf 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="C14" t="inlineStr">
         <is>
           <t>Gemiddelde prijs incl. BTW</t>
         </is>
       </c>
       <c r="D14"/>
       <c r="E14"/>
       <c r="F14"/>
       <c r="G14"/>
       <c r="H14"/>
       <c r="I14"/>
       <c r="J14"/>
       <c r="K14" s="2" t="n">
         <v>0.8614893772893805</v>
       </c>
       <c r="L14" s="2" t="n">
-        <v>0.8006161290322609</v>
+        <v>0.7987279452054823</v>
       </c>
     </row>
     <row r="15">
       <c r="A15"/>
       <c r="B15" t="inlineStr">
         <is>
           <t>Gasolie verwarming (H0/H7) (minder dan 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="C15" t="inlineStr">
         <is>
           <t>Gemiddelde prijs incl. BTW</t>
         </is>
       </c>
       <c r="D15"/>
       <c r="E15"/>
       <c r="F15"/>
       <c r="G15"/>
       <c r="H15"/>
       <c r="I15"/>
       <c r="J15"/>
       <c r="K15" s="2" t="n">
         <v>0.9008695970696003</v>
       </c>
       <c r="L15" s="2" t="n">
-        <v>0.8404483870967772</v>
+        <v>0.8386235616438387</v>
       </c>
     </row>
     <row r="16">
       <c r="A16"/>
       <c r="B16" t="inlineStr">
         <is>
           <t>Gasolie verwarming (H0/H7) (aan de pomp) (€/L)</t>
         </is>
       </c>
       <c r="C16" t="inlineStr">
         <is>
           <t>Gemiddelde prijs incl. BTW</t>
         </is>
       </c>
       <c r="D16"/>
       <c r="E16"/>
       <c r="F16"/>
       <c r="G16"/>
       <c r="H16"/>
       <c r="I16"/>
       <c r="J16"/>
       <c r="K16" s="2" t="n">
         <v>1.0138315018315054</v>
       </c>
       <c r="L16" s="2" t="n">
-        <v>0.956919354838713</v>
+        <v>0.9553013698630172</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="inlineStr">
         <is>
           <t>Butaan + LPG</t>
         </is>
       </c>
       <c r="B17" t="inlineStr">
         <is>
           <t>Autogas LPG (aan de pomp) (€/L)</t>
         </is>
       </c>
       <c r="C17" t="inlineStr">
         <is>
           <t>Gemiddelde prijs incl. BTW</t>
         </is>
       </c>
       <c r="D17"/>
       <c r="E17" s="2" t="n">
         <v>0.5483643835616459</v>
       </c>
       <c r="F17" s="2" t="n">
         <v>0.5100849315068511</v>
       </c>
       <c r="G17" s="2" t="n">
         <v>0.4683961748633897</v>
       </c>
       <c r="H17" s="2" t="n">
         <v>0.6465972602739748</v>
       </c>
       <c r="I17" s="2" t="n">
         <v>0.8164794520547975</v>
       </c>
       <c r="J17" s="2" t="n">
         <v>0.6840328767123312</v>
       </c>
       <c r="K17" s="2" t="n">
         <v>0.748748633879784</v>
       </c>
       <c r="L17" s="2" t="n">
-        <v>0.8016516129032286</v>
+        <v>0.8062328767123316</v>
       </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <cols>
     <col min="1" max="1" width="33.54296875" customWidth="true"/>
     <col min="2" max="2" width="44.98046875" customWidth="true"/>
     <col min="3" max="3" width="4.96484375" customWidth="true"/>
     <col min="4" max="4" width="5.4453125" customWidth="true"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" t="inlineStr">
         <is>
           <t>Productgroep</t>
@@ -976,51 +976,51 @@
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="D8" s="2" t="n">
         <v>1.7315464480874376</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="inlineStr">
         <is>
           <t>Benzines</t>
         </is>
       </c>
       <c r="B9" t="inlineStr">
         <is>
           <t>Benzine 95 RON E5 (€/L)</t>
         </is>
       </c>
       <c r="C9" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D9" s="2" t="n">
-        <v>1.6568096774193608</v>
+        <v>1.6540821917808277</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="inlineStr">
         <is>
           <t>Benzines</t>
         </is>
       </c>
       <c r="B10" t="inlineStr">
         <is>
           <t>Benzine 95 RON E10 (€/L)</t>
         </is>
       </c>
       <c r="C10" t="inlineStr">
         <is>
           <t>2018</t>
         </is>
       </c>
       <c r="D10" s="2" t="n">
         <v>1.4783041095890466</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="inlineStr">
         <is>
@@ -1136,51 +1136,51 @@
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="D16" s="2" t="n">
         <v>1.7158306010929019</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="inlineStr">
         <is>
           <t>Benzines</t>
         </is>
       </c>
       <c r="B17" t="inlineStr">
         <is>
           <t>Benzine 95 RON E10 (€/L)</t>
         </is>
       </c>
       <c r="C17" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D17" s="2" t="n">
-        <v>1.645322580645167</v>
+        <v>1.6422876712328827</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="inlineStr">
         <is>
           <t>Benzines</t>
         </is>
       </c>
       <c r="B18" t="inlineStr">
         <is>
           <t>Benzine 98 RON E5 (€/L)</t>
         </is>
       </c>
       <c r="C18" t="inlineStr">
         <is>
           <t>2018</t>
         </is>
       </c>
       <c r="D18" s="2" t="n">
         <v>1.5510767123287725</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="inlineStr">
         <is>
@@ -1296,51 +1296,51 @@
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="D24" s="2" t="n">
         <v>1.836584699453558</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="inlineStr">
         <is>
           <t>Benzines</t>
         </is>
       </c>
       <c r="B25" t="inlineStr">
         <is>
           <t>Benzine 98 RON E5 (€/L)</t>
         </is>
       </c>
       <c r="C25" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D25" s="2" t="n">
-        <v>1.714587096774199</v>
+        <v>1.7148273972602794</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="inlineStr">
         <is>
           <t>Benzines</t>
         </is>
       </c>
       <c r="B26" t="inlineStr">
         <is>
           <t>Benzine 98 RON E10 (€/L)</t>
         </is>
       </c>
       <c r="C26" t="inlineStr">
         <is>
           <t>2018</t>
         </is>
       </c>
       <c r="D26" s="2" t="n">
         <v>1.5593835616438414</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="inlineStr">
         <is>
@@ -1456,51 +1456,51 @@
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="D32" s="2" t="n">
         <v>1.8382158469945418</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" t="inlineStr">
         <is>
           <t>Benzines</t>
         </is>
       </c>
       <c r="B33" t="inlineStr">
         <is>
           <t>Benzine 98 RON E10 (€/L)</t>
         </is>
       </c>
       <c r="C33" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D33" s="2" t="n">
-        <v>1.716890322580651</v>
+        <v>1.7165041095890468</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" t="inlineStr">
         <is>
           <t>Gasolie Diesel wegvervoer</t>
         </is>
       </c>
       <c r="B34" t="inlineStr">
         <is>
           <t>Diesel B7 (€/L)</t>
         </is>
       </c>
       <c r="C34" t="inlineStr">
         <is>
           <t>2018</t>
         </is>
       </c>
       <c r="D34" s="2" t="n">
         <v>1.5037232876712383</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" t="inlineStr">
         <is>
@@ -1616,51 +1616,51 @@
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="D40" s="2" t="n">
         <v>1.7913060109289687</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" t="inlineStr">
         <is>
           <t>Gasolie Diesel wegvervoer</t>
         </is>
       </c>
       <c r="B41" t="inlineStr">
         <is>
           <t>Diesel B7 (€/L)</t>
         </is>
       </c>
       <c r="C41" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D41" s="2" t="n">
-        <v>1.7337000000000056</v>
+        <v>1.7351863013698685</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" t="inlineStr">
         <is>
           <t>Gasolie Diesel wegvervoer</t>
         </is>
       </c>
       <c r="B42" t="inlineStr">
         <is>
           <t>Diesel B10 (€/L)</t>
         </is>
       </c>
       <c r="C42" t="inlineStr">
         <is>
           <t>2018</t>
         </is>
       </c>
       <c r="D42" s="2" t="n">
         <v>1.5785155279503158</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" t="inlineStr">
         <is>
@@ -1776,51 +1776,51 @@
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="D48" s="2" t="n">
         <v>1.7871092896174925</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" t="inlineStr">
         <is>
           <t>Gasolie Diesel wegvervoer</t>
         </is>
       </c>
       <c r="B49" t="inlineStr">
         <is>
           <t>Diesel B10 (€/L)</t>
         </is>
       </c>
       <c r="C49" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D49" s="2" t="n">
-        <v>1.7302225806451679</v>
+        <v>1.7314109589041162</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" t="inlineStr">
         <is>
           <t>Gasolie Diesel wegvervoer</t>
         </is>
       </c>
       <c r="B50" t="inlineStr">
         <is>
           <t>Diesel B20 (€/L)</t>
         </is>
       </c>
       <c r="C50" t="inlineStr">
         <is>
           <t>2018</t>
         </is>
       </c>
       <c r="D50" s="2" t="n">
         <v>1.5972981366459686</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" t="inlineStr">
         <is>
@@ -1936,51 +1936,51 @@
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="D56" s="2" t="n">
         <v>1.808991803278695</v>
       </c>
     </row>
     <row r="57">
       <c r="A57" t="inlineStr">
         <is>
           <t>Gasolie Diesel wegvervoer</t>
         </is>
       </c>
       <c r="B57" t="inlineStr">
         <is>
           <t>Diesel B20 (€/L)</t>
         </is>
       </c>
       <c r="C57" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D57" s="2" t="n">
-        <v>1.7502838709677477</v>
+        <v>1.7510000000000059</v>
       </c>
     </row>
     <row r="58">
       <c r="A58" t="inlineStr">
         <is>
           <t>Gasolie Diesel wegvervoer</t>
         </is>
       </c>
       <c r="B58" t="inlineStr">
         <is>
           <t>Diesel B30 (€/L)</t>
         </is>
       </c>
       <c r="C58" t="inlineStr">
         <is>
           <t>2018</t>
         </is>
       </c>
       <c r="D58" s="2" t="n">
         <v>1.6347888198757827</v>
       </c>
     </row>
     <row r="59">
       <c r="A59" t="inlineStr">
         <is>
@@ -2096,51 +2096,51 @@
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="D64" s="2" t="n">
         <v>1.8592486338797878</v>
       </c>
     </row>
     <row r="65">
       <c r="A65" t="inlineStr">
         <is>
           <t>Gasolie Diesel wegvervoer</t>
         </is>
       </c>
       <c r="B65" t="inlineStr">
         <is>
           <t>Diesel B30 (€/L)</t>
         </is>
       </c>
       <c r="C65" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D65" s="2" t="n">
-        <v>1.816329032258071</v>
+        <v>1.8181123287671297</v>
       </c>
     </row>
     <row r="66">
       <c r="A66" t="inlineStr">
         <is>
           <t>Gasolie Diesel wegvervoer</t>
         </is>
       </c>
       <c r="B66" t="inlineStr">
         <is>
           <t>Diesel XTL (€/L)</t>
         </is>
       </c>
       <c r="C66" t="inlineStr">
         <is>
           <t>2018</t>
         </is>
       </c>
       <c r="D66" s="2" t="n">
         <v>1.9992919254658457</v>
       </c>
     </row>
     <row r="67">
       <c r="A67" t="inlineStr">
         <is>
@@ -2256,51 +2256,51 @@
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="D72" s="2" t="n">
         <v>2.4972267759562925</v>
       </c>
     </row>
     <row r="73">
       <c r="A73" t="inlineStr">
         <is>
           <t>Gasolie Diesel wegvervoer</t>
         </is>
       </c>
       <c r="B73" t="inlineStr">
         <is>
           <t>Diesel XTL (€/L)</t>
         </is>
       </c>
       <c r="C73" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D73" s="2" t="n">
-        <v>2.7515806451613005</v>
+        <v>2.809950684931517</v>
       </c>
     </row>
     <row r="74">
       <c r="A74" t="inlineStr">
         <is>
           <t>Gasolie Diesel (verwarmingsdoeleinden)</t>
         </is>
       </c>
       <c r="B74" t="inlineStr">
         <is>
           <t>Gasolie Diesel Verwarming (vanaf 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="C74" t="inlineStr">
         <is>
           <t>2018</t>
         </is>
       </c>
       <c r="D74" s="2" t="n">
         <v>0.6826419178082217</v>
       </c>
     </row>
     <row r="75">
       <c r="A75" t="inlineStr">
         <is>
@@ -2416,51 +2416,51 @@
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="D80" s="2" t="n">
         <v>0.887927049180331</v>
       </c>
     </row>
     <row r="81">
       <c r="A81" t="inlineStr">
         <is>
           <t>Gasolie Diesel (verwarmingsdoeleinden)</t>
         </is>
       </c>
       <c r="B81" t="inlineStr">
         <is>
           <t>Gasolie Diesel Verwarming (vanaf 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="C81" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D81" s="2" t="n">
-        <v>0.8006161290322609</v>
+        <v>0.7987279452054823</v>
       </c>
     </row>
     <row r="82">
       <c r="A82" t="inlineStr">
         <is>
           <t>Gasolie Diesel (verwarmingsdoeleinden)</t>
         </is>
       </c>
       <c r="B82" t="inlineStr">
         <is>
           <t>Gasolie Diesel Verwarming (minder dan 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="C82" t="inlineStr">
         <is>
           <t>2018</t>
         </is>
       </c>
       <c r="D82" s="2" t="n">
         <v>0.7104013698630162</v>
       </c>
     </row>
     <row r="83">
       <c r="A83" t="inlineStr">
         <is>
@@ -2576,51 +2576,51 @@
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="D88" s="2" t="n">
         <v>0.9269926229508231</v>
       </c>
     </row>
     <row r="89">
       <c r="A89" t="inlineStr">
         <is>
           <t>Gasolie Diesel (verwarmingsdoeleinden)</t>
         </is>
       </c>
       <c r="B89" t="inlineStr">
         <is>
           <t>Gasolie Diesel Verwarming (minder dan 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="C89" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D89" s="2" t="n">
-        <v>0.8404483870967772</v>
+        <v>0.8386235616438387</v>
       </c>
     </row>
     <row r="90">
       <c r="A90" t="inlineStr">
         <is>
           <t>Gasolie verwarming</t>
         </is>
       </c>
       <c r="B90" t="inlineStr">
         <is>
           <t>Gasolie verwarming (H0/H7) (vanaf 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="C90" t="inlineStr">
         <is>
           <t>2018</t>
         </is>
       </c>
       <c r="D90"/>
     </row>
     <row r="91">
       <c r="A91" t="inlineStr">
         <is>
           <t>Gasolie verwarming</t>
         </is>
@@ -2724,51 +2724,51 @@
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="D96" s="2" t="n">
         <v>0.8614893772893805</v>
       </c>
     </row>
     <row r="97">
       <c r="A97" t="inlineStr">
         <is>
           <t>Gasolie verwarming</t>
         </is>
       </c>
       <c r="B97" t="inlineStr">
         <is>
           <t>Gasolie verwarming (H0/H7) (vanaf 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="C97" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D97" s="2" t="n">
-        <v>0.8006161290322609</v>
+        <v>0.7987279452054823</v>
       </c>
     </row>
     <row r="98">
       <c r="A98" t="inlineStr">
         <is>
           <t>Gasolie verwarming</t>
         </is>
       </c>
       <c r="B98" t="inlineStr">
         <is>
           <t>Gasolie verwarming (H0/H7) (minder dan 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="C98" t="inlineStr">
         <is>
           <t>2018</t>
         </is>
       </c>
       <c r="D98"/>
     </row>
     <row r="99">
       <c r="A99" t="inlineStr">
         <is>
           <t>Gasolie verwarming</t>
         </is>
@@ -2872,51 +2872,51 @@
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="D104" s="2" t="n">
         <v>0.9008695970696003</v>
       </c>
     </row>
     <row r="105">
       <c r="A105" t="inlineStr">
         <is>
           <t>Gasolie verwarming</t>
         </is>
       </c>
       <c r="B105" t="inlineStr">
         <is>
           <t>Gasolie verwarming (H0/H7) (minder dan 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="C105" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D105" s="2" t="n">
-        <v>0.8404483870967772</v>
+        <v>0.8386235616438387</v>
       </c>
     </row>
     <row r="106">
       <c r="A106" t="inlineStr">
         <is>
           <t>Gasolie verwarming</t>
         </is>
       </c>
       <c r="B106" t="inlineStr">
         <is>
           <t>Gasolie verwarming (H0/H7) (aan de pomp) (€/L)</t>
         </is>
       </c>
       <c r="C106" t="inlineStr">
         <is>
           <t>2018</t>
         </is>
       </c>
       <c r="D106"/>
     </row>
     <row r="107">
       <c r="A107" t="inlineStr">
         <is>
           <t>Gasolie verwarming</t>
         </is>
@@ -3020,51 +3020,51 @@
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="D112" s="2" t="n">
         <v>1.0138315018315054</v>
       </c>
     </row>
     <row r="113">
       <c r="A113" t="inlineStr">
         <is>
           <t>Gasolie verwarming</t>
         </is>
       </c>
       <c r="B113" t="inlineStr">
         <is>
           <t>Gasolie verwarming (H0/H7) (aan de pomp) (€/L)</t>
         </is>
       </c>
       <c r="C113" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D113" s="2" t="n">
-        <v>0.956919354838713</v>
+        <v>0.9553013698630172</v>
       </c>
     </row>
     <row r="114">
       <c r="A114" t="inlineStr">
         <is>
           <t>Butaan + LPG</t>
         </is>
       </c>
       <c r="B114" t="inlineStr">
         <is>
           <t>Autogas LPG (aan de pomp) (€/L)</t>
         </is>
       </c>
       <c r="C114" t="inlineStr">
         <is>
           <t>2018</t>
         </is>
       </c>
       <c r="D114" s="2" t="n">
         <v>0.5483643835616459</v>
       </c>
     </row>
     <row r="115">
       <c r="A115" t="inlineStr">
         <is>
@@ -3180,45 +3180,45 @@
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="D120" s="2" t="n">
         <v>0.748748633879784</v>
       </c>
     </row>
     <row r="121">
       <c r="A121" t="inlineStr">
         <is>
           <t>Butaan + LPG</t>
         </is>
       </c>
       <c r="B121" t="inlineStr">
         <is>
           <t>Autogas LPG (aan de pomp) (€/L)</t>
         </is>
       </c>
       <c r="C121" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D121" s="2" t="n">
-        <v>0.8016516129032286</v>
+        <v>0.8062328767123316</v>
       </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <coreProperties xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </coreProperties>
 </file>