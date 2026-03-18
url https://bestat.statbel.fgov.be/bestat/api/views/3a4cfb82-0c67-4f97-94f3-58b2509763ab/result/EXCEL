--- v1 (2026-01-02)
+++ v2 (2026-03-18)
@@ -107,719 +107,725 @@
   <cols>
     <col min="1" max="1" width="11.02734375" customWidth="true"/>
     <col min="2" max="2" width="255.0" customWidth="true"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" t="inlineStr">
         <is>
           <t>Data source:</t>
         </is>
       </c>
       <c r="B1" t="inlineStr">
         <is>
           <t>Gemiddeld officieel tarief van de aardolieproducten in euro</t>
         </is>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="inlineStr">
         <is>
           <t>Filters:</t>
         </is>
       </c>
       <c r="B2" t="inlineStr">
         <is>
-          <t>Datum : Laatste 8 Jaar(2018, 2019, 2020, 2021, 2022, 2023, 2024, 2025)</t>
+          <t>Datum : Laatste 8 Jaar(2019, 2020, 2021, 2022, 2023, 2024, 2025, 2026)</t>
         </is>
       </c>
     </row>
     <row r="3">
       <c r="B3" t="inlineStr">
         <is>
           <t xml:space="preserve">
 Producten : Benzine 95 RON E5 (€/L), Benzine 95 RON E10 (€/L), Benzine 98 RON E5 (€/L), Benzine 98 RON E10 (€/L), Diesel B7 (€/L), Diesel B10 (€/L), Diesel B20 (€/L), Diesel B30 (€/L), Diesel XTL (€/L), Gasolie Diesel Verwarming (vanaf 2000 l) (€/L), Gasolie Diesel Verwarming (minder dan 2000 l) (€/L), Gasolie verwarming (H0/H7) (vanaf 2000 l) (€/L), Gasolie verwarming (H0/H7) (minder dan 2000 l) (€/L), Gasolie verwarming (H0/H7) (aan de pomp) (€/L), Autogas LPG (aan de pomp) (€/L)
 </t>
         </is>
       </c>
     </row>
     <row r="4">
 </row>
     <row r="5">
       <c r="A5" t="inlineStr">
         <is>
           <t xml:space="preserve">Bron: </t>
         </is>
       </c>
       <c r="B5" t="inlineStr">
         <is>
           <t>Algemene Directie Energie - FOD Economie</t>
         </is>
       </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <cols>
     <col min="1" max="1" width="33.54296875" customWidth="true"/>
     <col min="2" max="2" width="44.98046875" customWidth="true"/>
     <col min="3" max="3" width="22.63671875" customWidth="true"/>
     <col min="4" max="4" width="4.50390625" customWidth="true"/>
-    <col min="5" max="5" width="5.42578125" customWidth="true"/>
-[...1 lines deleted...]
-    <col min="7" max="7" width="5.42578125" customWidth="true"/>
+    <col min="5" max="5" width="5.4453125" customWidth="true"/>
+    <col min="6" max="6" width="5.42578125" customWidth="true"/>
+    <col min="7" max="7" width="5.4453125" customWidth="true"/>
     <col min="8" max="8" width="5.4453125" customWidth="true"/>
     <col min="9" max="9" width="5.4453125" customWidth="true"/>
     <col min="10" max="10" width="5.4453125" customWidth="true"/>
-    <col min="11" max="11" width="5.4453125" customWidth="true"/>
+    <col min="11" max="11" width="5.42578125" customWidth="true"/>
     <col min="12" max="12" width="5.42578125" customWidth="true"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1"/>
       <c r="B1"/>
       <c r="C1"/>
       <c r="D1" t="inlineStr">
         <is>
           <t>Jaar</t>
         </is>
       </c>
       <c r="E1" t="inlineStr">
         <is>
-          <t>2018</t>
+          <t>2019</t>
         </is>
       </c>
       <c r="F1" t="inlineStr">
         <is>
-          <t>2019</t>
+          <t>2020</t>
         </is>
       </c>
       <c r="G1" t="inlineStr">
         <is>
-          <t>2020</t>
+          <t>2021</t>
         </is>
       </c>
       <c r="H1" t="inlineStr">
         <is>
-          <t>2021</t>
+          <t>2022</t>
         </is>
       </c>
       <c r="I1" t="inlineStr">
         <is>
-          <t>2022</t>
+          <t>2023</t>
         </is>
       </c>
       <c r="J1" t="inlineStr">
         <is>
-          <t>2023</t>
+          <t>2024</t>
         </is>
       </c>
       <c r="K1" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="L1" t="inlineStr">
         <is>
-          <t>2025</t>
+          <t>2026</t>
         </is>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="inlineStr">
         <is>
           <t>Productgroep</t>
         </is>
       </c>
       <c r="B2" t="inlineStr">
         <is>
           <t>Product</t>
         </is>
       </c>
       <c r="C2"/>
     </row>
     <row r="3">
       <c r="A3" t="inlineStr">
         <is>
           <t>Benzines</t>
         </is>
       </c>
       <c r="B3" t="inlineStr">
         <is>
           <t>Benzine 95 RON E5 (€/L)</t>
         </is>
       </c>
       <c r="C3" t="inlineStr">
         <is>
           <t>Gemiddelde prijs incl. BTW</t>
         </is>
       </c>
       <c r="D3"/>
       <c r="E3" s="2" t="n">
-        <v>1.469410958904115</v>
+        <v>1.4574164383561692</v>
       </c>
       <c r="F3" s="2" t="n">
-        <v>1.4574164383561692</v>
+        <v>1.3889972677595677</v>
       </c>
       <c r="G3" s="2" t="n">
-        <v>1.3889972677595677</v>
+        <v>1.6060410958904168</v>
       </c>
       <c r="H3" s="2" t="n">
-        <v>1.6060410958904168</v>
+        <v>1.9181808219178154</v>
       </c>
       <c r="I3" s="2" t="n">
-        <v>1.9181808219178154</v>
+        <v>1.8350602739726092</v>
       </c>
       <c r="J3" s="2" t="n">
-        <v>1.8350602739726092</v>
+        <v>1.7315464480874376</v>
       </c>
       <c r="K3" s="2" t="n">
-        <v>1.7315464480874376</v>
+        <v>1.6540821917808277</v>
       </c>
       <c r="L3" s="2" t="n">
-        <v>1.6540821917808277</v>
+        <v>1.6257272727272782</v>
       </c>
     </row>
     <row r="4">
       <c r="A4"/>
       <c r="B4" t="inlineStr">
         <is>
           <t>Benzine 95 RON E10 (€/L)</t>
         </is>
       </c>
       <c r="C4" t="inlineStr">
         <is>
           <t>Gemiddelde prijs incl. BTW</t>
         </is>
       </c>
       <c r="D4"/>
       <c r="E4" s="2" t="n">
-        <v>1.4783041095890466</v>
+        <v>1.473347945205485</v>
       </c>
       <c r="F4" s="2" t="n">
-        <v>1.473347945205485</v>
+        <v>1.3492049180327916</v>
       </c>
       <c r="G4" s="2" t="n">
-        <v>1.3492049180327916</v>
+        <v>1.5624027397260327</v>
       </c>
       <c r="H4" s="2" t="n">
-        <v>1.5624027397260327</v>
+        <v>1.8516000000000068</v>
       </c>
       <c r="I4" s="2" t="n">
-        <v>1.8516000000000068</v>
+        <v>1.787602739726034</v>
       </c>
       <c r="J4" s="2" t="n">
-        <v>1.787602739726034</v>
+        <v>1.7158306010929019</v>
       </c>
       <c r="K4" s="2" t="n">
-        <v>1.7158306010929019</v>
+        <v>1.6422876712328827</v>
       </c>
       <c r="L4" s="2" t="n">
-        <v>1.6422876712328827</v>
+        <v>1.613740259740266</v>
       </c>
     </row>
     <row r="5">
       <c r="A5"/>
       <c r="B5" t="inlineStr">
         <is>
           <t>Benzine 98 RON E5 (€/L)</t>
         </is>
       </c>
       <c r="C5" t="inlineStr">
         <is>
           <t>Gemiddelde prijs incl. BTW</t>
         </is>
       </c>
       <c r="D5"/>
       <c r="E5" s="2" t="n">
-        <v>1.5510767123287725</v>
+        <v>1.5310082191780874</v>
       </c>
       <c r="F5" s="2" t="n">
-        <v>1.5310082191780874</v>
+        <v>1.4171967213114811</v>
       </c>
       <c r="G5" s="2" t="n">
-        <v>1.4171967213114811</v>
+        <v>1.6359753424657588</v>
       </c>
       <c r="H5" s="2" t="n">
-        <v>1.6359753424657588</v>
+        <v>2.028695890410966</v>
       </c>
       <c r="I5" s="2" t="n">
-        <v>2.028695890410966</v>
+        <v>1.991249315068501</v>
       </c>
       <c r="J5" s="2" t="n">
-        <v>1.991249315068501</v>
+        <v>1.836584699453558</v>
       </c>
       <c r="K5" s="2" t="n">
-        <v>1.836584699453558</v>
+        <v>1.7148273972602794</v>
       </c>
       <c r="L5" s="2" t="n">
-        <v>1.7148273972602794</v>
+        <v>1.6843636363636416</v>
       </c>
     </row>
     <row r="6">
       <c r="A6"/>
       <c r="B6" t="inlineStr">
         <is>
           <t>Benzine 98 RON E10 (€/L)</t>
         </is>
       </c>
       <c r="C6" t="inlineStr">
         <is>
           <t>Gemiddelde prijs incl. BTW</t>
         </is>
       </c>
       <c r="D6"/>
       <c r="E6" s="2" t="n">
-        <v>1.5593835616438414</v>
+        <v>1.5400821917808272</v>
       </c>
       <c r="F6" s="2" t="n">
-        <v>1.5400821917808272</v>
+        <v>1.3861475409836117</v>
       </c>
       <c r="G6" s="2" t="n">
-        <v>1.3861475409836117</v>
+        <v>1.6080383561643892</v>
       </c>
       <c r="H6" s="2" t="n">
-        <v>1.6080383561643892</v>
+        <v>1.98211232876713</v>
       </c>
       <c r="I6" s="2" t="n">
-        <v>1.98211232876713</v>
+        <v>1.9634356164383633</v>
       </c>
       <c r="J6" s="2" t="n">
-        <v>1.9634356164383633</v>
+        <v>1.8382158469945418</v>
       </c>
       <c r="K6" s="2" t="n">
-        <v>1.8382158469945418</v>
+        <v>1.7165041095890468</v>
       </c>
       <c r="L6" s="2" t="n">
-        <v>1.7165041095890468</v>
+        <v>1.681000000000006</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="inlineStr">
         <is>
           <t>Gasolie Diesel wegvervoer</t>
         </is>
       </c>
       <c r="B7" t="inlineStr">
         <is>
           <t>Diesel B7 (€/L)</t>
         </is>
       </c>
       <c r="C7" t="inlineStr">
         <is>
           <t>Gemiddelde prijs incl. BTW</t>
         </is>
       </c>
       <c r="D7"/>
       <c r="E7" s="2" t="n">
-        <v>1.5037232876712383</v>
+        <v>1.5215342465753479</v>
       </c>
       <c r="F7" s="2" t="n">
-        <v>1.5215342465753479</v>
+        <v>1.3678551912568355</v>
       </c>
       <c r="G7" s="2" t="n">
-        <v>1.3678551912568355</v>
+        <v>1.572660273972608</v>
       </c>
       <c r="H7" s="2" t="n">
-        <v>1.572660273972608</v>
+        <v>1.9894986301369932</v>
       </c>
       <c r="I7" s="2" t="n">
-        <v>1.9894986301369932</v>
+        <v>1.8341315068493218</v>
       </c>
       <c r="J7" s="2" t="n">
-        <v>1.8341315068493218</v>
+        <v>1.7913060109289687</v>
       </c>
       <c r="K7" s="2" t="n">
-        <v>1.7913060109289687</v>
+        <v>1.7351863013698685</v>
       </c>
       <c r="L7" s="2" t="n">
-        <v>1.7351863013698685</v>
+        <v>1.7622207792207856</v>
       </c>
     </row>
     <row r="8">
       <c r="A8"/>
       <c r="B8" t="inlineStr">
         <is>
           <t>Diesel B10 (€/L)</t>
         </is>
       </c>
       <c r="C8" t="inlineStr">
         <is>
           <t>Gemiddelde prijs incl. BTW</t>
         </is>
       </c>
       <c r="D8"/>
       <c r="E8" s="2" t="n">
-        <v>1.5785155279503158</v>
+        <v>1.5305369863013754</v>
       </c>
       <c r="F8" s="2" t="n">
-        <v>1.5305369863013754</v>
+        <v>1.3442923497267807</v>
       </c>
       <c r="G8" s="2" t="n">
-        <v>1.3442923497267807</v>
+        <v>1.5624931506849369</v>
       </c>
       <c r="H8" s="2" t="n">
-        <v>1.5624931506849369</v>
+        <v>1.9613342465753496</v>
       </c>
       <c r="I8" s="2" t="n">
-        <v>1.9613342465753496</v>
+        <v>1.814391780821924</v>
       </c>
       <c r="J8" s="2" t="n">
-        <v>1.814391780821924</v>
+        <v>1.7871092896174925</v>
       </c>
       <c r="K8" s="2" t="n">
-        <v>1.7871092896174925</v>
+        <v>1.7314109589041162</v>
       </c>
       <c r="L8" s="2" t="n">
-        <v>1.7314109589041162</v>
+        <v>1.7552077922077987</v>
       </c>
     </row>
     <row r="9">
       <c r="A9"/>
       <c r="B9" t="inlineStr">
         <is>
           <t>Diesel B20 (€/L)</t>
         </is>
       </c>
       <c r="C9" t="inlineStr">
         <is>
           <t>Gemiddelde prijs incl. BTW</t>
         </is>
       </c>
       <c r="D9"/>
       <c r="E9" s="2" t="n">
-        <v>1.5972981366459686</v>
+        <v>1.5454876712328822</v>
       </c>
       <c r="F9" s="2" t="n">
-        <v>1.5454876712328822</v>
+        <v>1.369396174863393</v>
       </c>
       <c r="G9" s="2" t="n">
-        <v>1.369396174863393</v>
+        <v>1.6113397260274034</v>
       </c>
       <c r="H9" s="2" t="n">
-        <v>1.6113397260274034</v>
+        <v>1.9888328767123358</v>
       </c>
       <c r="I9" s="2" t="n">
-        <v>1.9888328767123358</v>
+        <v>1.829624657534253</v>
       </c>
       <c r="J9" s="2" t="n">
-        <v>1.829624657534253</v>
+        <v>1.808991803278695</v>
       </c>
       <c r="K9" s="2" t="n">
-        <v>1.808991803278695</v>
+        <v>1.7510000000000059</v>
       </c>
       <c r="L9" s="2" t="n">
-        <v>1.7510000000000059</v>
+        <v>1.765909090909097</v>
       </c>
     </row>
     <row r="10">
       <c r="A10"/>
       <c r="B10" t="inlineStr">
         <is>
           <t>Diesel B30 (€/L)</t>
         </is>
       </c>
       <c r="C10" t="inlineStr">
         <is>
           <t>Gemiddelde prijs incl. BTW</t>
         </is>
       </c>
       <c r="D10"/>
       <c r="E10" s="2" t="n">
-        <v>1.6347888198757827</v>
+        <v>1.5757972602739783</v>
       </c>
       <c r="F10" s="2" t="n">
-        <v>1.5757972602739783</v>
+        <v>1.4194071038251415</v>
       </c>
       <c r="G10" s="2" t="n">
-        <v>1.4194071038251415</v>
+        <v>1.7090465753424722</v>
       </c>
       <c r="H10" s="2" t="n">
-        <v>1.7090465753424722</v>
+        <v>2.0607095890411027</v>
       </c>
       <c r="I10" s="2" t="n">
-        <v>2.0607095890411027</v>
+        <v>1.8709589041095955</v>
       </c>
       <c r="J10" s="2" t="n">
-        <v>1.8709589041095955</v>
+        <v>1.8592486338797878</v>
       </c>
       <c r="K10" s="2" t="n">
-        <v>1.8592486338797878</v>
+        <v>1.8181123287671297</v>
       </c>
       <c r="L10" s="2" t="n">
-        <v>1.8181123287671297</v>
+        <v>1.8310519480519543</v>
       </c>
     </row>
     <row r="11">
       <c r="A11"/>
       <c r="B11" t="inlineStr">
         <is>
           <t>Diesel XTL (€/L)</t>
         </is>
       </c>
       <c r="C11" t="inlineStr">
         <is>
           <t>Gemiddelde prijs incl. BTW</t>
         </is>
       </c>
       <c r="D11"/>
       <c r="E11" s="2" t="n">
-        <v>1.9992919254658457</v>
+        <v>2.0068054794520624</v>
       </c>
       <c r="F11" s="2" t="n">
-        <v>2.0068054794520624</v>
+        <v>2.250177595628424</v>
       </c>
       <c r="G11" s="2" t="n">
-        <v>2.250177595628424</v>
+        <v>2.54466301369864</v>
       </c>
       <c r="H11" s="2" t="n">
-        <v>2.54466301369864</v>
+        <v>3.5816958904109715</v>
       </c>
       <c r="I11" s="2" t="n">
-        <v>3.5816958904109715</v>
+        <v>2.8844027397260374</v>
       </c>
       <c r="J11" s="2" t="n">
-        <v>2.8844027397260374</v>
+        <v>2.4972267759562925</v>
       </c>
       <c r="K11" s="2" t="n">
-        <v>2.4972267759562925</v>
+        <v>2.809950684931517</v>
       </c>
       <c r="L11" s="2" t="n">
-        <v>2.809950684931517</v>
+        <v>3.269987012987024</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="inlineStr">
         <is>
           <t>Gasolie Diesel (verwarmingsdoeleinden)</t>
         </is>
       </c>
       <c r="B12" t="inlineStr">
         <is>
           <t>Gasolie Diesel Verwarming (vanaf 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="C12" t="inlineStr">
         <is>
           <t>Gemiddelde prijs incl. BTW</t>
         </is>
       </c>
       <c r="D12"/>
       <c r="E12" s="2" t="n">
-        <v>0.6826419178082217</v>
+        <v>0.672810958904112</v>
       </c>
       <c r="F12" s="2" t="n">
-        <v>0.672810958904112</v>
+        <v>0.46351174863388134</v>
       </c>
       <c r="G12" s="2" t="n">
-        <v>0.46351174863388134</v>
+        <v>0.6525813698630161</v>
       </c>
       <c r="H12" s="2" t="n">
-        <v>0.6525813698630161</v>
+        <v>1.1995219178082233</v>
       </c>
       <c r="I12" s="2" t="n">
-        <v>1.1995219178082233</v>
+        <v>0.9632115068493186</v>
       </c>
       <c r="J12" s="2" t="n">
-        <v>0.9632115068493186</v>
+        <v>0.887927049180331</v>
       </c>
       <c r="K12" s="2" t="n">
-        <v>0.887927049180331</v>
+        <v>0.7987279452054823</v>
       </c>
       <c r="L12" s="2" t="n">
-        <v>0.7987279452054823</v>
+        <v>0.8329675324675355</v>
       </c>
     </row>
     <row r="13">
       <c r="A13"/>
       <c r="B13" t="inlineStr">
         <is>
           <t>Gasolie Diesel Verwarming (minder dan 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="C13" t="inlineStr">
         <is>
           <t>Gemiddelde prijs incl. BTW</t>
         </is>
       </c>
       <c r="D13"/>
       <c r="E13" s="2" t="n">
-        <v>0.7104013698630162</v>
+        <v>0.7018819178082215</v>
       </c>
       <c r="F13" s="2" t="n">
-        <v>0.7018819178082215</v>
+        <v>0.49321530054644974</v>
       </c>
       <c r="G13" s="2" t="n">
-        <v>0.49321530054644974</v>
+        <v>0.682313150684934</v>
       </c>
       <c r="H13" s="2" t="n">
-        <v>0.682313150684934</v>
+        <v>1.2320043835616483</v>
       </c>
       <c r="I13" s="2" t="n">
-        <v>1.2320043835616483</v>
+        <v>1.000407123287675</v>
       </c>
       <c r="J13" s="2" t="n">
-        <v>1.000407123287675</v>
+        <v>0.9269926229508231</v>
       </c>
       <c r="K13" s="2" t="n">
-        <v>0.9269926229508231</v>
+        <v>0.8386235616438387</v>
       </c>
       <c r="L13" s="2" t="n">
-        <v>0.8386235616438387</v>
+        <v>0.8732207792207823</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="inlineStr">
         <is>
           <t>Gasolie verwarming</t>
         </is>
       </c>
       <c r="B14" t="inlineStr">
         <is>
           <t>Gasolie verwarming (H0/H7) (vanaf 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="C14" t="inlineStr">
         <is>
           <t>Gemiddelde prijs incl. BTW</t>
         </is>
       </c>
       <c r="D14"/>
       <c r="E14"/>
       <c r="F14"/>
       <c r="G14"/>
       <c r="H14"/>
       <c r="I14"/>
-      <c r="J14"/>
+      <c r="J14" s="2" t="n">
+        <v>0.8614893772893805</v>
+      </c>
       <c r="K14" s="2" t="n">
-        <v>0.8614893772893805</v>
+        <v>0.7987279452054823</v>
       </c>
       <c r="L14" s="2" t="n">
-        <v>0.7987279452054823</v>
+        <v>0.8327870129870162</v>
       </c>
     </row>
     <row r="15">
       <c r="A15"/>
       <c r="B15" t="inlineStr">
         <is>
           <t>Gasolie verwarming (H0/H7) (minder dan 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="C15" t="inlineStr">
         <is>
           <t>Gemiddelde prijs incl. BTW</t>
         </is>
       </c>
       <c r="D15"/>
       <c r="E15"/>
       <c r="F15"/>
       <c r="G15"/>
       <c r="H15"/>
       <c r="I15"/>
-      <c r="J15"/>
+      <c r="J15" s="2" t="n">
+        <v>0.9008695970696003</v>
+      </c>
       <c r="K15" s="2" t="n">
-        <v>0.9008695970696003</v>
+        <v>0.8386235616438387</v>
       </c>
       <c r="L15" s="2" t="n">
-        <v>0.8386235616438387</v>
+        <v>0.8730337662337693</v>
       </c>
     </row>
     <row r="16">
       <c r="A16"/>
       <c r="B16" t="inlineStr">
         <is>
           <t>Gasolie verwarming (H0/H7) (aan de pomp) (€/L)</t>
         </is>
       </c>
       <c r="C16" t="inlineStr">
         <is>
           <t>Gemiddelde prijs incl. BTW</t>
         </is>
       </c>
       <c r="D16"/>
       <c r="E16"/>
       <c r="F16"/>
       <c r="G16"/>
       <c r="H16"/>
       <c r="I16"/>
-      <c r="J16"/>
+      <c r="J16" s="2" t="n">
+        <v>1.0138315018315054</v>
+      </c>
       <c r="K16" s="2" t="n">
-        <v>1.0138315018315054</v>
+        <v>0.9553013698630172</v>
       </c>
       <c r="L16" s="2" t="n">
-        <v>0.9553013698630172</v>
+        <v>0.9907792207792242</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="inlineStr">
         <is>
           <t>Butaan + LPG</t>
         </is>
       </c>
       <c r="B17" t="inlineStr">
         <is>
           <t>Autogas LPG (aan de pomp) (€/L)</t>
         </is>
       </c>
       <c r="C17" t="inlineStr">
         <is>
           <t>Gemiddelde prijs incl. BTW</t>
         </is>
       </c>
       <c r="D17"/>
       <c r="E17" s="2" t="n">
-        <v>0.5483643835616459</v>
+        <v>0.5100849315068511</v>
       </c>
       <c r="F17" s="2" t="n">
-        <v>0.5100849315068511</v>
+        <v>0.4683961748633897</v>
       </c>
       <c r="G17" s="2" t="n">
-        <v>0.4683961748633897</v>
+        <v>0.6465972602739748</v>
       </c>
       <c r="H17" s="2" t="n">
-        <v>0.6465972602739748</v>
+        <v>0.8164794520547975</v>
       </c>
       <c r="I17" s="2" t="n">
-        <v>0.8164794520547975</v>
+        <v>0.6840328767123312</v>
       </c>
       <c r="J17" s="2" t="n">
-        <v>0.6840328767123312</v>
+        <v>0.748748633879784</v>
       </c>
       <c r="K17" s="2" t="n">
-        <v>0.748748633879784</v>
+        <v>0.8062328767123316</v>
       </c>
       <c r="L17" s="2" t="n">
-        <v>0.8062328767123316</v>
+        <v>0.8449350649350678</v>
       </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <cols>
     <col min="1" max="1" width="33.54296875" customWidth="true"/>
     <col min="2" max="2" width="44.98046875" customWidth="true"/>
     <col min="3" max="3" width="4.96484375" customWidth="true"/>
     <col min="4" max="4" width="5.4453125" customWidth="true"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" t="inlineStr">
         <is>
           <t>Productgroep</t>
@@ -832,2393 +838,2399 @@
       </c>
       <c r="C1" t="inlineStr">
         <is>
           <t>Jaar</t>
         </is>
       </c>
       <c r="D1" t="inlineStr">
         <is>
           <t>Gemiddelde prijs incl. BTW</t>
         </is>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="inlineStr">
         <is>
           <t>Benzines</t>
         </is>
       </c>
       <c r="B2" t="inlineStr">
         <is>
           <t>Benzine 95 RON E5 (€/L)</t>
         </is>
       </c>
       <c r="C2" t="inlineStr">
         <is>
-          <t>2018</t>
+          <t>2019</t>
         </is>
       </c>
       <c r="D2" s="2" t="n">
-        <v>1.469410958904115</v>
+        <v>1.4574164383561692</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="inlineStr">
         <is>
           <t>Benzines</t>
         </is>
       </c>
       <c r="B3" t="inlineStr">
         <is>
           <t>Benzine 95 RON E5 (€/L)</t>
         </is>
       </c>
       <c r="C3" t="inlineStr">
         <is>
-          <t>2019</t>
+          <t>2020</t>
         </is>
       </c>
       <c r="D3" s="2" t="n">
-        <v>1.4574164383561692</v>
+        <v>1.3889972677595677</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="inlineStr">
         <is>
           <t>Benzines</t>
         </is>
       </c>
       <c r="B4" t="inlineStr">
         <is>
           <t>Benzine 95 RON E5 (€/L)</t>
         </is>
       </c>
       <c r="C4" t="inlineStr">
         <is>
-          <t>2020</t>
+          <t>2021</t>
         </is>
       </c>
       <c r="D4" s="2" t="n">
-        <v>1.3889972677595677</v>
+        <v>1.6060410958904168</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="inlineStr">
         <is>
           <t>Benzines</t>
         </is>
       </c>
       <c r="B5" t="inlineStr">
         <is>
           <t>Benzine 95 RON E5 (€/L)</t>
         </is>
       </c>
       <c r="C5" t="inlineStr">
         <is>
-          <t>2021</t>
+          <t>2022</t>
         </is>
       </c>
       <c r="D5" s="2" t="n">
-        <v>1.6060410958904168</v>
+        <v>1.9181808219178154</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="inlineStr">
         <is>
           <t>Benzines</t>
         </is>
       </c>
       <c r="B6" t="inlineStr">
         <is>
           <t>Benzine 95 RON E5 (€/L)</t>
         </is>
       </c>
       <c r="C6" t="inlineStr">
         <is>
-          <t>2022</t>
+          <t>2023</t>
         </is>
       </c>
       <c r="D6" s="2" t="n">
-        <v>1.9181808219178154</v>
+        <v>1.8350602739726092</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="inlineStr">
         <is>
           <t>Benzines</t>
         </is>
       </c>
       <c r="B7" t="inlineStr">
         <is>
           <t>Benzine 95 RON E5 (€/L)</t>
         </is>
       </c>
       <c r="C7" t="inlineStr">
         <is>
-          <t>2023</t>
+          <t>2024</t>
         </is>
       </c>
       <c r="D7" s="2" t="n">
-        <v>1.8350602739726092</v>
+        <v>1.7315464480874376</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="inlineStr">
         <is>
           <t>Benzines</t>
         </is>
       </c>
       <c r="B8" t="inlineStr">
         <is>
           <t>Benzine 95 RON E5 (€/L)</t>
         </is>
       </c>
       <c r="C8" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="D8" s="2" t="n">
-        <v>1.7315464480874376</v>
+        <v>1.6540821917808277</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="inlineStr">
         <is>
           <t>Benzines</t>
         </is>
       </c>
       <c r="B9" t="inlineStr">
         <is>
           <t>Benzine 95 RON E5 (€/L)</t>
         </is>
       </c>
       <c r="C9" t="inlineStr">
         <is>
-          <t>2025</t>
+          <t>2026</t>
         </is>
       </c>
       <c r="D9" s="2" t="n">
-        <v>1.6540821917808277</v>
+        <v>1.6257272727272782</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="inlineStr">
         <is>
           <t>Benzines</t>
         </is>
       </c>
       <c r="B10" t="inlineStr">
         <is>
           <t>Benzine 95 RON E10 (€/L)</t>
         </is>
       </c>
       <c r="C10" t="inlineStr">
         <is>
-          <t>2018</t>
+          <t>2019</t>
         </is>
       </c>
       <c r="D10" s="2" t="n">
-        <v>1.4783041095890466</v>
+        <v>1.473347945205485</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="inlineStr">
         <is>
           <t>Benzines</t>
         </is>
       </c>
       <c r="B11" t="inlineStr">
         <is>
           <t>Benzine 95 RON E10 (€/L)</t>
         </is>
       </c>
       <c r="C11" t="inlineStr">
         <is>
-          <t>2019</t>
+          <t>2020</t>
         </is>
       </c>
       <c r="D11" s="2" t="n">
-        <v>1.473347945205485</v>
+        <v>1.3492049180327916</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="inlineStr">
         <is>
           <t>Benzines</t>
         </is>
       </c>
       <c r="B12" t="inlineStr">
         <is>
           <t>Benzine 95 RON E10 (€/L)</t>
         </is>
       </c>
       <c r="C12" t="inlineStr">
         <is>
-          <t>2020</t>
+          <t>2021</t>
         </is>
       </c>
       <c r="D12" s="2" t="n">
-        <v>1.3492049180327916</v>
+        <v>1.5624027397260327</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="inlineStr">
         <is>
           <t>Benzines</t>
         </is>
       </c>
       <c r="B13" t="inlineStr">
         <is>
           <t>Benzine 95 RON E10 (€/L)</t>
         </is>
       </c>
       <c r="C13" t="inlineStr">
         <is>
-          <t>2021</t>
+          <t>2022</t>
         </is>
       </c>
       <c r="D13" s="2" t="n">
-        <v>1.5624027397260327</v>
+        <v>1.8516000000000068</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="inlineStr">
         <is>
           <t>Benzines</t>
         </is>
       </c>
       <c r="B14" t="inlineStr">
         <is>
           <t>Benzine 95 RON E10 (€/L)</t>
         </is>
       </c>
       <c r="C14" t="inlineStr">
         <is>
-          <t>2022</t>
+          <t>2023</t>
         </is>
       </c>
       <c r="D14" s="2" t="n">
-        <v>1.8516000000000068</v>
+        <v>1.787602739726034</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="inlineStr">
         <is>
           <t>Benzines</t>
         </is>
       </c>
       <c r="B15" t="inlineStr">
         <is>
           <t>Benzine 95 RON E10 (€/L)</t>
         </is>
       </c>
       <c r="C15" t="inlineStr">
         <is>
-          <t>2023</t>
+          <t>2024</t>
         </is>
       </c>
       <c r="D15" s="2" t="n">
-        <v>1.787602739726034</v>
+        <v>1.7158306010929019</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="inlineStr">
         <is>
           <t>Benzines</t>
         </is>
       </c>
       <c r="B16" t="inlineStr">
         <is>
           <t>Benzine 95 RON E10 (€/L)</t>
         </is>
       </c>
       <c r="C16" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="D16" s="2" t="n">
-        <v>1.7158306010929019</v>
+        <v>1.6422876712328827</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="inlineStr">
         <is>
           <t>Benzines</t>
         </is>
       </c>
       <c r="B17" t="inlineStr">
         <is>
           <t>Benzine 95 RON E10 (€/L)</t>
         </is>
       </c>
       <c r="C17" t="inlineStr">
         <is>
-          <t>2025</t>
+          <t>2026</t>
         </is>
       </c>
       <c r="D17" s="2" t="n">
-        <v>1.6422876712328827</v>
+        <v>1.613740259740266</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="inlineStr">
         <is>
           <t>Benzines</t>
         </is>
       </c>
       <c r="B18" t="inlineStr">
         <is>
           <t>Benzine 98 RON E5 (€/L)</t>
         </is>
       </c>
       <c r="C18" t="inlineStr">
         <is>
-          <t>2018</t>
+          <t>2019</t>
         </is>
       </c>
       <c r="D18" s="2" t="n">
-        <v>1.5510767123287725</v>
+        <v>1.5310082191780874</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="inlineStr">
         <is>
           <t>Benzines</t>
         </is>
       </c>
       <c r="B19" t="inlineStr">
         <is>
           <t>Benzine 98 RON E5 (€/L)</t>
         </is>
       </c>
       <c r="C19" t="inlineStr">
         <is>
-          <t>2019</t>
+          <t>2020</t>
         </is>
       </c>
       <c r="D19" s="2" t="n">
-        <v>1.5310082191780874</v>
+        <v>1.4171967213114811</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="inlineStr">
         <is>
           <t>Benzines</t>
         </is>
       </c>
       <c r="B20" t="inlineStr">
         <is>
           <t>Benzine 98 RON E5 (€/L)</t>
         </is>
       </c>
       <c r="C20" t="inlineStr">
         <is>
-          <t>2020</t>
+          <t>2021</t>
         </is>
       </c>
       <c r="D20" s="2" t="n">
-        <v>1.4171967213114811</v>
+        <v>1.6359753424657588</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="inlineStr">
         <is>
           <t>Benzines</t>
         </is>
       </c>
       <c r="B21" t="inlineStr">
         <is>
           <t>Benzine 98 RON E5 (€/L)</t>
         </is>
       </c>
       <c r="C21" t="inlineStr">
         <is>
-          <t>2021</t>
+          <t>2022</t>
         </is>
       </c>
       <c r="D21" s="2" t="n">
-        <v>1.6359753424657588</v>
+        <v>2.028695890410966</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="inlineStr">
         <is>
           <t>Benzines</t>
         </is>
       </c>
       <c r="B22" t="inlineStr">
         <is>
           <t>Benzine 98 RON E5 (€/L)</t>
         </is>
       </c>
       <c r="C22" t="inlineStr">
         <is>
-          <t>2022</t>
+          <t>2023</t>
         </is>
       </c>
       <c r="D22" s="2" t="n">
-        <v>2.028695890410966</v>
+        <v>1.991249315068501</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="inlineStr">
         <is>
           <t>Benzines</t>
         </is>
       </c>
       <c r="B23" t="inlineStr">
         <is>
           <t>Benzine 98 RON E5 (€/L)</t>
         </is>
       </c>
       <c r="C23" t="inlineStr">
         <is>
-          <t>2023</t>
+          <t>2024</t>
         </is>
       </c>
       <c r="D23" s="2" t="n">
-        <v>1.991249315068501</v>
+        <v>1.836584699453558</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="inlineStr">
         <is>
           <t>Benzines</t>
         </is>
       </c>
       <c r="B24" t="inlineStr">
         <is>
           <t>Benzine 98 RON E5 (€/L)</t>
         </is>
       </c>
       <c r="C24" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="D24" s="2" t="n">
-        <v>1.836584699453558</v>
+        <v>1.7148273972602794</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="inlineStr">
         <is>
           <t>Benzines</t>
         </is>
       </c>
       <c r="B25" t="inlineStr">
         <is>
           <t>Benzine 98 RON E5 (€/L)</t>
         </is>
       </c>
       <c r="C25" t="inlineStr">
         <is>
-          <t>2025</t>
+          <t>2026</t>
         </is>
       </c>
       <c r="D25" s="2" t="n">
-        <v>1.7148273972602794</v>
+        <v>1.6843636363636416</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="inlineStr">
         <is>
           <t>Benzines</t>
         </is>
       </c>
       <c r="B26" t="inlineStr">
         <is>
           <t>Benzine 98 RON E10 (€/L)</t>
         </is>
       </c>
       <c r="C26" t="inlineStr">
         <is>
-          <t>2018</t>
+          <t>2019</t>
         </is>
       </c>
       <c r="D26" s="2" t="n">
-        <v>1.5593835616438414</v>
+        <v>1.5400821917808272</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="inlineStr">
         <is>
           <t>Benzines</t>
         </is>
       </c>
       <c r="B27" t="inlineStr">
         <is>
           <t>Benzine 98 RON E10 (€/L)</t>
         </is>
       </c>
       <c r="C27" t="inlineStr">
         <is>
-          <t>2019</t>
+          <t>2020</t>
         </is>
       </c>
       <c r="D27" s="2" t="n">
-        <v>1.5400821917808272</v>
+        <v>1.3861475409836117</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="inlineStr">
         <is>
           <t>Benzines</t>
         </is>
       </c>
       <c r="B28" t="inlineStr">
         <is>
           <t>Benzine 98 RON E10 (€/L)</t>
         </is>
       </c>
       <c r="C28" t="inlineStr">
         <is>
-          <t>2020</t>
+          <t>2021</t>
         </is>
       </c>
       <c r="D28" s="2" t="n">
-        <v>1.3861475409836117</v>
+        <v>1.6080383561643892</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="inlineStr">
         <is>
           <t>Benzines</t>
         </is>
       </c>
       <c r="B29" t="inlineStr">
         <is>
           <t>Benzine 98 RON E10 (€/L)</t>
         </is>
       </c>
       <c r="C29" t="inlineStr">
         <is>
-          <t>2021</t>
+          <t>2022</t>
         </is>
       </c>
       <c r="D29" s="2" t="n">
-        <v>1.6080383561643892</v>
+        <v>1.98211232876713</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="inlineStr">
         <is>
           <t>Benzines</t>
         </is>
       </c>
       <c r="B30" t="inlineStr">
         <is>
           <t>Benzine 98 RON E10 (€/L)</t>
         </is>
       </c>
       <c r="C30" t="inlineStr">
         <is>
-          <t>2022</t>
+          <t>2023</t>
         </is>
       </c>
       <c r="D30" s="2" t="n">
-        <v>1.98211232876713</v>
+        <v>1.9634356164383633</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="inlineStr">
         <is>
           <t>Benzines</t>
         </is>
       </c>
       <c r="B31" t="inlineStr">
         <is>
           <t>Benzine 98 RON E10 (€/L)</t>
         </is>
       </c>
       <c r="C31" t="inlineStr">
         <is>
-          <t>2023</t>
+          <t>2024</t>
         </is>
       </c>
       <c r="D31" s="2" t="n">
-        <v>1.9634356164383633</v>
+        <v>1.8382158469945418</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="inlineStr">
         <is>
           <t>Benzines</t>
         </is>
       </c>
       <c r="B32" t="inlineStr">
         <is>
           <t>Benzine 98 RON E10 (€/L)</t>
         </is>
       </c>
       <c r="C32" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="D32" s="2" t="n">
-        <v>1.8382158469945418</v>
+        <v>1.7165041095890468</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" t="inlineStr">
         <is>
           <t>Benzines</t>
         </is>
       </c>
       <c r="B33" t="inlineStr">
         <is>
           <t>Benzine 98 RON E10 (€/L)</t>
         </is>
       </c>
       <c r="C33" t="inlineStr">
         <is>
-          <t>2025</t>
+          <t>2026</t>
         </is>
       </c>
       <c r="D33" s="2" t="n">
-        <v>1.7165041095890468</v>
+        <v>1.681000000000006</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" t="inlineStr">
         <is>
           <t>Gasolie Diesel wegvervoer</t>
         </is>
       </c>
       <c r="B34" t="inlineStr">
         <is>
           <t>Diesel B7 (€/L)</t>
         </is>
       </c>
       <c r="C34" t="inlineStr">
         <is>
-          <t>2018</t>
+          <t>2019</t>
         </is>
       </c>
       <c r="D34" s="2" t="n">
-        <v>1.5037232876712383</v>
+        <v>1.5215342465753479</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" t="inlineStr">
         <is>
           <t>Gasolie Diesel wegvervoer</t>
         </is>
       </c>
       <c r="B35" t="inlineStr">
         <is>
           <t>Diesel B7 (€/L)</t>
         </is>
       </c>
       <c r="C35" t="inlineStr">
         <is>
-          <t>2019</t>
+          <t>2020</t>
         </is>
       </c>
       <c r="D35" s="2" t="n">
-        <v>1.5215342465753479</v>
+        <v>1.3678551912568355</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" t="inlineStr">
         <is>
           <t>Gasolie Diesel wegvervoer</t>
         </is>
       </c>
       <c r="B36" t="inlineStr">
         <is>
           <t>Diesel B7 (€/L)</t>
         </is>
       </c>
       <c r="C36" t="inlineStr">
         <is>
-          <t>2020</t>
+          <t>2021</t>
         </is>
       </c>
       <c r="D36" s="2" t="n">
-        <v>1.3678551912568355</v>
+        <v>1.572660273972608</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" t="inlineStr">
         <is>
           <t>Gasolie Diesel wegvervoer</t>
         </is>
       </c>
       <c r="B37" t="inlineStr">
         <is>
           <t>Diesel B7 (€/L)</t>
         </is>
       </c>
       <c r="C37" t="inlineStr">
         <is>
-          <t>2021</t>
+          <t>2022</t>
         </is>
       </c>
       <c r="D37" s="2" t="n">
-        <v>1.572660273972608</v>
+        <v>1.9894986301369932</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" t="inlineStr">
         <is>
           <t>Gasolie Diesel wegvervoer</t>
         </is>
       </c>
       <c r="B38" t="inlineStr">
         <is>
           <t>Diesel B7 (€/L)</t>
         </is>
       </c>
       <c r="C38" t="inlineStr">
         <is>
-          <t>2022</t>
+          <t>2023</t>
         </is>
       </c>
       <c r="D38" s="2" t="n">
-        <v>1.9894986301369932</v>
+        <v>1.8341315068493218</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" t="inlineStr">
         <is>
           <t>Gasolie Diesel wegvervoer</t>
         </is>
       </c>
       <c r="B39" t="inlineStr">
         <is>
           <t>Diesel B7 (€/L)</t>
         </is>
       </c>
       <c r="C39" t="inlineStr">
         <is>
-          <t>2023</t>
+          <t>2024</t>
         </is>
       </c>
       <c r="D39" s="2" t="n">
-        <v>1.8341315068493218</v>
+        <v>1.7913060109289687</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" t="inlineStr">
         <is>
           <t>Gasolie Diesel wegvervoer</t>
         </is>
       </c>
       <c r="B40" t="inlineStr">
         <is>
           <t>Diesel B7 (€/L)</t>
         </is>
       </c>
       <c r="C40" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="D40" s="2" t="n">
-        <v>1.7913060109289687</v>
+        <v>1.7351863013698685</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" t="inlineStr">
         <is>
           <t>Gasolie Diesel wegvervoer</t>
         </is>
       </c>
       <c r="B41" t="inlineStr">
         <is>
           <t>Diesel B7 (€/L)</t>
         </is>
       </c>
       <c r="C41" t="inlineStr">
         <is>
-          <t>2025</t>
+          <t>2026</t>
         </is>
       </c>
       <c r="D41" s="2" t="n">
-        <v>1.7351863013698685</v>
+        <v>1.7622207792207856</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" t="inlineStr">
         <is>
           <t>Gasolie Diesel wegvervoer</t>
         </is>
       </c>
       <c r="B42" t="inlineStr">
         <is>
           <t>Diesel B10 (€/L)</t>
         </is>
       </c>
       <c r="C42" t="inlineStr">
         <is>
-          <t>2018</t>
+          <t>2019</t>
         </is>
       </c>
       <c r="D42" s="2" t="n">
-        <v>1.5785155279503158</v>
+        <v>1.5305369863013754</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" t="inlineStr">
         <is>
           <t>Gasolie Diesel wegvervoer</t>
         </is>
       </c>
       <c r="B43" t="inlineStr">
         <is>
           <t>Diesel B10 (€/L)</t>
         </is>
       </c>
       <c r="C43" t="inlineStr">
         <is>
-          <t>2019</t>
+          <t>2020</t>
         </is>
       </c>
       <c r="D43" s="2" t="n">
-        <v>1.5305369863013754</v>
+        <v>1.3442923497267807</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" t="inlineStr">
         <is>
           <t>Gasolie Diesel wegvervoer</t>
         </is>
       </c>
       <c r="B44" t="inlineStr">
         <is>
           <t>Diesel B10 (€/L)</t>
         </is>
       </c>
       <c r="C44" t="inlineStr">
         <is>
-          <t>2020</t>
+          <t>2021</t>
         </is>
       </c>
       <c r="D44" s="2" t="n">
-        <v>1.3442923497267807</v>
+        <v>1.5624931506849369</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" t="inlineStr">
         <is>
           <t>Gasolie Diesel wegvervoer</t>
         </is>
       </c>
       <c r="B45" t="inlineStr">
         <is>
           <t>Diesel B10 (€/L)</t>
         </is>
       </c>
       <c r="C45" t="inlineStr">
         <is>
-          <t>2021</t>
+          <t>2022</t>
         </is>
       </c>
       <c r="D45" s="2" t="n">
-        <v>1.5624931506849369</v>
+        <v>1.9613342465753496</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" t="inlineStr">
         <is>
           <t>Gasolie Diesel wegvervoer</t>
         </is>
       </c>
       <c r="B46" t="inlineStr">
         <is>
           <t>Diesel B10 (€/L)</t>
         </is>
       </c>
       <c r="C46" t="inlineStr">
         <is>
-          <t>2022</t>
+          <t>2023</t>
         </is>
       </c>
       <c r="D46" s="2" t="n">
-        <v>1.9613342465753496</v>
+        <v>1.814391780821924</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" t="inlineStr">
         <is>
           <t>Gasolie Diesel wegvervoer</t>
         </is>
       </c>
       <c r="B47" t="inlineStr">
         <is>
           <t>Diesel B10 (€/L)</t>
         </is>
       </c>
       <c r="C47" t="inlineStr">
         <is>
-          <t>2023</t>
+          <t>2024</t>
         </is>
       </c>
       <c r="D47" s="2" t="n">
-        <v>1.814391780821924</v>
+        <v>1.7871092896174925</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" t="inlineStr">
         <is>
           <t>Gasolie Diesel wegvervoer</t>
         </is>
       </c>
       <c r="B48" t="inlineStr">
         <is>
           <t>Diesel B10 (€/L)</t>
         </is>
       </c>
       <c r="C48" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="D48" s="2" t="n">
-        <v>1.7871092896174925</v>
+        <v>1.7314109589041162</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" t="inlineStr">
         <is>
           <t>Gasolie Diesel wegvervoer</t>
         </is>
       </c>
       <c r="B49" t="inlineStr">
         <is>
           <t>Diesel B10 (€/L)</t>
         </is>
       </c>
       <c r="C49" t="inlineStr">
         <is>
-          <t>2025</t>
+          <t>2026</t>
         </is>
       </c>
       <c r="D49" s="2" t="n">
-        <v>1.7314109589041162</v>
+        <v>1.7552077922077987</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" t="inlineStr">
         <is>
           <t>Gasolie Diesel wegvervoer</t>
         </is>
       </c>
       <c r="B50" t="inlineStr">
         <is>
           <t>Diesel B20 (€/L)</t>
         </is>
       </c>
       <c r="C50" t="inlineStr">
         <is>
-          <t>2018</t>
+          <t>2019</t>
         </is>
       </c>
       <c r="D50" s="2" t="n">
-        <v>1.5972981366459686</v>
+        <v>1.5454876712328822</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" t="inlineStr">
         <is>
           <t>Gasolie Diesel wegvervoer</t>
         </is>
       </c>
       <c r="B51" t="inlineStr">
         <is>
           <t>Diesel B20 (€/L)</t>
         </is>
       </c>
       <c r="C51" t="inlineStr">
         <is>
-          <t>2019</t>
+          <t>2020</t>
         </is>
       </c>
       <c r="D51" s="2" t="n">
-        <v>1.5454876712328822</v>
+        <v>1.369396174863393</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" t="inlineStr">
         <is>
           <t>Gasolie Diesel wegvervoer</t>
         </is>
       </c>
       <c r="B52" t="inlineStr">
         <is>
           <t>Diesel B20 (€/L)</t>
         </is>
       </c>
       <c r="C52" t="inlineStr">
         <is>
-          <t>2020</t>
+          <t>2021</t>
         </is>
       </c>
       <c r="D52" s="2" t="n">
-        <v>1.369396174863393</v>
+        <v>1.6113397260274034</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" t="inlineStr">
         <is>
           <t>Gasolie Diesel wegvervoer</t>
         </is>
       </c>
       <c r="B53" t="inlineStr">
         <is>
           <t>Diesel B20 (€/L)</t>
         </is>
       </c>
       <c r="C53" t="inlineStr">
         <is>
-          <t>2021</t>
+          <t>2022</t>
         </is>
       </c>
       <c r="D53" s="2" t="n">
-        <v>1.6113397260274034</v>
+        <v>1.9888328767123358</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" t="inlineStr">
         <is>
           <t>Gasolie Diesel wegvervoer</t>
         </is>
       </c>
       <c r="B54" t="inlineStr">
         <is>
           <t>Diesel B20 (€/L)</t>
         </is>
       </c>
       <c r="C54" t="inlineStr">
         <is>
-          <t>2022</t>
+          <t>2023</t>
         </is>
       </c>
       <c r="D54" s="2" t="n">
-        <v>1.9888328767123358</v>
+        <v>1.829624657534253</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" t="inlineStr">
         <is>
           <t>Gasolie Diesel wegvervoer</t>
         </is>
       </c>
       <c r="B55" t="inlineStr">
         <is>
           <t>Diesel B20 (€/L)</t>
         </is>
       </c>
       <c r="C55" t="inlineStr">
         <is>
-          <t>2023</t>
+          <t>2024</t>
         </is>
       </c>
       <c r="D55" s="2" t="n">
-        <v>1.829624657534253</v>
+        <v>1.808991803278695</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" t="inlineStr">
         <is>
           <t>Gasolie Diesel wegvervoer</t>
         </is>
       </c>
       <c r="B56" t="inlineStr">
         <is>
           <t>Diesel B20 (€/L)</t>
         </is>
       </c>
       <c r="C56" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="D56" s="2" t="n">
-        <v>1.808991803278695</v>
+        <v>1.7510000000000059</v>
       </c>
     </row>
     <row r="57">
       <c r="A57" t="inlineStr">
         <is>
           <t>Gasolie Diesel wegvervoer</t>
         </is>
       </c>
       <c r="B57" t="inlineStr">
         <is>
           <t>Diesel B20 (€/L)</t>
         </is>
       </c>
       <c r="C57" t="inlineStr">
         <is>
-          <t>2025</t>
+          <t>2026</t>
         </is>
       </c>
       <c r="D57" s="2" t="n">
-        <v>1.7510000000000059</v>
+        <v>1.765909090909097</v>
       </c>
     </row>
     <row r="58">
       <c r="A58" t="inlineStr">
         <is>
           <t>Gasolie Diesel wegvervoer</t>
         </is>
       </c>
       <c r="B58" t="inlineStr">
         <is>
           <t>Diesel B30 (€/L)</t>
         </is>
       </c>
       <c r="C58" t="inlineStr">
         <is>
-          <t>2018</t>
+          <t>2019</t>
         </is>
       </c>
       <c r="D58" s="2" t="n">
-        <v>1.6347888198757827</v>
+        <v>1.5757972602739783</v>
       </c>
     </row>
     <row r="59">
       <c r="A59" t="inlineStr">
         <is>
           <t>Gasolie Diesel wegvervoer</t>
         </is>
       </c>
       <c r="B59" t="inlineStr">
         <is>
           <t>Diesel B30 (€/L)</t>
         </is>
       </c>
       <c r="C59" t="inlineStr">
         <is>
-          <t>2019</t>
+          <t>2020</t>
         </is>
       </c>
       <c r="D59" s="2" t="n">
-        <v>1.5757972602739783</v>
+        <v>1.4194071038251415</v>
       </c>
     </row>
     <row r="60">
       <c r="A60" t="inlineStr">
         <is>
           <t>Gasolie Diesel wegvervoer</t>
         </is>
       </c>
       <c r="B60" t="inlineStr">
         <is>
           <t>Diesel B30 (€/L)</t>
         </is>
       </c>
       <c r="C60" t="inlineStr">
         <is>
-          <t>2020</t>
+          <t>2021</t>
         </is>
       </c>
       <c r="D60" s="2" t="n">
-        <v>1.4194071038251415</v>
+        <v>1.7090465753424722</v>
       </c>
     </row>
     <row r="61">
       <c r="A61" t="inlineStr">
         <is>
           <t>Gasolie Diesel wegvervoer</t>
         </is>
       </c>
       <c r="B61" t="inlineStr">
         <is>
           <t>Diesel B30 (€/L)</t>
         </is>
       </c>
       <c r="C61" t="inlineStr">
         <is>
-          <t>2021</t>
+          <t>2022</t>
         </is>
       </c>
       <c r="D61" s="2" t="n">
-        <v>1.7090465753424722</v>
+        <v>2.0607095890411027</v>
       </c>
     </row>
     <row r="62">
       <c r="A62" t="inlineStr">
         <is>
           <t>Gasolie Diesel wegvervoer</t>
         </is>
       </c>
       <c r="B62" t="inlineStr">
         <is>
           <t>Diesel B30 (€/L)</t>
         </is>
       </c>
       <c r="C62" t="inlineStr">
         <is>
-          <t>2022</t>
+          <t>2023</t>
         </is>
       </c>
       <c r="D62" s="2" t="n">
-        <v>2.0607095890411027</v>
+        <v>1.8709589041095955</v>
       </c>
     </row>
     <row r="63">
       <c r="A63" t="inlineStr">
         <is>
           <t>Gasolie Diesel wegvervoer</t>
         </is>
       </c>
       <c r="B63" t="inlineStr">
         <is>
           <t>Diesel B30 (€/L)</t>
         </is>
       </c>
       <c r="C63" t="inlineStr">
         <is>
-          <t>2023</t>
+          <t>2024</t>
         </is>
       </c>
       <c r="D63" s="2" t="n">
-        <v>1.8709589041095955</v>
+        <v>1.8592486338797878</v>
       </c>
     </row>
     <row r="64">
       <c r="A64" t="inlineStr">
         <is>
           <t>Gasolie Diesel wegvervoer</t>
         </is>
       </c>
       <c r="B64" t="inlineStr">
         <is>
           <t>Diesel B30 (€/L)</t>
         </is>
       </c>
       <c r="C64" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="D64" s="2" t="n">
-        <v>1.8592486338797878</v>
+        <v>1.8181123287671297</v>
       </c>
     </row>
     <row r="65">
       <c r="A65" t="inlineStr">
         <is>
           <t>Gasolie Diesel wegvervoer</t>
         </is>
       </c>
       <c r="B65" t="inlineStr">
         <is>
           <t>Diesel B30 (€/L)</t>
         </is>
       </c>
       <c r="C65" t="inlineStr">
         <is>
-          <t>2025</t>
+          <t>2026</t>
         </is>
       </c>
       <c r="D65" s="2" t="n">
-        <v>1.8181123287671297</v>
+        <v>1.8310519480519543</v>
       </c>
     </row>
     <row r="66">
       <c r="A66" t="inlineStr">
         <is>
           <t>Gasolie Diesel wegvervoer</t>
         </is>
       </c>
       <c r="B66" t="inlineStr">
         <is>
           <t>Diesel XTL (€/L)</t>
         </is>
       </c>
       <c r="C66" t="inlineStr">
         <is>
-          <t>2018</t>
+          <t>2019</t>
         </is>
       </c>
       <c r="D66" s="2" t="n">
-        <v>1.9992919254658457</v>
+        <v>2.0068054794520624</v>
       </c>
     </row>
     <row r="67">
       <c r="A67" t="inlineStr">
         <is>
           <t>Gasolie Diesel wegvervoer</t>
         </is>
       </c>
       <c r="B67" t="inlineStr">
         <is>
           <t>Diesel XTL (€/L)</t>
         </is>
       </c>
       <c r="C67" t="inlineStr">
         <is>
-          <t>2019</t>
+          <t>2020</t>
         </is>
       </c>
       <c r="D67" s="2" t="n">
-        <v>2.0068054794520624</v>
+        <v>2.250177595628424</v>
       </c>
     </row>
     <row r="68">
       <c r="A68" t="inlineStr">
         <is>
           <t>Gasolie Diesel wegvervoer</t>
         </is>
       </c>
       <c r="B68" t="inlineStr">
         <is>
           <t>Diesel XTL (€/L)</t>
         </is>
       </c>
       <c r="C68" t="inlineStr">
         <is>
-          <t>2020</t>
+          <t>2021</t>
         </is>
       </c>
       <c r="D68" s="2" t="n">
-        <v>2.250177595628424</v>
+        <v>2.54466301369864</v>
       </c>
     </row>
     <row r="69">
       <c r="A69" t="inlineStr">
         <is>
           <t>Gasolie Diesel wegvervoer</t>
         </is>
       </c>
       <c r="B69" t="inlineStr">
         <is>
           <t>Diesel XTL (€/L)</t>
         </is>
       </c>
       <c r="C69" t="inlineStr">
         <is>
-          <t>2021</t>
+          <t>2022</t>
         </is>
       </c>
       <c r="D69" s="2" t="n">
-        <v>2.54466301369864</v>
+        <v>3.5816958904109715</v>
       </c>
     </row>
     <row r="70">
       <c r="A70" t="inlineStr">
         <is>
           <t>Gasolie Diesel wegvervoer</t>
         </is>
       </c>
       <c r="B70" t="inlineStr">
         <is>
           <t>Diesel XTL (€/L)</t>
         </is>
       </c>
       <c r="C70" t="inlineStr">
         <is>
-          <t>2022</t>
+          <t>2023</t>
         </is>
       </c>
       <c r="D70" s="2" t="n">
-        <v>3.5816958904109715</v>
+        <v>2.8844027397260374</v>
       </c>
     </row>
     <row r="71">
       <c r="A71" t="inlineStr">
         <is>
           <t>Gasolie Diesel wegvervoer</t>
         </is>
       </c>
       <c r="B71" t="inlineStr">
         <is>
           <t>Diesel XTL (€/L)</t>
         </is>
       </c>
       <c r="C71" t="inlineStr">
         <is>
-          <t>2023</t>
+          <t>2024</t>
         </is>
       </c>
       <c r="D71" s="2" t="n">
-        <v>2.8844027397260374</v>
+        <v>2.4972267759562925</v>
       </c>
     </row>
     <row r="72">
       <c r="A72" t="inlineStr">
         <is>
           <t>Gasolie Diesel wegvervoer</t>
         </is>
       </c>
       <c r="B72" t="inlineStr">
         <is>
           <t>Diesel XTL (€/L)</t>
         </is>
       </c>
       <c r="C72" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="D72" s="2" t="n">
-        <v>2.4972267759562925</v>
+        <v>2.809950684931517</v>
       </c>
     </row>
     <row r="73">
       <c r="A73" t="inlineStr">
         <is>
           <t>Gasolie Diesel wegvervoer</t>
         </is>
       </c>
       <c r="B73" t="inlineStr">
         <is>
           <t>Diesel XTL (€/L)</t>
         </is>
       </c>
       <c r="C73" t="inlineStr">
         <is>
-          <t>2025</t>
+          <t>2026</t>
         </is>
       </c>
       <c r="D73" s="2" t="n">
-        <v>2.809950684931517</v>
+        <v>3.269987012987024</v>
       </c>
     </row>
     <row r="74">
       <c r="A74" t="inlineStr">
         <is>
           <t>Gasolie Diesel (verwarmingsdoeleinden)</t>
         </is>
       </c>
       <c r="B74" t="inlineStr">
         <is>
           <t>Gasolie Diesel Verwarming (vanaf 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="C74" t="inlineStr">
         <is>
-          <t>2018</t>
+          <t>2019</t>
         </is>
       </c>
       <c r="D74" s="2" t="n">
-        <v>0.6826419178082217</v>
+        <v>0.672810958904112</v>
       </c>
     </row>
     <row r="75">
       <c r="A75" t="inlineStr">
         <is>
           <t>Gasolie Diesel (verwarmingsdoeleinden)</t>
         </is>
       </c>
       <c r="B75" t="inlineStr">
         <is>
           <t>Gasolie Diesel Verwarming (vanaf 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="C75" t="inlineStr">
         <is>
-          <t>2019</t>
+          <t>2020</t>
         </is>
       </c>
       <c r="D75" s="2" t="n">
-        <v>0.672810958904112</v>
+        <v>0.46351174863388134</v>
       </c>
     </row>
     <row r="76">
       <c r="A76" t="inlineStr">
         <is>
           <t>Gasolie Diesel (verwarmingsdoeleinden)</t>
         </is>
       </c>
       <c r="B76" t="inlineStr">
         <is>
           <t>Gasolie Diesel Verwarming (vanaf 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="C76" t="inlineStr">
         <is>
-          <t>2020</t>
+          <t>2021</t>
         </is>
       </c>
       <c r="D76" s="2" t="n">
-        <v>0.46351174863388134</v>
+        <v>0.6525813698630161</v>
       </c>
     </row>
     <row r="77">
       <c r="A77" t="inlineStr">
         <is>
           <t>Gasolie Diesel (verwarmingsdoeleinden)</t>
         </is>
       </c>
       <c r="B77" t="inlineStr">
         <is>
           <t>Gasolie Diesel Verwarming (vanaf 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="C77" t="inlineStr">
         <is>
-          <t>2021</t>
+          <t>2022</t>
         </is>
       </c>
       <c r="D77" s="2" t="n">
-        <v>0.6525813698630161</v>
+        <v>1.1995219178082233</v>
       </c>
     </row>
     <row r="78">
       <c r="A78" t="inlineStr">
         <is>
           <t>Gasolie Diesel (verwarmingsdoeleinden)</t>
         </is>
       </c>
       <c r="B78" t="inlineStr">
         <is>
           <t>Gasolie Diesel Verwarming (vanaf 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="C78" t="inlineStr">
         <is>
-          <t>2022</t>
+          <t>2023</t>
         </is>
       </c>
       <c r="D78" s="2" t="n">
-        <v>1.1995219178082233</v>
+        <v>0.9632115068493186</v>
       </c>
     </row>
     <row r="79">
       <c r="A79" t="inlineStr">
         <is>
           <t>Gasolie Diesel (verwarmingsdoeleinden)</t>
         </is>
       </c>
       <c r="B79" t="inlineStr">
         <is>
           <t>Gasolie Diesel Verwarming (vanaf 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="C79" t="inlineStr">
         <is>
-          <t>2023</t>
+          <t>2024</t>
         </is>
       </c>
       <c r="D79" s="2" t="n">
-        <v>0.9632115068493186</v>
+        <v>0.887927049180331</v>
       </c>
     </row>
     <row r="80">
       <c r="A80" t="inlineStr">
         <is>
           <t>Gasolie Diesel (verwarmingsdoeleinden)</t>
         </is>
       </c>
       <c r="B80" t="inlineStr">
         <is>
           <t>Gasolie Diesel Verwarming (vanaf 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="C80" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="D80" s="2" t="n">
-        <v>0.887927049180331</v>
+        <v>0.7987279452054823</v>
       </c>
     </row>
     <row r="81">
       <c r="A81" t="inlineStr">
         <is>
           <t>Gasolie Diesel (verwarmingsdoeleinden)</t>
         </is>
       </c>
       <c r="B81" t="inlineStr">
         <is>
           <t>Gasolie Diesel Verwarming (vanaf 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="C81" t="inlineStr">
         <is>
-          <t>2025</t>
+          <t>2026</t>
         </is>
       </c>
       <c r="D81" s="2" t="n">
-        <v>0.7987279452054823</v>
+        <v>0.8329675324675355</v>
       </c>
     </row>
     <row r="82">
       <c r="A82" t="inlineStr">
         <is>
           <t>Gasolie Diesel (verwarmingsdoeleinden)</t>
         </is>
       </c>
       <c r="B82" t="inlineStr">
         <is>
           <t>Gasolie Diesel Verwarming (minder dan 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="C82" t="inlineStr">
         <is>
-          <t>2018</t>
+          <t>2019</t>
         </is>
       </c>
       <c r="D82" s="2" t="n">
-        <v>0.7104013698630162</v>
+        <v>0.7018819178082215</v>
       </c>
     </row>
     <row r="83">
       <c r="A83" t="inlineStr">
         <is>
           <t>Gasolie Diesel (verwarmingsdoeleinden)</t>
         </is>
       </c>
       <c r="B83" t="inlineStr">
         <is>
           <t>Gasolie Diesel Verwarming (minder dan 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="C83" t="inlineStr">
         <is>
-          <t>2019</t>
+          <t>2020</t>
         </is>
       </c>
       <c r="D83" s="2" t="n">
-        <v>0.7018819178082215</v>
+        <v>0.49321530054644974</v>
       </c>
     </row>
     <row r="84">
       <c r="A84" t="inlineStr">
         <is>
           <t>Gasolie Diesel (verwarmingsdoeleinden)</t>
         </is>
       </c>
       <c r="B84" t="inlineStr">
         <is>
           <t>Gasolie Diesel Verwarming (minder dan 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="C84" t="inlineStr">
         <is>
-          <t>2020</t>
+          <t>2021</t>
         </is>
       </c>
       <c r="D84" s="2" t="n">
-        <v>0.49321530054644974</v>
+        <v>0.682313150684934</v>
       </c>
     </row>
     <row r="85">
       <c r="A85" t="inlineStr">
         <is>
           <t>Gasolie Diesel (verwarmingsdoeleinden)</t>
         </is>
       </c>
       <c r="B85" t="inlineStr">
         <is>
           <t>Gasolie Diesel Verwarming (minder dan 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="C85" t="inlineStr">
         <is>
-          <t>2021</t>
+          <t>2022</t>
         </is>
       </c>
       <c r="D85" s="2" t="n">
-        <v>0.682313150684934</v>
+        <v>1.2320043835616483</v>
       </c>
     </row>
     <row r="86">
       <c r="A86" t="inlineStr">
         <is>
           <t>Gasolie Diesel (verwarmingsdoeleinden)</t>
         </is>
       </c>
       <c r="B86" t="inlineStr">
         <is>
           <t>Gasolie Diesel Verwarming (minder dan 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="C86" t="inlineStr">
         <is>
-          <t>2022</t>
+          <t>2023</t>
         </is>
       </c>
       <c r="D86" s="2" t="n">
-        <v>1.2320043835616483</v>
+        <v>1.000407123287675</v>
       </c>
     </row>
     <row r="87">
       <c r="A87" t="inlineStr">
         <is>
           <t>Gasolie Diesel (verwarmingsdoeleinden)</t>
         </is>
       </c>
       <c r="B87" t="inlineStr">
         <is>
           <t>Gasolie Diesel Verwarming (minder dan 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="C87" t="inlineStr">
         <is>
-          <t>2023</t>
+          <t>2024</t>
         </is>
       </c>
       <c r="D87" s="2" t="n">
-        <v>1.000407123287675</v>
+        <v>0.9269926229508231</v>
       </c>
     </row>
     <row r="88">
       <c r="A88" t="inlineStr">
         <is>
           <t>Gasolie Diesel (verwarmingsdoeleinden)</t>
         </is>
       </c>
       <c r="B88" t="inlineStr">
         <is>
           <t>Gasolie Diesel Verwarming (minder dan 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="C88" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="D88" s="2" t="n">
-        <v>0.9269926229508231</v>
+        <v>0.8386235616438387</v>
       </c>
     </row>
     <row r="89">
       <c r="A89" t="inlineStr">
         <is>
           <t>Gasolie Diesel (verwarmingsdoeleinden)</t>
         </is>
       </c>
       <c r="B89" t="inlineStr">
         <is>
           <t>Gasolie Diesel Verwarming (minder dan 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="C89" t="inlineStr">
         <is>
-          <t>2025</t>
+          <t>2026</t>
         </is>
       </c>
       <c r="D89" s="2" t="n">
-        <v>0.8386235616438387</v>
+        <v>0.8732207792207823</v>
       </c>
     </row>
     <row r="90">
       <c r="A90" t="inlineStr">
         <is>
           <t>Gasolie verwarming</t>
         </is>
       </c>
       <c r="B90" t="inlineStr">
         <is>
           <t>Gasolie verwarming (H0/H7) (vanaf 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="C90" t="inlineStr">
         <is>
-          <t>2018</t>
+          <t>2019</t>
         </is>
       </c>
       <c r="D90"/>
     </row>
     <row r="91">
       <c r="A91" t="inlineStr">
         <is>
           <t>Gasolie verwarming</t>
         </is>
       </c>
       <c r="B91" t="inlineStr">
         <is>
           <t>Gasolie verwarming (H0/H7) (vanaf 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="C91" t="inlineStr">
         <is>
-          <t>2019</t>
+          <t>2020</t>
         </is>
       </c>
       <c r="D91"/>
     </row>
     <row r="92">
       <c r="A92" t="inlineStr">
         <is>
           <t>Gasolie verwarming</t>
         </is>
       </c>
       <c r="B92" t="inlineStr">
         <is>
           <t>Gasolie verwarming (H0/H7) (vanaf 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="C92" t="inlineStr">
         <is>
-          <t>2020</t>
+          <t>2021</t>
         </is>
       </c>
       <c r="D92"/>
     </row>
     <row r="93">
       <c r="A93" t="inlineStr">
         <is>
           <t>Gasolie verwarming</t>
         </is>
       </c>
       <c r="B93" t="inlineStr">
         <is>
           <t>Gasolie verwarming (H0/H7) (vanaf 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="C93" t="inlineStr">
         <is>
-          <t>2021</t>
+          <t>2022</t>
         </is>
       </c>
       <c r="D93"/>
     </row>
     <row r="94">
       <c r="A94" t="inlineStr">
         <is>
           <t>Gasolie verwarming</t>
         </is>
       </c>
       <c r="B94" t="inlineStr">
         <is>
           <t>Gasolie verwarming (H0/H7) (vanaf 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="C94" t="inlineStr">
         <is>
-          <t>2022</t>
+          <t>2023</t>
         </is>
       </c>
       <c r="D94"/>
     </row>
     <row r="95">
       <c r="A95" t="inlineStr">
         <is>
           <t>Gasolie verwarming</t>
         </is>
       </c>
       <c r="B95" t="inlineStr">
         <is>
           <t>Gasolie verwarming (H0/H7) (vanaf 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="C95" t="inlineStr">
         <is>
-          <t>2023</t>
-[...2 lines deleted...]
-      <c r="D95"/>
+          <t>2024</t>
+        </is>
+      </c>
+      <c r="D95" s="2" t="n">
+        <v>0.8614893772893805</v>
+      </c>
     </row>
     <row r="96">
       <c r="A96" t="inlineStr">
         <is>
           <t>Gasolie verwarming</t>
         </is>
       </c>
       <c r="B96" t="inlineStr">
         <is>
           <t>Gasolie verwarming (H0/H7) (vanaf 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="C96" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="D96" s="2" t="n">
-        <v>0.8614893772893805</v>
+        <v>0.7987279452054823</v>
       </c>
     </row>
     <row r="97">
       <c r="A97" t="inlineStr">
         <is>
           <t>Gasolie verwarming</t>
         </is>
       </c>
       <c r="B97" t="inlineStr">
         <is>
           <t>Gasolie verwarming (H0/H7) (vanaf 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="C97" t="inlineStr">
         <is>
-          <t>2025</t>
+          <t>2026</t>
         </is>
       </c>
       <c r="D97" s="2" t="n">
-        <v>0.7987279452054823</v>
+        <v>0.8327870129870162</v>
       </c>
     </row>
     <row r="98">
       <c r="A98" t="inlineStr">
         <is>
           <t>Gasolie verwarming</t>
         </is>
       </c>
       <c r="B98" t="inlineStr">
         <is>
           <t>Gasolie verwarming (H0/H7) (minder dan 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="C98" t="inlineStr">
         <is>
-          <t>2018</t>
+          <t>2019</t>
         </is>
       </c>
       <c r="D98"/>
     </row>
     <row r="99">
       <c r="A99" t="inlineStr">
         <is>
           <t>Gasolie verwarming</t>
         </is>
       </c>
       <c r="B99" t="inlineStr">
         <is>
           <t>Gasolie verwarming (H0/H7) (minder dan 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="C99" t="inlineStr">
         <is>
-          <t>2019</t>
+          <t>2020</t>
         </is>
       </c>
       <c r="D99"/>
     </row>
     <row r="100">
       <c r="A100" t="inlineStr">
         <is>
           <t>Gasolie verwarming</t>
         </is>
       </c>
       <c r="B100" t="inlineStr">
         <is>
           <t>Gasolie verwarming (H0/H7) (minder dan 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="C100" t="inlineStr">
         <is>
-          <t>2020</t>
+          <t>2021</t>
         </is>
       </c>
       <c r="D100"/>
     </row>
     <row r="101">
       <c r="A101" t="inlineStr">
         <is>
           <t>Gasolie verwarming</t>
         </is>
       </c>
       <c r="B101" t="inlineStr">
         <is>
           <t>Gasolie verwarming (H0/H7) (minder dan 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="C101" t="inlineStr">
         <is>
-          <t>2021</t>
+          <t>2022</t>
         </is>
       </c>
       <c r="D101"/>
     </row>
     <row r="102">
       <c r="A102" t="inlineStr">
         <is>
           <t>Gasolie verwarming</t>
         </is>
       </c>
       <c r="B102" t="inlineStr">
         <is>
           <t>Gasolie verwarming (H0/H7) (minder dan 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="C102" t="inlineStr">
         <is>
-          <t>2022</t>
+          <t>2023</t>
         </is>
       </c>
       <c r="D102"/>
     </row>
     <row r="103">
       <c r="A103" t="inlineStr">
         <is>
           <t>Gasolie verwarming</t>
         </is>
       </c>
       <c r="B103" t="inlineStr">
         <is>
           <t>Gasolie verwarming (H0/H7) (minder dan 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="C103" t="inlineStr">
         <is>
-          <t>2023</t>
-[...2 lines deleted...]
-      <c r="D103"/>
+          <t>2024</t>
+        </is>
+      </c>
+      <c r="D103" s="2" t="n">
+        <v>0.9008695970696003</v>
+      </c>
     </row>
     <row r="104">
       <c r="A104" t="inlineStr">
         <is>
           <t>Gasolie verwarming</t>
         </is>
       </c>
       <c r="B104" t="inlineStr">
         <is>
           <t>Gasolie verwarming (H0/H7) (minder dan 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="C104" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="D104" s="2" t="n">
-        <v>0.9008695970696003</v>
+        <v>0.8386235616438387</v>
       </c>
     </row>
     <row r="105">
       <c r="A105" t="inlineStr">
         <is>
           <t>Gasolie verwarming</t>
         </is>
       </c>
       <c r="B105" t="inlineStr">
         <is>
           <t>Gasolie verwarming (H0/H7) (minder dan 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="C105" t="inlineStr">
         <is>
-          <t>2025</t>
+          <t>2026</t>
         </is>
       </c>
       <c r="D105" s="2" t="n">
-        <v>0.8386235616438387</v>
+        <v>0.8730337662337693</v>
       </c>
     </row>
     <row r="106">
       <c r="A106" t="inlineStr">
         <is>
           <t>Gasolie verwarming</t>
         </is>
       </c>
       <c r="B106" t="inlineStr">
         <is>
           <t>Gasolie verwarming (H0/H7) (aan de pomp) (€/L)</t>
         </is>
       </c>
       <c r="C106" t="inlineStr">
         <is>
-          <t>2018</t>
+          <t>2019</t>
         </is>
       </c>
       <c r="D106"/>
     </row>
     <row r="107">
       <c r="A107" t="inlineStr">
         <is>
           <t>Gasolie verwarming</t>
         </is>
       </c>
       <c r="B107" t="inlineStr">
         <is>
           <t>Gasolie verwarming (H0/H7) (aan de pomp) (€/L)</t>
         </is>
       </c>
       <c r="C107" t="inlineStr">
         <is>
-          <t>2019</t>
+          <t>2020</t>
         </is>
       </c>
       <c r="D107"/>
     </row>
     <row r="108">
       <c r="A108" t="inlineStr">
         <is>
           <t>Gasolie verwarming</t>
         </is>
       </c>
       <c r="B108" t="inlineStr">
         <is>
           <t>Gasolie verwarming (H0/H7) (aan de pomp) (€/L)</t>
         </is>
       </c>
       <c r="C108" t="inlineStr">
         <is>
-          <t>2020</t>
+          <t>2021</t>
         </is>
       </c>
       <c r="D108"/>
     </row>
     <row r="109">
       <c r="A109" t="inlineStr">
         <is>
           <t>Gasolie verwarming</t>
         </is>
       </c>
       <c r="B109" t="inlineStr">
         <is>
           <t>Gasolie verwarming (H0/H7) (aan de pomp) (€/L)</t>
         </is>
       </c>
       <c r="C109" t="inlineStr">
         <is>
-          <t>2021</t>
+          <t>2022</t>
         </is>
       </c>
       <c r="D109"/>
     </row>
     <row r="110">
       <c r="A110" t="inlineStr">
         <is>
           <t>Gasolie verwarming</t>
         </is>
       </c>
       <c r="B110" t="inlineStr">
         <is>
           <t>Gasolie verwarming (H0/H7) (aan de pomp) (€/L)</t>
         </is>
       </c>
       <c r="C110" t="inlineStr">
         <is>
-          <t>2022</t>
+          <t>2023</t>
         </is>
       </c>
       <c r="D110"/>
     </row>
     <row r="111">
       <c r="A111" t="inlineStr">
         <is>
           <t>Gasolie verwarming</t>
         </is>
       </c>
       <c r="B111" t="inlineStr">
         <is>
           <t>Gasolie verwarming (H0/H7) (aan de pomp) (€/L)</t>
         </is>
       </c>
       <c r="C111" t="inlineStr">
         <is>
-          <t>2023</t>
-[...2 lines deleted...]
-      <c r="D111"/>
+          <t>2024</t>
+        </is>
+      </c>
+      <c r="D111" s="2" t="n">
+        <v>1.0138315018315054</v>
+      </c>
     </row>
     <row r="112">
       <c r="A112" t="inlineStr">
         <is>
           <t>Gasolie verwarming</t>
         </is>
       </c>
       <c r="B112" t="inlineStr">
         <is>
           <t>Gasolie verwarming (H0/H7) (aan de pomp) (€/L)</t>
         </is>
       </c>
       <c r="C112" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="D112" s="2" t="n">
-        <v>1.0138315018315054</v>
+        <v>0.9553013698630172</v>
       </c>
     </row>
     <row r="113">
       <c r="A113" t="inlineStr">
         <is>
           <t>Gasolie verwarming</t>
         </is>
       </c>
       <c r="B113" t="inlineStr">
         <is>
           <t>Gasolie verwarming (H0/H7) (aan de pomp) (€/L)</t>
         </is>
       </c>
       <c r="C113" t="inlineStr">
         <is>
-          <t>2025</t>
+          <t>2026</t>
         </is>
       </c>
       <c r="D113" s="2" t="n">
-        <v>0.9553013698630172</v>
+        <v>0.9907792207792242</v>
       </c>
     </row>
     <row r="114">
       <c r="A114" t="inlineStr">
         <is>
           <t>Butaan + LPG</t>
         </is>
       </c>
       <c r="B114" t="inlineStr">
         <is>
           <t>Autogas LPG (aan de pomp) (€/L)</t>
         </is>
       </c>
       <c r="C114" t="inlineStr">
         <is>
-          <t>2018</t>
+          <t>2019</t>
         </is>
       </c>
       <c r="D114" s="2" t="n">
-        <v>0.5483643835616459</v>
+        <v>0.5100849315068511</v>
       </c>
     </row>
     <row r="115">
       <c r="A115" t="inlineStr">
         <is>
           <t>Butaan + LPG</t>
         </is>
       </c>
       <c r="B115" t="inlineStr">
         <is>
           <t>Autogas LPG (aan de pomp) (€/L)</t>
         </is>
       </c>
       <c r="C115" t="inlineStr">
         <is>
-          <t>2019</t>
+          <t>2020</t>
         </is>
       </c>
       <c r="D115" s="2" t="n">
-        <v>0.5100849315068511</v>
+        <v>0.4683961748633897</v>
       </c>
     </row>
     <row r="116">
       <c r="A116" t="inlineStr">
         <is>
           <t>Butaan + LPG</t>
         </is>
       </c>
       <c r="B116" t="inlineStr">
         <is>
           <t>Autogas LPG (aan de pomp) (€/L)</t>
         </is>
       </c>
       <c r="C116" t="inlineStr">
         <is>
-          <t>2020</t>
+          <t>2021</t>
         </is>
       </c>
       <c r="D116" s="2" t="n">
-        <v>0.4683961748633897</v>
+        <v>0.6465972602739748</v>
       </c>
     </row>
     <row r="117">
       <c r="A117" t="inlineStr">
         <is>
           <t>Butaan + LPG</t>
         </is>
       </c>
       <c r="B117" t="inlineStr">
         <is>
           <t>Autogas LPG (aan de pomp) (€/L)</t>
         </is>
       </c>
       <c r="C117" t="inlineStr">
         <is>
-          <t>2021</t>
+          <t>2022</t>
         </is>
       </c>
       <c r="D117" s="2" t="n">
-        <v>0.6465972602739748</v>
+        <v>0.8164794520547975</v>
       </c>
     </row>
     <row r="118">
       <c r="A118" t="inlineStr">
         <is>
           <t>Butaan + LPG</t>
         </is>
       </c>
       <c r="B118" t="inlineStr">
         <is>
           <t>Autogas LPG (aan de pomp) (€/L)</t>
         </is>
       </c>
       <c r="C118" t="inlineStr">
         <is>
-          <t>2022</t>
+          <t>2023</t>
         </is>
       </c>
       <c r="D118" s="2" t="n">
-        <v>0.8164794520547975</v>
+        <v>0.6840328767123312</v>
       </c>
     </row>
     <row r="119">
       <c r="A119" t="inlineStr">
         <is>
           <t>Butaan + LPG</t>
         </is>
       </c>
       <c r="B119" t="inlineStr">
         <is>
           <t>Autogas LPG (aan de pomp) (€/L)</t>
         </is>
       </c>
       <c r="C119" t="inlineStr">
         <is>
-          <t>2023</t>
+          <t>2024</t>
         </is>
       </c>
       <c r="D119" s="2" t="n">
-        <v>0.6840328767123312</v>
+        <v>0.748748633879784</v>
       </c>
     </row>
     <row r="120">
       <c r="A120" t="inlineStr">
         <is>
           <t>Butaan + LPG</t>
         </is>
       </c>
       <c r="B120" t="inlineStr">
         <is>
           <t>Autogas LPG (aan de pomp) (€/L)</t>
         </is>
       </c>
       <c r="C120" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="D120" s="2" t="n">
-        <v>0.748748633879784</v>
+        <v>0.8062328767123316</v>
       </c>
     </row>
     <row r="121">
       <c r="A121" t="inlineStr">
         <is>
           <t>Butaan + LPG</t>
         </is>
       </c>
       <c r="B121" t="inlineStr">
         <is>
           <t>Autogas LPG (aan de pomp) (€/L)</t>
         </is>
       </c>
       <c r="C121" t="inlineStr">
         <is>
-          <t>2025</t>
+          <t>2026</t>
         </is>
       </c>
       <c r="D121" s="2" t="n">
-        <v>0.8062328767123316</v>
+        <v>0.8449350649350678</v>
       </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <coreProperties xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </coreProperties>
 </file>