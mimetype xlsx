--- v0 (2025-10-15)
+++ v1 (2026-03-16)
@@ -84,4413 +84,3664 @@
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?>
 
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
   <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/>
   <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/>
   <Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/>
   <Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/>
   <Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/>
 </Relationships>
 
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <cols>
     <col min="1" max="1" width="11.02734375" customWidth="true"/>
-    <col min="2" max="2" width="140.66015625" customWidth="true"/>
+    <col min="2" max="2" width="141.203125" customWidth="true"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" t="inlineStr">
         <is>
           <t>Data source:</t>
         </is>
       </c>
       <c r="B1" t="inlineStr">
         <is>
           <t>Indice des prix à la consommation, par année de base selon la nomenclature COICOP, par année et mois</t>
         </is>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="inlineStr">
         <is>
           <t>Filtres:</t>
         </is>
       </c>
       <c r="B2" t="inlineStr">
         <is>
-          <t>Date : Dernières 11 Mois(Novembre 2024, Décembre 2024, Janvier 2025, Février 2025, Mars 2025, Avril 2025, Mai 2025, Juin 2025, Juillet 2025, Août 2025, Septembre 2025)</t>
+          <t>Date : Dernières 11 Mois(Février 2025, Mars 2025, Avril 2025, Mai 2025, Juin 2025, Juillet 2025, Août 2025, Septembre 2025, Octobre 2025, Novembre 2025, Décembre 2025)</t>
         </is>
       </c>
     </row>
     <row r="3">
       <c r="B3" t="inlineStr">
         <is>
           <t xml:space="preserve">
 Année de Base : 2013 = 100
 </t>
         </is>
       </c>
     </row>
     <row r="4">
 </row>
     <row r="5">
       <c r="A5" t="inlineStr">
         <is>
           <t xml:space="preserve">Source: </t>
         </is>
       </c>
       <c r="B5" t="inlineStr">
         <is>
           <t>Statbel (Direction générale Statistique - Statistics Belgium)</t>
         </is>
       </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <cols>
     <col min="1" max="1" width="5.0625" customWidth="true"/>
     <col min="2" max="2" width="59.58984375" customWidth="true"/>
-    <col min="3" max="3" width="6.0625" customWidth="true"/>
-[...10 lines deleted...]
-    <col min="14" max="14" width="14.3203125" customWidth="true"/>
+    <col min="3" max="3" width="4.8125" customWidth="true"/>
+    <col min="4" max="4" width="10.8828125" customWidth="true"/>
+    <col min="5" max="5" width="9.515625" customWidth="true"/>
+    <col min="6" max="6" width="9.0703125" customWidth="true"/>
+    <col min="7" max="7" width="8.39453125" customWidth="true"/>
+    <col min="8" max="8" width="8.93359375" customWidth="true"/>
+    <col min="9" max="9" width="10.38671875" customWidth="true"/>
+    <col min="10" max="10" width="9.328125" customWidth="true"/>
+    <col min="11" max="11" width="14.3203125" customWidth="true"/>
+    <col min="12" max="12" width="11.8828125" customWidth="true"/>
+    <col min="13" max="13" width="13.79296875" customWidth="true"/>
+    <col min="14" max="14" width="13.6875" customWidth="true"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1"/>
       <c r="B1"/>
       <c r="C1" t="inlineStr">
         <is>
-          <t>Année</t>
+          <t>Mois</t>
         </is>
       </c>
       <c r="D1" t="inlineStr">
         <is>
-          <t>2024</t>
-[...2 lines deleted...]
-      <c r="E1"/>
+          <t>Février 2025</t>
+        </is>
+      </c>
+      <c r="E1" t="inlineStr">
+        <is>
+          <t>Mars 2025</t>
+        </is>
+      </c>
       <c r="F1" t="inlineStr">
         <is>
-          <t>2025</t>
-[...9 lines deleted...]
-      <c r="N1"/>
+          <t>Avril 2025</t>
+        </is>
+      </c>
+      <c r="G1" t="inlineStr">
+        <is>
+          <t>Mai 2025</t>
+        </is>
+      </c>
+      <c r="H1" t="inlineStr">
+        <is>
+          <t>Juin 2025</t>
+        </is>
+      </c>
+      <c r="I1" t="inlineStr">
+        <is>
+          <t>Juillet 2025</t>
+        </is>
+      </c>
+      <c r="J1" t="inlineStr">
+        <is>
+          <t>Août 2025</t>
+        </is>
+      </c>
+      <c r="K1" t="inlineStr">
+        <is>
+          <t>Septembre 2025</t>
+        </is>
+      </c>
+      <c r="L1" t="inlineStr">
+        <is>
+          <t>Octobre 2025</t>
+        </is>
+      </c>
+      <c r="M1" t="inlineStr">
+        <is>
+          <t>Novembre 2025</t>
+        </is>
+      </c>
+      <c r="N1" t="inlineStr">
+        <is>
+          <t>Décembre 2025</t>
+        </is>
+      </c>
     </row>
     <row r="2">
       <c r="A2"/>
       <c r="B2"/>
-      <c r="C2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="C2"/>
       <c r="D2" t="inlineStr">
         <is>
-          <t>Novembre 2024</t>
+          <t>Inflation</t>
         </is>
       </c>
       <c r="E2" t="inlineStr">
         <is>
-          <t>Décembre 2024</t>
+          <t>Inflation</t>
         </is>
       </c>
       <c r="F2" t="inlineStr">
         <is>
-          <t>Janvier 2025</t>
+          <t>Inflation</t>
         </is>
       </c>
       <c r="G2" t="inlineStr">
         <is>
-          <t>Février 2025</t>
+          <t>Inflation</t>
         </is>
       </c>
       <c r="H2" t="inlineStr">
         <is>
-          <t>Mars 2025</t>
+          <t>Inflation</t>
         </is>
       </c>
       <c r="I2" t="inlineStr">
         <is>
-          <t>Avril 2025</t>
+          <t>Inflation</t>
         </is>
       </c>
       <c r="J2" t="inlineStr">
         <is>
-          <t>Mai 2025</t>
+          <t>Inflation</t>
         </is>
       </c>
       <c r="K2" t="inlineStr">
         <is>
-          <t>Juin 2025</t>
+          <t>Inflation</t>
         </is>
       </c>
       <c r="L2" t="inlineStr">
         <is>
-          <t>Juillet 2025</t>
+          <t>Inflation</t>
         </is>
       </c>
       <c r="M2" t="inlineStr">
         <is>
-          <t>Août 2025</t>
+          <t>Inflation</t>
         </is>
       </c>
       <c r="N2" t="inlineStr">
         <is>
-          <t>Septembre 2025</t>
+          <t>Inflation</t>
         </is>
       </c>
     </row>
     <row r="3">
-      <c r="A3"/>
-[...54 lines deleted...]
-          <t>Inflation</t>
+      <c r="A3" t="inlineStr">
+        <is>
+          <t>Total</t>
+        </is>
+      </c>
+      <c r="B3" t="inlineStr">
+        <is>
+          <t>Niveau 1</t>
         </is>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="B4" t="inlineStr">
         <is>
-          <t>Niveau 1</t>
-        </is>
+          <t>1. Produits alimentaires et boissons</t>
+        </is>
+      </c>
+      <c r="C4"/>
+      <c r="D4" s="2" t="n">
+        <v>0.024355094394005048</v>
+      </c>
+      <c r="E4" s="2" t="n">
+        <v>0.025183705500463872</v>
+      </c>
+      <c r="F4" s="2" t="n">
+        <v>0.027858809801633567</v>
+      </c>
+      <c r="G4" s="2" t="n">
+        <v>0.023493582771372784</v>
+      </c>
+      <c r="H4" s="2" t="n">
+        <v>0.033459137755842756</v>
+      </c>
+      <c r="I4" s="2" t="n">
+        <v>0.030981440023109763</v>
+      </c>
+      <c r="J4" s="2" t="n">
+        <v>0.026306306306306353</v>
+      </c>
+      <c r="K4" s="2" t="n">
+        <v>0.03384144117861577</v>
+      </c>
+      <c r="L4" s="2" t="n">
+        <v>0.027866242038216627</v>
+      </c>
+      <c r="M4" s="2" t="n">
+        <v>0.030668206090345037</v>
+      </c>
+      <c r="N4" s="2" t="n">
+        <v>0.02813040969417201</v>
       </c>
     </row>
     <row r="5">
-      <c r="A5" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="A5"/>
       <c r="B5" t="inlineStr">
         <is>
-          <t>1. Produits alimentaires et boissons</t>
+          <t>2. Boissons alcoolisées et tabac</t>
         </is>
       </c>
       <c r="C5"/>
       <c r="D5" s="2" t="n">
-        <v>0.013085751882447696</v>
+        <v>0.07029535335799866</v>
       </c>
       <c r="E5" s="2" t="n">
-        <v>0.018139090842329408</v>
+        <v>0.0802275778303397</v>
       </c>
       <c r="F5" s="2" t="n">
-        <v>0.024341207725999767</v>
+        <v>0.05390497680832415</v>
       </c>
       <c r="G5" s="2" t="n">
-        <v>0.024355094394005048</v>
+        <v>0.04681902408894384</v>
       </c>
       <c r="H5" s="2" t="n">
-        <v>0.025183705500463872</v>
+        <v>0.06039132070738761</v>
       </c>
       <c r="I5" s="2" t="n">
-        <v>0.027858809801633567</v>
+        <v>0.053187546330615475</v>
       </c>
       <c r="J5" s="2" t="n">
-        <v>0.023493582771372784</v>
+        <v>0.027433681793461825</v>
       </c>
       <c r="K5" s="2" t="n">
-        <v>0.033459137755842756</v>
+        <v>0.0330953533397872</v>
       </c>
       <c r="L5" s="2" t="n">
-        <v>0.030981440023109763</v>
+        <v>0.021032504780114612</v>
       </c>
       <c r="M5" s="2" t="n">
-        <v>0.026306306306306353</v>
+        <v>0.024735194992778185</v>
       </c>
       <c r="N5" s="2" t="n">
-        <v>0.03384144117861577</v>
+        <v>0.016445591501110416</v>
       </c>
     </row>
     <row r="6">
       <c r="A6"/>
       <c r="B6" t="inlineStr">
         <is>
-          <t>2. Boissons alcoolisées et tabac</t>
+          <t>3. Articles d’habillement et articles chaussants</t>
         </is>
       </c>
       <c r="C6"/>
       <c r="D6" s="2" t="n">
-        <v>0.04162487462387158</v>
+        <v>-0.0029224686264397552</v>
       </c>
       <c r="E6" s="2" t="n">
-        <v>0.08909661393646272</v>
+        <v>-0.03669959128065405</v>
       </c>
       <c r="F6" s="2" t="n">
-        <v>0.09508071691877495</v>
+        <v>-0.02245547621096108</v>
       </c>
       <c r="G6" s="2" t="n">
-        <v>0.07029535335799866</v>
+        <v>-0.028413441088898417</v>
       </c>
       <c r="H6" s="2" t="n">
-        <v>0.0802275778303397</v>
+        <v>-0.02959131761912847</v>
       </c>
       <c r="I6" s="2" t="n">
-        <v>0.05390497680832415</v>
+        <v>-0.029588808817295635</v>
       </c>
       <c r="J6" s="2" t="n">
-        <v>0.04681902408894384</v>
+        <v>-0.03126056100033814</v>
       </c>
       <c r="K6" s="2" t="n">
-        <v>0.06039132070738761</v>
+        <v>-0.008932333361422438</v>
       </c>
       <c r="L6" s="2" t="n">
-        <v>0.053187546330615475</v>
+        <v>0.0036866359447005467</v>
       </c>
       <c r="M6" s="2" t="n">
-        <v>0.027433681793461825</v>
+        <v>-0.010792552315043762</v>
       </c>
       <c r="N6" s="2" t="n">
-        <v>0.0330953533397872</v>
+        <v>0.0027509169723241122</v>
       </c>
     </row>
     <row r="7">
       <c r="A7"/>
       <c r="B7" t="inlineStr">
         <is>
-          <t>3. Articles d’habillement et articles chaussants</t>
+          <t>4. Logement, eau, électricité, gaz et autres combustibles</t>
         </is>
       </c>
       <c r="C7"/>
       <c r="D7" s="2" t="n">
-        <v>0.044938016528925866</v>
+        <v>0.08292033434425668</v>
       </c>
       <c r="E7" s="2" t="n">
-        <v>0.02996479780200911</v>
+        <v>0.07591315828076887</v>
       </c>
       <c r="F7" s="2" t="n">
-        <v>0.029962225274725248</v>
+        <v>0.05869340805190991</v>
       </c>
       <c r="G7" s="2" t="n">
-        <v>-0.0029224686264397552</v>
+        <v>0.04001768737563585</v>
       </c>
       <c r="H7" s="2" t="n">
-        <v>-0.03669959128065405</v>
+        <v>0.030132788559754983</v>
       </c>
       <c r="I7" s="2" t="n">
-        <v>-0.02245547621096108</v>
+        <v>0.027709090909091003</v>
       </c>
       <c r="J7" s="2" t="n">
-        <v>-0.028413441088898417</v>
+        <v>0.024803607797497882</v>
       </c>
       <c r="K7" s="2" t="n">
-        <v>-0.02959131761912847</v>
+        <v>0.01452417082159135</v>
       </c>
       <c r="L7" s="2" t="n">
-        <v>-0.029588808817295635</v>
+        <v>0.014873646209386412</v>
       </c>
       <c r="M7" s="2" t="n">
-        <v>-0.03126056100033814</v>
+        <v>0.009470512268618092</v>
       </c>
       <c r="N7" s="2" t="n">
-        <v>-0.008932333361422438</v>
+        <v>-0.001632247533886805</v>
       </c>
     </row>
     <row r="8">
       <c r="A8"/>
       <c r="B8" t="inlineStr">
         <is>
-          <t>4. Logement, eau, électricité, gaz et autres combustibles</t>
+          <t>5. Ameublement, équipement ménager et entretien courant de la maison</t>
         </is>
       </c>
       <c r="C8"/>
       <c r="D8" s="2" t="n">
-        <v>0.0986048711279265</v>
+        <v>0.03912182238362508</v>
       </c>
       <c r="E8" s="2" t="n">
-        <v>0.07270097442143734</v>
+        <v>0.03950310559006223</v>
       </c>
       <c r="F8" s="2" t="n">
-        <v>0.11149557862360666</v>
+        <v>0.038426349496797935</v>
       </c>
       <c r="G8" s="2" t="n">
-        <v>0.08292033434425668</v>
+        <v>0.04230865328558357</v>
       </c>
       <c r="H8" s="2" t="n">
-        <v>0.07591315828076887</v>
+        <v>0.040188538824113364</v>
       </c>
       <c r="I8" s="2" t="n">
-        <v>0.05869340805190991</v>
+        <v>0.040036321611358755</v>
       </c>
       <c r="J8" s="2" t="n">
-        <v>0.04001768737563585</v>
+        <v>0.03780953963769331</v>
       </c>
       <c r="K8" s="2" t="n">
-        <v>0.030132788559754983</v>
+        <v>0.043166068297570456</v>
       </c>
       <c r="L8" s="2" t="n">
-        <v>0.027709090909091003</v>
+        <v>0.03443400149713062</v>
       </c>
       <c r="M8" s="2" t="n">
-        <v>0.024803607797497882</v>
+        <v>0.04583956153462892</v>
       </c>
       <c r="N8" s="2" t="n">
-        <v>0.01452417082159135</v>
+        <v>0.037367586954708674</v>
       </c>
     </row>
     <row r="9">
       <c r="A9"/>
       <c r="B9" t="inlineStr">
         <is>
-          <t>5. Ameublement, équipement ménager et entretien courant de la maison</t>
+          <t>6. Dépenses de santé</t>
         </is>
       </c>
       <c r="C9"/>
       <c r="D9" s="2" t="n">
-        <v>0.011592741935483805</v>
+        <v>0.01986447600482706</v>
       </c>
       <c r="E9" s="2" t="n">
-        <v>0.0020058503969910893</v>
+        <v>0.017195155773319933</v>
       </c>
       <c r="F9" s="2" t="n">
-        <v>0.03307280954339776</v>
+        <v>0.018012192869018957</v>
       </c>
       <c r="G9" s="2" t="n">
-        <v>0.03912182238362508</v>
+        <v>0.01885571679452831</v>
       </c>
       <c r="H9" s="2" t="n">
-        <v>0.03950310559006223</v>
+        <v>0.016894387001477332</v>
       </c>
       <c r="I9" s="2" t="n">
-        <v>0.038426349496797935</v>
+        <v>0.016888150609080835</v>
       </c>
       <c r="J9" s="2" t="n">
-        <v>0.04230865328558357</v>
+        <v>0.01640401806285136</v>
       </c>
       <c r="K9" s="2" t="n">
-        <v>0.040188538824113364</v>
+        <v>0.015751658069270535</v>
       </c>
       <c r="L9" s="2" t="n">
-        <v>0.040036321611358755</v>
+        <v>0.012689655172413872</v>
       </c>
       <c r="M9" s="2" t="n">
-        <v>0.03780953963769331</v>
+        <v>0.014151810328983766</v>
       </c>
       <c r="N9" s="2" t="n">
-        <v>0.043166068297570456</v>
+        <v>0.013406795224977055</v>
       </c>
     </row>
     <row r="10">
       <c r="A10"/>
       <c r="B10" t="inlineStr">
         <is>
-          <t>6. Dépenses de santé</t>
+          <t>7. Transports</t>
         </is>
       </c>
       <c r="C10"/>
       <c r="D10" s="2" t="n">
-        <v>0.017579951374602505</v>
+        <v>0.01887369144953006</v>
       </c>
       <c r="E10" s="2" t="n">
-        <v>0.01804244180611409</v>
+        <v>-0.001363843006515935</v>
       </c>
       <c r="F10" s="2" t="n">
-        <v>0.01827458256029686</v>
+        <v>-0.00713909972195084</v>
       </c>
       <c r="G10" s="2" t="n">
-        <v>0.01986447600482706</v>
+        <v>-0.008216493291120204</v>
       </c>
       <c r="H10" s="2" t="n">
-        <v>0.017195155773319933</v>
+        <v>-2.273933146365045E-4</v>
       </c>
       <c r="I10" s="2" t="n">
-        <v>0.018012192869018957</v>
+        <v>-0.0034972840241089946</v>
       </c>
       <c r="J10" s="2" t="n">
-        <v>0.01885571679452831</v>
+        <v>0.008323335332933309</v>
       </c>
       <c r="K10" s="2" t="n">
-        <v>0.016894387001477332</v>
+        <v>0.015616667936314388</v>
       </c>
       <c r="L10" s="2" t="n">
-        <v>0.016888150609080835</v>
+        <v>0.015769522365428223</v>
       </c>
       <c r="M10" s="2" t="n">
-        <v>0.01640401806285136</v>
+        <v>0.018405841192577</v>
       </c>
       <c r="N10" s="2" t="n">
-        <v>0.015751658069270535</v>
+        <v>0.022981554278802635</v>
       </c>
     </row>
     <row r="11">
       <c r="A11"/>
       <c r="B11" t="inlineStr">
         <is>
-          <t>7. Transports</t>
+          <t>8. Communications</t>
         </is>
       </c>
       <c r="C11"/>
       <c r="D11" s="2" t="n">
-        <v>0.00343432801648459</v>
+        <v>-0.007261217650344513</v>
       </c>
       <c r="E11" s="2" t="n">
-        <v>0.013096423374435331</v>
+        <v>-0.009376160415893097</v>
       </c>
       <c r="F11" s="2" t="n">
-        <v>0.022792242911226026</v>
+        <v>-0.010640283740899797</v>
       </c>
       <c r="G11" s="2" t="n">
-        <v>0.01887369144953006</v>
+        <v>0.008479314200521977</v>
       </c>
       <c r="H11" s="2" t="n">
-        <v>-0.001363843006515935</v>
+        <v>-6.470098900082122E-4</v>
       </c>
       <c r="I11" s="2" t="n">
-        <v>-0.00713909972195084</v>
+        <v>0.006377668915796187</v>
       </c>
       <c r="J11" s="2" t="n">
-        <v>-0.008216493291120204</v>
+        <v>0.007600333673185604</v>
       </c>
       <c r="K11" s="2" t="n">
-        <v>-2.273933146365045E-4</v>
+        <v>0.009003991460131897</v>
       </c>
       <c r="L11" s="2" t="n">
-        <v>-0.0034972840241089946</v>
+        <v>0.006860109390933535</v>
       </c>
       <c r="M11" s="2" t="n">
-        <v>0.008323335332933309</v>
+        <v>0.008015478164731943</v>
       </c>
       <c r="N11" s="2" t="n">
-        <v>0.015616667936314388</v>
+        <v>0.008159480760315392</v>
       </c>
     </row>
     <row r="12">
       <c r="A12"/>
       <c r="B12" t="inlineStr">
         <is>
-          <t>8. Communications</t>
+          <t>9. Loisirs et culture</t>
         </is>
       </c>
       <c r="C12"/>
       <c r="D12" s="2" t="n">
-        <v>0.024155501037931824</v>
+        <v>0.02796987859228538</v>
       </c>
       <c r="E12" s="2" t="n">
-        <v>0.01937618147448024</v>
+        <v>0.023437500000000083</v>
       </c>
       <c r="F12" s="2" t="n">
-        <v>-0.0071714631647575</v>
+        <v>0.020324257233729066</v>
       </c>
       <c r="G12" s="2" t="n">
-        <v>-0.007261217650344513</v>
+        <v>0.015064176466067112</v>
       </c>
       <c r="H12" s="2" t="n">
-        <v>-0.009376160415893097</v>
+        <v>0.010490045941807172</v>
       </c>
       <c r="I12" s="2" t="n">
-        <v>-0.010640283740899797</v>
+        <v>0.00160403299725021</v>
       </c>
       <c r="J12" s="2" t="n">
-        <v>0.008479314200521977</v>
+        <v>0.005198379328797538</v>
       </c>
       <c r="K12" s="2" t="n">
-        <v>-6.470098900082122E-4</v>
+        <v>0.009102730819245763</v>
       </c>
       <c r="L12" s="2" t="n">
-        <v>0.006377668915796187</v>
+        <v>0.007042253521126776</v>
       </c>
       <c r="M12" s="2" t="n">
-        <v>0.007600333673185604</v>
+        <v>0.05270404650807033</v>
       </c>
       <c r="N12" s="2" t="n">
-        <v>0.009003991460131897</v>
+        <v>0.032427958769092</v>
       </c>
     </row>
     <row r="13">
       <c r="A13"/>
       <c r="B13" t="inlineStr">
         <is>
-          <t>9. Loisirs et culture</t>
+          <t>10. Enseignement</t>
         </is>
       </c>
       <c r="C13"/>
       <c r="D13" s="2" t="n">
-        <v>0.012390614109811836</v>
+        <v>0.016090156993029903</v>
       </c>
       <c r="E13" s="2" t="n">
-        <v>0.028317214700193428</v>
+        <v>0.016090156993029903</v>
       </c>
       <c r="F13" s="2" t="n">
-        <v>0.025350593311758464</v>
+        <v>0.016090156993029903</v>
       </c>
       <c r="G13" s="2" t="n">
-        <v>0.02796987859228538</v>
+        <v>0.016090156993029903</v>
       </c>
       <c r="H13" s="2" t="n">
-        <v>0.023437500000000083</v>
+        <v>0.016090156993029903</v>
       </c>
       <c r="I13" s="2" t="n">
-        <v>0.020324257233729066</v>
+        <v>0.016090156993029903</v>
       </c>
       <c r="J13" s="2" t="n">
-        <v>0.015064176466067112</v>
+        <v>0.016090156993029903</v>
       </c>
       <c r="K13" s="2" t="n">
-        <v>0.010490045941807172</v>
+        <v>0.016090156993029903</v>
       </c>
       <c r="L13" s="2" t="n">
-        <v>0.00160403299725021</v>
+        <v>0.023913322220797756</v>
       </c>
       <c r="M13" s="2" t="n">
-        <v>0.005198379328797538</v>
+        <v>0.023913322220797756</v>
       </c>
       <c r="N13" s="2" t="n">
-        <v>0.009102730819245763</v>
+        <v>0.023913322220797756</v>
       </c>
     </row>
     <row r="14">
       <c r="A14"/>
       <c r="B14" t="inlineStr">
         <is>
-          <t>10. Enseignement</t>
+          <t>11. Hôtels, cafés et restaurants</t>
         </is>
       </c>
       <c r="C14"/>
       <c r="D14" s="2" t="n">
-        <v>0.016090156993029903</v>
+        <v>0.04219292158223491</v>
       </c>
       <c r="E14" s="2" t="n">
-        <v>0.016090156993029903</v>
+        <v>0.0421736725663721</v>
       </c>
       <c r="F14" s="2" t="n">
-        <v>0.016090156993029903</v>
+        <v>0.04248164161691041</v>
       </c>
       <c r="G14" s="2" t="n">
-        <v>0.016090156993029903</v>
+        <v>0.036534660214027646</v>
       </c>
       <c r="H14" s="2" t="n">
-        <v>0.016090156993029903</v>
+        <v>0.04310111141230692</v>
       </c>
       <c r="I14" s="2" t="n">
-        <v>0.016090156993029903</v>
+        <v>0.042859044323173265</v>
       </c>
       <c r="J14" s="2" t="n">
-        <v>0.016090156993029903</v>
+        <v>0.04467718414423965</v>
       </c>
       <c r="K14" s="2" t="n">
-        <v>0.016090156993029903</v>
+        <v>0.03908292552121764</v>
       </c>
       <c r="L14" s="2" t="n">
-        <v>0.016090156993029903</v>
+        <v>0.04376088996113141</v>
       </c>
       <c r="M14" s="2" t="n">
-        <v>0.016090156993029903</v>
+        <v>0.04006153023006968</v>
       </c>
       <c r="N14" s="2" t="n">
-        <v>0.016090156993029903</v>
+        <v>0.0403805215540182</v>
       </c>
     </row>
     <row r="15">
       <c r="A15"/>
       <c r="B15" t="inlineStr">
         <is>
-          <t>11. Hôtels, cafés et restaurants</t>
+          <t>12. Autres biens et services</t>
         </is>
       </c>
       <c r="C15"/>
       <c r="D15" s="2" t="n">
-        <v>0.040573456747164206</v>
+        <v>0.038098164221522485</v>
       </c>
       <c r="E15" s="2" t="n">
-        <v>0.041357810876342306</v>
+        <v>0.03724137931034512</v>
       </c>
       <c r="F15" s="2" t="n">
-        <v>0.039668731296541276</v>
+        <v>0.03501379098988679</v>
       </c>
       <c r="G15" s="2" t="n">
-        <v>0.04219292158223491</v>
+        <v>0.031026071047415837</v>
       </c>
       <c r="H15" s="2" t="n">
-        <v>0.0421736725663721</v>
+        <v>0.030900372935535603</v>
       </c>
       <c r="I15" s="2" t="n">
-        <v>0.04248164161691041</v>
+        <v>0.03136838914987139</v>
       </c>
       <c r="J15" s="2" t="n">
-        <v>0.036534660214027646</v>
+        <v>0.029505220154335203</v>
       </c>
       <c r="K15" s="2" t="n">
-        <v>0.04310111141230692</v>
+        <v>0.023901369034112413</v>
       </c>
       <c r="L15" s="2" t="n">
-        <v>0.042859044323173265</v>
+        <v>0.022427937081357676</v>
       </c>
       <c r="M15" s="2" t="n">
-        <v>0.04467718414423965</v>
+        <v>0.021763602251407242</v>
       </c>
       <c r="N15" s="2" t="n">
-        <v>0.03908292552121764</v>
+        <v>0.02365977837675967</v>
       </c>
     </row>
     <row r="16">
-      <c r="A16"/>
-[...4 lines deleted...]
-      </c>
+      <c r="A16" t="inlineStr">
+        <is>
+          <t>Total</t>
+        </is>
+      </c>
+      <c r="B16"/>
       <c r="C16"/>
       <c r="D16" s="2" t="n">
-        <v>0.032225579053373754</v>
+        <v>0.03549347378062752</v>
       </c>
       <c r="E16" s="2" t="n">
-        <v>0.03334622823984546</v>
+        <v>0.029074622333561277</v>
       </c>
       <c r="F16" s="2" t="n">
-        <v>0.036483482792979326</v>
+        <v>0.025476735316552458</v>
       </c>
       <c r="G16" s="2" t="n">
-        <v>0.038098164221522485</v>
+        <v>0.020139838881288858</v>
       </c>
       <c r="H16" s="2" t="n">
-        <v>0.03724137931034512</v>
+        <v>0.021460529309168162</v>
       </c>
       <c r="I16" s="2" t="n">
-        <v>0.03501379098988679</v>
+        <v>0.019200361418568138</v>
       </c>
       <c r="J16" s="2" t="n">
-        <v>0.031026071047415837</v>
+        <v>0.019125065883593154</v>
       </c>
       <c r="K16" s="2" t="n">
-        <v>0.030900372935535603</v>
+        <v>0.021188043889519413</v>
       </c>
       <c r="L16" s="2" t="n">
-        <v>0.03136838914987139</v>
+        <v>0.019956322012199726</v>
       </c>
       <c r="M16" s="2" t="n">
-        <v>0.029505220154335203</v>
+        <v>0.02398315916096547</v>
       </c>
       <c r="N16" s="2" t="n">
-        <v>0.023901369034112413</v>
-[...41 lines deleted...]
-        <v>0.021188043889519413</v>
+        <v>0.020593080724876495</v>
       </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <cols>
     <col min="1" max="1" width="5.0625" customWidth="true"/>
     <col min="2" max="2" width="59.58984375" customWidth="true"/>
-    <col min="3" max="3" width="4.96484375" customWidth="true"/>
-[...1 lines deleted...]
-    <col min="5" max="5" width="6.00390625" customWidth="true"/>
+    <col min="3" max="3" width="14.3203125" customWidth="true"/>
+    <col min="4" max="4" width="6.00390625" customWidth="true"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="B1" t="inlineStr">
         <is>
           <t>Niveau 1</t>
         </is>
       </c>
       <c r="C1" t="inlineStr">
         <is>
-          <t>Année</t>
+          <t>Mois</t>
         </is>
       </c>
       <c r="D1" t="inlineStr">
-        <is>
-[...3 lines deleted...]
-      <c r="E1" t="inlineStr">
         <is>
           <t>Inflation</t>
         </is>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="B2" t="inlineStr">
         <is>
           <t>1. Produits alimentaires et boissons</t>
         </is>
       </c>
       <c r="C2" t="inlineStr">
         <is>
-          <t>2024</t>
-[...8 lines deleted...]
-        <v>0.013085751882447696</v>
+          <t>Février 2025</t>
+        </is>
+      </c>
+      <c r="D2" s="2" t="n">
+        <v>0.024355094394005048</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="B3" t="inlineStr">
         <is>
           <t>1. Produits alimentaires et boissons</t>
         </is>
       </c>
       <c r="C3" t="inlineStr">
         <is>
-          <t>2024</t>
-[...8 lines deleted...]
-        <v>0.018139090842329408</v>
+          <t>Mars 2025</t>
+        </is>
+      </c>
+      <c r="D3" s="2" t="n">
+        <v>0.025183705500463872</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="B4" t="inlineStr">
         <is>
           <t>1. Produits alimentaires et boissons</t>
         </is>
       </c>
       <c r="C4" t="inlineStr">
         <is>
-          <t>2025</t>
-[...8 lines deleted...]
-        <v>0.024341207725999767</v>
+          <t>Avril 2025</t>
+        </is>
+      </c>
+      <c r="D4" s="2" t="n">
+        <v>0.027858809801633567</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="B5" t="inlineStr">
         <is>
           <t>1. Produits alimentaires et boissons</t>
         </is>
       </c>
       <c r="C5" t="inlineStr">
         <is>
-          <t>2025</t>
-[...8 lines deleted...]
-        <v>0.024355094394005048</v>
+          <t>Mai 2025</t>
+        </is>
+      </c>
+      <c r="D5" s="2" t="n">
+        <v>0.023493582771372784</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="B6" t="inlineStr">
         <is>
           <t>1. Produits alimentaires et boissons</t>
         </is>
       </c>
       <c r="C6" t="inlineStr">
         <is>
-          <t>2025</t>
-[...8 lines deleted...]
-        <v>0.025183705500463872</v>
+          <t>Juin 2025</t>
+        </is>
+      </c>
+      <c r="D6" s="2" t="n">
+        <v>0.033459137755842756</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="B7" t="inlineStr">
         <is>
           <t>1. Produits alimentaires et boissons</t>
         </is>
       </c>
       <c r="C7" t="inlineStr">
         <is>
-          <t>2025</t>
-[...8 lines deleted...]
-        <v>0.027858809801633567</v>
+          <t>Juillet 2025</t>
+        </is>
+      </c>
+      <c r="D7" s="2" t="n">
+        <v>0.030981440023109763</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="B8" t="inlineStr">
         <is>
           <t>1. Produits alimentaires et boissons</t>
         </is>
       </c>
       <c r="C8" t="inlineStr">
         <is>
-          <t>2025</t>
-[...8 lines deleted...]
-        <v>0.023493582771372784</v>
+          <t>Août 2025</t>
+        </is>
+      </c>
+      <c r="D8" s="2" t="n">
+        <v>0.026306306306306353</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="B9" t="inlineStr">
         <is>
           <t>1. Produits alimentaires et boissons</t>
         </is>
       </c>
       <c r="C9" t="inlineStr">
         <is>
-          <t>2025</t>
-[...8 lines deleted...]
-        <v>0.033459137755842756</v>
+          <t>Septembre 2025</t>
+        </is>
+      </c>
+      <c r="D9" s="2" t="n">
+        <v>0.03384144117861577</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="B10" t="inlineStr">
         <is>
           <t>1. Produits alimentaires et boissons</t>
         </is>
       </c>
       <c r="C10" t="inlineStr">
         <is>
-          <t>2025</t>
-[...8 lines deleted...]
-        <v>0.030981440023109763</v>
+          <t>Octobre 2025</t>
+        </is>
+      </c>
+      <c r="D10" s="2" t="n">
+        <v>0.027866242038216627</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="B11" t="inlineStr">
         <is>
           <t>1. Produits alimentaires et boissons</t>
         </is>
       </c>
       <c r="C11" t="inlineStr">
         <is>
-          <t>2025</t>
-[...8 lines deleted...]
-        <v>0.026306306306306353</v>
+          <t>Novembre 2025</t>
+        </is>
+      </c>
+      <c r="D11" s="2" t="n">
+        <v>0.030668206090345037</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="B12" t="inlineStr">
         <is>
           <t>1. Produits alimentaires et boissons</t>
         </is>
       </c>
       <c r="C12" t="inlineStr">
         <is>
-          <t>2025</t>
-[...8 lines deleted...]
-        <v>0.03384144117861577</v>
+          <t>Décembre 2025</t>
+        </is>
+      </c>
+      <c r="D12" s="2" t="n">
+        <v>0.02813040969417201</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="B13" t="inlineStr">
         <is>
           <t>2. Boissons alcoolisées et tabac</t>
         </is>
       </c>
       <c r="C13" t="inlineStr">
         <is>
-          <t>2024</t>
-[...8 lines deleted...]
-        <v>0.04162487462387158</v>
+          <t>Février 2025</t>
+        </is>
+      </c>
+      <c r="D13" s="2" t="n">
+        <v>0.07029535335799866</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="B14" t="inlineStr">
         <is>
           <t>2. Boissons alcoolisées et tabac</t>
         </is>
       </c>
       <c r="C14" t="inlineStr">
         <is>
-          <t>2024</t>
-[...8 lines deleted...]
-        <v>0.08909661393646272</v>
+          <t>Mars 2025</t>
+        </is>
+      </c>
+      <c r="D14" s="2" t="n">
+        <v>0.0802275778303397</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="B15" t="inlineStr">
         <is>
           <t>2. Boissons alcoolisées et tabac</t>
         </is>
       </c>
       <c r="C15" t="inlineStr">
         <is>
-          <t>2025</t>
-[...8 lines deleted...]
-        <v>0.09508071691877495</v>
+          <t>Avril 2025</t>
+        </is>
+      </c>
+      <c r="D15" s="2" t="n">
+        <v>0.05390497680832415</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="B16" t="inlineStr">
         <is>
           <t>2. Boissons alcoolisées et tabac</t>
         </is>
       </c>
       <c r="C16" t="inlineStr">
         <is>
-          <t>2025</t>
-[...8 lines deleted...]
-        <v>0.07029535335799866</v>
+          <t>Mai 2025</t>
+        </is>
+      </c>
+      <c r="D16" s="2" t="n">
+        <v>0.04681902408894384</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="B17" t="inlineStr">
         <is>
           <t>2. Boissons alcoolisées et tabac</t>
         </is>
       </c>
       <c r="C17" t="inlineStr">
         <is>
-          <t>2025</t>
-[...8 lines deleted...]
-        <v>0.0802275778303397</v>
+          <t>Juin 2025</t>
+        </is>
+      </c>
+      <c r="D17" s="2" t="n">
+        <v>0.06039132070738761</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="B18" t="inlineStr">
         <is>
           <t>2. Boissons alcoolisées et tabac</t>
         </is>
       </c>
       <c r="C18" t="inlineStr">
         <is>
-          <t>2025</t>
-[...8 lines deleted...]
-        <v>0.05390497680832415</v>
+          <t>Juillet 2025</t>
+        </is>
+      </c>
+      <c r="D18" s="2" t="n">
+        <v>0.053187546330615475</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="B19" t="inlineStr">
         <is>
           <t>2. Boissons alcoolisées et tabac</t>
         </is>
       </c>
       <c r="C19" t="inlineStr">
         <is>
-          <t>2025</t>
-[...8 lines deleted...]
-        <v>0.04681902408894384</v>
+          <t>Août 2025</t>
+        </is>
+      </c>
+      <c r="D19" s="2" t="n">
+        <v>0.027433681793461825</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="B20" t="inlineStr">
         <is>
           <t>2. Boissons alcoolisées et tabac</t>
         </is>
       </c>
       <c r="C20" t="inlineStr">
         <is>
-          <t>2025</t>
-[...8 lines deleted...]
-        <v>0.06039132070738761</v>
+          <t>Septembre 2025</t>
+        </is>
+      </c>
+      <c r="D20" s="2" t="n">
+        <v>0.0330953533397872</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="B21" t="inlineStr">
         <is>
           <t>2. Boissons alcoolisées et tabac</t>
         </is>
       </c>
       <c r="C21" t="inlineStr">
         <is>
-          <t>2025</t>
-[...8 lines deleted...]
-        <v>0.053187546330615475</v>
+          <t>Octobre 2025</t>
+        </is>
+      </c>
+      <c r="D21" s="2" t="n">
+        <v>0.021032504780114612</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="B22" t="inlineStr">
         <is>
           <t>2. Boissons alcoolisées et tabac</t>
         </is>
       </c>
       <c r="C22" t="inlineStr">
         <is>
-          <t>2025</t>
-[...8 lines deleted...]
-        <v>0.027433681793461825</v>
+          <t>Novembre 2025</t>
+        </is>
+      </c>
+      <c r="D22" s="2" t="n">
+        <v>0.024735194992778185</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="B23" t="inlineStr">
         <is>
           <t>2. Boissons alcoolisées et tabac</t>
         </is>
       </c>
       <c r="C23" t="inlineStr">
         <is>
-          <t>2025</t>
-[...8 lines deleted...]
-        <v>0.0330953533397872</v>
+          <t>Décembre 2025</t>
+        </is>
+      </c>
+      <c r="D23" s="2" t="n">
+        <v>0.016445591501110416</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="B24" t="inlineStr">
         <is>
           <t>3. Articles d’habillement et articles chaussants</t>
         </is>
       </c>
       <c r="C24" t="inlineStr">
         <is>
-          <t>2024</t>
-[...8 lines deleted...]
-        <v>0.044938016528925866</v>
+          <t>Février 2025</t>
+        </is>
+      </c>
+      <c r="D24" s="2" t="n">
+        <v>-0.0029224686264397552</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="B25" t="inlineStr">
         <is>
           <t>3. Articles d’habillement et articles chaussants</t>
         </is>
       </c>
       <c r="C25" t="inlineStr">
         <is>
-          <t>2024</t>
-[...8 lines deleted...]
-        <v>0.02996479780200911</v>
+          <t>Mars 2025</t>
+        </is>
+      </c>
+      <c r="D25" s="2" t="n">
+        <v>-0.03669959128065405</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="B26" t="inlineStr">
         <is>
           <t>3. Articles d’habillement et articles chaussants</t>
         </is>
       </c>
       <c r="C26" t="inlineStr">
         <is>
-          <t>2025</t>
-[...8 lines deleted...]
-        <v>0.029962225274725248</v>
+          <t>Avril 2025</t>
+        </is>
+      </c>
+      <c r="D26" s="2" t="n">
+        <v>-0.02245547621096108</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="B27" t="inlineStr">
         <is>
           <t>3. Articles d’habillement et articles chaussants</t>
         </is>
       </c>
       <c r="C27" t="inlineStr">
         <is>
-          <t>2025</t>
-[...8 lines deleted...]
-        <v>-0.0029224686264397552</v>
+          <t>Mai 2025</t>
+        </is>
+      </c>
+      <c r="D27" s="2" t="n">
+        <v>-0.028413441088898417</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="B28" t="inlineStr">
         <is>
           <t>3. Articles d’habillement et articles chaussants</t>
         </is>
       </c>
       <c r="C28" t="inlineStr">
         <is>
-          <t>2025</t>
-[...8 lines deleted...]
-        <v>-0.03669959128065405</v>
+          <t>Juin 2025</t>
+        </is>
+      </c>
+      <c r="D28" s="2" t="n">
+        <v>-0.02959131761912847</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="B29" t="inlineStr">
         <is>
           <t>3. Articles d’habillement et articles chaussants</t>
         </is>
       </c>
       <c r="C29" t="inlineStr">
         <is>
-          <t>2025</t>
-[...8 lines deleted...]
-        <v>-0.02245547621096108</v>
+          <t>Juillet 2025</t>
+        </is>
+      </c>
+      <c r="D29" s="2" t="n">
+        <v>-0.029588808817295635</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="B30" t="inlineStr">
         <is>
           <t>3. Articles d’habillement et articles chaussants</t>
         </is>
       </c>
       <c r="C30" t="inlineStr">
         <is>
-          <t>2025</t>
-[...8 lines deleted...]
-        <v>-0.028413441088898417</v>
+          <t>Août 2025</t>
+        </is>
+      </c>
+      <c r="D30" s="2" t="n">
+        <v>-0.03126056100033814</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="B31" t="inlineStr">
         <is>
           <t>3. Articles d’habillement et articles chaussants</t>
         </is>
       </c>
       <c r="C31" t="inlineStr">
         <is>
-          <t>2025</t>
-[...8 lines deleted...]
-        <v>-0.02959131761912847</v>
+          <t>Septembre 2025</t>
+        </is>
+      </c>
+      <c r="D31" s="2" t="n">
+        <v>-0.008932333361422438</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="B32" t="inlineStr">
         <is>
           <t>3. Articles d’habillement et articles chaussants</t>
         </is>
       </c>
       <c r="C32" t="inlineStr">
         <is>
-          <t>2025</t>
-[...8 lines deleted...]
-        <v>-0.029588808817295635</v>
+          <t>Octobre 2025</t>
+        </is>
+      </c>
+      <c r="D32" s="2" t="n">
+        <v>0.0036866359447005467</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="B33" t="inlineStr">
         <is>
           <t>3. Articles d’habillement et articles chaussants</t>
         </is>
       </c>
       <c r="C33" t="inlineStr">
         <is>
-          <t>2025</t>
-[...8 lines deleted...]
-        <v>-0.03126056100033814</v>
+          <t>Novembre 2025</t>
+        </is>
+      </c>
+      <c r="D33" s="2" t="n">
+        <v>-0.010792552315043762</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="B34" t="inlineStr">
         <is>
           <t>3. Articles d’habillement et articles chaussants</t>
         </is>
       </c>
       <c r="C34" t="inlineStr">
         <is>
-          <t>2025</t>
-[...8 lines deleted...]
-        <v>-0.008932333361422438</v>
+          <t>Décembre 2025</t>
+        </is>
+      </c>
+      <c r="D34" s="2" t="n">
+        <v>0.0027509169723241122</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="B35" t="inlineStr">
         <is>
           <t>4. Logement, eau, électricité, gaz et autres combustibles</t>
         </is>
       </c>
       <c r="C35" t="inlineStr">
         <is>
-          <t>2024</t>
-[...8 lines deleted...]
-        <v>0.0986048711279265</v>
+          <t>Février 2025</t>
+        </is>
+      </c>
+      <c r="D35" s="2" t="n">
+        <v>0.08292033434425668</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="B36" t="inlineStr">
         <is>
           <t>4. Logement, eau, électricité, gaz et autres combustibles</t>
         </is>
       </c>
       <c r="C36" t="inlineStr">
         <is>
-          <t>2024</t>
-[...8 lines deleted...]
-        <v>0.07270097442143734</v>
+          <t>Mars 2025</t>
+        </is>
+      </c>
+      <c r="D36" s="2" t="n">
+        <v>0.07591315828076887</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="B37" t="inlineStr">
         <is>
           <t>4. Logement, eau, électricité, gaz et autres combustibles</t>
         </is>
       </c>
       <c r="C37" t="inlineStr">
         <is>
-          <t>2025</t>
-[...8 lines deleted...]
-        <v>0.11149557862360666</v>
+          <t>Avril 2025</t>
+        </is>
+      </c>
+      <c r="D37" s="2" t="n">
+        <v>0.05869340805190991</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="B38" t="inlineStr">
         <is>
           <t>4. Logement, eau, électricité, gaz et autres combustibles</t>
         </is>
       </c>
       <c r="C38" t="inlineStr">
         <is>
-          <t>2025</t>
-[...8 lines deleted...]
-        <v>0.08292033434425668</v>
+          <t>Mai 2025</t>
+        </is>
+      </c>
+      <c r="D38" s="2" t="n">
+        <v>0.04001768737563585</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="B39" t="inlineStr">
         <is>
           <t>4. Logement, eau, électricité, gaz et autres combustibles</t>
         </is>
       </c>
       <c r="C39" t="inlineStr">
         <is>
-          <t>2025</t>
-[...8 lines deleted...]
-        <v>0.07591315828076887</v>
+          <t>Juin 2025</t>
+        </is>
+      </c>
+      <c r="D39" s="2" t="n">
+        <v>0.030132788559754983</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="B40" t="inlineStr">
         <is>
           <t>4. Logement, eau, électricité, gaz et autres combustibles</t>
         </is>
       </c>
       <c r="C40" t="inlineStr">
         <is>
-          <t>2025</t>
-[...8 lines deleted...]
-        <v>0.05869340805190991</v>
+          <t>Juillet 2025</t>
+        </is>
+      </c>
+      <c r="D40" s="2" t="n">
+        <v>0.027709090909091003</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="B41" t="inlineStr">
         <is>
           <t>4. Logement, eau, électricité, gaz et autres combustibles</t>
         </is>
       </c>
       <c r="C41" t="inlineStr">
         <is>
-          <t>2025</t>
-[...8 lines deleted...]
-        <v>0.04001768737563585</v>
+          <t>Août 2025</t>
+        </is>
+      </c>
+      <c r="D41" s="2" t="n">
+        <v>0.024803607797497882</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="B42" t="inlineStr">
         <is>
           <t>4. Logement, eau, électricité, gaz et autres combustibles</t>
         </is>
       </c>
       <c r="C42" t="inlineStr">
         <is>
-          <t>2025</t>
-[...8 lines deleted...]
-        <v>0.030132788559754983</v>
+          <t>Septembre 2025</t>
+        </is>
+      </c>
+      <c r="D42" s="2" t="n">
+        <v>0.01452417082159135</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="B43" t="inlineStr">
         <is>
           <t>4. Logement, eau, électricité, gaz et autres combustibles</t>
         </is>
       </c>
       <c r="C43" t="inlineStr">
         <is>
-          <t>2025</t>
-[...8 lines deleted...]
-        <v>0.027709090909091003</v>
+          <t>Octobre 2025</t>
+        </is>
+      </c>
+      <c r="D43" s="2" t="n">
+        <v>0.014873646209386412</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="B44" t="inlineStr">
         <is>
           <t>4. Logement, eau, électricité, gaz et autres combustibles</t>
         </is>
       </c>
       <c r="C44" t="inlineStr">
         <is>
-          <t>2025</t>
-[...8 lines deleted...]
-        <v>0.024803607797497882</v>
+          <t>Novembre 2025</t>
+        </is>
+      </c>
+      <c r="D44" s="2" t="n">
+        <v>0.009470512268618092</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="B45" t="inlineStr">
         <is>
           <t>4. Logement, eau, électricité, gaz et autres combustibles</t>
         </is>
       </c>
       <c r="C45" t="inlineStr">
         <is>
-          <t>2025</t>
-[...8 lines deleted...]
-        <v>0.01452417082159135</v>
+          <t>Décembre 2025</t>
+        </is>
+      </c>
+      <c r="D45" s="2" t="n">
+        <v>-0.001632247533886805</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="B46" t="inlineStr">
         <is>
           <t>5. Ameublement, équipement ménager et entretien courant de la maison</t>
         </is>
       </c>
       <c r="C46" t="inlineStr">
         <is>
-          <t>2024</t>
-[...8 lines deleted...]
-        <v>0.011592741935483805</v>
+          <t>Février 2025</t>
+        </is>
+      </c>
+      <c r="D46" s="2" t="n">
+        <v>0.03912182238362508</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="B47" t="inlineStr">
         <is>
           <t>5. Ameublement, équipement ménager et entretien courant de la maison</t>
         </is>
       </c>
       <c r="C47" t="inlineStr">
         <is>
-          <t>2024</t>
-[...8 lines deleted...]
-        <v>0.0020058503969910893</v>
+          <t>Mars 2025</t>
+        </is>
+      </c>
+      <c r="D47" s="2" t="n">
+        <v>0.03950310559006223</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="B48" t="inlineStr">
         <is>
           <t>5. Ameublement, équipement ménager et entretien courant de la maison</t>
         </is>
       </c>
       <c r="C48" t="inlineStr">
         <is>
-          <t>2025</t>
-[...8 lines deleted...]
-        <v>0.03307280954339776</v>
+          <t>Avril 2025</t>
+        </is>
+      </c>
+      <c r="D48" s="2" t="n">
+        <v>0.038426349496797935</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="B49" t="inlineStr">
         <is>
           <t>5. Ameublement, équipement ménager et entretien courant de la maison</t>
         </is>
       </c>
       <c r="C49" t="inlineStr">
         <is>
-          <t>2025</t>
-[...8 lines deleted...]
-        <v>0.03912182238362508</v>
+          <t>Mai 2025</t>
+        </is>
+      </c>
+      <c r="D49" s="2" t="n">
+        <v>0.04230865328558357</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="B50" t="inlineStr">
         <is>
           <t>5. Ameublement, équipement ménager et entretien courant de la maison</t>
         </is>
       </c>
       <c r="C50" t="inlineStr">
         <is>
-          <t>2025</t>
-[...8 lines deleted...]
-        <v>0.03950310559006223</v>
+          <t>Juin 2025</t>
+        </is>
+      </c>
+      <c r="D50" s="2" t="n">
+        <v>0.040188538824113364</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="B51" t="inlineStr">
         <is>
           <t>5. Ameublement, équipement ménager et entretien courant de la maison</t>
         </is>
       </c>
       <c r="C51" t="inlineStr">
         <is>
-          <t>2025</t>
-[...8 lines deleted...]
-        <v>0.038426349496797935</v>
+          <t>Juillet 2025</t>
+        </is>
+      </c>
+      <c r="D51" s="2" t="n">
+        <v>0.040036321611358755</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="B52" t="inlineStr">
         <is>
           <t>5. Ameublement, équipement ménager et entretien courant de la maison</t>
         </is>
       </c>
       <c r="C52" t="inlineStr">
         <is>
-          <t>2025</t>
-[...8 lines deleted...]
-        <v>0.04230865328558357</v>
+          <t>Août 2025</t>
+        </is>
+      </c>
+      <c r="D52" s="2" t="n">
+        <v>0.03780953963769331</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="B53" t="inlineStr">
         <is>
           <t>5. Ameublement, équipement ménager et entretien courant de la maison</t>
         </is>
       </c>
       <c r="C53" t="inlineStr">
         <is>
-          <t>2025</t>
-[...8 lines deleted...]
-        <v>0.040188538824113364</v>
+          <t>Septembre 2025</t>
+        </is>
+      </c>
+      <c r="D53" s="2" t="n">
+        <v>0.043166068297570456</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="B54" t="inlineStr">
         <is>
           <t>5. Ameublement, équipement ménager et entretien courant de la maison</t>
         </is>
       </c>
       <c r="C54" t="inlineStr">
         <is>
-          <t>2025</t>
-[...8 lines deleted...]
-        <v>0.040036321611358755</v>
+          <t>Octobre 2025</t>
+        </is>
+      </c>
+      <c r="D54" s="2" t="n">
+        <v>0.03443400149713062</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="B55" t="inlineStr">
         <is>
           <t>5. Ameublement, équipement ménager et entretien courant de la maison</t>
         </is>
       </c>
       <c r="C55" t="inlineStr">
         <is>
-          <t>2025</t>
-[...8 lines deleted...]
-        <v>0.03780953963769331</v>
+          <t>Novembre 2025</t>
+        </is>
+      </c>
+      <c r="D55" s="2" t="n">
+        <v>0.04583956153462892</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="B56" t="inlineStr">
         <is>
           <t>5. Ameublement, équipement ménager et entretien courant de la maison</t>
         </is>
       </c>
       <c r="C56" t="inlineStr">
         <is>
-          <t>2025</t>
-[...8 lines deleted...]
-        <v>0.043166068297570456</v>
+          <t>Décembre 2025</t>
+        </is>
+      </c>
+      <c r="D56" s="2" t="n">
+        <v>0.037367586954708674</v>
       </c>
     </row>
     <row r="57">
       <c r="A57" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="B57" t="inlineStr">
         <is>
           <t>6. Dépenses de santé</t>
         </is>
       </c>
       <c r="C57" t="inlineStr">
         <is>
-          <t>2024</t>
-[...8 lines deleted...]
-        <v>0.017579951374602505</v>
+          <t>Février 2025</t>
+        </is>
+      </c>
+      <c r="D57" s="2" t="n">
+        <v>0.01986447600482706</v>
       </c>
     </row>
     <row r="58">
       <c r="A58" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="B58" t="inlineStr">
         <is>
           <t>6. Dépenses de santé</t>
         </is>
       </c>
       <c r="C58" t="inlineStr">
         <is>
-          <t>2024</t>
-[...8 lines deleted...]
-        <v>0.01804244180611409</v>
+          <t>Mars 2025</t>
+        </is>
+      </c>
+      <c r="D58" s="2" t="n">
+        <v>0.017195155773319933</v>
       </c>
     </row>
     <row r="59">
       <c r="A59" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="B59" t="inlineStr">
         <is>
           <t>6. Dépenses de santé</t>
         </is>
       </c>
       <c r="C59" t="inlineStr">
         <is>
-          <t>2025</t>
-[...8 lines deleted...]
-        <v>0.01827458256029686</v>
+          <t>Avril 2025</t>
+        </is>
+      </c>
+      <c r="D59" s="2" t="n">
+        <v>0.018012192869018957</v>
       </c>
     </row>
     <row r="60">
       <c r="A60" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="B60" t="inlineStr">
         <is>
           <t>6. Dépenses de santé</t>
         </is>
       </c>
       <c r="C60" t="inlineStr">
         <is>
-          <t>2025</t>
-[...8 lines deleted...]
-        <v>0.01986447600482706</v>
+          <t>Mai 2025</t>
+        </is>
+      </c>
+      <c r="D60" s="2" t="n">
+        <v>0.01885571679452831</v>
       </c>
     </row>
     <row r="61">
       <c r="A61" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="B61" t="inlineStr">
         <is>
           <t>6. Dépenses de santé</t>
         </is>
       </c>
       <c r="C61" t="inlineStr">
         <is>
-          <t>2025</t>
-[...8 lines deleted...]
-        <v>0.017195155773319933</v>
+          <t>Juin 2025</t>
+        </is>
+      </c>
+      <c r="D61" s="2" t="n">
+        <v>0.016894387001477332</v>
       </c>
     </row>
     <row r="62">
       <c r="A62" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="B62" t="inlineStr">
         <is>
           <t>6. Dépenses de santé</t>
         </is>
       </c>
       <c r="C62" t="inlineStr">
         <is>
-          <t>2025</t>
-[...8 lines deleted...]
-        <v>0.018012192869018957</v>
+          <t>Juillet 2025</t>
+        </is>
+      </c>
+      <c r="D62" s="2" t="n">
+        <v>0.016888150609080835</v>
       </c>
     </row>
     <row r="63">
       <c r="A63" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="B63" t="inlineStr">
         <is>
           <t>6. Dépenses de santé</t>
         </is>
       </c>
       <c r="C63" t="inlineStr">
         <is>
-          <t>2025</t>
-[...8 lines deleted...]
-        <v>0.01885571679452831</v>
+          <t>Août 2025</t>
+        </is>
+      </c>
+      <c r="D63" s="2" t="n">
+        <v>0.01640401806285136</v>
       </c>
     </row>
     <row r="64">
       <c r="A64" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="B64" t="inlineStr">
         <is>
           <t>6. Dépenses de santé</t>
         </is>
       </c>
       <c r="C64" t="inlineStr">
         <is>
-          <t>2025</t>
-[...8 lines deleted...]
-        <v>0.016894387001477332</v>
+          <t>Septembre 2025</t>
+        </is>
+      </c>
+      <c r="D64" s="2" t="n">
+        <v>0.015751658069270535</v>
       </c>
     </row>
     <row r="65">
       <c r="A65" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="B65" t="inlineStr">
         <is>
           <t>6. Dépenses de santé</t>
         </is>
       </c>
       <c r="C65" t="inlineStr">
         <is>
-          <t>2025</t>
-[...8 lines deleted...]
-        <v>0.016888150609080835</v>
+          <t>Octobre 2025</t>
+        </is>
+      </c>
+      <c r="D65" s="2" t="n">
+        <v>0.012689655172413872</v>
       </c>
     </row>
     <row r="66">
       <c r="A66" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="B66" t="inlineStr">
         <is>
           <t>6. Dépenses de santé</t>
         </is>
       </c>
       <c r="C66" t="inlineStr">
         <is>
-          <t>2025</t>
-[...8 lines deleted...]
-        <v>0.01640401806285136</v>
+          <t>Novembre 2025</t>
+        </is>
+      </c>
+      <c r="D66" s="2" t="n">
+        <v>0.014151810328983766</v>
       </c>
     </row>
     <row r="67">
       <c r="A67" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="B67" t="inlineStr">
         <is>
           <t>6. Dépenses de santé</t>
         </is>
       </c>
       <c r="C67" t="inlineStr">
         <is>
-          <t>2025</t>
-[...8 lines deleted...]
-        <v>0.015751658069270535</v>
+          <t>Décembre 2025</t>
+        </is>
+      </c>
+      <c r="D67" s="2" t="n">
+        <v>0.013406795224977055</v>
       </c>
     </row>
     <row r="68">
       <c r="A68" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="B68" t="inlineStr">
         <is>
           <t>7. Transports</t>
         </is>
       </c>
       <c r="C68" t="inlineStr">
         <is>
-          <t>2024</t>
-[...8 lines deleted...]
-        <v>0.00343432801648459</v>
+          <t>Février 2025</t>
+        </is>
+      </c>
+      <c r="D68" s="2" t="n">
+        <v>0.01887369144953006</v>
       </c>
     </row>
     <row r="69">
       <c r="A69" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="B69" t="inlineStr">
         <is>
           <t>7. Transports</t>
         </is>
       </c>
       <c r="C69" t="inlineStr">
         <is>
-          <t>2024</t>
-[...8 lines deleted...]
-        <v>0.013096423374435331</v>
+          <t>Mars 2025</t>
+        </is>
+      </c>
+      <c r="D69" s="2" t="n">
+        <v>-0.001363843006515935</v>
       </c>
     </row>
     <row r="70">
       <c r="A70" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="B70" t="inlineStr">
         <is>
           <t>7. Transports</t>
         </is>
       </c>
       <c r="C70" t="inlineStr">
         <is>
-          <t>2025</t>
-[...8 lines deleted...]
-        <v>0.022792242911226026</v>
+          <t>Avril 2025</t>
+        </is>
+      </c>
+      <c r="D70" s="2" t="n">
+        <v>-0.00713909972195084</v>
       </c>
     </row>
     <row r="71">
       <c r="A71" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="B71" t="inlineStr">
         <is>
           <t>7. Transports</t>
         </is>
       </c>
       <c r="C71" t="inlineStr">
         <is>
-          <t>2025</t>
-[...8 lines deleted...]
-        <v>0.01887369144953006</v>
+          <t>Mai 2025</t>
+        </is>
+      </c>
+      <c r="D71" s="2" t="n">
+        <v>-0.008216493291120204</v>
       </c>
     </row>
     <row r="72">
       <c r="A72" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="B72" t="inlineStr">
         <is>
           <t>7. Transports</t>
         </is>
       </c>
       <c r="C72" t="inlineStr">
         <is>
-          <t>2025</t>
-[...8 lines deleted...]
-        <v>-0.001363843006515935</v>
+          <t>Juin 2025</t>
+        </is>
+      </c>
+      <c r="D72" s="2" t="n">
+        <v>-2.273933146365045E-4</v>
       </c>
     </row>
     <row r="73">
       <c r="A73" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="B73" t="inlineStr">
         <is>
           <t>7. Transports</t>
         </is>
       </c>
       <c r="C73" t="inlineStr">
         <is>
-          <t>2025</t>
-[...8 lines deleted...]
-        <v>-0.00713909972195084</v>
+          <t>Juillet 2025</t>
+        </is>
+      </c>
+      <c r="D73" s="2" t="n">
+        <v>-0.0034972840241089946</v>
       </c>
     </row>
     <row r="74">
       <c r="A74" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="B74" t="inlineStr">
         <is>
           <t>7. Transports</t>
         </is>
       </c>
       <c r="C74" t="inlineStr">
         <is>
-          <t>2025</t>
-[...8 lines deleted...]
-        <v>-0.008216493291120204</v>
+          <t>Août 2025</t>
+        </is>
+      </c>
+      <c r="D74" s="2" t="n">
+        <v>0.008323335332933309</v>
       </c>
     </row>
     <row r="75">
       <c r="A75" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="B75" t="inlineStr">
         <is>
           <t>7. Transports</t>
         </is>
       </c>
       <c r="C75" t="inlineStr">
         <is>
-          <t>2025</t>
-[...8 lines deleted...]
-        <v>-2.273933146365045E-4</v>
+          <t>Septembre 2025</t>
+        </is>
+      </c>
+      <c r="D75" s="2" t="n">
+        <v>0.015616667936314388</v>
       </c>
     </row>
     <row r="76">
       <c r="A76" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="B76" t="inlineStr">
         <is>
           <t>7. Transports</t>
         </is>
       </c>
       <c r="C76" t="inlineStr">
         <is>
-          <t>2025</t>
-[...8 lines deleted...]
-        <v>-0.0034972840241089946</v>
+          <t>Octobre 2025</t>
+        </is>
+      </c>
+      <c r="D76" s="2" t="n">
+        <v>0.015769522365428223</v>
       </c>
     </row>
     <row r="77">
       <c r="A77" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="B77" t="inlineStr">
         <is>
           <t>7. Transports</t>
         </is>
       </c>
       <c r="C77" t="inlineStr">
         <is>
-          <t>2025</t>
-[...8 lines deleted...]
-        <v>0.008323335332933309</v>
+          <t>Novembre 2025</t>
+        </is>
+      </c>
+      <c r="D77" s="2" t="n">
+        <v>0.018405841192577</v>
       </c>
     </row>
     <row r="78">
       <c r="A78" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="B78" t="inlineStr">
         <is>
           <t>7. Transports</t>
         </is>
       </c>
       <c r="C78" t="inlineStr">
         <is>
-          <t>2025</t>
-[...8 lines deleted...]
-        <v>0.015616667936314388</v>
+          <t>Décembre 2025</t>
+        </is>
+      </c>
+      <c r="D78" s="2" t="n">
+        <v>0.022981554278802635</v>
       </c>
     </row>
     <row r="79">
       <c r="A79" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="B79" t="inlineStr">
         <is>
           <t>8. Communications</t>
         </is>
       </c>
       <c r="C79" t="inlineStr">
         <is>
-          <t>2024</t>
-[...8 lines deleted...]
-        <v>0.024155501037931824</v>
+          <t>Février 2025</t>
+        </is>
+      </c>
+      <c r="D79" s="2" t="n">
+        <v>-0.007261217650344513</v>
       </c>
     </row>
     <row r="80">
       <c r="A80" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="B80" t="inlineStr">
         <is>
           <t>8. Communications</t>
         </is>
       </c>
       <c r="C80" t="inlineStr">
         <is>
-          <t>2024</t>
-[...8 lines deleted...]
-        <v>0.01937618147448024</v>
+          <t>Mars 2025</t>
+        </is>
+      </c>
+      <c r="D80" s="2" t="n">
+        <v>-0.009376160415893097</v>
       </c>
     </row>
     <row r="81">
       <c r="A81" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="B81" t="inlineStr">
         <is>
           <t>8. Communications</t>
         </is>
       </c>
       <c r="C81" t="inlineStr">
         <is>
-          <t>2025</t>
-[...8 lines deleted...]
-        <v>-0.0071714631647575</v>
+          <t>Avril 2025</t>
+        </is>
+      </c>
+      <c r="D81" s="2" t="n">
+        <v>-0.010640283740899797</v>
       </c>
     </row>
     <row r="82">
       <c r="A82" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="B82" t="inlineStr">
         <is>
           <t>8. Communications</t>
         </is>
       </c>
       <c r="C82" t="inlineStr">
         <is>
-          <t>2025</t>
-[...8 lines deleted...]
-        <v>-0.007261217650344513</v>
+          <t>Mai 2025</t>
+        </is>
+      </c>
+      <c r="D82" s="2" t="n">
+        <v>0.008479314200521977</v>
       </c>
     </row>
     <row r="83">
       <c r="A83" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="B83" t="inlineStr">
         <is>
           <t>8. Communications</t>
         </is>
       </c>
       <c r="C83" t="inlineStr">
         <is>
-          <t>2025</t>
-[...8 lines deleted...]
-        <v>-0.009376160415893097</v>
+          <t>Juin 2025</t>
+        </is>
+      </c>
+      <c r="D83" s="2" t="n">
+        <v>-6.470098900082122E-4</v>
       </c>
     </row>
     <row r="84">
       <c r="A84" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="B84" t="inlineStr">
         <is>
           <t>8. Communications</t>
         </is>
       </c>
       <c r="C84" t="inlineStr">
         <is>
-          <t>2025</t>
-[...8 lines deleted...]
-        <v>-0.010640283740899797</v>
+          <t>Juillet 2025</t>
+        </is>
+      </c>
+      <c r="D84" s="2" t="n">
+        <v>0.006377668915796187</v>
       </c>
     </row>
     <row r="85">
       <c r="A85" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="B85" t="inlineStr">
         <is>
           <t>8. Communications</t>
         </is>
       </c>
       <c r="C85" t="inlineStr">
         <is>
-          <t>2025</t>
-[...8 lines deleted...]
-        <v>0.008479314200521977</v>
+          <t>Août 2025</t>
+        </is>
+      </c>
+      <c r="D85" s="2" t="n">
+        <v>0.007600333673185604</v>
       </c>
     </row>
     <row r="86">
       <c r="A86" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="B86" t="inlineStr">
         <is>
           <t>8. Communications</t>
         </is>
       </c>
       <c r="C86" t="inlineStr">
         <is>
-          <t>2025</t>
-[...8 lines deleted...]
-        <v>-6.470098900082122E-4</v>
+          <t>Septembre 2025</t>
+        </is>
+      </c>
+      <c r="D86" s="2" t="n">
+        <v>0.009003991460131897</v>
       </c>
     </row>
     <row r="87">
       <c r="A87" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="B87" t="inlineStr">
         <is>
           <t>8. Communications</t>
         </is>
       </c>
       <c r="C87" t="inlineStr">
         <is>
-          <t>2025</t>
-[...8 lines deleted...]
-        <v>0.006377668915796187</v>
+          <t>Octobre 2025</t>
+        </is>
+      </c>
+      <c r="D87" s="2" t="n">
+        <v>0.006860109390933535</v>
       </c>
     </row>
     <row r="88">
       <c r="A88" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="B88" t="inlineStr">
         <is>
           <t>8. Communications</t>
         </is>
       </c>
       <c r="C88" t="inlineStr">
         <is>
-          <t>2025</t>
-[...8 lines deleted...]
-        <v>0.007600333673185604</v>
+          <t>Novembre 2025</t>
+        </is>
+      </c>
+      <c r="D88" s="2" t="n">
+        <v>0.008015478164731943</v>
       </c>
     </row>
     <row r="89">
       <c r="A89" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="B89" t="inlineStr">
         <is>
           <t>8. Communications</t>
         </is>
       </c>
       <c r="C89" t="inlineStr">
         <is>
-          <t>2025</t>
-[...8 lines deleted...]
-        <v>0.009003991460131897</v>
+          <t>Décembre 2025</t>
+        </is>
+      </c>
+      <c r="D89" s="2" t="n">
+        <v>0.008159480760315392</v>
       </c>
     </row>
     <row r="90">
       <c r="A90" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="B90" t="inlineStr">
         <is>
           <t>9. Loisirs et culture</t>
         </is>
       </c>
       <c r="C90" t="inlineStr">
         <is>
-          <t>2024</t>
-[...8 lines deleted...]
-        <v>0.012390614109811836</v>
+          <t>Février 2025</t>
+        </is>
+      </c>
+      <c r="D90" s="2" t="n">
+        <v>0.02796987859228538</v>
       </c>
     </row>
     <row r="91">
       <c r="A91" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="B91" t="inlineStr">
         <is>
           <t>9. Loisirs et culture</t>
         </is>
       </c>
       <c r="C91" t="inlineStr">
         <is>
-          <t>2024</t>
-[...8 lines deleted...]
-        <v>0.028317214700193428</v>
+          <t>Mars 2025</t>
+        </is>
+      </c>
+      <c r="D91" s="2" t="n">
+        <v>0.023437500000000083</v>
       </c>
     </row>
     <row r="92">
       <c r="A92" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="B92" t="inlineStr">
         <is>
           <t>9. Loisirs et culture</t>
         </is>
       </c>
       <c r="C92" t="inlineStr">
         <is>
-          <t>2025</t>
-[...8 lines deleted...]
-        <v>0.025350593311758464</v>
+          <t>Avril 2025</t>
+        </is>
+      </c>
+      <c r="D92" s="2" t="n">
+        <v>0.020324257233729066</v>
       </c>
     </row>
     <row r="93">
       <c r="A93" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="B93" t="inlineStr">
         <is>
           <t>9. Loisirs et culture</t>
         </is>
       </c>
       <c r="C93" t="inlineStr">
         <is>
-          <t>2025</t>
-[...8 lines deleted...]
-        <v>0.02796987859228538</v>
+          <t>Mai 2025</t>
+        </is>
+      </c>
+      <c r="D93" s="2" t="n">
+        <v>0.015064176466067112</v>
       </c>
     </row>
     <row r="94">
       <c r="A94" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="B94" t="inlineStr">
         <is>
           <t>9. Loisirs et culture</t>
         </is>
       </c>
       <c r="C94" t="inlineStr">
         <is>
-          <t>2025</t>
-[...8 lines deleted...]
-        <v>0.023437500000000083</v>
+          <t>Juin 2025</t>
+        </is>
+      </c>
+      <c r="D94" s="2" t="n">
+        <v>0.010490045941807172</v>
       </c>
     </row>
     <row r="95">
       <c r="A95" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="B95" t="inlineStr">
         <is>
           <t>9. Loisirs et culture</t>
         </is>
       </c>
       <c r="C95" t="inlineStr">
         <is>
-          <t>2025</t>
-[...8 lines deleted...]
-        <v>0.020324257233729066</v>
+          <t>Juillet 2025</t>
+        </is>
+      </c>
+      <c r="D95" s="2" t="n">
+        <v>0.00160403299725021</v>
       </c>
     </row>
     <row r="96">
       <c r="A96" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="B96" t="inlineStr">
         <is>
           <t>9. Loisirs et culture</t>
         </is>
       </c>
       <c r="C96" t="inlineStr">
         <is>
-          <t>2025</t>
-[...8 lines deleted...]
-        <v>0.015064176466067112</v>
+          <t>Août 2025</t>
+        </is>
+      </c>
+      <c r="D96" s="2" t="n">
+        <v>0.005198379328797538</v>
       </c>
     </row>
     <row r="97">
       <c r="A97" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="B97" t="inlineStr">
         <is>
           <t>9. Loisirs et culture</t>
         </is>
       </c>
       <c r="C97" t="inlineStr">
         <is>
-          <t>2025</t>
-[...8 lines deleted...]
-        <v>0.010490045941807172</v>
+          <t>Septembre 2025</t>
+        </is>
+      </c>
+      <c r="D97" s="2" t="n">
+        <v>0.009102730819245763</v>
       </c>
     </row>
     <row r="98">
       <c r="A98" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="B98" t="inlineStr">
         <is>
           <t>9. Loisirs et culture</t>
         </is>
       </c>
       <c r="C98" t="inlineStr">
         <is>
-          <t>2025</t>
-[...8 lines deleted...]
-        <v>0.00160403299725021</v>
+          <t>Octobre 2025</t>
+        </is>
+      </c>
+      <c r="D98" s="2" t="n">
+        <v>0.007042253521126776</v>
       </c>
     </row>
     <row r="99">
       <c r="A99" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="B99" t="inlineStr">
         <is>
           <t>9. Loisirs et culture</t>
         </is>
       </c>
       <c r="C99" t="inlineStr">
         <is>
-          <t>2025</t>
-[...8 lines deleted...]
-        <v>0.005198379328797538</v>
+          <t>Novembre 2025</t>
+        </is>
+      </c>
+      <c r="D99" s="2" t="n">
+        <v>0.05270404650807033</v>
       </c>
     </row>
     <row r="100">
       <c r="A100" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="B100" t="inlineStr">
         <is>
           <t>9. Loisirs et culture</t>
         </is>
       </c>
       <c r="C100" t="inlineStr">
         <is>
-          <t>2025</t>
-[...8 lines deleted...]
-        <v>0.009102730819245763</v>
+          <t>Décembre 2025</t>
+        </is>
+      </c>
+      <c r="D100" s="2" t="n">
+        <v>0.032427958769092</v>
       </c>
     </row>
     <row r="101">
       <c r="A101" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="B101" t="inlineStr">
         <is>
           <t>10. Enseignement</t>
         </is>
       </c>
       <c r="C101" t="inlineStr">
         <is>
-          <t>2024</t>
-[...7 lines deleted...]
-      <c r="E101" s="2" t="n">
+          <t>Février 2025</t>
+        </is>
+      </c>
+      <c r="D101" s="2" t="n">
         <v>0.016090156993029903</v>
       </c>
     </row>
     <row r="102">
       <c r="A102" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="B102" t="inlineStr">
         <is>
           <t>10. Enseignement</t>
         </is>
       </c>
       <c r="C102" t="inlineStr">
         <is>
-          <t>2024</t>
-[...7 lines deleted...]
-      <c r="E102" s="2" t="n">
+          <t>Mars 2025</t>
+        </is>
+      </c>
+      <c r="D102" s="2" t="n">
         <v>0.016090156993029903</v>
       </c>
     </row>
     <row r="103">
       <c r="A103" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="B103" t="inlineStr">
         <is>
           <t>10. Enseignement</t>
         </is>
       </c>
       <c r="C103" t="inlineStr">
         <is>
-          <t>2025</t>
-[...7 lines deleted...]
-      <c r="E103" s="2" t="n">
+          <t>Avril 2025</t>
+        </is>
+      </c>
+      <c r="D103" s="2" t="n">
         <v>0.016090156993029903</v>
       </c>
     </row>
     <row r="104">
       <c r="A104" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="B104" t="inlineStr">
         <is>
           <t>10. Enseignement</t>
         </is>
       </c>
       <c r="C104" t="inlineStr">
         <is>
-          <t>2025</t>
-[...7 lines deleted...]
-      <c r="E104" s="2" t="n">
+          <t>Mai 2025</t>
+        </is>
+      </c>
+      <c r="D104" s="2" t="n">
         <v>0.016090156993029903</v>
       </c>
     </row>
     <row r="105">
       <c r="A105" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="B105" t="inlineStr">
         <is>
           <t>10. Enseignement</t>
         </is>
       </c>
       <c r="C105" t="inlineStr">
         <is>
-          <t>2025</t>
-[...7 lines deleted...]
-      <c r="E105" s="2" t="n">
+          <t>Juin 2025</t>
+        </is>
+      </c>
+      <c r="D105" s="2" t="n">
         <v>0.016090156993029903</v>
       </c>
     </row>
     <row r="106">
       <c r="A106" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="B106" t="inlineStr">
         <is>
           <t>10. Enseignement</t>
         </is>
       </c>
       <c r="C106" t="inlineStr">
         <is>
-          <t>2025</t>
-[...7 lines deleted...]
-      <c r="E106" s="2" t="n">
+          <t>Juillet 2025</t>
+        </is>
+      </c>
+      <c r="D106" s="2" t="n">
         <v>0.016090156993029903</v>
       </c>
     </row>
     <row r="107">
       <c r="A107" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="B107" t="inlineStr">
         <is>
           <t>10. Enseignement</t>
         </is>
       </c>
       <c r="C107" t="inlineStr">
         <is>
-          <t>2025</t>
-[...7 lines deleted...]
-      <c r="E107" s="2" t="n">
+          <t>Août 2025</t>
+        </is>
+      </c>
+      <c r="D107" s="2" t="n">
         <v>0.016090156993029903</v>
       </c>
     </row>
     <row r="108">
       <c r="A108" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="B108" t="inlineStr">
         <is>
           <t>10. Enseignement</t>
         </is>
       </c>
       <c r="C108" t="inlineStr">
         <is>
-          <t>2025</t>
-[...7 lines deleted...]
-      <c r="E108" s="2" t="n">
+          <t>Septembre 2025</t>
+        </is>
+      </c>
+      <c r="D108" s="2" t="n">
         <v>0.016090156993029903</v>
       </c>
     </row>
     <row r="109">
       <c r="A109" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="B109" t="inlineStr">
         <is>
           <t>10. Enseignement</t>
         </is>
       </c>
       <c r="C109" t="inlineStr">
         <is>
-          <t>2025</t>
-[...8 lines deleted...]
-        <v>0.016090156993029903</v>
+          <t>Octobre 2025</t>
+        </is>
+      </c>
+      <c r="D109" s="2" t="n">
+        <v>0.023913322220797756</v>
       </c>
     </row>
     <row r="110">
       <c r="A110" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="B110" t="inlineStr">
         <is>
           <t>10. Enseignement</t>
         </is>
       </c>
       <c r="C110" t="inlineStr">
         <is>
-          <t>2025</t>
-[...8 lines deleted...]
-        <v>0.016090156993029903</v>
+          <t>Novembre 2025</t>
+        </is>
+      </c>
+      <c r="D110" s="2" t="n">
+        <v>0.023913322220797756</v>
       </c>
     </row>
     <row r="111">
       <c r="A111" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="B111" t="inlineStr">
         <is>
           <t>10. Enseignement</t>
         </is>
       </c>
       <c r="C111" t="inlineStr">
         <is>
-          <t>2025</t>
-[...8 lines deleted...]
-        <v>0.016090156993029903</v>
+          <t>Décembre 2025</t>
+        </is>
+      </c>
+      <c r="D111" s="2" t="n">
+        <v>0.023913322220797756</v>
       </c>
     </row>
     <row r="112">
       <c r="A112" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="B112" t="inlineStr">
         <is>
           <t>11. Hôtels, cafés et restaurants</t>
         </is>
       </c>
       <c r="C112" t="inlineStr">
         <is>
-          <t>2024</t>
-[...8 lines deleted...]
-        <v>0.040573456747164206</v>
+          <t>Février 2025</t>
+        </is>
+      </c>
+      <c r="D112" s="2" t="n">
+        <v>0.04219292158223491</v>
       </c>
     </row>
     <row r="113">
       <c r="A113" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="B113" t="inlineStr">
         <is>
           <t>11. Hôtels, cafés et restaurants</t>
         </is>
       </c>
       <c r="C113" t="inlineStr">
         <is>
-          <t>2024</t>
-[...8 lines deleted...]
-        <v>0.041357810876342306</v>
+          <t>Mars 2025</t>
+        </is>
+      </c>
+      <c r="D113" s="2" t="n">
+        <v>0.0421736725663721</v>
       </c>
     </row>
     <row r="114">
       <c r="A114" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="B114" t="inlineStr">
         <is>
           <t>11. Hôtels, cafés et restaurants</t>
         </is>
       </c>
       <c r="C114" t="inlineStr">
         <is>
-          <t>2025</t>
-[...8 lines deleted...]
-        <v>0.039668731296541276</v>
+          <t>Avril 2025</t>
+        </is>
+      </c>
+      <c r="D114" s="2" t="n">
+        <v>0.04248164161691041</v>
       </c>
     </row>
     <row r="115">
       <c r="A115" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="B115" t="inlineStr">
         <is>
           <t>11. Hôtels, cafés et restaurants</t>
         </is>
       </c>
       <c r="C115" t="inlineStr">
         <is>
-          <t>2025</t>
-[...8 lines deleted...]
-        <v>0.04219292158223491</v>
+          <t>Mai 2025</t>
+        </is>
+      </c>
+      <c r="D115" s="2" t="n">
+        <v>0.036534660214027646</v>
       </c>
     </row>
     <row r="116">
       <c r="A116" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="B116" t="inlineStr">
         <is>
           <t>11. Hôtels, cafés et restaurants</t>
         </is>
       </c>
       <c r="C116" t="inlineStr">
         <is>
-          <t>2025</t>
-[...8 lines deleted...]
-        <v>0.0421736725663721</v>
+          <t>Juin 2025</t>
+        </is>
+      </c>
+      <c r="D116" s="2" t="n">
+        <v>0.04310111141230692</v>
       </c>
     </row>
     <row r="117">
       <c r="A117" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="B117" t="inlineStr">
         <is>
           <t>11. Hôtels, cafés et restaurants</t>
         </is>
       </c>
       <c r="C117" t="inlineStr">
         <is>
-          <t>2025</t>
-[...8 lines deleted...]
-        <v>0.04248164161691041</v>
+          <t>Juillet 2025</t>
+        </is>
+      </c>
+      <c r="D117" s="2" t="n">
+        <v>0.042859044323173265</v>
       </c>
     </row>
     <row r="118">
       <c r="A118" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="B118" t="inlineStr">
         <is>
           <t>11. Hôtels, cafés et restaurants</t>
         </is>
       </c>
       <c r="C118" t="inlineStr">
         <is>
-          <t>2025</t>
-[...8 lines deleted...]
-        <v>0.036534660214027646</v>
+          <t>Août 2025</t>
+        </is>
+      </c>
+      <c r="D118" s="2" t="n">
+        <v>0.04467718414423965</v>
       </c>
     </row>
     <row r="119">
       <c r="A119" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="B119" t="inlineStr">
         <is>
           <t>11. Hôtels, cafés et restaurants</t>
         </is>
       </c>
       <c r="C119" t="inlineStr">
         <is>
-          <t>2025</t>
-[...8 lines deleted...]
-        <v>0.04310111141230692</v>
+          <t>Septembre 2025</t>
+        </is>
+      </c>
+      <c r="D119" s="2" t="n">
+        <v>0.03908292552121764</v>
       </c>
     </row>
     <row r="120">
       <c r="A120" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="B120" t="inlineStr">
         <is>
           <t>11. Hôtels, cafés et restaurants</t>
         </is>
       </c>
       <c r="C120" t="inlineStr">
         <is>
-          <t>2025</t>
-[...8 lines deleted...]
-        <v>0.042859044323173265</v>
+          <t>Octobre 2025</t>
+        </is>
+      </c>
+      <c r="D120" s="2" t="n">
+        <v>0.04376088996113141</v>
       </c>
     </row>
     <row r="121">
       <c r="A121" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="B121" t="inlineStr">
         <is>
           <t>11. Hôtels, cafés et restaurants</t>
         </is>
       </c>
       <c r="C121" t="inlineStr">
         <is>
-          <t>2025</t>
-[...8 lines deleted...]
-        <v>0.04467718414423965</v>
+          <t>Novembre 2025</t>
+        </is>
+      </c>
+      <c r="D121" s="2" t="n">
+        <v>0.04006153023006968</v>
       </c>
     </row>
     <row r="122">
       <c r="A122" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="B122" t="inlineStr">
         <is>
           <t>11. Hôtels, cafés et restaurants</t>
         </is>
       </c>
       <c r="C122" t="inlineStr">
         <is>
-          <t>2025</t>
-[...8 lines deleted...]
-        <v>0.03908292552121764</v>
+          <t>Décembre 2025</t>
+        </is>
+      </c>
+      <c r="D122" s="2" t="n">
+        <v>0.0403805215540182</v>
       </c>
     </row>
     <row r="123">
       <c r="A123" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="B123" t="inlineStr">
         <is>
           <t>12. Autres biens et services</t>
         </is>
       </c>
       <c r="C123" t="inlineStr">
         <is>
-          <t>2024</t>
-[...8 lines deleted...]
-        <v>0.032225579053373754</v>
+          <t>Février 2025</t>
+        </is>
+      </c>
+      <c r="D123" s="2" t="n">
+        <v>0.038098164221522485</v>
       </c>
     </row>
     <row r="124">
       <c r="A124" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="B124" t="inlineStr">
         <is>
           <t>12. Autres biens et services</t>
         </is>
       </c>
       <c r="C124" t="inlineStr">
         <is>
-          <t>2024</t>
-[...8 lines deleted...]
-        <v>0.03334622823984546</v>
+          <t>Mars 2025</t>
+        </is>
+      </c>
+      <c r="D124" s="2" t="n">
+        <v>0.03724137931034512</v>
       </c>
     </row>
     <row r="125">
       <c r="A125" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="B125" t="inlineStr">
         <is>
           <t>12. Autres biens et services</t>
         </is>
       </c>
       <c r="C125" t="inlineStr">
         <is>
-          <t>2025</t>
-[...8 lines deleted...]
-        <v>0.036483482792979326</v>
+          <t>Avril 2025</t>
+        </is>
+      </c>
+      <c r="D125" s="2" t="n">
+        <v>0.03501379098988679</v>
       </c>
     </row>
     <row r="126">
       <c r="A126" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="B126" t="inlineStr">
         <is>
           <t>12. Autres biens et services</t>
         </is>
       </c>
       <c r="C126" t="inlineStr">
         <is>
-          <t>2025</t>
-[...8 lines deleted...]
-        <v>0.038098164221522485</v>
+          <t>Mai 2025</t>
+        </is>
+      </c>
+      <c r="D126" s="2" t="n">
+        <v>0.031026071047415837</v>
       </c>
     </row>
     <row r="127">
       <c r="A127" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="B127" t="inlineStr">
         <is>
           <t>12. Autres biens et services</t>
         </is>
       </c>
       <c r="C127" t="inlineStr">
         <is>
-          <t>2025</t>
-[...8 lines deleted...]
-        <v>0.03724137931034512</v>
+          <t>Juin 2025</t>
+        </is>
+      </c>
+      <c r="D127" s="2" t="n">
+        <v>0.030900372935535603</v>
       </c>
     </row>
     <row r="128">
       <c r="A128" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="B128" t="inlineStr">
         <is>
           <t>12. Autres biens et services</t>
         </is>
       </c>
       <c r="C128" t="inlineStr">
         <is>
-          <t>2025</t>
-[...8 lines deleted...]
-        <v>0.03501379098988679</v>
+          <t>Juillet 2025</t>
+        </is>
+      </c>
+      <c r="D128" s="2" t="n">
+        <v>0.03136838914987139</v>
       </c>
     </row>
     <row r="129">
       <c r="A129" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="B129" t="inlineStr">
         <is>
           <t>12. Autres biens et services</t>
         </is>
       </c>
       <c r="C129" t="inlineStr">
         <is>
-          <t>2025</t>
-[...8 lines deleted...]
-        <v>0.031026071047415837</v>
+          <t>Août 2025</t>
+        </is>
+      </c>
+      <c r="D129" s="2" t="n">
+        <v>0.029505220154335203</v>
       </c>
     </row>
     <row r="130">
       <c r="A130" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="B130" t="inlineStr">
         <is>
           <t>12. Autres biens et services</t>
         </is>
       </c>
       <c r="C130" t="inlineStr">
         <is>
-          <t>2025</t>
-[...8 lines deleted...]
-        <v>0.030900372935535603</v>
+          <t>Septembre 2025</t>
+        </is>
+      </c>
+      <c r="D130" s="2" t="n">
+        <v>0.023901369034112413</v>
       </c>
     </row>
     <row r="131">
       <c r="A131" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="B131" t="inlineStr">
         <is>
           <t>12. Autres biens et services</t>
         </is>
       </c>
       <c r="C131" t="inlineStr">
         <is>
-          <t>2025</t>
-[...8 lines deleted...]
-        <v>0.03136838914987139</v>
+          <t>Octobre 2025</t>
+        </is>
+      </c>
+      <c r="D131" s="2" t="n">
+        <v>0.022427937081357676</v>
       </c>
     </row>
     <row r="132">
       <c r="A132" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="B132" t="inlineStr">
         <is>
           <t>12. Autres biens et services</t>
         </is>
       </c>
       <c r="C132" t="inlineStr">
         <is>
-          <t>2025</t>
-[...8 lines deleted...]
-        <v>0.029505220154335203</v>
+          <t>Novembre 2025</t>
+        </is>
+      </c>
+      <c r="D132" s="2" t="n">
+        <v>0.021763602251407242</v>
       </c>
     </row>
     <row r="133">
       <c r="A133" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="B133" t="inlineStr">
         <is>
           <t>12. Autres biens et services</t>
         </is>
       </c>
       <c r="C133" t="inlineStr">
         <is>
-          <t>2025</t>
-[...8 lines deleted...]
-        <v>0.023901369034112413</v>
+          <t>Décembre 2025</t>
+        </is>
+      </c>
+      <c r="D133" s="2" t="n">
+        <v>0.02365977837675967</v>
       </c>
     </row>
     <row r="134">
       <c r="A134" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="B134"/>
       <c r="C134" t="inlineStr">
         <is>
-          <t>2024</t>
-[...8 lines deleted...]
-        <v>0.031965241678951206</v>
+          <t>Février 2025</t>
+        </is>
+      </c>
+      <c r="D134" s="2" t="n">
+        <v>0.03549347378062752</v>
       </c>
     </row>
     <row r="135">
       <c r="A135" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="B135"/>
       <c r="C135" t="inlineStr">
         <is>
-          <t>2024</t>
-[...8 lines deleted...]
-        <v>0.031595210505987015</v>
+          <t>Mars 2025</t>
+        </is>
+      </c>
+      <c r="D135" s="2" t="n">
+        <v>0.029074622333561277</v>
       </c>
     </row>
     <row r="136">
       <c r="A136" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="B136"/>
       <c r="C136" t="inlineStr">
         <is>
-          <t>2025</t>
-[...8 lines deleted...]
-        <v>0.04082103321033196</v>
+          <t>Avril 2025</t>
+        </is>
+      </c>
+      <c r="D136" s="2" t="n">
+        <v>0.025476735316552458</v>
       </c>
     </row>
     <row r="137">
       <c r="A137" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="B137"/>
       <c r="C137" t="inlineStr">
         <is>
-          <t>2025</t>
-[...8 lines deleted...]
-        <v>0.03549347378062752</v>
+          <t>Mai 2025</t>
+        </is>
+      </c>
+      <c r="D137" s="2" t="n">
+        <v>0.020139838881288858</v>
       </c>
     </row>
     <row r="138">
       <c r="A138" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="B138"/>
       <c r="C138" t="inlineStr">
         <is>
-          <t>2025</t>
-[...8 lines deleted...]
-        <v>0.029074622333561277</v>
+          <t>Juin 2025</t>
+        </is>
+      </c>
+      <c r="D138" s="2" t="n">
+        <v>0.021460529309168162</v>
       </c>
     </row>
     <row r="139">
       <c r="A139" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="B139"/>
       <c r="C139" t="inlineStr">
         <is>
-          <t>2025</t>
-[...8 lines deleted...]
-        <v>0.025476735316552458</v>
+          <t>Juillet 2025</t>
+        </is>
+      </c>
+      <c r="D139" s="2" t="n">
+        <v>0.019200361418568138</v>
       </c>
     </row>
     <row r="140">
       <c r="A140" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="B140"/>
       <c r="C140" t="inlineStr">
         <is>
-          <t>2025</t>
-[...8 lines deleted...]
-        <v>0.020139838881288858</v>
+          <t>Août 2025</t>
+        </is>
+      </c>
+      <c r="D140" s="2" t="n">
+        <v>0.019125065883593154</v>
       </c>
     </row>
     <row r="141">
       <c r="A141" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="B141"/>
       <c r="C141" t="inlineStr">
         <is>
-          <t>2025</t>
-[...8 lines deleted...]
-        <v>0.021460529309168162</v>
+          <t>Septembre 2025</t>
+        </is>
+      </c>
+      <c r="D141" s="2" t="n">
+        <v>0.021188043889519413</v>
       </c>
     </row>
     <row r="142">
       <c r="A142" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="B142"/>
       <c r="C142" t="inlineStr">
         <is>
-          <t>2025</t>
-[...8 lines deleted...]
-        <v>0.019200361418568138</v>
+          <t>Octobre 2025</t>
+        </is>
+      </c>
+      <c r="D142" s="2" t="n">
+        <v>0.019956322012199726</v>
       </c>
     </row>
     <row r="143">
       <c r="A143" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="B143"/>
       <c r="C143" t="inlineStr">
         <is>
-          <t>2025</t>
-[...8 lines deleted...]
-        <v>0.019125065883593154</v>
+          <t>Novembre 2025</t>
+        </is>
+      </c>
+      <c r="D143" s="2" t="n">
+        <v>0.02398315916096547</v>
       </c>
     </row>
     <row r="144">
       <c r="A144" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="B144"/>
       <c r="C144" t="inlineStr">
         <is>
-          <t>2025</t>
-[...8 lines deleted...]
-        <v>0.021188043889519413</v>
+          <t>Décembre 2025</t>
+        </is>
+      </c>
+      <c r="D144" s="2" t="n">
+        <v>0.020593080724876495</v>
       </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <coreProperties xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </coreProperties>
 </file>