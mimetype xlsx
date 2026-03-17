--- v0 (2025-10-15)
+++ v1 (2026-03-17)
@@ -107,51 +107,51 @@
   <cols>
     <col min="1" max="1" width="11.02734375" customWidth="true"/>
     <col min="2" max="2" width="146.33984375" customWidth="true"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" t="inlineStr">
         <is>
           <t>Data source:</t>
         </is>
       </c>
       <c r="B1" t="inlineStr">
         <is>
           <t>Nombre de créations (primo-assujettis ou ré-assujettissements), de radiations, et d’assujettis actifs à la TVA par activité économique, localisation du siège social et forme juridique</t>
         </is>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="inlineStr">
         <is>
           <t>Filtres:</t>
         </is>
       </c>
       <c r="B2" t="inlineStr">
         <is>
-          <t>Année : Dernières 1 Année(2023)</t>
+          <t>Année : Dernières 1 Année(2024)</t>
         </is>
       </c>
     </row>
     <row r="3">
       <c r="B3" t="inlineStr">
         <is>
           <t xml:space="preserve">
 </t>
         </is>
       </c>
     </row>
     <row r="4">
 </row>
     <row r="5">
       <c r="A5" t="inlineStr">
         <is>
           <t xml:space="preserve">Source: </t>
         </is>
       </c>
       <c r="B5" t="inlineStr">
         <is>
           <t>Statbel (Direction générale Statistique - Statistics Belgium)</t>
         </is>
       </c>
     </row>
@@ -167,51 +167,51 @@
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <cols>
     <col min="1" max="1" width="28.19140625" customWidth="true"/>
     <col min="2" max="2" width="123.171875" customWidth="true"/>
     <col min="3" max="3" width="16.6796875" customWidth="true"/>
     <col min="4" max="4" width="17.875" customWidth="true"/>
     <col min="5" max="5" width="23.9765625" customWidth="true"/>
     <col min="6" max="6" width="17.875" customWidth="true"/>
     <col min="7" max="7" width="17.875" customWidth="true"/>
     <col min="8" max="8" width="17.875" customWidth="true"/>
     <col min="9" max="9" width="17.875" customWidth="true"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1"/>
       <c r="B1"/>
       <c r="C1" t="inlineStr">
         <is>
           <t>Année</t>
         </is>
       </c>
       <c r="D1" t="inlineStr">
         <is>
-          <t>2023</t>
+          <t>2024</t>
         </is>
       </c>
       <c r="E1"/>
       <c r="F1"/>
       <c r="G1"/>
       <c r="H1"/>
       <c r="I1"/>
     </row>
     <row r="2">
       <c r="A2"/>
       <c r="B2"/>
       <c r="C2" t="inlineStr">
         <is>
           <t>Toutes les localités</t>
         </is>
       </c>
       <c r="D2" t="inlineStr">
         <is>
           <t>Toutes les localités</t>
         </is>
       </c>
       <c r="E2"/>
       <c r="F2"/>
       <c r="G2"/>
       <c r="H2"/>
@@ -293,632 +293,628 @@
     <row r="5">
       <c r="A5" t="inlineStr">
         <is>
           <t>Toutes les activités économiques</t>
         </is>
       </c>
       <c r="B5" t="inlineStr">
         <is>
           <t>Section</t>
         </is>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="inlineStr">
         <is>
           <t>Toutes les activités économiques</t>
         </is>
       </c>
       <c r="B6" t="inlineStr">
         <is>
           <t>A Agriculture, sylviculture et pêche</t>
         </is>
       </c>
       <c r="C6"/>
       <c r="D6" s="1" t="n">
-        <v>1128.0</v>
+        <v>1061.0</v>
       </c>
       <c r="E6" s="1" t="n">
+        <v>25.0</v>
+      </c>
+      <c r="F6" s="1" t="n">
+        <v>802.0</v>
+      </c>
+      <c r="G6" s="1" t="n">
         <v>26.0</v>
       </c>
-      <c r="F6" s="1" t="n">
-[...4 lines deleted...]
-      </c>
       <c r="H6" s="1" t="n">
-        <v>1.0</v>
+        <v>0.0</v>
       </c>
       <c r="I6" s="1" t="n">
-        <v>2126.0</v>
+        <v>1914.0</v>
       </c>
     </row>
     <row r="7">
       <c r="A7"/>
       <c r="B7" t="inlineStr">
         <is>
           <t>B Industries extractives</t>
         </is>
       </c>
       <c r="C7"/>
       <c r="D7" s="1" t="n">
-        <v>4.0</v>
+        <v>7.0</v>
       </c>
       <c r="E7" s="1" t="n">
-        <v>0.0</v>
+        <v>2.0</v>
       </c>
       <c r="F7" s="1" t="n">
-        <v>3.0</v>
+        <v>5.0</v>
       </c>
       <c r="G7" s="1" t="n">
         <v>0.0</v>
       </c>
       <c r="H7"/>
       <c r="I7" s="1" t="n">
-        <v>7.0</v>
+        <v>14.0</v>
       </c>
     </row>
     <row r="8">
       <c r="A8"/>
       <c r="B8" t="inlineStr">
         <is>
           <t>C Industrie manufacturière</t>
         </is>
       </c>
       <c r="C8"/>
       <c r="D8" s="1" t="n">
-        <v>3024.0</v>
+        <v>2887.0</v>
       </c>
       <c r="E8" s="1" t="n">
-        <v>286.0</v>
+        <v>310.0</v>
       </c>
       <c r="F8" s="1" t="n">
-        <v>1162.0</v>
+        <v>1153.0</v>
       </c>
       <c r="G8" s="1" t="n">
-        <v>55.0</v>
+        <v>49.0</v>
       </c>
       <c r="H8"/>
       <c r="I8" s="1" t="n">
-        <v>4527.0</v>
+        <v>4399.0</v>
       </c>
     </row>
     <row r="9">
       <c r="A9"/>
       <c r="B9" t="inlineStr">
         <is>
           <t>D Production et distribution d’électricité, de gaz, de vapeur et d’air conditionné</t>
         </is>
       </c>
       <c r="C9"/>
       <c r="D9" s="1" t="n">
-        <v>166.0</v>
+        <v>158.0</v>
       </c>
       <c r="E9" s="1" t="n">
-        <v>17.0</v>
+        <v>20.0</v>
       </c>
       <c r="F9" s="1" t="n">
-        <v>22.0</v>
+        <v>28.0</v>
       </c>
       <c r="G9" s="1" t="n">
-        <v>10.0</v>
+        <v>15.0</v>
       </c>
       <c r="H9"/>
       <c r="I9" s="1" t="n">
-        <v>215.0</v>
+        <v>221.0</v>
       </c>
     </row>
     <row r="10">
       <c r="A10"/>
       <c r="B10" t="inlineStr">
         <is>
           <t>E Production et distribution d’eau/ assainissement, gestion des déchets et dépollution</t>
         </is>
       </c>
       <c r="C10"/>
       <c r="D10" s="1" t="n">
-        <v>87.0</v>
+        <v>96.0</v>
       </c>
       <c r="E10" s="1" t="n">
-        <v>8.0</v>
+        <v>11.0</v>
       </c>
       <c r="F10" s="1" t="n">
-        <v>40.0</v>
+        <v>33.0</v>
       </c>
       <c r="G10" s="1" t="n">
-        <v>3.0</v>
+        <v>4.0</v>
       </c>
       <c r="H10"/>
       <c r="I10" s="1" t="n">
-        <v>138.0</v>
+        <v>144.0</v>
       </c>
     </row>
     <row r="11">
       <c r="A11"/>
       <c r="B11" t="inlineStr">
         <is>
           <t>F Construction</t>
         </is>
       </c>
       <c r="C11"/>
       <c r="D11" s="1" t="n">
-        <v>11852.0</v>
+        <v>10252.0</v>
       </c>
       <c r="E11" s="1" t="n">
-        <v>1136.0</v>
+        <v>2493.0</v>
       </c>
       <c r="F11" s="1" t="n">
-        <v>3088.0</v>
+        <v>2647.0</v>
       </c>
       <c r="G11" s="1" t="n">
-        <v>269.0</v>
+        <v>261.0</v>
       </c>
       <c r="H11" s="1" t="n">
         <v>0.0</v>
       </c>
       <c r="I11" s="1" t="n">
-        <v>16345.0</v>
+        <v>15653.0</v>
       </c>
     </row>
     <row r="12">
       <c r="A12"/>
       <c r="B12" t="inlineStr">
         <is>
           <t>G Commerce/ réparation d’automobiles et de motocycles</t>
         </is>
       </c>
       <c r="C12"/>
       <c r="D12" s="1" t="n">
-        <v>9461.0</v>
+        <v>8996.0</v>
       </c>
       <c r="E12" s="1" t="n">
-        <v>1179.0</v>
+        <v>1531.0</v>
       </c>
       <c r="F12" s="1" t="n">
-        <v>3758.0</v>
+        <v>3762.0</v>
       </c>
       <c r="G12" s="1" t="n">
-        <v>1248.0</v>
+        <v>1251.0</v>
       </c>
       <c r="H12" s="1" t="n">
-        <v>1.0</v>
+        <v>0.0</v>
       </c>
       <c r="I12" s="1" t="n">
-        <v>15647.0</v>
+        <v>15540.0</v>
       </c>
     </row>
     <row r="13">
       <c r="A13"/>
       <c r="B13" t="inlineStr">
         <is>
           <t>H Transports et entreposage</t>
         </is>
       </c>
       <c r="C13"/>
       <c r="D13" s="1" t="n">
-        <v>2142.0</v>
+        <v>2377.0</v>
       </c>
       <c r="E13" s="1" t="n">
-        <v>494.0</v>
+        <v>832.0</v>
       </c>
       <c r="F13" s="1" t="n">
-        <v>410.0</v>
+        <v>450.0</v>
       </c>
       <c r="G13" s="1" t="n">
         <v>141.0</v>
       </c>
       <c r="H13" s="1" t="n">
         <v>0.0</v>
       </c>
       <c r="I13" s="1" t="n">
-        <v>3187.0</v>
+        <v>3800.0</v>
       </c>
     </row>
     <row r="14">
       <c r="A14"/>
       <c r="B14" t="inlineStr">
         <is>
           <t>I Hébergement et restauration</t>
         </is>
       </c>
       <c r="C14"/>
       <c r="D14" s="1" t="n">
-        <v>3725.0</v>
+        <v>3535.0</v>
       </c>
       <c r="E14" s="1" t="n">
-        <v>517.0</v>
+        <v>652.0</v>
       </c>
       <c r="F14" s="1" t="n">
-        <v>1639.0</v>
+        <v>1731.0</v>
       </c>
       <c r="G14" s="1" t="n">
-        <v>97.0</v>
+        <v>86.0</v>
       </c>
       <c r="H14" s="1" t="n">
         <v>0.0</v>
       </c>
       <c r="I14" s="1" t="n">
-        <v>5978.0</v>
+        <v>6004.0</v>
       </c>
     </row>
     <row r="15">
       <c r="A15"/>
       <c r="B15" t="inlineStr">
         <is>
           <t>J Information et communication</t>
         </is>
       </c>
       <c r="C15"/>
       <c r="D15" s="1" t="n">
-        <v>4511.0</v>
+        <v>4488.0</v>
       </c>
       <c r="E15" s="1" t="n">
-        <v>1078.0</v>
+        <v>1232.0</v>
       </c>
       <c r="F15" s="1" t="n">
-        <v>1258.0</v>
+        <v>1282.0</v>
       </c>
       <c r="G15" s="1" t="n">
-        <v>19.0</v>
+        <v>43.0</v>
       </c>
       <c r="H15"/>
       <c r="I15" s="1" t="n">
-        <v>6866.0</v>
+        <v>7045.0</v>
       </c>
     </row>
     <row r="16">
       <c r="A16"/>
       <c r="B16" t="inlineStr">
         <is>
           <t>K Activités financières et d’assurance</t>
         </is>
       </c>
       <c r="C16"/>
       <c r="D16" s="1" t="n">
-        <v>635.0</v>
+        <v>576.0</v>
       </c>
       <c r="E16" s="1" t="n">
-        <v>80.0</v>
+        <v>93.0</v>
       </c>
       <c r="F16" s="1" t="n">
-        <v>269.0</v>
+        <v>209.0</v>
       </c>
       <c r="G16" s="1" t="n">
-        <v>13.0</v>
+        <v>10.0</v>
       </c>
       <c r="H16"/>
       <c r="I16" s="1" t="n">
-        <v>997.0</v>
+        <v>888.0</v>
       </c>
     </row>
     <row r="17">
       <c r="A17"/>
       <c r="B17" t="inlineStr">
         <is>
           <t>L Activités immobilières</t>
         </is>
       </c>
       <c r="C17"/>
       <c r="D17" s="1" t="n">
-        <v>1724.0</v>
+        <v>1722.0</v>
       </c>
       <c r="E17" s="1" t="n">
-        <v>350.0</v>
+        <v>358.0</v>
       </c>
       <c r="F17" s="1" t="n">
-        <v>808.0</v>
+        <v>729.0</v>
       </c>
       <c r="G17" s="1" t="n">
-        <v>23.0</v>
-[...3 lines deleted...]
-      </c>
+        <v>19.0</v>
+      </c>
+      <c r="H17"/>
       <c r="I17" s="1" t="n">
-        <v>2906.0</v>
+        <v>2828.0</v>
       </c>
     </row>
     <row r="18">
       <c r="A18"/>
       <c r="B18" t="inlineStr">
         <is>
           <t>M Activités spécialisées, scientifiques et techniques</t>
         </is>
       </c>
       <c r="C18"/>
       <c r="D18" s="1" t="n">
-        <v>14383.0</v>
+        <v>13627.0</v>
       </c>
       <c r="E18" s="1" t="n">
-        <v>3507.0</v>
+        <v>3485.0</v>
       </c>
       <c r="F18" s="1" t="n">
-        <v>4839.0</v>
+        <v>4780.0</v>
       </c>
       <c r="G18" s="1" t="n">
-        <v>80.0</v>
-[...3 lines deleted...]
-      </c>
+        <v>99.0</v>
+      </c>
+      <c r="H18"/>
       <c r="I18" s="1" t="n">
-        <v>22810.0</v>
+        <v>21991.0</v>
       </c>
     </row>
     <row r="19">
       <c r="A19"/>
       <c r="B19" t="inlineStr">
         <is>
           <t>N Activités de services administratifs et de soutien</t>
         </is>
       </c>
       <c r="C19"/>
       <c r="D19" s="1" t="n">
-        <v>6224.0</v>
+        <v>5996.0</v>
       </c>
       <c r="E19" s="1" t="n">
-        <v>770.0</v>
+        <v>1077.0</v>
       </c>
       <c r="F19" s="1" t="n">
-        <v>2230.0</v>
+        <v>2222.0</v>
       </c>
       <c r="G19" s="1" t="n">
-        <v>112.0</v>
+        <v>113.0</v>
       </c>
       <c r="H19"/>
       <c r="I19" s="1" t="n">
-        <v>9336.0</v>
+        <v>9408.0</v>
       </c>
     </row>
     <row r="20">
       <c r="A20"/>
       <c r="B20" t="inlineStr">
         <is>
           <t>O Administration publique</t>
         </is>
       </c>
       <c r="C20"/>
       <c r="D20" s="1" t="n">
-        <v>12.0</v>
+        <v>11.0</v>
       </c>
       <c r="E20" s="1" t="n">
-        <v>5.0</v>
+        <v>13.0</v>
       </c>
       <c r="F20" s="1" t="n">
-        <v>12.0</v>
+        <v>9.0</v>
       </c>
       <c r="G20"/>
       <c r="H20"/>
       <c r="I20" s="1" t="n">
-        <v>29.0</v>
+        <v>33.0</v>
       </c>
     </row>
     <row r="21">
       <c r="A21"/>
       <c r="B21" t="inlineStr">
         <is>
           <t>P Enseignement</t>
         </is>
       </c>
       <c r="C21"/>
       <c r="D21" s="1" t="n">
-        <v>2250.0</v>
+        <v>2226.0</v>
       </c>
       <c r="E21" s="1" t="n">
-        <v>441.0</v>
+        <v>496.0</v>
       </c>
       <c r="F21" s="1" t="n">
-        <v>1022.0</v>
+        <v>996.0</v>
       </c>
       <c r="G21" s="1" t="n">
-        <v>10.0</v>
+        <v>3.0</v>
       </c>
       <c r="H21"/>
       <c r="I21" s="1" t="n">
-        <v>3723.0</v>
+        <v>3721.0</v>
       </c>
     </row>
     <row r="22">
       <c r="A22"/>
       <c r="B22" t="inlineStr">
         <is>
           <t>Q Santé humaine et action sociale</t>
         </is>
       </c>
       <c r="C22"/>
       <c r="D22" s="1" t="n">
-        <v>4470.0</v>
+        <v>4073.0</v>
       </c>
       <c r="E22" s="1" t="n">
-        <v>561.0</v>
+        <v>591.0</v>
       </c>
       <c r="F22" s="1" t="n">
-        <v>1986.0</v>
+        <v>1943.0</v>
       </c>
       <c r="G22" s="1" t="n">
-        <v>20.0</v>
+        <v>15.0</v>
       </c>
       <c r="H22"/>
       <c r="I22" s="1" t="n">
-        <v>7037.0</v>
+        <v>6622.0</v>
       </c>
     </row>
     <row r="23">
       <c r="A23"/>
       <c r="B23" t="inlineStr">
         <is>
           <t>R Arts, spectacles et activités récréatives</t>
         </is>
       </c>
       <c r="C23"/>
       <c r="D23" s="1" t="n">
-        <v>3113.0</v>
+        <v>3396.0</v>
       </c>
       <c r="E23" s="1" t="n">
-        <v>506.0</v>
+        <v>550.0</v>
       </c>
       <c r="F23" s="1" t="n">
-        <v>1050.0</v>
+        <v>1067.0</v>
       </c>
       <c r="G23" s="1" t="n">
-        <v>23.0</v>
+        <v>24.0</v>
       </c>
       <c r="H23" s="1" t="n">
-        <v>2.0</v>
+        <v>0.0</v>
       </c>
       <c r="I23" s="1" t="n">
-        <v>4694.0</v>
+        <v>5037.0</v>
       </c>
     </row>
     <row r="24">
       <c r="A24"/>
       <c r="B24" t="inlineStr">
         <is>
           <t>S Autres activités de services</t>
         </is>
       </c>
       <c r="C24"/>
       <c r="D24" s="1" t="n">
-        <v>5059.0</v>
+        <v>5162.0</v>
       </c>
       <c r="E24" s="1" t="n">
-        <v>482.0</v>
+        <v>627.0</v>
       </c>
       <c r="F24" s="1" t="n">
-        <v>1936.0</v>
+        <v>2107.0</v>
       </c>
       <c r="G24" s="1" t="n">
-        <v>36.0</v>
+        <v>28.0</v>
       </c>
       <c r="H24" s="1" t="n">
-        <v>2.0</v>
+        <v>0.0</v>
       </c>
       <c r="I24" s="1" t="n">
-        <v>7515.0</v>
+        <v>7924.0</v>
       </c>
     </row>
     <row r="25">
       <c r="A25"/>
       <c r="B25" t="inlineStr">
         <is>
           <t>T Activités des ménages en tant qu’employeurs/ activités indifférenciées des ménages en tant que producteurs de biens et services pour usage propre</t>
         </is>
       </c>
       <c r="C25"/>
       <c r="D25" s="1" t="n">
-        <v>30.0</v>
+        <v>34.0</v>
       </c>
       <c r="E25" s="1" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="F25" s="1" t="n">
         <v>5.0</v>
-      </c>
-[...1 lines deleted...]
-        <v>4.0</v>
       </c>
       <c r="G25" s="1" t="n">
         <v>0.0</v>
       </c>
       <c r="H25"/>
       <c r="I25" s="1" t="n">
         <v>39.0</v>
       </c>
     </row>
     <row r="26">
       <c r="A26"/>
       <c r="B26" t="inlineStr">
         <is>
           <t>U Activités extra-territoriales</t>
         </is>
       </c>
       <c r="C26"/>
       <c r="D26" s="1" t="n">
-        <v>1.0</v>
+        <v>0.0</v>
       </c>
       <c r="E26" s="1" t="n">
-        <v>1.0</v>
+        <v>0.0</v>
       </c>
       <c r="F26" s="1" t="n">
+        <v>2.0</v>
+      </c>
+      <c r="G26" s="1" t="n">
         <v>0.0</v>
-      </c>
-[...1 lines deleted...]
-        <v>2.0</v>
       </c>
       <c r="H26"/>
       <c r="I26" s="1" t="n">
-        <v>4.0</v>
+        <v>2.0</v>
       </c>
     </row>
     <row r="27">
       <c r="A27"/>
       <c r="B27" t="inlineStr">
         <is>
           <t>Activité économique inconnue</t>
         </is>
       </c>
       <c r="C27"/>
       <c r="D27" s="1" t="n">
-        <v>49.0</v>
+        <v>32.0</v>
       </c>
       <c r="E27" s="1" t="n">
-        <v>5.0</v>
+        <v>12.0</v>
       </c>
       <c r="F27" s="1" t="n">
         <v>14.0</v>
       </c>
       <c r="G27" s="1" t="n">
-        <v>2.0</v>
+        <v>4.0</v>
       </c>
       <c r="H27"/>
       <c r="I27" s="1" t="n">
-        <v>70.0</v>
+        <v>62.0</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="inlineStr">
         <is>
           <t>Toutes les activités économiques</t>
         </is>
       </c>
       <c r="B28"/>
       <c r="C28"/>
       <c r="D28" s="1" t="n">
-        <v>74050.0</v>
+        <v>70712.0</v>
       </c>
       <c r="E28" s="1" t="n">
-        <v>11454.0</v>
+        <v>14410.0</v>
       </c>
       <c r="F28" s="1" t="n">
-        <v>26433.0</v>
+        <v>25976.0</v>
       </c>
       <c r="G28" s="1" t="n">
-        <v>2251.0</v>
+        <v>2191.0</v>
       </c>
       <c r="H28" s="1" t="n">
-        <v>8.0</v>
+        <v>0.0</v>
       </c>
       <c r="I28" s="1" t="n">
-        <v>114196.0</v>
+        <v>113289.0</v>
       </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <cols>
     <col min="1" max="1" width="28.19140625" customWidth="true"/>
     <col min="2" max="2" width="123.171875" customWidth="true"/>
     <col min="3" max="3" width="4.96484375" customWidth="true"/>
     <col min="4" max="4" width="16.6796875" customWidth="true"/>
     <col min="5" max="5" width="23.9765625" customWidth="true"/>
     <col min="6" max="6" width="7.3125" customWidth="true"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" t="inlineStr">
@@ -943,4025 +939,4021 @@
       </c>
       <c r="E1" t="inlineStr">
         <is>
           <t>Région</t>
         </is>
       </c>
       <c r="F1" t="inlineStr">
         <is>
           <t>Nombre de créations</t>
         </is>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="inlineStr">
         <is>
           <t>Toutes les activités économiques</t>
         </is>
       </c>
       <c r="B2" t="inlineStr">
         <is>
           <t>A Agriculture, sylviculture et pêche</t>
         </is>
       </c>
       <c r="C2" t="inlineStr">
         <is>
-          <t>2023</t>
+          <t>2024</t>
         </is>
       </c>
       <c r="D2" t="inlineStr">
         <is>
           <t>Toutes les localités</t>
         </is>
       </c>
       <c r="E2" t="inlineStr">
         <is>
           <t>Région flamande</t>
         </is>
       </c>
       <c r="F2" s="1" t="n">
-        <v>1128.0</v>
+        <v>1061.0</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="inlineStr">
         <is>
           <t>Toutes les activités économiques</t>
         </is>
       </c>
       <c r="B3" t="inlineStr">
         <is>
           <t>A Agriculture, sylviculture et pêche</t>
         </is>
       </c>
       <c r="C3" t="inlineStr">
         <is>
-          <t>2023</t>
+          <t>2024</t>
         </is>
       </c>
       <c r="D3" t="inlineStr">
         <is>
           <t>Toutes les localités</t>
         </is>
       </c>
       <c r="E3" t="inlineStr">
         <is>
           <t>Région de Bruxelles-Capitale</t>
         </is>
       </c>
       <c r="F3" s="1" t="n">
-        <v>26.0</v>
+        <v>25.0</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="inlineStr">
         <is>
           <t>Toutes les activités économiques</t>
         </is>
       </c>
       <c r="B4" t="inlineStr">
         <is>
           <t>A Agriculture, sylviculture et pêche</t>
         </is>
       </c>
       <c r="C4" t="inlineStr">
         <is>
-          <t>2023</t>
+          <t>2024</t>
         </is>
       </c>
       <c r="D4" t="inlineStr">
         <is>
           <t>Toutes les localités</t>
         </is>
       </c>
       <c r="E4" t="inlineStr">
         <is>
           <t>Région wallonne</t>
         </is>
       </c>
       <c r="F4" s="1" t="n">
-        <v>883.0</v>
+        <v>802.0</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="inlineStr">
         <is>
           <t>Toutes les activités économiques</t>
         </is>
       </c>
       <c r="B5" t="inlineStr">
         <is>
           <t>A Agriculture, sylviculture et pêche</t>
         </is>
       </c>
       <c r="C5" t="inlineStr">
         <is>
-          <t>2023</t>
+          <t>2024</t>
         </is>
       </c>
       <c r="D5" t="inlineStr">
         <is>
           <t>Toutes les localités</t>
         </is>
       </c>
       <c r="E5" t="inlineStr">
         <is>
           <t>Etranger</t>
         </is>
       </c>
       <c r="F5" s="1" t="n">
-        <v>88.0</v>
+        <v>26.0</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="inlineStr">
         <is>
           <t>Toutes les activités économiques</t>
         </is>
       </c>
       <c r="B6" t="inlineStr">
         <is>
           <t>A Agriculture, sylviculture et pêche</t>
         </is>
       </c>
       <c r="C6" t="inlineStr">
         <is>
-          <t>2023</t>
+          <t>2024</t>
         </is>
       </c>
       <c r="D6" t="inlineStr">
         <is>
           <t>Toutes les localités</t>
         </is>
       </c>
       <c r="E6" t="inlineStr">
         <is>
           <t>Non attribué</t>
         </is>
       </c>
       <c r="F6" s="1" t="n">
-        <v>1.0</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="inlineStr">
         <is>
           <t>Toutes les activités économiques</t>
         </is>
       </c>
       <c r="B7" t="inlineStr">
         <is>
           <t>A Agriculture, sylviculture et pêche</t>
         </is>
       </c>
       <c r="C7" t="inlineStr">
         <is>
-          <t>2023</t>
+          <t>2024</t>
         </is>
       </c>
       <c r="D7" t="inlineStr">
         <is>
           <t>Toutes les localités</t>
         </is>
       </c>
       <c r="E7"/>
       <c r="F7" s="1" t="n">
-        <v>2126.0</v>
+        <v>1914.0</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="inlineStr">
         <is>
           <t>Toutes les activités économiques</t>
         </is>
       </c>
       <c r="B8" t="inlineStr">
         <is>
           <t>B Industries extractives</t>
         </is>
       </c>
       <c r="C8" t="inlineStr">
         <is>
-          <t>2023</t>
+          <t>2024</t>
         </is>
       </c>
       <c r="D8" t="inlineStr">
         <is>
           <t>Toutes les localités</t>
         </is>
       </c>
       <c r="E8" t="inlineStr">
         <is>
           <t>Région flamande</t>
         </is>
       </c>
       <c r="F8" s="1" t="n">
-        <v>4.0</v>
+        <v>7.0</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="inlineStr">
         <is>
           <t>Toutes les activités économiques</t>
         </is>
       </c>
       <c r="B9" t="inlineStr">
         <is>
           <t>B Industries extractives</t>
         </is>
       </c>
       <c r="C9" t="inlineStr">
         <is>
-          <t>2023</t>
+          <t>2024</t>
         </is>
       </c>
       <c r="D9" t="inlineStr">
         <is>
           <t>Toutes les localités</t>
         </is>
       </c>
       <c r="E9" t="inlineStr">
         <is>
           <t>Région de Bruxelles-Capitale</t>
         </is>
       </c>
       <c r="F9" s="1" t="n">
-        <v>0.0</v>
+        <v>2.0</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="inlineStr">
         <is>
           <t>Toutes les activités économiques</t>
         </is>
       </c>
       <c r="B10" t="inlineStr">
         <is>
           <t>B Industries extractives</t>
         </is>
       </c>
       <c r="C10" t="inlineStr">
         <is>
-          <t>2023</t>
+          <t>2024</t>
         </is>
       </c>
       <c r="D10" t="inlineStr">
         <is>
           <t>Toutes les localités</t>
         </is>
       </c>
       <c r="E10" t="inlineStr">
         <is>
           <t>Région wallonne</t>
         </is>
       </c>
       <c r="F10" s="1" t="n">
-        <v>3.0</v>
+        <v>5.0</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="inlineStr">
         <is>
           <t>Toutes les activités économiques</t>
         </is>
       </c>
       <c r="B11" t="inlineStr">
         <is>
           <t>B Industries extractives</t>
         </is>
       </c>
       <c r="C11" t="inlineStr">
         <is>
-          <t>2023</t>
+          <t>2024</t>
         </is>
       </c>
       <c r="D11" t="inlineStr">
         <is>
           <t>Toutes les localités</t>
         </is>
       </c>
       <c r="E11" t="inlineStr">
         <is>
           <t>Etranger</t>
         </is>
       </c>
       <c r="F11" s="1" t="n">
         <v>0.0</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="inlineStr">
         <is>
           <t>Toutes les activités économiques</t>
         </is>
       </c>
       <c r="B12" t="inlineStr">
         <is>
           <t>B Industries extractives</t>
         </is>
       </c>
       <c r="C12" t="inlineStr">
         <is>
-          <t>2023</t>
+          <t>2024</t>
         </is>
       </c>
       <c r="D12" t="inlineStr">
         <is>
           <t>Toutes les localités</t>
         </is>
       </c>
       <c r="E12" t="inlineStr">
         <is>
           <t>Non attribué</t>
         </is>
       </c>
       <c r="F12"/>
     </row>
     <row r="13">
       <c r="A13" t="inlineStr">
         <is>
           <t>Toutes les activités économiques</t>
         </is>
       </c>
       <c r="B13" t="inlineStr">
         <is>
           <t>B Industries extractives</t>
         </is>
       </c>
       <c r="C13" t="inlineStr">
         <is>
-          <t>2023</t>
+          <t>2024</t>
         </is>
       </c>
       <c r="D13" t="inlineStr">
         <is>
           <t>Toutes les localités</t>
         </is>
       </c>
       <c r="E13"/>
       <c r="F13" s="1" t="n">
-        <v>7.0</v>
+        <v>14.0</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="inlineStr">
         <is>
           <t>Toutes les activités économiques</t>
         </is>
       </c>
       <c r="B14" t="inlineStr">
         <is>
           <t>C Industrie manufacturière</t>
         </is>
       </c>
       <c r="C14" t="inlineStr">
         <is>
-          <t>2023</t>
+          <t>2024</t>
         </is>
       </c>
       <c r="D14" t="inlineStr">
         <is>
           <t>Toutes les localités</t>
         </is>
       </c>
       <c r="E14" t="inlineStr">
         <is>
           <t>Région flamande</t>
         </is>
       </c>
       <c r="F14" s="1" t="n">
-        <v>3024.0</v>
+        <v>2887.0</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="inlineStr">
         <is>
           <t>Toutes les activités économiques</t>
         </is>
       </c>
       <c r="B15" t="inlineStr">
         <is>
           <t>C Industrie manufacturière</t>
         </is>
       </c>
       <c r="C15" t="inlineStr">
         <is>
-          <t>2023</t>
+          <t>2024</t>
         </is>
       </c>
       <c r="D15" t="inlineStr">
         <is>
           <t>Toutes les localités</t>
         </is>
       </c>
       <c r="E15" t="inlineStr">
         <is>
           <t>Région de Bruxelles-Capitale</t>
         </is>
       </c>
       <c r="F15" s="1" t="n">
-        <v>286.0</v>
+        <v>310.0</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="inlineStr">
         <is>
           <t>Toutes les activités économiques</t>
         </is>
       </c>
       <c r="B16" t="inlineStr">
         <is>
           <t>C Industrie manufacturière</t>
         </is>
       </c>
       <c r="C16" t="inlineStr">
         <is>
-          <t>2023</t>
+          <t>2024</t>
         </is>
       </c>
       <c r="D16" t="inlineStr">
         <is>
           <t>Toutes les localités</t>
         </is>
       </c>
       <c r="E16" t="inlineStr">
         <is>
           <t>Région wallonne</t>
         </is>
       </c>
       <c r="F16" s="1" t="n">
-        <v>1162.0</v>
+        <v>1153.0</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="inlineStr">
         <is>
           <t>Toutes les activités économiques</t>
         </is>
       </c>
       <c r="B17" t="inlineStr">
         <is>
           <t>C Industrie manufacturière</t>
         </is>
       </c>
       <c r="C17" t="inlineStr">
         <is>
-          <t>2023</t>
+          <t>2024</t>
         </is>
       </c>
       <c r="D17" t="inlineStr">
         <is>
           <t>Toutes les localités</t>
         </is>
       </c>
       <c r="E17" t="inlineStr">
         <is>
           <t>Etranger</t>
         </is>
       </c>
       <c r="F17" s="1" t="n">
-        <v>55.0</v>
+        <v>49.0</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="inlineStr">
         <is>
           <t>Toutes les activités économiques</t>
         </is>
       </c>
       <c r="B18" t="inlineStr">
         <is>
           <t>C Industrie manufacturière</t>
         </is>
       </c>
       <c r="C18" t="inlineStr">
         <is>
-          <t>2023</t>
+          <t>2024</t>
         </is>
       </c>
       <c r="D18" t="inlineStr">
         <is>
           <t>Toutes les localités</t>
         </is>
       </c>
       <c r="E18" t="inlineStr">
         <is>
           <t>Non attribué</t>
         </is>
       </c>
       <c r="F18"/>
     </row>
     <row r="19">
       <c r="A19" t="inlineStr">
         <is>
           <t>Toutes les activités économiques</t>
         </is>
       </c>
       <c r="B19" t="inlineStr">
         <is>
           <t>C Industrie manufacturière</t>
         </is>
       </c>
       <c r="C19" t="inlineStr">
         <is>
-          <t>2023</t>
+          <t>2024</t>
         </is>
       </c>
       <c r="D19" t="inlineStr">
         <is>
           <t>Toutes les localités</t>
         </is>
       </c>
       <c r="E19"/>
       <c r="F19" s="1" t="n">
-        <v>4527.0</v>
+        <v>4399.0</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="inlineStr">
         <is>
           <t>Toutes les activités économiques</t>
         </is>
       </c>
       <c r="B20" t="inlineStr">
         <is>
           <t>D Production et distribution d’électricité, de gaz, de vapeur et d’air conditionné</t>
         </is>
       </c>
       <c r="C20" t="inlineStr">
         <is>
-          <t>2023</t>
+          <t>2024</t>
         </is>
       </c>
       <c r="D20" t="inlineStr">
         <is>
           <t>Toutes les localités</t>
         </is>
       </c>
       <c r="E20" t="inlineStr">
         <is>
           <t>Région flamande</t>
         </is>
       </c>
       <c r="F20" s="1" t="n">
-        <v>166.0</v>
+        <v>158.0</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="inlineStr">
         <is>
           <t>Toutes les activités économiques</t>
         </is>
       </c>
       <c r="B21" t="inlineStr">
         <is>
           <t>D Production et distribution d’électricité, de gaz, de vapeur et d’air conditionné</t>
         </is>
       </c>
       <c r="C21" t="inlineStr">
         <is>
-          <t>2023</t>
+          <t>2024</t>
         </is>
       </c>
       <c r="D21" t="inlineStr">
         <is>
           <t>Toutes les localités</t>
         </is>
       </c>
       <c r="E21" t="inlineStr">
         <is>
           <t>Région de Bruxelles-Capitale</t>
         </is>
       </c>
       <c r="F21" s="1" t="n">
-        <v>17.0</v>
+        <v>20.0</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="inlineStr">
         <is>
           <t>Toutes les activités économiques</t>
         </is>
       </c>
       <c r="B22" t="inlineStr">
         <is>
           <t>D Production et distribution d’électricité, de gaz, de vapeur et d’air conditionné</t>
         </is>
       </c>
       <c r="C22" t="inlineStr">
         <is>
-          <t>2023</t>
+          <t>2024</t>
         </is>
       </c>
       <c r="D22" t="inlineStr">
         <is>
           <t>Toutes les localités</t>
         </is>
       </c>
       <c r="E22" t="inlineStr">
         <is>
           <t>Région wallonne</t>
         </is>
       </c>
       <c r="F22" s="1" t="n">
-        <v>22.0</v>
+        <v>28.0</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="inlineStr">
         <is>
           <t>Toutes les activités économiques</t>
         </is>
       </c>
       <c r="B23" t="inlineStr">
         <is>
           <t>D Production et distribution d’électricité, de gaz, de vapeur et d’air conditionné</t>
         </is>
       </c>
       <c r="C23" t="inlineStr">
         <is>
-          <t>2023</t>
+          <t>2024</t>
         </is>
       </c>
       <c r="D23" t="inlineStr">
         <is>
           <t>Toutes les localités</t>
         </is>
       </c>
       <c r="E23" t="inlineStr">
         <is>
           <t>Etranger</t>
         </is>
       </c>
       <c r="F23" s="1" t="n">
-        <v>10.0</v>
+        <v>15.0</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="inlineStr">
         <is>
           <t>Toutes les activités économiques</t>
         </is>
       </c>
       <c r="B24" t="inlineStr">
         <is>
           <t>D Production et distribution d’électricité, de gaz, de vapeur et d’air conditionné</t>
         </is>
       </c>
       <c r="C24" t="inlineStr">
         <is>
-          <t>2023</t>
+          <t>2024</t>
         </is>
       </c>
       <c r="D24" t="inlineStr">
         <is>
           <t>Toutes les localités</t>
         </is>
       </c>
       <c r="E24" t="inlineStr">
         <is>
           <t>Non attribué</t>
         </is>
       </c>
       <c r="F24"/>
     </row>
     <row r="25">
       <c r="A25" t="inlineStr">
         <is>
           <t>Toutes les activités économiques</t>
         </is>
       </c>
       <c r="B25" t="inlineStr">
         <is>
           <t>D Production et distribution d’électricité, de gaz, de vapeur et d’air conditionné</t>
         </is>
       </c>
       <c r="C25" t="inlineStr">
         <is>
-          <t>2023</t>
+          <t>2024</t>
         </is>
       </c>
       <c r="D25" t="inlineStr">
         <is>
           <t>Toutes les localités</t>
         </is>
       </c>
       <c r="E25"/>
       <c r="F25" s="1" t="n">
-        <v>215.0</v>
+        <v>221.0</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="inlineStr">
         <is>
           <t>Toutes les activités économiques</t>
         </is>
       </c>
       <c r="B26" t="inlineStr">
         <is>
           <t>E Production et distribution d’eau/ assainissement, gestion des déchets et dépollution</t>
         </is>
       </c>
       <c r="C26" t="inlineStr">
         <is>
-          <t>2023</t>
+          <t>2024</t>
         </is>
       </c>
       <c r="D26" t="inlineStr">
         <is>
           <t>Toutes les localités</t>
         </is>
       </c>
       <c r="E26" t="inlineStr">
         <is>
           <t>Région flamande</t>
         </is>
       </c>
       <c r="F26" s="1" t="n">
-        <v>87.0</v>
+        <v>96.0</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="inlineStr">
         <is>
           <t>Toutes les activités économiques</t>
         </is>
       </c>
       <c r="B27" t="inlineStr">
         <is>
           <t>E Production et distribution d’eau/ assainissement, gestion des déchets et dépollution</t>
         </is>
       </c>
       <c r="C27" t="inlineStr">
         <is>
-          <t>2023</t>
+          <t>2024</t>
         </is>
       </c>
       <c r="D27" t="inlineStr">
         <is>
           <t>Toutes les localités</t>
         </is>
       </c>
       <c r="E27" t="inlineStr">
         <is>
           <t>Région de Bruxelles-Capitale</t>
         </is>
       </c>
       <c r="F27" s="1" t="n">
-        <v>8.0</v>
+        <v>11.0</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="inlineStr">
         <is>
           <t>Toutes les activités économiques</t>
         </is>
       </c>
       <c r="B28" t="inlineStr">
         <is>
           <t>E Production et distribution d’eau/ assainissement, gestion des déchets et dépollution</t>
         </is>
       </c>
       <c r="C28" t="inlineStr">
         <is>
-          <t>2023</t>
+          <t>2024</t>
         </is>
       </c>
       <c r="D28" t="inlineStr">
         <is>
           <t>Toutes les localités</t>
         </is>
       </c>
       <c r="E28" t="inlineStr">
         <is>
           <t>Région wallonne</t>
         </is>
       </c>
       <c r="F28" s="1" t="n">
-        <v>40.0</v>
+        <v>33.0</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="inlineStr">
         <is>
           <t>Toutes les activités économiques</t>
         </is>
       </c>
       <c r="B29" t="inlineStr">
         <is>
           <t>E Production et distribution d’eau/ assainissement, gestion des déchets et dépollution</t>
         </is>
       </c>
       <c r="C29" t="inlineStr">
         <is>
-          <t>2023</t>
+          <t>2024</t>
         </is>
       </c>
       <c r="D29" t="inlineStr">
         <is>
           <t>Toutes les localités</t>
         </is>
       </c>
       <c r="E29" t="inlineStr">
         <is>
           <t>Etranger</t>
         </is>
       </c>
       <c r="F29" s="1" t="n">
-        <v>3.0</v>
+        <v>4.0</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="inlineStr">
         <is>
           <t>Toutes les activités économiques</t>
         </is>
       </c>
       <c r="B30" t="inlineStr">
         <is>
           <t>E Production et distribution d’eau/ assainissement, gestion des déchets et dépollution</t>
         </is>
       </c>
       <c r="C30" t="inlineStr">
         <is>
-          <t>2023</t>
+          <t>2024</t>
         </is>
       </c>
       <c r="D30" t="inlineStr">
         <is>
           <t>Toutes les localités</t>
         </is>
       </c>
       <c r="E30" t="inlineStr">
         <is>
           <t>Non attribué</t>
         </is>
       </c>
       <c r="F30"/>
     </row>
     <row r="31">
       <c r="A31" t="inlineStr">
         <is>
           <t>Toutes les activités économiques</t>
         </is>
       </c>
       <c r="B31" t="inlineStr">
         <is>
           <t>E Production et distribution d’eau/ assainissement, gestion des déchets et dépollution</t>
         </is>
       </c>
       <c r="C31" t="inlineStr">
         <is>
-          <t>2023</t>
+          <t>2024</t>
         </is>
       </c>
       <c r="D31" t="inlineStr">
         <is>
           <t>Toutes les localités</t>
         </is>
       </c>
       <c r="E31"/>
       <c r="F31" s="1" t="n">
-        <v>138.0</v>
+        <v>144.0</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="inlineStr">
         <is>
           <t>Toutes les activités économiques</t>
         </is>
       </c>
       <c r="B32" t="inlineStr">
         <is>
           <t>F Construction</t>
         </is>
       </c>
       <c r="C32" t="inlineStr">
         <is>
-          <t>2023</t>
+          <t>2024</t>
         </is>
       </c>
       <c r="D32" t="inlineStr">
         <is>
           <t>Toutes les localités</t>
         </is>
       </c>
       <c r="E32" t="inlineStr">
         <is>
           <t>Région flamande</t>
         </is>
       </c>
       <c r="F32" s="1" t="n">
-        <v>11852.0</v>
+        <v>10252.0</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" t="inlineStr">
         <is>
           <t>Toutes les activités économiques</t>
         </is>
       </c>
       <c r="B33" t="inlineStr">
         <is>
           <t>F Construction</t>
         </is>
       </c>
       <c r="C33" t="inlineStr">
         <is>
-          <t>2023</t>
+          <t>2024</t>
         </is>
       </c>
       <c r="D33" t="inlineStr">
         <is>
           <t>Toutes les localités</t>
         </is>
       </c>
       <c r="E33" t="inlineStr">
         <is>
           <t>Région de Bruxelles-Capitale</t>
         </is>
       </c>
       <c r="F33" s="1" t="n">
-        <v>1136.0</v>
+        <v>2493.0</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" t="inlineStr">
         <is>
           <t>Toutes les activités économiques</t>
         </is>
       </c>
       <c r="B34" t="inlineStr">
         <is>
           <t>F Construction</t>
         </is>
       </c>
       <c r="C34" t="inlineStr">
         <is>
-          <t>2023</t>
+          <t>2024</t>
         </is>
       </c>
       <c r="D34" t="inlineStr">
         <is>
           <t>Toutes les localités</t>
         </is>
       </c>
       <c r="E34" t="inlineStr">
         <is>
           <t>Région wallonne</t>
         </is>
       </c>
       <c r="F34" s="1" t="n">
-        <v>3088.0</v>
+        <v>2647.0</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" t="inlineStr">
         <is>
           <t>Toutes les activités économiques</t>
         </is>
       </c>
       <c r="B35" t="inlineStr">
         <is>
           <t>F Construction</t>
         </is>
       </c>
       <c r="C35" t="inlineStr">
         <is>
-          <t>2023</t>
+          <t>2024</t>
         </is>
       </c>
       <c r="D35" t="inlineStr">
         <is>
           <t>Toutes les localités</t>
         </is>
       </c>
       <c r="E35" t="inlineStr">
         <is>
           <t>Etranger</t>
         </is>
       </c>
       <c r="F35" s="1" t="n">
-        <v>269.0</v>
+        <v>261.0</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" t="inlineStr">
         <is>
           <t>Toutes les activités économiques</t>
         </is>
       </c>
       <c r="B36" t="inlineStr">
         <is>
           <t>F Construction</t>
         </is>
       </c>
       <c r="C36" t="inlineStr">
         <is>
-          <t>2023</t>
+          <t>2024</t>
         </is>
       </c>
       <c r="D36" t="inlineStr">
         <is>
           <t>Toutes les localités</t>
         </is>
       </c>
       <c r="E36" t="inlineStr">
         <is>
           <t>Non attribué</t>
         </is>
       </c>
       <c r="F36" s="1" t="n">
         <v>0.0</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" t="inlineStr">
         <is>
           <t>Toutes les activités économiques</t>
         </is>
       </c>
       <c r="B37" t="inlineStr">
         <is>
           <t>F Construction</t>
         </is>
       </c>
       <c r="C37" t="inlineStr">
         <is>
-          <t>2023</t>
+          <t>2024</t>
         </is>
       </c>
       <c r="D37" t="inlineStr">
         <is>
           <t>Toutes les localités</t>
         </is>
       </c>
       <c r="E37"/>
       <c r="F37" s="1" t="n">
-        <v>16345.0</v>
+        <v>15653.0</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" t="inlineStr">
         <is>
           <t>Toutes les activités économiques</t>
         </is>
       </c>
       <c r="B38" t="inlineStr">
         <is>
           <t>G Commerce/ réparation d’automobiles et de motocycles</t>
         </is>
       </c>
       <c r="C38" t="inlineStr">
         <is>
-          <t>2023</t>
+          <t>2024</t>
         </is>
       </c>
       <c r="D38" t="inlineStr">
         <is>
           <t>Toutes les localités</t>
         </is>
       </c>
       <c r="E38" t="inlineStr">
         <is>
           <t>Région flamande</t>
         </is>
       </c>
       <c r="F38" s="1" t="n">
-        <v>9461.0</v>
+        <v>8996.0</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" t="inlineStr">
         <is>
           <t>Toutes les activités économiques</t>
         </is>
       </c>
       <c r="B39" t="inlineStr">
         <is>
           <t>G Commerce/ réparation d’automobiles et de motocycles</t>
         </is>
       </c>
       <c r="C39" t="inlineStr">
         <is>
-          <t>2023</t>
+          <t>2024</t>
         </is>
       </c>
       <c r="D39" t="inlineStr">
         <is>
           <t>Toutes les localités</t>
         </is>
       </c>
       <c r="E39" t="inlineStr">
         <is>
           <t>Région de Bruxelles-Capitale</t>
         </is>
       </c>
       <c r="F39" s="1" t="n">
-        <v>1179.0</v>
+        <v>1531.0</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" t="inlineStr">
         <is>
           <t>Toutes les activités économiques</t>
         </is>
       </c>
       <c r="B40" t="inlineStr">
         <is>
           <t>G Commerce/ réparation d’automobiles et de motocycles</t>
         </is>
       </c>
       <c r="C40" t="inlineStr">
         <is>
-          <t>2023</t>
+          <t>2024</t>
         </is>
       </c>
       <c r="D40" t="inlineStr">
         <is>
           <t>Toutes les localités</t>
         </is>
       </c>
       <c r="E40" t="inlineStr">
         <is>
           <t>Région wallonne</t>
         </is>
       </c>
       <c r="F40" s="1" t="n">
-        <v>3758.0</v>
+        <v>3762.0</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" t="inlineStr">
         <is>
           <t>Toutes les activités économiques</t>
         </is>
       </c>
       <c r="B41" t="inlineStr">
         <is>
           <t>G Commerce/ réparation d’automobiles et de motocycles</t>
         </is>
       </c>
       <c r="C41" t="inlineStr">
         <is>
-          <t>2023</t>
+          <t>2024</t>
         </is>
       </c>
       <c r="D41" t="inlineStr">
         <is>
           <t>Toutes les localités</t>
         </is>
       </c>
       <c r="E41" t="inlineStr">
         <is>
           <t>Etranger</t>
         </is>
       </c>
       <c r="F41" s="1" t="n">
-        <v>1248.0</v>
+        <v>1251.0</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" t="inlineStr">
         <is>
           <t>Toutes les activités économiques</t>
         </is>
       </c>
       <c r="B42" t="inlineStr">
         <is>
           <t>G Commerce/ réparation d’automobiles et de motocycles</t>
         </is>
       </c>
       <c r="C42" t="inlineStr">
         <is>
-          <t>2023</t>
+          <t>2024</t>
         </is>
       </c>
       <c r="D42" t="inlineStr">
         <is>
           <t>Toutes les localités</t>
         </is>
       </c>
       <c r="E42" t="inlineStr">
         <is>
           <t>Non attribué</t>
         </is>
       </c>
       <c r="F42" s="1" t="n">
-        <v>1.0</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" t="inlineStr">
         <is>
           <t>Toutes les activités économiques</t>
         </is>
       </c>
       <c r="B43" t="inlineStr">
         <is>
           <t>G Commerce/ réparation d’automobiles et de motocycles</t>
         </is>
       </c>
       <c r="C43" t="inlineStr">
         <is>
-          <t>2023</t>
+          <t>2024</t>
         </is>
       </c>
       <c r="D43" t="inlineStr">
         <is>
           <t>Toutes les localités</t>
         </is>
       </c>
       <c r="E43"/>
       <c r="F43" s="1" t="n">
-        <v>15647.0</v>
+        <v>15540.0</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" t="inlineStr">
         <is>
           <t>Toutes les activités économiques</t>
         </is>
       </c>
       <c r="B44" t="inlineStr">
         <is>
           <t>H Transports et entreposage</t>
         </is>
       </c>
       <c r="C44" t="inlineStr">
         <is>
-          <t>2023</t>
+          <t>2024</t>
         </is>
       </c>
       <c r="D44" t="inlineStr">
         <is>
           <t>Toutes les localités</t>
         </is>
       </c>
       <c r="E44" t="inlineStr">
         <is>
           <t>Région flamande</t>
         </is>
       </c>
       <c r="F44" s="1" t="n">
-        <v>2142.0</v>
+        <v>2377.0</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" t="inlineStr">
         <is>
           <t>Toutes les activités économiques</t>
         </is>
       </c>
       <c r="B45" t="inlineStr">
         <is>
           <t>H Transports et entreposage</t>
         </is>
       </c>
       <c r="C45" t="inlineStr">
         <is>
-          <t>2023</t>
+          <t>2024</t>
         </is>
       </c>
       <c r="D45" t="inlineStr">
         <is>
           <t>Toutes les localités</t>
         </is>
       </c>
       <c r="E45" t="inlineStr">
         <is>
           <t>Région de Bruxelles-Capitale</t>
         </is>
       </c>
       <c r="F45" s="1" t="n">
-        <v>494.0</v>
+        <v>832.0</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" t="inlineStr">
         <is>
           <t>Toutes les activités économiques</t>
         </is>
       </c>
       <c r="B46" t="inlineStr">
         <is>
           <t>H Transports et entreposage</t>
         </is>
       </c>
       <c r="C46" t="inlineStr">
         <is>
-          <t>2023</t>
+          <t>2024</t>
         </is>
       </c>
       <c r="D46" t="inlineStr">
         <is>
           <t>Toutes les localités</t>
         </is>
       </c>
       <c r="E46" t="inlineStr">
         <is>
           <t>Région wallonne</t>
         </is>
       </c>
       <c r="F46" s="1" t="n">
-        <v>410.0</v>
+        <v>450.0</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" t="inlineStr">
         <is>
           <t>Toutes les activités économiques</t>
         </is>
       </c>
       <c r="B47" t="inlineStr">
         <is>
           <t>H Transports et entreposage</t>
         </is>
       </c>
       <c r="C47" t="inlineStr">
         <is>
-          <t>2023</t>
+          <t>2024</t>
         </is>
       </c>
       <c r="D47" t="inlineStr">
         <is>
           <t>Toutes les localités</t>
         </is>
       </c>
       <c r="E47" t="inlineStr">
         <is>
           <t>Etranger</t>
         </is>
       </c>
       <c r="F47" s="1" t="n">
         <v>141.0</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" t="inlineStr">
         <is>
           <t>Toutes les activités économiques</t>
         </is>
       </c>
       <c r="B48" t="inlineStr">
         <is>
           <t>H Transports et entreposage</t>
         </is>
       </c>
       <c r="C48" t="inlineStr">
         <is>
-          <t>2023</t>
+          <t>2024</t>
         </is>
       </c>
       <c r="D48" t="inlineStr">
         <is>
           <t>Toutes les localités</t>
         </is>
       </c>
       <c r="E48" t="inlineStr">
         <is>
           <t>Non attribué</t>
         </is>
       </c>
       <c r="F48" s="1" t="n">
         <v>0.0</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" t="inlineStr">
         <is>
           <t>Toutes les activités économiques</t>
         </is>
       </c>
       <c r="B49" t="inlineStr">
         <is>
           <t>H Transports et entreposage</t>
         </is>
       </c>
       <c r="C49" t="inlineStr">
         <is>
-          <t>2023</t>
+          <t>2024</t>
         </is>
       </c>
       <c r="D49" t="inlineStr">
         <is>
           <t>Toutes les localités</t>
         </is>
       </c>
       <c r="E49"/>
       <c r="F49" s="1" t="n">
-        <v>3187.0</v>
+        <v>3800.0</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" t="inlineStr">
         <is>
           <t>Toutes les activités économiques</t>
         </is>
       </c>
       <c r="B50" t="inlineStr">
         <is>
           <t>I Hébergement et restauration</t>
         </is>
       </c>
       <c r="C50" t="inlineStr">
         <is>
-          <t>2023</t>
+          <t>2024</t>
         </is>
       </c>
       <c r="D50" t="inlineStr">
         <is>
           <t>Toutes les localités</t>
         </is>
       </c>
       <c r="E50" t="inlineStr">
         <is>
           <t>Région flamande</t>
         </is>
       </c>
       <c r="F50" s="1" t="n">
-        <v>3725.0</v>
+        <v>3535.0</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" t="inlineStr">
         <is>
           <t>Toutes les activités économiques</t>
         </is>
       </c>
       <c r="B51" t="inlineStr">
         <is>
           <t>I Hébergement et restauration</t>
         </is>
       </c>
       <c r="C51" t="inlineStr">
         <is>
-          <t>2023</t>
+          <t>2024</t>
         </is>
       </c>
       <c r="D51" t="inlineStr">
         <is>
           <t>Toutes les localités</t>
         </is>
       </c>
       <c r="E51" t="inlineStr">
         <is>
           <t>Région de Bruxelles-Capitale</t>
         </is>
       </c>
       <c r="F51" s="1" t="n">
-        <v>517.0</v>
+        <v>652.0</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" t="inlineStr">
         <is>
           <t>Toutes les activités économiques</t>
         </is>
       </c>
       <c r="B52" t="inlineStr">
         <is>
           <t>I Hébergement et restauration</t>
         </is>
       </c>
       <c r="C52" t="inlineStr">
         <is>
-          <t>2023</t>
+          <t>2024</t>
         </is>
       </c>
       <c r="D52" t="inlineStr">
         <is>
           <t>Toutes les localités</t>
         </is>
       </c>
       <c r="E52" t="inlineStr">
         <is>
           <t>Région wallonne</t>
         </is>
       </c>
       <c r="F52" s="1" t="n">
-        <v>1639.0</v>
+        <v>1731.0</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" t="inlineStr">
         <is>
           <t>Toutes les activités économiques</t>
         </is>
       </c>
       <c r="B53" t="inlineStr">
         <is>
           <t>I Hébergement et restauration</t>
         </is>
       </c>
       <c r="C53" t="inlineStr">
         <is>
-          <t>2023</t>
+          <t>2024</t>
         </is>
       </c>
       <c r="D53" t="inlineStr">
         <is>
           <t>Toutes les localités</t>
         </is>
       </c>
       <c r="E53" t="inlineStr">
         <is>
           <t>Etranger</t>
         </is>
       </c>
       <c r="F53" s="1" t="n">
-        <v>97.0</v>
+        <v>86.0</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" t="inlineStr">
         <is>
           <t>Toutes les activités économiques</t>
         </is>
       </c>
       <c r="B54" t="inlineStr">
         <is>
           <t>I Hébergement et restauration</t>
         </is>
       </c>
       <c r="C54" t="inlineStr">
         <is>
-          <t>2023</t>
+          <t>2024</t>
         </is>
       </c>
       <c r="D54" t="inlineStr">
         <is>
           <t>Toutes les localités</t>
         </is>
       </c>
       <c r="E54" t="inlineStr">
         <is>
           <t>Non attribué</t>
         </is>
       </c>
       <c r="F54" s="1" t="n">
         <v>0.0</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" t="inlineStr">
         <is>
           <t>Toutes les activités économiques</t>
         </is>
       </c>
       <c r="B55" t="inlineStr">
         <is>
           <t>I Hébergement et restauration</t>
         </is>
       </c>
       <c r="C55" t="inlineStr">
         <is>
-          <t>2023</t>
+          <t>2024</t>
         </is>
       </c>
       <c r="D55" t="inlineStr">
         <is>
           <t>Toutes les localités</t>
         </is>
       </c>
       <c r="E55"/>
       <c r="F55" s="1" t="n">
-        <v>5978.0</v>
+        <v>6004.0</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" t="inlineStr">
         <is>
           <t>Toutes les activités économiques</t>
         </is>
       </c>
       <c r="B56" t="inlineStr">
         <is>
           <t>J Information et communication</t>
         </is>
       </c>
       <c r="C56" t="inlineStr">
         <is>
-          <t>2023</t>
+          <t>2024</t>
         </is>
       </c>
       <c r="D56" t="inlineStr">
         <is>
           <t>Toutes les localités</t>
         </is>
       </c>
       <c r="E56" t="inlineStr">
         <is>
           <t>Région flamande</t>
         </is>
       </c>
       <c r="F56" s="1" t="n">
-        <v>4511.0</v>
+        <v>4488.0</v>
       </c>
     </row>
     <row r="57">
       <c r="A57" t="inlineStr">
         <is>
           <t>Toutes les activités économiques</t>
         </is>
       </c>
       <c r="B57" t="inlineStr">
         <is>
           <t>J Information et communication</t>
         </is>
       </c>
       <c r="C57" t="inlineStr">
         <is>
-          <t>2023</t>
+          <t>2024</t>
         </is>
       </c>
       <c r="D57" t="inlineStr">
         <is>
           <t>Toutes les localités</t>
         </is>
       </c>
       <c r="E57" t="inlineStr">
         <is>
           <t>Région de Bruxelles-Capitale</t>
         </is>
       </c>
       <c r="F57" s="1" t="n">
-        <v>1078.0</v>
+        <v>1232.0</v>
       </c>
     </row>
     <row r="58">
       <c r="A58" t="inlineStr">
         <is>
           <t>Toutes les activités économiques</t>
         </is>
       </c>
       <c r="B58" t="inlineStr">
         <is>
           <t>J Information et communication</t>
         </is>
       </c>
       <c r="C58" t="inlineStr">
         <is>
-          <t>2023</t>
+          <t>2024</t>
         </is>
       </c>
       <c r="D58" t="inlineStr">
         <is>
           <t>Toutes les localités</t>
         </is>
       </c>
       <c r="E58" t="inlineStr">
         <is>
           <t>Région wallonne</t>
         </is>
       </c>
       <c r="F58" s="1" t="n">
-        <v>1258.0</v>
+        <v>1282.0</v>
       </c>
     </row>
     <row r="59">
       <c r="A59" t="inlineStr">
         <is>
           <t>Toutes les activités économiques</t>
         </is>
       </c>
       <c r="B59" t="inlineStr">
         <is>
           <t>J Information et communication</t>
         </is>
       </c>
       <c r="C59" t="inlineStr">
         <is>
-          <t>2023</t>
+          <t>2024</t>
         </is>
       </c>
       <c r="D59" t="inlineStr">
         <is>
           <t>Toutes les localités</t>
         </is>
       </c>
       <c r="E59" t="inlineStr">
         <is>
           <t>Etranger</t>
         </is>
       </c>
       <c r="F59" s="1" t="n">
-        <v>19.0</v>
+        <v>43.0</v>
       </c>
     </row>
     <row r="60">
       <c r="A60" t="inlineStr">
         <is>
           <t>Toutes les activités économiques</t>
         </is>
       </c>
       <c r="B60" t="inlineStr">
         <is>
           <t>J Information et communication</t>
         </is>
       </c>
       <c r="C60" t="inlineStr">
         <is>
-          <t>2023</t>
+          <t>2024</t>
         </is>
       </c>
       <c r="D60" t="inlineStr">
         <is>
           <t>Toutes les localités</t>
         </is>
       </c>
       <c r="E60" t="inlineStr">
         <is>
           <t>Non attribué</t>
         </is>
       </c>
       <c r="F60"/>
     </row>
     <row r="61">
       <c r="A61" t="inlineStr">
         <is>
           <t>Toutes les activités économiques</t>
         </is>
       </c>
       <c r="B61" t="inlineStr">
         <is>
           <t>J Information et communication</t>
         </is>
       </c>
       <c r="C61" t="inlineStr">
         <is>
-          <t>2023</t>
+          <t>2024</t>
         </is>
       </c>
       <c r="D61" t="inlineStr">
         <is>
           <t>Toutes les localités</t>
         </is>
       </c>
       <c r="E61"/>
       <c r="F61" s="1" t="n">
-        <v>6866.0</v>
+        <v>7045.0</v>
       </c>
     </row>
     <row r="62">
       <c r="A62" t="inlineStr">
         <is>
           <t>Toutes les activités économiques</t>
         </is>
       </c>
       <c r="B62" t="inlineStr">
         <is>
           <t>K Activités financières et d’assurance</t>
         </is>
       </c>
       <c r="C62" t="inlineStr">
         <is>
-          <t>2023</t>
+          <t>2024</t>
         </is>
       </c>
       <c r="D62" t="inlineStr">
         <is>
           <t>Toutes les localités</t>
         </is>
       </c>
       <c r="E62" t="inlineStr">
         <is>
           <t>Région flamande</t>
         </is>
       </c>
       <c r="F62" s="1" t="n">
-        <v>635.0</v>
+        <v>576.0</v>
       </c>
     </row>
     <row r="63">
       <c r="A63" t="inlineStr">
         <is>
           <t>Toutes les activités économiques</t>
         </is>
       </c>
       <c r="B63" t="inlineStr">
         <is>
           <t>K Activités financières et d’assurance</t>
         </is>
       </c>
       <c r="C63" t="inlineStr">
         <is>
-          <t>2023</t>
+          <t>2024</t>
         </is>
       </c>
       <c r="D63" t="inlineStr">
         <is>
           <t>Toutes les localités</t>
         </is>
       </c>
       <c r="E63" t="inlineStr">
         <is>
           <t>Région de Bruxelles-Capitale</t>
         </is>
       </c>
       <c r="F63" s="1" t="n">
-        <v>80.0</v>
+        <v>93.0</v>
       </c>
     </row>
     <row r="64">
       <c r="A64" t="inlineStr">
         <is>
           <t>Toutes les activités économiques</t>
         </is>
       </c>
       <c r="B64" t="inlineStr">
         <is>
           <t>K Activités financières et d’assurance</t>
         </is>
       </c>
       <c r="C64" t="inlineStr">
         <is>
-          <t>2023</t>
+          <t>2024</t>
         </is>
       </c>
       <c r="D64" t="inlineStr">
         <is>
           <t>Toutes les localités</t>
         </is>
       </c>
       <c r="E64" t="inlineStr">
         <is>
           <t>Région wallonne</t>
         </is>
       </c>
       <c r="F64" s="1" t="n">
-        <v>269.0</v>
+        <v>209.0</v>
       </c>
     </row>
     <row r="65">
       <c r="A65" t="inlineStr">
         <is>
           <t>Toutes les activités économiques</t>
         </is>
       </c>
       <c r="B65" t="inlineStr">
         <is>
           <t>K Activités financières et d’assurance</t>
         </is>
       </c>
       <c r="C65" t="inlineStr">
         <is>
-          <t>2023</t>
+          <t>2024</t>
         </is>
       </c>
       <c r="D65" t="inlineStr">
         <is>
           <t>Toutes les localités</t>
         </is>
       </c>
       <c r="E65" t="inlineStr">
         <is>
           <t>Etranger</t>
         </is>
       </c>
       <c r="F65" s="1" t="n">
-        <v>13.0</v>
+        <v>10.0</v>
       </c>
     </row>
     <row r="66">
       <c r="A66" t="inlineStr">
         <is>
           <t>Toutes les activités économiques</t>
         </is>
       </c>
       <c r="B66" t="inlineStr">
         <is>
           <t>K Activités financières et d’assurance</t>
         </is>
       </c>
       <c r="C66" t="inlineStr">
         <is>
-          <t>2023</t>
+          <t>2024</t>
         </is>
       </c>
       <c r="D66" t="inlineStr">
         <is>
           <t>Toutes les localités</t>
         </is>
       </c>
       <c r="E66" t="inlineStr">
         <is>
           <t>Non attribué</t>
         </is>
       </c>
       <c r="F66"/>
     </row>
     <row r="67">
       <c r="A67" t="inlineStr">
         <is>
           <t>Toutes les activités économiques</t>
         </is>
       </c>
       <c r="B67" t="inlineStr">
         <is>
           <t>K Activités financières et d’assurance</t>
         </is>
       </c>
       <c r="C67" t="inlineStr">
         <is>
-          <t>2023</t>
+          <t>2024</t>
         </is>
       </c>
       <c r="D67" t="inlineStr">
         <is>
           <t>Toutes les localités</t>
         </is>
       </c>
       <c r="E67"/>
       <c r="F67" s="1" t="n">
-        <v>997.0</v>
+        <v>888.0</v>
       </c>
     </row>
     <row r="68">
       <c r="A68" t="inlineStr">
         <is>
           <t>Toutes les activités économiques</t>
         </is>
       </c>
       <c r="B68" t="inlineStr">
         <is>
           <t>L Activités immobilières</t>
         </is>
       </c>
       <c r="C68" t="inlineStr">
         <is>
-          <t>2023</t>
+          <t>2024</t>
         </is>
       </c>
       <c r="D68" t="inlineStr">
         <is>
           <t>Toutes les localités</t>
         </is>
       </c>
       <c r="E68" t="inlineStr">
         <is>
           <t>Région flamande</t>
         </is>
       </c>
       <c r="F68" s="1" t="n">
-        <v>1724.0</v>
+        <v>1722.0</v>
       </c>
     </row>
     <row r="69">
       <c r="A69" t="inlineStr">
         <is>
           <t>Toutes les activités économiques</t>
         </is>
       </c>
       <c r="B69" t="inlineStr">
         <is>
           <t>L Activités immobilières</t>
         </is>
       </c>
       <c r="C69" t="inlineStr">
         <is>
-          <t>2023</t>
+          <t>2024</t>
         </is>
       </c>
       <c r="D69" t="inlineStr">
         <is>
           <t>Toutes les localités</t>
         </is>
       </c>
       <c r="E69" t="inlineStr">
         <is>
           <t>Région de Bruxelles-Capitale</t>
         </is>
       </c>
       <c r="F69" s="1" t="n">
-        <v>350.0</v>
+        <v>358.0</v>
       </c>
     </row>
     <row r="70">
       <c r="A70" t="inlineStr">
         <is>
           <t>Toutes les activités économiques</t>
         </is>
       </c>
       <c r="B70" t="inlineStr">
         <is>
           <t>L Activités immobilières</t>
         </is>
       </c>
       <c r="C70" t="inlineStr">
         <is>
-          <t>2023</t>
+          <t>2024</t>
         </is>
       </c>
       <c r="D70" t="inlineStr">
         <is>
           <t>Toutes les localités</t>
         </is>
       </c>
       <c r="E70" t="inlineStr">
         <is>
           <t>Région wallonne</t>
         </is>
       </c>
       <c r="F70" s="1" t="n">
-        <v>808.0</v>
+        <v>729.0</v>
       </c>
     </row>
     <row r="71">
       <c r="A71" t="inlineStr">
         <is>
           <t>Toutes les activités économiques</t>
         </is>
       </c>
       <c r="B71" t="inlineStr">
         <is>
           <t>L Activités immobilières</t>
         </is>
       </c>
       <c r="C71" t="inlineStr">
         <is>
-          <t>2023</t>
+          <t>2024</t>
         </is>
       </c>
       <c r="D71" t="inlineStr">
         <is>
           <t>Toutes les localités</t>
         </is>
       </c>
       <c r="E71" t="inlineStr">
         <is>
           <t>Etranger</t>
         </is>
       </c>
       <c r="F71" s="1" t="n">
-        <v>23.0</v>
+        <v>19.0</v>
       </c>
     </row>
     <row r="72">
       <c r="A72" t="inlineStr">
         <is>
           <t>Toutes les activités économiques</t>
         </is>
       </c>
       <c r="B72" t="inlineStr">
         <is>
           <t>L Activités immobilières</t>
         </is>
       </c>
       <c r="C72" t="inlineStr">
         <is>
-          <t>2023</t>
+          <t>2024</t>
         </is>
       </c>
       <c r="D72" t="inlineStr">
         <is>
           <t>Toutes les localités</t>
         </is>
       </c>
       <c r="E72" t="inlineStr">
         <is>
           <t>Non attribué</t>
         </is>
       </c>
-      <c r="F72" s="1" t="n">
-[...1 lines deleted...]
-      </c>
+      <c r="F72"/>
     </row>
     <row r="73">
       <c r="A73" t="inlineStr">
         <is>
           <t>Toutes les activités économiques</t>
         </is>
       </c>
       <c r="B73" t="inlineStr">
         <is>
           <t>L Activités immobilières</t>
         </is>
       </c>
       <c r="C73" t="inlineStr">
         <is>
-          <t>2023</t>
+          <t>2024</t>
         </is>
       </c>
       <c r="D73" t="inlineStr">
         <is>
           <t>Toutes les localités</t>
         </is>
       </c>
       <c r="E73"/>
       <c r="F73" s="1" t="n">
-        <v>2906.0</v>
+        <v>2828.0</v>
       </c>
     </row>
     <row r="74">
       <c r="A74" t="inlineStr">
         <is>
           <t>Toutes les activités économiques</t>
         </is>
       </c>
       <c r="B74" t="inlineStr">
         <is>
           <t>M Activités spécialisées, scientifiques et techniques</t>
         </is>
       </c>
       <c r="C74" t="inlineStr">
         <is>
-          <t>2023</t>
+          <t>2024</t>
         </is>
       </c>
       <c r="D74" t="inlineStr">
         <is>
           <t>Toutes les localités</t>
         </is>
       </c>
       <c r="E74" t="inlineStr">
         <is>
           <t>Région flamande</t>
         </is>
       </c>
       <c r="F74" s="1" t="n">
-        <v>14383.0</v>
+        <v>13627.0</v>
       </c>
     </row>
     <row r="75">
       <c r="A75" t="inlineStr">
         <is>
           <t>Toutes les activités économiques</t>
         </is>
       </c>
       <c r="B75" t="inlineStr">
         <is>
           <t>M Activités spécialisées, scientifiques et techniques</t>
         </is>
       </c>
       <c r="C75" t="inlineStr">
         <is>
-          <t>2023</t>
+          <t>2024</t>
         </is>
       </c>
       <c r="D75" t="inlineStr">
         <is>
           <t>Toutes les localités</t>
         </is>
       </c>
       <c r="E75" t="inlineStr">
         <is>
           <t>Région de Bruxelles-Capitale</t>
         </is>
       </c>
       <c r="F75" s="1" t="n">
-        <v>3507.0</v>
+        <v>3485.0</v>
       </c>
     </row>
     <row r="76">
       <c r="A76" t="inlineStr">
         <is>
           <t>Toutes les activités économiques</t>
         </is>
       </c>
       <c r="B76" t="inlineStr">
         <is>
           <t>M Activités spécialisées, scientifiques et techniques</t>
         </is>
       </c>
       <c r="C76" t="inlineStr">
         <is>
-          <t>2023</t>
+          <t>2024</t>
         </is>
       </c>
       <c r="D76" t="inlineStr">
         <is>
           <t>Toutes les localités</t>
         </is>
       </c>
       <c r="E76" t="inlineStr">
         <is>
           <t>Région wallonne</t>
         </is>
       </c>
       <c r="F76" s="1" t="n">
-        <v>4839.0</v>
+        <v>4780.0</v>
       </c>
     </row>
     <row r="77">
       <c r="A77" t="inlineStr">
         <is>
           <t>Toutes les activités économiques</t>
         </is>
       </c>
       <c r="B77" t="inlineStr">
         <is>
           <t>M Activités spécialisées, scientifiques et techniques</t>
         </is>
       </c>
       <c r="C77" t="inlineStr">
         <is>
-          <t>2023</t>
+          <t>2024</t>
         </is>
       </c>
       <c r="D77" t="inlineStr">
         <is>
           <t>Toutes les localités</t>
         </is>
       </c>
       <c r="E77" t="inlineStr">
         <is>
           <t>Etranger</t>
         </is>
       </c>
       <c r="F77" s="1" t="n">
-        <v>80.0</v>
+        <v>99.0</v>
       </c>
     </row>
     <row r="78">
       <c r="A78" t="inlineStr">
         <is>
           <t>Toutes les activités économiques</t>
         </is>
       </c>
       <c r="B78" t="inlineStr">
         <is>
           <t>M Activités spécialisées, scientifiques et techniques</t>
         </is>
       </c>
       <c r="C78" t="inlineStr">
         <is>
-          <t>2023</t>
+          <t>2024</t>
         </is>
       </c>
       <c r="D78" t="inlineStr">
         <is>
           <t>Toutes les localités</t>
         </is>
       </c>
       <c r="E78" t="inlineStr">
         <is>
           <t>Non attribué</t>
         </is>
       </c>
-      <c r="F78" s="1" t="n">
-[...1 lines deleted...]
-      </c>
+      <c r="F78"/>
     </row>
     <row r="79">
       <c r="A79" t="inlineStr">
         <is>
           <t>Toutes les activités économiques</t>
         </is>
       </c>
       <c r="B79" t="inlineStr">
         <is>
           <t>M Activités spécialisées, scientifiques et techniques</t>
         </is>
       </c>
       <c r="C79" t="inlineStr">
         <is>
-          <t>2023</t>
+          <t>2024</t>
         </is>
       </c>
       <c r="D79" t="inlineStr">
         <is>
           <t>Toutes les localités</t>
         </is>
       </c>
       <c r="E79"/>
       <c r="F79" s="1" t="n">
-        <v>22810.0</v>
+        <v>21991.0</v>
       </c>
     </row>
     <row r="80">
       <c r="A80" t="inlineStr">
         <is>
           <t>Toutes les activités économiques</t>
         </is>
       </c>
       <c r="B80" t="inlineStr">
         <is>
           <t>N Activités de services administratifs et de soutien</t>
         </is>
       </c>
       <c r="C80" t="inlineStr">
         <is>
-          <t>2023</t>
+          <t>2024</t>
         </is>
       </c>
       <c r="D80" t="inlineStr">
         <is>
           <t>Toutes les localités</t>
         </is>
       </c>
       <c r="E80" t="inlineStr">
         <is>
           <t>Région flamande</t>
         </is>
       </c>
       <c r="F80" s="1" t="n">
-        <v>6224.0</v>
+        <v>5996.0</v>
       </c>
     </row>
     <row r="81">
       <c r="A81" t="inlineStr">
         <is>
           <t>Toutes les activités économiques</t>
         </is>
       </c>
       <c r="B81" t="inlineStr">
         <is>
           <t>N Activités de services administratifs et de soutien</t>
         </is>
       </c>
       <c r="C81" t="inlineStr">
         <is>
-          <t>2023</t>
+          <t>2024</t>
         </is>
       </c>
       <c r="D81" t="inlineStr">
         <is>
           <t>Toutes les localités</t>
         </is>
       </c>
       <c r="E81" t="inlineStr">
         <is>
           <t>Région de Bruxelles-Capitale</t>
         </is>
       </c>
       <c r="F81" s="1" t="n">
-        <v>770.0</v>
+        <v>1077.0</v>
       </c>
     </row>
     <row r="82">
       <c r="A82" t="inlineStr">
         <is>
           <t>Toutes les activités économiques</t>
         </is>
       </c>
       <c r="B82" t="inlineStr">
         <is>
           <t>N Activités de services administratifs et de soutien</t>
         </is>
       </c>
       <c r="C82" t="inlineStr">
         <is>
-          <t>2023</t>
+          <t>2024</t>
         </is>
       </c>
       <c r="D82" t="inlineStr">
         <is>
           <t>Toutes les localités</t>
         </is>
       </c>
       <c r="E82" t="inlineStr">
         <is>
           <t>Région wallonne</t>
         </is>
       </c>
       <c r="F82" s="1" t="n">
-        <v>2230.0</v>
+        <v>2222.0</v>
       </c>
     </row>
     <row r="83">
       <c r="A83" t="inlineStr">
         <is>
           <t>Toutes les activités économiques</t>
         </is>
       </c>
       <c r="B83" t="inlineStr">
         <is>
           <t>N Activités de services administratifs et de soutien</t>
         </is>
       </c>
       <c r="C83" t="inlineStr">
         <is>
-          <t>2023</t>
+          <t>2024</t>
         </is>
       </c>
       <c r="D83" t="inlineStr">
         <is>
           <t>Toutes les localités</t>
         </is>
       </c>
       <c r="E83" t="inlineStr">
         <is>
           <t>Etranger</t>
         </is>
       </c>
       <c r="F83" s="1" t="n">
-        <v>112.0</v>
+        <v>113.0</v>
       </c>
     </row>
     <row r="84">
       <c r="A84" t="inlineStr">
         <is>
           <t>Toutes les activités économiques</t>
         </is>
       </c>
       <c r="B84" t="inlineStr">
         <is>
           <t>N Activités de services administratifs et de soutien</t>
         </is>
       </c>
       <c r="C84" t="inlineStr">
         <is>
-          <t>2023</t>
+          <t>2024</t>
         </is>
       </c>
       <c r="D84" t="inlineStr">
         <is>
           <t>Toutes les localités</t>
         </is>
       </c>
       <c r="E84" t="inlineStr">
         <is>
           <t>Non attribué</t>
         </is>
       </c>
       <c r="F84"/>
     </row>
     <row r="85">
       <c r="A85" t="inlineStr">
         <is>
           <t>Toutes les activités économiques</t>
         </is>
       </c>
       <c r="B85" t="inlineStr">
         <is>
           <t>N Activités de services administratifs et de soutien</t>
         </is>
       </c>
       <c r="C85" t="inlineStr">
         <is>
-          <t>2023</t>
+          <t>2024</t>
         </is>
       </c>
       <c r="D85" t="inlineStr">
         <is>
           <t>Toutes les localités</t>
         </is>
       </c>
       <c r="E85"/>
       <c r="F85" s="1" t="n">
-        <v>9336.0</v>
+        <v>9408.0</v>
       </c>
     </row>
     <row r="86">
       <c r="A86" t="inlineStr">
         <is>
           <t>Toutes les activités économiques</t>
         </is>
       </c>
       <c r="B86" t="inlineStr">
         <is>
           <t>O Administration publique</t>
         </is>
       </c>
       <c r="C86" t="inlineStr">
         <is>
-          <t>2023</t>
+          <t>2024</t>
         </is>
       </c>
       <c r="D86" t="inlineStr">
         <is>
           <t>Toutes les localités</t>
         </is>
       </c>
       <c r="E86" t="inlineStr">
         <is>
           <t>Région flamande</t>
         </is>
       </c>
       <c r="F86" s="1" t="n">
-        <v>12.0</v>
+        <v>11.0</v>
       </c>
     </row>
     <row r="87">
       <c r="A87" t="inlineStr">
         <is>
           <t>Toutes les activités économiques</t>
         </is>
       </c>
       <c r="B87" t="inlineStr">
         <is>
           <t>O Administration publique</t>
         </is>
       </c>
       <c r="C87" t="inlineStr">
         <is>
-          <t>2023</t>
+          <t>2024</t>
         </is>
       </c>
       <c r="D87" t="inlineStr">
         <is>
           <t>Toutes les localités</t>
         </is>
       </c>
       <c r="E87" t="inlineStr">
         <is>
           <t>Région de Bruxelles-Capitale</t>
         </is>
       </c>
       <c r="F87" s="1" t="n">
-        <v>5.0</v>
+        <v>13.0</v>
       </c>
     </row>
     <row r="88">
       <c r="A88" t="inlineStr">
         <is>
           <t>Toutes les activités économiques</t>
         </is>
       </c>
       <c r="B88" t="inlineStr">
         <is>
           <t>O Administration publique</t>
         </is>
       </c>
       <c r="C88" t="inlineStr">
         <is>
-          <t>2023</t>
+          <t>2024</t>
         </is>
       </c>
       <c r="D88" t="inlineStr">
         <is>
           <t>Toutes les localités</t>
         </is>
       </c>
       <c r="E88" t="inlineStr">
         <is>
           <t>Région wallonne</t>
         </is>
       </c>
       <c r="F88" s="1" t="n">
-        <v>12.0</v>
+        <v>9.0</v>
       </c>
     </row>
     <row r="89">
       <c r="A89" t="inlineStr">
         <is>
           <t>Toutes les activités économiques</t>
         </is>
       </c>
       <c r="B89" t="inlineStr">
         <is>
           <t>O Administration publique</t>
         </is>
       </c>
       <c r="C89" t="inlineStr">
         <is>
-          <t>2023</t>
+          <t>2024</t>
         </is>
       </c>
       <c r="D89" t="inlineStr">
         <is>
           <t>Toutes les localités</t>
         </is>
       </c>
       <c r="E89" t="inlineStr">
         <is>
           <t>Etranger</t>
         </is>
       </c>
       <c r="F89"/>
     </row>
     <row r="90">
       <c r="A90" t="inlineStr">
         <is>
           <t>Toutes les activités économiques</t>
         </is>
       </c>
       <c r="B90" t="inlineStr">
         <is>
           <t>O Administration publique</t>
         </is>
       </c>
       <c r="C90" t="inlineStr">
         <is>
-          <t>2023</t>
+          <t>2024</t>
         </is>
       </c>
       <c r="D90" t="inlineStr">
         <is>
           <t>Toutes les localités</t>
         </is>
       </c>
       <c r="E90" t="inlineStr">
         <is>
           <t>Non attribué</t>
         </is>
       </c>
       <c r="F90"/>
     </row>
     <row r="91">
       <c r="A91" t="inlineStr">
         <is>
           <t>Toutes les activités économiques</t>
         </is>
       </c>
       <c r="B91" t="inlineStr">
         <is>
           <t>O Administration publique</t>
         </is>
       </c>
       <c r="C91" t="inlineStr">
         <is>
-          <t>2023</t>
+          <t>2024</t>
         </is>
       </c>
       <c r="D91" t="inlineStr">
         <is>
           <t>Toutes les localités</t>
         </is>
       </c>
       <c r="E91"/>
       <c r="F91" s="1" t="n">
-        <v>29.0</v>
+        <v>33.0</v>
       </c>
     </row>
     <row r="92">
       <c r="A92" t="inlineStr">
         <is>
           <t>Toutes les activités économiques</t>
         </is>
       </c>
       <c r="B92" t="inlineStr">
         <is>
           <t>P Enseignement</t>
         </is>
       </c>
       <c r="C92" t="inlineStr">
         <is>
-          <t>2023</t>
+          <t>2024</t>
         </is>
       </c>
       <c r="D92" t="inlineStr">
         <is>
           <t>Toutes les localités</t>
         </is>
       </c>
       <c r="E92" t="inlineStr">
         <is>
           <t>Région flamande</t>
         </is>
       </c>
       <c r="F92" s="1" t="n">
-        <v>2250.0</v>
+        <v>2226.0</v>
       </c>
     </row>
     <row r="93">
       <c r="A93" t="inlineStr">
         <is>
           <t>Toutes les activités économiques</t>
         </is>
       </c>
       <c r="B93" t="inlineStr">
         <is>
           <t>P Enseignement</t>
         </is>
       </c>
       <c r="C93" t="inlineStr">
         <is>
-          <t>2023</t>
+          <t>2024</t>
         </is>
       </c>
       <c r="D93" t="inlineStr">
         <is>
           <t>Toutes les localités</t>
         </is>
       </c>
       <c r="E93" t="inlineStr">
         <is>
           <t>Région de Bruxelles-Capitale</t>
         </is>
       </c>
       <c r="F93" s="1" t="n">
-        <v>441.0</v>
+        <v>496.0</v>
       </c>
     </row>
     <row r="94">
       <c r="A94" t="inlineStr">
         <is>
           <t>Toutes les activités économiques</t>
         </is>
       </c>
       <c r="B94" t="inlineStr">
         <is>
           <t>P Enseignement</t>
         </is>
       </c>
       <c r="C94" t="inlineStr">
         <is>
-          <t>2023</t>
+          <t>2024</t>
         </is>
       </c>
       <c r="D94" t="inlineStr">
         <is>
           <t>Toutes les localités</t>
         </is>
       </c>
       <c r="E94" t="inlineStr">
         <is>
           <t>Région wallonne</t>
         </is>
       </c>
       <c r="F94" s="1" t="n">
-        <v>1022.0</v>
+        <v>996.0</v>
       </c>
     </row>
     <row r="95">
       <c r="A95" t="inlineStr">
         <is>
           <t>Toutes les activités économiques</t>
         </is>
       </c>
       <c r="B95" t="inlineStr">
         <is>
           <t>P Enseignement</t>
         </is>
       </c>
       <c r="C95" t="inlineStr">
         <is>
-          <t>2023</t>
+          <t>2024</t>
         </is>
       </c>
       <c r="D95" t="inlineStr">
         <is>
           <t>Toutes les localités</t>
         </is>
       </c>
       <c r="E95" t="inlineStr">
         <is>
           <t>Etranger</t>
         </is>
       </c>
       <c r="F95" s="1" t="n">
-        <v>10.0</v>
+        <v>3.0</v>
       </c>
     </row>
     <row r="96">
       <c r="A96" t="inlineStr">
         <is>
           <t>Toutes les activités économiques</t>
         </is>
       </c>
       <c r="B96" t="inlineStr">
         <is>
           <t>P Enseignement</t>
         </is>
       </c>
       <c r="C96" t="inlineStr">
         <is>
-          <t>2023</t>
+          <t>2024</t>
         </is>
       </c>
       <c r="D96" t="inlineStr">
         <is>
           <t>Toutes les localités</t>
         </is>
       </c>
       <c r="E96" t="inlineStr">
         <is>
           <t>Non attribué</t>
         </is>
       </c>
       <c r="F96"/>
     </row>
     <row r="97">
       <c r="A97" t="inlineStr">
         <is>
           <t>Toutes les activités économiques</t>
         </is>
       </c>
       <c r="B97" t="inlineStr">
         <is>
           <t>P Enseignement</t>
         </is>
       </c>
       <c r="C97" t="inlineStr">
         <is>
-          <t>2023</t>
+          <t>2024</t>
         </is>
       </c>
       <c r="D97" t="inlineStr">
         <is>
           <t>Toutes les localités</t>
         </is>
       </c>
       <c r="E97"/>
       <c r="F97" s="1" t="n">
-        <v>3723.0</v>
+        <v>3721.0</v>
       </c>
     </row>
     <row r="98">
       <c r="A98" t="inlineStr">
         <is>
           <t>Toutes les activités économiques</t>
         </is>
       </c>
       <c r="B98" t="inlineStr">
         <is>
           <t>Q Santé humaine et action sociale</t>
         </is>
       </c>
       <c r="C98" t="inlineStr">
         <is>
-          <t>2023</t>
+          <t>2024</t>
         </is>
       </c>
       <c r="D98" t="inlineStr">
         <is>
           <t>Toutes les localités</t>
         </is>
       </c>
       <c r="E98" t="inlineStr">
         <is>
           <t>Région flamande</t>
         </is>
       </c>
       <c r="F98" s="1" t="n">
-        <v>4470.0</v>
+        <v>4073.0</v>
       </c>
     </row>
     <row r="99">
       <c r="A99" t="inlineStr">
         <is>
           <t>Toutes les activités économiques</t>
         </is>
       </c>
       <c r="B99" t="inlineStr">
         <is>
           <t>Q Santé humaine et action sociale</t>
         </is>
       </c>
       <c r="C99" t="inlineStr">
         <is>
-          <t>2023</t>
+          <t>2024</t>
         </is>
       </c>
       <c r="D99" t="inlineStr">
         <is>
           <t>Toutes les localités</t>
         </is>
       </c>
       <c r="E99" t="inlineStr">
         <is>
           <t>Région de Bruxelles-Capitale</t>
         </is>
       </c>
       <c r="F99" s="1" t="n">
-        <v>561.0</v>
+        <v>591.0</v>
       </c>
     </row>
     <row r="100">
       <c r="A100" t="inlineStr">
         <is>
           <t>Toutes les activités économiques</t>
         </is>
       </c>
       <c r="B100" t="inlineStr">
         <is>
           <t>Q Santé humaine et action sociale</t>
         </is>
       </c>
       <c r="C100" t="inlineStr">
         <is>
-          <t>2023</t>
+          <t>2024</t>
         </is>
       </c>
       <c r="D100" t="inlineStr">
         <is>
           <t>Toutes les localités</t>
         </is>
       </c>
       <c r="E100" t="inlineStr">
         <is>
           <t>Région wallonne</t>
         </is>
       </c>
       <c r="F100" s="1" t="n">
-        <v>1986.0</v>
+        <v>1943.0</v>
       </c>
     </row>
     <row r="101">
       <c r="A101" t="inlineStr">
         <is>
           <t>Toutes les activités économiques</t>
         </is>
       </c>
       <c r="B101" t="inlineStr">
         <is>
           <t>Q Santé humaine et action sociale</t>
         </is>
       </c>
       <c r="C101" t="inlineStr">
         <is>
-          <t>2023</t>
+          <t>2024</t>
         </is>
       </c>
       <c r="D101" t="inlineStr">
         <is>
           <t>Toutes les localités</t>
         </is>
       </c>
       <c r="E101" t="inlineStr">
         <is>
           <t>Etranger</t>
         </is>
       </c>
       <c r="F101" s="1" t="n">
-        <v>20.0</v>
+        <v>15.0</v>
       </c>
     </row>
     <row r="102">
       <c r="A102" t="inlineStr">
         <is>
           <t>Toutes les activités économiques</t>
         </is>
       </c>
       <c r="B102" t="inlineStr">
         <is>
           <t>Q Santé humaine et action sociale</t>
         </is>
       </c>
       <c r="C102" t="inlineStr">
         <is>
-          <t>2023</t>
+          <t>2024</t>
         </is>
       </c>
       <c r="D102" t="inlineStr">
         <is>
           <t>Toutes les localités</t>
         </is>
       </c>
       <c r="E102" t="inlineStr">
         <is>
           <t>Non attribué</t>
         </is>
       </c>
       <c r="F102"/>
     </row>
     <row r="103">
       <c r="A103" t="inlineStr">
         <is>
           <t>Toutes les activités économiques</t>
         </is>
       </c>
       <c r="B103" t="inlineStr">
         <is>
           <t>Q Santé humaine et action sociale</t>
         </is>
       </c>
       <c r="C103" t="inlineStr">
         <is>
-          <t>2023</t>
+          <t>2024</t>
         </is>
       </c>
       <c r="D103" t="inlineStr">
         <is>
           <t>Toutes les localités</t>
         </is>
       </c>
       <c r="E103"/>
       <c r="F103" s="1" t="n">
-        <v>7037.0</v>
+        <v>6622.0</v>
       </c>
     </row>
     <row r="104">
       <c r="A104" t="inlineStr">
         <is>
           <t>Toutes les activités économiques</t>
         </is>
       </c>
       <c r="B104" t="inlineStr">
         <is>
           <t>R Arts, spectacles et activités récréatives</t>
         </is>
       </c>
       <c r="C104" t="inlineStr">
         <is>
-          <t>2023</t>
+          <t>2024</t>
         </is>
       </c>
       <c r="D104" t="inlineStr">
         <is>
           <t>Toutes les localités</t>
         </is>
       </c>
       <c r="E104" t="inlineStr">
         <is>
           <t>Région flamande</t>
         </is>
       </c>
       <c r="F104" s="1" t="n">
-        <v>3113.0</v>
+        <v>3396.0</v>
       </c>
     </row>
     <row r="105">
       <c r="A105" t="inlineStr">
         <is>
           <t>Toutes les activités économiques</t>
         </is>
       </c>
       <c r="B105" t="inlineStr">
         <is>
           <t>R Arts, spectacles et activités récréatives</t>
         </is>
       </c>
       <c r="C105" t="inlineStr">
         <is>
-          <t>2023</t>
+          <t>2024</t>
         </is>
       </c>
       <c r="D105" t="inlineStr">
         <is>
           <t>Toutes les localités</t>
         </is>
       </c>
       <c r="E105" t="inlineStr">
         <is>
           <t>Région de Bruxelles-Capitale</t>
         </is>
       </c>
       <c r="F105" s="1" t="n">
-        <v>506.0</v>
+        <v>550.0</v>
       </c>
     </row>
     <row r="106">
       <c r="A106" t="inlineStr">
         <is>
           <t>Toutes les activités économiques</t>
         </is>
       </c>
       <c r="B106" t="inlineStr">
         <is>
           <t>R Arts, spectacles et activités récréatives</t>
         </is>
       </c>
       <c r="C106" t="inlineStr">
         <is>
-          <t>2023</t>
+          <t>2024</t>
         </is>
       </c>
       <c r="D106" t="inlineStr">
         <is>
           <t>Toutes les localités</t>
         </is>
       </c>
       <c r="E106" t="inlineStr">
         <is>
           <t>Région wallonne</t>
         </is>
       </c>
       <c r="F106" s="1" t="n">
-        <v>1050.0</v>
+        <v>1067.0</v>
       </c>
     </row>
     <row r="107">
       <c r="A107" t="inlineStr">
         <is>
           <t>Toutes les activités économiques</t>
         </is>
       </c>
       <c r="B107" t="inlineStr">
         <is>
           <t>R Arts, spectacles et activités récréatives</t>
         </is>
       </c>
       <c r="C107" t="inlineStr">
         <is>
-          <t>2023</t>
+          <t>2024</t>
         </is>
       </c>
       <c r="D107" t="inlineStr">
         <is>
           <t>Toutes les localités</t>
         </is>
       </c>
       <c r="E107" t="inlineStr">
         <is>
           <t>Etranger</t>
         </is>
       </c>
       <c r="F107" s="1" t="n">
-        <v>23.0</v>
+        <v>24.0</v>
       </c>
     </row>
     <row r="108">
       <c r="A108" t="inlineStr">
         <is>
           <t>Toutes les activités économiques</t>
         </is>
       </c>
       <c r="B108" t="inlineStr">
         <is>
           <t>R Arts, spectacles et activités récréatives</t>
         </is>
       </c>
       <c r="C108" t="inlineStr">
         <is>
-          <t>2023</t>
+          <t>2024</t>
         </is>
       </c>
       <c r="D108" t="inlineStr">
         <is>
           <t>Toutes les localités</t>
         </is>
       </c>
       <c r="E108" t="inlineStr">
         <is>
           <t>Non attribué</t>
         </is>
       </c>
       <c r="F108" s="1" t="n">
-        <v>2.0</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="109">
       <c r="A109" t="inlineStr">
         <is>
           <t>Toutes les activités économiques</t>
         </is>
       </c>
       <c r="B109" t="inlineStr">
         <is>
           <t>R Arts, spectacles et activités récréatives</t>
         </is>
       </c>
       <c r="C109" t="inlineStr">
         <is>
-          <t>2023</t>
+          <t>2024</t>
         </is>
       </c>
       <c r="D109" t="inlineStr">
         <is>
           <t>Toutes les localités</t>
         </is>
       </c>
       <c r="E109"/>
       <c r="F109" s="1" t="n">
-        <v>4694.0</v>
+        <v>5037.0</v>
       </c>
     </row>
     <row r="110">
       <c r="A110" t="inlineStr">
         <is>
           <t>Toutes les activités économiques</t>
         </is>
       </c>
       <c r="B110" t="inlineStr">
         <is>
           <t>S Autres activités de services</t>
         </is>
       </c>
       <c r="C110" t="inlineStr">
         <is>
-          <t>2023</t>
+          <t>2024</t>
         </is>
       </c>
       <c r="D110" t="inlineStr">
         <is>
           <t>Toutes les localités</t>
         </is>
       </c>
       <c r="E110" t="inlineStr">
         <is>
           <t>Région flamande</t>
         </is>
       </c>
       <c r="F110" s="1" t="n">
-        <v>5059.0</v>
+        <v>5162.0</v>
       </c>
     </row>
     <row r="111">
       <c r="A111" t="inlineStr">
         <is>
           <t>Toutes les activités économiques</t>
         </is>
       </c>
       <c r="B111" t="inlineStr">
         <is>
           <t>S Autres activités de services</t>
         </is>
       </c>
       <c r="C111" t="inlineStr">
         <is>
-          <t>2023</t>
+          <t>2024</t>
         </is>
       </c>
       <c r="D111" t="inlineStr">
         <is>
           <t>Toutes les localités</t>
         </is>
       </c>
       <c r="E111" t="inlineStr">
         <is>
           <t>Région de Bruxelles-Capitale</t>
         </is>
       </c>
       <c r="F111" s="1" t="n">
-        <v>482.0</v>
+        <v>627.0</v>
       </c>
     </row>
     <row r="112">
       <c r="A112" t="inlineStr">
         <is>
           <t>Toutes les activités économiques</t>
         </is>
       </c>
       <c r="B112" t="inlineStr">
         <is>
           <t>S Autres activités de services</t>
         </is>
       </c>
       <c r="C112" t="inlineStr">
         <is>
-          <t>2023</t>
+          <t>2024</t>
         </is>
       </c>
       <c r="D112" t="inlineStr">
         <is>
           <t>Toutes les localités</t>
         </is>
       </c>
       <c r="E112" t="inlineStr">
         <is>
           <t>Région wallonne</t>
         </is>
       </c>
       <c r="F112" s="1" t="n">
-        <v>1936.0</v>
+        <v>2107.0</v>
       </c>
     </row>
     <row r="113">
       <c r="A113" t="inlineStr">
         <is>
           <t>Toutes les activités économiques</t>
         </is>
       </c>
       <c r="B113" t="inlineStr">
         <is>
           <t>S Autres activités de services</t>
         </is>
       </c>
       <c r="C113" t="inlineStr">
         <is>
-          <t>2023</t>
+          <t>2024</t>
         </is>
       </c>
       <c r="D113" t="inlineStr">
         <is>
           <t>Toutes les localités</t>
         </is>
       </c>
       <c r="E113" t="inlineStr">
         <is>
           <t>Etranger</t>
         </is>
       </c>
       <c r="F113" s="1" t="n">
-        <v>36.0</v>
+        <v>28.0</v>
       </c>
     </row>
     <row r="114">
       <c r="A114" t="inlineStr">
         <is>
           <t>Toutes les activités économiques</t>
         </is>
       </c>
       <c r="B114" t="inlineStr">
         <is>
           <t>S Autres activités de services</t>
         </is>
       </c>
       <c r="C114" t="inlineStr">
         <is>
-          <t>2023</t>
+          <t>2024</t>
         </is>
       </c>
       <c r="D114" t="inlineStr">
         <is>
           <t>Toutes les localités</t>
         </is>
       </c>
       <c r="E114" t="inlineStr">
         <is>
           <t>Non attribué</t>
         </is>
       </c>
       <c r="F114" s="1" t="n">
-        <v>2.0</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="115">
       <c r="A115" t="inlineStr">
         <is>
           <t>Toutes les activités économiques</t>
         </is>
       </c>
       <c r="B115" t="inlineStr">
         <is>
           <t>S Autres activités de services</t>
         </is>
       </c>
       <c r="C115" t="inlineStr">
         <is>
-          <t>2023</t>
+          <t>2024</t>
         </is>
       </c>
       <c r="D115" t="inlineStr">
         <is>
           <t>Toutes les localités</t>
         </is>
       </c>
       <c r="E115"/>
       <c r="F115" s="1" t="n">
-        <v>7515.0</v>
+        <v>7924.0</v>
       </c>
     </row>
     <row r="116">
       <c r="A116" t="inlineStr">
         <is>
           <t>Toutes les activités économiques</t>
         </is>
       </c>
       <c r="B116" t="inlineStr">
         <is>
           <t>T Activités des ménages en tant qu’employeurs/ activités indifférenciées des ménages en tant que producteurs de biens et services pour usage propre</t>
         </is>
       </c>
       <c r="C116" t="inlineStr">
         <is>
-          <t>2023</t>
+          <t>2024</t>
         </is>
       </c>
       <c r="D116" t="inlineStr">
         <is>
           <t>Toutes les localités</t>
         </is>
       </c>
       <c r="E116" t="inlineStr">
         <is>
           <t>Région flamande</t>
         </is>
       </c>
       <c r="F116" s="1" t="n">
-        <v>30.0</v>
+        <v>34.0</v>
       </c>
     </row>
     <row r="117">
       <c r="A117" t="inlineStr">
         <is>
           <t>Toutes les activités économiques</t>
         </is>
       </c>
       <c r="B117" t="inlineStr">
         <is>
           <t>T Activités des ménages en tant qu’employeurs/ activités indifférenciées des ménages en tant que producteurs de biens et services pour usage propre</t>
         </is>
       </c>
       <c r="C117" t="inlineStr">
         <is>
-          <t>2023</t>
+          <t>2024</t>
         </is>
       </c>
       <c r="D117" t="inlineStr">
         <is>
           <t>Toutes les localités</t>
         </is>
       </c>
       <c r="E117" t="inlineStr">
         <is>
           <t>Région de Bruxelles-Capitale</t>
         </is>
       </c>
       <c r="F117" s="1" t="n">
-        <v>5.0</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="118">
       <c r="A118" t="inlineStr">
         <is>
           <t>Toutes les activités économiques</t>
         </is>
       </c>
       <c r="B118" t="inlineStr">
         <is>
           <t>T Activités des ménages en tant qu’employeurs/ activités indifférenciées des ménages en tant que producteurs de biens et services pour usage propre</t>
         </is>
       </c>
       <c r="C118" t="inlineStr">
         <is>
-          <t>2023</t>
+          <t>2024</t>
         </is>
       </c>
       <c r="D118" t="inlineStr">
         <is>
           <t>Toutes les localités</t>
         </is>
       </c>
       <c r="E118" t="inlineStr">
         <is>
           <t>Région wallonne</t>
         </is>
       </c>
       <c r="F118" s="1" t="n">
-        <v>4.0</v>
+        <v>5.0</v>
       </c>
     </row>
     <row r="119">
       <c r="A119" t="inlineStr">
         <is>
           <t>Toutes les activités économiques</t>
         </is>
       </c>
       <c r="B119" t="inlineStr">
         <is>
           <t>T Activités des ménages en tant qu’employeurs/ activités indifférenciées des ménages en tant que producteurs de biens et services pour usage propre</t>
         </is>
       </c>
       <c r="C119" t="inlineStr">
         <is>
-          <t>2023</t>
+          <t>2024</t>
         </is>
       </c>
       <c r="D119" t="inlineStr">
         <is>
           <t>Toutes les localités</t>
         </is>
       </c>
       <c r="E119" t="inlineStr">
         <is>
           <t>Etranger</t>
         </is>
       </c>
       <c r="F119" s="1" t="n">
         <v>0.0</v>
       </c>
     </row>
     <row r="120">
       <c r="A120" t="inlineStr">
         <is>
           <t>Toutes les activités économiques</t>
         </is>
       </c>
       <c r="B120" t="inlineStr">
         <is>
           <t>T Activités des ménages en tant qu’employeurs/ activités indifférenciées des ménages en tant que producteurs de biens et services pour usage propre</t>
         </is>
       </c>
       <c r="C120" t="inlineStr">
         <is>
-          <t>2023</t>
+          <t>2024</t>
         </is>
       </c>
       <c r="D120" t="inlineStr">
         <is>
           <t>Toutes les localités</t>
         </is>
       </c>
       <c r="E120" t="inlineStr">
         <is>
           <t>Non attribué</t>
         </is>
       </c>
       <c r="F120"/>
     </row>
     <row r="121">
       <c r="A121" t="inlineStr">
         <is>
           <t>Toutes les activités économiques</t>
         </is>
       </c>
       <c r="B121" t="inlineStr">
         <is>
           <t>T Activités des ménages en tant qu’employeurs/ activités indifférenciées des ménages en tant que producteurs de biens et services pour usage propre</t>
         </is>
       </c>
       <c r="C121" t="inlineStr">
         <is>
-          <t>2023</t>
+          <t>2024</t>
         </is>
       </c>
       <c r="D121" t="inlineStr">
         <is>
           <t>Toutes les localités</t>
         </is>
       </c>
       <c r="E121"/>
       <c r="F121" s="1" t="n">
         <v>39.0</v>
       </c>
     </row>
     <row r="122">
       <c r="A122" t="inlineStr">
         <is>
           <t>Toutes les activités économiques</t>
         </is>
       </c>
       <c r="B122" t="inlineStr">
         <is>
           <t>U Activités extra-territoriales</t>
         </is>
       </c>
       <c r="C122" t="inlineStr">
         <is>
-          <t>2023</t>
+          <t>2024</t>
         </is>
       </c>
       <c r="D122" t="inlineStr">
         <is>
           <t>Toutes les localités</t>
         </is>
       </c>
       <c r="E122" t="inlineStr">
         <is>
           <t>Région flamande</t>
         </is>
       </c>
       <c r="F122" s="1" t="n">
-        <v>1.0</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="123">
       <c r="A123" t="inlineStr">
         <is>
           <t>Toutes les activités économiques</t>
         </is>
       </c>
       <c r="B123" t="inlineStr">
         <is>
           <t>U Activités extra-territoriales</t>
         </is>
       </c>
       <c r="C123" t="inlineStr">
         <is>
-          <t>2023</t>
+          <t>2024</t>
         </is>
       </c>
       <c r="D123" t="inlineStr">
         <is>
           <t>Toutes les localités</t>
         </is>
       </c>
       <c r="E123" t="inlineStr">
         <is>
           <t>Région de Bruxelles-Capitale</t>
         </is>
       </c>
       <c r="F123" s="1" t="n">
-        <v>1.0</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="124">
       <c r="A124" t="inlineStr">
         <is>
           <t>Toutes les activités économiques</t>
         </is>
       </c>
       <c r="B124" t="inlineStr">
         <is>
           <t>U Activités extra-territoriales</t>
         </is>
       </c>
       <c r="C124" t="inlineStr">
         <is>
-          <t>2023</t>
+          <t>2024</t>
         </is>
       </c>
       <c r="D124" t="inlineStr">
         <is>
           <t>Toutes les localités</t>
         </is>
       </c>
       <c r="E124" t="inlineStr">
         <is>
           <t>Région wallonne</t>
         </is>
       </c>
       <c r="F124" s="1" t="n">
-        <v>0.0</v>
+        <v>2.0</v>
       </c>
     </row>
     <row r="125">
       <c r="A125" t="inlineStr">
         <is>
           <t>Toutes les activités économiques</t>
         </is>
       </c>
       <c r="B125" t="inlineStr">
         <is>
           <t>U Activités extra-territoriales</t>
         </is>
       </c>
       <c r="C125" t="inlineStr">
         <is>
-          <t>2023</t>
+          <t>2024</t>
         </is>
       </c>
       <c r="D125" t="inlineStr">
         <is>
           <t>Toutes les localités</t>
         </is>
       </c>
       <c r="E125" t="inlineStr">
         <is>
           <t>Etranger</t>
         </is>
       </c>
       <c r="F125" s="1" t="n">
-        <v>2.0</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="126">
       <c r="A126" t="inlineStr">
         <is>
           <t>Toutes les activités économiques</t>
         </is>
       </c>
       <c r="B126" t="inlineStr">
         <is>
           <t>U Activités extra-territoriales</t>
         </is>
       </c>
       <c r="C126" t="inlineStr">
         <is>
-          <t>2023</t>
+          <t>2024</t>
         </is>
       </c>
       <c r="D126" t="inlineStr">
         <is>
           <t>Toutes les localités</t>
         </is>
       </c>
       <c r="E126" t="inlineStr">
         <is>
           <t>Non attribué</t>
         </is>
       </c>
       <c r="F126"/>
     </row>
     <row r="127">
       <c r="A127" t="inlineStr">
         <is>
           <t>Toutes les activités économiques</t>
         </is>
       </c>
       <c r="B127" t="inlineStr">
         <is>
           <t>U Activités extra-territoriales</t>
         </is>
       </c>
       <c r="C127" t="inlineStr">
         <is>
-          <t>2023</t>
+          <t>2024</t>
         </is>
       </c>
       <c r="D127" t="inlineStr">
         <is>
           <t>Toutes les localités</t>
         </is>
       </c>
       <c r="E127"/>
       <c r="F127" s="1" t="n">
-        <v>4.0</v>
+        <v>2.0</v>
       </c>
     </row>
     <row r="128">
       <c r="A128" t="inlineStr">
         <is>
           <t>Toutes les activités économiques</t>
         </is>
       </c>
       <c r="B128" t="inlineStr">
         <is>
           <t>Activité économique inconnue</t>
         </is>
       </c>
       <c r="C128" t="inlineStr">
         <is>
-          <t>2023</t>
+          <t>2024</t>
         </is>
       </c>
       <c r="D128" t="inlineStr">
         <is>
           <t>Toutes les localités</t>
         </is>
       </c>
       <c r="E128" t="inlineStr">
         <is>
           <t>Région flamande</t>
         </is>
       </c>
       <c r="F128" s="1" t="n">
-        <v>49.0</v>
+        <v>32.0</v>
       </c>
     </row>
     <row r="129">
       <c r="A129" t="inlineStr">
         <is>
           <t>Toutes les activités économiques</t>
         </is>
       </c>
       <c r="B129" t="inlineStr">
         <is>
           <t>Activité économique inconnue</t>
         </is>
       </c>
       <c r="C129" t="inlineStr">
         <is>
-          <t>2023</t>
+          <t>2024</t>
         </is>
       </c>
       <c r="D129" t="inlineStr">
         <is>
           <t>Toutes les localités</t>
         </is>
       </c>
       <c r="E129" t="inlineStr">
         <is>
           <t>Région de Bruxelles-Capitale</t>
         </is>
       </c>
       <c r="F129" s="1" t="n">
-        <v>5.0</v>
+        <v>12.0</v>
       </c>
     </row>
     <row r="130">
       <c r="A130" t="inlineStr">
         <is>
           <t>Toutes les activités économiques</t>
         </is>
       </c>
       <c r="B130" t="inlineStr">
         <is>
           <t>Activité économique inconnue</t>
         </is>
       </c>
       <c r="C130" t="inlineStr">
         <is>
-          <t>2023</t>
+          <t>2024</t>
         </is>
       </c>
       <c r="D130" t="inlineStr">
         <is>
           <t>Toutes les localités</t>
         </is>
       </c>
       <c r="E130" t="inlineStr">
         <is>
           <t>Région wallonne</t>
         </is>
       </c>
       <c r="F130" s="1" t="n">
         <v>14.0</v>
       </c>
     </row>
     <row r="131">
       <c r="A131" t="inlineStr">
         <is>
           <t>Toutes les activités économiques</t>
         </is>
       </c>
       <c r="B131" t="inlineStr">
         <is>
           <t>Activité économique inconnue</t>
         </is>
       </c>
       <c r="C131" t="inlineStr">
         <is>
-          <t>2023</t>
+          <t>2024</t>
         </is>
       </c>
       <c r="D131" t="inlineStr">
         <is>
           <t>Toutes les localités</t>
         </is>
       </c>
       <c r="E131" t="inlineStr">
         <is>
           <t>Etranger</t>
         </is>
       </c>
       <c r="F131" s="1" t="n">
-        <v>2.0</v>
+        <v>4.0</v>
       </c>
     </row>
     <row r="132">
       <c r="A132" t="inlineStr">
         <is>
           <t>Toutes les activités économiques</t>
         </is>
       </c>
       <c r="B132" t="inlineStr">
         <is>
           <t>Activité économique inconnue</t>
         </is>
       </c>
       <c r="C132" t="inlineStr">
         <is>
-          <t>2023</t>
+          <t>2024</t>
         </is>
       </c>
       <c r="D132" t="inlineStr">
         <is>
           <t>Toutes les localités</t>
         </is>
       </c>
       <c r="E132" t="inlineStr">
         <is>
           <t>Non attribué</t>
         </is>
       </c>
       <c r="F132"/>
     </row>
     <row r="133">
       <c r="A133" t="inlineStr">
         <is>
           <t>Toutes les activités économiques</t>
         </is>
       </c>
       <c r="B133" t="inlineStr">
         <is>
           <t>Activité économique inconnue</t>
         </is>
       </c>
       <c r="C133" t="inlineStr">
         <is>
-          <t>2023</t>
+          <t>2024</t>
         </is>
       </c>
       <c r="D133" t="inlineStr">
         <is>
           <t>Toutes les localités</t>
         </is>
       </c>
       <c r="E133"/>
       <c r="F133" s="1" t="n">
-        <v>70.0</v>
+        <v>62.0</v>
       </c>
     </row>
     <row r="134">
       <c r="A134" t="inlineStr">
         <is>
           <t>Toutes les activités économiques</t>
         </is>
       </c>
       <c r="B134"/>
       <c r="C134" t="inlineStr">
         <is>
-          <t>2023</t>
+          <t>2024</t>
         </is>
       </c>
       <c r="D134" t="inlineStr">
         <is>
           <t>Toutes les localités</t>
         </is>
       </c>
       <c r="E134" t="inlineStr">
         <is>
           <t>Région flamande</t>
         </is>
       </c>
       <c r="F134" s="1" t="n">
-        <v>74050.0</v>
+        <v>70712.0</v>
       </c>
     </row>
     <row r="135">
       <c r="A135" t="inlineStr">
         <is>
           <t>Toutes les activités économiques</t>
         </is>
       </c>
       <c r="B135"/>
       <c r="C135" t="inlineStr">
         <is>
-          <t>2023</t>
+          <t>2024</t>
         </is>
       </c>
       <c r="D135" t="inlineStr">
         <is>
           <t>Toutes les localités</t>
         </is>
       </c>
       <c r="E135" t="inlineStr">
         <is>
           <t>Région de Bruxelles-Capitale</t>
         </is>
       </c>
       <c r="F135" s="1" t="n">
-        <v>11454.0</v>
+        <v>14410.0</v>
       </c>
     </row>
     <row r="136">
       <c r="A136" t="inlineStr">
         <is>
           <t>Toutes les activités économiques</t>
         </is>
       </c>
       <c r="B136"/>
       <c r="C136" t="inlineStr">
         <is>
-          <t>2023</t>
+          <t>2024</t>
         </is>
       </c>
       <c r="D136" t="inlineStr">
         <is>
           <t>Toutes les localités</t>
         </is>
       </c>
       <c r="E136" t="inlineStr">
         <is>
           <t>Région wallonne</t>
         </is>
       </c>
       <c r="F136" s="1" t="n">
-        <v>26433.0</v>
+        <v>25976.0</v>
       </c>
     </row>
     <row r="137">
       <c r="A137" t="inlineStr">
         <is>
           <t>Toutes les activités économiques</t>
         </is>
       </c>
       <c r="B137"/>
       <c r="C137" t="inlineStr">
         <is>
-          <t>2023</t>
+          <t>2024</t>
         </is>
       </c>
       <c r="D137" t="inlineStr">
         <is>
           <t>Toutes les localités</t>
         </is>
       </c>
       <c r="E137" t="inlineStr">
         <is>
           <t>Etranger</t>
         </is>
       </c>
       <c r="F137" s="1" t="n">
-        <v>2251.0</v>
+        <v>2191.0</v>
       </c>
     </row>
     <row r="138">
       <c r="A138" t="inlineStr">
         <is>
           <t>Toutes les activités économiques</t>
         </is>
       </c>
       <c r="B138"/>
       <c r="C138" t="inlineStr">
         <is>
-          <t>2023</t>
+          <t>2024</t>
         </is>
       </c>
       <c r="D138" t="inlineStr">
         <is>
           <t>Toutes les localités</t>
         </is>
       </c>
       <c r="E138" t="inlineStr">
         <is>
           <t>Non attribué</t>
         </is>
       </c>
       <c r="F138" s="1" t="n">
-        <v>8.0</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="139">
       <c r="A139" t="inlineStr">
         <is>
           <t>Toutes les activités économiques</t>
         </is>
       </c>
       <c r="B139"/>
       <c r="C139" t="inlineStr">
         <is>
-          <t>2023</t>
+          <t>2024</t>
         </is>
       </c>
       <c r="D139" t="inlineStr">
         <is>
           <t>Toutes les localités</t>
         </is>
       </c>
       <c r="E139"/>
       <c r="F139" s="1" t="n">
-        <v>114196.0</v>
+        <v>113289.0</v>
       </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <coreProperties xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </coreProperties>
 </file>