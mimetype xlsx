--- v0 (2025-12-08)
+++ v1 (2026-03-10)
@@ -84,510 +84,510 @@
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?>
 
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
   <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/>
   <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/>
   <Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/>
   <Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/>
   <Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/>
 </Relationships>
 
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <cols>
     <col min="1" max="1" width="11.02734375" customWidth="true"/>
-    <col min="2" max="2" width="169.91796875" customWidth="true"/>
+    <col min="2" max="2" width="169.5546875" customWidth="true"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" t="inlineStr">
         <is>
           <t>Data source:</t>
         </is>
       </c>
       <c r="B1" t="inlineStr">
         <is>
           <t>Afzetprijsindexen voor de industrie (zonder bouw) per maand en aggregaat NACE Rev. 2 op basis 2021</t>
         </is>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="inlineStr">
         <is>
           <t>Filters:</t>
         </is>
       </c>
       <c r="B2" t="inlineStr">
         <is>
-          <t>Datum : Laatste 13 Maand(Oktober 2024, November 2024, December 2024, Januari 2025, Februari 2025, Maart 2025, April 2025, Mei 2025, Juni 2025, Juli 2025, Augustus 2025, September 2025, Oktober 2025)</t>
+          <t>Datum : Laatste 13 Maand(Januari 2025, Februari 2025, Maart 2025, April 2025, Mei 2025, Juni 2025, Juli 2025, Augustus 2025, September 2025, Oktober 2025, November 2025, December 2025, Januari 2026)</t>
         </is>
       </c>
     </row>
     <row r="3">
       <c r="B3" t="inlineStr">
         <is>
           <t xml:space="preserve">
 </t>
         </is>
       </c>
     </row>
     <row r="4">
 </row>
     <row r="5">
       <c r="A5" t="inlineStr">
         <is>
           <t xml:space="preserve">Bron: </t>
         </is>
       </c>
       <c r="B5" t="inlineStr">
         <is>
           <t>Statbel (Algemene Directie Statistiek - Statistics Belgium)</t>
         </is>
       </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <cols>
     <col min="1" max="1" width="24.78515625" customWidth="true"/>
     <col min="2" max="2" width="58.76171875" customWidth="true"/>
     <col min="3" max="3" width="6.4140625" customWidth="true"/>
     <col min="4" max="4" width="16.96875" customWidth="true"/>
-    <col min="5" max="5" width="13.79296875" customWidth="true"/>
-[...10 lines deleted...]
-    <col min="16" max="16" width="11.8515625" customWidth="true"/>
+    <col min="5" max="5" width="12.0625" customWidth="true"/>
+    <col min="6" max="6" width="10.16796875" customWidth="true"/>
+    <col min="7" max="7" width="9.21484375" customWidth="true"/>
+    <col min="8" max="8" width="8.3671875" customWidth="true"/>
+    <col min="9" max="9" width="8.93359375" customWidth="true"/>
+    <col min="10" max="10" width="8.3671875" customWidth="true"/>
+    <col min="11" max="11" width="13.2265625" customWidth="true"/>
+    <col min="12" max="12" width="14.3203125" customWidth="true"/>
+    <col min="13" max="13" width="11.8515625" customWidth="true"/>
+    <col min="14" max="14" width="13.79296875" customWidth="true"/>
+    <col min="15" max="15" width="13.6875" customWidth="true"/>
+    <col min="16" max="16" width="11.55078125" customWidth="true"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1"/>
       <c r="B1"/>
       <c r="C1"/>
       <c r="D1" t="inlineStr">
         <is>
           <t>Index - Totale markt</t>
         </is>
       </c>
       <c r="E1"/>
       <c r="F1"/>
       <c r="G1"/>
       <c r="H1"/>
       <c r="I1"/>
       <c r="J1"/>
       <c r="K1"/>
       <c r="L1"/>
       <c r="M1"/>
       <c r="N1"/>
       <c r="O1"/>
       <c r="P1"/>
     </row>
     <row r="2">
       <c r="A2"/>
       <c r="B2"/>
       <c r="C2" t="inlineStr">
         <is>
           <t>Jaar</t>
         </is>
       </c>
       <c r="D2" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="E2"/>
       <c r="F2"/>
-      <c r="G2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G2"/>
       <c r="H2"/>
       <c r="I2"/>
       <c r="J2"/>
       <c r="K2"/>
       <c r="L2"/>
       <c r="M2"/>
       <c r="N2"/>
       <c r="O2"/>
-      <c r="P2"/>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>2026</t>
+        </is>
+      </c>
     </row>
     <row r="3">
       <c r="A3"/>
       <c r="B3"/>
       <c r="C3" t="inlineStr">
         <is>
           <t>Maand</t>
         </is>
       </c>
       <c r="D3" t="inlineStr">
         <is>
-          <t>Oktober 2024</t>
+          <t>Januari 2025</t>
         </is>
       </c>
       <c r="E3" t="inlineStr">
         <is>
-          <t>November 2024</t>
+          <t>Februari 2025</t>
         </is>
       </c>
       <c r="F3" t="inlineStr">
         <is>
-          <t>December 2024</t>
+          <t>Maart 2025</t>
         </is>
       </c>
       <c r="G3" t="inlineStr">
         <is>
-          <t>Januari 2025</t>
+          <t>April 2025</t>
         </is>
       </c>
       <c r="H3" t="inlineStr">
         <is>
-          <t>Februari 2025</t>
+          <t>Mei 2025</t>
         </is>
       </c>
       <c r="I3" t="inlineStr">
         <is>
-          <t>Maart 2025</t>
+          <t>Juni 2025</t>
         </is>
       </c>
       <c r="J3" t="inlineStr">
         <is>
-          <t>April 2025</t>
+          <t>Juli 2025</t>
         </is>
       </c>
       <c r="K3" t="inlineStr">
         <is>
-          <t>Mei 2025</t>
+          <t>Augustus 2025</t>
         </is>
       </c>
       <c r="L3" t="inlineStr">
         <is>
-          <t>Juni 2025</t>
+          <t>September 2025</t>
         </is>
       </c>
       <c r="M3" t="inlineStr">
         <is>
-          <t>Juli 2025</t>
+          <t>Oktober 2025</t>
         </is>
       </c>
       <c r="N3" t="inlineStr">
         <is>
-          <t>Augustus 2025</t>
+          <t>November 2025</t>
         </is>
       </c>
       <c r="O3" t="inlineStr">
         <is>
-          <t>September 2025</t>
+          <t>December 2025</t>
         </is>
       </c>
       <c r="P3" t="inlineStr">
         <is>
-          <t>Oktober 2025</t>
+          <t>Januari 2026</t>
         </is>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="inlineStr">
         <is>
           <t>Alle economische activiteiten</t>
         </is>
       </c>
       <c r="B4" t="inlineStr">
         <is>
           <t>Sectie</t>
         </is>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="inlineStr">
         <is>
           <t>Alle economische activiteiten</t>
         </is>
       </c>
       <c r="B5" t="inlineStr">
         <is>
           <t>B Winning van delfstoffen</t>
         </is>
       </c>
       <c r="C5"/>
       <c r="D5" s="2" t="n">
-        <v>130.52000000000046</v>
+        <v>130.99000000000046</v>
       </c>
       <c r="E5" s="2" t="n">
-        <v>129.48000000000044</v>
+        <v>131.98000000000044</v>
       </c>
       <c r="F5" s="2" t="n">
+        <v>131.19000000000045</v>
+      </c>
+      <c r="G5" s="2" t="n">
+        <v>132.25000000000048</v>
+      </c>
+      <c r="H5" s="2" t="n">
+        <v>132.0200000000005</v>
+      </c>
+      <c r="I5" s="2" t="n">
+        <v>132.22000000000048</v>
+      </c>
+      <c r="J5" s="2" t="n">
+        <v>131.72000000000045</v>
+      </c>
+      <c r="K5" s="2" t="n">
+        <v>128.78000000000046</v>
+      </c>
+      <c r="L5" s="2" t="n">
+        <v>132.10000000000048</v>
+      </c>
+      <c r="M5" s="2" t="n">
+        <v>131.55000000000047</v>
+      </c>
+      <c r="N5" s="2" t="n">
+        <v>131.27000000000046</v>
+      </c>
+      <c r="O5" s="2" t="n">
+        <v>130.96000000000046</v>
+      </c>
+      <c r="P5" s="2" t="n">
         <v>129.41000000000045</v>
-      </c>
-[...28 lines deleted...]
-        <v>131.55000000000047</v>
       </c>
     </row>
     <row r="6">
       <c r="A6"/>
       <c r="B6" t="inlineStr">
         <is>
           <t>C Industrie</t>
         </is>
       </c>
       <c r="C6"/>
       <c r="D6" s="2" t="n">
-        <v>120.09000000000043</v>
+        <v>121.83000000000042</v>
       </c>
       <c r="E6" s="2" t="n">
-        <v>121.30000000000042</v>
+        <v>121.80000000000042</v>
       </c>
       <c r="F6" s="2" t="n">
-        <v>121.67000000000043</v>
+        <v>121.16000000000042</v>
       </c>
       <c r="G6" s="2" t="n">
-        <v>121.83000000000042</v>
+        <v>119.34000000000043</v>
       </c>
       <c r="H6" s="2" t="n">
-        <v>121.80000000000042</v>
+        <v>119.21000000000042</v>
       </c>
       <c r="I6" s="2" t="n">
-        <v>121.16000000000042</v>
+        <v>118.86000000000043</v>
       </c>
       <c r="J6" s="2" t="n">
-        <v>119.34000000000043</v>
+        <v>119.39000000000043</v>
       </c>
       <c r="K6" s="2" t="n">
-        <v>119.21000000000042</v>
+        <v>119.43000000000043</v>
       </c>
       <c r="L6" s="2" t="n">
-        <v>118.86000000000043</v>
+        <v>119.62000000000043</v>
       </c>
       <c r="M6" s="2" t="n">
-        <v>119.39000000000043</v>
+        <v>119.36000000000043</v>
       </c>
       <c r="N6" s="2" t="n">
-        <v>119.43000000000043</v>
+        <v>119.97000000000043</v>
       </c>
       <c r="O6" s="2" t="n">
-        <v>119.62000000000043</v>
+        <v>119.86000000000043</v>
       </c>
       <c r="P6" s="2" t="n">
-        <v>119.36000000000043</v>
+        <v>121.66000000000042</v>
       </c>
     </row>
     <row r="7">
       <c r="A7"/>
       <c r="B7" t="inlineStr">
         <is>
           <t>D Productie en distributie van elektriciteit, gas, stoom en gekoelde lucht</t>
         </is>
       </c>
       <c r="C7"/>
-      <c r="D7" s="1" t="n">
-[...3 lines deleted...]
-        <v>102.08000000000037</v>
+      <c r="D7" s="2" t="n">
+        <v>110.3000000000004</v>
+      </c>
+      <c r="E7" s="1" t="n">
+        <v>112.0</v>
       </c>
       <c r="F7" s="2" t="n">
-        <v>107.84000000000039</v>
+        <v>109.25000000000038</v>
       </c>
       <c r="G7" s="2" t="n">
-        <v>110.3000000000004</v>
-[...2 lines deleted...]
-        <v>112.0</v>
+        <v>101.32000000000035</v>
+      </c>
+      <c r="H7" s="2" t="n">
+        <v>99.76000000000036</v>
       </c>
       <c r="I7" s="2" t="n">
-        <v>109.25000000000038</v>
+        <v>96.62000000000035</v>
       </c>
       <c r="J7" s="2" t="n">
-        <v>101.32000000000035</v>
+        <v>97.50000000000034</v>
       </c>
       <c r="K7" s="2" t="n">
-        <v>99.76000000000036</v>
+        <v>99.29000000000036</v>
       </c>
       <c r="L7" s="2" t="n">
-        <v>96.62000000000035</v>
+        <v>97.69000000000034</v>
       </c>
       <c r="M7" s="2" t="n">
-        <v>97.50000000000034</v>
+        <v>97.57000000000033</v>
       </c>
       <c r="N7" s="2" t="n">
-        <v>99.29000000000036</v>
+        <v>99.39000000000036</v>
       </c>
       <c r="O7" s="2" t="n">
-        <v>97.69000000000034</v>
+        <v>100.46000000000035</v>
       </c>
       <c r="P7" s="2" t="n">
-        <v>97.57000000000033</v>
+        <v>102.17000000000037</v>
       </c>
     </row>
     <row r="8">
       <c r="A8"/>
       <c r="B8" t="inlineStr">
         <is>
           <t>E Distributie van water/ afval- en afvalwaterbeheer en sanering</t>
         </is>
       </c>
       <c r="C8"/>
       <c r="D8" s="2" t="n">
         <v>116.62000000000042</v>
       </c>
       <c r="E8" s="2" t="n">
-        <v>116.62000000000042</v>
+        <v>132.3000000000005</v>
       </c>
       <c r="F8" s="2" t="n">
-        <v>116.62000000000042</v>
+        <v>132.3000000000005</v>
       </c>
       <c r="G8" s="2" t="n">
-        <v>116.62000000000042</v>
+        <v>132.3000000000005</v>
       </c>
       <c r="H8" s="2" t="n">
         <v>132.3000000000005</v>
       </c>
       <c r="I8" s="2" t="n">
         <v>132.3000000000005</v>
       </c>
       <c r="J8" s="2" t="n">
         <v>132.3000000000005</v>
       </c>
       <c r="K8" s="2" t="n">
         <v>132.3000000000005</v>
       </c>
       <c r="L8" s="2" t="n">
         <v>132.3000000000005</v>
       </c>
       <c r="M8" s="2" t="n">
         <v>132.3000000000005</v>
       </c>
       <c r="N8" s="2" t="n">
         <v>132.3000000000005</v>
       </c>
       <c r="O8" s="2" t="n">
         <v>132.3000000000005</v>
       </c>
       <c r="P8" s="2" t="n">
-        <v>132.3000000000005</v>
+        <v>135.7100000000005</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="inlineStr">
         <is>
           <t>Alle economische activiteiten</t>
         </is>
       </c>
       <c r="B9"/>
       <c r="C9"/>
       <c r="D9" s="2" t="n">
-        <v>117.9600000000004</v>
+        <v>120.74000000000042</v>
       </c>
       <c r="E9" s="2" t="n">
-        <v>119.51000000000043</v>
+        <v>121.01000000000043</v>
       </c>
       <c r="F9" s="2" t="n">
-        <v>120.37000000000043</v>
+        <v>120.18000000000043</v>
       </c>
       <c r="G9" s="2" t="n">
-        <v>120.74000000000042</v>
+        <v>117.8200000000004</v>
       </c>
       <c r="H9" s="2" t="n">
-        <v>121.01000000000043</v>
+        <v>117.56000000000041</v>
       </c>
       <c r="I9" s="2" t="n">
-        <v>120.18000000000043</v>
+        <v>116.95000000000041</v>
       </c>
       <c r="J9" s="2" t="n">
-        <v>117.8200000000004</v>
+        <v>117.52000000000041</v>
       </c>
       <c r="K9" s="2" t="n">
-        <v>117.56000000000041</v>
+        <v>117.7100000000004</v>
       </c>
       <c r="L9" s="2" t="n">
-        <v>116.95000000000041</v>
+        <v>117.73000000000042</v>
       </c>
       <c r="M9" s="2" t="n">
-        <v>117.52000000000041</v>
+        <v>117.50000000000041</v>
       </c>
       <c r="N9" s="2" t="n">
-        <v>117.7100000000004</v>
+        <v>118.20000000000043</v>
       </c>
       <c r="O9" s="2" t="n">
-        <v>117.73000000000042</v>
-[...2 lines deleted...]
-        <v>117.50000000000041</v>
+        <v>118.20000000000043</v>
+      </c>
+      <c r="P9" s="1" t="n">
+        <v>120.0</v>
       </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <cols>
     <col min="1" max="1" width="24.78515625" customWidth="true"/>
     <col min="2" max="2" width="58.76171875" customWidth="true"/>
     <col min="3" max="3" width="4.96484375" customWidth="true"/>
     <col min="4" max="4" width="14.3203125" customWidth="true"/>
     <col min="5" max="5" width="16.96875" customWidth="true"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" t="inlineStr">
         <is>
@@ -606,1602 +606,1602 @@
       </c>
       <c r="D1" t="inlineStr">
         <is>
           <t>Maand</t>
         </is>
       </c>
       <c r="E1" t="inlineStr">
         <is>
           <t>Index - Totale markt</t>
         </is>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="inlineStr">
         <is>
           <t>Alle economische activiteiten</t>
         </is>
       </c>
       <c r="B2" t="inlineStr">
         <is>
           <t>B Winning van delfstoffen</t>
         </is>
       </c>
       <c r="C2" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="D2" t="inlineStr">
         <is>
-          <t>Oktober 2024</t>
+          <t>Januari 2025</t>
         </is>
       </c>
       <c r="E2" s="2" t="n">
-        <v>130.52000000000046</v>
+        <v>130.99000000000046</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="inlineStr">
         <is>
           <t>Alle economische activiteiten</t>
         </is>
       </c>
       <c r="B3" t="inlineStr">
         <is>
           <t>B Winning van delfstoffen</t>
         </is>
       </c>
       <c r="C3" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="D3" t="inlineStr">
         <is>
-          <t>November 2024</t>
+          <t>Februari 2025</t>
         </is>
       </c>
       <c r="E3" s="2" t="n">
-        <v>129.48000000000044</v>
+        <v>131.98000000000044</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="inlineStr">
         <is>
           <t>Alle economische activiteiten</t>
         </is>
       </c>
       <c r="B4" t="inlineStr">
         <is>
           <t>B Winning van delfstoffen</t>
         </is>
       </c>
       <c r="C4" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="D4" t="inlineStr">
         <is>
-          <t>December 2024</t>
+          <t>Maart 2025</t>
         </is>
       </c>
       <c r="E4" s="2" t="n">
-        <v>129.41000000000045</v>
+        <v>131.19000000000045</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="inlineStr">
         <is>
           <t>Alle economische activiteiten</t>
         </is>
       </c>
       <c r="B5" t="inlineStr">
         <is>
           <t>B Winning van delfstoffen</t>
         </is>
       </c>
       <c r="C5" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D5" t="inlineStr">
         <is>
-          <t>Januari 2025</t>
+          <t>April 2025</t>
         </is>
       </c>
       <c r="E5" s="2" t="n">
-        <v>130.99000000000046</v>
+        <v>132.25000000000048</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="inlineStr">
         <is>
           <t>Alle economische activiteiten</t>
         </is>
       </c>
       <c r="B6" t="inlineStr">
         <is>
           <t>B Winning van delfstoffen</t>
         </is>
       </c>
       <c r="C6" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D6" t="inlineStr">
         <is>
-          <t>Februari 2025</t>
+          <t>Mei 2025</t>
         </is>
       </c>
       <c r="E6" s="2" t="n">
-        <v>131.98000000000044</v>
+        <v>132.0200000000005</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="inlineStr">
         <is>
           <t>Alle economische activiteiten</t>
         </is>
       </c>
       <c r="B7" t="inlineStr">
         <is>
           <t>B Winning van delfstoffen</t>
         </is>
       </c>
       <c r="C7" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D7" t="inlineStr">
         <is>
-          <t>Maart 2025</t>
+          <t>Juni 2025</t>
         </is>
       </c>
       <c r="E7" s="2" t="n">
-        <v>131.19000000000045</v>
+        <v>132.22000000000048</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="inlineStr">
         <is>
           <t>Alle economische activiteiten</t>
         </is>
       </c>
       <c r="B8" t="inlineStr">
         <is>
           <t>B Winning van delfstoffen</t>
         </is>
       </c>
       <c r="C8" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D8" t="inlineStr">
         <is>
-          <t>April 2025</t>
+          <t>Juli 2025</t>
         </is>
       </c>
       <c r="E8" s="2" t="n">
-        <v>132.25000000000048</v>
+        <v>131.72000000000045</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="inlineStr">
         <is>
           <t>Alle economische activiteiten</t>
         </is>
       </c>
       <c r="B9" t="inlineStr">
         <is>
           <t>B Winning van delfstoffen</t>
         </is>
       </c>
       <c r="C9" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D9" t="inlineStr">
         <is>
-          <t>Mei 2025</t>
+          <t>Augustus 2025</t>
         </is>
       </c>
       <c r="E9" s="2" t="n">
-        <v>132.0200000000005</v>
+        <v>128.78000000000046</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="inlineStr">
         <is>
           <t>Alle economische activiteiten</t>
         </is>
       </c>
       <c r="B10" t="inlineStr">
         <is>
           <t>B Winning van delfstoffen</t>
         </is>
       </c>
       <c r="C10" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D10" t="inlineStr">
         <is>
-          <t>Juni 2025</t>
+          <t>September 2025</t>
         </is>
       </c>
       <c r="E10" s="2" t="n">
-        <v>132.22000000000048</v>
+        <v>132.10000000000048</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="inlineStr">
         <is>
           <t>Alle economische activiteiten</t>
         </is>
       </c>
       <c r="B11" t="inlineStr">
         <is>
           <t>B Winning van delfstoffen</t>
         </is>
       </c>
       <c r="C11" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D11" t="inlineStr">
         <is>
-          <t>Juli 2025</t>
+          <t>Oktober 2025</t>
         </is>
       </c>
       <c r="E11" s="2" t="n">
-        <v>131.72000000000045</v>
+        <v>131.55000000000047</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="inlineStr">
         <is>
           <t>Alle economische activiteiten</t>
         </is>
       </c>
       <c r="B12" t="inlineStr">
         <is>
           <t>B Winning van delfstoffen</t>
         </is>
       </c>
       <c r="C12" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D12" t="inlineStr">
         <is>
-          <t>Augustus 2025</t>
+          <t>November 2025</t>
         </is>
       </c>
       <c r="E12" s="2" t="n">
-        <v>128.78000000000046</v>
+        <v>131.27000000000046</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="inlineStr">
         <is>
           <t>Alle economische activiteiten</t>
         </is>
       </c>
       <c r="B13" t="inlineStr">
         <is>
           <t>B Winning van delfstoffen</t>
         </is>
       </c>
       <c r="C13" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D13" t="inlineStr">
         <is>
-          <t>September 2025</t>
+          <t>December 2025</t>
         </is>
       </c>
       <c r="E13" s="2" t="n">
-        <v>132.10000000000048</v>
+        <v>130.96000000000046</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="inlineStr">
         <is>
           <t>Alle economische activiteiten</t>
         </is>
       </c>
       <c r="B14" t="inlineStr">
         <is>
           <t>B Winning van delfstoffen</t>
         </is>
       </c>
       <c r="C14" t="inlineStr">
         <is>
-          <t>2025</t>
+          <t>2026</t>
         </is>
       </c>
       <c r="D14" t="inlineStr">
         <is>
-          <t>Oktober 2025</t>
+          <t>Januari 2026</t>
         </is>
       </c>
       <c r="E14" s="2" t="n">
-        <v>131.55000000000047</v>
+        <v>129.41000000000045</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="inlineStr">
         <is>
           <t>Alle economische activiteiten</t>
         </is>
       </c>
       <c r="B15" t="inlineStr">
         <is>
           <t>C Industrie</t>
         </is>
       </c>
       <c r="C15" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="D15" t="inlineStr">
         <is>
-          <t>Oktober 2024</t>
+          <t>Januari 2025</t>
         </is>
       </c>
       <c r="E15" s="2" t="n">
-        <v>120.09000000000043</v>
+        <v>121.83000000000042</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="inlineStr">
         <is>
           <t>Alle economische activiteiten</t>
         </is>
       </c>
       <c r="B16" t="inlineStr">
         <is>
           <t>C Industrie</t>
         </is>
       </c>
       <c r="C16" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="D16" t="inlineStr">
         <is>
-          <t>November 2024</t>
+          <t>Februari 2025</t>
         </is>
       </c>
       <c r="E16" s="2" t="n">
-        <v>121.30000000000042</v>
+        <v>121.80000000000042</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="inlineStr">
         <is>
           <t>Alle economische activiteiten</t>
         </is>
       </c>
       <c r="B17" t="inlineStr">
         <is>
           <t>C Industrie</t>
         </is>
       </c>
       <c r="C17" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="D17" t="inlineStr">
         <is>
-          <t>December 2024</t>
+          <t>Maart 2025</t>
         </is>
       </c>
       <c r="E17" s="2" t="n">
-        <v>121.67000000000043</v>
+        <v>121.16000000000042</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="inlineStr">
         <is>
           <t>Alle economische activiteiten</t>
         </is>
       </c>
       <c r="B18" t="inlineStr">
         <is>
           <t>C Industrie</t>
         </is>
       </c>
       <c r="C18" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D18" t="inlineStr">
         <is>
-          <t>Januari 2025</t>
+          <t>April 2025</t>
         </is>
       </c>
       <c r="E18" s="2" t="n">
-        <v>121.83000000000042</v>
+        <v>119.34000000000043</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="inlineStr">
         <is>
           <t>Alle economische activiteiten</t>
         </is>
       </c>
       <c r="B19" t="inlineStr">
         <is>
           <t>C Industrie</t>
         </is>
       </c>
       <c r="C19" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D19" t="inlineStr">
         <is>
-          <t>Februari 2025</t>
+          <t>Mei 2025</t>
         </is>
       </c>
       <c r="E19" s="2" t="n">
-        <v>121.80000000000042</v>
+        <v>119.21000000000042</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="inlineStr">
         <is>
           <t>Alle economische activiteiten</t>
         </is>
       </c>
       <c r="B20" t="inlineStr">
         <is>
           <t>C Industrie</t>
         </is>
       </c>
       <c r="C20" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D20" t="inlineStr">
         <is>
-          <t>Maart 2025</t>
+          <t>Juni 2025</t>
         </is>
       </c>
       <c r="E20" s="2" t="n">
-        <v>121.16000000000042</v>
+        <v>118.86000000000043</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="inlineStr">
         <is>
           <t>Alle economische activiteiten</t>
         </is>
       </c>
       <c r="B21" t="inlineStr">
         <is>
           <t>C Industrie</t>
         </is>
       </c>
       <c r="C21" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D21" t="inlineStr">
         <is>
-          <t>April 2025</t>
+          <t>Juli 2025</t>
         </is>
       </c>
       <c r="E21" s="2" t="n">
-        <v>119.34000000000043</v>
+        <v>119.39000000000043</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="inlineStr">
         <is>
           <t>Alle economische activiteiten</t>
         </is>
       </c>
       <c r="B22" t="inlineStr">
         <is>
           <t>C Industrie</t>
         </is>
       </c>
       <c r="C22" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D22" t="inlineStr">
         <is>
-          <t>Mei 2025</t>
+          <t>Augustus 2025</t>
         </is>
       </c>
       <c r="E22" s="2" t="n">
-        <v>119.21000000000042</v>
+        <v>119.43000000000043</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="inlineStr">
         <is>
           <t>Alle economische activiteiten</t>
         </is>
       </c>
       <c r="B23" t="inlineStr">
         <is>
           <t>C Industrie</t>
         </is>
       </c>
       <c r="C23" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D23" t="inlineStr">
         <is>
-          <t>Juni 2025</t>
+          <t>September 2025</t>
         </is>
       </c>
       <c r="E23" s="2" t="n">
-        <v>118.86000000000043</v>
+        <v>119.62000000000043</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="inlineStr">
         <is>
           <t>Alle economische activiteiten</t>
         </is>
       </c>
       <c r="B24" t="inlineStr">
         <is>
           <t>C Industrie</t>
         </is>
       </c>
       <c r="C24" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D24" t="inlineStr">
         <is>
-          <t>Juli 2025</t>
+          <t>Oktober 2025</t>
         </is>
       </c>
       <c r="E24" s="2" t="n">
-        <v>119.39000000000043</v>
+        <v>119.36000000000043</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="inlineStr">
         <is>
           <t>Alle economische activiteiten</t>
         </is>
       </c>
       <c r="B25" t="inlineStr">
         <is>
           <t>C Industrie</t>
         </is>
       </c>
       <c r="C25" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D25" t="inlineStr">
         <is>
-          <t>Augustus 2025</t>
+          <t>November 2025</t>
         </is>
       </c>
       <c r="E25" s="2" t="n">
-        <v>119.43000000000043</v>
+        <v>119.97000000000043</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="inlineStr">
         <is>
           <t>Alle economische activiteiten</t>
         </is>
       </c>
       <c r="B26" t="inlineStr">
         <is>
           <t>C Industrie</t>
         </is>
       </c>
       <c r="C26" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D26" t="inlineStr">
         <is>
-          <t>September 2025</t>
+          <t>December 2025</t>
         </is>
       </c>
       <c r="E26" s="2" t="n">
-        <v>119.62000000000043</v>
+        <v>119.86000000000043</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="inlineStr">
         <is>
           <t>Alle economische activiteiten</t>
         </is>
       </c>
       <c r="B27" t="inlineStr">
         <is>
           <t>C Industrie</t>
         </is>
       </c>
       <c r="C27" t="inlineStr">
         <is>
-          <t>2025</t>
+          <t>2026</t>
         </is>
       </c>
       <c r="D27" t="inlineStr">
         <is>
-          <t>Oktober 2025</t>
+          <t>Januari 2026</t>
         </is>
       </c>
       <c r="E27" s="2" t="n">
-        <v>119.36000000000043</v>
+        <v>121.66000000000042</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="inlineStr">
         <is>
           <t>Alle economische activiteiten</t>
         </is>
       </c>
       <c r="B28" t="inlineStr">
         <is>
           <t>D Productie en distributie van elektriciteit, gas, stoom en gekoelde lucht</t>
         </is>
       </c>
       <c r="C28" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="D28" t="inlineStr">
         <is>
-          <t>Oktober 2024</t>
-[...3 lines deleted...]
-        <v>97.0</v>
+          <t>Januari 2025</t>
+        </is>
+      </c>
+      <c r="E28" s="2" t="n">
+        <v>110.3000000000004</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="inlineStr">
         <is>
           <t>Alle economische activiteiten</t>
         </is>
       </c>
       <c r="B29" t="inlineStr">
         <is>
           <t>D Productie en distributie van elektriciteit, gas, stoom en gekoelde lucht</t>
         </is>
       </c>
       <c r="C29" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="D29" t="inlineStr">
         <is>
-          <t>November 2024</t>
-[...3 lines deleted...]
-        <v>102.08000000000037</v>
+          <t>Februari 2025</t>
+        </is>
+      </c>
+      <c r="E29" s="1" t="n">
+        <v>112.0</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="inlineStr">
         <is>
           <t>Alle economische activiteiten</t>
         </is>
       </c>
       <c r="B30" t="inlineStr">
         <is>
           <t>D Productie en distributie van elektriciteit, gas, stoom en gekoelde lucht</t>
         </is>
       </c>
       <c r="C30" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="D30" t="inlineStr">
         <is>
-          <t>December 2024</t>
+          <t>Maart 2025</t>
         </is>
       </c>
       <c r="E30" s="2" t="n">
-        <v>107.84000000000039</v>
+        <v>109.25000000000038</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="inlineStr">
         <is>
           <t>Alle economische activiteiten</t>
         </is>
       </c>
       <c r="B31" t="inlineStr">
         <is>
           <t>D Productie en distributie van elektriciteit, gas, stoom en gekoelde lucht</t>
         </is>
       </c>
       <c r="C31" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D31" t="inlineStr">
         <is>
-          <t>Januari 2025</t>
+          <t>April 2025</t>
         </is>
       </c>
       <c r="E31" s="2" t="n">
-        <v>110.3000000000004</v>
+        <v>101.32000000000035</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="inlineStr">
         <is>
           <t>Alle economische activiteiten</t>
         </is>
       </c>
       <c r="B32" t="inlineStr">
         <is>
           <t>D Productie en distributie van elektriciteit, gas, stoom en gekoelde lucht</t>
         </is>
       </c>
       <c r="C32" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D32" t="inlineStr">
         <is>
-          <t>Februari 2025</t>
-[...3 lines deleted...]
-        <v>112.0</v>
+          <t>Mei 2025</t>
+        </is>
+      </c>
+      <c r="E32" s="2" t="n">
+        <v>99.76000000000036</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" t="inlineStr">
         <is>
           <t>Alle economische activiteiten</t>
         </is>
       </c>
       <c r="B33" t="inlineStr">
         <is>
           <t>D Productie en distributie van elektriciteit, gas, stoom en gekoelde lucht</t>
         </is>
       </c>
       <c r="C33" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D33" t="inlineStr">
         <is>
-          <t>Maart 2025</t>
+          <t>Juni 2025</t>
         </is>
       </c>
       <c r="E33" s="2" t="n">
-        <v>109.25000000000038</v>
+        <v>96.62000000000035</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" t="inlineStr">
         <is>
           <t>Alle economische activiteiten</t>
         </is>
       </c>
       <c r="B34" t="inlineStr">
         <is>
           <t>D Productie en distributie van elektriciteit, gas, stoom en gekoelde lucht</t>
         </is>
       </c>
       <c r="C34" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D34" t="inlineStr">
         <is>
-          <t>April 2025</t>
+          <t>Juli 2025</t>
         </is>
       </c>
       <c r="E34" s="2" t="n">
-        <v>101.32000000000035</v>
+        <v>97.50000000000034</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" t="inlineStr">
         <is>
           <t>Alle economische activiteiten</t>
         </is>
       </c>
       <c r="B35" t="inlineStr">
         <is>
           <t>D Productie en distributie van elektriciteit, gas, stoom en gekoelde lucht</t>
         </is>
       </c>
       <c r="C35" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D35" t="inlineStr">
         <is>
-          <t>Mei 2025</t>
+          <t>Augustus 2025</t>
         </is>
       </c>
       <c r="E35" s="2" t="n">
-        <v>99.76000000000036</v>
+        <v>99.29000000000036</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" t="inlineStr">
         <is>
           <t>Alle economische activiteiten</t>
         </is>
       </c>
       <c r="B36" t="inlineStr">
         <is>
           <t>D Productie en distributie van elektriciteit, gas, stoom en gekoelde lucht</t>
         </is>
       </c>
       <c r="C36" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D36" t="inlineStr">
         <is>
-          <t>Juni 2025</t>
+          <t>September 2025</t>
         </is>
       </c>
       <c r="E36" s="2" t="n">
-        <v>96.62000000000035</v>
+        <v>97.69000000000034</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" t="inlineStr">
         <is>
           <t>Alle economische activiteiten</t>
         </is>
       </c>
       <c r="B37" t="inlineStr">
         <is>
           <t>D Productie en distributie van elektriciteit, gas, stoom en gekoelde lucht</t>
         </is>
       </c>
       <c r="C37" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D37" t="inlineStr">
         <is>
-          <t>Juli 2025</t>
+          <t>Oktober 2025</t>
         </is>
       </c>
       <c r="E37" s="2" t="n">
-        <v>97.50000000000034</v>
+        <v>97.57000000000033</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" t="inlineStr">
         <is>
           <t>Alle economische activiteiten</t>
         </is>
       </c>
       <c r="B38" t="inlineStr">
         <is>
           <t>D Productie en distributie van elektriciteit, gas, stoom en gekoelde lucht</t>
         </is>
       </c>
       <c r="C38" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D38" t="inlineStr">
         <is>
-          <t>Augustus 2025</t>
+          <t>November 2025</t>
         </is>
       </c>
       <c r="E38" s="2" t="n">
-        <v>99.29000000000036</v>
+        <v>99.39000000000036</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" t="inlineStr">
         <is>
           <t>Alle economische activiteiten</t>
         </is>
       </c>
       <c r="B39" t="inlineStr">
         <is>
           <t>D Productie en distributie van elektriciteit, gas, stoom en gekoelde lucht</t>
         </is>
       </c>
       <c r="C39" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D39" t="inlineStr">
         <is>
-          <t>September 2025</t>
+          <t>December 2025</t>
         </is>
       </c>
       <c r="E39" s="2" t="n">
-        <v>97.69000000000034</v>
+        <v>100.46000000000035</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" t="inlineStr">
         <is>
           <t>Alle economische activiteiten</t>
         </is>
       </c>
       <c r="B40" t="inlineStr">
         <is>
           <t>D Productie en distributie van elektriciteit, gas, stoom en gekoelde lucht</t>
         </is>
       </c>
       <c r="C40" t="inlineStr">
         <is>
-          <t>2025</t>
+          <t>2026</t>
         </is>
       </c>
       <c r="D40" t="inlineStr">
         <is>
-          <t>Oktober 2025</t>
+          <t>Januari 2026</t>
         </is>
       </c>
       <c r="E40" s="2" t="n">
-        <v>97.57000000000033</v>
+        <v>102.17000000000037</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" t="inlineStr">
         <is>
           <t>Alle economische activiteiten</t>
         </is>
       </c>
       <c r="B41" t="inlineStr">
         <is>
           <t>E Distributie van water/ afval- en afvalwaterbeheer en sanering</t>
         </is>
       </c>
       <c r="C41" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="D41" t="inlineStr">
         <is>
-          <t>Oktober 2024</t>
+          <t>Januari 2025</t>
         </is>
       </c>
       <c r="E41" s="2" t="n">
         <v>116.62000000000042</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" t="inlineStr">
         <is>
           <t>Alle economische activiteiten</t>
         </is>
       </c>
       <c r="B42" t="inlineStr">
         <is>
           <t>E Distributie van water/ afval- en afvalwaterbeheer en sanering</t>
         </is>
       </c>
       <c r="C42" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="D42" t="inlineStr">
         <is>
-          <t>November 2024</t>
+          <t>Februari 2025</t>
         </is>
       </c>
       <c r="E42" s="2" t="n">
-        <v>116.62000000000042</v>
+        <v>132.3000000000005</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" t="inlineStr">
         <is>
           <t>Alle economische activiteiten</t>
         </is>
       </c>
       <c r="B43" t="inlineStr">
         <is>
           <t>E Distributie van water/ afval- en afvalwaterbeheer en sanering</t>
         </is>
       </c>
       <c r="C43" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="D43" t="inlineStr">
         <is>
-          <t>December 2024</t>
+          <t>Maart 2025</t>
         </is>
       </c>
       <c r="E43" s="2" t="n">
-        <v>116.62000000000042</v>
+        <v>132.3000000000005</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" t="inlineStr">
         <is>
           <t>Alle economische activiteiten</t>
         </is>
       </c>
       <c r="B44" t="inlineStr">
         <is>
           <t>E Distributie van water/ afval- en afvalwaterbeheer en sanering</t>
         </is>
       </c>
       <c r="C44" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D44" t="inlineStr">
         <is>
-          <t>Januari 2025</t>
+          <t>April 2025</t>
         </is>
       </c>
       <c r="E44" s="2" t="n">
-        <v>116.62000000000042</v>
+        <v>132.3000000000005</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" t="inlineStr">
         <is>
           <t>Alle economische activiteiten</t>
         </is>
       </c>
       <c r="B45" t="inlineStr">
         <is>
           <t>E Distributie van water/ afval- en afvalwaterbeheer en sanering</t>
         </is>
       </c>
       <c r="C45" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D45" t="inlineStr">
         <is>
-          <t>Februari 2025</t>
+          <t>Mei 2025</t>
         </is>
       </c>
       <c r="E45" s="2" t="n">
         <v>132.3000000000005</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" t="inlineStr">
         <is>
           <t>Alle economische activiteiten</t>
         </is>
       </c>
       <c r="B46" t="inlineStr">
         <is>
           <t>E Distributie van water/ afval- en afvalwaterbeheer en sanering</t>
         </is>
       </c>
       <c r="C46" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D46" t="inlineStr">
         <is>
-          <t>Maart 2025</t>
+          <t>Juni 2025</t>
         </is>
       </c>
       <c r="E46" s="2" t="n">
         <v>132.3000000000005</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" t="inlineStr">
         <is>
           <t>Alle economische activiteiten</t>
         </is>
       </c>
       <c r="B47" t="inlineStr">
         <is>
           <t>E Distributie van water/ afval- en afvalwaterbeheer en sanering</t>
         </is>
       </c>
       <c r="C47" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D47" t="inlineStr">
         <is>
-          <t>April 2025</t>
+          <t>Juli 2025</t>
         </is>
       </c>
       <c r="E47" s="2" t="n">
         <v>132.3000000000005</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" t="inlineStr">
         <is>
           <t>Alle economische activiteiten</t>
         </is>
       </c>
       <c r="B48" t="inlineStr">
         <is>
           <t>E Distributie van water/ afval- en afvalwaterbeheer en sanering</t>
         </is>
       </c>
       <c r="C48" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D48" t="inlineStr">
         <is>
-          <t>Mei 2025</t>
+          <t>Augustus 2025</t>
         </is>
       </c>
       <c r="E48" s="2" t="n">
         <v>132.3000000000005</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" t="inlineStr">
         <is>
           <t>Alle economische activiteiten</t>
         </is>
       </c>
       <c r="B49" t="inlineStr">
         <is>
           <t>E Distributie van water/ afval- en afvalwaterbeheer en sanering</t>
         </is>
       </c>
       <c r="C49" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D49" t="inlineStr">
         <is>
-          <t>Juni 2025</t>
+          <t>September 2025</t>
         </is>
       </c>
       <c r="E49" s="2" t="n">
         <v>132.3000000000005</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" t="inlineStr">
         <is>
           <t>Alle economische activiteiten</t>
         </is>
       </c>
       <c r="B50" t="inlineStr">
         <is>
           <t>E Distributie van water/ afval- en afvalwaterbeheer en sanering</t>
         </is>
       </c>
       <c r="C50" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D50" t="inlineStr">
         <is>
-          <t>Juli 2025</t>
+          <t>Oktober 2025</t>
         </is>
       </c>
       <c r="E50" s="2" t="n">
         <v>132.3000000000005</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" t="inlineStr">
         <is>
           <t>Alle economische activiteiten</t>
         </is>
       </c>
       <c r="B51" t="inlineStr">
         <is>
           <t>E Distributie van water/ afval- en afvalwaterbeheer en sanering</t>
         </is>
       </c>
       <c r="C51" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D51" t="inlineStr">
         <is>
-          <t>Augustus 2025</t>
+          <t>November 2025</t>
         </is>
       </c>
       <c r="E51" s="2" t="n">
         <v>132.3000000000005</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" t="inlineStr">
         <is>
           <t>Alle economische activiteiten</t>
         </is>
       </c>
       <c r="B52" t="inlineStr">
         <is>
           <t>E Distributie van water/ afval- en afvalwaterbeheer en sanering</t>
         </is>
       </c>
       <c r="C52" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D52" t="inlineStr">
         <is>
-          <t>September 2025</t>
+          <t>December 2025</t>
         </is>
       </c>
       <c r="E52" s="2" t="n">
         <v>132.3000000000005</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" t="inlineStr">
         <is>
           <t>Alle economische activiteiten</t>
         </is>
       </c>
       <c r="B53" t="inlineStr">
         <is>
           <t>E Distributie van water/ afval- en afvalwaterbeheer en sanering</t>
         </is>
       </c>
       <c r="C53" t="inlineStr">
         <is>
-          <t>2025</t>
+          <t>2026</t>
         </is>
       </c>
       <c r="D53" t="inlineStr">
         <is>
-          <t>Oktober 2025</t>
+          <t>Januari 2026</t>
         </is>
       </c>
       <c r="E53" s="2" t="n">
-        <v>132.3000000000005</v>
+        <v>135.7100000000005</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" t="inlineStr">
         <is>
           <t>Alle economische activiteiten</t>
         </is>
       </c>
       <c r="B54"/>
       <c r="C54" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="D54" t="inlineStr">
         <is>
-          <t>Oktober 2024</t>
+          <t>Januari 2025</t>
         </is>
       </c>
       <c r="E54" s="2" t="n">
-        <v>117.9600000000004</v>
+        <v>120.74000000000042</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" t="inlineStr">
         <is>
           <t>Alle economische activiteiten</t>
         </is>
       </c>
       <c r="B55"/>
       <c r="C55" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="D55" t="inlineStr">
         <is>
-          <t>November 2024</t>
+          <t>Februari 2025</t>
         </is>
       </c>
       <c r="E55" s="2" t="n">
-        <v>119.51000000000043</v>
+        <v>121.01000000000043</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" t="inlineStr">
         <is>
           <t>Alle economische activiteiten</t>
         </is>
       </c>
       <c r="B56"/>
       <c r="C56" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="D56" t="inlineStr">
         <is>
-          <t>December 2024</t>
+          <t>Maart 2025</t>
         </is>
       </c>
       <c r="E56" s="2" t="n">
-        <v>120.37000000000043</v>
+        <v>120.18000000000043</v>
       </c>
     </row>
     <row r="57">
       <c r="A57" t="inlineStr">
         <is>
           <t>Alle economische activiteiten</t>
         </is>
       </c>
       <c r="B57"/>
       <c r="C57" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D57" t="inlineStr">
         <is>
-          <t>Januari 2025</t>
+          <t>April 2025</t>
         </is>
       </c>
       <c r="E57" s="2" t="n">
-        <v>120.74000000000042</v>
+        <v>117.8200000000004</v>
       </c>
     </row>
     <row r="58">
       <c r="A58" t="inlineStr">
         <is>
           <t>Alle economische activiteiten</t>
         </is>
       </c>
       <c r="B58"/>
       <c r="C58" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D58" t="inlineStr">
         <is>
-          <t>Februari 2025</t>
+          <t>Mei 2025</t>
         </is>
       </c>
       <c r="E58" s="2" t="n">
-        <v>121.01000000000043</v>
+        <v>117.56000000000041</v>
       </c>
     </row>
     <row r="59">
       <c r="A59" t="inlineStr">
         <is>
           <t>Alle economische activiteiten</t>
         </is>
       </c>
       <c r="B59"/>
       <c r="C59" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D59" t="inlineStr">
         <is>
-          <t>Maart 2025</t>
+          <t>Juni 2025</t>
         </is>
       </c>
       <c r="E59" s="2" t="n">
-        <v>120.18000000000043</v>
+        <v>116.95000000000041</v>
       </c>
     </row>
     <row r="60">
       <c r="A60" t="inlineStr">
         <is>
           <t>Alle economische activiteiten</t>
         </is>
       </c>
       <c r="B60"/>
       <c r="C60" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D60" t="inlineStr">
         <is>
-          <t>April 2025</t>
+          <t>Juli 2025</t>
         </is>
       </c>
       <c r="E60" s="2" t="n">
-        <v>117.8200000000004</v>
+        <v>117.52000000000041</v>
       </c>
     </row>
     <row r="61">
       <c r="A61" t="inlineStr">
         <is>
           <t>Alle economische activiteiten</t>
         </is>
       </c>
       <c r="B61"/>
       <c r="C61" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D61" t="inlineStr">
         <is>
-          <t>Mei 2025</t>
+          <t>Augustus 2025</t>
         </is>
       </c>
       <c r="E61" s="2" t="n">
-        <v>117.56000000000041</v>
+        <v>117.7100000000004</v>
       </c>
     </row>
     <row r="62">
       <c r="A62" t="inlineStr">
         <is>
           <t>Alle economische activiteiten</t>
         </is>
       </c>
       <c r="B62"/>
       <c r="C62" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D62" t="inlineStr">
         <is>
-          <t>Juni 2025</t>
+          <t>September 2025</t>
         </is>
       </c>
       <c r="E62" s="2" t="n">
-        <v>116.95000000000041</v>
+        <v>117.73000000000042</v>
       </c>
     </row>
     <row r="63">
       <c r="A63" t="inlineStr">
         <is>
           <t>Alle economische activiteiten</t>
         </is>
       </c>
       <c r="B63"/>
       <c r="C63" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D63" t="inlineStr">
         <is>
-          <t>Juli 2025</t>
+          <t>Oktober 2025</t>
         </is>
       </c>
       <c r="E63" s="2" t="n">
-        <v>117.52000000000041</v>
+        <v>117.50000000000041</v>
       </c>
     </row>
     <row r="64">
       <c r="A64" t="inlineStr">
         <is>
           <t>Alle economische activiteiten</t>
         </is>
       </c>
       <c r="B64"/>
       <c r="C64" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D64" t="inlineStr">
         <is>
-          <t>Augustus 2025</t>
+          <t>November 2025</t>
         </is>
       </c>
       <c r="E64" s="2" t="n">
-        <v>117.7100000000004</v>
+        <v>118.20000000000043</v>
       </c>
     </row>
     <row r="65">
       <c r="A65" t="inlineStr">
         <is>
           <t>Alle economische activiteiten</t>
         </is>
       </c>
       <c r="B65"/>
       <c r="C65" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D65" t="inlineStr">
         <is>
-          <t>September 2025</t>
+          <t>December 2025</t>
         </is>
       </c>
       <c r="E65" s="2" t="n">
-        <v>117.73000000000042</v>
+        <v>118.20000000000043</v>
       </c>
     </row>
     <row r="66">
       <c r="A66" t="inlineStr">
         <is>
           <t>Alle economische activiteiten</t>
         </is>
       </c>
       <c r="B66"/>
       <c r="C66" t="inlineStr">
         <is>
-          <t>2025</t>
+          <t>2026</t>
         </is>
       </c>
       <c r="D66" t="inlineStr">
         <is>
-          <t>Oktober 2025</t>
-[...3 lines deleted...]
-        <v>117.50000000000041</v>
+          <t>Januari 2026</t>
+        </is>
+      </c>
+      <c r="E66" s="1" t="n">
+        <v>120.0</v>
       </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <coreProperties xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </coreProperties>
 </file>