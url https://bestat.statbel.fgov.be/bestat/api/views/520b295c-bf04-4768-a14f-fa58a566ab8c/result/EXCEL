--- v0 (2025-10-26)
+++ v1 (2026-03-28)
@@ -114,798 +114,798 @@
         <is>
           <t>Data source:</t>
         </is>
       </c>
       <c r="B1" t="inlineStr">
         <is>
           <t>Tax statistics on income subject to tax on natural persons by municipality of residence</t>
         </is>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="inlineStr">
         <is>
           <t>Monetary variables in euro.</t>
         </is>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="inlineStr">
         <is>
           <t>Filters:</t>
         </is>
       </c>
       <c r="B3" t="inlineStr">
         <is>
-          <t>Income year : Last 7 Year(2016, 2017, 2018, 2019, 2020, 2021, 2022)</t>
+          <t>Income year : Last 7 Year(2017, 2018, 2019, 2020, 2021, 2022, 2023)</t>
         </is>
       </c>
     </row>
     <row r="4">
       <c r="B4" t="inlineStr">
         <is>
           <t xml:space="preserve">
 </t>
         </is>
       </c>
     </row>
     <row r="5">
 </row>
     <row r="6">
       <c r="A6" t="inlineStr">
         <is>
           <t xml:space="preserve">Source: </t>
         </is>
       </c>
       <c r="B6" t="inlineStr">
         <is>
           <t>Statbel (Directorate-general Statistics - Statistics Belgium)</t>
         </is>
       </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <cols>
     <col min="1" max="1" width="7.4296875" customWidth="true"/>
     <col min="2" max="2" width="19.6015625" customWidth="true"/>
     <col min="3" max="3" width="26.26953125" customWidth="true"/>
     <col min="4" max="4" width="4.60546875" customWidth="true"/>
     <col min="5" max="5" width="17.86328125" customWidth="true"/>
     <col min="6" max="6" width="17.86328125" customWidth="true"/>
     <col min="7" max="7" width="17.86328125" customWidth="true"/>
     <col min="8" max="8" width="17.86328125" customWidth="true"/>
     <col min="9" max="9" width="17.86328125" customWidth="true"/>
-    <col min="10" max="10" width="17.86328125" customWidth="true"/>
-    <col min="11" max="11" width="17.79296875" customWidth="true"/>
+    <col min="10" max="10" width="17.79296875" customWidth="true"/>
+    <col min="11" max="11" width="17.86328125" customWidth="true"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1"/>
       <c r="B1"/>
       <c r="C1"/>
       <c r="D1" t="inlineStr">
         <is>
           <t>Year</t>
         </is>
       </c>
       <c r="E1" t="inlineStr">
         <is>
-          <t>2016</t>
+          <t>2017</t>
         </is>
       </c>
       <c r="F1" t="inlineStr">
         <is>
-          <t>2017</t>
+          <t>2018</t>
         </is>
       </c>
       <c r="G1" t="inlineStr">
         <is>
-          <t>2018</t>
+          <t>2019</t>
         </is>
       </c>
       <c r="H1" t="inlineStr">
         <is>
-          <t>2019</t>
+          <t>2020</t>
         </is>
       </c>
       <c r="I1" t="inlineStr">
         <is>
-          <t>2020</t>
+          <t>2021</t>
         </is>
       </c>
       <c r="J1" t="inlineStr">
         <is>
-          <t>2021</t>
+          <t>2022</t>
         </is>
       </c>
       <c r="K1" t="inlineStr">
         <is>
-          <t>2022</t>
+          <t>2023</t>
         </is>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="inlineStr">
         <is>
           <t>Belgium</t>
         </is>
       </c>
       <c r="B2" t="inlineStr">
         <is>
           <t>Region</t>
         </is>
       </c>
       <c r="C2"/>
     </row>
     <row r="3">
       <c r="A3" t="inlineStr">
         <is>
           <t>Belgium</t>
         </is>
       </c>
       <c r="B3" t="inlineStr">
         <is>
           <t>Flanders region</t>
         </is>
       </c>
       <c r="C3" t="inlineStr">
         <is>
           <t>Number of declarations</t>
         </is>
       </c>
       <c r="D3"/>
       <c r="E3" s="1" t="n">
-        <v>3688596.0</v>
+        <v>3719171.0</v>
       </c>
       <c r="F3" s="1" t="n">
-        <v>3719171.0</v>
+        <v>3747118.0</v>
       </c>
       <c r="G3" s="1" t="n">
-        <v>3747118.0</v>
+        <v>3756242.0</v>
       </c>
       <c r="H3" s="1" t="n">
-        <v>3756242.0</v>
+        <v>3753640.0</v>
       </c>
       <c r="I3" s="1" t="n">
-        <v>3753640.0</v>
+        <v>3815526.0</v>
       </c>
       <c r="J3" s="1" t="n">
-        <v>3815526.0</v>
+        <v>3967913.0</v>
       </c>
       <c r="K3" s="1" t="n">
-        <v>3967913.0</v>
+        <v>4014860.0</v>
       </c>
     </row>
     <row r="4">
       <c r="A4"/>
       <c r="B4"/>
       <c r="C4" t="inlineStr">
         <is>
           <t>Average income per population</t>
         </is>
       </c>
       <c r="D4"/>
       <c r="E4" s="2" t="n">
-        <v>19101.545319039054</v>
+        <v>19636.410255627165</v>
       </c>
       <c r="F4" s="2" t="n">
-        <v>19636.410255627165</v>
+        <v>20124.67941431507</v>
       </c>
       <c r="G4" s="2" t="n">
-        <v>20124.67941431507</v>
+        <v>20500.63518602137</v>
       </c>
       <c r="H4" s="2" t="n">
-        <v>20500.63518602137</v>
+        <v>21078.36756224315</v>
       </c>
       <c r="I4" s="2" t="n">
-        <v>21078.36756224315</v>
+        <v>21776.27010201386</v>
       </c>
       <c r="J4" s="2" t="n">
-        <v>21776.27010201386</v>
+        <v>23272.155894602907</v>
       </c>
       <c r="K4" s="2" t="n">
-        <v>23272.155894602907</v>
+        <v>24956.79931054922</v>
       </c>
     </row>
     <row r="5">
       <c r="A5"/>
       <c r="B5"/>
       <c r="C5" t="inlineStr">
         <is>
           <t>Median income per declaration</t>
         </is>
       </c>
       <c r="D5"/>
       <c r="E5" s="2" t="n">
-        <v>25401.495000000094</v>
+        <v>26018.52000000009</v>
       </c>
       <c r="F5" s="2" t="n">
-        <v>26018.52000000009</v>
+        <v>26518.090000000095</v>
       </c>
       <c r="G5" s="2" t="n">
-        <v>26518.090000000095</v>
+        <v>27279.7500000001</v>
       </c>
       <c r="H5" s="2" t="n">
-        <v>27279.7500000001</v>
+        <v>28285.635000000104</v>
       </c>
       <c r="I5" s="2" t="n">
-        <v>28285.635000000104</v>
+        <v>28909.415000000103</v>
       </c>
       <c r="J5" s="2" t="n">
-        <v>28909.415000000103</v>
+        <v>30105.810000000107</v>
       </c>
       <c r="K5" s="2" t="n">
-        <v>30105.810000000107</v>
+        <v>32190.825000000114</v>
       </c>
     </row>
     <row r="6">
       <c r="A6"/>
       <c r="B6"/>
       <c r="C6" t="inlineStr">
         <is>
           <t>Total net taxable income</t>
         </is>
       </c>
       <c r="D6"/>
       <c r="E6" s="2" t="n">
-        <v>1.2446587941585698E11</v>
+        <v>1.2867674840358638E11</v>
       </c>
       <c r="F6" s="2" t="n">
-        <v>1.2867674840358638E11</v>
+        <v>1.3260290126380157E11</v>
       </c>
       <c r="G6" s="2" t="n">
-        <v>1.3260290126380157E11</v>
+        <v>1.3590164223896725E11</v>
       </c>
       <c r="H6" s="2" t="n">
-        <v>1.3590164223896725E11</v>
+        <v>1.4023568625039252E11</v>
       </c>
       <c r="I6" s="2" t="n">
-        <v>1.4023568625039252E11</v>
+        <v>1.458765331558982E11</v>
       </c>
       <c r="J6" s="2" t="n">
-        <v>1.458765331558982E11</v>
+        <v>1.5766436465984702E11</v>
       </c>
       <c r="K6" s="2" t="n">
-        <v>1.5766436465984702E11</v>
+        <v>1.7024954483272537E11</v>
       </c>
     </row>
     <row r="7">
       <c r="A7"/>
       <c r="B7"/>
       <c r="C7" t="inlineStr">
         <is>
           <t>Total taxes</t>
         </is>
       </c>
       <c r="D7"/>
       <c r="E7" s="2" t="n">
-        <v>2.9186806010242302E10</v>
+        <v>3.042877942509209E10</v>
       </c>
       <c r="F7" s="2" t="n">
-        <v>3.042877942509209E10</v>
+        <v>3.083613223291937E10</v>
       </c>
       <c r="G7" s="2" t="n">
-        <v>3.083613223291937E10</v>
+        <v>3.064734691738247E10</v>
       </c>
       <c r="H7" s="2" t="n">
-        <v>3.064734691738247E10</v>
+        <v>3.1746324705910835E10</v>
       </c>
       <c r="I7" s="2" t="n">
-        <v>3.1746324705910835E10</v>
+        <v>3.3672938242198E10</v>
       </c>
       <c r="J7" s="2" t="n">
-        <v>3.3672938242198E10</v>
+        <v>3.7975400033296104E10</v>
       </c>
       <c r="K7" s="2" t="n">
-        <v>3.7975400033296104E10</v>
+        <v>4.044467491655359E10</v>
       </c>
     </row>
     <row r="8">
       <c r="A8"/>
       <c r="B8" t="inlineStr">
         <is>
           <t>Brussels-Capital region</t>
         </is>
       </c>
       <c r="C8" t="inlineStr">
         <is>
           <t>Number of declarations</t>
         </is>
       </c>
       <c r="D8"/>
       <c r="E8" s="1" t="n">
-        <v>601323.0</v>
+        <v>610330.0</v>
       </c>
       <c r="F8" s="1" t="n">
-        <v>610330.0</v>
+        <v>617105.0</v>
       </c>
       <c r="G8" s="1" t="n">
-        <v>617105.0</v>
+        <v>619548.0</v>
       </c>
       <c r="H8" s="1" t="n">
-        <v>619548.0</v>
+        <v>615779.0</v>
       </c>
       <c r="I8" s="1" t="n">
-        <v>615779.0</v>
+        <v>630946.0</v>
       </c>
       <c r="J8" s="1" t="n">
-        <v>630946.0</v>
+        <v>653746.0</v>
       </c>
       <c r="K8" s="1" t="n">
-        <v>653746.0</v>
+        <v>662954.0</v>
       </c>
     </row>
     <row r="9">
       <c r="A9"/>
       <c r="B9"/>
       <c r="C9" t="inlineStr">
         <is>
           <t>Average income per population</t>
         </is>
       </c>
       <c r="D9"/>
       <c r="E9" s="2" t="n">
-        <v>13980.443221210346</v>
+        <v>14372.453545504508</v>
       </c>
       <c r="F9" s="2" t="n">
-        <v>14372.453545504508</v>
+        <v>14668.19260299547</v>
       </c>
       <c r="G9" s="2" t="n">
-        <v>14668.19260299547</v>
+        <v>14972.54124440428</v>
       </c>
       <c r="H9" s="2" t="n">
-        <v>14972.54124440428</v>
+        <v>15444.479889634276</v>
       </c>
       <c r="I9" s="2" t="n">
-        <v>15444.479889634276</v>
+        <v>16068.344996145039</v>
       </c>
       <c r="J9" s="2" t="n">
-        <v>16068.344996145039</v>
+        <v>17134.240552193874</v>
       </c>
       <c r="K9" s="2" t="n">
-        <v>17134.240552193874</v>
+        <v>18529.208139128765</v>
       </c>
     </row>
     <row r="10">
       <c r="A10"/>
       <c r="B10"/>
       <c r="C10" t="inlineStr">
         <is>
           <t>Median income per declaration</t>
         </is>
       </c>
       <c r="D10"/>
       <c r="E10" s="2" t="n">
-        <v>19072.04000000007</v>
+        <v>19539.78500000007</v>
       </c>
       <c r="F10" s="2" t="n">
-        <v>19539.78500000007</v>
+        <v>19723.40000000007</v>
       </c>
       <c r="G10" s="2" t="n">
-        <v>19723.40000000007</v>
+        <v>20427.085000000072</v>
       </c>
       <c r="H10" s="2" t="n">
-        <v>20427.085000000072</v>
+        <v>21508.360000000077</v>
       </c>
       <c r="I10" s="2" t="n">
-        <v>21508.360000000077</v>
+        <v>21870.040000000077</v>
       </c>
       <c r="J10" s="2" t="n">
-        <v>21870.040000000077</v>
+        <v>22789.91000000008</v>
       </c>
       <c r="K10" s="2" t="n">
-        <v>22789.91000000008</v>
+        <v>24487.835000000086</v>
       </c>
     </row>
     <row r="11">
       <c r="A11"/>
       <c r="B11"/>
       <c r="C11" t="inlineStr">
         <is>
           <t>Total net taxable income</t>
         </is>
       </c>
       <c r="D11"/>
       <c r="E11" s="2" t="n">
-        <v>1.6659152064167133E10</v>
+        <v>1.7228633748788437E10</v>
       </c>
       <c r="F11" s="2" t="n">
-        <v>1.7228633748788437E10</v>
+        <v>1.7727126824809353E10</v>
       </c>
       <c r="G11" s="2" t="n">
-        <v>1.7727126824809353E10</v>
+        <v>1.8240373233701736E10</v>
       </c>
       <c r="H11" s="2" t="n">
-        <v>1.8240373233701736E10</v>
+        <v>1.884180213095713E10</v>
       </c>
       <c r="I11" s="2" t="n">
-        <v>1.884180213095713E10</v>
+        <v>1.964575312105178E10</v>
       </c>
       <c r="J11" s="2" t="n">
-        <v>1.964575312105178E10</v>
+        <v>2.1266591017369232E10</v>
       </c>
       <c r="K11" s="2" t="n">
-        <v>2.1266591017369232E10</v>
+        <v>2.3154042903030888E10</v>
       </c>
     </row>
     <row r="12">
       <c r="A12"/>
       <c r="B12"/>
       <c r="C12" t="inlineStr">
         <is>
           <t>Total taxes</t>
         </is>
       </c>
       <c r="D12"/>
       <c r="E12" s="2" t="n">
-        <v>3.7455368624299107E9</v>
+        <v>3.891675388470067E9</v>
       </c>
       <c r="F12" s="2" t="n">
-        <v>3.891675388470067E9</v>
+        <v>3.9272195988501663E9</v>
       </c>
       <c r="G12" s="2" t="n">
-        <v>3.9272195988501663E9</v>
+        <v>3.940340527770109E9</v>
       </c>
       <c r="H12" s="2" t="n">
-        <v>3.940340527770109E9</v>
+        <v>4.074508459270132E9</v>
       </c>
       <c r="I12" s="2" t="n">
-        <v>4.074508459270132E9</v>
+        <v>4.319904636930144E9</v>
       </c>
       <c r="J12" s="2" t="n">
-        <v>4.319904636930144E9</v>
+        <v>4.899251481069795E9</v>
       </c>
       <c r="K12" s="2" t="n">
-        <v>4.899251481069795E9</v>
+        <v>5.28877305084964E9</v>
       </c>
     </row>
     <row r="13">
       <c r="A13"/>
       <c r="B13" t="inlineStr">
         <is>
           <t>Walloon region</t>
         </is>
       </c>
       <c r="C13" t="inlineStr">
         <is>
           <t>Number of declarations</t>
         </is>
       </c>
       <c r="D13"/>
       <c r="E13" s="1" t="n">
-        <v>2028546.0</v>
+        <v>2042084.0</v>
       </c>
       <c r="F13" s="1" t="n">
-        <v>2042084.0</v>
+        <v>2055299.0</v>
       </c>
       <c r="G13" s="1" t="n">
-        <v>2055299.0</v>
+        <v>2049544.0</v>
       </c>
       <c r="H13" s="1" t="n">
-        <v>2049544.0</v>
+        <v>2048541.0</v>
       </c>
       <c r="I13" s="1" t="n">
-        <v>2048541.0</v>
+        <v>2091819.0</v>
       </c>
       <c r="J13" s="1" t="n">
-        <v>2091819.0</v>
+        <v>2152777.0</v>
       </c>
       <c r="K13" s="1" t="n">
-        <v>2152777.0</v>
+        <v>2168372.0</v>
       </c>
     </row>
     <row r="14">
       <c r="A14"/>
       <c r="B14"/>
       <c r="C14" t="inlineStr">
         <is>
           <t>Average income per population</t>
         </is>
       </c>
       <c r="D14"/>
       <c r="E14" s="2" t="n">
-        <v>16786.554397870994</v>
+        <v>17280.967005180275</v>
       </c>
       <c r="F14" s="2" t="n">
-        <v>17280.967005180275</v>
+        <v>17672.384674402616</v>
       </c>
       <c r="G14" s="2" t="n">
-        <v>17672.384674402616</v>
+        <v>17948.83445169736</v>
       </c>
       <c r="H14" s="2" t="n">
-        <v>17948.83445169736</v>
+        <v>18517.9696353433</v>
       </c>
       <c r="I14" s="2" t="n">
-        <v>18517.9696353433</v>
+        <v>19191.81359035887</v>
       </c>
       <c r="J14" s="2" t="n">
-        <v>19191.81359035887</v>
+        <v>20574.34095992174</v>
       </c>
       <c r="K14" s="2" t="n">
-        <v>20574.34095992174</v>
+        <v>22020.08996912507</v>
       </c>
     </row>
     <row r="15">
       <c r="A15"/>
       <c r="B15"/>
       <c r="C15" t="inlineStr">
         <is>
           <t>Median income per declaration</t>
         </is>
       </c>
       <c r="D15"/>
       <c r="E15" s="2" t="n">
-        <v>22320.23500000008</v>
+        <v>22848.92500000008</v>
       </c>
       <c r="F15" s="2" t="n">
-        <v>22848.92500000008</v>
+        <v>23224.920000000082</v>
       </c>
       <c r="G15" s="2" t="n">
-        <v>23224.920000000082</v>
+        <v>23942.360000000084</v>
       </c>
       <c r="H15" s="2" t="n">
-        <v>23942.360000000084</v>
+        <v>24807.620000000086</v>
       </c>
       <c r="I15" s="2" t="n">
-        <v>24807.620000000086</v>
+        <v>25192.790000000092</v>
       </c>
       <c r="J15" s="2" t="n">
-        <v>25192.790000000092</v>
+        <v>26495.910000000094</v>
       </c>
       <c r="K15" s="2" t="n">
-        <v>26495.910000000094</v>
+        <v>28347.805000000102</v>
       </c>
     </row>
     <row r="16">
       <c r="A16"/>
       <c r="B16"/>
       <c r="C16" t="inlineStr">
         <is>
           <t>Total net taxable income</t>
         </is>
       </c>
       <c r="D16"/>
       <c r="E16" s="2" t="n">
-        <v>6.067454763413596E10</v>
+        <v>6.263273935133427E10</v>
       </c>
       <c r="F16" s="2" t="n">
-        <v>6.263273935133427E10</v>
+        <v>6.421782306792085E10</v>
       </c>
       <c r="G16" s="2" t="n">
-        <v>6.421782306792085E10</v>
+        <v>6.5427863143208626E10</v>
       </c>
       <c r="H16" s="2" t="n">
-        <v>6.5427863143208626E10</v>
+        <v>6.7557367931477234E10</v>
       </c>
       <c r="I16" s="2" t="n">
-        <v>6.7557367931477234E10</v>
+        <v>7.02899213156214E10</v>
       </c>
       <c r="J16" s="2" t="n">
-        <v>7.02899213156214E10</v>
+        <v>7.57459793195239E10</v>
       </c>
       <c r="K16" s="2" t="n">
-        <v>7.57459793195239E10</v>
+        <v>8.130440385147102E10</v>
       </c>
     </row>
     <row r="17">
       <c r="A17"/>
       <c r="B17"/>
       <c r="C17" t="inlineStr">
         <is>
           <t>Total taxes</t>
         </is>
       </c>
       <c r="D17"/>
       <c r="E17" s="2" t="n">
-        <v>1.289799138664032E10</v>
+        <v>1.3402455206100971E10</v>
       </c>
       <c r="F17" s="2" t="n">
-        <v>1.3402455206100971E10</v>
+        <v>1.3451990192790361E10</v>
       </c>
       <c r="G17" s="2" t="n">
-        <v>1.3451990192790361E10</v>
+        <v>1.3219454074039087E10</v>
       </c>
       <c r="H17" s="2" t="n">
-        <v>1.3219454074039087E10</v>
+        <v>1.361890525211858E10</v>
       </c>
       <c r="I17" s="2" t="n">
-        <v>1.361890525211858E10</v>
+        <v>1.438882579020054E10</v>
       </c>
       <c r="J17" s="2" t="n">
-        <v>1.438882579020054E10</v>
+        <v>1.6209621598219656E10</v>
       </c>
       <c r="K17" s="2" t="n">
-        <v>1.6209621598219656E10</v>
+        <v>1.7106668166531574E10</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="inlineStr">
         <is>
           <t>Belgium</t>
         </is>
       </c>
       <c r="B18"/>
       <c r="C18" t="inlineStr">
         <is>
           <t>Number of declarations</t>
         </is>
       </c>
       <c r="D18"/>
       <c r="E18" s="1" t="n">
-        <v>6318465.0</v>
+        <v>6371585.0</v>
       </c>
       <c r="F18" s="1" t="n">
-        <v>6371585.0</v>
+        <v>6419522.0</v>
       </c>
       <c r="G18" s="1" t="n">
-        <v>6419522.0</v>
+        <v>6425334.0</v>
       </c>
       <c r="H18" s="1" t="n">
-        <v>6425334.0</v>
+        <v>6417960.0</v>
       </c>
       <c r="I18" s="1" t="n">
-        <v>6417960.0</v>
+        <v>6538291.0</v>
       </c>
       <c r="J18" s="1" t="n">
-        <v>6538291.0</v>
+        <v>6774436.0</v>
       </c>
       <c r="K18" s="1" t="n">
-        <v>6774436.0</v>
+        <v>6846186.0</v>
       </c>
     </row>
     <row r="19">
       <c r="A19"/>
       <c r="B19"/>
       <c r="C19" t="inlineStr">
         <is>
           <t>Average income per population</t>
         </is>
       </c>
       <c r="D19"/>
       <c r="E19" s="2" t="n">
-        <v>17823.530351820194</v>
+        <v>18331.29732003658</v>
       </c>
       <c r="F19" s="2" t="n">
-        <v>18331.29732003658</v>
+        <v>18768.281973042314</v>
       </c>
       <c r="G19" s="2" t="n">
-        <v>18768.281973042314</v>
+        <v>19105.258627286592</v>
       </c>
       <c r="H19" s="2" t="n">
-        <v>19105.258627286592</v>
+        <v>19671.05065557219</v>
       </c>
       <c r="I19" s="2" t="n">
-        <v>19671.05065557219</v>
+        <v>20356.702757186762</v>
       </c>
       <c r="J19" s="2" t="n">
-        <v>20356.702757186762</v>
+        <v>21771.805428861313</v>
       </c>
       <c r="K19" s="2" t="n">
-        <v>21771.805428861313</v>
+        <v>23352.275151621678</v>
       </c>
     </row>
     <row r="20">
       <c r="A20"/>
       <c r="B20"/>
       <c r="C20" t="inlineStr">
         <is>
           <t>Median income per declaration</t>
         </is>
       </c>
       <c r="D20"/>
       <c r="E20" s="2" t="n">
-        <v>23773.490000000085</v>
-[...1 lines deleted...]
-      <c r="F20" s="2" t="n">
         <v>24344.770000000088</v>
       </c>
-      <c r="G20" s="1" t="n">
+      <c r="F20" s="1" t="n">
         <v>24772.0</v>
       </c>
+      <c r="G20" s="2" t="n">
+        <v>25474.63000000009</v>
+      </c>
       <c r="H20" s="2" t="n">
-        <v>25474.63000000009</v>
+        <v>26412.135000000097</v>
       </c>
       <c r="I20" s="2" t="n">
-        <v>26412.135000000097</v>
+        <v>26916.530000000093</v>
       </c>
       <c r="J20" s="2" t="n">
-        <v>26916.530000000093</v>
+        <v>28145.255000000096</v>
       </c>
       <c r="K20" s="2" t="n">
-        <v>28145.255000000096</v>
+        <v>30099.860000000106</v>
       </c>
     </row>
     <row r="21">
       <c r="A21"/>
       <c r="B21"/>
       <c r="C21" t="inlineStr">
         <is>
           <t>Total net taxable income</t>
         </is>
       </c>
       <c r="D21"/>
       <c r="E21" s="2" t="n">
-        <v>2.017995791139792E11</v>
+        <v>2.0853812150354855E11</v>
       </c>
       <c r="F21" s="2" t="n">
-        <v>2.0853812150354855E11</v>
+        <v>2.1454785115632776E11</v>
       </c>
       <c r="G21" s="2" t="n">
-        <v>2.1454785115632776E11</v>
+        <v>2.1956987861555762E11</v>
       </c>
       <c r="H21" s="2" t="n">
-        <v>2.1956987861555762E11</v>
+        <v>2.2663485631290326E11</v>
       </c>
       <c r="I21" s="2" t="n">
-        <v>2.2663485631290326E11</v>
-[...1 lines deleted...]
-      <c r="J21" s="2" t="n">
         <v>2.3581220759287347E11</v>
       </c>
-      <c r="K21" s="1" t="n">
+      <c r="J21" s="1" t="n">
         <v>2.54676934997E11</v>
+      </c>
+      <c r="K21" s="2" t="n">
+        <v>2.7470799158737436E11</v>
       </c>
     </row>
     <row r="22">
       <c r="A22"/>
       <c r="B22"/>
       <c r="C22" t="inlineStr">
         <is>
           <t>Total taxes</t>
         </is>
       </c>
       <c r="D22"/>
       <c r="E22" s="2" t="n">
-        <v>4.5830334259311386E10</v>
+        <v>4.772291001965685E10</v>
       </c>
       <c r="F22" s="2" t="n">
-        <v>4.772291001965685E10</v>
+        <v>4.821534202456488E10</v>
       </c>
       <c r="G22" s="2" t="n">
-        <v>4.821534202456488E10</v>
+        <v>4.78071415192053E10</v>
       </c>
       <c r="H22" s="2" t="n">
-        <v>4.78071415192053E10</v>
+        <v>4.9439738417292114E10</v>
       </c>
       <c r="I22" s="2" t="n">
-        <v>4.9439738417292114E10</v>
+        <v>5.238166866930579E10</v>
       </c>
       <c r="J22" s="2" t="n">
-        <v>5.238166866930579E10</v>
+        <v>5.908427311260197E10</v>
       </c>
       <c r="K22" s="2" t="n">
-        <v>5.908427311260197E10</v>
+        <v>6.284011613394643E10</v>
       </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <cols>
     <col min="1" max="1" width="7.4296875" customWidth="true"/>
     <col min="2" max="2" width="19.6015625" customWidth="true"/>
     <col min="3" max="3" width="4.96484375" customWidth="true"/>
     <col min="4" max="4" width="19.9921875" customWidth="true"/>
     <col min="5" max="5" width="26.26953125" customWidth="true"/>
     <col min="6" max="6" width="25.99609375" customWidth="true"/>
     <col min="7" max="7" width="21.0078125" customWidth="true"/>
     <col min="8" max="8" width="16.8671875" customWidth="true"/>
   </cols>
   <sheetData>
@@ -942,897 +942,897 @@
       </c>
       <c r="G1" t="inlineStr">
         <is>
           <t>Total net taxable income</t>
         </is>
       </c>
       <c r="H1" t="inlineStr">
         <is>
           <t>Total taxes</t>
         </is>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="inlineStr">
         <is>
           <t>Belgium</t>
         </is>
       </c>
       <c r="B2" t="inlineStr">
         <is>
           <t>Flanders region</t>
         </is>
       </c>
       <c r="C2" t="inlineStr">
         <is>
-          <t>2016</t>
+          <t>2017</t>
         </is>
       </c>
       <c r="D2" s="1" t="n">
-        <v>3688596.0</v>
+        <v>3719171.0</v>
       </c>
       <c r="E2" s="2" t="n">
-        <v>19101.545319039054</v>
+        <v>19636.410255627165</v>
       </c>
       <c r="F2" s="2" t="n">
-        <v>25401.495000000094</v>
+        <v>26018.52000000009</v>
       </c>
       <c r="G2" s="2" t="n">
-        <v>1.2446587941585698E11</v>
+        <v>1.2867674840358638E11</v>
       </c>
       <c r="H2" s="2" t="n">
-        <v>2.9186806010242302E10</v>
+        <v>3.042877942509209E10</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="inlineStr">
         <is>
           <t>Belgium</t>
         </is>
       </c>
       <c r="B3" t="inlineStr">
         <is>
           <t>Flanders region</t>
         </is>
       </c>
       <c r="C3" t="inlineStr">
         <is>
-          <t>2017</t>
+          <t>2018</t>
         </is>
       </c>
       <c r="D3" s="1" t="n">
-        <v>3719171.0</v>
+        <v>3747118.0</v>
       </c>
       <c r="E3" s="2" t="n">
-        <v>19636.410255627165</v>
+        <v>20124.67941431507</v>
       </c>
       <c r="F3" s="2" t="n">
-        <v>26018.52000000009</v>
+        <v>26518.090000000095</v>
       </c>
       <c r="G3" s="2" t="n">
-        <v>1.2867674840358638E11</v>
+        <v>1.3260290126380157E11</v>
       </c>
       <c r="H3" s="2" t="n">
-        <v>3.042877942509209E10</v>
+        <v>3.083613223291937E10</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="inlineStr">
         <is>
           <t>Belgium</t>
         </is>
       </c>
       <c r="B4" t="inlineStr">
         <is>
           <t>Flanders region</t>
         </is>
       </c>
       <c r="C4" t="inlineStr">
         <is>
-          <t>2018</t>
+          <t>2019</t>
         </is>
       </c>
       <c r="D4" s="1" t="n">
-        <v>3747118.0</v>
+        <v>3756242.0</v>
       </c>
       <c r="E4" s="2" t="n">
-        <v>20124.67941431507</v>
+        <v>20500.63518602137</v>
       </c>
       <c r="F4" s="2" t="n">
-        <v>26518.090000000095</v>
+        <v>27279.7500000001</v>
       </c>
       <c r="G4" s="2" t="n">
-        <v>1.3260290126380157E11</v>
+        <v>1.3590164223896725E11</v>
       </c>
       <c r="H4" s="2" t="n">
-        <v>3.083613223291937E10</v>
+        <v>3.064734691738247E10</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="inlineStr">
         <is>
           <t>Belgium</t>
         </is>
       </c>
       <c r="B5" t="inlineStr">
         <is>
           <t>Flanders region</t>
         </is>
       </c>
       <c r="C5" t="inlineStr">
         <is>
-          <t>2019</t>
+          <t>2020</t>
         </is>
       </c>
       <c r="D5" s="1" t="n">
-        <v>3756242.0</v>
+        <v>3753640.0</v>
       </c>
       <c r="E5" s="2" t="n">
-        <v>20500.63518602137</v>
+        <v>21078.36756224315</v>
       </c>
       <c r="F5" s="2" t="n">
-        <v>27279.7500000001</v>
+        <v>28285.635000000104</v>
       </c>
       <c r="G5" s="2" t="n">
-        <v>1.3590164223896725E11</v>
+        <v>1.4023568625039252E11</v>
       </c>
       <c r="H5" s="2" t="n">
-        <v>3.064734691738247E10</v>
+        <v>3.1746324705910835E10</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="inlineStr">
         <is>
           <t>Belgium</t>
         </is>
       </c>
       <c r="B6" t="inlineStr">
         <is>
           <t>Flanders region</t>
         </is>
       </c>
       <c r="C6" t="inlineStr">
         <is>
-          <t>2020</t>
+          <t>2021</t>
         </is>
       </c>
       <c r="D6" s="1" t="n">
-        <v>3753640.0</v>
+        <v>3815526.0</v>
       </c>
       <c r="E6" s="2" t="n">
-        <v>21078.36756224315</v>
+        <v>21776.27010201386</v>
       </c>
       <c r="F6" s="2" t="n">
-        <v>28285.635000000104</v>
+        <v>28909.415000000103</v>
       </c>
       <c r="G6" s="2" t="n">
-        <v>1.4023568625039252E11</v>
+        <v>1.458765331558982E11</v>
       </c>
       <c r="H6" s="2" t="n">
-        <v>3.1746324705910835E10</v>
+        <v>3.3672938242198E10</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="inlineStr">
         <is>
           <t>Belgium</t>
         </is>
       </c>
       <c r="B7" t="inlineStr">
         <is>
           <t>Flanders region</t>
         </is>
       </c>
       <c r="C7" t="inlineStr">
         <is>
-          <t>2021</t>
+          <t>2022</t>
         </is>
       </c>
       <c r="D7" s="1" t="n">
-        <v>3815526.0</v>
+        <v>3967913.0</v>
       </c>
       <c r="E7" s="2" t="n">
-        <v>21776.27010201386</v>
+        <v>23272.155894602907</v>
       </c>
       <c r="F7" s="2" t="n">
-        <v>28909.415000000103</v>
+        <v>30105.810000000107</v>
       </c>
       <c r="G7" s="2" t="n">
-        <v>1.458765331558982E11</v>
+        <v>1.5766436465984702E11</v>
       </c>
       <c r="H7" s="2" t="n">
-        <v>3.3672938242198E10</v>
+        <v>3.7975400033296104E10</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="inlineStr">
         <is>
           <t>Belgium</t>
         </is>
       </c>
       <c r="B8" t="inlineStr">
         <is>
           <t>Flanders region</t>
         </is>
       </c>
       <c r="C8" t="inlineStr">
         <is>
-          <t>2022</t>
+          <t>2023</t>
         </is>
       </c>
       <c r="D8" s="1" t="n">
-        <v>3967913.0</v>
+        <v>4014860.0</v>
       </c>
       <c r="E8" s="2" t="n">
-        <v>23272.155894602907</v>
+        <v>24956.79931054922</v>
       </c>
       <c r="F8" s="2" t="n">
-        <v>30105.810000000107</v>
+        <v>32190.825000000114</v>
       </c>
       <c r="G8" s="2" t="n">
-        <v>1.5766436465984702E11</v>
+        <v>1.7024954483272537E11</v>
       </c>
       <c r="H8" s="2" t="n">
-        <v>3.7975400033296104E10</v>
+        <v>4.044467491655359E10</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="inlineStr">
         <is>
           <t>Belgium</t>
         </is>
       </c>
       <c r="B9" t="inlineStr">
         <is>
           <t>Brussels-Capital region</t>
         </is>
       </c>
       <c r="C9" t="inlineStr">
         <is>
-          <t>2016</t>
+          <t>2017</t>
         </is>
       </c>
       <c r="D9" s="1" t="n">
-        <v>601323.0</v>
+        <v>610330.0</v>
       </c>
       <c r="E9" s="2" t="n">
-        <v>13980.443221210346</v>
+        <v>14372.453545504508</v>
       </c>
       <c r="F9" s="2" t="n">
-        <v>19072.04000000007</v>
+        <v>19539.78500000007</v>
       </c>
       <c r="G9" s="2" t="n">
-        <v>1.6659152064167133E10</v>
+        <v>1.7228633748788437E10</v>
       </c>
       <c r="H9" s="2" t="n">
-        <v>3.7455368624299107E9</v>
+        <v>3.891675388470067E9</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="inlineStr">
         <is>
           <t>Belgium</t>
         </is>
       </c>
       <c r="B10" t="inlineStr">
         <is>
           <t>Brussels-Capital region</t>
         </is>
       </c>
       <c r="C10" t="inlineStr">
         <is>
-          <t>2017</t>
+          <t>2018</t>
         </is>
       </c>
       <c r="D10" s="1" t="n">
-        <v>610330.0</v>
+        <v>617105.0</v>
       </c>
       <c r="E10" s="2" t="n">
-        <v>14372.453545504508</v>
+        <v>14668.19260299547</v>
       </c>
       <c r="F10" s="2" t="n">
-        <v>19539.78500000007</v>
+        <v>19723.40000000007</v>
       </c>
       <c r="G10" s="2" t="n">
-        <v>1.7228633748788437E10</v>
+        <v>1.7727126824809353E10</v>
       </c>
       <c r="H10" s="2" t="n">
-        <v>3.891675388470067E9</v>
+        <v>3.9272195988501663E9</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="inlineStr">
         <is>
           <t>Belgium</t>
         </is>
       </c>
       <c r="B11" t="inlineStr">
         <is>
           <t>Brussels-Capital region</t>
         </is>
       </c>
       <c r="C11" t="inlineStr">
         <is>
-          <t>2018</t>
+          <t>2019</t>
         </is>
       </c>
       <c r="D11" s="1" t="n">
-        <v>617105.0</v>
+        <v>619548.0</v>
       </c>
       <c r="E11" s="2" t="n">
-        <v>14668.19260299547</v>
+        <v>14972.54124440428</v>
       </c>
       <c r="F11" s="2" t="n">
-        <v>19723.40000000007</v>
+        <v>20427.085000000072</v>
       </c>
       <c r="G11" s="2" t="n">
-        <v>1.7727126824809353E10</v>
+        <v>1.8240373233701736E10</v>
       </c>
       <c r="H11" s="2" t="n">
-        <v>3.9272195988501663E9</v>
+        <v>3.940340527770109E9</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="inlineStr">
         <is>
           <t>Belgium</t>
         </is>
       </c>
       <c r="B12" t="inlineStr">
         <is>
           <t>Brussels-Capital region</t>
         </is>
       </c>
       <c r="C12" t="inlineStr">
         <is>
-          <t>2019</t>
+          <t>2020</t>
         </is>
       </c>
       <c r="D12" s="1" t="n">
-        <v>619548.0</v>
+        <v>615779.0</v>
       </c>
       <c r="E12" s="2" t="n">
-        <v>14972.54124440428</v>
+        <v>15444.479889634276</v>
       </c>
       <c r="F12" s="2" t="n">
-        <v>20427.085000000072</v>
+        <v>21508.360000000077</v>
       </c>
       <c r="G12" s="2" t="n">
-        <v>1.8240373233701736E10</v>
+        <v>1.884180213095713E10</v>
       </c>
       <c r="H12" s="2" t="n">
-        <v>3.940340527770109E9</v>
+        <v>4.074508459270132E9</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="inlineStr">
         <is>
           <t>Belgium</t>
         </is>
       </c>
       <c r="B13" t="inlineStr">
         <is>
           <t>Brussels-Capital region</t>
         </is>
       </c>
       <c r="C13" t="inlineStr">
         <is>
-          <t>2020</t>
+          <t>2021</t>
         </is>
       </c>
       <c r="D13" s="1" t="n">
-        <v>615779.0</v>
+        <v>630946.0</v>
       </c>
       <c r="E13" s="2" t="n">
-        <v>15444.479889634276</v>
+        <v>16068.344996145039</v>
       </c>
       <c r="F13" s="2" t="n">
-        <v>21508.360000000077</v>
+        <v>21870.040000000077</v>
       </c>
       <c r="G13" s="2" t="n">
-        <v>1.884180213095713E10</v>
+        <v>1.964575312105178E10</v>
       </c>
       <c r="H13" s="2" t="n">
-        <v>4.074508459270132E9</v>
+        <v>4.319904636930144E9</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="inlineStr">
         <is>
           <t>Belgium</t>
         </is>
       </c>
       <c r="B14" t="inlineStr">
         <is>
           <t>Brussels-Capital region</t>
         </is>
       </c>
       <c r="C14" t="inlineStr">
         <is>
-          <t>2021</t>
+          <t>2022</t>
         </is>
       </c>
       <c r="D14" s="1" t="n">
-        <v>630946.0</v>
+        <v>653746.0</v>
       </c>
       <c r="E14" s="2" t="n">
-        <v>16068.344996145039</v>
+        <v>17134.240552193874</v>
       </c>
       <c r="F14" s="2" t="n">
-        <v>21870.040000000077</v>
+        <v>22789.91000000008</v>
       </c>
       <c r="G14" s="2" t="n">
-        <v>1.964575312105178E10</v>
+        <v>2.1266591017369232E10</v>
       </c>
       <c r="H14" s="2" t="n">
-        <v>4.319904636930144E9</v>
+        <v>4.899251481069795E9</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="inlineStr">
         <is>
           <t>Belgium</t>
         </is>
       </c>
       <c r="B15" t="inlineStr">
         <is>
           <t>Brussels-Capital region</t>
         </is>
       </c>
       <c r="C15" t="inlineStr">
         <is>
-          <t>2022</t>
+          <t>2023</t>
         </is>
       </c>
       <c r="D15" s="1" t="n">
-        <v>653746.0</v>
+        <v>662954.0</v>
       </c>
       <c r="E15" s="2" t="n">
-        <v>17134.240552193874</v>
+        <v>18529.208139128765</v>
       </c>
       <c r="F15" s="2" t="n">
-        <v>22789.91000000008</v>
+        <v>24487.835000000086</v>
       </c>
       <c r="G15" s="2" t="n">
-        <v>2.1266591017369232E10</v>
+        <v>2.3154042903030888E10</v>
       </c>
       <c r="H15" s="2" t="n">
-        <v>4.899251481069795E9</v>
+        <v>5.28877305084964E9</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="inlineStr">
         <is>
           <t>Belgium</t>
         </is>
       </c>
       <c r="B16" t="inlineStr">
         <is>
           <t>Walloon region</t>
         </is>
       </c>
       <c r="C16" t="inlineStr">
         <is>
-          <t>2016</t>
+          <t>2017</t>
         </is>
       </c>
       <c r="D16" s="1" t="n">
-        <v>2028546.0</v>
+        <v>2042084.0</v>
       </c>
       <c r="E16" s="2" t="n">
-        <v>16786.554397870994</v>
+        <v>17280.967005180275</v>
       </c>
       <c r="F16" s="2" t="n">
-        <v>22320.23500000008</v>
+        <v>22848.92500000008</v>
       </c>
       <c r="G16" s="2" t="n">
-        <v>6.067454763413596E10</v>
+        <v>6.263273935133427E10</v>
       </c>
       <c r="H16" s="2" t="n">
-        <v>1.289799138664032E10</v>
+        <v>1.3402455206100971E10</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="inlineStr">
         <is>
           <t>Belgium</t>
         </is>
       </c>
       <c r="B17" t="inlineStr">
         <is>
           <t>Walloon region</t>
         </is>
       </c>
       <c r="C17" t="inlineStr">
         <is>
-          <t>2017</t>
+          <t>2018</t>
         </is>
       </c>
       <c r="D17" s="1" t="n">
-        <v>2042084.0</v>
+        <v>2055299.0</v>
       </c>
       <c r="E17" s="2" t="n">
-        <v>17280.967005180275</v>
+        <v>17672.384674402616</v>
       </c>
       <c r="F17" s="2" t="n">
-        <v>22848.92500000008</v>
+        <v>23224.920000000082</v>
       </c>
       <c r="G17" s="2" t="n">
-        <v>6.263273935133427E10</v>
+        <v>6.421782306792085E10</v>
       </c>
       <c r="H17" s="2" t="n">
-        <v>1.3402455206100971E10</v>
+        <v>1.3451990192790361E10</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="inlineStr">
         <is>
           <t>Belgium</t>
         </is>
       </c>
       <c r="B18" t="inlineStr">
         <is>
           <t>Walloon region</t>
         </is>
       </c>
       <c r="C18" t="inlineStr">
         <is>
-          <t>2018</t>
+          <t>2019</t>
         </is>
       </c>
       <c r="D18" s="1" t="n">
-        <v>2055299.0</v>
+        <v>2049544.0</v>
       </c>
       <c r="E18" s="2" t="n">
-        <v>17672.384674402616</v>
+        <v>17948.83445169736</v>
       </c>
       <c r="F18" s="2" t="n">
-        <v>23224.920000000082</v>
+        <v>23942.360000000084</v>
       </c>
       <c r="G18" s="2" t="n">
-        <v>6.421782306792085E10</v>
+        <v>6.5427863143208626E10</v>
       </c>
       <c r="H18" s="2" t="n">
-        <v>1.3451990192790361E10</v>
+        <v>1.3219454074039087E10</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="inlineStr">
         <is>
           <t>Belgium</t>
         </is>
       </c>
       <c r="B19" t="inlineStr">
         <is>
           <t>Walloon region</t>
         </is>
       </c>
       <c r="C19" t="inlineStr">
         <is>
-          <t>2019</t>
+          <t>2020</t>
         </is>
       </c>
       <c r="D19" s="1" t="n">
-        <v>2049544.0</v>
+        <v>2048541.0</v>
       </c>
       <c r="E19" s="2" t="n">
-        <v>17948.83445169736</v>
+        <v>18517.9696353433</v>
       </c>
       <c r="F19" s="2" t="n">
-        <v>23942.360000000084</v>
+        <v>24807.620000000086</v>
       </c>
       <c r="G19" s="2" t="n">
-        <v>6.5427863143208626E10</v>
+        <v>6.7557367931477234E10</v>
       </c>
       <c r="H19" s="2" t="n">
-        <v>1.3219454074039087E10</v>
+        <v>1.361890525211858E10</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="inlineStr">
         <is>
           <t>Belgium</t>
         </is>
       </c>
       <c r="B20" t="inlineStr">
         <is>
           <t>Walloon region</t>
         </is>
       </c>
       <c r="C20" t="inlineStr">
         <is>
-          <t>2020</t>
+          <t>2021</t>
         </is>
       </c>
       <c r="D20" s="1" t="n">
-        <v>2048541.0</v>
+        <v>2091819.0</v>
       </c>
       <c r="E20" s="2" t="n">
-        <v>18517.9696353433</v>
+        <v>19191.81359035887</v>
       </c>
       <c r="F20" s="2" t="n">
-        <v>24807.620000000086</v>
+        <v>25192.790000000092</v>
       </c>
       <c r="G20" s="2" t="n">
-        <v>6.7557367931477234E10</v>
+        <v>7.02899213156214E10</v>
       </c>
       <c r="H20" s="2" t="n">
-        <v>1.361890525211858E10</v>
+        <v>1.438882579020054E10</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="inlineStr">
         <is>
           <t>Belgium</t>
         </is>
       </c>
       <c r="B21" t="inlineStr">
         <is>
           <t>Walloon region</t>
         </is>
       </c>
       <c r="C21" t="inlineStr">
         <is>
-          <t>2021</t>
+          <t>2022</t>
         </is>
       </c>
       <c r="D21" s="1" t="n">
-        <v>2091819.0</v>
+        <v>2152777.0</v>
       </c>
       <c r="E21" s="2" t="n">
-        <v>19191.81359035887</v>
+        <v>20574.34095992174</v>
       </c>
       <c r="F21" s="2" t="n">
-        <v>25192.790000000092</v>
+        <v>26495.910000000094</v>
       </c>
       <c r="G21" s="2" t="n">
-        <v>7.02899213156214E10</v>
+        <v>7.57459793195239E10</v>
       </c>
       <c r="H21" s="2" t="n">
-        <v>1.438882579020054E10</v>
+        <v>1.6209621598219656E10</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="inlineStr">
         <is>
           <t>Belgium</t>
         </is>
       </c>
       <c r="B22" t="inlineStr">
         <is>
           <t>Walloon region</t>
         </is>
       </c>
       <c r="C22" t="inlineStr">
         <is>
-          <t>2022</t>
+          <t>2023</t>
         </is>
       </c>
       <c r="D22" s="1" t="n">
-        <v>2152777.0</v>
+        <v>2168372.0</v>
       </c>
       <c r="E22" s="2" t="n">
-        <v>20574.34095992174</v>
+        <v>22020.08996912507</v>
       </c>
       <c r="F22" s="2" t="n">
-        <v>26495.910000000094</v>
+        <v>28347.805000000102</v>
       </c>
       <c r="G22" s="2" t="n">
-        <v>7.57459793195239E10</v>
+        <v>8.130440385147102E10</v>
       </c>
       <c r="H22" s="2" t="n">
-        <v>1.6209621598219656E10</v>
+        <v>1.7106668166531574E10</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="inlineStr">
         <is>
           <t>Belgium</t>
         </is>
       </c>
       <c r="B23"/>
       <c r="C23" t="inlineStr">
         <is>
-          <t>2016</t>
+          <t>2017</t>
         </is>
       </c>
       <c r="D23" s="1" t="n">
-        <v>6318465.0</v>
+        <v>6371585.0</v>
       </c>
       <c r="E23" s="2" t="n">
-        <v>17823.530351820194</v>
+        <v>18331.29732003658</v>
       </c>
       <c r="F23" s="2" t="n">
-        <v>23773.490000000085</v>
+        <v>24344.770000000088</v>
       </c>
       <c r="G23" s="2" t="n">
-        <v>2.017995791139792E11</v>
+        <v>2.0853812150354855E11</v>
       </c>
       <c r="H23" s="2" t="n">
-        <v>4.5830334259311386E10</v>
+        <v>4.772291001965685E10</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="inlineStr">
         <is>
           <t>Belgium</t>
         </is>
       </c>
       <c r="B24"/>
       <c r="C24" t="inlineStr">
         <is>
-          <t>2017</t>
+          <t>2018</t>
         </is>
       </c>
       <c r="D24" s="1" t="n">
-        <v>6371585.0</v>
+        <v>6419522.0</v>
       </c>
       <c r="E24" s="2" t="n">
-        <v>18331.29732003658</v>
-[...2 lines deleted...]
-        <v>24344.770000000088</v>
+        <v>18768.281973042314</v>
+      </c>
+      <c r="F24" s="1" t="n">
+        <v>24772.0</v>
       </c>
       <c r="G24" s="2" t="n">
-        <v>2.0853812150354855E11</v>
+        <v>2.1454785115632776E11</v>
       </c>
       <c r="H24" s="2" t="n">
-        <v>4.772291001965685E10</v>
+        <v>4.821534202456488E10</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="inlineStr">
         <is>
           <t>Belgium</t>
         </is>
       </c>
       <c r="B25"/>
       <c r="C25" t="inlineStr">
         <is>
-          <t>2018</t>
+          <t>2019</t>
         </is>
       </c>
       <c r="D25" s="1" t="n">
-        <v>6419522.0</v>
+        <v>6425334.0</v>
       </c>
       <c r="E25" s="2" t="n">
-        <v>18768.281973042314</v>
-[...2 lines deleted...]
-        <v>24772.0</v>
+        <v>19105.258627286592</v>
+      </c>
+      <c r="F25" s="2" t="n">
+        <v>25474.63000000009</v>
       </c>
       <c r="G25" s="2" t="n">
-        <v>2.1454785115632776E11</v>
+        <v>2.1956987861555762E11</v>
       </c>
       <c r="H25" s="2" t="n">
-        <v>4.821534202456488E10</v>
+        <v>4.78071415192053E10</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="inlineStr">
         <is>
           <t>Belgium</t>
         </is>
       </c>
       <c r="B26"/>
       <c r="C26" t="inlineStr">
         <is>
-          <t>2019</t>
+          <t>2020</t>
         </is>
       </c>
       <c r="D26" s="1" t="n">
-        <v>6425334.0</v>
+        <v>6417960.0</v>
       </c>
       <c r="E26" s="2" t="n">
-        <v>19105.258627286592</v>
+        <v>19671.05065557219</v>
       </c>
       <c r="F26" s="2" t="n">
-        <v>25474.63000000009</v>
+        <v>26412.135000000097</v>
       </c>
       <c r="G26" s="2" t="n">
-        <v>2.1956987861555762E11</v>
+        <v>2.2663485631290326E11</v>
       </c>
       <c r="H26" s="2" t="n">
-        <v>4.78071415192053E10</v>
+        <v>4.9439738417292114E10</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="inlineStr">
         <is>
           <t>Belgium</t>
         </is>
       </c>
       <c r="B27"/>
       <c r="C27" t="inlineStr">
         <is>
-          <t>2020</t>
+          <t>2021</t>
         </is>
       </c>
       <c r="D27" s="1" t="n">
-        <v>6417960.0</v>
+        <v>6538291.0</v>
       </c>
       <c r="E27" s="2" t="n">
-        <v>19671.05065557219</v>
+        <v>20356.702757186762</v>
       </c>
       <c r="F27" s="2" t="n">
-        <v>26412.135000000097</v>
+        <v>26916.530000000093</v>
       </c>
       <c r="G27" s="2" t="n">
-        <v>2.2663485631290326E11</v>
+        <v>2.3581220759287347E11</v>
       </c>
       <c r="H27" s="2" t="n">
-        <v>4.9439738417292114E10</v>
+        <v>5.238166866930579E10</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="inlineStr">
         <is>
           <t>Belgium</t>
         </is>
       </c>
       <c r="B28"/>
       <c r="C28" t="inlineStr">
         <is>
-          <t>2021</t>
+          <t>2022</t>
         </is>
       </c>
       <c r="D28" s="1" t="n">
-        <v>6538291.0</v>
+        <v>6774436.0</v>
       </c>
       <c r="E28" s="2" t="n">
-        <v>20356.702757186762</v>
+        <v>21771.805428861313</v>
       </c>
       <c r="F28" s="2" t="n">
-        <v>26916.530000000093</v>
-[...2 lines deleted...]
-        <v>2.3581220759287347E11</v>
+        <v>28145.255000000096</v>
+      </c>
+      <c r="G28" s="1" t="n">
+        <v>2.54676934997E11</v>
       </c>
       <c r="H28" s="2" t="n">
-        <v>5.238166866930579E10</v>
+        <v>5.908427311260197E10</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="inlineStr">
         <is>
           <t>Belgium</t>
         </is>
       </c>
       <c r="B29"/>
       <c r="C29" t="inlineStr">
         <is>
-          <t>2022</t>
+          <t>2023</t>
         </is>
       </c>
       <c r="D29" s="1" t="n">
-        <v>6774436.0</v>
+        <v>6846186.0</v>
       </c>
       <c r="E29" s="2" t="n">
-        <v>21771.805428861313</v>
+        <v>23352.275151621678</v>
       </c>
       <c r="F29" s="2" t="n">
-        <v>28145.255000000096</v>
-[...2 lines deleted...]
-        <v>2.54676934997E11</v>
+        <v>30099.860000000106</v>
+      </c>
+      <c r="G29" s="2" t="n">
+        <v>2.7470799158737436E11</v>
       </c>
       <c r="H29" s="2" t="n">
-        <v>5.908427311260197E10</v>
+        <v>6.284011613394643E10</v>
       </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <coreProperties xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </coreProperties>
 </file>