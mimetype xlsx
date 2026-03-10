--- v0 (2026-01-10)
+++ v1 (2026-03-10)
@@ -114,3158 +114,2699 @@
         <is>
           <t>Data source:</t>
         </is>
       </c>
       <c r="B1" t="inlineStr">
         <is>
           <t>Harmonized index of consumer prices according to the COICOP nomenclature, with base year 2015, per year, trimester and month</t>
         </is>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="inlineStr">
         <is>
           <t>The special aggregates have been revised as of January 2017. They are now calculated based on the lowest level (COICOP 5 digits) instead of the next-to-last level (COICOP 4 digits). The special aggregates for 2017 will still be calculated based on the next-to-last level (COICOP 4 digits).</t>
         </is>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="inlineStr">
         <is>
           <t>Filters:</t>
         </is>
       </c>
       <c r="B3" t="inlineStr">
         <is>
-          <t>Date : Last 12 Month(December 2024, January 2025, February 2025, March 2025, April 2025, May 2025, June 2025, July 2025, August 2025, September 2025, October 2025, November 2025)</t>
+          <t>Date : Last 12 Month(January 2025, February 2025, March 2025, April 2025, May 2025, June 2025, July 2025, August 2025, September 2025, October 2025, November 2025, December 2025)</t>
         </is>
       </c>
     </row>
     <row r="4">
       <c r="B4" t="inlineStr">
         <is>
           <t xml:space="preserve">
 </t>
         </is>
       </c>
     </row>
     <row r="5">
 </row>
     <row r="6">
       <c r="A6" t="inlineStr">
         <is>
           <t xml:space="preserve">Source: </t>
         </is>
       </c>
       <c r="B6" t="inlineStr">
         <is>
           <t>Statbel (Directorate-general Statistics - Statistics Belgium)</t>
         </is>
       </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <cols>
     <col min="1" max="1" width="5.0625" customWidth="true"/>
     <col min="2" max="2" width="38.48828125" customWidth="true"/>
     <col min="3" max="3" width="8.76171875" customWidth="true"/>
-    <col min="4" max="4" width="14.4140625" customWidth="true"/>
-    <col min="5" max="5" width="14.2421875" customWidth="true"/>
+    <col min="4" max="4" width="14.2421875" customWidth="true"/>
+    <col min="5" max="5" width="13.33203125" customWidth="true"/>
     <col min="6" max="6" width="13.33203125" customWidth="true"/>
-    <col min="7" max="7" width="13.33203125" customWidth="true"/>
-    <col min="8" max="8" width="14.8125" customWidth="true"/>
+    <col min="7" max="7" width="14.8125" customWidth="true"/>
+    <col min="8" max="8" width="13.33203125" customWidth="true"/>
     <col min="9" max="9" width="13.33203125" customWidth="true"/>
-    <col min="10" max="10" width="13.33203125" customWidth="true"/>
-[...4 lines deleted...]
-    <col min="15" max="15" width="13.79296875" customWidth="true"/>
+    <col min="10" max="10" width="14.421875" customWidth="true"/>
+    <col min="11" max="11" width="13.33203125" customWidth="true"/>
+    <col min="12" max="12" width="14.3203125" customWidth="true"/>
+    <col min="13" max="13" width="14.4140625" customWidth="true"/>
+    <col min="14" max="14" width="13.79296875" customWidth="true"/>
+    <col min="15" max="15" width="13.6875" customWidth="true"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1"/>
       <c r="B1"/>
       <c r="C1" t="inlineStr">
         <is>
-          <t>Year</t>
+          <t>Trimester</t>
         </is>
       </c>
       <c r="D1" t="inlineStr">
         <is>
-          <t>2024</t>
-[...6 lines deleted...]
-      </c>
+          <t>1st quarter 2025</t>
+        </is>
+      </c>
+      <c r="E1"/>
       <c r="F1"/>
-      <c r="G1"/>
+      <c r="G1" t="inlineStr">
+        <is>
+          <t>2nd quarter 2025</t>
+        </is>
+      </c>
       <c r="H1"/>
       <c r="I1"/>
-      <c r="J1"/>
+      <c r="J1" t="inlineStr">
+        <is>
+          <t>3rd quarter 2025</t>
+        </is>
+      </c>
       <c r="K1"/>
       <c r="L1"/>
-      <c r="M1"/>
+      <c r="M1" t="inlineStr">
+        <is>
+          <t>4th quarter 2025</t>
+        </is>
+      </c>
       <c r="N1"/>
       <c r="O1"/>
     </row>
     <row r="2">
       <c r="A2"/>
       <c r="B2"/>
       <c r="C2" t="inlineStr">
         <is>
-          <t>Trimester</t>
+          <t>Month</t>
         </is>
       </c>
       <c r="D2" t="inlineStr">
         <is>
-          <t>4th quarter 2024</t>
+          <t>January 2025</t>
         </is>
       </c>
       <c r="E2" t="inlineStr">
         <is>
-          <t>1st quarter 2025</t>
-[...3 lines deleted...]
-      <c r="G2"/>
+          <t>February 2025</t>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t>March 2025</t>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>April 2025</t>
+        </is>
+      </c>
       <c r="H2" t="inlineStr">
         <is>
-          <t>2nd quarter 2025</t>
-[...3 lines deleted...]
-      <c r="J2"/>
+          <t>May 2025</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t>June 2025</t>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t>July 2025</t>
+        </is>
+      </c>
       <c r="K2" t="inlineStr">
         <is>
-          <t>3rd quarter 2025</t>
-[...3 lines deleted...]
-      <c r="M2"/>
+          <t>August 2025</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>September 2025</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t>October 2025</t>
+        </is>
+      </c>
       <c r="N2" t="inlineStr">
         <is>
-          <t>4th quarter 2025</t>
-[...2 lines deleted...]
-      <c r="O2"/>
+          <t>November 2025</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>December 2025</t>
+        </is>
+      </c>
     </row>
     <row r="3">
       <c r="A3"/>
       <c r="B3"/>
-      <c r="C3" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="C3"/>
       <c r="D3" t="inlineStr">
         <is>
-          <t>December 2024</t>
+          <t>Inflation (HICP)</t>
         </is>
       </c>
       <c r="E3" t="inlineStr">
         <is>
-          <t>January 2025</t>
+          <t>Inflation (HICP)</t>
         </is>
       </c>
       <c r="F3" t="inlineStr">
         <is>
-          <t>February 2025</t>
+          <t>Inflation (HICP)</t>
         </is>
       </c>
       <c r="G3" t="inlineStr">
         <is>
-          <t>March 2025</t>
+          <t>Inflation (HICP)</t>
         </is>
       </c>
       <c r="H3" t="inlineStr">
         <is>
-          <t>April 2025</t>
+          <t>Inflation (HICP)</t>
         </is>
       </c>
       <c r="I3" t="inlineStr">
         <is>
-          <t>May 2025</t>
+          <t>Inflation (HICP)</t>
         </is>
       </c>
       <c r="J3" t="inlineStr">
         <is>
-          <t>June 2025</t>
+          <t>Inflation (HICP)</t>
         </is>
       </c>
       <c r="K3" t="inlineStr">
         <is>
-          <t>July 2025</t>
+          <t>Inflation (HICP)</t>
         </is>
       </c>
       <c r="L3" t="inlineStr">
         <is>
-          <t>August 2025</t>
+          <t>Inflation (HICP)</t>
         </is>
       </c>
       <c r="M3" t="inlineStr">
         <is>
-          <t>September 2025</t>
+          <t>Inflation (HICP)</t>
         </is>
       </c>
       <c r="N3" t="inlineStr">
         <is>
-          <t>October 2025</t>
+          <t>Inflation (HICP)</t>
         </is>
       </c>
       <c r="O3" t="inlineStr">
         <is>
-          <t>November 2025</t>
+          <t>Inflation (HICP)</t>
         </is>
       </c>
     </row>
     <row r="4">
-      <c r="A4"/>
-[...59 lines deleted...]
-          <t>Inflation (HICP)</t>
+      <c r="A4" t="inlineStr">
+        <is>
+          <t>Total</t>
+        </is>
+      </c>
+      <c r="B4" t="inlineStr">
+        <is>
+          <t>Special aggregates</t>
         </is>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="B5" t="inlineStr">
         <is>
-          <t>Special aggregates</t>
-        </is>
+          <t>Unprocessed food</t>
+        </is>
+      </c>
+      <c r="C5"/>
+      <c r="D5" s="2" t="n">
+        <v>0.017396612238669347</v>
+      </c>
+      <c r="E5" s="2" t="n">
+        <v>0.01632870053922703</v>
+      </c>
+      <c r="F5" s="2" t="n">
+        <v>0.006609728926847215</v>
+      </c>
+      <c r="G5" s="2" t="n">
+        <v>0.018653321201092043</v>
+      </c>
+      <c r="H5" s="2" t="n">
+        <v>0.012806991110441413</v>
+      </c>
+      <c r="I5" s="2" t="n">
+        <v>0.029762356692733964</v>
+      </c>
+      <c r="J5" s="2" t="n">
+        <v>0.02943854324734462</v>
+      </c>
+      <c r="K5" s="2" t="n">
+        <v>0.03393457658208499</v>
+      </c>
+      <c r="L5" s="2" t="n">
+        <v>0.03247693832431232</v>
+      </c>
+      <c r="M5" s="2" t="n">
+        <v>0.02799001437325065</v>
+      </c>
+      <c r="N5" s="2" t="n">
+        <v>0.03006782215523762</v>
+      </c>
+      <c r="O5" s="2" t="n">
+        <v>0.030406430087958843</v>
       </c>
     </row>
     <row r="6">
-      <c r="A6" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="A6"/>
       <c r="B6" t="inlineStr">
         <is>
-          <t>Unprocessed food</t>
+          <t>Processed food including alcohol and tobacco</t>
         </is>
       </c>
       <c r="C6"/>
       <c r="D6" s="2" t="n">
-        <v>0.015320655939641324</v>
+        <v>0.07511606957244847</v>
       </c>
       <c r="E6" s="2" t="n">
-        <v>0.017396612238669347</v>
+        <v>0.07212502593181672</v>
       </c>
       <c r="F6" s="2" t="n">
-        <v>0.01632870053922703</v>
+        <v>0.06875687568756897</v>
       </c>
       <c r="G6" s="2" t="n">
-        <v>0.006609728926847215</v>
+        <v>0.058945477161219215</v>
       </c>
       <c r="H6" s="2" t="n">
-        <v>0.018653321201092043</v>
+        <v>0.055494505494505714</v>
       </c>
       <c r="I6" s="2" t="n">
-        <v>0.012806991110441413</v>
+        <v>0.054641076429205765</v>
       </c>
       <c r="J6" s="2" t="n">
-        <v>0.029762356692733964</v>
+        <v>0.04608232837027576</v>
       </c>
       <c r="K6" s="2" t="n">
-        <v>0.02943854324734462</v>
+        <v>0.03529725762327364</v>
       </c>
       <c r="L6" s="2" t="n">
-        <v>0.03393457658208499</v>
+        <v>0.03176933858372821</v>
       </c>
       <c r="M6" s="2" t="n">
-        <v>0.03247693832431232</v>
+        <v>0.02628094796769496</v>
       </c>
       <c r="N6" s="2" t="n">
-        <v>0.02799001437325065</v>
+        <v>0.027359238699445107</v>
       </c>
       <c r="O6" s="2" t="n">
-        <v>0.03006782215523762</v>
+        <v>0.02470114259295961</v>
       </c>
     </row>
     <row r="7">
       <c r="A7"/>
       <c r="B7" t="inlineStr">
         <is>
-          <t>Processed food including alcohol and tobacco</t>
+          <t>Non-energy industrial goods</t>
         </is>
       </c>
       <c r="C7"/>
       <c r="D7" s="2" t="n">
-        <v>0.06912865414489502</v>
+        <v>-0.0334527032928641</v>
       </c>
       <c r="E7" s="2" t="n">
-        <v>0.07511606957244847</v>
+        <v>0.006650391447091476</v>
       </c>
       <c r="F7" s="2" t="n">
-        <v>0.07212502593181672</v>
+        <v>-9.287402904424346E-4</v>
       </c>
       <c r="G7" s="2" t="n">
-        <v>0.06875687568756897</v>
+        <v>0.002038043478260761</v>
       </c>
       <c r="H7" s="2" t="n">
-        <v>0.058945477161219215</v>
+        <v>-0.0011016949152542516</v>
       </c>
       <c r="I7" s="2" t="n">
-        <v>0.055494505494505714</v>
+        <v>2.5350684468472643E-4</v>
       </c>
       <c r="J7" s="2" t="n">
-        <v>0.054641076429205765</v>
+        <v>0.004608294930875684</v>
       </c>
       <c r="K7" s="2" t="n">
-        <v>0.04608232837027576</v>
+        <v>-8.446659346228488E-4</v>
       </c>
       <c r="L7" s="2" t="n">
-        <v>0.03529725762327364</v>
+        <v>0.005834108396042946</v>
       </c>
       <c r="M7" s="2" t="n">
-        <v>0.03176933858372821</v>
+        <v>0.005627887442251087</v>
       </c>
       <c r="N7" s="2" t="n">
-        <v>0.02628094796769496</v>
+        <v>0.0029342723004695086</v>
       </c>
       <c r="O7" s="2" t="n">
-        <v>0.027359238699445107</v>
+        <v>0.007463938275746456</v>
       </c>
     </row>
     <row r="8">
       <c r="A8"/>
       <c r="B8" t="inlineStr">
         <is>
-          <t>Non-energy industrial goods</t>
+          <t>Energy</t>
         </is>
       </c>
       <c r="C8"/>
       <c r="D8" s="2" t="n">
-        <v>0.007605205340544235</v>
+        <v>0.22765645712691077</v>
       </c>
       <c r="E8" s="2" t="n">
-        <v>-0.0334527032928641</v>
+        <v>0.1214159959758556</v>
       </c>
       <c r="F8" s="2" t="n">
-        <v>0.006650391447091476</v>
+        <v>0.08547748639287497</v>
       </c>
       <c r="G8" s="2" t="n">
-        <v>-9.287402904424346E-4</v>
+        <v>0.043202191235060125</v>
       </c>
       <c r="H8" s="2" t="n">
-        <v>0.002038043478260761</v>
+        <v>0.029400558801117797</v>
       </c>
       <c r="I8" s="2" t="n">
-        <v>-0.0011016949152542516</v>
+        <v>0.022326454033771172</v>
       </c>
       <c r="J8" s="2" t="n">
-        <v>2.5350684468472643E-4</v>
+        <v>0.020990245709347006</v>
       </c>
       <c r="K8" s="2" t="n">
-        <v>0.004608294930875684</v>
+        <v>0.03367941250949625</v>
       </c>
       <c r="L8" s="2" t="n">
-        <v>-8.446659346228488E-4</v>
+        <v>0.021166009142714014</v>
       </c>
       <c r="M8" s="2" t="n">
-        <v>0.005834108396042946</v>
+        <v>0.012501570549063912</v>
       </c>
       <c r="N8" s="2" t="n">
-        <v>0.005627887442251087</v>
+        <v>0.010244770259493477</v>
       </c>
       <c r="O8" s="2" t="n">
-        <v>0.0029342723004695086</v>
+        <v>-0.04426463588767287</v>
       </c>
     </row>
     <row r="9">
       <c r="A9"/>
       <c r="B9" t="inlineStr">
         <is>
-          <t>Energy</t>
+          <t>Services</t>
         </is>
       </c>
       <c r="C9"/>
       <c r="D9" s="2" t="n">
-        <v>0.13690476190476236</v>
+        <v>0.04093008440834548</v>
       </c>
       <c r="E9" s="2" t="n">
-        <v>0.22765645712691077</v>
+        <v>0.041518386714116375</v>
       </c>
       <c r="F9" s="2" t="n">
-        <v>0.1214159959758556</v>
+        <v>0.03637367839671781</v>
       </c>
       <c r="G9" s="2" t="n">
-        <v>0.08547748639287497</v>
+        <v>0.03579295154185015</v>
       </c>
       <c r="H9" s="2" t="n">
-        <v>0.043202191235060125</v>
+        <v>0.03474178403755891</v>
       </c>
       <c r="I9" s="2" t="n">
-        <v>0.029400558801117797</v>
+        <v>0.03548034934497814</v>
       </c>
       <c r="J9" s="2" t="n">
-        <v>0.022326454033771172</v>
+        <v>0.03220352009837846</v>
       </c>
       <c r="K9" s="2" t="n">
-        <v>0.020990245709347006</v>
+        <v>0.03411972642741879</v>
       </c>
       <c r="L9" s="2" t="n">
-        <v>0.03367941250949625</v>
+        <v>0.03668013677339146</v>
       </c>
       <c r="M9" s="2" t="n">
-        <v>0.021166009142714014</v>
+        <v>0.03711435861749015</v>
       </c>
       <c r="N9" s="2" t="n">
-        <v>0.012501570549063912</v>
+        <v>0.041689309836192935</v>
       </c>
       <c r="O9" s="2" t="n">
-        <v>0.010244770259493477</v>
+        <v>0.04242890084550359</v>
       </c>
     </row>
     <row r="10">
       <c r="A10"/>
       <c r="B10" t="inlineStr">
         <is>
-          <t>Services</t>
+          <t>HICP excluding energy and unprocessed food</t>
         </is>
       </c>
       <c r="C10"/>
       <c r="D10" s="2" t="n">
-        <v>0.03731462286716649</v>
+        <v>0.025057672420650913</v>
       </c>
       <c r="E10" s="2" t="n">
-        <v>0.04093008440834548</v>
+        <v>0.036920906169162125</v>
       </c>
       <c r="F10" s="2" t="n">
-        <v>0.041518386714116375</v>
+        <v>0.03138943248532289</v>
       </c>
       <c r="G10" s="2" t="n">
-        <v>0.03637367839671781</v>
+        <v>0.030172413793103533</v>
       </c>
       <c r="H10" s="2" t="n">
-        <v>0.03579295154185015</v>
+        <v>0.02800530462594596</v>
       </c>
       <c r="I10" s="2" t="n">
-        <v>0.03474178403755891</v>
+        <v>0.02860251826519532</v>
       </c>
       <c r="J10" s="2" t="n">
-        <v>0.03548034934497814</v>
+        <v>0.026427227101631128</v>
       </c>
       <c r="K10" s="2" t="n">
-        <v>0.03220352009837846</v>
+        <v>0.023878992628992707</v>
       </c>
       <c r="L10" s="2" t="n">
-        <v>0.03411972642741879</v>
+        <v>0.026496716879104026</v>
       </c>
       <c r="M10" s="2" t="n">
-        <v>0.03668013677339146</v>
+        <v>0.025568181818181747</v>
       </c>
       <c r="N10" s="2" t="n">
-        <v>0.03711435861749015</v>
+        <v>0.027288800061495797</v>
       </c>
       <c r="O10" s="2" t="n">
-        <v>0.041689309836192935</v>
+        <v>0.028525542979504704</v>
       </c>
     </row>
     <row r="11">
-      <c r="A11"/>
-[...4 lines deleted...]
-      </c>
+      <c r="A11" t="inlineStr">
+        <is>
+          <t>Total</t>
+        </is>
+      </c>
+      <c r="B11"/>
       <c r="C11"/>
       <c r="D11" s="2" t="n">
-        <v>0.03457552021520684</v>
+        <v>0.04360442318249562</v>
       </c>
       <c r="E11" s="2" t="n">
-        <v>0.025057672420650913</v>
+        <v>0.0442776160563813</v>
       </c>
       <c r="F11" s="2" t="n">
-        <v>0.036920906169162125</v>
+        <v>0.03555894696680663</v>
       </c>
       <c r="G11" s="2" t="n">
-        <v>0.03138943248532289</v>
+        <v>0.03113525091799263</v>
       </c>
       <c r="H11" s="2" t="n">
-        <v>0.030172413793103533</v>
+        <v>0.028172240036646968</v>
       </c>
       <c r="I11" s="2" t="n">
-        <v>0.02800530462594596</v>
+        <v>0.028580115536637297</v>
       </c>
       <c r="J11" s="2" t="n">
-        <v>0.02860251826519532</v>
+        <v>0.026078311410217308</v>
       </c>
       <c r="K11" s="2" t="n">
-        <v>0.026427227101631128</v>
+        <v>0.0260679575077226</v>
       </c>
       <c r="L11" s="2" t="n">
-        <v>0.023878992628992707</v>
+        <v>0.026851221541486985</v>
       </c>
       <c r="M11" s="2" t="n">
-        <v>0.026496716879104026</v>
+        <v>0.025282167042889415</v>
       </c>
       <c r="N11" s="2" t="n">
-        <v>0.025568181818181747</v>
+        <v>0.026139863291519832</v>
       </c>
       <c r="O11" s="2" t="n">
-        <v>0.027288800061495797</v>
-[...44 lines deleted...]
-        <v>0.026139863291519832</v>
+        <v>0.021771547867581363</v>
       </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <cols>
     <col min="1" max="1" width="5.0625" customWidth="true"/>
     <col min="2" max="2" width="38.48828125" customWidth="true"/>
-    <col min="3" max="3" width="4.96484375" customWidth="true"/>
-[...2 lines deleted...]
-    <col min="6" max="6" width="13.33203125" customWidth="true"/>
+    <col min="3" max="3" width="14.8125" customWidth="true"/>
+    <col min="4" max="4" width="14.3203125" customWidth="true"/>
+    <col min="5" max="5" width="13.33203125" customWidth="true"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="B1" t="inlineStr">
         <is>
           <t>Special aggregates</t>
         </is>
       </c>
       <c r="C1" t="inlineStr">
         <is>
-          <t>Year</t>
+          <t>Trimester</t>
         </is>
       </c>
       <c r="D1" t="inlineStr">
         <is>
-          <t>Trimester</t>
+          <t>Month</t>
         </is>
       </c>
       <c r="E1" t="inlineStr">
-        <is>
-[...3 lines deleted...]
-      <c r="F1" t="inlineStr">
         <is>
           <t>Inflation (HICP)</t>
         </is>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="B2" t="inlineStr">
         <is>
           <t>Unprocessed food</t>
         </is>
       </c>
       <c r="C2" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>1st quarter 2025</t>
         </is>
       </c>
       <c r="D2" t="inlineStr">
         <is>
-          <t>4th quarter 2024</t>
-[...8 lines deleted...]
-        <v>0.015320655939641324</v>
+          <t>January 2025</t>
+        </is>
+      </c>
+      <c r="E2" s="2" t="n">
+        <v>0.017396612238669347</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="B3" t="inlineStr">
         <is>
           <t>Unprocessed food</t>
         </is>
       </c>
       <c r="C3" t="inlineStr">
         <is>
-          <t>2025</t>
+          <t>1st quarter 2025</t>
         </is>
       </c>
       <c r="D3" t="inlineStr">
         <is>
-          <t>1st quarter 2025</t>
-[...8 lines deleted...]
-        <v>0.017396612238669347</v>
+          <t>February 2025</t>
+        </is>
+      </c>
+      <c r="E3" s="2" t="n">
+        <v>0.01632870053922703</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="B4" t="inlineStr">
         <is>
           <t>Unprocessed food</t>
         </is>
       </c>
       <c r="C4" t="inlineStr">
         <is>
-          <t>2025</t>
+          <t>1st quarter 2025</t>
         </is>
       </c>
       <c r="D4" t="inlineStr">
         <is>
-          <t>1st quarter 2025</t>
-[...8 lines deleted...]
-        <v>0.01632870053922703</v>
+          <t>March 2025</t>
+        </is>
+      </c>
+      <c r="E4" s="2" t="n">
+        <v>0.006609728926847215</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="B5" t="inlineStr">
         <is>
           <t>Unprocessed food</t>
         </is>
       </c>
       <c r="C5" t="inlineStr">
         <is>
-          <t>2025</t>
+          <t>2nd quarter 2025</t>
         </is>
       </c>
       <c r="D5" t="inlineStr">
         <is>
-          <t>1st quarter 2025</t>
-[...8 lines deleted...]
-        <v>0.006609728926847215</v>
+          <t>April 2025</t>
+        </is>
+      </c>
+      <c r="E5" s="2" t="n">
+        <v>0.018653321201092043</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="B6" t="inlineStr">
         <is>
           <t>Unprocessed food</t>
         </is>
       </c>
       <c r="C6" t="inlineStr">
         <is>
-          <t>2025</t>
+          <t>2nd quarter 2025</t>
         </is>
       </c>
       <c r="D6" t="inlineStr">
         <is>
-          <t>2nd quarter 2025</t>
-[...8 lines deleted...]
-        <v>0.018653321201092043</v>
+          <t>May 2025</t>
+        </is>
+      </c>
+      <c r="E6" s="2" t="n">
+        <v>0.012806991110441413</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="B7" t="inlineStr">
         <is>
           <t>Unprocessed food</t>
         </is>
       </c>
       <c r="C7" t="inlineStr">
         <is>
-          <t>2025</t>
+          <t>2nd quarter 2025</t>
         </is>
       </c>
       <c r="D7" t="inlineStr">
         <is>
-          <t>2nd quarter 2025</t>
-[...8 lines deleted...]
-        <v>0.012806991110441413</v>
+          <t>June 2025</t>
+        </is>
+      </c>
+      <c r="E7" s="2" t="n">
+        <v>0.029762356692733964</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="B8" t="inlineStr">
         <is>
           <t>Unprocessed food</t>
         </is>
       </c>
       <c r="C8" t="inlineStr">
         <is>
-          <t>2025</t>
+          <t>3rd quarter 2025</t>
         </is>
       </c>
       <c r="D8" t="inlineStr">
         <is>
-          <t>2nd quarter 2025</t>
-[...8 lines deleted...]
-        <v>0.029762356692733964</v>
+          <t>July 2025</t>
+        </is>
+      </c>
+      <c r="E8" s="2" t="n">
+        <v>0.02943854324734462</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="B9" t="inlineStr">
         <is>
           <t>Unprocessed food</t>
         </is>
       </c>
       <c r="C9" t="inlineStr">
         <is>
-          <t>2025</t>
+          <t>3rd quarter 2025</t>
         </is>
       </c>
       <c r="D9" t="inlineStr">
         <is>
-          <t>3rd quarter 2025</t>
-[...8 lines deleted...]
-        <v>0.02943854324734462</v>
+          <t>August 2025</t>
+        </is>
+      </c>
+      <c r="E9" s="2" t="n">
+        <v>0.03393457658208499</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="B10" t="inlineStr">
         <is>
           <t>Unprocessed food</t>
         </is>
       </c>
       <c r="C10" t="inlineStr">
         <is>
-          <t>2025</t>
+          <t>3rd quarter 2025</t>
         </is>
       </c>
       <c r="D10" t="inlineStr">
         <is>
-          <t>3rd quarter 2025</t>
-[...8 lines deleted...]
-        <v>0.03393457658208499</v>
+          <t>September 2025</t>
+        </is>
+      </c>
+      <c r="E10" s="2" t="n">
+        <v>0.03247693832431232</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="B11" t="inlineStr">
         <is>
           <t>Unprocessed food</t>
         </is>
       </c>
       <c r="C11" t="inlineStr">
         <is>
-          <t>2025</t>
+          <t>4th quarter 2025</t>
         </is>
       </c>
       <c r="D11" t="inlineStr">
         <is>
-          <t>3rd quarter 2025</t>
-[...8 lines deleted...]
-        <v>0.03247693832431232</v>
+          <t>October 2025</t>
+        </is>
+      </c>
+      <c r="E11" s="2" t="n">
+        <v>0.02799001437325065</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="B12" t="inlineStr">
         <is>
           <t>Unprocessed food</t>
         </is>
       </c>
       <c r="C12" t="inlineStr">
         <is>
-          <t>2025</t>
+          <t>4th quarter 2025</t>
         </is>
       </c>
       <c r="D12" t="inlineStr">
         <is>
-          <t>4th quarter 2025</t>
-[...8 lines deleted...]
-        <v>0.02799001437325065</v>
+          <t>November 2025</t>
+        </is>
+      </c>
+      <c r="E12" s="2" t="n">
+        <v>0.03006782215523762</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="B13" t="inlineStr">
         <is>
           <t>Unprocessed food</t>
         </is>
       </c>
       <c r="C13" t="inlineStr">
         <is>
-          <t>2025</t>
+          <t>4th quarter 2025</t>
         </is>
       </c>
       <c r="D13" t="inlineStr">
         <is>
-          <t>4th quarter 2025</t>
-[...8 lines deleted...]
-        <v>0.03006782215523762</v>
+          <t>December 2025</t>
+        </is>
+      </c>
+      <c r="E13" s="2" t="n">
+        <v>0.030406430087958843</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="B14" t="inlineStr">
         <is>
           <t>Processed food including alcohol and tobacco</t>
         </is>
       </c>
       <c r="C14" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>1st quarter 2025</t>
         </is>
       </c>
       <c r="D14" t="inlineStr">
         <is>
-          <t>4th quarter 2024</t>
-[...8 lines deleted...]
-        <v>0.06912865414489502</v>
+          <t>January 2025</t>
+        </is>
+      </c>
+      <c r="E14" s="2" t="n">
+        <v>0.07511606957244847</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="B15" t="inlineStr">
         <is>
           <t>Processed food including alcohol and tobacco</t>
         </is>
       </c>
       <c r="C15" t="inlineStr">
         <is>
-          <t>2025</t>
+          <t>1st quarter 2025</t>
         </is>
       </c>
       <c r="D15" t="inlineStr">
         <is>
-          <t>1st quarter 2025</t>
-[...8 lines deleted...]
-        <v>0.07511606957244847</v>
+          <t>February 2025</t>
+        </is>
+      </c>
+      <c r="E15" s="2" t="n">
+        <v>0.07212502593181672</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="B16" t="inlineStr">
         <is>
           <t>Processed food including alcohol and tobacco</t>
         </is>
       </c>
       <c r="C16" t="inlineStr">
         <is>
-          <t>2025</t>
+          <t>1st quarter 2025</t>
         </is>
       </c>
       <c r="D16" t="inlineStr">
         <is>
-          <t>1st quarter 2025</t>
-[...8 lines deleted...]
-        <v>0.07212502593181672</v>
+          <t>March 2025</t>
+        </is>
+      </c>
+      <c r="E16" s="2" t="n">
+        <v>0.06875687568756897</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="B17" t="inlineStr">
         <is>
           <t>Processed food including alcohol and tobacco</t>
         </is>
       </c>
       <c r="C17" t="inlineStr">
         <is>
-          <t>2025</t>
+          <t>2nd quarter 2025</t>
         </is>
       </c>
       <c r="D17" t="inlineStr">
         <is>
-          <t>1st quarter 2025</t>
-[...8 lines deleted...]
-        <v>0.06875687568756897</v>
+          <t>April 2025</t>
+        </is>
+      </c>
+      <c r="E17" s="2" t="n">
+        <v>0.058945477161219215</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="B18" t="inlineStr">
         <is>
           <t>Processed food including alcohol and tobacco</t>
         </is>
       </c>
       <c r="C18" t="inlineStr">
         <is>
-          <t>2025</t>
+          <t>2nd quarter 2025</t>
         </is>
       </c>
       <c r="D18" t="inlineStr">
         <is>
-          <t>2nd quarter 2025</t>
-[...8 lines deleted...]
-        <v>0.058945477161219215</v>
+          <t>May 2025</t>
+        </is>
+      </c>
+      <c r="E18" s="2" t="n">
+        <v>0.055494505494505714</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="B19" t="inlineStr">
         <is>
           <t>Processed food including alcohol and tobacco</t>
         </is>
       </c>
       <c r="C19" t="inlineStr">
         <is>
-          <t>2025</t>
+          <t>2nd quarter 2025</t>
         </is>
       </c>
       <c r="D19" t="inlineStr">
         <is>
-          <t>2nd quarter 2025</t>
-[...8 lines deleted...]
-        <v>0.055494505494505714</v>
+          <t>June 2025</t>
+        </is>
+      </c>
+      <c r="E19" s="2" t="n">
+        <v>0.054641076429205765</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="B20" t="inlineStr">
         <is>
           <t>Processed food including alcohol and tobacco</t>
         </is>
       </c>
       <c r="C20" t="inlineStr">
         <is>
-          <t>2025</t>
+          <t>3rd quarter 2025</t>
         </is>
       </c>
       <c r="D20" t="inlineStr">
         <is>
-          <t>2nd quarter 2025</t>
-[...8 lines deleted...]
-        <v>0.054641076429205765</v>
+          <t>July 2025</t>
+        </is>
+      </c>
+      <c r="E20" s="2" t="n">
+        <v>0.04608232837027576</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="B21" t="inlineStr">
         <is>
           <t>Processed food including alcohol and tobacco</t>
         </is>
       </c>
       <c r="C21" t="inlineStr">
         <is>
-          <t>2025</t>
+          <t>3rd quarter 2025</t>
         </is>
       </c>
       <c r="D21" t="inlineStr">
         <is>
-          <t>3rd quarter 2025</t>
-[...8 lines deleted...]
-        <v>0.04608232837027576</v>
+          <t>August 2025</t>
+        </is>
+      </c>
+      <c r="E21" s="2" t="n">
+        <v>0.03529725762327364</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="B22" t="inlineStr">
         <is>
           <t>Processed food including alcohol and tobacco</t>
         </is>
       </c>
       <c r="C22" t="inlineStr">
         <is>
-          <t>2025</t>
+          <t>3rd quarter 2025</t>
         </is>
       </c>
       <c r="D22" t="inlineStr">
         <is>
-          <t>3rd quarter 2025</t>
-[...8 lines deleted...]
-        <v>0.03529725762327364</v>
+          <t>September 2025</t>
+        </is>
+      </c>
+      <c r="E22" s="2" t="n">
+        <v>0.03176933858372821</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="B23" t="inlineStr">
         <is>
           <t>Processed food including alcohol and tobacco</t>
         </is>
       </c>
       <c r="C23" t="inlineStr">
         <is>
-          <t>2025</t>
+          <t>4th quarter 2025</t>
         </is>
       </c>
       <c r="D23" t="inlineStr">
         <is>
-          <t>3rd quarter 2025</t>
-[...8 lines deleted...]
-        <v>0.03176933858372821</v>
+          <t>October 2025</t>
+        </is>
+      </c>
+      <c r="E23" s="2" t="n">
+        <v>0.02628094796769496</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="B24" t="inlineStr">
         <is>
           <t>Processed food including alcohol and tobacco</t>
         </is>
       </c>
       <c r="C24" t="inlineStr">
         <is>
-          <t>2025</t>
+          <t>4th quarter 2025</t>
         </is>
       </c>
       <c r="D24" t="inlineStr">
         <is>
-          <t>4th quarter 2025</t>
-[...8 lines deleted...]
-        <v>0.02628094796769496</v>
+          <t>November 2025</t>
+        </is>
+      </c>
+      <c r="E24" s="2" t="n">
+        <v>0.027359238699445107</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="B25" t="inlineStr">
         <is>
           <t>Processed food including alcohol and tobacco</t>
         </is>
       </c>
       <c r="C25" t="inlineStr">
         <is>
-          <t>2025</t>
+          <t>4th quarter 2025</t>
         </is>
       </c>
       <c r="D25" t="inlineStr">
         <is>
-          <t>4th quarter 2025</t>
-[...8 lines deleted...]
-        <v>0.027359238699445107</v>
+          <t>December 2025</t>
+        </is>
+      </c>
+      <c r="E25" s="2" t="n">
+        <v>0.02470114259295961</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="B26" t="inlineStr">
         <is>
           <t>Non-energy industrial goods</t>
         </is>
       </c>
       <c r="C26" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>1st quarter 2025</t>
         </is>
       </c>
       <c r="D26" t="inlineStr">
         <is>
-          <t>4th quarter 2024</t>
-[...8 lines deleted...]
-        <v>0.007605205340544235</v>
+          <t>January 2025</t>
+        </is>
+      </c>
+      <c r="E26" s="2" t="n">
+        <v>-0.0334527032928641</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="B27" t="inlineStr">
         <is>
           <t>Non-energy industrial goods</t>
         </is>
       </c>
       <c r="C27" t="inlineStr">
         <is>
-          <t>2025</t>
+          <t>1st quarter 2025</t>
         </is>
       </c>
       <c r="D27" t="inlineStr">
         <is>
-          <t>1st quarter 2025</t>
-[...8 lines deleted...]
-        <v>-0.0334527032928641</v>
+          <t>February 2025</t>
+        </is>
+      </c>
+      <c r="E27" s="2" t="n">
+        <v>0.006650391447091476</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="B28" t="inlineStr">
         <is>
           <t>Non-energy industrial goods</t>
         </is>
       </c>
       <c r="C28" t="inlineStr">
         <is>
-          <t>2025</t>
+          <t>1st quarter 2025</t>
         </is>
       </c>
       <c r="D28" t="inlineStr">
         <is>
-          <t>1st quarter 2025</t>
-[...8 lines deleted...]
-        <v>0.006650391447091476</v>
+          <t>March 2025</t>
+        </is>
+      </c>
+      <c r="E28" s="2" t="n">
+        <v>-9.287402904424346E-4</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="B29" t="inlineStr">
         <is>
           <t>Non-energy industrial goods</t>
         </is>
       </c>
       <c r="C29" t="inlineStr">
         <is>
-          <t>2025</t>
+          <t>2nd quarter 2025</t>
         </is>
       </c>
       <c r="D29" t="inlineStr">
         <is>
-          <t>1st quarter 2025</t>
-[...8 lines deleted...]
-        <v>-9.287402904424346E-4</v>
+          <t>April 2025</t>
+        </is>
+      </c>
+      <c r="E29" s="2" t="n">
+        <v>0.002038043478260761</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="B30" t="inlineStr">
         <is>
           <t>Non-energy industrial goods</t>
         </is>
       </c>
       <c r="C30" t="inlineStr">
         <is>
-          <t>2025</t>
+          <t>2nd quarter 2025</t>
         </is>
       </c>
       <c r="D30" t="inlineStr">
         <is>
-          <t>2nd quarter 2025</t>
-[...8 lines deleted...]
-        <v>0.002038043478260761</v>
+          <t>May 2025</t>
+        </is>
+      </c>
+      <c r="E30" s="2" t="n">
+        <v>-0.0011016949152542516</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="B31" t="inlineStr">
         <is>
           <t>Non-energy industrial goods</t>
         </is>
       </c>
       <c r="C31" t="inlineStr">
         <is>
-          <t>2025</t>
+          <t>2nd quarter 2025</t>
         </is>
       </c>
       <c r="D31" t="inlineStr">
         <is>
-          <t>2nd quarter 2025</t>
-[...8 lines deleted...]
-        <v>-0.0011016949152542516</v>
+          <t>June 2025</t>
+        </is>
+      </c>
+      <c r="E31" s="2" t="n">
+        <v>2.5350684468472643E-4</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="B32" t="inlineStr">
         <is>
           <t>Non-energy industrial goods</t>
         </is>
       </c>
       <c r="C32" t="inlineStr">
         <is>
-          <t>2025</t>
+          <t>3rd quarter 2025</t>
         </is>
       </c>
       <c r="D32" t="inlineStr">
         <is>
-          <t>2nd quarter 2025</t>
-[...8 lines deleted...]
-        <v>2.5350684468472643E-4</v>
+          <t>July 2025</t>
+        </is>
+      </c>
+      <c r="E32" s="2" t="n">
+        <v>0.004608294930875684</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="B33" t="inlineStr">
         <is>
           <t>Non-energy industrial goods</t>
         </is>
       </c>
       <c r="C33" t="inlineStr">
         <is>
-          <t>2025</t>
+          <t>3rd quarter 2025</t>
         </is>
       </c>
       <c r="D33" t="inlineStr">
         <is>
-          <t>3rd quarter 2025</t>
-[...8 lines deleted...]
-        <v>0.004608294930875684</v>
+          <t>August 2025</t>
+        </is>
+      </c>
+      <c r="E33" s="2" t="n">
+        <v>-8.446659346228488E-4</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="B34" t="inlineStr">
         <is>
           <t>Non-energy industrial goods</t>
         </is>
       </c>
       <c r="C34" t="inlineStr">
         <is>
-          <t>2025</t>
+          <t>3rd quarter 2025</t>
         </is>
       </c>
       <c r="D34" t="inlineStr">
         <is>
-          <t>3rd quarter 2025</t>
-[...8 lines deleted...]
-        <v>-8.446659346228488E-4</v>
+          <t>September 2025</t>
+        </is>
+      </c>
+      <c r="E34" s="2" t="n">
+        <v>0.005834108396042946</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="B35" t="inlineStr">
         <is>
           <t>Non-energy industrial goods</t>
         </is>
       </c>
       <c r="C35" t="inlineStr">
         <is>
-          <t>2025</t>
+          <t>4th quarter 2025</t>
         </is>
       </c>
       <c r="D35" t="inlineStr">
         <is>
-          <t>3rd quarter 2025</t>
-[...8 lines deleted...]
-        <v>0.005834108396042946</v>
+          <t>October 2025</t>
+        </is>
+      </c>
+      <c r="E35" s="2" t="n">
+        <v>0.005627887442251087</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="B36" t="inlineStr">
         <is>
           <t>Non-energy industrial goods</t>
         </is>
       </c>
       <c r="C36" t="inlineStr">
         <is>
-          <t>2025</t>
+          <t>4th quarter 2025</t>
         </is>
       </c>
       <c r="D36" t="inlineStr">
         <is>
-          <t>4th quarter 2025</t>
-[...8 lines deleted...]
-        <v>0.005627887442251087</v>
+          <t>November 2025</t>
+        </is>
+      </c>
+      <c r="E36" s="2" t="n">
+        <v>0.0029342723004695086</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="B37" t="inlineStr">
         <is>
           <t>Non-energy industrial goods</t>
         </is>
       </c>
       <c r="C37" t="inlineStr">
         <is>
-          <t>2025</t>
+          <t>4th quarter 2025</t>
         </is>
       </c>
       <c r="D37" t="inlineStr">
         <is>
-          <t>4th quarter 2025</t>
-[...8 lines deleted...]
-        <v>0.0029342723004695086</v>
+          <t>December 2025</t>
+        </is>
+      </c>
+      <c r="E37" s="2" t="n">
+        <v>0.007463938275746456</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="B38" t="inlineStr">
         <is>
           <t>Energy</t>
         </is>
       </c>
       <c r="C38" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>1st quarter 2025</t>
         </is>
       </c>
       <c r="D38" t="inlineStr">
         <is>
-          <t>4th quarter 2024</t>
-[...8 lines deleted...]
-        <v>0.13690476190476236</v>
+          <t>January 2025</t>
+        </is>
+      </c>
+      <c r="E38" s="2" t="n">
+        <v>0.22765645712691077</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="B39" t="inlineStr">
         <is>
           <t>Energy</t>
         </is>
       </c>
       <c r="C39" t="inlineStr">
         <is>
-          <t>2025</t>
+          <t>1st quarter 2025</t>
         </is>
       </c>
       <c r="D39" t="inlineStr">
         <is>
-          <t>1st quarter 2025</t>
-[...8 lines deleted...]
-        <v>0.22765645712691077</v>
+          <t>February 2025</t>
+        </is>
+      </c>
+      <c r="E39" s="2" t="n">
+        <v>0.1214159959758556</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="B40" t="inlineStr">
         <is>
           <t>Energy</t>
         </is>
       </c>
       <c r="C40" t="inlineStr">
         <is>
-          <t>2025</t>
+          <t>1st quarter 2025</t>
         </is>
       </c>
       <c r="D40" t="inlineStr">
         <is>
-          <t>1st quarter 2025</t>
-[...8 lines deleted...]
-        <v>0.1214159959758556</v>
+          <t>March 2025</t>
+        </is>
+      </c>
+      <c r="E40" s="2" t="n">
+        <v>0.08547748639287497</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="B41" t="inlineStr">
         <is>
           <t>Energy</t>
         </is>
       </c>
       <c r="C41" t="inlineStr">
         <is>
-          <t>2025</t>
+          <t>2nd quarter 2025</t>
         </is>
       </c>
       <c r="D41" t="inlineStr">
         <is>
-          <t>1st quarter 2025</t>
-[...8 lines deleted...]
-        <v>0.08547748639287497</v>
+          <t>April 2025</t>
+        </is>
+      </c>
+      <c r="E41" s="2" t="n">
+        <v>0.043202191235060125</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="B42" t="inlineStr">
         <is>
           <t>Energy</t>
         </is>
       </c>
       <c r="C42" t="inlineStr">
         <is>
-          <t>2025</t>
+          <t>2nd quarter 2025</t>
         </is>
       </c>
       <c r="D42" t="inlineStr">
         <is>
-          <t>2nd quarter 2025</t>
-[...8 lines deleted...]
-        <v>0.043202191235060125</v>
+          <t>May 2025</t>
+        </is>
+      </c>
+      <c r="E42" s="2" t="n">
+        <v>0.029400558801117797</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="B43" t="inlineStr">
         <is>
           <t>Energy</t>
         </is>
       </c>
       <c r="C43" t="inlineStr">
         <is>
-          <t>2025</t>
+          <t>2nd quarter 2025</t>
         </is>
       </c>
       <c r="D43" t="inlineStr">
         <is>
-          <t>2nd quarter 2025</t>
-[...8 lines deleted...]
-        <v>0.029400558801117797</v>
+          <t>June 2025</t>
+        </is>
+      </c>
+      <c r="E43" s="2" t="n">
+        <v>0.022326454033771172</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="B44" t="inlineStr">
         <is>
           <t>Energy</t>
         </is>
       </c>
       <c r="C44" t="inlineStr">
         <is>
-          <t>2025</t>
+          <t>3rd quarter 2025</t>
         </is>
       </c>
       <c r="D44" t="inlineStr">
         <is>
-          <t>2nd quarter 2025</t>
-[...8 lines deleted...]
-        <v>0.022326454033771172</v>
+          <t>July 2025</t>
+        </is>
+      </c>
+      <c r="E44" s="2" t="n">
+        <v>0.020990245709347006</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="B45" t="inlineStr">
         <is>
           <t>Energy</t>
         </is>
       </c>
       <c r="C45" t="inlineStr">
         <is>
-          <t>2025</t>
+          <t>3rd quarter 2025</t>
         </is>
       </c>
       <c r="D45" t="inlineStr">
         <is>
-          <t>3rd quarter 2025</t>
-[...8 lines deleted...]
-        <v>0.020990245709347006</v>
+          <t>August 2025</t>
+        </is>
+      </c>
+      <c r="E45" s="2" t="n">
+        <v>0.03367941250949625</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="B46" t="inlineStr">
         <is>
           <t>Energy</t>
         </is>
       </c>
       <c r="C46" t="inlineStr">
         <is>
-          <t>2025</t>
+          <t>3rd quarter 2025</t>
         </is>
       </c>
       <c r="D46" t="inlineStr">
         <is>
-          <t>3rd quarter 2025</t>
-[...8 lines deleted...]
-        <v>0.03367941250949625</v>
+          <t>September 2025</t>
+        </is>
+      </c>
+      <c r="E46" s="2" t="n">
+        <v>0.021166009142714014</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="B47" t="inlineStr">
         <is>
           <t>Energy</t>
         </is>
       </c>
       <c r="C47" t="inlineStr">
         <is>
-          <t>2025</t>
+          <t>4th quarter 2025</t>
         </is>
       </c>
       <c r="D47" t="inlineStr">
         <is>
-          <t>3rd quarter 2025</t>
-[...8 lines deleted...]
-        <v>0.021166009142714014</v>
+          <t>October 2025</t>
+        </is>
+      </c>
+      <c r="E47" s="2" t="n">
+        <v>0.012501570549063912</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="B48" t="inlineStr">
         <is>
           <t>Energy</t>
         </is>
       </c>
       <c r="C48" t="inlineStr">
         <is>
-          <t>2025</t>
+          <t>4th quarter 2025</t>
         </is>
       </c>
       <c r="D48" t="inlineStr">
         <is>
-          <t>4th quarter 2025</t>
-[...8 lines deleted...]
-        <v>0.012501570549063912</v>
+          <t>November 2025</t>
+        </is>
+      </c>
+      <c r="E48" s="2" t="n">
+        <v>0.010244770259493477</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="B49" t="inlineStr">
         <is>
           <t>Energy</t>
         </is>
       </c>
       <c r="C49" t="inlineStr">
         <is>
-          <t>2025</t>
+          <t>4th quarter 2025</t>
         </is>
       </c>
       <c r="D49" t="inlineStr">
         <is>
-          <t>4th quarter 2025</t>
-[...8 lines deleted...]
-        <v>0.010244770259493477</v>
+          <t>December 2025</t>
+        </is>
+      </c>
+      <c r="E49" s="2" t="n">
+        <v>-0.04426463588767287</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="B50" t="inlineStr">
         <is>
           <t>Services</t>
         </is>
       </c>
       <c r="C50" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>1st quarter 2025</t>
         </is>
       </c>
       <c r="D50" t="inlineStr">
         <is>
-          <t>4th quarter 2024</t>
-[...8 lines deleted...]
-        <v>0.03731462286716649</v>
+          <t>January 2025</t>
+        </is>
+      </c>
+      <c r="E50" s="2" t="n">
+        <v>0.04093008440834548</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="B51" t="inlineStr">
         <is>
           <t>Services</t>
         </is>
       </c>
       <c r="C51" t="inlineStr">
         <is>
-          <t>2025</t>
+          <t>1st quarter 2025</t>
         </is>
       </c>
       <c r="D51" t="inlineStr">
         <is>
-          <t>1st quarter 2025</t>
-[...8 lines deleted...]
-        <v>0.04093008440834548</v>
+          <t>February 2025</t>
+        </is>
+      </c>
+      <c r="E51" s="2" t="n">
+        <v>0.041518386714116375</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="B52" t="inlineStr">
         <is>
           <t>Services</t>
         </is>
       </c>
       <c r="C52" t="inlineStr">
         <is>
-          <t>2025</t>
+          <t>1st quarter 2025</t>
         </is>
       </c>
       <c r="D52" t="inlineStr">
         <is>
-          <t>1st quarter 2025</t>
-[...8 lines deleted...]
-        <v>0.041518386714116375</v>
+          <t>March 2025</t>
+        </is>
+      </c>
+      <c r="E52" s="2" t="n">
+        <v>0.03637367839671781</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="B53" t="inlineStr">
         <is>
           <t>Services</t>
         </is>
       </c>
       <c r="C53" t="inlineStr">
         <is>
-          <t>2025</t>
+          <t>2nd quarter 2025</t>
         </is>
       </c>
       <c r="D53" t="inlineStr">
         <is>
-          <t>1st quarter 2025</t>
-[...8 lines deleted...]
-        <v>0.03637367839671781</v>
+          <t>April 2025</t>
+        </is>
+      </c>
+      <c r="E53" s="2" t="n">
+        <v>0.03579295154185015</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="B54" t="inlineStr">
         <is>
           <t>Services</t>
         </is>
       </c>
       <c r="C54" t="inlineStr">
         <is>
-          <t>2025</t>
+          <t>2nd quarter 2025</t>
         </is>
       </c>
       <c r="D54" t="inlineStr">
         <is>
-          <t>2nd quarter 2025</t>
-[...8 lines deleted...]
-        <v>0.03579295154185015</v>
+          <t>May 2025</t>
+        </is>
+      </c>
+      <c r="E54" s="2" t="n">
+        <v>0.03474178403755891</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="B55" t="inlineStr">
         <is>
           <t>Services</t>
         </is>
       </c>
       <c r="C55" t="inlineStr">
         <is>
-          <t>2025</t>
+          <t>2nd quarter 2025</t>
         </is>
       </c>
       <c r="D55" t="inlineStr">
         <is>
-          <t>2nd quarter 2025</t>
-[...8 lines deleted...]
-        <v>0.03474178403755891</v>
+          <t>June 2025</t>
+        </is>
+      </c>
+      <c r="E55" s="2" t="n">
+        <v>0.03548034934497814</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="B56" t="inlineStr">
         <is>
           <t>Services</t>
         </is>
       </c>
       <c r="C56" t="inlineStr">
         <is>
-          <t>2025</t>
+          <t>3rd quarter 2025</t>
         </is>
       </c>
       <c r="D56" t="inlineStr">
         <is>
-          <t>2nd quarter 2025</t>
-[...8 lines deleted...]
-        <v>0.03548034934497814</v>
+          <t>July 2025</t>
+        </is>
+      </c>
+      <c r="E56" s="2" t="n">
+        <v>0.03220352009837846</v>
       </c>
     </row>
     <row r="57">
       <c r="A57" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="B57" t="inlineStr">
         <is>
           <t>Services</t>
         </is>
       </c>
       <c r="C57" t="inlineStr">
         <is>
-          <t>2025</t>
+          <t>3rd quarter 2025</t>
         </is>
       </c>
       <c r="D57" t="inlineStr">
         <is>
-          <t>3rd quarter 2025</t>
-[...8 lines deleted...]
-        <v>0.03220352009837846</v>
+          <t>August 2025</t>
+        </is>
+      </c>
+      <c r="E57" s="2" t="n">
+        <v>0.03411972642741879</v>
       </c>
     </row>
     <row r="58">
       <c r="A58" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="B58" t="inlineStr">
         <is>
           <t>Services</t>
         </is>
       </c>
       <c r="C58" t="inlineStr">
         <is>
-          <t>2025</t>
+          <t>3rd quarter 2025</t>
         </is>
       </c>
       <c r="D58" t="inlineStr">
         <is>
-          <t>3rd quarter 2025</t>
-[...8 lines deleted...]
-        <v>0.03411972642741879</v>
+          <t>September 2025</t>
+        </is>
+      </c>
+      <c r="E58" s="2" t="n">
+        <v>0.03668013677339146</v>
       </c>
     </row>
     <row r="59">
       <c r="A59" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="B59" t="inlineStr">
         <is>
           <t>Services</t>
         </is>
       </c>
       <c r="C59" t="inlineStr">
         <is>
-          <t>2025</t>
+          <t>4th quarter 2025</t>
         </is>
       </c>
       <c r="D59" t="inlineStr">
         <is>
-          <t>3rd quarter 2025</t>
-[...8 lines deleted...]
-        <v>0.03668013677339146</v>
+          <t>October 2025</t>
+        </is>
+      </c>
+      <c r="E59" s="2" t="n">
+        <v>0.03711435861749015</v>
       </c>
     </row>
     <row r="60">
       <c r="A60" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="B60" t="inlineStr">
         <is>
           <t>Services</t>
         </is>
       </c>
       <c r="C60" t="inlineStr">
         <is>
-          <t>2025</t>
+          <t>4th quarter 2025</t>
         </is>
       </c>
       <c r="D60" t="inlineStr">
         <is>
-          <t>4th quarter 2025</t>
-[...8 lines deleted...]
-        <v>0.03711435861749015</v>
+          <t>November 2025</t>
+        </is>
+      </c>
+      <c r="E60" s="2" t="n">
+        <v>0.041689309836192935</v>
       </c>
     </row>
     <row r="61">
       <c r="A61" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="B61" t="inlineStr">
         <is>
           <t>Services</t>
         </is>
       </c>
       <c r="C61" t="inlineStr">
         <is>
-          <t>2025</t>
+          <t>4th quarter 2025</t>
         </is>
       </c>
       <c r="D61" t="inlineStr">
         <is>
-          <t>4th quarter 2025</t>
-[...8 lines deleted...]
-        <v>0.041689309836192935</v>
+          <t>December 2025</t>
+        </is>
+      </c>
+      <c r="E61" s="2" t="n">
+        <v>0.04242890084550359</v>
       </c>
     </row>
     <row r="62">
       <c r="A62" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="B62" t="inlineStr">
         <is>
           <t>HICP excluding energy and unprocessed food</t>
         </is>
       </c>
       <c r="C62" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>1st quarter 2025</t>
         </is>
       </c>
       <c r="D62" t="inlineStr">
         <is>
-          <t>4th quarter 2024</t>
-[...8 lines deleted...]
-        <v>0.03457552021520684</v>
+          <t>January 2025</t>
+        </is>
+      </c>
+      <c r="E62" s="2" t="n">
+        <v>0.025057672420650913</v>
       </c>
     </row>
     <row r="63">
       <c r="A63" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="B63" t="inlineStr">
         <is>
           <t>HICP excluding energy and unprocessed food</t>
         </is>
       </c>
       <c r="C63" t="inlineStr">
         <is>
-          <t>2025</t>
+          <t>1st quarter 2025</t>
         </is>
       </c>
       <c r="D63" t="inlineStr">
         <is>
-          <t>1st quarter 2025</t>
-[...8 lines deleted...]
-        <v>0.025057672420650913</v>
+          <t>February 2025</t>
+        </is>
+      </c>
+      <c r="E63" s="2" t="n">
+        <v>0.036920906169162125</v>
       </c>
     </row>
     <row r="64">
       <c r="A64" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="B64" t="inlineStr">
         <is>
           <t>HICP excluding energy and unprocessed food</t>
         </is>
       </c>
       <c r="C64" t="inlineStr">
         <is>
-          <t>2025</t>
+          <t>1st quarter 2025</t>
         </is>
       </c>
       <c r="D64" t="inlineStr">
         <is>
-          <t>1st quarter 2025</t>
-[...8 lines deleted...]
-        <v>0.036920906169162125</v>
+          <t>March 2025</t>
+        </is>
+      </c>
+      <c r="E64" s="2" t="n">
+        <v>0.03138943248532289</v>
       </c>
     </row>
     <row r="65">
       <c r="A65" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="B65" t="inlineStr">
         <is>
           <t>HICP excluding energy and unprocessed food</t>
         </is>
       </c>
       <c r="C65" t="inlineStr">
         <is>
-          <t>2025</t>
+          <t>2nd quarter 2025</t>
         </is>
       </c>
       <c r="D65" t="inlineStr">
         <is>
-          <t>1st quarter 2025</t>
-[...8 lines deleted...]
-        <v>0.03138943248532289</v>
+          <t>April 2025</t>
+        </is>
+      </c>
+      <c r="E65" s="2" t="n">
+        <v>0.030172413793103533</v>
       </c>
     </row>
     <row r="66">
       <c r="A66" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="B66" t="inlineStr">
         <is>
           <t>HICP excluding energy and unprocessed food</t>
         </is>
       </c>
       <c r="C66" t="inlineStr">
         <is>
-          <t>2025</t>
+          <t>2nd quarter 2025</t>
         </is>
       </c>
       <c r="D66" t="inlineStr">
         <is>
-          <t>2nd quarter 2025</t>
-[...8 lines deleted...]
-        <v>0.030172413793103533</v>
+          <t>May 2025</t>
+        </is>
+      </c>
+      <c r="E66" s="2" t="n">
+        <v>0.02800530462594596</v>
       </c>
     </row>
     <row r="67">
       <c r="A67" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="B67" t="inlineStr">
         <is>
           <t>HICP excluding energy and unprocessed food</t>
         </is>
       </c>
       <c r="C67" t="inlineStr">
         <is>
-          <t>2025</t>
+          <t>2nd quarter 2025</t>
         </is>
       </c>
       <c r="D67" t="inlineStr">
         <is>
-          <t>2nd quarter 2025</t>
-[...8 lines deleted...]
-        <v>0.02800530462594596</v>
+          <t>June 2025</t>
+        </is>
+      </c>
+      <c r="E67" s="2" t="n">
+        <v>0.02860251826519532</v>
       </c>
     </row>
     <row r="68">
       <c r="A68" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="B68" t="inlineStr">
         <is>
           <t>HICP excluding energy and unprocessed food</t>
         </is>
       </c>
       <c r="C68" t="inlineStr">
         <is>
-          <t>2025</t>
+          <t>3rd quarter 2025</t>
         </is>
       </c>
       <c r="D68" t="inlineStr">
         <is>
-          <t>2nd quarter 2025</t>
-[...8 lines deleted...]
-        <v>0.02860251826519532</v>
+          <t>July 2025</t>
+        </is>
+      </c>
+      <c r="E68" s="2" t="n">
+        <v>0.026427227101631128</v>
       </c>
     </row>
     <row r="69">
       <c r="A69" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="B69" t="inlineStr">
         <is>
           <t>HICP excluding energy and unprocessed food</t>
         </is>
       </c>
       <c r="C69" t="inlineStr">
         <is>
-          <t>2025</t>
+          <t>3rd quarter 2025</t>
         </is>
       </c>
       <c r="D69" t="inlineStr">
         <is>
-          <t>3rd quarter 2025</t>
-[...8 lines deleted...]
-        <v>0.026427227101631128</v>
+          <t>August 2025</t>
+        </is>
+      </c>
+      <c r="E69" s="2" t="n">
+        <v>0.023878992628992707</v>
       </c>
     </row>
     <row r="70">
       <c r="A70" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="B70" t="inlineStr">
         <is>
           <t>HICP excluding energy and unprocessed food</t>
         </is>
       </c>
       <c r="C70" t="inlineStr">
         <is>
-          <t>2025</t>
+          <t>3rd quarter 2025</t>
         </is>
       </c>
       <c r="D70" t="inlineStr">
         <is>
-          <t>3rd quarter 2025</t>
-[...8 lines deleted...]
-        <v>0.023878992628992707</v>
+          <t>September 2025</t>
+        </is>
+      </c>
+      <c r="E70" s="2" t="n">
+        <v>0.026496716879104026</v>
       </c>
     </row>
     <row r="71">
       <c r="A71" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="B71" t="inlineStr">
         <is>
           <t>HICP excluding energy and unprocessed food</t>
         </is>
       </c>
       <c r="C71" t="inlineStr">
         <is>
-          <t>2025</t>
+          <t>4th quarter 2025</t>
         </is>
       </c>
       <c r="D71" t="inlineStr">
         <is>
-          <t>3rd quarter 2025</t>
-[...8 lines deleted...]
-        <v>0.026496716879104026</v>
+          <t>October 2025</t>
+        </is>
+      </c>
+      <c r="E71" s="2" t="n">
+        <v>0.025568181818181747</v>
       </c>
     </row>
     <row r="72">
       <c r="A72" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="B72" t="inlineStr">
         <is>
           <t>HICP excluding energy and unprocessed food</t>
         </is>
       </c>
       <c r="C72" t="inlineStr">
         <is>
-          <t>2025</t>
+          <t>4th quarter 2025</t>
         </is>
       </c>
       <c r="D72" t="inlineStr">
         <is>
-          <t>4th quarter 2025</t>
-[...8 lines deleted...]
-        <v>0.025568181818181747</v>
+          <t>November 2025</t>
+        </is>
+      </c>
+      <c r="E72" s="2" t="n">
+        <v>0.027288800061495797</v>
       </c>
     </row>
     <row r="73">
       <c r="A73" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="B73" t="inlineStr">
         <is>
           <t>HICP excluding energy and unprocessed food</t>
         </is>
       </c>
       <c r="C73" t="inlineStr">
         <is>
-          <t>2025</t>
+          <t>4th quarter 2025</t>
         </is>
       </c>
       <c r="D73" t="inlineStr">
         <is>
-          <t>4th quarter 2025</t>
-[...8 lines deleted...]
-        <v>0.027288800061495797</v>
+          <t>December 2025</t>
+        </is>
+      </c>
+      <c r="E73" s="2" t="n">
+        <v>0.028525542979504704</v>
       </c>
     </row>
     <row r="74">
       <c r="A74" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="B74"/>
       <c r="C74" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>1st quarter 2025</t>
         </is>
       </c>
       <c r="D74" t="inlineStr">
         <is>
-          <t>4th quarter 2024</t>
-[...8 lines deleted...]
-        <v>0.04414168937329726</v>
+          <t>January 2025</t>
+        </is>
+      </c>
+      <c r="E74" s="2" t="n">
+        <v>0.04360442318249562</v>
       </c>
     </row>
     <row r="75">
       <c r="A75" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="B75"/>
       <c r="C75" t="inlineStr">
         <is>
-          <t>2025</t>
+          <t>1st quarter 2025</t>
         </is>
       </c>
       <c r="D75" t="inlineStr">
         <is>
-          <t>1st quarter 2025</t>
-[...8 lines deleted...]
-        <v>0.04360442318249562</v>
+          <t>February 2025</t>
+        </is>
+      </c>
+      <c r="E75" s="2" t="n">
+        <v>0.0442776160563813</v>
       </c>
     </row>
     <row r="76">
       <c r="A76" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="B76"/>
       <c r="C76" t="inlineStr">
         <is>
-          <t>2025</t>
+          <t>1st quarter 2025</t>
         </is>
       </c>
       <c r="D76" t="inlineStr">
         <is>
-          <t>1st quarter 2025</t>
-[...8 lines deleted...]
-        <v>0.0442776160563813</v>
+          <t>March 2025</t>
+        </is>
+      </c>
+      <c r="E76" s="2" t="n">
+        <v>0.03555894696680663</v>
       </c>
     </row>
     <row r="77">
       <c r="A77" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="B77"/>
       <c r="C77" t="inlineStr">
         <is>
-          <t>2025</t>
+          <t>2nd quarter 2025</t>
         </is>
       </c>
       <c r="D77" t="inlineStr">
         <is>
-          <t>1st quarter 2025</t>
-[...8 lines deleted...]
-        <v>0.03555894696680663</v>
+          <t>April 2025</t>
+        </is>
+      </c>
+      <c r="E77" s="2" t="n">
+        <v>0.03113525091799263</v>
       </c>
     </row>
     <row r="78">
       <c r="A78" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="B78"/>
       <c r="C78" t="inlineStr">
         <is>
-          <t>2025</t>
+          <t>2nd quarter 2025</t>
         </is>
       </c>
       <c r="D78" t="inlineStr">
         <is>
-          <t>2nd quarter 2025</t>
-[...8 lines deleted...]
-        <v>0.03113525091799263</v>
+          <t>May 2025</t>
+        </is>
+      </c>
+      <c r="E78" s="2" t="n">
+        <v>0.028172240036646968</v>
       </c>
     </row>
     <row r="79">
       <c r="A79" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="B79"/>
       <c r="C79" t="inlineStr">
         <is>
-          <t>2025</t>
+          <t>2nd quarter 2025</t>
         </is>
       </c>
       <c r="D79" t="inlineStr">
         <is>
-          <t>2nd quarter 2025</t>
-[...8 lines deleted...]
-        <v>0.028172240036646968</v>
+          <t>June 2025</t>
+        </is>
+      </c>
+      <c r="E79" s="2" t="n">
+        <v>0.028580115536637297</v>
       </c>
     </row>
     <row r="80">
       <c r="A80" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="B80"/>
       <c r="C80" t="inlineStr">
         <is>
-          <t>2025</t>
+          <t>3rd quarter 2025</t>
         </is>
       </c>
       <c r="D80" t="inlineStr">
         <is>
-          <t>2nd quarter 2025</t>
-[...8 lines deleted...]
-        <v>0.028580115536637297</v>
+          <t>July 2025</t>
+        </is>
+      </c>
+      <c r="E80" s="2" t="n">
+        <v>0.026078311410217308</v>
       </c>
     </row>
     <row r="81">
       <c r="A81" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="B81"/>
       <c r="C81" t="inlineStr">
         <is>
-          <t>2025</t>
+          <t>3rd quarter 2025</t>
         </is>
       </c>
       <c r="D81" t="inlineStr">
         <is>
-          <t>3rd quarter 2025</t>
-[...8 lines deleted...]
-        <v>0.026078311410217308</v>
+          <t>August 2025</t>
+        </is>
+      </c>
+      <c r="E81" s="2" t="n">
+        <v>0.0260679575077226</v>
       </c>
     </row>
     <row r="82">
       <c r="A82" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="B82"/>
       <c r="C82" t="inlineStr">
         <is>
-          <t>2025</t>
+          <t>3rd quarter 2025</t>
         </is>
       </c>
       <c r="D82" t="inlineStr">
         <is>
-          <t>3rd quarter 2025</t>
-[...8 lines deleted...]
-        <v>0.0260679575077226</v>
+          <t>September 2025</t>
+        </is>
+      </c>
+      <c r="E82" s="2" t="n">
+        <v>0.026851221541486985</v>
       </c>
     </row>
     <row r="83">
       <c r="A83" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="B83"/>
       <c r="C83" t="inlineStr">
         <is>
-          <t>2025</t>
+          <t>4th quarter 2025</t>
         </is>
       </c>
       <c r="D83" t="inlineStr">
         <is>
-          <t>3rd quarter 2025</t>
-[...8 lines deleted...]
-        <v>0.026851221541486985</v>
+          <t>October 2025</t>
+        </is>
+      </c>
+      <c r="E83" s="2" t="n">
+        <v>0.025282167042889415</v>
       </c>
     </row>
     <row r="84">
       <c r="A84" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="B84"/>
       <c r="C84" t="inlineStr">
         <is>
-          <t>2025</t>
+          <t>4th quarter 2025</t>
         </is>
       </c>
       <c r="D84" t="inlineStr">
         <is>
-          <t>4th quarter 2025</t>
-[...8 lines deleted...]
-        <v>0.025282167042889415</v>
+          <t>November 2025</t>
+        </is>
+      </c>
+      <c r="E84" s="2" t="n">
+        <v>0.026139863291519832</v>
       </c>
     </row>
     <row r="85">
       <c r="A85" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="B85"/>
       <c r="C85" t="inlineStr">
         <is>
-          <t>2025</t>
+          <t>4th quarter 2025</t>
         </is>
       </c>
       <c r="D85" t="inlineStr">
         <is>
-          <t>4th quarter 2025</t>
-[...8 lines deleted...]
-        <v>0.026139863291519832</v>
+          <t>December 2025</t>
+        </is>
+      </c>
+      <c r="E85" s="2" t="n">
+        <v>0.021771547867581363</v>
       </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <coreProperties xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </coreProperties>
 </file>