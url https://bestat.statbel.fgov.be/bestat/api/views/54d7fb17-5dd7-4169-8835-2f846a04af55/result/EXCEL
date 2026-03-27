--- v0 (2025-10-27)
+++ v1 (2026-03-27)
@@ -107,51 +107,51 @@
   <cols>
     <col min="1" max="1" width="11.02734375" customWidth="true"/>
     <col min="2" max="2" width="151.09375" customWidth="true"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" t="inlineStr">
         <is>
           <t>Data source:</t>
         </is>
       </c>
       <c r="B1" t="inlineStr">
         <is>
           <t>Number of Bankruptcies and job losses in Belgium per month, municipality, economic activity (NACE 2008), type of enterprise, legal form, size class of the number of employees, lifespan</t>
         </is>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="inlineStr">
         <is>
           <t>Filters:</t>
         </is>
       </c>
       <c r="B2" t="inlineStr">
         <is>
-          <t xml:space="preserve">Date : 2024
+          <t xml:space="preserve">Date : 2026
 </t>
         </is>
       </c>
     </row>
     <row r="3">
 </row>
     <row r="4">
       <c r="A4" t="inlineStr">
         <is>
           <t xml:space="preserve">Source: </t>
         </is>
       </c>
       <c r="B4" t="inlineStr">
         <is>
           <t>Statbel (Directorate-general Statistics - Statistics Belgium)</t>
         </is>
       </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
@@ -166,51 +166,51 @@
     <col min="3" max="3" width="7.4296875" customWidth="true"/>
     <col min="4" max="4" width="19.796875" customWidth="true"/>
     <col min="5" max="5" width="20.50390625" customWidth="true"/>
     <col min="6" max="6" width="13.7890625" customWidth="true"/>
     <col min="7" max="7" width="19.796875" customWidth="true"/>
     <col min="8" max="8" width="20.50390625" customWidth="true"/>
     <col min="9" max="9" width="13.7890625" customWidth="true"/>
     <col min="10" max="10" width="19.796875" customWidth="true"/>
     <col min="11" max="11" width="20.50390625" customWidth="true"/>
     <col min="12" max="12" width="13.7890625" customWidth="true"/>
     <col min="13" max="13" width="19.796875" customWidth="true"/>
     <col min="14" max="14" width="20.50390625" customWidth="true"/>
     <col min="15" max="15" width="13.7890625" customWidth="true"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1"/>
       <c r="B1"/>
       <c r="C1" t="inlineStr">
         <is>
           <t>Year</t>
         </is>
       </c>
       <c r="D1" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2026</t>
         </is>
       </c>
       <c r="E1"/>
       <c r="F1"/>
       <c r="G1"/>
       <c r="H1"/>
       <c r="I1"/>
       <c r="J1"/>
       <c r="K1"/>
       <c r="L1"/>
       <c r="M1"/>
       <c r="N1"/>
       <c r="O1"/>
     </row>
     <row r="2">
       <c r="A2"/>
       <c r="B2"/>
       <c r="C2" t="inlineStr">
         <is>
           <t>Belgium</t>
         </is>
       </c>
       <c r="D2" t="inlineStr">
         <is>
           <t>Belgium</t>
@@ -330,969 +330,891 @@
     <row r="5">
       <c r="A5" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B5" t="inlineStr">
         <is>
           <t>Section</t>
         </is>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B6" t="inlineStr">
         <is>
           <t>A Agriculture, forestry and fishing</t>
         </is>
       </c>
       <c r="C6"/>
       <c r="D6" s="1" t="n">
-        <v>20.0</v>
+        <v>0.0</v>
       </c>
       <c r="E6" s="1" t="n">
-        <v>17.0</v>
+        <v>0.0</v>
       </c>
       <c r="F6" s="1" t="n">
-        <v>74.0</v>
-[...4 lines deleted...]
-      <c r="H6" s="1" t="n">
+        <v>9.0</v>
+      </c>
+      <c r="G6"/>
+      <c r="H6"/>
+      <c r="I6"/>
+      <c r="J6" s="1" t="n">
+        <v>1.0</v>
+      </c>
+      <c r="K6" s="1" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="L6" s="1" t="n">
         <v>3.0</v>
       </c>
-      <c r="I6" s="1" t="n">
-[...5 lines deleted...]
-      <c r="K6" s="1" t="n">
+      <c r="M6" s="1" t="n">
         <v>1.0</v>
       </c>
-      <c r="L6" s="1" t="n">
-[...4 lines deleted...]
-      </c>
       <c r="N6" s="1" t="n">
-        <v>21.0</v>
+        <v>0.0</v>
       </c>
       <c r="O6" s="1" t="n">
-        <v>127.0</v>
+        <v>12.0</v>
       </c>
     </row>
     <row r="7">
       <c r="A7"/>
       <c r="B7" t="inlineStr">
         <is>
           <t>B Mining and quarrying</t>
         </is>
       </c>
       <c r="C7"/>
       <c r="D7"/>
       <c r="E7"/>
       <c r="F7"/>
       <c r="G7"/>
       <c r="H7"/>
       <c r="I7"/>
-      <c r="J7" s="1" t="n">
-[...16 lines deleted...]
-      </c>
+      <c r="J7"/>
+      <c r="K7"/>
+      <c r="L7"/>
+      <c r="M7"/>
+      <c r="N7"/>
+      <c r="O7"/>
     </row>
     <row r="8">
       <c r="A8"/>
       <c r="B8" t="inlineStr">
         <is>
           <t>C Manufacturing</t>
         </is>
       </c>
       <c r="C8"/>
       <c r="D8" s="1" t="n">
-        <v>3165.0</v>
+        <v>141.0</v>
       </c>
       <c r="E8" s="1" t="n">
-        <v>866.0</v>
+        <v>26.0</v>
       </c>
       <c r="F8" s="1" t="n">
-        <v>4235.0</v>
+        <v>214.0</v>
       </c>
       <c r="G8" s="1" t="n">
-        <v>347.0</v>
+        <v>8.0</v>
       </c>
       <c r="H8" s="1" t="n">
-        <v>54.0</v>
+        <v>0.0</v>
       </c>
       <c r="I8" s="1" t="n">
-        <v>434.0</v>
+        <v>13.0</v>
       </c>
       <c r="J8" s="1" t="n">
-        <v>402.0</v>
+        <v>92.0</v>
       </c>
       <c r="K8" s="1" t="n">
-        <v>77.0</v>
+        <v>26.0</v>
       </c>
       <c r="L8" s="1" t="n">
-        <v>572.0</v>
+        <v>126.0</v>
       </c>
       <c r="M8" s="1" t="n">
-        <v>3914.0</v>
+        <v>241.0</v>
       </c>
       <c r="N8" s="1" t="n">
-        <v>997.0</v>
+        <v>52.0</v>
       </c>
       <c r="O8" s="1" t="n">
-        <v>5241.0</v>
+        <v>353.0</v>
       </c>
     </row>
     <row r="9">
       <c r="A9"/>
       <c r="B9" t="inlineStr">
         <is>
           <t>D Electricity, gas, steam and air conditioning supply</t>
         </is>
       </c>
       <c r="C9"/>
-      <c r="D9" s="1" t="n">
-[...7 lines deleted...]
-      </c>
+      <c r="D9"/>
+      <c r="E9"/>
+      <c r="F9"/>
       <c r="G9"/>
       <c r="H9"/>
       <c r="I9"/>
-      <c r="J9" s="1" t="n">
-[...16 lines deleted...]
-      </c>
+      <c r="J9"/>
+      <c r="K9"/>
+      <c r="L9"/>
+      <c r="M9"/>
+      <c r="N9"/>
+      <c r="O9"/>
     </row>
     <row r="10">
       <c r="A10"/>
       <c r="B10" t="inlineStr">
         <is>
           <t>E Water supply/ sewerage, waste management and remediation activities</t>
         </is>
       </c>
       <c r="C10"/>
       <c r="D10" s="1" t="n">
-        <v>15.0</v>
+        <v>27.0</v>
       </c>
       <c r="E10" s="1" t="n">
-        <v>0.0</v>
+        <v>2.0</v>
       </c>
       <c r="F10" s="1" t="n">
         <v>31.0</v>
       </c>
-      <c r="G10" s="1" t="n">
-[...16 lines deleted...]
-      </c>
+      <c r="G10"/>
+      <c r="H10"/>
+      <c r="I10"/>
+      <c r="J10"/>
+      <c r="K10"/>
+      <c r="L10"/>
       <c r="M10" s="1" t="n">
-        <v>50.0</v>
+        <v>27.0</v>
       </c>
       <c r="N10" s="1" t="n">
-        <v>0.0</v>
+        <v>2.0</v>
       </c>
       <c r="O10" s="1" t="n">
-        <v>71.0</v>
+        <v>31.0</v>
       </c>
     </row>
     <row r="11">
       <c r="A11"/>
       <c r="B11" t="inlineStr">
         <is>
           <t>F Construction</t>
         </is>
       </c>
       <c r="C11"/>
       <c r="D11" s="1" t="n">
-        <v>1189.0</v>
+        <v>226.0</v>
       </c>
       <c r="E11" s="1" t="n">
-        <v>209.0</v>
+        <v>34.0</v>
       </c>
       <c r="F11" s="1" t="n">
-        <v>2908.0</v>
+        <v>515.0</v>
       </c>
       <c r="G11" s="1" t="n">
-        <v>158.0</v>
+        <v>37.0</v>
       </c>
       <c r="H11" s="1" t="n">
-        <v>56.0</v>
+        <v>2.0</v>
       </c>
       <c r="I11" s="1" t="n">
-        <v>609.0</v>
+        <v>87.0</v>
       </c>
       <c r="J11" s="1" t="n">
-        <v>914.0</v>
+        <v>132.0</v>
       </c>
       <c r="K11" s="1" t="n">
-        <v>87.0</v>
+        <v>12.0</v>
       </c>
       <c r="L11" s="1" t="n">
-        <v>1414.0</v>
+        <v>217.0</v>
       </c>
       <c r="M11" s="1" t="n">
-        <v>2261.0</v>
+        <v>395.0</v>
       </c>
       <c r="N11" s="1" t="n">
-        <v>352.0</v>
+        <v>48.0</v>
       </c>
       <c r="O11" s="1" t="n">
-        <v>4931.0</v>
+        <v>819.0</v>
       </c>
     </row>
     <row r="12">
       <c r="A12"/>
       <c r="B12" t="inlineStr">
         <is>
           <t>G Wholesale and retail trade/ repair of motor vehicles and motorcycles</t>
         </is>
       </c>
       <c r="C12"/>
       <c r="D12" s="1" t="n">
-        <v>1434.0</v>
+        <v>124.0</v>
       </c>
       <c r="E12" s="1" t="n">
-        <v>963.0</v>
+        <v>81.0</v>
       </c>
       <c r="F12" s="1" t="n">
-        <v>3375.0</v>
+        <v>381.0</v>
       </c>
       <c r="G12" s="1" t="n">
-        <v>310.0</v>
+        <v>114.0</v>
       </c>
       <c r="H12" s="1" t="n">
-        <v>190.0</v>
+        <v>46.0</v>
       </c>
       <c r="I12" s="1" t="n">
-        <v>812.0</v>
+        <v>206.0</v>
       </c>
       <c r="J12" s="1" t="n">
-        <v>682.0</v>
+        <v>105.0</v>
       </c>
       <c r="K12" s="1" t="n">
-        <v>600.0</v>
+        <v>56.0</v>
       </c>
       <c r="L12" s="1" t="n">
-        <v>1745.0</v>
+        <v>232.0</v>
       </c>
       <c r="M12" s="1" t="n">
-        <v>2426.0</v>
+        <v>343.0</v>
       </c>
       <c r="N12" s="1" t="n">
-        <v>1753.0</v>
+        <v>183.0</v>
       </c>
       <c r="O12" s="1" t="n">
-        <v>5932.0</v>
+        <v>819.0</v>
       </c>
     </row>
     <row r="13">
       <c r="A13"/>
       <c r="B13" t="inlineStr">
         <is>
           <t>H Transportation and storage</t>
         </is>
       </c>
       <c r="C13"/>
       <c r="D13" s="1" t="n">
-        <v>776.0</v>
+        <v>204.0</v>
       </c>
       <c r="E13" s="1" t="n">
-        <v>207.0</v>
+        <v>58.0</v>
       </c>
       <c r="F13" s="1" t="n">
-        <v>1341.0</v>
+        <v>328.0</v>
       </c>
       <c r="G13" s="1" t="n">
-        <v>247.0</v>
+        <v>32.0</v>
       </c>
       <c r="H13" s="1" t="n">
-        <v>103.0</v>
+        <v>23.0</v>
       </c>
       <c r="I13" s="1" t="n">
-        <v>466.0</v>
+        <v>84.0</v>
       </c>
       <c r="J13" s="1" t="n">
-        <v>190.0</v>
+        <v>14.0</v>
       </c>
       <c r="K13" s="1" t="n">
-        <v>66.0</v>
+        <v>6.0</v>
       </c>
       <c r="L13" s="1" t="n">
-        <v>325.0</v>
+        <v>31.0</v>
       </c>
       <c r="M13" s="1" t="n">
-        <v>1213.0</v>
+        <v>250.0</v>
       </c>
       <c r="N13" s="1" t="n">
-        <v>376.0</v>
+        <v>87.0</v>
       </c>
       <c r="O13" s="1" t="n">
-        <v>2132.0</v>
+        <v>443.0</v>
       </c>
     </row>
     <row r="14">
       <c r="A14"/>
       <c r="B14" t="inlineStr">
         <is>
           <t>I Accommodation and food service activities</t>
         </is>
       </c>
       <c r="C14"/>
       <c r="D14" s="1" t="n">
-        <v>651.0</v>
+        <v>114.0</v>
       </c>
       <c r="E14" s="1" t="n">
-        <v>820.0</v>
+        <v>180.0</v>
       </c>
       <c r="F14" s="1" t="n">
-        <v>2325.0</v>
+        <v>454.0</v>
       </c>
       <c r="G14" s="1" t="n">
-        <v>266.0</v>
+        <v>81.0</v>
       </c>
       <c r="H14" s="1" t="n">
-        <v>223.0</v>
+        <v>52.0</v>
       </c>
       <c r="I14" s="1" t="n">
-        <v>673.0</v>
+        <v>164.0</v>
       </c>
       <c r="J14" s="1" t="n">
-        <v>395.0</v>
+        <v>76.0</v>
       </c>
       <c r="K14" s="1" t="n">
-        <v>484.0</v>
+        <v>83.0</v>
       </c>
       <c r="L14" s="1" t="n">
-        <v>1245.0</v>
+        <v>211.0</v>
       </c>
       <c r="M14" s="1" t="n">
-        <v>1312.0</v>
+        <v>271.0</v>
       </c>
       <c r="N14" s="1" t="n">
-        <v>1527.0</v>
+        <v>315.0</v>
       </c>
       <c r="O14" s="1" t="n">
-        <v>4243.0</v>
+        <v>829.0</v>
       </c>
     </row>
     <row r="15">
       <c r="A15"/>
       <c r="B15" t="inlineStr">
         <is>
           <t>J Information and communication</t>
         </is>
       </c>
       <c r="C15"/>
       <c r="D15" s="1" t="n">
-        <v>99.0</v>
+        <v>14.0</v>
       </c>
       <c r="E15" s="1" t="n">
-        <v>24.0</v>
+        <v>4.0</v>
       </c>
       <c r="F15" s="1" t="n">
-        <v>276.0</v>
+        <v>59.0</v>
       </c>
       <c r="G15" s="1" t="n">
-        <v>66.0</v>
+        <v>3.0</v>
       </c>
       <c r="H15" s="1" t="n">
-        <v>15.0</v>
+        <v>7.0</v>
       </c>
       <c r="I15" s="1" t="n">
-        <v>135.0</v>
+        <v>18.0</v>
       </c>
       <c r="J15" s="1" t="n">
-        <v>37.0</v>
+        <v>30.0</v>
       </c>
       <c r="K15" s="1" t="n">
-        <v>26.0</v>
+        <v>8.0</v>
       </c>
       <c r="L15" s="1" t="n">
-        <v>133.0</v>
+        <v>52.0</v>
       </c>
       <c r="M15" s="1" t="n">
-        <v>202.0</v>
+        <v>47.0</v>
       </c>
       <c r="N15" s="1" t="n">
-        <v>65.0</v>
+        <v>19.0</v>
       </c>
       <c r="O15" s="1" t="n">
-        <v>544.0</v>
+        <v>129.0</v>
       </c>
     </row>
     <row r="16">
       <c r="A16"/>
       <c r="B16" t="inlineStr">
         <is>
           <t>K Financial and insurance activities</t>
         </is>
       </c>
       <c r="C16"/>
       <c r="D16" s="1" t="n">
+        <v>1.0</v>
+      </c>
+      <c r="E16" s="1" t="n">
+        <v>1.0</v>
+      </c>
+      <c r="F16" s="1" t="n">
+        <v>7.0</v>
+      </c>
+      <c r="G16" s="1" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="H16" s="1" t="n">
+        <v>1.0</v>
+      </c>
+      <c r="I16" s="1" t="n">
+        <v>2.0</v>
+      </c>
+      <c r="J16" s="1" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="K16" s="1" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="L16" s="1" t="n">
+        <v>1.0</v>
+      </c>
+      <c r="M16" s="1" t="n">
+        <v>1.0</v>
+      </c>
+      <c r="N16" s="1" t="n">
+        <v>2.0</v>
+      </c>
+      <c r="O16" s="1" t="n">
         <v>10.0</v>
-      </c>
-[...31 lines deleted...]
-        <v>103.0</v>
       </c>
     </row>
     <row r="17">
       <c r="A17"/>
       <c r="B17" t="inlineStr">
         <is>
           <t>L Real estate activities</t>
         </is>
       </c>
       <c r="C17"/>
       <c r="D17" s="1" t="n">
-        <v>32.0</v>
+        <v>4.0</v>
       </c>
       <c r="E17" s="1" t="n">
-        <v>15.0</v>
+        <v>2.0</v>
       </c>
       <c r="F17" s="1" t="n">
-        <v>128.0</v>
+        <v>27.0</v>
       </c>
       <c r="G17" s="1" t="n">
-        <v>23.0</v>
+        <v>10.0</v>
       </c>
       <c r="H17" s="1" t="n">
-        <v>11.0</v>
+        <v>2.0</v>
       </c>
       <c r="I17" s="1" t="n">
-        <v>61.0</v>
+        <v>17.0</v>
       </c>
       <c r="J17" s="1" t="n">
-        <v>22.0</v>
+        <v>3.0</v>
       </c>
       <c r="K17" s="1" t="n">
-        <v>15.0</v>
+        <v>1.0</v>
       </c>
       <c r="L17" s="1" t="n">
-        <v>75.0</v>
+        <v>10.0</v>
       </c>
       <c r="M17" s="1" t="n">
-        <v>77.0</v>
+        <v>17.0</v>
       </c>
       <c r="N17" s="1" t="n">
-        <v>41.0</v>
+        <v>5.0</v>
       </c>
       <c r="O17" s="1" t="n">
-        <v>264.0</v>
+        <v>54.0</v>
       </c>
     </row>
     <row r="18">
       <c r="A18"/>
       <c r="B18" t="inlineStr">
         <is>
           <t>M Professional, scientific and technical activities</t>
         </is>
       </c>
       <c r="C18"/>
       <c r="D18" s="1" t="n">
-        <v>348.0</v>
+        <v>23.0</v>
       </c>
       <c r="E18" s="1" t="n">
-        <v>183.0</v>
+        <v>9.0</v>
       </c>
       <c r="F18" s="1" t="n">
-        <v>966.0</v>
+        <v>128.0</v>
       </c>
       <c r="G18" s="1" t="n">
-        <v>46.0</v>
+        <v>32.0</v>
       </c>
       <c r="H18" s="1" t="n">
-        <v>25.0</v>
+        <v>5.0</v>
       </c>
       <c r="I18" s="1" t="n">
-        <v>172.0</v>
+        <v>55.0</v>
       </c>
       <c r="J18" s="1" t="n">
-        <v>304.0</v>
+        <v>6.0</v>
       </c>
       <c r="K18" s="1" t="n">
-        <v>74.0</v>
+        <v>2.0</v>
       </c>
       <c r="L18" s="1" t="n">
-        <v>562.0</v>
+        <v>27.0</v>
       </c>
       <c r="M18" s="1" t="n">
-        <v>698.0</v>
+        <v>61.0</v>
       </c>
       <c r="N18" s="1" t="n">
-        <v>282.0</v>
+        <v>16.0</v>
       </c>
       <c r="O18" s="1" t="n">
-        <v>1700.0</v>
+        <v>210.0</v>
       </c>
     </row>
     <row r="19">
       <c r="A19"/>
       <c r="B19" t="inlineStr">
         <is>
           <t>N Administrative and support service activities</t>
         </is>
       </c>
       <c r="C19"/>
       <c r="D19" s="1" t="n">
-        <v>186.0</v>
+        <v>86.0</v>
       </c>
       <c r="E19" s="1" t="n">
-        <v>264.0</v>
+        <v>67.0</v>
       </c>
       <c r="F19" s="1" t="n">
-        <v>813.0</v>
+        <v>206.0</v>
       </c>
       <c r="G19" s="1" t="n">
-        <v>188.0</v>
+        <v>20.0</v>
       </c>
       <c r="H19" s="1" t="n">
-        <v>141.0</v>
+        <v>18.0</v>
       </c>
       <c r="I19" s="1" t="n">
-        <v>427.0</v>
+        <v>53.0</v>
       </c>
       <c r="J19" s="1" t="n">
-        <v>344.0</v>
+        <v>43.0</v>
       </c>
       <c r="K19" s="1" t="n">
-        <v>294.0</v>
+        <v>51.0</v>
       </c>
       <c r="L19" s="1" t="n">
-        <v>759.0</v>
+        <v>114.0</v>
       </c>
       <c r="M19" s="1" t="n">
-        <v>718.0</v>
+        <v>149.0</v>
       </c>
       <c r="N19" s="1" t="n">
-        <v>699.0</v>
+        <v>136.0</v>
       </c>
       <c r="O19" s="1" t="n">
-        <v>1999.0</v>
+        <v>373.0</v>
       </c>
     </row>
     <row r="20">
       <c r="A20"/>
       <c r="B20" t="inlineStr">
         <is>
           <t>O Public administration and defence/ compulsory social security</t>
         </is>
       </c>
       <c r="C20"/>
-      <c r="D20" s="1" t="n">
-[...7 lines deleted...]
-      </c>
+      <c r="D20"/>
+      <c r="E20"/>
+      <c r="F20"/>
       <c r="G20"/>
       <c r="H20"/>
       <c r="I20"/>
       <c r="J20"/>
       <c r="K20"/>
       <c r="L20"/>
-      <c r="M20" s="1" t="n">
-[...7 lines deleted...]
-      </c>
+      <c r="M20"/>
+      <c r="N20"/>
+      <c r="O20"/>
     </row>
     <row r="21">
       <c r="A21"/>
       <c r="B21" t="inlineStr">
         <is>
           <t>P Education</t>
         </is>
       </c>
       <c r="C21"/>
       <c r="D21" s="1" t="n">
-        <v>5.0</v>
+        <v>1.0</v>
       </c>
       <c r="E21" s="1" t="n">
-        <v>4.0</v>
+        <v>0.0</v>
       </c>
       <c r="F21" s="1" t="n">
-        <v>45.0</v>
+        <v>10.0</v>
       </c>
       <c r="G21" s="1" t="n">
-        <v>1.0</v>
+        <v>0.0</v>
       </c>
       <c r="H21" s="1" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="I21" s="1" t="n">
+        <v>2.0</v>
+      </c>
+      <c r="J21" s="1" t="n">
+        <v>6.0</v>
+      </c>
+      <c r="K21" s="1" t="n">
         <v>7.0</v>
       </c>
-      <c r="I21" s="1" t="n">
-[...7 lines deleted...]
-      </c>
       <c r="L21" s="1" t="n">
-        <v>50.0</v>
+        <v>16.0</v>
       </c>
       <c r="M21" s="1" t="n">
-        <v>35.0</v>
+        <v>7.0</v>
       </c>
       <c r="N21" s="1" t="n">
-        <v>20.0</v>
+        <v>7.0</v>
       </c>
       <c r="O21" s="1" t="n">
-        <v>107.0</v>
+        <v>28.0</v>
       </c>
     </row>
     <row r="22">
       <c r="A22"/>
       <c r="B22" t="inlineStr">
         <is>
           <t>Q Human health and social work activities</t>
         </is>
       </c>
       <c r="C22"/>
       <c r="D22" s="1" t="n">
-        <v>131.0</v>
+        <v>96.0</v>
       </c>
       <c r="E22" s="1" t="n">
-        <v>60.0</v>
+        <v>55.0</v>
       </c>
       <c r="F22" s="1" t="n">
-        <v>261.0</v>
+        <v>163.0</v>
       </c>
       <c r="G22" s="1" t="n">
-        <v>54.0</v>
+        <v>6.0</v>
       </c>
       <c r="H22" s="1" t="n">
-        <v>24.0</v>
+        <v>3.0</v>
       </c>
       <c r="I22" s="1" t="n">
-        <v>98.0</v>
+        <v>9.0</v>
       </c>
       <c r="J22" s="1" t="n">
-        <v>70.0</v>
+        <v>66.0</v>
       </c>
       <c r="K22" s="1" t="n">
-        <v>146.0</v>
+        <v>143.0</v>
       </c>
       <c r="L22" s="1" t="n">
-        <v>271.0</v>
+        <v>219.0</v>
       </c>
       <c r="M22" s="1" t="n">
-        <v>255.0</v>
+        <v>168.0</v>
       </c>
       <c r="N22" s="1" t="n">
-        <v>230.0</v>
+        <v>201.0</v>
       </c>
       <c r="O22" s="1" t="n">
-        <v>630.0</v>
+        <v>391.0</v>
       </c>
     </row>
     <row r="23">
       <c r="A23"/>
       <c r="B23" t="inlineStr">
         <is>
           <t>R Arts, entertainment and recreation</t>
         </is>
       </c>
       <c r="C23"/>
       <c r="D23" s="1" t="n">
-        <v>122.0</v>
+        <v>1.0</v>
       </c>
       <c r="E23" s="1" t="n">
-        <v>53.0</v>
+        <v>3.0</v>
       </c>
       <c r="F23" s="1" t="n">
-        <v>252.0</v>
+        <v>18.0</v>
       </c>
       <c r="G23" s="1" t="n">
+        <v>5.0</v>
+      </c>
+      <c r="H23" s="1" t="n">
+        <v>3.0</v>
+      </c>
+      <c r="I23" s="1" t="n">
+        <v>12.0</v>
+      </c>
+      <c r="J23" s="1" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="K23" s="1" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="L23" s="1" t="n">
         <v>9.0</v>
       </c>
-      <c r="H23" s="1" t="n">
-[...13 lines deleted...]
-      </c>
       <c r="M23" s="1" t="n">
-        <v>162.0</v>
+        <v>6.0</v>
       </c>
       <c r="N23" s="1" t="n">
-        <v>100.0</v>
+        <v>6.0</v>
       </c>
       <c r="O23" s="1" t="n">
-        <v>412.0</v>
+        <v>39.0</v>
       </c>
     </row>
     <row r="24">
       <c r="A24"/>
       <c r="B24" t="inlineStr">
         <is>
           <t>S Other service activities</t>
         </is>
       </c>
       <c r="C24"/>
       <c r="D24" s="1" t="n">
-        <v>160.0</v>
+        <v>15.0</v>
       </c>
       <c r="E24" s="1" t="n">
-        <v>117.0</v>
+        <v>22.0</v>
       </c>
       <c r="F24" s="1" t="n">
-        <v>448.0</v>
+        <v>74.0</v>
       </c>
       <c r="G24" s="1" t="n">
-        <v>45.0</v>
+        <v>9.0</v>
       </c>
       <c r="H24" s="1" t="n">
-        <v>57.0</v>
+        <v>2.0</v>
       </c>
       <c r="I24" s="1" t="n">
-        <v>153.0</v>
+        <v>17.0</v>
       </c>
       <c r="J24" s="1" t="n">
-        <v>45.0</v>
+        <v>10.0</v>
       </c>
       <c r="K24" s="1" t="n">
-        <v>56.0</v>
+        <v>15.0</v>
       </c>
       <c r="L24" s="1" t="n">
-        <v>184.0</v>
+        <v>33.0</v>
       </c>
       <c r="M24" s="1" t="n">
-        <v>250.0</v>
+        <v>34.0</v>
       </c>
       <c r="N24" s="1" t="n">
-        <v>230.0</v>
+        <v>39.0</v>
       </c>
       <c r="O24" s="1" t="n">
-        <v>785.0</v>
+        <v>124.0</v>
       </c>
     </row>
     <row r="25">
       <c r="A25"/>
       <c r="B25" t="inlineStr">
         <is>
           <t>T Activities of households as employers/ undifferentiated goods- and services-producing activities of households for own use</t>
         </is>
       </c>
       <c r="C25"/>
-      <c r="D25" s="1" t="n">
-[...7 lines deleted...]
-      </c>
+      <c r="D25"/>
+      <c r="E25"/>
+      <c r="F25"/>
       <c r="G25"/>
       <c r="H25"/>
       <c r="I25"/>
-      <c r="J25" s="1" t="n">
-[...16 lines deleted...]
-      </c>
+      <c r="J25"/>
+      <c r="K25"/>
+      <c r="L25"/>
+      <c r="M25"/>
+      <c r="N25"/>
+      <c r="O25"/>
     </row>
     <row r="26">
       <c r="A26"/>
       <c r="B26" t="inlineStr">
         <is>
           <t>U Activities of extraterritorial organisations and bodies</t>
         </is>
       </c>
       <c r="C26"/>
       <c r="D26"/>
       <c r="E26"/>
       <c r="F26"/>
       <c r="G26"/>
       <c r="H26"/>
       <c r="I26"/>
       <c r="J26"/>
       <c r="K26"/>
       <c r="L26"/>
       <c r="M26"/>
       <c r="N26"/>
       <c r="O26"/>
     </row>
     <row r="27">
       <c r="A27" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B27"/>
       <c r="C27"/>
       <c r="D27" s="1" t="n">
-        <v>8347.0</v>
+        <v>1077.0</v>
       </c>
       <c r="E27" s="1" t="n">
-        <v>3815.0</v>
+        <v>544.0</v>
       </c>
       <c r="F27" s="1" t="n">
-        <v>17535.0</v>
+        <v>2624.0</v>
       </c>
       <c r="G27" s="1" t="n">
-        <v>1777.0</v>
+        <v>357.0</v>
       </c>
       <c r="H27" s="1" t="n">
-        <v>917.0</v>
+        <v>164.0</v>
       </c>
       <c r="I27" s="1" t="n">
-        <v>4123.0</v>
+        <v>739.0</v>
       </c>
       <c r="J27" s="1" t="n">
-        <v>3533.0</v>
+        <v>584.0</v>
       </c>
       <c r="K27" s="1" t="n">
-        <v>1987.0</v>
+        <v>410.0</v>
       </c>
       <c r="L27" s="1" t="n">
-        <v>7587.0</v>
+        <v>1301.0</v>
       </c>
       <c r="M27" s="1" t="n">
-        <v>13657.0</v>
+        <v>2018.0</v>
       </c>
       <c r="N27" s="1" t="n">
-        <v>6719.0</v>
+        <v>1118.0</v>
       </c>
       <c r="O27" s="1" t="n">
-        <v>29245.0</v>
+        <v>4664.0</v>
       </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <cols>
     <col min="1" max="1" width="19.24609375" customWidth="true"/>
     <col min="2" max="2" width="102.87109375" customWidth="true"/>
     <col min="3" max="3" width="4.96484375" customWidth="true"/>
     <col min="4" max="4" width="7.4296875" customWidth="true"/>
     <col min="5" max="5" width="19.6015625" customWidth="true"/>
     <col min="6" max="6" width="19.796875" customWidth="true"/>
     <col min="7" max="7" width="20.50390625" customWidth="true"/>
     <col min="8" max="8" width="13.7890625" customWidth="true"/>
   </cols>
   <sheetData>
@@ -1329,3033 +1251,2955 @@
       </c>
       <c r="G1" t="inlineStr">
         <is>
           <t>Losses of part-time jobs</t>
         </is>
       </c>
       <c r="H1" t="inlineStr">
         <is>
           <t>Total job losses</t>
         </is>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B2" t="inlineStr">
         <is>
           <t>A Agriculture, forestry and fishing</t>
         </is>
       </c>
       <c r="C2" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2026</t>
         </is>
       </c>
       <c r="D2" t="inlineStr">
         <is>
           <t>Belgium</t>
         </is>
       </c>
       <c r="E2" t="inlineStr">
         <is>
           <t>Flanders region</t>
         </is>
       </c>
       <c r="F2" s="1" t="n">
-        <v>20.0</v>
+        <v>0.0</v>
       </c>
       <c r="G2" s="1" t="n">
-        <v>17.0</v>
+        <v>0.0</v>
       </c>
       <c r="H2" s="1" t="n">
-        <v>74.0</v>
+        <v>9.0</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B3" t="inlineStr">
         <is>
           <t>A Agriculture, forestry and fishing</t>
         </is>
       </c>
       <c r="C3" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2026</t>
         </is>
       </c>
       <c r="D3" t="inlineStr">
         <is>
           <t>Belgium</t>
         </is>
       </c>
       <c r="E3" t="inlineStr">
         <is>
           <t>Brussels-Capital region</t>
         </is>
       </c>
-      <c r="F3" s="1" t="n">
-[...7 lines deleted...]
-      </c>
+      <c r="F3"/>
+      <c r="G3"/>
+      <c r="H3"/>
     </row>
     <row r="4">
       <c r="A4" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B4" t="inlineStr">
         <is>
           <t>A Agriculture, forestry and fishing</t>
         </is>
       </c>
       <c r="C4" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2026</t>
         </is>
       </c>
       <c r="D4" t="inlineStr">
         <is>
           <t>Belgium</t>
         </is>
       </c>
       <c r="E4" t="inlineStr">
         <is>
           <t>Walloon region</t>
         </is>
       </c>
       <c r="F4" s="1" t="n">
-        <v>10.0</v>
+        <v>1.0</v>
       </c>
       <c r="G4" s="1" t="n">
-        <v>1.0</v>
+        <v>0.0</v>
       </c>
       <c r="H4" s="1" t="n">
-        <v>43.0</v>
+        <v>3.0</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B5" t="inlineStr">
         <is>
           <t>A Agriculture, forestry and fishing</t>
         </is>
       </c>
       <c r="C5" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2026</t>
         </is>
       </c>
       <c r="D5" t="inlineStr">
         <is>
           <t>Belgium</t>
         </is>
       </c>
       <c r="E5"/>
       <c r="F5" s="1" t="n">
-        <v>35.0</v>
+        <v>1.0</v>
       </c>
       <c r="G5" s="1" t="n">
-        <v>21.0</v>
+        <v>0.0</v>
       </c>
       <c r="H5" s="1" t="n">
-        <v>127.0</v>
+        <v>12.0</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B6" t="inlineStr">
         <is>
           <t>B Mining and quarrying</t>
         </is>
       </c>
       <c r="C6" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2026</t>
         </is>
       </c>
       <c r="D6" t="inlineStr">
         <is>
           <t>Belgium</t>
         </is>
       </c>
       <c r="E6" t="inlineStr">
         <is>
           <t>Flanders region</t>
         </is>
       </c>
       <c r="F6"/>
       <c r="G6"/>
       <c r="H6"/>
     </row>
     <row r="7">
       <c r="A7" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B7" t="inlineStr">
         <is>
           <t>B Mining and quarrying</t>
         </is>
       </c>
       <c r="C7" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2026</t>
         </is>
       </c>
       <c r="D7" t="inlineStr">
         <is>
           <t>Belgium</t>
         </is>
       </c>
       <c r="E7" t="inlineStr">
         <is>
           <t>Brussels-Capital region</t>
         </is>
       </c>
       <c r="F7"/>
       <c r="G7"/>
       <c r="H7"/>
     </row>
     <row r="8">
       <c r="A8" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B8" t="inlineStr">
         <is>
           <t>B Mining and quarrying</t>
         </is>
       </c>
       <c r="C8" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2026</t>
         </is>
       </c>
       <c r="D8" t="inlineStr">
         <is>
           <t>Belgium</t>
         </is>
       </c>
       <c r="E8" t="inlineStr">
         <is>
           <t>Walloon region</t>
         </is>
       </c>
-      <c r="F8" s="1" t="n">
-[...7 lines deleted...]
-      </c>
+      <c r="F8"/>
+      <c r="G8"/>
+      <c r="H8"/>
     </row>
     <row r="9">
       <c r="A9" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B9" t="inlineStr">
         <is>
           <t>B Mining and quarrying</t>
         </is>
       </c>
       <c r="C9" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2026</t>
         </is>
       </c>
       <c r="D9" t="inlineStr">
         <is>
           <t>Belgium</t>
         </is>
       </c>
       <c r="E9"/>
-      <c r="F9" s="1" t="n">
-[...7 lines deleted...]
-      </c>
+      <c r="F9"/>
+      <c r="G9"/>
+      <c r="H9"/>
     </row>
     <row r="10">
       <c r="A10" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B10" t="inlineStr">
         <is>
           <t>C Manufacturing</t>
         </is>
       </c>
       <c r="C10" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2026</t>
         </is>
       </c>
       <c r="D10" t="inlineStr">
         <is>
           <t>Belgium</t>
         </is>
       </c>
       <c r="E10" t="inlineStr">
         <is>
           <t>Flanders region</t>
         </is>
       </c>
       <c r="F10" s="1" t="n">
-        <v>3165.0</v>
+        <v>141.0</v>
       </c>
       <c r="G10" s="1" t="n">
-        <v>866.0</v>
+        <v>26.0</v>
       </c>
       <c r="H10" s="1" t="n">
-        <v>4235.0</v>
+        <v>214.0</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B11" t="inlineStr">
         <is>
           <t>C Manufacturing</t>
         </is>
       </c>
       <c r="C11" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2026</t>
         </is>
       </c>
       <c r="D11" t="inlineStr">
         <is>
           <t>Belgium</t>
         </is>
       </c>
       <c r="E11" t="inlineStr">
         <is>
           <t>Brussels-Capital region</t>
         </is>
       </c>
       <c r="F11" s="1" t="n">
-        <v>347.0</v>
+        <v>8.0</v>
       </c>
       <c r="G11" s="1" t="n">
-        <v>54.0</v>
+        <v>0.0</v>
       </c>
       <c r="H11" s="1" t="n">
-        <v>434.0</v>
+        <v>13.0</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B12" t="inlineStr">
         <is>
           <t>C Manufacturing</t>
         </is>
       </c>
       <c r="C12" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2026</t>
         </is>
       </c>
       <c r="D12" t="inlineStr">
         <is>
           <t>Belgium</t>
         </is>
       </c>
       <c r="E12" t="inlineStr">
         <is>
           <t>Walloon region</t>
         </is>
       </c>
       <c r="F12" s="1" t="n">
-        <v>402.0</v>
+        <v>92.0</v>
       </c>
       <c r="G12" s="1" t="n">
-        <v>77.0</v>
+        <v>26.0</v>
       </c>
       <c r="H12" s="1" t="n">
-        <v>572.0</v>
+        <v>126.0</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B13" t="inlineStr">
         <is>
           <t>C Manufacturing</t>
         </is>
       </c>
       <c r="C13" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2026</t>
         </is>
       </c>
       <c r="D13" t="inlineStr">
         <is>
           <t>Belgium</t>
         </is>
       </c>
       <c r="E13"/>
       <c r="F13" s="1" t="n">
-        <v>3914.0</v>
+        <v>241.0</v>
       </c>
       <c r="G13" s="1" t="n">
-        <v>997.0</v>
+        <v>52.0</v>
       </c>
       <c r="H13" s="1" t="n">
-        <v>5241.0</v>
+        <v>353.0</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B14" t="inlineStr">
         <is>
           <t>D Electricity, gas, steam and air conditioning supply</t>
         </is>
       </c>
       <c r="C14" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2026</t>
         </is>
       </c>
       <c r="D14" t="inlineStr">
         <is>
           <t>Belgium</t>
         </is>
       </c>
       <c r="E14" t="inlineStr">
         <is>
           <t>Flanders region</t>
         </is>
       </c>
-      <c r="F14" s="1" t="n">
-[...7 lines deleted...]
-      </c>
+      <c r="F14"/>
+      <c r="G14"/>
+      <c r="H14"/>
     </row>
     <row r="15">
       <c r="A15" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B15" t="inlineStr">
         <is>
           <t>D Electricity, gas, steam and air conditioning supply</t>
         </is>
       </c>
       <c r="C15" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2026</t>
         </is>
       </c>
       <c r="D15" t="inlineStr">
         <is>
           <t>Belgium</t>
         </is>
       </c>
       <c r="E15" t="inlineStr">
         <is>
           <t>Brussels-Capital region</t>
         </is>
       </c>
       <c r="F15"/>
       <c r="G15"/>
       <c r="H15"/>
     </row>
     <row r="16">
       <c r="A16" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B16" t="inlineStr">
         <is>
           <t>D Electricity, gas, steam and air conditioning supply</t>
         </is>
       </c>
       <c r="C16" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2026</t>
         </is>
       </c>
       <c r="D16" t="inlineStr">
         <is>
           <t>Belgium</t>
         </is>
       </c>
       <c r="E16" t="inlineStr">
         <is>
           <t>Walloon region</t>
         </is>
       </c>
-      <c r="F16" s="1" t="n">
-[...7 lines deleted...]
-      </c>
+      <c r="F16"/>
+      <c r="G16"/>
+      <c r="H16"/>
     </row>
     <row r="17">
       <c r="A17" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B17" t="inlineStr">
         <is>
           <t>D Electricity, gas, steam and air conditioning supply</t>
         </is>
       </c>
       <c r="C17" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2026</t>
         </is>
       </c>
       <c r="D17" t="inlineStr">
         <is>
           <t>Belgium</t>
         </is>
       </c>
       <c r="E17"/>
-      <c r="F17" s="1" t="n">
-[...7 lines deleted...]
-      </c>
+      <c r="F17"/>
+      <c r="G17"/>
+      <c r="H17"/>
     </row>
     <row r="18">
       <c r="A18" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B18" t="inlineStr">
         <is>
           <t>E Water supply/ sewerage, waste management and remediation activities</t>
         </is>
       </c>
       <c r="C18" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2026</t>
         </is>
       </c>
       <c r="D18" t="inlineStr">
         <is>
           <t>Belgium</t>
         </is>
       </c>
       <c r="E18" t="inlineStr">
         <is>
           <t>Flanders region</t>
         </is>
       </c>
       <c r="F18" s="1" t="n">
-        <v>15.0</v>
+        <v>27.0</v>
       </c>
       <c r="G18" s="1" t="n">
-        <v>0.0</v>
+        <v>2.0</v>
       </c>
       <c r="H18" s="1" t="n">
         <v>31.0</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B19" t="inlineStr">
         <is>
           <t>E Water supply/ sewerage, waste management and remediation activities</t>
         </is>
       </c>
       <c r="C19" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2026</t>
         </is>
       </c>
       <c r="D19" t="inlineStr">
         <is>
           <t>Belgium</t>
         </is>
       </c>
       <c r="E19" t="inlineStr">
         <is>
           <t>Brussels-Capital region</t>
         </is>
       </c>
-      <c r="F19" s="1" t="n">
-[...7 lines deleted...]
-      </c>
+      <c r="F19"/>
+      <c r="G19"/>
+      <c r="H19"/>
     </row>
     <row r="20">
       <c r="A20" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B20" t="inlineStr">
         <is>
           <t>E Water supply/ sewerage, waste management and remediation activities</t>
         </is>
       </c>
       <c r="C20" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2026</t>
         </is>
       </c>
       <c r="D20" t="inlineStr">
         <is>
           <t>Belgium</t>
         </is>
       </c>
       <c r="E20" t="inlineStr">
         <is>
           <t>Walloon region</t>
         </is>
       </c>
-      <c r="F20" s="1" t="n">
-[...7 lines deleted...]
-      </c>
+      <c r="F20"/>
+      <c r="G20"/>
+      <c r="H20"/>
     </row>
     <row r="21">
       <c r="A21" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B21" t="inlineStr">
         <is>
           <t>E Water supply/ sewerage, waste management and remediation activities</t>
         </is>
       </c>
       <c r="C21" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2026</t>
         </is>
       </c>
       <c r="D21" t="inlineStr">
         <is>
           <t>Belgium</t>
         </is>
       </c>
       <c r="E21"/>
       <c r="F21" s="1" t="n">
-        <v>50.0</v>
+        <v>27.0</v>
       </c>
       <c r="G21" s="1" t="n">
-        <v>0.0</v>
+        <v>2.0</v>
       </c>
       <c r="H21" s="1" t="n">
-        <v>71.0</v>
+        <v>31.0</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B22" t="inlineStr">
         <is>
           <t>F Construction</t>
         </is>
       </c>
       <c r="C22" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2026</t>
         </is>
       </c>
       <c r="D22" t="inlineStr">
         <is>
           <t>Belgium</t>
         </is>
       </c>
       <c r="E22" t="inlineStr">
         <is>
           <t>Flanders region</t>
         </is>
       </c>
       <c r="F22" s="1" t="n">
-        <v>1189.0</v>
+        <v>226.0</v>
       </c>
       <c r="G22" s="1" t="n">
-        <v>209.0</v>
+        <v>34.0</v>
       </c>
       <c r="H22" s="1" t="n">
-        <v>2908.0</v>
+        <v>515.0</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B23" t="inlineStr">
         <is>
           <t>F Construction</t>
         </is>
       </c>
       <c r="C23" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2026</t>
         </is>
       </c>
       <c r="D23" t="inlineStr">
         <is>
           <t>Belgium</t>
         </is>
       </c>
       <c r="E23" t="inlineStr">
         <is>
           <t>Brussels-Capital region</t>
         </is>
       </c>
       <c r="F23" s="1" t="n">
-        <v>158.0</v>
+        <v>37.0</v>
       </c>
       <c r="G23" s="1" t="n">
-        <v>56.0</v>
+        <v>2.0</v>
       </c>
       <c r="H23" s="1" t="n">
-        <v>609.0</v>
+        <v>87.0</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B24" t="inlineStr">
         <is>
           <t>F Construction</t>
         </is>
       </c>
       <c r="C24" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2026</t>
         </is>
       </c>
       <c r="D24" t="inlineStr">
         <is>
           <t>Belgium</t>
         </is>
       </c>
       <c r="E24" t="inlineStr">
         <is>
           <t>Walloon region</t>
         </is>
       </c>
       <c r="F24" s="1" t="n">
-        <v>914.0</v>
+        <v>132.0</v>
       </c>
       <c r="G24" s="1" t="n">
-        <v>87.0</v>
+        <v>12.0</v>
       </c>
       <c r="H24" s="1" t="n">
-        <v>1414.0</v>
+        <v>217.0</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B25" t="inlineStr">
         <is>
           <t>F Construction</t>
         </is>
       </c>
       <c r="C25" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2026</t>
         </is>
       </c>
       <c r="D25" t="inlineStr">
         <is>
           <t>Belgium</t>
         </is>
       </c>
       <c r="E25"/>
       <c r="F25" s="1" t="n">
-        <v>2261.0</v>
+        <v>395.0</v>
       </c>
       <c r="G25" s="1" t="n">
-        <v>352.0</v>
+        <v>48.0</v>
       </c>
       <c r="H25" s="1" t="n">
-        <v>4931.0</v>
+        <v>819.0</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B26" t="inlineStr">
         <is>
           <t>G Wholesale and retail trade/ repair of motor vehicles and motorcycles</t>
         </is>
       </c>
       <c r="C26" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2026</t>
         </is>
       </c>
       <c r="D26" t="inlineStr">
         <is>
           <t>Belgium</t>
         </is>
       </c>
       <c r="E26" t="inlineStr">
         <is>
           <t>Flanders region</t>
         </is>
       </c>
       <c r="F26" s="1" t="n">
-        <v>1434.0</v>
+        <v>124.0</v>
       </c>
       <c r="G26" s="1" t="n">
-        <v>963.0</v>
+        <v>81.0</v>
       </c>
       <c r="H26" s="1" t="n">
-        <v>3375.0</v>
+        <v>381.0</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B27" t="inlineStr">
         <is>
           <t>G Wholesale and retail trade/ repair of motor vehicles and motorcycles</t>
         </is>
       </c>
       <c r="C27" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2026</t>
         </is>
       </c>
       <c r="D27" t="inlineStr">
         <is>
           <t>Belgium</t>
         </is>
       </c>
       <c r="E27" t="inlineStr">
         <is>
           <t>Brussels-Capital region</t>
         </is>
       </c>
       <c r="F27" s="1" t="n">
-        <v>310.0</v>
+        <v>114.0</v>
       </c>
       <c r="G27" s="1" t="n">
-        <v>190.0</v>
+        <v>46.0</v>
       </c>
       <c r="H27" s="1" t="n">
-        <v>812.0</v>
+        <v>206.0</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B28" t="inlineStr">
         <is>
           <t>G Wholesale and retail trade/ repair of motor vehicles and motorcycles</t>
         </is>
       </c>
       <c r="C28" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2026</t>
         </is>
       </c>
       <c r="D28" t="inlineStr">
         <is>
           <t>Belgium</t>
         </is>
       </c>
       <c r="E28" t="inlineStr">
         <is>
           <t>Walloon region</t>
         </is>
       </c>
       <c r="F28" s="1" t="n">
-        <v>682.0</v>
+        <v>105.0</v>
       </c>
       <c r="G28" s="1" t="n">
-        <v>600.0</v>
+        <v>56.0</v>
       </c>
       <c r="H28" s="1" t="n">
-        <v>1745.0</v>
+        <v>232.0</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B29" t="inlineStr">
         <is>
           <t>G Wholesale and retail trade/ repair of motor vehicles and motorcycles</t>
         </is>
       </c>
       <c r="C29" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2026</t>
         </is>
       </c>
       <c r="D29" t="inlineStr">
         <is>
           <t>Belgium</t>
         </is>
       </c>
       <c r="E29"/>
       <c r="F29" s="1" t="n">
-        <v>2426.0</v>
+        <v>343.0</v>
       </c>
       <c r="G29" s="1" t="n">
-        <v>1753.0</v>
+        <v>183.0</v>
       </c>
       <c r="H29" s="1" t="n">
-        <v>5932.0</v>
+        <v>819.0</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B30" t="inlineStr">
         <is>
           <t>H Transportation and storage</t>
         </is>
       </c>
       <c r="C30" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2026</t>
         </is>
       </c>
       <c r="D30" t="inlineStr">
         <is>
           <t>Belgium</t>
         </is>
       </c>
       <c r="E30" t="inlineStr">
         <is>
           <t>Flanders region</t>
         </is>
       </c>
       <c r="F30" s="1" t="n">
-        <v>776.0</v>
+        <v>204.0</v>
       </c>
       <c r="G30" s="1" t="n">
-        <v>207.0</v>
+        <v>58.0</v>
       </c>
       <c r="H30" s="1" t="n">
-        <v>1341.0</v>
+        <v>328.0</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B31" t="inlineStr">
         <is>
           <t>H Transportation and storage</t>
         </is>
       </c>
       <c r="C31" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2026</t>
         </is>
       </c>
       <c r="D31" t="inlineStr">
         <is>
           <t>Belgium</t>
         </is>
       </c>
       <c r="E31" t="inlineStr">
         <is>
           <t>Brussels-Capital region</t>
         </is>
       </c>
       <c r="F31" s="1" t="n">
-        <v>247.0</v>
+        <v>32.0</v>
       </c>
       <c r="G31" s="1" t="n">
-        <v>103.0</v>
+        <v>23.0</v>
       </c>
       <c r="H31" s="1" t="n">
-        <v>466.0</v>
+        <v>84.0</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B32" t="inlineStr">
         <is>
           <t>H Transportation and storage</t>
         </is>
       </c>
       <c r="C32" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2026</t>
         </is>
       </c>
       <c r="D32" t="inlineStr">
         <is>
           <t>Belgium</t>
         </is>
       </c>
       <c r="E32" t="inlineStr">
         <is>
           <t>Walloon region</t>
         </is>
       </c>
       <c r="F32" s="1" t="n">
-        <v>190.0</v>
+        <v>14.0</v>
       </c>
       <c r="G32" s="1" t="n">
-        <v>66.0</v>
+        <v>6.0</v>
       </c>
       <c r="H32" s="1" t="n">
-        <v>325.0</v>
+        <v>31.0</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B33" t="inlineStr">
         <is>
           <t>H Transportation and storage</t>
         </is>
       </c>
       <c r="C33" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2026</t>
         </is>
       </c>
       <c r="D33" t="inlineStr">
         <is>
           <t>Belgium</t>
         </is>
       </c>
       <c r="E33"/>
       <c r="F33" s="1" t="n">
-        <v>1213.0</v>
+        <v>250.0</v>
       </c>
       <c r="G33" s="1" t="n">
-        <v>376.0</v>
+        <v>87.0</v>
       </c>
       <c r="H33" s="1" t="n">
-        <v>2132.0</v>
+        <v>443.0</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B34" t="inlineStr">
         <is>
           <t>I Accommodation and food service activities</t>
         </is>
       </c>
       <c r="C34" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2026</t>
         </is>
       </c>
       <c r="D34" t="inlineStr">
         <is>
           <t>Belgium</t>
         </is>
       </c>
       <c r="E34" t="inlineStr">
         <is>
           <t>Flanders region</t>
         </is>
       </c>
       <c r="F34" s="1" t="n">
-        <v>651.0</v>
+        <v>114.0</v>
       </c>
       <c r="G34" s="1" t="n">
-        <v>820.0</v>
+        <v>180.0</v>
       </c>
       <c r="H34" s="1" t="n">
-        <v>2325.0</v>
+        <v>454.0</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B35" t="inlineStr">
         <is>
           <t>I Accommodation and food service activities</t>
         </is>
       </c>
       <c r="C35" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2026</t>
         </is>
       </c>
       <c r="D35" t="inlineStr">
         <is>
           <t>Belgium</t>
         </is>
       </c>
       <c r="E35" t="inlineStr">
         <is>
           <t>Brussels-Capital region</t>
         </is>
       </c>
       <c r="F35" s="1" t="n">
-        <v>266.0</v>
+        <v>81.0</v>
       </c>
       <c r="G35" s="1" t="n">
-        <v>223.0</v>
+        <v>52.0</v>
       </c>
       <c r="H35" s="1" t="n">
-        <v>673.0</v>
+        <v>164.0</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B36" t="inlineStr">
         <is>
           <t>I Accommodation and food service activities</t>
         </is>
       </c>
       <c r="C36" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2026</t>
         </is>
       </c>
       <c r="D36" t="inlineStr">
         <is>
           <t>Belgium</t>
         </is>
       </c>
       <c r="E36" t="inlineStr">
         <is>
           <t>Walloon region</t>
         </is>
       </c>
       <c r="F36" s="1" t="n">
-        <v>395.0</v>
+        <v>76.0</v>
       </c>
       <c r="G36" s="1" t="n">
-        <v>484.0</v>
+        <v>83.0</v>
       </c>
       <c r="H36" s="1" t="n">
-        <v>1245.0</v>
+        <v>211.0</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B37" t="inlineStr">
         <is>
           <t>I Accommodation and food service activities</t>
         </is>
       </c>
       <c r="C37" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2026</t>
         </is>
       </c>
       <c r="D37" t="inlineStr">
         <is>
           <t>Belgium</t>
         </is>
       </c>
       <c r="E37"/>
       <c r="F37" s="1" t="n">
-        <v>1312.0</v>
+        <v>271.0</v>
       </c>
       <c r="G37" s="1" t="n">
-        <v>1527.0</v>
+        <v>315.0</v>
       </c>
       <c r="H37" s="1" t="n">
-        <v>4243.0</v>
+        <v>829.0</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B38" t="inlineStr">
         <is>
           <t>J Information and communication</t>
         </is>
       </c>
       <c r="C38" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2026</t>
         </is>
       </c>
       <c r="D38" t="inlineStr">
         <is>
           <t>Belgium</t>
         </is>
       </c>
       <c r="E38" t="inlineStr">
         <is>
           <t>Flanders region</t>
         </is>
       </c>
       <c r="F38" s="1" t="n">
-        <v>99.0</v>
+        <v>14.0</v>
       </c>
       <c r="G38" s="1" t="n">
-        <v>24.0</v>
+        <v>4.0</v>
       </c>
       <c r="H38" s="1" t="n">
-        <v>276.0</v>
+        <v>59.0</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B39" t="inlineStr">
         <is>
           <t>J Information and communication</t>
         </is>
       </c>
       <c r="C39" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2026</t>
         </is>
       </c>
       <c r="D39" t="inlineStr">
         <is>
           <t>Belgium</t>
         </is>
       </c>
       <c r="E39" t="inlineStr">
         <is>
           <t>Brussels-Capital region</t>
         </is>
       </c>
       <c r="F39" s="1" t="n">
-        <v>66.0</v>
+        <v>3.0</v>
       </c>
       <c r="G39" s="1" t="n">
-        <v>15.0</v>
+        <v>7.0</v>
       </c>
       <c r="H39" s="1" t="n">
-        <v>135.0</v>
+        <v>18.0</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B40" t="inlineStr">
         <is>
           <t>J Information and communication</t>
         </is>
       </c>
       <c r="C40" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2026</t>
         </is>
       </c>
       <c r="D40" t="inlineStr">
         <is>
           <t>Belgium</t>
         </is>
       </c>
       <c r="E40" t="inlineStr">
         <is>
           <t>Walloon region</t>
         </is>
       </c>
       <c r="F40" s="1" t="n">
-        <v>37.0</v>
+        <v>30.0</v>
       </c>
       <c r="G40" s="1" t="n">
-        <v>26.0</v>
+        <v>8.0</v>
       </c>
       <c r="H40" s="1" t="n">
-        <v>133.0</v>
+        <v>52.0</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B41" t="inlineStr">
         <is>
           <t>J Information and communication</t>
         </is>
       </c>
       <c r="C41" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2026</t>
         </is>
       </c>
       <c r="D41" t="inlineStr">
         <is>
           <t>Belgium</t>
         </is>
       </c>
       <c r="E41"/>
       <c r="F41" s="1" t="n">
-        <v>202.0</v>
+        <v>47.0</v>
       </c>
       <c r="G41" s="1" t="n">
-        <v>65.0</v>
+        <v>19.0</v>
       </c>
       <c r="H41" s="1" t="n">
-        <v>544.0</v>
+        <v>129.0</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B42" t="inlineStr">
         <is>
           <t>K Financial and insurance activities</t>
         </is>
       </c>
       <c r="C42" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2026</t>
         </is>
       </c>
       <c r="D42" t="inlineStr">
         <is>
           <t>Belgium</t>
         </is>
       </c>
       <c r="E42" t="inlineStr">
         <is>
           <t>Flanders region</t>
         </is>
       </c>
       <c r="F42" s="1" t="n">
-        <v>10.0</v>
+        <v>1.0</v>
       </c>
       <c r="G42" s="1" t="n">
+        <v>1.0</v>
+      </c>
+      <c r="H42" s="1" t="n">
         <v>7.0</v>
-      </c>
-[...1 lines deleted...]
-        <v>41.0</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B43" t="inlineStr">
         <is>
           <t>K Financial and insurance activities</t>
         </is>
       </c>
       <c r="C43" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2026</t>
         </is>
       </c>
       <c r="D43" t="inlineStr">
         <is>
           <t>Belgium</t>
         </is>
       </c>
       <c r="E43" t="inlineStr">
         <is>
           <t>Brussels-Capital region</t>
         </is>
       </c>
       <c r="F43" s="1" t="n">
-        <v>11.0</v>
+        <v>0.0</v>
       </c>
       <c r="G43" s="1" t="n">
-        <v>3.0</v>
+        <v>1.0</v>
       </c>
       <c r="H43" s="1" t="n">
-        <v>20.0</v>
+        <v>2.0</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B44" t="inlineStr">
         <is>
           <t>K Financial and insurance activities</t>
         </is>
       </c>
       <c r="C44" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2026</t>
         </is>
       </c>
       <c r="D44" t="inlineStr">
         <is>
           <t>Belgium</t>
         </is>
       </c>
       <c r="E44" t="inlineStr">
         <is>
           <t>Walloon region</t>
         </is>
       </c>
       <c r="F44" s="1" t="n">
-        <v>20.0</v>
+        <v>0.0</v>
       </c>
       <c r="G44" s="1" t="n">
-        <v>10.0</v>
+        <v>0.0</v>
       </c>
       <c r="H44" s="1" t="n">
-        <v>42.0</v>
+        <v>1.0</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B45" t="inlineStr">
         <is>
           <t>K Financial and insurance activities</t>
         </is>
       </c>
       <c r="C45" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2026</t>
         </is>
       </c>
       <c r="D45" t="inlineStr">
         <is>
           <t>Belgium</t>
         </is>
       </c>
       <c r="E45"/>
       <c r="F45" s="1" t="n">
-        <v>41.0</v>
+        <v>1.0</v>
       </c>
       <c r="G45" s="1" t="n">
-        <v>20.0</v>
+        <v>2.0</v>
       </c>
       <c r="H45" s="1" t="n">
-        <v>103.0</v>
+        <v>10.0</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B46" t="inlineStr">
         <is>
           <t>L Real estate activities</t>
         </is>
       </c>
       <c r="C46" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2026</t>
         </is>
       </c>
       <c r="D46" t="inlineStr">
         <is>
           <t>Belgium</t>
         </is>
       </c>
       <c r="E46" t="inlineStr">
         <is>
           <t>Flanders region</t>
         </is>
       </c>
       <c r="F46" s="1" t="n">
-        <v>32.0</v>
+        <v>4.0</v>
       </c>
       <c r="G46" s="1" t="n">
-        <v>15.0</v>
+        <v>2.0</v>
       </c>
       <c r="H46" s="1" t="n">
-        <v>128.0</v>
+        <v>27.0</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B47" t="inlineStr">
         <is>
           <t>L Real estate activities</t>
         </is>
       </c>
       <c r="C47" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2026</t>
         </is>
       </c>
       <c r="D47" t="inlineStr">
         <is>
           <t>Belgium</t>
         </is>
       </c>
       <c r="E47" t="inlineStr">
         <is>
           <t>Brussels-Capital region</t>
         </is>
       </c>
       <c r="F47" s="1" t="n">
-        <v>23.0</v>
+        <v>10.0</v>
       </c>
       <c r="G47" s="1" t="n">
-        <v>11.0</v>
+        <v>2.0</v>
       </c>
       <c r="H47" s="1" t="n">
-        <v>61.0</v>
+        <v>17.0</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B48" t="inlineStr">
         <is>
           <t>L Real estate activities</t>
         </is>
       </c>
       <c r="C48" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2026</t>
         </is>
       </c>
       <c r="D48" t="inlineStr">
         <is>
           <t>Belgium</t>
         </is>
       </c>
       <c r="E48" t="inlineStr">
         <is>
           <t>Walloon region</t>
         </is>
       </c>
       <c r="F48" s="1" t="n">
-        <v>22.0</v>
+        <v>3.0</v>
       </c>
       <c r="G48" s="1" t="n">
-        <v>15.0</v>
+        <v>1.0</v>
       </c>
       <c r="H48" s="1" t="n">
-        <v>75.0</v>
+        <v>10.0</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B49" t="inlineStr">
         <is>
           <t>L Real estate activities</t>
         </is>
       </c>
       <c r="C49" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2026</t>
         </is>
       </c>
       <c r="D49" t="inlineStr">
         <is>
           <t>Belgium</t>
         </is>
       </c>
       <c r="E49"/>
       <c r="F49" s="1" t="n">
-        <v>77.0</v>
+        <v>17.0</v>
       </c>
       <c r="G49" s="1" t="n">
-        <v>41.0</v>
+        <v>5.0</v>
       </c>
       <c r="H49" s="1" t="n">
-        <v>264.0</v>
+        <v>54.0</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B50" t="inlineStr">
         <is>
           <t>M Professional, scientific and technical activities</t>
         </is>
       </c>
       <c r="C50" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2026</t>
         </is>
       </c>
       <c r="D50" t="inlineStr">
         <is>
           <t>Belgium</t>
         </is>
       </c>
       <c r="E50" t="inlineStr">
         <is>
           <t>Flanders region</t>
         </is>
       </c>
       <c r="F50" s="1" t="n">
-        <v>348.0</v>
+        <v>23.0</v>
       </c>
       <c r="G50" s="1" t="n">
-        <v>183.0</v>
+        <v>9.0</v>
       </c>
       <c r="H50" s="1" t="n">
-        <v>966.0</v>
+        <v>128.0</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B51" t="inlineStr">
         <is>
           <t>M Professional, scientific and technical activities</t>
         </is>
       </c>
       <c r="C51" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2026</t>
         </is>
       </c>
       <c r="D51" t="inlineStr">
         <is>
           <t>Belgium</t>
         </is>
       </c>
       <c r="E51" t="inlineStr">
         <is>
           <t>Brussels-Capital region</t>
         </is>
       </c>
       <c r="F51" s="1" t="n">
-        <v>46.0</v>
+        <v>32.0</v>
       </c>
       <c r="G51" s="1" t="n">
-        <v>25.0</v>
+        <v>5.0</v>
       </c>
       <c r="H51" s="1" t="n">
-        <v>172.0</v>
+        <v>55.0</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B52" t="inlineStr">
         <is>
           <t>M Professional, scientific and technical activities</t>
         </is>
       </c>
       <c r="C52" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2026</t>
         </is>
       </c>
       <c r="D52" t="inlineStr">
         <is>
           <t>Belgium</t>
         </is>
       </c>
       <c r="E52" t="inlineStr">
         <is>
           <t>Walloon region</t>
         </is>
       </c>
       <c r="F52" s="1" t="n">
-        <v>304.0</v>
+        <v>6.0</v>
       </c>
       <c r="G52" s="1" t="n">
-        <v>74.0</v>
+        <v>2.0</v>
       </c>
       <c r="H52" s="1" t="n">
-        <v>562.0</v>
+        <v>27.0</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B53" t="inlineStr">
         <is>
           <t>M Professional, scientific and technical activities</t>
         </is>
       </c>
       <c r="C53" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2026</t>
         </is>
       </c>
       <c r="D53" t="inlineStr">
         <is>
           <t>Belgium</t>
         </is>
       </c>
       <c r="E53"/>
       <c r="F53" s="1" t="n">
-        <v>698.0</v>
+        <v>61.0</v>
       </c>
       <c r="G53" s="1" t="n">
-        <v>282.0</v>
+        <v>16.0</v>
       </c>
       <c r="H53" s="1" t="n">
-        <v>1700.0</v>
+        <v>210.0</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B54" t="inlineStr">
         <is>
           <t>N Administrative and support service activities</t>
         </is>
       </c>
       <c r="C54" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2026</t>
         </is>
       </c>
       <c r="D54" t="inlineStr">
         <is>
           <t>Belgium</t>
         </is>
       </c>
       <c r="E54" t="inlineStr">
         <is>
           <t>Flanders region</t>
         </is>
       </c>
       <c r="F54" s="1" t="n">
-        <v>186.0</v>
+        <v>86.0</v>
       </c>
       <c r="G54" s="1" t="n">
-        <v>264.0</v>
+        <v>67.0</v>
       </c>
       <c r="H54" s="1" t="n">
-        <v>813.0</v>
+        <v>206.0</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B55" t="inlineStr">
         <is>
           <t>N Administrative and support service activities</t>
         </is>
       </c>
       <c r="C55" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2026</t>
         </is>
       </c>
       <c r="D55" t="inlineStr">
         <is>
           <t>Belgium</t>
         </is>
       </c>
       <c r="E55" t="inlineStr">
         <is>
           <t>Brussels-Capital region</t>
         </is>
       </c>
       <c r="F55" s="1" t="n">
-        <v>188.0</v>
+        <v>20.0</v>
       </c>
       <c r="G55" s="1" t="n">
-        <v>141.0</v>
+        <v>18.0</v>
       </c>
       <c r="H55" s="1" t="n">
-        <v>427.0</v>
+        <v>53.0</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B56" t="inlineStr">
         <is>
           <t>N Administrative and support service activities</t>
         </is>
       </c>
       <c r="C56" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2026</t>
         </is>
       </c>
       <c r="D56" t="inlineStr">
         <is>
           <t>Belgium</t>
         </is>
       </c>
       <c r="E56" t="inlineStr">
         <is>
           <t>Walloon region</t>
         </is>
       </c>
       <c r="F56" s="1" t="n">
-        <v>344.0</v>
+        <v>43.0</v>
       </c>
       <c r="G56" s="1" t="n">
-        <v>294.0</v>
+        <v>51.0</v>
       </c>
       <c r="H56" s="1" t="n">
-        <v>759.0</v>
+        <v>114.0</v>
       </c>
     </row>
     <row r="57">
       <c r="A57" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B57" t="inlineStr">
         <is>
           <t>N Administrative and support service activities</t>
         </is>
       </c>
       <c r="C57" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2026</t>
         </is>
       </c>
       <c r="D57" t="inlineStr">
         <is>
           <t>Belgium</t>
         </is>
       </c>
       <c r="E57"/>
       <c r="F57" s="1" t="n">
-        <v>718.0</v>
+        <v>149.0</v>
       </c>
       <c r="G57" s="1" t="n">
-        <v>699.0</v>
+        <v>136.0</v>
       </c>
       <c r="H57" s="1" t="n">
-        <v>1999.0</v>
+        <v>373.0</v>
       </c>
     </row>
     <row r="58">
       <c r="A58" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B58" t="inlineStr">
         <is>
           <t>O Public administration and defence/ compulsory social security</t>
         </is>
       </c>
       <c r="C58" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2026</t>
         </is>
       </c>
       <c r="D58" t="inlineStr">
         <is>
           <t>Belgium</t>
         </is>
       </c>
       <c r="E58" t="inlineStr">
         <is>
           <t>Flanders region</t>
         </is>
       </c>
-      <c r="F58" s="1" t="n">
-[...7 lines deleted...]
-      </c>
+      <c r="F58"/>
+      <c r="G58"/>
+      <c r="H58"/>
     </row>
     <row r="59">
       <c r="A59" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B59" t="inlineStr">
         <is>
           <t>O Public administration and defence/ compulsory social security</t>
         </is>
       </c>
       <c r="C59" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2026</t>
         </is>
       </c>
       <c r="D59" t="inlineStr">
         <is>
           <t>Belgium</t>
         </is>
       </c>
       <c r="E59" t="inlineStr">
         <is>
           <t>Brussels-Capital region</t>
         </is>
       </c>
       <c r="F59"/>
       <c r="G59"/>
       <c r="H59"/>
     </row>
     <row r="60">
       <c r="A60" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B60" t="inlineStr">
         <is>
           <t>O Public administration and defence/ compulsory social security</t>
         </is>
       </c>
       <c r="C60" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2026</t>
         </is>
       </c>
       <c r="D60" t="inlineStr">
         <is>
           <t>Belgium</t>
         </is>
       </c>
       <c r="E60" t="inlineStr">
         <is>
           <t>Walloon region</t>
         </is>
       </c>
       <c r="F60"/>
       <c r="G60"/>
       <c r="H60"/>
     </row>
     <row r="61">
       <c r="A61" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B61" t="inlineStr">
         <is>
           <t>O Public administration and defence/ compulsory social security</t>
         </is>
       </c>
       <c r="C61" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2026</t>
         </is>
       </c>
       <c r="D61" t="inlineStr">
         <is>
           <t>Belgium</t>
         </is>
       </c>
       <c r="E61"/>
-      <c r="F61" s="1" t="n">
-[...7 lines deleted...]
-      </c>
+      <c r="F61"/>
+      <c r="G61"/>
+      <c r="H61"/>
     </row>
     <row r="62">
       <c r="A62" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B62" t="inlineStr">
         <is>
           <t>P Education</t>
         </is>
       </c>
       <c r="C62" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2026</t>
         </is>
       </c>
       <c r="D62" t="inlineStr">
         <is>
           <t>Belgium</t>
         </is>
       </c>
       <c r="E62" t="inlineStr">
         <is>
           <t>Flanders region</t>
         </is>
       </c>
       <c r="F62" s="1" t="n">
-        <v>5.0</v>
+        <v>1.0</v>
       </c>
       <c r="G62" s="1" t="n">
-        <v>4.0</v>
+        <v>0.0</v>
       </c>
       <c r="H62" s="1" t="n">
-        <v>45.0</v>
+        <v>10.0</v>
       </c>
     </row>
     <row r="63">
       <c r="A63" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B63" t="inlineStr">
         <is>
           <t>P Education</t>
         </is>
       </c>
       <c r="C63" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2026</t>
         </is>
       </c>
       <c r="D63" t="inlineStr">
         <is>
           <t>Belgium</t>
         </is>
       </c>
       <c r="E63" t="inlineStr">
         <is>
           <t>Brussels-Capital region</t>
         </is>
       </c>
       <c r="F63" s="1" t="n">
-        <v>1.0</v>
+        <v>0.0</v>
       </c>
       <c r="G63" s="1" t="n">
-        <v>7.0</v>
+        <v>0.0</v>
       </c>
       <c r="H63" s="1" t="n">
-        <v>12.0</v>
+        <v>2.0</v>
       </c>
     </row>
     <row r="64">
       <c r="A64" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B64" t="inlineStr">
         <is>
           <t>P Education</t>
         </is>
       </c>
       <c r="C64" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2026</t>
         </is>
       </c>
       <c r="D64" t="inlineStr">
         <is>
           <t>Belgium</t>
         </is>
       </c>
       <c r="E64" t="inlineStr">
         <is>
           <t>Walloon region</t>
         </is>
       </c>
       <c r="F64" s="1" t="n">
-        <v>29.0</v>
+        <v>6.0</v>
       </c>
       <c r="G64" s="1" t="n">
-        <v>9.0</v>
+        <v>7.0</v>
       </c>
       <c r="H64" s="1" t="n">
-        <v>50.0</v>
+        <v>16.0</v>
       </c>
     </row>
     <row r="65">
       <c r="A65" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B65" t="inlineStr">
         <is>
           <t>P Education</t>
         </is>
       </c>
       <c r="C65" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2026</t>
         </is>
       </c>
       <c r="D65" t="inlineStr">
         <is>
           <t>Belgium</t>
         </is>
       </c>
       <c r="E65"/>
       <c r="F65" s="1" t="n">
-        <v>35.0</v>
+        <v>7.0</v>
       </c>
       <c r="G65" s="1" t="n">
-        <v>20.0</v>
+        <v>7.0</v>
       </c>
       <c r="H65" s="1" t="n">
-        <v>107.0</v>
+        <v>28.0</v>
       </c>
     </row>
     <row r="66">
       <c r="A66" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B66" t="inlineStr">
         <is>
           <t>Q Human health and social work activities</t>
         </is>
       </c>
       <c r="C66" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2026</t>
         </is>
       </c>
       <c r="D66" t="inlineStr">
         <is>
           <t>Belgium</t>
         </is>
       </c>
       <c r="E66" t="inlineStr">
         <is>
           <t>Flanders region</t>
         </is>
       </c>
       <c r="F66" s="1" t="n">
-        <v>131.0</v>
+        <v>96.0</v>
       </c>
       <c r="G66" s="1" t="n">
-        <v>60.0</v>
+        <v>55.0</v>
       </c>
       <c r="H66" s="1" t="n">
-        <v>261.0</v>
+        <v>163.0</v>
       </c>
     </row>
     <row r="67">
       <c r="A67" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B67" t="inlineStr">
         <is>
           <t>Q Human health and social work activities</t>
         </is>
       </c>
       <c r="C67" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2026</t>
         </is>
       </c>
       <c r="D67" t="inlineStr">
         <is>
           <t>Belgium</t>
         </is>
       </c>
       <c r="E67" t="inlineStr">
         <is>
           <t>Brussels-Capital region</t>
         </is>
       </c>
       <c r="F67" s="1" t="n">
-        <v>54.0</v>
+        <v>6.0</v>
       </c>
       <c r="G67" s="1" t="n">
-        <v>24.0</v>
+        <v>3.0</v>
       </c>
       <c r="H67" s="1" t="n">
-        <v>98.0</v>
+        <v>9.0</v>
       </c>
     </row>
     <row r="68">
       <c r="A68" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B68" t="inlineStr">
         <is>
           <t>Q Human health and social work activities</t>
         </is>
       </c>
       <c r="C68" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2026</t>
         </is>
       </c>
       <c r="D68" t="inlineStr">
         <is>
           <t>Belgium</t>
         </is>
       </c>
       <c r="E68" t="inlineStr">
         <is>
           <t>Walloon region</t>
         </is>
       </c>
       <c r="F68" s="1" t="n">
-        <v>70.0</v>
+        <v>66.0</v>
       </c>
       <c r="G68" s="1" t="n">
-        <v>146.0</v>
+        <v>143.0</v>
       </c>
       <c r="H68" s="1" t="n">
-        <v>271.0</v>
+        <v>219.0</v>
       </c>
     </row>
     <row r="69">
       <c r="A69" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B69" t="inlineStr">
         <is>
           <t>Q Human health and social work activities</t>
         </is>
       </c>
       <c r="C69" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2026</t>
         </is>
       </c>
       <c r="D69" t="inlineStr">
         <is>
           <t>Belgium</t>
         </is>
       </c>
       <c r="E69"/>
       <c r="F69" s="1" t="n">
-        <v>255.0</v>
+        <v>168.0</v>
       </c>
       <c r="G69" s="1" t="n">
-        <v>230.0</v>
+        <v>201.0</v>
       </c>
       <c r="H69" s="1" t="n">
-        <v>630.0</v>
+        <v>391.0</v>
       </c>
     </row>
     <row r="70">
       <c r="A70" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B70" t="inlineStr">
         <is>
           <t>R Arts, entertainment and recreation</t>
         </is>
       </c>
       <c r="C70" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2026</t>
         </is>
       </c>
       <c r="D70" t="inlineStr">
         <is>
           <t>Belgium</t>
         </is>
       </c>
       <c r="E70" t="inlineStr">
         <is>
           <t>Flanders region</t>
         </is>
       </c>
       <c r="F70" s="1" t="n">
-        <v>122.0</v>
+        <v>1.0</v>
       </c>
       <c r="G70" s="1" t="n">
-        <v>53.0</v>
+        <v>3.0</v>
       </c>
       <c r="H70" s="1" t="n">
-        <v>252.0</v>
+        <v>18.0</v>
       </c>
     </row>
     <row r="71">
       <c r="A71" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B71" t="inlineStr">
         <is>
           <t>R Arts, entertainment and recreation</t>
         </is>
       </c>
       <c r="C71" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2026</t>
         </is>
       </c>
       <c r="D71" t="inlineStr">
         <is>
           <t>Belgium</t>
         </is>
       </c>
       <c r="E71" t="inlineStr">
         <is>
           <t>Brussels-Capital region</t>
         </is>
       </c>
       <c r="F71" s="1" t="n">
-        <v>9.0</v>
+        <v>5.0</v>
       </c>
       <c r="G71" s="1" t="n">
-        <v>5.0</v>
+        <v>3.0</v>
       </c>
       <c r="H71" s="1" t="n">
-        <v>38.0</v>
+        <v>12.0</v>
       </c>
     </row>
     <row r="72">
       <c r="A72" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B72" t="inlineStr">
         <is>
           <t>R Arts, entertainment and recreation</t>
         </is>
       </c>
       <c r="C72" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2026</t>
         </is>
       </c>
       <c r="D72" t="inlineStr">
         <is>
           <t>Belgium</t>
         </is>
       </c>
       <c r="E72" t="inlineStr">
         <is>
           <t>Walloon region</t>
         </is>
       </c>
       <c r="F72" s="1" t="n">
-        <v>31.0</v>
+        <v>0.0</v>
       </c>
       <c r="G72" s="1" t="n">
-        <v>42.0</v>
+        <v>0.0</v>
       </c>
       <c r="H72" s="1" t="n">
-        <v>122.0</v>
+        <v>9.0</v>
       </c>
     </row>
     <row r="73">
       <c r="A73" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B73" t="inlineStr">
         <is>
           <t>R Arts, entertainment and recreation</t>
         </is>
       </c>
       <c r="C73" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2026</t>
         </is>
       </c>
       <c r="D73" t="inlineStr">
         <is>
           <t>Belgium</t>
         </is>
       </c>
       <c r="E73"/>
       <c r="F73" s="1" t="n">
-        <v>162.0</v>
+        <v>6.0</v>
       </c>
       <c r="G73" s="1" t="n">
-        <v>100.0</v>
+        <v>6.0</v>
       </c>
       <c r="H73" s="1" t="n">
-        <v>412.0</v>
+        <v>39.0</v>
       </c>
     </row>
     <row r="74">
       <c r="A74" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B74" t="inlineStr">
         <is>
           <t>S Other service activities</t>
         </is>
       </c>
       <c r="C74" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2026</t>
         </is>
       </c>
       <c r="D74" t="inlineStr">
         <is>
           <t>Belgium</t>
         </is>
       </c>
       <c r="E74" t="inlineStr">
         <is>
           <t>Flanders region</t>
         </is>
       </c>
       <c r="F74" s="1" t="n">
-        <v>160.0</v>
+        <v>15.0</v>
       </c>
       <c r="G74" s="1" t="n">
-        <v>117.0</v>
+        <v>22.0</v>
       </c>
       <c r="H74" s="1" t="n">
-        <v>448.0</v>
+        <v>74.0</v>
       </c>
     </row>
     <row r="75">
       <c r="A75" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B75" t="inlineStr">
         <is>
           <t>S Other service activities</t>
         </is>
       </c>
       <c r="C75" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2026</t>
         </is>
       </c>
       <c r="D75" t="inlineStr">
         <is>
           <t>Belgium</t>
         </is>
       </c>
       <c r="E75" t="inlineStr">
         <is>
           <t>Brussels-Capital region</t>
         </is>
       </c>
       <c r="F75" s="1" t="n">
-        <v>45.0</v>
+        <v>9.0</v>
       </c>
       <c r="G75" s="1" t="n">
-        <v>57.0</v>
+        <v>2.0</v>
       </c>
       <c r="H75" s="1" t="n">
-        <v>153.0</v>
+        <v>17.0</v>
       </c>
     </row>
     <row r="76">
       <c r="A76" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B76" t="inlineStr">
         <is>
           <t>S Other service activities</t>
         </is>
       </c>
       <c r="C76" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2026</t>
         </is>
       </c>
       <c r="D76" t="inlineStr">
         <is>
           <t>Belgium</t>
         </is>
       </c>
       <c r="E76" t="inlineStr">
         <is>
           <t>Walloon region</t>
         </is>
       </c>
       <c r="F76" s="1" t="n">
-        <v>45.0</v>
+        <v>10.0</v>
       </c>
       <c r="G76" s="1" t="n">
-        <v>56.0</v>
+        <v>15.0</v>
       </c>
       <c r="H76" s="1" t="n">
-        <v>184.0</v>
+        <v>33.0</v>
       </c>
     </row>
     <row r="77">
       <c r="A77" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B77" t="inlineStr">
         <is>
           <t>S Other service activities</t>
         </is>
       </c>
       <c r="C77" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2026</t>
         </is>
       </c>
       <c r="D77" t="inlineStr">
         <is>
           <t>Belgium</t>
         </is>
       </c>
       <c r="E77"/>
       <c r="F77" s="1" t="n">
-        <v>250.0</v>
+        <v>34.0</v>
       </c>
       <c r="G77" s="1" t="n">
-        <v>230.0</v>
+        <v>39.0</v>
       </c>
       <c r="H77" s="1" t="n">
-        <v>785.0</v>
+        <v>124.0</v>
       </c>
     </row>
     <row r="78">
       <c r="A78" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B78" t="inlineStr">
         <is>
           <t>T Activities of households as employers/ undifferentiated goods- and services-producing activities of households for own use</t>
         </is>
       </c>
       <c r="C78" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2026</t>
         </is>
       </c>
       <c r="D78" t="inlineStr">
         <is>
           <t>Belgium</t>
         </is>
       </c>
       <c r="E78" t="inlineStr">
         <is>
           <t>Flanders region</t>
         </is>
       </c>
-      <c r="F78" s="1" t="n">
-[...7 lines deleted...]
-      </c>
+      <c r="F78"/>
+      <c r="G78"/>
+      <c r="H78"/>
     </row>
     <row r="79">
       <c r="A79" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B79" t="inlineStr">
         <is>
           <t>T Activities of households as employers/ undifferentiated goods- and services-producing activities of households for own use</t>
         </is>
       </c>
       <c r="C79" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2026</t>
         </is>
       </c>
       <c r="D79" t="inlineStr">
         <is>
           <t>Belgium</t>
         </is>
       </c>
       <c r="E79" t="inlineStr">
         <is>
           <t>Brussels-Capital region</t>
         </is>
       </c>
       <c r="F79"/>
       <c r="G79"/>
       <c r="H79"/>
     </row>
     <row r="80">
       <c r="A80" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B80" t="inlineStr">
         <is>
           <t>T Activities of households as employers/ undifferentiated goods- and services-producing activities of households for own use</t>
         </is>
       </c>
       <c r="C80" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2026</t>
         </is>
       </c>
       <c r="D80" t="inlineStr">
         <is>
           <t>Belgium</t>
         </is>
       </c>
       <c r="E80" t="inlineStr">
         <is>
           <t>Walloon region</t>
         </is>
       </c>
-      <c r="F80" s="1" t="n">
-[...7 lines deleted...]
-      </c>
+      <c r="F80"/>
+      <c r="G80"/>
+      <c r="H80"/>
     </row>
     <row r="81">
       <c r="A81" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B81" t="inlineStr">
         <is>
           <t>T Activities of households as employers/ undifferentiated goods- and services-producing activities of households for own use</t>
         </is>
       </c>
       <c r="C81" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2026</t>
         </is>
       </c>
       <c r="D81" t="inlineStr">
         <is>
           <t>Belgium</t>
         </is>
       </c>
       <c r="E81"/>
-      <c r="F81" s="1" t="n">
-[...7 lines deleted...]
-      </c>
+      <c r="F81"/>
+      <c r="G81"/>
+      <c r="H81"/>
     </row>
     <row r="82">
       <c r="A82" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B82" t="inlineStr">
         <is>
           <t>U Activities of extraterritorial organisations and bodies</t>
         </is>
       </c>
       <c r="C82" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2026</t>
         </is>
       </c>
       <c r="D82" t="inlineStr">
         <is>
           <t>Belgium</t>
         </is>
       </c>
       <c r="E82" t="inlineStr">
         <is>
           <t>Flanders region</t>
         </is>
       </c>
       <c r="F82"/>
       <c r="G82"/>
       <c r="H82"/>
     </row>
     <row r="83">
       <c r="A83" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B83" t="inlineStr">
         <is>
           <t>U Activities of extraterritorial organisations and bodies</t>
         </is>
       </c>
       <c r="C83" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2026</t>
         </is>
       </c>
       <c r="D83" t="inlineStr">
         <is>
           <t>Belgium</t>
         </is>
       </c>
       <c r="E83" t="inlineStr">
         <is>
           <t>Brussels-Capital region</t>
         </is>
       </c>
       <c r="F83"/>
       <c r="G83"/>
       <c r="H83"/>
     </row>
     <row r="84">
       <c r="A84" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B84" t="inlineStr">
         <is>
           <t>U Activities of extraterritorial organisations and bodies</t>
         </is>
       </c>
       <c r="C84" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2026</t>
         </is>
       </c>
       <c r="D84" t="inlineStr">
         <is>
           <t>Belgium</t>
         </is>
       </c>
       <c r="E84" t="inlineStr">
         <is>
           <t>Walloon region</t>
         </is>
       </c>
       <c r="F84"/>
       <c r="G84"/>
       <c r="H84"/>
     </row>
     <row r="85">
       <c r="A85" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B85" t="inlineStr">
         <is>
           <t>U Activities of extraterritorial organisations and bodies</t>
         </is>
       </c>
       <c r="C85" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2026</t>
         </is>
       </c>
       <c r="D85" t="inlineStr">
         <is>
           <t>Belgium</t>
         </is>
       </c>
       <c r="E85"/>
       <c r="F85"/>
       <c r="G85"/>
       <c r="H85"/>
     </row>
     <row r="86">
       <c r="A86" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B86"/>
       <c r="C86" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2026</t>
         </is>
       </c>
       <c r="D86" t="inlineStr">
         <is>
           <t>Belgium</t>
         </is>
       </c>
       <c r="E86" t="inlineStr">
         <is>
           <t>Flanders region</t>
         </is>
       </c>
       <c r="F86" s="1" t="n">
-        <v>8347.0</v>
+        <v>1077.0</v>
       </c>
       <c r="G86" s="1" t="n">
-        <v>3815.0</v>
+        <v>544.0</v>
       </c>
       <c r="H86" s="1" t="n">
-        <v>17535.0</v>
+        <v>2624.0</v>
       </c>
     </row>
     <row r="87">
       <c r="A87" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B87"/>
       <c r="C87" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2026</t>
         </is>
       </c>
       <c r="D87" t="inlineStr">
         <is>
           <t>Belgium</t>
         </is>
       </c>
       <c r="E87" t="inlineStr">
         <is>
           <t>Brussels-Capital region</t>
         </is>
       </c>
       <c r="F87" s="1" t="n">
-        <v>1777.0</v>
+        <v>357.0</v>
       </c>
       <c r="G87" s="1" t="n">
-        <v>917.0</v>
+        <v>164.0</v>
       </c>
       <c r="H87" s="1" t="n">
-        <v>4123.0</v>
+        <v>739.0</v>
       </c>
     </row>
     <row r="88">
       <c r="A88" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B88"/>
       <c r="C88" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2026</t>
         </is>
       </c>
       <c r="D88" t="inlineStr">
         <is>
           <t>Belgium</t>
         </is>
       </c>
       <c r="E88" t="inlineStr">
         <is>
           <t>Walloon region</t>
         </is>
       </c>
       <c r="F88" s="1" t="n">
-        <v>3533.0</v>
+        <v>584.0</v>
       </c>
       <c r="G88" s="1" t="n">
-        <v>1987.0</v>
+        <v>410.0</v>
       </c>
       <c r="H88" s="1" t="n">
-        <v>7587.0</v>
+        <v>1301.0</v>
       </c>
     </row>
     <row r="89">
       <c r="A89" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B89"/>
       <c r="C89" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2026</t>
         </is>
       </c>
       <c r="D89" t="inlineStr">
         <is>
           <t>Belgium</t>
         </is>
       </c>
       <c r="E89"/>
       <c r="F89" s="1" t="n">
-        <v>13657.0</v>
+        <v>2018.0</v>
       </c>
       <c r="G89" s="1" t="n">
-        <v>6719.0</v>
+        <v>1118.0</v>
       </c>
       <c r="H89" s="1" t="n">
-        <v>29245.0</v>
+        <v>4664.0</v>
       </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <coreProperties xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </coreProperties>
 </file>