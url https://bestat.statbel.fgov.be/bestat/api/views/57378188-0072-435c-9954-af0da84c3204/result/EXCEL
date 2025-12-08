--- v0 (2025-10-15)
+++ v1 (2025-12-08)
@@ -84,462 +84,462 @@
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?>
 
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
   <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/>
   <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/>
   <Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/>
   <Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/>
   <Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/>
 </Relationships>
 
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <cols>
     <col min="1" max="1" width="11.02734375" customWidth="true"/>
-    <col min="2" max="2" width="164.24609375" customWidth="true"/>
+    <col min="2" max="2" width="164.91015625" customWidth="true"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" t="inlineStr">
         <is>
           <t>Data source:</t>
         </is>
       </c>
       <c r="B1" t="inlineStr">
         <is>
           <t>Konkurse und Arbeitsplatzverluste in Belgien pro Monat, Gemeinde, wirtschaftliche Tätigkeit (NACE 2008), Art des Unternehmens, Rechtsform, Größenklasse der Beschäftigtenzahl (LSS), bestandsdauer</t>
         </is>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="inlineStr">
         <is>
           <t>Filter:</t>
         </is>
       </c>
       <c r="B2" t="inlineStr">
         <is>
-          <t>Datum : Letzte 13 Monat(August 2024, September 2024, Oktober 2024, November 2024, Dezember 2024, Januar 2025, Februar 2025, März 2025, April 2025, Mai 2025, Juni 2025, Juli 2025, August 2025)</t>
+          <t>Datum : Letzte 13 Monat(Oktober 2024, November 2024, Dezember 2024, Januar 2025, Februar 2025, März 2025, April 2025, Mai 2025, Juni 2025, Juli 2025, August 2025, September 2025, Oktober 2025)</t>
         </is>
       </c>
     </row>
     <row r="3">
       <c r="B3" t="inlineStr">
         <is>
           <t xml:space="preserve">
 </t>
         </is>
       </c>
     </row>
     <row r="4">
 </row>
     <row r="5">
       <c r="A5" t="inlineStr">
         <is>
           <t xml:space="preserve">Quelle: </t>
         </is>
       </c>
       <c r="B5" t="inlineStr">
         <is>
           <t>Statbel (Generaldirektion Statistik - Statistics Belgium)</t>
         </is>
       </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <cols>
     <col min="1" max="1" width="6.79296875" customWidth="true"/>
     <col min="2" max="2" width="22.578125" customWidth="true"/>
     <col min="3" max="3" width="6.03125" customWidth="true"/>
     <col min="4" max="4" width="15.62109375" customWidth="true"/>
-    <col min="5" max="5" width="14.3203125" customWidth="true"/>
-[...10 lines deleted...]
-    <col min="16" max="16" width="11.26953125" customWidth="true"/>
+    <col min="5" max="5" width="13.79296875" customWidth="true"/>
+    <col min="6" max="6" width="13.63671875" customWidth="true"/>
+    <col min="7" max="7" width="11.10546875" customWidth="true"/>
+    <col min="8" max="8" width="11.6171875" customWidth="true"/>
+    <col min="9" max="9" width="9.48046875" customWidth="true"/>
+    <col min="10" max="10" width="9.21484375" customWidth="true"/>
+    <col min="11" max="11" width="8.39453125" customWidth="true"/>
+    <col min="12" max="12" width="8.93359375" customWidth="true"/>
+    <col min="13" max="13" width="8.3671875" customWidth="true"/>
+    <col min="14" max="14" width="11.26953125" customWidth="true"/>
+    <col min="15" max="15" width="14.3203125" customWidth="true"/>
+    <col min="16" max="16" width="11.8515625" customWidth="true"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1"/>
       <c r="B1"/>
       <c r="C1"/>
       <c r="D1" t="inlineStr">
         <is>
           <t>Zahl der Konkurse</t>
         </is>
       </c>
       <c r="E1"/>
       <c r="F1"/>
       <c r="G1"/>
       <c r="H1"/>
       <c r="I1"/>
       <c r="J1"/>
       <c r="K1"/>
       <c r="L1"/>
       <c r="M1"/>
       <c r="N1"/>
       <c r="O1"/>
       <c r="P1"/>
     </row>
     <row r="2">
       <c r="A2"/>
       <c r="B2"/>
       <c r="C2" t="inlineStr">
         <is>
           <t>Jahr</t>
         </is>
       </c>
       <c r="D2" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="E2"/>
       <c r="F2"/>
-      <c r="G2"/>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2025</t>
+        </is>
+      </c>
       <c r="H2"/>
-      <c r="I2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="I2"/>
       <c r="J2"/>
       <c r="K2"/>
       <c r="L2"/>
       <c r="M2"/>
       <c r="N2"/>
       <c r="O2"/>
       <c r="P2"/>
     </row>
     <row r="3">
       <c r="A3"/>
       <c r="B3"/>
       <c r="C3" t="inlineStr">
         <is>
           <t>Monat</t>
         </is>
       </c>
       <c r="D3" t="inlineStr">
         <is>
-          <t>August 2024</t>
+          <t>Oktober 2024</t>
         </is>
       </c>
       <c r="E3" t="inlineStr">
         <is>
-          <t>September 2024</t>
+          <t>November 2024</t>
         </is>
       </c>
       <c r="F3" t="inlineStr">
         <is>
-          <t>Oktober 2024</t>
+          <t>Dezember 2024</t>
         </is>
       </c>
       <c r="G3" t="inlineStr">
         <is>
-          <t>November 2024</t>
+          <t>Januar 2025</t>
         </is>
       </c>
       <c r="H3" t="inlineStr">
         <is>
-          <t>Dezember 2024</t>
+          <t>Februar 2025</t>
         </is>
       </c>
       <c r="I3" t="inlineStr">
         <is>
-          <t>Januar 2025</t>
+          <t>März 2025</t>
         </is>
       </c>
       <c r="J3" t="inlineStr">
         <is>
-          <t>Februar 2025</t>
+          <t>April 2025</t>
         </is>
       </c>
       <c r="K3" t="inlineStr">
         <is>
-          <t>März 2025</t>
+          <t>Mai 2025</t>
         </is>
       </c>
       <c r="L3" t="inlineStr">
         <is>
-          <t>April 2025</t>
+          <t>Juni 2025</t>
         </is>
       </c>
       <c r="M3" t="inlineStr">
         <is>
-          <t>Mai 2025</t>
+          <t>Juli 2025</t>
         </is>
       </c>
       <c r="N3" t="inlineStr">
         <is>
-          <t>Juni 2025</t>
+          <t>August 2025</t>
         </is>
       </c>
       <c r="O3" t="inlineStr">
         <is>
-          <t>Juli 2025</t>
+          <t>September 2025</t>
         </is>
       </c>
       <c r="P3" t="inlineStr">
         <is>
-          <t>August 2025</t>
+          <t>Oktober 2025</t>
         </is>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="inlineStr">
         <is>
           <t>Belgien</t>
         </is>
       </c>
       <c r="B4" t="inlineStr">
         <is>
           <t>Region</t>
         </is>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="inlineStr">
         <is>
           <t>Belgien</t>
         </is>
       </c>
       <c r="B5" t="inlineStr">
         <is>
           <t>Flämische Region</t>
         </is>
       </c>
       <c r="C5"/>
       <c r="D5" s="1" t="n">
-        <v>273.0</v>
+        <v>644.0</v>
       </c>
       <c r="E5" s="1" t="n">
-        <v>589.0</v>
+        <v>485.0</v>
       </c>
       <c r="F5" s="1" t="n">
-        <v>644.0</v>
+        <v>541.0</v>
       </c>
       <c r="G5" s="1" t="n">
-        <v>485.0</v>
+        <v>548.0</v>
       </c>
       <c r="H5" s="1" t="n">
-        <v>541.0</v>
+        <v>574.0</v>
       </c>
       <c r="I5" s="1" t="n">
-        <v>548.0</v>
+        <v>629.0</v>
       </c>
       <c r="J5" s="1" t="n">
-        <v>574.0</v>
+        <v>540.0</v>
       </c>
       <c r="K5" s="1" t="n">
-        <v>629.0</v>
+        <v>565.0</v>
       </c>
       <c r="L5" s="1" t="n">
-        <v>540.0</v>
+        <v>710.0</v>
       </c>
       <c r="M5" s="1" t="n">
-        <v>565.0</v>
+        <v>446.0</v>
       </c>
       <c r="N5" s="1" t="n">
-        <v>709.0</v>
+        <v>255.0</v>
       </c>
       <c r="O5" s="1" t="n">
-        <v>447.0</v>
+        <v>679.0</v>
       </c>
       <c r="P5" s="1" t="n">
-        <v>256.0</v>
+        <v>630.0</v>
       </c>
     </row>
     <row r="6">
       <c r="A6"/>
       <c r="B6" t="inlineStr">
         <is>
           <t>Region Brüssel-Hauptstadt</t>
         </is>
       </c>
       <c r="C6"/>
       <c r="D6" s="1" t="n">
-        <v>54.0</v>
+        <v>180.0</v>
       </c>
       <c r="E6" s="1" t="n">
-        <v>268.0</v>
+        <v>147.0</v>
       </c>
       <c r="F6" s="1" t="n">
-        <v>180.0</v>
+        <v>204.0</v>
       </c>
       <c r="G6" s="1" t="n">
-        <v>147.0</v>
+        <v>167.0</v>
       </c>
       <c r="H6" s="1" t="n">
-        <v>204.0</v>
+        <v>203.0</v>
       </c>
       <c r="I6" s="1" t="n">
-        <v>167.0</v>
+        <v>165.0</v>
       </c>
       <c r="J6" s="1" t="n">
-        <v>203.0</v>
+        <v>185.0</v>
       </c>
       <c r="K6" s="1" t="n">
-        <v>165.0</v>
+        <v>159.0</v>
       </c>
       <c r="L6" s="1" t="n">
-        <v>185.0</v>
+        <v>190.0</v>
       </c>
       <c r="M6" s="1" t="n">
-        <v>159.0</v>
+        <v>110.0</v>
       </c>
       <c r="N6" s="1" t="n">
-        <v>190.0</v>
+        <v>127.0</v>
       </c>
       <c r="O6" s="1" t="n">
-        <v>110.0</v>
+        <v>267.0</v>
       </c>
       <c r="P6" s="1" t="n">
-        <v>127.0</v>
+        <v>207.0</v>
       </c>
     </row>
     <row r="7">
       <c r="A7"/>
       <c r="B7" t="inlineStr">
         <is>
           <t>Wallonische Region</t>
         </is>
       </c>
       <c r="C7"/>
       <c r="D7" s="1" t="n">
-        <v>109.0</v>
+        <v>248.0</v>
       </c>
       <c r="E7" s="1" t="n">
-        <v>338.0</v>
+        <v>194.0</v>
       </c>
       <c r="F7" s="1" t="n">
-        <v>248.0</v>
+        <v>257.0</v>
       </c>
       <c r="G7" s="1" t="n">
-        <v>194.0</v>
+        <v>231.0</v>
       </c>
       <c r="H7" s="1" t="n">
-        <v>257.0</v>
+        <v>211.0</v>
       </c>
       <c r="I7" s="1" t="n">
-        <v>231.0</v>
+        <v>263.0</v>
       </c>
       <c r="J7" s="1" t="n">
-        <v>211.0</v>
+        <v>265.0</v>
       </c>
       <c r="K7" s="1" t="n">
-        <v>263.0</v>
+        <v>164.0</v>
       </c>
       <c r="L7" s="1" t="n">
-        <v>265.0</v>
+        <v>287.0</v>
       </c>
       <c r="M7" s="1" t="n">
-        <v>164.0</v>
+        <v>159.0</v>
       </c>
       <c r="N7" s="1" t="n">
-        <v>287.0</v>
+        <v>120.0</v>
       </c>
       <c r="O7" s="1" t="n">
-        <v>158.0</v>
+        <v>276.0</v>
       </c>
       <c r="P7" s="1" t="n">
-        <v>118.0</v>
+        <v>266.0</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="inlineStr">
         <is>
           <t>Belgien</t>
         </is>
       </c>
       <c r="B8"/>
       <c r="C8"/>
       <c r="D8" s="1" t="n">
-        <v>436.0</v>
+        <v>1072.0</v>
       </c>
       <c r="E8" s="1" t="n">
-        <v>1195.0</v>
+        <v>826.0</v>
       </c>
       <c r="F8" s="1" t="n">
-        <v>1072.0</v>
+        <v>1002.0</v>
       </c>
       <c r="G8" s="1" t="n">
-        <v>826.0</v>
+        <v>946.0</v>
       </c>
       <c r="H8" s="1" t="n">
-        <v>1002.0</v>
+        <v>988.0</v>
       </c>
       <c r="I8" s="1" t="n">
-        <v>946.0</v>
+        <v>1057.0</v>
       </c>
       <c r="J8" s="1" t="n">
-        <v>988.0</v>
+        <v>990.0</v>
       </c>
       <c r="K8" s="1" t="n">
-        <v>1057.0</v>
+        <v>888.0</v>
       </c>
       <c r="L8" s="1" t="n">
-        <v>990.0</v>
+        <v>1187.0</v>
       </c>
       <c r="M8" s="1" t="n">
-        <v>888.0</v>
+        <v>715.0</v>
       </c>
       <c r="N8" s="1" t="n">
-        <v>1186.0</v>
+        <v>502.0</v>
       </c>
       <c r="O8" s="1" t="n">
-        <v>715.0</v>
+        <v>1222.0</v>
       </c>
       <c r="P8" s="1" t="n">
-        <v>501.0</v>
+        <v>1103.0</v>
       </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <cols>
     <col min="1" max="1" width="6.79296875" customWidth="true"/>
     <col min="2" max="2" width="22.578125" customWidth="true"/>
     <col min="3" max="3" width="4.96484375" customWidth="true"/>
     <col min="4" max="4" width="14.3203125" customWidth="true"/>
     <col min="5" max="5" width="15.62109375" customWidth="true"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" t="inlineStr">
         <is>
@@ -563,1272 +563,1272 @@
       </c>
       <c r="E1" t="inlineStr">
         <is>
           <t>Zahl der Konkurse</t>
         </is>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="inlineStr">
         <is>
           <t>Belgien</t>
         </is>
       </c>
       <c r="B2" t="inlineStr">
         <is>
           <t>Flämische Region</t>
         </is>
       </c>
       <c r="C2" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="D2" t="inlineStr">
         <is>
-          <t>August 2024</t>
+          <t>Oktober 2024</t>
         </is>
       </c>
       <c r="E2" s="1" t="n">
-        <v>273.0</v>
+        <v>644.0</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="inlineStr">
         <is>
           <t>Belgien</t>
         </is>
       </c>
       <c r="B3" t="inlineStr">
         <is>
           <t>Flämische Region</t>
         </is>
       </c>
       <c r="C3" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="D3" t="inlineStr">
         <is>
-          <t>September 2024</t>
+          <t>November 2024</t>
         </is>
       </c>
       <c r="E3" s="1" t="n">
-        <v>589.0</v>
+        <v>485.0</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="inlineStr">
         <is>
           <t>Belgien</t>
         </is>
       </c>
       <c r="B4" t="inlineStr">
         <is>
           <t>Flämische Region</t>
         </is>
       </c>
       <c r="C4" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="D4" t="inlineStr">
         <is>
-          <t>Oktober 2024</t>
+          <t>Dezember 2024</t>
         </is>
       </c>
       <c r="E4" s="1" t="n">
-        <v>644.0</v>
+        <v>541.0</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="inlineStr">
         <is>
           <t>Belgien</t>
         </is>
       </c>
       <c r="B5" t="inlineStr">
         <is>
           <t>Flämische Region</t>
         </is>
       </c>
       <c r="C5" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="D5" t="inlineStr">
         <is>
-          <t>November 2024</t>
+          <t>Januar 2025</t>
         </is>
       </c>
       <c r="E5" s="1" t="n">
-        <v>485.0</v>
+        <v>548.0</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="inlineStr">
         <is>
           <t>Belgien</t>
         </is>
       </c>
       <c r="B6" t="inlineStr">
         <is>
           <t>Flämische Region</t>
         </is>
       </c>
       <c r="C6" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="D6" t="inlineStr">
         <is>
-          <t>Dezember 2024</t>
+          <t>Februar 2025</t>
         </is>
       </c>
       <c r="E6" s="1" t="n">
-        <v>541.0</v>
+        <v>574.0</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="inlineStr">
         <is>
           <t>Belgien</t>
         </is>
       </c>
       <c r="B7" t="inlineStr">
         <is>
           <t>Flämische Region</t>
         </is>
       </c>
       <c r="C7" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D7" t="inlineStr">
         <is>
-          <t>Januar 2025</t>
+          <t>März 2025</t>
         </is>
       </c>
       <c r="E7" s="1" t="n">
-        <v>548.0</v>
+        <v>629.0</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="inlineStr">
         <is>
           <t>Belgien</t>
         </is>
       </c>
       <c r="B8" t="inlineStr">
         <is>
           <t>Flämische Region</t>
         </is>
       </c>
       <c r="C8" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D8" t="inlineStr">
         <is>
-          <t>Februar 2025</t>
+          <t>April 2025</t>
         </is>
       </c>
       <c r="E8" s="1" t="n">
-        <v>574.0</v>
+        <v>540.0</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="inlineStr">
         <is>
           <t>Belgien</t>
         </is>
       </c>
       <c r="B9" t="inlineStr">
         <is>
           <t>Flämische Region</t>
         </is>
       </c>
       <c r="C9" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D9" t="inlineStr">
         <is>
-          <t>März 2025</t>
+          <t>Mai 2025</t>
         </is>
       </c>
       <c r="E9" s="1" t="n">
-        <v>629.0</v>
+        <v>565.0</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="inlineStr">
         <is>
           <t>Belgien</t>
         </is>
       </c>
       <c r="B10" t="inlineStr">
         <is>
           <t>Flämische Region</t>
         </is>
       </c>
       <c r="C10" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D10" t="inlineStr">
         <is>
-          <t>April 2025</t>
+          <t>Juni 2025</t>
         </is>
       </c>
       <c r="E10" s="1" t="n">
-        <v>540.0</v>
+        <v>710.0</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="inlineStr">
         <is>
           <t>Belgien</t>
         </is>
       </c>
       <c r="B11" t="inlineStr">
         <is>
           <t>Flämische Region</t>
         </is>
       </c>
       <c r="C11" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D11" t="inlineStr">
         <is>
-          <t>Mai 2025</t>
+          <t>Juli 2025</t>
         </is>
       </c>
       <c r="E11" s="1" t="n">
-        <v>565.0</v>
+        <v>446.0</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="inlineStr">
         <is>
           <t>Belgien</t>
         </is>
       </c>
       <c r="B12" t="inlineStr">
         <is>
           <t>Flämische Region</t>
         </is>
       </c>
       <c r="C12" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D12" t="inlineStr">
         <is>
-          <t>Juni 2025</t>
+          <t>August 2025</t>
         </is>
       </c>
       <c r="E12" s="1" t="n">
-        <v>709.0</v>
+        <v>255.0</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="inlineStr">
         <is>
           <t>Belgien</t>
         </is>
       </c>
       <c r="B13" t="inlineStr">
         <is>
           <t>Flämische Region</t>
         </is>
       </c>
       <c r="C13" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D13" t="inlineStr">
         <is>
-          <t>Juli 2025</t>
+          <t>September 2025</t>
         </is>
       </c>
       <c r="E13" s="1" t="n">
-        <v>447.0</v>
+        <v>679.0</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="inlineStr">
         <is>
           <t>Belgien</t>
         </is>
       </c>
       <c r="B14" t="inlineStr">
         <is>
           <t>Flämische Region</t>
         </is>
       </c>
       <c r="C14" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D14" t="inlineStr">
         <is>
-          <t>August 2025</t>
+          <t>Oktober 2025</t>
         </is>
       </c>
       <c r="E14" s="1" t="n">
-        <v>256.0</v>
+        <v>630.0</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="inlineStr">
         <is>
           <t>Belgien</t>
         </is>
       </c>
       <c r="B15" t="inlineStr">
         <is>
           <t>Region Brüssel-Hauptstadt</t>
         </is>
       </c>
       <c r="C15" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="D15" t="inlineStr">
         <is>
-          <t>August 2024</t>
+          <t>Oktober 2024</t>
         </is>
       </c>
       <c r="E15" s="1" t="n">
-        <v>54.0</v>
+        <v>180.0</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="inlineStr">
         <is>
           <t>Belgien</t>
         </is>
       </c>
       <c r="B16" t="inlineStr">
         <is>
           <t>Region Brüssel-Hauptstadt</t>
         </is>
       </c>
       <c r="C16" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="D16" t="inlineStr">
         <is>
-          <t>September 2024</t>
+          <t>November 2024</t>
         </is>
       </c>
       <c r="E16" s="1" t="n">
-        <v>268.0</v>
+        <v>147.0</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="inlineStr">
         <is>
           <t>Belgien</t>
         </is>
       </c>
       <c r="B17" t="inlineStr">
         <is>
           <t>Region Brüssel-Hauptstadt</t>
         </is>
       </c>
       <c r="C17" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="D17" t="inlineStr">
         <is>
-          <t>Oktober 2024</t>
+          <t>Dezember 2024</t>
         </is>
       </c>
       <c r="E17" s="1" t="n">
-        <v>180.0</v>
+        <v>204.0</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="inlineStr">
         <is>
           <t>Belgien</t>
         </is>
       </c>
       <c r="B18" t="inlineStr">
         <is>
           <t>Region Brüssel-Hauptstadt</t>
         </is>
       </c>
       <c r="C18" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="D18" t="inlineStr">
         <is>
-          <t>November 2024</t>
+          <t>Januar 2025</t>
         </is>
       </c>
       <c r="E18" s="1" t="n">
-        <v>147.0</v>
+        <v>167.0</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="inlineStr">
         <is>
           <t>Belgien</t>
         </is>
       </c>
       <c r="B19" t="inlineStr">
         <is>
           <t>Region Brüssel-Hauptstadt</t>
         </is>
       </c>
       <c r="C19" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="D19" t="inlineStr">
         <is>
-          <t>Dezember 2024</t>
+          <t>Februar 2025</t>
         </is>
       </c>
       <c r="E19" s="1" t="n">
-        <v>204.0</v>
+        <v>203.0</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="inlineStr">
         <is>
           <t>Belgien</t>
         </is>
       </c>
       <c r="B20" t="inlineStr">
         <is>
           <t>Region Brüssel-Hauptstadt</t>
         </is>
       </c>
       <c r="C20" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D20" t="inlineStr">
         <is>
-          <t>Januar 2025</t>
+          <t>März 2025</t>
         </is>
       </c>
       <c r="E20" s="1" t="n">
-        <v>167.0</v>
+        <v>165.0</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="inlineStr">
         <is>
           <t>Belgien</t>
         </is>
       </c>
       <c r="B21" t="inlineStr">
         <is>
           <t>Region Brüssel-Hauptstadt</t>
         </is>
       </c>
       <c r="C21" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D21" t="inlineStr">
         <is>
-          <t>Februar 2025</t>
+          <t>April 2025</t>
         </is>
       </c>
       <c r="E21" s="1" t="n">
-        <v>203.0</v>
+        <v>185.0</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="inlineStr">
         <is>
           <t>Belgien</t>
         </is>
       </c>
       <c r="B22" t="inlineStr">
         <is>
           <t>Region Brüssel-Hauptstadt</t>
         </is>
       </c>
       <c r="C22" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D22" t="inlineStr">
         <is>
-          <t>März 2025</t>
+          <t>Mai 2025</t>
         </is>
       </c>
       <c r="E22" s="1" t="n">
-        <v>165.0</v>
+        <v>159.0</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="inlineStr">
         <is>
           <t>Belgien</t>
         </is>
       </c>
       <c r="B23" t="inlineStr">
         <is>
           <t>Region Brüssel-Hauptstadt</t>
         </is>
       </c>
       <c r="C23" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D23" t="inlineStr">
         <is>
-          <t>April 2025</t>
+          <t>Juni 2025</t>
         </is>
       </c>
       <c r="E23" s="1" t="n">
-        <v>185.0</v>
+        <v>190.0</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="inlineStr">
         <is>
           <t>Belgien</t>
         </is>
       </c>
       <c r="B24" t="inlineStr">
         <is>
           <t>Region Brüssel-Hauptstadt</t>
         </is>
       </c>
       <c r="C24" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D24" t="inlineStr">
         <is>
-          <t>Mai 2025</t>
+          <t>Juli 2025</t>
         </is>
       </c>
       <c r="E24" s="1" t="n">
-        <v>159.0</v>
+        <v>110.0</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="inlineStr">
         <is>
           <t>Belgien</t>
         </is>
       </c>
       <c r="B25" t="inlineStr">
         <is>
           <t>Region Brüssel-Hauptstadt</t>
         </is>
       </c>
       <c r="C25" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D25" t="inlineStr">
         <is>
-          <t>Juni 2025</t>
+          <t>August 2025</t>
         </is>
       </c>
       <c r="E25" s="1" t="n">
-        <v>190.0</v>
+        <v>127.0</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="inlineStr">
         <is>
           <t>Belgien</t>
         </is>
       </c>
       <c r="B26" t="inlineStr">
         <is>
           <t>Region Brüssel-Hauptstadt</t>
         </is>
       </c>
       <c r="C26" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D26" t="inlineStr">
         <is>
-          <t>Juli 2025</t>
+          <t>September 2025</t>
         </is>
       </c>
       <c r="E26" s="1" t="n">
-        <v>110.0</v>
+        <v>267.0</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="inlineStr">
         <is>
           <t>Belgien</t>
         </is>
       </c>
       <c r="B27" t="inlineStr">
         <is>
           <t>Region Brüssel-Hauptstadt</t>
         </is>
       </c>
       <c r="C27" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D27" t="inlineStr">
         <is>
-          <t>August 2025</t>
+          <t>Oktober 2025</t>
         </is>
       </c>
       <c r="E27" s="1" t="n">
-        <v>127.0</v>
+        <v>207.0</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="inlineStr">
         <is>
           <t>Belgien</t>
         </is>
       </c>
       <c r="B28" t="inlineStr">
         <is>
           <t>Wallonische Region</t>
         </is>
       </c>
       <c r="C28" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="D28" t="inlineStr">
         <is>
-          <t>August 2024</t>
+          <t>Oktober 2024</t>
         </is>
       </c>
       <c r="E28" s="1" t="n">
-        <v>109.0</v>
+        <v>248.0</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="inlineStr">
         <is>
           <t>Belgien</t>
         </is>
       </c>
       <c r="B29" t="inlineStr">
         <is>
           <t>Wallonische Region</t>
         </is>
       </c>
       <c r="C29" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="D29" t="inlineStr">
         <is>
-          <t>September 2024</t>
+          <t>November 2024</t>
         </is>
       </c>
       <c r="E29" s="1" t="n">
-        <v>338.0</v>
+        <v>194.0</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="inlineStr">
         <is>
           <t>Belgien</t>
         </is>
       </c>
       <c r="B30" t="inlineStr">
         <is>
           <t>Wallonische Region</t>
         </is>
       </c>
       <c r="C30" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="D30" t="inlineStr">
         <is>
-          <t>Oktober 2024</t>
+          <t>Dezember 2024</t>
         </is>
       </c>
       <c r="E30" s="1" t="n">
-        <v>248.0</v>
+        <v>257.0</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="inlineStr">
         <is>
           <t>Belgien</t>
         </is>
       </c>
       <c r="B31" t="inlineStr">
         <is>
           <t>Wallonische Region</t>
         </is>
       </c>
       <c r="C31" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="D31" t="inlineStr">
         <is>
-          <t>November 2024</t>
+          <t>Januar 2025</t>
         </is>
       </c>
       <c r="E31" s="1" t="n">
-        <v>194.0</v>
+        <v>231.0</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="inlineStr">
         <is>
           <t>Belgien</t>
         </is>
       </c>
       <c r="B32" t="inlineStr">
         <is>
           <t>Wallonische Region</t>
         </is>
       </c>
       <c r="C32" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="D32" t="inlineStr">
         <is>
-          <t>Dezember 2024</t>
+          <t>Februar 2025</t>
         </is>
       </c>
       <c r="E32" s="1" t="n">
-        <v>257.0</v>
+        <v>211.0</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" t="inlineStr">
         <is>
           <t>Belgien</t>
         </is>
       </c>
       <c r="B33" t="inlineStr">
         <is>
           <t>Wallonische Region</t>
         </is>
       </c>
       <c r="C33" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D33" t="inlineStr">
         <is>
-          <t>Januar 2025</t>
+          <t>März 2025</t>
         </is>
       </c>
       <c r="E33" s="1" t="n">
-        <v>231.0</v>
+        <v>263.0</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" t="inlineStr">
         <is>
           <t>Belgien</t>
         </is>
       </c>
       <c r="B34" t="inlineStr">
         <is>
           <t>Wallonische Region</t>
         </is>
       </c>
       <c r="C34" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D34" t="inlineStr">
         <is>
-          <t>Februar 2025</t>
+          <t>April 2025</t>
         </is>
       </c>
       <c r="E34" s="1" t="n">
-        <v>211.0</v>
+        <v>265.0</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" t="inlineStr">
         <is>
           <t>Belgien</t>
         </is>
       </c>
       <c r="B35" t="inlineStr">
         <is>
           <t>Wallonische Region</t>
         </is>
       </c>
       <c r="C35" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D35" t="inlineStr">
         <is>
-          <t>März 2025</t>
+          <t>Mai 2025</t>
         </is>
       </c>
       <c r="E35" s="1" t="n">
-        <v>263.0</v>
+        <v>164.0</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" t="inlineStr">
         <is>
           <t>Belgien</t>
         </is>
       </c>
       <c r="B36" t="inlineStr">
         <is>
           <t>Wallonische Region</t>
         </is>
       </c>
       <c r="C36" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D36" t="inlineStr">
         <is>
-          <t>April 2025</t>
+          <t>Juni 2025</t>
         </is>
       </c>
       <c r="E36" s="1" t="n">
-        <v>265.0</v>
+        <v>287.0</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" t="inlineStr">
         <is>
           <t>Belgien</t>
         </is>
       </c>
       <c r="B37" t="inlineStr">
         <is>
           <t>Wallonische Region</t>
         </is>
       </c>
       <c r="C37" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D37" t="inlineStr">
         <is>
-          <t>Mai 2025</t>
+          <t>Juli 2025</t>
         </is>
       </c>
       <c r="E37" s="1" t="n">
-        <v>164.0</v>
+        <v>159.0</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" t="inlineStr">
         <is>
           <t>Belgien</t>
         </is>
       </c>
       <c r="B38" t="inlineStr">
         <is>
           <t>Wallonische Region</t>
         </is>
       </c>
       <c r="C38" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D38" t="inlineStr">
         <is>
-          <t>Juni 2025</t>
+          <t>August 2025</t>
         </is>
       </c>
       <c r="E38" s="1" t="n">
-        <v>287.0</v>
+        <v>120.0</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" t="inlineStr">
         <is>
           <t>Belgien</t>
         </is>
       </c>
       <c r="B39" t="inlineStr">
         <is>
           <t>Wallonische Region</t>
         </is>
       </c>
       <c r="C39" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D39" t="inlineStr">
         <is>
-          <t>Juli 2025</t>
+          <t>September 2025</t>
         </is>
       </c>
       <c r="E39" s="1" t="n">
-        <v>158.0</v>
+        <v>276.0</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" t="inlineStr">
         <is>
           <t>Belgien</t>
         </is>
       </c>
       <c r="B40" t="inlineStr">
         <is>
           <t>Wallonische Region</t>
         </is>
       </c>
       <c r="C40" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D40" t="inlineStr">
         <is>
-          <t>August 2025</t>
+          <t>Oktober 2025</t>
         </is>
       </c>
       <c r="E40" s="1" t="n">
-        <v>118.0</v>
+        <v>266.0</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" t="inlineStr">
         <is>
           <t>Belgien</t>
         </is>
       </c>
       <c r="B41"/>
       <c r="C41" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="D41" t="inlineStr">
         <is>
-          <t>August 2024</t>
+          <t>Oktober 2024</t>
         </is>
       </c>
       <c r="E41" s="1" t="n">
-        <v>436.0</v>
+        <v>1072.0</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" t="inlineStr">
         <is>
           <t>Belgien</t>
         </is>
       </c>
       <c r="B42"/>
       <c r="C42" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="D42" t="inlineStr">
         <is>
-          <t>September 2024</t>
+          <t>November 2024</t>
         </is>
       </c>
       <c r="E42" s="1" t="n">
-        <v>1195.0</v>
+        <v>826.0</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" t="inlineStr">
         <is>
           <t>Belgien</t>
         </is>
       </c>
       <c r="B43"/>
       <c r="C43" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="D43" t="inlineStr">
         <is>
-          <t>Oktober 2024</t>
+          <t>Dezember 2024</t>
         </is>
       </c>
       <c r="E43" s="1" t="n">
-        <v>1072.0</v>
+        <v>1002.0</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" t="inlineStr">
         <is>
           <t>Belgien</t>
         </is>
       </c>
       <c r="B44"/>
       <c r="C44" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="D44" t="inlineStr">
         <is>
-          <t>November 2024</t>
+          <t>Januar 2025</t>
         </is>
       </c>
       <c r="E44" s="1" t="n">
-        <v>826.0</v>
+        <v>946.0</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" t="inlineStr">
         <is>
           <t>Belgien</t>
         </is>
       </c>
       <c r="B45"/>
       <c r="C45" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="D45" t="inlineStr">
         <is>
-          <t>Dezember 2024</t>
+          <t>Februar 2025</t>
         </is>
       </c>
       <c r="E45" s="1" t="n">
-        <v>1002.0</v>
+        <v>988.0</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" t="inlineStr">
         <is>
           <t>Belgien</t>
         </is>
       </c>
       <c r="B46"/>
       <c r="C46" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D46" t="inlineStr">
         <is>
-          <t>Januar 2025</t>
+          <t>März 2025</t>
         </is>
       </c>
       <c r="E46" s="1" t="n">
-        <v>946.0</v>
+        <v>1057.0</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" t="inlineStr">
         <is>
           <t>Belgien</t>
         </is>
       </c>
       <c r="B47"/>
       <c r="C47" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D47" t="inlineStr">
         <is>
-          <t>Februar 2025</t>
+          <t>April 2025</t>
         </is>
       </c>
       <c r="E47" s="1" t="n">
-        <v>988.0</v>
+        <v>990.0</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" t="inlineStr">
         <is>
           <t>Belgien</t>
         </is>
       </c>
       <c r="B48"/>
       <c r="C48" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D48" t="inlineStr">
         <is>
-          <t>März 2025</t>
+          <t>Mai 2025</t>
         </is>
       </c>
       <c r="E48" s="1" t="n">
-        <v>1057.0</v>
+        <v>888.0</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" t="inlineStr">
         <is>
           <t>Belgien</t>
         </is>
       </c>
       <c r="B49"/>
       <c r="C49" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D49" t="inlineStr">
         <is>
-          <t>April 2025</t>
+          <t>Juni 2025</t>
         </is>
       </c>
       <c r="E49" s="1" t="n">
-        <v>990.0</v>
+        <v>1187.0</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" t="inlineStr">
         <is>
           <t>Belgien</t>
         </is>
       </c>
       <c r="B50"/>
       <c r="C50" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D50" t="inlineStr">
         <is>
-          <t>Mai 2025</t>
+          <t>Juli 2025</t>
         </is>
       </c>
       <c r="E50" s="1" t="n">
-        <v>888.0</v>
+        <v>715.0</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" t="inlineStr">
         <is>
           <t>Belgien</t>
         </is>
       </c>
       <c r="B51"/>
       <c r="C51" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D51" t="inlineStr">
         <is>
-          <t>Juni 2025</t>
+          <t>August 2025</t>
         </is>
       </c>
       <c r="E51" s="1" t="n">
-        <v>1186.0</v>
+        <v>502.0</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" t="inlineStr">
         <is>
           <t>Belgien</t>
         </is>
       </c>
       <c r="B52"/>
       <c r="C52" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D52" t="inlineStr">
         <is>
-          <t>Juli 2025</t>
+          <t>September 2025</t>
         </is>
       </c>
       <c r="E52" s="1" t="n">
-        <v>715.0</v>
+        <v>1222.0</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" t="inlineStr">
         <is>
           <t>Belgien</t>
         </is>
       </c>
       <c r="B53"/>
       <c r="C53" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D53" t="inlineStr">
         <is>
-          <t>August 2025</t>
+          <t>Oktober 2025</t>
         </is>
       </c>
       <c r="E53" s="1" t="n">
-        <v>501.0</v>
+        <v>1103.0</v>
       </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <coreProperties xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </coreProperties>
 </file>