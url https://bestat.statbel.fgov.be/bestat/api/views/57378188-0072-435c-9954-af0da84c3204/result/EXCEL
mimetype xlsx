--- v1 (2025-12-08)
+++ v2 (2026-03-13)
@@ -84,462 +84,462 @@
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?>
 
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
   <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/>
   <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/>
   <Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/>
   <Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/>
   <Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/>
 </Relationships>
 
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <cols>
     <col min="1" max="1" width="11.02734375" customWidth="true"/>
-    <col min="2" max="2" width="164.91015625" customWidth="true"/>
+    <col min="2" max="2" width="164.71875" customWidth="true"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" t="inlineStr">
         <is>
           <t>Data source:</t>
         </is>
       </c>
       <c r="B1" t="inlineStr">
         <is>
           <t>Konkurse und Arbeitsplatzverluste in Belgien pro Monat, Gemeinde, wirtschaftliche Tätigkeit (NACE 2008), Art des Unternehmens, Rechtsform, Größenklasse der Beschäftigtenzahl (LSS), bestandsdauer</t>
         </is>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="inlineStr">
         <is>
           <t>Filter:</t>
         </is>
       </c>
       <c r="B2" t="inlineStr">
         <is>
-          <t>Datum : Letzte 13 Monat(Oktober 2024, November 2024, Dezember 2024, Januar 2025, Februar 2025, März 2025, April 2025, Mai 2025, Juni 2025, Juli 2025, August 2025, September 2025, Oktober 2025)</t>
+          <t>Datum : Letzte 13 Monat(Februar 2025, März 2025, April 2025, Mai 2025, Juni 2025, Juli 2025, August 2025, September 2025, Oktober 2025, November 2025, Dezember 2025, Januar 2026, Februar 2026)</t>
         </is>
       </c>
     </row>
     <row r="3">
       <c r="B3" t="inlineStr">
         <is>
           <t xml:space="preserve">
 </t>
         </is>
       </c>
     </row>
     <row r="4">
 </row>
     <row r="5">
       <c r="A5" t="inlineStr">
         <is>
           <t xml:space="preserve">Quelle: </t>
         </is>
       </c>
       <c r="B5" t="inlineStr">
         <is>
           <t>Statbel (Generaldirektion Statistik - Statistics Belgium)</t>
         </is>
       </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <cols>
     <col min="1" max="1" width="6.79296875" customWidth="true"/>
     <col min="2" max="2" width="22.578125" customWidth="true"/>
     <col min="3" max="3" width="6.03125" customWidth="true"/>
     <col min="4" max="4" width="15.62109375" customWidth="true"/>
-    <col min="5" max="5" width="13.79296875" customWidth="true"/>
-[...10 lines deleted...]
-    <col min="16" max="16" width="11.8515625" customWidth="true"/>
+    <col min="5" max="5" width="9.48046875" customWidth="true"/>
+    <col min="6" max="6" width="9.21484375" customWidth="true"/>
+    <col min="7" max="7" width="8.39453125" customWidth="true"/>
+    <col min="8" max="8" width="8.93359375" customWidth="true"/>
+    <col min="9" max="9" width="8.3671875" customWidth="true"/>
+    <col min="10" max="10" width="11.26953125" customWidth="true"/>
+    <col min="11" max="11" width="14.3203125" customWidth="true"/>
+    <col min="12" max="12" width="11.8515625" customWidth="true"/>
+    <col min="13" max="13" width="13.79296875" customWidth="true"/>
+    <col min="14" max="14" width="13.63671875" customWidth="true"/>
+    <col min="15" max="15" width="11.10546875" customWidth="true"/>
+    <col min="16" max="16" width="11.6171875" customWidth="true"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1"/>
       <c r="B1"/>
       <c r="C1"/>
       <c r="D1" t="inlineStr">
         <is>
           <t>Zahl der Konkurse</t>
         </is>
       </c>
       <c r="E1"/>
       <c r="F1"/>
       <c r="G1"/>
       <c r="H1"/>
       <c r="I1"/>
       <c r="J1"/>
       <c r="K1"/>
       <c r="L1"/>
       <c r="M1"/>
       <c r="N1"/>
       <c r="O1"/>
       <c r="P1"/>
     </row>
     <row r="2">
       <c r="A2"/>
       <c r="B2"/>
       <c r="C2" t="inlineStr">
         <is>
           <t>Jahr</t>
         </is>
       </c>
       <c r="D2" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="E2"/>
       <c r="F2"/>
-      <c r="G2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G2"/>
       <c r="H2"/>
       <c r="I2"/>
       <c r="J2"/>
       <c r="K2"/>
       <c r="L2"/>
       <c r="M2"/>
       <c r="N2"/>
-      <c r="O2"/>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>2026</t>
+        </is>
+      </c>
       <c r="P2"/>
     </row>
     <row r="3">
       <c r="A3"/>
       <c r="B3"/>
       <c r="C3" t="inlineStr">
         <is>
           <t>Monat</t>
         </is>
       </c>
       <c r="D3" t="inlineStr">
         <is>
-          <t>Oktober 2024</t>
+          <t>Februar 2025</t>
         </is>
       </c>
       <c r="E3" t="inlineStr">
         <is>
-          <t>November 2024</t>
+          <t>März 2025</t>
         </is>
       </c>
       <c r="F3" t="inlineStr">
         <is>
-          <t>Dezember 2024</t>
+          <t>April 2025</t>
         </is>
       </c>
       <c r="G3" t="inlineStr">
         <is>
-          <t>Januar 2025</t>
+          <t>Mai 2025</t>
         </is>
       </c>
       <c r="H3" t="inlineStr">
         <is>
-          <t>Februar 2025</t>
+          <t>Juni 2025</t>
         </is>
       </c>
       <c r="I3" t="inlineStr">
         <is>
-          <t>März 2025</t>
+          <t>Juli 2025</t>
         </is>
       </c>
       <c r="J3" t="inlineStr">
         <is>
-          <t>April 2025</t>
+          <t>August 2025</t>
         </is>
       </c>
       <c r="K3" t="inlineStr">
         <is>
-          <t>Mai 2025</t>
+          <t>September 2025</t>
         </is>
       </c>
       <c r="L3" t="inlineStr">
         <is>
-          <t>Juni 2025</t>
+          <t>Oktober 2025</t>
         </is>
       </c>
       <c r="M3" t="inlineStr">
         <is>
-          <t>Juli 2025</t>
+          <t>November 2025</t>
         </is>
       </c>
       <c r="N3" t="inlineStr">
         <is>
-          <t>August 2025</t>
+          <t>Dezember 2025</t>
         </is>
       </c>
       <c r="O3" t="inlineStr">
         <is>
-          <t>September 2025</t>
+          <t>Januar 2026</t>
         </is>
       </c>
       <c r="P3" t="inlineStr">
         <is>
-          <t>Oktober 2025</t>
+          <t>Februar 2026</t>
         </is>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="inlineStr">
         <is>
           <t>Belgien</t>
         </is>
       </c>
       <c r="B4" t="inlineStr">
         <is>
           <t>Region</t>
         </is>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="inlineStr">
         <is>
           <t>Belgien</t>
         </is>
       </c>
       <c r="B5" t="inlineStr">
         <is>
           <t>Flämische Region</t>
         </is>
       </c>
       <c r="C5"/>
       <c r="D5" s="1" t="n">
-        <v>644.0</v>
+        <v>574.0</v>
       </c>
       <c r="E5" s="1" t="n">
-        <v>485.0</v>
+        <v>629.0</v>
       </c>
       <c r="F5" s="1" t="n">
-        <v>541.0</v>
+        <v>540.0</v>
       </c>
       <c r="G5" s="1" t="n">
-        <v>548.0</v>
+        <v>565.0</v>
       </c>
       <c r="H5" s="1" t="n">
-        <v>574.0</v>
+        <v>710.0</v>
       </c>
       <c r="I5" s="1" t="n">
+        <v>446.0</v>
+      </c>
+      <c r="J5" s="1" t="n">
+        <v>255.0</v>
+      </c>
+      <c r="K5" s="1" t="n">
+        <v>681.0</v>
+      </c>
+      <c r="L5" s="1" t="n">
         <v>629.0</v>
       </c>
-      <c r="J5" s="1" t="n">
-[...7 lines deleted...]
-      </c>
       <c r="M5" s="1" t="n">
-        <v>446.0</v>
+        <v>539.0</v>
       </c>
       <c r="N5" s="1" t="n">
-        <v>255.0</v>
+        <v>633.0</v>
       </c>
       <c r="O5" s="1" t="n">
-        <v>679.0</v>
+        <v>604.0</v>
       </c>
       <c r="P5" s="1" t="n">
-        <v>630.0</v>
+        <v>604.0</v>
       </c>
     </row>
     <row r="6">
       <c r="A6"/>
       <c r="B6" t="inlineStr">
         <is>
           <t>Region Brüssel-Hauptstadt</t>
         </is>
       </c>
       <c r="C6"/>
       <c r="D6" s="1" t="n">
-        <v>180.0</v>
+        <v>203.0</v>
       </c>
       <c r="E6" s="1" t="n">
-        <v>147.0</v>
+        <v>165.0</v>
       </c>
       <c r="F6" s="1" t="n">
-        <v>204.0</v>
+        <v>185.0</v>
       </c>
       <c r="G6" s="1" t="n">
-        <v>167.0</v>
+        <v>159.0</v>
       </c>
       <c r="H6" s="1" t="n">
-        <v>203.0</v>
+        <v>190.0</v>
       </c>
       <c r="I6" s="1" t="n">
-        <v>165.0</v>
+        <v>110.0</v>
       </c>
       <c r="J6" s="1" t="n">
-        <v>185.0</v>
+        <v>127.0</v>
       </c>
       <c r="K6" s="1" t="n">
-        <v>159.0</v>
+        <v>267.0</v>
       </c>
       <c r="L6" s="1" t="n">
-        <v>190.0</v>
+        <v>208.0</v>
       </c>
       <c r="M6" s="1" t="n">
-        <v>110.0</v>
+        <v>183.0</v>
       </c>
       <c r="N6" s="1" t="n">
-        <v>127.0</v>
+        <v>226.0</v>
       </c>
       <c r="O6" s="1" t="n">
-        <v>267.0</v>
+        <v>161.0</v>
       </c>
       <c r="P6" s="1" t="n">
-        <v>207.0</v>
+        <v>155.0</v>
       </c>
     </row>
     <row r="7">
       <c r="A7"/>
       <c r="B7" t="inlineStr">
         <is>
           <t>Wallonische Region</t>
         </is>
       </c>
       <c r="C7"/>
       <c r="D7" s="1" t="n">
-        <v>248.0</v>
+        <v>211.0</v>
       </c>
       <c r="E7" s="1" t="n">
-        <v>194.0</v>
+        <v>263.0</v>
       </c>
       <c r="F7" s="1" t="n">
-        <v>257.0</v>
+        <v>265.0</v>
       </c>
       <c r="G7" s="1" t="n">
-        <v>231.0</v>
+        <v>164.0</v>
       </c>
       <c r="H7" s="1" t="n">
-        <v>211.0</v>
+        <v>287.0</v>
       </c>
       <c r="I7" s="1" t="n">
-        <v>263.0</v>
+        <v>159.0</v>
       </c>
       <c r="J7" s="1" t="n">
-        <v>265.0</v>
+        <v>120.0</v>
       </c>
       <c r="K7" s="1" t="n">
-        <v>164.0</v>
+        <v>276.0</v>
       </c>
       <c r="L7" s="1" t="n">
-        <v>287.0</v>
+        <v>266.0</v>
       </c>
       <c r="M7" s="1" t="n">
-        <v>159.0</v>
+        <v>236.0</v>
       </c>
       <c r="N7" s="1" t="n">
-        <v>120.0</v>
+        <v>264.0</v>
       </c>
       <c r="O7" s="1" t="n">
-        <v>276.0</v>
+        <v>214.0</v>
       </c>
       <c r="P7" s="1" t="n">
-        <v>266.0</v>
+        <v>202.0</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="inlineStr">
         <is>
           <t>Belgien</t>
         </is>
       </c>
       <c r="B8"/>
       <c r="C8"/>
       <c r="D8" s="1" t="n">
-        <v>1072.0</v>
+        <v>988.0</v>
       </c>
       <c r="E8" s="1" t="n">
-        <v>826.0</v>
+        <v>1057.0</v>
       </c>
       <c r="F8" s="1" t="n">
-        <v>1002.0</v>
+        <v>990.0</v>
       </c>
       <c r="G8" s="1" t="n">
-        <v>946.0</v>
+        <v>888.0</v>
       </c>
       <c r="H8" s="1" t="n">
-        <v>988.0</v>
+        <v>1187.0</v>
       </c>
       <c r="I8" s="1" t="n">
-        <v>1057.0</v>
+        <v>715.0</v>
       </c>
       <c r="J8" s="1" t="n">
-        <v>990.0</v>
+        <v>502.0</v>
       </c>
       <c r="K8" s="1" t="n">
-        <v>888.0</v>
+        <v>1224.0</v>
       </c>
       <c r="L8" s="1" t="n">
-        <v>1187.0</v>
+        <v>1103.0</v>
       </c>
       <c r="M8" s="1" t="n">
-        <v>715.0</v>
+        <v>958.0</v>
       </c>
       <c r="N8" s="1" t="n">
-        <v>502.0</v>
+        <v>1123.0</v>
       </c>
       <c r="O8" s="1" t="n">
-        <v>1222.0</v>
+        <v>979.0</v>
       </c>
       <c r="P8" s="1" t="n">
-        <v>1103.0</v>
+        <v>961.0</v>
       </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <cols>
     <col min="1" max="1" width="6.79296875" customWidth="true"/>
     <col min="2" max="2" width="22.578125" customWidth="true"/>
     <col min="3" max="3" width="4.96484375" customWidth="true"/>
     <col min="4" max="4" width="14.3203125" customWidth="true"/>
     <col min="5" max="5" width="15.62109375" customWidth="true"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" t="inlineStr">
         <is>
@@ -558,1277 +558,1277 @@
       </c>
       <c r="D1" t="inlineStr">
         <is>
           <t>Monat</t>
         </is>
       </c>
       <c r="E1" t="inlineStr">
         <is>
           <t>Zahl der Konkurse</t>
         </is>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="inlineStr">
         <is>
           <t>Belgien</t>
         </is>
       </c>
       <c r="B2" t="inlineStr">
         <is>
           <t>Flämische Region</t>
         </is>
       </c>
       <c r="C2" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="D2" t="inlineStr">
         <is>
-          <t>Oktober 2024</t>
+          <t>Februar 2025</t>
         </is>
       </c>
       <c r="E2" s="1" t="n">
-        <v>644.0</v>
+        <v>574.0</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="inlineStr">
         <is>
           <t>Belgien</t>
         </is>
       </c>
       <c r="B3" t="inlineStr">
         <is>
           <t>Flämische Region</t>
         </is>
       </c>
       <c r="C3" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="D3" t="inlineStr">
         <is>
-          <t>November 2024</t>
+          <t>März 2025</t>
         </is>
       </c>
       <c r="E3" s="1" t="n">
-        <v>485.0</v>
+        <v>629.0</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="inlineStr">
         <is>
           <t>Belgien</t>
         </is>
       </c>
       <c r="B4" t="inlineStr">
         <is>
           <t>Flämische Region</t>
         </is>
       </c>
       <c r="C4" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="D4" t="inlineStr">
         <is>
-          <t>Dezember 2024</t>
+          <t>April 2025</t>
         </is>
       </c>
       <c r="E4" s="1" t="n">
-        <v>541.0</v>
+        <v>540.0</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="inlineStr">
         <is>
           <t>Belgien</t>
         </is>
       </c>
       <c r="B5" t="inlineStr">
         <is>
           <t>Flämische Region</t>
         </is>
       </c>
       <c r="C5" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D5" t="inlineStr">
         <is>
-          <t>Januar 2025</t>
+          <t>Mai 2025</t>
         </is>
       </c>
       <c r="E5" s="1" t="n">
-        <v>548.0</v>
+        <v>565.0</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="inlineStr">
         <is>
           <t>Belgien</t>
         </is>
       </c>
       <c r="B6" t="inlineStr">
         <is>
           <t>Flämische Region</t>
         </is>
       </c>
       <c r="C6" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D6" t="inlineStr">
         <is>
-          <t>Februar 2025</t>
+          <t>Juni 2025</t>
         </is>
       </c>
       <c r="E6" s="1" t="n">
-        <v>574.0</v>
+        <v>710.0</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="inlineStr">
         <is>
           <t>Belgien</t>
         </is>
       </c>
       <c r="B7" t="inlineStr">
         <is>
           <t>Flämische Region</t>
         </is>
       </c>
       <c r="C7" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D7" t="inlineStr">
         <is>
-          <t>März 2025</t>
+          <t>Juli 2025</t>
         </is>
       </c>
       <c r="E7" s="1" t="n">
-        <v>629.0</v>
+        <v>446.0</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="inlineStr">
         <is>
           <t>Belgien</t>
         </is>
       </c>
       <c r="B8" t="inlineStr">
         <is>
           <t>Flämische Region</t>
         </is>
       </c>
       <c r="C8" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D8" t="inlineStr">
         <is>
-          <t>April 2025</t>
+          <t>August 2025</t>
         </is>
       </c>
       <c r="E8" s="1" t="n">
-        <v>540.0</v>
+        <v>255.0</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="inlineStr">
         <is>
           <t>Belgien</t>
         </is>
       </c>
       <c r="B9" t="inlineStr">
         <is>
           <t>Flämische Region</t>
         </is>
       </c>
       <c r="C9" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D9" t="inlineStr">
         <is>
-          <t>Mai 2025</t>
+          <t>September 2025</t>
         </is>
       </c>
       <c r="E9" s="1" t="n">
-        <v>565.0</v>
+        <v>681.0</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="inlineStr">
         <is>
           <t>Belgien</t>
         </is>
       </c>
       <c r="B10" t="inlineStr">
         <is>
           <t>Flämische Region</t>
         </is>
       </c>
       <c r="C10" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D10" t="inlineStr">
         <is>
-          <t>Juni 2025</t>
+          <t>Oktober 2025</t>
         </is>
       </c>
       <c r="E10" s="1" t="n">
-        <v>710.0</v>
+        <v>629.0</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="inlineStr">
         <is>
           <t>Belgien</t>
         </is>
       </c>
       <c r="B11" t="inlineStr">
         <is>
           <t>Flämische Region</t>
         </is>
       </c>
       <c r="C11" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D11" t="inlineStr">
         <is>
-          <t>Juli 2025</t>
+          <t>November 2025</t>
         </is>
       </c>
       <c r="E11" s="1" t="n">
-        <v>446.0</v>
+        <v>539.0</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="inlineStr">
         <is>
           <t>Belgien</t>
         </is>
       </c>
       <c r="B12" t="inlineStr">
         <is>
           <t>Flämische Region</t>
         </is>
       </c>
       <c r="C12" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D12" t="inlineStr">
         <is>
-          <t>August 2025</t>
+          <t>Dezember 2025</t>
         </is>
       </c>
       <c r="E12" s="1" t="n">
-        <v>255.0</v>
+        <v>633.0</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="inlineStr">
         <is>
           <t>Belgien</t>
         </is>
       </c>
       <c r="B13" t="inlineStr">
         <is>
           <t>Flämische Region</t>
         </is>
       </c>
       <c r="C13" t="inlineStr">
         <is>
-          <t>2025</t>
+          <t>2026</t>
         </is>
       </c>
       <c r="D13" t="inlineStr">
         <is>
-          <t>September 2025</t>
+          <t>Januar 2026</t>
         </is>
       </c>
       <c r="E13" s="1" t="n">
-        <v>679.0</v>
+        <v>604.0</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="inlineStr">
         <is>
           <t>Belgien</t>
         </is>
       </c>
       <c r="B14" t="inlineStr">
         <is>
           <t>Flämische Region</t>
         </is>
       </c>
       <c r="C14" t="inlineStr">
         <is>
-          <t>2025</t>
+          <t>2026</t>
         </is>
       </c>
       <c r="D14" t="inlineStr">
         <is>
-          <t>Oktober 2025</t>
+          <t>Februar 2026</t>
         </is>
       </c>
       <c r="E14" s="1" t="n">
-        <v>630.0</v>
+        <v>604.0</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="inlineStr">
         <is>
           <t>Belgien</t>
         </is>
       </c>
       <c r="B15" t="inlineStr">
         <is>
           <t>Region Brüssel-Hauptstadt</t>
         </is>
       </c>
       <c r="C15" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="D15" t="inlineStr">
         <is>
-          <t>Oktober 2024</t>
+          <t>Februar 2025</t>
         </is>
       </c>
       <c r="E15" s="1" t="n">
-        <v>180.0</v>
+        <v>203.0</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="inlineStr">
         <is>
           <t>Belgien</t>
         </is>
       </c>
       <c r="B16" t="inlineStr">
         <is>
           <t>Region Brüssel-Hauptstadt</t>
         </is>
       </c>
       <c r="C16" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="D16" t="inlineStr">
         <is>
-          <t>November 2024</t>
+          <t>März 2025</t>
         </is>
       </c>
       <c r="E16" s="1" t="n">
-        <v>147.0</v>
+        <v>165.0</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="inlineStr">
         <is>
           <t>Belgien</t>
         </is>
       </c>
       <c r="B17" t="inlineStr">
         <is>
           <t>Region Brüssel-Hauptstadt</t>
         </is>
       </c>
       <c r="C17" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="D17" t="inlineStr">
         <is>
-          <t>Dezember 2024</t>
+          <t>April 2025</t>
         </is>
       </c>
       <c r="E17" s="1" t="n">
-        <v>204.0</v>
+        <v>185.0</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="inlineStr">
         <is>
           <t>Belgien</t>
         </is>
       </c>
       <c r="B18" t="inlineStr">
         <is>
           <t>Region Brüssel-Hauptstadt</t>
         </is>
       </c>
       <c r="C18" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D18" t="inlineStr">
         <is>
-          <t>Januar 2025</t>
+          <t>Mai 2025</t>
         </is>
       </c>
       <c r="E18" s="1" t="n">
-        <v>167.0</v>
+        <v>159.0</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="inlineStr">
         <is>
           <t>Belgien</t>
         </is>
       </c>
       <c r="B19" t="inlineStr">
         <is>
           <t>Region Brüssel-Hauptstadt</t>
         </is>
       </c>
       <c r="C19" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D19" t="inlineStr">
         <is>
-          <t>Februar 2025</t>
+          <t>Juni 2025</t>
         </is>
       </c>
       <c r="E19" s="1" t="n">
-        <v>203.0</v>
+        <v>190.0</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="inlineStr">
         <is>
           <t>Belgien</t>
         </is>
       </c>
       <c r="B20" t="inlineStr">
         <is>
           <t>Region Brüssel-Hauptstadt</t>
         </is>
       </c>
       <c r="C20" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D20" t="inlineStr">
         <is>
-          <t>März 2025</t>
+          <t>Juli 2025</t>
         </is>
       </c>
       <c r="E20" s="1" t="n">
-        <v>165.0</v>
+        <v>110.0</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="inlineStr">
         <is>
           <t>Belgien</t>
         </is>
       </c>
       <c r="B21" t="inlineStr">
         <is>
           <t>Region Brüssel-Hauptstadt</t>
         </is>
       </c>
       <c r="C21" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D21" t="inlineStr">
         <is>
-          <t>April 2025</t>
+          <t>August 2025</t>
         </is>
       </c>
       <c r="E21" s="1" t="n">
-        <v>185.0</v>
+        <v>127.0</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="inlineStr">
         <is>
           <t>Belgien</t>
         </is>
       </c>
       <c r="B22" t="inlineStr">
         <is>
           <t>Region Brüssel-Hauptstadt</t>
         </is>
       </c>
       <c r="C22" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D22" t="inlineStr">
         <is>
-          <t>Mai 2025</t>
+          <t>September 2025</t>
         </is>
       </c>
       <c r="E22" s="1" t="n">
-        <v>159.0</v>
+        <v>267.0</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="inlineStr">
         <is>
           <t>Belgien</t>
         </is>
       </c>
       <c r="B23" t="inlineStr">
         <is>
           <t>Region Brüssel-Hauptstadt</t>
         </is>
       </c>
       <c r="C23" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D23" t="inlineStr">
         <is>
-          <t>Juni 2025</t>
+          <t>Oktober 2025</t>
         </is>
       </c>
       <c r="E23" s="1" t="n">
-        <v>190.0</v>
+        <v>208.0</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="inlineStr">
         <is>
           <t>Belgien</t>
         </is>
       </c>
       <c r="B24" t="inlineStr">
         <is>
           <t>Region Brüssel-Hauptstadt</t>
         </is>
       </c>
       <c r="C24" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D24" t="inlineStr">
         <is>
-          <t>Juli 2025</t>
+          <t>November 2025</t>
         </is>
       </c>
       <c r="E24" s="1" t="n">
-        <v>110.0</v>
+        <v>183.0</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="inlineStr">
         <is>
           <t>Belgien</t>
         </is>
       </c>
       <c r="B25" t="inlineStr">
         <is>
           <t>Region Brüssel-Hauptstadt</t>
         </is>
       </c>
       <c r="C25" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D25" t="inlineStr">
         <is>
-          <t>August 2025</t>
+          <t>Dezember 2025</t>
         </is>
       </c>
       <c r="E25" s="1" t="n">
-        <v>127.0</v>
+        <v>226.0</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="inlineStr">
         <is>
           <t>Belgien</t>
         </is>
       </c>
       <c r="B26" t="inlineStr">
         <is>
           <t>Region Brüssel-Hauptstadt</t>
         </is>
       </c>
       <c r="C26" t="inlineStr">
         <is>
-          <t>2025</t>
+          <t>2026</t>
         </is>
       </c>
       <c r="D26" t="inlineStr">
         <is>
-          <t>September 2025</t>
+          <t>Januar 2026</t>
         </is>
       </c>
       <c r="E26" s="1" t="n">
-        <v>267.0</v>
+        <v>161.0</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="inlineStr">
         <is>
           <t>Belgien</t>
         </is>
       </c>
       <c r="B27" t="inlineStr">
         <is>
           <t>Region Brüssel-Hauptstadt</t>
         </is>
       </c>
       <c r="C27" t="inlineStr">
         <is>
-          <t>2025</t>
+          <t>2026</t>
         </is>
       </c>
       <c r="D27" t="inlineStr">
         <is>
-          <t>Oktober 2025</t>
+          <t>Februar 2026</t>
         </is>
       </c>
       <c r="E27" s="1" t="n">
-        <v>207.0</v>
+        <v>155.0</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="inlineStr">
         <is>
           <t>Belgien</t>
         </is>
       </c>
       <c r="B28" t="inlineStr">
         <is>
           <t>Wallonische Region</t>
         </is>
       </c>
       <c r="C28" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="D28" t="inlineStr">
         <is>
-          <t>Oktober 2024</t>
+          <t>Februar 2025</t>
         </is>
       </c>
       <c r="E28" s="1" t="n">
-        <v>248.0</v>
+        <v>211.0</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="inlineStr">
         <is>
           <t>Belgien</t>
         </is>
       </c>
       <c r="B29" t="inlineStr">
         <is>
           <t>Wallonische Region</t>
         </is>
       </c>
       <c r="C29" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="D29" t="inlineStr">
         <is>
-          <t>November 2024</t>
+          <t>März 2025</t>
         </is>
       </c>
       <c r="E29" s="1" t="n">
-        <v>194.0</v>
+        <v>263.0</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="inlineStr">
         <is>
           <t>Belgien</t>
         </is>
       </c>
       <c r="B30" t="inlineStr">
         <is>
           <t>Wallonische Region</t>
         </is>
       </c>
       <c r="C30" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="D30" t="inlineStr">
         <is>
-          <t>Dezember 2024</t>
+          <t>April 2025</t>
         </is>
       </c>
       <c r="E30" s="1" t="n">
-        <v>257.0</v>
+        <v>265.0</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="inlineStr">
         <is>
           <t>Belgien</t>
         </is>
       </c>
       <c r="B31" t="inlineStr">
         <is>
           <t>Wallonische Region</t>
         </is>
       </c>
       <c r="C31" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D31" t="inlineStr">
         <is>
-          <t>Januar 2025</t>
+          <t>Mai 2025</t>
         </is>
       </c>
       <c r="E31" s="1" t="n">
-        <v>231.0</v>
+        <v>164.0</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="inlineStr">
         <is>
           <t>Belgien</t>
         </is>
       </c>
       <c r="B32" t="inlineStr">
         <is>
           <t>Wallonische Region</t>
         </is>
       </c>
       <c r="C32" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D32" t="inlineStr">
         <is>
-          <t>Februar 2025</t>
+          <t>Juni 2025</t>
         </is>
       </c>
       <c r="E32" s="1" t="n">
-        <v>211.0</v>
+        <v>287.0</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" t="inlineStr">
         <is>
           <t>Belgien</t>
         </is>
       </c>
       <c r="B33" t="inlineStr">
         <is>
           <t>Wallonische Region</t>
         </is>
       </c>
       <c r="C33" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D33" t="inlineStr">
         <is>
-          <t>März 2025</t>
+          <t>Juli 2025</t>
         </is>
       </c>
       <c r="E33" s="1" t="n">
-        <v>263.0</v>
+        <v>159.0</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" t="inlineStr">
         <is>
           <t>Belgien</t>
         </is>
       </c>
       <c r="B34" t="inlineStr">
         <is>
           <t>Wallonische Region</t>
         </is>
       </c>
       <c r="C34" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D34" t="inlineStr">
         <is>
-          <t>April 2025</t>
+          <t>August 2025</t>
         </is>
       </c>
       <c r="E34" s="1" t="n">
-        <v>265.0</v>
+        <v>120.0</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" t="inlineStr">
         <is>
           <t>Belgien</t>
         </is>
       </c>
       <c r="B35" t="inlineStr">
         <is>
           <t>Wallonische Region</t>
         </is>
       </c>
       <c r="C35" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D35" t="inlineStr">
         <is>
-          <t>Mai 2025</t>
+          <t>September 2025</t>
         </is>
       </c>
       <c r="E35" s="1" t="n">
-        <v>164.0</v>
+        <v>276.0</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" t="inlineStr">
         <is>
           <t>Belgien</t>
         </is>
       </c>
       <c r="B36" t="inlineStr">
         <is>
           <t>Wallonische Region</t>
         </is>
       </c>
       <c r="C36" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D36" t="inlineStr">
         <is>
-          <t>Juni 2025</t>
+          <t>Oktober 2025</t>
         </is>
       </c>
       <c r="E36" s="1" t="n">
-        <v>287.0</v>
+        <v>266.0</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" t="inlineStr">
         <is>
           <t>Belgien</t>
         </is>
       </c>
       <c r="B37" t="inlineStr">
         <is>
           <t>Wallonische Region</t>
         </is>
       </c>
       <c r="C37" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D37" t="inlineStr">
         <is>
-          <t>Juli 2025</t>
+          <t>November 2025</t>
         </is>
       </c>
       <c r="E37" s="1" t="n">
-        <v>159.0</v>
+        <v>236.0</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" t="inlineStr">
         <is>
           <t>Belgien</t>
         </is>
       </c>
       <c r="B38" t="inlineStr">
         <is>
           <t>Wallonische Region</t>
         </is>
       </c>
       <c r="C38" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D38" t="inlineStr">
         <is>
-          <t>August 2025</t>
+          <t>Dezember 2025</t>
         </is>
       </c>
       <c r="E38" s="1" t="n">
-        <v>120.0</v>
+        <v>264.0</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" t="inlineStr">
         <is>
           <t>Belgien</t>
         </is>
       </c>
       <c r="B39" t="inlineStr">
         <is>
           <t>Wallonische Region</t>
         </is>
       </c>
       <c r="C39" t="inlineStr">
         <is>
-          <t>2025</t>
+          <t>2026</t>
         </is>
       </c>
       <c r="D39" t="inlineStr">
         <is>
-          <t>September 2025</t>
+          <t>Januar 2026</t>
         </is>
       </c>
       <c r="E39" s="1" t="n">
-        <v>276.0</v>
+        <v>214.0</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" t="inlineStr">
         <is>
           <t>Belgien</t>
         </is>
       </c>
       <c r="B40" t="inlineStr">
         <is>
           <t>Wallonische Region</t>
         </is>
       </c>
       <c r="C40" t="inlineStr">
         <is>
-          <t>2025</t>
+          <t>2026</t>
         </is>
       </c>
       <c r="D40" t="inlineStr">
         <is>
-          <t>Oktober 2025</t>
+          <t>Februar 2026</t>
         </is>
       </c>
       <c r="E40" s="1" t="n">
-        <v>266.0</v>
+        <v>202.0</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" t="inlineStr">
         <is>
           <t>Belgien</t>
         </is>
       </c>
       <c r="B41"/>
       <c r="C41" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="D41" t="inlineStr">
         <is>
-          <t>Oktober 2024</t>
+          <t>Februar 2025</t>
         </is>
       </c>
       <c r="E41" s="1" t="n">
-        <v>1072.0</v>
+        <v>988.0</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" t="inlineStr">
         <is>
           <t>Belgien</t>
         </is>
       </c>
       <c r="B42"/>
       <c r="C42" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="D42" t="inlineStr">
         <is>
-          <t>November 2024</t>
+          <t>März 2025</t>
         </is>
       </c>
       <c r="E42" s="1" t="n">
-        <v>826.0</v>
+        <v>1057.0</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" t="inlineStr">
         <is>
           <t>Belgien</t>
         </is>
       </c>
       <c r="B43"/>
       <c r="C43" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="D43" t="inlineStr">
         <is>
-          <t>Dezember 2024</t>
+          <t>April 2025</t>
         </is>
       </c>
       <c r="E43" s="1" t="n">
-        <v>1002.0</v>
+        <v>990.0</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" t="inlineStr">
         <is>
           <t>Belgien</t>
         </is>
       </c>
       <c r="B44"/>
       <c r="C44" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D44" t="inlineStr">
         <is>
-          <t>Januar 2025</t>
+          <t>Mai 2025</t>
         </is>
       </c>
       <c r="E44" s="1" t="n">
-        <v>946.0</v>
+        <v>888.0</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" t="inlineStr">
         <is>
           <t>Belgien</t>
         </is>
       </c>
       <c r="B45"/>
       <c r="C45" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D45" t="inlineStr">
         <is>
-          <t>Februar 2025</t>
+          <t>Juni 2025</t>
         </is>
       </c>
       <c r="E45" s="1" t="n">
-        <v>988.0</v>
+        <v>1187.0</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" t="inlineStr">
         <is>
           <t>Belgien</t>
         </is>
       </c>
       <c r="B46"/>
       <c r="C46" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D46" t="inlineStr">
         <is>
-          <t>März 2025</t>
+          <t>Juli 2025</t>
         </is>
       </c>
       <c r="E46" s="1" t="n">
-        <v>1057.0</v>
+        <v>715.0</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" t="inlineStr">
         <is>
           <t>Belgien</t>
         </is>
       </c>
       <c r="B47"/>
       <c r="C47" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D47" t="inlineStr">
         <is>
-          <t>April 2025</t>
+          <t>August 2025</t>
         </is>
       </c>
       <c r="E47" s="1" t="n">
-        <v>990.0</v>
+        <v>502.0</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" t="inlineStr">
         <is>
           <t>Belgien</t>
         </is>
       </c>
       <c r="B48"/>
       <c r="C48" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D48" t="inlineStr">
         <is>
-          <t>Mai 2025</t>
+          <t>September 2025</t>
         </is>
       </c>
       <c r="E48" s="1" t="n">
-        <v>888.0</v>
+        <v>1224.0</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" t="inlineStr">
         <is>
           <t>Belgien</t>
         </is>
       </c>
       <c r="B49"/>
       <c r="C49" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D49" t="inlineStr">
         <is>
-          <t>Juni 2025</t>
+          <t>Oktober 2025</t>
         </is>
       </c>
       <c r="E49" s="1" t="n">
-        <v>1187.0</v>
+        <v>1103.0</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" t="inlineStr">
         <is>
           <t>Belgien</t>
         </is>
       </c>
       <c r="B50"/>
       <c r="C50" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D50" t="inlineStr">
         <is>
-          <t>Juli 2025</t>
+          <t>November 2025</t>
         </is>
       </c>
       <c r="E50" s="1" t="n">
-        <v>715.0</v>
+        <v>958.0</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" t="inlineStr">
         <is>
           <t>Belgien</t>
         </is>
       </c>
       <c r="B51"/>
       <c r="C51" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D51" t="inlineStr">
         <is>
-          <t>August 2025</t>
+          <t>Dezember 2025</t>
         </is>
       </c>
       <c r="E51" s="1" t="n">
-        <v>502.0</v>
+        <v>1123.0</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" t="inlineStr">
         <is>
           <t>Belgien</t>
         </is>
       </c>
       <c r="B52"/>
       <c r="C52" t="inlineStr">
         <is>
-          <t>2025</t>
+          <t>2026</t>
         </is>
       </c>
       <c r="D52" t="inlineStr">
         <is>
-          <t>September 2025</t>
+          <t>Januar 2026</t>
         </is>
       </c>
       <c r="E52" s="1" t="n">
-        <v>1222.0</v>
+        <v>979.0</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" t="inlineStr">
         <is>
           <t>Belgien</t>
         </is>
       </c>
       <c r="B53"/>
       <c r="C53" t="inlineStr">
         <is>
-          <t>2025</t>
+          <t>2026</t>
         </is>
       </c>
       <c r="D53" t="inlineStr">
         <is>
-          <t>Oktober 2025</t>
+          <t>Februar 2026</t>
         </is>
       </c>
       <c r="E53" s="1" t="n">
-        <v>1103.0</v>
+        <v>961.0</v>
       </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <coreProperties xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </coreProperties>
 </file>