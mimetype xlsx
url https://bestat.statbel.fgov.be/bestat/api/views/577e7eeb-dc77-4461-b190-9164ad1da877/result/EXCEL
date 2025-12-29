--- v0 (2025-12-07)
+++ v1 (2025-12-29)
@@ -107,140 +107,140 @@
   <cols>
     <col min="1" max="1" width="11.02734375" customWidth="true"/>
     <col min="2" max="2" width="150.859375" customWidth="true"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" t="inlineStr">
         <is>
           <t>Data source:</t>
         </is>
       </c>
       <c r="B1" t="inlineStr">
         <is>
           <t>Actieve (werkende en werkloze) en inactieve bevolking sinds 2017 op basis van de hervormde Enquête naar de ArbeidsKrachten, per kwartaal, gewest, leeftijdsklasse en onderwijsniveau</t>
         </is>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="inlineStr">
         <is>
           <t>Filters:</t>
         </is>
       </c>
       <c r="B2" t="inlineStr">
         <is>
-          <t>Referentie periode : Laatste 4 Kwartaal(3de kwartaal 2024, 4de kwartaal 2024, 1ste kwartaal 2025, 2de kwartaal 2025)</t>
+          <t>Referentie periode : Laatste 4 Kwartaal(4de kwartaal 2024, 1ste kwartaal 2025, 2de kwartaal 2025, 3de kwartaal 2025)</t>
         </is>
       </c>
     </row>
     <row r="3">
       <c r="B3" t="inlineStr">
         <is>
           <t xml:space="preserve">
 </t>
         </is>
       </c>
     </row>
     <row r="4">
 </row>
     <row r="5">
       <c r="A5" t="inlineStr">
         <is>
           <t xml:space="preserve">Bron: </t>
         </is>
       </c>
       <c r="B5" t="inlineStr">
         <is>
           <t>Statbel (Algemene Directie Statistiek - Statistics Belgium)</t>
         </is>
       </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <cols>
     <col min="1" max="1" width="5.78125" customWidth="true"/>
     <col min="2" max="2" width="26.68359375" customWidth="true"/>
     <col min="3" max="3" width="20.5390625" customWidth="true"/>
     <col min="4" max="4" width="7.99609375" customWidth="true"/>
-    <col min="5" max="5" width="15.87109375" customWidth="true"/>
+    <col min="5" max="5" width="15.91015625" customWidth="true"/>
     <col min="6" max="6" width="8.10546875" customWidth="true"/>
     <col min="7" max="7" width="6.05859375" customWidth="true"/>
-    <col min="8" max="8" width="15.91015625" customWidth="true"/>
+    <col min="8" max="8" width="16.31640625" customWidth="true"/>
     <col min="9" max="9" width="8.10546875" customWidth="true"/>
     <col min="10" max="10" width="6.05859375" customWidth="true"/>
-    <col min="11" max="11" width="16.31640625" customWidth="true"/>
+    <col min="11" max="11" width="15.875" customWidth="true"/>
     <col min="12" max="12" width="8.10546875" customWidth="true"/>
     <col min="13" max="13" width="6.05859375" customWidth="true"/>
-    <col min="14" max="14" width="15.875" customWidth="true"/>
+    <col min="14" max="14" width="15.87109375" customWidth="true"/>
     <col min="15" max="15" width="8.10546875" customWidth="true"/>
     <col min="16" max="16" width="6.05859375" customWidth="true"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1"/>
       <c r="B1"/>
       <c r="C1"/>
       <c r="D1" t="inlineStr">
         <is>
           <t>Kwartaal</t>
         </is>
       </c>
       <c r="E1" t="inlineStr">
         <is>
-          <t>3de kwartaal 2024</t>
+          <t>4de kwartaal 2024</t>
         </is>
       </c>
       <c r="F1"/>
       <c r="G1"/>
       <c r="H1" t="inlineStr">
         <is>
-          <t>4de kwartaal 2024</t>
+          <t>1ste kwartaal 2025</t>
         </is>
       </c>
       <c r="I1"/>
       <c r="J1"/>
       <c r="K1" t="inlineStr">
         <is>
-          <t>1ste kwartaal 2025</t>
+          <t>2de kwartaal 2025</t>
         </is>
       </c>
       <c r="L1"/>
       <c r="M1"/>
       <c r="N1" t="inlineStr">
         <is>
-          <t>2de kwartaal 2025</t>
+          <t>3de kwartaal 2025</t>
         </is>
       </c>
       <c r="O1"/>
       <c r="P1"/>
     </row>
     <row r="2">
       <c r="A2"/>
       <c r="B2"/>
       <c r="C2"/>
       <c r="D2" t="inlineStr">
         <is>
           <t>Totaal</t>
         </is>
       </c>
       <c r="E2" t="inlineStr">
         <is>
           <t>Totaal</t>
         </is>
       </c>
       <c r="F2"/>
       <c r="G2" t="inlineStr">
         <is>
           <t>Totaal</t>
         </is>
       </c>
@@ -337,602 +337,602 @@
       <c r="B4" t="inlineStr">
         <is>
           <t>Gewest</t>
         </is>
       </c>
       <c r="C4"/>
     </row>
     <row r="5">
       <c r="A5" t="inlineStr">
         <is>
           <t>België</t>
         </is>
       </c>
       <c r="B5" t="inlineStr">
         <is>
           <t>Brussels Hoofdstedelijk Gewest</t>
         </is>
       </c>
       <c r="C5" t="inlineStr">
         <is>
           <t>Werkgelegenheidsgraad</t>
         </is>
       </c>
       <c r="D5"/>
       <c r="E5" s="2" t="n">
-        <v>0.6600000000000024</v>
+        <v>0.6430000000000023</v>
       </c>
       <c r="F5" s="2" t="n">
-        <v>0.5410000000000019</v>
+        <v>0.5350000000000019</v>
       </c>
       <c r="G5" s="2" t="n">
-        <v>0.6000000000000021</v>
+        <v>0.5880000000000021</v>
       </c>
       <c r="H5" s="2" t="n">
-        <v>0.6430000000000023</v>
+        <v>0.6150000000000022</v>
       </c>
       <c r="I5" s="2" t="n">
-        <v>0.5350000000000019</v>
+        <v>0.5230000000000019</v>
       </c>
       <c r="J5" s="2" t="n">
-        <v>0.5880000000000021</v>
+        <v>0.569000000000002</v>
       </c>
       <c r="K5" s="2" t="n">
-        <v>0.6150000000000022</v>
+        <v>0.6360000000000022</v>
       </c>
       <c r="L5" s="2" t="n">
-        <v>0.5230000000000019</v>
+        <v>0.5450000000000019</v>
       </c>
       <c r="M5" s="2" t="n">
-        <v>0.569000000000002</v>
+        <v>0.5900000000000021</v>
       </c>
       <c r="N5" s="2" t="n">
-        <v>0.6360000000000022</v>
+        <v>0.6470000000000024</v>
       </c>
       <c r="O5" s="2" t="n">
-        <v>0.5450000000000019</v>
+        <v>0.5440000000000019</v>
       </c>
       <c r="P5" s="2" t="n">
-        <v>0.5900000000000021</v>
+        <v>0.5960000000000021</v>
       </c>
     </row>
     <row r="6">
       <c r="A6"/>
       <c r="B6"/>
       <c r="C6" t="inlineStr">
         <is>
           <t>Werkloosheidsgraad</t>
         </is>
       </c>
       <c r="D6"/>
       <c r="E6" s="2" t="n">
-        <v>0.1130000000000004</v>
+        <v>0.13000000000000048</v>
       </c>
       <c r="F6" s="2" t="n">
-        <v>0.10800000000000039</v>
+        <v>0.1140000000000004</v>
       </c>
       <c r="G6" s="2" t="n">
-        <v>0.11100000000000039</v>
+        <v>0.12300000000000043</v>
       </c>
       <c r="H6" s="2" t="n">
-        <v>0.13000000000000048</v>
+        <v>0.15900000000000056</v>
       </c>
       <c r="I6" s="2" t="n">
-        <v>0.1140000000000004</v>
+        <v>0.12100000000000043</v>
       </c>
       <c r="J6" s="2" t="n">
-        <v>0.12300000000000043</v>
+        <v>0.1420000000000005</v>
       </c>
       <c r="K6" s="2" t="n">
-        <v>0.15900000000000056</v>
+        <v>0.12900000000000048</v>
       </c>
       <c r="L6" s="2" t="n">
-        <v>0.12100000000000043</v>
+        <v>0.10700000000000037</v>
       </c>
       <c r="M6" s="2" t="n">
-        <v>0.1420000000000005</v>
+        <v>0.11900000000000041</v>
       </c>
       <c r="N6" s="2" t="n">
-        <v>0.12900000000000048</v>
+        <v>0.12700000000000045</v>
       </c>
       <c r="O6" s="2" t="n">
-        <v>0.10700000000000037</v>
+        <v>0.13400000000000048</v>
       </c>
       <c r="P6" s="2" t="n">
-        <v>0.11900000000000041</v>
+        <v>0.13100000000000048</v>
       </c>
     </row>
     <row r="7">
       <c r="A7"/>
       <c r="B7"/>
       <c r="C7" t="inlineStr">
         <is>
           <t>Activiteitsgraad</t>
         </is>
       </c>
       <c r="D7"/>
       <c r="E7" s="2" t="n">
-        <v>0.7440000000000027</v>
+        <v>0.7390000000000027</v>
       </c>
       <c r="F7" s="2" t="n">
-        <v>0.6060000000000021</v>
+        <v>0.6030000000000021</v>
       </c>
       <c r="G7" s="2" t="n">
-        <v>0.6750000000000025</v>
+        <v>0.6710000000000024</v>
       </c>
       <c r="H7" s="2" t="n">
-        <v>0.7390000000000027</v>
+        <v>0.7310000000000025</v>
       </c>
       <c r="I7" s="2" t="n">
-        <v>0.6030000000000021</v>
+        <v>0.5950000000000021</v>
       </c>
       <c r="J7" s="2" t="n">
-        <v>0.6710000000000024</v>
+        <v>0.6630000000000024</v>
       </c>
       <c r="K7" s="2" t="n">
-        <v>0.7310000000000025</v>
+        <v>0.7290000000000025</v>
       </c>
       <c r="L7" s="2" t="n">
-        <v>0.5950000000000021</v>
+        <v>0.6100000000000022</v>
       </c>
       <c r="M7" s="2" t="n">
-        <v>0.6630000000000024</v>
+        <v>0.6690000000000024</v>
       </c>
       <c r="N7" s="2" t="n">
-        <v>0.7290000000000025</v>
+        <v>0.7420000000000027</v>
       </c>
       <c r="O7" s="2" t="n">
-        <v>0.6100000000000022</v>
+        <v>0.6290000000000022</v>
       </c>
       <c r="P7" s="2" t="n">
-        <v>0.6690000000000024</v>
+        <v>0.6850000000000025</v>
       </c>
     </row>
     <row r="8">
       <c r="A8"/>
       <c r="B8" t="inlineStr">
         <is>
           <t>Vlaams Gewest</t>
         </is>
       </c>
       <c r="C8" t="inlineStr">
         <is>
           <t>Werkgelegenheidsgraad</t>
         </is>
       </c>
       <c r="D8"/>
       <c r="E8" s="2" t="n">
-        <v>0.7420000000000027</v>
+        <v>0.7540000000000027</v>
       </c>
       <c r="F8" s="2" t="n">
-        <v>0.6770000000000025</v>
+        <v>0.6970000000000024</v>
       </c>
       <c r="G8" s="2" t="n">
-        <v>0.7100000000000025</v>
+        <v>0.7260000000000025</v>
       </c>
       <c r="H8" s="2" t="n">
-        <v>0.7540000000000027</v>
+        <v>0.7530000000000027</v>
       </c>
       <c r="I8" s="2" t="n">
+        <v>0.6920000000000024</v>
+      </c>
+      <c r="J8" s="2" t="n">
+        <v>0.7230000000000025</v>
+      </c>
+      <c r="K8" s="2" t="n">
+        <v>0.7470000000000027</v>
+      </c>
+      <c r="L8" s="2" t="n">
         <v>0.6970000000000024</v>
       </c>
-      <c r="J8" s="2" t="n">
-[...7 lines deleted...]
-      </c>
       <c r="M8" s="2" t="n">
-        <v>0.7230000000000025</v>
+        <v>0.7220000000000025</v>
       </c>
       <c r="N8" s="2" t="n">
-        <v>0.7470000000000027</v>
+        <v>0.7460000000000027</v>
       </c>
       <c r="O8" s="2" t="n">
-        <v>0.6970000000000024</v>
+        <v>0.6820000000000025</v>
       </c>
       <c r="P8" s="2" t="n">
-        <v>0.7220000000000025</v>
+        <v>0.7140000000000025</v>
       </c>
     </row>
     <row r="9">
       <c r="A9"/>
       <c r="B9"/>
       <c r="C9" t="inlineStr">
         <is>
           <t>Werkloosheidsgraad</t>
         </is>
       </c>
       <c r="D9"/>
       <c r="E9" s="2" t="n">
-        <v>0.04400000000000016</v>
+        <v>0.04300000000000015</v>
       </c>
       <c r="F9" s="2" t="n">
-        <v>0.04100000000000015</v>
+        <v>0.03400000000000012</v>
       </c>
       <c r="G9" s="2" t="n">
-        <v>0.04300000000000015</v>
+        <v>0.03800000000000013</v>
       </c>
       <c r="H9" s="2" t="n">
-        <v>0.04300000000000015</v>
+        <v>0.049000000000000175</v>
       </c>
       <c r="I9" s="2" t="n">
         <v>0.03400000000000012</v>
       </c>
       <c r="J9" s="2" t="n">
+        <v>0.042000000000000155</v>
+      </c>
+      <c r="K9" s="2" t="n">
+        <v>0.046000000000000166</v>
+      </c>
+      <c r="L9" s="2" t="n">
+        <v>0.029000000000000106</v>
+      </c>
+      <c r="M9" s="2" t="n">
         <v>0.03800000000000013</v>
       </c>
-      <c r="K9" s="2" t="n">
+      <c r="N9" s="2" t="n">
         <v>0.049000000000000175</v>
       </c>
-      <c r="L9" s="2" t="n">
-[...2 lines deleted...]
-      <c r="M9" s="2" t="n">
+      <c r="O9" s="2" t="n">
         <v>0.042000000000000155</v>
       </c>
-      <c r="N9" s="2" t="n">
-[...4 lines deleted...]
-      </c>
       <c r="P9" s="2" t="n">
-        <v>0.03800000000000013</v>
+        <v>0.04500000000000016</v>
       </c>
     </row>
     <row r="10">
       <c r="A10"/>
       <c r="B10"/>
       <c r="C10" t="inlineStr">
         <is>
           <t>Activiteitsgraad</t>
         </is>
       </c>
       <c r="D10"/>
       <c r="E10" s="2" t="n">
-        <v>0.7770000000000028</v>
+        <v>0.7880000000000028</v>
       </c>
       <c r="F10" s="2" t="n">
-        <v>0.7060000000000025</v>
+        <v>0.7220000000000025</v>
       </c>
       <c r="G10" s="2" t="n">
-        <v>0.7420000000000027</v>
+        <v>0.7550000000000027</v>
       </c>
       <c r="H10" s="2" t="n">
-        <v>0.7880000000000028</v>
+        <v>0.7920000000000028</v>
       </c>
       <c r="I10" s="2" t="n">
-        <v>0.7220000000000025</v>
+        <v>0.7160000000000025</v>
       </c>
       <c r="J10" s="2" t="n">
-        <v>0.7550000000000027</v>
+        <v>0.7540000000000027</v>
       </c>
       <c r="K10" s="2" t="n">
-        <v>0.7920000000000028</v>
+        <v>0.7830000000000028</v>
       </c>
       <c r="L10" s="2" t="n">
-        <v>0.7160000000000025</v>
+        <v>0.7180000000000025</v>
       </c>
       <c r="M10" s="2" t="n">
-        <v>0.7540000000000027</v>
+        <v>0.7510000000000027</v>
       </c>
       <c r="N10" s="2" t="n">
-        <v>0.7830000000000028</v>
+        <v>0.7840000000000028</v>
       </c>
       <c r="O10" s="2" t="n">
-        <v>0.7180000000000025</v>
+        <v>0.7110000000000025</v>
       </c>
       <c r="P10" s="2" t="n">
-        <v>0.7510000000000027</v>
+        <v>0.7480000000000027</v>
       </c>
     </row>
     <row r="11">
       <c r="A11"/>
       <c r="B11" t="inlineStr">
         <is>
           <t>Waals Gewest</t>
         </is>
       </c>
       <c r="C11" t="inlineStr">
         <is>
           <t>Werkgelegenheidsgraad</t>
         </is>
       </c>
       <c r="D11"/>
       <c r="E11" s="2" t="n">
-        <v>0.6590000000000024</v>
+        <v>0.6400000000000022</v>
       </c>
       <c r="F11" s="2" t="n">
-        <v>0.5810000000000021</v>
+        <v>0.572000000000002</v>
       </c>
       <c r="G11" s="2" t="n">
-        <v>0.6200000000000022</v>
+        <v>0.6060000000000021</v>
       </c>
       <c r="H11" s="2" t="n">
-        <v>0.6400000000000022</v>
+        <v>0.6510000000000024</v>
       </c>
       <c r="I11" s="2" t="n">
-        <v>0.572000000000002</v>
+        <v>0.576000000000002</v>
       </c>
       <c r="J11" s="2" t="n">
-        <v>0.6060000000000021</v>
+        <v>0.6130000000000022</v>
       </c>
       <c r="K11" s="2" t="n">
-        <v>0.6510000000000024</v>
+        <v>0.6550000000000024</v>
       </c>
       <c r="L11" s="2" t="n">
-        <v>0.576000000000002</v>
+        <v>0.5990000000000021</v>
       </c>
       <c r="M11" s="2" t="n">
-        <v>0.6130000000000022</v>
+        <v>0.6270000000000022</v>
       </c>
       <c r="N11" s="2" t="n">
-        <v>0.6550000000000024</v>
+        <v>0.6640000000000024</v>
       </c>
       <c r="O11" s="2" t="n">
-        <v>0.5990000000000021</v>
+        <v>0.6000000000000021</v>
       </c>
       <c r="P11" s="2" t="n">
-        <v>0.6270000000000022</v>
+        <v>0.6320000000000022</v>
       </c>
     </row>
     <row r="12">
       <c r="A12"/>
       <c r="B12"/>
       <c r="C12" t="inlineStr">
         <is>
           <t>Werkloosheidsgraad</t>
         </is>
       </c>
       <c r="D12"/>
       <c r="E12" s="2" t="n">
+        <v>0.0830000000000003</v>
+      </c>
+      <c r="F12" s="2" t="n">
+        <v>0.07600000000000026</v>
+      </c>
+      <c r="G12" s="2" t="n">
+        <v>0.08000000000000028</v>
+      </c>
+      <c r="H12" s="2" t="n">
+        <v>0.07700000000000028</v>
+      </c>
+      <c r="I12" s="2" t="n">
+        <v>0.07100000000000024</v>
+      </c>
+      <c r="J12" s="2" t="n">
         <v>0.07500000000000026</v>
       </c>
-      <c r="F12" s="2" t="n">
+      <c r="K12" s="2" t="n">
+        <v>0.0830000000000003</v>
+      </c>
+      <c r="L12" s="2" t="n">
         <v>0.07400000000000026</v>
       </c>
-      <c r="G12" s="2" t="n">
-[...16 lines deleted...]
-      </c>
       <c r="M12" s="2" t="n">
-        <v>0.07500000000000026</v>
+        <v>0.07800000000000028</v>
       </c>
       <c r="N12" s="2" t="n">
-        <v>0.0830000000000003</v>
+        <v>0.08400000000000031</v>
       </c>
       <c r="O12" s="2" t="n">
-        <v>0.07400000000000026</v>
+        <v>0.07300000000000026</v>
       </c>
       <c r="P12" s="2" t="n">
-        <v>0.07800000000000028</v>
+        <v>0.07900000000000028</v>
       </c>
     </row>
     <row r="13">
       <c r="A13"/>
       <c r="B13"/>
       <c r="C13" t="inlineStr">
         <is>
           <t>Activiteitsgraad</t>
         </is>
       </c>
       <c r="D13"/>
       <c r="E13" s="2" t="n">
-        <v>0.7120000000000025</v>
+        <v>0.6980000000000024</v>
       </c>
       <c r="F13" s="2" t="n">
-        <v>0.6270000000000022</v>
+        <v>0.6190000000000022</v>
       </c>
       <c r="G13" s="2" t="n">
-        <v>0.6700000000000024</v>
+        <v>0.6590000000000024</v>
       </c>
       <c r="H13" s="2" t="n">
-        <v>0.6980000000000024</v>
+        <v>0.7050000000000025</v>
       </c>
       <c r="I13" s="2" t="n">
-        <v>0.6190000000000022</v>
+        <v>0.6200000000000022</v>
       </c>
       <c r="J13" s="2" t="n">
-        <v>0.6590000000000024</v>
+        <v>0.6630000000000024</v>
       </c>
       <c r="K13" s="2" t="n">
-        <v>0.7050000000000025</v>
+        <v>0.7140000000000025</v>
       </c>
       <c r="L13" s="2" t="n">
-        <v>0.6200000000000022</v>
+        <v>0.6470000000000024</v>
       </c>
       <c r="M13" s="2" t="n">
-        <v>0.6630000000000024</v>
+        <v>0.6810000000000025</v>
       </c>
       <c r="N13" s="2" t="n">
-        <v>0.7140000000000025</v>
+        <v>0.7250000000000025</v>
       </c>
       <c r="O13" s="2" t="n">
-        <v>0.6470000000000024</v>
+        <v>0.6480000000000024</v>
       </c>
       <c r="P13" s="2" t="n">
-        <v>0.6810000000000025</v>
+        <v>0.6860000000000025</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="inlineStr">
         <is>
           <t>België</t>
         </is>
       </c>
       <c r="B14"/>
       <c r="C14" t="inlineStr">
         <is>
           <t>Werkgelegenheidsgraad</t>
         </is>
       </c>
       <c r="D14"/>
       <c r="E14" s="2" t="n">
-        <v>0.7070000000000025</v>
+        <v>0.7060000000000025</v>
       </c>
       <c r="F14" s="2" t="n">
-        <v>0.6310000000000022</v>
+        <v>0.6390000000000022</v>
       </c>
       <c r="G14" s="2" t="n">
-        <v>0.6690000000000024</v>
+        <v>0.6730000000000025</v>
       </c>
       <c r="H14" s="2" t="n">
+        <v>0.7050000000000025</v>
+      </c>
+      <c r="I14" s="2" t="n">
+        <v>0.6360000000000022</v>
+      </c>
+      <c r="J14" s="2" t="n">
+        <v>0.6710000000000024</v>
+      </c>
+      <c r="K14" s="2" t="n">
         <v>0.7060000000000025</v>
       </c>
-      <c r="I14" s="2" t="n">
-[...7 lines deleted...]
-      </c>
       <c r="L14" s="2" t="n">
-        <v>0.6360000000000022</v>
+        <v>0.6490000000000024</v>
       </c>
       <c r="M14" s="2" t="n">
-        <v>0.6710000000000024</v>
+        <v>0.6770000000000025</v>
       </c>
       <c r="N14" s="2" t="n">
-        <v>0.7060000000000025</v>
+        <v>0.7090000000000025</v>
       </c>
       <c r="O14" s="2" t="n">
-        <v>0.6490000000000024</v>
+        <v>0.6400000000000022</v>
       </c>
       <c r="P14" s="2" t="n">
-        <v>0.6770000000000025</v>
+        <v>0.6750000000000025</v>
       </c>
     </row>
     <row r="15">
       <c r="A15"/>
       <c r="B15"/>
       <c r="C15" t="inlineStr">
         <is>
           <t>Werkloosheidsgraad</t>
         </is>
       </c>
       <c r="D15"/>
       <c r="E15" s="2" t="n">
-        <v>0.061000000000000214</v>
+        <v>0.06400000000000022</v>
       </c>
       <c r="F15" s="2" t="n">
-        <v>0.05800000000000021</v>
+        <v>0.054000000000000194</v>
       </c>
       <c r="G15" s="2" t="n">
-        <v>0.06000000000000021</v>
+        <v>0.059000000000000205</v>
       </c>
       <c r="H15" s="2" t="n">
-        <v>0.06400000000000022</v>
+        <v>0.06900000000000026</v>
       </c>
       <c r="I15" s="2" t="n">
         <v>0.054000000000000194</v>
       </c>
       <c r="J15" s="2" t="n">
+        <v>0.06200000000000022</v>
+      </c>
+      <c r="K15" s="2" t="n">
+        <v>0.06600000000000024</v>
+      </c>
+      <c r="L15" s="2" t="n">
+        <v>0.05000000000000018</v>
+      </c>
+      <c r="M15" s="2" t="n">
         <v>0.059000000000000205</v>
       </c>
-      <c r="K15" s="2" t="n">
-[...7 lines deleted...]
-      </c>
       <c r="N15" s="2" t="n">
-        <v>0.06600000000000024</v>
+        <v>0.06800000000000024</v>
       </c>
       <c r="O15" s="2" t="n">
-        <v>0.05000000000000018</v>
+        <v>0.061000000000000214</v>
       </c>
       <c r="P15" s="2" t="n">
-        <v>0.059000000000000205</v>
+        <v>0.06500000000000024</v>
       </c>
     </row>
     <row r="16">
       <c r="A16"/>
       <c r="B16"/>
       <c r="C16" t="inlineStr">
         <is>
           <t>Activiteitsgraad</t>
         </is>
       </c>
       <c r="D16"/>
       <c r="E16" s="2" t="n">
-        <v>0.7530000000000027</v>
+        <v>0.7540000000000027</v>
       </c>
       <c r="F16" s="2" t="n">
-        <v>0.6700000000000024</v>
+        <v>0.6760000000000025</v>
       </c>
       <c r="G16" s="2" t="n">
-        <v>0.7110000000000025</v>
+        <v>0.7150000000000025</v>
       </c>
       <c r="H16" s="2" t="n">
-        <v>0.7540000000000027</v>
+        <v>0.7580000000000027</v>
       </c>
       <c r="I16" s="2" t="n">
-        <v>0.6760000000000025</v>
+        <v>0.6720000000000025</v>
       </c>
       <c r="J16" s="2" t="n">
         <v>0.7150000000000025</v>
       </c>
       <c r="K16" s="2" t="n">
-        <v>0.7580000000000027</v>
+        <v>0.7550000000000027</v>
       </c>
       <c r="L16" s="2" t="n">
-        <v>0.6720000000000025</v>
+        <v>0.6830000000000025</v>
       </c>
       <c r="M16" s="2" t="n">
-        <v>0.7150000000000025</v>
+        <v>0.7190000000000025</v>
       </c>
       <c r="N16" s="2" t="n">
-        <v>0.7550000000000027</v>
+        <v>0.7610000000000027</v>
       </c>
       <c r="O16" s="2" t="n">
-        <v>0.6830000000000025</v>
+        <v>0.6820000000000025</v>
       </c>
       <c r="P16" s="2" t="n">
-        <v>0.7190000000000025</v>
+        <v>0.7210000000000025</v>
       </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <cols>
     <col min="1" max="1" width="5.78125" customWidth="true"/>
     <col min="2" max="2" width="26.68359375" customWidth="true"/>
     <col min="3" max="3" width="16.31640625" customWidth="true"/>
     <col min="4" max="4" width="6.05859375" customWidth="true"/>
     <col min="5" max="5" width="8.10546875" customWidth="true"/>
     <col min="6" max="6" width="20.5390625" customWidth="true"/>
     <col min="7" max="7" width="17.58984375" customWidth="true"/>
     <col min="8" max="8" width="13.67578125" customWidth="true"/>
   </cols>
   <sheetData>
@@ -969,1645 +969,1645 @@
       </c>
       <c r="G1" t="inlineStr">
         <is>
           <t>Werkloosheidsgraad</t>
         </is>
       </c>
       <c r="H1" t="inlineStr">
         <is>
           <t>Activiteitsgraad</t>
         </is>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="inlineStr">
         <is>
           <t>België</t>
         </is>
       </c>
       <c r="B2" t="inlineStr">
         <is>
           <t>Brussels Hoofdstedelijk Gewest</t>
         </is>
       </c>
       <c r="C2" t="inlineStr">
         <is>
-          <t>3de kwartaal 2024</t>
+          <t>4de kwartaal 2024</t>
         </is>
       </c>
       <c r="D2" t="inlineStr">
         <is>
           <t>Totaal</t>
         </is>
       </c>
       <c r="E2" t="inlineStr">
         <is>
           <t>Mannen</t>
         </is>
       </c>
       <c r="F2" s="2" t="n">
-        <v>0.6600000000000024</v>
+        <v>0.6430000000000023</v>
       </c>
       <c r="G2" s="2" t="n">
-        <v>0.1130000000000004</v>
+        <v>0.13000000000000048</v>
       </c>
       <c r="H2" s="2" t="n">
-        <v>0.7440000000000027</v>
+        <v>0.7390000000000027</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="inlineStr">
         <is>
           <t>België</t>
         </is>
       </c>
       <c r="B3" t="inlineStr">
         <is>
           <t>Brussels Hoofdstedelijk Gewest</t>
         </is>
       </c>
       <c r="C3" t="inlineStr">
         <is>
-          <t>3de kwartaal 2024</t>
+          <t>4de kwartaal 2024</t>
         </is>
       </c>
       <c r="D3" t="inlineStr">
         <is>
           <t>Totaal</t>
         </is>
       </c>
       <c r="E3" t="inlineStr">
         <is>
           <t>Vrouwen</t>
         </is>
       </c>
       <c r="F3" s="2" t="n">
-        <v>0.5410000000000019</v>
+        <v>0.5350000000000019</v>
       </c>
       <c r="G3" s="2" t="n">
-        <v>0.10800000000000039</v>
+        <v>0.1140000000000004</v>
       </c>
       <c r="H3" s="2" t="n">
-        <v>0.6060000000000021</v>
+        <v>0.6030000000000021</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="inlineStr">
         <is>
           <t>België</t>
         </is>
       </c>
       <c r="B4" t="inlineStr">
         <is>
           <t>Brussels Hoofdstedelijk Gewest</t>
         </is>
       </c>
       <c r="C4" t="inlineStr">
         <is>
-          <t>3de kwartaal 2024</t>
+          <t>4de kwartaal 2024</t>
         </is>
       </c>
       <c r="D4" t="inlineStr">
         <is>
           <t>Totaal</t>
         </is>
       </c>
       <c r="E4"/>
       <c r="F4" s="2" t="n">
-        <v>0.6000000000000021</v>
+        <v>0.5880000000000021</v>
       </c>
       <c r="G4" s="2" t="n">
-        <v>0.11100000000000039</v>
+        <v>0.12300000000000043</v>
       </c>
       <c r="H4" s="2" t="n">
-        <v>0.6750000000000025</v>
+        <v>0.6710000000000024</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="inlineStr">
         <is>
           <t>België</t>
         </is>
       </c>
       <c r="B5" t="inlineStr">
         <is>
           <t>Brussels Hoofdstedelijk Gewest</t>
         </is>
       </c>
       <c r="C5" t="inlineStr">
         <is>
-          <t>4de kwartaal 2024</t>
+          <t>1ste kwartaal 2025</t>
         </is>
       </c>
       <c r="D5" t="inlineStr">
         <is>
           <t>Totaal</t>
         </is>
       </c>
       <c r="E5" t="inlineStr">
         <is>
           <t>Mannen</t>
         </is>
       </c>
       <c r="F5" s="2" t="n">
-        <v>0.6430000000000023</v>
+        <v>0.6150000000000022</v>
       </c>
       <c r="G5" s="2" t="n">
-        <v>0.13000000000000048</v>
+        <v>0.15900000000000056</v>
       </c>
       <c r="H5" s="2" t="n">
-        <v>0.7390000000000027</v>
+        <v>0.7310000000000025</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="inlineStr">
         <is>
           <t>België</t>
         </is>
       </c>
       <c r="B6" t="inlineStr">
         <is>
           <t>Brussels Hoofdstedelijk Gewest</t>
         </is>
       </c>
       <c r="C6" t="inlineStr">
         <is>
-          <t>4de kwartaal 2024</t>
+          <t>1ste kwartaal 2025</t>
         </is>
       </c>
       <c r="D6" t="inlineStr">
         <is>
           <t>Totaal</t>
         </is>
       </c>
       <c r="E6" t="inlineStr">
         <is>
           <t>Vrouwen</t>
         </is>
       </c>
       <c r="F6" s="2" t="n">
-        <v>0.5350000000000019</v>
+        <v>0.5230000000000019</v>
       </c>
       <c r="G6" s="2" t="n">
-        <v>0.1140000000000004</v>
+        <v>0.12100000000000043</v>
       </c>
       <c r="H6" s="2" t="n">
-        <v>0.6030000000000021</v>
+        <v>0.5950000000000021</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="inlineStr">
         <is>
           <t>België</t>
         </is>
       </c>
       <c r="B7" t="inlineStr">
         <is>
           <t>Brussels Hoofdstedelijk Gewest</t>
         </is>
       </c>
       <c r="C7" t="inlineStr">
         <is>
-          <t>4de kwartaal 2024</t>
+          <t>1ste kwartaal 2025</t>
         </is>
       </c>
       <c r="D7" t="inlineStr">
         <is>
           <t>Totaal</t>
         </is>
       </c>
       <c r="E7"/>
       <c r="F7" s="2" t="n">
-        <v>0.5880000000000021</v>
+        <v>0.569000000000002</v>
       </c>
       <c r="G7" s="2" t="n">
-        <v>0.12300000000000043</v>
+        <v>0.1420000000000005</v>
       </c>
       <c r="H7" s="2" t="n">
-        <v>0.6710000000000024</v>
+        <v>0.6630000000000024</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="inlineStr">
         <is>
           <t>België</t>
         </is>
       </c>
       <c r="B8" t="inlineStr">
         <is>
           <t>Brussels Hoofdstedelijk Gewest</t>
         </is>
       </c>
       <c r="C8" t="inlineStr">
         <is>
-          <t>1ste kwartaal 2025</t>
+          <t>2de kwartaal 2025</t>
         </is>
       </c>
       <c r="D8" t="inlineStr">
         <is>
           <t>Totaal</t>
         </is>
       </c>
       <c r="E8" t="inlineStr">
         <is>
           <t>Mannen</t>
         </is>
       </c>
       <c r="F8" s="2" t="n">
-        <v>0.6150000000000022</v>
+        <v>0.6360000000000022</v>
       </c>
       <c r="G8" s="2" t="n">
-        <v>0.15900000000000056</v>
+        <v>0.12900000000000048</v>
       </c>
       <c r="H8" s="2" t="n">
-        <v>0.7310000000000025</v>
+        <v>0.7290000000000025</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="inlineStr">
         <is>
           <t>België</t>
         </is>
       </c>
       <c r="B9" t="inlineStr">
         <is>
           <t>Brussels Hoofdstedelijk Gewest</t>
         </is>
       </c>
       <c r="C9" t="inlineStr">
         <is>
-          <t>1ste kwartaal 2025</t>
+          <t>2de kwartaal 2025</t>
         </is>
       </c>
       <c r="D9" t="inlineStr">
         <is>
           <t>Totaal</t>
         </is>
       </c>
       <c r="E9" t="inlineStr">
         <is>
           <t>Vrouwen</t>
         </is>
       </c>
       <c r="F9" s="2" t="n">
-        <v>0.5230000000000019</v>
+        <v>0.5450000000000019</v>
       </c>
       <c r="G9" s="2" t="n">
-        <v>0.12100000000000043</v>
+        <v>0.10700000000000037</v>
       </c>
       <c r="H9" s="2" t="n">
-        <v>0.5950000000000021</v>
+        <v>0.6100000000000022</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="inlineStr">
         <is>
           <t>België</t>
         </is>
       </c>
       <c r="B10" t="inlineStr">
         <is>
           <t>Brussels Hoofdstedelijk Gewest</t>
         </is>
       </c>
       <c r="C10" t="inlineStr">
         <is>
-          <t>1ste kwartaal 2025</t>
+          <t>2de kwartaal 2025</t>
         </is>
       </c>
       <c r="D10" t="inlineStr">
         <is>
           <t>Totaal</t>
         </is>
       </c>
       <c r="E10"/>
       <c r="F10" s="2" t="n">
-        <v>0.569000000000002</v>
+        <v>0.5900000000000021</v>
       </c>
       <c r="G10" s="2" t="n">
-        <v>0.1420000000000005</v>
+        <v>0.11900000000000041</v>
       </c>
       <c r="H10" s="2" t="n">
-        <v>0.6630000000000024</v>
+        <v>0.6690000000000024</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="inlineStr">
         <is>
           <t>België</t>
         </is>
       </c>
       <c r="B11" t="inlineStr">
         <is>
           <t>Brussels Hoofdstedelijk Gewest</t>
         </is>
       </c>
       <c r="C11" t="inlineStr">
         <is>
-          <t>2de kwartaal 2025</t>
+          <t>3de kwartaal 2025</t>
         </is>
       </c>
       <c r="D11" t="inlineStr">
         <is>
           <t>Totaal</t>
         </is>
       </c>
       <c r="E11" t="inlineStr">
         <is>
           <t>Mannen</t>
         </is>
       </c>
       <c r="F11" s="2" t="n">
-        <v>0.6360000000000022</v>
+        <v>0.6470000000000024</v>
       </c>
       <c r="G11" s="2" t="n">
-        <v>0.12900000000000048</v>
+        <v>0.12700000000000045</v>
       </c>
       <c r="H11" s="2" t="n">
-        <v>0.7290000000000025</v>
+        <v>0.7420000000000027</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="inlineStr">
         <is>
           <t>België</t>
         </is>
       </c>
       <c r="B12" t="inlineStr">
         <is>
           <t>Brussels Hoofdstedelijk Gewest</t>
         </is>
       </c>
       <c r="C12" t="inlineStr">
         <is>
-          <t>2de kwartaal 2025</t>
+          <t>3de kwartaal 2025</t>
         </is>
       </c>
       <c r="D12" t="inlineStr">
         <is>
           <t>Totaal</t>
         </is>
       </c>
       <c r="E12" t="inlineStr">
         <is>
           <t>Vrouwen</t>
         </is>
       </c>
       <c r="F12" s="2" t="n">
-        <v>0.5450000000000019</v>
+        <v>0.5440000000000019</v>
       </c>
       <c r="G12" s="2" t="n">
-        <v>0.10700000000000037</v>
+        <v>0.13400000000000048</v>
       </c>
       <c r="H12" s="2" t="n">
-        <v>0.6100000000000022</v>
+        <v>0.6290000000000022</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="inlineStr">
         <is>
           <t>België</t>
         </is>
       </c>
       <c r="B13" t="inlineStr">
         <is>
           <t>Brussels Hoofdstedelijk Gewest</t>
         </is>
       </c>
       <c r="C13" t="inlineStr">
         <is>
-          <t>2de kwartaal 2025</t>
+          <t>3de kwartaal 2025</t>
         </is>
       </c>
       <c r="D13" t="inlineStr">
         <is>
           <t>Totaal</t>
         </is>
       </c>
       <c r="E13"/>
       <c r="F13" s="2" t="n">
-        <v>0.5900000000000021</v>
+        <v>0.5960000000000021</v>
       </c>
       <c r="G13" s="2" t="n">
-        <v>0.11900000000000041</v>
+        <v>0.13100000000000048</v>
       </c>
       <c r="H13" s="2" t="n">
-        <v>0.6690000000000024</v>
+        <v>0.6850000000000025</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="inlineStr">
         <is>
           <t>België</t>
         </is>
       </c>
       <c r="B14" t="inlineStr">
         <is>
           <t>Vlaams Gewest</t>
         </is>
       </c>
       <c r="C14" t="inlineStr">
         <is>
-          <t>3de kwartaal 2024</t>
+          <t>4de kwartaal 2024</t>
         </is>
       </c>
       <c r="D14" t="inlineStr">
         <is>
           <t>Totaal</t>
         </is>
       </c>
       <c r="E14" t="inlineStr">
         <is>
           <t>Mannen</t>
         </is>
       </c>
       <c r="F14" s="2" t="n">
-        <v>0.7420000000000027</v>
+        <v>0.7540000000000027</v>
       </c>
       <c r="G14" s="2" t="n">
-        <v>0.04400000000000016</v>
+        <v>0.04300000000000015</v>
       </c>
       <c r="H14" s="2" t="n">
-        <v>0.7770000000000028</v>
+        <v>0.7880000000000028</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="inlineStr">
         <is>
           <t>België</t>
         </is>
       </c>
       <c r="B15" t="inlineStr">
         <is>
           <t>Vlaams Gewest</t>
         </is>
       </c>
       <c r="C15" t="inlineStr">
         <is>
-          <t>3de kwartaal 2024</t>
+          <t>4de kwartaal 2024</t>
         </is>
       </c>
       <c r="D15" t="inlineStr">
         <is>
           <t>Totaal</t>
         </is>
       </c>
       <c r="E15" t="inlineStr">
         <is>
           <t>Vrouwen</t>
         </is>
       </c>
       <c r="F15" s="2" t="n">
-        <v>0.6770000000000025</v>
+        <v>0.6970000000000024</v>
       </c>
       <c r="G15" s="2" t="n">
-        <v>0.04100000000000015</v>
+        <v>0.03400000000000012</v>
       </c>
       <c r="H15" s="2" t="n">
-        <v>0.7060000000000025</v>
+        <v>0.7220000000000025</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="inlineStr">
         <is>
           <t>België</t>
         </is>
       </c>
       <c r="B16" t="inlineStr">
         <is>
           <t>Vlaams Gewest</t>
         </is>
       </c>
       <c r="C16" t="inlineStr">
         <is>
-          <t>3de kwartaal 2024</t>
+          <t>4de kwartaal 2024</t>
         </is>
       </c>
       <c r="D16" t="inlineStr">
         <is>
           <t>Totaal</t>
         </is>
       </c>
       <c r="E16"/>
       <c r="F16" s="2" t="n">
-        <v>0.7100000000000025</v>
+        <v>0.7260000000000025</v>
       </c>
       <c r="G16" s="2" t="n">
-        <v>0.04300000000000015</v>
+        <v>0.03800000000000013</v>
       </c>
       <c r="H16" s="2" t="n">
-        <v>0.7420000000000027</v>
+        <v>0.7550000000000027</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="inlineStr">
         <is>
           <t>België</t>
         </is>
       </c>
       <c r="B17" t="inlineStr">
         <is>
           <t>Vlaams Gewest</t>
         </is>
       </c>
       <c r="C17" t="inlineStr">
         <is>
-          <t>4de kwartaal 2024</t>
+          <t>1ste kwartaal 2025</t>
         </is>
       </c>
       <c r="D17" t="inlineStr">
         <is>
           <t>Totaal</t>
         </is>
       </c>
       <c r="E17" t="inlineStr">
         <is>
           <t>Mannen</t>
         </is>
       </c>
       <c r="F17" s="2" t="n">
-        <v>0.7540000000000027</v>
+        <v>0.7530000000000027</v>
       </c>
       <c r="G17" s="2" t="n">
-        <v>0.04300000000000015</v>
+        <v>0.049000000000000175</v>
       </c>
       <c r="H17" s="2" t="n">
-        <v>0.7880000000000028</v>
+        <v>0.7920000000000028</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="inlineStr">
         <is>
           <t>België</t>
         </is>
       </c>
       <c r="B18" t="inlineStr">
         <is>
           <t>Vlaams Gewest</t>
         </is>
       </c>
       <c r="C18" t="inlineStr">
         <is>
-          <t>4de kwartaal 2024</t>
+          <t>1ste kwartaal 2025</t>
         </is>
       </c>
       <c r="D18" t="inlineStr">
         <is>
           <t>Totaal</t>
         </is>
       </c>
       <c r="E18" t="inlineStr">
         <is>
           <t>Vrouwen</t>
         </is>
       </c>
       <c r="F18" s="2" t="n">
-        <v>0.6970000000000024</v>
+        <v>0.6920000000000024</v>
       </c>
       <c r="G18" s="2" t="n">
         <v>0.03400000000000012</v>
       </c>
       <c r="H18" s="2" t="n">
-        <v>0.7220000000000025</v>
+        <v>0.7160000000000025</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="inlineStr">
         <is>
           <t>België</t>
         </is>
       </c>
       <c r="B19" t="inlineStr">
         <is>
           <t>Vlaams Gewest</t>
         </is>
       </c>
       <c r="C19" t="inlineStr">
         <is>
-          <t>4de kwartaal 2024</t>
+          <t>1ste kwartaal 2025</t>
         </is>
       </c>
       <c r="D19" t="inlineStr">
         <is>
           <t>Totaal</t>
         </is>
       </c>
       <c r="E19"/>
       <c r="F19" s="2" t="n">
-        <v>0.7260000000000025</v>
+        <v>0.7230000000000025</v>
       </c>
       <c r="G19" s="2" t="n">
-        <v>0.03800000000000013</v>
+        <v>0.042000000000000155</v>
       </c>
       <c r="H19" s="2" t="n">
-        <v>0.7550000000000027</v>
+        <v>0.7540000000000027</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="inlineStr">
         <is>
           <t>België</t>
         </is>
       </c>
       <c r="B20" t="inlineStr">
         <is>
           <t>Vlaams Gewest</t>
         </is>
       </c>
       <c r="C20" t="inlineStr">
         <is>
-          <t>1ste kwartaal 2025</t>
+          <t>2de kwartaal 2025</t>
         </is>
       </c>
       <c r="D20" t="inlineStr">
         <is>
           <t>Totaal</t>
         </is>
       </c>
       <c r="E20" t="inlineStr">
         <is>
           <t>Mannen</t>
         </is>
       </c>
       <c r="F20" s="2" t="n">
-        <v>0.7530000000000027</v>
+        <v>0.7470000000000027</v>
       </c>
       <c r="G20" s="2" t="n">
-        <v>0.049000000000000175</v>
+        <v>0.046000000000000166</v>
       </c>
       <c r="H20" s="2" t="n">
-        <v>0.7920000000000028</v>
+        <v>0.7830000000000028</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="inlineStr">
         <is>
           <t>België</t>
         </is>
       </c>
       <c r="B21" t="inlineStr">
         <is>
           <t>Vlaams Gewest</t>
         </is>
       </c>
       <c r="C21" t="inlineStr">
         <is>
-          <t>1ste kwartaal 2025</t>
+          <t>2de kwartaal 2025</t>
         </is>
       </c>
       <c r="D21" t="inlineStr">
         <is>
           <t>Totaal</t>
         </is>
       </c>
       <c r="E21" t="inlineStr">
         <is>
           <t>Vrouwen</t>
         </is>
       </c>
       <c r="F21" s="2" t="n">
-        <v>0.6920000000000024</v>
+        <v>0.6970000000000024</v>
       </c>
       <c r="G21" s="2" t="n">
-        <v>0.03400000000000012</v>
+        <v>0.029000000000000106</v>
       </c>
       <c r="H21" s="2" t="n">
-        <v>0.7160000000000025</v>
+        <v>0.7180000000000025</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="inlineStr">
         <is>
           <t>België</t>
         </is>
       </c>
       <c r="B22" t="inlineStr">
         <is>
           <t>Vlaams Gewest</t>
         </is>
       </c>
       <c r="C22" t="inlineStr">
         <is>
-          <t>1ste kwartaal 2025</t>
+          <t>2de kwartaal 2025</t>
         </is>
       </c>
       <c r="D22" t="inlineStr">
         <is>
           <t>Totaal</t>
         </is>
       </c>
       <c r="E22"/>
       <c r="F22" s="2" t="n">
-        <v>0.7230000000000025</v>
+        <v>0.7220000000000025</v>
       </c>
       <c r="G22" s="2" t="n">
-        <v>0.042000000000000155</v>
+        <v>0.03800000000000013</v>
       </c>
       <c r="H22" s="2" t="n">
-        <v>0.7540000000000027</v>
+        <v>0.7510000000000027</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="inlineStr">
         <is>
           <t>België</t>
         </is>
       </c>
       <c r="B23" t="inlineStr">
         <is>
           <t>Vlaams Gewest</t>
         </is>
       </c>
       <c r="C23" t="inlineStr">
         <is>
-          <t>2de kwartaal 2025</t>
+          <t>3de kwartaal 2025</t>
         </is>
       </c>
       <c r="D23" t="inlineStr">
         <is>
           <t>Totaal</t>
         </is>
       </c>
       <c r="E23" t="inlineStr">
         <is>
           <t>Mannen</t>
         </is>
       </c>
       <c r="F23" s="2" t="n">
-        <v>0.7470000000000027</v>
+        <v>0.7460000000000027</v>
       </c>
       <c r="G23" s="2" t="n">
-        <v>0.046000000000000166</v>
+        <v>0.049000000000000175</v>
       </c>
       <c r="H23" s="2" t="n">
-        <v>0.7830000000000028</v>
+        <v>0.7840000000000028</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="inlineStr">
         <is>
           <t>België</t>
         </is>
       </c>
       <c r="B24" t="inlineStr">
         <is>
           <t>Vlaams Gewest</t>
         </is>
       </c>
       <c r="C24" t="inlineStr">
         <is>
-          <t>2de kwartaal 2025</t>
+          <t>3de kwartaal 2025</t>
         </is>
       </c>
       <c r="D24" t="inlineStr">
         <is>
           <t>Totaal</t>
         </is>
       </c>
       <c r="E24" t="inlineStr">
         <is>
           <t>Vrouwen</t>
         </is>
       </c>
       <c r="F24" s="2" t="n">
-        <v>0.6970000000000024</v>
+        <v>0.6820000000000025</v>
       </c>
       <c r="G24" s="2" t="n">
-        <v>0.029000000000000106</v>
+        <v>0.042000000000000155</v>
       </c>
       <c r="H24" s="2" t="n">
-        <v>0.7180000000000025</v>
+        <v>0.7110000000000025</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="inlineStr">
         <is>
           <t>België</t>
         </is>
       </c>
       <c r="B25" t="inlineStr">
         <is>
           <t>Vlaams Gewest</t>
         </is>
       </c>
       <c r="C25" t="inlineStr">
         <is>
-          <t>2de kwartaal 2025</t>
+          <t>3de kwartaal 2025</t>
         </is>
       </c>
       <c r="D25" t="inlineStr">
         <is>
           <t>Totaal</t>
         </is>
       </c>
       <c r="E25"/>
       <c r="F25" s="2" t="n">
-        <v>0.7220000000000025</v>
+        <v>0.7140000000000025</v>
       </c>
       <c r="G25" s="2" t="n">
-        <v>0.03800000000000013</v>
+        <v>0.04500000000000016</v>
       </c>
       <c r="H25" s="2" t="n">
-        <v>0.7510000000000027</v>
+        <v>0.7480000000000027</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="inlineStr">
         <is>
           <t>België</t>
         </is>
       </c>
       <c r="B26" t="inlineStr">
         <is>
           <t>Waals Gewest</t>
         </is>
       </c>
       <c r="C26" t="inlineStr">
         <is>
-          <t>3de kwartaal 2024</t>
+          <t>4de kwartaal 2024</t>
         </is>
       </c>
       <c r="D26" t="inlineStr">
         <is>
           <t>Totaal</t>
         </is>
       </c>
       <c r="E26" t="inlineStr">
         <is>
           <t>Mannen</t>
         </is>
       </c>
       <c r="F26" s="2" t="n">
-        <v>0.6590000000000024</v>
+        <v>0.6400000000000022</v>
       </c>
       <c r="G26" s="2" t="n">
-        <v>0.07500000000000026</v>
+        <v>0.0830000000000003</v>
       </c>
       <c r="H26" s="2" t="n">
-        <v>0.7120000000000025</v>
+        <v>0.6980000000000024</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="inlineStr">
         <is>
           <t>België</t>
         </is>
       </c>
       <c r="B27" t="inlineStr">
         <is>
           <t>Waals Gewest</t>
         </is>
       </c>
       <c r="C27" t="inlineStr">
         <is>
-          <t>3de kwartaal 2024</t>
+          <t>4de kwartaal 2024</t>
         </is>
       </c>
       <c r="D27" t="inlineStr">
         <is>
           <t>Totaal</t>
         </is>
       </c>
       <c r="E27" t="inlineStr">
         <is>
           <t>Vrouwen</t>
         </is>
       </c>
       <c r="F27" s="2" t="n">
-        <v>0.5810000000000021</v>
+        <v>0.572000000000002</v>
       </c>
       <c r="G27" s="2" t="n">
-        <v>0.07400000000000026</v>
+        <v>0.07600000000000026</v>
       </c>
       <c r="H27" s="2" t="n">
-        <v>0.6270000000000022</v>
+        <v>0.6190000000000022</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="inlineStr">
         <is>
           <t>België</t>
         </is>
       </c>
       <c r="B28" t="inlineStr">
         <is>
           <t>Waals Gewest</t>
         </is>
       </c>
       <c r="C28" t="inlineStr">
         <is>
-          <t>3de kwartaal 2024</t>
+          <t>4de kwartaal 2024</t>
         </is>
       </c>
       <c r="D28" t="inlineStr">
         <is>
           <t>Totaal</t>
         </is>
       </c>
       <c r="E28"/>
       <c r="F28" s="2" t="n">
-        <v>0.6200000000000022</v>
+        <v>0.6060000000000021</v>
       </c>
       <c r="G28" s="2" t="n">
-        <v>0.07500000000000026</v>
+        <v>0.08000000000000028</v>
       </c>
       <c r="H28" s="2" t="n">
-        <v>0.6700000000000024</v>
+        <v>0.6590000000000024</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="inlineStr">
         <is>
           <t>België</t>
         </is>
       </c>
       <c r="B29" t="inlineStr">
         <is>
           <t>Waals Gewest</t>
         </is>
       </c>
       <c r="C29" t="inlineStr">
         <is>
-          <t>4de kwartaal 2024</t>
+          <t>1ste kwartaal 2025</t>
         </is>
       </c>
       <c r="D29" t="inlineStr">
         <is>
           <t>Totaal</t>
         </is>
       </c>
       <c r="E29" t="inlineStr">
         <is>
           <t>Mannen</t>
         </is>
       </c>
       <c r="F29" s="2" t="n">
-        <v>0.6400000000000022</v>
+        <v>0.6510000000000024</v>
       </c>
       <c r="G29" s="2" t="n">
-        <v>0.0830000000000003</v>
+        <v>0.07700000000000028</v>
       </c>
       <c r="H29" s="2" t="n">
-        <v>0.6980000000000024</v>
+        <v>0.7050000000000025</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="inlineStr">
         <is>
           <t>België</t>
         </is>
       </c>
       <c r="B30" t="inlineStr">
         <is>
           <t>Waals Gewest</t>
         </is>
       </c>
       <c r="C30" t="inlineStr">
         <is>
-          <t>4de kwartaal 2024</t>
+          <t>1ste kwartaal 2025</t>
         </is>
       </c>
       <c r="D30" t="inlineStr">
         <is>
           <t>Totaal</t>
         </is>
       </c>
       <c r="E30" t="inlineStr">
         <is>
           <t>Vrouwen</t>
         </is>
       </c>
       <c r="F30" s="2" t="n">
-        <v>0.572000000000002</v>
+        <v>0.576000000000002</v>
       </c>
       <c r="G30" s="2" t="n">
-        <v>0.07600000000000026</v>
+        <v>0.07100000000000024</v>
       </c>
       <c r="H30" s="2" t="n">
-        <v>0.6190000000000022</v>
+        <v>0.6200000000000022</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="inlineStr">
         <is>
           <t>België</t>
         </is>
       </c>
       <c r="B31" t="inlineStr">
         <is>
           <t>Waals Gewest</t>
         </is>
       </c>
       <c r="C31" t="inlineStr">
         <is>
-          <t>4de kwartaal 2024</t>
+          <t>1ste kwartaal 2025</t>
         </is>
       </c>
       <c r="D31" t="inlineStr">
         <is>
           <t>Totaal</t>
         </is>
       </c>
       <c r="E31"/>
       <c r="F31" s="2" t="n">
-        <v>0.6060000000000021</v>
+        <v>0.6130000000000022</v>
       </c>
       <c r="G31" s="2" t="n">
-        <v>0.08000000000000028</v>
+        <v>0.07500000000000026</v>
       </c>
       <c r="H31" s="2" t="n">
-        <v>0.6590000000000024</v>
+        <v>0.6630000000000024</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="inlineStr">
         <is>
           <t>België</t>
         </is>
       </c>
       <c r="B32" t="inlineStr">
         <is>
           <t>Waals Gewest</t>
         </is>
       </c>
       <c r="C32" t="inlineStr">
         <is>
-          <t>1ste kwartaal 2025</t>
+          <t>2de kwartaal 2025</t>
         </is>
       </c>
       <c r="D32" t="inlineStr">
         <is>
           <t>Totaal</t>
         </is>
       </c>
       <c r="E32" t="inlineStr">
         <is>
           <t>Mannen</t>
         </is>
       </c>
       <c r="F32" s="2" t="n">
-        <v>0.6510000000000024</v>
+        <v>0.6550000000000024</v>
       </c>
       <c r="G32" s="2" t="n">
-        <v>0.07700000000000028</v>
+        <v>0.0830000000000003</v>
       </c>
       <c r="H32" s="2" t="n">
-        <v>0.7050000000000025</v>
+        <v>0.7140000000000025</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" t="inlineStr">
         <is>
           <t>België</t>
         </is>
       </c>
       <c r="B33" t="inlineStr">
         <is>
           <t>Waals Gewest</t>
         </is>
       </c>
       <c r="C33" t="inlineStr">
         <is>
-          <t>1ste kwartaal 2025</t>
+          <t>2de kwartaal 2025</t>
         </is>
       </c>
       <c r="D33" t="inlineStr">
         <is>
           <t>Totaal</t>
         </is>
       </c>
       <c r="E33" t="inlineStr">
         <is>
           <t>Vrouwen</t>
         </is>
       </c>
       <c r="F33" s="2" t="n">
-        <v>0.576000000000002</v>
+        <v>0.5990000000000021</v>
       </c>
       <c r="G33" s="2" t="n">
-        <v>0.07100000000000024</v>
+        <v>0.07400000000000026</v>
       </c>
       <c r="H33" s="2" t="n">
-        <v>0.6200000000000022</v>
+        <v>0.6470000000000024</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" t="inlineStr">
         <is>
           <t>België</t>
         </is>
       </c>
       <c r="B34" t="inlineStr">
         <is>
           <t>Waals Gewest</t>
         </is>
       </c>
       <c r="C34" t="inlineStr">
         <is>
-          <t>1ste kwartaal 2025</t>
+          <t>2de kwartaal 2025</t>
         </is>
       </c>
       <c r="D34" t="inlineStr">
         <is>
           <t>Totaal</t>
         </is>
       </c>
       <c r="E34"/>
       <c r="F34" s="2" t="n">
-        <v>0.6130000000000022</v>
+        <v>0.6270000000000022</v>
       </c>
       <c r="G34" s="2" t="n">
-        <v>0.07500000000000026</v>
+        <v>0.07800000000000028</v>
       </c>
       <c r="H34" s="2" t="n">
-        <v>0.6630000000000024</v>
+        <v>0.6810000000000025</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" t="inlineStr">
         <is>
           <t>België</t>
         </is>
       </c>
       <c r="B35" t="inlineStr">
         <is>
           <t>Waals Gewest</t>
         </is>
       </c>
       <c r="C35" t="inlineStr">
         <is>
-          <t>2de kwartaal 2025</t>
+          <t>3de kwartaal 2025</t>
         </is>
       </c>
       <c r="D35" t="inlineStr">
         <is>
           <t>Totaal</t>
         </is>
       </c>
       <c r="E35" t="inlineStr">
         <is>
           <t>Mannen</t>
         </is>
       </c>
       <c r="F35" s="2" t="n">
-        <v>0.6550000000000024</v>
+        <v>0.6640000000000024</v>
       </c>
       <c r="G35" s="2" t="n">
-        <v>0.0830000000000003</v>
+        <v>0.08400000000000031</v>
       </c>
       <c r="H35" s="2" t="n">
-        <v>0.7140000000000025</v>
+        <v>0.7250000000000025</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" t="inlineStr">
         <is>
           <t>België</t>
         </is>
       </c>
       <c r="B36" t="inlineStr">
         <is>
           <t>Waals Gewest</t>
         </is>
       </c>
       <c r="C36" t="inlineStr">
         <is>
-          <t>2de kwartaal 2025</t>
+          <t>3de kwartaal 2025</t>
         </is>
       </c>
       <c r="D36" t="inlineStr">
         <is>
           <t>Totaal</t>
         </is>
       </c>
       <c r="E36" t="inlineStr">
         <is>
           <t>Vrouwen</t>
         </is>
       </c>
       <c r="F36" s="2" t="n">
-        <v>0.5990000000000021</v>
+        <v>0.6000000000000021</v>
       </c>
       <c r="G36" s="2" t="n">
-        <v>0.07400000000000026</v>
+        <v>0.07300000000000026</v>
       </c>
       <c r="H36" s="2" t="n">
-        <v>0.6470000000000024</v>
+        <v>0.6480000000000024</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" t="inlineStr">
         <is>
           <t>België</t>
         </is>
       </c>
       <c r="B37" t="inlineStr">
         <is>
           <t>Waals Gewest</t>
         </is>
       </c>
       <c r="C37" t="inlineStr">
         <is>
-          <t>2de kwartaal 2025</t>
+          <t>3de kwartaal 2025</t>
         </is>
       </c>
       <c r="D37" t="inlineStr">
         <is>
           <t>Totaal</t>
         </is>
       </c>
       <c r="E37"/>
       <c r="F37" s="2" t="n">
-        <v>0.6270000000000022</v>
+        <v>0.6320000000000022</v>
       </c>
       <c r="G37" s="2" t="n">
-        <v>0.07800000000000028</v>
+        <v>0.07900000000000028</v>
       </c>
       <c r="H37" s="2" t="n">
-        <v>0.6810000000000025</v>
+        <v>0.6860000000000025</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" t="inlineStr">
         <is>
           <t>België</t>
         </is>
       </c>
       <c r="B38"/>
       <c r="C38" t="inlineStr">
         <is>
-          <t>3de kwartaal 2024</t>
+          <t>4de kwartaal 2024</t>
         </is>
       </c>
       <c r="D38" t="inlineStr">
         <is>
           <t>Totaal</t>
         </is>
       </c>
       <c r="E38" t="inlineStr">
         <is>
           <t>Mannen</t>
         </is>
       </c>
       <c r="F38" s="2" t="n">
-        <v>0.7070000000000025</v>
+        <v>0.7060000000000025</v>
       </c>
       <c r="G38" s="2" t="n">
-        <v>0.061000000000000214</v>
+        <v>0.06400000000000022</v>
       </c>
       <c r="H38" s="2" t="n">
-        <v>0.7530000000000027</v>
+        <v>0.7540000000000027</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" t="inlineStr">
         <is>
           <t>België</t>
         </is>
       </c>
       <c r="B39"/>
       <c r="C39" t="inlineStr">
         <is>
-          <t>3de kwartaal 2024</t>
+          <t>4de kwartaal 2024</t>
         </is>
       </c>
       <c r="D39" t="inlineStr">
         <is>
           <t>Totaal</t>
         </is>
       </c>
       <c r="E39" t="inlineStr">
         <is>
           <t>Vrouwen</t>
         </is>
       </c>
       <c r="F39" s="2" t="n">
-        <v>0.6310000000000022</v>
+        <v>0.6390000000000022</v>
       </c>
       <c r="G39" s="2" t="n">
-        <v>0.05800000000000021</v>
+        <v>0.054000000000000194</v>
       </c>
       <c r="H39" s="2" t="n">
-        <v>0.6700000000000024</v>
+        <v>0.6760000000000025</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" t="inlineStr">
         <is>
           <t>België</t>
         </is>
       </c>
       <c r="B40"/>
       <c r="C40" t="inlineStr">
         <is>
-          <t>3de kwartaal 2024</t>
+          <t>4de kwartaal 2024</t>
         </is>
       </c>
       <c r="D40" t="inlineStr">
         <is>
           <t>Totaal</t>
         </is>
       </c>
       <c r="E40"/>
       <c r="F40" s="2" t="n">
-        <v>0.6690000000000024</v>
+        <v>0.6730000000000025</v>
       </c>
       <c r="G40" s="2" t="n">
-        <v>0.06000000000000021</v>
+        <v>0.059000000000000205</v>
       </c>
       <c r="H40" s="2" t="n">
-        <v>0.7110000000000025</v>
+        <v>0.7150000000000025</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" t="inlineStr">
         <is>
           <t>België</t>
         </is>
       </c>
       <c r="B41"/>
       <c r="C41" t="inlineStr">
         <is>
-          <t>4de kwartaal 2024</t>
+          <t>1ste kwartaal 2025</t>
         </is>
       </c>
       <c r="D41" t="inlineStr">
         <is>
           <t>Totaal</t>
         </is>
       </c>
       <c r="E41" t="inlineStr">
         <is>
           <t>Mannen</t>
         </is>
       </c>
       <c r="F41" s="2" t="n">
-        <v>0.7060000000000025</v>
+        <v>0.7050000000000025</v>
       </c>
       <c r="G41" s="2" t="n">
-        <v>0.06400000000000022</v>
+        <v>0.06900000000000026</v>
       </c>
       <c r="H41" s="2" t="n">
-        <v>0.7540000000000027</v>
+        <v>0.7580000000000027</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" t="inlineStr">
         <is>
           <t>België</t>
         </is>
       </c>
       <c r="B42"/>
       <c r="C42" t="inlineStr">
         <is>
-          <t>4de kwartaal 2024</t>
+          <t>1ste kwartaal 2025</t>
         </is>
       </c>
       <c r="D42" t="inlineStr">
         <is>
           <t>Totaal</t>
         </is>
       </c>
       <c r="E42" t="inlineStr">
         <is>
           <t>Vrouwen</t>
         </is>
       </c>
       <c r="F42" s="2" t="n">
-        <v>0.6390000000000022</v>
+        <v>0.6360000000000022</v>
       </c>
       <c r="G42" s="2" t="n">
         <v>0.054000000000000194</v>
       </c>
       <c r="H42" s="2" t="n">
-        <v>0.6760000000000025</v>
+        <v>0.6720000000000025</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" t="inlineStr">
         <is>
           <t>België</t>
         </is>
       </c>
       <c r="B43"/>
       <c r="C43" t="inlineStr">
         <is>
-          <t>4de kwartaal 2024</t>
+          <t>1ste kwartaal 2025</t>
         </is>
       </c>
       <c r="D43" t="inlineStr">
         <is>
           <t>Totaal</t>
         </is>
       </c>
       <c r="E43"/>
       <c r="F43" s="2" t="n">
-        <v>0.6730000000000025</v>
+        <v>0.6710000000000024</v>
       </c>
       <c r="G43" s="2" t="n">
-        <v>0.059000000000000205</v>
+        <v>0.06200000000000022</v>
       </c>
       <c r="H43" s="2" t="n">
         <v>0.7150000000000025</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" t="inlineStr">
         <is>
           <t>België</t>
         </is>
       </c>
       <c r="B44"/>
       <c r="C44" t="inlineStr">
         <is>
-          <t>1ste kwartaal 2025</t>
+          <t>2de kwartaal 2025</t>
         </is>
       </c>
       <c r="D44" t="inlineStr">
         <is>
           <t>Totaal</t>
         </is>
       </c>
       <c r="E44" t="inlineStr">
         <is>
           <t>Mannen</t>
         </is>
       </c>
       <c r="F44" s="2" t="n">
-        <v>0.7050000000000025</v>
+        <v>0.7060000000000025</v>
       </c>
       <c r="G44" s="2" t="n">
-        <v>0.06900000000000026</v>
+        <v>0.06600000000000024</v>
       </c>
       <c r="H44" s="2" t="n">
-        <v>0.7580000000000027</v>
+        <v>0.7550000000000027</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" t="inlineStr">
         <is>
           <t>België</t>
         </is>
       </c>
       <c r="B45"/>
       <c r="C45" t="inlineStr">
         <is>
-          <t>1ste kwartaal 2025</t>
+          <t>2de kwartaal 2025</t>
         </is>
       </c>
       <c r="D45" t="inlineStr">
         <is>
           <t>Totaal</t>
         </is>
       </c>
       <c r="E45" t="inlineStr">
         <is>
           <t>Vrouwen</t>
         </is>
       </c>
       <c r="F45" s="2" t="n">
-        <v>0.6360000000000022</v>
+        <v>0.6490000000000024</v>
       </c>
       <c r="G45" s="2" t="n">
-        <v>0.054000000000000194</v>
+        <v>0.05000000000000018</v>
       </c>
       <c r="H45" s="2" t="n">
-        <v>0.6720000000000025</v>
+        <v>0.6830000000000025</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" t="inlineStr">
         <is>
           <t>België</t>
         </is>
       </c>
       <c r="B46"/>
       <c r="C46" t="inlineStr">
         <is>
-          <t>1ste kwartaal 2025</t>
+          <t>2de kwartaal 2025</t>
         </is>
       </c>
       <c r="D46" t="inlineStr">
         <is>
           <t>Totaal</t>
         </is>
       </c>
       <c r="E46"/>
       <c r="F46" s="2" t="n">
-        <v>0.6710000000000024</v>
+        <v>0.6770000000000025</v>
       </c>
       <c r="G46" s="2" t="n">
-        <v>0.06200000000000022</v>
+        <v>0.059000000000000205</v>
       </c>
       <c r="H46" s="2" t="n">
-        <v>0.7150000000000025</v>
+        <v>0.7190000000000025</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" t="inlineStr">
         <is>
           <t>België</t>
         </is>
       </c>
       <c r="B47"/>
       <c r="C47" t="inlineStr">
         <is>
-          <t>2de kwartaal 2025</t>
+          <t>3de kwartaal 2025</t>
         </is>
       </c>
       <c r="D47" t="inlineStr">
         <is>
           <t>Totaal</t>
         </is>
       </c>
       <c r="E47" t="inlineStr">
         <is>
           <t>Mannen</t>
         </is>
       </c>
       <c r="F47" s="2" t="n">
-        <v>0.7060000000000025</v>
+        <v>0.7090000000000025</v>
       </c>
       <c r="G47" s="2" t="n">
-        <v>0.06600000000000024</v>
+        <v>0.06800000000000024</v>
       </c>
       <c r="H47" s="2" t="n">
-        <v>0.7550000000000027</v>
+        <v>0.7610000000000027</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" t="inlineStr">
         <is>
           <t>België</t>
         </is>
       </c>
       <c r="B48"/>
       <c r="C48" t="inlineStr">
         <is>
-          <t>2de kwartaal 2025</t>
+          <t>3de kwartaal 2025</t>
         </is>
       </c>
       <c r="D48" t="inlineStr">
         <is>
           <t>Totaal</t>
         </is>
       </c>
       <c r="E48" t="inlineStr">
         <is>
           <t>Vrouwen</t>
         </is>
       </c>
       <c r="F48" s="2" t="n">
-        <v>0.6490000000000024</v>
+        <v>0.6400000000000022</v>
       </c>
       <c r="G48" s="2" t="n">
-        <v>0.05000000000000018</v>
+        <v>0.061000000000000214</v>
       </c>
       <c r="H48" s="2" t="n">
-        <v>0.6830000000000025</v>
+        <v>0.6820000000000025</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" t="inlineStr">
         <is>
           <t>België</t>
         </is>
       </c>
       <c r="B49"/>
       <c r="C49" t="inlineStr">
         <is>
-          <t>2de kwartaal 2025</t>
+          <t>3de kwartaal 2025</t>
         </is>
       </c>
       <c r="D49" t="inlineStr">
         <is>
           <t>Totaal</t>
         </is>
       </c>
       <c r="E49"/>
       <c r="F49" s="2" t="n">
-        <v>0.6770000000000025</v>
+        <v>0.6750000000000025</v>
       </c>
       <c r="G49" s="2" t="n">
-        <v>0.059000000000000205</v>
+        <v>0.06500000000000024</v>
       </c>
       <c r="H49" s="2" t="n">
-        <v>0.7190000000000025</v>
+        <v>0.7210000000000025</v>
       </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <coreProperties xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </coreProperties>
 </file>