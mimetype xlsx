--- v1 (2025-12-29)
+++ v2 (2026-03-15)
@@ -107,140 +107,140 @@
   <cols>
     <col min="1" max="1" width="11.02734375" customWidth="true"/>
     <col min="2" max="2" width="150.859375" customWidth="true"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" t="inlineStr">
         <is>
           <t>Data source:</t>
         </is>
       </c>
       <c r="B1" t="inlineStr">
         <is>
           <t>Actieve (werkende en werkloze) en inactieve bevolking sinds 2017 op basis van de hervormde Enquête naar de ArbeidsKrachten, per kwartaal, gewest, leeftijdsklasse en onderwijsniveau</t>
         </is>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="inlineStr">
         <is>
           <t>Filters:</t>
         </is>
       </c>
       <c r="B2" t="inlineStr">
         <is>
-          <t>Referentie periode : Laatste 4 Kwartaal(4de kwartaal 2024, 1ste kwartaal 2025, 2de kwartaal 2025, 3de kwartaal 2025)</t>
+          <t>Referentie periode : Laatste 4 Kwartaal(1ste kwartaal 2025, 2de kwartaal 2025, 3de kwartaal 2025, 4de kwartaal 2025)</t>
         </is>
       </c>
     </row>
     <row r="3">
       <c r="B3" t="inlineStr">
         <is>
           <t xml:space="preserve">
 </t>
         </is>
       </c>
     </row>
     <row r="4">
 </row>
     <row r="5">
       <c r="A5" t="inlineStr">
         <is>
           <t xml:space="preserve">Bron: </t>
         </is>
       </c>
       <c r="B5" t="inlineStr">
         <is>
           <t>Statbel (Algemene Directie Statistiek - Statistics Belgium)</t>
         </is>
       </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <cols>
     <col min="1" max="1" width="5.78125" customWidth="true"/>
     <col min="2" max="2" width="26.68359375" customWidth="true"/>
     <col min="3" max="3" width="20.5390625" customWidth="true"/>
     <col min="4" max="4" width="7.99609375" customWidth="true"/>
-    <col min="5" max="5" width="15.91015625" customWidth="true"/>
+    <col min="5" max="5" width="16.31640625" customWidth="true"/>
     <col min="6" max="6" width="8.10546875" customWidth="true"/>
     <col min="7" max="7" width="6.05859375" customWidth="true"/>
-    <col min="8" max="8" width="16.31640625" customWidth="true"/>
+    <col min="8" max="8" width="15.875" customWidth="true"/>
     <col min="9" max="9" width="8.10546875" customWidth="true"/>
     <col min="10" max="10" width="6.05859375" customWidth="true"/>
-    <col min="11" max="11" width="15.875" customWidth="true"/>
+    <col min="11" max="11" width="15.87109375" customWidth="true"/>
     <col min="12" max="12" width="8.10546875" customWidth="true"/>
     <col min="13" max="13" width="6.05859375" customWidth="true"/>
-    <col min="14" max="14" width="15.87109375" customWidth="true"/>
+    <col min="14" max="14" width="15.91015625" customWidth="true"/>
     <col min="15" max="15" width="8.10546875" customWidth="true"/>
     <col min="16" max="16" width="6.05859375" customWidth="true"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1"/>
       <c r="B1"/>
       <c r="C1"/>
       <c r="D1" t="inlineStr">
         <is>
           <t>Kwartaal</t>
         </is>
       </c>
       <c r="E1" t="inlineStr">
         <is>
-          <t>4de kwartaal 2024</t>
+          <t>1ste kwartaal 2025</t>
         </is>
       </c>
       <c r="F1"/>
       <c r="G1"/>
       <c r="H1" t="inlineStr">
         <is>
-          <t>1ste kwartaal 2025</t>
+          <t>2de kwartaal 2025</t>
         </is>
       </c>
       <c r="I1"/>
       <c r="J1"/>
       <c r="K1" t="inlineStr">
         <is>
-          <t>2de kwartaal 2025</t>
+          <t>3de kwartaal 2025</t>
         </is>
       </c>
       <c r="L1"/>
       <c r="M1"/>
       <c r="N1" t="inlineStr">
         <is>
-          <t>3de kwartaal 2025</t>
+          <t>4de kwartaal 2025</t>
         </is>
       </c>
       <c r="O1"/>
       <c r="P1"/>
     </row>
     <row r="2">
       <c r="A2"/>
       <c r="B2"/>
       <c r="C2"/>
       <c r="D2" t="inlineStr">
         <is>
           <t>Totaal</t>
         </is>
       </c>
       <c r="E2" t="inlineStr">
         <is>
           <t>Totaal</t>
         </is>
       </c>
       <c r="F2"/>
       <c r="G2" t="inlineStr">
         <is>
           <t>Totaal</t>
         </is>
       </c>
@@ -337,602 +337,602 @@
       <c r="B4" t="inlineStr">
         <is>
           <t>Gewest</t>
         </is>
       </c>
       <c r="C4"/>
     </row>
     <row r="5">
       <c r="A5" t="inlineStr">
         <is>
           <t>België</t>
         </is>
       </c>
       <c r="B5" t="inlineStr">
         <is>
           <t>Brussels Hoofdstedelijk Gewest</t>
         </is>
       </c>
       <c r="C5" t="inlineStr">
         <is>
           <t>Werkgelegenheidsgraad</t>
         </is>
       </c>
       <c r="D5"/>
       <c r="E5" s="2" t="n">
-        <v>0.6430000000000023</v>
+        <v>0.6150000000000022</v>
       </c>
       <c r="F5" s="2" t="n">
-        <v>0.5350000000000019</v>
+        <v>0.5230000000000019</v>
       </c>
       <c r="G5" s="2" t="n">
-        <v>0.5880000000000021</v>
+        <v>0.569000000000002</v>
       </c>
       <c r="H5" s="2" t="n">
-        <v>0.6150000000000022</v>
+        <v>0.6360000000000022</v>
       </c>
       <c r="I5" s="2" t="n">
-        <v>0.5230000000000019</v>
+        <v>0.5450000000000019</v>
       </c>
       <c r="J5" s="2" t="n">
-        <v>0.569000000000002</v>
+        <v>0.5900000000000021</v>
       </c>
       <c r="K5" s="2" t="n">
-        <v>0.6360000000000022</v>
+        <v>0.6470000000000024</v>
       </c>
       <c r="L5" s="2" t="n">
-        <v>0.5450000000000019</v>
+        <v>0.5440000000000019</v>
       </c>
       <c r="M5" s="2" t="n">
-        <v>0.5900000000000021</v>
+        <v>0.5960000000000021</v>
       </c>
       <c r="N5" s="2" t="n">
-        <v>0.6470000000000024</v>
+        <v>0.6240000000000022</v>
       </c>
       <c r="O5" s="2" t="n">
-        <v>0.5440000000000019</v>
+        <v>0.554000000000002</v>
       </c>
       <c r="P5" s="2" t="n">
-        <v>0.5960000000000021</v>
+        <v>0.5890000000000021</v>
       </c>
     </row>
     <row r="6">
       <c r="A6"/>
       <c r="B6"/>
       <c r="C6" t="inlineStr">
         <is>
           <t>Werkloosheidsgraad</t>
         </is>
       </c>
       <c r="D6"/>
       <c r="E6" s="2" t="n">
-        <v>0.13000000000000048</v>
+        <v>0.15900000000000056</v>
       </c>
       <c r="F6" s="2" t="n">
-        <v>0.1140000000000004</v>
+        <v>0.12100000000000043</v>
       </c>
       <c r="G6" s="2" t="n">
-        <v>0.12300000000000043</v>
+        <v>0.1420000000000005</v>
       </c>
       <c r="H6" s="2" t="n">
-        <v>0.15900000000000056</v>
+        <v>0.12900000000000048</v>
       </c>
       <c r="I6" s="2" t="n">
-        <v>0.12100000000000043</v>
+        <v>0.10700000000000037</v>
       </c>
       <c r="J6" s="2" t="n">
-        <v>0.1420000000000005</v>
+        <v>0.11900000000000041</v>
       </c>
       <c r="K6" s="2" t="n">
-        <v>0.12900000000000048</v>
+        <v>0.12700000000000045</v>
       </c>
       <c r="L6" s="2" t="n">
-        <v>0.10700000000000037</v>
+        <v>0.13400000000000048</v>
       </c>
       <c r="M6" s="2" t="n">
-        <v>0.11900000000000041</v>
+        <v>0.13100000000000048</v>
       </c>
       <c r="N6" s="2" t="n">
-        <v>0.12700000000000045</v>
+        <v>0.12800000000000045</v>
       </c>
       <c r="O6" s="2" t="n">
-        <v>0.13400000000000048</v>
+        <v>0.10500000000000037</v>
       </c>
       <c r="P6" s="2" t="n">
-        <v>0.13100000000000048</v>
+        <v>0.11700000000000042</v>
       </c>
     </row>
     <row r="7">
       <c r="A7"/>
       <c r="B7"/>
       <c r="C7" t="inlineStr">
         <is>
           <t>Activiteitsgraad</t>
         </is>
       </c>
       <c r="D7"/>
       <c r="E7" s="2" t="n">
-        <v>0.7390000000000027</v>
+        <v>0.7310000000000025</v>
       </c>
       <c r="F7" s="2" t="n">
-        <v>0.6030000000000021</v>
+        <v>0.5950000000000021</v>
       </c>
       <c r="G7" s="2" t="n">
-        <v>0.6710000000000024</v>
+        <v>0.6630000000000024</v>
       </c>
       <c r="H7" s="2" t="n">
-        <v>0.7310000000000025</v>
+        <v>0.7290000000000025</v>
       </c>
       <c r="I7" s="2" t="n">
-        <v>0.5950000000000021</v>
+        <v>0.6100000000000022</v>
       </c>
       <c r="J7" s="2" t="n">
-        <v>0.6630000000000024</v>
+        <v>0.6690000000000024</v>
       </c>
       <c r="K7" s="2" t="n">
-        <v>0.7290000000000025</v>
+        <v>0.7420000000000027</v>
       </c>
       <c r="L7" s="2" t="n">
-        <v>0.6100000000000022</v>
+        <v>0.6290000000000022</v>
       </c>
       <c r="M7" s="2" t="n">
-        <v>0.6690000000000024</v>
+        <v>0.6850000000000025</v>
       </c>
       <c r="N7" s="2" t="n">
-        <v>0.7420000000000027</v>
+        <v>0.7160000000000025</v>
       </c>
       <c r="O7" s="2" t="n">
-        <v>0.6290000000000022</v>
+        <v>0.6190000000000022</v>
       </c>
       <c r="P7" s="2" t="n">
-        <v>0.6850000000000025</v>
+        <v>0.6670000000000024</v>
       </c>
     </row>
     <row r="8">
       <c r="A8"/>
       <c r="B8" t="inlineStr">
         <is>
           <t>Vlaams Gewest</t>
         </is>
       </c>
       <c r="C8" t="inlineStr">
         <is>
           <t>Werkgelegenheidsgraad</t>
         </is>
       </c>
       <c r="D8"/>
       <c r="E8" s="2" t="n">
-        <v>0.7540000000000027</v>
+        <v>0.7530000000000027</v>
       </c>
       <c r="F8" s="2" t="n">
+        <v>0.6920000000000024</v>
+      </c>
+      <c r="G8" s="2" t="n">
+        <v>0.7230000000000025</v>
+      </c>
+      <c r="H8" s="2" t="n">
+        <v>0.7470000000000027</v>
+      </c>
+      <c r="I8" s="2" t="n">
         <v>0.6970000000000024</v>
       </c>
-      <c r="G8" s="2" t="n">
-[...7 lines deleted...]
-      </c>
       <c r="J8" s="2" t="n">
-        <v>0.7230000000000025</v>
+        <v>0.7220000000000025</v>
       </c>
       <c r="K8" s="2" t="n">
-        <v>0.7470000000000027</v>
+        <v>0.7460000000000027</v>
       </c>
       <c r="L8" s="2" t="n">
-        <v>0.6970000000000024</v>
+        <v>0.6820000000000025</v>
       </c>
       <c r="M8" s="2" t="n">
-        <v>0.7220000000000025</v>
+        <v>0.7140000000000025</v>
       </c>
       <c r="N8" s="2" t="n">
-        <v>0.7460000000000027</v>
+        <v>0.7400000000000027</v>
       </c>
       <c r="O8" s="2" t="n">
-        <v>0.6820000000000025</v>
+        <v>0.6960000000000024</v>
       </c>
       <c r="P8" s="2" t="n">
-        <v>0.7140000000000025</v>
+        <v>0.7180000000000025</v>
       </c>
     </row>
     <row r="9">
       <c r="A9"/>
       <c r="B9"/>
       <c r="C9" t="inlineStr">
         <is>
           <t>Werkloosheidsgraad</t>
         </is>
       </c>
       <c r="D9"/>
       <c r="E9" s="2" t="n">
-        <v>0.04300000000000015</v>
+        <v>0.049000000000000175</v>
       </c>
       <c r="F9" s="2" t="n">
         <v>0.03400000000000012</v>
       </c>
       <c r="G9" s="2" t="n">
+        <v>0.042000000000000155</v>
+      </c>
+      <c r="H9" s="2" t="n">
+        <v>0.046000000000000166</v>
+      </c>
+      <c r="I9" s="2" t="n">
+        <v>0.029000000000000106</v>
+      </c>
+      <c r="J9" s="2" t="n">
         <v>0.03800000000000013</v>
       </c>
-      <c r="H9" s="2" t="n">
+      <c r="K9" s="2" t="n">
         <v>0.049000000000000175</v>
       </c>
-      <c r="I9" s="2" t="n">
-[...2 lines deleted...]
-      <c r="J9" s="2" t="n">
+      <c r="L9" s="2" t="n">
         <v>0.042000000000000155</v>
       </c>
-      <c r="K9" s="2" t="n">
+      <c r="M9" s="2" t="n">
+        <v>0.04500000000000016</v>
+      </c>
+      <c r="N9" s="2" t="n">
+        <v>0.052000000000000185</v>
+      </c>
+      <c r="O9" s="2" t="n">
+        <v>0.04000000000000014</v>
+      </c>
+      <c r="P9" s="2" t="n">
         <v>0.046000000000000166</v>
-      </c>
-[...13 lines deleted...]
-        <v>0.04500000000000016</v>
       </c>
     </row>
     <row r="10">
       <c r="A10"/>
       <c r="B10"/>
       <c r="C10" t="inlineStr">
         <is>
           <t>Activiteitsgraad</t>
         </is>
       </c>
       <c r="D10"/>
       <c r="E10" s="2" t="n">
-        <v>0.7880000000000028</v>
+        <v>0.7920000000000028</v>
       </c>
       <c r="F10" s="2" t="n">
-        <v>0.7220000000000025</v>
+        <v>0.7160000000000025</v>
       </c>
       <c r="G10" s="2" t="n">
-        <v>0.7550000000000027</v>
+        <v>0.7540000000000027</v>
       </c>
       <c r="H10" s="2" t="n">
-        <v>0.7920000000000028</v>
+        <v>0.7830000000000028</v>
       </c>
       <c r="I10" s="2" t="n">
-        <v>0.7160000000000025</v>
+        <v>0.7180000000000025</v>
       </c>
       <c r="J10" s="2" t="n">
-        <v>0.7540000000000027</v>
+        <v>0.7510000000000027</v>
       </c>
       <c r="K10" s="2" t="n">
-        <v>0.7830000000000028</v>
+        <v>0.7840000000000028</v>
       </c>
       <c r="L10" s="2" t="n">
-        <v>0.7180000000000025</v>
+        <v>0.7110000000000025</v>
       </c>
       <c r="M10" s="2" t="n">
-        <v>0.7510000000000027</v>
+        <v>0.7480000000000027</v>
       </c>
       <c r="N10" s="2" t="n">
-        <v>0.7840000000000028</v>
+        <v>0.7810000000000028</v>
       </c>
       <c r="O10" s="2" t="n">
-        <v>0.7110000000000025</v>
+        <v>0.7250000000000025</v>
       </c>
       <c r="P10" s="2" t="n">
-        <v>0.7480000000000027</v>
+        <v>0.7530000000000027</v>
       </c>
     </row>
     <row r="11">
       <c r="A11"/>
       <c r="B11" t="inlineStr">
         <is>
           <t>Waals Gewest</t>
         </is>
       </c>
       <c r="C11" t="inlineStr">
         <is>
           <t>Werkgelegenheidsgraad</t>
         </is>
       </c>
       <c r="D11"/>
       <c r="E11" s="2" t="n">
-        <v>0.6400000000000022</v>
+        <v>0.6510000000000024</v>
       </c>
       <c r="F11" s="2" t="n">
-        <v>0.572000000000002</v>
+        <v>0.576000000000002</v>
       </c>
       <c r="G11" s="2" t="n">
-        <v>0.6060000000000021</v>
+        <v>0.6140000000000022</v>
       </c>
       <c r="H11" s="2" t="n">
-        <v>0.6510000000000024</v>
+        <v>0.6530000000000024</v>
       </c>
       <c r="I11" s="2" t="n">
-        <v>0.576000000000002</v>
+        <v>0.5970000000000021</v>
       </c>
       <c r="J11" s="2" t="n">
-        <v>0.6130000000000022</v>
+        <v>0.6250000000000022</v>
       </c>
       <c r="K11" s="2" t="n">
-        <v>0.6550000000000024</v>
+        <v>0.6670000000000024</v>
       </c>
       <c r="L11" s="2" t="n">
-        <v>0.5990000000000021</v>
+        <v>0.6030000000000021</v>
       </c>
       <c r="M11" s="2" t="n">
-        <v>0.6270000000000022</v>
+        <v>0.6350000000000022</v>
       </c>
       <c r="N11" s="2" t="n">
-        <v>0.6640000000000024</v>
+        <v>0.6620000000000024</v>
       </c>
       <c r="O11" s="2" t="n">
-        <v>0.6000000000000021</v>
+        <v>0.5810000000000021</v>
       </c>
       <c r="P11" s="2" t="n">
-        <v>0.6320000000000022</v>
+        <v>0.6210000000000022</v>
       </c>
     </row>
     <row r="12">
       <c r="A12"/>
       <c r="B12"/>
       <c r="C12" t="inlineStr">
         <is>
           <t>Werkloosheidsgraad</t>
         </is>
       </c>
       <c r="D12"/>
       <c r="E12" s="2" t="n">
+        <v>0.07700000000000028</v>
+      </c>
+      <c r="F12" s="2" t="n">
+        <v>0.07100000000000024</v>
+      </c>
+      <c r="G12" s="2" t="n">
+        <v>0.07400000000000026</v>
+      </c>
+      <c r="H12" s="2" t="n">
         <v>0.0830000000000003</v>
       </c>
-      <c r="F12" s="2" t="n">
+      <c r="I12" s="2" t="n">
         <v>0.07600000000000026</v>
       </c>
-      <c r="G12" s="2" t="n">
+      <c r="J12" s="2" t="n">
         <v>0.08000000000000028</v>
-      </c>
-[...7 lines deleted...]
-        <v>0.07500000000000026</v>
       </c>
       <c r="K12" s="2" t="n">
         <v>0.0830000000000003</v>
       </c>
       <c r="L12" s="2" t="n">
-        <v>0.07400000000000026</v>
+        <v>0.07100000000000024</v>
       </c>
       <c r="M12" s="2" t="n">
         <v>0.07800000000000028</v>
       </c>
       <c r="N12" s="2" t="n">
-        <v>0.08400000000000031</v>
+        <v>0.07400000000000026</v>
       </c>
       <c r="O12" s="2" t="n">
-        <v>0.07300000000000026</v>
+        <v>0.09200000000000033</v>
       </c>
       <c r="P12" s="2" t="n">
-        <v>0.07900000000000028</v>
+        <v>0.0830000000000003</v>
       </c>
     </row>
     <row r="13">
       <c r="A13"/>
       <c r="B13"/>
       <c r="C13" t="inlineStr">
         <is>
           <t>Activiteitsgraad</t>
         </is>
       </c>
       <c r="D13"/>
       <c r="E13" s="2" t="n">
-        <v>0.6980000000000024</v>
+        <v>0.7050000000000025</v>
       </c>
       <c r="F13" s="2" t="n">
-        <v>0.6190000000000022</v>
+        <v>0.6200000000000022</v>
       </c>
       <c r="G13" s="2" t="n">
-        <v>0.6590000000000024</v>
+        <v>0.6630000000000024</v>
       </c>
       <c r="H13" s="2" t="n">
-        <v>0.7050000000000025</v>
+        <v>0.7120000000000025</v>
       </c>
       <c r="I13" s="2" t="n">
-        <v>0.6200000000000022</v>
+        <v>0.6460000000000024</v>
       </c>
       <c r="J13" s="2" t="n">
-        <v>0.6630000000000024</v>
+        <v>0.6790000000000025</v>
       </c>
       <c r="K13" s="2" t="n">
-        <v>0.7140000000000025</v>
+        <v>0.7270000000000025</v>
       </c>
       <c r="L13" s="2" t="n">
-        <v>0.6470000000000024</v>
+        <v>0.6490000000000024</v>
       </c>
       <c r="M13" s="2" t="n">
-        <v>0.6810000000000025</v>
+        <v>0.6880000000000024</v>
       </c>
       <c r="N13" s="2" t="n">
-        <v>0.7250000000000025</v>
+        <v>0.7150000000000025</v>
       </c>
       <c r="O13" s="2" t="n">
-        <v>0.6480000000000024</v>
+        <v>0.6400000000000022</v>
       </c>
       <c r="P13" s="2" t="n">
-        <v>0.6860000000000025</v>
+        <v>0.6770000000000025</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="inlineStr">
         <is>
           <t>België</t>
         </is>
       </c>
       <c r="B14"/>
       <c r="C14" t="inlineStr">
         <is>
           <t>Werkgelegenheidsgraad</t>
         </is>
       </c>
       <c r="D14"/>
       <c r="E14" s="2" t="n">
-        <v>0.7060000000000025</v>
+        <v>0.7050000000000025</v>
       </c>
       <c r="F14" s="2" t="n">
-        <v>0.6390000000000022</v>
+        <v>0.6360000000000022</v>
       </c>
       <c r="G14" s="2" t="n">
+        <v>0.6710000000000024</v>
+      </c>
+      <c r="H14" s="2" t="n">
+        <v>0.7040000000000025</v>
+      </c>
+      <c r="I14" s="2" t="n">
+        <v>0.6480000000000024</v>
+      </c>
+      <c r="J14" s="2" t="n">
+        <v>0.6760000000000025</v>
+      </c>
+      <c r="K14" s="2" t="n">
+        <v>0.7100000000000025</v>
+      </c>
+      <c r="L14" s="2" t="n">
+        <v>0.6410000000000023</v>
+      </c>
+      <c r="M14" s="2" t="n">
+        <v>0.6760000000000025</v>
+      </c>
+      <c r="N14" s="2" t="n">
+        <v>0.7020000000000024</v>
+      </c>
+      <c r="O14" s="2" t="n">
+        <v>0.6430000000000023</v>
+      </c>
+      <c r="P14" s="2" t="n">
         <v>0.6730000000000025</v>
-      </c>
-[...25 lines deleted...]
-        <v>0.6750000000000025</v>
       </c>
     </row>
     <row r="15">
       <c r="A15"/>
       <c r="B15"/>
       <c r="C15" t="inlineStr">
         <is>
           <t>Werkloosheidsgraad</t>
         </is>
       </c>
       <c r="D15"/>
       <c r="E15" s="2" t="n">
-        <v>0.06400000000000022</v>
+        <v>0.06900000000000026</v>
       </c>
       <c r="F15" s="2" t="n">
         <v>0.054000000000000194</v>
       </c>
       <c r="G15" s="2" t="n">
+        <v>0.06200000000000022</v>
+      </c>
+      <c r="H15" s="2" t="n">
+        <v>0.06600000000000024</v>
+      </c>
+      <c r="I15" s="2" t="n">
+        <v>0.05100000000000018</v>
+      </c>
+      <c r="J15" s="2" t="n">
         <v>0.059000000000000205</v>
       </c>
-      <c r="H15" s="2" t="n">
-[...5 lines deleted...]
-      <c r="J15" s="2" t="n">
+      <c r="K15" s="2" t="n">
+        <v>0.06800000000000024</v>
+      </c>
+      <c r="L15" s="2" t="n">
+        <v>0.06000000000000021</v>
+      </c>
+      <c r="M15" s="2" t="n">
+        <v>0.06400000000000022</v>
+      </c>
+      <c r="N15" s="2" t="n">
+        <v>0.06700000000000024</v>
+      </c>
+      <c r="O15" s="2" t="n">
         <v>0.06200000000000022</v>
-      </c>
-[...13 lines deleted...]
-        <v>0.061000000000000214</v>
       </c>
       <c r="P15" s="2" t="n">
         <v>0.06500000000000024</v>
       </c>
     </row>
     <row r="16">
       <c r="A16"/>
       <c r="B16"/>
       <c r="C16" t="inlineStr">
         <is>
           <t>Activiteitsgraad</t>
         </is>
       </c>
       <c r="D16"/>
       <c r="E16" s="2" t="n">
-        <v>0.7540000000000027</v>
+        <v>0.7580000000000027</v>
       </c>
       <c r="F16" s="2" t="n">
-        <v>0.6760000000000025</v>
+        <v>0.6720000000000025</v>
       </c>
       <c r="G16" s="2" t="n">
         <v>0.7150000000000025</v>
       </c>
       <c r="H16" s="2" t="n">
-        <v>0.7580000000000027</v>
+        <v>0.7540000000000027</v>
       </c>
       <c r="I16" s="2" t="n">
-        <v>0.6720000000000025</v>
+        <v>0.6830000000000025</v>
       </c>
       <c r="J16" s="2" t="n">
-        <v>0.7150000000000025</v>
+        <v>0.7190000000000025</v>
       </c>
       <c r="K16" s="2" t="n">
-        <v>0.7550000000000027</v>
+        <v>0.7620000000000027</v>
       </c>
       <c r="L16" s="2" t="n">
-        <v>0.6830000000000025</v>
+        <v>0.6820000000000025</v>
       </c>
       <c r="M16" s="2" t="n">
+        <v>0.7220000000000025</v>
+      </c>
+      <c r="N16" s="2" t="n">
+        <v>0.7530000000000027</v>
+      </c>
+      <c r="O16" s="2" t="n">
+        <v>0.6860000000000025</v>
+      </c>
+      <c r="P16" s="2" t="n">
         <v>0.7190000000000025</v>
-      </c>
-[...7 lines deleted...]
-        <v>0.7210000000000025</v>
       </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <cols>
     <col min="1" max="1" width="5.78125" customWidth="true"/>
     <col min="2" max="2" width="26.68359375" customWidth="true"/>
     <col min="3" max="3" width="16.31640625" customWidth="true"/>
     <col min="4" max="4" width="6.05859375" customWidth="true"/>
     <col min="5" max="5" width="8.10546875" customWidth="true"/>
     <col min="6" max="6" width="20.5390625" customWidth="true"/>
     <col min="7" max="7" width="17.58984375" customWidth="true"/>
     <col min="8" max="8" width="13.67578125" customWidth="true"/>
   </cols>
   <sheetData>
@@ -969,1645 +969,1645 @@
       </c>
       <c r="G1" t="inlineStr">
         <is>
           <t>Werkloosheidsgraad</t>
         </is>
       </c>
       <c r="H1" t="inlineStr">
         <is>
           <t>Activiteitsgraad</t>
         </is>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="inlineStr">
         <is>
           <t>België</t>
         </is>
       </c>
       <c r="B2" t="inlineStr">
         <is>
           <t>Brussels Hoofdstedelijk Gewest</t>
         </is>
       </c>
       <c r="C2" t="inlineStr">
         <is>
-          <t>4de kwartaal 2024</t>
+          <t>1ste kwartaal 2025</t>
         </is>
       </c>
       <c r="D2" t="inlineStr">
         <is>
           <t>Totaal</t>
         </is>
       </c>
       <c r="E2" t="inlineStr">
         <is>
           <t>Mannen</t>
         </is>
       </c>
       <c r="F2" s="2" t="n">
-        <v>0.6430000000000023</v>
+        <v>0.6150000000000022</v>
       </c>
       <c r="G2" s="2" t="n">
-        <v>0.13000000000000048</v>
+        <v>0.15900000000000056</v>
       </c>
       <c r="H2" s="2" t="n">
-        <v>0.7390000000000027</v>
+        <v>0.7310000000000025</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="inlineStr">
         <is>
           <t>België</t>
         </is>
       </c>
       <c r="B3" t="inlineStr">
         <is>
           <t>Brussels Hoofdstedelijk Gewest</t>
         </is>
       </c>
       <c r="C3" t="inlineStr">
         <is>
-          <t>4de kwartaal 2024</t>
+          <t>1ste kwartaal 2025</t>
         </is>
       </c>
       <c r="D3" t="inlineStr">
         <is>
           <t>Totaal</t>
         </is>
       </c>
       <c r="E3" t="inlineStr">
         <is>
           <t>Vrouwen</t>
         </is>
       </c>
       <c r="F3" s="2" t="n">
-        <v>0.5350000000000019</v>
+        <v>0.5230000000000019</v>
       </c>
       <c r="G3" s="2" t="n">
-        <v>0.1140000000000004</v>
+        <v>0.12100000000000043</v>
       </c>
       <c r="H3" s="2" t="n">
-        <v>0.6030000000000021</v>
+        <v>0.5950000000000021</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="inlineStr">
         <is>
           <t>België</t>
         </is>
       </c>
       <c r="B4" t="inlineStr">
         <is>
           <t>Brussels Hoofdstedelijk Gewest</t>
         </is>
       </c>
       <c r="C4" t="inlineStr">
         <is>
-          <t>4de kwartaal 2024</t>
+          <t>1ste kwartaal 2025</t>
         </is>
       </c>
       <c r="D4" t="inlineStr">
         <is>
           <t>Totaal</t>
         </is>
       </c>
       <c r="E4"/>
       <c r="F4" s="2" t="n">
-        <v>0.5880000000000021</v>
+        <v>0.569000000000002</v>
       </c>
       <c r="G4" s="2" t="n">
-        <v>0.12300000000000043</v>
+        <v>0.1420000000000005</v>
       </c>
       <c r="H4" s="2" t="n">
-        <v>0.6710000000000024</v>
+        <v>0.6630000000000024</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="inlineStr">
         <is>
           <t>België</t>
         </is>
       </c>
       <c r="B5" t="inlineStr">
         <is>
           <t>Brussels Hoofdstedelijk Gewest</t>
         </is>
       </c>
       <c r="C5" t="inlineStr">
         <is>
-          <t>1ste kwartaal 2025</t>
+          <t>2de kwartaal 2025</t>
         </is>
       </c>
       <c r="D5" t="inlineStr">
         <is>
           <t>Totaal</t>
         </is>
       </c>
       <c r="E5" t="inlineStr">
         <is>
           <t>Mannen</t>
         </is>
       </c>
       <c r="F5" s="2" t="n">
-        <v>0.6150000000000022</v>
+        <v>0.6360000000000022</v>
       </c>
       <c r="G5" s="2" t="n">
-        <v>0.15900000000000056</v>
+        <v>0.12900000000000048</v>
       </c>
       <c r="H5" s="2" t="n">
-        <v>0.7310000000000025</v>
+        <v>0.7290000000000025</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="inlineStr">
         <is>
           <t>België</t>
         </is>
       </c>
       <c r="B6" t="inlineStr">
         <is>
           <t>Brussels Hoofdstedelijk Gewest</t>
         </is>
       </c>
       <c r="C6" t="inlineStr">
         <is>
-          <t>1ste kwartaal 2025</t>
+          <t>2de kwartaal 2025</t>
         </is>
       </c>
       <c r="D6" t="inlineStr">
         <is>
           <t>Totaal</t>
         </is>
       </c>
       <c r="E6" t="inlineStr">
         <is>
           <t>Vrouwen</t>
         </is>
       </c>
       <c r="F6" s="2" t="n">
-        <v>0.5230000000000019</v>
+        <v>0.5450000000000019</v>
       </c>
       <c r="G6" s="2" t="n">
-        <v>0.12100000000000043</v>
+        <v>0.10700000000000037</v>
       </c>
       <c r="H6" s="2" t="n">
-        <v>0.5950000000000021</v>
+        <v>0.6100000000000022</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="inlineStr">
         <is>
           <t>België</t>
         </is>
       </c>
       <c r="B7" t="inlineStr">
         <is>
           <t>Brussels Hoofdstedelijk Gewest</t>
         </is>
       </c>
       <c r="C7" t="inlineStr">
         <is>
-          <t>1ste kwartaal 2025</t>
+          <t>2de kwartaal 2025</t>
         </is>
       </c>
       <c r="D7" t="inlineStr">
         <is>
           <t>Totaal</t>
         </is>
       </c>
       <c r="E7"/>
       <c r="F7" s="2" t="n">
-        <v>0.569000000000002</v>
+        <v>0.5900000000000021</v>
       </c>
       <c r="G7" s="2" t="n">
-        <v>0.1420000000000005</v>
+        <v>0.11900000000000041</v>
       </c>
       <c r="H7" s="2" t="n">
-        <v>0.6630000000000024</v>
+        <v>0.6690000000000024</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="inlineStr">
         <is>
           <t>België</t>
         </is>
       </c>
       <c r="B8" t="inlineStr">
         <is>
           <t>Brussels Hoofdstedelijk Gewest</t>
         </is>
       </c>
       <c r="C8" t="inlineStr">
         <is>
-          <t>2de kwartaal 2025</t>
+          <t>3de kwartaal 2025</t>
         </is>
       </c>
       <c r="D8" t="inlineStr">
         <is>
           <t>Totaal</t>
         </is>
       </c>
       <c r="E8" t="inlineStr">
         <is>
           <t>Mannen</t>
         </is>
       </c>
       <c r="F8" s="2" t="n">
-        <v>0.6360000000000022</v>
+        <v>0.6470000000000024</v>
       </c>
       <c r="G8" s="2" t="n">
-        <v>0.12900000000000048</v>
+        <v>0.12700000000000045</v>
       </c>
       <c r="H8" s="2" t="n">
-        <v>0.7290000000000025</v>
+        <v>0.7420000000000027</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="inlineStr">
         <is>
           <t>België</t>
         </is>
       </c>
       <c r="B9" t="inlineStr">
         <is>
           <t>Brussels Hoofdstedelijk Gewest</t>
         </is>
       </c>
       <c r="C9" t="inlineStr">
         <is>
-          <t>2de kwartaal 2025</t>
+          <t>3de kwartaal 2025</t>
         </is>
       </c>
       <c r="D9" t="inlineStr">
         <is>
           <t>Totaal</t>
         </is>
       </c>
       <c r="E9" t="inlineStr">
         <is>
           <t>Vrouwen</t>
         </is>
       </c>
       <c r="F9" s="2" t="n">
-        <v>0.5450000000000019</v>
+        <v>0.5440000000000019</v>
       </c>
       <c r="G9" s="2" t="n">
-        <v>0.10700000000000037</v>
+        <v>0.13400000000000048</v>
       </c>
       <c r="H9" s="2" t="n">
-        <v>0.6100000000000022</v>
+        <v>0.6290000000000022</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="inlineStr">
         <is>
           <t>België</t>
         </is>
       </c>
       <c r="B10" t="inlineStr">
         <is>
           <t>Brussels Hoofdstedelijk Gewest</t>
         </is>
       </c>
       <c r="C10" t="inlineStr">
         <is>
-          <t>2de kwartaal 2025</t>
+          <t>3de kwartaal 2025</t>
         </is>
       </c>
       <c r="D10" t="inlineStr">
         <is>
           <t>Totaal</t>
         </is>
       </c>
       <c r="E10"/>
       <c r="F10" s="2" t="n">
-        <v>0.5900000000000021</v>
+        <v>0.5960000000000021</v>
       </c>
       <c r="G10" s="2" t="n">
-        <v>0.11900000000000041</v>
+        <v>0.13100000000000048</v>
       </c>
       <c r="H10" s="2" t="n">
-        <v>0.6690000000000024</v>
+        <v>0.6850000000000025</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="inlineStr">
         <is>
           <t>België</t>
         </is>
       </c>
       <c r="B11" t="inlineStr">
         <is>
           <t>Brussels Hoofdstedelijk Gewest</t>
         </is>
       </c>
       <c r="C11" t="inlineStr">
         <is>
-          <t>3de kwartaal 2025</t>
+          <t>4de kwartaal 2025</t>
         </is>
       </c>
       <c r="D11" t="inlineStr">
         <is>
           <t>Totaal</t>
         </is>
       </c>
       <c r="E11" t="inlineStr">
         <is>
           <t>Mannen</t>
         </is>
       </c>
       <c r="F11" s="2" t="n">
-        <v>0.6470000000000024</v>
+        <v>0.6240000000000022</v>
       </c>
       <c r="G11" s="2" t="n">
-        <v>0.12700000000000045</v>
+        <v>0.12800000000000045</v>
       </c>
       <c r="H11" s="2" t="n">
-        <v>0.7420000000000027</v>
+        <v>0.7160000000000025</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="inlineStr">
         <is>
           <t>België</t>
         </is>
       </c>
       <c r="B12" t="inlineStr">
         <is>
           <t>Brussels Hoofdstedelijk Gewest</t>
         </is>
       </c>
       <c r="C12" t="inlineStr">
         <is>
-          <t>3de kwartaal 2025</t>
+          <t>4de kwartaal 2025</t>
         </is>
       </c>
       <c r="D12" t="inlineStr">
         <is>
           <t>Totaal</t>
         </is>
       </c>
       <c r="E12" t="inlineStr">
         <is>
           <t>Vrouwen</t>
         </is>
       </c>
       <c r="F12" s="2" t="n">
-        <v>0.5440000000000019</v>
+        <v>0.554000000000002</v>
       </c>
       <c r="G12" s="2" t="n">
-        <v>0.13400000000000048</v>
+        <v>0.10500000000000037</v>
       </c>
       <c r="H12" s="2" t="n">
-        <v>0.6290000000000022</v>
+        <v>0.6190000000000022</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="inlineStr">
         <is>
           <t>België</t>
         </is>
       </c>
       <c r="B13" t="inlineStr">
         <is>
           <t>Brussels Hoofdstedelijk Gewest</t>
         </is>
       </c>
       <c r="C13" t="inlineStr">
         <is>
-          <t>3de kwartaal 2025</t>
+          <t>4de kwartaal 2025</t>
         </is>
       </c>
       <c r="D13" t="inlineStr">
         <is>
           <t>Totaal</t>
         </is>
       </c>
       <c r="E13"/>
       <c r="F13" s="2" t="n">
-        <v>0.5960000000000021</v>
+        <v>0.5890000000000021</v>
       </c>
       <c r="G13" s="2" t="n">
-        <v>0.13100000000000048</v>
+        <v>0.11700000000000042</v>
       </c>
       <c r="H13" s="2" t="n">
-        <v>0.6850000000000025</v>
+        <v>0.6670000000000024</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="inlineStr">
         <is>
           <t>België</t>
         </is>
       </c>
       <c r="B14" t="inlineStr">
         <is>
           <t>Vlaams Gewest</t>
         </is>
       </c>
       <c r="C14" t="inlineStr">
         <is>
-          <t>4de kwartaal 2024</t>
+          <t>1ste kwartaal 2025</t>
         </is>
       </c>
       <c r="D14" t="inlineStr">
         <is>
           <t>Totaal</t>
         </is>
       </c>
       <c r="E14" t="inlineStr">
         <is>
           <t>Mannen</t>
         </is>
       </c>
       <c r="F14" s="2" t="n">
-        <v>0.7540000000000027</v>
+        <v>0.7530000000000027</v>
       </c>
       <c r="G14" s="2" t="n">
-        <v>0.04300000000000015</v>
+        <v>0.049000000000000175</v>
       </c>
       <c r="H14" s="2" t="n">
-        <v>0.7880000000000028</v>
+        <v>0.7920000000000028</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="inlineStr">
         <is>
           <t>België</t>
         </is>
       </c>
       <c r="B15" t="inlineStr">
         <is>
           <t>Vlaams Gewest</t>
         </is>
       </c>
       <c r="C15" t="inlineStr">
         <is>
-          <t>4de kwartaal 2024</t>
+          <t>1ste kwartaal 2025</t>
         </is>
       </c>
       <c r="D15" t="inlineStr">
         <is>
           <t>Totaal</t>
         </is>
       </c>
       <c r="E15" t="inlineStr">
         <is>
           <t>Vrouwen</t>
         </is>
       </c>
       <c r="F15" s="2" t="n">
-        <v>0.6970000000000024</v>
+        <v>0.6920000000000024</v>
       </c>
       <c r="G15" s="2" t="n">
         <v>0.03400000000000012</v>
       </c>
       <c r="H15" s="2" t="n">
-        <v>0.7220000000000025</v>
+        <v>0.7160000000000025</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="inlineStr">
         <is>
           <t>België</t>
         </is>
       </c>
       <c r="B16" t="inlineStr">
         <is>
           <t>Vlaams Gewest</t>
         </is>
       </c>
       <c r="C16" t="inlineStr">
         <is>
-          <t>4de kwartaal 2024</t>
+          <t>1ste kwartaal 2025</t>
         </is>
       </c>
       <c r="D16" t="inlineStr">
         <is>
           <t>Totaal</t>
         </is>
       </c>
       <c r="E16"/>
       <c r="F16" s="2" t="n">
-        <v>0.7260000000000025</v>
+        <v>0.7230000000000025</v>
       </c>
       <c r="G16" s="2" t="n">
-        <v>0.03800000000000013</v>
+        <v>0.042000000000000155</v>
       </c>
       <c r="H16" s="2" t="n">
-        <v>0.7550000000000027</v>
+        <v>0.7540000000000027</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="inlineStr">
         <is>
           <t>België</t>
         </is>
       </c>
       <c r="B17" t="inlineStr">
         <is>
           <t>Vlaams Gewest</t>
         </is>
       </c>
       <c r="C17" t="inlineStr">
         <is>
-          <t>1ste kwartaal 2025</t>
+          <t>2de kwartaal 2025</t>
         </is>
       </c>
       <c r="D17" t="inlineStr">
         <is>
           <t>Totaal</t>
         </is>
       </c>
       <c r="E17" t="inlineStr">
         <is>
           <t>Mannen</t>
         </is>
       </c>
       <c r="F17" s="2" t="n">
-        <v>0.7530000000000027</v>
+        <v>0.7470000000000027</v>
       </c>
       <c r="G17" s="2" t="n">
-        <v>0.049000000000000175</v>
+        <v>0.046000000000000166</v>
       </c>
       <c r="H17" s="2" t="n">
-        <v>0.7920000000000028</v>
+        <v>0.7830000000000028</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="inlineStr">
         <is>
           <t>België</t>
         </is>
       </c>
       <c r="B18" t="inlineStr">
         <is>
           <t>Vlaams Gewest</t>
         </is>
       </c>
       <c r="C18" t="inlineStr">
         <is>
-          <t>1ste kwartaal 2025</t>
+          <t>2de kwartaal 2025</t>
         </is>
       </c>
       <c r="D18" t="inlineStr">
         <is>
           <t>Totaal</t>
         </is>
       </c>
       <c r="E18" t="inlineStr">
         <is>
           <t>Vrouwen</t>
         </is>
       </c>
       <c r="F18" s="2" t="n">
-        <v>0.6920000000000024</v>
+        <v>0.6970000000000024</v>
       </c>
       <c r="G18" s="2" t="n">
-        <v>0.03400000000000012</v>
+        <v>0.029000000000000106</v>
       </c>
       <c r="H18" s="2" t="n">
-        <v>0.7160000000000025</v>
+        <v>0.7180000000000025</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="inlineStr">
         <is>
           <t>België</t>
         </is>
       </c>
       <c r="B19" t="inlineStr">
         <is>
           <t>Vlaams Gewest</t>
         </is>
       </c>
       <c r="C19" t="inlineStr">
         <is>
-          <t>1ste kwartaal 2025</t>
+          <t>2de kwartaal 2025</t>
         </is>
       </c>
       <c r="D19" t="inlineStr">
         <is>
           <t>Totaal</t>
         </is>
       </c>
       <c r="E19"/>
       <c r="F19" s="2" t="n">
-        <v>0.7230000000000025</v>
+        <v>0.7220000000000025</v>
       </c>
       <c r="G19" s="2" t="n">
-        <v>0.042000000000000155</v>
+        <v>0.03800000000000013</v>
       </c>
       <c r="H19" s="2" t="n">
-        <v>0.7540000000000027</v>
+        <v>0.7510000000000027</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="inlineStr">
         <is>
           <t>België</t>
         </is>
       </c>
       <c r="B20" t="inlineStr">
         <is>
           <t>Vlaams Gewest</t>
         </is>
       </c>
       <c r="C20" t="inlineStr">
         <is>
-          <t>2de kwartaal 2025</t>
+          <t>3de kwartaal 2025</t>
         </is>
       </c>
       <c r="D20" t="inlineStr">
         <is>
           <t>Totaal</t>
         </is>
       </c>
       <c r="E20" t="inlineStr">
         <is>
           <t>Mannen</t>
         </is>
       </c>
       <c r="F20" s="2" t="n">
-        <v>0.7470000000000027</v>
+        <v>0.7460000000000027</v>
       </c>
       <c r="G20" s="2" t="n">
-        <v>0.046000000000000166</v>
+        <v>0.049000000000000175</v>
       </c>
       <c r="H20" s="2" t="n">
-        <v>0.7830000000000028</v>
+        <v>0.7840000000000028</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="inlineStr">
         <is>
           <t>België</t>
         </is>
       </c>
       <c r="B21" t="inlineStr">
         <is>
           <t>Vlaams Gewest</t>
         </is>
       </c>
       <c r="C21" t="inlineStr">
         <is>
-          <t>2de kwartaal 2025</t>
+          <t>3de kwartaal 2025</t>
         </is>
       </c>
       <c r="D21" t="inlineStr">
         <is>
           <t>Totaal</t>
         </is>
       </c>
       <c r="E21" t="inlineStr">
         <is>
           <t>Vrouwen</t>
         </is>
       </c>
       <c r="F21" s="2" t="n">
-        <v>0.6970000000000024</v>
+        <v>0.6820000000000025</v>
       </c>
       <c r="G21" s="2" t="n">
-        <v>0.029000000000000106</v>
+        <v>0.042000000000000155</v>
       </c>
       <c r="H21" s="2" t="n">
-        <v>0.7180000000000025</v>
+        <v>0.7110000000000025</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="inlineStr">
         <is>
           <t>België</t>
         </is>
       </c>
       <c r="B22" t="inlineStr">
         <is>
           <t>Vlaams Gewest</t>
         </is>
       </c>
       <c r="C22" t="inlineStr">
         <is>
-          <t>2de kwartaal 2025</t>
+          <t>3de kwartaal 2025</t>
         </is>
       </c>
       <c r="D22" t="inlineStr">
         <is>
           <t>Totaal</t>
         </is>
       </c>
       <c r="E22"/>
       <c r="F22" s="2" t="n">
-        <v>0.7220000000000025</v>
+        <v>0.7140000000000025</v>
       </c>
       <c r="G22" s="2" t="n">
-        <v>0.03800000000000013</v>
+        <v>0.04500000000000016</v>
       </c>
       <c r="H22" s="2" t="n">
-        <v>0.7510000000000027</v>
+        <v>0.7480000000000027</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="inlineStr">
         <is>
           <t>België</t>
         </is>
       </c>
       <c r="B23" t="inlineStr">
         <is>
           <t>Vlaams Gewest</t>
         </is>
       </c>
       <c r="C23" t="inlineStr">
         <is>
-          <t>3de kwartaal 2025</t>
+          <t>4de kwartaal 2025</t>
         </is>
       </c>
       <c r="D23" t="inlineStr">
         <is>
           <t>Totaal</t>
         </is>
       </c>
       <c r="E23" t="inlineStr">
         <is>
           <t>Mannen</t>
         </is>
       </c>
       <c r="F23" s="2" t="n">
-        <v>0.7460000000000027</v>
+        <v>0.7400000000000027</v>
       </c>
       <c r="G23" s="2" t="n">
-        <v>0.049000000000000175</v>
+        <v>0.052000000000000185</v>
       </c>
       <c r="H23" s="2" t="n">
-        <v>0.7840000000000028</v>
+        <v>0.7810000000000028</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="inlineStr">
         <is>
           <t>België</t>
         </is>
       </c>
       <c r="B24" t="inlineStr">
         <is>
           <t>Vlaams Gewest</t>
         </is>
       </c>
       <c r="C24" t="inlineStr">
         <is>
-          <t>3de kwartaal 2025</t>
+          <t>4de kwartaal 2025</t>
         </is>
       </c>
       <c r="D24" t="inlineStr">
         <is>
           <t>Totaal</t>
         </is>
       </c>
       <c r="E24" t="inlineStr">
         <is>
           <t>Vrouwen</t>
         </is>
       </c>
       <c r="F24" s="2" t="n">
-        <v>0.6820000000000025</v>
+        <v>0.6960000000000024</v>
       </c>
       <c r="G24" s="2" t="n">
-        <v>0.042000000000000155</v>
+        <v>0.04000000000000014</v>
       </c>
       <c r="H24" s="2" t="n">
-        <v>0.7110000000000025</v>
+        <v>0.7250000000000025</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="inlineStr">
         <is>
           <t>België</t>
         </is>
       </c>
       <c r="B25" t="inlineStr">
         <is>
           <t>Vlaams Gewest</t>
         </is>
       </c>
       <c r="C25" t="inlineStr">
         <is>
-          <t>3de kwartaal 2025</t>
+          <t>4de kwartaal 2025</t>
         </is>
       </c>
       <c r="D25" t="inlineStr">
         <is>
           <t>Totaal</t>
         </is>
       </c>
       <c r="E25"/>
       <c r="F25" s="2" t="n">
-        <v>0.7140000000000025</v>
+        <v>0.7180000000000025</v>
       </c>
       <c r="G25" s="2" t="n">
-        <v>0.04500000000000016</v>
+        <v>0.046000000000000166</v>
       </c>
       <c r="H25" s="2" t="n">
-        <v>0.7480000000000027</v>
+        <v>0.7530000000000027</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="inlineStr">
         <is>
           <t>België</t>
         </is>
       </c>
       <c r="B26" t="inlineStr">
         <is>
           <t>Waals Gewest</t>
         </is>
       </c>
       <c r="C26" t="inlineStr">
         <is>
-          <t>4de kwartaal 2024</t>
+          <t>1ste kwartaal 2025</t>
         </is>
       </c>
       <c r="D26" t="inlineStr">
         <is>
           <t>Totaal</t>
         </is>
       </c>
       <c r="E26" t="inlineStr">
         <is>
           <t>Mannen</t>
         </is>
       </c>
       <c r="F26" s="2" t="n">
-        <v>0.6400000000000022</v>
+        <v>0.6510000000000024</v>
       </c>
       <c r="G26" s="2" t="n">
-        <v>0.0830000000000003</v>
+        <v>0.07700000000000028</v>
       </c>
       <c r="H26" s="2" t="n">
-        <v>0.6980000000000024</v>
+        <v>0.7050000000000025</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="inlineStr">
         <is>
           <t>België</t>
         </is>
       </c>
       <c r="B27" t="inlineStr">
         <is>
           <t>Waals Gewest</t>
         </is>
       </c>
       <c r="C27" t="inlineStr">
         <is>
-          <t>4de kwartaal 2024</t>
+          <t>1ste kwartaal 2025</t>
         </is>
       </c>
       <c r="D27" t="inlineStr">
         <is>
           <t>Totaal</t>
         </is>
       </c>
       <c r="E27" t="inlineStr">
         <is>
           <t>Vrouwen</t>
         </is>
       </c>
       <c r="F27" s="2" t="n">
-        <v>0.572000000000002</v>
+        <v>0.576000000000002</v>
       </c>
       <c r="G27" s="2" t="n">
-        <v>0.07600000000000026</v>
+        <v>0.07100000000000024</v>
       </c>
       <c r="H27" s="2" t="n">
-        <v>0.6190000000000022</v>
+        <v>0.6200000000000022</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="inlineStr">
         <is>
           <t>België</t>
         </is>
       </c>
       <c r="B28" t="inlineStr">
         <is>
           <t>Waals Gewest</t>
         </is>
       </c>
       <c r="C28" t="inlineStr">
         <is>
-          <t>4de kwartaal 2024</t>
+          <t>1ste kwartaal 2025</t>
         </is>
       </c>
       <c r="D28" t="inlineStr">
         <is>
           <t>Totaal</t>
         </is>
       </c>
       <c r="E28"/>
       <c r="F28" s="2" t="n">
-        <v>0.6060000000000021</v>
+        <v>0.6140000000000022</v>
       </c>
       <c r="G28" s="2" t="n">
-        <v>0.08000000000000028</v>
+        <v>0.07400000000000026</v>
       </c>
       <c r="H28" s="2" t="n">
-        <v>0.6590000000000024</v>
+        <v>0.6630000000000024</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="inlineStr">
         <is>
           <t>België</t>
         </is>
       </c>
       <c r="B29" t="inlineStr">
         <is>
           <t>Waals Gewest</t>
         </is>
       </c>
       <c r="C29" t="inlineStr">
         <is>
-          <t>1ste kwartaal 2025</t>
+          <t>2de kwartaal 2025</t>
         </is>
       </c>
       <c r="D29" t="inlineStr">
         <is>
           <t>Totaal</t>
         </is>
       </c>
       <c r="E29" t="inlineStr">
         <is>
           <t>Mannen</t>
         </is>
       </c>
       <c r="F29" s="2" t="n">
-        <v>0.6510000000000024</v>
+        <v>0.6530000000000024</v>
       </c>
       <c r="G29" s="2" t="n">
-        <v>0.07700000000000028</v>
+        <v>0.0830000000000003</v>
       </c>
       <c r="H29" s="2" t="n">
-        <v>0.7050000000000025</v>
+        <v>0.7120000000000025</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="inlineStr">
         <is>
           <t>België</t>
         </is>
       </c>
       <c r="B30" t="inlineStr">
         <is>
           <t>Waals Gewest</t>
         </is>
       </c>
       <c r="C30" t="inlineStr">
         <is>
-          <t>1ste kwartaal 2025</t>
+          <t>2de kwartaal 2025</t>
         </is>
       </c>
       <c r="D30" t="inlineStr">
         <is>
           <t>Totaal</t>
         </is>
       </c>
       <c r="E30" t="inlineStr">
         <is>
           <t>Vrouwen</t>
         </is>
       </c>
       <c r="F30" s="2" t="n">
-        <v>0.576000000000002</v>
+        <v>0.5970000000000021</v>
       </c>
       <c r="G30" s="2" t="n">
-        <v>0.07100000000000024</v>
+        <v>0.07600000000000026</v>
       </c>
       <c r="H30" s="2" t="n">
-        <v>0.6200000000000022</v>
+        <v>0.6460000000000024</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="inlineStr">
         <is>
           <t>België</t>
         </is>
       </c>
       <c r="B31" t="inlineStr">
         <is>
           <t>Waals Gewest</t>
         </is>
       </c>
       <c r="C31" t="inlineStr">
         <is>
-          <t>1ste kwartaal 2025</t>
+          <t>2de kwartaal 2025</t>
         </is>
       </c>
       <c r="D31" t="inlineStr">
         <is>
           <t>Totaal</t>
         </is>
       </c>
       <c r="E31"/>
       <c r="F31" s="2" t="n">
-        <v>0.6130000000000022</v>
+        <v>0.6250000000000022</v>
       </c>
       <c r="G31" s="2" t="n">
-        <v>0.07500000000000026</v>
+        <v>0.08000000000000028</v>
       </c>
       <c r="H31" s="2" t="n">
-        <v>0.6630000000000024</v>
+        <v>0.6790000000000025</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="inlineStr">
         <is>
           <t>België</t>
         </is>
       </c>
       <c r="B32" t="inlineStr">
         <is>
           <t>Waals Gewest</t>
         </is>
       </c>
       <c r="C32" t="inlineStr">
         <is>
-          <t>2de kwartaal 2025</t>
+          <t>3de kwartaal 2025</t>
         </is>
       </c>
       <c r="D32" t="inlineStr">
         <is>
           <t>Totaal</t>
         </is>
       </c>
       <c r="E32" t="inlineStr">
         <is>
           <t>Mannen</t>
         </is>
       </c>
       <c r="F32" s="2" t="n">
-        <v>0.6550000000000024</v>
+        <v>0.6670000000000024</v>
       </c>
       <c r="G32" s="2" t="n">
         <v>0.0830000000000003</v>
       </c>
       <c r="H32" s="2" t="n">
-        <v>0.7140000000000025</v>
+        <v>0.7270000000000025</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" t="inlineStr">
         <is>
           <t>België</t>
         </is>
       </c>
       <c r="B33" t="inlineStr">
         <is>
           <t>Waals Gewest</t>
         </is>
       </c>
       <c r="C33" t="inlineStr">
         <is>
-          <t>2de kwartaal 2025</t>
+          <t>3de kwartaal 2025</t>
         </is>
       </c>
       <c r="D33" t="inlineStr">
         <is>
           <t>Totaal</t>
         </is>
       </c>
       <c r="E33" t="inlineStr">
         <is>
           <t>Vrouwen</t>
         </is>
       </c>
       <c r="F33" s="2" t="n">
-        <v>0.5990000000000021</v>
+        <v>0.6030000000000021</v>
       </c>
       <c r="G33" s="2" t="n">
-        <v>0.07400000000000026</v>
+        <v>0.07100000000000024</v>
       </c>
       <c r="H33" s="2" t="n">
-        <v>0.6470000000000024</v>
+        <v>0.6490000000000024</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" t="inlineStr">
         <is>
           <t>België</t>
         </is>
       </c>
       <c r="B34" t="inlineStr">
         <is>
           <t>Waals Gewest</t>
         </is>
       </c>
       <c r="C34" t="inlineStr">
         <is>
-          <t>2de kwartaal 2025</t>
+          <t>3de kwartaal 2025</t>
         </is>
       </c>
       <c r="D34" t="inlineStr">
         <is>
           <t>Totaal</t>
         </is>
       </c>
       <c r="E34"/>
       <c r="F34" s="2" t="n">
-        <v>0.6270000000000022</v>
+        <v>0.6350000000000022</v>
       </c>
       <c r="G34" s="2" t="n">
         <v>0.07800000000000028</v>
       </c>
       <c r="H34" s="2" t="n">
-        <v>0.6810000000000025</v>
+        <v>0.6880000000000024</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" t="inlineStr">
         <is>
           <t>België</t>
         </is>
       </c>
       <c r="B35" t="inlineStr">
         <is>
           <t>Waals Gewest</t>
         </is>
       </c>
       <c r="C35" t="inlineStr">
         <is>
-          <t>3de kwartaal 2025</t>
+          <t>4de kwartaal 2025</t>
         </is>
       </c>
       <c r="D35" t="inlineStr">
         <is>
           <t>Totaal</t>
         </is>
       </c>
       <c r="E35" t="inlineStr">
         <is>
           <t>Mannen</t>
         </is>
       </c>
       <c r="F35" s="2" t="n">
-        <v>0.6640000000000024</v>
+        <v>0.6620000000000024</v>
       </c>
       <c r="G35" s="2" t="n">
-        <v>0.08400000000000031</v>
+        <v>0.07400000000000026</v>
       </c>
       <c r="H35" s="2" t="n">
-        <v>0.7250000000000025</v>
+        <v>0.7150000000000025</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" t="inlineStr">
         <is>
           <t>België</t>
         </is>
       </c>
       <c r="B36" t="inlineStr">
         <is>
           <t>Waals Gewest</t>
         </is>
       </c>
       <c r="C36" t="inlineStr">
         <is>
-          <t>3de kwartaal 2025</t>
+          <t>4de kwartaal 2025</t>
         </is>
       </c>
       <c r="D36" t="inlineStr">
         <is>
           <t>Totaal</t>
         </is>
       </c>
       <c r="E36" t="inlineStr">
         <is>
           <t>Vrouwen</t>
         </is>
       </c>
       <c r="F36" s="2" t="n">
-        <v>0.6000000000000021</v>
+        <v>0.5810000000000021</v>
       </c>
       <c r="G36" s="2" t="n">
-        <v>0.07300000000000026</v>
+        <v>0.09200000000000033</v>
       </c>
       <c r="H36" s="2" t="n">
-        <v>0.6480000000000024</v>
+        <v>0.6400000000000022</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" t="inlineStr">
         <is>
           <t>België</t>
         </is>
       </c>
       <c r="B37" t="inlineStr">
         <is>
           <t>Waals Gewest</t>
         </is>
       </c>
       <c r="C37" t="inlineStr">
         <is>
-          <t>3de kwartaal 2025</t>
+          <t>4de kwartaal 2025</t>
         </is>
       </c>
       <c r="D37" t="inlineStr">
         <is>
           <t>Totaal</t>
         </is>
       </c>
       <c r="E37"/>
       <c r="F37" s="2" t="n">
-        <v>0.6320000000000022</v>
+        <v>0.6210000000000022</v>
       </c>
       <c r="G37" s="2" t="n">
-        <v>0.07900000000000028</v>
+        <v>0.0830000000000003</v>
       </c>
       <c r="H37" s="2" t="n">
-        <v>0.6860000000000025</v>
+        <v>0.6770000000000025</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" t="inlineStr">
         <is>
           <t>België</t>
         </is>
       </c>
       <c r="B38"/>
       <c r="C38" t="inlineStr">
         <is>
-          <t>4de kwartaal 2024</t>
+          <t>1ste kwartaal 2025</t>
         </is>
       </c>
       <c r="D38" t="inlineStr">
         <is>
           <t>Totaal</t>
         </is>
       </c>
       <c r="E38" t="inlineStr">
         <is>
           <t>Mannen</t>
         </is>
       </c>
       <c r="F38" s="2" t="n">
-        <v>0.7060000000000025</v>
+        <v>0.7050000000000025</v>
       </c>
       <c r="G38" s="2" t="n">
-        <v>0.06400000000000022</v>
+        <v>0.06900000000000026</v>
       </c>
       <c r="H38" s="2" t="n">
-        <v>0.7540000000000027</v>
+        <v>0.7580000000000027</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" t="inlineStr">
         <is>
           <t>België</t>
         </is>
       </c>
       <c r="B39"/>
       <c r="C39" t="inlineStr">
         <is>
-          <t>4de kwartaal 2024</t>
+          <t>1ste kwartaal 2025</t>
         </is>
       </c>
       <c r="D39" t="inlineStr">
         <is>
           <t>Totaal</t>
         </is>
       </c>
       <c r="E39" t="inlineStr">
         <is>
           <t>Vrouwen</t>
         </is>
       </c>
       <c r="F39" s="2" t="n">
-        <v>0.6390000000000022</v>
+        <v>0.6360000000000022</v>
       </c>
       <c r="G39" s="2" t="n">
         <v>0.054000000000000194</v>
       </c>
       <c r="H39" s="2" t="n">
-        <v>0.6760000000000025</v>
+        <v>0.6720000000000025</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" t="inlineStr">
         <is>
           <t>België</t>
         </is>
       </c>
       <c r="B40"/>
       <c r="C40" t="inlineStr">
         <is>
-          <t>4de kwartaal 2024</t>
+          <t>1ste kwartaal 2025</t>
         </is>
       </c>
       <c r="D40" t="inlineStr">
         <is>
           <t>Totaal</t>
         </is>
       </c>
       <c r="E40"/>
       <c r="F40" s="2" t="n">
-        <v>0.6730000000000025</v>
+        <v>0.6710000000000024</v>
       </c>
       <c r="G40" s="2" t="n">
-        <v>0.059000000000000205</v>
+        <v>0.06200000000000022</v>
       </c>
       <c r="H40" s="2" t="n">
         <v>0.7150000000000025</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" t="inlineStr">
         <is>
           <t>België</t>
         </is>
       </c>
       <c r="B41"/>
       <c r="C41" t="inlineStr">
         <is>
-          <t>1ste kwartaal 2025</t>
+          <t>2de kwartaal 2025</t>
         </is>
       </c>
       <c r="D41" t="inlineStr">
         <is>
           <t>Totaal</t>
         </is>
       </c>
       <c r="E41" t="inlineStr">
         <is>
           <t>Mannen</t>
         </is>
       </c>
       <c r="F41" s="2" t="n">
-        <v>0.7050000000000025</v>
+        <v>0.7040000000000025</v>
       </c>
       <c r="G41" s="2" t="n">
-        <v>0.06900000000000026</v>
+        <v>0.06600000000000024</v>
       </c>
       <c r="H41" s="2" t="n">
-        <v>0.7580000000000027</v>
+        <v>0.7540000000000027</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" t="inlineStr">
         <is>
           <t>België</t>
         </is>
       </c>
       <c r="B42"/>
       <c r="C42" t="inlineStr">
         <is>
-          <t>1ste kwartaal 2025</t>
+          <t>2de kwartaal 2025</t>
         </is>
       </c>
       <c r="D42" t="inlineStr">
         <is>
           <t>Totaal</t>
         </is>
       </c>
       <c r="E42" t="inlineStr">
         <is>
           <t>Vrouwen</t>
         </is>
       </c>
       <c r="F42" s="2" t="n">
-        <v>0.6360000000000022</v>
+        <v>0.6480000000000024</v>
       </c>
       <c r="G42" s="2" t="n">
-        <v>0.054000000000000194</v>
+        <v>0.05100000000000018</v>
       </c>
       <c r="H42" s="2" t="n">
-        <v>0.6720000000000025</v>
+        <v>0.6830000000000025</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" t="inlineStr">
         <is>
           <t>België</t>
         </is>
       </c>
       <c r="B43"/>
       <c r="C43" t="inlineStr">
         <is>
-          <t>1ste kwartaal 2025</t>
+          <t>2de kwartaal 2025</t>
         </is>
       </c>
       <c r="D43" t="inlineStr">
         <is>
           <t>Totaal</t>
         </is>
       </c>
       <c r="E43"/>
       <c r="F43" s="2" t="n">
-        <v>0.6710000000000024</v>
+        <v>0.6760000000000025</v>
       </c>
       <c r="G43" s="2" t="n">
-        <v>0.06200000000000022</v>
+        <v>0.059000000000000205</v>
       </c>
       <c r="H43" s="2" t="n">
-        <v>0.7150000000000025</v>
+        <v>0.7190000000000025</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" t="inlineStr">
         <is>
           <t>België</t>
         </is>
       </c>
       <c r="B44"/>
       <c r="C44" t="inlineStr">
         <is>
-          <t>2de kwartaal 2025</t>
+          <t>3de kwartaal 2025</t>
         </is>
       </c>
       <c r="D44" t="inlineStr">
         <is>
           <t>Totaal</t>
         </is>
       </c>
       <c r="E44" t="inlineStr">
         <is>
           <t>Mannen</t>
         </is>
       </c>
       <c r="F44" s="2" t="n">
-        <v>0.7060000000000025</v>
+        <v>0.7100000000000025</v>
       </c>
       <c r="G44" s="2" t="n">
-        <v>0.06600000000000024</v>
+        <v>0.06800000000000024</v>
       </c>
       <c r="H44" s="2" t="n">
-        <v>0.7550000000000027</v>
+        <v>0.7620000000000027</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" t="inlineStr">
         <is>
           <t>België</t>
         </is>
       </c>
       <c r="B45"/>
       <c r="C45" t="inlineStr">
         <is>
-          <t>2de kwartaal 2025</t>
+          <t>3de kwartaal 2025</t>
         </is>
       </c>
       <c r="D45" t="inlineStr">
         <is>
           <t>Totaal</t>
         </is>
       </c>
       <c r="E45" t="inlineStr">
         <is>
           <t>Vrouwen</t>
         </is>
       </c>
       <c r="F45" s="2" t="n">
-        <v>0.6490000000000024</v>
+        <v>0.6410000000000023</v>
       </c>
       <c r="G45" s="2" t="n">
-        <v>0.05000000000000018</v>
+        <v>0.06000000000000021</v>
       </c>
       <c r="H45" s="2" t="n">
-        <v>0.6830000000000025</v>
+        <v>0.6820000000000025</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" t="inlineStr">
         <is>
           <t>België</t>
         </is>
       </c>
       <c r="B46"/>
       <c r="C46" t="inlineStr">
         <is>
-          <t>2de kwartaal 2025</t>
+          <t>3de kwartaal 2025</t>
         </is>
       </c>
       <c r="D46" t="inlineStr">
         <is>
           <t>Totaal</t>
         </is>
       </c>
       <c r="E46"/>
       <c r="F46" s="2" t="n">
-        <v>0.6770000000000025</v>
+        <v>0.6760000000000025</v>
       </c>
       <c r="G46" s="2" t="n">
-        <v>0.059000000000000205</v>
+        <v>0.06400000000000022</v>
       </c>
       <c r="H46" s="2" t="n">
-        <v>0.7190000000000025</v>
+        <v>0.7220000000000025</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" t="inlineStr">
         <is>
           <t>België</t>
         </is>
       </c>
       <c r="B47"/>
       <c r="C47" t="inlineStr">
         <is>
-          <t>3de kwartaal 2025</t>
+          <t>4de kwartaal 2025</t>
         </is>
       </c>
       <c r="D47" t="inlineStr">
         <is>
           <t>Totaal</t>
         </is>
       </c>
       <c r="E47" t="inlineStr">
         <is>
           <t>Mannen</t>
         </is>
       </c>
       <c r="F47" s="2" t="n">
-        <v>0.7090000000000025</v>
+        <v>0.7020000000000024</v>
       </c>
       <c r="G47" s="2" t="n">
-        <v>0.06800000000000024</v>
+        <v>0.06700000000000024</v>
       </c>
       <c r="H47" s="2" t="n">
-        <v>0.7610000000000027</v>
+        <v>0.7530000000000027</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" t="inlineStr">
         <is>
           <t>België</t>
         </is>
       </c>
       <c r="B48"/>
       <c r="C48" t="inlineStr">
         <is>
-          <t>3de kwartaal 2025</t>
+          <t>4de kwartaal 2025</t>
         </is>
       </c>
       <c r="D48" t="inlineStr">
         <is>
           <t>Totaal</t>
         </is>
       </c>
       <c r="E48" t="inlineStr">
         <is>
           <t>Vrouwen</t>
         </is>
       </c>
       <c r="F48" s="2" t="n">
-        <v>0.6400000000000022</v>
+        <v>0.6430000000000023</v>
       </c>
       <c r="G48" s="2" t="n">
-        <v>0.061000000000000214</v>
+        <v>0.06200000000000022</v>
       </c>
       <c r="H48" s="2" t="n">
-        <v>0.6820000000000025</v>
+        <v>0.6860000000000025</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" t="inlineStr">
         <is>
           <t>België</t>
         </is>
       </c>
       <c r="B49"/>
       <c r="C49" t="inlineStr">
         <is>
-          <t>3de kwartaal 2025</t>
+          <t>4de kwartaal 2025</t>
         </is>
       </c>
       <c r="D49" t="inlineStr">
         <is>
           <t>Totaal</t>
         </is>
       </c>
       <c r="E49"/>
       <c r="F49" s="2" t="n">
-        <v>0.6750000000000025</v>
+        <v>0.6730000000000025</v>
       </c>
       <c r="G49" s="2" t="n">
         <v>0.06500000000000024</v>
       </c>
       <c r="H49" s="2" t="n">
-        <v>0.7210000000000025</v>
+        <v>0.7190000000000025</v>
       </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <coreProperties xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </coreProperties>
 </file>