--- v0 (2025-12-09)
+++ v1 (2026-03-04)
@@ -114,5588 +114,4769 @@
         <is>
           <t>Data source:</t>
         </is>
       </c>
       <c r="B1" t="inlineStr">
         <is>
           <t>Geharmoniseerd index van de consumptieprijzen op basis 2015 volgens de COICOP nomenclatuur, per jaar, trimester en maand</t>
         </is>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="inlineStr">
         <is>
           <t>De speciale aggregaten werden herzien vanaf januari 2017. Deze worden nu berekend op basis van het laagste niveau (COICOP 5 digits) in plaats vanaf het voorlaatste niveau (COICOP 4 digits). De speciale aggregaten voor 2017 worden nog steeds berekend vanaf het voorlaatste niveau (COICOP 4 digits).</t>
         </is>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="inlineStr">
         <is>
           <t>Filters:</t>
         </is>
       </c>
       <c r="B3" t="inlineStr">
         <is>
-          <t>Datum : Laatste 12 Maand(November 2024, December 2024, Januari 2025, Februari 2025, Maart 2025, April 2025, Mei 2025, Juni 2025, Juli 2025, Augustus 2025, September 2025, Oktober 2025)</t>
+          <t>Datum : Laatste 12 Maand(Januari 2025, Februari 2025, Maart 2025, April 2025, Mei 2025, Juni 2025, Juli 2025, Augustus 2025, September 2025, Oktober 2025, November 2025, December 2025)</t>
         </is>
       </c>
     </row>
     <row r="4">
       <c r="B4" t="inlineStr">
         <is>
           <t xml:space="preserve">
 </t>
         </is>
       </c>
     </row>
     <row r="5">
 </row>
     <row r="6">
       <c r="A6" t="inlineStr">
         <is>
           <t xml:space="preserve">Bron: </t>
         </is>
       </c>
       <c r="B6" t="inlineStr">
         <is>
           <t>Statbel (Algemene Directie Statistiek - Statistics Belgium)</t>
         </is>
       </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <cols>
     <col min="1" max="1" width="6.05859375" customWidth="true"/>
     <col min="2" max="2" width="63.06640625" customWidth="true"/>
     <col min="3" max="3" width="8.76171875" customWidth="true"/>
-    <col min="4" max="4" width="15.91015625" customWidth="true"/>
-[...2 lines deleted...]
-    <col min="7" max="7" width="12.24609375" customWidth="true"/>
+    <col min="4" max="4" width="16.31640625" customWidth="true"/>
+    <col min="5" max="5" width="12.24609375" customWidth="true"/>
+    <col min="6" max="6" width="12.24609375" customWidth="true"/>
+    <col min="7" max="7" width="15.875" customWidth="true"/>
     <col min="8" max="8" width="12.24609375" customWidth="true"/>
-    <col min="9" max="9" width="15.875" customWidth="true"/>
-[...5 lines deleted...]
-    <col min="15" max="15" width="15.91015625" customWidth="true"/>
+    <col min="9" max="9" width="12.24609375" customWidth="true"/>
+    <col min="10" max="10" width="15.87109375" customWidth="true"/>
+    <col min="11" max="11" width="13.2265625" customWidth="true"/>
+    <col min="12" max="12" width="14.3203125" customWidth="true"/>
+    <col min="13" max="13" width="15.91015625" customWidth="true"/>
+    <col min="14" max="14" width="13.79296875" customWidth="true"/>
+    <col min="15" max="15" width="13.6875" customWidth="true"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1"/>
       <c r="B1"/>
       <c r="C1" t="inlineStr">
         <is>
-          <t>Jaar</t>
+          <t>Trimester</t>
         </is>
       </c>
       <c r="D1" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>1ste kwartaal 2025</t>
         </is>
       </c>
       <c r="E1"/>
-      <c r="F1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="G1"/>
+      <c r="F1"/>
+      <c r="G1" t="inlineStr">
+        <is>
+          <t>2de kwartaal 2025</t>
+        </is>
+      </c>
       <c r="H1"/>
       <c r="I1"/>
-      <c r="J1"/>
+      <c r="J1" t="inlineStr">
+        <is>
+          <t>3de kwartaal 2025</t>
+        </is>
+      </c>
       <c r="K1"/>
       <c r="L1"/>
-      <c r="M1"/>
+      <c r="M1" t="inlineStr">
+        <is>
+          <t>4de kwartaal 2025</t>
+        </is>
+      </c>
       <c r="N1"/>
       <c r="O1"/>
     </row>
     <row r="2">
       <c r="A2"/>
       <c r="B2"/>
       <c r="C2" t="inlineStr">
         <is>
-          <t>Trimester</t>
+          <t>Maand</t>
         </is>
       </c>
       <c r="D2" t="inlineStr">
         <is>
-          <t>4de kwartaal 2024</t>
-[...2 lines deleted...]
-      <c r="E2"/>
+          <t>Januari 2025</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t>Februari 2025</t>
+        </is>
+      </c>
       <c r="F2" t="inlineStr">
         <is>
-          <t>1ste kwartaal 2025</t>
-[...3 lines deleted...]
-      <c r="H2"/>
+          <t>Maart 2025</t>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>April 2025</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>Mei 2025</t>
+        </is>
+      </c>
       <c r="I2" t="inlineStr">
         <is>
-          <t>2de kwartaal 2025</t>
-[...3 lines deleted...]
-      <c r="K2"/>
+          <t>Juni 2025</t>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t>Juli 2025</t>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>Augustus 2025</t>
+        </is>
+      </c>
       <c r="L2" t="inlineStr">
         <is>
-          <t>3de kwartaal 2025</t>
-[...3 lines deleted...]
-      <c r="N2"/>
+          <t>September 2025</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t>Oktober 2025</t>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>November 2025</t>
+        </is>
+      </c>
       <c r="O2" t="inlineStr">
         <is>
-          <t>4de kwartaal 2025</t>
+          <t>December 2025</t>
         </is>
       </c>
     </row>
     <row r="3">
       <c r="A3"/>
       <c r="B3"/>
-      <c r="C3" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="C3"/>
       <c r="D3" t="inlineStr">
         <is>
-          <t>November 2024</t>
+          <t>Inflatie (HICP)</t>
         </is>
       </c>
       <c r="E3" t="inlineStr">
         <is>
-          <t>December 2024</t>
+          <t>Inflatie (HICP)</t>
         </is>
       </c>
       <c r="F3" t="inlineStr">
         <is>
-          <t>Januari 2025</t>
+          <t>Inflatie (HICP)</t>
         </is>
       </c>
       <c r="G3" t="inlineStr">
         <is>
-          <t>Februari 2025</t>
+          <t>Inflatie (HICP)</t>
         </is>
       </c>
       <c r="H3" t="inlineStr">
         <is>
-          <t>Maart 2025</t>
+          <t>Inflatie (HICP)</t>
         </is>
       </c>
       <c r="I3" t="inlineStr">
         <is>
-          <t>April 2025</t>
+          <t>Inflatie (HICP)</t>
         </is>
       </c>
       <c r="J3" t="inlineStr">
         <is>
-          <t>Mei 2025</t>
+          <t>Inflatie (HICP)</t>
         </is>
       </c>
       <c r="K3" t="inlineStr">
         <is>
-          <t>Juni 2025</t>
+          <t>Inflatie (HICP)</t>
         </is>
       </c>
       <c r="L3" t="inlineStr">
         <is>
-          <t>Juli 2025</t>
+          <t>Inflatie (HICP)</t>
         </is>
       </c>
       <c r="M3" t="inlineStr">
         <is>
-          <t>Augustus 2025</t>
+          <t>Inflatie (HICP)</t>
         </is>
       </c>
       <c r="N3" t="inlineStr">
         <is>
-          <t>September 2025</t>
+          <t>Inflatie (HICP)</t>
         </is>
       </c>
       <c r="O3" t="inlineStr">
         <is>
-          <t>Oktober 2025</t>
+          <t>Inflatie (HICP)</t>
         </is>
       </c>
     </row>
     <row r="4">
-      <c r="A4"/>
-[...59 lines deleted...]
-          <t>Inflatie (HICP)</t>
+      <c r="A4" t="inlineStr">
+        <is>
+          <t>Totaal</t>
+        </is>
+      </c>
+      <c r="B4" t="inlineStr">
+        <is>
+          <t>Niveau 1</t>
         </is>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="inlineStr">
         <is>
           <t>Totaal</t>
         </is>
       </c>
       <c r="B5" t="inlineStr">
         <is>
-          <t>Niveau 1</t>
-        </is>
+          <t>1. Voeding en niet-alcoholische dranken</t>
+        </is>
+      </c>
+      <c r="C5"/>
+      <c r="D5" s="2" t="n">
+        <v>0.0244080678164281</v>
+      </c>
+      <c r="E5" s="2" t="n">
+        <v>0.024299474605954694</v>
+      </c>
+      <c r="F5" s="2" t="n">
+        <v>0.024014466546112254</v>
+      </c>
+      <c r="G5" s="2" t="n">
+        <v>0.026711924439196993</v>
+      </c>
+      <c r="H5" s="2" t="n">
+        <v>0.02570902394106831</v>
+      </c>
+      <c r="I5" s="2" t="n">
+        <v>0.03003598443122579</v>
+      </c>
+      <c r="J5" s="2" t="n">
+        <v>0.02938166934658703</v>
+      </c>
+      <c r="K5" s="2" t="n">
+        <v>0.0283205268935237</v>
+      </c>
+      <c r="L5" s="2" t="n">
+        <v>0.03142709943328181</v>
+      </c>
+      <c r="M5" s="2" t="n">
+        <v>0.02693011342846706</v>
+      </c>
+      <c r="N5" s="2" t="n">
+        <v>0.029484746752299056</v>
+      </c>
+      <c r="O5" s="2" t="n">
+        <v>0.027382256297919003</v>
       </c>
     </row>
     <row r="6">
-      <c r="A6" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="A6"/>
       <c r="B6" t="inlineStr">
         <is>
-          <t>1. Voeding en niet-alcoholische dranken</t>
+          <t>2. Alcoholische dranken en tabak</t>
         </is>
       </c>
       <c r="C6"/>
       <c r="D6" s="2" t="n">
-        <v>0.0195699084753332</v>
+        <v>0.18949582510038954</v>
       </c>
       <c r="E6" s="2" t="n">
-        <v>0.017307978012182375</v>
+        <v>0.1786619361378616</v>
       </c>
       <c r="F6" s="2" t="n">
-        <v>0.0244080678164281</v>
+        <v>0.15945301718730465</v>
       </c>
       <c r="G6" s="2" t="n">
-        <v>0.024299474605954694</v>
+        <v>0.12471793620784322</v>
       </c>
       <c r="H6" s="2" t="n">
-        <v>0.024014466546112254</v>
+        <v>0.11010819534939381</v>
       </c>
       <c r="I6" s="2" t="n">
-        <v>0.026711924439196993</v>
+        <v>0.10875141681083383</v>
       </c>
       <c r="J6" s="2" t="n">
-        <v>0.02570902394106831</v>
+        <v>0.08238290974353076</v>
       </c>
       <c r="K6" s="2" t="n">
-        <v>0.03003598443122579</v>
+        <v>0.05425484016208923</v>
       </c>
       <c r="L6" s="2" t="n">
-        <v>0.02938166934658703</v>
+        <v>0.03303087307734887</v>
       </c>
       <c r="M6" s="2" t="n">
-        <v>0.0283205268935237</v>
+        <v>0.025517993456924827</v>
       </c>
       <c r="N6" s="2" t="n">
-        <v>0.03142709943328181</v>
+        <v>0.023490298670154924</v>
       </c>
       <c r="O6" s="2" t="n">
-        <v>0.02693011342846706</v>
+        <v>0.02171896316507501</v>
       </c>
     </row>
     <row r="7">
       <c r="A7"/>
       <c r="B7" t="inlineStr">
         <is>
-          <t>2. Alcoholische dranken en tabak</t>
+          <t>3. Kleding en schoeisel</t>
         </is>
       </c>
       <c r="C7"/>
       <c r="D7" s="2" t="n">
-        <v>0.1886499093029288</v>
+        <v>-0.15331180902064423</v>
       </c>
       <c r="E7" s="2" t="n">
-        <v>0.19001233846353727</v>
+        <v>0.005274351339855451</v>
       </c>
       <c r="F7" s="2" t="n">
-        <v>0.18949582510038954</v>
+        <v>-0.032544875020969706</v>
       </c>
       <c r="G7" s="2" t="n">
-        <v>0.1786619361378616</v>
+        <v>-0.019556383338977426</v>
       </c>
       <c r="H7" s="2" t="n">
-        <v>0.15945301718730465</v>
+        <v>-0.022851382004536704</v>
       </c>
       <c r="I7" s="2" t="n">
-        <v>0.12471793620784322</v>
+        <v>-0.023865349187740942</v>
       </c>
       <c r="J7" s="2" t="n">
-        <v>0.11010819534939381</v>
+        <v>0.039871308744111295</v>
       </c>
       <c r="K7" s="2" t="n">
-        <v>0.10875141681083383</v>
+        <v>-0.02480374143978623</v>
       </c>
       <c r="L7" s="2" t="n">
-        <v>0.08238290974353076</v>
+        <v>-0.004328643969033557</v>
       </c>
       <c r="M7" s="2" t="n">
-        <v>0.05425484016208923</v>
+        <v>0.007276335372912194</v>
       </c>
       <c r="N7" s="2" t="n">
-        <v>0.03303087307734887</v>
+        <v>-0.023594337359033907</v>
       </c>
       <c r="O7" s="2" t="n">
-        <v>0.025517993456924827</v>
+        <v>0.002295834699901586</v>
       </c>
     </row>
     <row r="8">
       <c r="A8"/>
       <c r="B8" t="inlineStr">
         <is>
-          <t>3. Kleding en schoeisel</t>
+          <t>4. Huisvesting, water, elektriciteit, gas en andere brandstoffen</t>
         </is>
       </c>
       <c r="C8"/>
       <c r="D8" s="2" t="n">
-        <v>0.06245751189666904</v>
+        <v>0.15806672239531927</v>
       </c>
       <c r="E8" s="2" t="n">
-        <v>0.03355932203389845</v>
+        <v>0.10243378668575556</v>
       </c>
       <c r="F8" s="2" t="n">
-        <v>-0.15331180902064423</v>
+        <v>0.08866855524079363</v>
       </c>
       <c r="G8" s="2" t="n">
-        <v>0.005274351339855451</v>
+        <v>0.07309586694268004</v>
       </c>
       <c r="H8" s="2" t="n">
-        <v>-0.032544875020969706</v>
+        <v>0.06241937795614194</v>
       </c>
       <c r="I8" s="2" t="n">
-        <v>-0.019556383338977426</v>
+        <v>0.05375963782980839</v>
       </c>
       <c r="J8" s="2" t="n">
-        <v>-0.022851382004536704</v>
+        <v>0.05152899824253106</v>
       </c>
       <c r="K8" s="2" t="n">
-        <v>-0.023865349187740942</v>
+        <v>0.05461620091970307</v>
       </c>
       <c r="L8" s="2" t="n">
-        <v>0.039871308744111295</v>
+        <v>0.04101343784994419</v>
       </c>
       <c r="M8" s="2" t="n">
-        <v>-0.02480374143978623</v>
+        <v>0.04119248760734499</v>
       </c>
       <c r="N8" s="2" t="n">
-        <v>-0.004328643969033557</v>
+        <v>0.03359262063743385</v>
       </c>
       <c r="O8" s="2" t="n">
-        <v>0.007276335372912194</v>
+        <v>0.008578183046268149</v>
       </c>
     </row>
     <row r="9">
       <c r="A9"/>
       <c r="B9" t="inlineStr">
         <is>
-          <t>4. Huisvesting, water, elektriciteit, gas en andere brandstoffen</t>
+          <t>5. Meubelen, huishoudelijke apparaten en normaal onderhoud van de woning</t>
         </is>
       </c>
       <c r="C9"/>
       <c r="D9" s="2" t="n">
-        <v>0.13447871925029323</v>
+        <v>0.01889844215544396</v>
       </c>
       <c r="E9" s="2" t="n">
-        <v>0.11265594468660796</v>
+        <v>0.019750606745334423</v>
       </c>
       <c r="F9" s="2" t="n">
-        <v>0.15806672239531927</v>
+        <v>0.02545392838961478</v>
       </c>
       <c r="G9" s="2" t="n">
-        <v>0.10243378668575556</v>
+        <v>0.02515456932328295</v>
       </c>
       <c r="H9" s="2" t="n">
-        <v>0.08866855524079363</v>
+        <v>0.02512520159578977</v>
       </c>
       <c r="I9" s="2" t="n">
-        <v>0.07309586694268004</v>
+        <v>0.027183975761656418</v>
       </c>
       <c r="J9" s="2" t="n">
-        <v>0.06241937795614194</v>
+        <v>0.022674568410203513</v>
       </c>
       <c r="K9" s="2" t="n">
-        <v>0.05375963782980839</v>
+        <v>0.026340306597781287</v>
       </c>
       <c r="L9" s="2" t="n">
-        <v>0.05152899824253106</v>
+        <v>0.0330016160585186</v>
       </c>
       <c r="M9" s="2" t="n">
-        <v>0.05461620091970307</v>
+        <v>0.02153170649328725</v>
       </c>
       <c r="N9" s="2" t="n">
-        <v>0.04101343784994419</v>
+        <v>0.028365755420344575</v>
       </c>
       <c r="O9" s="2" t="n">
-        <v>0.04119248760734499</v>
+        <v>0.027914474800611145</v>
       </c>
     </row>
     <row r="10">
       <c r="A10"/>
       <c r="B10" t="inlineStr">
         <is>
-          <t>5. Meubelen, huishoudelijke apparaten en normaal onderhoud van de woning</t>
+          <t>6. Gezondheid</t>
         </is>
       </c>
       <c r="C10"/>
       <c r="D10" s="2" t="n">
-        <v>0.001888898428779935</v>
+        <v>0.025265725736191104</v>
       </c>
       <c r="E10" s="2" t="n">
-        <v>-0.0024545069826492714</v>
+        <v>0.025603065401027615</v>
       </c>
       <c r="F10" s="2" t="n">
-        <v>0.01889844215544396</v>
+        <v>0.025478260869565263</v>
       </c>
       <c r="G10" s="2" t="n">
-        <v>0.019750606745334423</v>
+        <v>0.025195482189400577</v>
       </c>
       <c r="H10" s="2" t="n">
-        <v>0.02545392838961478</v>
+        <v>0.025104239054899315</v>
       </c>
       <c r="I10" s="2" t="n">
-        <v>0.02515456932328295</v>
+        <v>0.024815618221258304</v>
       </c>
       <c r="J10" s="2" t="n">
-        <v>0.02512520159578977</v>
+        <v>0.024963162000520046</v>
       </c>
       <c r="K10" s="2" t="n">
-        <v>0.027183975761656418</v>
+        <v>0.024497922437673212</v>
       </c>
       <c r="L10" s="2" t="n">
-        <v>0.022674568410203513</v>
+        <v>0.024044282996021547</v>
       </c>
       <c r="M10" s="2" t="n">
-        <v>0.026340306597781287</v>
+        <v>0.023159350155548125</v>
       </c>
       <c r="N10" s="2" t="n">
-        <v>0.0330016160585186</v>
+        <v>0.02340646052858872</v>
       </c>
       <c r="O10" s="2" t="n">
-        <v>0.02153170649328725</v>
+        <v>0.023121387283237066</v>
       </c>
     </row>
     <row r="11">
       <c r="A11"/>
       <c r="B11" t="inlineStr">
         <is>
-          <t>6. Gezondheid</t>
+          <t>7. Vervoer</t>
         </is>
       </c>
       <c r="C11"/>
       <c r="D11" s="2" t="n">
-        <v>0.020717623203738118</v>
+        <v>0.018819439195828135</v>
       </c>
       <c r="E11" s="2" t="n">
-        <v>0.02015490230593205</v>
+        <v>0.011543904073880992</v>
       </c>
       <c r="F11" s="2" t="n">
-        <v>0.025265725736191104</v>
+        <v>-0.008062726533027672</v>
       </c>
       <c r="G11" s="2" t="n">
-        <v>0.025603065401027615</v>
+        <v>-0.012642410878353539</v>
       </c>
       <c r="H11" s="2" t="n">
-        <v>0.025478260869565263</v>
+        <v>-0.010050994013746354</v>
       </c>
       <c r="I11" s="2" t="n">
-        <v>0.025195482189400577</v>
+        <v>-0.001038883941822392</v>
       </c>
       <c r="J11" s="2" t="n">
-        <v>0.025104239054899315</v>
+        <v>-0.00372888791401639</v>
       </c>
       <c r="K11" s="2" t="n">
-        <v>0.024815618221258304</v>
+        <v>0.008862629246676499</v>
       </c>
       <c r="L11" s="2" t="n">
-        <v>0.024963162000520046</v>
+        <v>0.018644702358667175</v>
       </c>
       <c r="M11" s="2" t="n">
-        <v>0.024497922437673212</v>
+        <v>0.01589433624356401</v>
       </c>
       <c r="N11" s="2" t="n">
-        <v>0.024044282996021547</v>
+        <v>0.020845786013149976</v>
       </c>
       <c r="O11" s="2" t="n">
-        <v>0.023159350155548125</v>
+        <v>0.018176422583277962</v>
       </c>
     </row>
     <row r="12">
       <c r="A12"/>
       <c r="B12" t="inlineStr">
         <is>
-          <t>7. Vervoer</t>
+          <t>8. Communicatie</t>
         </is>
       </c>
       <c r="C12"/>
       <c r="D12" s="2" t="n">
-        <v>-0.004462957453138865</v>
+        <v>-0.014121244828206586</v>
       </c>
       <c r="E12" s="2" t="n">
-        <v>0.01140541757334716</v>
+        <v>-0.008515596988167869</v>
       </c>
       <c r="F12" s="2" t="n">
-        <v>0.018819439195828135</v>
+        <v>-0.011652922194334933</v>
       </c>
       <c r="G12" s="2" t="n">
-        <v>0.011543904073880992</v>
+        <v>-0.013562062151967029</v>
       </c>
       <c r="H12" s="2" t="n">
-        <v>-0.008062726533027672</v>
+        <v>0.006375718390804664</v>
       </c>
       <c r="I12" s="2" t="n">
-        <v>-0.012642410878353539</v>
+        <v>-0.002402135231316835</v>
       </c>
       <c r="J12" s="2" t="n">
-        <v>-0.010050994013746354</v>
+        <v>0.004983980064079869</v>
       </c>
       <c r="K12" s="2" t="n">
-        <v>-0.001038883941822392</v>
+        <v>0.004900213827512507</v>
       </c>
       <c r="L12" s="2" t="n">
-        <v>-0.00372888791401639</v>
+        <v>0.0051776468487769916</v>
       </c>
       <c r="M12" s="2" t="n">
-        <v>0.008862629246676499</v>
+        <v>0.004633755123863786</v>
       </c>
       <c r="N12" s="2" t="n">
-        <v>0.018644702358667175</v>
+        <v>0.005626507100116049</v>
       </c>
       <c r="O12" s="2" t="n">
-        <v>0.01589433624356401</v>
+        <v>0.0075818392650075775</v>
       </c>
     </row>
     <row r="13">
       <c r="A13"/>
       <c r="B13" t="inlineStr">
         <is>
-          <t>8. Communicatie</t>
+          <t>9. Recreatie en cultuur</t>
         </is>
       </c>
       <c r="C13"/>
       <c r="D13" s="2" t="n">
-        <v>0.022557077625570878</v>
+        <v>0.021228394025843166</v>
       </c>
       <c r="E13" s="2" t="n">
-        <v>0.02066642388929359</v>
+        <v>0.02965092402464086</v>
       </c>
       <c r="F13" s="2" t="n">
-        <v>-0.014121244828206586</v>
+        <v>0.017292735396326427</v>
       </c>
       <c r="G13" s="2" t="n">
-        <v>-0.008515596988167869</v>
+        <v>0.005524399430819413</v>
       </c>
       <c r="H13" s="2" t="n">
-        <v>-0.011652922194334933</v>
+        <v>0.006485947114585079</v>
       </c>
       <c r="I13" s="2" t="n">
-        <v>-0.013562062151967029</v>
+        <v>0.006758427429325111</v>
       </c>
       <c r="J13" s="2" t="n">
-        <v>0.006375718390804664</v>
+        <v>-0.002116574405731105</v>
       </c>
       <c r="K13" s="2" t="n">
-        <v>-0.002402135231316835</v>
+        <v>0.004073319755600894</v>
       </c>
       <c r="L13" s="2" t="n">
-        <v>0.004983980064079869</v>
+        <v>0.009533283594462406</v>
       </c>
       <c r="M13" s="2" t="n">
-        <v>0.004900213827512507</v>
+        <v>0.00847666858694754</v>
       </c>
       <c r="N13" s="2" t="n">
-        <v>0.0051776468487769916</v>
+        <v>0.03655788331524925</v>
       </c>
       <c r="O13" s="2" t="n">
-        <v>0.004633755123863786</v>
+        <v>0.03229498814487786</v>
       </c>
     </row>
     <row r="14">
       <c r="A14"/>
       <c r="B14" t="inlineStr">
         <is>
-          <t>9. Recreatie en cultuur</t>
+          <t>10. Onderwijs</t>
         </is>
       </c>
       <c r="C14"/>
       <c r="D14" s="2" t="n">
-        <v>0.013449500930468754</v>
+        <v>0.015935683009116464</v>
       </c>
       <c r="E14" s="2" t="n">
-        <v>0.01451559389515605</v>
+        <v>0.015935683009116464</v>
       </c>
       <c r="F14" s="2" t="n">
-        <v>0.021228394025843166</v>
+        <v>0.015935683009116464</v>
       </c>
       <c r="G14" s="2" t="n">
-        <v>0.02965092402464086</v>
+        <v>0.015935683009116464</v>
       </c>
       <c r="H14" s="2" t="n">
-        <v>0.017292735396326427</v>
+        <v>0.015935683009116464</v>
       </c>
       <c r="I14" s="2" t="n">
-        <v>0.005524399430819413</v>
+        <v>0.015935683009116464</v>
       </c>
       <c r="J14" s="2" t="n">
-        <v>0.006485947114585079</v>
+        <v>0.015935683009116464</v>
       </c>
       <c r="K14" s="2" t="n">
-        <v>0.006758427429325111</v>
+        <v>0.015935683009116464</v>
       </c>
       <c r="L14" s="2" t="n">
-        <v>-0.002116574405731105</v>
+        <v>0.015935683009116464</v>
       </c>
       <c r="M14" s="2" t="n">
-        <v>0.004073319755600894</v>
+        <v>0.022044796156292037</v>
       </c>
       <c r="N14" s="2" t="n">
-        <v>0.009533283594462406</v>
+        <v>0.022044796156292037</v>
       </c>
       <c r="O14" s="2" t="n">
-        <v>0.00847666858694754</v>
+        <v>0.022044796156292037</v>
       </c>
     </row>
     <row r="15">
       <c r="A15"/>
       <c r="B15" t="inlineStr">
         <is>
-          <t>10. Onderwijs</t>
+          <t>11. Hotels, restaurants en cafés</t>
         </is>
       </c>
       <c r="C15"/>
       <c r="D15" s="2" t="n">
-        <v>0.015935683009116464</v>
+        <v>0.05073163485107353</v>
       </c>
       <c r="E15" s="2" t="n">
-        <v>0.015935683009116464</v>
+        <v>0.04789539410857286</v>
       </c>
       <c r="F15" s="2" t="n">
-        <v>0.015935683009116464</v>
+        <v>0.047073511052361405</v>
       </c>
       <c r="G15" s="2" t="n">
-        <v>0.015935683009116464</v>
+        <v>0.04742625795257388</v>
       </c>
       <c r="H15" s="2" t="n">
-        <v>0.015935683009116464</v>
+        <v>0.038848197615970165</v>
       </c>
       <c r="I15" s="2" t="n">
-        <v>0.015935683009116464</v>
+        <v>0.04405001437194616</v>
       </c>
       <c r="J15" s="2" t="n">
-        <v>0.015935683009116464</v>
+        <v>0.03354355811213539</v>
       </c>
       <c r="K15" s="2" t="n">
-        <v>0.015935683009116464</v>
+        <v>0.03666735981146476</v>
       </c>
       <c r="L15" s="2" t="n">
-        <v>0.015935683009116464</v>
+        <v>0.04402425972172679</v>
       </c>
       <c r="M15" s="2" t="n">
-        <v>0.015935683009116464</v>
+        <v>0.04537076421380986</v>
       </c>
       <c r="N15" s="2" t="n">
-        <v>0.015935683009116464</v>
+        <v>0.04816776409962804</v>
       </c>
       <c r="O15" s="2" t="n">
-        <v>0.022044796156292037</v>
+        <v>0.03973370707778581</v>
       </c>
     </row>
     <row r="16">
       <c r="A16"/>
       <c r="B16" t="inlineStr">
         <is>
-          <t>11. Hotels, restaurants en cafés</t>
+          <t>12. Diverse goederen en diensten</t>
         </is>
       </c>
       <c r="C16"/>
       <c r="D16" s="2" t="n">
-        <v>0.04549536067045817</v>
+        <v>0.035545213832945635</v>
       </c>
       <c r="E16" s="2" t="n">
-        <v>0.04312865497076028</v>
+        <v>0.036083714216983545</v>
       </c>
       <c r="F16" s="2" t="n">
-        <v>0.05073163485107353</v>
+        <v>0.03433098591549312</v>
       </c>
       <c r="G16" s="2" t="n">
-        <v>0.04789539410857286</v>
+        <v>0.0368526696105981</v>
       </c>
       <c r="H16" s="2" t="n">
-        <v>0.047073511052361405</v>
+        <v>0.02984598196472776</v>
       </c>
       <c r="I16" s="2" t="n">
-        <v>0.04742625795257388</v>
+        <v>0.030983671843887062</v>
       </c>
       <c r="J16" s="2" t="n">
-        <v>0.038848197615970165</v>
+        <v>0.033161443871479686</v>
       </c>
       <c r="K16" s="2" t="n">
-        <v>0.04405001437194616</v>
+        <v>0.030797244873723373</v>
       </c>
       <c r="L16" s="2" t="n">
-        <v>0.03354355811213539</v>
+        <v>0.02772057658799297</v>
       </c>
       <c r="M16" s="2" t="n">
-        <v>0.03666735981146476</v>
+        <v>0.02602523659306009</v>
       </c>
       <c r="N16" s="2" t="n">
-        <v>0.04402425972172679</v>
+        <v>0.02381139489194503</v>
       </c>
       <c r="O16" s="2" t="n">
-        <v>0.04537076421380986</v>
+        <v>0.02591200876780984</v>
       </c>
     </row>
     <row r="17">
-      <c r="A17"/>
-[...4 lines deleted...]
-      </c>
+      <c r="A17" t="inlineStr">
+        <is>
+          <t>Totaal</t>
+        </is>
+      </c>
+      <c r="B17"/>
       <c r="C17"/>
       <c r="D17" s="2" t="n">
-        <v>0.033376644469709345</v>
+        <v>0.04360442318249562</v>
       </c>
       <c r="E17" s="2" t="n">
-        <v>0.03257618624201764</v>
+        <v>0.0442776160563813</v>
       </c>
       <c r="F17" s="2" t="n">
-        <v>0.035545213832945635</v>
+        <v>0.03555894696680663</v>
       </c>
       <c r="G17" s="2" t="n">
-        <v>0.036083714216983545</v>
+        <v>0.03113525091799263</v>
       </c>
       <c r="H17" s="2" t="n">
-        <v>0.03433098591549312</v>
+        <v>0.028172240036646968</v>
       </c>
       <c r="I17" s="2" t="n">
-        <v>0.0368526696105981</v>
+        <v>0.028580115536637297</v>
       </c>
       <c r="J17" s="2" t="n">
-        <v>0.02984598196472776</v>
+        <v>0.026078311410217308</v>
       </c>
       <c r="K17" s="2" t="n">
-        <v>0.030983671843887062</v>
+        <v>0.0260679575077226</v>
       </c>
       <c r="L17" s="2" t="n">
-        <v>0.033161443871479686</v>
+        <v>0.026851221541486985</v>
       </c>
       <c r="M17" s="2" t="n">
-        <v>0.030797244873723373</v>
+        <v>0.025282167042889415</v>
       </c>
       <c r="N17" s="2" t="n">
-        <v>0.02772057658799297</v>
+        <v>0.026139863291519832</v>
       </c>
       <c r="O17" s="2" t="n">
-        <v>0.02602523659306009</v>
-[...44 lines deleted...]
-        <v>0.025282167042889415</v>
+        <v>0.021771547867581363</v>
       </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <cols>
     <col min="1" max="1" width="6.05859375" customWidth="true"/>
     <col min="2" max="2" width="63.06640625" customWidth="true"/>
-    <col min="3" max="3" width="4.96484375" customWidth="true"/>
-[...2 lines deleted...]
-    <col min="6" max="6" width="6.00390625" customWidth="true"/>
+    <col min="3" max="3" width="16.31640625" customWidth="true"/>
+    <col min="4" max="4" width="14.3203125" customWidth="true"/>
+    <col min="5" max="5" width="6.00390625" customWidth="true"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" t="inlineStr">
         <is>
           <t>Totaal</t>
         </is>
       </c>
       <c r="B1" t="inlineStr">
         <is>
           <t>Niveau 1</t>
         </is>
       </c>
       <c r="C1" t="inlineStr">
         <is>
-          <t>Jaar</t>
+          <t>Trimester</t>
         </is>
       </c>
       <c r="D1" t="inlineStr">
         <is>
-          <t>Trimester</t>
+          <t>Maand</t>
         </is>
       </c>
       <c r="E1" t="inlineStr">
-        <is>
-[...3 lines deleted...]
-      <c r="F1" t="inlineStr">
         <is>
           <t>Inflatie (HICP)</t>
         </is>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="inlineStr">
         <is>
           <t>Totaal</t>
         </is>
       </c>
       <c r="B2" t="inlineStr">
         <is>
           <t>1. Voeding en niet-alcoholische dranken</t>
         </is>
       </c>
       <c r="C2" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>1ste kwartaal 2025</t>
         </is>
       </c>
       <c r="D2" t="inlineStr">
         <is>
-          <t>4de kwartaal 2024</t>
-[...8 lines deleted...]
-        <v>0.0195699084753332</v>
+          <t>Januari 2025</t>
+        </is>
+      </c>
+      <c r="E2" s="2" t="n">
+        <v>0.0244080678164281</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="inlineStr">
         <is>
           <t>Totaal</t>
         </is>
       </c>
       <c r="B3" t="inlineStr">
         <is>
           <t>1. Voeding en niet-alcoholische dranken</t>
         </is>
       </c>
       <c r="C3" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>1ste kwartaal 2025</t>
         </is>
       </c>
       <c r="D3" t="inlineStr">
         <is>
-          <t>4de kwartaal 2024</t>
-[...8 lines deleted...]
-        <v>0.017307978012182375</v>
+          <t>Februari 2025</t>
+        </is>
+      </c>
+      <c r="E3" s="2" t="n">
+        <v>0.024299474605954694</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="inlineStr">
         <is>
           <t>Totaal</t>
         </is>
       </c>
       <c r="B4" t="inlineStr">
         <is>
           <t>1. Voeding en niet-alcoholische dranken</t>
         </is>
       </c>
       <c r="C4" t="inlineStr">
         <is>
-          <t>2025</t>
+          <t>1ste kwartaal 2025</t>
         </is>
       </c>
       <c r="D4" t="inlineStr">
         <is>
-          <t>1ste kwartaal 2025</t>
-[...8 lines deleted...]
-        <v>0.0244080678164281</v>
+          <t>Maart 2025</t>
+        </is>
+      </c>
+      <c r="E4" s="2" t="n">
+        <v>0.024014466546112254</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="inlineStr">
         <is>
           <t>Totaal</t>
         </is>
       </c>
       <c r="B5" t="inlineStr">
         <is>
           <t>1. Voeding en niet-alcoholische dranken</t>
         </is>
       </c>
       <c r="C5" t="inlineStr">
         <is>
-          <t>2025</t>
+          <t>2de kwartaal 2025</t>
         </is>
       </c>
       <c r="D5" t="inlineStr">
         <is>
-          <t>1ste kwartaal 2025</t>
-[...8 lines deleted...]
-        <v>0.024299474605954694</v>
+          <t>April 2025</t>
+        </is>
+      </c>
+      <c r="E5" s="2" t="n">
+        <v>0.026711924439196993</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="inlineStr">
         <is>
           <t>Totaal</t>
         </is>
       </c>
       <c r="B6" t="inlineStr">
         <is>
           <t>1. Voeding en niet-alcoholische dranken</t>
         </is>
       </c>
       <c r="C6" t="inlineStr">
         <is>
-          <t>2025</t>
+          <t>2de kwartaal 2025</t>
         </is>
       </c>
       <c r="D6" t="inlineStr">
         <is>
-          <t>1ste kwartaal 2025</t>
-[...8 lines deleted...]
-        <v>0.024014466546112254</v>
+          <t>Mei 2025</t>
+        </is>
+      </c>
+      <c r="E6" s="2" t="n">
+        <v>0.02570902394106831</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="inlineStr">
         <is>
           <t>Totaal</t>
         </is>
       </c>
       <c r="B7" t="inlineStr">
         <is>
           <t>1. Voeding en niet-alcoholische dranken</t>
         </is>
       </c>
       <c r="C7" t="inlineStr">
         <is>
-          <t>2025</t>
+          <t>2de kwartaal 2025</t>
         </is>
       </c>
       <c r="D7" t="inlineStr">
         <is>
-          <t>2de kwartaal 2025</t>
-[...8 lines deleted...]
-        <v>0.026711924439196993</v>
+          <t>Juni 2025</t>
+        </is>
+      </c>
+      <c r="E7" s="2" t="n">
+        <v>0.03003598443122579</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="inlineStr">
         <is>
           <t>Totaal</t>
         </is>
       </c>
       <c r="B8" t="inlineStr">
         <is>
           <t>1. Voeding en niet-alcoholische dranken</t>
         </is>
       </c>
       <c r="C8" t="inlineStr">
         <is>
-          <t>2025</t>
+          <t>3de kwartaal 2025</t>
         </is>
       </c>
       <c r="D8" t="inlineStr">
         <is>
-          <t>2de kwartaal 2025</t>
-[...8 lines deleted...]
-        <v>0.02570902394106831</v>
+          <t>Juli 2025</t>
+        </is>
+      </c>
+      <c r="E8" s="2" t="n">
+        <v>0.02938166934658703</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="inlineStr">
         <is>
           <t>Totaal</t>
         </is>
       </c>
       <c r="B9" t="inlineStr">
         <is>
           <t>1. Voeding en niet-alcoholische dranken</t>
         </is>
       </c>
       <c r="C9" t="inlineStr">
         <is>
-          <t>2025</t>
+          <t>3de kwartaal 2025</t>
         </is>
       </c>
       <c r="D9" t="inlineStr">
         <is>
-          <t>2de kwartaal 2025</t>
-[...8 lines deleted...]
-        <v>0.03003598443122579</v>
+          <t>Augustus 2025</t>
+        </is>
+      </c>
+      <c r="E9" s="2" t="n">
+        <v>0.0283205268935237</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="inlineStr">
         <is>
           <t>Totaal</t>
         </is>
       </c>
       <c r="B10" t="inlineStr">
         <is>
           <t>1. Voeding en niet-alcoholische dranken</t>
         </is>
       </c>
       <c r="C10" t="inlineStr">
         <is>
-          <t>2025</t>
+          <t>3de kwartaal 2025</t>
         </is>
       </c>
       <c r="D10" t="inlineStr">
         <is>
-          <t>3de kwartaal 2025</t>
-[...8 lines deleted...]
-        <v>0.02938166934658703</v>
+          <t>September 2025</t>
+        </is>
+      </c>
+      <c r="E10" s="2" t="n">
+        <v>0.03142709943328181</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="inlineStr">
         <is>
           <t>Totaal</t>
         </is>
       </c>
       <c r="B11" t="inlineStr">
         <is>
           <t>1. Voeding en niet-alcoholische dranken</t>
         </is>
       </c>
       <c r="C11" t="inlineStr">
         <is>
-          <t>2025</t>
+          <t>4de kwartaal 2025</t>
         </is>
       </c>
       <c r="D11" t="inlineStr">
         <is>
-          <t>3de kwartaal 2025</t>
-[...8 lines deleted...]
-        <v>0.0283205268935237</v>
+          <t>Oktober 2025</t>
+        </is>
+      </c>
+      <c r="E11" s="2" t="n">
+        <v>0.02693011342846706</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="inlineStr">
         <is>
           <t>Totaal</t>
         </is>
       </c>
       <c r="B12" t="inlineStr">
         <is>
           <t>1. Voeding en niet-alcoholische dranken</t>
         </is>
       </c>
       <c r="C12" t="inlineStr">
         <is>
-          <t>2025</t>
+          <t>4de kwartaal 2025</t>
         </is>
       </c>
       <c r="D12" t="inlineStr">
         <is>
-          <t>3de kwartaal 2025</t>
-[...8 lines deleted...]
-        <v>0.03142709943328181</v>
+          <t>November 2025</t>
+        </is>
+      </c>
+      <c r="E12" s="2" t="n">
+        <v>0.029484746752299056</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="inlineStr">
         <is>
           <t>Totaal</t>
         </is>
       </c>
       <c r="B13" t="inlineStr">
         <is>
           <t>1. Voeding en niet-alcoholische dranken</t>
         </is>
       </c>
       <c r="C13" t="inlineStr">
         <is>
-          <t>2025</t>
+          <t>4de kwartaal 2025</t>
         </is>
       </c>
       <c r="D13" t="inlineStr">
         <is>
-          <t>4de kwartaal 2025</t>
-[...8 lines deleted...]
-        <v>0.02693011342846706</v>
+          <t>December 2025</t>
+        </is>
+      </c>
+      <c r="E13" s="2" t="n">
+        <v>0.027382256297919003</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="inlineStr">
         <is>
           <t>Totaal</t>
         </is>
       </c>
       <c r="B14" t="inlineStr">
         <is>
           <t>2. Alcoholische dranken en tabak</t>
         </is>
       </c>
       <c r="C14" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>1ste kwartaal 2025</t>
         </is>
       </c>
       <c r="D14" t="inlineStr">
         <is>
-          <t>4de kwartaal 2024</t>
-[...8 lines deleted...]
-        <v>0.1886499093029288</v>
+          <t>Januari 2025</t>
+        </is>
+      </c>
+      <c r="E14" s="2" t="n">
+        <v>0.18949582510038954</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="inlineStr">
         <is>
           <t>Totaal</t>
         </is>
       </c>
       <c r="B15" t="inlineStr">
         <is>
           <t>2. Alcoholische dranken en tabak</t>
         </is>
       </c>
       <c r="C15" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>1ste kwartaal 2025</t>
         </is>
       </c>
       <c r="D15" t="inlineStr">
         <is>
-          <t>4de kwartaal 2024</t>
-[...8 lines deleted...]
-        <v>0.19001233846353727</v>
+          <t>Februari 2025</t>
+        </is>
+      </c>
+      <c r="E15" s="2" t="n">
+        <v>0.1786619361378616</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="inlineStr">
         <is>
           <t>Totaal</t>
         </is>
       </c>
       <c r="B16" t="inlineStr">
         <is>
           <t>2. Alcoholische dranken en tabak</t>
         </is>
       </c>
       <c r="C16" t="inlineStr">
         <is>
-          <t>2025</t>
+          <t>1ste kwartaal 2025</t>
         </is>
       </c>
       <c r="D16" t="inlineStr">
         <is>
-          <t>1ste kwartaal 2025</t>
-[...8 lines deleted...]
-        <v>0.18949582510038954</v>
+          <t>Maart 2025</t>
+        </is>
+      </c>
+      <c r="E16" s="2" t="n">
+        <v>0.15945301718730465</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="inlineStr">
         <is>
           <t>Totaal</t>
         </is>
       </c>
       <c r="B17" t="inlineStr">
         <is>
           <t>2. Alcoholische dranken en tabak</t>
         </is>
       </c>
       <c r="C17" t="inlineStr">
         <is>
-          <t>2025</t>
+          <t>2de kwartaal 2025</t>
         </is>
       </c>
       <c r="D17" t="inlineStr">
         <is>
-          <t>1ste kwartaal 2025</t>
-[...8 lines deleted...]
-        <v>0.1786619361378616</v>
+          <t>April 2025</t>
+        </is>
+      </c>
+      <c r="E17" s="2" t="n">
+        <v>0.12471793620784322</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="inlineStr">
         <is>
           <t>Totaal</t>
         </is>
       </c>
       <c r="B18" t="inlineStr">
         <is>
           <t>2. Alcoholische dranken en tabak</t>
         </is>
       </c>
       <c r="C18" t="inlineStr">
         <is>
-          <t>2025</t>
+          <t>2de kwartaal 2025</t>
         </is>
       </c>
       <c r="D18" t="inlineStr">
         <is>
-          <t>1ste kwartaal 2025</t>
-[...8 lines deleted...]
-        <v>0.15945301718730465</v>
+          <t>Mei 2025</t>
+        </is>
+      </c>
+      <c r="E18" s="2" t="n">
+        <v>0.11010819534939381</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="inlineStr">
         <is>
           <t>Totaal</t>
         </is>
       </c>
       <c r="B19" t="inlineStr">
         <is>
           <t>2. Alcoholische dranken en tabak</t>
         </is>
       </c>
       <c r="C19" t="inlineStr">
         <is>
-          <t>2025</t>
+          <t>2de kwartaal 2025</t>
         </is>
       </c>
       <c r="D19" t="inlineStr">
         <is>
-          <t>2de kwartaal 2025</t>
-[...8 lines deleted...]
-        <v>0.12471793620784322</v>
+          <t>Juni 2025</t>
+        </is>
+      </c>
+      <c r="E19" s="2" t="n">
+        <v>0.10875141681083383</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="inlineStr">
         <is>
           <t>Totaal</t>
         </is>
       </c>
       <c r="B20" t="inlineStr">
         <is>
           <t>2. Alcoholische dranken en tabak</t>
         </is>
       </c>
       <c r="C20" t="inlineStr">
         <is>
-          <t>2025</t>
+          <t>3de kwartaal 2025</t>
         </is>
       </c>
       <c r="D20" t="inlineStr">
         <is>
-          <t>2de kwartaal 2025</t>
-[...8 lines deleted...]
-        <v>0.11010819534939381</v>
+          <t>Juli 2025</t>
+        </is>
+      </c>
+      <c r="E20" s="2" t="n">
+        <v>0.08238290974353076</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="inlineStr">
         <is>
           <t>Totaal</t>
         </is>
       </c>
       <c r="B21" t="inlineStr">
         <is>
           <t>2. Alcoholische dranken en tabak</t>
         </is>
       </c>
       <c r="C21" t="inlineStr">
         <is>
-          <t>2025</t>
+          <t>3de kwartaal 2025</t>
         </is>
       </c>
       <c r="D21" t="inlineStr">
         <is>
-          <t>2de kwartaal 2025</t>
-[...8 lines deleted...]
-        <v>0.10875141681083383</v>
+          <t>Augustus 2025</t>
+        </is>
+      </c>
+      <c r="E21" s="2" t="n">
+        <v>0.05425484016208923</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="inlineStr">
         <is>
           <t>Totaal</t>
         </is>
       </c>
       <c r="B22" t="inlineStr">
         <is>
           <t>2. Alcoholische dranken en tabak</t>
         </is>
       </c>
       <c r="C22" t="inlineStr">
         <is>
-          <t>2025</t>
+          <t>3de kwartaal 2025</t>
         </is>
       </c>
       <c r="D22" t="inlineStr">
         <is>
-          <t>3de kwartaal 2025</t>
-[...8 lines deleted...]
-        <v>0.08238290974353076</v>
+          <t>September 2025</t>
+        </is>
+      </c>
+      <c r="E22" s="2" t="n">
+        <v>0.03303087307734887</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="inlineStr">
         <is>
           <t>Totaal</t>
         </is>
       </c>
       <c r="B23" t="inlineStr">
         <is>
           <t>2. Alcoholische dranken en tabak</t>
         </is>
       </c>
       <c r="C23" t="inlineStr">
         <is>
-          <t>2025</t>
+          <t>4de kwartaal 2025</t>
         </is>
       </c>
       <c r="D23" t="inlineStr">
         <is>
-          <t>3de kwartaal 2025</t>
-[...8 lines deleted...]
-        <v>0.05425484016208923</v>
+          <t>Oktober 2025</t>
+        </is>
+      </c>
+      <c r="E23" s="2" t="n">
+        <v>0.025517993456924827</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="inlineStr">
         <is>
           <t>Totaal</t>
         </is>
       </c>
       <c r="B24" t="inlineStr">
         <is>
           <t>2. Alcoholische dranken en tabak</t>
         </is>
       </c>
       <c r="C24" t="inlineStr">
         <is>
-          <t>2025</t>
+          <t>4de kwartaal 2025</t>
         </is>
       </c>
       <c r="D24" t="inlineStr">
         <is>
-          <t>3de kwartaal 2025</t>
-[...8 lines deleted...]
-        <v>0.03303087307734887</v>
+          <t>November 2025</t>
+        </is>
+      </c>
+      <c r="E24" s="2" t="n">
+        <v>0.023490298670154924</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="inlineStr">
         <is>
           <t>Totaal</t>
         </is>
       </c>
       <c r="B25" t="inlineStr">
         <is>
           <t>2. Alcoholische dranken en tabak</t>
         </is>
       </c>
       <c r="C25" t="inlineStr">
         <is>
-          <t>2025</t>
+          <t>4de kwartaal 2025</t>
         </is>
       </c>
       <c r="D25" t="inlineStr">
         <is>
-          <t>4de kwartaal 2025</t>
-[...8 lines deleted...]
-        <v>0.025517993456924827</v>
+          <t>December 2025</t>
+        </is>
+      </c>
+      <c r="E25" s="2" t="n">
+        <v>0.02171896316507501</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="inlineStr">
         <is>
           <t>Totaal</t>
         </is>
       </c>
       <c r="B26" t="inlineStr">
         <is>
           <t>3. Kleding en schoeisel</t>
         </is>
       </c>
       <c r="C26" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>1ste kwartaal 2025</t>
         </is>
       </c>
       <c r="D26" t="inlineStr">
         <is>
-          <t>4de kwartaal 2024</t>
-[...8 lines deleted...]
-        <v>0.06245751189666904</v>
+          <t>Januari 2025</t>
+        </is>
+      </c>
+      <c r="E26" s="2" t="n">
+        <v>-0.15331180902064423</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="inlineStr">
         <is>
           <t>Totaal</t>
         </is>
       </c>
       <c r="B27" t="inlineStr">
         <is>
           <t>3. Kleding en schoeisel</t>
         </is>
       </c>
       <c r="C27" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>1ste kwartaal 2025</t>
         </is>
       </c>
       <c r="D27" t="inlineStr">
         <is>
-          <t>4de kwartaal 2024</t>
-[...8 lines deleted...]
-        <v>0.03355932203389845</v>
+          <t>Februari 2025</t>
+        </is>
+      </c>
+      <c r="E27" s="2" t="n">
+        <v>0.005274351339855451</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="inlineStr">
         <is>
           <t>Totaal</t>
         </is>
       </c>
       <c r="B28" t="inlineStr">
         <is>
           <t>3. Kleding en schoeisel</t>
         </is>
       </c>
       <c r="C28" t="inlineStr">
         <is>
-          <t>2025</t>
+          <t>1ste kwartaal 2025</t>
         </is>
       </c>
       <c r="D28" t="inlineStr">
         <is>
-          <t>1ste kwartaal 2025</t>
-[...8 lines deleted...]
-        <v>-0.15331180902064423</v>
+          <t>Maart 2025</t>
+        </is>
+      </c>
+      <c r="E28" s="2" t="n">
+        <v>-0.032544875020969706</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="inlineStr">
         <is>
           <t>Totaal</t>
         </is>
       </c>
       <c r="B29" t="inlineStr">
         <is>
           <t>3. Kleding en schoeisel</t>
         </is>
       </c>
       <c r="C29" t="inlineStr">
         <is>
-          <t>2025</t>
+          <t>2de kwartaal 2025</t>
         </is>
       </c>
       <c r="D29" t="inlineStr">
         <is>
-          <t>1ste kwartaal 2025</t>
-[...8 lines deleted...]
-        <v>0.005274351339855451</v>
+          <t>April 2025</t>
+        </is>
+      </c>
+      <c r="E29" s="2" t="n">
+        <v>-0.019556383338977426</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="inlineStr">
         <is>
           <t>Totaal</t>
         </is>
       </c>
       <c r="B30" t="inlineStr">
         <is>
           <t>3. Kleding en schoeisel</t>
         </is>
       </c>
       <c r="C30" t="inlineStr">
         <is>
-          <t>2025</t>
+          <t>2de kwartaal 2025</t>
         </is>
       </c>
       <c r="D30" t="inlineStr">
         <is>
-          <t>1ste kwartaal 2025</t>
-[...8 lines deleted...]
-        <v>-0.032544875020969706</v>
+          <t>Mei 2025</t>
+        </is>
+      </c>
+      <c r="E30" s="2" t="n">
+        <v>-0.022851382004536704</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="inlineStr">
         <is>
           <t>Totaal</t>
         </is>
       </c>
       <c r="B31" t="inlineStr">
         <is>
           <t>3. Kleding en schoeisel</t>
         </is>
       </c>
       <c r="C31" t="inlineStr">
         <is>
-          <t>2025</t>
+          <t>2de kwartaal 2025</t>
         </is>
       </c>
       <c r="D31" t="inlineStr">
         <is>
-          <t>2de kwartaal 2025</t>
-[...8 lines deleted...]
-        <v>-0.019556383338977426</v>
+          <t>Juni 2025</t>
+        </is>
+      </c>
+      <c r="E31" s="2" t="n">
+        <v>-0.023865349187740942</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="inlineStr">
         <is>
           <t>Totaal</t>
         </is>
       </c>
       <c r="B32" t="inlineStr">
         <is>
           <t>3. Kleding en schoeisel</t>
         </is>
       </c>
       <c r="C32" t="inlineStr">
         <is>
-          <t>2025</t>
+          <t>3de kwartaal 2025</t>
         </is>
       </c>
       <c r="D32" t="inlineStr">
         <is>
-          <t>2de kwartaal 2025</t>
-[...8 lines deleted...]
-        <v>-0.022851382004536704</v>
+          <t>Juli 2025</t>
+        </is>
+      </c>
+      <c r="E32" s="2" t="n">
+        <v>0.039871308744111295</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" t="inlineStr">
         <is>
           <t>Totaal</t>
         </is>
       </c>
       <c r="B33" t="inlineStr">
         <is>
           <t>3. Kleding en schoeisel</t>
         </is>
       </c>
       <c r="C33" t="inlineStr">
         <is>
-          <t>2025</t>
+          <t>3de kwartaal 2025</t>
         </is>
       </c>
       <c r="D33" t="inlineStr">
         <is>
-          <t>2de kwartaal 2025</t>
-[...8 lines deleted...]
-        <v>-0.023865349187740942</v>
+          <t>Augustus 2025</t>
+        </is>
+      </c>
+      <c r="E33" s="2" t="n">
+        <v>-0.02480374143978623</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" t="inlineStr">
         <is>
           <t>Totaal</t>
         </is>
       </c>
       <c r="B34" t="inlineStr">
         <is>
           <t>3. Kleding en schoeisel</t>
         </is>
       </c>
       <c r="C34" t="inlineStr">
         <is>
-          <t>2025</t>
+          <t>3de kwartaal 2025</t>
         </is>
       </c>
       <c r="D34" t="inlineStr">
         <is>
-          <t>3de kwartaal 2025</t>
-[...8 lines deleted...]
-        <v>0.039871308744111295</v>
+          <t>September 2025</t>
+        </is>
+      </c>
+      <c r="E34" s="2" t="n">
+        <v>-0.004328643969033557</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" t="inlineStr">
         <is>
           <t>Totaal</t>
         </is>
       </c>
       <c r="B35" t="inlineStr">
         <is>
           <t>3. Kleding en schoeisel</t>
         </is>
       </c>
       <c r="C35" t="inlineStr">
         <is>
-          <t>2025</t>
+          <t>4de kwartaal 2025</t>
         </is>
       </c>
       <c r="D35" t="inlineStr">
         <is>
-          <t>3de kwartaal 2025</t>
-[...8 lines deleted...]
-        <v>-0.02480374143978623</v>
+          <t>Oktober 2025</t>
+        </is>
+      </c>
+      <c r="E35" s="2" t="n">
+        <v>0.007276335372912194</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" t="inlineStr">
         <is>
           <t>Totaal</t>
         </is>
       </c>
       <c r="B36" t="inlineStr">
         <is>
           <t>3. Kleding en schoeisel</t>
         </is>
       </c>
       <c r="C36" t="inlineStr">
         <is>
-          <t>2025</t>
+          <t>4de kwartaal 2025</t>
         </is>
       </c>
       <c r="D36" t="inlineStr">
         <is>
-          <t>3de kwartaal 2025</t>
-[...8 lines deleted...]
-        <v>-0.004328643969033557</v>
+          <t>November 2025</t>
+        </is>
+      </c>
+      <c r="E36" s="2" t="n">
+        <v>-0.023594337359033907</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" t="inlineStr">
         <is>
           <t>Totaal</t>
         </is>
       </c>
       <c r="B37" t="inlineStr">
         <is>
           <t>3. Kleding en schoeisel</t>
         </is>
       </c>
       <c r="C37" t="inlineStr">
         <is>
-          <t>2025</t>
+          <t>4de kwartaal 2025</t>
         </is>
       </c>
       <c r="D37" t="inlineStr">
         <is>
-          <t>4de kwartaal 2025</t>
-[...8 lines deleted...]
-        <v>0.007276335372912194</v>
+          <t>December 2025</t>
+        </is>
+      </c>
+      <c r="E37" s="2" t="n">
+        <v>0.002295834699901586</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" t="inlineStr">
         <is>
           <t>Totaal</t>
         </is>
       </c>
       <c r="B38" t="inlineStr">
         <is>
           <t>4. Huisvesting, water, elektriciteit, gas en andere brandstoffen</t>
         </is>
       </c>
       <c r="C38" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>1ste kwartaal 2025</t>
         </is>
       </c>
       <c r="D38" t="inlineStr">
         <is>
-          <t>4de kwartaal 2024</t>
-[...8 lines deleted...]
-        <v>0.13447871925029323</v>
+          <t>Januari 2025</t>
+        </is>
+      </c>
+      <c r="E38" s="2" t="n">
+        <v>0.15806672239531927</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" t="inlineStr">
         <is>
           <t>Totaal</t>
         </is>
       </c>
       <c r="B39" t="inlineStr">
         <is>
           <t>4. Huisvesting, water, elektriciteit, gas en andere brandstoffen</t>
         </is>
       </c>
       <c r="C39" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>1ste kwartaal 2025</t>
         </is>
       </c>
       <c r="D39" t="inlineStr">
         <is>
-          <t>4de kwartaal 2024</t>
-[...8 lines deleted...]
-        <v>0.11265594468660796</v>
+          <t>Februari 2025</t>
+        </is>
+      </c>
+      <c r="E39" s="2" t="n">
+        <v>0.10243378668575556</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" t="inlineStr">
         <is>
           <t>Totaal</t>
         </is>
       </c>
       <c r="B40" t="inlineStr">
         <is>
           <t>4. Huisvesting, water, elektriciteit, gas en andere brandstoffen</t>
         </is>
       </c>
       <c r="C40" t="inlineStr">
         <is>
-          <t>2025</t>
+          <t>1ste kwartaal 2025</t>
         </is>
       </c>
       <c r="D40" t="inlineStr">
         <is>
-          <t>1ste kwartaal 2025</t>
-[...8 lines deleted...]
-        <v>0.15806672239531927</v>
+          <t>Maart 2025</t>
+        </is>
+      </c>
+      <c r="E40" s="2" t="n">
+        <v>0.08866855524079363</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" t="inlineStr">
         <is>
           <t>Totaal</t>
         </is>
       </c>
       <c r="B41" t="inlineStr">
         <is>
           <t>4. Huisvesting, water, elektriciteit, gas en andere brandstoffen</t>
         </is>
       </c>
       <c r="C41" t="inlineStr">
         <is>
-          <t>2025</t>
+          <t>2de kwartaal 2025</t>
         </is>
       </c>
       <c r="D41" t="inlineStr">
         <is>
-          <t>1ste kwartaal 2025</t>
-[...8 lines deleted...]
-        <v>0.10243378668575556</v>
+          <t>April 2025</t>
+        </is>
+      </c>
+      <c r="E41" s="2" t="n">
+        <v>0.07309586694268004</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" t="inlineStr">
         <is>
           <t>Totaal</t>
         </is>
       </c>
       <c r="B42" t="inlineStr">
         <is>
           <t>4. Huisvesting, water, elektriciteit, gas en andere brandstoffen</t>
         </is>
       </c>
       <c r="C42" t="inlineStr">
         <is>
-          <t>2025</t>
+          <t>2de kwartaal 2025</t>
         </is>
       </c>
       <c r="D42" t="inlineStr">
         <is>
-          <t>1ste kwartaal 2025</t>
-[...8 lines deleted...]
-        <v>0.08866855524079363</v>
+          <t>Mei 2025</t>
+        </is>
+      </c>
+      <c r="E42" s="2" t="n">
+        <v>0.06241937795614194</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" t="inlineStr">
         <is>
           <t>Totaal</t>
         </is>
       </c>
       <c r="B43" t="inlineStr">
         <is>
           <t>4. Huisvesting, water, elektriciteit, gas en andere brandstoffen</t>
         </is>
       </c>
       <c r="C43" t="inlineStr">
         <is>
-          <t>2025</t>
+          <t>2de kwartaal 2025</t>
         </is>
       </c>
       <c r="D43" t="inlineStr">
         <is>
-          <t>2de kwartaal 2025</t>
-[...8 lines deleted...]
-        <v>0.07309586694268004</v>
+          <t>Juni 2025</t>
+        </is>
+      </c>
+      <c r="E43" s="2" t="n">
+        <v>0.05375963782980839</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" t="inlineStr">
         <is>
           <t>Totaal</t>
         </is>
       </c>
       <c r="B44" t="inlineStr">
         <is>
           <t>4. Huisvesting, water, elektriciteit, gas en andere brandstoffen</t>
         </is>
       </c>
       <c r="C44" t="inlineStr">
         <is>
-          <t>2025</t>
+          <t>3de kwartaal 2025</t>
         </is>
       </c>
       <c r="D44" t="inlineStr">
         <is>
-          <t>2de kwartaal 2025</t>
-[...8 lines deleted...]
-        <v>0.06241937795614194</v>
+          <t>Juli 2025</t>
+        </is>
+      </c>
+      <c r="E44" s="2" t="n">
+        <v>0.05152899824253106</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" t="inlineStr">
         <is>
           <t>Totaal</t>
         </is>
       </c>
       <c r="B45" t="inlineStr">
         <is>
           <t>4. Huisvesting, water, elektriciteit, gas en andere brandstoffen</t>
         </is>
       </c>
       <c r="C45" t="inlineStr">
         <is>
-          <t>2025</t>
+          <t>3de kwartaal 2025</t>
         </is>
       </c>
       <c r="D45" t="inlineStr">
         <is>
-          <t>2de kwartaal 2025</t>
-[...8 lines deleted...]
-        <v>0.05375963782980839</v>
+          <t>Augustus 2025</t>
+        </is>
+      </c>
+      <c r="E45" s="2" t="n">
+        <v>0.05461620091970307</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" t="inlineStr">
         <is>
           <t>Totaal</t>
         </is>
       </c>
       <c r="B46" t="inlineStr">
         <is>
           <t>4. Huisvesting, water, elektriciteit, gas en andere brandstoffen</t>
         </is>
       </c>
       <c r="C46" t="inlineStr">
         <is>
-          <t>2025</t>
+          <t>3de kwartaal 2025</t>
         </is>
       </c>
       <c r="D46" t="inlineStr">
         <is>
-          <t>3de kwartaal 2025</t>
-[...8 lines deleted...]
-        <v>0.05152899824253106</v>
+          <t>September 2025</t>
+        </is>
+      </c>
+      <c r="E46" s="2" t="n">
+        <v>0.04101343784994419</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" t="inlineStr">
         <is>
           <t>Totaal</t>
         </is>
       </c>
       <c r="B47" t="inlineStr">
         <is>
           <t>4. Huisvesting, water, elektriciteit, gas en andere brandstoffen</t>
         </is>
       </c>
       <c r="C47" t="inlineStr">
         <is>
-          <t>2025</t>
+          <t>4de kwartaal 2025</t>
         </is>
       </c>
       <c r="D47" t="inlineStr">
         <is>
-          <t>3de kwartaal 2025</t>
-[...8 lines deleted...]
-        <v>0.05461620091970307</v>
+          <t>Oktober 2025</t>
+        </is>
+      </c>
+      <c r="E47" s="2" t="n">
+        <v>0.04119248760734499</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" t="inlineStr">
         <is>
           <t>Totaal</t>
         </is>
       </c>
       <c r="B48" t="inlineStr">
         <is>
           <t>4. Huisvesting, water, elektriciteit, gas en andere brandstoffen</t>
         </is>
       </c>
       <c r="C48" t="inlineStr">
         <is>
-          <t>2025</t>
+          <t>4de kwartaal 2025</t>
         </is>
       </c>
       <c r="D48" t="inlineStr">
         <is>
-          <t>3de kwartaal 2025</t>
-[...8 lines deleted...]
-        <v>0.04101343784994419</v>
+          <t>November 2025</t>
+        </is>
+      </c>
+      <c r="E48" s="2" t="n">
+        <v>0.03359262063743385</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" t="inlineStr">
         <is>
           <t>Totaal</t>
         </is>
       </c>
       <c r="B49" t="inlineStr">
         <is>
           <t>4. Huisvesting, water, elektriciteit, gas en andere brandstoffen</t>
         </is>
       </c>
       <c r="C49" t="inlineStr">
         <is>
-          <t>2025</t>
+          <t>4de kwartaal 2025</t>
         </is>
       </c>
       <c r="D49" t="inlineStr">
         <is>
-          <t>4de kwartaal 2025</t>
-[...8 lines deleted...]
-        <v>0.04119248760734499</v>
+          <t>December 2025</t>
+        </is>
+      </c>
+      <c r="E49" s="2" t="n">
+        <v>0.008578183046268149</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" t="inlineStr">
         <is>
           <t>Totaal</t>
         </is>
       </c>
       <c r="B50" t="inlineStr">
         <is>
           <t>5. Meubelen, huishoudelijke apparaten en normaal onderhoud van de woning</t>
         </is>
       </c>
       <c r="C50" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>1ste kwartaal 2025</t>
         </is>
       </c>
       <c r="D50" t="inlineStr">
         <is>
-          <t>4de kwartaal 2024</t>
-[...8 lines deleted...]
-        <v>0.001888898428779935</v>
+          <t>Januari 2025</t>
+        </is>
+      </c>
+      <c r="E50" s="2" t="n">
+        <v>0.01889844215544396</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" t="inlineStr">
         <is>
           <t>Totaal</t>
         </is>
       </c>
       <c r="B51" t="inlineStr">
         <is>
           <t>5. Meubelen, huishoudelijke apparaten en normaal onderhoud van de woning</t>
         </is>
       </c>
       <c r="C51" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>1ste kwartaal 2025</t>
         </is>
       </c>
       <c r="D51" t="inlineStr">
         <is>
-          <t>4de kwartaal 2024</t>
-[...8 lines deleted...]
-        <v>-0.0024545069826492714</v>
+          <t>Februari 2025</t>
+        </is>
+      </c>
+      <c r="E51" s="2" t="n">
+        <v>0.019750606745334423</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" t="inlineStr">
         <is>
           <t>Totaal</t>
         </is>
       </c>
       <c r="B52" t="inlineStr">
         <is>
           <t>5. Meubelen, huishoudelijke apparaten en normaal onderhoud van de woning</t>
         </is>
       </c>
       <c r="C52" t="inlineStr">
         <is>
-          <t>2025</t>
+          <t>1ste kwartaal 2025</t>
         </is>
       </c>
       <c r="D52" t="inlineStr">
         <is>
-          <t>1ste kwartaal 2025</t>
-[...8 lines deleted...]
-        <v>0.01889844215544396</v>
+          <t>Maart 2025</t>
+        </is>
+      </c>
+      <c r="E52" s="2" t="n">
+        <v>0.02545392838961478</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" t="inlineStr">
         <is>
           <t>Totaal</t>
         </is>
       </c>
       <c r="B53" t="inlineStr">
         <is>
           <t>5. Meubelen, huishoudelijke apparaten en normaal onderhoud van de woning</t>
         </is>
       </c>
       <c r="C53" t="inlineStr">
         <is>
-          <t>2025</t>
+          <t>2de kwartaal 2025</t>
         </is>
       </c>
       <c r="D53" t="inlineStr">
         <is>
-          <t>1ste kwartaal 2025</t>
-[...8 lines deleted...]
-        <v>0.019750606745334423</v>
+          <t>April 2025</t>
+        </is>
+      </c>
+      <c r="E53" s="2" t="n">
+        <v>0.02515456932328295</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" t="inlineStr">
         <is>
           <t>Totaal</t>
         </is>
       </c>
       <c r="B54" t="inlineStr">
         <is>
           <t>5. Meubelen, huishoudelijke apparaten en normaal onderhoud van de woning</t>
         </is>
       </c>
       <c r="C54" t="inlineStr">
         <is>
-          <t>2025</t>
+          <t>2de kwartaal 2025</t>
         </is>
       </c>
       <c r="D54" t="inlineStr">
         <is>
-          <t>1ste kwartaal 2025</t>
-[...8 lines deleted...]
-        <v>0.02545392838961478</v>
+          <t>Mei 2025</t>
+        </is>
+      </c>
+      <c r="E54" s="2" t="n">
+        <v>0.02512520159578977</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" t="inlineStr">
         <is>
           <t>Totaal</t>
         </is>
       </c>
       <c r="B55" t="inlineStr">
         <is>
           <t>5. Meubelen, huishoudelijke apparaten en normaal onderhoud van de woning</t>
         </is>
       </c>
       <c r="C55" t="inlineStr">
         <is>
-          <t>2025</t>
+          <t>2de kwartaal 2025</t>
         </is>
       </c>
       <c r="D55" t="inlineStr">
         <is>
-          <t>2de kwartaal 2025</t>
-[...8 lines deleted...]
-        <v>0.02515456932328295</v>
+          <t>Juni 2025</t>
+        </is>
+      </c>
+      <c r="E55" s="2" t="n">
+        <v>0.027183975761656418</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" t="inlineStr">
         <is>
           <t>Totaal</t>
         </is>
       </c>
       <c r="B56" t="inlineStr">
         <is>
           <t>5. Meubelen, huishoudelijke apparaten en normaal onderhoud van de woning</t>
         </is>
       </c>
       <c r="C56" t="inlineStr">
         <is>
-          <t>2025</t>
+          <t>3de kwartaal 2025</t>
         </is>
       </c>
       <c r="D56" t="inlineStr">
         <is>
-          <t>2de kwartaal 2025</t>
-[...8 lines deleted...]
-        <v>0.02512520159578977</v>
+          <t>Juli 2025</t>
+        </is>
+      </c>
+      <c r="E56" s="2" t="n">
+        <v>0.022674568410203513</v>
       </c>
     </row>
     <row r="57">
       <c r="A57" t="inlineStr">
         <is>
           <t>Totaal</t>
         </is>
       </c>
       <c r="B57" t="inlineStr">
         <is>
           <t>5. Meubelen, huishoudelijke apparaten en normaal onderhoud van de woning</t>
         </is>
       </c>
       <c r="C57" t="inlineStr">
         <is>
-          <t>2025</t>
+          <t>3de kwartaal 2025</t>
         </is>
       </c>
       <c r="D57" t="inlineStr">
         <is>
-          <t>2de kwartaal 2025</t>
-[...8 lines deleted...]
-        <v>0.027183975761656418</v>
+          <t>Augustus 2025</t>
+        </is>
+      </c>
+      <c r="E57" s="2" t="n">
+        <v>0.026340306597781287</v>
       </c>
     </row>
     <row r="58">
       <c r="A58" t="inlineStr">
         <is>
           <t>Totaal</t>
         </is>
       </c>
       <c r="B58" t="inlineStr">
         <is>
           <t>5. Meubelen, huishoudelijke apparaten en normaal onderhoud van de woning</t>
         </is>
       </c>
       <c r="C58" t="inlineStr">
         <is>
-          <t>2025</t>
+          <t>3de kwartaal 2025</t>
         </is>
       </c>
       <c r="D58" t="inlineStr">
         <is>
-          <t>3de kwartaal 2025</t>
-[...8 lines deleted...]
-        <v>0.022674568410203513</v>
+          <t>September 2025</t>
+        </is>
+      </c>
+      <c r="E58" s="2" t="n">
+        <v>0.0330016160585186</v>
       </c>
     </row>
     <row r="59">
       <c r="A59" t="inlineStr">
         <is>
           <t>Totaal</t>
         </is>
       </c>
       <c r="B59" t="inlineStr">
         <is>
           <t>5. Meubelen, huishoudelijke apparaten en normaal onderhoud van de woning</t>
         </is>
       </c>
       <c r="C59" t="inlineStr">
         <is>
-          <t>2025</t>
+          <t>4de kwartaal 2025</t>
         </is>
       </c>
       <c r="D59" t="inlineStr">
         <is>
-          <t>3de kwartaal 2025</t>
-[...8 lines deleted...]
-        <v>0.026340306597781287</v>
+          <t>Oktober 2025</t>
+        </is>
+      </c>
+      <c r="E59" s="2" t="n">
+        <v>0.02153170649328725</v>
       </c>
     </row>
     <row r="60">
       <c r="A60" t="inlineStr">
         <is>
           <t>Totaal</t>
         </is>
       </c>
       <c r="B60" t="inlineStr">
         <is>
           <t>5. Meubelen, huishoudelijke apparaten en normaal onderhoud van de woning</t>
         </is>
       </c>
       <c r="C60" t="inlineStr">
         <is>
-          <t>2025</t>
+          <t>4de kwartaal 2025</t>
         </is>
       </c>
       <c r="D60" t="inlineStr">
         <is>
-          <t>3de kwartaal 2025</t>
-[...8 lines deleted...]
-        <v>0.0330016160585186</v>
+          <t>November 2025</t>
+        </is>
+      </c>
+      <c r="E60" s="2" t="n">
+        <v>0.028365755420344575</v>
       </c>
     </row>
     <row r="61">
       <c r="A61" t="inlineStr">
         <is>
           <t>Totaal</t>
         </is>
       </c>
       <c r="B61" t="inlineStr">
         <is>
           <t>5. Meubelen, huishoudelijke apparaten en normaal onderhoud van de woning</t>
         </is>
       </c>
       <c r="C61" t="inlineStr">
         <is>
-          <t>2025</t>
+          <t>4de kwartaal 2025</t>
         </is>
       </c>
       <c r="D61" t="inlineStr">
         <is>
-          <t>4de kwartaal 2025</t>
-[...8 lines deleted...]
-        <v>0.02153170649328725</v>
+          <t>December 2025</t>
+        </is>
+      </c>
+      <c r="E61" s="2" t="n">
+        <v>0.027914474800611145</v>
       </c>
     </row>
     <row r="62">
       <c r="A62" t="inlineStr">
         <is>
           <t>Totaal</t>
         </is>
       </c>
       <c r="B62" t="inlineStr">
         <is>
           <t>6. Gezondheid</t>
         </is>
       </c>
       <c r="C62" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>1ste kwartaal 2025</t>
         </is>
       </c>
       <c r="D62" t="inlineStr">
         <is>
-          <t>4de kwartaal 2024</t>
-[...8 lines deleted...]
-        <v>0.020717623203738118</v>
+          <t>Januari 2025</t>
+        </is>
+      </c>
+      <c r="E62" s="2" t="n">
+        <v>0.025265725736191104</v>
       </c>
     </row>
     <row r="63">
       <c r="A63" t="inlineStr">
         <is>
           <t>Totaal</t>
         </is>
       </c>
       <c r="B63" t="inlineStr">
         <is>
           <t>6. Gezondheid</t>
         </is>
       </c>
       <c r="C63" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>1ste kwartaal 2025</t>
         </is>
       </c>
       <c r="D63" t="inlineStr">
         <is>
-          <t>4de kwartaal 2024</t>
-[...8 lines deleted...]
-        <v>0.02015490230593205</v>
+          <t>Februari 2025</t>
+        </is>
+      </c>
+      <c r="E63" s="2" t="n">
+        <v>0.025603065401027615</v>
       </c>
     </row>
     <row r="64">
       <c r="A64" t="inlineStr">
         <is>
           <t>Totaal</t>
         </is>
       </c>
       <c r="B64" t="inlineStr">
         <is>
           <t>6. Gezondheid</t>
         </is>
       </c>
       <c r="C64" t="inlineStr">
         <is>
-          <t>2025</t>
+          <t>1ste kwartaal 2025</t>
         </is>
       </c>
       <c r="D64" t="inlineStr">
         <is>
-          <t>1ste kwartaal 2025</t>
-[...8 lines deleted...]
-        <v>0.025265725736191104</v>
+          <t>Maart 2025</t>
+        </is>
+      </c>
+      <c r="E64" s="2" t="n">
+        <v>0.025478260869565263</v>
       </c>
     </row>
     <row r="65">
       <c r="A65" t="inlineStr">
         <is>
           <t>Totaal</t>
         </is>
       </c>
       <c r="B65" t="inlineStr">
         <is>
           <t>6. Gezondheid</t>
         </is>
       </c>
       <c r="C65" t="inlineStr">
         <is>
-          <t>2025</t>
+          <t>2de kwartaal 2025</t>
         </is>
       </c>
       <c r="D65" t="inlineStr">
         <is>
-          <t>1ste kwartaal 2025</t>
-[...8 lines deleted...]
-        <v>0.025603065401027615</v>
+          <t>April 2025</t>
+        </is>
+      </c>
+      <c r="E65" s="2" t="n">
+        <v>0.025195482189400577</v>
       </c>
     </row>
     <row r="66">
       <c r="A66" t="inlineStr">
         <is>
           <t>Totaal</t>
         </is>
       </c>
       <c r="B66" t="inlineStr">
         <is>
           <t>6. Gezondheid</t>
         </is>
       </c>
       <c r="C66" t="inlineStr">
         <is>
-          <t>2025</t>
+          <t>2de kwartaal 2025</t>
         </is>
       </c>
       <c r="D66" t="inlineStr">
         <is>
-          <t>1ste kwartaal 2025</t>
-[...8 lines deleted...]
-        <v>0.025478260869565263</v>
+          <t>Mei 2025</t>
+        </is>
+      </c>
+      <c r="E66" s="2" t="n">
+        <v>0.025104239054899315</v>
       </c>
     </row>
     <row r="67">
       <c r="A67" t="inlineStr">
         <is>
           <t>Totaal</t>
         </is>
       </c>
       <c r="B67" t="inlineStr">
         <is>
           <t>6. Gezondheid</t>
         </is>
       </c>
       <c r="C67" t="inlineStr">
         <is>
-          <t>2025</t>
+          <t>2de kwartaal 2025</t>
         </is>
       </c>
       <c r="D67" t="inlineStr">
         <is>
-          <t>2de kwartaal 2025</t>
-[...8 lines deleted...]
-        <v>0.025195482189400577</v>
+          <t>Juni 2025</t>
+        </is>
+      </c>
+      <c r="E67" s="2" t="n">
+        <v>0.024815618221258304</v>
       </c>
     </row>
     <row r="68">
       <c r="A68" t="inlineStr">
         <is>
           <t>Totaal</t>
         </is>
       </c>
       <c r="B68" t="inlineStr">
         <is>
           <t>6. Gezondheid</t>
         </is>
       </c>
       <c r="C68" t="inlineStr">
         <is>
-          <t>2025</t>
+          <t>3de kwartaal 2025</t>
         </is>
       </c>
       <c r="D68" t="inlineStr">
         <is>
-          <t>2de kwartaal 2025</t>
-[...8 lines deleted...]
-        <v>0.025104239054899315</v>
+          <t>Juli 2025</t>
+        </is>
+      </c>
+      <c r="E68" s="2" t="n">
+        <v>0.024963162000520046</v>
       </c>
     </row>
     <row r="69">
       <c r="A69" t="inlineStr">
         <is>
           <t>Totaal</t>
         </is>
       </c>
       <c r="B69" t="inlineStr">
         <is>
           <t>6. Gezondheid</t>
         </is>
       </c>
       <c r="C69" t="inlineStr">
         <is>
-          <t>2025</t>
+          <t>3de kwartaal 2025</t>
         </is>
       </c>
       <c r="D69" t="inlineStr">
         <is>
-          <t>2de kwartaal 2025</t>
-[...8 lines deleted...]
-        <v>0.024815618221258304</v>
+          <t>Augustus 2025</t>
+        </is>
+      </c>
+      <c r="E69" s="2" t="n">
+        <v>0.024497922437673212</v>
       </c>
     </row>
     <row r="70">
       <c r="A70" t="inlineStr">
         <is>
           <t>Totaal</t>
         </is>
       </c>
       <c r="B70" t="inlineStr">
         <is>
           <t>6. Gezondheid</t>
         </is>
       </c>
       <c r="C70" t="inlineStr">
         <is>
-          <t>2025</t>
+          <t>3de kwartaal 2025</t>
         </is>
       </c>
       <c r="D70" t="inlineStr">
         <is>
-          <t>3de kwartaal 2025</t>
-[...8 lines deleted...]
-        <v>0.024963162000520046</v>
+          <t>September 2025</t>
+        </is>
+      </c>
+      <c r="E70" s="2" t="n">
+        <v>0.024044282996021547</v>
       </c>
     </row>
     <row r="71">
       <c r="A71" t="inlineStr">
         <is>
           <t>Totaal</t>
         </is>
       </c>
       <c r="B71" t="inlineStr">
         <is>
           <t>6. Gezondheid</t>
         </is>
       </c>
       <c r="C71" t="inlineStr">
         <is>
-          <t>2025</t>
+          <t>4de kwartaal 2025</t>
         </is>
       </c>
       <c r="D71" t="inlineStr">
         <is>
-          <t>3de kwartaal 2025</t>
-[...8 lines deleted...]
-        <v>0.024497922437673212</v>
+          <t>Oktober 2025</t>
+        </is>
+      </c>
+      <c r="E71" s="2" t="n">
+        <v>0.023159350155548125</v>
       </c>
     </row>
     <row r="72">
       <c r="A72" t="inlineStr">
         <is>
           <t>Totaal</t>
         </is>
       </c>
       <c r="B72" t="inlineStr">
         <is>
           <t>6. Gezondheid</t>
         </is>
       </c>
       <c r="C72" t="inlineStr">
         <is>
-          <t>2025</t>
+          <t>4de kwartaal 2025</t>
         </is>
       </c>
       <c r="D72" t="inlineStr">
         <is>
-          <t>3de kwartaal 2025</t>
-[...8 lines deleted...]
-        <v>0.024044282996021547</v>
+          <t>November 2025</t>
+        </is>
+      </c>
+      <c r="E72" s="2" t="n">
+        <v>0.02340646052858872</v>
       </c>
     </row>
     <row r="73">
       <c r="A73" t="inlineStr">
         <is>
           <t>Totaal</t>
         </is>
       </c>
       <c r="B73" t="inlineStr">
         <is>
           <t>6. Gezondheid</t>
         </is>
       </c>
       <c r="C73" t="inlineStr">
         <is>
-          <t>2025</t>
+          <t>4de kwartaal 2025</t>
         </is>
       </c>
       <c r="D73" t="inlineStr">
         <is>
-          <t>4de kwartaal 2025</t>
-[...8 lines deleted...]
-        <v>0.023159350155548125</v>
+          <t>December 2025</t>
+        </is>
+      </c>
+      <c r="E73" s="2" t="n">
+        <v>0.023121387283237066</v>
       </c>
     </row>
     <row r="74">
       <c r="A74" t="inlineStr">
         <is>
           <t>Totaal</t>
         </is>
       </c>
       <c r="B74" t="inlineStr">
         <is>
           <t>7. Vervoer</t>
         </is>
       </c>
       <c r="C74" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>1ste kwartaal 2025</t>
         </is>
       </c>
       <c r="D74" t="inlineStr">
         <is>
-          <t>4de kwartaal 2024</t>
-[...8 lines deleted...]
-        <v>-0.004462957453138865</v>
+          <t>Januari 2025</t>
+        </is>
+      </c>
+      <c r="E74" s="2" t="n">
+        <v>0.018819439195828135</v>
       </c>
     </row>
     <row r="75">
       <c r="A75" t="inlineStr">
         <is>
           <t>Totaal</t>
         </is>
       </c>
       <c r="B75" t="inlineStr">
         <is>
           <t>7. Vervoer</t>
         </is>
       </c>
       <c r="C75" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>1ste kwartaal 2025</t>
         </is>
       </c>
       <c r="D75" t="inlineStr">
         <is>
-          <t>4de kwartaal 2024</t>
-[...8 lines deleted...]
-        <v>0.01140541757334716</v>
+          <t>Februari 2025</t>
+        </is>
+      </c>
+      <c r="E75" s="2" t="n">
+        <v>0.011543904073880992</v>
       </c>
     </row>
     <row r="76">
       <c r="A76" t="inlineStr">
         <is>
           <t>Totaal</t>
         </is>
       </c>
       <c r="B76" t="inlineStr">
         <is>
           <t>7. Vervoer</t>
         </is>
       </c>
       <c r="C76" t="inlineStr">
         <is>
-          <t>2025</t>
+          <t>1ste kwartaal 2025</t>
         </is>
       </c>
       <c r="D76" t="inlineStr">
         <is>
-          <t>1ste kwartaal 2025</t>
-[...8 lines deleted...]
-        <v>0.018819439195828135</v>
+          <t>Maart 2025</t>
+        </is>
+      </c>
+      <c r="E76" s="2" t="n">
+        <v>-0.008062726533027672</v>
       </c>
     </row>
     <row r="77">
       <c r="A77" t="inlineStr">
         <is>
           <t>Totaal</t>
         </is>
       </c>
       <c r="B77" t="inlineStr">
         <is>
           <t>7. Vervoer</t>
         </is>
       </c>
       <c r="C77" t="inlineStr">
         <is>
-          <t>2025</t>
+          <t>2de kwartaal 2025</t>
         </is>
       </c>
       <c r="D77" t="inlineStr">
         <is>
-          <t>1ste kwartaal 2025</t>
-[...8 lines deleted...]
-        <v>0.011543904073880992</v>
+          <t>April 2025</t>
+        </is>
+      </c>
+      <c r="E77" s="2" t="n">
+        <v>-0.012642410878353539</v>
       </c>
     </row>
     <row r="78">
       <c r="A78" t="inlineStr">
         <is>
           <t>Totaal</t>
         </is>
       </c>
       <c r="B78" t="inlineStr">
         <is>
           <t>7. Vervoer</t>
         </is>
       </c>
       <c r="C78" t="inlineStr">
         <is>
-          <t>2025</t>
+          <t>2de kwartaal 2025</t>
         </is>
       </c>
       <c r="D78" t="inlineStr">
         <is>
-          <t>1ste kwartaal 2025</t>
-[...8 lines deleted...]
-        <v>-0.008062726533027672</v>
+          <t>Mei 2025</t>
+        </is>
+      </c>
+      <c r="E78" s="2" t="n">
+        <v>-0.010050994013746354</v>
       </c>
     </row>
     <row r="79">
       <c r="A79" t="inlineStr">
         <is>
           <t>Totaal</t>
         </is>
       </c>
       <c r="B79" t="inlineStr">
         <is>
           <t>7. Vervoer</t>
         </is>
       </c>
       <c r="C79" t="inlineStr">
         <is>
-          <t>2025</t>
+          <t>2de kwartaal 2025</t>
         </is>
       </c>
       <c r="D79" t="inlineStr">
         <is>
-          <t>2de kwartaal 2025</t>
-[...8 lines deleted...]
-        <v>-0.012642410878353539</v>
+          <t>Juni 2025</t>
+        </is>
+      </c>
+      <c r="E79" s="2" t="n">
+        <v>-0.001038883941822392</v>
       </c>
     </row>
     <row r="80">
       <c r="A80" t="inlineStr">
         <is>
           <t>Totaal</t>
         </is>
       </c>
       <c r="B80" t="inlineStr">
         <is>
           <t>7. Vervoer</t>
         </is>
       </c>
       <c r="C80" t="inlineStr">
         <is>
-          <t>2025</t>
+          <t>3de kwartaal 2025</t>
         </is>
       </c>
       <c r="D80" t="inlineStr">
         <is>
-          <t>2de kwartaal 2025</t>
-[...8 lines deleted...]
-        <v>-0.010050994013746354</v>
+          <t>Juli 2025</t>
+        </is>
+      </c>
+      <c r="E80" s="2" t="n">
+        <v>-0.00372888791401639</v>
       </c>
     </row>
     <row r="81">
       <c r="A81" t="inlineStr">
         <is>
           <t>Totaal</t>
         </is>
       </c>
       <c r="B81" t="inlineStr">
         <is>
           <t>7. Vervoer</t>
         </is>
       </c>
       <c r="C81" t="inlineStr">
         <is>
-          <t>2025</t>
+          <t>3de kwartaal 2025</t>
         </is>
       </c>
       <c r="D81" t="inlineStr">
         <is>
-          <t>2de kwartaal 2025</t>
-[...8 lines deleted...]
-        <v>-0.001038883941822392</v>
+          <t>Augustus 2025</t>
+        </is>
+      </c>
+      <c r="E81" s="2" t="n">
+        <v>0.008862629246676499</v>
       </c>
     </row>
     <row r="82">
       <c r="A82" t="inlineStr">
         <is>
           <t>Totaal</t>
         </is>
       </c>
       <c r="B82" t="inlineStr">
         <is>
           <t>7. Vervoer</t>
         </is>
       </c>
       <c r="C82" t="inlineStr">
         <is>
-          <t>2025</t>
+          <t>3de kwartaal 2025</t>
         </is>
       </c>
       <c r="D82" t="inlineStr">
         <is>
-          <t>3de kwartaal 2025</t>
-[...8 lines deleted...]
-        <v>-0.00372888791401639</v>
+          <t>September 2025</t>
+        </is>
+      </c>
+      <c r="E82" s="2" t="n">
+        <v>0.018644702358667175</v>
       </c>
     </row>
     <row r="83">
       <c r="A83" t="inlineStr">
         <is>
           <t>Totaal</t>
         </is>
       </c>
       <c r="B83" t="inlineStr">
         <is>
           <t>7. Vervoer</t>
         </is>
       </c>
       <c r="C83" t="inlineStr">
         <is>
-          <t>2025</t>
+          <t>4de kwartaal 2025</t>
         </is>
       </c>
       <c r="D83" t="inlineStr">
         <is>
-          <t>3de kwartaal 2025</t>
-[...8 lines deleted...]
-        <v>0.008862629246676499</v>
+          <t>Oktober 2025</t>
+        </is>
+      </c>
+      <c r="E83" s="2" t="n">
+        <v>0.01589433624356401</v>
       </c>
     </row>
     <row r="84">
       <c r="A84" t="inlineStr">
         <is>
           <t>Totaal</t>
         </is>
       </c>
       <c r="B84" t="inlineStr">
         <is>
           <t>7. Vervoer</t>
         </is>
       </c>
       <c r="C84" t="inlineStr">
         <is>
-          <t>2025</t>
+          <t>4de kwartaal 2025</t>
         </is>
       </c>
       <c r="D84" t="inlineStr">
         <is>
-          <t>3de kwartaal 2025</t>
-[...8 lines deleted...]
-        <v>0.018644702358667175</v>
+          <t>November 2025</t>
+        </is>
+      </c>
+      <c r="E84" s="2" t="n">
+        <v>0.020845786013149976</v>
       </c>
     </row>
     <row r="85">
       <c r="A85" t="inlineStr">
         <is>
           <t>Totaal</t>
         </is>
       </c>
       <c r="B85" t="inlineStr">
         <is>
           <t>7. Vervoer</t>
         </is>
       </c>
       <c r="C85" t="inlineStr">
         <is>
-          <t>2025</t>
+          <t>4de kwartaal 2025</t>
         </is>
       </c>
       <c r="D85" t="inlineStr">
         <is>
-          <t>4de kwartaal 2025</t>
-[...8 lines deleted...]
-        <v>0.01589433624356401</v>
+          <t>December 2025</t>
+        </is>
+      </c>
+      <c r="E85" s="2" t="n">
+        <v>0.018176422583277962</v>
       </c>
     </row>
     <row r="86">
       <c r="A86" t="inlineStr">
         <is>
           <t>Totaal</t>
         </is>
       </c>
       <c r="B86" t="inlineStr">
         <is>
           <t>8. Communicatie</t>
         </is>
       </c>
       <c r="C86" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>1ste kwartaal 2025</t>
         </is>
       </c>
       <c r="D86" t="inlineStr">
         <is>
-          <t>4de kwartaal 2024</t>
-[...8 lines deleted...]
-        <v>0.022557077625570878</v>
+          <t>Januari 2025</t>
+        </is>
+      </c>
+      <c r="E86" s="2" t="n">
+        <v>-0.014121244828206586</v>
       </c>
     </row>
     <row r="87">
       <c r="A87" t="inlineStr">
         <is>
           <t>Totaal</t>
         </is>
       </c>
       <c r="B87" t="inlineStr">
         <is>
           <t>8. Communicatie</t>
         </is>
       </c>
       <c r="C87" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>1ste kwartaal 2025</t>
         </is>
       </c>
       <c r="D87" t="inlineStr">
         <is>
-          <t>4de kwartaal 2024</t>
-[...8 lines deleted...]
-        <v>0.02066642388929359</v>
+          <t>Februari 2025</t>
+        </is>
+      </c>
+      <c r="E87" s="2" t="n">
+        <v>-0.008515596988167869</v>
       </c>
     </row>
     <row r="88">
       <c r="A88" t="inlineStr">
         <is>
           <t>Totaal</t>
         </is>
       </c>
       <c r="B88" t="inlineStr">
         <is>
           <t>8. Communicatie</t>
         </is>
       </c>
       <c r="C88" t="inlineStr">
         <is>
-          <t>2025</t>
+          <t>1ste kwartaal 2025</t>
         </is>
       </c>
       <c r="D88" t="inlineStr">
         <is>
-          <t>1ste kwartaal 2025</t>
-[...8 lines deleted...]
-        <v>-0.014121244828206586</v>
+          <t>Maart 2025</t>
+        </is>
+      </c>
+      <c r="E88" s="2" t="n">
+        <v>-0.011652922194334933</v>
       </c>
     </row>
     <row r="89">
       <c r="A89" t="inlineStr">
         <is>
           <t>Totaal</t>
         </is>
       </c>
       <c r="B89" t="inlineStr">
         <is>
           <t>8. Communicatie</t>
         </is>
       </c>
       <c r="C89" t="inlineStr">
         <is>
-          <t>2025</t>
+          <t>2de kwartaal 2025</t>
         </is>
       </c>
       <c r="D89" t="inlineStr">
         <is>
-          <t>1ste kwartaal 2025</t>
-[...8 lines deleted...]
-        <v>-0.008515596988167869</v>
+          <t>April 2025</t>
+        </is>
+      </c>
+      <c r="E89" s="2" t="n">
+        <v>-0.013562062151967029</v>
       </c>
     </row>
     <row r="90">
       <c r="A90" t="inlineStr">
         <is>
           <t>Totaal</t>
         </is>
       </c>
       <c r="B90" t="inlineStr">
         <is>
           <t>8. Communicatie</t>
         </is>
       </c>
       <c r="C90" t="inlineStr">
         <is>
-          <t>2025</t>
+          <t>2de kwartaal 2025</t>
         </is>
       </c>
       <c r="D90" t="inlineStr">
         <is>
-          <t>1ste kwartaal 2025</t>
-[...8 lines deleted...]
-        <v>-0.011652922194334933</v>
+          <t>Mei 2025</t>
+        </is>
+      </c>
+      <c r="E90" s="2" t="n">
+        <v>0.006375718390804664</v>
       </c>
     </row>
     <row r="91">
       <c r="A91" t="inlineStr">
         <is>
           <t>Totaal</t>
         </is>
       </c>
       <c r="B91" t="inlineStr">
         <is>
           <t>8. Communicatie</t>
         </is>
       </c>
       <c r="C91" t="inlineStr">
         <is>
-          <t>2025</t>
+          <t>2de kwartaal 2025</t>
         </is>
       </c>
       <c r="D91" t="inlineStr">
         <is>
-          <t>2de kwartaal 2025</t>
-[...8 lines deleted...]
-        <v>-0.013562062151967029</v>
+          <t>Juni 2025</t>
+        </is>
+      </c>
+      <c r="E91" s="2" t="n">
+        <v>-0.002402135231316835</v>
       </c>
     </row>
     <row r="92">
       <c r="A92" t="inlineStr">
         <is>
           <t>Totaal</t>
         </is>
       </c>
       <c r="B92" t="inlineStr">
         <is>
           <t>8. Communicatie</t>
         </is>
       </c>
       <c r="C92" t="inlineStr">
         <is>
-          <t>2025</t>
+          <t>3de kwartaal 2025</t>
         </is>
       </c>
       <c r="D92" t="inlineStr">
         <is>
-          <t>2de kwartaal 2025</t>
-[...8 lines deleted...]
-        <v>0.006375718390804664</v>
+          <t>Juli 2025</t>
+        </is>
+      </c>
+      <c r="E92" s="2" t="n">
+        <v>0.004983980064079869</v>
       </c>
     </row>
     <row r="93">
       <c r="A93" t="inlineStr">
         <is>
           <t>Totaal</t>
         </is>
       </c>
       <c r="B93" t="inlineStr">
         <is>
           <t>8. Communicatie</t>
         </is>
       </c>
       <c r="C93" t="inlineStr">
         <is>
-          <t>2025</t>
+          <t>3de kwartaal 2025</t>
         </is>
       </c>
       <c r="D93" t="inlineStr">
         <is>
-          <t>2de kwartaal 2025</t>
-[...8 lines deleted...]
-        <v>-0.002402135231316835</v>
+          <t>Augustus 2025</t>
+        </is>
+      </c>
+      <c r="E93" s="2" t="n">
+        <v>0.004900213827512507</v>
       </c>
     </row>
     <row r="94">
       <c r="A94" t="inlineStr">
         <is>
           <t>Totaal</t>
         </is>
       </c>
       <c r="B94" t="inlineStr">
         <is>
           <t>8. Communicatie</t>
         </is>
       </c>
       <c r="C94" t="inlineStr">
         <is>
-          <t>2025</t>
+          <t>3de kwartaal 2025</t>
         </is>
       </c>
       <c r="D94" t="inlineStr">
         <is>
-          <t>3de kwartaal 2025</t>
-[...8 lines deleted...]
-        <v>0.004983980064079869</v>
+          <t>September 2025</t>
+        </is>
+      </c>
+      <c r="E94" s="2" t="n">
+        <v>0.0051776468487769916</v>
       </c>
     </row>
     <row r="95">
       <c r="A95" t="inlineStr">
         <is>
           <t>Totaal</t>
         </is>
       </c>
       <c r="B95" t="inlineStr">
         <is>
           <t>8. Communicatie</t>
         </is>
       </c>
       <c r="C95" t="inlineStr">
         <is>
-          <t>2025</t>
+          <t>4de kwartaal 2025</t>
         </is>
       </c>
       <c r="D95" t="inlineStr">
         <is>
-          <t>3de kwartaal 2025</t>
-[...8 lines deleted...]
-        <v>0.004900213827512507</v>
+          <t>Oktober 2025</t>
+        </is>
+      </c>
+      <c r="E95" s="2" t="n">
+        <v>0.004633755123863786</v>
       </c>
     </row>
     <row r="96">
       <c r="A96" t="inlineStr">
         <is>
           <t>Totaal</t>
         </is>
       </c>
       <c r="B96" t="inlineStr">
         <is>
           <t>8. Communicatie</t>
         </is>
       </c>
       <c r="C96" t="inlineStr">
         <is>
-          <t>2025</t>
+          <t>4de kwartaal 2025</t>
         </is>
       </c>
       <c r="D96" t="inlineStr">
         <is>
-          <t>3de kwartaal 2025</t>
-[...8 lines deleted...]
-        <v>0.0051776468487769916</v>
+          <t>November 2025</t>
+        </is>
+      </c>
+      <c r="E96" s="2" t="n">
+        <v>0.005626507100116049</v>
       </c>
     </row>
     <row r="97">
       <c r="A97" t="inlineStr">
         <is>
           <t>Totaal</t>
         </is>
       </c>
       <c r="B97" t="inlineStr">
         <is>
           <t>8. Communicatie</t>
         </is>
       </c>
       <c r="C97" t="inlineStr">
         <is>
-          <t>2025</t>
+          <t>4de kwartaal 2025</t>
         </is>
       </c>
       <c r="D97" t="inlineStr">
         <is>
-          <t>4de kwartaal 2025</t>
-[...8 lines deleted...]
-        <v>0.004633755123863786</v>
+          <t>December 2025</t>
+        </is>
+      </c>
+      <c r="E97" s="2" t="n">
+        <v>0.0075818392650075775</v>
       </c>
     </row>
     <row r="98">
       <c r="A98" t="inlineStr">
         <is>
           <t>Totaal</t>
         </is>
       </c>
       <c r="B98" t="inlineStr">
         <is>
           <t>9. Recreatie en cultuur</t>
         </is>
       </c>
       <c r="C98" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>1ste kwartaal 2025</t>
         </is>
       </c>
       <c r="D98" t="inlineStr">
         <is>
-          <t>4de kwartaal 2024</t>
-[...8 lines deleted...]
-        <v>0.013449500930468754</v>
+          <t>Januari 2025</t>
+        </is>
+      </c>
+      <c r="E98" s="2" t="n">
+        <v>0.021228394025843166</v>
       </c>
     </row>
     <row r="99">
       <c r="A99" t="inlineStr">
         <is>
           <t>Totaal</t>
         </is>
       </c>
       <c r="B99" t="inlineStr">
         <is>
           <t>9. Recreatie en cultuur</t>
         </is>
       </c>
       <c r="C99" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>1ste kwartaal 2025</t>
         </is>
       </c>
       <c r="D99" t="inlineStr">
         <is>
-          <t>4de kwartaal 2024</t>
-[...8 lines deleted...]
-        <v>0.01451559389515605</v>
+          <t>Februari 2025</t>
+        </is>
+      </c>
+      <c r="E99" s="2" t="n">
+        <v>0.02965092402464086</v>
       </c>
     </row>
     <row r="100">
       <c r="A100" t="inlineStr">
         <is>
           <t>Totaal</t>
         </is>
       </c>
       <c r="B100" t="inlineStr">
         <is>
           <t>9. Recreatie en cultuur</t>
         </is>
       </c>
       <c r="C100" t="inlineStr">
         <is>
-          <t>2025</t>
+          <t>1ste kwartaal 2025</t>
         </is>
       </c>
       <c r="D100" t="inlineStr">
         <is>
-          <t>1ste kwartaal 2025</t>
-[...8 lines deleted...]
-        <v>0.021228394025843166</v>
+          <t>Maart 2025</t>
+        </is>
+      </c>
+      <c r="E100" s="2" t="n">
+        <v>0.017292735396326427</v>
       </c>
     </row>
     <row r="101">
       <c r="A101" t="inlineStr">
         <is>
           <t>Totaal</t>
         </is>
       </c>
       <c r="B101" t="inlineStr">
         <is>
           <t>9. Recreatie en cultuur</t>
         </is>
       </c>
       <c r="C101" t="inlineStr">
         <is>
-          <t>2025</t>
+          <t>2de kwartaal 2025</t>
         </is>
       </c>
       <c r="D101" t="inlineStr">
         <is>
-          <t>1ste kwartaal 2025</t>
-[...8 lines deleted...]
-        <v>0.02965092402464086</v>
+          <t>April 2025</t>
+        </is>
+      </c>
+      <c r="E101" s="2" t="n">
+        <v>0.005524399430819413</v>
       </c>
     </row>
     <row r="102">
       <c r="A102" t="inlineStr">
         <is>
           <t>Totaal</t>
         </is>
       </c>
       <c r="B102" t="inlineStr">
         <is>
           <t>9. Recreatie en cultuur</t>
         </is>
       </c>
       <c r="C102" t="inlineStr">
         <is>
-          <t>2025</t>
+          <t>2de kwartaal 2025</t>
         </is>
       </c>
       <c r="D102" t="inlineStr">
         <is>
-          <t>1ste kwartaal 2025</t>
-[...8 lines deleted...]
-        <v>0.017292735396326427</v>
+          <t>Mei 2025</t>
+        </is>
+      </c>
+      <c r="E102" s="2" t="n">
+        <v>0.006485947114585079</v>
       </c>
     </row>
     <row r="103">
       <c r="A103" t="inlineStr">
         <is>
           <t>Totaal</t>
         </is>
       </c>
       <c r="B103" t="inlineStr">
         <is>
           <t>9. Recreatie en cultuur</t>
         </is>
       </c>
       <c r="C103" t="inlineStr">
         <is>
-          <t>2025</t>
+          <t>2de kwartaal 2025</t>
         </is>
       </c>
       <c r="D103" t="inlineStr">
         <is>
-          <t>2de kwartaal 2025</t>
-[...8 lines deleted...]
-        <v>0.005524399430819413</v>
+          <t>Juni 2025</t>
+        </is>
+      </c>
+      <c r="E103" s="2" t="n">
+        <v>0.006758427429325111</v>
       </c>
     </row>
     <row r="104">
       <c r="A104" t="inlineStr">
         <is>
           <t>Totaal</t>
         </is>
       </c>
       <c r="B104" t="inlineStr">
         <is>
           <t>9. Recreatie en cultuur</t>
         </is>
       </c>
       <c r="C104" t="inlineStr">
         <is>
-          <t>2025</t>
+          <t>3de kwartaal 2025</t>
         </is>
       </c>
       <c r="D104" t="inlineStr">
         <is>
-          <t>2de kwartaal 2025</t>
-[...8 lines deleted...]
-        <v>0.006485947114585079</v>
+          <t>Juli 2025</t>
+        </is>
+      </c>
+      <c r="E104" s="2" t="n">
+        <v>-0.002116574405731105</v>
       </c>
     </row>
     <row r="105">
       <c r="A105" t="inlineStr">
         <is>
           <t>Totaal</t>
         </is>
       </c>
       <c r="B105" t="inlineStr">
         <is>
           <t>9. Recreatie en cultuur</t>
         </is>
       </c>
       <c r="C105" t="inlineStr">
         <is>
-          <t>2025</t>
+          <t>3de kwartaal 2025</t>
         </is>
       </c>
       <c r="D105" t="inlineStr">
         <is>
-          <t>2de kwartaal 2025</t>
-[...8 lines deleted...]
-        <v>0.006758427429325111</v>
+          <t>Augustus 2025</t>
+        </is>
+      </c>
+      <c r="E105" s="2" t="n">
+        <v>0.004073319755600894</v>
       </c>
     </row>
     <row r="106">
       <c r="A106" t="inlineStr">
         <is>
           <t>Totaal</t>
         </is>
       </c>
       <c r="B106" t="inlineStr">
         <is>
           <t>9. Recreatie en cultuur</t>
         </is>
       </c>
       <c r="C106" t="inlineStr">
         <is>
-          <t>2025</t>
+          <t>3de kwartaal 2025</t>
         </is>
       </c>
       <c r="D106" t="inlineStr">
         <is>
-          <t>3de kwartaal 2025</t>
-[...8 lines deleted...]
-        <v>-0.002116574405731105</v>
+          <t>September 2025</t>
+        </is>
+      </c>
+      <c r="E106" s="2" t="n">
+        <v>0.009533283594462406</v>
       </c>
     </row>
     <row r="107">
       <c r="A107" t="inlineStr">
         <is>
           <t>Totaal</t>
         </is>
       </c>
       <c r="B107" t="inlineStr">
         <is>
           <t>9. Recreatie en cultuur</t>
         </is>
       </c>
       <c r="C107" t="inlineStr">
         <is>
-          <t>2025</t>
+          <t>4de kwartaal 2025</t>
         </is>
       </c>
       <c r="D107" t="inlineStr">
         <is>
-          <t>3de kwartaal 2025</t>
-[...8 lines deleted...]
-        <v>0.004073319755600894</v>
+          <t>Oktober 2025</t>
+        </is>
+      </c>
+      <c r="E107" s="2" t="n">
+        <v>0.00847666858694754</v>
       </c>
     </row>
     <row r="108">
       <c r="A108" t="inlineStr">
         <is>
           <t>Totaal</t>
         </is>
       </c>
       <c r="B108" t="inlineStr">
         <is>
           <t>9. Recreatie en cultuur</t>
         </is>
       </c>
       <c r="C108" t="inlineStr">
         <is>
-          <t>2025</t>
+          <t>4de kwartaal 2025</t>
         </is>
       </c>
       <c r="D108" t="inlineStr">
         <is>
-          <t>3de kwartaal 2025</t>
-[...8 lines deleted...]
-        <v>0.009533283594462406</v>
+          <t>November 2025</t>
+        </is>
+      </c>
+      <c r="E108" s="2" t="n">
+        <v>0.03655788331524925</v>
       </c>
     </row>
     <row r="109">
       <c r="A109" t="inlineStr">
         <is>
           <t>Totaal</t>
         </is>
       </c>
       <c r="B109" t="inlineStr">
         <is>
           <t>9. Recreatie en cultuur</t>
         </is>
       </c>
       <c r="C109" t="inlineStr">
         <is>
-          <t>2025</t>
+          <t>4de kwartaal 2025</t>
         </is>
       </c>
       <c r="D109" t="inlineStr">
         <is>
-          <t>4de kwartaal 2025</t>
-[...8 lines deleted...]
-        <v>0.00847666858694754</v>
+          <t>December 2025</t>
+        </is>
+      </c>
+      <c r="E109" s="2" t="n">
+        <v>0.03229498814487786</v>
       </c>
     </row>
     <row r="110">
       <c r="A110" t="inlineStr">
         <is>
           <t>Totaal</t>
         </is>
       </c>
       <c r="B110" t="inlineStr">
         <is>
           <t>10. Onderwijs</t>
         </is>
       </c>
       <c r="C110" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>1ste kwartaal 2025</t>
         </is>
       </c>
       <c r="D110" t="inlineStr">
         <is>
-          <t>4de kwartaal 2024</t>
-[...7 lines deleted...]
-      <c r="F110" s="2" t="n">
+          <t>Januari 2025</t>
+        </is>
+      </c>
+      <c r="E110" s="2" t="n">
         <v>0.015935683009116464</v>
       </c>
     </row>
     <row r="111">
       <c r="A111" t="inlineStr">
         <is>
           <t>Totaal</t>
         </is>
       </c>
       <c r="B111" t="inlineStr">
         <is>
           <t>10. Onderwijs</t>
         </is>
       </c>
       <c r="C111" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>1ste kwartaal 2025</t>
         </is>
       </c>
       <c r="D111" t="inlineStr">
         <is>
-          <t>4de kwartaal 2024</t>
-[...7 lines deleted...]
-      <c r="F111" s="2" t="n">
+          <t>Februari 2025</t>
+        </is>
+      </c>
+      <c r="E111" s="2" t="n">
         <v>0.015935683009116464</v>
       </c>
     </row>
     <row r="112">
       <c r="A112" t="inlineStr">
         <is>
           <t>Totaal</t>
         </is>
       </c>
       <c r="B112" t="inlineStr">
         <is>
           <t>10. Onderwijs</t>
         </is>
       </c>
       <c r="C112" t="inlineStr">
         <is>
-          <t>2025</t>
+          <t>1ste kwartaal 2025</t>
         </is>
       </c>
       <c r="D112" t="inlineStr">
         <is>
-          <t>1ste kwartaal 2025</t>
-[...7 lines deleted...]
-      <c r="F112" s="2" t="n">
+          <t>Maart 2025</t>
+        </is>
+      </c>
+      <c r="E112" s="2" t="n">
         <v>0.015935683009116464</v>
       </c>
     </row>
     <row r="113">
       <c r="A113" t="inlineStr">
         <is>
           <t>Totaal</t>
         </is>
       </c>
       <c r="B113" t="inlineStr">
         <is>
           <t>10. Onderwijs</t>
         </is>
       </c>
       <c r="C113" t="inlineStr">
         <is>
-          <t>2025</t>
+          <t>2de kwartaal 2025</t>
         </is>
       </c>
       <c r="D113" t="inlineStr">
         <is>
-          <t>1ste kwartaal 2025</t>
-[...7 lines deleted...]
-      <c r="F113" s="2" t="n">
+          <t>April 2025</t>
+        </is>
+      </c>
+      <c r="E113" s="2" t="n">
         <v>0.015935683009116464</v>
       </c>
     </row>
     <row r="114">
       <c r="A114" t="inlineStr">
         <is>
           <t>Totaal</t>
         </is>
       </c>
       <c r="B114" t="inlineStr">
         <is>
           <t>10. Onderwijs</t>
         </is>
       </c>
       <c r="C114" t="inlineStr">
         <is>
-          <t>2025</t>
+          <t>2de kwartaal 2025</t>
         </is>
       </c>
       <c r="D114" t="inlineStr">
         <is>
-          <t>1ste kwartaal 2025</t>
-[...7 lines deleted...]
-      <c r="F114" s="2" t="n">
+          <t>Mei 2025</t>
+        </is>
+      </c>
+      <c r="E114" s="2" t="n">
         <v>0.015935683009116464</v>
       </c>
     </row>
     <row r="115">
       <c r="A115" t="inlineStr">
         <is>
           <t>Totaal</t>
         </is>
       </c>
       <c r="B115" t="inlineStr">
         <is>
           <t>10. Onderwijs</t>
         </is>
       </c>
       <c r="C115" t="inlineStr">
         <is>
-          <t>2025</t>
+          <t>2de kwartaal 2025</t>
         </is>
       </c>
       <c r="D115" t="inlineStr">
         <is>
-          <t>2de kwartaal 2025</t>
-[...7 lines deleted...]
-      <c r="F115" s="2" t="n">
+          <t>Juni 2025</t>
+        </is>
+      </c>
+      <c r="E115" s="2" t="n">
         <v>0.015935683009116464</v>
       </c>
     </row>
     <row r="116">
       <c r="A116" t="inlineStr">
         <is>
           <t>Totaal</t>
         </is>
       </c>
       <c r="B116" t="inlineStr">
         <is>
           <t>10. Onderwijs</t>
         </is>
       </c>
       <c r="C116" t="inlineStr">
         <is>
-          <t>2025</t>
+          <t>3de kwartaal 2025</t>
         </is>
       </c>
       <c r="D116" t="inlineStr">
         <is>
-          <t>2de kwartaal 2025</t>
-[...7 lines deleted...]
-      <c r="F116" s="2" t="n">
+          <t>Juli 2025</t>
+        </is>
+      </c>
+      <c r="E116" s="2" t="n">
         <v>0.015935683009116464</v>
       </c>
     </row>
     <row r="117">
       <c r="A117" t="inlineStr">
         <is>
           <t>Totaal</t>
         </is>
       </c>
       <c r="B117" t="inlineStr">
         <is>
           <t>10. Onderwijs</t>
         </is>
       </c>
       <c r="C117" t="inlineStr">
         <is>
-          <t>2025</t>
+          <t>3de kwartaal 2025</t>
         </is>
       </c>
       <c r="D117" t="inlineStr">
         <is>
-          <t>2de kwartaal 2025</t>
-[...7 lines deleted...]
-      <c r="F117" s="2" t="n">
+          <t>Augustus 2025</t>
+        </is>
+      </c>
+      <c r="E117" s="2" t="n">
         <v>0.015935683009116464</v>
       </c>
     </row>
     <row r="118">
       <c r="A118" t="inlineStr">
         <is>
           <t>Totaal</t>
         </is>
       </c>
       <c r="B118" t="inlineStr">
         <is>
           <t>10. Onderwijs</t>
         </is>
       </c>
       <c r="C118" t="inlineStr">
         <is>
-          <t>2025</t>
+          <t>3de kwartaal 2025</t>
         </is>
       </c>
       <c r="D118" t="inlineStr">
         <is>
-          <t>3de kwartaal 2025</t>
-[...7 lines deleted...]
-      <c r="F118" s="2" t="n">
+          <t>September 2025</t>
+        </is>
+      </c>
+      <c r="E118" s="2" t="n">
         <v>0.015935683009116464</v>
       </c>
     </row>
     <row r="119">
       <c r="A119" t="inlineStr">
         <is>
           <t>Totaal</t>
         </is>
       </c>
       <c r="B119" t="inlineStr">
         <is>
           <t>10. Onderwijs</t>
         </is>
       </c>
       <c r="C119" t="inlineStr">
         <is>
-          <t>2025</t>
+          <t>4de kwartaal 2025</t>
         </is>
       </c>
       <c r="D119" t="inlineStr">
         <is>
-          <t>3de kwartaal 2025</t>
-[...8 lines deleted...]
-        <v>0.015935683009116464</v>
+          <t>Oktober 2025</t>
+        </is>
+      </c>
+      <c r="E119" s="2" t="n">
+        <v>0.022044796156292037</v>
       </c>
     </row>
     <row r="120">
       <c r="A120" t="inlineStr">
         <is>
           <t>Totaal</t>
         </is>
       </c>
       <c r="B120" t="inlineStr">
         <is>
           <t>10. Onderwijs</t>
         </is>
       </c>
       <c r="C120" t="inlineStr">
         <is>
-          <t>2025</t>
+          <t>4de kwartaal 2025</t>
         </is>
       </c>
       <c r="D120" t="inlineStr">
         <is>
-          <t>3de kwartaal 2025</t>
-[...8 lines deleted...]
-        <v>0.015935683009116464</v>
+          <t>November 2025</t>
+        </is>
+      </c>
+      <c r="E120" s="2" t="n">
+        <v>0.022044796156292037</v>
       </c>
     </row>
     <row r="121">
       <c r="A121" t="inlineStr">
         <is>
           <t>Totaal</t>
         </is>
       </c>
       <c r="B121" t="inlineStr">
         <is>
           <t>10. Onderwijs</t>
         </is>
       </c>
       <c r="C121" t="inlineStr">
         <is>
-          <t>2025</t>
+          <t>4de kwartaal 2025</t>
         </is>
       </c>
       <c r="D121" t="inlineStr">
         <is>
-          <t>4de kwartaal 2025</t>
-[...7 lines deleted...]
-      <c r="F121" s="2" t="n">
+          <t>December 2025</t>
+        </is>
+      </c>
+      <c r="E121" s="2" t="n">
         <v>0.022044796156292037</v>
       </c>
     </row>
     <row r="122">
       <c r="A122" t="inlineStr">
         <is>
           <t>Totaal</t>
         </is>
       </c>
       <c r="B122" t="inlineStr">
         <is>
           <t>11. Hotels, restaurants en cafés</t>
         </is>
       </c>
       <c r="C122" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>1ste kwartaal 2025</t>
         </is>
       </c>
       <c r="D122" t="inlineStr">
         <is>
-          <t>4de kwartaal 2024</t>
-[...8 lines deleted...]
-        <v>0.04549536067045817</v>
+          <t>Januari 2025</t>
+        </is>
+      </c>
+      <c r="E122" s="2" t="n">
+        <v>0.05073163485107353</v>
       </c>
     </row>
     <row r="123">
       <c r="A123" t="inlineStr">
         <is>
           <t>Totaal</t>
         </is>
       </c>
       <c r="B123" t="inlineStr">
         <is>
           <t>11. Hotels, restaurants en cafés</t>
         </is>
       </c>
       <c r="C123" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>1ste kwartaal 2025</t>
         </is>
       </c>
       <c r="D123" t="inlineStr">
         <is>
-          <t>4de kwartaal 2024</t>
-[...8 lines deleted...]
-        <v>0.04312865497076028</v>
+          <t>Februari 2025</t>
+        </is>
+      </c>
+      <c r="E123" s="2" t="n">
+        <v>0.04789539410857286</v>
       </c>
     </row>
     <row r="124">
       <c r="A124" t="inlineStr">
         <is>
           <t>Totaal</t>
         </is>
       </c>
       <c r="B124" t="inlineStr">
         <is>
           <t>11. Hotels, restaurants en cafés</t>
         </is>
       </c>
       <c r="C124" t="inlineStr">
         <is>
-          <t>2025</t>
+          <t>1ste kwartaal 2025</t>
         </is>
       </c>
       <c r="D124" t="inlineStr">
         <is>
-          <t>1ste kwartaal 2025</t>
-[...8 lines deleted...]
-        <v>0.05073163485107353</v>
+          <t>Maart 2025</t>
+        </is>
+      </c>
+      <c r="E124" s="2" t="n">
+        <v>0.047073511052361405</v>
       </c>
     </row>
     <row r="125">
       <c r="A125" t="inlineStr">
         <is>
           <t>Totaal</t>
         </is>
       </c>
       <c r="B125" t="inlineStr">
         <is>
           <t>11. Hotels, restaurants en cafés</t>
         </is>
       </c>
       <c r="C125" t="inlineStr">
         <is>
-          <t>2025</t>
+          <t>2de kwartaal 2025</t>
         </is>
       </c>
       <c r="D125" t="inlineStr">
         <is>
-          <t>1ste kwartaal 2025</t>
-[...8 lines deleted...]
-        <v>0.04789539410857286</v>
+          <t>April 2025</t>
+        </is>
+      </c>
+      <c r="E125" s="2" t="n">
+        <v>0.04742625795257388</v>
       </c>
     </row>
     <row r="126">
       <c r="A126" t="inlineStr">
         <is>
           <t>Totaal</t>
         </is>
       </c>
       <c r="B126" t="inlineStr">
         <is>
           <t>11. Hotels, restaurants en cafés</t>
         </is>
       </c>
       <c r="C126" t="inlineStr">
         <is>
-          <t>2025</t>
+          <t>2de kwartaal 2025</t>
         </is>
       </c>
       <c r="D126" t="inlineStr">
         <is>
-          <t>1ste kwartaal 2025</t>
-[...8 lines deleted...]
-        <v>0.047073511052361405</v>
+          <t>Mei 2025</t>
+        </is>
+      </c>
+      <c r="E126" s="2" t="n">
+        <v>0.038848197615970165</v>
       </c>
     </row>
     <row r="127">
       <c r="A127" t="inlineStr">
         <is>
           <t>Totaal</t>
         </is>
       </c>
       <c r="B127" t="inlineStr">
         <is>
           <t>11. Hotels, restaurants en cafés</t>
         </is>
       </c>
       <c r="C127" t="inlineStr">
         <is>
-          <t>2025</t>
+          <t>2de kwartaal 2025</t>
         </is>
       </c>
       <c r="D127" t="inlineStr">
         <is>
-          <t>2de kwartaal 2025</t>
-[...8 lines deleted...]
-        <v>0.04742625795257388</v>
+          <t>Juni 2025</t>
+        </is>
+      </c>
+      <c r="E127" s="2" t="n">
+        <v>0.04405001437194616</v>
       </c>
     </row>
     <row r="128">
       <c r="A128" t="inlineStr">
         <is>
           <t>Totaal</t>
         </is>
       </c>
       <c r="B128" t="inlineStr">
         <is>
           <t>11. Hotels, restaurants en cafés</t>
         </is>
       </c>
       <c r="C128" t="inlineStr">
         <is>
-          <t>2025</t>
+          <t>3de kwartaal 2025</t>
         </is>
       </c>
       <c r="D128" t="inlineStr">
         <is>
-          <t>2de kwartaal 2025</t>
-[...8 lines deleted...]
-        <v>0.038848197615970165</v>
+          <t>Juli 2025</t>
+        </is>
+      </c>
+      <c r="E128" s="2" t="n">
+        <v>0.03354355811213539</v>
       </c>
     </row>
     <row r="129">
       <c r="A129" t="inlineStr">
         <is>
           <t>Totaal</t>
         </is>
       </c>
       <c r="B129" t="inlineStr">
         <is>
           <t>11. Hotels, restaurants en cafés</t>
         </is>
       </c>
       <c r="C129" t="inlineStr">
         <is>
-          <t>2025</t>
+          <t>3de kwartaal 2025</t>
         </is>
       </c>
       <c r="D129" t="inlineStr">
         <is>
-          <t>2de kwartaal 2025</t>
-[...8 lines deleted...]
-        <v>0.04405001437194616</v>
+          <t>Augustus 2025</t>
+        </is>
+      </c>
+      <c r="E129" s="2" t="n">
+        <v>0.03666735981146476</v>
       </c>
     </row>
     <row r="130">
       <c r="A130" t="inlineStr">
         <is>
           <t>Totaal</t>
         </is>
       </c>
       <c r="B130" t="inlineStr">
         <is>
           <t>11. Hotels, restaurants en cafés</t>
         </is>
       </c>
       <c r="C130" t="inlineStr">
         <is>
-          <t>2025</t>
+          <t>3de kwartaal 2025</t>
         </is>
       </c>
       <c r="D130" t="inlineStr">
         <is>
-          <t>3de kwartaal 2025</t>
-[...8 lines deleted...]
-        <v>0.03354355811213539</v>
+          <t>September 2025</t>
+        </is>
+      </c>
+      <c r="E130" s="2" t="n">
+        <v>0.04402425972172679</v>
       </c>
     </row>
     <row r="131">
       <c r="A131" t="inlineStr">
         <is>
           <t>Totaal</t>
         </is>
       </c>
       <c r="B131" t="inlineStr">
         <is>
           <t>11. Hotels, restaurants en cafés</t>
         </is>
       </c>
       <c r="C131" t="inlineStr">
         <is>
-          <t>2025</t>
+          <t>4de kwartaal 2025</t>
         </is>
       </c>
       <c r="D131" t="inlineStr">
         <is>
-          <t>3de kwartaal 2025</t>
-[...8 lines deleted...]
-        <v>0.03666735981146476</v>
+          <t>Oktober 2025</t>
+        </is>
+      </c>
+      <c r="E131" s="2" t="n">
+        <v>0.04537076421380986</v>
       </c>
     </row>
     <row r="132">
       <c r="A132" t="inlineStr">
         <is>
           <t>Totaal</t>
         </is>
       </c>
       <c r="B132" t="inlineStr">
         <is>
           <t>11. Hotels, restaurants en cafés</t>
         </is>
       </c>
       <c r="C132" t="inlineStr">
         <is>
-          <t>2025</t>
+          <t>4de kwartaal 2025</t>
         </is>
       </c>
       <c r="D132" t="inlineStr">
         <is>
-          <t>3de kwartaal 2025</t>
-[...8 lines deleted...]
-        <v>0.04402425972172679</v>
+          <t>November 2025</t>
+        </is>
+      </c>
+      <c r="E132" s="2" t="n">
+        <v>0.04816776409962804</v>
       </c>
     </row>
     <row r="133">
       <c r="A133" t="inlineStr">
         <is>
           <t>Totaal</t>
         </is>
       </c>
       <c r="B133" t="inlineStr">
         <is>
           <t>11. Hotels, restaurants en cafés</t>
         </is>
       </c>
       <c r="C133" t="inlineStr">
         <is>
-          <t>2025</t>
+          <t>4de kwartaal 2025</t>
         </is>
       </c>
       <c r="D133" t="inlineStr">
         <is>
-          <t>4de kwartaal 2025</t>
-[...8 lines deleted...]
-        <v>0.04537076421380986</v>
+          <t>December 2025</t>
+        </is>
+      </c>
+      <c r="E133" s="2" t="n">
+        <v>0.03973370707778581</v>
       </c>
     </row>
     <row r="134">
       <c r="A134" t="inlineStr">
         <is>
           <t>Totaal</t>
         </is>
       </c>
       <c r="B134" t="inlineStr">
         <is>
           <t>12. Diverse goederen en diensten</t>
         </is>
       </c>
       <c r="C134" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>1ste kwartaal 2025</t>
         </is>
       </c>
       <c r="D134" t="inlineStr">
         <is>
-          <t>4de kwartaal 2024</t>
-[...8 lines deleted...]
-        <v>0.033376644469709345</v>
+          <t>Januari 2025</t>
+        </is>
+      </c>
+      <c r="E134" s="2" t="n">
+        <v>0.035545213832945635</v>
       </c>
     </row>
     <row r="135">
       <c r="A135" t="inlineStr">
         <is>
           <t>Totaal</t>
         </is>
       </c>
       <c r="B135" t="inlineStr">
         <is>
           <t>12. Diverse goederen en diensten</t>
         </is>
       </c>
       <c r="C135" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>1ste kwartaal 2025</t>
         </is>
       </c>
       <c r="D135" t="inlineStr">
         <is>
-          <t>4de kwartaal 2024</t>
-[...8 lines deleted...]
-        <v>0.03257618624201764</v>
+          <t>Februari 2025</t>
+        </is>
+      </c>
+      <c r="E135" s="2" t="n">
+        <v>0.036083714216983545</v>
       </c>
     </row>
     <row r="136">
       <c r="A136" t="inlineStr">
         <is>
           <t>Totaal</t>
         </is>
       </c>
       <c r="B136" t="inlineStr">
         <is>
           <t>12. Diverse goederen en diensten</t>
         </is>
       </c>
       <c r="C136" t="inlineStr">
         <is>
-          <t>2025</t>
+          <t>1ste kwartaal 2025</t>
         </is>
       </c>
       <c r="D136" t="inlineStr">
         <is>
-          <t>1ste kwartaal 2025</t>
-[...8 lines deleted...]
-        <v>0.035545213832945635</v>
+          <t>Maart 2025</t>
+        </is>
+      </c>
+      <c r="E136" s="2" t="n">
+        <v>0.03433098591549312</v>
       </c>
     </row>
     <row r="137">
       <c r="A137" t="inlineStr">
         <is>
           <t>Totaal</t>
         </is>
       </c>
       <c r="B137" t="inlineStr">
         <is>
           <t>12. Diverse goederen en diensten</t>
         </is>
       </c>
       <c r="C137" t="inlineStr">
         <is>
-          <t>2025</t>
+          <t>2de kwartaal 2025</t>
         </is>
       </c>
       <c r="D137" t="inlineStr">
         <is>
-          <t>1ste kwartaal 2025</t>
-[...8 lines deleted...]
-        <v>0.036083714216983545</v>
+          <t>April 2025</t>
+        </is>
+      </c>
+      <c r="E137" s="2" t="n">
+        <v>0.0368526696105981</v>
       </c>
     </row>
     <row r="138">
       <c r="A138" t="inlineStr">
         <is>
           <t>Totaal</t>
         </is>
       </c>
       <c r="B138" t="inlineStr">
         <is>
           <t>12. Diverse goederen en diensten</t>
         </is>
       </c>
       <c r="C138" t="inlineStr">
         <is>
-          <t>2025</t>
+          <t>2de kwartaal 2025</t>
         </is>
       </c>
       <c r="D138" t="inlineStr">
         <is>
-          <t>1ste kwartaal 2025</t>
-[...8 lines deleted...]
-        <v>0.03433098591549312</v>
+          <t>Mei 2025</t>
+        </is>
+      </c>
+      <c r="E138" s="2" t="n">
+        <v>0.02984598196472776</v>
       </c>
     </row>
     <row r="139">
       <c r="A139" t="inlineStr">
         <is>
           <t>Totaal</t>
         </is>
       </c>
       <c r="B139" t="inlineStr">
         <is>
           <t>12. Diverse goederen en diensten</t>
         </is>
       </c>
       <c r="C139" t="inlineStr">
         <is>
-          <t>2025</t>
+          <t>2de kwartaal 2025</t>
         </is>
       </c>
       <c r="D139" t="inlineStr">
         <is>
-          <t>2de kwartaal 2025</t>
-[...8 lines deleted...]
-        <v>0.0368526696105981</v>
+          <t>Juni 2025</t>
+        </is>
+      </c>
+      <c r="E139" s="2" t="n">
+        <v>0.030983671843887062</v>
       </c>
     </row>
     <row r="140">
       <c r="A140" t="inlineStr">
         <is>
           <t>Totaal</t>
         </is>
       </c>
       <c r="B140" t="inlineStr">
         <is>
           <t>12. Diverse goederen en diensten</t>
         </is>
       </c>
       <c r="C140" t="inlineStr">
         <is>
-          <t>2025</t>
+          <t>3de kwartaal 2025</t>
         </is>
       </c>
       <c r="D140" t="inlineStr">
         <is>
-          <t>2de kwartaal 2025</t>
-[...8 lines deleted...]
-        <v>0.02984598196472776</v>
+          <t>Juli 2025</t>
+        </is>
+      </c>
+      <c r="E140" s="2" t="n">
+        <v>0.033161443871479686</v>
       </c>
     </row>
     <row r="141">
       <c r="A141" t="inlineStr">
         <is>
           <t>Totaal</t>
         </is>
       </c>
       <c r="B141" t="inlineStr">
         <is>
           <t>12. Diverse goederen en diensten</t>
         </is>
       </c>
       <c r="C141" t="inlineStr">
         <is>
-          <t>2025</t>
+          <t>3de kwartaal 2025</t>
         </is>
       </c>
       <c r="D141" t="inlineStr">
         <is>
-          <t>2de kwartaal 2025</t>
-[...8 lines deleted...]
-        <v>0.030983671843887062</v>
+          <t>Augustus 2025</t>
+        </is>
+      </c>
+      <c r="E141" s="2" t="n">
+        <v>0.030797244873723373</v>
       </c>
     </row>
     <row r="142">
       <c r="A142" t="inlineStr">
         <is>
           <t>Totaal</t>
         </is>
       </c>
       <c r="B142" t="inlineStr">
         <is>
           <t>12. Diverse goederen en diensten</t>
         </is>
       </c>
       <c r="C142" t="inlineStr">
         <is>
-          <t>2025</t>
+          <t>3de kwartaal 2025</t>
         </is>
       </c>
       <c r="D142" t="inlineStr">
         <is>
-          <t>3de kwartaal 2025</t>
-[...8 lines deleted...]
-        <v>0.033161443871479686</v>
+          <t>September 2025</t>
+        </is>
+      </c>
+      <c r="E142" s="2" t="n">
+        <v>0.02772057658799297</v>
       </c>
     </row>
     <row r="143">
       <c r="A143" t="inlineStr">
         <is>
           <t>Totaal</t>
         </is>
       </c>
       <c r="B143" t="inlineStr">
         <is>
           <t>12. Diverse goederen en diensten</t>
         </is>
       </c>
       <c r="C143" t="inlineStr">
         <is>
-          <t>2025</t>
+          <t>4de kwartaal 2025</t>
         </is>
       </c>
       <c r="D143" t="inlineStr">
         <is>
-          <t>3de kwartaal 2025</t>
-[...8 lines deleted...]
-        <v>0.030797244873723373</v>
+          <t>Oktober 2025</t>
+        </is>
+      </c>
+      <c r="E143" s="2" t="n">
+        <v>0.02602523659306009</v>
       </c>
     </row>
     <row r="144">
       <c r="A144" t="inlineStr">
         <is>
           <t>Totaal</t>
         </is>
       </c>
       <c r="B144" t="inlineStr">
         <is>
           <t>12. Diverse goederen en diensten</t>
         </is>
       </c>
       <c r="C144" t="inlineStr">
         <is>
-          <t>2025</t>
+          <t>4de kwartaal 2025</t>
         </is>
       </c>
       <c r="D144" t="inlineStr">
         <is>
-          <t>3de kwartaal 2025</t>
-[...8 lines deleted...]
-        <v>0.02772057658799297</v>
+          <t>November 2025</t>
+        </is>
+      </c>
+      <c r="E144" s="2" t="n">
+        <v>0.02381139489194503</v>
       </c>
     </row>
     <row r="145">
       <c r="A145" t="inlineStr">
         <is>
           <t>Totaal</t>
         </is>
       </c>
       <c r="B145" t="inlineStr">
         <is>
           <t>12. Diverse goederen en diensten</t>
         </is>
       </c>
       <c r="C145" t="inlineStr">
         <is>
-          <t>2025</t>
+          <t>4de kwartaal 2025</t>
         </is>
       </c>
       <c r="D145" t="inlineStr">
         <is>
-          <t>4de kwartaal 2025</t>
-[...8 lines deleted...]
-        <v>0.02602523659306009</v>
+          <t>December 2025</t>
+        </is>
+      </c>
+      <c r="E145" s="2" t="n">
+        <v>0.02591200876780984</v>
       </c>
     </row>
     <row r="146">
       <c r="A146" t="inlineStr">
         <is>
           <t>Totaal</t>
         </is>
       </c>
       <c r="B146"/>
       <c r="C146" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>1ste kwartaal 2025</t>
         </is>
       </c>
       <c r="D146" t="inlineStr">
         <is>
-          <t>4de kwartaal 2024</t>
-[...8 lines deleted...]
-        <v>0.047855175127902556</v>
+          <t>Januari 2025</t>
+        </is>
+      </c>
+      <c r="E146" s="2" t="n">
+        <v>0.04360442318249562</v>
       </c>
     </row>
     <row r="147">
       <c r="A147" t="inlineStr">
         <is>
           <t>Totaal</t>
         </is>
       </c>
       <c r="B147"/>
       <c r="C147" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>1ste kwartaal 2025</t>
         </is>
       </c>
       <c r="D147" t="inlineStr">
         <is>
-          <t>4de kwartaal 2024</t>
-[...8 lines deleted...]
-        <v>0.04414168937329726</v>
+          <t>Februari 2025</t>
+        </is>
+      </c>
+      <c r="E147" s="2" t="n">
+        <v>0.0442776160563813</v>
       </c>
     </row>
     <row r="148">
       <c r="A148" t="inlineStr">
         <is>
           <t>Totaal</t>
         </is>
       </c>
       <c r="B148"/>
       <c r="C148" t="inlineStr">
         <is>
-          <t>2025</t>
+          <t>1ste kwartaal 2025</t>
         </is>
       </c>
       <c r="D148" t="inlineStr">
         <is>
-          <t>1ste kwartaal 2025</t>
-[...8 lines deleted...]
-        <v>0.04360442318249562</v>
+          <t>Maart 2025</t>
+        </is>
+      </c>
+      <c r="E148" s="2" t="n">
+        <v>0.03555894696680663</v>
       </c>
     </row>
     <row r="149">
       <c r="A149" t="inlineStr">
         <is>
           <t>Totaal</t>
         </is>
       </c>
       <c r="B149"/>
       <c r="C149" t="inlineStr">
         <is>
-          <t>2025</t>
+          <t>2de kwartaal 2025</t>
         </is>
       </c>
       <c r="D149" t="inlineStr">
         <is>
-          <t>1ste kwartaal 2025</t>
-[...8 lines deleted...]
-        <v>0.0442776160563813</v>
+          <t>April 2025</t>
+        </is>
+      </c>
+      <c r="E149" s="2" t="n">
+        <v>0.03113525091799263</v>
       </c>
     </row>
     <row r="150">
       <c r="A150" t="inlineStr">
         <is>
           <t>Totaal</t>
         </is>
       </c>
       <c r="B150"/>
       <c r="C150" t="inlineStr">
         <is>
-          <t>2025</t>
+          <t>2de kwartaal 2025</t>
         </is>
       </c>
       <c r="D150" t="inlineStr">
         <is>
-          <t>1ste kwartaal 2025</t>
-[...8 lines deleted...]
-        <v>0.03555894696680663</v>
+          <t>Mei 2025</t>
+        </is>
+      </c>
+      <c r="E150" s="2" t="n">
+        <v>0.028172240036646968</v>
       </c>
     </row>
     <row r="151">
       <c r="A151" t="inlineStr">
         <is>
           <t>Totaal</t>
         </is>
       </c>
       <c r="B151"/>
       <c r="C151" t="inlineStr">
         <is>
-          <t>2025</t>
+          <t>2de kwartaal 2025</t>
         </is>
       </c>
       <c r="D151" t="inlineStr">
         <is>
-          <t>2de kwartaal 2025</t>
-[...8 lines deleted...]
-        <v>0.03113525091799263</v>
+          <t>Juni 2025</t>
+        </is>
+      </c>
+      <c r="E151" s="2" t="n">
+        <v>0.028580115536637297</v>
       </c>
     </row>
     <row r="152">
       <c r="A152" t="inlineStr">
         <is>
           <t>Totaal</t>
         </is>
       </c>
       <c r="B152"/>
       <c r="C152" t="inlineStr">
         <is>
-          <t>2025</t>
+          <t>3de kwartaal 2025</t>
         </is>
       </c>
       <c r="D152" t="inlineStr">
         <is>
-          <t>2de kwartaal 2025</t>
-[...8 lines deleted...]
-        <v>0.028172240036646968</v>
+          <t>Juli 2025</t>
+        </is>
+      </c>
+      <c r="E152" s="2" t="n">
+        <v>0.026078311410217308</v>
       </c>
     </row>
     <row r="153">
       <c r="A153" t="inlineStr">
         <is>
           <t>Totaal</t>
         </is>
       </c>
       <c r="B153"/>
       <c r="C153" t="inlineStr">
         <is>
-          <t>2025</t>
+          <t>3de kwartaal 2025</t>
         </is>
       </c>
       <c r="D153" t="inlineStr">
         <is>
-          <t>2de kwartaal 2025</t>
-[...8 lines deleted...]
-        <v>0.028580115536637297</v>
+          <t>Augustus 2025</t>
+        </is>
+      </c>
+      <c r="E153" s="2" t="n">
+        <v>0.0260679575077226</v>
       </c>
     </row>
     <row r="154">
       <c r="A154" t="inlineStr">
         <is>
           <t>Totaal</t>
         </is>
       </c>
       <c r="B154"/>
       <c r="C154" t="inlineStr">
         <is>
-          <t>2025</t>
+          <t>3de kwartaal 2025</t>
         </is>
       </c>
       <c r="D154" t="inlineStr">
         <is>
-          <t>3de kwartaal 2025</t>
-[...8 lines deleted...]
-        <v>0.026078311410217308</v>
+          <t>September 2025</t>
+        </is>
+      </c>
+      <c r="E154" s="2" t="n">
+        <v>0.026851221541486985</v>
       </c>
     </row>
     <row r="155">
       <c r="A155" t="inlineStr">
         <is>
           <t>Totaal</t>
         </is>
       </c>
       <c r="B155"/>
       <c r="C155" t="inlineStr">
         <is>
-          <t>2025</t>
+          <t>4de kwartaal 2025</t>
         </is>
       </c>
       <c r="D155" t="inlineStr">
         <is>
-          <t>3de kwartaal 2025</t>
-[...8 lines deleted...]
-        <v>0.0260679575077226</v>
+          <t>Oktober 2025</t>
+        </is>
+      </c>
+      <c r="E155" s="2" t="n">
+        <v>0.025282167042889415</v>
       </c>
     </row>
     <row r="156">
       <c r="A156" t="inlineStr">
         <is>
           <t>Totaal</t>
         </is>
       </c>
       <c r="B156"/>
       <c r="C156" t="inlineStr">
         <is>
-          <t>2025</t>
+          <t>4de kwartaal 2025</t>
         </is>
       </c>
       <c r="D156" t="inlineStr">
         <is>
-          <t>3de kwartaal 2025</t>
-[...8 lines deleted...]
-        <v>0.026851221541486985</v>
+          <t>November 2025</t>
+        </is>
+      </c>
+      <c r="E156" s="2" t="n">
+        <v>0.026139863291519832</v>
       </c>
     </row>
     <row r="157">
       <c r="A157" t="inlineStr">
         <is>
           <t>Totaal</t>
         </is>
       </c>
       <c r="B157"/>
       <c r="C157" t="inlineStr">
         <is>
-          <t>2025</t>
+          <t>4de kwartaal 2025</t>
         </is>
       </c>
       <c r="D157" t="inlineStr">
         <is>
-          <t>4de kwartaal 2025</t>
-[...8 lines deleted...]
-        <v>0.025282167042889415</v>
+          <t>December 2025</t>
+        </is>
+      </c>
+      <c r="E157" s="2" t="n">
+        <v>0.021771547867581363</v>
       </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <coreProperties xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </coreProperties>
 </file>