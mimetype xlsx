--- v0 (2025-10-31)
+++ v1 (2025-12-11)
@@ -107,3878 +107,3870 @@
   <cols>
     <col min="1" max="1" width="11.02734375" customWidth="true"/>
     <col min="2" max="2" width="255.0" customWidth="true"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" t="inlineStr">
         <is>
           <t>Data source:</t>
         </is>
       </c>
       <c r="B1" t="inlineStr">
         <is>
           <t>Konkurse und Arbeitsplatzverluste in Belgien pro Monat, Gemeinde, wirtschaftliche Tätigkeit (NACE 2008), Art des Unternehmens, Rechtsform, Größenklasse der Beschäftigtenzahl (LSS), bestandsdauer</t>
         </is>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="inlineStr">
         <is>
           <t>Filter:</t>
         </is>
       </c>
       <c r="B2" t="inlineStr">
         <is>
-          <t>Datum : Letzte 13 Monat(September 2024, Oktober 2024, November 2024, Dezember 2024, Januar 2025, Februar 2025, März 2025, April 2025, Mai 2025, Juni 2025, Juli 2025, August 2025, September 2025)</t>
+          <t>Datum : Letzte 13 Monat(Oktober 2024, November 2024, Dezember 2024, Januar 2025, Februar 2025, März 2025, April 2025, Mai 2025, Juni 2025, Juli 2025, August 2025, September 2025, Oktober 2025)</t>
         </is>
       </c>
     </row>
     <row r="3">
       <c r="B3" t="inlineStr">
         <is>
           <t xml:space="preserve">
 Wirtschaftliche Tätigkeit NACE 2008 : A Land- und Forstwirtschaft, Fischerei, C Verarbeitendes Gewerbe/herstellung von Waren, D Energieversorgung, E Wasserversorgung/ Abwasser- und Abfallentsorgung und Beseitigung von Umweltverschmutzungen, F Baugewerbe/Bau, G Handel/ Instandhaltung und Reparatur von Kraftfahrzeugen, H Verkehr und Lagerei, I Gastgewerbe/Beherbergung und Gastronomie, J Information und Kommunikation, K Erbringung von Finanz- und Versicherungsdienstleistungen, L Grundstücks- und Wohnungswesen, M Erbringung von freiberuflichen, wissenschaftlichen und technischen Dienstleistungen, N Erbringung von sonstigen wirtschaftlichen Dienstleistungen, O Öffentliche Verwaltung, Verteidigung/ Sozialversicherung, P Erziehung und Unterricht, Q Gesundheits- und Sozialwesen, R Kunst, Unterhaltung und Erholung, S Erbringung von sonstigen Dienstleistungen
 </t>
         </is>
       </c>
     </row>
     <row r="4">
 </row>
     <row r="5">
       <c r="A5" t="inlineStr">
         <is>
           <t xml:space="preserve">Quelle: </t>
         </is>
       </c>
       <c r="B5" t="inlineStr">
         <is>
           <t>Statbel (Generaldirektion Statistik - Statistics Belgium)</t>
         </is>
       </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <cols>
     <col min="1" max="1" width="25.9921875" customWidth="true"/>
     <col min="2" max="2" width="83.5390625" customWidth="true"/>
     <col min="3" max="3" width="56.3125" customWidth="true"/>
     <col min="4" max="4" width="6.03125" customWidth="true"/>
-    <col min="5" max="5" width="14.3203125" customWidth="true"/>
-[...11 lines deleted...]
-    <col min="17" max="17" width="14.3203125" customWidth="true"/>
+    <col min="5" max="5" width="11.8515625" customWidth="true"/>
+    <col min="6" max="6" width="13.79296875" customWidth="true"/>
+    <col min="7" max="7" width="13.63671875" customWidth="true"/>
+    <col min="8" max="8" width="11.10546875" customWidth="true"/>
+    <col min="9" max="9" width="11.6171875" customWidth="true"/>
+    <col min="10" max="10" width="9.48046875" customWidth="true"/>
+    <col min="11" max="11" width="9.21484375" customWidth="true"/>
+    <col min="12" max="12" width="8.39453125" customWidth="true"/>
+    <col min="13" max="13" width="8.93359375" customWidth="true"/>
+    <col min="14" max="14" width="8.3671875" customWidth="true"/>
+    <col min="15" max="15" width="11.26953125" customWidth="true"/>
+    <col min="16" max="16" width="14.3203125" customWidth="true"/>
+    <col min="17" max="17" width="11.8515625" customWidth="true"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1"/>
       <c r="B1"/>
       <c r="C1"/>
       <c r="D1" t="inlineStr">
         <is>
           <t>Jahr</t>
         </is>
       </c>
       <c r="E1" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="F1"/>
       <c r="G1"/>
-      <c r="H1"/>
-[...4 lines deleted...]
-      </c>
+      <c r="H1" t="inlineStr">
+        <is>
+          <t>2025</t>
+        </is>
+      </c>
+      <c r="I1"/>
       <c r="J1"/>
       <c r="K1"/>
       <c r="L1"/>
       <c r="M1"/>
       <c r="N1"/>
       <c r="O1"/>
       <c r="P1"/>
       <c r="Q1"/>
     </row>
     <row r="2">
       <c r="A2"/>
       <c r="B2"/>
       <c r="C2"/>
       <c r="D2" t="inlineStr">
         <is>
           <t>Monat</t>
         </is>
       </c>
       <c r="E2" t="inlineStr">
         <is>
-          <t>September 2024</t>
+          <t>Oktober 2024</t>
         </is>
       </c>
       <c r="F2" t="inlineStr">
         <is>
-          <t>Oktober 2024</t>
+          <t>November 2024</t>
         </is>
       </c>
       <c r="G2" t="inlineStr">
         <is>
-          <t>November 2024</t>
+          <t>Dezember 2024</t>
         </is>
       </c>
       <c r="H2" t="inlineStr">
         <is>
-          <t>Dezember 2024</t>
+          <t>Januar 2025</t>
         </is>
       </c>
       <c r="I2" t="inlineStr">
         <is>
-          <t>Januar 2025</t>
+          <t>Februar 2025</t>
         </is>
       </c>
       <c r="J2" t="inlineStr">
         <is>
-          <t>Februar 2025</t>
+          <t>März 2025</t>
         </is>
       </c>
       <c r="K2" t="inlineStr">
         <is>
-          <t>März 2025</t>
+          <t>April 2025</t>
         </is>
       </c>
       <c r="L2" t="inlineStr">
         <is>
-          <t>April 2025</t>
+          <t>Mai 2025</t>
         </is>
       </c>
       <c r="M2" t="inlineStr">
         <is>
-          <t>Mai 2025</t>
+          <t>Juni 2025</t>
         </is>
       </c>
       <c r="N2" t="inlineStr">
         <is>
-          <t>Juni 2025</t>
+          <t>Juli 2025</t>
         </is>
       </c>
       <c r="O2" t="inlineStr">
         <is>
-          <t>Juli 2025</t>
+          <t>August 2025</t>
         </is>
       </c>
       <c r="P2" t="inlineStr">
         <is>
-          <t>August 2025</t>
+          <t>September 2025</t>
         </is>
       </c>
       <c r="Q2" t="inlineStr">
         <is>
-          <t>September 2025</t>
+          <t>Oktober 2025</t>
         </is>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="inlineStr">
         <is>
           <t>Alle wirtschaftliche Tätigkeiten</t>
         </is>
       </c>
       <c r="B3" t="inlineStr">
         <is>
           <t>Sektion</t>
         </is>
       </c>
       <c r="C3"/>
     </row>
     <row r="4">
       <c r="A4" t="inlineStr">
         <is>
           <t>Alle wirtschaftliche Tätigkeiten</t>
         </is>
       </c>
       <c r="B4" t="inlineStr">
         <is>
           <t>A Land- und Forstwirtschaft, Fischerei</t>
         </is>
       </c>
       <c r="C4" t="inlineStr">
         <is>
           <t>Verlust von Vollzeitarbeitsplätzen</t>
         </is>
       </c>
       <c r="D4"/>
       <c r="E4" s="1" t="n">
+        <v>6.0</v>
+      </c>
+      <c r="F4" s="1" t="n">
+        <v>14.0</v>
+      </c>
+      <c r="G4" s="1" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="H4"/>
+      <c r="I4" s="1" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="J4" s="1" t="n">
         <v>1.0</v>
-      </c>
-[...11 lines deleted...]
-        <v>0.0</v>
       </c>
       <c r="K4" s="1" t="n">
         <v>1.0</v>
       </c>
       <c r="L4" s="1" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="M4" s="1" t="n">
         <v>1.0</v>
       </c>
-      <c r="M4" s="1" t="n">
-[...1 lines deleted...]
-      </c>
       <c r="N4" s="1" t="n">
-        <v>1.0</v>
-[...1 lines deleted...]
-      <c r="O4" s="1" t="n">
         <v>3.0</v>
       </c>
+      <c r="O4"/>
       <c r="P4" s="1" t="n">
-        <v>0.0</v>
+        <v>10.0</v>
       </c>
       <c r="Q4" s="1" t="n">
-        <v>10.0</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="5">
       <c r="A5"/>
       <c r="B5"/>
       <c r="C5" t="inlineStr">
         <is>
           <t>Verlust von Teilzeitarbeitsplätzen</t>
         </is>
       </c>
       <c r="D5"/>
       <c r="E5" s="1" t="n">
-        <v>0.0</v>
+        <v>3.0</v>
       </c>
       <c r="F5" s="1" t="n">
-        <v>3.0</v>
+        <v>17.0</v>
       </c>
       <c r="G5" s="1" t="n">
-        <v>17.0</v>
-[...4 lines deleted...]
-      <c r="I5"/>
+        <v>0.0</v>
+      </c>
+      <c r="H5"/>
+      <c r="I5" s="1" t="n">
+        <v>0.0</v>
+      </c>
       <c r="J5" s="1" t="n">
         <v>0.0</v>
       </c>
       <c r="K5" s="1" t="n">
         <v>0.0</v>
       </c>
       <c r="L5" s="1" t="n">
         <v>0.0</v>
       </c>
       <c r="M5" s="1" t="n">
-        <v>0.0</v>
+        <v>1.0</v>
       </c>
       <c r="N5" s="1" t="n">
         <v>1.0</v>
       </c>
-      <c r="O5" s="1" t="n">
+      <c r="O5"/>
+      <c r="P5" s="1" t="n">
+        <v>25.0</v>
+      </c>
+      <c r="Q5" s="1" t="n">
         <v>1.0</v>
-      </c>
-[...4 lines deleted...]
-        <v>25.0</v>
       </c>
     </row>
     <row r="6">
       <c r="A6"/>
       <c r="B6"/>
       <c r="C6" t="inlineStr">
         <is>
           <t>Verlust von Arbeitsplätzen von Arbeitgebern, die ein Gehalt beziehen</t>
         </is>
       </c>
       <c r="D6"/>
       <c r="E6" s="1" t="n">
+        <v>10.0</v>
+      </c>
+      <c r="F6" s="1" t="n">
+        <v>5.0</v>
+      </c>
+      <c r="G6" s="1" t="n">
         <v>8.0</v>
       </c>
-      <c r="F6" s="1" t="n">
-[...5 lines deleted...]
-      <c r="H6" s="1" t="n">
+      <c r="H6"/>
+      <c r="I6" s="1" t="n">
         <v>8.0</v>
       </c>
-      <c r="I6"/>
       <c r="J6" s="1" t="n">
-        <v>8.0</v>
+        <v>16.0</v>
       </c>
       <c r="K6" s="1" t="n">
-        <v>16.0</v>
+        <v>9.0</v>
       </c>
       <c r="L6" s="1" t="n">
+        <v>2.0</v>
+      </c>
+      <c r="M6" s="1" t="n">
         <v>9.0</v>
       </c>
-      <c r="M6" s="1" t="n">
-[...1 lines deleted...]
-      </c>
       <c r="N6" s="1" t="n">
+        <v>1.0</v>
+      </c>
+      <c r="O6"/>
+      <c r="P6" s="1" t="n">
         <v>9.0</v>
       </c>
-      <c r="O6" s="1" t="n">
-[...4 lines deleted...]
-      </c>
       <c r="Q6" s="1" t="n">
-        <v>9.0</v>
+        <v>4.0</v>
       </c>
     </row>
     <row r="7">
       <c r="A7"/>
       <c r="B7"/>
       <c r="C7" t="inlineStr">
         <is>
           <t>Gesamtverlust von Arbeitsplätzen</t>
         </is>
       </c>
       <c r="D7"/>
       <c r="E7" s="1" t="n">
-        <v>9.0</v>
+        <v>19.0</v>
       </c>
       <c r="F7" s="1" t="n">
-        <v>19.0</v>
+        <v>36.0</v>
       </c>
       <c r="G7" s="1" t="n">
-        <v>36.0</v>
-[...1 lines deleted...]
-      <c r="H7" s="1" t="n">
         <v>8.0</v>
       </c>
-      <c r="I7"/>
+      <c r="H7"/>
+      <c r="I7" s="1" t="n">
+        <v>8.0</v>
+      </c>
       <c r="J7" s="1" t="n">
-        <v>8.0</v>
+        <v>17.0</v>
       </c>
       <c r="K7" s="1" t="n">
-        <v>17.0</v>
+        <v>10.0</v>
       </c>
       <c r="L7" s="1" t="n">
-        <v>10.0</v>
+        <v>2.0</v>
       </c>
       <c r="M7" s="1" t="n">
-        <v>2.0</v>
+        <v>11.0</v>
       </c>
       <c r="N7" s="1" t="n">
-        <v>11.0</v>
-[...1 lines deleted...]
-      <c r="O7" s="1" t="n">
         <v>5.0</v>
       </c>
+      <c r="O7"/>
       <c r="P7" s="1" t="n">
-        <v>1.0</v>
+        <v>44.0</v>
       </c>
       <c r="Q7" s="1" t="n">
-        <v>44.0</v>
+        <v>5.0</v>
       </c>
     </row>
     <row r="8">
       <c r="A8"/>
       <c r="B8" t="inlineStr">
         <is>
           <t>C Verarbeitendes Gewerbe/herstellung von Waren</t>
         </is>
       </c>
       <c r="C8" t="inlineStr">
         <is>
           <t>Verlust von Vollzeitarbeitsplätzen</t>
         </is>
       </c>
       <c r="D8"/>
       <c r="E8" s="1" t="n">
-        <v>83.0</v>
+        <v>97.0</v>
       </c>
       <c r="F8" s="1" t="n">
-        <v>97.0</v>
+        <v>133.0</v>
       </c>
       <c r="G8" s="1" t="n">
-        <v>133.0</v>
+        <v>353.0</v>
       </c>
       <c r="H8" s="1" t="n">
-        <v>353.0</v>
+        <v>54.0</v>
       </c>
       <c r="I8" s="1" t="n">
-        <v>54.0</v>
+        <v>431.0</v>
       </c>
       <c r="J8" s="1" t="n">
-        <v>431.0</v>
+        <v>67.0</v>
       </c>
       <c r="K8" s="1" t="n">
-        <v>67.0</v>
+        <v>667.0</v>
       </c>
       <c r="L8" s="1" t="n">
-        <v>667.0</v>
+        <v>19.0</v>
       </c>
       <c r="M8" s="1" t="n">
-        <v>19.0</v>
+        <v>95.0</v>
       </c>
       <c r="N8" s="1" t="n">
-        <v>95.0</v>
+        <v>918.0</v>
       </c>
       <c r="O8" s="1" t="n">
-        <v>918.0</v>
+        <v>61.0</v>
       </c>
       <c r="P8" s="1" t="n">
-        <v>61.0</v>
+        <v>162.0</v>
       </c>
       <c r="Q8" s="1" t="n">
-        <v>162.0</v>
+        <v>267.0</v>
       </c>
     </row>
     <row r="9">
       <c r="A9"/>
       <c r="B9"/>
       <c r="C9" t="inlineStr">
         <is>
           <t>Verlust von Teilzeitarbeitsplätzen</t>
         </is>
       </c>
       <c r="D9"/>
       <c r="E9" s="1" t="n">
-        <v>20.0</v>
+        <v>17.0</v>
       </c>
       <c r="F9" s="1" t="n">
-        <v>17.0</v>
+        <v>33.0</v>
       </c>
       <c r="G9" s="1" t="n">
-        <v>33.0</v>
+        <v>48.0</v>
       </c>
       <c r="H9" s="1" t="n">
-        <v>48.0</v>
+        <v>10.0</v>
       </c>
       <c r="I9" s="1" t="n">
-        <v>10.0</v>
+        <v>111.0</v>
       </c>
       <c r="J9" s="1" t="n">
-        <v>111.0</v>
+        <v>30.0</v>
       </c>
       <c r="K9" s="1" t="n">
-        <v>30.0</v>
+        <v>45.0</v>
       </c>
       <c r="L9" s="1" t="n">
-        <v>45.0</v>
+        <v>8.0</v>
       </c>
       <c r="M9" s="1" t="n">
-        <v>8.0</v>
+        <v>23.0</v>
       </c>
       <c r="N9" s="1" t="n">
-        <v>23.0</v>
+        <v>59.0</v>
       </c>
       <c r="O9" s="1" t="n">
-        <v>59.0</v>
+        <v>18.0</v>
       </c>
       <c r="P9" s="1" t="n">
-        <v>18.0</v>
+        <v>39.0</v>
       </c>
       <c r="Q9" s="1" t="n">
-        <v>39.0</v>
+        <v>42.0</v>
       </c>
     </row>
     <row r="10">
       <c r="A10"/>
       <c r="B10"/>
       <c r="C10" t="inlineStr">
         <is>
           <t>Verlust von Arbeitsplätzen von Arbeitgebern, die ein Gehalt beziehen</t>
         </is>
       </c>
       <c r="D10"/>
       <c r="E10" s="1" t="n">
-        <v>27.0</v>
+        <v>36.0</v>
       </c>
       <c r="F10" s="1" t="n">
+        <v>12.0</v>
+      </c>
+      <c r="G10" s="1" t="n">
+        <v>29.0</v>
+      </c>
+      <c r="H10" s="1" t="n">
+        <v>26.0</v>
+      </c>
+      <c r="I10" s="1" t="n">
+        <v>24.0</v>
+      </c>
+      <c r="J10" s="1" t="n">
+        <v>39.0</v>
+      </c>
+      <c r="K10" s="1" t="n">
         <v>36.0</v>
       </c>
-      <c r="G10" s="1" t="n">
-[...5 lines deleted...]
-      <c r="I10" s="1" t="n">
+      <c r="L10" s="1" t="n">
+        <v>30.0</v>
+      </c>
+      <c r="M10" s="1" t="n">
+        <v>33.0</v>
+      </c>
+      <c r="N10" s="1" t="n">
+        <v>24.0</v>
+      </c>
+      <c r="O10" s="1" t="n">
+        <v>15.0</v>
+      </c>
+      <c r="P10" s="1" t="n">
+        <v>19.0</v>
+      </c>
+      <c r="Q10" s="1" t="n">
         <v>26.0</v>
-      </c>
-[...22 lines deleted...]
-        <v>19.0</v>
       </c>
     </row>
     <row r="11">
       <c r="A11"/>
       <c r="B11"/>
       <c r="C11" t="inlineStr">
         <is>
           <t>Gesamtverlust von Arbeitsplätzen</t>
         </is>
       </c>
       <c r="D11"/>
       <c r="E11" s="1" t="n">
-        <v>130.0</v>
+        <v>150.0</v>
       </c>
       <c r="F11" s="1" t="n">
-        <v>150.0</v>
+        <v>178.0</v>
       </c>
       <c r="G11" s="1" t="n">
-        <v>178.0</v>
+        <v>430.0</v>
       </c>
       <c r="H11" s="1" t="n">
-        <v>430.0</v>
+        <v>90.0</v>
       </c>
       <c r="I11" s="1" t="n">
-        <v>90.0</v>
+        <v>566.0</v>
       </c>
       <c r="J11" s="1" t="n">
-        <v>566.0</v>
+        <v>136.0</v>
       </c>
       <c r="K11" s="1" t="n">
-        <v>136.0</v>
+        <v>748.0</v>
       </c>
       <c r="L11" s="1" t="n">
-        <v>748.0</v>
+        <v>57.0</v>
       </c>
       <c r="M11" s="1" t="n">
-        <v>57.0</v>
+        <v>151.0</v>
       </c>
       <c r="N11" s="1" t="n">
-        <v>151.0</v>
+        <v>1001.0</v>
       </c>
       <c r="O11" s="1" t="n">
-        <v>1001.0</v>
+        <v>94.0</v>
       </c>
       <c r="P11" s="1" t="n">
-        <v>94.0</v>
+        <v>220.0</v>
       </c>
       <c r="Q11" s="1" t="n">
-        <v>220.0</v>
+        <v>335.0</v>
       </c>
     </row>
     <row r="12">
       <c r="A12"/>
       <c r="B12" t="inlineStr">
         <is>
           <t>D Energieversorgung</t>
         </is>
       </c>
       <c r="C12" t="inlineStr">
         <is>
           <t>Verlust von Vollzeitarbeitsplätzen</t>
         </is>
       </c>
       <c r="D12"/>
-      <c r="E12"/>
-[...3 lines deleted...]
-      <c r="G12"/>
+      <c r="E12" s="1" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="F12"/>
+      <c r="G12" s="1" t="n">
+        <v>0.0</v>
+      </c>
       <c r="H12" s="1" t="n">
         <v>0.0</v>
       </c>
-      <c r="I12" s="1" t="n">
-[...6 lines deleted...]
-      <c r="L12"/>
+      <c r="I12"/>
+      <c r="J12" s="1" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="K12"/>
+      <c r="L12" s="1" t="n">
+        <v>0.0</v>
+      </c>
       <c r="M12" s="1" t="n">
         <v>0.0</v>
       </c>
-      <c r="N12" s="1" t="n">
-[...1 lines deleted...]
-      </c>
+      <c r="N12"/>
       <c r="O12"/>
-      <c r="P12"/>
+      <c r="P12" s="1" t="n">
+        <v>4.0</v>
+      </c>
       <c r="Q12" s="1" t="n">
-        <v>4.0</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="13">
       <c r="A13"/>
       <c r="B13"/>
       <c r="C13" t="inlineStr">
         <is>
           <t>Verlust von Teilzeitarbeitsplätzen</t>
         </is>
       </c>
       <c r="D13"/>
-      <c r="E13"/>
-      <c r="F13" s="1" t="n">
+      <c r="E13" s="1" t="n">
         <v>1.0</v>
       </c>
-      <c r="G13"/>
+      <c r="F13"/>
+      <c r="G13" s="1" t="n">
+        <v>1.0</v>
+      </c>
       <c r="H13" s="1" t="n">
-        <v>1.0</v>
-[...8 lines deleted...]
-      <c r="L13"/>
+        <v>0.0</v>
+      </c>
+      <c r="I13"/>
+      <c r="J13" s="1" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="K13"/>
+      <c r="L13" s="1" t="n">
+        <v>0.0</v>
+      </c>
       <c r="M13" s="1" t="n">
         <v>0.0</v>
       </c>
-      <c r="N13" s="1" t="n">
-[...1 lines deleted...]
-      </c>
+      <c r="N13"/>
       <c r="O13"/>
-      <c r="P13"/>
+      <c r="P13" s="1" t="n">
+        <v>0.0</v>
+      </c>
       <c r="Q13" s="1" t="n">
         <v>0.0</v>
       </c>
     </row>
     <row r="14">
       <c r="A14"/>
       <c r="B14"/>
       <c r="C14" t="inlineStr">
         <is>
           <t>Verlust von Arbeitsplätzen von Arbeitgebern, die ein Gehalt beziehen</t>
         </is>
       </c>
       <c r="D14"/>
-      <c r="E14"/>
-      <c r="F14" s="1" t="n">
+      <c r="E14" s="1" t="n">
         <v>1.0</v>
       </c>
-      <c r="G14"/>
+      <c r="F14"/>
+      <c r="G14" s="1" t="n">
+        <v>0.0</v>
+      </c>
       <c r="H14" s="1" t="n">
-        <v>0.0</v>
-[...1 lines deleted...]
-      <c r="I14" s="1" t="n">
         <v>2.0</v>
       </c>
-      <c r="J14"/>
-      <c r="K14" s="1" t="n">
+      <c r="I14"/>
+      <c r="J14" s="1" t="n">
         <v>1.0</v>
       </c>
-      <c r="L14"/>
+      <c r="K14"/>
+      <c r="L14" s="1" t="n">
+        <v>1.0</v>
+      </c>
       <c r="M14" s="1" t="n">
+        <v>2.0</v>
+      </c>
+      <c r="N14"/>
+      <c r="O14"/>
+      <c r="P14" s="1" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="Q14" s="1" t="n">
         <v>1.0</v>
-      </c>
-[...6 lines deleted...]
-        <v>0.0</v>
       </c>
     </row>
     <row r="15">
       <c r="A15"/>
       <c r="B15"/>
       <c r="C15" t="inlineStr">
         <is>
           <t>Gesamtverlust von Arbeitsplätzen</t>
         </is>
       </c>
       <c r="D15"/>
-      <c r="E15"/>
-      <c r="F15" s="1" t="n">
+      <c r="E15" s="1" t="n">
         <v>2.0</v>
       </c>
-      <c r="G15"/>
+      <c r="F15"/>
+      <c r="G15" s="1" t="n">
+        <v>1.0</v>
+      </c>
       <c r="H15" s="1" t="n">
+        <v>2.0</v>
+      </c>
+      <c r="I15"/>
+      <c r="J15" s="1" t="n">
         <v>1.0</v>
       </c>
-      <c r="I15" s="1" t="n">
+      <c r="K15"/>
+      <c r="L15" s="1" t="n">
+        <v>1.0</v>
+      </c>
+      <c r="M15" s="1" t="n">
         <v>2.0</v>
       </c>
-      <c r="J15"/>
-      <c r="K15" s="1" t="n">
+      <c r="N15"/>
+      <c r="O15"/>
+      <c r="P15" s="1" t="n">
+        <v>4.0</v>
+      </c>
+      <c r="Q15" s="1" t="n">
         <v>1.0</v>
-      </c>
-[...10 lines deleted...]
-        <v>4.0</v>
       </c>
     </row>
     <row r="16">
       <c r="A16"/>
       <c r="B16" t="inlineStr">
         <is>
           <t>E Wasserversorgung/ Abwasser- und Abfallentsorgung und Beseitigung von Umweltverschmutzungen</t>
         </is>
       </c>
       <c r="C16" t="inlineStr">
         <is>
           <t>Verlust von Vollzeitarbeitsplätzen</t>
         </is>
       </c>
       <c r="D16"/>
       <c r="E16" s="1" t="n">
-        <v>0.0</v>
+        <v>14.0</v>
       </c>
       <c r="F16" s="1" t="n">
-        <v>14.0</v>
+        <v>1.0</v>
       </c>
       <c r="G16" s="1" t="n">
         <v>1.0</v>
       </c>
       <c r="H16" s="1" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="I16" s="1" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="J16" s="1" t="n">
+        <v>9.0</v>
+      </c>
+      <c r="K16" s="1" t="n">
+        <v>2.0</v>
+      </c>
+      <c r="L16" s="1" t="n">
+        <v>3.0</v>
+      </c>
+      <c r="M16" s="1" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="N16" s="1" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="O16" s="1" t="n">
+        <v>6.0</v>
+      </c>
+      <c r="P16" s="1" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="Q16" s="1" t="n">
         <v>1.0</v>
-      </c>
-[...25 lines deleted...]
-        <v>0.0</v>
       </c>
     </row>
     <row r="17">
       <c r="A17"/>
       <c r="B17"/>
       <c r="C17" t="inlineStr">
         <is>
           <t>Verlust von Teilzeitarbeitsplätzen</t>
         </is>
       </c>
       <c r="D17"/>
       <c r="E17" s="1" t="n">
         <v>0.0</v>
       </c>
       <c r="F17" s="1" t="n">
         <v>0.0</v>
       </c>
       <c r="G17" s="1" t="n">
         <v>0.0</v>
       </c>
       <c r="H17" s="1" t="n">
         <v>0.0</v>
       </c>
       <c r="I17" s="1" t="n">
         <v>0.0</v>
       </c>
       <c r="J17" s="1" t="n">
-        <v>0.0</v>
+        <v>1.0</v>
       </c>
       <c r="K17" s="1" t="n">
-        <v>1.0</v>
+        <v>3.0</v>
       </c>
       <c r="L17" s="1" t="n">
         <v>3.0</v>
       </c>
       <c r="M17" s="1" t="n">
-        <v>3.0</v>
+        <v>0.0</v>
       </c>
       <c r="N17" s="1" t="n">
         <v>0.0</v>
       </c>
       <c r="O17" s="1" t="n">
-        <v>0.0</v>
+        <v>5.0</v>
       </c>
       <c r="P17" s="1" t="n">
-        <v>5.0</v>
+        <v>0.0</v>
       </c>
       <c r="Q17" s="1" t="n">
         <v>0.0</v>
       </c>
     </row>
     <row r="18">
       <c r="A18"/>
       <c r="B18"/>
       <c r="C18" t="inlineStr">
         <is>
           <t>Verlust von Arbeitsplätzen von Arbeitgebern, die ein Gehalt beziehen</t>
         </is>
       </c>
       <c r="D18"/>
       <c r="E18" s="1" t="n">
+        <v>3.0</v>
+      </c>
+      <c r="F18" s="1" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="G18" s="1" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="H18" s="1" t="n">
+        <v>3.0</v>
+      </c>
+      <c r="I18" s="1" t="n">
+        <v>4.0</v>
+      </c>
+      <c r="J18" s="1" t="n">
         <v>1.0</v>
       </c>
-      <c r="F18" s="1" t="n">
+      <c r="K18" s="1" t="n">
         <v>3.0</v>
       </c>
-      <c r="G18" s="1" t="n">
-[...13 lines deleted...]
-      </c>
       <c r="L18" s="1" t="n">
-        <v>3.0</v>
+        <v>2.0</v>
       </c>
       <c r="M18" s="1" t="n">
         <v>2.0</v>
       </c>
       <c r="N18" s="1" t="n">
+        <v>1.0</v>
+      </c>
+      <c r="O18" s="1" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="P18" s="1" t="n">
         <v>2.0</v>
       </c>
-      <c r="O18" s="1" t="n">
-[...4 lines deleted...]
-      </c>
       <c r="Q18" s="1" t="n">
-        <v>2.0</v>
+        <v>4.0</v>
       </c>
     </row>
     <row r="19">
       <c r="A19"/>
       <c r="B19"/>
       <c r="C19" t="inlineStr">
         <is>
           <t>Gesamtverlust von Arbeitsplätzen</t>
         </is>
       </c>
       <c r="D19"/>
       <c r="E19" s="1" t="n">
+        <v>17.0</v>
+      </c>
+      <c r="F19" s="1" t="n">
         <v>1.0</v>
-      </c>
-[...1 lines deleted...]
-        <v>17.0</v>
       </c>
       <c r="G19" s="1" t="n">
         <v>1.0</v>
       </c>
       <c r="H19" s="1" t="n">
-        <v>1.0</v>
+        <v>3.0</v>
       </c>
       <c r="I19" s="1" t="n">
-        <v>3.0</v>
+        <v>4.0</v>
       </c>
       <c r="J19" s="1" t="n">
-        <v>4.0</v>
+        <v>11.0</v>
       </c>
       <c r="K19" s="1" t="n">
-        <v>11.0</v>
+        <v>8.0</v>
       </c>
       <c r="L19" s="1" t="n">
         <v>8.0</v>
       </c>
       <c r="M19" s="1" t="n">
-        <v>8.0</v>
+        <v>2.0</v>
       </c>
       <c r="N19" s="1" t="n">
+        <v>1.0</v>
+      </c>
+      <c r="O19" s="1" t="n">
+        <v>11.0</v>
+      </c>
+      <c r="P19" s="1" t="n">
         <v>2.0</v>
       </c>
-      <c r="O19" s="1" t="n">
-[...4 lines deleted...]
-      </c>
       <c r="Q19" s="1" t="n">
-        <v>2.0</v>
+        <v>5.0</v>
       </c>
     </row>
     <row r="20">
       <c r="A20"/>
       <c r="B20" t="inlineStr">
         <is>
           <t>F Baugewerbe/Bau</t>
         </is>
       </c>
       <c r="C20" t="inlineStr">
         <is>
           <t>Verlust von Vollzeitarbeitsplätzen</t>
         </is>
       </c>
       <c r="D20"/>
       <c r="E20" s="1" t="n">
-        <v>243.0</v>
+        <v>257.0</v>
       </c>
       <c r="F20" s="1" t="n">
-        <v>257.0</v>
+        <v>151.0</v>
       </c>
       <c r="G20" s="1" t="n">
-        <v>151.0</v>
+        <v>150.0</v>
       </c>
       <c r="H20" s="1" t="n">
-        <v>150.0</v>
+        <v>148.0</v>
       </c>
       <c r="I20" s="1" t="n">
-        <v>148.0</v>
+        <v>209.0</v>
       </c>
       <c r="J20" s="1" t="n">
-        <v>209.0</v>
+        <v>336.0</v>
       </c>
       <c r="K20" s="1" t="n">
-        <v>336.0</v>
+        <v>176.0</v>
       </c>
       <c r="L20" s="1" t="n">
-        <v>176.0</v>
+        <v>153.0</v>
       </c>
       <c r="M20" s="1" t="n">
-        <v>153.0</v>
+        <v>290.0</v>
       </c>
       <c r="N20" s="1" t="n">
-        <v>290.0</v>
+        <v>158.0</v>
       </c>
       <c r="O20" s="1" t="n">
-        <v>158.0</v>
+        <v>86.0</v>
       </c>
       <c r="P20" s="1" t="n">
-        <v>86.0</v>
+        <v>224.0</v>
       </c>
       <c r="Q20" s="1" t="n">
-        <v>224.0</v>
+        <v>121.0</v>
       </c>
     </row>
     <row r="21">
       <c r="A21"/>
       <c r="B21"/>
       <c r="C21" t="inlineStr">
         <is>
           <t>Verlust von Teilzeitarbeitsplätzen</t>
         </is>
       </c>
       <c r="D21"/>
       <c r="E21" s="1" t="n">
+        <v>46.0</v>
+      </c>
+      <c r="F21" s="1" t="n">
+        <v>23.0</v>
+      </c>
+      <c r="G21" s="1" t="n">
+        <v>28.0</v>
+      </c>
+      <c r="H21" s="1" t="n">
+        <v>17.0</v>
+      </c>
+      <c r="I21" s="1" t="n">
+        <v>23.0</v>
+      </c>
+      <c r="J21" s="1" t="n">
+        <v>29.0</v>
+      </c>
+      <c r="K21" s="1" t="n">
         <v>57.0</v>
       </c>
-      <c r="F21" s="1" t="n">
-[...14 lines deleted...]
-      <c r="K21" s="1" t="n">
+      <c r="L21" s="1" t="n">
+        <v>26.0</v>
+      </c>
+      <c r="M21" s="1" t="n">
         <v>29.0</v>
       </c>
-      <c r="L21" s="1" t="n">
-[...4 lines deleted...]
-      </c>
       <c r="N21" s="1" t="n">
-        <v>29.0</v>
+        <v>11.0</v>
       </c>
       <c r="O21" s="1" t="n">
-        <v>11.0</v>
+        <v>10.0</v>
       </c>
       <c r="P21" s="1" t="n">
-        <v>10.0</v>
+        <v>43.0</v>
       </c>
       <c r="Q21" s="1" t="n">
-        <v>43.0</v>
+        <v>19.0</v>
       </c>
     </row>
     <row r="22">
       <c r="A22"/>
       <c r="B22"/>
       <c r="C22" t="inlineStr">
         <is>
           <t>Verlust von Arbeitsplätzen von Arbeitgebern, die ein Gehalt beziehen</t>
         </is>
       </c>
       <c r="D22"/>
       <c r="E22" s="1" t="n">
-        <v>279.0</v>
+        <v>199.0</v>
       </c>
       <c r="F22" s="1" t="n">
-        <v>199.0</v>
+        <v>187.0</v>
       </c>
       <c r="G22" s="1" t="n">
-        <v>187.0</v>
+        <v>208.0</v>
       </c>
       <c r="H22" s="1" t="n">
-        <v>208.0</v>
+        <v>215.0</v>
       </c>
       <c r="I22" s="1" t="n">
-        <v>215.0</v>
+        <v>202.0</v>
       </c>
       <c r="J22" s="1" t="n">
-        <v>202.0</v>
+        <v>230.0</v>
       </c>
       <c r="K22" s="1" t="n">
-        <v>230.0</v>
+        <v>177.0</v>
       </c>
       <c r="L22" s="1" t="n">
-        <v>177.0</v>
+        <v>210.0</v>
       </c>
       <c r="M22" s="1" t="n">
-        <v>210.0</v>
+        <v>268.0</v>
       </c>
       <c r="N22" s="1" t="n">
-        <v>268.0</v>
+        <v>148.0</v>
       </c>
       <c r="O22" s="1" t="n">
-        <v>148.0</v>
+        <v>87.0</v>
       </c>
       <c r="P22" s="1" t="n">
-        <v>87.0</v>
+        <v>250.0</v>
       </c>
       <c r="Q22" s="1" t="n">
-        <v>252.0</v>
+        <v>221.0</v>
       </c>
     </row>
     <row r="23">
       <c r="A23"/>
       <c r="B23"/>
       <c r="C23" t="inlineStr">
         <is>
           <t>Gesamtverlust von Arbeitsplätzen</t>
         </is>
       </c>
       <c r="D23"/>
       <c r="E23" s="1" t="n">
-        <v>579.0</v>
+        <v>502.0</v>
       </c>
       <c r="F23" s="1" t="n">
-        <v>502.0</v>
+        <v>361.0</v>
       </c>
       <c r="G23" s="1" t="n">
+        <v>386.0</v>
+      </c>
+      <c r="H23" s="1" t="n">
+        <v>380.0</v>
+      </c>
+      <c r="I23" s="1" t="n">
+        <v>434.0</v>
+      </c>
+      <c r="J23" s="1" t="n">
+        <v>595.0</v>
+      </c>
+      <c r="K23" s="1" t="n">
+        <v>410.0</v>
+      </c>
+      <c r="L23" s="1" t="n">
+        <v>389.0</v>
+      </c>
+      <c r="M23" s="1" t="n">
+        <v>587.0</v>
+      </c>
+      <c r="N23" s="1" t="n">
+        <v>317.0</v>
+      </c>
+      <c r="O23" s="1" t="n">
+        <v>183.0</v>
+      </c>
+      <c r="P23" s="1" t="n">
+        <v>517.0</v>
+      </c>
+      <c r="Q23" s="1" t="n">
         <v>361.0</v>
-      </c>
-[...28 lines deleted...]
-        <v>519.0</v>
       </c>
     </row>
     <row r="24">
       <c r="A24"/>
       <c r="B24" t="inlineStr">
         <is>
           <t>G Handel/ Instandhaltung und Reparatur von Kraftfahrzeugen</t>
         </is>
       </c>
       <c r="C24" t="inlineStr">
         <is>
           <t>Verlust von Vollzeitarbeitsplätzen</t>
         </is>
       </c>
       <c r="D24"/>
       <c r="E24" s="1" t="n">
-        <v>379.0</v>
+        <v>357.0</v>
       </c>
       <c r="F24" s="1" t="n">
-        <v>357.0</v>
+        <v>113.0</v>
       </c>
       <c r="G24" s="1" t="n">
-        <v>113.0</v>
+        <v>265.0</v>
       </c>
       <c r="H24" s="1" t="n">
-        <v>265.0</v>
+        <v>125.0</v>
       </c>
       <c r="I24" s="1" t="n">
-        <v>125.0</v>
+        <v>156.0</v>
       </c>
       <c r="J24" s="1" t="n">
-        <v>156.0</v>
+        <v>303.0</v>
       </c>
       <c r="K24" s="1" t="n">
-        <v>303.0</v>
+        <v>218.0</v>
       </c>
       <c r="L24" s="1" t="n">
-        <v>218.0</v>
+        <v>130.0</v>
       </c>
       <c r="M24" s="1" t="n">
-        <v>130.0</v>
+        <v>165.0</v>
       </c>
       <c r="N24" s="1" t="n">
-        <v>165.0</v>
+        <v>95.0</v>
       </c>
       <c r="O24" s="1" t="n">
-        <v>95.0</v>
+        <v>169.0</v>
       </c>
       <c r="P24" s="1" t="n">
-        <v>169.0</v>
+        <v>122.0</v>
       </c>
       <c r="Q24" s="1" t="n">
-        <v>122.0</v>
+        <v>166.0</v>
       </c>
     </row>
     <row r="25">
       <c r="A25"/>
       <c r="B25"/>
       <c r="C25" t="inlineStr">
         <is>
           <t>Verlust von Teilzeitarbeitsplätzen</t>
         </is>
       </c>
       <c r="D25"/>
       <c r="E25" s="1" t="n">
-        <v>189.0</v>
+        <v>374.0</v>
       </c>
       <c r="F25" s="1" t="n">
-        <v>374.0</v>
+        <v>54.0</v>
       </c>
       <c r="G25" s="1" t="n">
-        <v>54.0</v>
+        <v>107.0</v>
       </c>
       <c r="H25" s="1" t="n">
-        <v>107.0</v>
+        <v>46.0</v>
       </c>
       <c r="I25" s="1" t="n">
-        <v>46.0</v>
+        <v>101.0</v>
       </c>
       <c r="J25" s="1" t="n">
+        <v>280.0</v>
+      </c>
+      <c r="K25" s="1" t="n">
+        <v>157.0</v>
+      </c>
+      <c r="L25" s="1" t="n">
+        <v>89.0</v>
+      </c>
+      <c r="M25" s="1" t="n">
+        <v>94.0</v>
+      </c>
+      <c r="N25" s="1" t="n">
+        <v>68.0</v>
+      </c>
+      <c r="O25" s="1" t="n">
+        <v>164.0</v>
+      </c>
+      <c r="P25" s="1" t="n">
         <v>101.0</v>
       </c>
-      <c r="K25" s="1" t="n">
-[...16 lines deleted...]
-      </c>
       <c r="Q25" s="1" t="n">
-        <v>101.0</v>
+        <v>93.0</v>
       </c>
     </row>
     <row r="26">
       <c r="A26"/>
       <c r="B26"/>
       <c r="C26" t="inlineStr">
         <is>
           <t>Verlust von Arbeitsplätzen von Arbeitgebern, die ein Gehalt beziehen</t>
         </is>
       </c>
       <c r="D26"/>
       <c r="E26" s="1" t="n">
-        <v>180.0</v>
+        <v>170.0</v>
       </c>
       <c r="F26" s="1" t="n">
-        <v>170.0</v>
+        <v>133.0</v>
       </c>
       <c r="G26" s="1" t="n">
-        <v>133.0</v>
+        <v>160.0</v>
       </c>
       <c r="H26" s="1" t="n">
-        <v>160.0</v>
+        <v>129.0</v>
       </c>
       <c r="I26" s="1" t="n">
-        <v>129.0</v>
+        <v>147.0</v>
       </c>
       <c r="J26" s="1" t="n">
-        <v>147.0</v>
+        <v>177.0</v>
       </c>
       <c r="K26" s="1" t="n">
-        <v>177.0</v>
+        <v>154.0</v>
       </c>
       <c r="L26" s="1" t="n">
-        <v>154.0</v>
+        <v>142.0</v>
       </c>
       <c r="M26" s="1" t="n">
-        <v>142.0</v>
+        <v>178.0</v>
       </c>
       <c r="N26" s="1" t="n">
-        <v>178.0</v>
+        <v>121.0</v>
       </c>
       <c r="O26" s="1" t="n">
-        <v>121.0</v>
+        <v>77.0</v>
       </c>
       <c r="P26" s="1" t="n">
-        <v>77.0</v>
+        <v>191.0</v>
       </c>
       <c r="Q26" s="1" t="n">
-        <v>190.0</v>
+        <v>173.0</v>
       </c>
     </row>
     <row r="27">
       <c r="A27"/>
       <c r="B27"/>
       <c r="C27" t="inlineStr">
         <is>
           <t>Gesamtverlust von Arbeitsplätzen</t>
         </is>
       </c>
       <c r="D27"/>
       <c r="E27" s="1" t="n">
-        <v>748.0</v>
+        <v>901.0</v>
       </c>
       <c r="F27" s="1" t="n">
-        <v>901.0</v>
+        <v>300.0</v>
       </c>
       <c r="G27" s="1" t="n">
+        <v>532.0</v>
+      </c>
+      <c r="H27" s="1" t="n">
         <v>300.0</v>
       </c>
-      <c r="H27" s="1" t="n">
-[...1 lines deleted...]
-      </c>
       <c r="I27" s="1" t="n">
-        <v>300.0</v>
+        <v>404.0</v>
       </c>
       <c r="J27" s="1" t="n">
-        <v>404.0</v>
+        <v>760.0</v>
       </c>
       <c r="K27" s="1" t="n">
-        <v>760.0</v>
+        <v>529.0</v>
       </c>
       <c r="L27" s="1" t="n">
-        <v>529.0</v>
+        <v>361.0</v>
       </c>
       <c r="M27" s="1" t="n">
-        <v>361.0</v>
+        <v>437.0</v>
       </c>
       <c r="N27" s="1" t="n">
-        <v>437.0</v>
+        <v>284.0</v>
       </c>
       <c r="O27" s="1" t="n">
-        <v>284.0</v>
+        <v>410.0</v>
       </c>
       <c r="P27" s="1" t="n">
-        <v>410.0</v>
+        <v>414.0</v>
       </c>
       <c r="Q27" s="1" t="n">
-        <v>413.0</v>
+        <v>432.0</v>
       </c>
     </row>
     <row r="28">
       <c r="A28"/>
       <c r="B28" t="inlineStr">
         <is>
           <t>H Verkehr und Lagerei</t>
         </is>
       </c>
       <c r="C28" t="inlineStr">
         <is>
           <t>Verlust von Vollzeitarbeitsplätzen</t>
         </is>
       </c>
       <c r="D28"/>
       <c r="E28" s="1" t="n">
-        <v>156.0</v>
+        <v>71.0</v>
       </c>
       <c r="F28" s="1" t="n">
-        <v>71.0</v>
+        <v>145.0</v>
       </c>
       <c r="G28" s="1" t="n">
-        <v>145.0</v>
+        <v>114.0</v>
       </c>
       <c r="H28" s="1" t="n">
-        <v>114.0</v>
+        <v>102.0</v>
       </c>
       <c r="I28" s="1" t="n">
-        <v>102.0</v>
+        <v>135.0</v>
       </c>
       <c r="J28" s="1" t="n">
-        <v>135.0</v>
+        <v>205.0</v>
       </c>
       <c r="K28" s="1" t="n">
-        <v>205.0</v>
+        <v>389.0</v>
       </c>
       <c r="L28" s="1" t="n">
-        <v>389.0</v>
+        <v>137.0</v>
       </c>
       <c r="M28" s="1" t="n">
-        <v>137.0</v>
+        <v>136.0</v>
       </c>
       <c r="N28" s="1" t="n">
-        <v>136.0</v>
+        <v>46.0</v>
       </c>
       <c r="O28" s="1" t="n">
-        <v>46.0</v>
+        <v>186.0</v>
       </c>
       <c r="P28" s="1" t="n">
-        <v>186.0</v>
+        <v>183.0</v>
       </c>
       <c r="Q28" s="1" t="n">
-        <v>183.0</v>
+        <v>109.0</v>
       </c>
     </row>
     <row r="29">
       <c r="A29"/>
       <c r="B29"/>
       <c r="C29" t="inlineStr">
         <is>
           <t>Verlust von Teilzeitarbeitsplätzen</t>
         </is>
       </c>
       <c r="D29"/>
       <c r="E29" s="1" t="n">
+        <v>36.0</v>
+      </c>
+      <c r="F29" s="1" t="n">
         <v>33.0</v>
       </c>
-      <c r="F29" s="1" t="n">
-[...1 lines deleted...]
-      </c>
       <c r="G29" s="1" t="n">
-        <v>33.0</v>
+        <v>32.0</v>
       </c>
       <c r="H29" s="1" t="n">
-        <v>32.0</v>
+        <v>21.0</v>
       </c>
       <c r="I29" s="1" t="n">
-        <v>21.0</v>
+        <v>35.0</v>
       </c>
       <c r="J29" s="1" t="n">
-        <v>35.0</v>
+        <v>65.0</v>
       </c>
       <c r="K29" s="1" t="n">
-        <v>65.0</v>
+        <v>54.0</v>
       </c>
       <c r="L29" s="1" t="n">
-        <v>54.0</v>
+        <v>28.0</v>
       </c>
       <c r="M29" s="1" t="n">
-        <v>28.0</v>
+        <v>62.0</v>
       </c>
       <c r="N29" s="1" t="n">
-        <v>62.0</v>
+        <v>38.0</v>
       </c>
       <c r="O29" s="1" t="n">
-        <v>38.0</v>
+        <v>42.0</v>
       </c>
       <c r="P29" s="1" t="n">
-        <v>42.0</v>
+        <v>23.0</v>
       </c>
       <c r="Q29" s="1" t="n">
-        <v>23.0</v>
+        <v>148.0</v>
       </c>
     </row>
     <row r="30">
       <c r="A30"/>
       <c r="B30"/>
       <c r="C30" t="inlineStr">
         <is>
           <t>Verlust von Arbeitsplätzen von Arbeitgebern, die ein Gehalt beziehen</t>
         </is>
       </c>
       <c r="D30"/>
       <c r="E30" s="1" t="n">
-        <v>61.0</v>
+        <v>56.0</v>
       </c>
       <c r="F30" s="1" t="n">
-        <v>56.0</v>
+        <v>35.0</v>
       </c>
       <c r="G30" s="1" t="n">
-        <v>35.0</v>
+        <v>48.0</v>
       </c>
       <c r="H30" s="1" t="n">
+        <v>40.0</v>
+      </c>
+      <c r="I30" s="1" t="n">
+        <v>54.0</v>
+      </c>
+      <c r="J30" s="1" t="n">
+        <v>51.0</v>
+      </c>
+      <c r="K30" s="1" t="n">
         <v>48.0</v>
       </c>
-      <c r="I30" s="1" t="n">
-[...5 lines deleted...]
-      <c r="K30" s="1" t="n">
+      <c r="L30" s="1" t="n">
         <v>51.0</v>
       </c>
-      <c r="L30" s="1" t="n">
-[...1 lines deleted...]
-      </c>
       <c r="M30" s="1" t="n">
-        <v>51.0</v>
+        <v>44.0</v>
       </c>
       <c r="N30" s="1" t="n">
-        <v>44.0</v>
+        <v>36.0</v>
       </c>
       <c r="O30" s="1" t="n">
-        <v>36.0</v>
+        <v>17.0</v>
       </c>
       <c r="P30" s="1" t="n">
-        <v>17.0</v>
+        <v>72.0</v>
       </c>
       <c r="Q30" s="1" t="n">
-        <v>72.0</v>
+        <v>49.0</v>
       </c>
     </row>
     <row r="31">
       <c r="A31"/>
       <c r="B31"/>
       <c r="C31" t="inlineStr">
         <is>
           <t>Gesamtverlust von Arbeitsplätzen</t>
         </is>
       </c>
       <c r="D31"/>
       <c r="E31" s="1" t="n">
-        <v>250.0</v>
+        <v>163.0</v>
       </c>
       <c r="F31" s="1" t="n">
+        <v>213.0</v>
+      </c>
+      <c r="G31" s="1" t="n">
+        <v>194.0</v>
+      </c>
+      <c r="H31" s="1" t="n">
         <v>163.0</v>
       </c>
-      <c r="G31" s="1" t="n">
-[...4 lines deleted...]
-      </c>
       <c r="I31" s="1" t="n">
-        <v>163.0</v>
+        <v>224.0</v>
       </c>
       <c r="J31" s="1" t="n">
-        <v>224.0</v>
+        <v>321.0</v>
       </c>
       <c r="K31" s="1" t="n">
-        <v>321.0</v>
+        <v>491.0</v>
       </c>
       <c r="L31" s="1" t="n">
-        <v>491.0</v>
+        <v>216.0</v>
       </c>
       <c r="M31" s="1" t="n">
-        <v>216.0</v>
+        <v>242.0</v>
       </c>
       <c r="N31" s="1" t="n">
-        <v>242.0</v>
+        <v>120.0</v>
       </c>
       <c r="O31" s="1" t="n">
-        <v>120.0</v>
+        <v>245.0</v>
       </c>
       <c r="P31" s="1" t="n">
-        <v>245.0</v>
+        <v>278.0</v>
       </c>
       <c r="Q31" s="1" t="n">
-        <v>278.0</v>
+        <v>306.0</v>
       </c>
     </row>
     <row r="32">
       <c r="A32"/>
       <c r="B32" t="inlineStr">
         <is>
           <t>I Gastgewerbe/Beherbergung und Gastronomie</t>
         </is>
       </c>
       <c r="C32" t="inlineStr">
         <is>
           <t>Verlust von Vollzeitarbeitsplätzen</t>
         </is>
       </c>
       <c r="D32"/>
       <c r="E32" s="1" t="n">
-        <v>138.0</v>
+        <v>112.0</v>
       </c>
       <c r="F32" s="1" t="n">
-        <v>112.0</v>
+        <v>150.0</v>
       </c>
       <c r="G32" s="1" t="n">
-        <v>150.0</v>
+        <v>136.0</v>
       </c>
       <c r="H32" s="1" t="n">
-        <v>136.0</v>
+        <v>441.0</v>
       </c>
       <c r="I32" s="1" t="n">
-        <v>441.0</v>
+        <v>102.0</v>
       </c>
       <c r="J32" s="1" t="n">
-        <v>102.0</v>
+        <v>99.0</v>
       </c>
       <c r="K32" s="1" t="n">
-        <v>99.0</v>
+        <v>125.0</v>
       </c>
       <c r="L32" s="1" t="n">
-        <v>125.0</v>
+        <v>91.0</v>
       </c>
       <c r="M32" s="1" t="n">
-        <v>91.0</v>
+        <v>146.0</v>
       </c>
       <c r="N32" s="1" t="n">
-        <v>146.0</v>
+        <v>147.0</v>
       </c>
       <c r="O32" s="1" t="n">
-        <v>147.0</v>
+        <v>68.0</v>
       </c>
       <c r="P32" s="1" t="n">
-        <v>68.0</v>
+        <v>116.0</v>
       </c>
       <c r="Q32" s="1" t="n">
-        <v>116.0</v>
+        <v>133.0</v>
       </c>
     </row>
     <row r="33">
       <c r="A33"/>
       <c r="B33"/>
       <c r="C33" t="inlineStr">
         <is>
           <t>Verlust von Teilzeitarbeitsplätzen</t>
         </is>
       </c>
       <c r="D33"/>
       <c r="E33" s="1" t="n">
+        <v>153.0</v>
+      </c>
+      <c r="F33" s="1" t="n">
         <v>151.0</v>
       </c>
-      <c r="F33" s="1" t="n">
-[...1 lines deleted...]
-      </c>
       <c r="G33" s="1" t="n">
-        <v>151.0</v>
+        <v>150.0</v>
       </c>
       <c r="H33" s="1" t="n">
-        <v>150.0</v>
+        <v>457.0</v>
       </c>
       <c r="I33" s="1" t="n">
-        <v>457.0</v>
+        <v>206.0</v>
       </c>
       <c r="J33" s="1" t="n">
+        <v>225.0</v>
+      </c>
+      <c r="K33" s="1" t="n">
+        <v>247.0</v>
+      </c>
+      <c r="L33" s="1" t="n">
+        <v>91.0</v>
+      </c>
+      <c r="M33" s="1" t="n">
+        <v>218.0</v>
+      </c>
+      <c r="N33" s="1" t="n">
+        <v>121.0</v>
+      </c>
+      <c r="O33" s="1" t="n">
+        <v>89.0</v>
+      </c>
+      <c r="P33" s="1" t="n">
+        <v>226.0</v>
+      </c>
+      <c r="Q33" s="1" t="n">
         <v>206.0</v>
-      </c>
-[...19 lines deleted...]
-        <v>226.0</v>
       </c>
     </row>
     <row r="34">
       <c r="A34"/>
       <c r="B34"/>
       <c r="C34" t="inlineStr">
         <is>
           <t>Verlust von Arbeitsplätzen von Arbeitgebern, die ein Gehalt beziehen</t>
         </is>
       </c>
       <c r="D34"/>
       <c r="E34" s="1" t="n">
-        <v>141.0</v>
+        <v>130.0</v>
       </c>
       <c r="F34" s="1" t="n">
-        <v>130.0</v>
+        <v>86.0</v>
       </c>
       <c r="G34" s="1" t="n">
-        <v>86.0</v>
+        <v>136.0</v>
       </c>
       <c r="H34" s="1" t="n">
+        <v>134.0</v>
+      </c>
+      <c r="I34" s="1" t="n">
+        <v>119.0</v>
+      </c>
+      <c r="J34" s="1" t="n">
+        <v>138.0</v>
+      </c>
+      <c r="K34" s="1" t="n">
+        <v>123.0</v>
+      </c>
+      <c r="L34" s="1" t="n">
+        <v>98.0</v>
+      </c>
+      <c r="M34" s="1" t="n">
+        <v>131.0</v>
+      </c>
+      <c r="N34" s="1" t="n">
+        <v>84.0</v>
+      </c>
+      <c r="O34" s="1" t="n">
+        <v>65.0</v>
+      </c>
+      <c r="P34" s="1" t="n">
+        <v>132.0</v>
+      </c>
+      <c r="Q34" s="1" t="n">
         <v>136.0</v>
-      </c>
-[...25 lines deleted...]
-        <v>132.0</v>
       </c>
     </row>
     <row r="35">
       <c r="A35"/>
       <c r="B35"/>
       <c r="C35" t="inlineStr">
         <is>
           <t>Gesamtverlust von Arbeitsplätzen</t>
         </is>
       </c>
       <c r="D35"/>
       <c r="E35" s="1" t="n">
-        <v>430.0</v>
+        <v>395.0</v>
       </c>
       <c r="F35" s="1" t="n">
-        <v>395.0</v>
+        <v>387.0</v>
       </c>
       <c r="G35" s="1" t="n">
-        <v>387.0</v>
+        <v>422.0</v>
       </c>
       <c r="H35" s="1" t="n">
-        <v>422.0</v>
+        <v>1032.0</v>
       </c>
       <c r="I35" s="1" t="n">
-        <v>1032.0</v>
+        <v>427.0</v>
       </c>
       <c r="J35" s="1" t="n">
-        <v>427.0</v>
+        <v>462.0</v>
       </c>
       <c r="K35" s="1" t="n">
-        <v>462.0</v>
+        <v>495.0</v>
       </c>
       <c r="L35" s="1" t="n">
+        <v>280.0</v>
+      </c>
+      <c r="M35" s="1" t="n">
         <v>495.0</v>
       </c>
-      <c r="M35" s="1" t="n">
-[...1 lines deleted...]
-      </c>
       <c r="N35" s="1" t="n">
-        <v>495.0</v>
+        <v>352.0</v>
       </c>
       <c r="O35" s="1" t="n">
-        <v>352.0</v>
+        <v>222.0</v>
       </c>
       <c r="P35" s="1" t="n">
-        <v>222.0</v>
+        <v>474.0</v>
       </c>
       <c r="Q35" s="1" t="n">
-        <v>474.0</v>
+        <v>475.0</v>
       </c>
     </row>
     <row r="36">
       <c r="A36"/>
       <c r="B36" t="inlineStr">
         <is>
           <t>J Information und Kommunikation</t>
         </is>
       </c>
       <c r="C36" t="inlineStr">
         <is>
           <t>Verlust von Vollzeitarbeitsplätzen</t>
         </is>
       </c>
       <c r="D36"/>
       <c r="E36" s="1" t="n">
+        <v>3.0</v>
+      </c>
+      <c r="F36" s="1" t="n">
+        <v>12.0</v>
+      </c>
+      <c r="G36" s="1" t="n">
+        <v>22.0</v>
+      </c>
+      <c r="H36" s="1" t="n">
+        <v>2.0</v>
+      </c>
+      <c r="I36" s="1" t="n">
+        <v>44.0</v>
+      </c>
+      <c r="J36" s="1" t="n">
+        <v>6.0</v>
+      </c>
+      <c r="K36" s="1" t="n">
+        <v>59.0</v>
+      </c>
+      <c r="L36" s="1" t="n">
+        <v>20.0</v>
+      </c>
+      <c r="M36" s="1" t="n">
         <v>5.0</v>
       </c>
-      <c r="F36" s="1" t="n">
-[...2 lines deleted...]
-      <c r="G36" s="1" t="n">
+      <c r="N36" s="1" t="n">
+        <v>19.0</v>
+      </c>
+      <c r="O36" s="1" t="n">
+        <v>58.0</v>
+      </c>
+      <c r="P36" s="1" t="n">
         <v>12.0</v>
       </c>
-      <c r="H36" s="1" t="n">
-[...25 lines deleted...]
-      </c>
       <c r="Q36" s="1" t="n">
-        <v>12.0</v>
+        <v>8.0</v>
       </c>
     </row>
     <row r="37">
       <c r="A37"/>
       <c r="B37"/>
       <c r="C37" t="inlineStr">
         <is>
           <t>Verlust von Teilzeitarbeitsplätzen</t>
         </is>
       </c>
       <c r="D37"/>
       <c r="E37" s="1" t="n">
-        <v>0.0</v>
+        <v>1.0</v>
       </c>
       <c r="F37" s="1" t="n">
+        <v>4.0</v>
+      </c>
+      <c r="G37" s="1" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="H37" s="1" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="I37" s="1" t="n">
+        <v>5.0</v>
+      </c>
+      <c r="J37" s="1" t="n">
+        <v>3.0</v>
+      </c>
+      <c r="K37" s="1" t="n">
+        <v>15.0</v>
+      </c>
+      <c r="L37" s="1" t="n">
+        <v>18.0</v>
+      </c>
+      <c r="M37" s="1" t="n">
+        <v>4.0</v>
+      </c>
+      <c r="N37" s="1" t="n">
+        <v>10.0</v>
+      </c>
+      <c r="O37" s="1" t="n">
+        <v>4.0</v>
+      </c>
+      <c r="P37" s="1" t="n">
+        <v>6.0</v>
+      </c>
+      <c r="Q37" s="1" t="n">
         <v>1.0</v>
-      </c>
-[...31 lines deleted...]
-        <v>6.0</v>
       </c>
     </row>
     <row r="38">
       <c r="A38"/>
       <c r="B38"/>
       <c r="C38" t="inlineStr">
         <is>
           <t>Verlust von Arbeitsplätzen von Arbeitgebern, die ein Gehalt beziehen</t>
         </is>
       </c>
       <c r="D38"/>
       <c r="E38" s="1" t="n">
-        <v>46.0</v>
+        <v>25.0</v>
       </c>
       <c r="F38" s="1" t="n">
-        <v>25.0</v>
+        <v>19.0</v>
       </c>
       <c r="G38" s="1" t="n">
+        <v>30.0</v>
+      </c>
+      <c r="H38" s="1" t="n">
+        <v>21.0</v>
+      </c>
+      <c r="I38" s="1" t="n">
+        <v>18.0</v>
+      </c>
+      <c r="J38" s="1" t="n">
+        <v>26.0</v>
+      </c>
+      <c r="K38" s="1" t="n">
+        <v>28.0</v>
+      </c>
+      <c r="L38" s="1" t="n">
+        <v>32.0</v>
+      </c>
+      <c r="M38" s="1" t="n">
+        <v>34.0</v>
+      </c>
+      <c r="N38" s="1" t="n">
+        <v>20.0</v>
+      </c>
+      <c r="O38" s="1" t="n">
         <v>19.0</v>
       </c>
-      <c r="H38" s="1" t="n">
-[...22 lines deleted...]
-      </c>
       <c r="P38" s="1" t="n">
-        <v>19.0</v>
+        <v>38.0</v>
       </c>
       <c r="Q38" s="1" t="n">
-        <v>36.0</v>
+        <v>38.0</v>
       </c>
     </row>
     <row r="39">
       <c r="A39"/>
       <c r="B39"/>
       <c r="C39" t="inlineStr">
         <is>
           <t>Gesamtverlust von Arbeitsplätzen</t>
         </is>
       </c>
       <c r="D39"/>
       <c r="E39" s="1" t="n">
-        <v>51.0</v>
+        <v>29.0</v>
       </c>
       <c r="F39" s="1" t="n">
-        <v>29.0</v>
+        <v>35.0</v>
       </c>
       <c r="G39" s="1" t="n">
+        <v>52.0</v>
+      </c>
+      <c r="H39" s="1" t="n">
+        <v>23.0</v>
+      </c>
+      <c r="I39" s="1" t="n">
+        <v>67.0</v>
+      </c>
+      <c r="J39" s="1" t="n">
         <v>35.0</v>
       </c>
-      <c r="H39" s="1" t="n">
-[...7 lines deleted...]
-      </c>
       <c r="K39" s="1" t="n">
-        <v>35.0</v>
+        <v>102.0</v>
       </c>
       <c r="L39" s="1" t="n">
-        <v>102.0</v>
+        <v>70.0</v>
       </c>
       <c r="M39" s="1" t="n">
-        <v>70.0</v>
+        <v>43.0</v>
       </c>
       <c r="N39" s="1" t="n">
-        <v>43.0</v>
+        <v>49.0</v>
       </c>
       <c r="O39" s="1" t="n">
-        <v>49.0</v>
+        <v>81.0</v>
       </c>
       <c r="P39" s="1" t="n">
-        <v>81.0</v>
+        <v>56.0</v>
       </c>
       <c r="Q39" s="1" t="n">
-        <v>54.0</v>
+        <v>47.0</v>
       </c>
     </row>
     <row r="40">
       <c r="A40"/>
       <c r="B40" t="inlineStr">
         <is>
           <t>K Erbringung von Finanz- und Versicherungsdienstleistungen</t>
         </is>
       </c>
       <c r="C40" t="inlineStr">
         <is>
           <t>Verlust von Vollzeitarbeitsplätzen</t>
         </is>
       </c>
       <c r="D40"/>
       <c r="E40" s="1" t="n">
-        <v>0.0</v>
+        <v>3.0</v>
       </c>
       <c r="F40" s="1" t="n">
-        <v>3.0</v>
+        <v>4.0</v>
       </c>
       <c r="G40" s="1" t="n">
-        <v>4.0</v>
+        <v>9.0</v>
       </c>
       <c r="H40" s="1" t="n">
-        <v>9.0</v>
+        <v>1.0</v>
       </c>
       <c r="I40" s="1" t="n">
         <v>1.0</v>
       </c>
       <c r="J40" s="1" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="K40" s="1" t="n">
         <v>1.0</v>
       </c>
-      <c r="K40" s="1" t="n">
-[...1 lines deleted...]
-      </c>
       <c r="L40" s="1" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="M40" s="1" t="n">
+        <v>12.0</v>
+      </c>
+      <c r="N40" s="1" t="n">
         <v>1.0</v>
       </c>
-      <c r="M40" s="1" t="n">
-[...4 lines deleted...]
-      </c>
       <c r="O40" s="1" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="P40" s="1" t="n">
+        <v>8.0</v>
+      </c>
+      <c r="Q40" s="1" t="n">
         <v>1.0</v>
-      </c>
-[...4 lines deleted...]
-        <v>8.0</v>
       </c>
     </row>
     <row r="41">
       <c r="A41"/>
       <c r="B41"/>
       <c r="C41" t="inlineStr">
         <is>
           <t>Verlust von Teilzeitarbeitsplätzen</t>
         </is>
       </c>
       <c r="D41"/>
       <c r="E41" s="1" t="n">
-        <v>0.0</v>
+        <v>2.0</v>
       </c>
       <c r="F41" s="1" t="n">
+        <v>1.0</v>
+      </c>
+      <c r="G41" s="1" t="n">
+        <v>4.0</v>
+      </c>
+      <c r="H41" s="1" t="n">
         <v>2.0</v>
       </c>
-      <c r="G41" s="1" t="n">
+      <c r="I41" s="1" t="n">
         <v>1.0</v>
       </c>
-      <c r="H41" s="1" t="n">
-[...2 lines deleted...]
-      <c r="I41" s="1" t="n">
+      <c r="J41" s="1" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="K41" s="1" t="n">
+        <v>1.0</v>
+      </c>
+      <c r="L41" s="1" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="M41" s="1" t="n">
         <v>2.0</v>
       </c>
-      <c r="J41" s="1" t="n">
+      <c r="N41" s="1" t="n">
         <v>1.0</v>
       </c>
-      <c r="K41" s="1" t="n">
-[...2 lines deleted...]
-      <c r="L41" s="1" t="n">
+      <c r="O41" s="1" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="P41" s="1" t="n">
         <v>1.0</v>
       </c>
-      <c r="M41" s="1" t="n">
-[...10 lines deleted...]
-      </c>
       <c r="Q41" s="1" t="n">
-        <v>1.0</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="42">
       <c r="A42"/>
       <c r="B42"/>
       <c r="C42" t="inlineStr">
         <is>
           <t>Verlust von Arbeitsplätzen von Arbeitgebern, die ein Gehalt beziehen</t>
         </is>
       </c>
       <c r="D42"/>
       <c r="E42" s="1" t="n">
-        <v>5.0</v>
+        <v>3.0</v>
       </c>
       <c r="F42" s="1" t="n">
-        <v>3.0</v>
+        <v>2.0</v>
       </c>
       <c r="G42" s="1" t="n">
         <v>2.0</v>
       </c>
       <c r="H42" s="1" t="n">
+        <v>7.0</v>
+      </c>
+      <c r="I42" s="1" t="n">
         <v>2.0</v>
       </c>
-      <c r="I42" s="1" t="n">
+      <c r="J42" s="1" t="n">
+        <v>5.0</v>
+      </c>
+      <c r="K42" s="1" t="n">
+        <v>10.0</v>
+      </c>
+      <c r="L42" s="1" t="n">
         <v>7.0</v>
       </c>
-      <c r="J42" s="1" t="n">
-[...2 lines deleted...]
-      <c r="K42" s="1" t="n">
+      <c r="M42" s="1" t="n">
         <v>5.0</v>
       </c>
-      <c r="L42" s="1" t="n">
-[...4 lines deleted...]
-      </c>
       <c r="N42" s="1" t="n">
-        <v>5.0</v>
+        <v>4.0</v>
       </c>
       <c r="O42" s="1" t="n">
         <v>4.0</v>
       </c>
       <c r="P42" s="1" t="n">
-        <v>4.0</v>
+        <v>9.0</v>
       </c>
       <c r="Q42" s="1" t="n">
-        <v>9.0</v>
+        <v>7.0</v>
       </c>
     </row>
     <row r="43">
       <c r="A43"/>
       <c r="B43"/>
       <c r="C43" t="inlineStr">
         <is>
           <t>Gesamtverlust von Arbeitsplätzen</t>
         </is>
       </c>
       <c r="D43"/>
       <c r="E43" s="1" t="n">
+        <v>8.0</v>
+      </c>
+      <c r="F43" s="1" t="n">
+        <v>7.0</v>
+      </c>
+      <c r="G43" s="1" t="n">
+        <v>15.0</v>
+      </c>
+      <c r="H43" s="1" t="n">
+        <v>10.0</v>
+      </c>
+      <c r="I43" s="1" t="n">
+        <v>4.0</v>
+      </c>
+      <c r="J43" s="1" t="n">
         <v>5.0</v>
       </c>
-      <c r="F43" s="1" t="n">
+      <c r="K43" s="1" t="n">
+        <v>12.0</v>
+      </c>
+      <c r="L43" s="1" t="n">
+        <v>7.0</v>
+      </c>
+      <c r="M43" s="1" t="n">
+        <v>19.0</v>
+      </c>
+      <c r="N43" s="1" t="n">
+        <v>6.0</v>
+      </c>
+      <c r="O43" s="1" t="n">
+        <v>4.0</v>
+      </c>
+      <c r="P43" s="1" t="n">
+        <v>18.0</v>
+      </c>
+      <c r="Q43" s="1" t="n">
         <v>8.0</v>
-      </c>
-[...31 lines deleted...]
-        <v>18.0</v>
       </c>
     </row>
     <row r="44">
       <c r="A44"/>
       <c r="B44" t="inlineStr">
         <is>
           <t>L Grundstücks- und Wohnungswesen</t>
         </is>
       </c>
       <c r="C44" t="inlineStr">
         <is>
           <t>Verlust von Vollzeitarbeitsplätzen</t>
         </is>
       </c>
       <c r="D44"/>
       <c r="E44" s="1" t="n">
-        <v>9.0</v>
+        <v>1.0</v>
       </c>
       <c r="F44" s="1" t="n">
-        <v>1.0</v>
+        <v>2.0</v>
       </c>
       <c r="G44" s="1" t="n">
-        <v>2.0</v>
+        <v>0.0</v>
       </c>
       <c r="H44" s="1" t="n">
-        <v>0.0</v>
+        <v>6.0</v>
       </c>
       <c r="I44" s="1" t="n">
-        <v>6.0</v>
+        <v>4.0</v>
       </c>
       <c r="J44" s="1" t="n">
         <v>4.0</v>
       </c>
       <c r="K44" s="1" t="n">
-        <v>4.0</v>
+        <v>2.0</v>
       </c>
       <c r="L44" s="1" t="n">
-        <v>2.0</v>
+        <v>0.0</v>
       </c>
       <c r="M44" s="1" t="n">
-        <v>0.0</v>
+        <v>20.0</v>
       </c>
       <c r="N44" s="1" t="n">
+        <v>7.0</v>
+      </c>
+      <c r="O44" s="1" t="n">
+        <v>3.0</v>
+      </c>
+      <c r="P44" s="1" t="n">
         <v>20.0</v>
       </c>
-      <c r="O44" s="1" t="n">
-[...4 lines deleted...]
-      </c>
       <c r="Q44" s="1" t="n">
-        <v>20.0</v>
+        <v>13.0</v>
       </c>
     </row>
     <row r="45">
       <c r="A45"/>
       <c r="B45"/>
       <c r="C45" t="inlineStr">
         <is>
           <t>Verlust von Teilzeitarbeitsplätzen</t>
         </is>
       </c>
       <c r="D45"/>
       <c r="E45" s="1" t="n">
-        <v>5.0</v>
+        <v>2.0</v>
       </c>
       <c r="F45" s="1" t="n">
-        <v>2.0</v>
+        <v>0.0</v>
       </c>
       <c r="G45" s="1" t="n">
-        <v>0.0</v>
+        <v>1.0</v>
       </c>
       <c r="H45" s="1" t="n">
-        <v>1.0</v>
+        <v>3.0</v>
       </c>
       <c r="I45" s="1" t="n">
         <v>3.0</v>
       </c>
       <c r="J45" s="1" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="K45" s="1" t="n">
+        <v>2.0</v>
+      </c>
+      <c r="L45" s="1" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="M45" s="1" t="n">
+        <v>7.0</v>
+      </c>
+      <c r="N45" s="1" t="n">
+        <v>4.0</v>
+      </c>
+      <c r="O45" s="1" t="n">
+        <v>1.0</v>
+      </c>
+      <c r="P45" s="1" t="n">
+        <v>5.0</v>
+      </c>
+      <c r="Q45" s="1" t="n">
         <v>3.0</v>
-      </c>
-[...19 lines deleted...]
-        <v>5.0</v>
       </c>
     </row>
     <row r="46">
       <c r="A46"/>
       <c r="B46"/>
       <c r="C46" t="inlineStr">
         <is>
           <t>Verlust von Arbeitsplätzen von Arbeitgebern, die ein Gehalt beziehen</t>
         </is>
       </c>
       <c r="D46"/>
       <c r="E46" s="1" t="n">
         <v>13.0</v>
       </c>
       <c r="F46" s="1" t="n">
+        <v>11.0</v>
+      </c>
+      <c r="G46" s="1" t="n">
+        <v>12.0</v>
+      </c>
+      <c r="H46" s="1" t="n">
+        <v>15.0</v>
+      </c>
+      <c r="I46" s="1" t="n">
+        <v>14.0</v>
+      </c>
+      <c r="J46" s="1" t="n">
+        <v>17.0</v>
+      </c>
+      <c r="K46" s="1" t="n">
         <v>13.0</v>
       </c>
-      <c r="G46" s="1" t="n">
-[...8 lines deleted...]
-      <c r="J46" s="1" t="n">
+      <c r="L46" s="1" t="n">
         <v>14.0</v>
       </c>
-      <c r="K46" s="1" t="n">
-[...4 lines deleted...]
-      </c>
       <c r="M46" s="1" t="n">
-        <v>14.0</v>
+        <v>16.0</v>
       </c>
       <c r="N46" s="1" t="n">
-        <v>16.0</v>
+        <v>5.0</v>
       </c>
       <c r="O46" s="1" t="n">
-        <v>5.0</v>
+        <v>8.0</v>
       </c>
       <c r="P46" s="1" t="n">
-        <v>8.0</v>
+        <v>18.0</v>
       </c>
       <c r="Q46" s="1" t="n">
-        <v>18.0</v>
+        <v>21.0</v>
       </c>
     </row>
     <row r="47">
       <c r="A47"/>
       <c r="B47"/>
       <c r="C47" t="inlineStr">
         <is>
           <t>Gesamtverlust von Arbeitsplätzen</t>
         </is>
       </c>
       <c r="D47"/>
       <c r="E47" s="1" t="n">
-        <v>27.0</v>
+        <v>16.0</v>
       </c>
       <c r="F47" s="1" t="n">
-        <v>16.0</v>
+        <v>13.0</v>
       </c>
       <c r="G47" s="1" t="n">
         <v>13.0</v>
       </c>
       <c r="H47" s="1" t="n">
-        <v>13.0</v>
+        <v>24.0</v>
       </c>
       <c r="I47" s="1" t="n">
-        <v>24.0</v>
+        <v>21.0</v>
       </c>
       <c r="J47" s="1" t="n">
         <v>21.0</v>
       </c>
       <c r="K47" s="1" t="n">
-        <v>21.0</v>
+        <v>17.0</v>
       </c>
       <c r="L47" s="1" t="n">
-        <v>17.0</v>
+        <v>14.0</v>
       </c>
       <c r="M47" s="1" t="n">
-        <v>14.0</v>
+        <v>43.0</v>
       </c>
       <c r="N47" s="1" t="n">
+        <v>16.0</v>
+      </c>
+      <c r="O47" s="1" t="n">
+        <v>12.0</v>
+      </c>
+      <c r="P47" s="1" t="n">
         <v>43.0</v>
       </c>
-      <c r="O47" s="1" t="n">
-[...4 lines deleted...]
-      </c>
       <c r="Q47" s="1" t="n">
-        <v>43.0</v>
+        <v>37.0</v>
       </c>
     </row>
     <row r="48">
       <c r="A48"/>
       <c r="B48" t="inlineStr">
         <is>
           <t>M Erbringung von freiberuflichen, wissenschaftlichen und technischen Dienstleistungen</t>
         </is>
       </c>
       <c r="C48" t="inlineStr">
         <is>
           <t>Verlust von Vollzeitarbeitsplätzen</t>
         </is>
       </c>
       <c r="D48"/>
       <c r="E48" s="1" t="n">
-        <v>9.0</v>
+        <v>36.0</v>
       </c>
       <c r="F48" s="1" t="n">
-        <v>36.0</v>
+        <v>26.0</v>
       </c>
       <c r="G48" s="1" t="n">
+        <v>44.0</v>
+      </c>
+      <c r="H48" s="1" t="n">
+        <v>49.0</v>
+      </c>
+      <c r="I48" s="1" t="n">
+        <v>61.0</v>
+      </c>
+      <c r="J48" s="1" t="n">
+        <v>49.0</v>
+      </c>
+      <c r="K48" s="1" t="n">
+        <v>62.0</v>
+      </c>
+      <c r="L48" s="1" t="n">
+        <v>42.0</v>
+      </c>
+      <c r="M48" s="1" t="n">
+        <v>91.0</v>
+      </c>
+      <c r="N48" s="1" t="n">
         <v>26.0</v>
       </c>
-      <c r="H48" s="1" t="n">
-[...19 lines deleted...]
-      </c>
       <c r="O48" s="1" t="n">
-        <v>26.0</v>
+        <v>339.0</v>
       </c>
       <c r="P48" s="1" t="n">
-        <v>339.0</v>
+        <v>28.0</v>
       </c>
       <c r="Q48" s="1" t="n">
-        <v>17.0</v>
+        <v>35.0</v>
       </c>
     </row>
     <row r="49">
       <c r="A49"/>
       <c r="B49"/>
       <c r="C49" t="inlineStr">
         <is>
           <t>Verlust von Teilzeitarbeitsplätzen</t>
         </is>
       </c>
       <c r="D49"/>
       <c r="E49" s="1" t="n">
         <v>4.0</v>
       </c>
       <c r="F49" s="1" t="n">
-        <v>4.0</v>
+        <v>26.0</v>
       </c>
       <c r="G49" s="1" t="n">
-        <v>26.0</v>
+        <v>17.0</v>
       </c>
       <c r="H49" s="1" t="n">
-        <v>17.0</v>
+        <v>15.0</v>
       </c>
       <c r="I49" s="1" t="n">
+        <v>9.0</v>
+      </c>
+      <c r="J49" s="1" t="n">
+        <v>8.0</v>
+      </c>
+      <c r="K49" s="1" t="n">
+        <v>27.0</v>
+      </c>
+      <c r="L49" s="1" t="n">
+        <v>12.0</v>
+      </c>
+      <c r="M49" s="1" t="n">
+        <v>25.0</v>
+      </c>
+      <c r="N49" s="1" t="n">
         <v>15.0</v>
       </c>
-      <c r="J49" s="1" t="n">
-[...13 lines deleted...]
-      </c>
       <c r="O49" s="1" t="n">
-        <v>15.0</v>
+        <v>47.0</v>
       </c>
       <c r="P49" s="1" t="n">
-        <v>47.0</v>
+        <v>19.0</v>
       </c>
       <c r="Q49" s="1" t="n">
-        <v>12.0</v>
+        <v>16.0</v>
       </c>
     </row>
     <row r="50">
       <c r="A50"/>
       <c r="B50"/>
       <c r="C50" t="inlineStr">
         <is>
           <t>Verlust von Arbeitsplätzen von Arbeitgebern, die ein Gehalt beziehen</t>
         </is>
       </c>
       <c r="D50"/>
       <c r="E50" s="1" t="n">
-        <v>75.0</v>
+        <v>73.0</v>
       </c>
       <c r="F50" s="1" t="n">
-        <v>73.0</v>
+        <v>64.0</v>
       </c>
       <c r="G50" s="1" t="n">
-        <v>64.0</v>
+        <v>71.0</v>
       </c>
       <c r="H50" s="1" t="n">
         <v>71.0</v>
       </c>
       <c r="I50" s="1" t="n">
-        <v>71.0</v>
+        <v>64.0</v>
       </c>
       <c r="J50" s="1" t="n">
-        <v>64.0</v>
+        <v>70.0</v>
       </c>
       <c r="K50" s="1" t="n">
-        <v>70.0</v>
+        <v>67.0</v>
       </c>
       <c r="L50" s="1" t="n">
-        <v>67.0</v>
+        <v>49.0</v>
       </c>
       <c r="M50" s="1" t="n">
-        <v>49.0</v>
+        <v>100.0</v>
       </c>
       <c r="N50" s="1" t="n">
-        <v>100.0</v>
+        <v>37.0</v>
       </c>
       <c r="O50" s="1" t="n">
-        <v>37.0</v>
+        <v>30.0</v>
       </c>
       <c r="P50" s="1" t="n">
-        <v>30.0</v>
+        <v>99.0</v>
       </c>
       <c r="Q50" s="1" t="n">
-        <v>99.0</v>
+        <v>61.0</v>
       </c>
     </row>
     <row r="51">
       <c r="A51"/>
       <c r="B51"/>
       <c r="C51" t="inlineStr">
         <is>
           <t>Gesamtverlust von Arbeitsplätzen</t>
         </is>
       </c>
       <c r="D51"/>
       <c r="E51" s="1" t="n">
-        <v>88.0</v>
+        <v>113.0</v>
       </c>
       <c r="F51" s="1" t="n">
-        <v>113.0</v>
+        <v>116.0</v>
       </c>
       <c r="G51" s="1" t="n">
-        <v>116.0</v>
+        <v>132.0</v>
       </c>
       <c r="H51" s="1" t="n">
-        <v>132.0</v>
+        <v>135.0</v>
       </c>
       <c r="I51" s="1" t="n">
-        <v>135.0</v>
+        <v>134.0</v>
       </c>
       <c r="J51" s="1" t="n">
-        <v>134.0</v>
+        <v>127.0</v>
       </c>
       <c r="K51" s="1" t="n">
-        <v>127.0</v>
+        <v>156.0</v>
       </c>
       <c r="L51" s="1" t="n">
-        <v>156.0</v>
+        <v>103.0</v>
       </c>
       <c r="M51" s="1" t="n">
-        <v>103.0</v>
+        <v>216.0</v>
       </c>
       <c r="N51" s="1" t="n">
-        <v>216.0</v>
+        <v>78.0</v>
       </c>
       <c r="O51" s="1" t="n">
-        <v>78.0</v>
+        <v>416.0</v>
       </c>
       <c r="P51" s="1" t="n">
-        <v>416.0</v>
+        <v>146.0</v>
       </c>
       <c r="Q51" s="1" t="n">
-        <v>128.0</v>
+        <v>112.0</v>
       </c>
     </row>
     <row r="52">
       <c r="A52"/>
       <c r="B52" t="inlineStr">
         <is>
           <t>N Erbringung von sonstigen wirtschaftlichen Dienstleistungen</t>
         </is>
       </c>
       <c r="C52" t="inlineStr">
         <is>
           <t>Verlust von Vollzeitarbeitsplätzen</t>
         </is>
       </c>
       <c r="D52"/>
       <c r="E52" s="1" t="n">
-        <v>49.0</v>
+        <v>66.0</v>
       </c>
       <c r="F52" s="1" t="n">
-        <v>66.0</v>
+        <v>30.0</v>
       </c>
       <c r="G52" s="1" t="n">
-        <v>30.0</v>
+        <v>47.0</v>
       </c>
       <c r="H52" s="1" t="n">
-        <v>47.0</v>
+        <v>59.0</v>
       </c>
       <c r="I52" s="1" t="n">
-        <v>59.0</v>
+        <v>108.0</v>
       </c>
       <c r="J52" s="1" t="n">
-        <v>108.0</v>
+        <v>72.0</v>
       </c>
       <c r="K52" s="1" t="n">
-        <v>72.0</v>
+        <v>13.0</v>
       </c>
       <c r="L52" s="1" t="n">
-        <v>13.0</v>
+        <v>37.0</v>
       </c>
       <c r="M52" s="1" t="n">
-        <v>37.0</v>
+        <v>139.0</v>
       </c>
       <c r="N52" s="1" t="n">
-        <v>139.0</v>
+        <v>32.0</v>
       </c>
       <c r="O52" s="1" t="n">
-        <v>32.0</v>
+        <v>78.0</v>
       </c>
       <c r="P52" s="1" t="n">
-        <v>78.0</v>
+        <v>55.0</v>
       </c>
       <c r="Q52" s="1" t="n">
-        <v>55.0</v>
+        <v>90.0</v>
       </c>
     </row>
     <row r="53">
       <c r="A53"/>
       <c r="B53"/>
       <c r="C53" t="inlineStr">
         <is>
           <t>Verlust von Teilzeitarbeitsplätzen</t>
         </is>
       </c>
       <c r="D53"/>
       <c r="E53" s="1" t="n">
-        <v>56.0</v>
+        <v>113.0</v>
       </c>
       <c r="F53" s="1" t="n">
-        <v>113.0</v>
+        <v>46.0</v>
       </c>
       <c r="G53" s="1" t="n">
-        <v>46.0</v>
+        <v>61.0</v>
       </c>
       <c r="H53" s="1" t="n">
-        <v>61.0</v>
+        <v>55.0</v>
       </c>
       <c r="I53" s="1" t="n">
-        <v>55.0</v>
+        <v>24.0</v>
       </c>
       <c r="J53" s="1" t="n">
-        <v>24.0</v>
+        <v>37.0</v>
       </c>
       <c r="K53" s="1" t="n">
-        <v>37.0</v>
+        <v>11.0</v>
       </c>
       <c r="L53" s="1" t="n">
-        <v>11.0</v>
+        <v>32.0</v>
       </c>
       <c r="M53" s="1" t="n">
-        <v>32.0</v>
+        <v>95.0</v>
       </c>
       <c r="N53" s="1" t="n">
-        <v>95.0</v>
+        <v>18.0</v>
       </c>
       <c r="O53" s="1" t="n">
-        <v>18.0</v>
+        <v>94.0</v>
       </c>
       <c r="P53" s="1" t="n">
-        <v>94.0</v>
+        <v>124.0</v>
       </c>
       <c r="Q53" s="1" t="n">
-        <v>124.0</v>
+        <v>98.0</v>
       </c>
     </row>
     <row r="54">
       <c r="A54"/>
       <c r="B54"/>
       <c r="C54" t="inlineStr">
         <is>
           <t>Verlust von Arbeitsplätzen von Arbeitgebern, die ein Gehalt beziehen</t>
         </is>
       </c>
       <c r="D54"/>
       <c r="E54" s="1" t="n">
-        <v>77.0</v>
+        <v>55.0</v>
       </c>
       <c r="F54" s="1" t="n">
-        <v>55.0</v>
+        <v>34.0</v>
       </c>
       <c r="G54" s="1" t="n">
-        <v>34.0</v>
+        <v>66.0</v>
       </c>
       <c r="H54" s="1" t="n">
-        <v>66.0</v>
+        <v>53.0</v>
       </c>
       <c r="I54" s="1" t="n">
-        <v>53.0</v>
+        <v>52.0</v>
       </c>
       <c r="J54" s="1" t="n">
-        <v>52.0</v>
+        <v>44.0</v>
       </c>
       <c r="K54" s="1" t="n">
         <v>44.0</v>
       </c>
       <c r="L54" s="1" t="n">
-        <v>44.0</v>
+        <v>42.0</v>
       </c>
       <c r="M54" s="1" t="n">
-        <v>42.0</v>
+        <v>63.0</v>
       </c>
       <c r="N54" s="1" t="n">
-        <v>63.0</v>
+        <v>36.0</v>
       </c>
       <c r="O54" s="1" t="n">
-        <v>36.0</v>
+        <v>16.0</v>
       </c>
       <c r="P54" s="1" t="n">
-        <v>16.0</v>
+        <v>64.0</v>
       </c>
       <c r="Q54" s="1" t="n">
-        <v>64.0</v>
+        <v>71.0</v>
       </c>
     </row>
     <row r="55">
       <c r="A55"/>
       <c r="B55"/>
       <c r="C55" t="inlineStr">
         <is>
           <t>Gesamtverlust von Arbeitsplätzen</t>
         </is>
       </c>
       <c r="D55"/>
       <c r="E55" s="1" t="n">
-        <v>182.0</v>
+        <v>234.0</v>
       </c>
       <c r="F55" s="1" t="n">
-        <v>234.0</v>
+        <v>110.0</v>
       </c>
       <c r="G55" s="1" t="n">
-        <v>110.0</v>
+        <v>174.0</v>
       </c>
       <c r="H55" s="1" t="n">
-        <v>174.0</v>
+        <v>167.0</v>
       </c>
       <c r="I55" s="1" t="n">
-        <v>167.0</v>
+        <v>184.0</v>
       </c>
       <c r="J55" s="1" t="n">
-        <v>184.0</v>
+        <v>153.0</v>
       </c>
       <c r="K55" s="1" t="n">
-        <v>153.0</v>
+        <v>68.0</v>
       </c>
       <c r="L55" s="1" t="n">
-        <v>68.0</v>
+        <v>111.0</v>
       </c>
       <c r="M55" s="1" t="n">
-        <v>111.0</v>
+        <v>297.0</v>
       </c>
       <c r="N55" s="1" t="n">
-        <v>297.0</v>
+        <v>86.0</v>
       </c>
       <c r="O55" s="1" t="n">
-        <v>86.0</v>
+        <v>188.0</v>
       </c>
       <c r="P55" s="1" t="n">
-        <v>188.0</v>
+        <v>243.0</v>
       </c>
       <c r="Q55" s="1" t="n">
-        <v>243.0</v>
+        <v>259.0</v>
       </c>
     </row>
     <row r="56">
       <c r="A56"/>
       <c r="B56" t="inlineStr">
         <is>
           <t>O Öffentliche Verwaltung, Verteidigung/ Sozialversicherung</t>
         </is>
       </c>
       <c r="C56" t="inlineStr">
         <is>
           <t>Verlust von Vollzeitarbeitsplätzen</t>
         </is>
       </c>
       <c r="D56"/>
-      <c r="E56" s="1" t="n">
-[...1 lines deleted...]
-      </c>
+      <c r="E56"/>
       <c r="F56"/>
       <c r="G56"/>
       <c r="H56"/>
       <c r="I56"/>
       <c r="J56"/>
       <c r="K56"/>
       <c r="L56"/>
       <c r="M56"/>
       <c r="N56"/>
       <c r="O56"/>
       <c r="P56"/>
       <c r="Q56"/>
     </row>
     <row r="57">
       <c r="A57"/>
       <c r="B57"/>
       <c r="C57" t="inlineStr">
         <is>
           <t>Verlust von Teilzeitarbeitsplätzen</t>
         </is>
       </c>
       <c r="D57"/>
-      <c r="E57" s="1" t="n">
-[...1 lines deleted...]
-      </c>
+      <c r="E57"/>
       <c r="F57"/>
       <c r="G57"/>
       <c r="H57"/>
       <c r="I57"/>
       <c r="J57"/>
       <c r="K57"/>
       <c r="L57"/>
       <c r="M57"/>
       <c r="N57"/>
       <c r="O57"/>
       <c r="P57"/>
       <c r="Q57"/>
     </row>
     <row r="58">
       <c r="A58"/>
       <c r="B58"/>
       <c r="C58" t="inlineStr">
         <is>
           <t>Verlust von Arbeitsplätzen von Arbeitgebern, die ein Gehalt beziehen</t>
         </is>
       </c>
       <c r="D58"/>
-      <c r="E58" s="1" t="n">
-[...1 lines deleted...]
-      </c>
+      <c r="E58"/>
       <c r="F58"/>
       <c r="G58"/>
       <c r="H58"/>
       <c r="I58"/>
       <c r="J58"/>
       <c r="K58"/>
       <c r="L58"/>
       <c r="M58"/>
       <c r="N58"/>
       <c r="O58"/>
       <c r="P58"/>
       <c r="Q58"/>
     </row>
     <row r="59">
       <c r="A59"/>
       <c r="B59"/>
       <c r="C59" t="inlineStr">
         <is>
           <t>Gesamtverlust von Arbeitsplätzen</t>
         </is>
       </c>
       <c r="D59"/>
-      <c r="E59" s="1" t="n">
-[...1 lines deleted...]
-      </c>
+      <c r="E59"/>
       <c r="F59"/>
       <c r="G59"/>
       <c r="H59"/>
       <c r="I59"/>
       <c r="J59"/>
       <c r="K59"/>
       <c r="L59"/>
       <c r="M59"/>
       <c r="N59"/>
       <c r="O59"/>
       <c r="P59"/>
       <c r="Q59"/>
     </row>
     <row r="60">
       <c r="A60"/>
       <c r="B60" t="inlineStr">
         <is>
           <t>P Erziehung und Unterricht</t>
         </is>
       </c>
       <c r="C60" t="inlineStr">
         <is>
           <t>Verlust von Vollzeitarbeitsplätzen</t>
         </is>
       </c>
       <c r="D60"/>
       <c r="E60" s="1" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="F60" s="1" t="n">
         <v>1.0</v>
       </c>
-      <c r="F60" s="1" t="n">
-[...1 lines deleted...]
-      </c>
       <c r="G60" s="1" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="H60" s="1" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="I60" s="1" t="n">
+        <v>6.0</v>
+      </c>
+      <c r="J60" s="1" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="K60" s="1" t="n">
         <v>1.0</v>
       </c>
-      <c r="H60" s="1" t="n">
-[...10 lines deleted...]
-      </c>
       <c r="L60" s="1" t="n">
-        <v>1.0</v>
+        <v>0.0</v>
       </c>
       <c r="M60" s="1" t="n">
         <v>0.0</v>
       </c>
       <c r="N60" s="1" t="n">
-        <v>0.0</v>
+        <v>20.0</v>
       </c>
       <c r="O60" s="1" t="n">
-        <v>20.0</v>
+        <v>0.0</v>
       </c>
       <c r="P60" s="1" t="n">
-        <v>0.0</v>
+        <v>2.0</v>
       </c>
       <c r="Q60" s="1" t="n">
-        <v>2.0</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="61">
       <c r="A61"/>
       <c r="B61"/>
       <c r="C61" t="inlineStr">
         <is>
           <t>Verlust von Teilzeitarbeitsplätzen</t>
         </is>
       </c>
       <c r="D61"/>
       <c r="E61" s="1" t="n">
-        <v>3.0</v>
+        <v>0.0</v>
       </c>
       <c r="F61" s="1" t="n">
         <v>0.0</v>
       </c>
       <c r="G61" s="1" t="n">
         <v>0.0</v>
       </c>
       <c r="H61" s="1" t="n">
-        <v>0.0</v>
+        <v>4.0</v>
       </c>
       <c r="I61" s="1" t="n">
+        <v>2.0</v>
+      </c>
+      <c r="J61" s="1" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="K61" s="1" t="n">
+        <v>1.0</v>
+      </c>
+      <c r="L61" s="1" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="M61" s="1" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="N61" s="1" t="n">
+        <v>11.0</v>
+      </c>
+      <c r="O61" s="1" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="P61" s="1" t="n">
         <v>4.0</v>
       </c>
-      <c r="J61" s="1" t="n">
-[...19 lines deleted...]
-      </c>
       <c r="Q61" s="1" t="n">
-        <v>4.0</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="62">
       <c r="A62"/>
       <c r="B62"/>
       <c r="C62" t="inlineStr">
         <is>
           <t>Verlust von Arbeitsplätzen von Arbeitgebern, die ein Gehalt beziehen</t>
         </is>
       </c>
       <c r="D62"/>
       <c r="E62" s="1" t="n">
-        <v>2.0</v>
+        <v>7.0</v>
       </c>
       <c r="F62" s="1" t="n">
-        <v>7.0</v>
+        <v>6.0</v>
       </c>
       <c r="G62" s="1" t="n">
-        <v>6.0</v>
+        <v>9.0</v>
       </c>
       <c r="H62" s="1" t="n">
-        <v>9.0</v>
+        <v>1.0</v>
       </c>
       <c r="I62" s="1" t="n">
-        <v>1.0</v>
+        <v>3.0</v>
       </c>
       <c r="J62" s="1" t="n">
         <v>3.0</v>
       </c>
       <c r="K62" s="1" t="n">
         <v>3.0</v>
       </c>
       <c r="L62" s="1" t="n">
-        <v>3.0</v>
+        <v>5.0</v>
       </c>
       <c r="M62" s="1" t="n">
+        <v>4.0</v>
+      </c>
+      <c r="N62" s="1" t="n">
+        <v>8.0</v>
+      </c>
+      <c r="O62" s="1" t="n">
         <v>5.0</v>
       </c>
-      <c r="N62" s="1" t="n">
-[...2 lines deleted...]
-      <c r="O62" s="1" t="n">
+      <c r="P62" s="1" t="n">
+        <v>7.0</v>
+      </c>
+      <c r="Q62" s="1" t="n">
         <v>8.0</v>
-      </c>
-[...4 lines deleted...]
-        <v>7.0</v>
       </c>
     </row>
     <row r="63">
       <c r="A63"/>
       <c r="B63"/>
       <c r="C63" t="inlineStr">
         <is>
           <t>Gesamtverlust von Arbeitsplätzen</t>
         </is>
       </c>
       <c r="D63"/>
       <c r="E63" s="1" t="n">
-        <v>6.0</v>
+        <v>7.0</v>
       </c>
       <c r="F63" s="1" t="n">
         <v>7.0</v>
       </c>
       <c r="G63" s="1" t="n">
-        <v>7.0</v>
+        <v>9.0</v>
       </c>
       <c r="H63" s="1" t="n">
-        <v>9.0</v>
+        <v>5.0</v>
       </c>
       <c r="I63" s="1" t="n">
+        <v>11.0</v>
+      </c>
+      <c r="J63" s="1" t="n">
+        <v>3.0</v>
+      </c>
+      <c r="K63" s="1" t="n">
         <v>5.0</v>
-      </c>
-[...4 lines deleted...]
-        <v>3.0</v>
       </c>
       <c r="L63" s="1" t="n">
         <v>5.0</v>
       </c>
       <c r="M63" s="1" t="n">
+        <v>4.0</v>
+      </c>
+      <c r="N63" s="1" t="n">
+        <v>39.0</v>
+      </c>
+      <c r="O63" s="1" t="n">
         <v>5.0</v>
       </c>
-      <c r="N63" s="1" t="n">
-[...4 lines deleted...]
-      </c>
       <c r="P63" s="1" t="n">
-        <v>5.0</v>
+        <v>13.0</v>
       </c>
       <c r="Q63" s="1" t="n">
-        <v>13.0</v>
+        <v>8.0</v>
       </c>
     </row>
     <row r="64">
       <c r="A64"/>
       <c r="B64" t="inlineStr">
         <is>
           <t>Q Gesundheits- und Sozialwesen</t>
         </is>
       </c>
       <c r="C64" t="inlineStr">
         <is>
           <t>Verlust von Vollzeitarbeitsplätzen</t>
         </is>
       </c>
       <c r="D64"/>
       <c r="E64" s="1" t="n">
-        <v>83.0</v>
+        <v>32.0</v>
       </c>
       <c r="F64" s="1" t="n">
-        <v>32.0</v>
+        <v>19.0</v>
       </c>
       <c r="G64" s="1" t="n">
-        <v>19.0</v>
+        <v>4.0</v>
       </c>
       <c r="H64" s="1" t="n">
-        <v>4.0</v>
+        <v>16.0</v>
       </c>
       <c r="I64" s="1" t="n">
+        <v>2.0</v>
+      </c>
+      <c r="J64" s="1" t="n">
+        <v>3.0</v>
+      </c>
+      <c r="K64" s="1" t="n">
+        <v>24.0</v>
+      </c>
+      <c r="L64" s="1" t="n">
         <v>16.0</v>
       </c>
-      <c r="J64" s="1" t="n">
-[...7 lines deleted...]
-      </c>
       <c r="M64" s="1" t="n">
-        <v>16.0</v>
+        <v>53.0</v>
       </c>
       <c r="N64" s="1" t="n">
-        <v>53.0</v>
+        <v>59.0</v>
       </c>
       <c r="O64" s="1" t="n">
-        <v>59.0</v>
+        <v>6.0</v>
       </c>
       <c r="P64" s="1" t="n">
-        <v>6.0</v>
+        <v>10.0</v>
       </c>
       <c r="Q64" s="1" t="n">
-        <v>10.0</v>
+        <v>1.0</v>
       </c>
     </row>
     <row r="65">
       <c r="A65"/>
       <c r="B65"/>
       <c r="C65" t="inlineStr">
         <is>
           <t>Verlust von Teilzeitarbeitsplätzen</t>
         </is>
       </c>
       <c r="D65"/>
       <c r="E65" s="1" t="n">
-        <v>49.0</v>
+        <v>14.0</v>
       </c>
       <c r="F65" s="1" t="n">
-        <v>14.0</v>
+        <v>48.0</v>
       </c>
       <c r="G65" s="1" t="n">
-        <v>48.0</v>
+        <v>4.0</v>
       </c>
       <c r="H65" s="1" t="n">
-        <v>4.0</v>
+        <v>1.0</v>
       </c>
       <c r="I65" s="1" t="n">
-        <v>1.0</v>
+        <v>2.0</v>
       </c>
       <c r="J65" s="1" t="n">
+        <v>5.0</v>
+      </c>
+      <c r="K65" s="1" t="n">
+        <v>18.0</v>
+      </c>
+      <c r="L65" s="1" t="n">
+        <v>25.0</v>
+      </c>
+      <c r="M65" s="1" t="n">
+        <v>39.0</v>
+      </c>
+      <c r="N65" s="1" t="n">
+        <v>71.0</v>
+      </c>
+      <c r="O65" s="1" t="n">
         <v>2.0</v>
-      </c>
-[...13 lines deleted...]
-        <v>71.0</v>
       </c>
       <c r="P65" s="1" t="n">
         <v>2.0</v>
       </c>
       <c r="Q65" s="1" t="n">
-        <v>2.0</v>
+        <v>1.0</v>
       </c>
     </row>
     <row r="66">
       <c r="A66"/>
       <c r="B66"/>
       <c r="C66" t="inlineStr">
         <is>
           <t>Verlust von Arbeitsplätzen von Arbeitgebern, die ein Gehalt beziehen</t>
         </is>
       </c>
       <c r="D66"/>
       <c r="E66" s="1" t="n">
-        <v>11.0</v>
+        <v>14.0</v>
       </c>
       <c r="F66" s="1" t="n">
+        <v>18.0</v>
+      </c>
+      <c r="G66" s="1" t="n">
+        <v>17.0</v>
+      </c>
+      <c r="H66" s="1" t="n">
         <v>14.0</v>
       </c>
-      <c r="G66" s="1" t="n">
+      <c r="I66" s="1" t="n">
+        <v>15.0</v>
+      </c>
+      <c r="J66" s="1" t="n">
+        <v>16.0</v>
+      </c>
+      <c r="K66" s="1" t="n">
         <v>18.0</v>
       </c>
-      <c r="H66" s="1" t="n">
+      <c r="L66" s="1" t="n">
+        <v>7.0</v>
+      </c>
+      <c r="M66" s="1" t="n">
+        <v>18.0</v>
+      </c>
+      <c r="N66" s="1" t="n">
+        <v>14.0</v>
+      </c>
+      <c r="O66" s="1" t="n">
+        <v>5.0</v>
+      </c>
+      <c r="P66" s="1" t="n">
+        <v>8.0</v>
+      </c>
+      <c r="Q66" s="1" t="n">
         <v>17.0</v>
-      </c>
-[...25 lines deleted...]
-        <v>8.0</v>
       </c>
     </row>
     <row r="67">
       <c r="A67"/>
       <c r="B67"/>
       <c r="C67" t="inlineStr">
         <is>
           <t>Gesamtverlust von Arbeitsplätzen</t>
         </is>
       </c>
       <c r="D67"/>
       <c r="E67" s="1" t="n">
-        <v>143.0</v>
+        <v>60.0</v>
       </c>
       <c r="F67" s="1" t="n">
+        <v>85.0</v>
+      </c>
+      <c r="G67" s="1" t="n">
+        <v>25.0</v>
+      </c>
+      <c r="H67" s="1" t="n">
+        <v>31.0</v>
+      </c>
+      <c r="I67" s="1" t="n">
+        <v>19.0</v>
+      </c>
+      <c r="J67" s="1" t="n">
+        <v>24.0</v>
+      </c>
+      <c r="K67" s="1" t="n">
         <v>60.0</v>
       </c>
-      <c r="G67" s="1" t="n">
-[...8 lines deleted...]
-      <c r="J67" s="1" t="n">
+      <c r="L67" s="1" t="n">
+        <v>48.0</v>
+      </c>
+      <c r="M67" s="1" t="n">
+        <v>110.0</v>
+      </c>
+      <c r="N67" s="1" t="n">
+        <v>144.0</v>
+      </c>
+      <c r="O67" s="1" t="n">
+        <v>13.0</v>
+      </c>
+      <c r="P67" s="1" t="n">
+        <v>20.0</v>
+      </c>
+      <c r="Q67" s="1" t="n">
         <v>19.0</v>
-      </c>
-[...19 lines deleted...]
-        <v>20.0</v>
       </c>
     </row>
     <row r="68">
       <c r="A68"/>
       <c r="B68" t="inlineStr">
         <is>
           <t>R Kunst, Unterhaltung und Erholung</t>
         </is>
       </c>
       <c r="C68" t="inlineStr">
         <is>
           <t>Verlust von Vollzeitarbeitsplätzen</t>
         </is>
       </c>
       <c r="D68"/>
       <c r="E68" s="1" t="n">
+        <v>6.0</v>
+      </c>
+      <c r="F68" s="1" t="n">
+        <v>4.0</v>
+      </c>
+      <c r="G68" s="1" t="n">
+        <v>46.0</v>
+      </c>
+      <c r="H68" s="1" t="n">
+        <v>19.0</v>
+      </c>
+      <c r="I68" s="1" t="n">
+        <v>4.0</v>
+      </c>
+      <c r="J68" s="1" t="n">
+        <v>10.0</v>
+      </c>
+      <c r="K68" s="1" t="n">
+        <v>2.0</v>
+      </c>
+      <c r="L68" s="1" t="n">
+        <v>7.0</v>
+      </c>
+      <c r="M68" s="1" t="n">
+        <v>6.0</v>
+      </c>
+      <c r="N68" s="1" t="n">
         <v>1.0</v>
       </c>
-      <c r="F68" s="1" t="n">
+      <c r="O68" s="1" t="n">
         <v>6.0</v>
       </c>
-      <c r="G68" s="1" t="n">
-[...14 lines deleted...]
-      <c r="L68" s="1" t="n">
+      <c r="P68" s="1" t="n">
         <v>2.0</v>
       </c>
-      <c r="M68" s="1" t="n">
-[...10 lines deleted...]
-      </c>
       <c r="Q68" s="1" t="n">
-        <v>2.0</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="69">
       <c r="A69"/>
       <c r="B69"/>
       <c r="C69" t="inlineStr">
         <is>
           <t>Verlust von Teilzeitarbeitsplätzen</t>
         </is>
       </c>
       <c r="D69"/>
       <c r="E69" s="1" t="n">
+        <v>3.0</v>
+      </c>
+      <c r="F69" s="1" t="n">
+        <v>2.0</v>
+      </c>
+      <c r="G69" s="1" t="n">
+        <v>5.0</v>
+      </c>
+      <c r="H69" s="1" t="n">
+        <v>21.0</v>
+      </c>
+      <c r="I69" s="1" t="n">
+        <v>8.0</v>
+      </c>
+      <c r="J69" s="1" t="n">
+        <v>10.0</v>
+      </c>
+      <c r="K69" s="1" t="n">
+        <v>5.0</v>
+      </c>
+      <c r="L69" s="1" t="n">
+        <v>8.0</v>
+      </c>
+      <c r="M69" s="1" t="n">
         <v>1.0</v>
       </c>
-      <c r="F69" s="1" t="n">
-[...5 lines deleted...]
-      <c r="H69" s="1" t="n">
+      <c r="N69" s="1" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="O69" s="1" t="n">
         <v>5.0</v>
       </c>
-      <c r="I69" s="1" t="n">
-[...19 lines deleted...]
-      </c>
       <c r="P69" s="1" t="n">
-        <v>5.0</v>
+        <v>0.0</v>
       </c>
       <c r="Q69" s="1" t="n">
         <v>0.0</v>
       </c>
     </row>
     <row r="70">
       <c r="A70"/>
       <c r="B70"/>
       <c r="C70" t="inlineStr">
         <is>
           <t>Verlust von Arbeitsplätzen von Arbeitgebern, die ein Gehalt beziehen</t>
         </is>
       </c>
       <c r="D70"/>
       <c r="E70" s="1" t="n">
+        <v>16.0</v>
+      </c>
+      <c r="F70" s="1" t="n">
+        <v>12.0</v>
+      </c>
+      <c r="G70" s="1" t="n">
+        <v>15.0</v>
+      </c>
+      <c r="H70" s="1" t="n">
+        <v>11.0</v>
+      </c>
+      <c r="I70" s="1" t="n">
+        <v>8.0</v>
+      </c>
+      <c r="J70" s="1" t="n">
+        <v>17.0</v>
+      </c>
+      <c r="K70" s="1" t="n">
         <v>19.0</v>
       </c>
-      <c r="F70" s="1" t="n">
-[...2 lines deleted...]
-      <c r="G70" s="1" t="n">
+      <c r="L70" s="1" t="n">
         <v>12.0</v>
       </c>
-      <c r="H70" s="1" t="n">
-[...13 lines deleted...]
-      </c>
       <c r="M70" s="1" t="n">
-        <v>12.0</v>
+        <v>24.0</v>
       </c>
       <c r="N70" s="1" t="n">
-        <v>24.0</v>
+        <v>9.0</v>
       </c>
       <c r="O70" s="1" t="n">
-        <v>9.0</v>
+        <v>2.0</v>
       </c>
       <c r="P70" s="1" t="n">
-        <v>2.0</v>
+        <v>18.0</v>
       </c>
       <c r="Q70" s="1" t="n">
-        <v>18.0</v>
+        <v>6.0</v>
       </c>
     </row>
     <row r="71">
       <c r="A71"/>
       <c r="B71"/>
       <c r="C71" t="inlineStr">
         <is>
           <t>Gesamtverlust von Arbeitsplätzen</t>
         </is>
       </c>
       <c r="D71"/>
       <c r="E71" s="1" t="n">
-        <v>21.0</v>
+        <v>25.0</v>
       </c>
       <c r="F71" s="1" t="n">
-        <v>25.0</v>
+        <v>18.0</v>
       </c>
       <c r="G71" s="1" t="n">
-        <v>18.0</v>
+        <v>66.0</v>
       </c>
       <c r="H71" s="1" t="n">
-        <v>66.0</v>
+        <v>51.0</v>
       </c>
       <c r="I71" s="1" t="n">
-        <v>51.0</v>
+        <v>20.0</v>
       </c>
       <c r="J71" s="1" t="n">
+        <v>37.0</v>
+      </c>
+      <c r="K71" s="1" t="n">
+        <v>26.0</v>
+      </c>
+      <c r="L71" s="1" t="n">
+        <v>27.0</v>
+      </c>
+      <c r="M71" s="1" t="n">
+        <v>31.0</v>
+      </c>
+      <c r="N71" s="1" t="n">
+        <v>10.0</v>
+      </c>
+      <c r="O71" s="1" t="n">
+        <v>13.0</v>
+      </c>
+      <c r="P71" s="1" t="n">
         <v>20.0</v>
       </c>
-      <c r="K71" s="1" t="n">
-[...16 lines deleted...]
-      </c>
       <c r="Q71" s="1" t="n">
-        <v>20.0</v>
+        <v>6.0</v>
       </c>
     </row>
     <row r="72">
       <c r="A72"/>
       <c r="B72" t="inlineStr">
         <is>
           <t>S Erbringung von sonstigen Dienstleistungen</t>
         </is>
       </c>
       <c r="C72" t="inlineStr">
         <is>
           <t>Verlust von Vollzeitarbeitsplätzen</t>
         </is>
       </c>
       <c r="D72"/>
       <c r="E72" s="1" t="n">
+        <v>17.0</v>
+      </c>
+      <c r="F72" s="1" t="n">
+        <v>9.0</v>
+      </c>
+      <c r="G72" s="1" t="n">
+        <v>75.0</v>
+      </c>
+      <c r="H72" s="1" t="n">
+        <v>13.0</v>
+      </c>
+      <c r="I72" s="1" t="n">
+        <v>14.0</v>
+      </c>
+      <c r="J72" s="1" t="n">
+        <v>4.0</v>
+      </c>
+      <c r="K72" s="1" t="n">
+        <v>23.0</v>
+      </c>
+      <c r="L72" s="1" t="n">
+        <v>12.0</v>
+      </c>
+      <c r="M72" s="1" t="n">
+        <v>6.0</v>
+      </c>
+      <c r="N72" s="1" t="n">
+        <v>12.0</v>
+      </c>
+      <c r="O72" s="1" t="n">
+        <v>3.0</v>
+      </c>
+      <c r="P72" s="1" t="n">
+        <v>5.0</v>
+      </c>
+      <c r="Q72" s="1" t="n">
         <v>15.0</v>
-      </c>
-[...34 lines deleted...]
-        <v>5.0</v>
       </c>
     </row>
     <row r="73">
       <c r="A73"/>
       <c r="B73"/>
       <c r="C73" t="inlineStr">
         <is>
           <t>Verlust von Teilzeitarbeitsplätzen</t>
         </is>
       </c>
       <c r="D73"/>
       <c r="E73" s="1" t="n">
-        <v>18.0</v>
+        <v>25.0</v>
       </c>
       <c r="F73" s="1" t="n">
+        <v>28.0</v>
+      </c>
+      <c r="G73" s="1" t="n">
         <v>25.0</v>
       </c>
-      <c r="G73" s="1" t="n">
-[...1 lines deleted...]
-      </c>
       <c r="H73" s="1" t="n">
-        <v>25.0</v>
+        <v>5.0</v>
       </c>
       <c r="I73" s="1" t="n">
-        <v>5.0</v>
+        <v>11.0</v>
       </c>
       <c r="J73" s="1" t="n">
+        <v>8.0</v>
+      </c>
+      <c r="K73" s="1" t="n">
+        <v>16.0</v>
+      </c>
+      <c r="L73" s="1" t="n">
+        <v>15.0</v>
+      </c>
+      <c r="M73" s="1" t="n">
         <v>11.0</v>
       </c>
-      <c r="K73" s="1" t="n">
+      <c r="N73" s="1" t="n">
         <v>8.0</v>
       </c>
-      <c r="L73" s="1" t="n">
-[...7 lines deleted...]
-      </c>
       <c r="O73" s="1" t="n">
-        <v>8.0</v>
+        <v>12.0</v>
       </c>
       <c r="P73" s="1" t="n">
         <v>12.0</v>
       </c>
       <c r="Q73" s="1" t="n">
-        <v>12.0</v>
+        <v>35.0</v>
       </c>
     </row>
     <row r="74">
       <c r="A74"/>
       <c r="B74"/>
       <c r="C74" t="inlineStr">
         <is>
           <t>Verlust von Arbeitsplätzen von Arbeitgebern, die ein Gehalt beziehen</t>
         </is>
       </c>
       <c r="D74"/>
       <c r="E74" s="1" t="n">
-        <v>23.0</v>
+        <v>20.0</v>
       </c>
       <c r="F74" s="1" t="n">
-        <v>20.0</v>
+        <v>26.0</v>
       </c>
       <c r="G74" s="1" t="n">
-        <v>26.0</v>
+        <v>19.0</v>
       </c>
       <c r="H74" s="1" t="n">
-        <v>19.0</v>
+        <v>27.0</v>
       </c>
       <c r="I74" s="1" t="n">
+        <v>34.0</v>
+      </c>
+      <c r="J74" s="1" t="n">
         <v>27.0</v>
-      </c>
-[...1 lines deleted...]
-        <v>34.0</v>
       </c>
       <c r="K74" s="1" t="n">
         <v>27.0</v>
       </c>
       <c r="L74" s="1" t="n">
-        <v>27.0</v>
+        <v>22.0</v>
       </c>
       <c r="M74" s="1" t="n">
-        <v>22.0</v>
+        <v>25.0</v>
       </c>
       <c r="N74" s="1" t="n">
-        <v>25.0</v>
+        <v>20.0</v>
       </c>
       <c r="O74" s="1" t="n">
-        <v>20.0</v>
+        <v>18.0</v>
       </c>
       <c r="P74" s="1" t="n">
-        <v>18.0</v>
+        <v>32.0</v>
       </c>
       <c r="Q74" s="1" t="n">
-        <v>32.0</v>
+        <v>30.0</v>
       </c>
     </row>
     <row r="75">
       <c r="A75"/>
       <c r="B75"/>
       <c r="C75" t="inlineStr">
         <is>
           <t>Gesamtverlust von Arbeitsplätzen</t>
         </is>
       </c>
       <c r="D75"/>
       <c r="E75" s="1" t="n">
-        <v>56.0</v>
+        <v>62.0</v>
       </c>
       <c r="F75" s="1" t="n">
-        <v>62.0</v>
+        <v>63.0</v>
       </c>
       <c r="G75" s="1" t="n">
-        <v>63.0</v>
+        <v>119.0</v>
       </c>
       <c r="H75" s="1" t="n">
-        <v>119.0</v>
+        <v>45.0</v>
       </c>
       <c r="I75" s="1" t="n">
-        <v>45.0</v>
+        <v>59.0</v>
       </c>
       <c r="J75" s="1" t="n">
-        <v>59.0</v>
+        <v>39.0</v>
       </c>
       <c r="K75" s="1" t="n">
-        <v>39.0</v>
+        <v>66.0</v>
       </c>
       <c r="L75" s="1" t="n">
-        <v>66.0</v>
+        <v>49.0</v>
       </c>
       <c r="M75" s="1" t="n">
+        <v>42.0</v>
+      </c>
+      <c r="N75" s="1" t="n">
+        <v>40.0</v>
+      </c>
+      <c r="O75" s="1" t="n">
+        <v>33.0</v>
+      </c>
+      <c r="P75" s="1" t="n">
         <v>49.0</v>
       </c>
-      <c r="N75" s="1" t="n">
-[...7 lines deleted...]
-      </c>
       <c r="Q75" s="1" t="n">
-        <v>49.0</v>
+        <v>80.0</v>
       </c>
     </row>
     <row r="76">
       <c r="A76" t="inlineStr">
         <is>
           <t>Alle wirtschaftliche Tätigkeiten</t>
         </is>
       </c>
       <c r="B76"/>
       <c r="C76" t="inlineStr">
         <is>
           <t>Verlust von Vollzeitarbeitsplätzen</t>
         </is>
       </c>
       <c r="D76"/>
       <c r="E76" s="1" t="n">
-        <v>1172.0</v>
+        <v>1078.0</v>
       </c>
       <c r="F76" s="1" t="n">
-        <v>1078.0</v>
+        <v>814.0</v>
       </c>
       <c r="G76" s="1" t="n">
-        <v>814.0</v>
+        <v>1266.0</v>
       </c>
       <c r="H76" s="1" t="n">
-        <v>1266.0</v>
+        <v>1036.0</v>
       </c>
       <c r="I76" s="1" t="n">
-        <v>1036.0</v>
+        <v>1278.0</v>
       </c>
       <c r="J76" s="1" t="n">
-        <v>1278.0</v>
+        <v>1168.0</v>
       </c>
       <c r="K76" s="1" t="n">
-        <v>1168.0</v>
+        <v>1765.0</v>
       </c>
       <c r="L76" s="1" t="n">
-        <v>1765.0</v>
+        <v>667.0</v>
       </c>
       <c r="M76" s="1" t="n">
-        <v>667.0</v>
+        <v>1165.0</v>
       </c>
       <c r="N76" s="1" t="n">
-        <v>1165.0</v>
+        <v>1544.0</v>
       </c>
       <c r="O76" s="1" t="n">
-        <v>1544.0</v>
+        <v>1069.0</v>
       </c>
       <c r="P76" s="1" t="n">
-        <v>1069.0</v>
+        <v>963.0</v>
       </c>
       <c r="Q76" s="1" t="n">
-        <v>952.0</v>
+        <v>960.0</v>
       </c>
     </row>
     <row r="77">
       <c r="A77"/>
       <c r="B77"/>
       <c r="C77" t="inlineStr">
         <is>
           <t>Verlust von Teilzeitarbeitsplätzen</t>
         </is>
       </c>
       <c r="D77"/>
       <c r="E77" s="1" t="n">
-        <v>586.0</v>
+        <v>794.0</v>
       </c>
       <c r="F77" s="1" t="n">
-        <v>794.0</v>
+        <v>467.0</v>
       </c>
       <c r="G77" s="1" t="n">
-        <v>467.0</v>
+        <v>483.0</v>
       </c>
       <c r="H77" s="1" t="n">
-        <v>483.0</v>
+        <v>657.0</v>
       </c>
       <c r="I77" s="1" t="n">
-        <v>657.0</v>
+        <v>541.0</v>
       </c>
       <c r="J77" s="1" t="n">
-        <v>541.0</v>
+        <v>701.0</v>
       </c>
       <c r="K77" s="1" t="n">
-        <v>701.0</v>
+        <v>659.0</v>
       </c>
       <c r="L77" s="1" t="n">
-        <v>659.0</v>
+        <v>355.0</v>
       </c>
       <c r="M77" s="1" t="n">
-        <v>355.0</v>
+        <v>611.0</v>
       </c>
       <c r="N77" s="1" t="n">
-        <v>611.0</v>
+        <v>436.0</v>
       </c>
       <c r="O77" s="1" t="n">
-        <v>436.0</v>
+        <v>493.0</v>
       </c>
       <c r="P77" s="1" t="n">
-        <v>493.0</v>
+        <v>630.0</v>
       </c>
       <c r="Q77" s="1" t="n">
-        <v>623.0</v>
+        <v>663.0</v>
       </c>
     </row>
     <row r="78">
       <c r="A78"/>
       <c r="B78"/>
       <c r="C78" t="inlineStr">
         <is>
           <t>Verlust von Arbeitsplätzen von Arbeitgebern, die ein Gehalt beziehen</t>
         </is>
       </c>
       <c r="D78"/>
       <c r="E78" s="1" t="n">
-        <v>970.0</v>
+        <v>831.0</v>
       </c>
       <c r="F78" s="1" t="n">
-        <v>831.0</v>
+        <v>651.0</v>
       </c>
       <c r="G78" s="1" t="n">
-        <v>651.0</v>
+        <v>830.0</v>
       </c>
       <c r="H78" s="1" t="n">
-        <v>830.0</v>
+        <v>769.0</v>
       </c>
       <c r="I78" s="1" t="n">
         <v>769.0</v>
       </c>
       <c r="J78" s="1" t="n">
-        <v>769.0</v>
+        <v>878.0</v>
       </c>
       <c r="K78" s="1" t="n">
-        <v>878.0</v>
+        <v>779.0</v>
       </c>
       <c r="L78" s="1" t="n">
-        <v>779.0</v>
+        <v>726.0</v>
       </c>
       <c r="M78" s="1" t="n">
-        <v>726.0</v>
+        <v>956.0</v>
       </c>
       <c r="N78" s="1" t="n">
-        <v>956.0</v>
+        <v>568.0</v>
       </c>
       <c r="O78" s="1" t="n">
-        <v>568.0</v>
+        <v>368.0</v>
       </c>
       <c r="P78" s="1" t="n">
-        <v>369.0</v>
+        <v>968.0</v>
       </c>
       <c r="Q78" s="1" t="n">
-        <v>967.0</v>
+        <v>873.0</v>
       </c>
     </row>
     <row r="79">
       <c r="A79"/>
       <c r="B79"/>
       <c r="C79" t="inlineStr">
         <is>
           <t>Gesamtverlust von Arbeitsplätzen</t>
         </is>
       </c>
       <c r="D79"/>
       <c r="E79" s="1" t="n">
-        <v>2728.0</v>
+        <v>2703.0</v>
       </c>
       <c r="F79" s="1" t="n">
-        <v>2703.0</v>
+        <v>1932.0</v>
       </c>
       <c r="G79" s="1" t="n">
-        <v>1932.0</v>
+        <v>2579.0</v>
       </c>
       <c r="H79" s="1" t="n">
-        <v>2579.0</v>
+        <v>2462.0</v>
       </c>
       <c r="I79" s="1" t="n">
-        <v>2462.0</v>
+        <v>2588.0</v>
       </c>
       <c r="J79" s="1" t="n">
-        <v>2588.0</v>
+        <v>2747.0</v>
       </c>
       <c r="K79" s="1" t="n">
-        <v>2747.0</v>
+        <v>3203.0</v>
       </c>
       <c r="L79" s="1" t="n">
-        <v>3203.0</v>
+        <v>1748.0</v>
       </c>
       <c r="M79" s="1" t="n">
-        <v>1748.0</v>
+        <v>2732.0</v>
       </c>
       <c r="N79" s="1" t="n">
-        <v>2732.0</v>
+        <v>2548.0</v>
       </c>
       <c r="O79" s="1" t="n">
-        <v>2548.0</v>
+        <v>1930.0</v>
       </c>
       <c r="P79" s="1" t="n">
-        <v>1931.0</v>
+        <v>2561.0</v>
       </c>
       <c r="Q79" s="1" t="n">
-        <v>2542.0</v>
+        <v>2496.0</v>
       </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <cols>
     <col min="1" max="1" width="25.9921875" customWidth="true"/>
     <col min="2" max="2" width="71.79296875" customWidth="true"/>
     <col min="3" max="3" width="4.96484375" customWidth="true"/>
     <col min="4" max="4" width="14.3203125" customWidth="true"/>
     <col min="5" max="5" width="5.25390625" customWidth="true"/>
     <col min="6" max="6" width="3.96875" customWidth="true"/>
     <col min="7" max="7" width="3.9453125" customWidth="true"/>
     <col min="8" max="8" width="5.32421875" customWidth="true"/>
   </cols>
   <sheetData>
@@ -4020,8218 +4012,8210 @@
       </c>
       <c r="H1" t="inlineStr">
         <is>
           <t>Gesamtverlust von Arbeitsplätzen</t>
         </is>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="inlineStr">
         <is>
           <t>Alle wirtschaftliche Tätigkeiten</t>
         </is>
       </c>
       <c r="B2" t="inlineStr">
         <is>
           <t>A Land- und Forstwirtschaft, Fischerei</t>
         </is>
       </c>
       <c r="C2" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="D2" t="inlineStr">
         <is>
-          <t>September 2024</t>
+          <t>Oktober 2024</t>
         </is>
       </c>
       <c r="E2" s="1" t="n">
-        <v>1.0</v>
+        <v>6.0</v>
       </c>
       <c r="F2" s="1" t="n">
-        <v>0.0</v>
+        <v>3.0</v>
       </c>
       <c r="G2" s="1" t="n">
-        <v>8.0</v>
+        <v>10.0</v>
       </c>
       <c r="H2" s="1" t="n">
-        <v>9.0</v>
+        <v>19.0</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="inlineStr">
         <is>
           <t>Alle wirtschaftliche Tätigkeiten</t>
         </is>
       </c>
       <c r="B3" t="inlineStr">
         <is>
           <t>A Land- und Forstwirtschaft, Fischerei</t>
         </is>
       </c>
       <c r="C3" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="D3" t="inlineStr">
         <is>
-          <t>Oktober 2024</t>
+          <t>November 2024</t>
         </is>
       </c>
       <c r="E3" s="1" t="n">
-        <v>6.0</v>
+        <v>14.0</v>
       </c>
       <c r="F3" s="1" t="n">
-        <v>3.0</v>
+        <v>17.0</v>
       </c>
       <c r="G3" s="1" t="n">
-        <v>10.0</v>
+        <v>5.0</v>
       </c>
       <c r="H3" s="1" t="n">
-        <v>19.0</v>
+        <v>36.0</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="inlineStr">
         <is>
           <t>Alle wirtschaftliche Tätigkeiten</t>
         </is>
       </c>
       <c r="B4" t="inlineStr">
         <is>
           <t>A Land- und Forstwirtschaft, Fischerei</t>
         </is>
       </c>
       <c r="C4" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="D4" t="inlineStr">
         <is>
-          <t>November 2024</t>
+          <t>Dezember 2024</t>
         </is>
       </c>
       <c r="E4" s="1" t="n">
-        <v>14.0</v>
+        <v>0.0</v>
       </c>
       <c r="F4" s="1" t="n">
-        <v>17.0</v>
+        <v>0.0</v>
       </c>
       <c r="G4" s="1" t="n">
-        <v>5.0</v>
+        <v>8.0</v>
       </c>
       <c r="H4" s="1" t="n">
-        <v>36.0</v>
+        <v>8.0</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="inlineStr">
         <is>
           <t>Alle wirtschaftliche Tätigkeiten</t>
         </is>
       </c>
       <c r="B5" t="inlineStr">
         <is>
           <t>A Land- und Forstwirtschaft, Fischerei</t>
         </is>
       </c>
       <c r="C5" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="D5" t="inlineStr">
         <is>
-          <t>Dezember 2024</t>
-[...13 lines deleted...]
-      </c>
+          <t>Januar 2025</t>
+        </is>
+      </c>
+      <c r="E5"/>
+      <c r="F5"/>
+      <c r="G5"/>
+      <c r="H5"/>
     </row>
     <row r="6">
       <c r="A6" t="inlineStr">
         <is>
           <t>Alle wirtschaftliche Tätigkeiten</t>
         </is>
       </c>
       <c r="B6" t="inlineStr">
         <is>
           <t>A Land- und Forstwirtschaft, Fischerei</t>
         </is>
       </c>
       <c r="C6" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D6" t="inlineStr">
         <is>
-          <t>Januar 2025</t>
-[...5 lines deleted...]
-      <c r="H6"/>
+          <t>Februar 2025</t>
+        </is>
+      </c>
+      <c r="E6" s="1" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="F6" s="1" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="G6" s="1" t="n">
+        <v>8.0</v>
+      </c>
+      <c r="H6" s="1" t="n">
+        <v>8.0</v>
+      </c>
     </row>
     <row r="7">
       <c r="A7" t="inlineStr">
         <is>
           <t>Alle wirtschaftliche Tätigkeiten</t>
         </is>
       </c>
       <c r="B7" t="inlineStr">
         <is>
           <t>A Land- und Forstwirtschaft, Fischerei</t>
         </is>
       </c>
       <c r="C7" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D7" t="inlineStr">
         <is>
-          <t>Februar 2025</t>
+          <t>März 2025</t>
         </is>
       </c>
       <c r="E7" s="1" t="n">
-        <v>0.0</v>
+        <v>1.0</v>
       </c>
       <c r="F7" s="1" t="n">
         <v>0.0</v>
       </c>
       <c r="G7" s="1" t="n">
-        <v>8.0</v>
+        <v>16.0</v>
       </c>
       <c r="H7" s="1" t="n">
-        <v>8.0</v>
+        <v>17.0</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="inlineStr">
         <is>
           <t>Alle wirtschaftliche Tätigkeiten</t>
         </is>
       </c>
       <c r="B8" t="inlineStr">
         <is>
           <t>A Land- und Forstwirtschaft, Fischerei</t>
         </is>
       </c>
       <c r="C8" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D8" t="inlineStr">
         <is>
-          <t>März 2025</t>
+          <t>April 2025</t>
         </is>
       </c>
       <c r="E8" s="1" t="n">
         <v>1.0</v>
       </c>
       <c r="F8" s="1" t="n">
         <v>0.0</v>
       </c>
       <c r="G8" s="1" t="n">
-        <v>16.0</v>
+        <v>9.0</v>
       </c>
       <c r="H8" s="1" t="n">
-        <v>17.0</v>
+        <v>10.0</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="inlineStr">
         <is>
           <t>Alle wirtschaftliche Tätigkeiten</t>
         </is>
       </c>
       <c r="B9" t="inlineStr">
         <is>
           <t>A Land- und Forstwirtschaft, Fischerei</t>
         </is>
       </c>
       <c r="C9" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D9" t="inlineStr">
         <is>
-          <t>April 2025</t>
+          <t>Mai 2025</t>
         </is>
       </c>
       <c r="E9" s="1" t="n">
-        <v>1.0</v>
+        <v>0.0</v>
       </c>
       <c r="F9" s="1" t="n">
         <v>0.0</v>
       </c>
       <c r="G9" s="1" t="n">
-        <v>9.0</v>
+        <v>2.0</v>
       </c>
       <c r="H9" s="1" t="n">
-        <v>10.0</v>
+        <v>2.0</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="inlineStr">
         <is>
           <t>Alle wirtschaftliche Tätigkeiten</t>
         </is>
       </c>
       <c r="B10" t="inlineStr">
         <is>
           <t>A Land- und Forstwirtschaft, Fischerei</t>
         </is>
       </c>
       <c r="C10" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D10" t="inlineStr">
         <is>
-          <t>Mai 2025</t>
+          <t>Juni 2025</t>
         </is>
       </c>
       <c r="E10" s="1" t="n">
-        <v>0.0</v>
+        <v>1.0</v>
       </c>
       <c r="F10" s="1" t="n">
-        <v>0.0</v>
+        <v>1.0</v>
       </c>
       <c r="G10" s="1" t="n">
-        <v>2.0</v>
+        <v>9.0</v>
       </c>
       <c r="H10" s="1" t="n">
-        <v>2.0</v>
+        <v>11.0</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="inlineStr">
         <is>
           <t>Alle wirtschaftliche Tätigkeiten</t>
         </is>
       </c>
       <c r="B11" t="inlineStr">
         <is>
           <t>A Land- und Forstwirtschaft, Fischerei</t>
         </is>
       </c>
       <c r="C11" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D11" t="inlineStr">
         <is>
-          <t>Juni 2025</t>
+          <t>Juli 2025</t>
         </is>
       </c>
       <c r="E11" s="1" t="n">
-        <v>1.0</v>
+        <v>3.0</v>
       </c>
       <c r="F11" s="1" t="n">
         <v>1.0</v>
       </c>
       <c r="G11" s="1" t="n">
-        <v>9.0</v>
+        <v>1.0</v>
       </c>
       <c r="H11" s="1" t="n">
-        <v>11.0</v>
+        <v>5.0</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="inlineStr">
         <is>
           <t>Alle wirtschaftliche Tätigkeiten</t>
         </is>
       </c>
       <c r="B12" t="inlineStr">
         <is>
           <t>A Land- und Forstwirtschaft, Fischerei</t>
         </is>
       </c>
       <c r="C12" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D12" t="inlineStr">
         <is>
-          <t>Juli 2025</t>
-[...13 lines deleted...]
-      </c>
+          <t>August 2025</t>
+        </is>
+      </c>
+      <c r="E12"/>
+      <c r="F12"/>
+      <c r="G12"/>
+      <c r="H12"/>
     </row>
     <row r="13">
       <c r="A13" t="inlineStr">
         <is>
           <t>Alle wirtschaftliche Tätigkeiten</t>
         </is>
       </c>
       <c r="B13" t="inlineStr">
         <is>
           <t>A Land- und Forstwirtschaft, Fischerei</t>
         </is>
       </c>
       <c r="C13" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D13" t="inlineStr">
         <is>
-          <t>August 2025</t>
+          <t>September 2025</t>
         </is>
       </c>
       <c r="E13" s="1" t="n">
-        <v>0.0</v>
+        <v>10.0</v>
       </c>
       <c r="F13" s="1" t="n">
-        <v>0.0</v>
+        <v>25.0</v>
       </c>
       <c r="G13" s="1" t="n">
-        <v>1.0</v>
+        <v>9.0</v>
       </c>
       <c r="H13" s="1" t="n">
-        <v>1.0</v>
+        <v>44.0</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="inlineStr">
         <is>
           <t>Alle wirtschaftliche Tätigkeiten</t>
         </is>
       </c>
       <c r="B14" t="inlineStr">
         <is>
           <t>A Land- und Forstwirtschaft, Fischerei</t>
         </is>
       </c>
       <c r="C14" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D14" t="inlineStr">
         <is>
-          <t>September 2025</t>
+          <t>Oktober 2025</t>
         </is>
       </c>
       <c r="E14" s="1" t="n">
-        <v>10.0</v>
+        <v>0.0</v>
       </c>
       <c r="F14" s="1" t="n">
-        <v>25.0</v>
+        <v>1.0</v>
       </c>
       <c r="G14" s="1" t="n">
-        <v>9.0</v>
+        <v>4.0</v>
       </c>
       <c r="H14" s="1" t="n">
-        <v>44.0</v>
+        <v>5.0</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="inlineStr">
         <is>
           <t>Alle wirtschaftliche Tätigkeiten</t>
         </is>
       </c>
       <c r="B15" t="inlineStr">
         <is>
           <t>C Verarbeitendes Gewerbe/herstellung von Waren</t>
         </is>
       </c>
       <c r="C15" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="D15" t="inlineStr">
         <is>
-          <t>September 2024</t>
+          <t>Oktober 2024</t>
         </is>
       </c>
       <c r="E15" s="1" t="n">
-        <v>83.0</v>
+        <v>97.0</v>
       </c>
       <c r="F15" s="1" t="n">
-        <v>20.0</v>
+        <v>17.0</v>
       </c>
       <c r="G15" s="1" t="n">
-        <v>27.0</v>
+        <v>36.0</v>
       </c>
       <c r="H15" s="1" t="n">
-        <v>130.0</v>
+        <v>150.0</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="inlineStr">
         <is>
           <t>Alle wirtschaftliche Tätigkeiten</t>
         </is>
       </c>
       <c r="B16" t="inlineStr">
         <is>
           <t>C Verarbeitendes Gewerbe/herstellung von Waren</t>
         </is>
       </c>
       <c r="C16" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="D16" t="inlineStr">
         <is>
-          <t>Oktober 2024</t>
+          <t>November 2024</t>
         </is>
       </c>
       <c r="E16" s="1" t="n">
-        <v>97.0</v>
+        <v>133.0</v>
       </c>
       <c r="F16" s="1" t="n">
-        <v>17.0</v>
+        <v>33.0</v>
       </c>
       <c r="G16" s="1" t="n">
-        <v>36.0</v>
+        <v>12.0</v>
       </c>
       <c r="H16" s="1" t="n">
-        <v>150.0</v>
+        <v>178.0</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="inlineStr">
         <is>
           <t>Alle wirtschaftliche Tätigkeiten</t>
         </is>
       </c>
       <c r="B17" t="inlineStr">
         <is>
           <t>C Verarbeitendes Gewerbe/herstellung von Waren</t>
         </is>
       </c>
       <c r="C17" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="D17" t="inlineStr">
         <is>
-          <t>November 2024</t>
+          <t>Dezember 2024</t>
         </is>
       </c>
       <c r="E17" s="1" t="n">
-        <v>133.0</v>
+        <v>353.0</v>
       </c>
       <c r="F17" s="1" t="n">
-        <v>33.0</v>
+        <v>48.0</v>
       </c>
       <c r="G17" s="1" t="n">
-        <v>12.0</v>
+        <v>29.0</v>
       </c>
       <c r="H17" s="1" t="n">
-        <v>178.0</v>
+        <v>430.0</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="inlineStr">
         <is>
           <t>Alle wirtschaftliche Tätigkeiten</t>
         </is>
       </c>
       <c r="B18" t="inlineStr">
         <is>
           <t>C Verarbeitendes Gewerbe/herstellung von Waren</t>
         </is>
       </c>
       <c r="C18" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="D18" t="inlineStr">
         <is>
-          <t>Dezember 2024</t>
+          <t>Januar 2025</t>
         </is>
       </c>
       <c r="E18" s="1" t="n">
-        <v>353.0</v>
+        <v>54.0</v>
       </c>
       <c r="F18" s="1" t="n">
-        <v>48.0</v>
+        <v>10.0</v>
       </c>
       <c r="G18" s="1" t="n">
-        <v>29.0</v>
+        <v>26.0</v>
       </c>
       <c r="H18" s="1" t="n">
-        <v>430.0</v>
+        <v>90.0</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="inlineStr">
         <is>
           <t>Alle wirtschaftliche Tätigkeiten</t>
         </is>
       </c>
       <c r="B19" t="inlineStr">
         <is>
           <t>C Verarbeitendes Gewerbe/herstellung von Waren</t>
         </is>
       </c>
       <c r="C19" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D19" t="inlineStr">
         <is>
-          <t>Januar 2025</t>
+          <t>Februar 2025</t>
         </is>
       </c>
       <c r="E19" s="1" t="n">
-        <v>54.0</v>
+        <v>431.0</v>
       </c>
       <c r="F19" s="1" t="n">
-        <v>10.0</v>
+        <v>111.0</v>
       </c>
       <c r="G19" s="1" t="n">
-        <v>26.0</v>
+        <v>24.0</v>
       </c>
       <c r="H19" s="1" t="n">
-        <v>90.0</v>
+        <v>566.0</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="inlineStr">
         <is>
           <t>Alle wirtschaftliche Tätigkeiten</t>
         </is>
       </c>
       <c r="B20" t="inlineStr">
         <is>
           <t>C Verarbeitendes Gewerbe/herstellung von Waren</t>
         </is>
       </c>
       <c r="C20" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D20" t="inlineStr">
         <is>
-          <t>Februar 2025</t>
+          <t>März 2025</t>
         </is>
       </c>
       <c r="E20" s="1" t="n">
-        <v>431.0</v>
+        <v>67.0</v>
       </c>
       <c r="F20" s="1" t="n">
-        <v>111.0</v>
+        <v>30.0</v>
       </c>
       <c r="G20" s="1" t="n">
-        <v>24.0</v>
+        <v>39.0</v>
       </c>
       <c r="H20" s="1" t="n">
-        <v>566.0</v>
+        <v>136.0</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="inlineStr">
         <is>
           <t>Alle wirtschaftliche Tätigkeiten</t>
         </is>
       </c>
       <c r="B21" t="inlineStr">
         <is>
           <t>C Verarbeitendes Gewerbe/herstellung von Waren</t>
         </is>
       </c>
       <c r="C21" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D21" t="inlineStr">
         <is>
-          <t>März 2025</t>
+          <t>April 2025</t>
         </is>
       </c>
       <c r="E21" s="1" t="n">
-        <v>67.0</v>
+        <v>667.0</v>
       </c>
       <c r="F21" s="1" t="n">
-        <v>30.0</v>
+        <v>45.0</v>
       </c>
       <c r="G21" s="1" t="n">
-        <v>39.0</v>
+        <v>36.0</v>
       </c>
       <c r="H21" s="1" t="n">
-        <v>136.0</v>
+        <v>748.0</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="inlineStr">
         <is>
           <t>Alle wirtschaftliche Tätigkeiten</t>
         </is>
       </c>
       <c r="B22" t="inlineStr">
         <is>
           <t>C Verarbeitendes Gewerbe/herstellung von Waren</t>
         </is>
       </c>
       <c r="C22" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D22" t="inlineStr">
         <is>
-          <t>April 2025</t>
+          <t>Mai 2025</t>
         </is>
       </c>
       <c r="E22" s="1" t="n">
-        <v>667.0</v>
+        <v>19.0</v>
       </c>
       <c r="F22" s="1" t="n">
-        <v>45.0</v>
+        <v>8.0</v>
       </c>
       <c r="G22" s="1" t="n">
-        <v>36.0</v>
+        <v>30.0</v>
       </c>
       <c r="H22" s="1" t="n">
-        <v>748.0</v>
+        <v>57.0</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="inlineStr">
         <is>
           <t>Alle wirtschaftliche Tätigkeiten</t>
         </is>
       </c>
       <c r="B23" t="inlineStr">
         <is>
           <t>C Verarbeitendes Gewerbe/herstellung von Waren</t>
         </is>
       </c>
       <c r="C23" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D23" t="inlineStr">
         <is>
-          <t>Mai 2025</t>
+          <t>Juni 2025</t>
         </is>
       </c>
       <c r="E23" s="1" t="n">
-        <v>19.0</v>
+        <v>95.0</v>
       </c>
       <c r="F23" s="1" t="n">
-        <v>8.0</v>
+        <v>23.0</v>
       </c>
       <c r="G23" s="1" t="n">
-        <v>30.0</v>
+        <v>33.0</v>
       </c>
       <c r="H23" s="1" t="n">
-        <v>57.0</v>
+        <v>151.0</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="inlineStr">
         <is>
           <t>Alle wirtschaftliche Tätigkeiten</t>
         </is>
       </c>
       <c r="B24" t="inlineStr">
         <is>
           <t>C Verarbeitendes Gewerbe/herstellung von Waren</t>
         </is>
       </c>
       <c r="C24" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D24" t="inlineStr">
         <is>
-          <t>Juni 2025</t>
+          <t>Juli 2025</t>
         </is>
       </c>
       <c r="E24" s="1" t="n">
-        <v>95.0</v>
+        <v>918.0</v>
       </c>
       <c r="F24" s="1" t="n">
-        <v>23.0</v>
+        <v>59.0</v>
       </c>
       <c r="G24" s="1" t="n">
-        <v>33.0</v>
+        <v>24.0</v>
       </c>
       <c r="H24" s="1" t="n">
-        <v>151.0</v>
+        <v>1001.0</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="inlineStr">
         <is>
           <t>Alle wirtschaftliche Tätigkeiten</t>
         </is>
       </c>
       <c r="B25" t="inlineStr">
         <is>
           <t>C Verarbeitendes Gewerbe/herstellung von Waren</t>
         </is>
       </c>
       <c r="C25" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D25" t="inlineStr">
         <is>
-          <t>Juli 2025</t>
+          <t>August 2025</t>
         </is>
       </c>
       <c r="E25" s="1" t="n">
-        <v>918.0</v>
+        <v>61.0</v>
       </c>
       <c r="F25" s="1" t="n">
-        <v>59.0</v>
+        <v>18.0</v>
       </c>
       <c r="G25" s="1" t="n">
-        <v>24.0</v>
+        <v>15.0</v>
       </c>
       <c r="H25" s="1" t="n">
-        <v>1001.0</v>
+        <v>94.0</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="inlineStr">
         <is>
           <t>Alle wirtschaftliche Tätigkeiten</t>
         </is>
       </c>
       <c r="B26" t="inlineStr">
         <is>
           <t>C Verarbeitendes Gewerbe/herstellung von Waren</t>
         </is>
       </c>
       <c r="C26" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D26" t="inlineStr">
         <is>
-          <t>August 2025</t>
+          <t>September 2025</t>
         </is>
       </c>
       <c r="E26" s="1" t="n">
-        <v>61.0</v>
+        <v>162.0</v>
       </c>
       <c r="F26" s="1" t="n">
-        <v>18.0</v>
+        <v>39.0</v>
       </c>
       <c r="G26" s="1" t="n">
-        <v>15.0</v>
+        <v>19.0</v>
       </c>
       <c r="H26" s="1" t="n">
-        <v>94.0</v>
+        <v>220.0</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="inlineStr">
         <is>
           <t>Alle wirtschaftliche Tätigkeiten</t>
         </is>
       </c>
       <c r="B27" t="inlineStr">
         <is>
           <t>C Verarbeitendes Gewerbe/herstellung von Waren</t>
         </is>
       </c>
       <c r="C27" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D27" t="inlineStr">
         <is>
-          <t>September 2025</t>
+          <t>Oktober 2025</t>
         </is>
       </c>
       <c r="E27" s="1" t="n">
-        <v>162.0</v>
+        <v>267.0</v>
       </c>
       <c r="F27" s="1" t="n">
-        <v>39.0</v>
+        <v>42.0</v>
       </c>
       <c r="G27" s="1" t="n">
-        <v>19.0</v>
+        <v>26.0</v>
       </c>
       <c r="H27" s="1" t="n">
-        <v>220.0</v>
+        <v>335.0</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="inlineStr">
         <is>
           <t>Alle wirtschaftliche Tätigkeiten</t>
         </is>
       </c>
       <c r="B28" t="inlineStr">
         <is>
           <t>D Energieversorgung</t>
         </is>
       </c>
       <c r="C28" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="D28" t="inlineStr">
         <is>
-          <t>September 2024</t>
-[...5 lines deleted...]
-      <c r="H28"/>
+          <t>Oktober 2024</t>
+        </is>
+      </c>
+      <c r="E28" s="1" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="F28" s="1" t="n">
+        <v>1.0</v>
+      </c>
+      <c r="G28" s="1" t="n">
+        <v>1.0</v>
+      </c>
+      <c r="H28" s="1" t="n">
+        <v>2.0</v>
+      </c>
     </row>
     <row r="29">
       <c r="A29" t="inlineStr">
         <is>
           <t>Alle wirtschaftliche Tätigkeiten</t>
         </is>
       </c>
       <c r="B29" t="inlineStr">
         <is>
           <t>D Energieversorgung</t>
         </is>
       </c>
       <c r="C29" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="D29" t="inlineStr">
         <is>
-          <t>Oktober 2024</t>
-[...13 lines deleted...]
-      </c>
+          <t>November 2024</t>
+        </is>
+      </c>
+      <c r="E29"/>
+      <c r="F29"/>
+      <c r="G29"/>
+      <c r="H29"/>
     </row>
     <row r="30">
       <c r="A30" t="inlineStr">
         <is>
           <t>Alle wirtschaftliche Tätigkeiten</t>
         </is>
       </c>
       <c r="B30" t="inlineStr">
         <is>
           <t>D Energieversorgung</t>
         </is>
       </c>
       <c r="C30" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="D30" t="inlineStr">
         <is>
-          <t>November 2024</t>
-[...5 lines deleted...]
-      <c r="H30"/>
+          <t>Dezember 2024</t>
+        </is>
+      </c>
+      <c r="E30" s="1" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="F30" s="1" t="n">
+        <v>1.0</v>
+      </c>
+      <c r="G30" s="1" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="H30" s="1" t="n">
+        <v>1.0</v>
+      </c>
     </row>
     <row r="31">
       <c r="A31" t="inlineStr">
         <is>
           <t>Alle wirtschaftliche Tätigkeiten</t>
         </is>
       </c>
       <c r="B31" t="inlineStr">
         <is>
           <t>D Energieversorgung</t>
         </is>
       </c>
       <c r="C31" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="D31" t="inlineStr">
         <is>
-          <t>Dezember 2024</t>
+          <t>Januar 2025</t>
         </is>
       </c>
       <c r="E31" s="1" t="n">
         <v>0.0</v>
       </c>
       <c r="F31" s="1" t="n">
-        <v>1.0</v>
+        <v>0.0</v>
       </c>
       <c r="G31" s="1" t="n">
-        <v>0.0</v>
+        <v>2.0</v>
       </c>
       <c r="H31" s="1" t="n">
-        <v>1.0</v>
+        <v>2.0</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="inlineStr">
         <is>
           <t>Alle wirtschaftliche Tätigkeiten</t>
         </is>
       </c>
       <c r="B32" t="inlineStr">
         <is>
           <t>D Energieversorgung</t>
         </is>
       </c>
       <c r="C32" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D32" t="inlineStr">
         <is>
-          <t>Januar 2025</t>
-[...13 lines deleted...]
-      </c>
+          <t>Februar 2025</t>
+        </is>
+      </c>
+      <c r="E32"/>
+      <c r="F32"/>
+      <c r="G32"/>
+      <c r="H32"/>
     </row>
     <row r="33">
       <c r="A33" t="inlineStr">
         <is>
           <t>Alle wirtschaftliche Tätigkeiten</t>
         </is>
       </c>
       <c r="B33" t="inlineStr">
         <is>
           <t>D Energieversorgung</t>
         </is>
       </c>
       <c r="C33" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D33" t="inlineStr">
         <is>
-          <t>Februar 2025</t>
-[...5 lines deleted...]
-      <c r="H33"/>
+          <t>März 2025</t>
+        </is>
+      </c>
+      <c r="E33" s="1" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="F33" s="1" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="G33" s="1" t="n">
+        <v>1.0</v>
+      </c>
+      <c r="H33" s="1" t="n">
+        <v>1.0</v>
+      </c>
     </row>
     <row r="34">
       <c r="A34" t="inlineStr">
         <is>
           <t>Alle wirtschaftliche Tätigkeiten</t>
         </is>
       </c>
       <c r="B34" t="inlineStr">
         <is>
           <t>D Energieversorgung</t>
         </is>
       </c>
       <c r="C34" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D34" t="inlineStr">
         <is>
-          <t>März 2025</t>
-[...13 lines deleted...]
-      </c>
+          <t>April 2025</t>
+        </is>
+      </c>
+      <c r="E34"/>
+      <c r="F34"/>
+      <c r="G34"/>
+      <c r="H34"/>
     </row>
     <row r="35">
       <c r="A35" t="inlineStr">
         <is>
           <t>Alle wirtschaftliche Tätigkeiten</t>
         </is>
       </c>
       <c r="B35" t="inlineStr">
         <is>
           <t>D Energieversorgung</t>
         </is>
       </c>
       <c r="C35" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D35" t="inlineStr">
         <is>
-          <t>April 2025</t>
-[...5 lines deleted...]
-      <c r="H35"/>
+          <t>Mai 2025</t>
+        </is>
+      </c>
+      <c r="E35" s="1" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="F35" s="1" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="G35" s="1" t="n">
+        <v>1.0</v>
+      </c>
+      <c r="H35" s="1" t="n">
+        <v>1.0</v>
+      </c>
     </row>
     <row r="36">
       <c r="A36" t="inlineStr">
         <is>
           <t>Alle wirtschaftliche Tätigkeiten</t>
         </is>
       </c>
       <c r="B36" t="inlineStr">
         <is>
           <t>D Energieversorgung</t>
         </is>
       </c>
       <c r="C36" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D36" t="inlineStr">
         <is>
-          <t>Mai 2025</t>
+          <t>Juni 2025</t>
         </is>
       </c>
       <c r="E36" s="1" t="n">
         <v>0.0</v>
       </c>
       <c r="F36" s="1" t="n">
         <v>0.0</v>
       </c>
       <c r="G36" s="1" t="n">
-        <v>1.0</v>
+        <v>2.0</v>
       </c>
       <c r="H36" s="1" t="n">
-        <v>1.0</v>
+        <v>2.0</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" t="inlineStr">
         <is>
           <t>Alle wirtschaftliche Tätigkeiten</t>
         </is>
       </c>
       <c r="B37" t="inlineStr">
         <is>
           <t>D Energieversorgung</t>
         </is>
       </c>
       <c r="C37" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D37" t="inlineStr">
         <is>
-          <t>Juni 2025</t>
-[...13 lines deleted...]
-      </c>
+          <t>Juli 2025</t>
+        </is>
+      </c>
+      <c r="E37"/>
+      <c r="F37"/>
+      <c r="G37"/>
+      <c r="H37"/>
     </row>
     <row r="38">
       <c r="A38" t="inlineStr">
         <is>
           <t>Alle wirtschaftliche Tätigkeiten</t>
         </is>
       </c>
       <c r="B38" t="inlineStr">
         <is>
           <t>D Energieversorgung</t>
         </is>
       </c>
       <c r="C38" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D38" t="inlineStr">
         <is>
-          <t>Juli 2025</t>
+          <t>August 2025</t>
         </is>
       </c>
       <c r="E38"/>
       <c r="F38"/>
       <c r="G38"/>
       <c r="H38"/>
     </row>
     <row r="39">
       <c r="A39" t="inlineStr">
         <is>
           <t>Alle wirtschaftliche Tätigkeiten</t>
         </is>
       </c>
       <c r="B39" t="inlineStr">
         <is>
           <t>D Energieversorgung</t>
         </is>
       </c>
       <c r="C39" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D39" t="inlineStr">
         <is>
-          <t>August 2025</t>
-[...5 lines deleted...]
-      <c r="H39"/>
+          <t>September 2025</t>
+        </is>
+      </c>
+      <c r="E39" s="1" t="n">
+        <v>4.0</v>
+      </c>
+      <c r="F39" s="1" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="G39" s="1" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="H39" s="1" t="n">
+        <v>4.0</v>
+      </c>
     </row>
     <row r="40">
       <c r="A40" t="inlineStr">
         <is>
           <t>Alle wirtschaftliche Tätigkeiten</t>
         </is>
       </c>
       <c r="B40" t="inlineStr">
         <is>
           <t>D Energieversorgung</t>
         </is>
       </c>
       <c r="C40" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D40" t="inlineStr">
         <is>
-          <t>September 2025</t>
+          <t>Oktober 2025</t>
         </is>
       </c>
       <c r="E40" s="1" t="n">
-        <v>4.0</v>
+        <v>0.0</v>
       </c>
       <c r="F40" s="1" t="n">
         <v>0.0</v>
       </c>
       <c r="G40" s="1" t="n">
-        <v>0.0</v>
+        <v>1.0</v>
       </c>
       <c r="H40" s="1" t="n">
-        <v>4.0</v>
+        <v>1.0</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" t="inlineStr">
         <is>
           <t>Alle wirtschaftliche Tätigkeiten</t>
         </is>
       </c>
       <c r="B41" t="inlineStr">
         <is>
           <t>E Wasserversorgung/ Abwasser- und Abfallentsorgung und Beseitigung von Umweltverschmutzungen</t>
         </is>
       </c>
       <c r="C41" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="D41" t="inlineStr">
         <is>
-          <t>September 2024</t>
+          <t>Oktober 2024</t>
         </is>
       </c>
       <c r="E41" s="1" t="n">
-        <v>0.0</v>
+        <v>14.0</v>
       </c>
       <c r="F41" s="1" t="n">
         <v>0.0</v>
       </c>
       <c r="G41" s="1" t="n">
-        <v>1.0</v>
+        <v>3.0</v>
       </c>
       <c r="H41" s="1" t="n">
-        <v>1.0</v>
+        <v>17.0</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" t="inlineStr">
         <is>
           <t>Alle wirtschaftliche Tätigkeiten</t>
         </is>
       </c>
       <c r="B42" t="inlineStr">
         <is>
           <t>E Wasserversorgung/ Abwasser- und Abfallentsorgung und Beseitigung von Umweltverschmutzungen</t>
         </is>
       </c>
       <c r="C42" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="D42" t="inlineStr">
         <is>
-          <t>Oktober 2024</t>
+          <t>November 2024</t>
         </is>
       </c>
       <c r="E42" s="1" t="n">
-        <v>14.0</v>
+        <v>1.0</v>
       </c>
       <c r="F42" s="1" t="n">
         <v>0.0</v>
       </c>
       <c r="G42" s="1" t="n">
-        <v>3.0</v>
+        <v>0.0</v>
       </c>
       <c r="H42" s="1" t="n">
-        <v>17.0</v>
+        <v>1.0</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" t="inlineStr">
         <is>
           <t>Alle wirtschaftliche Tätigkeiten</t>
         </is>
       </c>
       <c r="B43" t="inlineStr">
         <is>
           <t>E Wasserversorgung/ Abwasser- und Abfallentsorgung und Beseitigung von Umweltverschmutzungen</t>
         </is>
       </c>
       <c r="C43" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="D43" t="inlineStr">
         <is>
-          <t>November 2024</t>
+          <t>Dezember 2024</t>
         </is>
       </c>
       <c r="E43" s="1" t="n">
         <v>1.0</v>
       </c>
       <c r="F43" s="1" t="n">
         <v>0.0</v>
       </c>
       <c r="G43" s="1" t="n">
         <v>0.0</v>
       </c>
       <c r="H43" s="1" t="n">
         <v>1.0</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" t="inlineStr">
         <is>
           <t>Alle wirtschaftliche Tätigkeiten</t>
         </is>
       </c>
       <c r="B44" t="inlineStr">
         <is>
           <t>E Wasserversorgung/ Abwasser- und Abfallentsorgung und Beseitigung von Umweltverschmutzungen</t>
         </is>
       </c>
       <c r="C44" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="D44" t="inlineStr">
         <is>
-          <t>Dezember 2024</t>
+          <t>Januar 2025</t>
         </is>
       </c>
       <c r="E44" s="1" t="n">
-        <v>1.0</v>
+        <v>0.0</v>
       </c>
       <c r="F44" s="1" t="n">
         <v>0.0</v>
       </c>
       <c r="G44" s="1" t="n">
-        <v>0.0</v>
+        <v>3.0</v>
       </c>
       <c r="H44" s="1" t="n">
-        <v>1.0</v>
+        <v>3.0</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" t="inlineStr">
         <is>
           <t>Alle wirtschaftliche Tätigkeiten</t>
         </is>
       </c>
       <c r="B45" t="inlineStr">
         <is>
           <t>E Wasserversorgung/ Abwasser- und Abfallentsorgung und Beseitigung von Umweltverschmutzungen</t>
         </is>
       </c>
       <c r="C45" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D45" t="inlineStr">
         <is>
-          <t>Januar 2025</t>
+          <t>Februar 2025</t>
         </is>
       </c>
       <c r="E45" s="1" t="n">
         <v>0.0</v>
       </c>
       <c r="F45" s="1" t="n">
         <v>0.0</v>
       </c>
       <c r="G45" s="1" t="n">
-        <v>3.0</v>
+        <v>4.0</v>
       </c>
       <c r="H45" s="1" t="n">
-        <v>3.0</v>
+        <v>4.0</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" t="inlineStr">
         <is>
           <t>Alle wirtschaftliche Tätigkeiten</t>
         </is>
       </c>
       <c r="B46" t="inlineStr">
         <is>
           <t>E Wasserversorgung/ Abwasser- und Abfallentsorgung und Beseitigung von Umweltverschmutzungen</t>
         </is>
       </c>
       <c r="C46" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D46" t="inlineStr">
         <is>
-          <t>Februar 2025</t>
+          <t>März 2025</t>
         </is>
       </c>
       <c r="E46" s="1" t="n">
-        <v>0.0</v>
+        <v>9.0</v>
       </c>
       <c r="F46" s="1" t="n">
-        <v>0.0</v>
+        <v>1.0</v>
       </c>
       <c r="G46" s="1" t="n">
-        <v>4.0</v>
+        <v>1.0</v>
       </c>
       <c r="H46" s="1" t="n">
-        <v>4.0</v>
+        <v>11.0</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" t="inlineStr">
         <is>
           <t>Alle wirtschaftliche Tätigkeiten</t>
         </is>
       </c>
       <c r="B47" t="inlineStr">
         <is>
           <t>E Wasserversorgung/ Abwasser- und Abfallentsorgung und Beseitigung von Umweltverschmutzungen</t>
         </is>
       </c>
       <c r="C47" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D47" t="inlineStr">
         <is>
-          <t>März 2025</t>
+          <t>April 2025</t>
         </is>
       </c>
       <c r="E47" s="1" t="n">
-        <v>9.0</v>
+        <v>2.0</v>
       </c>
       <c r="F47" s="1" t="n">
-        <v>1.0</v>
+        <v>3.0</v>
       </c>
       <c r="G47" s="1" t="n">
-        <v>1.0</v>
+        <v>3.0</v>
       </c>
       <c r="H47" s="1" t="n">
-        <v>11.0</v>
+        <v>8.0</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" t="inlineStr">
         <is>
           <t>Alle wirtschaftliche Tätigkeiten</t>
         </is>
       </c>
       <c r="B48" t="inlineStr">
         <is>
           <t>E Wasserversorgung/ Abwasser- und Abfallentsorgung und Beseitigung von Umweltverschmutzungen</t>
         </is>
       </c>
       <c r="C48" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D48" t="inlineStr">
         <is>
-          <t>April 2025</t>
+          <t>Mai 2025</t>
         </is>
       </c>
       <c r="E48" s="1" t="n">
-        <v>2.0</v>
+        <v>3.0</v>
       </c>
       <c r="F48" s="1" t="n">
         <v>3.0</v>
       </c>
       <c r="G48" s="1" t="n">
-        <v>3.0</v>
+        <v>2.0</v>
       </c>
       <c r="H48" s="1" t="n">
         <v>8.0</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" t="inlineStr">
         <is>
           <t>Alle wirtschaftliche Tätigkeiten</t>
         </is>
       </c>
       <c r="B49" t="inlineStr">
         <is>
           <t>E Wasserversorgung/ Abwasser- und Abfallentsorgung und Beseitigung von Umweltverschmutzungen</t>
         </is>
       </c>
       <c r="C49" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D49" t="inlineStr">
         <is>
-          <t>Mai 2025</t>
+          <t>Juni 2025</t>
         </is>
       </c>
       <c r="E49" s="1" t="n">
-        <v>3.0</v>
+        <v>0.0</v>
       </c>
       <c r="F49" s="1" t="n">
-        <v>3.0</v>
+        <v>0.0</v>
       </c>
       <c r="G49" s="1" t="n">
         <v>2.0</v>
       </c>
       <c r="H49" s="1" t="n">
-        <v>8.0</v>
+        <v>2.0</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" t="inlineStr">
         <is>
           <t>Alle wirtschaftliche Tätigkeiten</t>
         </is>
       </c>
       <c r="B50" t="inlineStr">
         <is>
           <t>E Wasserversorgung/ Abwasser- und Abfallentsorgung und Beseitigung von Umweltverschmutzungen</t>
         </is>
       </c>
       <c r="C50" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D50" t="inlineStr">
         <is>
-          <t>Juni 2025</t>
+          <t>Juli 2025</t>
         </is>
       </c>
       <c r="E50" s="1" t="n">
         <v>0.0</v>
       </c>
       <c r="F50" s="1" t="n">
         <v>0.0</v>
       </c>
       <c r="G50" s="1" t="n">
-        <v>2.0</v>
+        <v>1.0</v>
       </c>
       <c r="H50" s="1" t="n">
-        <v>2.0</v>
+        <v>1.0</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" t="inlineStr">
         <is>
           <t>Alle wirtschaftliche Tätigkeiten</t>
         </is>
       </c>
       <c r="B51" t="inlineStr">
         <is>
           <t>E Wasserversorgung/ Abwasser- und Abfallentsorgung und Beseitigung von Umweltverschmutzungen</t>
         </is>
       </c>
       <c r="C51" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D51" t="inlineStr">
         <is>
-          <t>Juli 2025</t>
+          <t>August 2025</t>
         </is>
       </c>
       <c r="E51" s="1" t="n">
-        <v>0.0</v>
+        <v>6.0</v>
       </c>
       <c r="F51" s="1" t="n">
-        <v>0.0</v>
+        <v>5.0</v>
       </c>
       <c r="G51" s="1" t="n">
-        <v>1.0</v>
+        <v>0.0</v>
       </c>
       <c r="H51" s="1" t="n">
-        <v>1.0</v>
+        <v>11.0</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" t="inlineStr">
         <is>
           <t>Alle wirtschaftliche Tätigkeiten</t>
         </is>
       </c>
       <c r="B52" t="inlineStr">
         <is>
           <t>E Wasserversorgung/ Abwasser- und Abfallentsorgung und Beseitigung von Umweltverschmutzungen</t>
         </is>
       </c>
       <c r="C52" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D52" t="inlineStr">
         <is>
-          <t>August 2025</t>
+          <t>September 2025</t>
         </is>
       </c>
       <c r="E52" s="1" t="n">
-        <v>6.0</v>
+        <v>0.0</v>
       </c>
       <c r="F52" s="1" t="n">
-        <v>5.0</v>
+        <v>0.0</v>
       </c>
       <c r="G52" s="1" t="n">
-        <v>0.0</v>
+        <v>2.0</v>
       </c>
       <c r="H52" s="1" t="n">
-        <v>11.0</v>
+        <v>2.0</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" t="inlineStr">
         <is>
           <t>Alle wirtschaftliche Tätigkeiten</t>
         </is>
       </c>
       <c r="B53" t="inlineStr">
         <is>
           <t>E Wasserversorgung/ Abwasser- und Abfallentsorgung und Beseitigung von Umweltverschmutzungen</t>
         </is>
       </c>
       <c r="C53" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D53" t="inlineStr">
         <is>
-          <t>September 2025</t>
+          <t>Oktober 2025</t>
         </is>
       </c>
       <c r="E53" s="1" t="n">
-        <v>0.0</v>
+        <v>1.0</v>
       </c>
       <c r="F53" s="1" t="n">
         <v>0.0</v>
       </c>
       <c r="G53" s="1" t="n">
-        <v>2.0</v>
+        <v>4.0</v>
       </c>
       <c r="H53" s="1" t="n">
-        <v>2.0</v>
+        <v>5.0</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" t="inlineStr">
         <is>
           <t>Alle wirtschaftliche Tätigkeiten</t>
         </is>
       </c>
       <c r="B54" t="inlineStr">
         <is>
           <t>F Baugewerbe/Bau</t>
         </is>
       </c>
       <c r="C54" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="D54" t="inlineStr">
         <is>
-          <t>September 2024</t>
+          <t>Oktober 2024</t>
         </is>
       </c>
       <c r="E54" s="1" t="n">
-        <v>243.0</v>
+        <v>257.0</v>
       </c>
       <c r="F54" s="1" t="n">
-        <v>57.0</v>
+        <v>46.0</v>
       </c>
       <c r="G54" s="1" t="n">
-        <v>279.0</v>
+        <v>199.0</v>
       </c>
       <c r="H54" s="1" t="n">
-        <v>579.0</v>
+        <v>502.0</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" t="inlineStr">
         <is>
           <t>Alle wirtschaftliche Tätigkeiten</t>
         </is>
       </c>
       <c r="B55" t="inlineStr">
         <is>
           <t>F Baugewerbe/Bau</t>
         </is>
       </c>
       <c r="C55" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="D55" t="inlineStr">
         <is>
-          <t>Oktober 2024</t>
+          <t>November 2024</t>
         </is>
       </c>
       <c r="E55" s="1" t="n">
-        <v>257.0</v>
+        <v>151.0</v>
       </c>
       <c r="F55" s="1" t="n">
-        <v>46.0</v>
+        <v>23.0</v>
       </c>
       <c r="G55" s="1" t="n">
-        <v>199.0</v>
+        <v>187.0</v>
       </c>
       <c r="H55" s="1" t="n">
-        <v>502.0</v>
+        <v>361.0</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" t="inlineStr">
         <is>
           <t>Alle wirtschaftliche Tätigkeiten</t>
         </is>
       </c>
       <c r="B56" t="inlineStr">
         <is>
           <t>F Baugewerbe/Bau</t>
         </is>
       </c>
       <c r="C56" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="D56" t="inlineStr">
         <is>
-          <t>November 2024</t>
+          <t>Dezember 2024</t>
         </is>
       </c>
       <c r="E56" s="1" t="n">
-        <v>151.0</v>
+        <v>150.0</v>
       </c>
       <c r="F56" s="1" t="n">
-        <v>23.0</v>
+        <v>28.0</v>
       </c>
       <c r="G56" s="1" t="n">
-        <v>187.0</v>
+        <v>208.0</v>
       </c>
       <c r="H56" s="1" t="n">
-        <v>361.0</v>
+        <v>386.0</v>
       </c>
     </row>
     <row r="57">
       <c r="A57" t="inlineStr">
         <is>
           <t>Alle wirtschaftliche Tätigkeiten</t>
         </is>
       </c>
       <c r="B57" t="inlineStr">
         <is>
           <t>F Baugewerbe/Bau</t>
         </is>
       </c>
       <c r="C57" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="D57" t="inlineStr">
         <is>
-          <t>Dezember 2024</t>
+          <t>Januar 2025</t>
         </is>
       </c>
       <c r="E57" s="1" t="n">
-        <v>150.0</v>
+        <v>148.0</v>
       </c>
       <c r="F57" s="1" t="n">
-        <v>28.0</v>
+        <v>17.0</v>
       </c>
       <c r="G57" s="1" t="n">
-        <v>208.0</v>
+        <v>215.0</v>
       </c>
       <c r="H57" s="1" t="n">
-        <v>386.0</v>
+        <v>380.0</v>
       </c>
     </row>
     <row r="58">
       <c r="A58" t="inlineStr">
         <is>
           <t>Alle wirtschaftliche Tätigkeiten</t>
         </is>
       </c>
       <c r="B58" t="inlineStr">
         <is>
           <t>F Baugewerbe/Bau</t>
         </is>
       </c>
       <c r="C58" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D58" t="inlineStr">
         <is>
-          <t>Januar 2025</t>
+          <t>Februar 2025</t>
         </is>
       </c>
       <c r="E58" s="1" t="n">
-        <v>148.0</v>
+        <v>209.0</v>
       </c>
       <c r="F58" s="1" t="n">
-        <v>17.0</v>
+        <v>23.0</v>
       </c>
       <c r="G58" s="1" t="n">
-        <v>215.0</v>
+        <v>202.0</v>
       </c>
       <c r="H58" s="1" t="n">
-        <v>380.0</v>
+        <v>434.0</v>
       </c>
     </row>
     <row r="59">
       <c r="A59" t="inlineStr">
         <is>
           <t>Alle wirtschaftliche Tätigkeiten</t>
         </is>
       </c>
       <c r="B59" t="inlineStr">
         <is>
           <t>F Baugewerbe/Bau</t>
         </is>
       </c>
       <c r="C59" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D59" t="inlineStr">
         <is>
-          <t>Februar 2025</t>
+          <t>März 2025</t>
         </is>
       </c>
       <c r="E59" s="1" t="n">
-        <v>209.0</v>
+        <v>336.0</v>
       </c>
       <c r="F59" s="1" t="n">
-        <v>23.0</v>
+        <v>29.0</v>
       </c>
       <c r="G59" s="1" t="n">
-        <v>202.0</v>
+        <v>230.0</v>
       </c>
       <c r="H59" s="1" t="n">
-        <v>434.0</v>
+        <v>595.0</v>
       </c>
     </row>
     <row r="60">
       <c r="A60" t="inlineStr">
         <is>
           <t>Alle wirtschaftliche Tätigkeiten</t>
         </is>
       </c>
       <c r="B60" t="inlineStr">
         <is>
           <t>F Baugewerbe/Bau</t>
         </is>
       </c>
       <c r="C60" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D60" t="inlineStr">
         <is>
-          <t>März 2025</t>
+          <t>April 2025</t>
         </is>
       </c>
       <c r="E60" s="1" t="n">
-        <v>336.0</v>
+        <v>176.0</v>
       </c>
       <c r="F60" s="1" t="n">
-        <v>29.0</v>
+        <v>57.0</v>
       </c>
       <c r="G60" s="1" t="n">
-        <v>230.0</v>
+        <v>177.0</v>
       </c>
       <c r="H60" s="1" t="n">
-        <v>595.0</v>
+        <v>410.0</v>
       </c>
     </row>
     <row r="61">
       <c r="A61" t="inlineStr">
         <is>
           <t>Alle wirtschaftliche Tätigkeiten</t>
         </is>
       </c>
       <c r="B61" t="inlineStr">
         <is>
           <t>F Baugewerbe/Bau</t>
         </is>
       </c>
       <c r="C61" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D61" t="inlineStr">
         <is>
-          <t>April 2025</t>
+          <t>Mai 2025</t>
         </is>
       </c>
       <c r="E61" s="1" t="n">
-        <v>176.0</v>
+        <v>153.0</v>
       </c>
       <c r="F61" s="1" t="n">
-        <v>57.0</v>
+        <v>26.0</v>
       </c>
       <c r="G61" s="1" t="n">
-        <v>177.0</v>
+        <v>210.0</v>
       </c>
       <c r="H61" s="1" t="n">
-        <v>410.0</v>
+        <v>389.0</v>
       </c>
     </row>
     <row r="62">
       <c r="A62" t="inlineStr">
         <is>
           <t>Alle wirtschaftliche Tätigkeiten</t>
         </is>
       </c>
       <c r="B62" t="inlineStr">
         <is>
           <t>F Baugewerbe/Bau</t>
         </is>
       </c>
       <c r="C62" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D62" t="inlineStr">
         <is>
-          <t>Mai 2025</t>
+          <t>Juni 2025</t>
         </is>
       </c>
       <c r="E62" s="1" t="n">
-        <v>153.0</v>
+        <v>290.0</v>
       </c>
       <c r="F62" s="1" t="n">
-        <v>26.0</v>
+        <v>29.0</v>
       </c>
       <c r="G62" s="1" t="n">
-        <v>210.0</v>
+        <v>268.0</v>
       </c>
       <c r="H62" s="1" t="n">
-        <v>389.0</v>
+        <v>587.0</v>
       </c>
     </row>
     <row r="63">
       <c r="A63" t="inlineStr">
         <is>
           <t>Alle wirtschaftliche Tätigkeiten</t>
         </is>
       </c>
       <c r="B63" t="inlineStr">
         <is>
           <t>F Baugewerbe/Bau</t>
         </is>
       </c>
       <c r="C63" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D63" t="inlineStr">
         <is>
-          <t>Juni 2025</t>
+          <t>Juli 2025</t>
         </is>
       </c>
       <c r="E63" s="1" t="n">
-        <v>290.0</v>
+        <v>158.0</v>
       </c>
       <c r="F63" s="1" t="n">
-        <v>29.0</v>
+        <v>11.0</v>
       </c>
       <c r="G63" s="1" t="n">
-        <v>268.0</v>
+        <v>148.0</v>
       </c>
       <c r="H63" s="1" t="n">
-        <v>587.0</v>
+        <v>317.0</v>
       </c>
     </row>
     <row r="64">
       <c r="A64" t="inlineStr">
         <is>
           <t>Alle wirtschaftliche Tätigkeiten</t>
         </is>
       </c>
       <c r="B64" t="inlineStr">
         <is>
           <t>F Baugewerbe/Bau</t>
         </is>
       </c>
       <c r="C64" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D64" t="inlineStr">
         <is>
-          <t>Juli 2025</t>
+          <t>August 2025</t>
         </is>
       </c>
       <c r="E64" s="1" t="n">
-        <v>158.0</v>
+        <v>86.0</v>
       </c>
       <c r="F64" s="1" t="n">
-        <v>11.0</v>
+        <v>10.0</v>
       </c>
       <c r="G64" s="1" t="n">
-        <v>148.0</v>
+        <v>87.0</v>
       </c>
       <c r="H64" s="1" t="n">
-        <v>317.0</v>
+        <v>183.0</v>
       </c>
     </row>
     <row r="65">
       <c r="A65" t="inlineStr">
         <is>
           <t>Alle wirtschaftliche Tätigkeiten</t>
         </is>
       </c>
       <c r="B65" t="inlineStr">
         <is>
           <t>F Baugewerbe/Bau</t>
         </is>
       </c>
       <c r="C65" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D65" t="inlineStr">
         <is>
-          <t>August 2025</t>
+          <t>September 2025</t>
         </is>
       </c>
       <c r="E65" s="1" t="n">
-        <v>86.0</v>
+        <v>224.0</v>
       </c>
       <c r="F65" s="1" t="n">
-        <v>10.0</v>
+        <v>43.0</v>
       </c>
       <c r="G65" s="1" t="n">
-        <v>87.0</v>
+        <v>250.0</v>
       </c>
       <c r="H65" s="1" t="n">
-        <v>183.0</v>
+        <v>517.0</v>
       </c>
     </row>
     <row r="66">
       <c r="A66" t="inlineStr">
         <is>
           <t>Alle wirtschaftliche Tätigkeiten</t>
         </is>
       </c>
       <c r="B66" t="inlineStr">
         <is>
           <t>F Baugewerbe/Bau</t>
         </is>
       </c>
       <c r="C66" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D66" t="inlineStr">
         <is>
-          <t>September 2025</t>
+          <t>Oktober 2025</t>
         </is>
       </c>
       <c r="E66" s="1" t="n">
-        <v>224.0</v>
+        <v>121.0</v>
       </c>
       <c r="F66" s="1" t="n">
-        <v>43.0</v>
+        <v>19.0</v>
       </c>
       <c r="G66" s="1" t="n">
-        <v>252.0</v>
+        <v>221.0</v>
       </c>
       <c r="H66" s="1" t="n">
-        <v>519.0</v>
+        <v>361.0</v>
       </c>
     </row>
     <row r="67">
       <c r="A67" t="inlineStr">
         <is>
           <t>Alle wirtschaftliche Tätigkeiten</t>
         </is>
       </c>
       <c r="B67" t="inlineStr">
         <is>
           <t>G Handel/ Instandhaltung und Reparatur von Kraftfahrzeugen</t>
         </is>
       </c>
       <c r="C67" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="D67" t="inlineStr">
         <is>
-          <t>September 2024</t>
+          <t>Oktober 2024</t>
         </is>
       </c>
       <c r="E67" s="1" t="n">
-        <v>379.0</v>
+        <v>357.0</v>
       </c>
       <c r="F67" s="1" t="n">
-        <v>189.0</v>
+        <v>374.0</v>
       </c>
       <c r="G67" s="1" t="n">
-        <v>180.0</v>
+        <v>170.0</v>
       </c>
       <c r="H67" s="1" t="n">
-        <v>748.0</v>
+        <v>901.0</v>
       </c>
     </row>
     <row r="68">
       <c r="A68" t="inlineStr">
         <is>
           <t>Alle wirtschaftliche Tätigkeiten</t>
         </is>
       </c>
       <c r="B68" t="inlineStr">
         <is>
           <t>G Handel/ Instandhaltung und Reparatur von Kraftfahrzeugen</t>
         </is>
       </c>
       <c r="C68" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="D68" t="inlineStr">
         <is>
-          <t>Oktober 2024</t>
+          <t>November 2024</t>
         </is>
       </c>
       <c r="E68" s="1" t="n">
-        <v>357.0</v>
+        <v>113.0</v>
       </c>
       <c r="F68" s="1" t="n">
-        <v>374.0</v>
+        <v>54.0</v>
       </c>
       <c r="G68" s="1" t="n">
-        <v>170.0</v>
+        <v>133.0</v>
       </c>
       <c r="H68" s="1" t="n">
-        <v>901.0</v>
+        <v>300.0</v>
       </c>
     </row>
     <row r="69">
       <c r="A69" t="inlineStr">
         <is>
           <t>Alle wirtschaftliche Tätigkeiten</t>
         </is>
       </c>
       <c r="B69" t="inlineStr">
         <is>
           <t>G Handel/ Instandhaltung und Reparatur von Kraftfahrzeugen</t>
         </is>
       </c>
       <c r="C69" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="D69" t="inlineStr">
         <is>
-          <t>November 2024</t>
+          <t>Dezember 2024</t>
         </is>
       </c>
       <c r="E69" s="1" t="n">
-        <v>113.0</v>
+        <v>265.0</v>
       </c>
       <c r="F69" s="1" t="n">
-        <v>54.0</v>
+        <v>107.0</v>
       </c>
       <c r="G69" s="1" t="n">
-        <v>133.0</v>
+        <v>160.0</v>
       </c>
       <c r="H69" s="1" t="n">
-        <v>300.0</v>
+        <v>532.0</v>
       </c>
     </row>
     <row r="70">
       <c r="A70" t="inlineStr">
         <is>
           <t>Alle wirtschaftliche Tätigkeiten</t>
         </is>
       </c>
       <c r="B70" t="inlineStr">
         <is>
           <t>G Handel/ Instandhaltung und Reparatur von Kraftfahrzeugen</t>
         </is>
       </c>
       <c r="C70" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="D70" t="inlineStr">
         <is>
-          <t>Dezember 2024</t>
+          <t>Januar 2025</t>
         </is>
       </c>
       <c r="E70" s="1" t="n">
-        <v>265.0</v>
+        <v>125.0</v>
       </c>
       <c r="F70" s="1" t="n">
-        <v>107.0</v>
+        <v>46.0</v>
       </c>
       <c r="G70" s="1" t="n">
-        <v>160.0</v>
+        <v>129.0</v>
       </c>
       <c r="H70" s="1" t="n">
-        <v>532.0</v>
+        <v>300.0</v>
       </c>
     </row>
     <row r="71">
       <c r="A71" t="inlineStr">
         <is>
           <t>Alle wirtschaftliche Tätigkeiten</t>
         </is>
       </c>
       <c r="B71" t="inlineStr">
         <is>
           <t>G Handel/ Instandhaltung und Reparatur von Kraftfahrzeugen</t>
         </is>
       </c>
       <c r="C71" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D71" t="inlineStr">
         <is>
-          <t>Januar 2025</t>
+          <t>Februar 2025</t>
         </is>
       </c>
       <c r="E71" s="1" t="n">
-        <v>125.0</v>
+        <v>156.0</v>
       </c>
       <c r="F71" s="1" t="n">
-        <v>46.0</v>
+        <v>101.0</v>
       </c>
       <c r="G71" s="1" t="n">
-        <v>129.0</v>
+        <v>147.0</v>
       </c>
       <c r="H71" s="1" t="n">
-        <v>300.0</v>
+        <v>404.0</v>
       </c>
     </row>
     <row r="72">
       <c r="A72" t="inlineStr">
         <is>
           <t>Alle wirtschaftliche Tätigkeiten</t>
         </is>
       </c>
       <c r="B72" t="inlineStr">
         <is>
           <t>G Handel/ Instandhaltung und Reparatur von Kraftfahrzeugen</t>
         </is>
       </c>
       <c r="C72" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D72" t="inlineStr">
         <is>
-          <t>Februar 2025</t>
+          <t>März 2025</t>
         </is>
       </c>
       <c r="E72" s="1" t="n">
-        <v>156.0</v>
+        <v>303.0</v>
       </c>
       <c r="F72" s="1" t="n">
-        <v>101.0</v>
+        <v>280.0</v>
       </c>
       <c r="G72" s="1" t="n">
-        <v>147.0</v>
+        <v>177.0</v>
       </c>
       <c r="H72" s="1" t="n">
-        <v>404.0</v>
+        <v>760.0</v>
       </c>
     </row>
     <row r="73">
       <c r="A73" t="inlineStr">
         <is>
           <t>Alle wirtschaftliche Tätigkeiten</t>
         </is>
       </c>
       <c r="B73" t="inlineStr">
         <is>
           <t>G Handel/ Instandhaltung und Reparatur von Kraftfahrzeugen</t>
         </is>
       </c>
       <c r="C73" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D73" t="inlineStr">
         <is>
-          <t>März 2025</t>
+          <t>April 2025</t>
         </is>
       </c>
       <c r="E73" s="1" t="n">
-        <v>303.0</v>
+        <v>218.0</v>
       </c>
       <c r="F73" s="1" t="n">
-        <v>280.0</v>
+        <v>157.0</v>
       </c>
       <c r="G73" s="1" t="n">
-        <v>177.0</v>
+        <v>154.0</v>
       </c>
       <c r="H73" s="1" t="n">
-        <v>760.0</v>
+        <v>529.0</v>
       </c>
     </row>
     <row r="74">
       <c r="A74" t="inlineStr">
         <is>
           <t>Alle wirtschaftliche Tätigkeiten</t>
         </is>
       </c>
       <c r="B74" t="inlineStr">
         <is>
           <t>G Handel/ Instandhaltung und Reparatur von Kraftfahrzeugen</t>
         </is>
       </c>
       <c r="C74" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D74" t="inlineStr">
         <is>
-          <t>April 2025</t>
+          <t>Mai 2025</t>
         </is>
       </c>
       <c r="E74" s="1" t="n">
-        <v>218.0</v>
+        <v>130.0</v>
       </c>
       <c r="F74" s="1" t="n">
-        <v>157.0</v>
+        <v>89.0</v>
       </c>
       <c r="G74" s="1" t="n">
-        <v>154.0</v>
+        <v>142.0</v>
       </c>
       <c r="H74" s="1" t="n">
-        <v>529.0</v>
+        <v>361.0</v>
       </c>
     </row>
     <row r="75">
       <c r="A75" t="inlineStr">
         <is>
           <t>Alle wirtschaftliche Tätigkeiten</t>
         </is>
       </c>
       <c r="B75" t="inlineStr">
         <is>
           <t>G Handel/ Instandhaltung und Reparatur von Kraftfahrzeugen</t>
         </is>
       </c>
       <c r="C75" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D75" t="inlineStr">
         <is>
-          <t>Mai 2025</t>
+          <t>Juni 2025</t>
         </is>
       </c>
       <c r="E75" s="1" t="n">
-        <v>130.0</v>
+        <v>165.0</v>
       </c>
       <c r="F75" s="1" t="n">
-        <v>89.0</v>
+        <v>94.0</v>
       </c>
       <c r="G75" s="1" t="n">
-        <v>142.0</v>
+        <v>178.0</v>
       </c>
       <c r="H75" s="1" t="n">
-        <v>361.0</v>
+        <v>437.0</v>
       </c>
     </row>
     <row r="76">
       <c r="A76" t="inlineStr">
         <is>
           <t>Alle wirtschaftliche Tätigkeiten</t>
         </is>
       </c>
       <c r="B76" t="inlineStr">
         <is>
           <t>G Handel/ Instandhaltung und Reparatur von Kraftfahrzeugen</t>
         </is>
       </c>
       <c r="C76" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D76" t="inlineStr">
         <is>
-          <t>Juni 2025</t>
+          <t>Juli 2025</t>
         </is>
       </c>
       <c r="E76" s="1" t="n">
-        <v>165.0</v>
+        <v>95.0</v>
       </c>
       <c r="F76" s="1" t="n">
-        <v>94.0</v>
+        <v>68.0</v>
       </c>
       <c r="G76" s="1" t="n">
-        <v>178.0</v>
+        <v>121.0</v>
       </c>
       <c r="H76" s="1" t="n">
-        <v>437.0</v>
+        <v>284.0</v>
       </c>
     </row>
     <row r="77">
       <c r="A77" t="inlineStr">
         <is>
           <t>Alle wirtschaftliche Tätigkeiten</t>
         </is>
       </c>
       <c r="B77" t="inlineStr">
         <is>
           <t>G Handel/ Instandhaltung und Reparatur von Kraftfahrzeugen</t>
         </is>
       </c>
       <c r="C77" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D77" t="inlineStr">
         <is>
-          <t>Juli 2025</t>
+          <t>August 2025</t>
         </is>
       </c>
       <c r="E77" s="1" t="n">
-        <v>95.0</v>
+        <v>169.0</v>
       </c>
       <c r="F77" s="1" t="n">
-        <v>68.0</v>
+        <v>164.0</v>
       </c>
       <c r="G77" s="1" t="n">
-        <v>121.0</v>
+        <v>77.0</v>
       </c>
       <c r="H77" s="1" t="n">
-        <v>284.0</v>
+        <v>410.0</v>
       </c>
     </row>
     <row r="78">
       <c r="A78" t="inlineStr">
         <is>
           <t>Alle wirtschaftliche Tätigkeiten</t>
         </is>
       </c>
       <c r="B78" t="inlineStr">
         <is>
           <t>G Handel/ Instandhaltung und Reparatur von Kraftfahrzeugen</t>
         </is>
       </c>
       <c r="C78" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D78" t="inlineStr">
         <is>
-          <t>August 2025</t>
+          <t>September 2025</t>
         </is>
       </c>
       <c r="E78" s="1" t="n">
-        <v>169.0</v>
+        <v>122.0</v>
       </c>
       <c r="F78" s="1" t="n">
-        <v>164.0</v>
+        <v>101.0</v>
       </c>
       <c r="G78" s="1" t="n">
-        <v>77.0</v>
+        <v>191.0</v>
       </c>
       <c r="H78" s="1" t="n">
-        <v>410.0</v>
+        <v>414.0</v>
       </c>
     </row>
     <row r="79">
       <c r="A79" t="inlineStr">
         <is>
           <t>Alle wirtschaftliche Tätigkeiten</t>
         </is>
       </c>
       <c r="B79" t="inlineStr">
         <is>
           <t>G Handel/ Instandhaltung und Reparatur von Kraftfahrzeugen</t>
         </is>
       </c>
       <c r="C79" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D79" t="inlineStr">
         <is>
-          <t>September 2025</t>
+          <t>Oktober 2025</t>
         </is>
       </c>
       <c r="E79" s="1" t="n">
-        <v>122.0</v>
+        <v>166.0</v>
       </c>
       <c r="F79" s="1" t="n">
-        <v>101.0</v>
+        <v>93.0</v>
       </c>
       <c r="G79" s="1" t="n">
-        <v>190.0</v>
+        <v>173.0</v>
       </c>
       <c r="H79" s="1" t="n">
-        <v>413.0</v>
+        <v>432.0</v>
       </c>
     </row>
     <row r="80">
       <c r="A80" t="inlineStr">
         <is>
           <t>Alle wirtschaftliche Tätigkeiten</t>
         </is>
       </c>
       <c r="B80" t="inlineStr">
         <is>
           <t>H Verkehr und Lagerei</t>
         </is>
       </c>
       <c r="C80" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="D80" t="inlineStr">
         <is>
-          <t>September 2024</t>
+          <t>Oktober 2024</t>
         </is>
       </c>
       <c r="E80" s="1" t="n">
-        <v>156.0</v>
+        <v>71.0</v>
       </c>
       <c r="F80" s="1" t="n">
-        <v>33.0</v>
+        <v>36.0</v>
       </c>
       <c r="G80" s="1" t="n">
-        <v>61.0</v>
+        <v>56.0</v>
       </c>
       <c r="H80" s="1" t="n">
-        <v>250.0</v>
+        <v>163.0</v>
       </c>
     </row>
     <row r="81">
       <c r="A81" t="inlineStr">
         <is>
           <t>Alle wirtschaftliche Tätigkeiten</t>
         </is>
       </c>
       <c r="B81" t="inlineStr">
         <is>
           <t>H Verkehr und Lagerei</t>
         </is>
       </c>
       <c r="C81" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="D81" t="inlineStr">
         <is>
-          <t>Oktober 2024</t>
+          <t>November 2024</t>
         </is>
       </c>
       <c r="E81" s="1" t="n">
-        <v>71.0</v>
+        <v>145.0</v>
       </c>
       <c r="F81" s="1" t="n">
-        <v>36.0</v>
+        <v>33.0</v>
       </c>
       <c r="G81" s="1" t="n">
-        <v>56.0</v>
+        <v>35.0</v>
       </c>
       <c r="H81" s="1" t="n">
-        <v>163.0</v>
+        <v>213.0</v>
       </c>
     </row>
     <row r="82">
       <c r="A82" t="inlineStr">
         <is>
           <t>Alle wirtschaftliche Tätigkeiten</t>
         </is>
       </c>
       <c r="B82" t="inlineStr">
         <is>
           <t>H Verkehr und Lagerei</t>
         </is>
       </c>
       <c r="C82" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="D82" t="inlineStr">
         <is>
-          <t>November 2024</t>
+          <t>Dezember 2024</t>
         </is>
       </c>
       <c r="E82" s="1" t="n">
-        <v>145.0</v>
+        <v>114.0</v>
       </c>
       <c r="F82" s="1" t="n">
-        <v>33.0</v>
+        <v>32.0</v>
       </c>
       <c r="G82" s="1" t="n">
-        <v>35.0</v>
+        <v>48.0</v>
       </c>
       <c r="H82" s="1" t="n">
-        <v>213.0</v>
+        <v>194.0</v>
       </c>
     </row>
     <row r="83">
       <c r="A83" t="inlineStr">
         <is>
           <t>Alle wirtschaftliche Tätigkeiten</t>
         </is>
       </c>
       <c r="B83" t="inlineStr">
         <is>
           <t>H Verkehr und Lagerei</t>
         </is>
       </c>
       <c r="C83" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="D83" t="inlineStr">
         <is>
-          <t>Dezember 2024</t>
+          <t>Januar 2025</t>
         </is>
       </c>
       <c r="E83" s="1" t="n">
-        <v>114.0</v>
+        <v>102.0</v>
       </c>
       <c r="F83" s="1" t="n">
-        <v>32.0</v>
+        <v>21.0</v>
       </c>
       <c r="G83" s="1" t="n">
-        <v>48.0</v>
+        <v>40.0</v>
       </c>
       <c r="H83" s="1" t="n">
-        <v>194.0</v>
+        <v>163.0</v>
       </c>
     </row>
     <row r="84">
       <c r="A84" t="inlineStr">
         <is>
           <t>Alle wirtschaftliche Tätigkeiten</t>
         </is>
       </c>
       <c r="B84" t="inlineStr">
         <is>
           <t>H Verkehr und Lagerei</t>
         </is>
       </c>
       <c r="C84" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D84" t="inlineStr">
         <is>
-          <t>Januar 2025</t>
+          <t>Februar 2025</t>
         </is>
       </c>
       <c r="E84" s="1" t="n">
-        <v>102.0</v>
+        <v>135.0</v>
       </c>
       <c r="F84" s="1" t="n">
-        <v>21.0</v>
+        <v>35.0</v>
       </c>
       <c r="G84" s="1" t="n">
-        <v>40.0</v>
+        <v>54.0</v>
       </c>
       <c r="H84" s="1" t="n">
-        <v>163.0</v>
+        <v>224.0</v>
       </c>
     </row>
     <row r="85">
       <c r="A85" t="inlineStr">
         <is>
           <t>Alle wirtschaftliche Tätigkeiten</t>
         </is>
       </c>
       <c r="B85" t="inlineStr">
         <is>
           <t>H Verkehr und Lagerei</t>
         </is>
       </c>
       <c r="C85" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D85" t="inlineStr">
         <is>
-          <t>Februar 2025</t>
+          <t>März 2025</t>
         </is>
       </c>
       <c r="E85" s="1" t="n">
-        <v>135.0</v>
+        <v>205.0</v>
       </c>
       <c r="F85" s="1" t="n">
-        <v>35.0</v>
+        <v>65.0</v>
       </c>
       <c r="G85" s="1" t="n">
-        <v>54.0</v>
+        <v>51.0</v>
       </c>
       <c r="H85" s="1" t="n">
-        <v>224.0</v>
+        <v>321.0</v>
       </c>
     </row>
     <row r="86">
       <c r="A86" t="inlineStr">
         <is>
           <t>Alle wirtschaftliche Tätigkeiten</t>
         </is>
       </c>
       <c r="B86" t="inlineStr">
         <is>
           <t>H Verkehr und Lagerei</t>
         </is>
       </c>
       <c r="C86" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D86" t="inlineStr">
         <is>
-          <t>März 2025</t>
+          <t>April 2025</t>
         </is>
       </c>
       <c r="E86" s="1" t="n">
-        <v>205.0</v>
+        <v>389.0</v>
       </c>
       <c r="F86" s="1" t="n">
-        <v>65.0</v>
+        <v>54.0</v>
       </c>
       <c r="G86" s="1" t="n">
-        <v>51.0</v>
+        <v>48.0</v>
       </c>
       <c r="H86" s="1" t="n">
-        <v>321.0</v>
+        <v>491.0</v>
       </c>
     </row>
     <row r="87">
       <c r="A87" t="inlineStr">
         <is>
           <t>Alle wirtschaftliche Tätigkeiten</t>
         </is>
       </c>
       <c r="B87" t="inlineStr">
         <is>
           <t>H Verkehr und Lagerei</t>
         </is>
       </c>
       <c r="C87" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D87" t="inlineStr">
         <is>
-          <t>April 2025</t>
+          <t>Mai 2025</t>
         </is>
       </c>
       <c r="E87" s="1" t="n">
-        <v>389.0</v>
+        <v>137.0</v>
       </c>
       <c r="F87" s="1" t="n">
-        <v>54.0</v>
+        <v>28.0</v>
       </c>
       <c r="G87" s="1" t="n">
-        <v>48.0</v>
+        <v>51.0</v>
       </c>
       <c r="H87" s="1" t="n">
-        <v>491.0</v>
+        <v>216.0</v>
       </c>
     </row>
     <row r="88">
       <c r="A88" t="inlineStr">
         <is>
           <t>Alle wirtschaftliche Tätigkeiten</t>
         </is>
       </c>
       <c r="B88" t="inlineStr">
         <is>
           <t>H Verkehr und Lagerei</t>
         </is>
       </c>
       <c r="C88" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D88" t="inlineStr">
         <is>
-          <t>Mai 2025</t>
+          <t>Juni 2025</t>
         </is>
       </c>
       <c r="E88" s="1" t="n">
-        <v>137.0</v>
+        <v>136.0</v>
       </c>
       <c r="F88" s="1" t="n">
-        <v>28.0</v>
+        <v>62.0</v>
       </c>
       <c r="G88" s="1" t="n">
-        <v>51.0</v>
+        <v>44.0</v>
       </c>
       <c r="H88" s="1" t="n">
-        <v>216.0</v>
+        <v>242.0</v>
       </c>
     </row>
     <row r="89">
       <c r="A89" t="inlineStr">
         <is>
           <t>Alle wirtschaftliche Tätigkeiten</t>
         </is>
       </c>
       <c r="B89" t="inlineStr">
         <is>
           <t>H Verkehr und Lagerei</t>
         </is>
       </c>
       <c r="C89" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D89" t="inlineStr">
         <is>
-          <t>Juni 2025</t>
+          <t>Juli 2025</t>
         </is>
       </c>
       <c r="E89" s="1" t="n">
-        <v>136.0</v>
+        <v>46.0</v>
       </c>
       <c r="F89" s="1" t="n">
-        <v>62.0</v>
+        <v>38.0</v>
       </c>
       <c r="G89" s="1" t="n">
-        <v>44.0</v>
+        <v>36.0</v>
       </c>
       <c r="H89" s="1" t="n">
-        <v>242.0</v>
+        <v>120.0</v>
       </c>
     </row>
     <row r="90">
       <c r="A90" t="inlineStr">
         <is>
           <t>Alle wirtschaftliche Tätigkeiten</t>
         </is>
       </c>
       <c r="B90" t="inlineStr">
         <is>
           <t>H Verkehr und Lagerei</t>
         </is>
       </c>
       <c r="C90" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D90" t="inlineStr">
         <is>
-          <t>Juli 2025</t>
+          <t>August 2025</t>
         </is>
       </c>
       <c r="E90" s="1" t="n">
-        <v>46.0</v>
+        <v>186.0</v>
       </c>
       <c r="F90" s="1" t="n">
-        <v>38.0</v>
+        <v>42.0</v>
       </c>
       <c r="G90" s="1" t="n">
-        <v>36.0</v>
+        <v>17.0</v>
       </c>
       <c r="H90" s="1" t="n">
-        <v>120.0</v>
+        <v>245.0</v>
       </c>
     </row>
     <row r="91">
       <c r="A91" t="inlineStr">
         <is>
           <t>Alle wirtschaftliche Tätigkeiten</t>
         </is>
       </c>
       <c r="B91" t="inlineStr">
         <is>
           <t>H Verkehr und Lagerei</t>
         </is>
       </c>
       <c r="C91" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D91" t="inlineStr">
         <is>
-          <t>August 2025</t>
+          <t>September 2025</t>
         </is>
       </c>
       <c r="E91" s="1" t="n">
-        <v>186.0</v>
+        <v>183.0</v>
       </c>
       <c r="F91" s="1" t="n">
-        <v>42.0</v>
+        <v>23.0</v>
       </c>
       <c r="G91" s="1" t="n">
-        <v>17.0</v>
+        <v>72.0</v>
       </c>
       <c r="H91" s="1" t="n">
-        <v>245.0</v>
+        <v>278.0</v>
       </c>
     </row>
     <row r="92">
       <c r="A92" t="inlineStr">
         <is>
           <t>Alle wirtschaftliche Tätigkeiten</t>
         </is>
       </c>
       <c r="B92" t="inlineStr">
         <is>
           <t>H Verkehr und Lagerei</t>
         </is>
       </c>
       <c r="C92" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D92" t="inlineStr">
         <is>
-          <t>September 2025</t>
+          <t>Oktober 2025</t>
         </is>
       </c>
       <c r="E92" s="1" t="n">
-        <v>183.0</v>
+        <v>109.0</v>
       </c>
       <c r="F92" s="1" t="n">
-        <v>23.0</v>
+        <v>148.0</v>
       </c>
       <c r="G92" s="1" t="n">
-        <v>72.0</v>
+        <v>49.0</v>
       </c>
       <c r="H92" s="1" t="n">
-        <v>278.0</v>
+        <v>306.0</v>
       </c>
     </row>
     <row r="93">
       <c r="A93" t="inlineStr">
         <is>
           <t>Alle wirtschaftliche Tätigkeiten</t>
         </is>
       </c>
       <c r="B93" t="inlineStr">
         <is>
           <t>I Gastgewerbe/Beherbergung und Gastronomie</t>
         </is>
       </c>
       <c r="C93" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="D93" t="inlineStr">
         <is>
-          <t>September 2024</t>
+          <t>Oktober 2024</t>
         </is>
       </c>
       <c r="E93" s="1" t="n">
-        <v>138.0</v>
+        <v>112.0</v>
       </c>
       <c r="F93" s="1" t="n">
-        <v>151.0</v>
+        <v>153.0</v>
       </c>
       <c r="G93" s="1" t="n">
-        <v>141.0</v>
+        <v>130.0</v>
       </c>
       <c r="H93" s="1" t="n">
-        <v>430.0</v>
+        <v>395.0</v>
       </c>
     </row>
     <row r="94">
       <c r="A94" t="inlineStr">
         <is>
           <t>Alle wirtschaftliche Tätigkeiten</t>
         </is>
       </c>
       <c r="B94" t="inlineStr">
         <is>
           <t>I Gastgewerbe/Beherbergung und Gastronomie</t>
         </is>
       </c>
       <c r="C94" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="D94" t="inlineStr">
         <is>
-          <t>Oktober 2024</t>
+          <t>November 2024</t>
         </is>
       </c>
       <c r="E94" s="1" t="n">
-        <v>112.0</v>
+        <v>150.0</v>
       </c>
       <c r="F94" s="1" t="n">
-        <v>153.0</v>
+        <v>151.0</v>
       </c>
       <c r="G94" s="1" t="n">
-        <v>130.0</v>
+        <v>86.0</v>
       </c>
       <c r="H94" s="1" t="n">
-        <v>395.0</v>
+        <v>387.0</v>
       </c>
     </row>
     <row r="95">
       <c r="A95" t="inlineStr">
         <is>
           <t>Alle wirtschaftliche Tätigkeiten</t>
         </is>
       </c>
       <c r="B95" t="inlineStr">
         <is>
           <t>I Gastgewerbe/Beherbergung und Gastronomie</t>
         </is>
       </c>
       <c r="C95" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="D95" t="inlineStr">
         <is>
-          <t>November 2024</t>
+          <t>Dezember 2024</t>
         </is>
       </c>
       <c r="E95" s="1" t="n">
+        <v>136.0</v>
+      </c>
+      <c r="F95" s="1" t="n">
         <v>150.0</v>
       </c>
-      <c r="F95" s="1" t="n">
-[...1 lines deleted...]
-      </c>
       <c r="G95" s="1" t="n">
-        <v>86.0</v>
+        <v>136.0</v>
       </c>
       <c r="H95" s="1" t="n">
-        <v>387.0</v>
+        <v>422.0</v>
       </c>
     </row>
     <row r="96">
       <c r="A96" t="inlineStr">
         <is>
           <t>Alle wirtschaftliche Tätigkeiten</t>
         </is>
       </c>
       <c r="B96" t="inlineStr">
         <is>
           <t>I Gastgewerbe/Beherbergung und Gastronomie</t>
         </is>
       </c>
       <c r="C96" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="D96" t="inlineStr">
         <is>
-          <t>Dezember 2024</t>
+          <t>Januar 2025</t>
         </is>
       </c>
       <c r="E96" s="1" t="n">
-        <v>136.0</v>
+        <v>441.0</v>
       </c>
       <c r="F96" s="1" t="n">
-        <v>150.0</v>
+        <v>457.0</v>
       </c>
       <c r="G96" s="1" t="n">
-        <v>136.0</v>
+        <v>134.0</v>
       </c>
       <c r="H96" s="1" t="n">
-        <v>422.0</v>
+        <v>1032.0</v>
       </c>
     </row>
     <row r="97">
       <c r="A97" t="inlineStr">
         <is>
           <t>Alle wirtschaftliche Tätigkeiten</t>
         </is>
       </c>
       <c r="B97" t="inlineStr">
         <is>
           <t>I Gastgewerbe/Beherbergung und Gastronomie</t>
         </is>
       </c>
       <c r="C97" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D97" t="inlineStr">
         <is>
-          <t>Januar 2025</t>
+          <t>Februar 2025</t>
         </is>
       </c>
       <c r="E97" s="1" t="n">
-        <v>441.0</v>
+        <v>102.0</v>
       </c>
       <c r="F97" s="1" t="n">
-        <v>457.0</v>
+        <v>206.0</v>
       </c>
       <c r="G97" s="1" t="n">
-        <v>134.0</v>
+        <v>119.0</v>
       </c>
       <c r="H97" s="1" t="n">
-        <v>1032.0</v>
+        <v>427.0</v>
       </c>
     </row>
     <row r="98">
       <c r="A98" t="inlineStr">
         <is>
           <t>Alle wirtschaftliche Tätigkeiten</t>
         </is>
       </c>
       <c r="B98" t="inlineStr">
         <is>
           <t>I Gastgewerbe/Beherbergung und Gastronomie</t>
         </is>
       </c>
       <c r="C98" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D98" t="inlineStr">
         <is>
-          <t>Februar 2025</t>
+          <t>März 2025</t>
         </is>
       </c>
       <c r="E98" s="1" t="n">
-        <v>102.0</v>
+        <v>99.0</v>
       </c>
       <c r="F98" s="1" t="n">
-        <v>206.0</v>
+        <v>225.0</v>
       </c>
       <c r="G98" s="1" t="n">
-        <v>119.0</v>
+        <v>138.0</v>
       </c>
       <c r="H98" s="1" t="n">
-        <v>427.0</v>
+        <v>462.0</v>
       </c>
     </row>
     <row r="99">
       <c r="A99" t="inlineStr">
         <is>
           <t>Alle wirtschaftliche Tätigkeiten</t>
         </is>
       </c>
       <c r="B99" t="inlineStr">
         <is>
           <t>I Gastgewerbe/Beherbergung und Gastronomie</t>
         </is>
       </c>
       <c r="C99" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D99" t="inlineStr">
         <is>
-          <t>März 2025</t>
+          <t>April 2025</t>
         </is>
       </c>
       <c r="E99" s="1" t="n">
-        <v>99.0</v>
+        <v>125.0</v>
       </c>
       <c r="F99" s="1" t="n">
-        <v>225.0</v>
+        <v>247.0</v>
       </c>
       <c r="G99" s="1" t="n">
-        <v>138.0</v>
+        <v>123.0</v>
       </c>
       <c r="H99" s="1" t="n">
-        <v>462.0</v>
+        <v>495.0</v>
       </c>
     </row>
     <row r="100">
       <c r="A100" t="inlineStr">
         <is>
           <t>Alle wirtschaftliche Tätigkeiten</t>
         </is>
       </c>
       <c r="B100" t="inlineStr">
         <is>
           <t>I Gastgewerbe/Beherbergung und Gastronomie</t>
         </is>
       </c>
       <c r="C100" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D100" t="inlineStr">
         <is>
-          <t>April 2025</t>
+          <t>Mai 2025</t>
         </is>
       </c>
       <c r="E100" s="1" t="n">
-        <v>125.0</v>
+        <v>91.0</v>
       </c>
       <c r="F100" s="1" t="n">
-        <v>247.0</v>
+        <v>91.0</v>
       </c>
       <c r="G100" s="1" t="n">
-        <v>123.0</v>
+        <v>98.0</v>
       </c>
       <c r="H100" s="1" t="n">
-        <v>495.0</v>
+        <v>280.0</v>
       </c>
     </row>
     <row r="101">
       <c r="A101" t="inlineStr">
         <is>
           <t>Alle wirtschaftliche Tätigkeiten</t>
         </is>
       </c>
       <c r="B101" t="inlineStr">
         <is>
           <t>I Gastgewerbe/Beherbergung und Gastronomie</t>
         </is>
       </c>
       <c r="C101" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D101" t="inlineStr">
         <is>
-          <t>Mai 2025</t>
+          <t>Juni 2025</t>
         </is>
       </c>
       <c r="E101" s="1" t="n">
-        <v>91.0</v>
+        <v>146.0</v>
       </c>
       <c r="F101" s="1" t="n">
-        <v>91.0</v>
+        <v>218.0</v>
       </c>
       <c r="G101" s="1" t="n">
-        <v>98.0</v>
+        <v>131.0</v>
       </c>
       <c r="H101" s="1" t="n">
-        <v>280.0</v>
+        <v>495.0</v>
       </c>
     </row>
     <row r="102">
       <c r="A102" t="inlineStr">
         <is>
           <t>Alle wirtschaftliche Tätigkeiten</t>
         </is>
       </c>
       <c r="B102" t="inlineStr">
         <is>
           <t>I Gastgewerbe/Beherbergung und Gastronomie</t>
         </is>
       </c>
       <c r="C102" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D102" t="inlineStr">
         <is>
-          <t>Juni 2025</t>
+          <t>Juli 2025</t>
         </is>
       </c>
       <c r="E102" s="1" t="n">
-        <v>146.0</v>
+        <v>147.0</v>
       </c>
       <c r="F102" s="1" t="n">
-        <v>218.0</v>
+        <v>121.0</v>
       </c>
       <c r="G102" s="1" t="n">
-        <v>131.0</v>
+        <v>84.0</v>
       </c>
       <c r="H102" s="1" t="n">
-        <v>495.0</v>
+        <v>352.0</v>
       </c>
     </row>
     <row r="103">
       <c r="A103" t="inlineStr">
         <is>
           <t>Alle wirtschaftliche Tätigkeiten</t>
         </is>
       </c>
       <c r="B103" t="inlineStr">
         <is>
           <t>I Gastgewerbe/Beherbergung und Gastronomie</t>
         </is>
       </c>
       <c r="C103" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D103" t="inlineStr">
         <is>
-          <t>Juli 2025</t>
+          <t>August 2025</t>
         </is>
       </c>
       <c r="E103" s="1" t="n">
-        <v>147.0</v>
+        <v>68.0</v>
       </c>
       <c r="F103" s="1" t="n">
-        <v>121.0</v>
+        <v>89.0</v>
       </c>
       <c r="G103" s="1" t="n">
-        <v>84.0</v>
+        <v>65.0</v>
       </c>
       <c r="H103" s="1" t="n">
-        <v>352.0</v>
+        <v>222.0</v>
       </c>
     </row>
     <row r="104">
       <c r="A104" t="inlineStr">
         <is>
           <t>Alle wirtschaftliche Tätigkeiten</t>
         </is>
       </c>
       <c r="B104" t="inlineStr">
         <is>
           <t>I Gastgewerbe/Beherbergung und Gastronomie</t>
         </is>
       </c>
       <c r="C104" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D104" t="inlineStr">
         <is>
-          <t>August 2025</t>
+          <t>September 2025</t>
         </is>
       </c>
       <c r="E104" s="1" t="n">
-        <v>68.0</v>
+        <v>116.0</v>
       </c>
       <c r="F104" s="1" t="n">
-        <v>89.0</v>
+        <v>226.0</v>
       </c>
       <c r="G104" s="1" t="n">
-        <v>65.0</v>
+        <v>132.0</v>
       </c>
       <c r="H104" s="1" t="n">
-        <v>222.0</v>
+        <v>474.0</v>
       </c>
     </row>
     <row r="105">
       <c r="A105" t="inlineStr">
         <is>
           <t>Alle wirtschaftliche Tätigkeiten</t>
         </is>
       </c>
       <c r="B105" t="inlineStr">
         <is>
           <t>I Gastgewerbe/Beherbergung und Gastronomie</t>
         </is>
       </c>
       <c r="C105" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D105" t="inlineStr">
         <is>
-          <t>September 2025</t>
+          <t>Oktober 2025</t>
         </is>
       </c>
       <c r="E105" s="1" t="n">
-        <v>116.0</v>
+        <v>133.0</v>
       </c>
       <c r="F105" s="1" t="n">
-        <v>226.0</v>
+        <v>206.0</v>
       </c>
       <c r="G105" s="1" t="n">
-        <v>132.0</v>
+        <v>136.0</v>
       </c>
       <c r="H105" s="1" t="n">
-        <v>474.0</v>
+        <v>475.0</v>
       </c>
     </row>
     <row r="106">
       <c r="A106" t="inlineStr">
         <is>
           <t>Alle wirtschaftliche Tätigkeiten</t>
         </is>
       </c>
       <c r="B106" t="inlineStr">
         <is>
           <t>J Information und Kommunikation</t>
         </is>
       </c>
       <c r="C106" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="D106" t="inlineStr">
         <is>
-          <t>September 2024</t>
+          <t>Oktober 2024</t>
         </is>
       </c>
       <c r="E106" s="1" t="n">
-        <v>5.0</v>
+        <v>3.0</v>
       </c>
       <c r="F106" s="1" t="n">
-        <v>0.0</v>
+        <v>1.0</v>
       </c>
       <c r="G106" s="1" t="n">
-        <v>46.0</v>
+        <v>25.0</v>
       </c>
       <c r="H106" s="1" t="n">
-        <v>51.0</v>
+        <v>29.0</v>
       </c>
     </row>
     <row r="107">
       <c r="A107" t="inlineStr">
         <is>
           <t>Alle wirtschaftliche Tätigkeiten</t>
         </is>
       </c>
       <c r="B107" t="inlineStr">
         <is>
           <t>J Information und Kommunikation</t>
         </is>
       </c>
       <c r="C107" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="D107" t="inlineStr">
         <is>
-          <t>Oktober 2024</t>
+          <t>November 2024</t>
         </is>
       </c>
       <c r="E107" s="1" t="n">
-        <v>3.0</v>
+        <v>12.0</v>
       </c>
       <c r="F107" s="1" t="n">
-        <v>1.0</v>
+        <v>4.0</v>
       </c>
       <c r="G107" s="1" t="n">
-        <v>25.0</v>
+        <v>19.0</v>
       </c>
       <c r="H107" s="1" t="n">
-        <v>29.0</v>
+        <v>35.0</v>
       </c>
     </row>
     <row r="108">
       <c r="A108" t="inlineStr">
         <is>
           <t>Alle wirtschaftliche Tätigkeiten</t>
         </is>
       </c>
       <c r="B108" t="inlineStr">
         <is>
           <t>J Information und Kommunikation</t>
         </is>
       </c>
       <c r="C108" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="D108" t="inlineStr">
         <is>
-          <t>November 2024</t>
+          <t>Dezember 2024</t>
         </is>
       </c>
       <c r="E108" s="1" t="n">
-        <v>12.0</v>
+        <v>22.0</v>
       </c>
       <c r="F108" s="1" t="n">
-        <v>4.0</v>
+        <v>0.0</v>
       </c>
       <c r="G108" s="1" t="n">
-        <v>19.0</v>
+        <v>30.0</v>
       </c>
       <c r="H108" s="1" t="n">
-        <v>35.0</v>
+        <v>52.0</v>
       </c>
     </row>
     <row r="109">
       <c r="A109" t="inlineStr">
         <is>
           <t>Alle wirtschaftliche Tätigkeiten</t>
         </is>
       </c>
       <c r="B109" t="inlineStr">
         <is>
           <t>J Information und Kommunikation</t>
         </is>
       </c>
       <c r="C109" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="D109" t="inlineStr">
         <is>
-          <t>Dezember 2024</t>
+          <t>Januar 2025</t>
         </is>
       </c>
       <c r="E109" s="1" t="n">
-        <v>22.0</v>
+        <v>2.0</v>
       </c>
       <c r="F109" s="1" t="n">
         <v>0.0</v>
       </c>
       <c r="G109" s="1" t="n">
-        <v>30.0</v>
+        <v>21.0</v>
       </c>
       <c r="H109" s="1" t="n">
-        <v>52.0</v>
+        <v>23.0</v>
       </c>
     </row>
     <row r="110">
       <c r="A110" t="inlineStr">
         <is>
           <t>Alle wirtschaftliche Tätigkeiten</t>
         </is>
       </c>
       <c r="B110" t="inlineStr">
         <is>
           <t>J Information und Kommunikation</t>
         </is>
       </c>
       <c r="C110" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D110" t="inlineStr">
         <is>
-          <t>Januar 2025</t>
+          <t>Februar 2025</t>
         </is>
       </c>
       <c r="E110" s="1" t="n">
-        <v>2.0</v>
+        <v>44.0</v>
       </c>
       <c r="F110" s="1" t="n">
-        <v>0.0</v>
+        <v>5.0</v>
       </c>
       <c r="G110" s="1" t="n">
-        <v>21.0</v>
+        <v>18.0</v>
       </c>
       <c r="H110" s="1" t="n">
-        <v>23.0</v>
+        <v>67.0</v>
       </c>
     </row>
     <row r="111">
       <c r="A111" t="inlineStr">
         <is>
           <t>Alle wirtschaftliche Tätigkeiten</t>
         </is>
       </c>
       <c r="B111" t="inlineStr">
         <is>
           <t>J Information und Kommunikation</t>
         </is>
       </c>
       <c r="C111" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D111" t="inlineStr">
         <is>
-          <t>Februar 2025</t>
+          <t>März 2025</t>
         </is>
       </c>
       <c r="E111" s="1" t="n">
-        <v>44.0</v>
+        <v>6.0</v>
       </c>
       <c r="F111" s="1" t="n">
-        <v>5.0</v>
+        <v>3.0</v>
       </c>
       <c r="G111" s="1" t="n">
-        <v>18.0</v>
+        <v>26.0</v>
       </c>
       <c r="H111" s="1" t="n">
-        <v>67.0</v>
+        <v>35.0</v>
       </c>
     </row>
     <row r="112">
       <c r="A112" t="inlineStr">
         <is>
           <t>Alle wirtschaftliche Tätigkeiten</t>
         </is>
       </c>
       <c r="B112" t="inlineStr">
         <is>
           <t>J Information und Kommunikation</t>
         </is>
       </c>
       <c r="C112" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D112" t="inlineStr">
         <is>
-          <t>März 2025</t>
+          <t>April 2025</t>
         </is>
       </c>
       <c r="E112" s="1" t="n">
-        <v>6.0</v>
+        <v>59.0</v>
       </c>
       <c r="F112" s="1" t="n">
-        <v>3.0</v>
+        <v>15.0</v>
       </c>
       <c r="G112" s="1" t="n">
-        <v>26.0</v>
+        <v>28.0</v>
       </c>
       <c r="H112" s="1" t="n">
-        <v>35.0</v>
+        <v>102.0</v>
       </c>
     </row>
     <row r="113">
       <c r="A113" t="inlineStr">
         <is>
           <t>Alle wirtschaftliche Tätigkeiten</t>
         </is>
       </c>
       <c r="B113" t="inlineStr">
         <is>
           <t>J Information und Kommunikation</t>
         </is>
       </c>
       <c r="C113" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D113" t="inlineStr">
         <is>
-          <t>April 2025</t>
+          <t>Mai 2025</t>
         </is>
       </c>
       <c r="E113" s="1" t="n">
-        <v>59.0</v>
+        <v>20.0</v>
       </c>
       <c r="F113" s="1" t="n">
-        <v>15.0</v>
+        <v>18.0</v>
       </c>
       <c r="G113" s="1" t="n">
-        <v>28.0</v>
+        <v>32.0</v>
       </c>
       <c r="H113" s="1" t="n">
-        <v>102.0</v>
+        <v>70.0</v>
       </c>
     </row>
     <row r="114">
       <c r="A114" t="inlineStr">
         <is>
           <t>Alle wirtschaftliche Tätigkeiten</t>
         </is>
       </c>
       <c r="B114" t="inlineStr">
         <is>
           <t>J Information und Kommunikation</t>
         </is>
       </c>
       <c r="C114" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D114" t="inlineStr">
         <is>
-          <t>Mai 2025</t>
+          <t>Juni 2025</t>
         </is>
       </c>
       <c r="E114" s="1" t="n">
-        <v>20.0</v>
+        <v>5.0</v>
       </c>
       <c r="F114" s="1" t="n">
-        <v>18.0</v>
+        <v>4.0</v>
       </c>
       <c r="G114" s="1" t="n">
-        <v>32.0</v>
+        <v>34.0</v>
       </c>
       <c r="H114" s="1" t="n">
-        <v>70.0</v>
+        <v>43.0</v>
       </c>
     </row>
     <row r="115">
       <c r="A115" t="inlineStr">
         <is>
           <t>Alle wirtschaftliche Tätigkeiten</t>
         </is>
       </c>
       <c r="B115" t="inlineStr">
         <is>
           <t>J Information und Kommunikation</t>
         </is>
       </c>
       <c r="C115" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D115" t="inlineStr">
         <is>
-          <t>Juni 2025</t>
+          <t>Juli 2025</t>
         </is>
       </c>
       <c r="E115" s="1" t="n">
-        <v>5.0</v>
+        <v>19.0</v>
       </c>
       <c r="F115" s="1" t="n">
-        <v>4.0</v>
+        <v>10.0</v>
       </c>
       <c r="G115" s="1" t="n">
-        <v>34.0</v>
+        <v>20.0</v>
       </c>
       <c r="H115" s="1" t="n">
-        <v>43.0</v>
+        <v>49.0</v>
       </c>
     </row>
     <row r="116">
       <c r="A116" t="inlineStr">
         <is>
           <t>Alle wirtschaftliche Tätigkeiten</t>
         </is>
       </c>
       <c r="B116" t="inlineStr">
         <is>
           <t>J Information und Kommunikation</t>
         </is>
       </c>
       <c r="C116" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D116" t="inlineStr">
         <is>
-          <t>Juli 2025</t>
+          <t>August 2025</t>
         </is>
       </c>
       <c r="E116" s="1" t="n">
+        <v>58.0</v>
+      </c>
+      <c r="F116" s="1" t="n">
+        <v>4.0</v>
+      </c>
+      <c r="G116" s="1" t="n">
         <v>19.0</v>
       </c>
-      <c r="F116" s="1" t="n">
-[...4 lines deleted...]
-      </c>
       <c r="H116" s="1" t="n">
-        <v>49.0</v>
+        <v>81.0</v>
       </c>
     </row>
     <row r="117">
       <c r="A117" t="inlineStr">
         <is>
           <t>Alle wirtschaftliche Tätigkeiten</t>
         </is>
       </c>
       <c r="B117" t="inlineStr">
         <is>
           <t>J Information und Kommunikation</t>
         </is>
       </c>
       <c r="C117" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D117" t="inlineStr">
         <is>
-          <t>August 2025</t>
+          <t>September 2025</t>
         </is>
       </c>
       <c r="E117" s="1" t="n">
-        <v>58.0</v>
+        <v>12.0</v>
       </c>
       <c r="F117" s="1" t="n">
-        <v>4.0</v>
+        <v>6.0</v>
       </c>
       <c r="G117" s="1" t="n">
-        <v>19.0</v>
+        <v>38.0</v>
       </c>
       <c r="H117" s="1" t="n">
-        <v>81.0</v>
+        <v>56.0</v>
       </c>
     </row>
     <row r="118">
       <c r="A118" t="inlineStr">
         <is>
           <t>Alle wirtschaftliche Tätigkeiten</t>
         </is>
       </c>
       <c r="B118" t="inlineStr">
         <is>
           <t>J Information und Kommunikation</t>
         </is>
       </c>
       <c r="C118" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D118" t="inlineStr">
         <is>
-          <t>September 2025</t>
+          <t>Oktober 2025</t>
         </is>
       </c>
       <c r="E118" s="1" t="n">
-        <v>12.0</v>
+        <v>8.0</v>
       </c>
       <c r="F118" s="1" t="n">
-        <v>6.0</v>
+        <v>1.0</v>
       </c>
       <c r="G118" s="1" t="n">
-        <v>36.0</v>
+        <v>38.0</v>
       </c>
       <c r="H118" s="1" t="n">
-        <v>54.0</v>
+        <v>47.0</v>
       </c>
     </row>
     <row r="119">
       <c r="A119" t="inlineStr">
         <is>
           <t>Alle wirtschaftliche Tätigkeiten</t>
         </is>
       </c>
       <c r="B119" t="inlineStr">
         <is>
           <t>K Erbringung von Finanz- und Versicherungsdienstleistungen</t>
         </is>
       </c>
       <c r="C119" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="D119" t="inlineStr">
         <is>
-          <t>September 2024</t>
+          <t>Oktober 2024</t>
         </is>
       </c>
       <c r="E119" s="1" t="n">
-        <v>0.0</v>
+        <v>3.0</v>
       </c>
       <c r="F119" s="1" t="n">
-        <v>0.0</v>
+        <v>2.0</v>
       </c>
       <c r="G119" s="1" t="n">
-        <v>5.0</v>
+        <v>3.0</v>
       </c>
       <c r="H119" s="1" t="n">
-        <v>5.0</v>
+        <v>8.0</v>
       </c>
     </row>
     <row r="120">
       <c r="A120" t="inlineStr">
         <is>
           <t>Alle wirtschaftliche Tätigkeiten</t>
         </is>
       </c>
       <c r="B120" t="inlineStr">
         <is>
           <t>K Erbringung von Finanz- und Versicherungsdienstleistungen</t>
         </is>
       </c>
       <c r="C120" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="D120" t="inlineStr">
         <is>
-          <t>Oktober 2024</t>
+          <t>November 2024</t>
         </is>
       </c>
       <c r="E120" s="1" t="n">
-        <v>3.0</v>
+        <v>4.0</v>
       </c>
       <c r="F120" s="1" t="n">
+        <v>1.0</v>
+      </c>
+      <c r="G120" s="1" t="n">
         <v>2.0</v>
       </c>
-      <c r="G120" s="1" t="n">
-[...1 lines deleted...]
-      </c>
       <c r="H120" s="1" t="n">
-        <v>8.0</v>
+        <v>7.0</v>
       </c>
     </row>
     <row r="121">
       <c r="A121" t="inlineStr">
         <is>
           <t>Alle wirtschaftliche Tätigkeiten</t>
         </is>
       </c>
       <c r="B121" t="inlineStr">
         <is>
           <t>K Erbringung von Finanz- und Versicherungsdienstleistungen</t>
         </is>
       </c>
       <c r="C121" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="D121" t="inlineStr">
         <is>
-          <t>November 2024</t>
+          <t>Dezember 2024</t>
         </is>
       </c>
       <c r="E121" s="1" t="n">
+        <v>9.0</v>
+      </c>
+      <c r="F121" s="1" t="n">
         <v>4.0</v>
-      </c>
-[...1 lines deleted...]
-        <v>1.0</v>
       </c>
       <c r="G121" s="1" t="n">
         <v>2.0</v>
       </c>
       <c r="H121" s="1" t="n">
-        <v>7.0</v>
+        <v>15.0</v>
       </c>
     </row>
     <row r="122">
       <c r="A122" t="inlineStr">
         <is>
           <t>Alle wirtschaftliche Tätigkeiten</t>
         </is>
       </c>
       <c r="B122" t="inlineStr">
         <is>
           <t>K Erbringung von Finanz- und Versicherungsdienstleistungen</t>
         </is>
       </c>
       <c r="C122" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="D122" t="inlineStr">
         <is>
-          <t>Dezember 2024</t>
+          <t>Januar 2025</t>
         </is>
       </c>
       <c r="E122" s="1" t="n">
-        <v>9.0</v>
+        <v>1.0</v>
       </c>
       <c r="F122" s="1" t="n">
-        <v>4.0</v>
+        <v>2.0</v>
       </c>
       <c r="G122" s="1" t="n">
-        <v>2.0</v>
+        <v>7.0</v>
       </c>
       <c r="H122" s="1" t="n">
-        <v>15.0</v>
+        <v>10.0</v>
       </c>
     </row>
     <row r="123">
       <c r="A123" t="inlineStr">
         <is>
           <t>Alle wirtschaftliche Tätigkeiten</t>
         </is>
       </c>
       <c r="B123" t="inlineStr">
         <is>
           <t>K Erbringung von Finanz- und Versicherungsdienstleistungen</t>
         </is>
       </c>
       <c r="C123" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D123" t="inlineStr">
         <is>
-          <t>Januar 2025</t>
+          <t>Februar 2025</t>
         </is>
       </c>
       <c r="E123" s="1" t="n">
         <v>1.0</v>
       </c>
       <c r="F123" s="1" t="n">
+        <v>1.0</v>
+      </c>
+      <c r="G123" s="1" t="n">
         <v>2.0</v>
       </c>
-      <c r="G123" s="1" t="n">
-[...1 lines deleted...]
-      </c>
       <c r="H123" s="1" t="n">
-        <v>10.0</v>
+        <v>4.0</v>
       </c>
     </row>
     <row r="124">
       <c r="A124" t="inlineStr">
         <is>
           <t>Alle wirtschaftliche Tätigkeiten</t>
         </is>
       </c>
       <c r="B124" t="inlineStr">
         <is>
           <t>K Erbringung von Finanz- und Versicherungsdienstleistungen</t>
         </is>
       </c>
       <c r="C124" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D124" t="inlineStr">
         <is>
-          <t>Februar 2025</t>
+          <t>März 2025</t>
         </is>
       </c>
       <c r="E124" s="1" t="n">
-        <v>1.0</v>
+        <v>0.0</v>
       </c>
       <c r="F124" s="1" t="n">
-        <v>1.0</v>
+        <v>0.0</v>
       </c>
       <c r="G124" s="1" t="n">
-        <v>2.0</v>
+        <v>5.0</v>
       </c>
       <c r="H124" s="1" t="n">
-        <v>4.0</v>
+        <v>5.0</v>
       </c>
     </row>
     <row r="125">
       <c r="A125" t="inlineStr">
         <is>
           <t>Alle wirtschaftliche Tätigkeiten</t>
         </is>
       </c>
       <c r="B125" t="inlineStr">
         <is>
           <t>K Erbringung von Finanz- und Versicherungsdienstleistungen</t>
         </is>
       </c>
       <c r="C125" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D125" t="inlineStr">
         <is>
-          <t>März 2025</t>
+          <t>April 2025</t>
         </is>
       </c>
       <c r="E125" s="1" t="n">
-        <v>0.0</v>
+        <v>1.0</v>
       </c>
       <c r="F125" s="1" t="n">
-        <v>0.0</v>
+        <v>1.0</v>
       </c>
       <c r="G125" s="1" t="n">
-        <v>5.0</v>
+        <v>10.0</v>
       </c>
       <c r="H125" s="1" t="n">
-        <v>5.0</v>
+        <v>12.0</v>
       </c>
     </row>
     <row r="126">
       <c r="A126" t="inlineStr">
         <is>
           <t>Alle wirtschaftliche Tätigkeiten</t>
         </is>
       </c>
       <c r="B126" t="inlineStr">
         <is>
           <t>K Erbringung von Finanz- und Versicherungsdienstleistungen</t>
         </is>
       </c>
       <c r="C126" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D126" t="inlineStr">
         <is>
-          <t>April 2025</t>
+          <t>Mai 2025</t>
         </is>
       </c>
       <c r="E126" s="1" t="n">
-        <v>1.0</v>
+        <v>0.0</v>
       </c>
       <c r="F126" s="1" t="n">
-        <v>1.0</v>
+        <v>0.0</v>
       </c>
       <c r="G126" s="1" t="n">
-        <v>10.0</v>
+        <v>7.0</v>
       </c>
       <c r="H126" s="1" t="n">
-        <v>12.0</v>
+        <v>7.0</v>
       </c>
     </row>
     <row r="127">
       <c r="A127" t="inlineStr">
         <is>
           <t>Alle wirtschaftliche Tätigkeiten</t>
         </is>
       </c>
       <c r="B127" t="inlineStr">
         <is>
           <t>K Erbringung von Finanz- und Versicherungsdienstleistungen</t>
         </is>
       </c>
       <c r="C127" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D127" t="inlineStr">
         <is>
-          <t>Mai 2025</t>
+          <t>Juni 2025</t>
         </is>
       </c>
       <c r="E127" s="1" t="n">
-        <v>0.0</v>
+        <v>12.0</v>
       </c>
       <c r="F127" s="1" t="n">
-        <v>0.0</v>
+        <v>2.0</v>
       </c>
       <c r="G127" s="1" t="n">
-        <v>7.0</v>
+        <v>5.0</v>
       </c>
       <c r="H127" s="1" t="n">
-        <v>7.0</v>
+        <v>19.0</v>
       </c>
     </row>
     <row r="128">
       <c r="A128" t="inlineStr">
         <is>
           <t>Alle wirtschaftliche Tätigkeiten</t>
         </is>
       </c>
       <c r="B128" t="inlineStr">
         <is>
           <t>K Erbringung von Finanz- und Versicherungsdienstleistungen</t>
         </is>
       </c>
       <c r="C128" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D128" t="inlineStr">
         <is>
-          <t>Juni 2025</t>
+          <t>Juli 2025</t>
         </is>
       </c>
       <c r="E128" s="1" t="n">
-        <v>12.0</v>
+        <v>1.0</v>
       </c>
       <c r="F128" s="1" t="n">
-        <v>2.0</v>
+        <v>1.0</v>
       </c>
       <c r="G128" s="1" t="n">
-        <v>5.0</v>
+        <v>4.0</v>
       </c>
       <c r="H128" s="1" t="n">
-        <v>19.0</v>
+        <v>6.0</v>
       </c>
     </row>
     <row r="129">
       <c r="A129" t="inlineStr">
         <is>
           <t>Alle wirtschaftliche Tätigkeiten</t>
         </is>
       </c>
       <c r="B129" t="inlineStr">
         <is>
           <t>K Erbringung von Finanz- und Versicherungsdienstleistungen</t>
         </is>
       </c>
       <c r="C129" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D129" t="inlineStr">
         <is>
-          <t>Juli 2025</t>
+          <t>August 2025</t>
         </is>
       </c>
       <c r="E129" s="1" t="n">
-        <v>1.0</v>
+        <v>0.0</v>
       </c>
       <c r="F129" s="1" t="n">
-        <v>1.0</v>
+        <v>0.0</v>
       </c>
       <c r="G129" s="1" t="n">
         <v>4.0</v>
       </c>
       <c r="H129" s="1" t="n">
-        <v>6.0</v>
+        <v>4.0</v>
       </c>
     </row>
     <row r="130">
       <c r="A130" t="inlineStr">
         <is>
           <t>Alle wirtschaftliche Tätigkeiten</t>
         </is>
       </c>
       <c r="B130" t="inlineStr">
         <is>
           <t>K Erbringung von Finanz- und Versicherungsdienstleistungen</t>
         </is>
       </c>
       <c r="C130" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D130" t="inlineStr">
         <is>
-          <t>August 2025</t>
+          <t>September 2025</t>
         </is>
       </c>
       <c r="E130" s="1" t="n">
-        <v>0.0</v>
+        <v>8.0</v>
       </c>
       <c r="F130" s="1" t="n">
-        <v>0.0</v>
+        <v>1.0</v>
       </c>
       <c r="G130" s="1" t="n">
-        <v>4.0</v>
+        <v>9.0</v>
       </c>
       <c r="H130" s="1" t="n">
-        <v>4.0</v>
+        <v>18.0</v>
       </c>
     </row>
     <row r="131">
       <c r="A131" t="inlineStr">
         <is>
           <t>Alle wirtschaftliche Tätigkeiten</t>
         </is>
       </c>
       <c r="B131" t="inlineStr">
         <is>
           <t>K Erbringung von Finanz- und Versicherungsdienstleistungen</t>
         </is>
       </c>
       <c r="C131" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D131" t="inlineStr">
         <is>
-          <t>September 2025</t>
+          <t>Oktober 2025</t>
         </is>
       </c>
       <c r="E131" s="1" t="n">
+        <v>1.0</v>
+      </c>
+      <c r="F131" s="1" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="G131" s="1" t="n">
+        <v>7.0</v>
+      </c>
+      <c r="H131" s="1" t="n">
         <v>8.0</v>
-      </c>
-[...7 lines deleted...]
-        <v>18.0</v>
       </c>
     </row>
     <row r="132">
       <c r="A132" t="inlineStr">
         <is>
           <t>Alle wirtschaftliche Tätigkeiten</t>
         </is>
       </c>
       <c r="B132" t="inlineStr">
         <is>
           <t>L Grundstücks- und Wohnungswesen</t>
         </is>
       </c>
       <c r="C132" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="D132" t="inlineStr">
         <is>
-          <t>September 2024</t>
+          <t>Oktober 2024</t>
         </is>
       </c>
       <c r="E132" s="1" t="n">
-        <v>9.0</v>
+        <v>1.0</v>
       </c>
       <c r="F132" s="1" t="n">
-        <v>5.0</v>
+        <v>2.0</v>
       </c>
       <c r="G132" s="1" t="n">
         <v>13.0</v>
       </c>
       <c r="H132" s="1" t="n">
-        <v>27.0</v>
+        <v>16.0</v>
       </c>
     </row>
     <row r="133">
       <c r="A133" t="inlineStr">
         <is>
           <t>Alle wirtschaftliche Tätigkeiten</t>
         </is>
       </c>
       <c r="B133" t="inlineStr">
         <is>
           <t>L Grundstücks- und Wohnungswesen</t>
         </is>
       </c>
       <c r="C133" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="D133" t="inlineStr">
         <is>
-          <t>Oktober 2024</t>
+          <t>November 2024</t>
         </is>
       </c>
       <c r="E133" s="1" t="n">
-        <v>1.0</v>
+        <v>2.0</v>
       </c>
       <c r="F133" s="1" t="n">
-        <v>2.0</v>
+        <v>0.0</v>
       </c>
       <c r="G133" s="1" t="n">
+        <v>11.0</v>
+      </c>
+      <c r="H133" s="1" t="n">
         <v>13.0</v>
-      </c>
-[...1 lines deleted...]
-        <v>16.0</v>
       </c>
     </row>
     <row r="134">
       <c r="A134" t="inlineStr">
         <is>
           <t>Alle wirtschaftliche Tätigkeiten</t>
         </is>
       </c>
       <c r="B134" t="inlineStr">
         <is>
           <t>L Grundstücks- und Wohnungswesen</t>
         </is>
       </c>
       <c r="C134" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="D134" t="inlineStr">
         <is>
-          <t>November 2024</t>
+          <t>Dezember 2024</t>
         </is>
       </c>
       <c r="E134" s="1" t="n">
-        <v>2.0</v>
+        <v>0.0</v>
       </c>
       <c r="F134" s="1" t="n">
-        <v>0.0</v>
+        <v>1.0</v>
       </c>
       <c r="G134" s="1" t="n">
-        <v>11.0</v>
+        <v>12.0</v>
       </c>
       <c r="H134" s="1" t="n">
         <v>13.0</v>
       </c>
     </row>
     <row r="135">
       <c r="A135" t="inlineStr">
         <is>
           <t>Alle wirtschaftliche Tätigkeiten</t>
         </is>
       </c>
       <c r="B135" t="inlineStr">
         <is>
           <t>L Grundstücks- und Wohnungswesen</t>
         </is>
       </c>
       <c r="C135" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="D135" t="inlineStr">
         <is>
-          <t>Dezember 2024</t>
+          <t>Januar 2025</t>
         </is>
       </c>
       <c r="E135" s="1" t="n">
-        <v>0.0</v>
+        <v>6.0</v>
       </c>
       <c r="F135" s="1" t="n">
-        <v>1.0</v>
+        <v>3.0</v>
       </c>
       <c r="G135" s="1" t="n">
-        <v>12.0</v>
+        <v>15.0</v>
       </c>
       <c r="H135" s="1" t="n">
-        <v>13.0</v>
+        <v>24.0</v>
       </c>
     </row>
     <row r="136">
       <c r="A136" t="inlineStr">
         <is>
           <t>Alle wirtschaftliche Tätigkeiten</t>
         </is>
       </c>
       <c r="B136" t="inlineStr">
         <is>
           <t>L Grundstücks- und Wohnungswesen</t>
         </is>
       </c>
       <c r="C136" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D136" t="inlineStr">
         <is>
-          <t>Januar 2025</t>
+          <t>Februar 2025</t>
         </is>
       </c>
       <c r="E136" s="1" t="n">
-        <v>6.0</v>
+        <v>4.0</v>
       </c>
       <c r="F136" s="1" t="n">
         <v>3.0</v>
       </c>
       <c r="G136" s="1" t="n">
-        <v>15.0</v>
+        <v>14.0</v>
       </c>
       <c r="H136" s="1" t="n">
-        <v>24.0</v>
+        <v>21.0</v>
       </c>
     </row>
     <row r="137">
       <c r="A137" t="inlineStr">
         <is>
           <t>Alle wirtschaftliche Tätigkeiten</t>
         </is>
       </c>
       <c r="B137" t="inlineStr">
         <is>
           <t>L Grundstücks- und Wohnungswesen</t>
         </is>
       </c>
       <c r="C137" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D137" t="inlineStr">
         <is>
-          <t>Februar 2025</t>
+          <t>März 2025</t>
         </is>
       </c>
       <c r="E137" s="1" t="n">
         <v>4.0</v>
       </c>
       <c r="F137" s="1" t="n">
-        <v>3.0</v>
+        <v>0.0</v>
       </c>
       <c r="G137" s="1" t="n">
-        <v>14.0</v>
+        <v>17.0</v>
       </c>
       <c r="H137" s="1" t="n">
         <v>21.0</v>
       </c>
     </row>
     <row r="138">
       <c r="A138" t="inlineStr">
         <is>
           <t>Alle wirtschaftliche Tätigkeiten</t>
         </is>
       </c>
       <c r="B138" t="inlineStr">
         <is>
           <t>L Grundstücks- und Wohnungswesen</t>
         </is>
       </c>
       <c r="C138" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D138" t="inlineStr">
         <is>
-          <t>März 2025</t>
+          <t>April 2025</t>
         </is>
       </c>
       <c r="E138" s="1" t="n">
-        <v>4.0</v>
+        <v>2.0</v>
       </c>
       <c r="F138" s="1" t="n">
-        <v>0.0</v>
+        <v>2.0</v>
       </c>
       <c r="G138" s="1" t="n">
+        <v>13.0</v>
+      </c>
+      <c r="H138" s="1" t="n">
         <v>17.0</v>
-      </c>
-[...1 lines deleted...]
-        <v>21.0</v>
       </c>
     </row>
     <row r="139">
       <c r="A139" t="inlineStr">
         <is>
           <t>Alle wirtschaftliche Tätigkeiten</t>
         </is>
       </c>
       <c r="B139" t="inlineStr">
         <is>
           <t>L Grundstücks- und Wohnungswesen</t>
         </is>
       </c>
       <c r="C139" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D139" t="inlineStr">
         <is>
-          <t>April 2025</t>
+          <t>Mai 2025</t>
         </is>
       </c>
       <c r="E139" s="1" t="n">
-        <v>2.0</v>
+        <v>0.0</v>
       </c>
       <c r="F139" s="1" t="n">
-        <v>2.0</v>
+        <v>0.0</v>
       </c>
       <c r="G139" s="1" t="n">
-        <v>13.0</v>
+        <v>14.0</v>
       </c>
       <c r="H139" s="1" t="n">
-        <v>17.0</v>
+        <v>14.0</v>
       </c>
     </row>
     <row r="140">
       <c r="A140" t="inlineStr">
         <is>
           <t>Alle wirtschaftliche Tätigkeiten</t>
         </is>
       </c>
       <c r="B140" t="inlineStr">
         <is>
           <t>L Grundstücks- und Wohnungswesen</t>
         </is>
       </c>
       <c r="C140" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D140" t="inlineStr">
         <is>
-          <t>Mai 2025</t>
+          <t>Juni 2025</t>
         </is>
       </c>
       <c r="E140" s="1" t="n">
-        <v>0.0</v>
+        <v>20.0</v>
       </c>
       <c r="F140" s="1" t="n">
-        <v>0.0</v>
+        <v>7.0</v>
       </c>
       <c r="G140" s="1" t="n">
-        <v>14.0</v>
+        <v>16.0</v>
       </c>
       <c r="H140" s="1" t="n">
-        <v>14.0</v>
+        <v>43.0</v>
       </c>
     </row>
     <row r="141">
       <c r="A141" t="inlineStr">
         <is>
           <t>Alle wirtschaftliche Tätigkeiten</t>
         </is>
       </c>
       <c r="B141" t="inlineStr">
         <is>
           <t>L Grundstücks- und Wohnungswesen</t>
         </is>
       </c>
       <c r="C141" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D141" t="inlineStr">
         <is>
-          <t>Juni 2025</t>
+          <t>Juli 2025</t>
         </is>
       </c>
       <c r="E141" s="1" t="n">
-        <v>20.0</v>
+        <v>7.0</v>
       </c>
       <c r="F141" s="1" t="n">
-        <v>7.0</v>
+        <v>4.0</v>
       </c>
       <c r="G141" s="1" t="n">
+        <v>5.0</v>
+      </c>
+      <c r="H141" s="1" t="n">
         <v>16.0</v>
-      </c>
-[...1 lines deleted...]
-        <v>43.0</v>
       </c>
     </row>
     <row r="142">
       <c r="A142" t="inlineStr">
         <is>
           <t>Alle wirtschaftliche Tätigkeiten</t>
         </is>
       </c>
       <c r="B142" t="inlineStr">
         <is>
           <t>L Grundstücks- und Wohnungswesen</t>
         </is>
       </c>
       <c r="C142" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D142" t="inlineStr">
         <is>
-          <t>Juli 2025</t>
+          <t>August 2025</t>
         </is>
       </c>
       <c r="E142" s="1" t="n">
-        <v>7.0</v>
+        <v>3.0</v>
       </c>
       <c r="F142" s="1" t="n">
-        <v>4.0</v>
+        <v>1.0</v>
       </c>
       <c r="G142" s="1" t="n">
-        <v>5.0</v>
+        <v>8.0</v>
       </c>
       <c r="H142" s="1" t="n">
-        <v>16.0</v>
+        <v>12.0</v>
       </c>
     </row>
     <row r="143">
       <c r="A143" t="inlineStr">
         <is>
           <t>Alle wirtschaftliche Tätigkeiten</t>
         </is>
       </c>
       <c r="B143" t="inlineStr">
         <is>
           <t>L Grundstücks- und Wohnungswesen</t>
         </is>
       </c>
       <c r="C143" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D143" t="inlineStr">
         <is>
-          <t>August 2025</t>
+          <t>September 2025</t>
         </is>
       </c>
       <c r="E143" s="1" t="n">
-        <v>3.0</v>
+        <v>20.0</v>
       </c>
       <c r="F143" s="1" t="n">
-        <v>1.0</v>
+        <v>5.0</v>
       </c>
       <c r="G143" s="1" t="n">
-        <v>8.0</v>
+        <v>18.0</v>
       </c>
       <c r="H143" s="1" t="n">
-        <v>12.0</v>
+        <v>43.0</v>
       </c>
     </row>
     <row r="144">
       <c r="A144" t="inlineStr">
         <is>
           <t>Alle wirtschaftliche Tätigkeiten</t>
         </is>
       </c>
       <c r="B144" t="inlineStr">
         <is>
           <t>L Grundstücks- und Wohnungswesen</t>
         </is>
       </c>
       <c r="C144" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D144" t="inlineStr">
         <is>
-          <t>September 2025</t>
+          <t>Oktober 2025</t>
         </is>
       </c>
       <c r="E144" s="1" t="n">
-        <v>20.0</v>
+        <v>13.0</v>
       </c>
       <c r="F144" s="1" t="n">
-        <v>5.0</v>
+        <v>3.0</v>
       </c>
       <c r="G144" s="1" t="n">
-        <v>18.0</v>
+        <v>21.0</v>
       </c>
       <c r="H144" s="1" t="n">
-        <v>43.0</v>
+        <v>37.0</v>
       </c>
     </row>
     <row r="145">
       <c r="A145" t="inlineStr">
         <is>
           <t>Alle wirtschaftliche Tätigkeiten</t>
         </is>
       </c>
       <c r="B145" t="inlineStr">
         <is>
           <t>M Erbringung von freiberuflichen, wissenschaftlichen und technischen Dienstleistungen</t>
         </is>
       </c>
       <c r="C145" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="D145" t="inlineStr">
         <is>
-          <t>September 2024</t>
+          <t>Oktober 2024</t>
         </is>
       </c>
       <c r="E145" s="1" t="n">
-        <v>9.0</v>
+        <v>36.0</v>
       </c>
       <c r="F145" s="1" t="n">
         <v>4.0</v>
       </c>
       <c r="G145" s="1" t="n">
-        <v>75.0</v>
+        <v>73.0</v>
       </c>
       <c r="H145" s="1" t="n">
-        <v>88.0</v>
+        <v>113.0</v>
       </c>
     </row>
     <row r="146">
       <c r="A146" t="inlineStr">
         <is>
           <t>Alle wirtschaftliche Tätigkeiten</t>
         </is>
       </c>
       <c r="B146" t="inlineStr">
         <is>
           <t>M Erbringung von freiberuflichen, wissenschaftlichen und technischen Dienstleistungen</t>
         </is>
       </c>
       <c r="C146" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="D146" t="inlineStr">
         <is>
-          <t>Oktober 2024</t>
+          <t>November 2024</t>
         </is>
       </c>
       <c r="E146" s="1" t="n">
-        <v>36.0</v>
+        <v>26.0</v>
       </c>
       <c r="F146" s="1" t="n">
-        <v>4.0</v>
+        <v>26.0</v>
       </c>
       <c r="G146" s="1" t="n">
-        <v>73.0</v>
+        <v>64.0</v>
       </c>
       <c r="H146" s="1" t="n">
-        <v>113.0</v>
+        <v>116.0</v>
       </c>
     </row>
     <row r="147">
       <c r="A147" t="inlineStr">
         <is>
           <t>Alle wirtschaftliche Tätigkeiten</t>
         </is>
       </c>
       <c r="B147" t="inlineStr">
         <is>
           <t>M Erbringung von freiberuflichen, wissenschaftlichen und technischen Dienstleistungen</t>
         </is>
       </c>
       <c r="C147" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="D147" t="inlineStr">
         <is>
-          <t>November 2024</t>
+          <t>Dezember 2024</t>
         </is>
       </c>
       <c r="E147" s="1" t="n">
-        <v>26.0</v>
+        <v>44.0</v>
       </c>
       <c r="F147" s="1" t="n">
-        <v>26.0</v>
+        <v>17.0</v>
       </c>
       <c r="G147" s="1" t="n">
-        <v>64.0</v>
+        <v>71.0</v>
       </c>
       <c r="H147" s="1" t="n">
-        <v>116.0</v>
+        <v>132.0</v>
       </c>
     </row>
     <row r="148">
       <c r="A148" t="inlineStr">
         <is>
           <t>Alle wirtschaftliche Tätigkeiten</t>
         </is>
       </c>
       <c r="B148" t="inlineStr">
         <is>
           <t>M Erbringung von freiberuflichen, wissenschaftlichen und technischen Dienstleistungen</t>
         </is>
       </c>
       <c r="C148" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="D148" t="inlineStr">
         <is>
-          <t>Dezember 2024</t>
+          <t>Januar 2025</t>
         </is>
       </c>
       <c r="E148" s="1" t="n">
-        <v>44.0</v>
+        <v>49.0</v>
       </c>
       <c r="F148" s="1" t="n">
-        <v>17.0</v>
+        <v>15.0</v>
       </c>
       <c r="G148" s="1" t="n">
         <v>71.0</v>
       </c>
       <c r="H148" s="1" t="n">
-        <v>132.0</v>
+        <v>135.0</v>
       </c>
     </row>
     <row r="149">
       <c r="A149" t="inlineStr">
         <is>
           <t>Alle wirtschaftliche Tätigkeiten</t>
         </is>
       </c>
       <c r="B149" t="inlineStr">
         <is>
           <t>M Erbringung von freiberuflichen, wissenschaftlichen und technischen Dienstleistungen</t>
         </is>
       </c>
       <c r="C149" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D149" t="inlineStr">
         <is>
-          <t>Januar 2025</t>
+          <t>Februar 2025</t>
         </is>
       </c>
       <c r="E149" s="1" t="n">
-        <v>49.0</v>
+        <v>61.0</v>
       </c>
       <c r="F149" s="1" t="n">
-        <v>15.0</v>
+        <v>9.0</v>
       </c>
       <c r="G149" s="1" t="n">
-        <v>71.0</v>
+        <v>64.0</v>
       </c>
       <c r="H149" s="1" t="n">
-        <v>135.0</v>
+        <v>134.0</v>
       </c>
     </row>
     <row r="150">
       <c r="A150" t="inlineStr">
         <is>
           <t>Alle wirtschaftliche Tätigkeiten</t>
         </is>
       </c>
       <c r="B150" t="inlineStr">
         <is>
           <t>M Erbringung von freiberuflichen, wissenschaftlichen und technischen Dienstleistungen</t>
         </is>
       </c>
       <c r="C150" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D150" t="inlineStr">
         <is>
-          <t>Februar 2025</t>
+          <t>März 2025</t>
         </is>
       </c>
       <c r="E150" s="1" t="n">
-        <v>61.0</v>
+        <v>49.0</v>
       </c>
       <c r="F150" s="1" t="n">
-        <v>9.0</v>
+        <v>8.0</v>
       </c>
       <c r="G150" s="1" t="n">
-        <v>64.0</v>
+        <v>70.0</v>
       </c>
       <c r="H150" s="1" t="n">
-        <v>134.0</v>
+        <v>127.0</v>
       </c>
     </row>
     <row r="151">
       <c r="A151" t="inlineStr">
         <is>
           <t>Alle wirtschaftliche Tätigkeiten</t>
         </is>
       </c>
       <c r="B151" t="inlineStr">
         <is>
           <t>M Erbringung von freiberuflichen, wissenschaftlichen und technischen Dienstleistungen</t>
         </is>
       </c>
       <c r="C151" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D151" t="inlineStr">
         <is>
-          <t>März 2025</t>
+          <t>April 2025</t>
         </is>
       </c>
       <c r="E151" s="1" t="n">
-        <v>49.0</v>
+        <v>62.0</v>
       </c>
       <c r="F151" s="1" t="n">
-        <v>8.0</v>
+        <v>27.0</v>
       </c>
       <c r="G151" s="1" t="n">
-        <v>70.0</v>
+        <v>67.0</v>
       </c>
       <c r="H151" s="1" t="n">
-        <v>127.0</v>
+        <v>156.0</v>
       </c>
     </row>
     <row r="152">
       <c r="A152" t="inlineStr">
         <is>
           <t>Alle wirtschaftliche Tätigkeiten</t>
         </is>
       </c>
       <c r="B152" t="inlineStr">
         <is>
           <t>M Erbringung von freiberuflichen, wissenschaftlichen und technischen Dienstleistungen</t>
         </is>
       </c>
       <c r="C152" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D152" t="inlineStr">
         <is>
-          <t>April 2025</t>
+          <t>Mai 2025</t>
         </is>
       </c>
       <c r="E152" s="1" t="n">
-        <v>62.0</v>
+        <v>42.0</v>
       </c>
       <c r="F152" s="1" t="n">
-        <v>27.0</v>
+        <v>12.0</v>
       </c>
       <c r="G152" s="1" t="n">
-        <v>67.0</v>
+        <v>49.0</v>
       </c>
       <c r="H152" s="1" t="n">
-        <v>156.0</v>
+        <v>103.0</v>
       </c>
     </row>
     <row r="153">
       <c r="A153" t="inlineStr">
         <is>
           <t>Alle wirtschaftliche Tätigkeiten</t>
         </is>
       </c>
       <c r="B153" t="inlineStr">
         <is>
           <t>M Erbringung von freiberuflichen, wissenschaftlichen und technischen Dienstleistungen</t>
         </is>
       </c>
       <c r="C153" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D153" t="inlineStr">
         <is>
-          <t>Mai 2025</t>
+          <t>Juni 2025</t>
         </is>
       </c>
       <c r="E153" s="1" t="n">
-        <v>42.0</v>
+        <v>91.0</v>
       </c>
       <c r="F153" s="1" t="n">
-        <v>12.0</v>
+        <v>25.0</v>
       </c>
       <c r="G153" s="1" t="n">
-        <v>49.0</v>
+        <v>100.0</v>
       </c>
       <c r="H153" s="1" t="n">
-        <v>103.0</v>
+        <v>216.0</v>
       </c>
     </row>
     <row r="154">
       <c r="A154" t="inlineStr">
         <is>
           <t>Alle wirtschaftliche Tätigkeiten</t>
         </is>
       </c>
       <c r="B154" t="inlineStr">
         <is>
           <t>M Erbringung von freiberuflichen, wissenschaftlichen und technischen Dienstleistungen</t>
         </is>
       </c>
       <c r="C154" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D154" t="inlineStr">
         <is>
-          <t>Juni 2025</t>
+          <t>Juli 2025</t>
         </is>
       </c>
       <c r="E154" s="1" t="n">
-        <v>91.0</v>
+        <v>26.0</v>
       </c>
       <c r="F154" s="1" t="n">
-        <v>25.0</v>
+        <v>15.0</v>
       </c>
       <c r="G154" s="1" t="n">
-        <v>100.0</v>
+        <v>37.0</v>
       </c>
       <c r="H154" s="1" t="n">
-        <v>216.0</v>
+        <v>78.0</v>
       </c>
     </row>
     <row r="155">
       <c r="A155" t="inlineStr">
         <is>
           <t>Alle wirtschaftliche Tätigkeiten</t>
         </is>
       </c>
       <c r="B155" t="inlineStr">
         <is>
           <t>M Erbringung von freiberuflichen, wissenschaftlichen und technischen Dienstleistungen</t>
         </is>
       </c>
       <c r="C155" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D155" t="inlineStr">
         <is>
-          <t>Juli 2025</t>
+          <t>August 2025</t>
         </is>
       </c>
       <c r="E155" s="1" t="n">
-        <v>26.0</v>
+        <v>339.0</v>
       </c>
       <c r="F155" s="1" t="n">
-        <v>15.0</v>
+        <v>47.0</v>
       </c>
       <c r="G155" s="1" t="n">
-        <v>37.0</v>
+        <v>30.0</v>
       </c>
       <c r="H155" s="1" t="n">
-        <v>78.0</v>
+        <v>416.0</v>
       </c>
     </row>
     <row r="156">
       <c r="A156" t="inlineStr">
         <is>
           <t>Alle wirtschaftliche Tätigkeiten</t>
         </is>
       </c>
       <c r="B156" t="inlineStr">
         <is>
           <t>M Erbringung von freiberuflichen, wissenschaftlichen und technischen Dienstleistungen</t>
         </is>
       </c>
       <c r="C156" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D156" t="inlineStr">
         <is>
-          <t>August 2025</t>
+          <t>September 2025</t>
         </is>
       </c>
       <c r="E156" s="1" t="n">
-        <v>339.0</v>
+        <v>28.0</v>
       </c>
       <c r="F156" s="1" t="n">
-        <v>47.0</v>
+        <v>19.0</v>
       </c>
       <c r="G156" s="1" t="n">
-        <v>30.0</v>
+        <v>99.0</v>
       </c>
       <c r="H156" s="1" t="n">
-        <v>416.0</v>
+        <v>146.0</v>
       </c>
     </row>
     <row r="157">
       <c r="A157" t="inlineStr">
         <is>
           <t>Alle wirtschaftliche Tätigkeiten</t>
         </is>
       </c>
       <c r="B157" t="inlineStr">
         <is>
           <t>M Erbringung von freiberuflichen, wissenschaftlichen und technischen Dienstleistungen</t>
         </is>
       </c>
       <c r="C157" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D157" t="inlineStr">
         <is>
-          <t>September 2025</t>
+          <t>Oktober 2025</t>
         </is>
       </c>
       <c r="E157" s="1" t="n">
-        <v>17.0</v>
+        <v>35.0</v>
       </c>
       <c r="F157" s="1" t="n">
-        <v>12.0</v>
+        <v>16.0</v>
       </c>
       <c r="G157" s="1" t="n">
-        <v>99.0</v>
+        <v>61.0</v>
       </c>
       <c r="H157" s="1" t="n">
-        <v>128.0</v>
+        <v>112.0</v>
       </c>
     </row>
     <row r="158">
       <c r="A158" t="inlineStr">
         <is>
           <t>Alle wirtschaftliche Tätigkeiten</t>
         </is>
       </c>
       <c r="B158" t="inlineStr">
         <is>
           <t>N Erbringung von sonstigen wirtschaftlichen Dienstleistungen</t>
         </is>
       </c>
       <c r="C158" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="D158" t="inlineStr">
         <is>
-          <t>September 2024</t>
+          <t>Oktober 2024</t>
         </is>
       </c>
       <c r="E158" s="1" t="n">
-        <v>49.0</v>
+        <v>66.0</v>
       </c>
       <c r="F158" s="1" t="n">
-        <v>56.0</v>
+        <v>113.0</v>
       </c>
       <c r="G158" s="1" t="n">
-        <v>77.0</v>
+        <v>55.0</v>
       </c>
       <c r="H158" s="1" t="n">
-        <v>182.0</v>
+        <v>234.0</v>
       </c>
     </row>
     <row r="159">
       <c r="A159" t="inlineStr">
         <is>
           <t>Alle wirtschaftliche Tätigkeiten</t>
         </is>
       </c>
       <c r="B159" t="inlineStr">
         <is>
           <t>N Erbringung von sonstigen wirtschaftlichen Dienstleistungen</t>
         </is>
       </c>
       <c r="C159" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="D159" t="inlineStr">
         <is>
-          <t>Oktober 2024</t>
+          <t>November 2024</t>
         </is>
       </c>
       <c r="E159" s="1" t="n">
-        <v>66.0</v>
+        <v>30.0</v>
       </c>
       <c r="F159" s="1" t="n">
-        <v>113.0</v>
+        <v>46.0</v>
       </c>
       <c r="G159" s="1" t="n">
-        <v>55.0</v>
+        <v>34.0</v>
       </c>
       <c r="H159" s="1" t="n">
-        <v>234.0</v>
+        <v>110.0</v>
       </c>
     </row>
     <row r="160">
       <c r="A160" t="inlineStr">
         <is>
           <t>Alle wirtschaftliche Tätigkeiten</t>
         </is>
       </c>
       <c r="B160" t="inlineStr">
         <is>
           <t>N Erbringung von sonstigen wirtschaftlichen Dienstleistungen</t>
         </is>
       </c>
       <c r="C160" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="D160" t="inlineStr">
         <is>
-          <t>November 2024</t>
+          <t>Dezember 2024</t>
         </is>
       </c>
       <c r="E160" s="1" t="n">
-        <v>30.0</v>
+        <v>47.0</v>
       </c>
       <c r="F160" s="1" t="n">
-        <v>46.0</v>
+        <v>61.0</v>
       </c>
       <c r="G160" s="1" t="n">
-        <v>34.0</v>
+        <v>66.0</v>
       </c>
       <c r="H160" s="1" t="n">
-        <v>110.0</v>
+        <v>174.0</v>
       </c>
     </row>
     <row r="161">
       <c r="A161" t="inlineStr">
         <is>
           <t>Alle wirtschaftliche Tätigkeiten</t>
         </is>
       </c>
       <c r="B161" t="inlineStr">
         <is>
           <t>N Erbringung von sonstigen wirtschaftlichen Dienstleistungen</t>
         </is>
       </c>
       <c r="C161" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="D161" t="inlineStr">
         <is>
-          <t>Dezember 2024</t>
+          <t>Januar 2025</t>
         </is>
       </c>
       <c r="E161" s="1" t="n">
-        <v>47.0</v>
+        <v>59.0</v>
       </c>
       <c r="F161" s="1" t="n">
-        <v>61.0</v>
+        <v>55.0</v>
       </c>
       <c r="G161" s="1" t="n">
-        <v>66.0</v>
+        <v>53.0</v>
       </c>
       <c r="H161" s="1" t="n">
-        <v>174.0</v>
+        <v>167.0</v>
       </c>
     </row>
     <row r="162">
       <c r="A162" t="inlineStr">
         <is>
           <t>Alle wirtschaftliche Tätigkeiten</t>
         </is>
       </c>
       <c r="B162" t="inlineStr">
         <is>
           <t>N Erbringung von sonstigen wirtschaftlichen Dienstleistungen</t>
         </is>
       </c>
       <c r="C162" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D162" t="inlineStr">
         <is>
-          <t>Januar 2025</t>
+          <t>Februar 2025</t>
         </is>
       </c>
       <c r="E162" s="1" t="n">
-        <v>59.0</v>
+        <v>108.0</v>
       </c>
       <c r="F162" s="1" t="n">
-        <v>55.0</v>
+        <v>24.0</v>
       </c>
       <c r="G162" s="1" t="n">
-        <v>53.0</v>
+        <v>52.0</v>
       </c>
       <c r="H162" s="1" t="n">
-        <v>167.0</v>
+        <v>184.0</v>
       </c>
     </row>
     <row r="163">
       <c r="A163" t="inlineStr">
         <is>
           <t>Alle wirtschaftliche Tätigkeiten</t>
         </is>
       </c>
       <c r="B163" t="inlineStr">
         <is>
           <t>N Erbringung von sonstigen wirtschaftlichen Dienstleistungen</t>
         </is>
       </c>
       <c r="C163" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D163" t="inlineStr">
         <is>
-          <t>Februar 2025</t>
+          <t>März 2025</t>
         </is>
       </c>
       <c r="E163" s="1" t="n">
-        <v>108.0</v>
+        <v>72.0</v>
       </c>
       <c r="F163" s="1" t="n">
-        <v>24.0</v>
+        <v>37.0</v>
       </c>
       <c r="G163" s="1" t="n">
-        <v>52.0</v>
+        <v>44.0</v>
       </c>
       <c r="H163" s="1" t="n">
-        <v>184.0</v>
+        <v>153.0</v>
       </c>
     </row>
     <row r="164">
       <c r="A164" t="inlineStr">
         <is>
           <t>Alle wirtschaftliche Tätigkeiten</t>
         </is>
       </c>
       <c r="B164" t="inlineStr">
         <is>
           <t>N Erbringung von sonstigen wirtschaftlichen Dienstleistungen</t>
         </is>
       </c>
       <c r="C164" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D164" t="inlineStr">
         <is>
-          <t>März 2025</t>
+          <t>April 2025</t>
         </is>
       </c>
       <c r="E164" s="1" t="n">
-        <v>72.0</v>
+        <v>13.0</v>
       </c>
       <c r="F164" s="1" t="n">
-        <v>37.0</v>
+        <v>11.0</v>
       </c>
       <c r="G164" s="1" t="n">
         <v>44.0</v>
       </c>
       <c r="H164" s="1" t="n">
-        <v>153.0</v>
+        <v>68.0</v>
       </c>
     </row>
     <row r="165">
       <c r="A165" t="inlineStr">
         <is>
           <t>Alle wirtschaftliche Tätigkeiten</t>
         </is>
       </c>
       <c r="B165" t="inlineStr">
         <is>
           <t>N Erbringung von sonstigen wirtschaftlichen Dienstleistungen</t>
         </is>
       </c>
       <c r="C165" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D165" t="inlineStr">
         <is>
-          <t>April 2025</t>
+          <t>Mai 2025</t>
         </is>
       </c>
       <c r="E165" s="1" t="n">
-        <v>13.0</v>
+        <v>37.0</v>
       </c>
       <c r="F165" s="1" t="n">
-        <v>11.0</v>
+        <v>32.0</v>
       </c>
       <c r="G165" s="1" t="n">
-        <v>44.0</v>
+        <v>42.0</v>
       </c>
       <c r="H165" s="1" t="n">
-        <v>68.0</v>
+        <v>111.0</v>
       </c>
     </row>
     <row r="166">
       <c r="A166" t="inlineStr">
         <is>
           <t>Alle wirtschaftliche Tätigkeiten</t>
         </is>
       </c>
       <c r="B166" t="inlineStr">
         <is>
           <t>N Erbringung von sonstigen wirtschaftlichen Dienstleistungen</t>
         </is>
       </c>
       <c r="C166" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D166" t="inlineStr">
         <is>
-          <t>Mai 2025</t>
+          <t>Juni 2025</t>
         </is>
       </c>
       <c r="E166" s="1" t="n">
-        <v>37.0</v>
+        <v>139.0</v>
       </c>
       <c r="F166" s="1" t="n">
-        <v>32.0</v>
+        <v>95.0</v>
       </c>
       <c r="G166" s="1" t="n">
-        <v>42.0</v>
+        <v>63.0</v>
       </c>
       <c r="H166" s="1" t="n">
-        <v>111.0</v>
+        <v>297.0</v>
       </c>
     </row>
     <row r="167">
       <c r="A167" t="inlineStr">
         <is>
           <t>Alle wirtschaftliche Tätigkeiten</t>
         </is>
       </c>
       <c r="B167" t="inlineStr">
         <is>
           <t>N Erbringung von sonstigen wirtschaftlichen Dienstleistungen</t>
         </is>
       </c>
       <c r="C167" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D167" t="inlineStr">
         <is>
-          <t>Juni 2025</t>
+          <t>Juli 2025</t>
         </is>
       </c>
       <c r="E167" s="1" t="n">
-        <v>139.0</v>
+        <v>32.0</v>
       </c>
       <c r="F167" s="1" t="n">
-        <v>95.0</v>
+        <v>18.0</v>
       </c>
       <c r="G167" s="1" t="n">
-        <v>63.0</v>
+        <v>36.0</v>
       </c>
       <c r="H167" s="1" t="n">
-        <v>297.0</v>
+        <v>86.0</v>
       </c>
     </row>
     <row r="168">
       <c r="A168" t="inlineStr">
         <is>
           <t>Alle wirtschaftliche Tätigkeiten</t>
         </is>
       </c>
       <c r="B168" t="inlineStr">
         <is>
           <t>N Erbringung von sonstigen wirtschaftlichen Dienstleistungen</t>
         </is>
       </c>
       <c r="C168" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D168" t="inlineStr">
         <is>
-          <t>Juli 2025</t>
+          <t>August 2025</t>
         </is>
       </c>
       <c r="E168" s="1" t="n">
-        <v>32.0</v>
+        <v>78.0</v>
       </c>
       <c r="F168" s="1" t="n">
-        <v>18.0</v>
+        <v>94.0</v>
       </c>
       <c r="G168" s="1" t="n">
-        <v>36.0</v>
+        <v>16.0</v>
       </c>
       <c r="H168" s="1" t="n">
-        <v>86.0</v>
+        <v>188.0</v>
       </c>
     </row>
     <row r="169">
       <c r="A169" t="inlineStr">
         <is>
           <t>Alle wirtschaftliche Tätigkeiten</t>
         </is>
       </c>
       <c r="B169" t="inlineStr">
         <is>
           <t>N Erbringung von sonstigen wirtschaftlichen Dienstleistungen</t>
         </is>
       </c>
       <c r="C169" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D169" t="inlineStr">
         <is>
-          <t>August 2025</t>
+          <t>September 2025</t>
         </is>
       </c>
       <c r="E169" s="1" t="n">
-        <v>78.0</v>
+        <v>55.0</v>
       </c>
       <c r="F169" s="1" t="n">
-        <v>94.0</v>
+        <v>124.0</v>
       </c>
       <c r="G169" s="1" t="n">
-        <v>16.0</v>
+        <v>64.0</v>
       </c>
       <c r="H169" s="1" t="n">
-        <v>188.0</v>
+        <v>243.0</v>
       </c>
     </row>
     <row r="170">
       <c r="A170" t="inlineStr">
         <is>
           <t>Alle wirtschaftliche Tätigkeiten</t>
         </is>
       </c>
       <c r="B170" t="inlineStr">
         <is>
           <t>N Erbringung von sonstigen wirtschaftlichen Dienstleistungen</t>
         </is>
       </c>
       <c r="C170" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D170" t="inlineStr">
         <is>
-          <t>September 2025</t>
+          <t>Oktober 2025</t>
         </is>
       </c>
       <c r="E170" s="1" t="n">
-        <v>55.0</v>
+        <v>90.0</v>
       </c>
       <c r="F170" s="1" t="n">
-        <v>124.0</v>
+        <v>98.0</v>
       </c>
       <c r="G170" s="1" t="n">
-        <v>64.0</v>
+        <v>71.0</v>
       </c>
       <c r="H170" s="1" t="n">
-        <v>243.0</v>
+        <v>259.0</v>
       </c>
     </row>
     <row r="171">
       <c r="A171" t="inlineStr">
         <is>
           <t>Alle wirtschaftliche Tätigkeiten</t>
         </is>
       </c>
       <c r="B171" t="inlineStr">
         <is>
           <t>O Öffentliche Verwaltung, Verteidigung/ Sozialversicherung</t>
         </is>
       </c>
       <c r="C171" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="D171" t="inlineStr">
         <is>
-          <t>September 2024</t>
-[...13 lines deleted...]
-      </c>
+          <t>Oktober 2024</t>
+        </is>
+      </c>
+      <c r="E171"/>
+      <c r="F171"/>
+      <c r="G171"/>
+      <c r="H171"/>
     </row>
     <row r="172">
       <c r="A172" t="inlineStr">
         <is>
           <t>Alle wirtschaftliche Tätigkeiten</t>
         </is>
       </c>
       <c r="B172" t="inlineStr">
         <is>
           <t>O Öffentliche Verwaltung, Verteidigung/ Sozialversicherung</t>
         </is>
       </c>
       <c r="C172" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="D172" t="inlineStr">
         <is>
-          <t>Oktober 2024</t>
+          <t>November 2024</t>
         </is>
       </c>
       <c r="E172"/>
       <c r="F172"/>
       <c r="G172"/>
       <c r="H172"/>
     </row>
     <row r="173">
       <c r="A173" t="inlineStr">
         <is>
           <t>Alle wirtschaftliche Tätigkeiten</t>
         </is>
       </c>
       <c r="B173" t="inlineStr">
         <is>
           <t>O Öffentliche Verwaltung, Verteidigung/ Sozialversicherung</t>
         </is>
       </c>
       <c r="C173" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="D173" t="inlineStr">
         <is>
-          <t>November 2024</t>
+          <t>Dezember 2024</t>
         </is>
       </c>
       <c r="E173"/>
       <c r="F173"/>
       <c r="G173"/>
       <c r="H173"/>
     </row>
     <row r="174">
       <c r="A174" t="inlineStr">
         <is>
           <t>Alle wirtschaftliche Tätigkeiten</t>
         </is>
       </c>
       <c r="B174" t="inlineStr">
         <is>
           <t>O Öffentliche Verwaltung, Verteidigung/ Sozialversicherung</t>
         </is>
       </c>
       <c r="C174" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="D174" t="inlineStr">
         <is>
-          <t>Dezember 2024</t>
+          <t>Januar 2025</t>
         </is>
       </c>
       <c r="E174"/>
       <c r="F174"/>
       <c r="G174"/>
       <c r="H174"/>
     </row>
     <row r="175">
       <c r="A175" t="inlineStr">
         <is>
           <t>Alle wirtschaftliche Tätigkeiten</t>
         </is>
       </c>
       <c r="B175" t="inlineStr">
         <is>
           <t>O Öffentliche Verwaltung, Verteidigung/ Sozialversicherung</t>
         </is>
       </c>
       <c r="C175" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D175" t="inlineStr">
         <is>
-          <t>Januar 2025</t>
+          <t>Februar 2025</t>
         </is>
       </c>
       <c r="E175"/>
       <c r="F175"/>
       <c r="G175"/>
       <c r="H175"/>
     </row>
     <row r="176">
       <c r="A176" t="inlineStr">
         <is>
           <t>Alle wirtschaftliche Tätigkeiten</t>
         </is>
       </c>
       <c r="B176" t="inlineStr">
         <is>
           <t>O Öffentliche Verwaltung, Verteidigung/ Sozialversicherung</t>
         </is>
       </c>
       <c r="C176" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D176" t="inlineStr">
         <is>
-          <t>Februar 2025</t>
+          <t>März 2025</t>
         </is>
       </c>
       <c r="E176"/>
       <c r="F176"/>
       <c r="G176"/>
       <c r="H176"/>
     </row>
     <row r="177">
       <c r="A177" t="inlineStr">
         <is>
           <t>Alle wirtschaftliche Tätigkeiten</t>
         </is>
       </c>
       <c r="B177" t="inlineStr">
         <is>
           <t>O Öffentliche Verwaltung, Verteidigung/ Sozialversicherung</t>
         </is>
       </c>
       <c r="C177" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D177" t="inlineStr">
         <is>
-          <t>März 2025</t>
+          <t>April 2025</t>
         </is>
       </c>
       <c r="E177"/>
       <c r="F177"/>
       <c r="G177"/>
       <c r="H177"/>
     </row>
     <row r="178">
       <c r="A178" t="inlineStr">
         <is>
           <t>Alle wirtschaftliche Tätigkeiten</t>
         </is>
       </c>
       <c r="B178" t="inlineStr">
         <is>
           <t>O Öffentliche Verwaltung, Verteidigung/ Sozialversicherung</t>
         </is>
       </c>
       <c r="C178" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D178" t="inlineStr">
         <is>
-          <t>April 2025</t>
+          <t>Mai 2025</t>
         </is>
       </c>
       <c r="E178"/>
       <c r="F178"/>
       <c r="G178"/>
       <c r="H178"/>
     </row>
     <row r="179">
       <c r="A179" t="inlineStr">
         <is>
           <t>Alle wirtschaftliche Tätigkeiten</t>
         </is>
       </c>
       <c r="B179" t="inlineStr">
         <is>
           <t>O Öffentliche Verwaltung, Verteidigung/ Sozialversicherung</t>
         </is>
       </c>
       <c r="C179" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D179" t="inlineStr">
         <is>
-          <t>Mai 2025</t>
+          <t>Juni 2025</t>
         </is>
       </c>
       <c r="E179"/>
       <c r="F179"/>
       <c r="G179"/>
       <c r="H179"/>
     </row>
     <row r="180">
       <c r="A180" t="inlineStr">
         <is>
           <t>Alle wirtschaftliche Tätigkeiten</t>
         </is>
       </c>
       <c r="B180" t="inlineStr">
         <is>
           <t>O Öffentliche Verwaltung, Verteidigung/ Sozialversicherung</t>
         </is>
       </c>
       <c r="C180" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D180" t="inlineStr">
         <is>
-          <t>Juni 2025</t>
+          <t>Juli 2025</t>
         </is>
       </c>
       <c r="E180"/>
       <c r="F180"/>
       <c r="G180"/>
       <c r="H180"/>
     </row>
     <row r="181">
       <c r="A181" t="inlineStr">
         <is>
           <t>Alle wirtschaftliche Tätigkeiten</t>
         </is>
       </c>
       <c r="B181" t="inlineStr">
         <is>
           <t>O Öffentliche Verwaltung, Verteidigung/ Sozialversicherung</t>
         </is>
       </c>
       <c r="C181" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D181" t="inlineStr">
         <is>
-          <t>Juli 2025</t>
+          <t>August 2025</t>
         </is>
       </c>
       <c r="E181"/>
       <c r="F181"/>
       <c r="G181"/>
       <c r="H181"/>
     </row>
     <row r="182">
       <c r="A182" t="inlineStr">
         <is>
           <t>Alle wirtschaftliche Tätigkeiten</t>
         </is>
       </c>
       <c r="B182" t="inlineStr">
         <is>
           <t>O Öffentliche Verwaltung, Verteidigung/ Sozialversicherung</t>
         </is>
       </c>
       <c r="C182" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D182" t="inlineStr">
         <is>
-          <t>August 2025</t>
+          <t>September 2025</t>
         </is>
       </c>
       <c r="E182"/>
       <c r="F182"/>
       <c r="G182"/>
       <c r="H182"/>
     </row>
     <row r="183">
       <c r="A183" t="inlineStr">
         <is>
           <t>Alle wirtschaftliche Tätigkeiten</t>
         </is>
       </c>
       <c r="B183" t="inlineStr">
         <is>
           <t>O Öffentliche Verwaltung, Verteidigung/ Sozialversicherung</t>
         </is>
       </c>
       <c r="C183" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D183" t="inlineStr">
         <is>
-          <t>September 2025</t>
+          <t>Oktober 2025</t>
         </is>
       </c>
       <c r="E183"/>
       <c r="F183"/>
       <c r="G183"/>
       <c r="H183"/>
     </row>
     <row r="184">
       <c r="A184" t="inlineStr">
         <is>
           <t>Alle wirtschaftliche Tätigkeiten</t>
         </is>
       </c>
       <c r="B184" t="inlineStr">
         <is>
           <t>P Erziehung und Unterricht</t>
         </is>
       </c>
       <c r="C184" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="D184" t="inlineStr">
         <is>
-          <t>September 2024</t>
+          <t>Oktober 2024</t>
         </is>
       </c>
       <c r="E184" s="1" t="n">
-        <v>1.0</v>
+        <v>0.0</v>
       </c>
       <c r="F184" s="1" t="n">
-        <v>3.0</v>
+        <v>0.0</v>
       </c>
       <c r="G184" s="1" t="n">
-        <v>2.0</v>
+        <v>7.0</v>
       </c>
       <c r="H184" s="1" t="n">
-        <v>6.0</v>
+        <v>7.0</v>
       </c>
     </row>
     <row r="185">
       <c r="A185" t="inlineStr">
         <is>
           <t>Alle wirtschaftliche Tätigkeiten</t>
         </is>
       </c>
       <c r="B185" t="inlineStr">
         <is>
           <t>P Erziehung und Unterricht</t>
         </is>
       </c>
       <c r="C185" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="D185" t="inlineStr">
         <is>
-          <t>Oktober 2024</t>
+          <t>November 2024</t>
         </is>
       </c>
       <c r="E185" s="1" t="n">
-        <v>0.0</v>
+        <v>1.0</v>
       </c>
       <c r="F185" s="1" t="n">
         <v>0.0</v>
       </c>
       <c r="G185" s="1" t="n">
-        <v>7.0</v>
+        <v>6.0</v>
       </c>
       <c r="H185" s="1" t="n">
         <v>7.0</v>
       </c>
     </row>
     <row r="186">
       <c r="A186" t="inlineStr">
         <is>
           <t>Alle wirtschaftliche Tätigkeiten</t>
         </is>
       </c>
       <c r="B186" t="inlineStr">
         <is>
           <t>P Erziehung und Unterricht</t>
         </is>
       </c>
       <c r="C186" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="D186" t="inlineStr">
         <is>
-          <t>November 2024</t>
+          <t>Dezember 2024</t>
         </is>
       </c>
       <c r="E186" s="1" t="n">
-        <v>1.0</v>
+        <v>0.0</v>
       </c>
       <c r="F186" s="1" t="n">
         <v>0.0</v>
       </c>
       <c r="G186" s="1" t="n">
-        <v>6.0</v>
+        <v>9.0</v>
       </c>
       <c r="H186" s="1" t="n">
-        <v>7.0</v>
+        <v>9.0</v>
       </c>
     </row>
     <row r="187">
       <c r="A187" t="inlineStr">
         <is>
           <t>Alle wirtschaftliche Tätigkeiten</t>
         </is>
       </c>
       <c r="B187" t="inlineStr">
         <is>
           <t>P Erziehung und Unterricht</t>
         </is>
       </c>
       <c r="C187" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="D187" t="inlineStr">
         <is>
-          <t>Dezember 2024</t>
+          <t>Januar 2025</t>
         </is>
       </c>
       <c r="E187" s="1" t="n">
         <v>0.0</v>
       </c>
       <c r="F187" s="1" t="n">
-        <v>0.0</v>
+        <v>4.0</v>
       </c>
       <c r="G187" s="1" t="n">
-        <v>9.0</v>
+        <v>1.0</v>
       </c>
       <c r="H187" s="1" t="n">
-        <v>9.0</v>
+        <v>5.0</v>
       </c>
     </row>
     <row r="188">
       <c r="A188" t="inlineStr">
         <is>
           <t>Alle wirtschaftliche Tätigkeiten</t>
         </is>
       </c>
       <c r="B188" t="inlineStr">
         <is>
           <t>P Erziehung und Unterricht</t>
         </is>
       </c>
       <c r="C188" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D188" t="inlineStr">
         <is>
-          <t>Januar 2025</t>
+          <t>Februar 2025</t>
         </is>
       </c>
       <c r="E188" s="1" t="n">
-        <v>0.0</v>
+        <v>6.0</v>
       </c>
       <c r="F188" s="1" t="n">
-        <v>4.0</v>
+        <v>2.0</v>
       </c>
       <c r="G188" s="1" t="n">
-        <v>1.0</v>
+        <v>3.0</v>
       </c>
       <c r="H188" s="1" t="n">
-        <v>5.0</v>
+        <v>11.0</v>
       </c>
     </row>
     <row r="189">
       <c r="A189" t="inlineStr">
         <is>
           <t>Alle wirtschaftliche Tätigkeiten</t>
         </is>
       </c>
       <c r="B189" t="inlineStr">
         <is>
           <t>P Erziehung und Unterricht</t>
         </is>
       </c>
       <c r="C189" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D189" t="inlineStr">
         <is>
-          <t>Februar 2025</t>
+          <t>März 2025</t>
         </is>
       </c>
       <c r="E189" s="1" t="n">
-        <v>6.0</v>
+        <v>0.0</v>
       </c>
       <c r="F189" s="1" t="n">
-        <v>2.0</v>
+        <v>0.0</v>
       </c>
       <c r="G189" s="1" t="n">
         <v>3.0</v>
       </c>
       <c r="H189" s="1" t="n">
-        <v>11.0</v>
+        <v>3.0</v>
       </c>
     </row>
     <row r="190">
       <c r="A190" t="inlineStr">
         <is>
           <t>Alle wirtschaftliche Tätigkeiten</t>
         </is>
       </c>
       <c r="B190" t="inlineStr">
         <is>
           <t>P Erziehung und Unterricht</t>
         </is>
       </c>
       <c r="C190" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D190" t="inlineStr">
         <is>
-          <t>März 2025</t>
+          <t>April 2025</t>
         </is>
       </c>
       <c r="E190" s="1" t="n">
-        <v>0.0</v>
+        <v>1.0</v>
       </c>
       <c r="F190" s="1" t="n">
-        <v>0.0</v>
+        <v>1.0</v>
       </c>
       <c r="G190" s="1" t="n">
         <v>3.0</v>
       </c>
       <c r="H190" s="1" t="n">
-        <v>3.0</v>
+        <v>5.0</v>
       </c>
     </row>
     <row r="191">
       <c r="A191" t="inlineStr">
         <is>
           <t>Alle wirtschaftliche Tätigkeiten</t>
         </is>
       </c>
       <c r="B191" t="inlineStr">
         <is>
           <t>P Erziehung und Unterricht</t>
         </is>
       </c>
       <c r="C191" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D191" t="inlineStr">
         <is>
-          <t>April 2025</t>
+          <t>Mai 2025</t>
         </is>
       </c>
       <c r="E191" s="1" t="n">
-        <v>1.0</v>
+        <v>0.0</v>
       </c>
       <c r="F191" s="1" t="n">
-        <v>1.0</v>
+        <v>0.0</v>
       </c>
       <c r="G191" s="1" t="n">
-        <v>3.0</v>
+        <v>5.0</v>
       </c>
       <c r="H191" s="1" t="n">
         <v>5.0</v>
       </c>
     </row>
     <row r="192">
       <c r="A192" t="inlineStr">
         <is>
           <t>Alle wirtschaftliche Tätigkeiten</t>
         </is>
       </c>
       <c r="B192" t="inlineStr">
         <is>
           <t>P Erziehung und Unterricht</t>
         </is>
       </c>
       <c r="C192" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D192" t="inlineStr">
         <is>
-          <t>Mai 2025</t>
+          <t>Juni 2025</t>
         </is>
       </c>
       <c r="E192" s="1" t="n">
         <v>0.0</v>
       </c>
       <c r="F192" s="1" t="n">
         <v>0.0</v>
       </c>
       <c r="G192" s="1" t="n">
-        <v>5.0</v>
+        <v>4.0</v>
       </c>
       <c r="H192" s="1" t="n">
-        <v>5.0</v>
+        <v>4.0</v>
       </c>
     </row>
     <row r="193">
       <c r="A193" t="inlineStr">
         <is>
           <t>Alle wirtschaftliche Tätigkeiten</t>
         </is>
       </c>
       <c r="B193" t="inlineStr">
         <is>
           <t>P Erziehung und Unterricht</t>
         </is>
       </c>
       <c r="C193" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D193" t="inlineStr">
         <is>
-          <t>Juni 2025</t>
+          <t>Juli 2025</t>
         </is>
       </c>
       <c r="E193" s="1" t="n">
-        <v>0.0</v>
+        <v>20.0</v>
       </c>
       <c r="F193" s="1" t="n">
-        <v>0.0</v>
+        <v>11.0</v>
       </c>
       <c r="G193" s="1" t="n">
-        <v>4.0</v>
+        <v>8.0</v>
       </c>
       <c r="H193" s="1" t="n">
-        <v>4.0</v>
+        <v>39.0</v>
       </c>
     </row>
     <row r="194">
       <c r="A194" t="inlineStr">
         <is>
           <t>Alle wirtschaftliche Tätigkeiten</t>
         </is>
       </c>
       <c r="B194" t="inlineStr">
         <is>
           <t>P Erziehung und Unterricht</t>
         </is>
       </c>
       <c r="C194" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D194" t="inlineStr">
         <is>
-          <t>Juli 2025</t>
+          <t>August 2025</t>
         </is>
       </c>
       <c r="E194" s="1" t="n">
-        <v>20.0</v>
+        <v>0.0</v>
       </c>
       <c r="F194" s="1" t="n">
-        <v>11.0</v>
+        <v>0.0</v>
       </c>
       <c r="G194" s="1" t="n">
-        <v>8.0</v>
+        <v>5.0</v>
       </c>
       <c r="H194" s="1" t="n">
-        <v>39.0</v>
+        <v>5.0</v>
       </c>
     </row>
     <row r="195">
       <c r="A195" t="inlineStr">
         <is>
           <t>Alle wirtschaftliche Tätigkeiten</t>
         </is>
       </c>
       <c r="B195" t="inlineStr">
         <is>
           <t>P Erziehung und Unterricht</t>
         </is>
       </c>
       <c r="C195" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D195" t="inlineStr">
         <is>
-          <t>August 2025</t>
+          <t>September 2025</t>
         </is>
       </c>
       <c r="E195" s="1" t="n">
-        <v>0.0</v>
+        <v>2.0</v>
       </c>
       <c r="F195" s="1" t="n">
-        <v>0.0</v>
+        <v>4.0</v>
       </c>
       <c r="G195" s="1" t="n">
-        <v>5.0</v>
+        <v>7.0</v>
       </c>
       <c r="H195" s="1" t="n">
-        <v>5.0</v>
+        <v>13.0</v>
       </c>
     </row>
     <row r="196">
       <c r="A196" t="inlineStr">
         <is>
           <t>Alle wirtschaftliche Tätigkeiten</t>
         </is>
       </c>
       <c r="B196" t="inlineStr">
         <is>
           <t>P Erziehung und Unterricht</t>
         </is>
       </c>
       <c r="C196" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D196" t="inlineStr">
         <is>
-          <t>September 2025</t>
+          <t>Oktober 2025</t>
         </is>
       </c>
       <c r="E196" s="1" t="n">
-        <v>2.0</v>
+        <v>0.0</v>
       </c>
       <c r="F196" s="1" t="n">
-        <v>4.0</v>
+        <v>0.0</v>
       </c>
       <c r="G196" s="1" t="n">
-        <v>7.0</v>
+        <v>8.0</v>
       </c>
       <c r="H196" s="1" t="n">
-        <v>13.0</v>
+        <v>8.0</v>
       </c>
     </row>
     <row r="197">
       <c r="A197" t="inlineStr">
         <is>
           <t>Alle wirtschaftliche Tätigkeiten</t>
         </is>
       </c>
       <c r="B197" t="inlineStr">
         <is>
           <t>Q Gesundheits- und Sozialwesen</t>
         </is>
       </c>
       <c r="C197" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="D197" t="inlineStr">
         <is>
-          <t>September 2024</t>
+          <t>Oktober 2024</t>
         </is>
       </c>
       <c r="E197" s="1" t="n">
-        <v>83.0</v>
+        <v>32.0</v>
       </c>
       <c r="F197" s="1" t="n">
-        <v>49.0</v>
+        <v>14.0</v>
       </c>
       <c r="G197" s="1" t="n">
-        <v>11.0</v>
+        <v>14.0</v>
       </c>
       <c r="H197" s="1" t="n">
-        <v>143.0</v>
+        <v>60.0</v>
       </c>
     </row>
     <row r="198">
       <c r="A198" t="inlineStr">
         <is>
           <t>Alle wirtschaftliche Tätigkeiten</t>
         </is>
       </c>
       <c r="B198" t="inlineStr">
         <is>
           <t>Q Gesundheits- und Sozialwesen</t>
         </is>
       </c>
       <c r="C198" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="D198" t="inlineStr">
         <is>
-          <t>Oktober 2024</t>
+          <t>November 2024</t>
         </is>
       </c>
       <c r="E198" s="1" t="n">
-        <v>32.0</v>
+        <v>19.0</v>
       </c>
       <c r="F198" s="1" t="n">
-        <v>14.0</v>
+        <v>48.0</v>
       </c>
       <c r="G198" s="1" t="n">
-        <v>14.0</v>
+        <v>18.0</v>
       </c>
       <c r="H198" s="1" t="n">
-        <v>60.0</v>
+        <v>85.0</v>
       </c>
     </row>
     <row r="199">
       <c r="A199" t="inlineStr">
         <is>
           <t>Alle wirtschaftliche Tätigkeiten</t>
         </is>
       </c>
       <c r="B199" t="inlineStr">
         <is>
           <t>Q Gesundheits- und Sozialwesen</t>
         </is>
       </c>
       <c r="C199" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="D199" t="inlineStr">
         <is>
-          <t>November 2024</t>
+          <t>Dezember 2024</t>
         </is>
       </c>
       <c r="E199" s="1" t="n">
-        <v>19.0</v>
+        <v>4.0</v>
       </c>
       <c r="F199" s="1" t="n">
-        <v>48.0</v>
+        <v>4.0</v>
       </c>
       <c r="G199" s="1" t="n">
-        <v>18.0</v>
+        <v>17.0</v>
       </c>
       <c r="H199" s="1" t="n">
-        <v>85.0</v>
+        <v>25.0</v>
       </c>
     </row>
     <row r="200">
       <c r="A200" t="inlineStr">
         <is>
           <t>Alle wirtschaftliche Tätigkeiten</t>
         </is>
       </c>
       <c r="B200" t="inlineStr">
         <is>
           <t>Q Gesundheits- und Sozialwesen</t>
         </is>
       </c>
       <c r="C200" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="D200" t="inlineStr">
         <is>
-          <t>Dezember 2024</t>
+          <t>Januar 2025</t>
         </is>
       </c>
       <c r="E200" s="1" t="n">
-        <v>4.0</v>
+        <v>16.0</v>
       </c>
       <c r="F200" s="1" t="n">
-        <v>4.0</v>
+        <v>1.0</v>
       </c>
       <c r="G200" s="1" t="n">
-        <v>17.0</v>
+        <v>14.0</v>
       </c>
       <c r="H200" s="1" t="n">
-        <v>25.0</v>
+        <v>31.0</v>
       </c>
     </row>
     <row r="201">
       <c r="A201" t="inlineStr">
         <is>
           <t>Alle wirtschaftliche Tätigkeiten</t>
         </is>
       </c>
       <c r="B201" t="inlineStr">
         <is>
           <t>Q Gesundheits- und Sozialwesen</t>
         </is>
       </c>
       <c r="C201" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D201" t="inlineStr">
         <is>
-          <t>Januar 2025</t>
+          <t>Februar 2025</t>
         </is>
       </c>
       <c r="E201" s="1" t="n">
-        <v>16.0</v>
+        <v>2.0</v>
       </c>
       <c r="F201" s="1" t="n">
-        <v>1.0</v>
+        <v>2.0</v>
       </c>
       <c r="G201" s="1" t="n">
-        <v>14.0</v>
+        <v>15.0</v>
       </c>
       <c r="H201" s="1" t="n">
-        <v>31.0</v>
+        <v>19.0</v>
       </c>
     </row>
     <row r="202">
       <c r="A202" t="inlineStr">
         <is>
           <t>Alle wirtschaftliche Tätigkeiten</t>
         </is>
       </c>
       <c r="B202" t="inlineStr">
         <is>
           <t>Q Gesundheits- und Sozialwesen</t>
         </is>
       </c>
       <c r="C202" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D202" t="inlineStr">
         <is>
-          <t>Februar 2025</t>
+          <t>März 2025</t>
         </is>
       </c>
       <c r="E202" s="1" t="n">
-        <v>2.0</v>
+        <v>3.0</v>
       </c>
       <c r="F202" s="1" t="n">
-        <v>2.0</v>
+        <v>5.0</v>
       </c>
       <c r="G202" s="1" t="n">
-        <v>15.0</v>
+        <v>16.0</v>
       </c>
       <c r="H202" s="1" t="n">
-        <v>19.0</v>
+        <v>24.0</v>
       </c>
     </row>
     <row r="203">
       <c r="A203" t="inlineStr">
         <is>
           <t>Alle wirtschaftliche Tätigkeiten</t>
         </is>
       </c>
       <c r="B203" t="inlineStr">
         <is>
           <t>Q Gesundheits- und Sozialwesen</t>
         </is>
       </c>
       <c r="C203" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D203" t="inlineStr">
         <is>
-          <t>März 2025</t>
+          <t>April 2025</t>
         </is>
       </c>
       <c r="E203" s="1" t="n">
-        <v>3.0</v>
+        <v>24.0</v>
       </c>
       <c r="F203" s="1" t="n">
-        <v>5.0</v>
+        <v>18.0</v>
       </c>
       <c r="G203" s="1" t="n">
-        <v>16.0</v>
+        <v>18.0</v>
       </c>
       <c r="H203" s="1" t="n">
-        <v>24.0</v>
+        <v>60.0</v>
       </c>
     </row>
     <row r="204">
       <c r="A204" t="inlineStr">
         <is>
           <t>Alle wirtschaftliche Tätigkeiten</t>
         </is>
       </c>
       <c r="B204" t="inlineStr">
         <is>
           <t>Q Gesundheits- und Sozialwesen</t>
         </is>
       </c>
       <c r="C204" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D204" t="inlineStr">
         <is>
-          <t>April 2025</t>
+          <t>Mai 2025</t>
         </is>
       </c>
       <c r="E204" s="1" t="n">
-        <v>24.0</v>
+        <v>16.0</v>
       </c>
       <c r="F204" s="1" t="n">
-        <v>18.0</v>
+        <v>25.0</v>
       </c>
       <c r="G204" s="1" t="n">
-        <v>18.0</v>
+        <v>7.0</v>
       </c>
       <c r="H204" s="1" t="n">
-        <v>60.0</v>
+        <v>48.0</v>
       </c>
     </row>
     <row r="205">
       <c r="A205" t="inlineStr">
         <is>
           <t>Alle wirtschaftliche Tätigkeiten</t>
         </is>
       </c>
       <c r="B205" t="inlineStr">
         <is>
           <t>Q Gesundheits- und Sozialwesen</t>
         </is>
       </c>
       <c r="C205" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D205" t="inlineStr">
         <is>
-          <t>Mai 2025</t>
+          <t>Juni 2025</t>
         </is>
       </c>
       <c r="E205" s="1" t="n">
-        <v>16.0</v>
+        <v>53.0</v>
       </c>
       <c r="F205" s="1" t="n">
-        <v>25.0</v>
+        <v>39.0</v>
       </c>
       <c r="G205" s="1" t="n">
-        <v>7.0</v>
+        <v>18.0</v>
       </c>
       <c r="H205" s="1" t="n">
-        <v>48.0</v>
+        <v>110.0</v>
       </c>
     </row>
     <row r="206">
       <c r="A206" t="inlineStr">
         <is>
           <t>Alle wirtschaftliche Tätigkeiten</t>
         </is>
       </c>
       <c r="B206" t="inlineStr">
         <is>
           <t>Q Gesundheits- und Sozialwesen</t>
         </is>
       </c>
       <c r="C206" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D206" t="inlineStr">
         <is>
-          <t>Juni 2025</t>
+          <t>Juli 2025</t>
         </is>
       </c>
       <c r="E206" s="1" t="n">
-        <v>53.0</v>
+        <v>59.0</v>
       </c>
       <c r="F206" s="1" t="n">
-        <v>39.0</v>
+        <v>71.0</v>
       </c>
       <c r="G206" s="1" t="n">
-        <v>18.0</v>
+        <v>14.0</v>
       </c>
       <c r="H206" s="1" t="n">
-        <v>110.0</v>
+        <v>144.0</v>
       </c>
     </row>
     <row r="207">
       <c r="A207" t="inlineStr">
         <is>
           <t>Alle wirtschaftliche Tätigkeiten</t>
         </is>
       </c>
       <c r="B207" t="inlineStr">
         <is>
           <t>Q Gesundheits- und Sozialwesen</t>
         </is>
       </c>
       <c r="C207" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D207" t="inlineStr">
         <is>
-          <t>Juli 2025</t>
+          <t>August 2025</t>
         </is>
       </c>
       <c r="E207" s="1" t="n">
-        <v>59.0</v>
+        <v>6.0</v>
       </c>
       <c r="F207" s="1" t="n">
-        <v>71.0</v>
+        <v>2.0</v>
       </c>
       <c r="G207" s="1" t="n">
-        <v>14.0</v>
+        <v>5.0</v>
       </c>
       <c r="H207" s="1" t="n">
-        <v>144.0</v>
+        <v>13.0</v>
       </c>
     </row>
     <row r="208">
       <c r="A208" t="inlineStr">
         <is>
           <t>Alle wirtschaftliche Tätigkeiten</t>
         </is>
       </c>
       <c r="B208" t="inlineStr">
         <is>
           <t>Q Gesundheits- und Sozialwesen</t>
         </is>
       </c>
       <c r="C208" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D208" t="inlineStr">
         <is>
-          <t>August 2025</t>
+          <t>September 2025</t>
         </is>
       </c>
       <c r="E208" s="1" t="n">
-        <v>6.0</v>
+        <v>10.0</v>
       </c>
       <c r="F208" s="1" t="n">
         <v>2.0</v>
       </c>
       <c r="G208" s="1" t="n">
-        <v>5.0</v>
+        <v>8.0</v>
       </c>
       <c r="H208" s="1" t="n">
-        <v>13.0</v>
+        <v>20.0</v>
       </c>
     </row>
     <row r="209">
       <c r="A209" t="inlineStr">
         <is>
           <t>Alle wirtschaftliche Tätigkeiten</t>
         </is>
       </c>
       <c r="B209" t="inlineStr">
         <is>
           <t>Q Gesundheits- und Sozialwesen</t>
         </is>
       </c>
       <c r="C209" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D209" t="inlineStr">
         <is>
-          <t>September 2025</t>
+          <t>Oktober 2025</t>
         </is>
       </c>
       <c r="E209" s="1" t="n">
-        <v>10.0</v>
+        <v>1.0</v>
       </c>
       <c r="F209" s="1" t="n">
-        <v>2.0</v>
+        <v>1.0</v>
       </c>
       <c r="G209" s="1" t="n">
-        <v>8.0</v>
+        <v>17.0</v>
       </c>
       <c r="H209" s="1" t="n">
-        <v>20.0</v>
+        <v>19.0</v>
       </c>
     </row>
     <row r="210">
       <c r="A210" t="inlineStr">
         <is>
           <t>Alle wirtschaftliche Tätigkeiten</t>
         </is>
       </c>
       <c r="B210" t="inlineStr">
         <is>
           <t>R Kunst, Unterhaltung und Erholung</t>
         </is>
       </c>
       <c r="C210" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="D210" t="inlineStr">
         <is>
-          <t>September 2024</t>
+          <t>Oktober 2024</t>
         </is>
       </c>
       <c r="E210" s="1" t="n">
-        <v>1.0</v>
+        <v>6.0</v>
       </c>
       <c r="F210" s="1" t="n">
-        <v>1.0</v>
+        <v>3.0</v>
       </c>
       <c r="G210" s="1" t="n">
-        <v>19.0</v>
+        <v>16.0</v>
       </c>
       <c r="H210" s="1" t="n">
-        <v>21.0</v>
+        <v>25.0</v>
       </c>
     </row>
     <row r="211">
       <c r="A211" t="inlineStr">
         <is>
           <t>Alle wirtschaftliche Tätigkeiten</t>
         </is>
       </c>
       <c r="B211" t="inlineStr">
         <is>
           <t>R Kunst, Unterhaltung und Erholung</t>
         </is>
       </c>
       <c r="C211" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="D211" t="inlineStr">
         <is>
-          <t>Oktober 2024</t>
+          <t>November 2024</t>
         </is>
       </c>
       <c r="E211" s="1" t="n">
-        <v>6.0</v>
+        <v>4.0</v>
       </c>
       <c r="F211" s="1" t="n">
-        <v>3.0</v>
+        <v>2.0</v>
       </c>
       <c r="G211" s="1" t="n">
-        <v>16.0</v>
+        <v>12.0</v>
       </c>
       <c r="H211" s="1" t="n">
-        <v>25.0</v>
+        <v>18.0</v>
       </c>
     </row>
     <row r="212">
       <c r="A212" t="inlineStr">
         <is>
           <t>Alle wirtschaftliche Tätigkeiten</t>
         </is>
       </c>
       <c r="B212" t="inlineStr">
         <is>
           <t>R Kunst, Unterhaltung und Erholung</t>
         </is>
       </c>
       <c r="C212" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="D212" t="inlineStr">
         <is>
-          <t>November 2024</t>
+          <t>Dezember 2024</t>
         </is>
       </c>
       <c r="E212" s="1" t="n">
-        <v>4.0</v>
+        <v>46.0</v>
       </c>
       <c r="F212" s="1" t="n">
-        <v>2.0</v>
+        <v>5.0</v>
       </c>
       <c r="G212" s="1" t="n">
-        <v>12.0</v>
+        <v>15.0</v>
       </c>
       <c r="H212" s="1" t="n">
-        <v>18.0</v>
+        <v>66.0</v>
       </c>
     </row>
     <row r="213">
       <c r="A213" t="inlineStr">
         <is>
           <t>Alle wirtschaftliche Tätigkeiten</t>
         </is>
       </c>
       <c r="B213" t="inlineStr">
         <is>
           <t>R Kunst, Unterhaltung und Erholung</t>
         </is>
       </c>
       <c r="C213" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="D213" t="inlineStr">
         <is>
-          <t>Dezember 2024</t>
+          <t>Januar 2025</t>
         </is>
       </c>
       <c r="E213" s="1" t="n">
-        <v>46.0</v>
+        <v>19.0</v>
       </c>
       <c r="F213" s="1" t="n">
-        <v>5.0</v>
+        <v>21.0</v>
       </c>
       <c r="G213" s="1" t="n">
-        <v>15.0</v>
+        <v>11.0</v>
       </c>
       <c r="H213" s="1" t="n">
-        <v>66.0</v>
+        <v>51.0</v>
       </c>
     </row>
     <row r="214">
       <c r="A214" t="inlineStr">
         <is>
           <t>Alle wirtschaftliche Tätigkeiten</t>
         </is>
       </c>
       <c r="B214" t="inlineStr">
         <is>
           <t>R Kunst, Unterhaltung und Erholung</t>
         </is>
       </c>
       <c r="C214" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D214" t="inlineStr">
         <is>
-          <t>Januar 2025</t>
+          <t>Februar 2025</t>
         </is>
       </c>
       <c r="E214" s="1" t="n">
-        <v>19.0</v>
+        <v>4.0</v>
       </c>
       <c r="F214" s="1" t="n">
-        <v>21.0</v>
+        <v>8.0</v>
       </c>
       <c r="G214" s="1" t="n">
-        <v>11.0</v>
+        <v>8.0</v>
       </c>
       <c r="H214" s="1" t="n">
-        <v>51.0</v>
+        <v>20.0</v>
       </c>
     </row>
     <row r="215">
       <c r="A215" t="inlineStr">
         <is>
           <t>Alle wirtschaftliche Tätigkeiten</t>
         </is>
       </c>
       <c r="B215" t="inlineStr">
         <is>
           <t>R Kunst, Unterhaltung und Erholung</t>
         </is>
       </c>
       <c r="C215" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D215" t="inlineStr">
         <is>
-          <t>Februar 2025</t>
+          <t>März 2025</t>
         </is>
       </c>
       <c r="E215" s="1" t="n">
-        <v>4.0</v>
+        <v>10.0</v>
       </c>
       <c r="F215" s="1" t="n">
-        <v>8.0</v>
+        <v>10.0</v>
       </c>
       <c r="G215" s="1" t="n">
-        <v>8.0</v>
+        <v>17.0</v>
       </c>
       <c r="H215" s="1" t="n">
-        <v>20.0</v>
+        <v>37.0</v>
       </c>
     </row>
     <row r="216">
       <c r="A216" t="inlineStr">
         <is>
           <t>Alle wirtschaftliche Tätigkeiten</t>
         </is>
       </c>
       <c r="B216" t="inlineStr">
         <is>
           <t>R Kunst, Unterhaltung und Erholung</t>
         </is>
       </c>
       <c r="C216" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D216" t="inlineStr">
         <is>
-          <t>März 2025</t>
+          <t>April 2025</t>
         </is>
       </c>
       <c r="E216" s="1" t="n">
-        <v>10.0</v>
+        <v>2.0</v>
       </c>
       <c r="F216" s="1" t="n">
-        <v>10.0</v>
+        <v>5.0</v>
       </c>
       <c r="G216" s="1" t="n">
-        <v>17.0</v>
+        <v>19.0</v>
       </c>
       <c r="H216" s="1" t="n">
-        <v>37.0</v>
+        <v>26.0</v>
       </c>
     </row>
     <row r="217">
       <c r="A217" t="inlineStr">
         <is>
           <t>Alle wirtschaftliche Tätigkeiten</t>
         </is>
       </c>
       <c r="B217" t="inlineStr">
         <is>
           <t>R Kunst, Unterhaltung und Erholung</t>
         </is>
       </c>
       <c r="C217" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D217" t="inlineStr">
         <is>
-          <t>April 2025</t>
+          <t>Mai 2025</t>
         </is>
       </c>
       <c r="E217" s="1" t="n">
-        <v>2.0</v>
+        <v>7.0</v>
       </c>
       <c r="F217" s="1" t="n">
-        <v>5.0</v>
+        <v>8.0</v>
       </c>
       <c r="G217" s="1" t="n">
-        <v>19.0</v>
+        <v>12.0</v>
       </c>
       <c r="H217" s="1" t="n">
-        <v>26.0</v>
+        <v>27.0</v>
       </c>
     </row>
     <row r="218">
       <c r="A218" t="inlineStr">
         <is>
           <t>Alle wirtschaftliche Tätigkeiten</t>
         </is>
       </c>
       <c r="B218" t="inlineStr">
         <is>
           <t>R Kunst, Unterhaltung und Erholung</t>
         </is>
       </c>
       <c r="C218" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D218" t="inlineStr">
         <is>
-          <t>Mai 2025</t>
+          <t>Juni 2025</t>
         </is>
       </c>
       <c r="E218" s="1" t="n">
-        <v>7.0</v>
+        <v>6.0</v>
       </c>
       <c r="F218" s="1" t="n">
-        <v>8.0</v>
+        <v>1.0</v>
       </c>
       <c r="G218" s="1" t="n">
-        <v>12.0</v>
+        <v>24.0</v>
       </c>
       <c r="H218" s="1" t="n">
-        <v>27.0</v>
+        <v>31.0</v>
       </c>
     </row>
     <row r="219">
       <c r="A219" t="inlineStr">
         <is>
           <t>Alle wirtschaftliche Tätigkeiten</t>
         </is>
       </c>
       <c r="B219" t="inlineStr">
         <is>
           <t>R Kunst, Unterhaltung und Erholung</t>
         </is>
       </c>
       <c r="C219" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D219" t="inlineStr">
         <is>
-          <t>Juni 2025</t>
+          <t>Juli 2025</t>
         </is>
       </c>
       <c r="E219" s="1" t="n">
-        <v>6.0</v>
+        <v>1.0</v>
       </c>
       <c r="F219" s="1" t="n">
-        <v>1.0</v>
+        <v>0.0</v>
       </c>
       <c r="G219" s="1" t="n">
-        <v>24.0</v>
+        <v>9.0</v>
       </c>
       <c r="H219" s="1" t="n">
-        <v>31.0</v>
+        <v>10.0</v>
       </c>
     </row>
     <row r="220">
       <c r="A220" t="inlineStr">
         <is>
           <t>Alle wirtschaftliche Tätigkeiten</t>
         </is>
       </c>
       <c r="B220" t="inlineStr">
         <is>
           <t>R Kunst, Unterhaltung und Erholung</t>
         </is>
       </c>
       <c r="C220" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D220" t="inlineStr">
         <is>
-          <t>Juli 2025</t>
+          <t>August 2025</t>
         </is>
       </c>
       <c r="E220" s="1" t="n">
-        <v>1.0</v>
+        <v>6.0</v>
       </c>
       <c r="F220" s="1" t="n">
-        <v>0.0</v>
+        <v>5.0</v>
       </c>
       <c r="G220" s="1" t="n">
-        <v>9.0</v>
+        <v>2.0</v>
       </c>
       <c r="H220" s="1" t="n">
-        <v>10.0</v>
+        <v>13.0</v>
       </c>
     </row>
     <row r="221">
       <c r="A221" t="inlineStr">
         <is>
           <t>Alle wirtschaftliche Tätigkeiten</t>
         </is>
       </c>
       <c r="B221" t="inlineStr">
         <is>
           <t>R Kunst, Unterhaltung und Erholung</t>
         </is>
       </c>
       <c r="C221" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D221" t="inlineStr">
         <is>
-          <t>August 2025</t>
+          <t>September 2025</t>
         </is>
       </c>
       <c r="E221" s="1" t="n">
-        <v>6.0</v>
+        <v>2.0</v>
       </c>
       <c r="F221" s="1" t="n">
-        <v>5.0</v>
+        <v>0.0</v>
       </c>
       <c r="G221" s="1" t="n">
-        <v>2.0</v>
+        <v>18.0</v>
       </c>
       <c r="H221" s="1" t="n">
-        <v>13.0</v>
+        <v>20.0</v>
       </c>
     </row>
     <row r="222">
       <c r="A222" t="inlineStr">
         <is>
           <t>Alle wirtschaftliche Tätigkeiten</t>
         </is>
       </c>
       <c r="B222" t="inlineStr">
         <is>
           <t>R Kunst, Unterhaltung und Erholung</t>
         </is>
       </c>
       <c r="C222" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D222" t="inlineStr">
         <is>
-          <t>September 2025</t>
+          <t>Oktober 2025</t>
         </is>
       </c>
       <c r="E222" s="1" t="n">
-        <v>2.0</v>
+        <v>0.0</v>
       </c>
       <c r="F222" s="1" t="n">
         <v>0.0</v>
       </c>
       <c r="G222" s="1" t="n">
-        <v>18.0</v>
+        <v>6.0</v>
       </c>
       <c r="H222" s="1" t="n">
-        <v>20.0</v>
+        <v>6.0</v>
       </c>
     </row>
     <row r="223">
       <c r="A223" t="inlineStr">
         <is>
           <t>Alle wirtschaftliche Tätigkeiten</t>
         </is>
       </c>
       <c r="B223" t="inlineStr">
         <is>
           <t>S Erbringung von sonstigen Dienstleistungen</t>
         </is>
       </c>
       <c r="C223" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="D223" t="inlineStr">
         <is>
-          <t>September 2024</t>
+          <t>Oktober 2024</t>
         </is>
       </c>
       <c r="E223" s="1" t="n">
-        <v>15.0</v>
+        <v>17.0</v>
       </c>
       <c r="F223" s="1" t="n">
-        <v>18.0</v>
+        <v>25.0</v>
       </c>
       <c r="G223" s="1" t="n">
-        <v>23.0</v>
+        <v>20.0</v>
       </c>
       <c r="H223" s="1" t="n">
-        <v>56.0</v>
+        <v>62.0</v>
       </c>
     </row>
     <row r="224">
       <c r="A224" t="inlineStr">
         <is>
           <t>Alle wirtschaftliche Tätigkeiten</t>
         </is>
       </c>
       <c r="B224" t="inlineStr">
         <is>
           <t>S Erbringung von sonstigen Dienstleistungen</t>
         </is>
       </c>
       <c r="C224" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="D224" t="inlineStr">
         <is>
-          <t>Oktober 2024</t>
+          <t>November 2024</t>
         </is>
       </c>
       <c r="E224" s="1" t="n">
-        <v>17.0</v>
+        <v>9.0</v>
       </c>
       <c r="F224" s="1" t="n">
-        <v>25.0</v>
+        <v>28.0</v>
       </c>
       <c r="G224" s="1" t="n">
-        <v>20.0</v>
+        <v>26.0</v>
       </c>
       <c r="H224" s="1" t="n">
-        <v>62.0</v>
+        <v>63.0</v>
       </c>
     </row>
     <row r="225">
       <c r="A225" t="inlineStr">
         <is>
           <t>Alle wirtschaftliche Tätigkeiten</t>
         </is>
       </c>
       <c r="B225" t="inlineStr">
         <is>
           <t>S Erbringung von sonstigen Dienstleistungen</t>
         </is>
       </c>
       <c r="C225" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="D225" t="inlineStr">
         <is>
-          <t>November 2024</t>
+          <t>Dezember 2024</t>
         </is>
       </c>
       <c r="E225" s="1" t="n">
-        <v>9.0</v>
+        <v>75.0</v>
       </c>
       <c r="F225" s="1" t="n">
-        <v>28.0</v>
+        <v>25.0</v>
       </c>
       <c r="G225" s="1" t="n">
-        <v>26.0</v>
+        <v>19.0</v>
       </c>
       <c r="H225" s="1" t="n">
-        <v>63.0</v>
+        <v>119.0</v>
       </c>
     </row>
     <row r="226">
       <c r="A226" t="inlineStr">
         <is>
           <t>Alle wirtschaftliche Tätigkeiten</t>
         </is>
       </c>
       <c r="B226" t="inlineStr">
         <is>
           <t>S Erbringung von sonstigen Dienstleistungen</t>
         </is>
       </c>
       <c r="C226" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="D226" t="inlineStr">
         <is>
-          <t>Dezember 2024</t>
+          <t>Januar 2025</t>
         </is>
       </c>
       <c r="E226" s="1" t="n">
-        <v>75.0</v>
+        <v>13.0</v>
       </c>
       <c r="F226" s="1" t="n">
-        <v>25.0</v>
+        <v>5.0</v>
       </c>
       <c r="G226" s="1" t="n">
-        <v>19.0</v>
+        <v>27.0</v>
       </c>
       <c r="H226" s="1" t="n">
-        <v>119.0</v>
+        <v>45.0</v>
       </c>
     </row>
     <row r="227">
       <c r="A227" t="inlineStr">
         <is>
           <t>Alle wirtschaftliche Tätigkeiten</t>
         </is>
       </c>
       <c r="B227" t="inlineStr">
         <is>
           <t>S Erbringung von sonstigen Dienstleistungen</t>
         </is>
       </c>
       <c r="C227" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D227" t="inlineStr">
         <is>
-          <t>Januar 2025</t>
+          <t>Februar 2025</t>
         </is>
       </c>
       <c r="E227" s="1" t="n">
-        <v>13.0</v>
+        <v>14.0</v>
       </c>
       <c r="F227" s="1" t="n">
-        <v>5.0</v>
+        <v>11.0</v>
       </c>
       <c r="G227" s="1" t="n">
-        <v>27.0</v>
+        <v>34.0</v>
       </c>
       <c r="H227" s="1" t="n">
-        <v>45.0</v>
+        <v>59.0</v>
       </c>
     </row>
     <row r="228">
       <c r="A228" t="inlineStr">
         <is>
           <t>Alle wirtschaftliche Tätigkeiten</t>
         </is>
       </c>
       <c r="B228" t="inlineStr">
         <is>
           <t>S Erbringung von sonstigen Dienstleistungen</t>
         </is>
       </c>
       <c r="C228" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D228" t="inlineStr">
         <is>
-          <t>Februar 2025</t>
+          <t>März 2025</t>
         </is>
       </c>
       <c r="E228" s="1" t="n">
-        <v>14.0</v>
+        <v>4.0</v>
       </c>
       <c r="F228" s="1" t="n">
-        <v>11.0</v>
+        <v>8.0</v>
       </c>
       <c r="G228" s="1" t="n">
-        <v>34.0</v>
+        <v>27.0</v>
       </c>
       <c r="H228" s="1" t="n">
-        <v>59.0</v>
+        <v>39.0</v>
       </c>
     </row>
     <row r="229">
       <c r="A229" t="inlineStr">
         <is>
           <t>Alle wirtschaftliche Tätigkeiten</t>
         </is>
       </c>
       <c r="B229" t="inlineStr">
         <is>
           <t>S Erbringung von sonstigen Dienstleistungen</t>
         </is>
       </c>
       <c r="C229" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D229" t="inlineStr">
         <is>
-          <t>März 2025</t>
+          <t>April 2025</t>
         </is>
       </c>
       <c r="E229" s="1" t="n">
-        <v>4.0</v>
+        <v>23.0</v>
       </c>
       <c r="F229" s="1" t="n">
-        <v>8.0</v>
+        <v>16.0</v>
       </c>
       <c r="G229" s="1" t="n">
         <v>27.0</v>
       </c>
       <c r="H229" s="1" t="n">
-        <v>39.0</v>
+        <v>66.0</v>
       </c>
     </row>
     <row r="230">
       <c r="A230" t="inlineStr">
         <is>
           <t>Alle wirtschaftliche Tätigkeiten</t>
         </is>
       </c>
       <c r="B230" t="inlineStr">
         <is>
           <t>S Erbringung von sonstigen Dienstleistungen</t>
         </is>
       </c>
       <c r="C230" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D230" t="inlineStr">
         <is>
-          <t>April 2025</t>
+          <t>Mai 2025</t>
         </is>
       </c>
       <c r="E230" s="1" t="n">
-        <v>23.0</v>
+        <v>12.0</v>
       </c>
       <c r="F230" s="1" t="n">
-        <v>16.0</v>
+        <v>15.0</v>
       </c>
       <c r="G230" s="1" t="n">
-        <v>27.0</v>
+        <v>22.0</v>
       </c>
       <c r="H230" s="1" t="n">
-        <v>66.0</v>
+        <v>49.0</v>
       </c>
     </row>
     <row r="231">
       <c r="A231" t="inlineStr">
         <is>
           <t>Alle wirtschaftliche Tätigkeiten</t>
         </is>
       </c>
       <c r="B231" t="inlineStr">
         <is>
           <t>S Erbringung von sonstigen Dienstleistungen</t>
         </is>
       </c>
       <c r="C231" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D231" t="inlineStr">
         <is>
-          <t>Mai 2025</t>
+          <t>Juni 2025</t>
         </is>
       </c>
       <c r="E231" s="1" t="n">
-        <v>12.0</v>
+        <v>6.0</v>
       </c>
       <c r="F231" s="1" t="n">
-        <v>15.0</v>
+        <v>11.0</v>
       </c>
       <c r="G231" s="1" t="n">
-        <v>22.0</v>
+        <v>25.0</v>
       </c>
       <c r="H231" s="1" t="n">
-        <v>49.0</v>
+        <v>42.0</v>
       </c>
     </row>
     <row r="232">
       <c r="A232" t="inlineStr">
         <is>
           <t>Alle wirtschaftliche Tätigkeiten</t>
         </is>
       </c>
       <c r="B232" t="inlineStr">
         <is>
           <t>S Erbringung von sonstigen Dienstleistungen</t>
         </is>
       </c>
       <c r="C232" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D232" t="inlineStr">
         <is>
-          <t>Juni 2025</t>
+          <t>Juli 2025</t>
         </is>
       </c>
       <c r="E232" s="1" t="n">
-        <v>6.0</v>
+        <v>12.0</v>
       </c>
       <c r="F232" s="1" t="n">
-        <v>11.0</v>
+        <v>8.0</v>
       </c>
       <c r="G232" s="1" t="n">
-        <v>25.0</v>
+        <v>20.0</v>
       </c>
       <c r="H232" s="1" t="n">
-        <v>42.0</v>
+        <v>40.0</v>
       </c>
     </row>
     <row r="233">
       <c r="A233" t="inlineStr">
         <is>
           <t>Alle wirtschaftliche Tätigkeiten</t>
         </is>
       </c>
       <c r="B233" t="inlineStr">
         <is>
           <t>S Erbringung von sonstigen Dienstleistungen</t>
         </is>
       </c>
       <c r="C233" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D233" t="inlineStr">
         <is>
-          <t>Juli 2025</t>
+          <t>August 2025</t>
         </is>
       </c>
       <c r="E233" s="1" t="n">
+        <v>3.0</v>
+      </c>
+      <c r="F233" s="1" t="n">
         <v>12.0</v>
       </c>
-      <c r="F233" s="1" t="n">
-[...1 lines deleted...]
-      </c>
       <c r="G233" s="1" t="n">
-        <v>20.0</v>
+        <v>18.0</v>
       </c>
       <c r="H233" s="1" t="n">
-        <v>40.0</v>
+        <v>33.0</v>
       </c>
     </row>
     <row r="234">
       <c r="A234" t="inlineStr">
         <is>
           <t>Alle wirtschaftliche Tätigkeiten</t>
         </is>
       </c>
       <c r="B234" t="inlineStr">
         <is>
           <t>S Erbringung von sonstigen Dienstleistungen</t>
         </is>
       </c>
       <c r="C234" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D234" t="inlineStr">
         <is>
-          <t>August 2025</t>
+          <t>September 2025</t>
         </is>
       </c>
       <c r="E234" s="1" t="n">
-        <v>3.0</v>
+        <v>5.0</v>
       </c>
       <c r="F234" s="1" t="n">
         <v>12.0</v>
       </c>
       <c r="G234" s="1" t="n">
-        <v>18.0</v>
+        <v>32.0</v>
       </c>
       <c r="H234" s="1" t="n">
-        <v>33.0</v>
+        <v>49.0</v>
       </c>
     </row>
     <row r="235">
       <c r="A235" t="inlineStr">
         <is>
           <t>Alle wirtschaftliche Tätigkeiten</t>
         </is>
       </c>
       <c r="B235" t="inlineStr">
         <is>
           <t>S Erbringung von sonstigen Dienstleistungen</t>
         </is>
       </c>
       <c r="C235" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D235" t="inlineStr">
         <is>
-          <t>September 2025</t>
+          <t>Oktober 2025</t>
         </is>
       </c>
       <c r="E235" s="1" t="n">
-        <v>5.0</v>
+        <v>15.0</v>
       </c>
       <c r="F235" s="1" t="n">
-        <v>12.0</v>
+        <v>35.0</v>
       </c>
       <c r="G235" s="1" t="n">
-        <v>32.0</v>
+        <v>30.0</v>
       </c>
       <c r="H235" s="1" t="n">
-        <v>49.0</v>
+        <v>80.0</v>
       </c>
     </row>
     <row r="236">
       <c r="A236" t="inlineStr">
         <is>
           <t>Alle wirtschaftliche Tätigkeiten</t>
         </is>
       </c>
       <c r="B236"/>
       <c r="C236" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="D236" t="inlineStr">
         <is>
-          <t>September 2024</t>
+          <t>Oktober 2024</t>
         </is>
       </c>
       <c r="E236" s="1" t="n">
-        <v>1172.0</v>
+        <v>1078.0</v>
       </c>
       <c r="F236" s="1" t="n">
-        <v>586.0</v>
+        <v>794.0</v>
       </c>
       <c r="G236" s="1" t="n">
-        <v>970.0</v>
+        <v>831.0</v>
       </c>
       <c r="H236" s="1" t="n">
-        <v>2728.0</v>
+        <v>2703.0</v>
       </c>
     </row>
     <row r="237">
       <c r="A237" t="inlineStr">
         <is>
           <t>Alle wirtschaftliche Tätigkeiten</t>
         </is>
       </c>
       <c r="B237"/>
       <c r="C237" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="D237" t="inlineStr">
         <is>
-          <t>Oktober 2024</t>
+          <t>November 2024</t>
         </is>
       </c>
       <c r="E237" s="1" t="n">
-        <v>1078.0</v>
+        <v>814.0</v>
       </c>
       <c r="F237" s="1" t="n">
-        <v>794.0</v>
+        <v>467.0</v>
       </c>
       <c r="G237" s="1" t="n">
-        <v>831.0</v>
+        <v>651.0</v>
       </c>
       <c r="H237" s="1" t="n">
-        <v>2703.0</v>
+        <v>1932.0</v>
       </c>
     </row>
     <row r="238">
       <c r="A238" t="inlineStr">
         <is>
           <t>Alle wirtschaftliche Tätigkeiten</t>
         </is>
       </c>
       <c r="B238"/>
       <c r="C238" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="D238" t="inlineStr">
         <is>
-          <t>November 2024</t>
+          <t>Dezember 2024</t>
         </is>
       </c>
       <c r="E238" s="1" t="n">
-        <v>814.0</v>
+        <v>1266.0</v>
       </c>
       <c r="F238" s="1" t="n">
-        <v>467.0</v>
+        <v>483.0</v>
       </c>
       <c r="G238" s="1" t="n">
-        <v>651.0</v>
+        <v>830.0</v>
       </c>
       <c r="H238" s="1" t="n">
-        <v>1932.0</v>
+        <v>2579.0</v>
       </c>
     </row>
     <row r="239">
       <c r="A239" t="inlineStr">
         <is>
           <t>Alle wirtschaftliche Tätigkeiten</t>
         </is>
       </c>
       <c r="B239"/>
       <c r="C239" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="D239" t="inlineStr">
         <is>
-          <t>Dezember 2024</t>
+          <t>Januar 2025</t>
         </is>
       </c>
       <c r="E239" s="1" t="n">
-        <v>1266.0</v>
+        <v>1036.0</v>
       </c>
       <c r="F239" s="1" t="n">
-        <v>483.0</v>
+        <v>657.0</v>
       </c>
       <c r="G239" s="1" t="n">
-        <v>830.0</v>
+        <v>769.0</v>
       </c>
       <c r="H239" s="1" t="n">
-        <v>2579.0</v>
+        <v>2462.0</v>
       </c>
     </row>
     <row r="240">
       <c r="A240" t="inlineStr">
         <is>
           <t>Alle wirtschaftliche Tätigkeiten</t>
         </is>
       </c>
       <c r="B240"/>
       <c r="C240" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D240" t="inlineStr">
         <is>
-          <t>Januar 2025</t>
+          <t>Februar 2025</t>
         </is>
       </c>
       <c r="E240" s="1" t="n">
-        <v>1036.0</v>
+        <v>1278.0</v>
       </c>
       <c r="F240" s="1" t="n">
-        <v>657.0</v>
+        <v>541.0</v>
       </c>
       <c r="G240" s="1" t="n">
         <v>769.0</v>
       </c>
       <c r="H240" s="1" t="n">
-        <v>2462.0</v>
+        <v>2588.0</v>
       </c>
     </row>
     <row r="241">
       <c r="A241" t="inlineStr">
         <is>
           <t>Alle wirtschaftliche Tätigkeiten</t>
         </is>
       </c>
       <c r="B241"/>
       <c r="C241" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D241" t="inlineStr">
         <is>
-          <t>Februar 2025</t>
+          <t>März 2025</t>
         </is>
       </c>
       <c r="E241" s="1" t="n">
-        <v>1278.0</v>
+        <v>1168.0</v>
       </c>
       <c r="F241" s="1" t="n">
-        <v>541.0</v>
+        <v>701.0</v>
       </c>
       <c r="G241" s="1" t="n">
-        <v>769.0</v>
+        <v>878.0</v>
       </c>
       <c r="H241" s="1" t="n">
-        <v>2588.0</v>
+        <v>2747.0</v>
       </c>
     </row>
     <row r="242">
       <c r="A242" t="inlineStr">
         <is>
           <t>Alle wirtschaftliche Tätigkeiten</t>
         </is>
       </c>
       <c r="B242"/>
       <c r="C242" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D242" t="inlineStr">
         <is>
-          <t>März 2025</t>
+          <t>April 2025</t>
         </is>
       </c>
       <c r="E242" s="1" t="n">
-        <v>1168.0</v>
+        <v>1765.0</v>
       </c>
       <c r="F242" s="1" t="n">
-        <v>701.0</v>
+        <v>659.0</v>
       </c>
       <c r="G242" s="1" t="n">
-        <v>878.0</v>
+        <v>779.0</v>
       </c>
       <c r="H242" s="1" t="n">
-        <v>2747.0</v>
+        <v>3203.0</v>
       </c>
     </row>
     <row r="243">
       <c r="A243" t="inlineStr">
         <is>
           <t>Alle wirtschaftliche Tätigkeiten</t>
         </is>
       </c>
       <c r="B243"/>
       <c r="C243" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D243" t="inlineStr">
         <is>
-          <t>April 2025</t>
+          <t>Mai 2025</t>
         </is>
       </c>
       <c r="E243" s="1" t="n">
-        <v>1765.0</v>
+        <v>667.0</v>
       </c>
       <c r="F243" s="1" t="n">
-        <v>659.0</v>
+        <v>355.0</v>
       </c>
       <c r="G243" s="1" t="n">
-        <v>779.0</v>
+        <v>726.0</v>
       </c>
       <c r="H243" s="1" t="n">
-        <v>3203.0</v>
+        <v>1748.0</v>
       </c>
     </row>
     <row r="244">
       <c r="A244" t="inlineStr">
         <is>
           <t>Alle wirtschaftliche Tätigkeiten</t>
         </is>
       </c>
       <c r="B244"/>
       <c r="C244" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D244" t="inlineStr">
         <is>
-          <t>Mai 2025</t>
+          <t>Juni 2025</t>
         </is>
       </c>
       <c r="E244" s="1" t="n">
-        <v>667.0</v>
+        <v>1165.0</v>
       </c>
       <c r="F244" s="1" t="n">
-        <v>355.0</v>
+        <v>611.0</v>
       </c>
       <c r="G244" s="1" t="n">
-        <v>726.0</v>
+        <v>956.0</v>
       </c>
       <c r="H244" s="1" t="n">
-        <v>1748.0</v>
+        <v>2732.0</v>
       </c>
     </row>
     <row r="245">
       <c r="A245" t="inlineStr">
         <is>
           <t>Alle wirtschaftliche Tätigkeiten</t>
         </is>
       </c>
       <c r="B245"/>
       <c r="C245" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D245" t="inlineStr">
         <is>
-          <t>Juni 2025</t>
+          <t>Juli 2025</t>
         </is>
       </c>
       <c r="E245" s="1" t="n">
-        <v>1165.0</v>
+        <v>1544.0</v>
       </c>
       <c r="F245" s="1" t="n">
-        <v>611.0</v>
+        <v>436.0</v>
       </c>
       <c r="G245" s="1" t="n">
-        <v>956.0</v>
+        <v>568.0</v>
       </c>
       <c r="H245" s="1" t="n">
-        <v>2732.0</v>
+        <v>2548.0</v>
       </c>
     </row>
     <row r="246">
       <c r="A246" t="inlineStr">
         <is>
           <t>Alle wirtschaftliche Tätigkeiten</t>
         </is>
       </c>
       <c r="B246"/>
       <c r="C246" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D246" t="inlineStr">
         <is>
-          <t>Juli 2025</t>
+          <t>August 2025</t>
         </is>
       </c>
       <c r="E246" s="1" t="n">
-        <v>1544.0</v>
+        <v>1069.0</v>
       </c>
       <c r="F246" s="1" t="n">
-        <v>436.0</v>
+        <v>493.0</v>
       </c>
       <c r="G246" s="1" t="n">
-        <v>568.0</v>
+        <v>368.0</v>
       </c>
       <c r="H246" s="1" t="n">
-        <v>2548.0</v>
+        <v>1930.0</v>
       </c>
     </row>
     <row r="247">
       <c r="A247" t="inlineStr">
         <is>
           <t>Alle wirtschaftliche Tätigkeiten</t>
         </is>
       </c>
       <c r="B247"/>
       <c r="C247" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D247" t="inlineStr">
         <is>
-          <t>August 2025</t>
+          <t>September 2025</t>
         </is>
       </c>
       <c r="E247" s="1" t="n">
-        <v>1069.0</v>
+        <v>963.0</v>
       </c>
       <c r="F247" s="1" t="n">
-        <v>493.0</v>
+        <v>630.0</v>
       </c>
       <c r="G247" s="1" t="n">
-        <v>369.0</v>
+        <v>968.0</v>
       </c>
       <c r="H247" s="1" t="n">
-        <v>1931.0</v>
+        <v>2561.0</v>
       </c>
     </row>
     <row r="248">
       <c r="A248" t="inlineStr">
         <is>
           <t>Alle wirtschaftliche Tätigkeiten</t>
         </is>
       </c>
       <c r="B248"/>
       <c r="C248" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D248" t="inlineStr">
         <is>
-          <t>September 2025</t>
+          <t>Oktober 2025</t>
         </is>
       </c>
       <c r="E248" s="1" t="n">
-        <v>952.0</v>
+        <v>960.0</v>
       </c>
       <c r="F248" s="1" t="n">
-        <v>623.0</v>
+        <v>663.0</v>
       </c>
       <c r="G248" s="1" t="n">
-        <v>967.0</v>
+        <v>873.0</v>
       </c>
       <c r="H248" s="1" t="n">
-        <v>2542.0</v>
+        <v>2496.0</v>
       </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <coreProperties xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </coreProperties>
 </file>