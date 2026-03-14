--- v1 (2025-12-11)
+++ v2 (2026-03-14)
@@ -107,2774 +107,2758 @@
   <cols>
     <col min="1" max="1" width="11.02734375" customWidth="true"/>
     <col min="2" max="2" width="255.0" customWidth="true"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" t="inlineStr">
         <is>
           <t>Data source:</t>
         </is>
       </c>
       <c r="B1" t="inlineStr">
         <is>
           <t>Konkurse und Arbeitsplatzverluste in Belgien pro Monat, Gemeinde, wirtschaftliche Tätigkeit (NACE 2008), Art des Unternehmens, Rechtsform, Größenklasse der Beschäftigtenzahl (LSS), bestandsdauer</t>
         </is>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="inlineStr">
         <is>
           <t>Filter:</t>
         </is>
       </c>
       <c r="B2" t="inlineStr">
         <is>
-          <t>Datum : Letzte 13 Monat(Oktober 2024, November 2024, Dezember 2024, Januar 2025, Februar 2025, März 2025, April 2025, Mai 2025, Juni 2025, Juli 2025, August 2025, September 2025, Oktober 2025)</t>
+          <t>Datum : Letzte 13 Monat(Februar 2025, März 2025, April 2025, Mai 2025, Juni 2025, Juli 2025, August 2025, September 2025, Oktober 2025, November 2025, Dezember 2025, Januar 2026, Februar 2026)</t>
         </is>
       </c>
     </row>
     <row r="3">
       <c r="B3" t="inlineStr">
         <is>
           <t xml:space="preserve">
 Wirtschaftliche Tätigkeit NACE 2008 : A Land- und Forstwirtschaft, Fischerei, C Verarbeitendes Gewerbe/herstellung von Waren, D Energieversorgung, E Wasserversorgung/ Abwasser- und Abfallentsorgung und Beseitigung von Umweltverschmutzungen, F Baugewerbe/Bau, G Handel/ Instandhaltung und Reparatur von Kraftfahrzeugen, H Verkehr und Lagerei, I Gastgewerbe/Beherbergung und Gastronomie, J Information und Kommunikation, K Erbringung von Finanz- und Versicherungsdienstleistungen, L Grundstücks- und Wohnungswesen, M Erbringung von freiberuflichen, wissenschaftlichen und technischen Dienstleistungen, N Erbringung von sonstigen wirtschaftlichen Dienstleistungen, O Öffentliche Verwaltung, Verteidigung/ Sozialversicherung, P Erziehung und Unterricht, Q Gesundheits- und Sozialwesen, R Kunst, Unterhaltung und Erholung, S Erbringung von sonstigen Dienstleistungen
 </t>
         </is>
       </c>
     </row>
     <row r="4">
 </row>
     <row r="5">
       <c r="A5" t="inlineStr">
         <is>
           <t xml:space="preserve">Quelle: </t>
         </is>
       </c>
       <c r="B5" t="inlineStr">
         <is>
           <t>Statbel (Generaldirektion Statistik - Statistics Belgium)</t>
         </is>
       </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <cols>
     <col min="1" max="1" width="25.9921875" customWidth="true"/>
     <col min="2" max="2" width="83.5390625" customWidth="true"/>
     <col min="3" max="3" width="56.3125" customWidth="true"/>
     <col min="4" max="4" width="6.03125" customWidth="true"/>
-    <col min="5" max="5" width="11.8515625" customWidth="true"/>
-[...11 lines deleted...]
-    <col min="17" max="17" width="11.8515625" customWidth="true"/>
+    <col min="5" max="5" width="11.6171875" customWidth="true"/>
+    <col min="6" max="6" width="9.48046875" customWidth="true"/>
+    <col min="7" max="7" width="9.21484375" customWidth="true"/>
+    <col min="8" max="8" width="8.39453125" customWidth="true"/>
+    <col min="9" max="9" width="8.93359375" customWidth="true"/>
+    <col min="10" max="10" width="8.3671875" customWidth="true"/>
+    <col min="11" max="11" width="11.26953125" customWidth="true"/>
+    <col min="12" max="12" width="14.3203125" customWidth="true"/>
+    <col min="13" max="13" width="11.8515625" customWidth="true"/>
+    <col min="14" max="14" width="13.79296875" customWidth="true"/>
+    <col min="15" max="15" width="13.63671875" customWidth="true"/>
+    <col min="16" max="16" width="11.10546875" customWidth="true"/>
+    <col min="17" max="17" width="11.6171875" customWidth="true"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1"/>
       <c r="B1"/>
       <c r="C1"/>
       <c r="D1" t="inlineStr">
         <is>
           <t>Jahr</t>
         </is>
       </c>
       <c r="E1" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="F1"/>
       <c r="G1"/>
-      <c r="H1" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="H1"/>
       <c r="I1"/>
       <c r="J1"/>
       <c r="K1"/>
       <c r="L1"/>
       <c r="M1"/>
       <c r="N1"/>
       <c r="O1"/>
-      <c r="P1"/>
+      <c r="P1" t="inlineStr">
+        <is>
+          <t>2026</t>
+        </is>
+      </c>
       <c r="Q1"/>
     </row>
     <row r="2">
       <c r="A2"/>
       <c r="B2"/>
       <c r="C2"/>
       <c r="D2" t="inlineStr">
         <is>
           <t>Monat</t>
         </is>
       </c>
       <c r="E2" t="inlineStr">
         <is>
-          <t>Oktober 2024</t>
+          <t>Februar 2025</t>
         </is>
       </c>
       <c r="F2" t="inlineStr">
         <is>
-          <t>November 2024</t>
+          <t>März 2025</t>
         </is>
       </c>
       <c r="G2" t="inlineStr">
         <is>
-          <t>Dezember 2024</t>
+          <t>April 2025</t>
         </is>
       </c>
       <c r="H2" t="inlineStr">
         <is>
-          <t>Januar 2025</t>
+          <t>Mai 2025</t>
         </is>
       </c>
       <c r="I2" t="inlineStr">
         <is>
-          <t>Februar 2025</t>
+          <t>Juni 2025</t>
         </is>
       </c>
       <c r="J2" t="inlineStr">
         <is>
-          <t>März 2025</t>
+          <t>Juli 2025</t>
         </is>
       </c>
       <c r="K2" t="inlineStr">
         <is>
-          <t>April 2025</t>
+          <t>August 2025</t>
         </is>
       </c>
       <c r="L2" t="inlineStr">
         <is>
-          <t>Mai 2025</t>
+          <t>September 2025</t>
         </is>
       </c>
       <c r="M2" t="inlineStr">
         <is>
-          <t>Juni 2025</t>
+          <t>Oktober 2025</t>
         </is>
       </c>
       <c r="N2" t="inlineStr">
         <is>
-          <t>Juli 2025</t>
+          <t>November 2025</t>
         </is>
       </c>
       <c r="O2" t="inlineStr">
         <is>
-          <t>August 2025</t>
+          <t>Dezember 2025</t>
         </is>
       </c>
       <c r="P2" t="inlineStr">
         <is>
-          <t>September 2025</t>
+          <t>Januar 2026</t>
         </is>
       </c>
       <c r="Q2" t="inlineStr">
         <is>
-          <t>Oktober 2025</t>
+          <t>Februar 2026</t>
         </is>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="inlineStr">
         <is>
           <t>Alle wirtschaftliche Tätigkeiten</t>
         </is>
       </c>
       <c r="B3" t="inlineStr">
         <is>
           <t>Sektion</t>
         </is>
       </c>
       <c r="C3"/>
     </row>
     <row r="4">
       <c r="A4" t="inlineStr">
         <is>
           <t>Alle wirtschaftliche Tätigkeiten</t>
         </is>
       </c>
       <c r="B4" t="inlineStr">
         <is>
           <t>A Land- und Forstwirtschaft, Fischerei</t>
         </is>
       </c>
       <c r="C4" t="inlineStr">
         <is>
           <t>Verlust von Vollzeitarbeitsplätzen</t>
         </is>
       </c>
       <c r="D4"/>
       <c r="E4" s="1" t="n">
-        <v>6.0</v>
+        <v>0.0</v>
       </c>
       <c r="F4" s="1" t="n">
-        <v>14.0</v>
+        <v>1.0</v>
       </c>
       <c r="G4" s="1" t="n">
-        <v>0.0</v>
-[...1 lines deleted...]
-      <c r="H4"/>
+        <v>1.0</v>
+      </c>
+      <c r="H4" s="1" t="n">
+        <v>0.0</v>
+      </c>
       <c r="I4" s="1" t="n">
-        <v>0.0</v>
+        <v>1.0</v>
       </c>
       <c r="J4" s="1" t="n">
+        <v>3.0</v>
+      </c>
+      <c r="K4"/>
+      <c r="L4" s="1" t="n">
+        <v>10.0</v>
+      </c>
+      <c r="M4" s="1" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="N4" s="1" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="O4" s="1" t="n">
+        <v>2.0</v>
+      </c>
+      <c r="P4" s="1" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="Q4" s="1" t="n">
         <v>1.0</v>
-      </c>
-[...17 lines deleted...]
-        <v>0.0</v>
       </c>
     </row>
     <row r="5">
       <c r="A5"/>
       <c r="B5"/>
       <c r="C5" t="inlineStr">
         <is>
           <t>Verlust von Teilzeitarbeitsplätzen</t>
         </is>
       </c>
       <c r="D5"/>
       <c r="E5" s="1" t="n">
-        <v>3.0</v>
+        <v>0.0</v>
       </c>
       <c r="F5" s="1" t="n">
-        <v>17.0</v>
+        <v>0.0</v>
       </c>
       <c r="G5" s="1" t="n">
         <v>0.0</v>
       </c>
-      <c r="H5"/>
+      <c r="H5" s="1" t="n">
+        <v>0.0</v>
+      </c>
       <c r="I5" s="1" t="n">
-        <v>0.0</v>
+        <v>1.0</v>
       </c>
       <c r="J5" s="1" t="n">
-        <v>0.0</v>
-[...3 lines deleted...]
-      </c>
+        <v>1.0</v>
+      </c>
+      <c r="K5"/>
       <c r="L5" s="1" t="n">
-        <v>0.0</v>
+        <v>25.0</v>
       </c>
       <c r="M5" s="1" t="n">
         <v>1.0</v>
       </c>
       <c r="N5" s="1" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="O5" s="1" t="n">
         <v>1.0</v>
       </c>
-      <c r="O5"/>
       <c r="P5" s="1" t="n">
-        <v>25.0</v>
+        <v>0.0</v>
       </c>
       <c r="Q5" s="1" t="n">
-        <v>1.0</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="6">
       <c r="A6"/>
       <c r="B6"/>
       <c r="C6" t="inlineStr">
         <is>
           <t>Verlust von Arbeitsplätzen von Arbeitgebern, die ein Gehalt beziehen</t>
         </is>
       </c>
       <c r="D6"/>
       <c r="E6" s="1" t="n">
-        <v>10.0</v>
+        <v>8.0</v>
       </c>
       <c r="F6" s="1" t="n">
-        <v>5.0</v>
+        <v>16.0</v>
       </c>
       <c r="G6" s="1" t="n">
+        <v>9.0</v>
+      </c>
+      <c r="H6" s="1" t="n">
+        <v>2.0</v>
+      </c>
+      <c r="I6" s="1" t="n">
+        <v>9.0</v>
+      </c>
+      <c r="J6" s="1" t="n">
+        <v>1.0</v>
+      </c>
+      <c r="K6"/>
+      <c r="L6" s="1" t="n">
+        <v>9.0</v>
+      </c>
+      <c r="M6" s="1" t="n">
+        <v>4.0</v>
+      </c>
+      <c r="N6" s="1" t="n">
+        <v>7.0</v>
+      </c>
+      <c r="O6" s="1" t="n">
+        <v>7.0</v>
+      </c>
+      <c r="P6" s="1" t="n">
         <v>8.0</v>
       </c>
-      <c r="H6"/>
-[...21 lines deleted...]
-      </c>
       <c r="Q6" s="1" t="n">
-        <v>4.0</v>
+        <v>3.0</v>
       </c>
     </row>
     <row r="7">
       <c r="A7"/>
       <c r="B7"/>
       <c r="C7" t="inlineStr">
         <is>
           <t>Gesamtverlust von Arbeitsplätzen</t>
         </is>
       </c>
       <c r="D7"/>
       <c r="E7" s="1" t="n">
-        <v>19.0</v>
+        <v>8.0</v>
       </c>
       <c r="F7" s="1" t="n">
-        <v>36.0</v>
+        <v>17.0</v>
       </c>
       <c r="G7" s="1" t="n">
+        <v>10.0</v>
+      </c>
+      <c r="H7" s="1" t="n">
+        <v>2.0</v>
+      </c>
+      <c r="I7" s="1" t="n">
+        <v>11.0</v>
+      </c>
+      <c r="J7" s="1" t="n">
+        <v>5.0</v>
+      </c>
+      <c r="K7"/>
+      <c r="L7" s="1" t="n">
+        <v>44.0</v>
+      </c>
+      <c r="M7" s="1" t="n">
+        <v>5.0</v>
+      </c>
+      <c r="N7" s="1" t="n">
+        <v>7.0</v>
+      </c>
+      <c r="O7" s="1" t="n">
+        <v>10.0</v>
+      </c>
+      <c r="P7" s="1" t="n">
         <v>8.0</v>
       </c>
-      <c r="H7"/>
-[...21 lines deleted...]
-      </c>
       <c r="Q7" s="1" t="n">
-        <v>5.0</v>
+        <v>4.0</v>
       </c>
     </row>
     <row r="8">
       <c r="A8"/>
       <c r="B8" t="inlineStr">
         <is>
           <t>C Verarbeitendes Gewerbe/herstellung von Waren</t>
         </is>
       </c>
       <c r="C8" t="inlineStr">
         <is>
           <t>Verlust von Vollzeitarbeitsplätzen</t>
         </is>
       </c>
       <c r="D8"/>
       <c r="E8" s="1" t="n">
-        <v>97.0</v>
+        <v>431.0</v>
       </c>
       <c r="F8" s="1" t="n">
-        <v>133.0</v>
+        <v>67.0</v>
       </c>
       <c r="G8" s="1" t="n">
-        <v>353.0</v>
+        <v>667.0</v>
       </c>
       <c r="H8" s="1" t="n">
-        <v>54.0</v>
+        <v>19.0</v>
       </c>
       <c r="I8" s="1" t="n">
-        <v>431.0</v>
+        <v>95.0</v>
       </c>
       <c r="J8" s="1" t="n">
-        <v>67.0</v>
+        <v>918.0</v>
       </c>
       <c r="K8" s="1" t="n">
-        <v>667.0</v>
+        <v>61.0</v>
       </c>
       <c r="L8" s="1" t="n">
-        <v>19.0</v>
+        <v>162.0</v>
       </c>
       <c r="M8" s="1" t="n">
-        <v>95.0</v>
+        <v>267.0</v>
       </c>
       <c r="N8" s="1" t="n">
-        <v>918.0</v>
+        <v>120.0</v>
       </c>
       <c r="O8" s="1" t="n">
-        <v>61.0</v>
+        <v>104.0</v>
       </c>
       <c r="P8" s="1" t="n">
-        <v>162.0</v>
+        <v>142.0</v>
       </c>
       <c r="Q8" s="1" t="n">
-        <v>267.0</v>
+        <v>99.0</v>
       </c>
     </row>
     <row r="9">
       <c r="A9"/>
       <c r="B9"/>
       <c r="C9" t="inlineStr">
         <is>
           <t>Verlust von Teilzeitarbeitsplätzen</t>
         </is>
       </c>
       <c r="D9"/>
       <c r="E9" s="1" t="n">
-        <v>17.0</v>
+        <v>111.0</v>
       </c>
       <c r="F9" s="1" t="n">
-        <v>33.0</v>
+        <v>30.0</v>
       </c>
       <c r="G9" s="1" t="n">
-        <v>48.0</v>
+        <v>45.0</v>
       </c>
       <c r="H9" s="1" t="n">
-        <v>10.0</v>
+        <v>8.0</v>
       </c>
       <c r="I9" s="1" t="n">
-        <v>111.0</v>
+        <v>23.0</v>
       </c>
       <c r="J9" s="1" t="n">
-        <v>30.0</v>
+        <v>59.0</v>
       </c>
       <c r="K9" s="1" t="n">
-        <v>45.0</v>
+        <v>18.0</v>
       </c>
       <c r="L9" s="1" t="n">
-        <v>8.0</v>
+        <v>39.0</v>
       </c>
       <c r="M9" s="1" t="n">
-        <v>23.0</v>
+        <v>42.0</v>
       </c>
       <c r="N9" s="1" t="n">
-        <v>59.0</v>
+        <v>25.0</v>
       </c>
       <c r="O9" s="1" t="n">
-        <v>18.0</v>
+        <v>14.0</v>
       </c>
       <c r="P9" s="1" t="n">
-        <v>39.0</v>
+        <v>40.0</v>
       </c>
       <c r="Q9" s="1" t="n">
-        <v>42.0</v>
+        <v>12.0</v>
       </c>
     </row>
     <row r="10">
       <c r="A10"/>
       <c r="B10"/>
       <c r="C10" t="inlineStr">
         <is>
           <t>Verlust von Arbeitsplätzen von Arbeitgebern, die ein Gehalt beziehen</t>
         </is>
       </c>
       <c r="D10"/>
       <c r="E10" s="1" t="n">
+        <v>24.0</v>
+      </c>
+      <c r="F10" s="1" t="n">
+        <v>39.0</v>
+      </c>
+      <c r="G10" s="1" t="n">
         <v>36.0</v>
       </c>
-      <c r="F10" s="1" t="n">
-[...4 lines deleted...]
-      </c>
       <c r="H10" s="1" t="n">
+        <v>30.0</v>
+      </c>
+      <c r="I10" s="1" t="n">
+        <v>33.0</v>
+      </c>
+      <c r="J10" s="1" t="n">
+        <v>24.0</v>
+      </c>
+      <c r="K10" s="1" t="n">
+        <v>15.0</v>
+      </c>
+      <c r="L10" s="1" t="n">
+        <v>19.0</v>
+      </c>
+      <c r="M10" s="1" t="n">
         <v>26.0</v>
       </c>
-      <c r="I10" s="1" t="n">
+      <c r="N10" s="1" t="n">
+        <v>27.0</v>
+      </c>
+      <c r="O10" s="1" t="n">
         <v>24.0</v>
       </c>
-      <c r="J10" s="1" t="n">
-[...8 lines deleted...]
-      <c r="M10" s="1" t="n">
+      <c r="P10" s="1" t="n">
+        <v>27.0</v>
+      </c>
+      <c r="Q10" s="1" t="n">
         <v>33.0</v>
-      </c>
-[...10 lines deleted...]
-        <v>26.0</v>
       </c>
     </row>
     <row r="11">
       <c r="A11"/>
       <c r="B11"/>
       <c r="C11" t="inlineStr">
         <is>
           <t>Gesamtverlust von Arbeitsplätzen</t>
         </is>
       </c>
       <c r="D11"/>
       <c r="E11" s="1" t="n">
-        <v>150.0</v>
+        <v>566.0</v>
       </c>
       <c r="F11" s="1" t="n">
-        <v>178.0</v>
+        <v>136.0</v>
       </c>
       <c r="G11" s="1" t="n">
-        <v>430.0</v>
+        <v>748.0</v>
       </c>
       <c r="H11" s="1" t="n">
-        <v>90.0</v>
+        <v>57.0</v>
       </c>
       <c r="I11" s="1" t="n">
-        <v>566.0</v>
+        <v>151.0</v>
       </c>
       <c r="J11" s="1" t="n">
-        <v>136.0</v>
+        <v>1001.0</v>
       </c>
       <c r="K11" s="1" t="n">
-        <v>748.0</v>
+        <v>94.0</v>
       </c>
       <c r="L11" s="1" t="n">
-        <v>57.0</v>
+        <v>220.0</v>
       </c>
       <c r="M11" s="1" t="n">
-        <v>151.0</v>
+        <v>335.0</v>
       </c>
       <c r="N11" s="1" t="n">
-        <v>1001.0</v>
+        <v>172.0</v>
       </c>
       <c r="O11" s="1" t="n">
-        <v>94.0</v>
+        <v>142.0</v>
       </c>
       <c r="P11" s="1" t="n">
-        <v>220.0</v>
+        <v>209.0</v>
       </c>
       <c r="Q11" s="1" t="n">
-        <v>335.0</v>
+        <v>144.0</v>
       </c>
     </row>
     <row r="12">
       <c r="A12"/>
       <c r="B12" t="inlineStr">
         <is>
           <t>D Energieversorgung</t>
         </is>
       </c>
       <c r="C12" t="inlineStr">
         <is>
           <t>Verlust von Vollzeitarbeitsplätzen</t>
         </is>
       </c>
       <c r="D12"/>
-      <c r="E12" s="1" t="n">
-[...5 lines deleted...]
-      </c>
+      <c r="E12"/>
+      <c r="F12" s="1" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="G12"/>
       <c r="H12" s="1" t="n">
         <v>0.0</v>
       </c>
-      <c r="I12"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I12" s="1" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="J12"/>
       <c r="K12"/>
       <c r="L12" s="1" t="n">
-        <v>0.0</v>
+        <v>4.0</v>
       </c>
       <c r="M12" s="1" t="n">
         <v>0.0</v>
       </c>
       <c r="N12"/>
-      <c r="O12"/>
-[...5 lines deleted...]
-      </c>
+      <c r="O12" s="1" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="P12"/>
+      <c r="Q12"/>
     </row>
     <row r="13">
       <c r="A13"/>
       <c r="B13"/>
       <c r="C13" t="inlineStr">
         <is>
           <t>Verlust von Teilzeitarbeitsplätzen</t>
         </is>
       </c>
       <c r="D13"/>
-      <c r="E13" s="1" t="n">
-[...5 lines deleted...]
-      </c>
+      <c r="E13"/>
+      <c r="F13" s="1" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="G13"/>
       <c r="H13" s="1" t="n">
         <v>0.0</v>
       </c>
-      <c r="I13"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I13" s="1" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="J13"/>
       <c r="K13"/>
       <c r="L13" s="1" t="n">
         <v>0.0</v>
       </c>
       <c r="M13" s="1" t="n">
         <v>0.0</v>
       </c>
       <c r="N13"/>
-      <c r="O13"/>
-[...5 lines deleted...]
-      </c>
+      <c r="O13" s="1" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="P13"/>
+      <c r="Q13"/>
     </row>
     <row r="14">
       <c r="A14"/>
       <c r="B14"/>
       <c r="C14" t="inlineStr">
         <is>
           <t>Verlust von Arbeitsplätzen von Arbeitgebern, die ein Gehalt beziehen</t>
         </is>
       </c>
       <c r="D14"/>
-      <c r="E14" s="1" t="n">
+      <c r="E14"/>
+      <c r="F14" s="1" t="n">
         <v>1.0</v>
       </c>
-      <c r="F14"/>
-[...2 lines deleted...]
-      </c>
+      <c r="G14"/>
       <c r="H14" s="1" t="n">
+        <v>1.0</v>
+      </c>
+      <c r="I14" s="1" t="n">
         <v>2.0</v>
       </c>
-      <c r="I14"/>
-[...2 lines deleted...]
-      </c>
+      <c r="J14"/>
       <c r="K14"/>
       <c r="L14" s="1" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="M14" s="1" t="n">
         <v>1.0</v>
       </c>
-      <c r="M14" s="1" t="n">
+      <c r="N14"/>
+      <c r="O14" s="1" t="n">
         <v>2.0</v>
       </c>
-      <c r="N14"/>
-[...6 lines deleted...]
-      </c>
+      <c r="P14"/>
+      <c r="Q14"/>
     </row>
     <row r="15">
       <c r="A15"/>
       <c r="B15"/>
       <c r="C15" t="inlineStr">
         <is>
           <t>Gesamtverlust von Arbeitsplätzen</t>
         </is>
       </c>
       <c r="D15"/>
-      <c r="E15" s="1" t="n">
+      <c r="E15"/>
+      <c r="F15" s="1" t="n">
+        <v>1.0</v>
+      </c>
+      <c r="G15"/>
+      <c r="H15" s="1" t="n">
+        <v>1.0</v>
+      </c>
+      <c r="I15" s="1" t="n">
         <v>2.0</v>
       </c>
-      <c r="F15"/>
-[...9 lines deleted...]
-      </c>
+      <c r="J15"/>
       <c r="K15"/>
       <c r="L15" s="1" t="n">
+        <v>4.0</v>
+      </c>
+      <c r="M15" s="1" t="n">
         <v>1.0</v>
       </c>
-      <c r="M15" s="1" t="n">
+      <c r="N15"/>
+      <c r="O15" s="1" t="n">
         <v>2.0</v>
       </c>
-      <c r="N15"/>
-[...6 lines deleted...]
-      </c>
+      <c r="P15"/>
+      <c r="Q15"/>
     </row>
     <row r="16">
       <c r="A16"/>
       <c r="B16" t="inlineStr">
         <is>
           <t>E Wasserversorgung/ Abwasser- und Abfallentsorgung und Beseitigung von Umweltverschmutzungen</t>
         </is>
       </c>
       <c r="C16" t="inlineStr">
         <is>
           <t>Verlust von Vollzeitarbeitsplätzen</t>
         </is>
       </c>
       <c r="D16"/>
       <c r="E16" s="1" t="n">
-        <v>14.0</v>
+        <v>0.0</v>
       </c>
       <c r="F16" s="1" t="n">
+        <v>9.0</v>
+      </c>
+      <c r="G16" s="1" t="n">
+        <v>2.0</v>
+      </c>
+      <c r="H16" s="1" t="n">
+        <v>3.0</v>
+      </c>
+      <c r="I16" s="1" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="J16" s="1" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="K16" s="1" t="n">
+        <v>6.0</v>
+      </c>
+      <c r="L16" s="1" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="M16" s="1" t="n">
         <v>1.0</v>
       </c>
-      <c r="G16" s="1" t="n">
-[...19 lines deleted...]
-      </c>
       <c r="N16" s="1" t="n">
         <v>0.0</v>
       </c>
-      <c r="O16" s="1" t="n">
-[...1 lines deleted...]
-      </c>
+      <c r="O16"/>
       <c r="P16" s="1" t="n">
         <v>0.0</v>
       </c>
       <c r="Q16" s="1" t="n">
-        <v>1.0</v>
+        <v>27.0</v>
       </c>
     </row>
     <row r="17">
       <c r="A17"/>
       <c r="B17"/>
       <c r="C17" t="inlineStr">
         <is>
           <t>Verlust von Teilzeitarbeitsplätzen</t>
         </is>
       </c>
       <c r="D17"/>
       <c r="E17" s="1" t="n">
         <v>0.0</v>
       </c>
       <c r="F17" s="1" t="n">
-        <v>0.0</v>
+        <v>1.0</v>
       </c>
       <c r="G17" s="1" t="n">
-        <v>0.0</v>
+        <v>3.0</v>
       </c>
       <c r="H17" s="1" t="n">
-        <v>0.0</v>
+        <v>3.0</v>
       </c>
       <c r="I17" s="1" t="n">
         <v>0.0</v>
       </c>
       <c r="J17" s="1" t="n">
-        <v>1.0</v>
+        <v>0.0</v>
       </c>
       <c r="K17" s="1" t="n">
-        <v>3.0</v>
+        <v>5.0</v>
       </c>
       <c r="L17" s="1" t="n">
-        <v>3.0</v>
+        <v>0.0</v>
       </c>
       <c r="M17" s="1" t="n">
         <v>0.0</v>
       </c>
       <c r="N17" s="1" t="n">
         <v>0.0</v>
       </c>
-      <c r="O17" s="1" t="n">
-[...1 lines deleted...]
-      </c>
+      <c r="O17"/>
       <c r="P17" s="1" t="n">
         <v>0.0</v>
       </c>
       <c r="Q17" s="1" t="n">
-        <v>0.0</v>
+        <v>2.0</v>
       </c>
     </row>
     <row r="18">
       <c r="A18"/>
       <c r="B18"/>
       <c r="C18" t="inlineStr">
         <is>
           <t>Verlust von Arbeitsplätzen von Arbeitgebern, die ein Gehalt beziehen</t>
         </is>
       </c>
       <c r="D18"/>
       <c r="E18" s="1" t="n">
+        <v>4.0</v>
+      </c>
+      <c r="F18" s="1" t="n">
+        <v>1.0</v>
+      </c>
+      <c r="G18" s="1" t="n">
         <v>3.0</v>
       </c>
-      <c r="F18" s="1" t="n">
-[...4 lines deleted...]
-      </c>
       <c r="H18" s="1" t="n">
-        <v>3.0</v>
+        <v>2.0</v>
       </c>
       <c r="I18" s="1" t="n">
-        <v>4.0</v>
+        <v>2.0</v>
       </c>
       <c r="J18" s="1" t="n">
         <v>1.0</v>
       </c>
       <c r="K18" s="1" t="n">
-        <v>3.0</v>
+        <v>0.0</v>
       </c>
       <c r="L18" s="1" t="n">
         <v>2.0</v>
       </c>
       <c r="M18" s="1" t="n">
-        <v>2.0</v>
+        <v>4.0</v>
       </c>
       <c r="N18" s="1" t="n">
         <v>1.0</v>
       </c>
-      <c r="O18" s="1" t="n">
-[...1 lines deleted...]
-      </c>
+      <c r="O18"/>
       <c r="P18" s="1" t="n">
-        <v>2.0</v>
+        <v>1.0</v>
       </c>
       <c r="Q18" s="1" t="n">
-        <v>4.0</v>
+        <v>1.0</v>
       </c>
     </row>
     <row r="19">
       <c r="A19"/>
       <c r="B19"/>
       <c r="C19" t="inlineStr">
         <is>
           <t>Gesamtverlust von Arbeitsplätzen</t>
         </is>
       </c>
       <c r="D19"/>
       <c r="E19" s="1" t="n">
-        <v>17.0</v>
+        <v>4.0</v>
       </c>
       <c r="F19" s="1" t="n">
+        <v>11.0</v>
+      </c>
+      <c r="G19" s="1" t="n">
+        <v>8.0</v>
+      </c>
+      <c r="H19" s="1" t="n">
+        <v>8.0</v>
+      </c>
+      <c r="I19" s="1" t="n">
+        <v>2.0</v>
+      </c>
+      <c r="J19" s="1" t="n">
         <v>1.0</v>
       </c>
-      <c r="G19" s="1" t="n">
-[...8 lines deleted...]
-      <c r="J19" s="1" t="n">
+      <c r="K19" s="1" t="n">
         <v>11.0</v>
       </c>
-      <c r="K19" s="1" t="n">
-[...1 lines deleted...]
-      </c>
       <c r="L19" s="1" t="n">
-        <v>8.0</v>
+        <v>2.0</v>
       </c>
       <c r="M19" s="1" t="n">
-        <v>2.0</v>
+        <v>5.0</v>
       </c>
       <c r="N19" s="1" t="n">
         <v>1.0</v>
       </c>
-      <c r="O19" s="1" t="n">
-[...1 lines deleted...]
-      </c>
+      <c r="O19"/>
       <c r="P19" s="1" t="n">
-        <v>2.0</v>
+        <v>1.0</v>
       </c>
       <c r="Q19" s="1" t="n">
-        <v>5.0</v>
+        <v>30.0</v>
       </c>
     </row>
     <row r="20">
       <c r="A20"/>
       <c r="B20" t="inlineStr">
         <is>
           <t>F Baugewerbe/Bau</t>
         </is>
       </c>
       <c r="C20" t="inlineStr">
         <is>
           <t>Verlust von Vollzeitarbeitsplätzen</t>
         </is>
       </c>
       <c r="D20"/>
       <c r="E20" s="1" t="n">
+        <v>209.0</v>
+      </c>
+      <c r="F20" s="1" t="n">
+        <v>336.0</v>
+      </c>
+      <c r="G20" s="1" t="n">
+        <v>176.0</v>
+      </c>
+      <c r="H20" s="1" t="n">
+        <v>153.0</v>
+      </c>
+      <c r="I20" s="1" t="n">
+        <v>290.0</v>
+      </c>
+      <c r="J20" s="1" t="n">
+        <v>158.0</v>
+      </c>
+      <c r="K20" s="1" t="n">
+        <v>86.0</v>
+      </c>
+      <c r="L20" s="1" t="n">
+        <v>224.0</v>
+      </c>
+      <c r="M20" s="1" t="n">
+        <v>121.0</v>
+      </c>
+      <c r="N20" s="1" t="n">
+        <v>141.0</v>
+      </c>
+      <c r="O20" s="1" t="n">
+        <v>189.0</v>
+      </c>
+      <c r="P20" s="1" t="n">
+        <v>138.0</v>
+      </c>
+      <c r="Q20" s="1" t="n">
         <v>257.0</v>
-      </c>
-[...34 lines deleted...]
-        <v>121.0</v>
       </c>
     </row>
     <row r="21">
       <c r="A21"/>
       <c r="B21"/>
       <c r="C21" t="inlineStr">
         <is>
           <t>Verlust von Teilzeitarbeitsplätzen</t>
         </is>
       </c>
       <c r="D21"/>
       <c r="E21" s="1" t="n">
-        <v>46.0</v>
+        <v>23.0</v>
       </c>
       <c r="F21" s="1" t="n">
-        <v>23.0</v>
+        <v>29.0</v>
       </c>
       <c r="G21" s="1" t="n">
+        <v>57.0</v>
+      </c>
+      <c r="H21" s="1" t="n">
+        <v>26.0</v>
+      </c>
+      <c r="I21" s="1" t="n">
+        <v>29.0</v>
+      </c>
+      <c r="J21" s="1" t="n">
+        <v>11.0</v>
+      </c>
+      <c r="K21" s="1" t="n">
+        <v>10.0</v>
+      </c>
+      <c r="L21" s="1" t="n">
+        <v>43.0</v>
+      </c>
+      <c r="M21" s="1" t="n">
+        <v>19.0</v>
+      </c>
+      <c r="N21" s="1" t="n">
+        <v>20.0</v>
+      </c>
+      <c r="O21" s="1" t="n">
+        <v>40.0</v>
+      </c>
+      <c r="P21" s="1" t="n">
+        <v>20.0</v>
+      </c>
+      <c r="Q21" s="1" t="n">
         <v>28.0</v>
-      </c>
-[...28 lines deleted...]
-        <v>19.0</v>
       </c>
     </row>
     <row r="22">
       <c r="A22"/>
       <c r="B22"/>
       <c r="C22" t="inlineStr">
         <is>
           <t>Verlust von Arbeitsplätzen von Arbeitgebern, die ein Gehalt beziehen</t>
         </is>
       </c>
       <c r="D22"/>
       <c r="E22" s="1" t="n">
-        <v>199.0</v>
+        <v>202.0</v>
       </c>
       <c r="F22" s="1" t="n">
-        <v>187.0</v>
+        <v>230.0</v>
       </c>
       <c r="G22" s="1" t="n">
-        <v>208.0</v>
+        <v>177.0</v>
       </c>
       <c r="H22" s="1" t="n">
-        <v>215.0</v>
+        <v>210.0</v>
       </c>
       <c r="I22" s="1" t="n">
-        <v>202.0</v>
+        <v>268.0</v>
       </c>
       <c r="J22" s="1" t="n">
-        <v>230.0</v>
+        <v>148.0</v>
       </c>
       <c r="K22" s="1" t="n">
-        <v>177.0</v>
+        <v>87.0</v>
       </c>
       <c r="L22" s="1" t="n">
-        <v>210.0</v>
+        <v>251.0</v>
       </c>
       <c r="M22" s="1" t="n">
-        <v>268.0</v>
+        <v>221.0</v>
       </c>
       <c r="N22" s="1" t="n">
-        <v>148.0</v>
+        <v>181.0</v>
       </c>
       <c r="O22" s="1" t="n">
-        <v>87.0</v>
+        <v>242.0</v>
       </c>
       <c r="P22" s="1" t="n">
-        <v>250.0</v>
+        <v>196.0</v>
       </c>
       <c r="Q22" s="1" t="n">
-        <v>221.0</v>
+        <v>180.0</v>
       </c>
     </row>
     <row r="23">
       <c r="A23"/>
       <c r="B23"/>
       <c r="C23" t="inlineStr">
         <is>
           <t>Gesamtverlust von Arbeitsplätzen</t>
         </is>
       </c>
       <c r="D23"/>
       <c r="E23" s="1" t="n">
-        <v>502.0</v>
+        <v>434.0</v>
       </c>
       <c r="F23" s="1" t="n">
+        <v>595.0</v>
+      </c>
+      <c r="G23" s="1" t="n">
+        <v>410.0</v>
+      </c>
+      <c r="H23" s="1" t="n">
+        <v>389.0</v>
+      </c>
+      <c r="I23" s="1" t="n">
+        <v>587.0</v>
+      </c>
+      <c r="J23" s="1" t="n">
+        <v>317.0</v>
+      </c>
+      <c r="K23" s="1" t="n">
+        <v>183.0</v>
+      </c>
+      <c r="L23" s="1" t="n">
+        <v>518.0</v>
+      </c>
+      <c r="M23" s="1" t="n">
         <v>361.0</v>
       </c>
-      <c r="G23" s="1" t="n">
-[...19 lines deleted...]
-      </c>
       <c r="N23" s="1" t="n">
-        <v>317.0</v>
+        <v>342.0</v>
       </c>
       <c r="O23" s="1" t="n">
-        <v>183.0</v>
+        <v>471.0</v>
       </c>
       <c r="P23" s="1" t="n">
-        <v>517.0</v>
+        <v>354.0</v>
       </c>
       <c r="Q23" s="1" t="n">
-        <v>361.0</v>
+        <v>465.0</v>
       </c>
     </row>
     <row r="24">
       <c r="A24"/>
       <c r="B24" t="inlineStr">
         <is>
           <t>G Handel/ Instandhaltung und Reparatur von Kraftfahrzeugen</t>
         </is>
       </c>
       <c r="C24" t="inlineStr">
         <is>
           <t>Verlust von Vollzeitarbeitsplätzen</t>
         </is>
       </c>
       <c r="D24"/>
       <c r="E24" s="1" t="n">
-        <v>357.0</v>
+        <v>156.0</v>
       </c>
       <c r="F24" s="1" t="n">
-        <v>113.0</v>
+        <v>303.0</v>
       </c>
       <c r="G24" s="1" t="n">
-        <v>265.0</v>
+        <v>218.0</v>
       </c>
       <c r="H24" s="1" t="n">
-        <v>125.0</v>
+        <v>130.0</v>
       </c>
       <c r="I24" s="1" t="n">
-        <v>156.0</v>
+        <v>165.0</v>
       </c>
       <c r="J24" s="1" t="n">
-        <v>303.0</v>
+        <v>95.0</v>
       </c>
       <c r="K24" s="1" t="n">
-        <v>218.0</v>
+        <v>169.0</v>
       </c>
       <c r="L24" s="1" t="n">
-        <v>130.0</v>
+        <v>122.0</v>
       </c>
       <c r="M24" s="1" t="n">
-        <v>165.0</v>
+        <v>166.0</v>
       </c>
       <c r="N24" s="1" t="n">
-        <v>95.0</v>
+        <v>198.0</v>
       </c>
       <c r="O24" s="1" t="n">
-        <v>169.0</v>
+        <v>368.0</v>
       </c>
       <c r="P24" s="1" t="n">
-        <v>122.0</v>
+        <v>160.0</v>
       </c>
       <c r="Q24" s="1" t="n">
-        <v>166.0</v>
+        <v>183.0</v>
       </c>
     </row>
     <row r="25">
       <c r="A25"/>
       <c r="B25"/>
       <c r="C25" t="inlineStr">
         <is>
           <t>Verlust von Teilzeitarbeitsplätzen</t>
         </is>
       </c>
       <c r="D25"/>
       <c r="E25" s="1" t="n">
-        <v>374.0</v>
+        <v>101.0</v>
       </c>
       <c r="F25" s="1" t="n">
-        <v>54.0</v>
+        <v>280.0</v>
       </c>
       <c r="G25" s="1" t="n">
-        <v>107.0</v>
+        <v>157.0</v>
       </c>
       <c r="H25" s="1" t="n">
-        <v>46.0</v>
+        <v>89.0</v>
       </c>
       <c r="I25" s="1" t="n">
+        <v>94.0</v>
+      </c>
+      <c r="J25" s="1" t="n">
+        <v>68.0</v>
+      </c>
+      <c r="K25" s="1" t="n">
+        <v>164.0</v>
+      </c>
+      <c r="L25" s="1" t="n">
         <v>101.0</v>
       </c>
-      <c r="J25" s="1" t="n">
-[...7 lines deleted...]
-      </c>
       <c r="M25" s="1" t="n">
-        <v>94.0</v>
+        <v>93.0</v>
       </c>
       <c r="N25" s="1" t="n">
+        <v>100.0</v>
+      </c>
+      <c r="O25" s="1" t="n">
+        <v>216.0</v>
+      </c>
+      <c r="P25" s="1" t="n">
         <v>68.0</v>
       </c>
-      <c r="O25" s="1" t="n">
-[...4 lines deleted...]
-      </c>
       <c r="Q25" s="1" t="n">
-        <v>93.0</v>
+        <v>115.0</v>
       </c>
     </row>
     <row r="26">
       <c r="A26"/>
       <c r="B26"/>
       <c r="C26" t="inlineStr">
         <is>
           <t>Verlust von Arbeitsplätzen von Arbeitgebern, die ein Gehalt beziehen</t>
         </is>
       </c>
       <c r="D26"/>
       <c r="E26" s="1" t="n">
-        <v>170.0</v>
+        <v>147.0</v>
       </c>
       <c r="F26" s="1" t="n">
-        <v>133.0</v>
+        <v>177.0</v>
       </c>
       <c r="G26" s="1" t="n">
-        <v>160.0</v>
+        <v>154.0</v>
       </c>
       <c r="H26" s="1" t="n">
-        <v>129.0</v>
+        <v>142.0</v>
       </c>
       <c r="I26" s="1" t="n">
+        <v>178.0</v>
+      </c>
+      <c r="J26" s="1" t="n">
+        <v>121.0</v>
+      </c>
+      <c r="K26" s="1" t="n">
+        <v>77.0</v>
+      </c>
+      <c r="L26" s="1" t="n">
+        <v>191.0</v>
+      </c>
+      <c r="M26" s="1" t="n">
+        <v>173.0</v>
+      </c>
+      <c r="N26" s="1" t="n">
+        <v>123.0</v>
+      </c>
+      <c r="O26" s="1" t="n">
+        <v>157.0</v>
+      </c>
+      <c r="P26" s="1" t="n">
         <v>147.0</v>
       </c>
-      <c r="J26" s="1" t="n">
-[...19 lines deleted...]
-      </c>
       <c r="Q26" s="1" t="n">
-        <v>173.0</v>
+        <v>146.0</v>
       </c>
     </row>
     <row r="27">
       <c r="A27"/>
       <c r="B27"/>
       <c r="C27" t="inlineStr">
         <is>
           <t>Gesamtverlust von Arbeitsplätzen</t>
         </is>
       </c>
       <c r="D27"/>
       <c r="E27" s="1" t="n">
-        <v>901.0</v>
+        <v>404.0</v>
       </c>
       <c r="F27" s="1" t="n">
-        <v>300.0</v>
+        <v>760.0</v>
       </c>
       <c r="G27" s="1" t="n">
-        <v>532.0</v>
+        <v>529.0</v>
       </c>
       <c r="H27" s="1" t="n">
-        <v>300.0</v>
+        <v>361.0</v>
       </c>
       <c r="I27" s="1" t="n">
-        <v>404.0</v>
+        <v>437.0</v>
       </c>
       <c r="J27" s="1" t="n">
-        <v>760.0</v>
+        <v>284.0</v>
       </c>
       <c r="K27" s="1" t="n">
-        <v>529.0</v>
+        <v>410.0</v>
       </c>
       <c r="L27" s="1" t="n">
-        <v>361.0</v>
+        <v>414.0</v>
       </c>
       <c r="M27" s="1" t="n">
-        <v>437.0</v>
+        <v>432.0</v>
       </c>
       <c r="N27" s="1" t="n">
-        <v>284.0</v>
+        <v>421.0</v>
       </c>
       <c r="O27" s="1" t="n">
-        <v>410.0</v>
+        <v>741.0</v>
       </c>
       <c r="P27" s="1" t="n">
-        <v>414.0</v>
+        <v>375.0</v>
       </c>
       <c r="Q27" s="1" t="n">
-        <v>432.0</v>
+        <v>444.0</v>
       </c>
     </row>
     <row r="28">
       <c r="A28"/>
       <c r="B28" t="inlineStr">
         <is>
           <t>H Verkehr und Lagerei</t>
         </is>
       </c>
       <c r="C28" t="inlineStr">
         <is>
           <t>Verlust von Vollzeitarbeitsplätzen</t>
         </is>
       </c>
       <c r="D28"/>
       <c r="E28" s="1" t="n">
-        <v>71.0</v>
+        <v>135.0</v>
       </c>
       <c r="F28" s="1" t="n">
-        <v>145.0</v>
+        <v>205.0</v>
       </c>
       <c r="G28" s="1" t="n">
-        <v>114.0</v>
+        <v>389.0</v>
       </c>
       <c r="H28" s="1" t="n">
-        <v>102.0</v>
+        <v>137.0</v>
       </c>
       <c r="I28" s="1" t="n">
-        <v>135.0</v>
+        <v>136.0</v>
       </c>
       <c r="J28" s="1" t="n">
-        <v>205.0</v>
+        <v>46.0</v>
       </c>
       <c r="K28" s="1" t="n">
-        <v>389.0</v>
+        <v>186.0</v>
       </c>
       <c r="L28" s="1" t="n">
-        <v>137.0</v>
+        <v>183.0</v>
       </c>
       <c r="M28" s="1" t="n">
+        <v>109.0</v>
+      </c>
+      <c r="N28" s="1" t="n">
         <v>136.0</v>
       </c>
-      <c r="N28" s="1" t="n">
-[...1 lines deleted...]
-      </c>
       <c r="O28" s="1" t="n">
-        <v>186.0</v>
+        <v>143.0</v>
       </c>
       <c r="P28" s="1" t="n">
-        <v>183.0</v>
+        <v>104.0</v>
       </c>
       <c r="Q28" s="1" t="n">
-        <v>109.0</v>
+        <v>146.0</v>
       </c>
     </row>
     <row r="29">
       <c r="A29"/>
       <c r="B29"/>
       <c r="C29" t="inlineStr">
         <is>
           <t>Verlust von Teilzeitarbeitsplätzen</t>
         </is>
       </c>
       <c r="D29"/>
       <c r="E29" s="1" t="n">
-        <v>36.0</v>
+        <v>35.0</v>
       </c>
       <c r="F29" s="1" t="n">
+        <v>65.0</v>
+      </c>
+      <c r="G29" s="1" t="n">
+        <v>54.0</v>
+      </c>
+      <c r="H29" s="1" t="n">
+        <v>28.0</v>
+      </c>
+      <c r="I29" s="1" t="n">
+        <v>62.0</v>
+      </c>
+      <c r="J29" s="1" t="n">
+        <v>38.0</v>
+      </c>
+      <c r="K29" s="1" t="n">
+        <v>42.0</v>
+      </c>
+      <c r="L29" s="1" t="n">
+        <v>23.0</v>
+      </c>
+      <c r="M29" s="1" t="n">
+        <v>148.0</v>
+      </c>
+      <c r="N29" s="1" t="n">
         <v>33.0</v>
       </c>
-      <c r="G29" s="1" t="n">
-[...22 lines deleted...]
-      </c>
       <c r="O29" s="1" t="n">
+        <v>27.0</v>
+      </c>
+      <c r="P29" s="1" t="n">
+        <v>45.0</v>
+      </c>
+      <c r="Q29" s="1" t="n">
         <v>42.0</v>
-      </c>
-[...4 lines deleted...]
-        <v>148.0</v>
       </c>
     </row>
     <row r="30">
       <c r="A30"/>
       <c r="B30"/>
       <c r="C30" t="inlineStr">
         <is>
           <t>Verlust von Arbeitsplätzen von Arbeitgebern, die ein Gehalt beziehen</t>
         </is>
       </c>
       <c r="D30"/>
       <c r="E30" s="1" t="n">
-        <v>56.0</v>
+        <v>54.0</v>
       </c>
       <c r="F30" s="1" t="n">
-        <v>35.0</v>
+        <v>51.0</v>
       </c>
       <c r="G30" s="1" t="n">
         <v>48.0</v>
       </c>
       <c r="H30" s="1" t="n">
-        <v>40.0</v>
+        <v>51.0</v>
       </c>
       <c r="I30" s="1" t="n">
-        <v>54.0</v>
+        <v>44.0</v>
       </c>
       <c r="J30" s="1" t="n">
-        <v>51.0</v>
+        <v>36.0</v>
       </c>
       <c r="K30" s="1" t="n">
-        <v>48.0</v>
+        <v>17.0</v>
       </c>
       <c r="L30" s="1" t="n">
-        <v>51.0</v>
+        <v>72.0</v>
       </c>
       <c r="M30" s="1" t="n">
-        <v>44.0</v>
+        <v>49.0</v>
       </c>
       <c r="N30" s="1" t="n">
-        <v>36.0</v>
+        <v>39.0</v>
       </c>
       <c r="O30" s="1" t="n">
-        <v>17.0</v>
+        <v>73.0</v>
       </c>
       <c r="P30" s="1" t="n">
-        <v>72.0</v>
+        <v>47.0</v>
       </c>
       <c r="Q30" s="1" t="n">
-        <v>49.0</v>
+        <v>59.0</v>
       </c>
     </row>
     <row r="31">
       <c r="A31"/>
       <c r="B31"/>
       <c r="C31" t="inlineStr">
         <is>
           <t>Gesamtverlust von Arbeitsplätzen</t>
         </is>
       </c>
       <c r="D31"/>
       <c r="E31" s="1" t="n">
-        <v>163.0</v>
+        <v>224.0</v>
       </c>
       <c r="F31" s="1" t="n">
-        <v>213.0</v>
+        <v>321.0</v>
       </c>
       <c r="G31" s="1" t="n">
-        <v>194.0</v>
+        <v>491.0</v>
       </c>
       <c r="H31" s="1" t="n">
-        <v>163.0</v>
+        <v>216.0</v>
       </c>
       <c r="I31" s="1" t="n">
-        <v>224.0</v>
+        <v>242.0</v>
       </c>
       <c r="J31" s="1" t="n">
-        <v>321.0</v>
+        <v>120.0</v>
       </c>
       <c r="K31" s="1" t="n">
-        <v>491.0</v>
+        <v>245.0</v>
       </c>
       <c r="L31" s="1" t="n">
-        <v>216.0</v>
+        <v>278.0</v>
       </c>
       <c r="M31" s="1" t="n">
-        <v>242.0</v>
+        <v>306.0</v>
       </c>
       <c r="N31" s="1" t="n">
-        <v>120.0</v>
+        <v>208.0</v>
       </c>
       <c r="O31" s="1" t="n">
-        <v>245.0</v>
+        <v>243.0</v>
       </c>
       <c r="P31" s="1" t="n">
-        <v>278.0</v>
+        <v>196.0</v>
       </c>
       <c r="Q31" s="1" t="n">
-        <v>306.0</v>
+        <v>247.0</v>
       </c>
     </row>
     <row r="32">
       <c r="A32"/>
       <c r="B32" t="inlineStr">
         <is>
           <t>I Gastgewerbe/Beherbergung und Gastronomie</t>
         </is>
       </c>
       <c r="C32" t="inlineStr">
         <is>
           <t>Verlust von Vollzeitarbeitsplätzen</t>
         </is>
       </c>
       <c r="D32"/>
       <c r="E32" s="1" t="n">
-        <v>112.0</v>
+        <v>102.0</v>
       </c>
       <c r="F32" s="1" t="n">
-        <v>150.0</v>
+        <v>99.0</v>
       </c>
       <c r="G32" s="1" t="n">
-        <v>136.0</v>
+        <v>125.0</v>
       </c>
       <c r="H32" s="1" t="n">
-        <v>441.0</v>
+        <v>91.0</v>
       </c>
       <c r="I32" s="1" t="n">
-        <v>102.0</v>
+        <v>146.0</v>
       </c>
       <c r="J32" s="1" t="n">
-        <v>99.0</v>
+        <v>147.0</v>
       </c>
       <c r="K32" s="1" t="n">
-        <v>125.0</v>
+        <v>68.0</v>
       </c>
       <c r="L32" s="1" t="n">
-        <v>91.0</v>
+        <v>116.0</v>
       </c>
       <c r="M32" s="1" t="n">
-        <v>146.0</v>
+        <v>133.0</v>
       </c>
       <c r="N32" s="1" t="n">
+        <v>158.0</v>
+      </c>
+      <c r="O32" s="1" t="n">
         <v>147.0</v>
       </c>
-      <c r="O32" s="1" t="n">
-[...1 lines deleted...]
-      </c>
       <c r="P32" s="1" t="n">
-        <v>116.0</v>
+        <v>107.0</v>
       </c>
       <c r="Q32" s="1" t="n">
-        <v>133.0</v>
+        <v>164.0</v>
       </c>
     </row>
     <row r="33">
       <c r="A33"/>
       <c r="B33"/>
       <c r="C33" t="inlineStr">
         <is>
           <t>Verlust von Teilzeitarbeitsplätzen</t>
         </is>
       </c>
       <c r="D33"/>
       <c r="E33" s="1" t="n">
-        <v>153.0</v>
+        <v>206.0</v>
       </c>
       <c r="F33" s="1" t="n">
-        <v>151.0</v>
+        <v>225.0</v>
       </c>
       <c r="G33" s="1" t="n">
-        <v>150.0</v>
+        <v>247.0</v>
       </c>
       <c r="H33" s="1" t="n">
-        <v>457.0</v>
+        <v>91.0</v>
       </c>
       <c r="I33" s="1" t="n">
+        <v>218.0</v>
+      </c>
+      <c r="J33" s="1" t="n">
+        <v>121.0</v>
+      </c>
+      <c r="K33" s="1" t="n">
+        <v>89.0</v>
+      </c>
+      <c r="L33" s="1" t="n">
+        <v>226.0</v>
+      </c>
+      <c r="M33" s="1" t="n">
         <v>206.0</v>
       </c>
-      <c r="J33" s="1" t="n">
-[...10 lines deleted...]
-      </c>
       <c r="N33" s="1" t="n">
-        <v>121.0</v>
+        <v>182.0</v>
       </c>
       <c r="O33" s="1" t="n">
-        <v>89.0</v>
+        <v>183.0</v>
       </c>
       <c r="P33" s="1" t="n">
-        <v>226.0</v>
+        <v>167.0</v>
       </c>
       <c r="Q33" s="1" t="n">
-        <v>206.0</v>
+        <v>148.0</v>
       </c>
     </row>
     <row r="34">
       <c r="A34"/>
       <c r="B34"/>
       <c r="C34" t="inlineStr">
         <is>
           <t>Verlust von Arbeitsplätzen von Arbeitgebern, die ein Gehalt beziehen</t>
         </is>
       </c>
       <c r="D34"/>
       <c r="E34" s="1" t="n">
-        <v>130.0</v>
+        <v>119.0</v>
       </c>
       <c r="F34" s="1" t="n">
-        <v>86.0</v>
+        <v>138.0</v>
       </c>
       <c r="G34" s="1" t="n">
-        <v>136.0</v>
+        <v>123.0</v>
       </c>
       <c r="H34" s="1" t="n">
-        <v>134.0</v>
+        <v>98.0</v>
       </c>
       <c r="I34" s="1" t="n">
+        <v>131.0</v>
+      </c>
+      <c r="J34" s="1" t="n">
+        <v>84.0</v>
+      </c>
+      <c r="K34" s="1" t="n">
+        <v>65.0</v>
+      </c>
+      <c r="L34" s="1" t="n">
+        <v>133.0</v>
+      </c>
+      <c r="M34" s="1" t="n">
+        <v>135.0</v>
+      </c>
+      <c r="N34" s="1" t="n">
+        <v>118.0</v>
+      </c>
+      <c r="O34" s="1" t="n">
+        <v>129.0</v>
+      </c>
+      <c r="P34" s="1" t="n">
+        <v>124.0</v>
+      </c>
+      <c r="Q34" s="1" t="n">
         <v>119.0</v>
-      </c>
-[...22 lines deleted...]
-        <v>136.0</v>
       </c>
     </row>
     <row r="35">
       <c r="A35"/>
       <c r="B35"/>
       <c r="C35" t="inlineStr">
         <is>
           <t>Gesamtverlust von Arbeitsplätzen</t>
         </is>
       </c>
       <c r="D35"/>
       <c r="E35" s="1" t="n">
-        <v>395.0</v>
+        <v>427.0</v>
       </c>
       <c r="F35" s="1" t="n">
-        <v>387.0</v>
+        <v>462.0</v>
       </c>
       <c r="G35" s="1" t="n">
-        <v>422.0</v>
+        <v>495.0</v>
       </c>
       <c r="H35" s="1" t="n">
-        <v>1032.0</v>
+        <v>280.0</v>
       </c>
       <c r="I35" s="1" t="n">
-        <v>427.0</v>
+        <v>495.0</v>
       </c>
       <c r="J35" s="1" t="n">
-        <v>462.0</v>
+        <v>352.0</v>
       </c>
       <c r="K35" s="1" t="n">
-        <v>495.0</v>
+        <v>222.0</v>
       </c>
       <c r="L35" s="1" t="n">
-        <v>280.0</v>
+        <v>475.0</v>
       </c>
       <c r="M35" s="1" t="n">
-        <v>495.0</v>
+        <v>474.0</v>
       </c>
       <c r="N35" s="1" t="n">
-        <v>352.0</v>
+        <v>458.0</v>
       </c>
       <c r="O35" s="1" t="n">
-        <v>222.0</v>
+        <v>459.0</v>
       </c>
       <c r="P35" s="1" t="n">
-        <v>474.0</v>
+        <v>398.0</v>
       </c>
       <c r="Q35" s="1" t="n">
-        <v>475.0</v>
+        <v>431.0</v>
       </c>
     </row>
     <row r="36">
       <c r="A36"/>
       <c r="B36" t="inlineStr">
         <is>
           <t>J Information und Kommunikation</t>
         </is>
       </c>
       <c r="C36" t="inlineStr">
         <is>
           <t>Verlust von Vollzeitarbeitsplätzen</t>
         </is>
       </c>
       <c r="D36"/>
       <c r="E36" s="1" t="n">
-        <v>3.0</v>
+        <v>44.0</v>
       </c>
       <c r="F36" s="1" t="n">
+        <v>6.0</v>
+      </c>
+      <c r="G36" s="1" t="n">
+        <v>59.0</v>
+      </c>
+      <c r="H36" s="1" t="n">
+        <v>20.0</v>
+      </c>
+      <c r="I36" s="1" t="n">
+        <v>5.0</v>
+      </c>
+      <c r="J36" s="1" t="n">
+        <v>19.0</v>
+      </c>
+      <c r="K36" s="1" t="n">
+        <v>58.0</v>
+      </c>
+      <c r="L36" s="1" t="n">
         <v>12.0</v>
       </c>
-      <c r="G36" s="1" t="n">
-[...16 lines deleted...]
-      </c>
       <c r="M36" s="1" t="n">
-        <v>5.0</v>
+        <v>8.0</v>
       </c>
       <c r="N36" s="1" t="n">
-        <v>19.0</v>
+        <v>16.0</v>
       </c>
       <c r="O36" s="1" t="n">
-        <v>58.0</v>
+        <v>36.0</v>
       </c>
       <c r="P36" s="1" t="n">
-        <v>12.0</v>
+        <v>13.0</v>
       </c>
       <c r="Q36" s="1" t="n">
-        <v>8.0</v>
+        <v>34.0</v>
       </c>
     </row>
     <row r="37">
       <c r="A37"/>
       <c r="B37"/>
       <c r="C37" t="inlineStr">
         <is>
           <t>Verlust von Teilzeitarbeitsplätzen</t>
         </is>
       </c>
       <c r="D37"/>
       <c r="E37" s="1" t="n">
+        <v>5.0</v>
+      </c>
+      <c r="F37" s="1" t="n">
+        <v>3.0</v>
+      </c>
+      <c r="G37" s="1" t="n">
+        <v>15.0</v>
+      </c>
+      <c r="H37" s="1" t="n">
+        <v>18.0</v>
+      </c>
+      <c r="I37" s="1" t="n">
+        <v>4.0</v>
+      </c>
+      <c r="J37" s="1" t="n">
+        <v>10.0</v>
+      </c>
+      <c r="K37" s="1" t="n">
+        <v>4.0</v>
+      </c>
+      <c r="L37" s="1" t="n">
+        <v>6.0</v>
+      </c>
+      <c r="M37" s="1" t="n">
         <v>1.0</v>
       </c>
-      <c r="F37" s="1" t="n">
-[...11 lines deleted...]
-      <c r="J37" s="1" t="n">
+      <c r="N37" s="1" t="n">
         <v>3.0</v>
       </c>
-      <c r="K37" s="1" t="n">
-[...10 lines deleted...]
-      </c>
       <c r="O37" s="1" t="n">
-        <v>4.0</v>
+        <v>3.0</v>
       </c>
       <c r="P37" s="1" t="n">
-        <v>6.0</v>
+        <v>3.0</v>
       </c>
       <c r="Q37" s="1" t="n">
-        <v>1.0</v>
+        <v>16.0</v>
       </c>
     </row>
     <row r="38">
       <c r="A38"/>
       <c r="B38"/>
       <c r="C38" t="inlineStr">
         <is>
           <t>Verlust von Arbeitsplätzen von Arbeitgebern, die ein Gehalt beziehen</t>
         </is>
       </c>
       <c r="D38"/>
       <c r="E38" s="1" t="n">
-        <v>25.0</v>
+        <v>18.0</v>
       </c>
       <c r="F38" s="1" t="n">
+        <v>26.0</v>
+      </c>
+      <c r="G38" s="1" t="n">
+        <v>28.0</v>
+      </c>
+      <c r="H38" s="1" t="n">
+        <v>32.0</v>
+      </c>
+      <c r="I38" s="1" t="n">
+        <v>34.0</v>
+      </c>
+      <c r="J38" s="1" t="n">
+        <v>20.0</v>
+      </c>
+      <c r="K38" s="1" t="n">
         <v>19.0</v>
       </c>
-      <c r="G38" s="1" t="n">
-[...8 lines deleted...]
-      <c r="J38" s="1" t="n">
+      <c r="L38" s="1" t="n">
+        <v>38.0</v>
+      </c>
+      <c r="M38" s="1" t="n">
+        <v>38.0</v>
+      </c>
+      <c r="N38" s="1" t="n">
+        <v>34.0</v>
+      </c>
+      <c r="O38" s="1" t="n">
+        <v>54.0</v>
+      </c>
+      <c r="P38" s="1" t="n">
+        <v>37.0</v>
+      </c>
+      <c r="Q38" s="1" t="n">
         <v>26.0</v>
-      </c>
-[...19 lines deleted...]
-        <v>38.0</v>
       </c>
     </row>
     <row r="39">
       <c r="A39"/>
       <c r="B39"/>
       <c r="C39" t="inlineStr">
         <is>
           <t>Gesamtverlust von Arbeitsplätzen</t>
         </is>
       </c>
       <c r="D39"/>
       <c r="E39" s="1" t="n">
-        <v>29.0</v>
+        <v>67.0</v>
       </c>
       <c r="F39" s="1" t="n">
         <v>35.0</v>
       </c>
       <c r="G39" s="1" t="n">
-        <v>52.0</v>
+        <v>102.0</v>
       </c>
       <c r="H39" s="1" t="n">
-        <v>23.0</v>
+        <v>70.0</v>
       </c>
       <c r="I39" s="1" t="n">
-        <v>67.0</v>
+        <v>43.0</v>
       </c>
       <c r="J39" s="1" t="n">
-        <v>35.0</v>
+        <v>49.0</v>
       </c>
       <c r="K39" s="1" t="n">
-        <v>102.0</v>
+        <v>81.0</v>
       </c>
       <c r="L39" s="1" t="n">
-        <v>70.0</v>
+        <v>56.0</v>
       </c>
       <c r="M39" s="1" t="n">
-        <v>43.0</v>
+        <v>47.0</v>
       </c>
       <c r="N39" s="1" t="n">
-        <v>49.0</v>
+        <v>53.0</v>
       </c>
       <c r="O39" s="1" t="n">
-        <v>81.0</v>
+        <v>93.0</v>
       </c>
       <c r="P39" s="1" t="n">
-        <v>56.0</v>
+        <v>53.0</v>
       </c>
       <c r="Q39" s="1" t="n">
-        <v>47.0</v>
+        <v>76.0</v>
       </c>
     </row>
     <row r="40">
       <c r="A40"/>
       <c r="B40" t="inlineStr">
         <is>
           <t>K Erbringung von Finanz- und Versicherungsdienstleistungen</t>
         </is>
       </c>
       <c r="C40" t="inlineStr">
         <is>
           <t>Verlust von Vollzeitarbeitsplätzen</t>
         </is>
       </c>
       <c r="D40"/>
       <c r="E40" s="1" t="n">
-        <v>3.0</v>
+        <v>1.0</v>
       </c>
       <c r="F40" s="1" t="n">
-        <v>4.0</v>
+        <v>0.0</v>
       </c>
       <c r="G40" s="1" t="n">
-        <v>9.0</v>
+        <v>1.0</v>
       </c>
       <c r="H40" s="1" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="I40" s="1" t="n">
+        <v>12.0</v>
+      </c>
+      <c r="J40" s="1" t="n">
         <v>1.0</v>
       </c>
-      <c r="I40" s="1" t="n">
+      <c r="K40" s="1" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="L40" s="1" t="n">
+        <v>8.0</v>
+      </c>
+      <c r="M40" s="1" t="n">
         <v>1.0</v>
-      </c>
-[...10 lines deleted...]
-        <v>12.0</v>
       </c>
       <c r="N40" s="1" t="n">
         <v>1.0</v>
       </c>
       <c r="O40" s="1" t="n">
         <v>0.0</v>
       </c>
       <c r="P40" s="1" t="n">
-        <v>8.0</v>
+        <v>0.0</v>
       </c>
       <c r="Q40" s="1" t="n">
         <v>1.0</v>
       </c>
     </row>
     <row r="41">
       <c r="A41"/>
       <c r="B41"/>
       <c r="C41" t="inlineStr">
         <is>
           <t>Verlust von Teilzeitarbeitsplätzen</t>
         </is>
       </c>
       <c r="D41"/>
       <c r="E41" s="1" t="n">
+        <v>1.0</v>
+      </c>
+      <c r="F41" s="1" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="G41" s="1" t="n">
+        <v>1.0</v>
+      </c>
+      <c r="H41" s="1" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="I41" s="1" t="n">
         <v>2.0</v>
       </c>
-      <c r="F41" s="1" t="n">
+      <c r="J41" s="1" t="n">
         <v>1.0</v>
       </c>
-      <c r="G41" s="1" t="n">
-[...2 lines deleted...]
-      <c r="H41" s="1" t="n">
+      <c r="K41" s="1" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="L41" s="1" t="n">
+        <v>1.0</v>
+      </c>
+      <c r="M41" s="1" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="N41" s="1" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="O41" s="1" t="n">
         <v>2.0</v>
-      </c>
-[...19 lines deleted...]
-        <v>0.0</v>
       </c>
       <c r="P41" s="1" t="n">
         <v>1.0</v>
       </c>
       <c r="Q41" s="1" t="n">
-        <v>0.0</v>
+        <v>1.0</v>
       </c>
     </row>
     <row r="42">
       <c r="A42"/>
       <c r="B42"/>
       <c r="C42" t="inlineStr">
         <is>
           <t>Verlust von Arbeitsplätzen von Arbeitgebern, die ein Gehalt beziehen</t>
         </is>
       </c>
       <c r="D42"/>
       <c r="E42" s="1" t="n">
-        <v>3.0</v>
+        <v>2.0</v>
       </c>
       <c r="F42" s="1" t="n">
-        <v>2.0</v>
+        <v>5.0</v>
       </c>
       <c r="G42" s="1" t="n">
-        <v>2.0</v>
+        <v>10.0</v>
       </c>
       <c r="H42" s="1" t="n">
         <v>7.0</v>
       </c>
       <c r="I42" s="1" t="n">
-        <v>2.0</v>
+        <v>5.0</v>
       </c>
       <c r="J42" s="1" t="n">
-        <v>5.0</v>
+        <v>4.0</v>
       </c>
       <c r="K42" s="1" t="n">
-        <v>10.0</v>
+        <v>4.0</v>
       </c>
       <c r="L42" s="1" t="n">
+        <v>9.0</v>
+      </c>
+      <c r="M42" s="1" t="n">
         <v>7.0</v>
       </c>
-      <c r="M42" s="1" t="n">
-[...1 lines deleted...]
-      </c>
       <c r="N42" s="1" t="n">
+        <v>6.0</v>
+      </c>
+      <c r="O42" s="1" t="n">
+        <v>3.0</v>
+      </c>
+      <c r="P42" s="1" t="n">
         <v>4.0</v>
       </c>
-      <c r="O42" s="1" t="n">
-[...4 lines deleted...]
-      </c>
       <c r="Q42" s="1" t="n">
-        <v>7.0</v>
+        <v>3.0</v>
       </c>
     </row>
     <row r="43">
       <c r="A43"/>
       <c r="B43"/>
       <c r="C43" t="inlineStr">
         <is>
           <t>Gesamtverlust von Arbeitsplätzen</t>
         </is>
       </c>
       <c r="D43"/>
       <c r="E43" s="1" t="n">
+        <v>4.0</v>
+      </c>
+      <c r="F43" s="1" t="n">
+        <v>5.0</v>
+      </c>
+      <c r="G43" s="1" t="n">
+        <v>12.0</v>
+      </c>
+      <c r="H43" s="1" t="n">
+        <v>7.0</v>
+      </c>
+      <c r="I43" s="1" t="n">
+        <v>19.0</v>
+      </c>
+      <c r="J43" s="1" t="n">
+        <v>6.0</v>
+      </c>
+      <c r="K43" s="1" t="n">
+        <v>4.0</v>
+      </c>
+      <c r="L43" s="1" t="n">
+        <v>18.0</v>
+      </c>
+      <c r="M43" s="1" t="n">
         <v>8.0</v>
       </c>
-      <c r="F43" s="1" t="n">
+      <c r="N43" s="1" t="n">
         <v>7.0</v>
       </c>
-      <c r="G43" s="1" t="n">
-[...8 lines deleted...]
-      <c r="J43" s="1" t="n">
+      <c r="O43" s="1" t="n">
         <v>5.0</v>
       </c>
-      <c r="K43" s="1" t="n">
-[...13 lines deleted...]
-      </c>
       <c r="P43" s="1" t="n">
-        <v>18.0</v>
+        <v>5.0</v>
       </c>
       <c r="Q43" s="1" t="n">
-        <v>8.0</v>
+        <v>5.0</v>
       </c>
     </row>
     <row r="44">
       <c r="A44"/>
       <c r="B44" t="inlineStr">
         <is>
           <t>L Grundstücks- und Wohnungswesen</t>
         </is>
       </c>
       <c r="C44" t="inlineStr">
         <is>
           <t>Verlust von Vollzeitarbeitsplätzen</t>
         </is>
       </c>
       <c r="D44"/>
       <c r="E44" s="1" t="n">
-        <v>1.0</v>
+        <v>4.0</v>
       </c>
       <c r="F44" s="1" t="n">
+        <v>4.0</v>
+      </c>
+      <c r="G44" s="1" t="n">
         <v>2.0</v>
       </c>
-      <c r="G44" s="1" t="n">
-[...1 lines deleted...]
-      </c>
       <c r="H44" s="1" t="n">
-        <v>6.0</v>
+        <v>0.0</v>
       </c>
       <c r="I44" s="1" t="n">
+        <v>20.0</v>
+      </c>
+      <c r="J44" s="1" t="n">
+        <v>7.0</v>
+      </c>
+      <c r="K44" s="1" t="n">
+        <v>3.0</v>
+      </c>
+      <c r="L44" s="1" t="n">
+        <v>20.0</v>
+      </c>
+      <c r="M44" s="1" t="n">
+        <v>13.0</v>
+      </c>
+      <c r="N44" s="1" t="n">
         <v>4.0</v>
       </c>
-      <c r="J44" s="1" t="n">
-[...13 lines deleted...]
-      </c>
       <c r="O44" s="1" t="n">
+        <v>14.0</v>
+      </c>
+      <c r="P44" s="1" t="n">
         <v>3.0</v>
       </c>
-      <c r="P44" s="1" t="n">
-[...1 lines deleted...]
-      </c>
       <c r="Q44" s="1" t="n">
-        <v>13.0</v>
+        <v>14.0</v>
       </c>
     </row>
     <row r="45">
       <c r="A45"/>
       <c r="B45"/>
       <c r="C45" t="inlineStr">
         <is>
           <t>Verlust von Teilzeitarbeitsplätzen</t>
         </is>
       </c>
       <c r="D45"/>
       <c r="E45" s="1" t="n">
+        <v>3.0</v>
+      </c>
+      <c r="F45" s="1" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="G45" s="1" t="n">
         <v>2.0</v>
       </c>
-      <c r="F45" s="1" t="n">
-[...2 lines deleted...]
-      <c r="G45" s="1" t="n">
+      <c r="H45" s="1" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="I45" s="1" t="n">
+        <v>7.0</v>
+      </c>
+      <c r="J45" s="1" t="n">
+        <v>4.0</v>
+      </c>
+      <c r="K45" s="1" t="n">
         <v>1.0</v>
       </c>
-      <c r="H45" s="1" t="n">
+      <c r="L45" s="1" t="n">
+        <v>5.0</v>
+      </c>
+      <c r="M45" s="1" t="n">
         <v>3.0</v>
       </c>
-      <c r="I45" s="1" t="n">
-[...11 lines deleted...]
-      <c r="M45" s="1" t="n">
+      <c r="N45" s="1" t="n">
+        <v>5.0</v>
+      </c>
+      <c r="O45" s="1" t="n">
         <v>7.0</v>
       </c>
-      <c r="N45" s="1" t="n">
+      <c r="P45" s="1" t="n">
+        <v>1.0</v>
+      </c>
+      <c r="Q45" s="1" t="n">
         <v>4.0</v>
-      </c>
-[...7 lines deleted...]
-        <v>3.0</v>
       </c>
     </row>
     <row r="46">
       <c r="A46"/>
       <c r="B46"/>
       <c r="C46" t="inlineStr">
         <is>
           <t>Verlust von Arbeitsplätzen von Arbeitgebern, die ein Gehalt beziehen</t>
         </is>
       </c>
       <c r="D46"/>
       <c r="E46" s="1" t="n">
+        <v>14.0</v>
+      </c>
+      <c r="F46" s="1" t="n">
+        <v>17.0</v>
+      </c>
+      <c r="G46" s="1" t="n">
         <v>13.0</v>
       </c>
-      <c r="F46" s="1" t="n">
-[...4 lines deleted...]
-      </c>
       <c r="H46" s="1" t="n">
+        <v>14.0</v>
+      </c>
+      <c r="I46" s="1" t="n">
+        <v>16.0</v>
+      </c>
+      <c r="J46" s="1" t="n">
+        <v>5.0</v>
+      </c>
+      <c r="K46" s="1" t="n">
+        <v>8.0</v>
+      </c>
+      <c r="L46" s="1" t="n">
+        <v>18.0</v>
+      </c>
+      <c r="M46" s="1" t="n">
+        <v>21.0</v>
+      </c>
+      <c r="N46" s="1" t="n">
+        <v>22.0</v>
+      </c>
+      <c r="O46" s="1" t="n">
+        <v>22.0</v>
+      </c>
+      <c r="P46" s="1" t="n">
+        <v>17.0</v>
+      </c>
+      <c r="Q46" s="1" t="n">
         <v>15.0</v>
-      </c>
-[...25 lines deleted...]
-        <v>21.0</v>
       </c>
     </row>
     <row r="47">
       <c r="A47"/>
       <c r="B47"/>
       <c r="C47" t="inlineStr">
         <is>
           <t>Gesamtverlust von Arbeitsplätzen</t>
         </is>
       </c>
       <c r="D47"/>
       <c r="E47" s="1" t="n">
+        <v>21.0</v>
+      </c>
+      <c r="F47" s="1" t="n">
+        <v>21.0</v>
+      </c>
+      <c r="G47" s="1" t="n">
+        <v>17.0</v>
+      </c>
+      <c r="H47" s="1" t="n">
+        <v>14.0</v>
+      </c>
+      <c r="I47" s="1" t="n">
+        <v>43.0</v>
+      </c>
+      <c r="J47" s="1" t="n">
         <v>16.0</v>
       </c>
-      <c r="F47" s="1" t="n">
-[...8 lines deleted...]
-      <c r="I47" s="1" t="n">
+      <c r="K47" s="1" t="n">
+        <v>12.0</v>
+      </c>
+      <c r="L47" s="1" t="n">
+        <v>43.0</v>
+      </c>
+      <c r="M47" s="1" t="n">
+        <v>37.0</v>
+      </c>
+      <c r="N47" s="1" t="n">
+        <v>31.0</v>
+      </c>
+      <c r="O47" s="1" t="n">
+        <v>43.0</v>
+      </c>
+      <c r="P47" s="1" t="n">
         <v>21.0</v>
       </c>
-      <c r="J47" s="1" t="n">
-[...19 lines deleted...]
-      </c>
       <c r="Q47" s="1" t="n">
-        <v>37.0</v>
+        <v>33.0</v>
       </c>
     </row>
     <row r="48">
       <c r="A48"/>
       <c r="B48" t="inlineStr">
         <is>
           <t>M Erbringung von freiberuflichen, wissenschaftlichen und technischen Dienstleistungen</t>
         </is>
       </c>
       <c r="C48" t="inlineStr">
         <is>
           <t>Verlust von Vollzeitarbeitsplätzen</t>
         </is>
       </c>
       <c r="D48"/>
       <c r="E48" s="1" t="n">
+        <v>61.0</v>
+      </c>
+      <c r="F48" s="1" t="n">
+        <v>49.0</v>
+      </c>
+      <c r="G48" s="1" t="n">
+        <v>62.0</v>
+      </c>
+      <c r="H48" s="1" t="n">
+        <v>42.0</v>
+      </c>
+      <c r="I48" s="1" t="n">
+        <v>91.0</v>
+      </c>
+      <c r="J48" s="1" t="n">
+        <v>26.0</v>
+      </c>
+      <c r="K48" s="1" t="n">
+        <v>339.0</v>
+      </c>
+      <c r="L48" s="1" t="n">
+        <v>28.0</v>
+      </c>
+      <c r="M48" s="1" t="n">
         <v>36.0</v>
       </c>
-      <c r="F48" s="1" t="n">
-[...22 lines deleted...]
-      </c>
       <c r="N48" s="1" t="n">
-        <v>26.0</v>
+        <v>40.0</v>
       </c>
       <c r="O48" s="1" t="n">
-        <v>339.0</v>
+        <v>28.0</v>
       </c>
       <c r="P48" s="1" t="n">
-        <v>28.0</v>
+        <v>29.0</v>
       </c>
       <c r="Q48" s="1" t="n">
-        <v>35.0</v>
+        <v>32.0</v>
       </c>
     </row>
     <row r="49">
       <c r="A49"/>
       <c r="B49"/>
       <c r="C49" t="inlineStr">
         <is>
           <t>Verlust von Teilzeitarbeitsplätzen</t>
         </is>
       </c>
       <c r="D49"/>
       <c r="E49" s="1" t="n">
-        <v>4.0</v>
+        <v>9.0</v>
       </c>
       <c r="F49" s="1" t="n">
-        <v>26.0</v>
+        <v>8.0</v>
       </c>
       <c r="G49" s="1" t="n">
-        <v>17.0</v>
+        <v>27.0</v>
       </c>
       <c r="H49" s="1" t="n">
+        <v>12.0</v>
+      </c>
+      <c r="I49" s="1" t="n">
+        <v>25.0</v>
+      </c>
+      <c r="J49" s="1" t="n">
         <v>15.0</v>
       </c>
-      <c r="I49" s="1" t="n">
-[...4 lines deleted...]
-      </c>
       <c r="K49" s="1" t="n">
-        <v>27.0</v>
+        <v>47.0</v>
       </c>
       <c r="L49" s="1" t="n">
-        <v>12.0</v>
+        <v>19.0</v>
       </c>
       <c r="M49" s="1" t="n">
-        <v>25.0</v>
+        <v>16.0</v>
       </c>
       <c r="N49" s="1" t="n">
         <v>15.0</v>
       </c>
       <c r="O49" s="1" t="n">
-        <v>47.0</v>
+        <v>4.0</v>
       </c>
       <c r="P49" s="1" t="n">
-        <v>19.0</v>
+        <v>9.0</v>
       </c>
       <c r="Q49" s="1" t="n">
-        <v>16.0</v>
+        <v>7.0</v>
       </c>
     </row>
     <row r="50">
       <c r="A50"/>
       <c r="B50"/>
       <c r="C50" t="inlineStr">
         <is>
           <t>Verlust von Arbeitsplätzen von Arbeitgebern, die ein Gehalt beziehen</t>
         </is>
       </c>
       <c r="D50"/>
       <c r="E50" s="1" t="n">
-        <v>73.0</v>
+        <v>64.0</v>
       </c>
       <c r="F50" s="1" t="n">
-        <v>64.0</v>
+        <v>70.0</v>
       </c>
       <c r="G50" s="1" t="n">
-        <v>71.0</v>
+        <v>67.0</v>
       </c>
       <c r="H50" s="1" t="n">
-        <v>71.0</v>
+        <v>49.0</v>
       </c>
       <c r="I50" s="1" t="n">
-        <v>64.0</v>
+        <v>100.0</v>
       </c>
       <c r="J50" s="1" t="n">
+        <v>37.0</v>
+      </c>
+      <c r="K50" s="1" t="n">
+        <v>30.0</v>
+      </c>
+      <c r="L50" s="1" t="n">
+        <v>99.0</v>
+      </c>
+      <c r="M50" s="1" t="n">
+        <v>61.0</v>
+      </c>
+      <c r="N50" s="1" t="n">
+        <v>68.0</v>
+      </c>
+      <c r="O50" s="1" t="n">
         <v>70.0</v>
       </c>
-      <c r="K50" s="1" t="n">
-[...13 lines deleted...]
-      </c>
       <c r="P50" s="1" t="n">
-        <v>99.0</v>
+        <v>55.0</v>
       </c>
       <c r="Q50" s="1" t="n">
-        <v>61.0</v>
+        <v>78.0</v>
       </c>
     </row>
     <row r="51">
       <c r="A51"/>
       <c r="B51"/>
       <c r="C51" t="inlineStr">
         <is>
           <t>Gesamtverlust von Arbeitsplätzen</t>
         </is>
       </c>
       <c r="D51"/>
       <c r="E51" s="1" t="n">
+        <v>134.0</v>
+      </c>
+      <c r="F51" s="1" t="n">
+        <v>127.0</v>
+      </c>
+      <c r="G51" s="1" t="n">
+        <v>156.0</v>
+      </c>
+      <c r="H51" s="1" t="n">
+        <v>103.0</v>
+      </c>
+      <c r="I51" s="1" t="n">
+        <v>216.0</v>
+      </c>
+      <c r="J51" s="1" t="n">
+        <v>78.0</v>
+      </c>
+      <c r="K51" s="1" t="n">
+        <v>416.0</v>
+      </c>
+      <c r="L51" s="1" t="n">
+        <v>146.0</v>
+      </c>
+      <c r="M51" s="1" t="n">
         <v>113.0</v>
       </c>
-      <c r="F51" s="1" t="n">
-[...22 lines deleted...]
-      </c>
       <c r="N51" s="1" t="n">
-        <v>78.0</v>
+        <v>123.0</v>
       </c>
       <c r="O51" s="1" t="n">
-        <v>416.0</v>
+        <v>102.0</v>
       </c>
       <c r="P51" s="1" t="n">
-        <v>146.0</v>
+        <v>93.0</v>
       </c>
       <c r="Q51" s="1" t="n">
-        <v>112.0</v>
+        <v>117.0</v>
       </c>
     </row>
     <row r="52">
       <c r="A52"/>
       <c r="B52" t="inlineStr">
         <is>
           <t>N Erbringung von sonstigen wirtschaftlichen Dienstleistungen</t>
         </is>
       </c>
       <c r="C52" t="inlineStr">
         <is>
           <t>Verlust von Vollzeitarbeitsplätzen</t>
         </is>
       </c>
       <c r="D52"/>
       <c r="E52" s="1" t="n">
-        <v>66.0</v>
+        <v>108.0</v>
       </c>
       <c r="F52" s="1" t="n">
-        <v>30.0</v>
+        <v>72.0</v>
       </c>
       <c r="G52" s="1" t="n">
-        <v>47.0</v>
+        <v>13.0</v>
       </c>
       <c r="H52" s="1" t="n">
-        <v>59.0</v>
+        <v>37.0</v>
       </c>
       <c r="I52" s="1" t="n">
-        <v>108.0</v>
+        <v>139.0</v>
       </c>
       <c r="J52" s="1" t="n">
-        <v>72.0</v>
+        <v>32.0</v>
       </c>
       <c r="K52" s="1" t="n">
-        <v>13.0</v>
+        <v>78.0</v>
       </c>
       <c r="L52" s="1" t="n">
-        <v>37.0</v>
+        <v>55.0</v>
       </c>
       <c r="M52" s="1" t="n">
-        <v>139.0</v>
+        <v>90.0</v>
       </c>
       <c r="N52" s="1" t="n">
-        <v>32.0</v>
+        <v>40.0</v>
       </c>
       <c r="O52" s="1" t="n">
-        <v>78.0</v>
+        <v>134.0</v>
       </c>
       <c r="P52" s="1" t="n">
-        <v>55.0</v>
+        <v>58.0</v>
       </c>
       <c r="Q52" s="1" t="n">
-        <v>90.0</v>
+        <v>91.0</v>
       </c>
     </row>
     <row r="53">
       <c r="A53"/>
       <c r="B53"/>
       <c r="C53" t="inlineStr">
         <is>
           <t>Verlust von Teilzeitarbeitsplätzen</t>
         </is>
       </c>
       <c r="D53"/>
       <c r="E53" s="1" t="n">
-        <v>113.0</v>
+        <v>24.0</v>
       </c>
       <c r="F53" s="1" t="n">
-        <v>46.0</v>
+        <v>37.0</v>
       </c>
       <c r="G53" s="1" t="n">
-        <v>61.0</v>
+        <v>11.0</v>
       </c>
       <c r="H53" s="1" t="n">
-        <v>55.0</v>
+        <v>32.0</v>
       </c>
       <c r="I53" s="1" t="n">
-        <v>24.0</v>
+        <v>95.0</v>
       </c>
       <c r="J53" s="1" t="n">
-        <v>37.0</v>
+        <v>18.0</v>
       </c>
       <c r="K53" s="1" t="n">
-        <v>11.0</v>
+        <v>94.0</v>
       </c>
       <c r="L53" s="1" t="n">
-        <v>32.0</v>
+        <v>124.0</v>
       </c>
       <c r="M53" s="1" t="n">
-        <v>95.0</v>
+        <v>98.0</v>
       </c>
       <c r="N53" s="1" t="n">
-        <v>18.0</v>
+        <v>54.0</v>
       </c>
       <c r="O53" s="1" t="n">
+        <v>105.0</v>
+      </c>
+      <c r="P53" s="1" t="n">
+        <v>42.0</v>
+      </c>
+      <c r="Q53" s="1" t="n">
         <v>94.0</v>
-      </c>
-[...4 lines deleted...]
-        <v>98.0</v>
       </c>
     </row>
     <row r="54">
       <c r="A54"/>
       <c r="B54"/>
       <c r="C54" t="inlineStr">
         <is>
           <t>Verlust von Arbeitsplätzen von Arbeitgebern, die ein Gehalt beziehen</t>
         </is>
       </c>
       <c r="D54"/>
       <c r="E54" s="1" t="n">
-        <v>55.0</v>
+        <v>52.0</v>
       </c>
       <c r="F54" s="1" t="n">
-        <v>34.0</v>
+        <v>44.0</v>
       </c>
       <c r="G54" s="1" t="n">
-        <v>66.0</v>
+        <v>44.0</v>
       </c>
       <c r="H54" s="1" t="n">
-        <v>53.0</v>
+        <v>42.0</v>
       </c>
       <c r="I54" s="1" t="n">
-        <v>52.0</v>
+        <v>63.0</v>
       </c>
       <c r="J54" s="1" t="n">
+        <v>36.0</v>
+      </c>
+      <c r="K54" s="1" t="n">
+        <v>16.0</v>
+      </c>
+      <c r="L54" s="1" t="n">
+        <v>64.0</v>
+      </c>
+      <c r="M54" s="1" t="n">
+        <v>71.0</v>
+      </c>
+      <c r="N54" s="1" t="n">
         <v>44.0</v>
       </c>
-      <c r="K54" s="1" t="n">
-[...10 lines deleted...]
-      </c>
       <c r="O54" s="1" t="n">
-        <v>16.0</v>
+        <v>57.0</v>
       </c>
       <c r="P54" s="1" t="n">
-        <v>64.0</v>
+        <v>47.0</v>
       </c>
       <c r="Q54" s="1" t="n">
-        <v>71.0</v>
+        <v>41.0</v>
       </c>
     </row>
     <row r="55">
       <c r="A55"/>
       <c r="B55"/>
       <c r="C55" t="inlineStr">
         <is>
           <t>Gesamtverlust von Arbeitsplätzen</t>
         </is>
       </c>
       <c r="D55"/>
       <c r="E55" s="1" t="n">
-        <v>234.0</v>
+        <v>184.0</v>
       </c>
       <c r="F55" s="1" t="n">
-        <v>110.0</v>
+        <v>153.0</v>
       </c>
       <c r="G55" s="1" t="n">
-        <v>174.0</v>
+        <v>68.0</v>
       </c>
       <c r="H55" s="1" t="n">
-        <v>167.0</v>
+        <v>111.0</v>
       </c>
       <c r="I55" s="1" t="n">
-        <v>184.0</v>
+        <v>297.0</v>
       </c>
       <c r="J55" s="1" t="n">
-        <v>153.0</v>
+        <v>86.0</v>
       </c>
       <c r="K55" s="1" t="n">
-        <v>68.0</v>
+        <v>188.0</v>
       </c>
       <c r="L55" s="1" t="n">
-        <v>111.0</v>
+        <v>243.0</v>
       </c>
       <c r="M55" s="1" t="n">
-        <v>297.0</v>
+        <v>259.0</v>
       </c>
       <c r="N55" s="1" t="n">
-        <v>86.0</v>
+        <v>138.0</v>
       </c>
       <c r="O55" s="1" t="n">
-        <v>188.0</v>
+        <v>296.0</v>
       </c>
       <c r="P55" s="1" t="n">
-        <v>243.0</v>
+        <v>147.0</v>
       </c>
       <c r="Q55" s="1" t="n">
-        <v>259.0</v>
+        <v>226.0</v>
       </c>
     </row>
     <row r="56">
       <c r="A56"/>
       <c r="B56" t="inlineStr">
         <is>
           <t>O Öffentliche Verwaltung, Verteidigung/ Sozialversicherung</t>
         </is>
       </c>
       <c r="C56" t="inlineStr">
         <is>
           <t>Verlust von Vollzeitarbeitsplätzen</t>
         </is>
       </c>
       <c r="D56"/>
       <c r="E56"/>
       <c r="F56"/>
       <c r="G56"/>
       <c r="H56"/>
       <c r="I56"/>
       <c r="J56"/>
       <c r="K56"/>
       <c r="L56"/>
       <c r="M56"/>
       <c r="N56"/>
@@ -2943,1034 +2927,1034 @@
       <c r="H59"/>
       <c r="I59"/>
       <c r="J59"/>
       <c r="K59"/>
       <c r="L59"/>
       <c r="M59"/>
       <c r="N59"/>
       <c r="O59"/>
       <c r="P59"/>
       <c r="Q59"/>
     </row>
     <row r="60">
       <c r="A60"/>
       <c r="B60" t="inlineStr">
         <is>
           <t>P Erziehung und Unterricht</t>
         </is>
       </c>
       <c r="C60" t="inlineStr">
         <is>
           <t>Verlust von Vollzeitarbeitsplätzen</t>
         </is>
       </c>
       <c r="D60"/>
       <c r="E60" s="1" t="n">
-        <v>0.0</v>
+        <v>6.0</v>
       </c>
       <c r="F60" s="1" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="G60" s="1" t="n">
         <v>1.0</v>
       </c>
-      <c r="G60" s="1" t="n">
-[...1 lines deleted...]
-      </c>
       <c r="H60" s="1" t="n">
         <v>0.0</v>
       </c>
       <c r="I60" s="1" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="J60" s="1" t="n">
+        <v>20.0</v>
+      </c>
+      <c r="K60" s="1" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="L60" s="1" t="n">
+        <v>2.0</v>
+      </c>
+      <c r="M60" s="1" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="N60" s="1" t="n">
+        <v>1.0</v>
+      </c>
+      <c r="O60" s="1" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="P60" s="1" t="n">
         <v>6.0</v>
       </c>
-      <c r="J60" s="1" t="n">
-[...2 lines deleted...]
-      <c r="K60" s="1" t="n">
+      <c r="Q60" s="1" t="n">
         <v>1.0</v>
-      </c>
-[...16 lines deleted...]
-        <v>0.0</v>
       </c>
     </row>
     <row r="61">
       <c r="A61"/>
       <c r="B61"/>
       <c r="C61" t="inlineStr">
         <is>
           <t>Verlust von Teilzeitarbeitsplätzen</t>
         </is>
       </c>
       <c r="D61"/>
       <c r="E61" s="1" t="n">
-        <v>0.0</v>
+        <v>2.0</v>
       </c>
       <c r="F61" s="1" t="n">
         <v>0.0</v>
       </c>
       <c r="G61" s="1" t="n">
-        <v>0.0</v>
+        <v>1.0</v>
       </c>
       <c r="H61" s="1" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="I61" s="1" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="J61" s="1" t="n">
+        <v>11.0</v>
+      </c>
+      <c r="K61" s="1" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="L61" s="1" t="n">
         <v>4.0</v>
       </c>
-      <c r="I61" s="1" t="n">
-[...5 lines deleted...]
-      <c r="K61" s="1" t="n">
+      <c r="M61" s="1" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="N61" s="1" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="O61" s="1" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="P61" s="1" t="n">
+        <v>6.0</v>
+      </c>
+      <c r="Q61" s="1" t="n">
         <v>1.0</v>
-      </c>
-[...16 lines deleted...]
-        <v>0.0</v>
       </c>
     </row>
     <row r="62">
       <c r="A62"/>
       <c r="B62"/>
       <c r="C62" t="inlineStr">
         <is>
           <t>Verlust von Arbeitsplätzen von Arbeitgebern, die ein Gehalt beziehen</t>
         </is>
       </c>
       <c r="D62"/>
       <c r="E62" s="1" t="n">
+        <v>3.0</v>
+      </c>
+      <c r="F62" s="1" t="n">
+        <v>3.0</v>
+      </c>
+      <c r="G62" s="1" t="n">
+        <v>3.0</v>
+      </c>
+      <c r="H62" s="1" t="n">
+        <v>5.0</v>
+      </c>
+      <c r="I62" s="1" t="n">
+        <v>4.0</v>
+      </c>
+      <c r="J62" s="1" t="n">
+        <v>8.0</v>
+      </c>
+      <c r="K62" s="1" t="n">
+        <v>5.0</v>
+      </c>
+      <c r="L62" s="1" t="n">
         <v>7.0</v>
       </c>
-      <c r="F62" s="1" t="n">
-[...19 lines deleted...]
-      </c>
       <c r="M62" s="1" t="n">
-        <v>4.0</v>
+        <v>8.0</v>
       </c>
       <c r="N62" s="1" t="n">
-        <v>8.0</v>
+        <v>7.0</v>
       </c>
       <c r="O62" s="1" t="n">
         <v>5.0</v>
       </c>
       <c r="P62" s="1" t="n">
         <v>7.0</v>
       </c>
       <c r="Q62" s="1" t="n">
-        <v>8.0</v>
+        <v>7.0</v>
       </c>
     </row>
     <row r="63">
       <c r="A63"/>
       <c r="B63"/>
       <c r="C63" t="inlineStr">
         <is>
           <t>Gesamtverlust von Arbeitsplätzen</t>
         </is>
       </c>
       <c r="D63"/>
       <c r="E63" s="1" t="n">
-        <v>7.0</v>
+        <v>11.0</v>
       </c>
       <c r="F63" s="1" t="n">
-        <v>7.0</v>
+        <v>3.0</v>
       </c>
       <c r="G63" s="1" t="n">
-        <v>9.0</v>
+        <v>5.0</v>
       </c>
       <c r="H63" s="1" t="n">
         <v>5.0</v>
       </c>
       <c r="I63" s="1" t="n">
-        <v>11.0</v>
+        <v>4.0</v>
       </c>
       <c r="J63" s="1" t="n">
-        <v>3.0</v>
+        <v>39.0</v>
       </c>
       <c r="K63" s="1" t="n">
         <v>5.0</v>
       </c>
       <c r="L63" s="1" t="n">
-        <v>5.0</v>
+        <v>13.0</v>
       </c>
       <c r="M63" s="1" t="n">
-        <v>4.0</v>
+        <v>8.0</v>
       </c>
       <c r="N63" s="1" t="n">
-        <v>39.0</v>
+        <v>8.0</v>
       </c>
       <c r="O63" s="1" t="n">
         <v>5.0</v>
       </c>
       <c r="P63" s="1" t="n">
-        <v>13.0</v>
+        <v>19.0</v>
       </c>
       <c r="Q63" s="1" t="n">
-        <v>8.0</v>
+        <v>9.0</v>
       </c>
     </row>
     <row r="64">
       <c r="A64"/>
       <c r="B64" t="inlineStr">
         <is>
           <t>Q Gesundheits- und Sozialwesen</t>
         </is>
       </c>
       <c r="C64" t="inlineStr">
         <is>
           <t>Verlust von Vollzeitarbeitsplätzen</t>
         </is>
       </c>
       <c r="D64"/>
       <c r="E64" s="1" t="n">
-        <v>32.0</v>
+        <v>2.0</v>
       </c>
       <c r="F64" s="1" t="n">
-        <v>19.0</v>
+        <v>3.0</v>
       </c>
       <c r="G64" s="1" t="n">
-        <v>4.0</v>
+        <v>24.0</v>
       </c>
       <c r="H64" s="1" t="n">
         <v>16.0</v>
       </c>
       <c r="I64" s="1" t="n">
-        <v>2.0</v>
+        <v>53.0</v>
       </c>
       <c r="J64" s="1" t="n">
-        <v>3.0</v>
+        <v>59.0</v>
       </c>
       <c r="K64" s="1" t="n">
-        <v>24.0</v>
+        <v>6.0</v>
       </c>
       <c r="L64" s="1" t="n">
-        <v>16.0</v>
+        <v>10.0</v>
       </c>
       <c r="M64" s="1" t="n">
-        <v>53.0</v>
+        <v>1.0</v>
       </c>
       <c r="N64" s="1" t="n">
-        <v>59.0</v>
+        <v>8.0</v>
       </c>
       <c r="O64" s="1" t="n">
-        <v>6.0</v>
+        <v>18.0</v>
       </c>
       <c r="P64" s="1" t="n">
-        <v>10.0</v>
+        <v>149.0</v>
       </c>
       <c r="Q64" s="1" t="n">
-        <v>1.0</v>
+        <v>19.0</v>
       </c>
     </row>
     <row r="65">
       <c r="A65"/>
       <c r="B65"/>
       <c r="C65" t="inlineStr">
         <is>
           <t>Verlust von Teilzeitarbeitsplätzen</t>
         </is>
       </c>
       <c r="D65"/>
       <c r="E65" s="1" t="n">
-        <v>14.0</v>
+        <v>2.0</v>
       </c>
       <c r="F65" s="1" t="n">
-        <v>48.0</v>
+        <v>5.0</v>
       </c>
       <c r="G65" s="1" t="n">
-        <v>4.0</v>
+        <v>18.0</v>
       </c>
       <c r="H65" s="1" t="n">
+        <v>25.0</v>
+      </c>
+      <c r="I65" s="1" t="n">
+        <v>39.0</v>
+      </c>
+      <c r="J65" s="1" t="n">
+        <v>71.0</v>
+      </c>
+      <c r="K65" s="1" t="n">
+        <v>2.0</v>
+      </c>
+      <c r="L65" s="1" t="n">
+        <v>2.0</v>
+      </c>
+      <c r="M65" s="1" t="n">
         <v>1.0</v>
       </c>
-      <c r="I65" s="1" t="n">
-[...13 lines deleted...]
-      </c>
       <c r="N65" s="1" t="n">
-        <v>71.0</v>
+        <v>11.0</v>
       </c>
       <c r="O65" s="1" t="n">
-        <v>2.0</v>
+        <v>23.0</v>
       </c>
       <c r="P65" s="1" t="n">
-        <v>2.0</v>
+        <v>186.0</v>
       </c>
       <c r="Q65" s="1" t="n">
-        <v>1.0</v>
+        <v>15.0</v>
       </c>
     </row>
     <row r="66">
       <c r="A66"/>
       <c r="B66"/>
       <c r="C66" t="inlineStr">
         <is>
           <t>Verlust von Arbeitsplätzen von Arbeitgebern, die ein Gehalt beziehen</t>
         </is>
       </c>
       <c r="D66"/>
       <c r="E66" s="1" t="n">
+        <v>15.0</v>
+      </c>
+      <c r="F66" s="1" t="n">
+        <v>16.0</v>
+      </c>
+      <c r="G66" s="1" t="n">
+        <v>18.0</v>
+      </c>
+      <c r="H66" s="1" t="n">
+        <v>7.0</v>
+      </c>
+      <c r="I66" s="1" t="n">
+        <v>18.0</v>
+      </c>
+      <c r="J66" s="1" t="n">
         <v>14.0</v>
       </c>
-      <c r="F66" s="1" t="n">
-[...2 lines deleted...]
-      <c r="G66" s="1" t="n">
+      <c r="K66" s="1" t="n">
+        <v>5.0</v>
+      </c>
+      <c r="L66" s="1" t="n">
+        <v>8.0</v>
+      </c>
+      <c r="M66" s="1" t="n">
         <v>17.0</v>
       </c>
-      <c r="H66" s="1" t="n">
+      <c r="N66" s="1" t="n">
+        <v>20.0</v>
+      </c>
+      <c r="O66" s="1" t="n">
         <v>14.0</v>
       </c>
-      <c r="I66" s="1" t="n">
-[...19 lines deleted...]
-      </c>
       <c r="P66" s="1" t="n">
-        <v>8.0</v>
+        <v>11.0</v>
       </c>
       <c r="Q66" s="1" t="n">
-        <v>17.0</v>
+        <v>11.0</v>
       </c>
     </row>
     <row r="67">
       <c r="A67"/>
       <c r="B67"/>
       <c r="C67" t="inlineStr">
         <is>
           <t>Gesamtverlust von Arbeitsplätzen</t>
         </is>
       </c>
       <c r="D67"/>
       <c r="E67" s="1" t="n">
+        <v>19.0</v>
+      </c>
+      <c r="F67" s="1" t="n">
+        <v>24.0</v>
+      </c>
+      <c r="G67" s="1" t="n">
         <v>60.0</v>
       </c>
-      <c r="F67" s="1" t="n">
-[...4 lines deleted...]
-      </c>
       <c r="H67" s="1" t="n">
-        <v>31.0</v>
+        <v>48.0</v>
       </c>
       <c r="I67" s="1" t="n">
+        <v>110.0</v>
+      </c>
+      <c r="J67" s="1" t="n">
+        <v>144.0</v>
+      </c>
+      <c r="K67" s="1" t="n">
+        <v>13.0</v>
+      </c>
+      <c r="L67" s="1" t="n">
+        <v>20.0</v>
+      </c>
+      <c r="M67" s="1" t="n">
         <v>19.0</v>
       </c>
-      <c r="J67" s="1" t="n">
-[...10 lines deleted...]
-      </c>
       <c r="N67" s="1" t="n">
-        <v>144.0</v>
+        <v>39.0</v>
       </c>
       <c r="O67" s="1" t="n">
-        <v>13.0</v>
+        <v>55.0</v>
       </c>
       <c r="P67" s="1" t="n">
-        <v>20.0</v>
+        <v>346.0</v>
       </c>
       <c r="Q67" s="1" t="n">
-        <v>19.0</v>
+        <v>45.0</v>
       </c>
     </row>
     <row r="68">
       <c r="A68"/>
       <c r="B68" t="inlineStr">
         <is>
           <t>R Kunst, Unterhaltung und Erholung</t>
         </is>
       </c>
       <c r="C68" t="inlineStr">
         <is>
           <t>Verlust von Vollzeitarbeitsplätzen</t>
         </is>
       </c>
       <c r="D68"/>
       <c r="E68" s="1" t="n">
+        <v>4.0</v>
+      </c>
+      <c r="F68" s="1" t="n">
+        <v>10.0</v>
+      </c>
+      <c r="G68" s="1" t="n">
+        <v>2.0</v>
+      </c>
+      <c r="H68" s="1" t="n">
+        <v>7.0</v>
+      </c>
+      <c r="I68" s="1" t="n">
         <v>6.0</v>
       </c>
-      <c r="F68" s="1" t="n">
-[...10 lines deleted...]
-      </c>
       <c r="J68" s="1" t="n">
-        <v>10.0</v>
+        <v>1.0</v>
       </c>
       <c r="K68" s="1" t="n">
+        <v>6.0</v>
+      </c>
+      <c r="L68" s="1" t="n">
         <v>2.0</v>
       </c>
-      <c r="L68" s="1" t="n">
-[...1 lines deleted...]
-      </c>
       <c r="M68" s="1" t="n">
-        <v>6.0</v>
+        <v>0.0</v>
       </c>
       <c r="N68" s="1" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="O68" s="1" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="P68" s="1" t="n">
         <v>1.0</v>
       </c>
-      <c r="O68" s="1" t="n">
-[...4 lines deleted...]
-      </c>
       <c r="Q68" s="1" t="n">
-        <v>0.0</v>
+        <v>5.0</v>
       </c>
     </row>
     <row r="69">
       <c r="A69"/>
       <c r="B69"/>
       <c r="C69" t="inlineStr">
         <is>
           <t>Verlust von Teilzeitarbeitsplätzen</t>
         </is>
       </c>
       <c r="D69"/>
       <c r="E69" s="1" t="n">
-        <v>3.0</v>
+        <v>8.0</v>
       </c>
       <c r="F69" s="1" t="n">
-        <v>2.0</v>
+        <v>10.0</v>
       </c>
       <c r="G69" s="1" t="n">
         <v>5.0</v>
       </c>
       <c r="H69" s="1" t="n">
-        <v>21.0</v>
+        <v>8.0</v>
       </c>
       <c r="I69" s="1" t="n">
-        <v>8.0</v>
+        <v>1.0</v>
       </c>
       <c r="J69" s="1" t="n">
-        <v>10.0</v>
+        <v>0.0</v>
       </c>
       <c r="K69" s="1" t="n">
         <v>5.0</v>
       </c>
       <c r="L69" s="1" t="n">
-        <v>8.0</v>
+        <v>0.0</v>
       </c>
       <c r="M69" s="1" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="N69" s="1" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="O69" s="1" t="n">
         <v>1.0</v>
       </c>
-      <c r="N69" s="1" t="n">
-[...4 lines deleted...]
-      </c>
       <c r="P69" s="1" t="n">
-        <v>0.0</v>
+        <v>3.0</v>
       </c>
       <c r="Q69" s="1" t="n">
-        <v>0.0</v>
+        <v>3.0</v>
       </c>
     </row>
     <row r="70">
       <c r="A70"/>
       <c r="B70"/>
       <c r="C70" t="inlineStr">
         <is>
           <t>Verlust von Arbeitsplätzen von Arbeitgebern, die ein Gehalt beziehen</t>
         </is>
       </c>
       <c r="D70"/>
       <c r="E70" s="1" t="n">
+        <v>8.0</v>
+      </c>
+      <c r="F70" s="1" t="n">
+        <v>17.0</v>
+      </c>
+      <c r="G70" s="1" t="n">
+        <v>19.0</v>
+      </c>
+      <c r="H70" s="1" t="n">
+        <v>12.0</v>
+      </c>
+      <c r="I70" s="1" t="n">
+        <v>24.0</v>
+      </c>
+      <c r="J70" s="1" t="n">
+        <v>9.0</v>
+      </c>
+      <c r="K70" s="1" t="n">
+        <v>2.0</v>
+      </c>
+      <c r="L70" s="1" t="n">
+        <v>18.0</v>
+      </c>
+      <c r="M70" s="1" t="n">
+        <v>6.0</v>
+      </c>
+      <c r="N70" s="1" t="n">
         <v>16.0</v>
       </c>
-      <c r="F70" s="1" t="n">
-[...5 lines deleted...]
-      <c r="H70" s="1" t="n">
+      <c r="O70" s="1" t="n">
         <v>11.0</v>
       </c>
-      <c r="I70" s="1" t="n">
-[...19 lines deleted...]
-      </c>
       <c r="P70" s="1" t="n">
-        <v>18.0</v>
+        <v>11.0</v>
       </c>
       <c r="Q70" s="1" t="n">
-        <v>6.0</v>
+        <v>16.0</v>
       </c>
     </row>
     <row r="71">
       <c r="A71"/>
       <c r="B71"/>
       <c r="C71" t="inlineStr">
         <is>
           <t>Gesamtverlust von Arbeitsplätzen</t>
         </is>
       </c>
       <c r="D71"/>
       <c r="E71" s="1" t="n">
-        <v>25.0</v>
+        <v>20.0</v>
       </c>
       <c r="F71" s="1" t="n">
-        <v>18.0</v>
+        <v>37.0</v>
       </c>
       <c r="G71" s="1" t="n">
-        <v>66.0</v>
+        <v>26.0</v>
       </c>
       <c r="H71" s="1" t="n">
-        <v>51.0</v>
+        <v>27.0</v>
       </c>
       <c r="I71" s="1" t="n">
+        <v>31.0</v>
+      </c>
+      <c r="J71" s="1" t="n">
+        <v>10.0</v>
+      </c>
+      <c r="K71" s="1" t="n">
+        <v>13.0</v>
+      </c>
+      <c r="L71" s="1" t="n">
         <v>20.0</v>
       </c>
-      <c r="J71" s="1" t="n">
-[...7 lines deleted...]
-      </c>
       <c r="M71" s="1" t="n">
-        <v>31.0</v>
+        <v>6.0</v>
       </c>
       <c r="N71" s="1" t="n">
-        <v>10.0</v>
+        <v>16.0</v>
       </c>
       <c r="O71" s="1" t="n">
-        <v>13.0</v>
+        <v>12.0</v>
       </c>
       <c r="P71" s="1" t="n">
-        <v>20.0</v>
+        <v>15.0</v>
       </c>
       <c r="Q71" s="1" t="n">
-        <v>6.0</v>
+        <v>24.0</v>
       </c>
     </row>
     <row r="72">
       <c r="A72"/>
       <c r="B72" t="inlineStr">
         <is>
           <t>S Erbringung von sonstigen Dienstleistungen</t>
         </is>
       </c>
       <c r="C72" t="inlineStr">
         <is>
           <t>Verlust von Vollzeitarbeitsplätzen</t>
         </is>
       </c>
       <c r="D72"/>
       <c r="E72" s="1" t="n">
-        <v>17.0</v>
+        <v>14.0</v>
       </c>
       <c r="F72" s="1" t="n">
-        <v>9.0</v>
+        <v>4.0</v>
       </c>
       <c r="G72" s="1" t="n">
-        <v>75.0</v>
+        <v>23.0</v>
       </c>
       <c r="H72" s="1" t="n">
-        <v>13.0</v>
+        <v>12.0</v>
       </c>
       <c r="I72" s="1" t="n">
-        <v>14.0</v>
+        <v>6.0</v>
       </c>
       <c r="J72" s="1" t="n">
-        <v>4.0</v>
+        <v>12.0</v>
       </c>
       <c r="K72" s="1" t="n">
-        <v>23.0</v>
+        <v>3.0</v>
       </c>
       <c r="L72" s="1" t="n">
+        <v>5.0</v>
+      </c>
+      <c r="M72" s="1" t="n">
+        <v>15.0</v>
+      </c>
+      <c r="N72" s="1" t="n">
+        <v>15.0</v>
+      </c>
+      <c r="O72" s="1" t="n">
+        <v>10.0</v>
+      </c>
+      <c r="P72" s="1" t="n">
+        <v>22.0</v>
+      </c>
+      <c r="Q72" s="1" t="n">
         <v>12.0</v>
-      </c>
-[...13 lines deleted...]
-        <v>15.0</v>
       </c>
     </row>
     <row r="73">
       <c r="A73"/>
       <c r="B73"/>
       <c r="C73" t="inlineStr">
         <is>
           <t>Verlust von Teilzeitarbeitsplätzen</t>
         </is>
       </c>
       <c r="D73"/>
       <c r="E73" s="1" t="n">
-        <v>25.0</v>
+        <v>11.0</v>
       </c>
       <c r="F73" s="1" t="n">
-        <v>28.0</v>
+        <v>8.0</v>
       </c>
       <c r="G73" s="1" t="n">
-        <v>25.0</v>
+        <v>16.0</v>
       </c>
       <c r="H73" s="1" t="n">
-        <v>5.0</v>
+        <v>15.0</v>
       </c>
       <c r="I73" s="1" t="n">
         <v>11.0</v>
       </c>
       <c r="J73" s="1" t="n">
         <v>8.0</v>
       </c>
       <c r="K73" s="1" t="n">
+        <v>12.0</v>
+      </c>
+      <c r="L73" s="1" t="n">
+        <v>12.0</v>
+      </c>
+      <c r="M73" s="1" t="n">
+        <v>35.0</v>
+      </c>
+      <c r="N73" s="1" t="n">
+        <v>36.0</v>
+      </c>
+      <c r="O73" s="1" t="n">
         <v>16.0</v>
       </c>
-      <c r="L73" s="1" t="n">
-[...8 lines deleted...]
-      <c r="O73" s="1" t="n">
+      <c r="P73" s="1" t="n">
+        <v>27.0</v>
+      </c>
+      <c r="Q73" s="1" t="n">
         <v>12.0</v>
-      </c>
-[...4 lines deleted...]
-        <v>35.0</v>
       </c>
     </row>
     <row r="74">
       <c r="A74"/>
       <c r="B74"/>
       <c r="C74" t="inlineStr">
         <is>
           <t>Verlust von Arbeitsplätzen von Arbeitgebern, die ein Gehalt beziehen</t>
         </is>
       </c>
       <c r="D74"/>
       <c r="E74" s="1" t="n">
+        <v>34.0</v>
+      </c>
+      <c r="F74" s="1" t="n">
+        <v>27.0</v>
+      </c>
+      <c r="G74" s="1" t="n">
+        <v>27.0</v>
+      </c>
+      <c r="H74" s="1" t="n">
+        <v>22.0</v>
+      </c>
+      <c r="I74" s="1" t="n">
+        <v>25.0</v>
+      </c>
+      <c r="J74" s="1" t="n">
         <v>20.0</v>
       </c>
-      <c r="F74" s="1" t="n">
-[...13 lines deleted...]
-      </c>
       <c r="K74" s="1" t="n">
-        <v>27.0</v>
+        <v>18.0</v>
       </c>
       <c r="L74" s="1" t="n">
-        <v>22.0</v>
+        <v>32.0</v>
       </c>
       <c r="M74" s="1" t="n">
-        <v>25.0</v>
+        <v>30.0</v>
       </c>
       <c r="N74" s="1" t="n">
-        <v>20.0</v>
+        <v>33.0</v>
       </c>
       <c r="O74" s="1" t="n">
+        <v>42.0</v>
+      </c>
+      <c r="P74" s="1" t="n">
+        <v>33.0</v>
+      </c>
+      <c r="Q74" s="1" t="n">
         <v>18.0</v>
-      </c>
-[...4 lines deleted...]
-        <v>30.0</v>
       </c>
     </row>
     <row r="75">
       <c r="A75"/>
       <c r="B75"/>
       <c r="C75" t="inlineStr">
         <is>
           <t>Gesamtverlust von Arbeitsplätzen</t>
         </is>
       </c>
       <c r="D75"/>
       <c r="E75" s="1" t="n">
-        <v>62.0</v>
+        <v>59.0</v>
       </c>
       <c r="F75" s="1" t="n">
-        <v>63.0</v>
+        <v>39.0</v>
       </c>
       <c r="G75" s="1" t="n">
-        <v>119.0</v>
+        <v>66.0</v>
       </c>
       <c r="H75" s="1" t="n">
-        <v>45.0</v>
+        <v>49.0</v>
       </c>
       <c r="I75" s="1" t="n">
-        <v>59.0</v>
+        <v>42.0</v>
       </c>
       <c r="J75" s="1" t="n">
-        <v>39.0</v>
+        <v>40.0</v>
       </c>
       <c r="K75" s="1" t="n">
-        <v>66.0</v>
+        <v>33.0</v>
       </c>
       <c r="L75" s="1" t="n">
         <v>49.0</v>
       </c>
       <c r="M75" s="1" t="n">
+        <v>80.0</v>
+      </c>
+      <c r="N75" s="1" t="n">
+        <v>84.0</v>
+      </c>
+      <c r="O75" s="1" t="n">
+        <v>68.0</v>
+      </c>
+      <c r="P75" s="1" t="n">
+        <v>82.0</v>
+      </c>
+      <c r="Q75" s="1" t="n">
         <v>42.0</v>
-      </c>
-[...10 lines deleted...]
-        <v>80.0</v>
       </c>
     </row>
     <row r="76">
       <c r="A76" t="inlineStr">
         <is>
           <t>Alle wirtschaftliche Tätigkeiten</t>
         </is>
       </c>
       <c r="B76"/>
       <c r="C76" t="inlineStr">
         <is>
           <t>Verlust von Vollzeitarbeitsplätzen</t>
         </is>
       </c>
       <c r="D76"/>
       <c r="E76" s="1" t="n">
-        <v>1078.0</v>
+        <v>1278.0</v>
       </c>
       <c r="F76" s="1" t="n">
-        <v>814.0</v>
+        <v>1168.0</v>
       </c>
       <c r="G76" s="1" t="n">
-        <v>1266.0</v>
+        <v>1765.0</v>
       </c>
       <c r="H76" s="1" t="n">
-        <v>1036.0</v>
+        <v>667.0</v>
       </c>
       <c r="I76" s="1" t="n">
-        <v>1278.0</v>
+        <v>1165.0</v>
       </c>
       <c r="J76" s="1" t="n">
-        <v>1168.0</v>
+        <v>1544.0</v>
       </c>
       <c r="K76" s="1" t="n">
-        <v>1765.0</v>
+        <v>1069.0</v>
       </c>
       <c r="L76" s="1" t="n">
-        <v>667.0</v>
+        <v>963.0</v>
       </c>
       <c r="M76" s="1" t="n">
-        <v>1165.0</v>
+        <v>961.0</v>
       </c>
       <c r="N76" s="1" t="n">
-        <v>1544.0</v>
+        <v>878.0</v>
       </c>
       <c r="O76" s="1" t="n">
-        <v>1069.0</v>
+        <v>1193.0</v>
       </c>
       <c r="P76" s="1" t="n">
-        <v>963.0</v>
+        <v>932.0</v>
       </c>
       <c r="Q76" s="1" t="n">
-        <v>960.0</v>
+        <v>1086.0</v>
       </c>
     </row>
     <row r="77">
       <c r="A77"/>
       <c r="B77"/>
       <c r="C77" t="inlineStr">
         <is>
           <t>Verlust von Teilzeitarbeitsplätzen</t>
         </is>
       </c>
       <c r="D77"/>
       <c r="E77" s="1" t="n">
-        <v>794.0</v>
+        <v>541.0</v>
       </c>
       <c r="F77" s="1" t="n">
-        <v>467.0</v>
+        <v>701.0</v>
       </c>
       <c r="G77" s="1" t="n">
-        <v>483.0</v>
+        <v>659.0</v>
       </c>
       <c r="H77" s="1" t="n">
-        <v>657.0</v>
+        <v>355.0</v>
       </c>
       <c r="I77" s="1" t="n">
-        <v>541.0</v>
+        <v>611.0</v>
       </c>
       <c r="J77" s="1" t="n">
-        <v>701.0</v>
+        <v>436.0</v>
       </c>
       <c r="K77" s="1" t="n">
-        <v>659.0</v>
+        <v>493.0</v>
       </c>
       <c r="L77" s="1" t="n">
-        <v>355.0</v>
+        <v>630.0</v>
       </c>
       <c r="M77" s="1" t="n">
-        <v>611.0</v>
+        <v>663.0</v>
       </c>
       <c r="N77" s="1" t="n">
-        <v>436.0</v>
+        <v>484.0</v>
       </c>
       <c r="O77" s="1" t="n">
-        <v>493.0</v>
+        <v>642.0</v>
       </c>
       <c r="P77" s="1" t="n">
-        <v>630.0</v>
+        <v>618.0</v>
       </c>
       <c r="Q77" s="1" t="n">
-        <v>663.0</v>
+        <v>500.0</v>
       </c>
     </row>
     <row r="78">
       <c r="A78"/>
       <c r="B78"/>
       <c r="C78" t="inlineStr">
         <is>
           <t>Verlust von Arbeitsplätzen von Arbeitgebern, die ein Gehalt beziehen</t>
         </is>
       </c>
       <c r="D78"/>
       <c r="E78" s="1" t="n">
-        <v>831.0</v>
+        <v>769.0</v>
       </c>
       <c r="F78" s="1" t="n">
-        <v>651.0</v>
+        <v>878.0</v>
       </c>
       <c r="G78" s="1" t="n">
-        <v>830.0</v>
+        <v>779.0</v>
       </c>
       <c r="H78" s="1" t="n">
-        <v>769.0</v>
+        <v>726.0</v>
       </c>
       <c r="I78" s="1" t="n">
-        <v>769.0</v>
+        <v>956.0</v>
       </c>
       <c r="J78" s="1" t="n">
-        <v>878.0</v>
+        <v>568.0</v>
       </c>
       <c r="K78" s="1" t="n">
-        <v>779.0</v>
+        <v>368.0</v>
       </c>
       <c r="L78" s="1" t="n">
-        <v>726.0</v>
+        <v>970.0</v>
       </c>
       <c r="M78" s="1" t="n">
-        <v>956.0</v>
+        <v>872.0</v>
       </c>
       <c r="N78" s="1" t="n">
-        <v>568.0</v>
+        <v>746.0</v>
       </c>
       <c r="O78" s="1" t="n">
-        <v>368.0</v>
+        <v>912.0</v>
       </c>
       <c r="P78" s="1" t="n">
-        <v>968.0</v>
+        <v>772.0</v>
       </c>
       <c r="Q78" s="1" t="n">
-        <v>873.0</v>
+        <v>756.0</v>
       </c>
     </row>
     <row r="79">
       <c r="A79"/>
       <c r="B79"/>
       <c r="C79" t="inlineStr">
         <is>
           <t>Gesamtverlust von Arbeitsplätzen</t>
         </is>
       </c>
       <c r="D79"/>
       <c r="E79" s="1" t="n">
-        <v>2703.0</v>
+        <v>2588.0</v>
       </c>
       <c r="F79" s="1" t="n">
-        <v>1932.0</v>
+        <v>2747.0</v>
       </c>
       <c r="G79" s="1" t="n">
-        <v>2579.0</v>
+        <v>3203.0</v>
       </c>
       <c r="H79" s="1" t="n">
-        <v>2462.0</v>
+        <v>1748.0</v>
       </c>
       <c r="I79" s="1" t="n">
-        <v>2588.0</v>
+        <v>2732.0</v>
       </c>
       <c r="J79" s="1" t="n">
+        <v>2548.0</v>
+      </c>
+      <c r="K79" s="1" t="n">
+        <v>1930.0</v>
+      </c>
+      <c r="L79" s="1" t="n">
+        <v>2563.0</v>
+      </c>
+      <c r="M79" s="1" t="n">
+        <v>2496.0</v>
+      </c>
+      <c r="N79" s="1" t="n">
+        <v>2108.0</v>
+      </c>
+      <c r="O79" s="1" t="n">
         <v>2747.0</v>
       </c>
-      <c r="K79" s="1" t="n">
-[...13 lines deleted...]
-      </c>
       <c r="P79" s="1" t="n">
-        <v>2561.0</v>
+        <v>2322.0</v>
       </c>
       <c r="Q79" s="1" t="n">
-        <v>2496.0</v>
+        <v>2342.0</v>
       </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <cols>
     <col min="1" max="1" width="25.9921875" customWidth="true"/>
     <col min="2" max="2" width="71.79296875" customWidth="true"/>
     <col min="3" max="3" width="4.96484375" customWidth="true"/>
     <col min="4" max="4" width="14.3203125" customWidth="true"/>
     <col min="5" max="5" width="5.25390625" customWidth="true"/>
     <col min="6" max="6" width="3.96875" customWidth="true"/>
     <col min="7" max="7" width="3.9453125" customWidth="true"/>
     <col min="8" max="8" width="5.32421875" customWidth="true"/>
   </cols>
   <sheetData>
@@ -4007,8215 +3991,8199 @@
       </c>
       <c r="G1" t="inlineStr">
         <is>
           <t>Verlust von Arbeitsplätzen von Arbeitgebern, die ein Gehalt beziehen</t>
         </is>
       </c>
       <c r="H1" t="inlineStr">
         <is>
           <t>Gesamtverlust von Arbeitsplätzen</t>
         </is>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="inlineStr">
         <is>
           <t>Alle wirtschaftliche Tätigkeiten</t>
         </is>
       </c>
       <c r="B2" t="inlineStr">
         <is>
           <t>A Land- und Forstwirtschaft, Fischerei</t>
         </is>
       </c>
       <c r="C2" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="D2" t="inlineStr">
         <is>
-          <t>Oktober 2024</t>
+          <t>Februar 2025</t>
         </is>
       </c>
       <c r="E2" s="1" t="n">
-        <v>6.0</v>
+        <v>0.0</v>
       </c>
       <c r="F2" s="1" t="n">
-        <v>3.0</v>
+        <v>0.0</v>
       </c>
       <c r="G2" s="1" t="n">
-        <v>10.0</v>
+        <v>8.0</v>
       </c>
       <c r="H2" s="1" t="n">
-        <v>19.0</v>
+        <v>8.0</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="inlineStr">
         <is>
           <t>Alle wirtschaftliche Tätigkeiten</t>
         </is>
       </c>
       <c r="B3" t="inlineStr">
         <is>
           <t>A Land- und Forstwirtschaft, Fischerei</t>
         </is>
       </c>
       <c r="C3" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="D3" t="inlineStr">
         <is>
-          <t>November 2024</t>
+          <t>März 2025</t>
         </is>
       </c>
       <c r="E3" s="1" t="n">
-        <v>14.0</v>
+        <v>1.0</v>
       </c>
       <c r="F3" s="1" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="G3" s="1" t="n">
+        <v>16.0</v>
+      </c>
+      <c r="H3" s="1" t="n">
         <v>17.0</v>
-      </c>
-[...4 lines deleted...]
-        <v>36.0</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="inlineStr">
         <is>
           <t>Alle wirtschaftliche Tätigkeiten</t>
         </is>
       </c>
       <c r="B4" t="inlineStr">
         <is>
           <t>A Land- und Forstwirtschaft, Fischerei</t>
         </is>
       </c>
       <c r="C4" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="D4" t="inlineStr">
         <is>
-          <t>Dezember 2024</t>
+          <t>April 2025</t>
         </is>
       </c>
       <c r="E4" s="1" t="n">
-        <v>0.0</v>
+        <v>1.0</v>
       </c>
       <c r="F4" s="1" t="n">
         <v>0.0</v>
       </c>
       <c r="G4" s="1" t="n">
-        <v>8.0</v>
+        <v>9.0</v>
       </c>
       <c r="H4" s="1" t="n">
-        <v>8.0</v>
+        <v>10.0</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="inlineStr">
         <is>
           <t>Alle wirtschaftliche Tätigkeiten</t>
         </is>
       </c>
       <c r="B5" t="inlineStr">
         <is>
           <t>A Land- und Forstwirtschaft, Fischerei</t>
         </is>
       </c>
       <c r="C5" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D5" t="inlineStr">
         <is>
-          <t>Januar 2025</t>
-[...5 lines deleted...]
-      <c r="H5"/>
+          <t>Mai 2025</t>
+        </is>
+      </c>
+      <c r="E5" s="1" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="F5" s="1" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="G5" s="1" t="n">
+        <v>2.0</v>
+      </c>
+      <c r="H5" s="1" t="n">
+        <v>2.0</v>
+      </c>
     </row>
     <row r="6">
       <c r="A6" t="inlineStr">
         <is>
           <t>Alle wirtschaftliche Tätigkeiten</t>
         </is>
       </c>
       <c r="B6" t="inlineStr">
         <is>
           <t>A Land- und Forstwirtschaft, Fischerei</t>
         </is>
       </c>
       <c r="C6" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D6" t="inlineStr">
         <is>
-          <t>Februar 2025</t>
+          <t>Juni 2025</t>
         </is>
       </c>
       <c r="E6" s="1" t="n">
-        <v>0.0</v>
+        <v>1.0</v>
       </c>
       <c r="F6" s="1" t="n">
-        <v>0.0</v>
+        <v>1.0</v>
       </c>
       <c r="G6" s="1" t="n">
-        <v>8.0</v>
+        <v>9.0</v>
       </c>
       <c r="H6" s="1" t="n">
-        <v>8.0</v>
+        <v>11.0</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="inlineStr">
         <is>
           <t>Alle wirtschaftliche Tätigkeiten</t>
         </is>
       </c>
       <c r="B7" t="inlineStr">
         <is>
           <t>A Land- und Forstwirtschaft, Fischerei</t>
         </is>
       </c>
       <c r="C7" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D7" t="inlineStr">
         <is>
-          <t>März 2025</t>
+          <t>Juli 2025</t>
         </is>
       </c>
       <c r="E7" s="1" t="n">
+        <v>3.0</v>
+      </c>
+      <c r="F7" s="1" t="n">
         <v>1.0</v>
       </c>
-      <c r="F7" s="1" t="n">
-[...1 lines deleted...]
-      </c>
       <c r="G7" s="1" t="n">
-        <v>16.0</v>
+        <v>1.0</v>
       </c>
       <c r="H7" s="1" t="n">
-        <v>17.0</v>
+        <v>5.0</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="inlineStr">
         <is>
           <t>Alle wirtschaftliche Tätigkeiten</t>
         </is>
       </c>
       <c r="B8" t="inlineStr">
         <is>
           <t>A Land- und Forstwirtschaft, Fischerei</t>
         </is>
       </c>
       <c r="C8" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D8" t="inlineStr">
         <is>
-          <t>April 2025</t>
-[...13 lines deleted...]
-      </c>
+          <t>August 2025</t>
+        </is>
+      </c>
+      <c r="E8"/>
+      <c r="F8"/>
+      <c r="G8"/>
+      <c r="H8"/>
     </row>
     <row r="9">
       <c r="A9" t="inlineStr">
         <is>
           <t>Alle wirtschaftliche Tätigkeiten</t>
         </is>
       </c>
       <c r="B9" t="inlineStr">
         <is>
           <t>A Land- und Forstwirtschaft, Fischerei</t>
         </is>
       </c>
       <c r="C9" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D9" t="inlineStr">
         <is>
-          <t>Mai 2025</t>
+          <t>September 2025</t>
         </is>
       </c>
       <c r="E9" s="1" t="n">
-        <v>0.0</v>
+        <v>10.0</v>
       </c>
       <c r="F9" s="1" t="n">
-        <v>0.0</v>
+        <v>25.0</v>
       </c>
       <c r="G9" s="1" t="n">
-        <v>2.0</v>
+        <v>9.0</v>
       </c>
       <c r="H9" s="1" t="n">
-        <v>2.0</v>
+        <v>44.0</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="inlineStr">
         <is>
           <t>Alle wirtschaftliche Tätigkeiten</t>
         </is>
       </c>
       <c r="B10" t="inlineStr">
         <is>
           <t>A Land- und Forstwirtschaft, Fischerei</t>
         </is>
       </c>
       <c r="C10" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D10" t="inlineStr">
         <is>
-          <t>Juni 2025</t>
+          <t>Oktober 2025</t>
         </is>
       </c>
       <c r="E10" s="1" t="n">
-        <v>1.0</v>
+        <v>0.0</v>
       </c>
       <c r="F10" s="1" t="n">
         <v>1.0</v>
       </c>
       <c r="G10" s="1" t="n">
-        <v>9.0</v>
+        <v>4.0</v>
       </c>
       <c r="H10" s="1" t="n">
-        <v>11.0</v>
+        <v>5.0</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="inlineStr">
         <is>
           <t>Alle wirtschaftliche Tätigkeiten</t>
         </is>
       </c>
       <c r="B11" t="inlineStr">
         <is>
           <t>A Land- und Forstwirtschaft, Fischerei</t>
         </is>
       </c>
       <c r="C11" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D11" t="inlineStr">
         <is>
-          <t>Juli 2025</t>
+          <t>November 2025</t>
         </is>
       </c>
       <c r="E11" s="1" t="n">
-        <v>3.0</v>
+        <v>0.0</v>
       </c>
       <c r="F11" s="1" t="n">
-        <v>1.0</v>
+        <v>0.0</v>
       </c>
       <c r="G11" s="1" t="n">
-        <v>1.0</v>
+        <v>7.0</v>
       </c>
       <c r="H11" s="1" t="n">
-        <v>5.0</v>
+        <v>7.0</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="inlineStr">
         <is>
           <t>Alle wirtschaftliche Tätigkeiten</t>
         </is>
       </c>
       <c r="B12" t="inlineStr">
         <is>
           <t>A Land- und Forstwirtschaft, Fischerei</t>
         </is>
       </c>
       <c r="C12" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D12" t="inlineStr">
         <is>
-          <t>August 2025</t>
-[...5 lines deleted...]
-      <c r="H12"/>
+          <t>Dezember 2025</t>
+        </is>
+      </c>
+      <c r="E12" s="1" t="n">
+        <v>2.0</v>
+      </c>
+      <c r="F12" s="1" t="n">
+        <v>1.0</v>
+      </c>
+      <c r="G12" s="1" t="n">
+        <v>7.0</v>
+      </c>
+      <c r="H12" s="1" t="n">
+        <v>10.0</v>
+      </c>
     </row>
     <row r="13">
       <c r="A13" t="inlineStr">
         <is>
           <t>Alle wirtschaftliche Tätigkeiten</t>
         </is>
       </c>
       <c r="B13" t="inlineStr">
         <is>
           <t>A Land- und Forstwirtschaft, Fischerei</t>
         </is>
       </c>
       <c r="C13" t="inlineStr">
         <is>
-          <t>2025</t>
+          <t>2026</t>
         </is>
       </c>
       <c r="D13" t="inlineStr">
         <is>
-          <t>September 2025</t>
+          <t>Januar 2026</t>
         </is>
       </c>
       <c r="E13" s="1" t="n">
-        <v>10.0</v>
+        <v>0.0</v>
       </c>
       <c r="F13" s="1" t="n">
-        <v>25.0</v>
+        <v>0.0</v>
       </c>
       <c r="G13" s="1" t="n">
-        <v>9.0</v>
+        <v>8.0</v>
       </c>
       <c r="H13" s="1" t="n">
-        <v>44.0</v>
+        <v>8.0</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="inlineStr">
         <is>
           <t>Alle wirtschaftliche Tätigkeiten</t>
         </is>
       </c>
       <c r="B14" t="inlineStr">
         <is>
           <t>A Land- und Forstwirtschaft, Fischerei</t>
         </is>
       </c>
       <c r="C14" t="inlineStr">
         <is>
-          <t>2025</t>
+          <t>2026</t>
         </is>
       </c>
       <c r="D14" t="inlineStr">
         <is>
-          <t>Oktober 2025</t>
+          <t>Februar 2026</t>
         </is>
       </c>
       <c r="E14" s="1" t="n">
-        <v>0.0</v>
+        <v>1.0</v>
       </c>
       <c r="F14" s="1" t="n">
-        <v>1.0</v>
+        <v>0.0</v>
       </c>
       <c r="G14" s="1" t="n">
+        <v>3.0</v>
+      </c>
+      <c r="H14" s="1" t="n">
         <v>4.0</v>
-      </c>
-[...1 lines deleted...]
-        <v>5.0</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="inlineStr">
         <is>
           <t>Alle wirtschaftliche Tätigkeiten</t>
         </is>
       </c>
       <c r="B15" t="inlineStr">
         <is>
           <t>C Verarbeitendes Gewerbe/herstellung von Waren</t>
         </is>
       </c>
       <c r="C15" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="D15" t="inlineStr">
         <is>
-          <t>Oktober 2024</t>
+          <t>Februar 2025</t>
         </is>
       </c>
       <c r="E15" s="1" t="n">
-        <v>97.0</v>
+        <v>431.0</v>
       </c>
       <c r="F15" s="1" t="n">
-        <v>17.0</v>
+        <v>111.0</v>
       </c>
       <c r="G15" s="1" t="n">
-        <v>36.0</v>
+        <v>24.0</v>
       </c>
       <c r="H15" s="1" t="n">
-        <v>150.0</v>
+        <v>566.0</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="inlineStr">
         <is>
           <t>Alle wirtschaftliche Tätigkeiten</t>
         </is>
       </c>
       <c r="B16" t="inlineStr">
         <is>
           <t>C Verarbeitendes Gewerbe/herstellung von Waren</t>
         </is>
       </c>
       <c r="C16" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="D16" t="inlineStr">
         <is>
-          <t>November 2024</t>
+          <t>März 2025</t>
         </is>
       </c>
       <c r="E16" s="1" t="n">
-        <v>133.0</v>
+        <v>67.0</v>
       </c>
       <c r="F16" s="1" t="n">
-        <v>33.0</v>
+        <v>30.0</v>
       </c>
       <c r="G16" s="1" t="n">
-        <v>12.0</v>
+        <v>39.0</v>
       </c>
       <c r="H16" s="1" t="n">
-        <v>178.0</v>
+        <v>136.0</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="inlineStr">
         <is>
           <t>Alle wirtschaftliche Tätigkeiten</t>
         </is>
       </c>
       <c r="B17" t="inlineStr">
         <is>
           <t>C Verarbeitendes Gewerbe/herstellung von Waren</t>
         </is>
       </c>
       <c r="C17" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="D17" t="inlineStr">
         <is>
-          <t>Dezember 2024</t>
+          <t>April 2025</t>
         </is>
       </c>
       <c r="E17" s="1" t="n">
-        <v>353.0</v>
+        <v>667.0</v>
       </c>
       <c r="F17" s="1" t="n">
-        <v>48.0</v>
+        <v>45.0</v>
       </c>
       <c r="G17" s="1" t="n">
-        <v>29.0</v>
+        <v>36.0</v>
       </c>
       <c r="H17" s="1" t="n">
-        <v>430.0</v>
+        <v>748.0</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="inlineStr">
         <is>
           <t>Alle wirtschaftliche Tätigkeiten</t>
         </is>
       </c>
       <c r="B18" t="inlineStr">
         <is>
           <t>C Verarbeitendes Gewerbe/herstellung von Waren</t>
         </is>
       </c>
       <c r="C18" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D18" t="inlineStr">
         <is>
-          <t>Januar 2025</t>
+          <t>Mai 2025</t>
         </is>
       </c>
       <c r="E18" s="1" t="n">
-        <v>54.0</v>
+        <v>19.0</v>
       </c>
       <c r="F18" s="1" t="n">
-        <v>10.0</v>
+        <v>8.0</v>
       </c>
       <c r="G18" s="1" t="n">
-        <v>26.0</v>
+        <v>30.0</v>
       </c>
       <c r="H18" s="1" t="n">
-        <v>90.0</v>
+        <v>57.0</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="inlineStr">
         <is>
           <t>Alle wirtschaftliche Tätigkeiten</t>
         </is>
       </c>
       <c r="B19" t="inlineStr">
         <is>
           <t>C Verarbeitendes Gewerbe/herstellung von Waren</t>
         </is>
       </c>
       <c r="C19" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D19" t="inlineStr">
         <is>
-          <t>Februar 2025</t>
+          <t>Juni 2025</t>
         </is>
       </c>
       <c r="E19" s="1" t="n">
-        <v>431.0</v>
+        <v>95.0</v>
       </c>
       <c r="F19" s="1" t="n">
-        <v>111.0</v>
+        <v>23.0</v>
       </c>
       <c r="G19" s="1" t="n">
-        <v>24.0</v>
+        <v>33.0</v>
       </c>
       <c r="H19" s="1" t="n">
-        <v>566.0</v>
+        <v>151.0</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="inlineStr">
         <is>
           <t>Alle wirtschaftliche Tätigkeiten</t>
         </is>
       </c>
       <c r="B20" t="inlineStr">
         <is>
           <t>C Verarbeitendes Gewerbe/herstellung von Waren</t>
         </is>
       </c>
       <c r="C20" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D20" t="inlineStr">
         <is>
-          <t>März 2025</t>
+          <t>Juli 2025</t>
         </is>
       </c>
       <c r="E20" s="1" t="n">
-        <v>67.0</v>
+        <v>918.0</v>
       </c>
       <c r="F20" s="1" t="n">
-        <v>30.0</v>
+        <v>59.0</v>
       </c>
       <c r="G20" s="1" t="n">
-        <v>39.0</v>
+        <v>24.0</v>
       </c>
       <c r="H20" s="1" t="n">
-        <v>136.0</v>
+        <v>1001.0</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="inlineStr">
         <is>
           <t>Alle wirtschaftliche Tätigkeiten</t>
         </is>
       </c>
       <c r="B21" t="inlineStr">
         <is>
           <t>C Verarbeitendes Gewerbe/herstellung von Waren</t>
         </is>
       </c>
       <c r="C21" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D21" t="inlineStr">
         <is>
-          <t>April 2025</t>
+          <t>August 2025</t>
         </is>
       </c>
       <c r="E21" s="1" t="n">
-        <v>667.0</v>
+        <v>61.0</v>
       </c>
       <c r="F21" s="1" t="n">
-        <v>45.0</v>
+        <v>18.0</v>
       </c>
       <c r="G21" s="1" t="n">
-        <v>36.0</v>
+        <v>15.0</v>
       </c>
       <c r="H21" s="1" t="n">
-        <v>748.0</v>
+        <v>94.0</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="inlineStr">
         <is>
           <t>Alle wirtschaftliche Tätigkeiten</t>
         </is>
       </c>
       <c r="B22" t="inlineStr">
         <is>
           <t>C Verarbeitendes Gewerbe/herstellung von Waren</t>
         </is>
       </c>
       <c r="C22" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D22" t="inlineStr">
         <is>
-          <t>Mai 2025</t>
+          <t>September 2025</t>
         </is>
       </c>
       <c r="E22" s="1" t="n">
+        <v>162.0</v>
+      </c>
+      <c r="F22" s="1" t="n">
+        <v>39.0</v>
+      </c>
+      <c r="G22" s="1" t="n">
         <v>19.0</v>
       </c>
-      <c r="F22" s="1" t="n">
-[...4 lines deleted...]
-      </c>
       <c r="H22" s="1" t="n">
-        <v>57.0</v>
+        <v>220.0</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="inlineStr">
         <is>
           <t>Alle wirtschaftliche Tätigkeiten</t>
         </is>
       </c>
       <c r="B23" t="inlineStr">
         <is>
           <t>C Verarbeitendes Gewerbe/herstellung von Waren</t>
         </is>
       </c>
       <c r="C23" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D23" t="inlineStr">
         <is>
-          <t>Juni 2025</t>
+          <t>Oktober 2025</t>
         </is>
       </c>
       <c r="E23" s="1" t="n">
-        <v>95.0</v>
+        <v>267.0</v>
       </c>
       <c r="F23" s="1" t="n">
-        <v>23.0</v>
+        <v>42.0</v>
       </c>
       <c r="G23" s="1" t="n">
-        <v>33.0</v>
+        <v>26.0</v>
       </c>
       <c r="H23" s="1" t="n">
-        <v>151.0</v>
+        <v>335.0</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="inlineStr">
         <is>
           <t>Alle wirtschaftliche Tätigkeiten</t>
         </is>
       </c>
       <c r="B24" t="inlineStr">
         <is>
           <t>C Verarbeitendes Gewerbe/herstellung von Waren</t>
         </is>
       </c>
       <c r="C24" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D24" t="inlineStr">
         <is>
-          <t>Juli 2025</t>
+          <t>November 2025</t>
         </is>
       </c>
       <c r="E24" s="1" t="n">
-        <v>918.0</v>
+        <v>120.0</v>
       </c>
       <c r="F24" s="1" t="n">
-        <v>59.0</v>
+        <v>25.0</v>
       </c>
       <c r="G24" s="1" t="n">
-        <v>24.0</v>
+        <v>27.0</v>
       </c>
       <c r="H24" s="1" t="n">
-        <v>1001.0</v>
+        <v>172.0</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="inlineStr">
         <is>
           <t>Alle wirtschaftliche Tätigkeiten</t>
         </is>
       </c>
       <c r="B25" t="inlineStr">
         <is>
           <t>C Verarbeitendes Gewerbe/herstellung von Waren</t>
         </is>
       </c>
       <c r="C25" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D25" t="inlineStr">
         <is>
-          <t>August 2025</t>
+          <t>Dezember 2025</t>
         </is>
       </c>
       <c r="E25" s="1" t="n">
-        <v>61.0</v>
+        <v>104.0</v>
       </c>
       <c r="F25" s="1" t="n">
-        <v>18.0</v>
+        <v>14.0</v>
       </c>
       <c r="G25" s="1" t="n">
-        <v>15.0</v>
+        <v>24.0</v>
       </c>
       <c r="H25" s="1" t="n">
-        <v>94.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="inlineStr">
         <is>
           <t>Alle wirtschaftliche Tätigkeiten</t>
         </is>
       </c>
       <c r="B26" t="inlineStr">
         <is>
           <t>C Verarbeitendes Gewerbe/herstellung von Waren</t>
         </is>
       </c>
       <c r="C26" t="inlineStr">
         <is>
-          <t>2025</t>
+          <t>2026</t>
         </is>
       </c>
       <c r="D26" t="inlineStr">
         <is>
-          <t>September 2025</t>
+          <t>Januar 2026</t>
         </is>
       </c>
       <c r="E26" s="1" t="n">
-        <v>162.0</v>
+        <v>142.0</v>
       </c>
       <c r="F26" s="1" t="n">
-        <v>39.0</v>
+        <v>40.0</v>
       </c>
       <c r="G26" s="1" t="n">
-        <v>19.0</v>
+        <v>27.0</v>
       </c>
       <c r="H26" s="1" t="n">
-        <v>220.0</v>
+        <v>209.0</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="inlineStr">
         <is>
           <t>Alle wirtschaftliche Tätigkeiten</t>
         </is>
       </c>
       <c r="B27" t="inlineStr">
         <is>
           <t>C Verarbeitendes Gewerbe/herstellung von Waren</t>
         </is>
       </c>
       <c r="C27" t="inlineStr">
         <is>
-          <t>2025</t>
+          <t>2026</t>
         </is>
       </c>
       <c r="D27" t="inlineStr">
         <is>
-          <t>Oktober 2025</t>
+          <t>Februar 2026</t>
         </is>
       </c>
       <c r="E27" s="1" t="n">
-        <v>267.0</v>
+        <v>99.0</v>
       </c>
       <c r="F27" s="1" t="n">
-        <v>42.0</v>
+        <v>12.0</v>
       </c>
       <c r="G27" s="1" t="n">
-        <v>26.0</v>
+        <v>33.0</v>
       </c>
       <c r="H27" s="1" t="n">
-        <v>335.0</v>
+        <v>144.0</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="inlineStr">
         <is>
           <t>Alle wirtschaftliche Tätigkeiten</t>
         </is>
       </c>
       <c r="B28" t="inlineStr">
         <is>
           <t>D Energieversorgung</t>
         </is>
       </c>
       <c r="C28" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="D28" t="inlineStr">
         <is>
-          <t>Oktober 2024</t>
-[...13 lines deleted...]
-      </c>
+          <t>Februar 2025</t>
+        </is>
+      </c>
+      <c r="E28"/>
+      <c r="F28"/>
+      <c r="G28"/>
+      <c r="H28"/>
     </row>
     <row r="29">
       <c r="A29" t="inlineStr">
         <is>
           <t>Alle wirtschaftliche Tätigkeiten</t>
         </is>
       </c>
       <c r="B29" t="inlineStr">
         <is>
           <t>D Energieversorgung</t>
         </is>
       </c>
       <c r="C29" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="D29" t="inlineStr">
         <is>
-          <t>November 2024</t>
-[...5 lines deleted...]
-      <c r="H29"/>
+          <t>März 2025</t>
+        </is>
+      </c>
+      <c r="E29" s="1" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="F29" s="1" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="G29" s="1" t="n">
+        <v>1.0</v>
+      </c>
+      <c r="H29" s="1" t="n">
+        <v>1.0</v>
+      </c>
     </row>
     <row r="30">
       <c r="A30" t="inlineStr">
         <is>
           <t>Alle wirtschaftliche Tätigkeiten</t>
         </is>
       </c>
       <c r="B30" t="inlineStr">
         <is>
           <t>D Energieversorgung</t>
         </is>
       </c>
       <c r="C30" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="D30" t="inlineStr">
         <is>
-          <t>Dezember 2024</t>
-[...13 lines deleted...]
-      </c>
+          <t>April 2025</t>
+        </is>
+      </c>
+      <c r="E30"/>
+      <c r="F30"/>
+      <c r="G30"/>
+      <c r="H30"/>
     </row>
     <row r="31">
       <c r="A31" t="inlineStr">
         <is>
           <t>Alle wirtschaftliche Tätigkeiten</t>
         </is>
       </c>
       <c r="B31" t="inlineStr">
         <is>
           <t>D Energieversorgung</t>
         </is>
       </c>
       <c r="C31" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D31" t="inlineStr">
         <is>
-          <t>Januar 2025</t>
+          <t>Mai 2025</t>
         </is>
       </c>
       <c r="E31" s="1" t="n">
         <v>0.0</v>
       </c>
       <c r="F31" s="1" t="n">
         <v>0.0</v>
       </c>
       <c r="G31" s="1" t="n">
-        <v>2.0</v>
+        <v>1.0</v>
       </c>
       <c r="H31" s="1" t="n">
-        <v>2.0</v>
+        <v>1.0</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="inlineStr">
         <is>
           <t>Alle wirtschaftliche Tätigkeiten</t>
         </is>
       </c>
       <c r="B32" t="inlineStr">
         <is>
           <t>D Energieversorgung</t>
         </is>
       </c>
       <c r="C32" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D32" t="inlineStr">
         <is>
-          <t>Februar 2025</t>
-[...5 lines deleted...]
-      <c r="H32"/>
+          <t>Juni 2025</t>
+        </is>
+      </c>
+      <c r="E32" s="1" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="F32" s="1" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="G32" s="1" t="n">
+        <v>2.0</v>
+      </c>
+      <c r="H32" s="1" t="n">
+        <v>2.0</v>
+      </c>
     </row>
     <row r="33">
       <c r="A33" t="inlineStr">
         <is>
           <t>Alle wirtschaftliche Tätigkeiten</t>
         </is>
       </c>
       <c r="B33" t="inlineStr">
         <is>
           <t>D Energieversorgung</t>
         </is>
       </c>
       <c r="C33" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D33" t="inlineStr">
         <is>
-          <t>März 2025</t>
-[...13 lines deleted...]
-      </c>
+          <t>Juli 2025</t>
+        </is>
+      </c>
+      <c r="E33"/>
+      <c r="F33"/>
+      <c r="G33"/>
+      <c r="H33"/>
     </row>
     <row r="34">
       <c r="A34" t="inlineStr">
         <is>
           <t>Alle wirtschaftliche Tätigkeiten</t>
         </is>
       </c>
       <c r="B34" t="inlineStr">
         <is>
           <t>D Energieversorgung</t>
         </is>
       </c>
       <c r="C34" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D34" t="inlineStr">
         <is>
-          <t>April 2025</t>
+          <t>August 2025</t>
         </is>
       </c>
       <c r="E34"/>
       <c r="F34"/>
       <c r="G34"/>
       <c r="H34"/>
     </row>
     <row r="35">
       <c r="A35" t="inlineStr">
         <is>
           <t>Alle wirtschaftliche Tätigkeiten</t>
         </is>
       </c>
       <c r="B35" t="inlineStr">
         <is>
           <t>D Energieversorgung</t>
         </is>
       </c>
       <c r="C35" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D35" t="inlineStr">
         <is>
-          <t>Mai 2025</t>
+          <t>September 2025</t>
         </is>
       </c>
       <c r="E35" s="1" t="n">
-        <v>0.0</v>
+        <v>4.0</v>
       </c>
       <c r="F35" s="1" t="n">
         <v>0.0</v>
       </c>
       <c r="G35" s="1" t="n">
-        <v>1.0</v>
+        <v>0.0</v>
       </c>
       <c r="H35" s="1" t="n">
-        <v>1.0</v>
+        <v>4.0</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" t="inlineStr">
         <is>
           <t>Alle wirtschaftliche Tätigkeiten</t>
         </is>
       </c>
       <c r="B36" t="inlineStr">
         <is>
           <t>D Energieversorgung</t>
         </is>
       </c>
       <c r="C36" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D36" t="inlineStr">
         <is>
-          <t>Juni 2025</t>
+          <t>Oktober 2025</t>
         </is>
       </c>
       <c r="E36" s="1" t="n">
         <v>0.0</v>
       </c>
       <c r="F36" s="1" t="n">
         <v>0.0</v>
       </c>
       <c r="G36" s="1" t="n">
-        <v>2.0</v>
+        <v>1.0</v>
       </c>
       <c r="H36" s="1" t="n">
-        <v>2.0</v>
+        <v>1.0</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" t="inlineStr">
         <is>
           <t>Alle wirtschaftliche Tätigkeiten</t>
         </is>
       </c>
       <c r="B37" t="inlineStr">
         <is>
           <t>D Energieversorgung</t>
         </is>
       </c>
       <c r="C37" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D37" t="inlineStr">
         <is>
-          <t>Juli 2025</t>
+          <t>November 2025</t>
         </is>
       </c>
       <c r="E37"/>
       <c r="F37"/>
       <c r="G37"/>
       <c r="H37"/>
     </row>
     <row r="38">
       <c r="A38" t="inlineStr">
         <is>
           <t>Alle wirtschaftliche Tätigkeiten</t>
         </is>
       </c>
       <c r="B38" t="inlineStr">
         <is>
           <t>D Energieversorgung</t>
         </is>
       </c>
       <c r="C38" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D38" t="inlineStr">
         <is>
-          <t>August 2025</t>
-[...5 lines deleted...]
-      <c r="H38"/>
+          <t>Dezember 2025</t>
+        </is>
+      </c>
+      <c r="E38" s="1" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="F38" s="1" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="G38" s="1" t="n">
+        <v>2.0</v>
+      </c>
+      <c r="H38" s="1" t="n">
+        <v>2.0</v>
+      </c>
     </row>
     <row r="39">
       <c r="A39" t="inlineStr">
         <is>
           <t>Alle wirtschaftliche Tätigkeiten</t>
         </is>
       </c>
       <c r="B39" t="inlineStr">
         <is>
           <t>D Energieversorgung</t>
         </is>
       </c>
       <c r="C39" t="inlineStr">
         <is>
-          <t>2025</t>
+          <t>2026</t>
         </is>
       </c>
       <c r="D39" t="inlineStr">
         <is>
-          <t>September 2025</t>
-[...13 lines deleted...]
-      </c>
+          <t>Januar 2026</t>
+        </is>
+      </c>
+      <c r="E39"/>
+      <c r="F39"/>
+      <c r="G39"/>
+      <c r="H39"/>
     </row>
     <row r="40">
       <c r="A40" t="inlineStr">
         <is>
           <t>Alle wirtschaftliche Tätigkeiten</t>
         </is>
       </c>
       <c r="B40" t="inlineStr">
         <is>
           <t>D Energieversorgung</t>
         </is>
       </c>
       <c r="C40" t="inlineStr">
         <is>
-          <t>2025</t>
+          <t>2026</t>
         </is>
       </c>
       <c r="D40" t="inlineStr">
         <is>
-          <t>Oktober 2025</t>
-[...13 lines deleted...]
-      </c>
+          <t>Februar 2026</t>
+        </is>
+      </c>
+      <c r="E40"/>
+      <c r="F40"/>
+      <c r="G40"/>
+      <c r="H40"/>
     </row>
     <row r="41">
       <c r="A41" t="inlineStr">
         <is>
           <t>Alle wirtschaftliche Tätigkeiten</t>
         </is>
       </c>
       <c r="B41" t="inlineStr">
         <is>
           <t>E Wasserversorgung/ Abwasser- und Abfallentsorgung und Beseitigung von Umweltverschmutzungen</t>
         </is>
       </c>
       <c r="C41" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="D41" t="inlineStr">
         <is>
-          <t>Oktober 2024</t>
+          <t>Februar 2025</t>
         </is>
       </c>
       <c r="E41" s="1" t="n">
-        <v>14.0</v>
+        <v>0.0</v>
       </c>
       <c r="F41" s="1" t="n">
         <v>0.0</v>
       </c>
       <c r="G41" s="1" t="n">
-        <v>3.0</v>
+        <v>4.0</v>
       </c>
       <c r="H41" s="1" t="n">
-        <v>17.0</v>
+        <v>4.0</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" t="inlineStr">
         <is>
           <t>Alle wirtschaftliche Tätigkeiten</t>
         </is>
       </c>
       <c r="B42" t="inlineStr">
         <is>
           <t>E Wasserversorgung/ Abwasser- und Abfallentsorgung und Beseitigung von Umweltverschmutzungen</t>
         </is>
       </c>
       <c r="C42" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="D42" t="inlineStr">
         <is>
-          <t>November 2024</t>
+          <t>März 2025</t>
         </is>
       </c>
       <c r="E42" s="1" t="n">
+        <v>9.0</v>
+      </c>
+      <c r="F42" s="1" t="n">
         <v>1.0</v>
       </c>
-      <c r="F42" s="1" t="n">
-[...1 lines deleted...]
-      </c>
       <c r="G42" s="1" t="n">
-        <v>0.0</v>
+        <v>1.0</v>
       </c>
       <c r="H42" s="1" t="n">
-        <v>1.0</v>
+        <v>11.0</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" t="inlineStr">
         <is>
           <t>Alle wirtschaftliche Tätigkeiten</t>
         </is>
       </c>
       <c r="B43" t="inlineStr">
         <is>
           <t>E Wasserversorgung/ Abwasser- und Abfallentsorgung und Beseitigung von Umweltverschmutzungen</t>
         </is>
       </c>
       <c r="C43" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="D43" t="inlineStr">
         <is>
-          <t>Dezember 2024</t>
+          <t>April 2025</t>
         </is>
       </c>
       <c r="E43" s="1" t="n">
-        <v>1.0</v>
+        <v>2.0</v>
       </c>
       <c r="F43" s="1" t="n">
-        <v>0.0</v>
+        <v>3.0</v>
       </c>
       <c r="G43" s="1" t="n">
-        <v>0.0</v>
+        <v>3.0</v>
       </c>
       <c r="H43" s="1" t="n">
-        <v>1.0</v>
+        <v>8.0</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" t="inlineStr">
         <is>
           <t>Alle wirtschaftliche Tätigkeiten</t>
         </is>
       </c>
       <c r="B44" t="inlineStr">
         <is>
           <t>E Wasserversorgung/ Abwasser- und Abfallentsorgung und Beseitigung von Umweltverschmutzungen</t>
         </is>
       </c>
       <c r="C44" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D44" t="inlineStr">
         <is>
-          <t>Januar 2025</t>
+          <t>Mai 2025</t>
         </is>
       </c>
       <c r="E44" s="1" t="n">
-        <v>0.0</v>
+        <v>3.0</v>
       </c>
       <c r="F44" s="1" t="n">
-        <v>0.0</v>
+        <v>3.0</v>
       </c>
       <c r="G44" s="1" t="n">
-        <v>3.0</v>
+        <v>2.0</v>
       </c>
       <c r="H44" s="1" t="n">
-        <v>3.0</v>
+        <v>8.0</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" t="inlineStr">
         <is>
           <t>Alle wirtschaftliche Tätigkeiten</t>
         </is>
       </c>
       <c r="B45" t="inlineStr">
         <is>
           <t>E Wasserversorgung/ Abwasser- und Abfallentsorgung und Beseitigung von Umweltverschmutzungen</t>
         </is>
       </c>
       <c r="C45" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D45" t="inlineStr">
         <is>
-          <t>Februar 2025</t>
+          <t>Juni 2025</t>
         </is>
       </c>
       <c r="E45" s="1" t="n">
         <v>0.0</v>
       </c>
       <c r="F45" s="1" t="n">
         <v>0.0</v>
       </c>
       <c r="G45" s="1" t="n">
-        <v>4.0</v>
+        <v>2.0</v>
       </c>
       <c r="H45" s="1" t="n">
-        <v>4.0</v>
+        <v>2.0</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" t="inlineStr">
         <is>
           <t>Alle wirtschaftliche Tätigkeiten</t>
         </is>
       </c>
       <c r="B46" t="inlineStr">
         <is>
           <t>E Wasserversorgung/ Abwasser- und Abfallentsorgung und Beseitigung von Umweltverschmutzungen</t>
         </is>
       </c>
       <c r="C46" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D46" t="inlineStr">
         <is>
-          <t>März 2025</t>
+          <t>Juli 2025</t>
         </is>
       </c>
       <c r="E46" s="1" t="n">
-        <v>9.0</v>
+        <v>0.0</v>
       </c>
       <c r="F46" s="1" t="n">
-        <v>1.0</v>
+        <v>0.0</v>
       </c>
       <c r="G46" s="1" t="n">
         <v>1.0</v>
       </c>
       <c r="H46" s="1" t="n">
-        <v>11.0</v>
+        <v>1.0</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" t="inlineStr">
         <is>
           <t>Alle wirtschaftliche Tätigkeiten</t>
         </is>
       </c>
       <c r="B47" t="inlineStr">
         <is>
           <t>E Wasserversorgung/ Abwasser- und Abfallentsorgung und Beseitigung von Umweltverschmutzungen</t>
         </is>
       </c>
       <c r="C47" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D47" t="inlineStr">
         <is>
-          <t>April 2025</t>
+          <t>August 2025</t>
         </is>
       </c>
       <c r="E47" s="1" t="n">
-        <v>2.0</v>
+        <v>6.0</v>
       </c>
       <c r="F47" s="1" t="n">
-        <v>3.0</v>
+        <v>5.0</v>
       </c>
       <c r="G47" s="1" t="n">
-        <v>3.0</v>
+        <v>0.0</v>
       </c>
       <c r="H47" s="1" t="n">
-        <v>8.0</v>
+        <v>11.0</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" t="inlineStr">
         <is>
           <t>Alle wirtschaftliche Tätigkeiten</t>
         </is>
       </c>
       <c r="B48" t="inlineStr">
         <is>
           <t>E Wasserversorgung/ Abwasser- und Abfallentsorgung und Beseitigung von Umweltverschmutzungen</t>
         </is>
       </c>
       <c r="C48" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D48" t="inlineStr">
         <is>
-          <t>Mai 2025</t>
+          <t>September 2025</t>
         </is>
       </c>
       <c r="E48" s="1" t="n">
-        <v>3.0</v>
+        <v>0.0</v>
       </c>
       <c r="F48" s="1" t="n">
-        <v>3.0</v>
+        <v>0.0</v>
       </c>
       <c r="G48" s="1" t="n">
         <v>2.0</v>
       </c>
       <c r="H48" s="1" t="n">
-        <v>8.0</v>
+        <v>2.0</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" t="inlineStr">
         <is>
           <t>Alle wirtschaftliche Tätigkeiten</t>
         </is>
       </c>
       <c r="B49" t="inlineStr">
         <is>
           <t>E Wasserversorgung/ Abwasser- und Abfallentsorgung und Beseitigung von Umweltverschmutzungen</t>
         </is>
       </c>
       <c r="C49" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D49" t="inlineStr">
         <is>
-          <t>Juni 2025</t>
+          <t>Oktober 2025</t>
         </is>
       </c>
       <c r="E49" s="1" t="n">
-        <v>0.0</v>
+        <v>1.0</v>
       </c>
       <c r="F49" s="1" t="n">
         <v>0.0</v>
       </c>
       <c r="G49" s="1" t="n">
-        <v>2.0</v>
+        <v>4.0</v>
       </c>
       <c r="H49" s="1" t="n">
-        <v>2.0</v>
+        <v>5.0</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" t="inlineStr">
         <is>
           <t>Alle wirtschaftliche Tätigkeiten</t>
         </is>
       </c>
       <c r="B50" t="inlineStr">
         <is>
           <t>E Wasserversorgung/ Abwasser- und Abfallentsorgung und Beseitigung von Umweltverschmutzungen</t>
         </is>
       </c>
       <c r="C50" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D50" t="inlineStr">
         <is>
-          <t>Juli 2025</t>
+          <t>November 2025</t>
         </is>
       </c>
       <c r="E50" s="1" t="n">
         <v>0.0</v>
       </c>
       <c r="F50" s="1" t="n">
         <v>0.0</v>
       </c>
       <c r="G50" s="1" t="n">
         <v>1.0</v>
       </c>
       <c r="H50" s="1" t="n">
         <v>1.0</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" t="inlineStr">
         <is>
           <t>Alle wirtschaftliche Tätigkeiten</t>
         </is>
       </c>
       <c r="B51" t="inlineStr">
         <is>
           <t>E Wasserversorgung/ Abwasser- und Abfallentsorgung und Beseitigung von Umweltverschmutzungen</t>
         </is>
       </c>
       <c r="C51" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D51" t="inlineStr">
         <is>
-          <t>August 2025</t>
-[...13 lines deleted...]
-      </c>
+          <t>Dezember 2025</t>
+        </is>
+      </c>
+      <c r="E51"/>
+      <c r="F51"/>
+      <c r="G51"/>
+      <c r="H51"/>
     </row>
     <row r="52">
       <c r="A52" t="inlineStr">
         <is>
           <t>Alle wirtschaftliche Tätigkeiten</t>
         </is>
       </c>
       <c r="B52" t="inlineStr">
         <is>
           <t>E Wasserversorgung/ Abwasser- und Abfallentsorgung und Beseitigung von Umweltverschmutzungen</t>
         </is>
       </c>
       <c r="C52" t="inlineStr">
         <is>
-          <t>2025</t>
+          <t>2026</t>
         </is>
       </c>
       <c r="D52" t="inlineStr">
         <is>
-          <t>September 2025</t>
+          <t>Januar 2026</t>
         </is>
       </c>
       <c r="E52" s="1" t="n">
         <v>0.0</v>
       </c>
       <c r="F52" s="1" t="n">
         <v>0.0</v>
       </c>
       <c r="G52" s="1" t="n">
-        <v>2.0</v>
+        <v>1.0</v>
       </c>
       <c r="H52" s="1" t="n">
-        <v>2.0</v>
+        <v>1.0</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" t="inlineStr">
         <is>
           <t>Alle wirtschaftliche Tätigkeiten</t>
         </is>
       </c>
       <c r="B53" t="inlineStr">
         <is>
           <t>E Wasserversorgung/ Abwasser- und Abfallentsorgung und Beseitigung von Umweltverschmutzungen</t>
         </is>
       </c>
       <c r="C53" t="inlineStr">
         <is>
-          <t>2025</t>
+          <t>2026</t>
         </is>
       </c>
       <c r="D53" t="inlineStr">
         <is>
-          <t>Oktober 2025</t>
+          <t>Februar 2026</t>
         </is>
       </c>
       <c r="E53" s="1" t="n">
+        <v>27.0</v>
+      </c>
+      <c r="F53" s="1" t="n">
+        <v>2.0</v>
+      </c>
+      <c r="G53" s="1" t="n">
         <v>1.0</v>
       </c>
-      <c r="F53" s="1" t="n">
-[...4 lines deleted...]
-      </c>
       <c r="H53" s="1" t="n">
-        <v>5.0</v>
+        <v>30.0</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" t="inlineStr">
         <is>
           <t>Alle wirtschaftliche Tätigkeiten</t>
         </is>
       </c>
       <c r="B54" t="inlineStr">
         <is>
           <t>F Baugewerbe/Bau</t>
         </is>
       </c>
       <c r="C54" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="D54" t="inlineStr">
         <is>
-          <t>Oktober 2024</t>
+          <t>Februar 2025</t>
         </is>
       </c>
       <c r="E54" s="1" t="n">
-        <v>257.0</v>
+        <v>209.0</v>
       </c>
       <c r="F54" s="1" t="n">
-        <v>46.0</v>
+        <v>23.0</v>
       </c>
       <c r="G54" s="1" t="n">
-        <v>199.0</v>
+        <v>202.0</v>
       </c>
       <c r="H54" s="1" t="n">
-        <v>502.0</v>
+        <v>434.0</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" t="inlineStr">
         <is>
           <t>Alle wirtschaftliche Tätigkeiten</t>
         </is>
       </c>
       <c r="B55" t="inlineStr">
         <is>
           <t>F Baugewerbe/Bau</t>
         </is>
       </c>
       <c r="C55" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="D55" t="inlineStr">
         <is>
-          <t>November 2024</t>
+          <t>März 2025</t>
         </is>
       </c>
       <c r="E55" s="1" t="n">
-        <v>151.0</v>
+        <v>336.0</v>
       </c>
       <c r="F55" s="1" t="n">
-        <v>23.0</v>
+        <v>29.0</v>
       </c>
       <c r="G55" s="1" t="n">
-        <v>187.0</v>
+        <v>230.0</v>
       </c>
       <c r="H55" s="1" t="n">
-        <v>361.0</v>
+        <v>595.0</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" t="inlineStr">
         <is>
           <t>Alle wirtschaftliche Tätigkeiten</t>
         </is>
       </c>
       <c r="B56" t="inlineStr">
         <is>
           <t>F Baugewerbe/Bau</t>
         </is>
       </c>
       <c r="C56" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="D56" t="inlineStr">
         <is>
-          <t>Dezember 2024</t>
+          <t>April 2025</t>
         </is>
       </c>
       <c r="E56" s="1" t="n">
-        <v>150.0</v>
+        <v>176.0</v>
       </c>
       <c r="F56" s="1" t="n">
-        <v>28.0</v>
+        <v>57.0</v>
       </c>
       <c r="G56" s="1" t="n">
-        <v>208.0</v>
+        <v>177.0</v>
       </c>
       <c r="H56" s="1" t="n">
-        <v>386.0</v>
+        <v>410.0</v>
       </c>
     </row>
     <row r="57">
       <c r="A57" t="inlineStr">
         <is>
           <t>Alle wirtschaftliche Tätigkeiten</t>
         </is>
       </c>
       <c r="B57" t="inlineStr">
         <is>
           <t>F Baugewerbe/Bau</t>
         </is>
       </c>
       <c r="C57" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D57" t="inlineStr">
         <is>
-          <t>Januar 2025</t>
+          <t>Mai 2025</t>
         </is>
       </c>
       <c r="E57" s="1" t="n">
-        <v>148.0</v>
+        <v>153.0</v>
       </c>
       <c r="F57" s="1" t="n">
-        <v>17.0</v>
+        <v>26.0</v>
       </c>
       <c r="G57" s="1" t="n">
-        <v>215.0</v>
+        <v>210.0</v>
       </c>
       <c r="H57" s="1" t="n">
-        <v>380.0</v>
+        <v>389.0</v>
       </c>
     </row>
     <row r="58">
       <c r="A58" t="inlineStr">
         <is>
           <t>Alle wirtschaftliche Tätigkeiten</t>
         </is>
       </c>
       <c r="B58" t="inlineStr">
         <is>
           <t>F Baugewerbe/Bau</t>
         </is>
       </c>
       <c r="C58" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D58" t="inlineStr">
         <is>
-          <t>Februar 2025</t>
+          <t>Juni 2025</t>
         </is>
       </c>
       <c r="E58" s="1" t="n">
-        <v>209.0</v>
+        <v>290.0</v>
       </c>
       <c r="F58" s="1" t="n">
-        <v>23.0</v>
+        <v>29.0</v>
       </c>
       <c r="G58" s="1" t="n">
-        <v>202.0</v>
+        <v>268.0</v>
       </c>
       <c r="H58" s="1" t="n">
-        <v>434.0</v>
+        <v>587.0</v>
       </c>
     </row>
     <row r="59">
       <c r="A59" t="inlineStr">
         <is>
           <t>Alle wirtschaftliche Tätigkeiten</t>
         </is>
       </c>
       <c r="B59" t="inlineStr">
         <is>
           <t>F Baugewerbe/Bau</t>
         </is>
       </c>
       <c r="C59" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D59" t="inlineStr">
         <is>
-          <t>März 2025</t>
+          <t>Juli 2025</t>
         </is>
       </c>
       <c r="E59" s="1" t="n">
-        <v>336.0</v>
+        <v>158.0</v>
       </c>
       <c r="F59" s="1" t="n">
-        <v>29.0</v>
+        <v>11.0</v>
       </c>
       <c r="G59" s="1" t="n">
-        <v>230.0</v>
+        <v>148.0</v>
       </c>
       <c r="H59" s="1" t="n">
-        <v>595.0</v>
+        <v>317.0</v>
       </c>
     </row>
     <row r="60">
       <c r="A60" t="inlineStr">
         <is>
           <t>Alle wirtschaftliche Tätigkeiten</t>
         </is>
       </c>
       <c r="B60" t="inlineStr">
         <is>
           <t>F Baugewerbe/Bau</t>
         </is>
       </c>
       <c r="C60" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D60" t="inlineStr">
         <is>
-          <t>April 2025</t>
+          <t>August 2025</t>
         </is>
       </c>
       <c r="E60" s="1" t="n">
-        <v>176.0</v>
+        <v>86.0</v>
       </c>
       <c r="F60" s="1" t="n">
-        <v>57.0</v>
+        <v>10.0</v>
       </c>
       <c r="G60" s="1" t="n">
-        <v>177.0</v>
+        <v>87.0</v>
       </c>
       <c r="H60" s="1" t="n">
-        <v>410.0</v>
+        <v>183.0</v>
       </c>
     </row>
     <row r="61">
       <c r="A61" t="inlineStr">
         <is>
           <t>Alle wirtschaftliche Tätigkeiten</t>
         </is>
       </c>
       <c r="B61" t="inlineStr">
         <is>
           <t>F Baugewerbe/Bau</t>
         </is>
       </c>
       <c r="C61" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D61" t="inlineStr">
         <is>
-          <t>Mai 2025</t>
+          <t>September 2025</t>
         </is>
       </c>
       <c r="E61" s="1" t="n">
-        <v>153.0</v>
+        <v>224.0</v>
       </c>
       <c r="F61" s="1" t="n">
-        <v>26.0</v>
+        <v>43.0</v>
       </c>
       <c r="G61" s="1" t="n">
-        <v>210.0</v>
+        <v>251.0</v>
       </c>
       <c r="H61" s="1" t="n">
-        <v>389.0</v>
+        <v>518.0</v>
       </c>
     </row>
     <row r="62">
       <c r="A62" t="inlineStr">
         <is>
           <t>Alle wirtschaftliche Tätigkeiten</t>
         </is>
       </c>
       <c r="B62" t="inlineStr">
         <is>
           <t>F Baugewerbe/Bau</t>
         </is>
       </c>
       <c r="C62" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D62" t="inlineStr">
         <is>
-          <t>Juni 2025</t>
+          <t>Oktober 2025</t>
         </is>
       </c>
       <c r="E62" s="1" t="n">
-        <v>290.0</v>
+        <v>121.0</v>
       </c>
       <c r="F62" s="1" t="n">
-        <v>29.0</v>
+        <v>19.0</v>
       </c>
       <c r="G62" s="1" t="n">
-        <v>268.0</v>
+        <v>221.0</v>
       </c>
       <c r="H62" s="1" t="n">
-        <v>587.0</v>
+        <v>361.0</v>
       </c>
     </row>
     <row r="63">
       <c r="A63" t="inlineStr">
         <is>
           <t>Alle wirtschaftliche Tätigkeiten</t>
         </is>
       </c>
       <c r="B63" t="inlineStr">
         <is>
           <t>F Baugewerbe/Bau</t>
         </is>
       </c>
       <c r="C63" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D63" t="inlineStr">
         <is>
-          <t>Juli 2025</t>
+          <t>November 2025</t>
         </is>
       </c>
       <c r="E63" s="1" t="n">
-        <v>158.0</v>
+        <v>141.0</v>
       </c>
       <c r="F63" s="1" t="n">
-        <v>11.0</v>
+        <v>20.0</v>
       </c>
       <c r="G63" s="1" t="n">
-        <v>148.0</v>
+        <v>181.0</v>
       </c>
       <c r="H63" s="1" t="n">
-        <v>317.0</v>
+        <v>342.0</v>
       </c>
     </row>
     <row r="64">
       <c r="A64" t="inlineStr">
         <is>
           <t>Alle wirtschaftliche Tätigkeiten</t>
         </is>
       </c>
       <c r="B64" t="inlineStr">
         <is>
           <t>F Baugewerbe/Bau</t>
         </is>
       </c>
       <c r="C64" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D64" t="inlineStr">
         <is>
-          <t>August 2025</t>
+          <t>Dezember 2025</t>
         </is>
       </c>
       <c r="E64" s="1" t="n">
-        <v>86.0</v>
+        <v>189.0</v>
       </c>
       <c r="F64" s="1" t="n">
-        <v>10.0</v>
+        <v>40.0</v>
       </c>
       <c r="G64" s="1" t="n">
-        <v>87.0</v>
+        <v>242.0</v>
       </c>
       <c r="H64" s="1" t="n">
-        <v>183.0</v>
+        <v>471.0</v>
       </c>
     </row>
     <row r="65">
       <c r="A65" t="inlineStr">
         <is>
           <t>Alle wirtschaftliche Tätigkeiten</t>
         </is>
       </c>
       <c r="B65" t="inlineStr">
         <is>
           <t>F Baugewerbe/Bau</t>
         </is>
       </c>
       <c r="C65" t="inlineStr">
         <is>
-          <t>2025</t>
+          <t>2026</t>
         </is>
       </c>
       <c r="D65" t="inlineStr">
         <is>
-          <t>September 2025</t>
+          <t>Januar 2026</t>
         </is>
       </c>
       <c r="E65" s="1" t="n">
-        <v>224.0</v>
+        <v>138.0</v>
       </c>
       <c r="F65" s="1" t="n">
-        <v>43.0</v>
+        <v>20.0</v>
       </c>
       <c r="G65" s="1" t="n">
-        <v>250.0</v>
+        <v>196.0</v>
       </c>
       <c r="H65" s="1" t="n">
-        <v>517.0</v>
+        <v>354.0</v>
       </c>
     </row>
     <row r="66">
       <c r="A66" t="inlineStr">
         <is>
           <t>Alle wirtschaftliche Tätigkeiten</t>
         </is>
       </c>
       <c r="B66" t="inlineStr">
         <is>
           <t>F Baugewerbe/Bau</t>
         </is>
       </c>
       <c r="C66" t="inlineStr">
         <is>
-          <t>2025</t>
+          <t>2026</t>
         </is>
       </c>
       <c r="D66" t="inlineStr">
         <is>
-          <t>Oktober 2025</t>
+          <t>Februar 2026</t>
         </is>
       </c>
       <c r="E66" s="1" t="n">
-        <v>121.0</v>
+        <v>257.0</v>
       </c>
       <c r="F66" s="1" t="n">
-        <v>19.0</v>
+        <v>28.0</v>
       </c>
       <c r="G66" s="1" t="n">
-        <v>221.0</v>
+        <v>180.0</v>
       </c>
       <c r="H66" s="1" t="n">
-        <v>361.0</v>
+        <v>465.0</v>
       </c>
     </row>
     <row r="67">
       <c r="A67" t="inlineStr">
         <is>
           <t>Alle wirtschaftliche Tätigkeiten</t>
         </is>
       </c>
       <c r="B67" t="inlineStr">
         <is>
           <t>G Handel/ Instandhaltung und Reparatur von Kraftfahrzeugen</t>
         </is>
       </c>
       <c r="C67" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="D67" t="inlineStr">
         <is>
-          <t>Oktober 2024</t>
+          <t>Februar 2025</t>
         </is>
       </c>
       <c r="E67" s="1" t="n">
-        <v>357.0</v>
+        <v>156.0</v>
       </c>
       <c r="F67" s="1" t="n">
-        <v>374.0</v>
+        <v>101.0</v>
       </c>
       <c r="G67" s="1" t="n">
-        <v>170.0</v>
+        <v>147.0</v>
       </c>
       <c r="H67" s="1" t="n">
-        <v>901.0</v>
+        <v>404.0</v>
       </c>
     </row>
     <row r="68">
       <c r="A68" t="inlineStr">
         <is>
           <t>Alle wirtschaftliche Tätigkeiten</t>
         </is>
       </c>
       <c r="B68" t="inlineStr">
         <is>
           <t>G Handel/ Instandhaltung und Reparatur von Kraftfahrzeugen</t>
         </is>
       </c>
       <c r="C68" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="D68" t="inlineStr">
         <is>
-          <t>November 2024</t>
+          <t>März 2025</t>
         </is>
       </c>
       <c r="E68" s="1" t="n">
-        <v>113.0</v>
+        <v>303.0</v>
       </c>
       <c r="F68" s="1" t="n">
-        <v>54.0</v>
+        <v>280.0</v>
       </c>
       <c r="G68" s="1" t="n">
-        <v>133.0</v>
+        <v>177.0</v>
       </c>
       <c r="H68" s="1" t="n">
-        <v>300.0</v>
+        <v>760.0</v>
       </c>
     </row>
     <row r="69">
       <c r="A69" t="inlineStr">
         <is>
           <t>Alle wirtschaftliche Tätigkeiten</t>
         </is>
       </c>
       <c r="B69" t="inlineStr">
         <is>
           <t>G Handel/ Instandhaltung und Reparatur von Kraftfahrzeugen</t>
         </is>
       </c>
       <c r="C69" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="D69" t="inlineStr">
         <is>
-          <t>Dezember 2024</t>
+          <t>April 2025</t>
         </is>
       </c>
       <c r="E69" s="1" t="n">
-        <v>265.0</v>
+        <v>218.0</v>
       </c>
       <c r="F69" s="1" t="n">
-        <v>107.0</v>
+        <v>157.0</v>
       </c>
       <c r="G69" s="1" t="n">
-        <v>160.0</v>
+        <v>154.0</v>
       </c>
       <c r="H69" s="1" t="n">
-        <v>532.0</v>
+        <v>529.0</v>
       </c>
     </row>
     <row r="70">
       <c r="A70" t="inlineStr">
         <is>
           <t>Alle wirtschaftliche Tätigkeiten</t>
         </is>
       </c>
       <c r="B70" t="inlineStr">
         <is>
           <t>G Handel/ Instandhaltung und Reparatur von Kraftfahrzeugen</t>
         </is>
       </c>
       <c r="C70" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D70" t="inlineStr">
         <is>
-          <t>Januar 2025</t>
+          <t>Mai 2025</t>
         </is>
       </c>
       <c r="E70" s="1" t="n">
-        <v>125.0</v>
+        <v>130.0</v>
       </c>
       <c r="F70" s="1" t="n">
-        <v>46.0</v>
+        <v>89.0</v>
       </c>
       <c r="G70" s="1" t="n">
-        <v>129.0</v>
+        <v>142.0</v>
       </c>
       <c r="H70" s="1" t="n">
-        <v>300.0</v>
+        <v>361.0</v>
       </c>
     </row>
     <row r="71">
       <c r="A71" t="inlineStr">
         <is>
           <t>Alle wirtschaftliche Tätigkeiten</t>
         </is>
       </c>
       <c r="B71" t="inlineStr">
         <is>
           <t>G Handel/ Instandhaltung und Reparatur von Kraftfahrzeugen</t>
         </is>
       </c>
       <c r="C71" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D71" t="inlineStr">
         <is>
-          <t>Februar 2025</t>
+          <t>Juni 2025</t>
         </is>
       </c>
       <c r="E71" s="1" t="n">
-        <v>156.0</v>
+        <v>165.0</v>
       </c>
       <c r="F71" s="1" t="n">
-        <v>101.0</v>
+        <v>94.0</v>
       </c>
       <c r="G71" s="1" t="n">
-        <v>147.0</v>
+        <v>178.0</v>
       </c>
       <c r="H71" s="1" t="n">
-        <v>404.0</v>
+        <v>437.0</v>
       </c>
     </row>
     <row r="72">
       <c r="A72" t="inlineStr">
         <is>
           <t>Alle wirtschaftliche Tätigkeiten</t>
         </is>
       </c>
       <c r="B72" t="inlineStr">
         <is>
           <t>G Handel/ Instandhaltung und Reparatur von Kraftfahrzeugen</t>
         </is>
       </c>
       <c r="C72" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D72" t="inlineStr">
         <is>
-          <t>März 2025</t>
+          <t>Juli 2025</t>
         </is>
       </c>
       <c r="E72" s="1" t="n">
-        <v>303.0</v>
+        <v>95.0</v>
       </c>
       <c r="F72" s="1" t="n">
-        <v>280.0</v>
+        <v>68.0</v>
       </c>
       <c r="G72" s="1" t="n">
-        <v>177.0</v>
+        <v>121.0</v>
       </c>
       <c r="H72" s="1" t="n">
-        <v>760.0</v>
+        <v>284.0</v>
       </c>
     </row>
     <row r="73">
       <c r="A73" t="inlineStr">
         <is>
           <t>Alle wirtschaftliche Tätigkeiten</t>
         </is>
       </c>
       <c r="B73" t="inlineStr">
         <is>
           <t>G Handel/ Instandhaltung und Reparatur von Kraftfahrzeugen</t>
         </is>
       </c>
       <c r="C73" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D73" t="inlineStr">
         <is>
-          <t>April 2025</t>
+          <t>August 2025</t>
         </is>
       </c>
       <c r="E73" s="1" t="n">
-        <v>218.0</v>
+        <v>169.0</v>
       </c>
       <c r="F73" s="1" t="n">
-        <v>157.0</v>
+        <v>164.0</v>
       </c>
       <c r="G73" s="1" t="n">
-        <v>154.0</v>
+        <v>77.0</v>
       </c>
       <c r="H73" s="1" t="n">
-        <v>529.0</v>
+        <v>410.0</v>
       </c>
     </row>
     <row r="74">
       <c r="A74" t="inlineStr">
         <is>
           <t>Alle wirtschaftliche Tätigkeiten</t>
         </is>
       </c>
       <c r="B74" t="inlineStr">
         <is>
           <t>G Handel/ Instandhaltung und Reparatur von Kraftfahrzeugen</t>
         </is>
       </c>
       <c r="C74" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D74" t="inlineStr">
         <is>
-          <t>Mai 2025</t>
+          <t>September 2025</t>
         </is>
       </c>
       <c r="E74" s="1" t="n">
-        <v>130.0</v>
+        <v>122.0</v>
       </c>
       <c r="F74" s="1" t="n">
-        <v>89.0</v>
+        <v>101.0</v>
       </c>
       <c r="G74" s="1" t="n">
-        <v>142.0</v>
+        <v>191.0</v>
       </c>
       <c r="H74" s="1" t="n">
-        <v>361.0</v>
+        <v>414.0</v>
       </c>
     </row>
     <row r="75">
       <c r="A75" t="inlineStr">
         <is>
           <t>Alle wirtschaftliche Tätigkeiten</t>
         </is>
       </c>
       <c r="B75" t="inlineStr">
         <is>
           <t>G Handel/ Instandhaltung und Reparatur von Kraftfahrzeugen</t>
         </is>
       </c>
       <c r="C75" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D75" t="inlineStr">
         <is>
-          <t>Juni 2025</t>
+          <t>Oktober 2025</t>
         </is>
       </c>
       <c r="E75" s="1" t="n">
-        <v>165.0</v>
+        <v>166.0</v>
       </c>
       <c r="F75" s="1" t="n">
-        <v>94.0</v>
+        <v>93.0</v>
       </c>
       <c r="G75" s="1" t="n">
-        <v>178.0</v>
+        <v>173.0</v>
       </c>
       <c r="H75" s="1" t="n">
-        <v>437.0</v>
+        <v>432.0</v>
       </c>
     </row>
     <row r="76">
       <c r="A76" t="inlineStr">
         <is>
           <t>Alle wirtschaftliche Tätigkeiten</t>
         </is>
       </c>
       <c r="B76" t="inlineStr">
         <is>
           <t>G Handel/ Instandhaltung und Reparatur von Kraftfahrzeugen</t>
         </is>
       </c>
       <c r="C76" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D76" t="inlineStr">
         <is>
-          <t>Juli 2025</t>
+          <t>November 2025</t>
         </is>
       </c>
       <c r="E76" s="1" t="n">
-        <v>95.0</v>
+        <v>198.0</v>
       </c>
       <c r="F76" s="1" t="n">
-        <v>68.0</v>
+        <v>100.0</v>
       </c>
       <c r="G76" s="1" t="n">
-        <v>121.0</v>
+        <v>123.0</v>
       </c>
       <c r="H76" s="1" t="n">
-        <v>284.0</v>
+        <v>421.0</v>
       </c>
     </row>
     <row r="77">
       <c r="A77" t="inlineStr">
         <is>
           <t>Alle wirtschaftliche Tätigkeiten</t>
         </is>
       </c>
       <c r="B77" t="inlineStr">
         <is>
           <t>G Handel/ Instandhaltung und Reparatur von Kraftfahrzeugen</t>
         </is>
       </c>
       <c r="C77" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D77" t="inlineStr">
         <is>
-          <t>August 2025</t>
+          <t>Dezember 2025</t>
         </is>
       </c>
       <c r="E77" s="1" t="n">
-        <v>169.0</v>
+        <v>368.0</v>
       </c>
       <c r="F77" s="1" t="n">
-        <v>164.0</v>
+        <v>216.0</v>
       </c>
       <c r="G77" s="1" t="n">
-        <v>77.0</v>
+        <v>157.0</v>
       </c>
       <c r="H77" s="1" t="n">
-        <v>410.0</v>
+        <v>741.0</v>
       </c>
     </row>
     <row r="78">
       <c r="A78" t="inlineStr">
         <is>
           <t>Alle wirtschaftliche Tätigkeiten</t>
         </is>
       </c>
       <c r="B78" t="inlineStr">
         <is>
           <t>G Handel/ Instandhaltung und Reparatur von Kraftfahrzeugen</t>
         </is>
       </c>
       <c r="C78" t="inlineStr">
         <is>
-          <t>2025</t>
+          <t>2026</t>
         </is>
       </c>
       <c r="D78" t="inlineStr">
         <is>
-          <t>September 2025</t>
+          <t>Januar 2026</t>
         </is>
       </c>
       <c r="E78" s="1" t="n">
-        <v>122.0</v>
+        <v>160.0</v>
       </c>
       <c r="F78" s="1" t="n">
-        <v>101.0</v>
+        <v>68.0</v>
       </c>
       <c r="G78" s="1" t="n">
-        <v>191.0</v>
+        <v>147.0</v>
       </c>
       <c r="H78" s="1" t="n">
-        <v>414.0</v>
+        <v>375.0</v>
       </c>
     </row>
     <row r="79">
       <c r="A79" t="inlineStr">
         <is>
           <t>Alle wirtschaftliche Tätigkeiten</t>
         </is>
       </c>
       <c r="B79" t="inlineStr">
         <is>
           <t>G Handel/ Instandhaltung und Reparatur von Kraftfahrzeugen</t>
         </is>
       </c>
       <c r="C79" t="inlineStr">
         <is>
-          <t>2025</t>
+          <t>2026</t>
         </is>
       </c>
       <c r="D79" t="inlineStr">
         <is>
-          <t>Oktober 2025</t>
+          <t>Februar 2026</t>
         </is>
       </c>
       <c r="E79" s="1" t="n">
-        <v>166.0</v>
+        <v>183.0</v>
       </c>
       <c r="F79" s="1" t="n">
-        <v>93.0</v>
+        <v>115.0</v>
       </c>
       <c r="G79" s="1" t="n">
-        <v>173.0</v>
+        <v>146.0</v>
       </c>
       <c r="H79" s="1" t="n">
-        <v>432.0</v>
+        <v>444.0</v>
       </c>
     </row>
     <row r="80">
       <c r="A80" t="inlineStr">
         <is>
           <t>Alle wirtschaftliche Tätigkeiten</t>
         </is>
       </c>
       <c r="B80" t="inlineStr">
         <is>
           <t>H Verkehr und Lagerei</t>
         </is>
       </c>
       <c r="C80" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="D80" t="inlineStr">
         <is>
-          <t>Oktober 2024</t>
+          <t>Februar 2025</t>
         </is>
       </c>
       <c r="E80" s="1" t="n">
-        <v>71.0</v>
+        <v>135.0</v>
       </c>
       <c r="F80" s="1" t="n">
-        <v>36.0</v>
+        <v>35.0</v>
       </c>
       <c r="G80" s="1" t="n">
-        <v>56.0</v>
+        <v>54.0</v>
       </c>
       <c r="H80" s="1" t="n">
-        <v>163.0</v>
+        <v>224.0</v>
       </c>
     </row>
     <row r="81">
       <c r="A81" t="inlineStr">
         <is>
           <t>Alle wirtschaftliche Tätigkeiten</t>
         </is>
       </c>
       <c r="B81" t="inlineStr">
         <is>
           <t>H Verkehr und Lagerei</t>
         </is>
       </c>
       <c r="C81" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="D81" t="inlineStr">
         <is>
-          <t>November 2024</t>
+          <t>März 2025</t>
         </is>
       </c>
       <c r="E81" s="1" t="n">
-        <v>145.0</v>
+        <v>205.0</v>
       </c>
       <c r="F81" s="1" t="n">
-        <v>33.0</v>
+        <v>65.0</v>
       </c>
       <c r="G81" s="1" t="n">
-        <v>35.0</v>
+        <v>51.0</v>
       </c>
       <c r="H81" s="1" t="n">
-        <v>213.0</v>
+        <v>321.0</v>
       </c>
     </row>
     <row r="82">
       <c r="A82" t="inlineStr">
         <is>
           <t>Alle wirtschaftliche Tätigkeiten</t>
         </is>
       </c>
       <c r="B82" t="inlineStr">
         <is>
           <t>H Verkehr und Lagerei</t>
         </is>
       </c>
       <c r="C82" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="D82" t="inlineStr">
         <is>
-          <t>Dezember 2024</t>
+          <t>April 2025</t>
         </is>
       </c>
       <c r="E82" s="1" t="n">
-        <v>114.0</v>
+        <v>389.0</v>
       </c>
       <c r="F82" s="1" t="n">
-        <v>32.0</v>
+        <v>54.0</v>
       </c>
       <c r="G82" s="1" t="n">
         <v>48.0</v>
       </c>
       <c r="H82" s="1" t="n">
-        <v>194.0</v>
+        <v>491.0</v>
       </c>
     </row>
     <row r="83">
       <c r="A83" t="inlineStr">
         <is>
           <t>Alle wirtschaftliche Tätigkeiten</t>
         </is>
       </c>
       <c r="B83" t="inlineStr">
         <is>
           <t>H Verkehr und Lagerei</t>
         </is>
       </c>
       <c r="C83" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D83" t="inlineStr">
         <is>
-          <t>Januar 2025</t>
+          <t>Mai 2025</t>
         </is>
       </c>
       <c r="E83" s="1" t="n">
-        <v>102.0</v>
+        <v>137.0</v>
       </c>
       <c r="F83" s="1" t="n">
-        <v>21.0</v>
+        <v>28.0</v>
       </c>
       <c r="G83" s="1" t="n">
-        <v>40.0</v>
+        <v>51.0</v>
       </c>
       <c r="H83" s="1" t="n">
-        <v>163.0</v>
+        <v>216.0</v>
       </c>
     </row>
     <row r="84">
       <c r="A84" t="inlineStr">
         <is>
           <t>Alle wirtschaftliche Tätigkeiten</t>
         </is>
       </c>
       <c r="B84" t="inlineStr">
         <is>
           <t>H Verkehr und Lagerei</t>
         </is>
       </c>
       <c r="C84" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D84" t="inlineStr">
         <is>
-          <t>Februar 2025</t>
+          <t>Juni 2025</t>
         </is>
       </c>
       <c r="E84" s="1" t="n">
-        <v>135.0</v>
+        <v>136.0</v>
       </c>
       <c r="F84" s="1" t="n">
-        <v>35.0</v>
+        <v>62.0</v>
       </c>
       <c r="G84" s="1" t="n">
-        <v>54.0</v>
+        <v>44.0</v>
       </c>
       <c r="H84" s="1" t="n">
-        <v>224.0</v>
+        <v>242.0</v>
       </c>
     </row>
     <row r="85">
       <c r="A85" t="inlineStr">
         <is>
           <t>Alle wirtschaftliche Tätigkeiten</t>
         </is>
       </c>
       <c r="B85" t="inlineStr">
         <is>
           <t>H Verkehr und Lagerei</t>
         </is>
       </c>
       <c r="C85" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D85" t="inlineStr">
         <is>
-          <t>März 2025</t>
+          <t>Juli 2025</t>
         </is>
       </c>
       <c r="E85" s="1" t="n">
-        <v>205.0</v>
+        <v>46.0</v>
       </c>
       <c r="F85" s="1" t="n">
-        <v>65.0</v>
+        <v>38.0</v>
       </c>
       <c r="G85" s="1" t="n">
-        <v>51.0</v>
+        <v>36.0</v>
       </c>
       <c r="H85" s="1" t="n">
-        <v>321.0</v>
+        <v>120.0</v>
       </c>
     </row>
     <row r="86">
       <c r="A86" t="inlineStr">
         <is>
           <t>Alle wirtschaftliche Tätigkeiten</t>
         </is>
       </c>
       <c r="B86" t="inlineStr">
         <is>
           <t>H Verkehr und Lagerei</t>
         </is>
       </c>
       <c r="C86" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D86" t="inlineStr">
         <is>
-          <t>April 2025</t>
+          <t>August 2025</t>
         </is>
       </c>
       <c r="E86" s="1" t="n">
-        <v>389.0</v>
+        <v>186.0</v>
       </c>
       <c r="F86" s="1" t="n">
-        <v>54.0</v>
+        <v>42.0</v>
       </c>
       <c r="G86" s="1" t="n">
-        <v>48.0</v>
+        <v>17.0</v>
       </c>
       <c r="H86" s="1" t="n">
-        <v>491.0</v>
+        <v>245.0</v>
       </c>
     </row>
     <row r="87">
       <c r="A87" t="inlineStr">
         <is>
           <t>Alle wirtschaftliche Tätigkeiten</t>
         </is>
       </c>
       <c r="B87" t="inlineStr">
         <is>
           <t>H Verkehr und Lagerei</t>
         </is>
       </c>
       <c r="C87" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D87" t="inlineStr">
         <is>
-          <t>Mai 2025</t>
+          <t>September 2025</t>
         </is>
       </c>
       <c r="E87" s="1" t="n">
-        <v>137.0</v>
+        <v>183.0</v>
       </c>
       <c r="F87" s="1" t="n">
-        <v>28.0</v>
+        <v>23.0</v>
       </c>
       <c r="G87" s="1" t="n">
-        <v>51.0</v>
+        <v>72.0</v>
       </c>
       <c r="H87" s="1" t="n">
-        <v>216.0</v>
+        <v>278.0</v>
       </c>
     </row>
     <row r="88">
       <c r="A88" t="inlineStr">
         <is>
           <t>Alle wirtschaftliche Tätigkeiten</t>
         </is>
       </c>
       <c r="B88" t="inlineStr">
         <is>
           <t>H Verkehr und Lagerei</t>
         </is>
       </c>
       <c r="C88" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D88" t="inlineStr">
         <is>
-          <t>Juni 2025</t>
+          <t>Oktober 2025</t>
         </is>
       </c>
       <c r="E88" s="1" t="n">
-        <v>136.0</v>
+        <v>109.0</v>
       </c>
       <c r="F88" s="1" t="n">
-        <v>62.0</v>
+        <v>148.0</v>
       </c>
       <c r="G88" s="1" t="n">
-        <v>44.0</v>
+        <v>49.0</v>
       </c>
       <c r="H88" s="1" t="n">
-        <v>242.0</v>
+        <v>306.0</v>
       </c>
     </row>
     <row r="89">
       <c r="A89" t="inlineStr">
         <is>
           <t>Alle wirtschaftliche Tätigkeiten</t>
         </is>
       </c>
       <c r="B89" t="inlineStr">
         <is>
           <t>H Verkehr und Lagerei</t>
         </is>
       </c>
       <c r="C89" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D89" t="inlineStr">
         <is>
-          <t>Juli 2025</t>
+          <t>November 2025</t>
         </is>
       </c>
       <c r="E89" s="1" t="n">
-        <v>46.0</v>
+        <v>136.0</v>
       </c>
       <c r="F89" s="1" t="n">
-        <v>38.0</v>
+        <v>33.0</v>
       </c>
       <c r="G89" s="1" t="n">
-        <v>36.0</v>
+        <v>39.0</v>
       </c>
       <c r="H89" s="1" t="n">
-        <v>120.0</v>
+        <v>208.0</v>
       </c>
     </row>
     <row r="90">
       <c r="A90" t="inlineStr">
         <is>
           <t>Alle wirtschaftliche Tätigkeiten</t>
         </is>
       </c>
       <c r="B90" t="inlineStr">
         <is>
           <t>H Verkehr und Lagerei</t>
         </is>
       </c>
       <c r="C90" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D90" t="inlineStr">
         <is>
-          <t>August 2025</t>
+          <t>Dezember 2025</t>
         </is>
       </c>
       <c r="E90" s="1" t="n">
-        <v>186.0</v>
+        <v>143.0</v>
       </c>
       <c r="F90" s="1" t="n">
-        <v>42.0</v>
+        <v>27.0</v>
       </c>
       <c r="G90" s="1" t="n">
-        <v>17.0</v>
+        <v>73.0</v>
       </c>
       <c r="H90" s="1" t="n">
-        <v>245.0</v>
+        <v>243.0</v>
       </c>
     </row>
     <row r="91">
       <c r="A91" t="inlineStr">
         <is>
           <t>Alle wirtschaftliche Tätigkeiten</t>
         </is>
       </c>
       <c r="B91" t="inlineStr">
         <is>
           <t>H Verkehr und Lagerei</t>
         </is>
       </c>
       <c r="C91" t="inlineStr">
         <is>
-          <t>2025</t>
+          <t>2026</t>
         </is>
       </c>
       <c r="D91" t="inlineStr">
         <is>
-          <t>September 2025</t>
+          <t>Januar 2026</t>
         </is>
       </c>
       <c r="E91" s="1" t="n">
-        <v>183.0</v>
+        <v>104.0</v>
       </c>
       <c r="F91" s="1" t="n">
-        <v>23.0</v>
+        <v>45.0</v>
       </c>
       <c r="G91" s="1" t="n">
-        <v>72.0</v>
+        <v>47.0</v>
       </c>
       <c r="H91" s="1" t="n">
-        <v>278.0</v>
+        <v>196.0</v>
       </c>
     </row>
     <row r="92">
       <c r="A92" t="inlineStr">
         <is>
           <t>Alle wirtschaftliche Tätigkeiten</t>
         </is>
       </c>
       <c r="B92" t="inlineStr">
         <is>
           <t>H Verkehr und Lagerei</t>
         </is>
       </c>
       <c r="C92" t="inlineStr">
         <is>
-          <t>2025</t>
+          <t>2026</t>
         </is>
       </c>
       <c r="D92" t="inlineStr">
         <is>
-          <t>Oktober 2025</t>
+          <t>Februar 2026</t>
         </is>
       </c>
       <c r="E92" s="1" t="n">
-        <v>109.0</v>
+        <v>146.0</v>
       </c>
       <c r="F92" s="1" t="n">
-        <v>148.0</v>
+        <v>42.0</v>
       </c>
       <c r="G92" s="1" t="n">
-        <v>49.0</v>
+        <v>59.0</v>
       </c>
       <c r="H92" s="1" t="n">
-        <v>306.0</v>
+        <v>247.0</v>
       </c>
     </row>
     <row r="93">
       <c r="A93" t="inlineStr">
         <is>
           <t>Alle wirtschaftliche Tätigkeiten</t>
         </is>
       </c>
       <c r="B93" t="inlineStr">
         <is>
           <t>I Gastgewerbe/Beherbergung und Gastronomie</t>
         </is>
       </c>
       <c r="C93" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="D93" t="inlineStr">
         <is>
-          <t>Oktober 2024</t>
+          <t>Februar 2025</t>
         </is>
       </c>
       <c r="E93" s="1" t="n">
-        <v>112.0</v>
+        <v>102.0</v>
       </c>
       <c r="F93" s="1" t="n">
-        <v>153.0</v>
+        <v>206.0</v>
       </c>
       <c r="G93" s="1" t="n">
-        <v>130.0</v>
+        <v>119.0</v>
       </c>
       <c r="H93" s="1" t="n">
-        <v>395.0</v>
+        <v>427.0</v>
       </c>
     </row>
     <row r="94">
       <c r="A94" t="inlineStr">
         <is>
           <t>Alle wirtschaftliche Tätigkeiten</t>
         </is>
       </c>
       <c r="B94" t="inlineStr">
         <is>
           <t>I Gastgewerbe/Beherbergung und Gastronomie</t>
         </is>
       </c>
       <c r="C94" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="D94" t="inlineStr">
         <is>
-          <t>November 2024</t>
+          <t>März 2025</t>
         </is>
       </c>
       <c r="E94" s="1" t="n">
-        <v>150.0</v>
+        <v>99.0</v>
       </c>
       <c r="F94" s="1" t="n">
-        <v>151.0</v>
+        <v>225.0</v>
       </c>
       <c r="G94" s="1" t="n">
-        <v>86.0</v>
+        <v>138.0</v>
       </c>
       <c r="H94" s="1" t="n">
-        <v>387.0</v>
+        <v>462.0</v>
       </c>
     </row>
     <row r="95">
       <c r="A95" t="inlineStr">
         <is>
           <t>Alle wirtschaftliche Tätigkeiten</t>
         </is>
       </c>
       <c r="B95" t="inlineStr">
         <is>
           <t>I Gastgewerbe/Beherbergung und Gastronomie</t>
         </is>
       </c>
       <c r="C95" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="D95" t="inlineStr">
         <is>
-          <t>Dezember 2024</t>
+          <t>April 2025</t>
         </is>
       </c>
       <c r="E95" s="1" t="n">
-        <v>136.0</v>
+        <v>125.0</v>
       </c>
       <c r="F95" s="1" t="n">
-        <v>150.0</v>
+        <v>247.0</v>
       </c>
       <c r="G95" s="1" t="n">
-        <v>136.0</v>
+        <v>123.0</v>
       </c>
       <c r="H95" s="1" t="n">
-        <v>422.0</v>
+        <v>495.0</v>
       </c>
     </row>
     <row r="96">
       <c r="A96" t="inlineStr">
         <is>
           <t>Alle wirtschaftliche Tätigkeiten</t>
         </is>
       </c>
       <c r="B96" t="inlineStr">
         <is>
           <t>I Gastgewerbe/Beherbergung und Gastronomie</t>
         </is>
       </c>
       <c r="C96" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D96" t="inlineStr">
         <is>
-          <t>Januar 2025</t>
+          <t>Mai 2025</t>
         </is>
       </c>
       <c r="E96" s="1" t="n">
-        <v>441.0</v>
+        <v>91.0</v>
       </c>
       <c r="F96" s="1" t="n">
-        <v>457.0</v>
+        <v>91.0</v>
       </c>
       <c r="G96" s="1" t="n">
-        <v>134.0</v>
+        <v>98.0</v>
       </c>
       <c r="H96" s="1" t="n">
-        <v>1032.0</v>
+        <v>280.0</v>
       </c>
     </row>
     <row r="97">
       <c r="A97" t="inlineStr">
         <is>
           <t>Alle wirtschaftliche Tätigkeiten</t>
         </is>
       </c>
       <c r="B97" t="inlineStr">
         <is>
           <t>I Gastgewerbe/Beherbergung und Gastronomie</t>
         </is>
       </c>
       <c r="C97" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D97" t="inlineStr">
         <is>
-          <t>Februar 2025</t>
+          <t>Juni 2025</t>
         </is>
       </c>
       <c r="E97" s="1" t="n">
-        <v>102.0</v>
+        <v>146.0</v>
       </c>
       <c r="F97" s="1" t="n">
-        <v>206.0</v>
+        <v>218.0</v>
       </c>
       <c r="G97" s="1" t="n">
-        <v>119.0</v>
+        <v>131.0</v>
       </c>
       <c r="H97" s="1" t="n">
-        <v>427.0</v>
+        <v>495.0</v>
       </c>
     </row>
     <row r="98">
       <c r="A98" t="inlineStr">
         <is>
           <t>Alle wirtschaftliche Tätigkeiten</t>
         </is>
       </c>
       <c r="B98" t="inlineStr">
         <is>
           <t>I Gastgewerbe/Beherbergung und Gastronomie</t>
         </is>
       </c>
       <c r="C98" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D98" t="inlineStr">
         <is>
-          <t>März 2025</t>
+          <t>Juli 2025</t>
         </is>
       </c>
       <c r="E98" s="1" t="n">
-        <v>99.0</v>
+        <v>147.0</v>
       </c>
       <c r="F98" s="1" t="n">
-        <v>225.0</v>
+        <v>121.0</v>
       </c>
       <c r="G98" s="1" t="n">
-        <v>138.0</v>
+        <v>84.0</v>
       </c>
       <c r="H98" s="1" t="n">
-        <v>462.0</v>
+        <v>352.0</v>
       </c>
     </row>
     <row r="99">
       <c r="A99" t="inlineStr">
         <is>
           <t>Alle wirtschaftliche Tätigkeiten</t>
         </is>
       </c>
       <c r="B99" t="inlineStr">
         <is>
           <t>I Gastgewerbe/Beherbergung und Gastronomie</t>
         </is>
       </c>
       <c r="C99" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D99" t="inlineStr">
         <is>
-          <t>April 2025</t>
+          <t>August 2025</t>
         </is>
       </c>
       <c r="E99" s="1" t="n">
-        <v>125.0</v>
+        <v>68.0</v>
       </c>
       <c r="F99" s="1" t="n">
-        <v>247.0</v>
+        <v>89.0</v>
       </c>
       <c r="G99" s="1" t="n">
-        <v>123.0</v>
+        <v>65.0</v>
       </c>
       <c r="H99" s="1" t="n">
-        <v>495.0</v>
+        <v>222.0</v>
       </c>
     </row>
     <row r="100">
       <c r="A100" t="inlineStr">
         <is>
           <t>Alle wirtschaftliche Tätigkeiten</t>
         </is>
       </c>
       <c r="B100" t="inlineStr">
         <is>
           <t>I Gastgewerbe/Beherbergung und Gastronomie</t>
         </is>
       </c>
       <c r="C100" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D100" t="inlineStr">
         <is>
-          <t>Mai 2025</t>
+          <t>September 2025</t>
         </is>
       </c>
       <c r="E100" s="1" t="n">
-        <v>91.0</v>
+        <v>116.0</v>
       </c>
       <c r="F100" s="1" t="n">
-        <v>91.0</v>
+        <v>226.0</v>
       </c>
       <c r="G100" s="1" t="n">
-        <v>98.0</v>
+        <v>133.0</v>
       </c>
       <c r="H100" s="1" t="n">
-        <v>280.0</v>
+        <v>475.0</v>
       </c>
     </row>
     <row r="101">
       <c r="A101" t="inlineStr">
         <is>
           <t>Alle wirtschaftliche Tätigkeiten</t>
         </is>
       </c>
       <c r="B101" t="inlineStr">
         <is>
           <t>I Gastgewerbe/Beherbergung und Gastronomie</t>
         </is>
       </c>
       <c r="C101" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D101" t="inlineStr">
         <is>
-          <t>Juni 2025</t>
+          <t>Oktober 2025</t>
         </is>
       </c>
       <c r="E101" s="1" t="n">
-        <v>146.0</v>
+        <v>133.0</v>
       </c>
       <c r="F101" s="1" t="n">
-        <v>218.0</v>
+        <v>206.0</v>
       </c>
       <c r="G101" s="1" t="n">
-        <v>131.0</v>
+        <v>135.0</v>
       </c>
       <c r="H101" s="1" t="n">
-        <v>495.0</v>
+        <v>474.0</v>
       </c>
     </row>
     <row r="102">
       <c r="A102" t="inlineStr">
         <is>
           <t>Alle wirtschaftliche Tätigkeiten</t>
         </is>
       </c>
       <c r="B102" t="inlineStr">
         <is>
           <t>I Gastgewerbe/Beherbergung und Gastronomie</t>
         </is>
       </c>
       <c r="C102" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D102" t="inlineStr">
         <is>
-          <t>Juli 2025</t>
+          <t>November 2025</t>
         </is>
       </c>
       <c r="E102" s="1" t="n">
-        <v>147.0</v>
+        <v>158.0</v>
       </c>
       <c r="F102" s="1" t="n">
-        <v>121.0</v>
+        <v>182.0</v>
       </c>
       <c r="G102" s="1" t="n">
-        <v>84.0</v>
+        <v>118.0</v>
       </c>
       <c r="H102" s="1" t="n">
-        <v>352.0</v>
+        <v>458.0</v>
       </c>
     </row>
     <row r="103">
       <c r="A103" t="inlineStr">
         <is>
           <t>Alle wirtschaftliche Tätigkeiten</t>
         </is>
       </c>
       <c r="B103" t="inlineStr">
         <is>
           <t>I Gastgewerbe/Beherbergung und Gastronomie</t>
         </is>
       </c>
       <c r="C103" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D103" t="inlineStr">
         <is>
-          <t>August 2025</t>
+          <t>Dezember 2025</t>
         </is>
       </c>
       <c r="E103" s="1" t="n">
-        <v>68.0</v>
+        <v>147.0</v>
       </c>
       <c r="F103" s="1" t="n">
-        <v>89.0</v>
+        <v>183.0</v>
       </c>
       <c r="G103" s="1" t="n">
-        <v>65.0</v>
+        <v>129.0</v>
       </c>
       <c r="H103" s="1" t="n">
-        <v>222.0</v>
+        <v>459.0</v>
       </c>
     </row>
     <row r="104">
       <c r="A104" t="inlineStr">
         <is>
           <t>Alle wirtschaftliche Tätigkeiten</t>
         </is>
       </c>
       <c r="B104" t="inlineStr">
         <is>
           <t>I Gastgewerbe/Beherbergung und Gastronomie</t>
         </is>
       </c>
       <c r="C104" t="inlineStr">
         <is>
-          <t>2025</t>
+          <t>2026</t>
         </is>
       </c>
       <c r="D104" t="inlineStr">
         <is>
-          <t>September 2025</t>
+          <t>Januar 2026</t>
         </is>
       </c>
       <c r="E104" s="1" t="n">
-        <v>116.0</v>
+        <v>107.0</v>
       </c>
       <c r="F104" s="1" t="n">
-        <v>226.0</v>
+        <v>167.0</v>
       </c>
       <c r="G104" s="1" t="n">
-        <v>132.0</v>
+        <v>124.0</v>
       </c>
       <c r="H104" s="1" t="n">
-        <v>474.0</v>
+        <v>398.0</v>
       </c>
     </row>
     <row r="105">
       <c r="A105" t="inlineStr">
         <is>
           <t>Alle wirtschaftliche Tätigkeiten</t>
         </is>
       </c>
       <c r="B105" t="inlineStr">
         <is>
           <t>I Gastgewerbe/Beherbergung und Gastronomie</t>
         </is>
       </c>
       <c r="C105" t="inlineStr">
         <is>
-          <t>2025</t>
+          <t>2026</t>
         </is>
       </c>
       <c r="D105" t="inlineStr">
         <is>
-          <t>Oktober 2025</t>
+          <t>Februar 2026</t>
         </is>
       </c>
       <c r="E105" s="1" t="n">
-        <v>133.0</v>
+        <v>164.0</v>
       </c>
       <c r="F105" s="1" t="n">
-        <v>206.0</v>
+        <v>148.0</v>
       </c>
       <c r="G105" s="1" t="n">
-        <v>136.0</v>
+        <v>119.0</v>
       </c>
       <c r="H105" s="1" t="n">
-        <v>475.0</v>
+        <v>431.0</v>
       </c>
     </row>
     <row r="106">
       <c r="A106" t="inlineStr">
         <is>
           <t>Alle wirtschaftliche Tätigkeiten</t>
         </is>
       </c>
       <c r="B106" t="inlineStr">
         <is>
           <t>J Information und Kommunikation</t>
         </is>
       </c>
       <c r="C106" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="D106" t="inlineStr">
         <is>
-          <t>Oktober 2024</t>
+          <t>Februar 2025</t>
         </is>
       </c>
       <c r="E106" s="1" t="n">
-        <v>3.0</v>
+        <v>44.0</v>
       </c>
       <c r="F106" s="1" t="n">
-        <v>1.0</v>
+        <v>5.0</v>
       </c>
       <c r="G106" s="1" t="n">
-        <v>25.0</v>
+        <v>18.0</v>
       </c>
       <c r="H106" s="1" t="n">
-        <v>29.0</v>
+        <v>67.0</v>
       </c>
     </row>
     <row r="107">
       <c r="A107" t="inlineStr">
         <is>
           <t>Alle wirtschaftliche Tätigkeiten</t>
         </is>
       </c>
       <c r="B107" t="inlineStr">
         <is>
           <t>J Information und Kommunikation</t>
         </is>
       </c>
       <c r="C107" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="D107" t="inlineStr">
         <is>
-          <t>November 2024</t>
+          <t>März 2025</t>
         </is>
       </c>
       <c r="E107" s="1" t="n">
-        <v>12.0</v>
+        <v>6.0</v>
       </c>
       <c r="F107" s="1" t="n">
-        <v>4.0</v>
+        <v>3.0</v>
       </c>
       <c r="G107" s="1" t="n">
-        <v>19.0</v>
+        <v>26.0</v>
       </c>
       <c r="H107" s="1" t="n">
         <v>35.0</v>
       </c>
     </row>
     <row r="108">
       <c r="A108" t="inlineStr">
         <is>
           <t>Alle wirtschaftliche Tätigkeiten</t>
         </is>
       </c>
       <c r="B108" t="inlineStr">
         <is>
           <t>J Information und Kommunikation</t>
         </is>
       </c>
       <c r="C108" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="D108" t="inlineStr">
         <is>
-          <t>Dezember 2024</t>
+          <t>April 2025</t>
         </is>
       </c>
       <c r="E108" s="1" t="n">
-        <v>22.0</v>
+        <v>59.0</v>
       </c>
       <c r="F108" s="1" t="n">
-        <v>0.0</v>
+        <v>15.0</v>
       </c>
       <c r="G108" s="1" t="n">
-        <v>30.0</v>
+        <v>28.0</v>
       </c>
       <c r="H108" s="1" t="n">
-        <v>52.0</v>
+        <v>102.0</v>
       </c>
     </row>
     <row r="109">
       <c r="A109" t="inlineStr">
         <is>
           <t>Alle wirtschaftliche Tätigkeiten</t>
         </is>
       </c>
       <c r="B109" t="inlineStr">
         <is>
           <t>J Information und Kommunikation</t>
         </is>
       </c>
       <c r="C109" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D109" t="inlineStr">
         <is>
-          <t>Januar 2025</t>
+          <t>Mai 2025</t>
         </is>
       </c>
       <c r="E109" s="1" t="n">
-        <v>2.0</v>
+        <v>20.0</v>
       </c>
       <c r="F109" s="1" t="n">
-        <v>0.0</v>
+        <v>18.0</v>
       </c>
       <c r="G109" s="1" t="n">
-        <v>21.0</v>
+        <v>32.0</v>
       </c>
       <c r="H109" s="1" t="n">
-        <v>23.0</v>
+        <v>70.0</v>
       </c>
     </row>
     <row r="110">
       <c r="A110" t="inlineStr">
         <is>
           <t>Alle wirtschaftliche Tätigkeiten</t>
         </is>
       </c>
       <c r="B110" t="inlineStr">
         <is>
           <t>J Information und Kommunikation</t>
         </is>
       </c>
       <c r="C110" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D110" t="inlineStr">
         <is>
-          <t>Februar 2025</t>
+          <t>Juni 2025</t>
         </is>
       </c>
       <c r="E110" s="1" t="n">
-        <v>44.0</v>
+        <v>5.0</v>
       </c>
       <c r="F110" s="1" t="n">
-        <v>5.0</v>
+        <v>4.0</v>
       </c>
       <c r="G110" s="1" t="n">
-        <v>18.0</v>
+        <v>34.0</v>
       </c>
       <c r="H110" s="1" t="n">
-        <v>67.0</v>
+        <v>43.0</v>
       </c>
     </row>
     <row r="111">
       <c r="A111" t="inlineStr">
         <is>
           <t>Alle wirtschaftliche Tätigkeiten</t>
         </is>
       </c>
       <c r="B111" t="inlineStr">
         <is>
           <t>J Information und Kommunikation</t>
         </is>
       </c>
       <c r="C111" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D111" t="inlineStr">
         <is>
-          <t>März 2025</t>
+          <t>Juli 2025</t>
         </is>
       </c>
       <c r="E111" s="1" t="n">
-        <v>6.0</v>
+        <v>19.0</v>
       </c>
       <c r="F111" s="1" t="n">
-        <v>3.0</v>
+        <v>10.0</v>
       </c>
       <c r="G111" s="1" t="n">
-        <v>26.0</v>
+        <v>20.0</v>
       </c>
       <c r="H111" s="1" t="n">
-        <v>35.0</v>
+        <v>49.0</v>
       </c>
     </row>
     <row r="112">
       <c r="A112" t="inlineStr">
         <is>
           <t>Alle wirtschaftliche Tätigkeiten</t>
         </is>
       </c>
       <c r="B112" t="inlineStr">
         <is>
           <t>J Information und Kommunikation</t>
         </is>
       </c>
       <c r="C112" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D112" t="inlineStr">
         <is>
-          <t>April 2025</t>
+          <t>August 2025</t>
         </is>
       </c>
       <c r="E112" s="1" t="n">
-        <v>59.0</v>
+        <v>58.0</v>
       </c>
       <c r="F112" s="1" t="n">
-        <v>15.0</v>
+        <v>4.0</v>
       </c>
       <c r="G112" s="1" t="n">
-        <v>28.0</v>
+        <v>19.0</v>
       </c>
       <c r="H112" s="1" t="n">
-        <v>102.0</v>
+        <v>81.0</v>
       </c>
     </row>
     <row r="113">
       <c r="A113" t="inlineStr">
         <is>
           <t>Alle wirtschaftliche Tätigkeiten</t>
         </is>
       </c>
       <c r="B113" t="inlineStr">
         <is>
           <t>J Information und Kommunikation</t>
         </is>
       </c>
       <c r="C113" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D113" t="inlineStr">
         <is>
-          <t>Mai 2025</t>
+          <t>September 2025</t>
         </is>
       </c>
       <c r="E113" s="1" t="n">
-        <v>20.0</v>
+        <v>12.0</v>
       </c>
       <c r="F113" s="1" t="n">
-        <v>18.0</v>
+        <v>6.0</v>
       </c>
       <c r="G113" s="1" t="n">
-        <v>32.0</v>
+        <v>38.0</v>
       </c>
       <c r="H113" s="1" t="n">
-        <v>70.0</v>
+        <v>56.0</v>
       </c>
     </row>
     <row r="114">
       <c r="A114" t="inlineStr">
         <is>
           <t>Alle wirtschaftliche Tätigkeiten</t>
         </is>
       </c>
       <c r="B114" t="inlineStr">
         <is>
           <t>J Information und Kommunikation</t>
         </is>
       </c>
       <c r="C114" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D114" t="inlineStr">
         <is>
-          <t>Juni 2025</t>
+          <t>Oktober 2025</t>
         </is>
       </c>
       <c r="E114" s="1" t="n">
-        <v>5.0</v>
+        <v>8.0</v>
       </c>
       <c r="F114" s="1" t="n">
-        <v>4.0</v>
+        <v>1.0</v>
       </c>
       <c r="G114" s="1" t="n">
-        <v>34.0</v>
+        <v>38.0</v>
       </c>
       <c r="H114" s="1" t="n">
-        <v>43.0</v>
+        <v>47.0</v>
       </c>
     </row>
     <row r="115">
       <c r="A115" t="inlineStr">
         <is>
           <t>Alle wirtschaftliche Tätigkeiten</t>
         </is>
       </c>
       <c r="B115" t="inlineStr">
         <is>
           <t>J Information und Kommunikation</t>
         </is>
       </c>
       <c r="C115" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D115" t="inlineStr">
         <is>
-          <t>Juli 2025</t>
+          <t>November 2025</t>
         </is>
       </c>
       <c r="E115" s="1" t="n">
-        <v>19.0</v>
+        <v>16.0</v>
       </c>
       <c r="F115" s="1" t="n">
-        <v>10.0</v>
+        <v>3.0</v>
       </c>
       <c r="G115" s="1" t="n">
-        <v>20.0</v>
+        <v>34.0</v>
       </c>
       <c r="H115" s="1" t="n">
-        <v>49.0</v>
+        <v>53.0</v>
       </c>
     </row>
     <row r="116">
       <c r="A116" t="inlineStr">
         <is>
           <t>Alle wirtschaftliche Tätigkeiten</t>
         </is>
       </c>
       <c r="B116" t="inlineStr">
         <is>
           <t>J Information und Kommunikation</t>
         </is>
       </c>
       <c r="C116" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D116" t="inlineStr">
         <is>
-          <t>August 2025</t>
+          <t>Dezember 2025</t>
         </is>
       </c>
       <c r="E116" s="1" t="n">
-        <v>58.0</v>
+        <v>36.0</v>
       </c>
       <c r="F116" s="1" t="n">
-        <v>4.0</v>
+        <v>3.0</v>
       </c>
       <c r="G116" s="1" t="n">
-        <v>19.0</v>
+        <v>54.0</v>
       </c>
       <c r="H116" s="1" t="n">
-        <v>81.0</v>
+        <v>93.0</v>
       </c>
     </row>
     <row r="117">
       <c r="A117" t="inlineStr">
         <is>
           <t>Alle wirtschaftliche Tätigkeiten</t>
         </is>
       </c>
       <c r="B117" t="inlineStr">
         <is>
           <t>J Information und Kommunikation</t>
         </is>
       </c>
       <c r="C117" t="inlineStr">
         <is>
-          <t>2025</t>
+          <t>2026</t>
         </is>
       </c>
       <c r="D117" t="inlineStr">
         <is>
-          <t>September 2025</t>
+          <t>Januar 2026</t>
         </is>
       </c>
       <c r="E117" s="1" t="n">
-        <v>12.0</v>
+        <v>13.0</v>
       </c>
       <c r="F117" s="1" t="n">
-        <v>6.0</v>
+        <v>3.0</v>
       </c>
       <c r="G117" s="1" t="n">
-        <v>38.0</v>
+        <v>37.0</v>
       </c>
       <c r="H117" s="1" t="n">
-        <v>56.0</v>
+        <v>53.0</v>
       </c>
     </row>
     <row r="118">
       <c r="A118" t="inlineStr">
         <is>
           <t>Alle wirtschaftliche Tätigkeiten</t>
         </is>
       </c>
       <c r="B118" t="inlineStr">
         <is>
           <t>J Information und Kommunikation</t>
         </is>
       </c>
       <c r="C118" t="inlineStr">
         <is>
-          <t>2025</t>
+          <t>2026</t>
         </is>
       </c>
       <c r="D118" t="inlineStr">
         <is>
-          <t>Oktober 2025</t>
+          <t>Februar 2026</t>
         </is>
       </c>
       <c r="E118" s="1" t="n">
-        <v>8.0</v>
+        <v>34.0</v>
       </c>
       <c r="F118" s="1" t="n">
-        <v>1.0</v>
+        <v>16.0</v>
       </c>
       <c r="G118" s="1" t="n">
-        <v>38.0</v>
+        <v>26.0</v>
       </c>
       <c r="H118" s="1" t="n">
-        <v>47.0</v>
+        <v>76.0</v>
       </c>
     </row>
     <row r="119">
       <c r="A119" t="inlineStr">
         <is>
           <t>Alle wirtschaftliche Tätigkeiten</t>
         </is>
       </c>
       <c r="B119" t="inlineStr">
         <is>
           <t>K Erbringung von Finanz- und Versicherungsdienstleistungen</t>
         </is>
       </c>
       <c r="C119" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="D119" t="inlineStr">
         <is>
-          <t>Oktober 2024</t>
+          <t>Februar 2025</t>
         </is>
       </c>
       <c r="E119" s="1" t="n">
-        <v>3.0</v>
+        <v>1.0</v>
       </c>
       <c r="F119" s="1" t="n">
+        <v>1.0</v>
+      </c>
+      <c r="G119" s="1" t="n">
         <v>2.0</v>
       </c>
-      <c r="G119" s="1" t="n">
-[...1 lines deleted...]
-      </c>
       <c r="H119" s="1" t="n">
-        <v>8.0</v>
+        <v>4.0</v>
       </c>
     </row>
     <row r="120">
       <c r="A120" t="inlineStr">
         <is>
           <t>Alle wirtschaftliche Tätigkeiten</t>
         </is>
       </c>
       <c r="B120" t="inlineStr">
         <is>
           <t>K Erbringung von Finanz- und Versicherungsdienstleistungen</t>
         </is>
       </c>
       <c r="C120" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="D120" t="inlineStr">
         <is>
-          <t>November 2024</t>
+          <t>März 2025</t>
         </is>
       </c>
       <c r="E120" s="1" t="n">
-        <v>4.0</v>
+        <v>0.0</v>
       </c>
       <c r="F120" s="1" t="n">
-        <v>1.0</v>
+        <v>0.0</v>
       </c>
       <c r="G120" s="1" t="n">
-        <v>2.0</v>
+        <v>5.0</v>
       </c>
       <c r="H120" s="1" t="n">
-        <v>7.0</v>
+        <v>5.0</v>
       </c>
     </row>
     <row r="121">
       <c r="A121" t="inlineStr">
         <is>
           <t>Alle wirtschaftliche Tätigkeiten</t>
         </is>
       </c>
       <c r="B121" t="inlineStr">
         <is>
           <t>K Erbringung von Finanz- und Versicherungsdienstleistungen</t>
         </is>
       </c>
       <c r="C121" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="D121" t="inlineStr">
         <is>
-          <t>Dezember 2024</t>
+          <t>April 2025</t>
         </is>
       </c>
       <c r="E121" s="1" t="n">
-        <v>9.0</v>
+        <v>1.0</v>
       </c>
       <c r="F121" s="1" t="n">
-        <v>4.0</v>
+        <v>1.0</v>
       </c>
       <c r="G121" s="1" t="n">
-        <v>2.0</v>
+        <v>10.0</v>
       </c>
       <c r="H121" s="1" t="n">
-        <v>15.0</v>
+        <v>12.0</v>
       </c>
     </row>
     <row r="122">
       <c r="A122" t="inlineStr">
         <is>
           <t>Alle wirtschaftliche Tätigkeiten</t>
         </is>
       </c>
       <c r="B122" t="inlineStr">
         <is>
           <t>K Erbringung von Finanz- und Versicherungsdienstleistungen</t>
         </is>
       </c>
       <c r="C122" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D122" t="inlineStr">
         <is>
-          <t>Januar 2025</t>
+          <t>Mai 2025</t>
         </is>
       </c>
       <c r="E122" s="1" t="n">
-        <v>1.0</v>
+        <v>0.0</v>
       </c>
       <c r="F122" s="1" t="n">
-        <v>2.0</v>
+        <v>0.0</v>
       </c>
       <c r="G122" s="1" t="n">
         <v>7.0</v>
       </c>
       <c r="H122" s="1" t="n">
-        <v>10.0</v>
+        <v>7.0</v>
       </c>
     </row>
     <row r="123">
       <c r="A123" t="inlineStr">
         <is>
           <t>Alle wirtschaftliche Tätigkeiten</t>
         </is>
       </c>
       <c r="B123" t="inlineStr">
         <is>
           <t>K Erbringung von Finanz- und Versicherungsdienstleistungen</t>
         </is>
       </c>
       <c r="C123" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D123" t="inlineStr">
         <is>
-          <t>Februar 2025</t>
+          <t>Juni 2025</t>
         </is>
       </c>
       <c r="E123" s="1" t="n">
-        <v>1.0</v>
+        <v>12.0</v>
       </c>
       <c r="F123" s="1" t="n">
-        <v>1.0</v>
+        <v>2.0</v>
       </c>
       <c r="G123" s="1" t="n">
-        <v>2.0</v>
+        <v>5.0</v>
       </c>
       <c r="H123" s="1" t="n">
-        <v>4.0</v>
+        <v>19.0</v>
       </c>
     </row>
     <row r="124">
       <c r="A124" t="inlineStr">
         <is>
           <t>Alle wirtschaftliche Tätigkeiten</t>
         </is>
       </c>
       <c r="B124" t="inlineStr">
         <is>
           <t>K Erbringung von Finanz- und Versicherungsdienstleistungen</t>
         </is>
       </c>
       <c r="C124" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D124" t="inlineStr">
         <is>
-          <t>März 2025</t>
+          <t>Juli 2025</t>
         </is>
       </c>
       <c r="E124" s="1" t="n">
-        <v>0.0</v>
+        <v>1.0</v>
       </c>
       <c r="F124" s="1" t="n">
-        <v>0.0</v>
+        <v>1.0</v>
       </c>
       <c r="G124" s="1" t="n">
-        <v>5.0</v>
+        <v>4.0</v>
       </c>
       <c r="H124" s="1" t="n">
-        <v>5.0</v>
+        <v>6.0</v>
       </c>
     </row>
     <row r="125">
       <c r="A125" t="inlineStr">
         <is>
           <t>Alle wirtschaftliche Tätigkeiten</t>
         </is>
       </c>
       <c r="B125" t="inlineStr">
         <is>
           <t>K Erbringung von Finanz- und Versicherungsdienstleistungen</t>
         </is>
       </c>
       <c r="C125" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D125" t="inlineStr">
         <is>
-          <t>April 2025</t>
+          <t>August 2025</t>
         </is>
       </c>
       <c r="E125" s="1" t="n">
-        <v>1.0</v>
+        <v>0.0</v>
       </c>
       <c r="F125" s="1" t="n">
-        <v>1.0</v>
+        <v>0.0</v>
       </c>
       <c r="G125" s="1" t="n">
-        <v>10.0</v>
+        <v>4.0</v>
       </c>
       <c r="H125" s="1" t="n">
-        <v>12.0</v>
+        <v>4.0</v>
       </c>
     </row>
     <row r="126">
       <c r="A126" t="inlineStr">
         <is>
           <t>Alle wirtschaftliche Tätigkeiten</t>
         </is>
       </c>
       <c r="B126" t="inlineStr">
         <is>
           <t>K Erbringung von Finanz- und Versicherungsdienstleistungen</t>
         </is>
       </c>
       <c r="C126" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D126" t="inlineStr">
         <is>
-          <t>Mai 2025</t>
+          <t>September 2025</t>
         </is>
       </c>
       <c r="E126" s="1" t="n">
-        <v>0.0</v>
+        <v>8.0</v>
       </c>
       <c r="F126" s="1" t="n">
-        <v>0.0</v>
+        <v>1.0</v>
       </c>
       <c r="G126" s="1" t="n">
-        <v>7.0</v>
+        <v>9.0</v>
       </c>
       <c r="H126" s="1" t="n">
-        <v>7.0</v>
+        <v>18.0</v>
       </c>
     </row>
     <row r="127">
       <c r="A127" t="inlineStr">
         <is>
           <t>Alle wirtschaftliche Tätigkeiten</t>
         </is>
       </c>
       <c r="B127" t="inlineStr">
         <is>
           <t>K Erbringung von Finanz- und Versicherungsdienstleistungen</t>
         </is>
       </c>
       <c r="C127" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D127" t="inlineStr">
         <is>
-          <t>Juni 2025</t>
+          <t>Oktober 2025</t>
         </is>
       </c>
       <c r="E127" s="1" t="n">
-        <v>12.0</v>
+        <v>1.0</v>
       </c>
       <c r="F127" s="1" t="n">
-        <v>2.0</v>
+        <v>0.0</v>
       </c>
       <c r="G127" s="1" t="n">
-        <v>5.0</v>
+        <v>7.0</v>
       </c>
       <c r="H127" s="1" t="n">
-        <v>19.0</v>
+        <v>8.0</v>
       </c>
     </row>
     <row r="128">
       <c r="A128" t="inlineStr">
         <is>
           <t>Alle wirtschaftliche Tätigkeiten</t>
         </is>
       </c>
       <c r="B128" t="inlineStr">
         <is>
           <t>K Erbringung von Finanz- und Versicherungsdienstleistungen</t>
         </is>
       </c>
       <c r="C128" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D128" t="inlineStr">
         <is>
-          <t>Juli 2025</t>
+          <t>November 2025</t>
         </is>
       </c>
       <c r="E128" s="1" t="n">
         <v>1.0</v>
       </c>
       <c r="F128" s="1" t="n">
-        <v>1.0</v>
+        <v>0.0</v>
       </c>
       <c r="G128" s="1" t="n">
-        <v>4.0</v>
+        <v>6.0</v>
       </c>
       <c r="H128" s="1" t="n">
-        <v>6.0</v>
+        <v>7.0</v>
       </c>
     </row>
     <row r="129">
       <c r="A129" t="inlineStr">
         <is>
           <t>Alle wirtschaftliche Tätigkeiten</t>
         </is>
       </c>
       <c r="B129" t="inlineStr">
         <is>
           <t>K Erbringung von Finanz- und Versicherungsdienstleistungen</t>
         </is>
       </c>
       <c r="C129" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D129" t="inlineStr">
         <is>
-          <t>August 2025</t>
+          <t>Dezember 2025</t>
         </is>
       </c>
       <c r="E129" s="1" t="n">
         <v>0.0</v>
       </c>
       <c r="F129" s="1" t="n">
-        <v>0.0</v>
+        <v>2.0</v>
       </c>
       <c r="G129" s="1" t="n">
-        <v>4.0</v>
+        <v>3.0</v>
       </c>
       <c r="H129" s="1" t="n">
-        <v>4.0</v>
+        <v>5.0</v>
       </c>
     </row>
     <row r="130">
       <c r="A130" t="inlineStr">
         <is>
           <t>Alle wirtschaftliche Tätigkeiten</t>
         </is>
       </c>
       <c r="B130" t="inlineStr">
         <is>
           <t>K Erbringung von Finanz- und Versicherungsdienstleistungen</t>
         </is>
       </c>
       <c r="C130" t="inlineStr">
         <is>
-          <t>2025</t>
+          <t>2026</t>
         </is>
       </c>
       <c r="D130" t="inlineStr">
         <is>
-          <t>September 2025</t>
+          <t>Januar 2026</t>
         </is>
       </c>
       <c r="E130" s="1" t="n">
-        <v>8.0</v>
+        <v>0.0</v>
       </c>
       <c r="F130" s="1" t="n">
         <v>1.0</v>
       </c>
       <c r="G130" s="1" t="n">
-        <v>9.0</v>
+        <v>4.0</v>
       </c>
       <c r="H130" s="1" t="n">
-        <v>18.0</v>
+        <v>5.0</v>
       </c>
     </row>
     <row r="131">
       <c r="A131" t="inlineStr">
         <is>
           <t>Alle wirtschaftliche Tätigkeiten</t>
         </is>
       </c>
       <c r="B131" t="inlineStr">
         <is>
           <t>K Erbringung von Finanz- und Versicherungsdienstleistungen</t>
         </is>
       </c>
       <c r="C131" t="inlineStr">
         <is>
-          <t>2025</t>
+          <t>2026</t>
         </is>
       </c>
       <c r="D131" t="inlineStr">
         <is>
-          <t>Oktober 2025</t>
+          <t>Februar 2026</t>
         </is>
       </c>
       <c r="E131" s="1" t="n">
         <v>1.0</v>
       </c>
       <c r="F131" s="1" t="n">
-        <v>0.0</v>
+        <v>1.0</v>
       </c>
       <c r="G131" s="1" t="n">
-        <v>7.0</v>
+        <v>3.0</v>
       </c>
       <c r="H131" s="1" t="n">
-        <v>8.0</v>
+        <v>5.0</v>
       </c>
     </row>
     <row r="132">
       <c r="A132" t="inlineStr">
         <is>
           <t>Alle wirtschaftliche Tätigkeiten</t>
         </is>
       </c>
       <c r="B132" t="inlineStr">
         <is>
           <t>L Grundstücks- und Wohnungswesen</t>
         </is>
       </c>
       <c r="C132" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="D132" t="inlineStr">
         <is>
-          <t>Oktober 2024</t>
+          <t>Februar 2025</t>
         </is>
       </c>
       <c r="E132" s="1" t="n">
-        <v>1.0</v>
+        <v>4.0</v>
       </c>
       <c r="F132" s="1" t="n">
-        <v>2.0</v>
+        <v>3.0</v>
       </c>
       <c r="G132" s="1" t="n">
-        <v>13.0</v>
+        <v>14.0</v>
       </c>
       <c r="H132" s="1" t="n">
-        <v>16.0</v>
+        <v>21.0</v>
       </c>
     </row>
     <row r="133">
       <c r="A133" t="inlineStr">
         <is>
           <t>Alle wirtschaftliche Tätigkeiten</t>
         </is>
       </c>
       <c r="B133" t="inlineStr">
         <is>
           <t>L Grundstücks- und Wohnungswesen</t>
         </is>
       </c>
       <c r="C133" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="D133" t="inlineStr">
         <is>
-          <t>November 2024</t>
+          <t>März 2025</t>
         </is>
       </c>
       <c r="E133" s="1" t="n">
-        <v>2.0</v>
+        <v>4.0</v>
       </c>
       <c r="F133" s="1" t="n">
         <v>0.0</v>
       </c>
       <c r="G133" s="1" t="n">
-        <v>11.0</v>
+        <v>17.0</v>
       </c>
       <c r="H133" s="1" t="n">
-        <v>13.0</v>
+        <v>21.0</v>
       </c>
     </row>
     <row r="134">
       <c r="A134" t="inlineStr">
         <is>
           <t>Alle wirtschaftliche Tätigkeiten</t>
         </is>
       </c>
       <c r="B134" t="inlineStr">
         <is>
           <t>L Grundstücks- und Wohnungswesen</t>
         </is>
       </c>
       <c r="C134" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="D134" t="inlineStr">
         <is>
-          <t>Dezember 2024</t>
+          <t>April 2025</t>
         </is>
       </c>
       <c r="E134" s="1" t="n">
-        <v>0.0</v>
+        <v>2.0</v>
       </c>
       <c r="F134" s="1" t="n">
-        <v>1.0</v>
+        <v>2.0</v>
       </c>
       <c r="G134" s="1" t="n">
-        <v>12.0</v>
+        <v>13.0</v>
       </c>
       <c r="H134" s="1" t="n">
-        <v>13.0</v>
+        <v>17.0</v>
       </c>
     </row>
     <row r="135">
       <c r="A135" t="inlineStr">
         <is>
           <t>Alle wirtschaftliche Tätigkeiten</t>
         </is>
       </c>
       <c r="B135" t="inlineStr">
         <is>
           <t>L Grundstücks- und Wohnungswesen</t>
         </is>
       </c>
       <c r="C135" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D135" t="inlineStr">
         <is>
-          <t>Januar 2025</t>
+          <t>Mai 2025</t>
         </is>
       </c>
       <c r="E135" s="1" t="n">
-        <v>6.0</v>
+        <v>0.0</v>
       </c>
       <c r="F135" s="1" t="n">
-        <v>3.0</v>
+        <v>0.0</v>
       </c>
       <c r="G135" s="1" t="n">
-        <v>15.0</v>
+        <v>14.0</v>
       </c>
       <c r="H135" s="1" t="n">
-        <v>24.0</v>
+        <v>14.0</v>
       </c>
     </row>
     <row r="136">
       <c r="A136" t="inlineStr">
         <is>
           <t>Alle wirtschaftliche Tätigkeiten</t>
         </is>
       </c>
       <c r="B136" t="inlineStr">
         <is>
           <t>L Grundstücks- und Wohnungswesen</t>
         </is>
       </c>
       <c r="C136" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D136" t="inlineStr">
         <is>
-          <t>Februar 2025</t>
+          <t>Juni 2025</t>
         </is>
       </c>
       <c r="E136" s="1" t="n">
-        <v>4.0</v>
+        <v>20.0</v>
       </c>
       <c r="F136" s="1" t="n">
-        <v>3.0</v>
+        <v>7.0</v>
       </c>
       <c r="G136" s="1" t="n">
-        <v>14.0</v>
+        <v>16.0</v>
       </c>
       <c r="H136" s="1" t="n">
-        <v>21.0</v>
+        <v>43.0</v>
       </c>
     </row>
     <row r="137">
       <c r="A137" t="inlineStr">
         <is>
           <t>Alle wirtschaftliche Tätigkeiten</t>
         </is>
       </c>
       <c r="B137" t="inlineStr">
         <is>
           <t>L Grundstücks- und Wohnungswesen</t>
         </is>
       </c>
       <c r="C137" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D137" t="inlineStr">
         <is>
-          <t>März 2025</t>
+          <t>Juli 2025</t>
         </is>
       </c>
       <c r="E137" s="1" t="n">
+        <v>7.0</v>
+      </c>
+      <c r="F137" s="1" t="n">
         <v>4.0</v>
       </c>
-      <c r="F137" s="1" t="n">
-[...1 lines deleted...]
-      </c>
       <c r="G137" s="1" t="n">
-        <v>17.0</v>
+        <v>5.0</v>
       </c>
       <c r="H137" s="1" t="n">
-        <v>21.0</v>
+        <v>16.0</v>
       </c>
     </row>
     <row r="138">
       <c r="A138" t="inlineStr">
         <is>
           <t>Alle wirtschaftliche Tätigkeiten</t>
         </is>
       </c>
       <c r="B138" t="inlineStr">
         <is>
           <t>L Grundstücks- und Wohnungswesen</t>
         </is>
       </c>
       <c r="C138" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D138" t="inlineStr">
         <is>
-          <t>April 2025</t>
+          <t>August 2025</t>
         </is>
       </c>
       <c r="E138" s="1" t="n">
-        <v>2.0</v>
+        <v>3.0</v>
       </c>
       <c r="F138" s="1" t="n">
-        <v>2.0</v>
+        <v>1.0</v>
       </c>
       <c r="G138" s="1" t="n">
-        <v>13.0</v>
+        <v>8.0</v>
       </c>
       <c r="H138" s="1" t="n">
-        <v>17.0</v>
+        <v>12.0</v>
       </c>
     </row>
     <row r="139">
       <c r="A139" t="inlineStr">
         <is>
           <t>Alle wirtschaftliche Tätigkeiten</t>
         </is>
       </c>
       <c r="B139" t="inlineStr">
         <is>
           <t>L Grundstücks- und Wohnungswesen</t>
         </is>
       </c>
       <c r="C139" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D139" t="inlineStr">
         <is>
-          <t>Mai 2025</t>
+          <t>September 2025</t>
         </is>
       </c>
       <c r="E139" s="1" t="n">
-        <v>0.0</v>
+        <v>20.0</v>
       </c>
       <c r="F139" s="1" t="n">
-        <v>0.0</v>
+        <v>5.0</v>
       </c>
       <c r="G139" s="1" t="n">
-        <v>14.0</v>
+        <v>18.0</v>
       </c>
       <c r="H139" s="1" t="n">
-        <v>14.0</v>
+        <v>43.0</v>
       </c>
     </row>
     <row r="140">
       <c r="A140" t="inlineStr">
         <is>
           <t>Alle wirtschaftliche Tätigkeiten</t>
         </is>
       </c>
       <c r="B140" t="inlineStr">
         <is>
           <t>L Grundstücks- und Wohnungswesen</t>
         </is>
       </c>
       <c r="C140" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D140" t="inlineStr">
         <is>
-          <t>Juni 2025</t>
+          <t>Oktober 2025</t>
         </is>
       </c>
       <c r="E140" s="1" t="n">
-        <v>20.0</v>
+        <v>13.0</v>
       </c>
       <c r="F140" s="1" t="n">
-        <v>7.0</v>
+        <v>3.0</v>
       </c>
       <c r="G140" s="1" t="n">
-        <v>16.0</v>
+        <v>21.0</v>
       </c>
       <c r="H140" s="1" t="n">
-        <v>43.0</v>
+        <v>37.0</v>
       </c>
     </row>
     <row r="141">
       <c r="A141" t="inlineStr">
         <is>
           <t>Alle wirtschaftliche Tätigkeiten</t>
         </is>
       </c>
       <c r="B141" t="inlineStr">
         <is>
           <t>L Grundstücks- und Wohnungswesen</t>
         </is>
       </c>
       <c r="C141" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D141" t="inlineStr">
         <is>
-          <t>Juli 2025</t>
+          <t>November 2025</t>
         </is>
       </c>
       <c r="E141" s="1" t="n">
-        <v>7.0</v>
+        <v>4.0</v>
       </c>
       <c r="F141" s="1" t="n">
-        <v>4.0</v>
+        <v>5.0</v>
       </c>
       <c r="G141" s="1" t="n">
-        <v>5.0</v>
+        <v>22.0</v>
       </c>
       <c r="H141" s="1" t="n">
-        <v>16.0</v>
+        <v>31.0</v>
       </c>
     </row>
     <row r="142">
       <c r="A142" t="inlineStr">
         <is>
           <t>Alle wirtschaftliche Tätigkeiten</t>
         </is>
       </c>
       <c r="B142" t="inlineStr">
         <is>
           <t>L Grundstücks- und Wohnungswesen</t>
         </is>
       </c>
       <c r="C142" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D142" t="inlineStr">
         <is>
-          <t>August 2025</t>
+          <t>Dezember 2025</t>
         </is>
       </c>
       <c r="E142" s="1" t="n">
-        <v>3.0</v>
+        <v>14.0</v>
       </c>
       <c r="F142" s="1" t="n">
-        <v>1.0</v>
+        <v>7.0</v>
       </c>
       <c r="G142" s="1" t="n">
-        <v>8.0</v>
+        <v>22.0</v>
       </c>
       <c r="H142" s="1" t="n">
-        <v>12.0</v>
+        <v>43.0</v>
       </c>
     </row>
     <row r="143">
       <c r="A143" t="inlineStr">
         <is>
           <t>Alle wirtschaftliche Tätigkeiten</t>
         </is>
       </c>
       <c r="B143" t="inlineStr">
         <is>
           <t>L Grundstücks- und Wohnungswesen</t>
         </is>
       </c>
       <c r="C143" t="inlineStr">
         <is>
-          <t>2025</t>
+          <t>2026</t>
         </is>
       </c>
       <c r="D143" t="inlineStr">
         <is>
-          <t>September 2025</t>
+          <t>Januar 2026</t>
         </is>
       </c>
       <c r="E143" s="1" t="n">
-        <v>20.0</v>
+        <v>3.0</v>
       </c>
       <c r="F143" s="1" t="n">
-        <v>5.0</v>
+        <v>1.0</v>
       </c>
       <c r="G143" s="1" t="n">
-        <v>18.0</v>
+        <v>17.0</v>
       </c>
       <c r="H143" s="1" t="n">
-        <v>43.0</v>
+        <v>21.0</v>
       </c>
     </row>
     <row r="144">
       <c r="A144" t="inlineStr">
         <is>
           <t>Alle wirtschaftliche Tätigkeiten</t>
         </is>
       </c>
       <c r="B144" t="inlineStr">
         <is>
           <t>L Grundstücks- und Wohnungswesen</t>
         </is>
       </c>
       <c r="C144" t="inlineStr">
         <is>
-          <t>2025</t>
+          <t>2026</t>
         </is>
       </c>
       <c r="D144" t="inlineStr">
         <is>
-          <t>Oktober 2025</t>
+          <t>Februar 2026</t>
         </is>
       </c>
       <c r="E144" s="1" t="n">
-        <v>13.0</v>
+        <v>14.0</v>
       </c>
       <c r="F144" s="1" t="n">
-        <v>3.0</v>
+        <v>4.0</v>
       </c>
       <c r="G144" s="1" t="n">
-        <v>21.0</v>
+        <v>15.0</v>
       </c>
       <c r="H144" s="1" t="n">
-        <v>37.0</v>
+        <v>33.0</v>
       </c>
     </row>
     <row r="145">
       <c r="A145" t="inlineStr">
         <is>
           <t>Alle wirtschaftliche Tätigkeiten</t>
         </is>
       </c>
       <c r="B145" t="inlineStr">
         <is>
           <t>M Erbringung von freiberuflichen, wissenschaftlichen und technischen Dienstleistungen</t>
         </is>
       </c>
       <c r="C145" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="D145" t="inlineStr">
         <is>
-          <t>Oktober 2024</t>
+          <t>Februar 2025</t>
         </is>
       </c>
       <c r="E145" s="1" t="n">
-        <v>36.0</v>
+        <v>61.0</v>
       </c>
       <c r="F145" s="1" t="n">
-        <v>4.0</v>
+        <v>9.0</v>
       </c>
       <c r="G145" s="1" t="n">
-        <v>73.0</v>
+        <v>64.0</v>
       </c>
       <c r="H145" s="1" t="n">
-        <v>113.0</v>
+        <v>134.0</v>
       </c>
     </row>
     <row r="146">
       <c r="A146" t="inlineStr">
         <is>
           <t>Alle wirtschaftliche Tätigkeiten</t>
         </is>
       </c>
       <c r="B146" t="inlineStr">
         <is>
           <t>M Erbringung von freiberuflichen, wissenschaftlichen und technischen Dienstleistungen</t>
         </is>
       </c>
       <c r="C146" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="D146" t="inlineStr">
         <is>
-          <t>November 2024</t>
+          <t>März 2025</t>
         </is>
       </c>
       <c r="E146" s="1" t="n">
-        <v>26.0</v>
+        <v>49.0</v>
       </c>
       <c r="F146" s="1" t="n">
-        <v>26.0</v>
+        <v>8.0</v>
       </c>
       <c r="G146" s="1" t="n">
-        <v>64.0</v>
+        <v>70.0</v>
       </c>
       <c r="H146" s="1" t="n">
-        <v>116.0</v>
+        <v>127.0</v>
       </c>
     </row>
     <row r="147">
       <c r="A147" t="inlineStr">
         <is>
           <t>Alle wirtschaftliche Tätigkeiten</t>
         </is>
       </c>
       <c r="B147" t="inlineStr">
         <is>
           <t>M Erbringung von freiberuflichen, wissenschaftlichen und technischen Dienstleistungen</t>
         </is>
       </c>
       <c r="C147" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="D147" t="inlineStr">
         <is>
-          <t>Dezember 2024</t>
+          <t>April 2025</t>
         </is>
       </c>
       <c r="E147" s="1" t="n">
-        <v>44.0</v>
+        <v>62.0</v>
       </c>
       <c r="F147" s="1" t="n">
-        <v>17.0</v>
+        <v>27.0</v>
       </c>
       <c r="G147" s="1" t="n">
-        <v>71.0</v>
+        <v>67.0</v>
       </c>
       <c r="H147" s="1" t="n">
-        <v>132.0</v>
+        <v>156.0</v>
       </c>
     </row>
     <row r="148">
       <c r="A148" t="inlineStr">
         <is>
           <t>Alle wirtschaftliche Tätigkeiten</t>
         </is>
       </c>
       <c r="B148" t="inlineStr">
         <is>
           <t>M Erbringung von freiberuflichen, wissenschaftlichen und technischen Dienstleistungen</t>
         </is>
       </c>
       <c r="C148" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D148" t="inlineStr">
         <is>
-          <t>Januar 2025</t>
+          <t>Mai 2025</t>
         </is>
       </c>
       <c r="E148" s="1" t="n">
+        <v>42.0</v>
+      </c>
+      <c r="F148" s="1" t="n">
+        <v>12.0</v>
+      </c>
+      <c r="G148" s="1" t="n">
         <v>49.0</v>
       </c>
-      <c r="F148" s="1" t="n">
-[...4 lines deleted...]
-      </c>
       <c r="H148" s="1" t="n">
-        <v>135.0</v>
+        <v>103.0</v>
       </c>
     </row>
     <row r="149">
       <c r="A149" t="inlineStr">
         <is>
           <t>Alle wirtschaftliche Tätigkeiten</t>
         </is>
       </c>
       <c r="B149" t="inlineStr">
         <is>
           <t>M Erbringung von freiberuflichen, wissenschaftlichen und technischen Dienstleistungen</t>
         </is>
       </c>
       <c r="C149" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D149" t="inlineStr">
         <is>
-          <t>Februar 2025</t>
+          <t>Juni 2025</t>
         </is>
       </c>
       <c r="E149" s="1" t="n">
-        <v>61.0</v>
+        <v>91.0</v>
       </c>
       <c r="F149" s="1" t="n">
-        <v>9.0</v>
+        <v>25.0</v>
       </c>
       <c r="G149" s="1" t="n">
-        <v>64.0</v>
+        <v>100.0</v>
       </c>
       <c r="H149" s="1" t="n">
-        <v>134.0</v>
+        <v>216.0</v>
       </c>
     </row>
     <row r="150">
       <c r="A150" t="inlineStr">
         <is>
           <t>Alle wirtschaftliche Tätigkeiten</t>
         </is>
       </c>
       <c r="B150" t="inlineStr">
         <is>
           <t>M Erbringung von freiberuflichen, wissenschaftlichen und technischen Dienstleistungen</t>
         </is>
       </c>
       <c r="C150" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D150" t="inlineStr">
         <is>
-          <t>März 2025</t>
+          <t>Juli 2025</t>
         </is>
       </c>
       <c r="E150" s="1" t="n">
-        <v>49.0</v>
+        <v>26.0</v>
       </c>
       <c r="F150" s="1" t="n">
-        <v>8.0</v>
+        <v>15.0</v>
       </c>
       <c r="G150" s="1" t="n">
-        <v>70.0</v>
+        <v>37.0</v>
       </c>
       <c r="H150" s="1" t="n">
-        <v>127.0</v>
+        <v>78.0</v>
       </c>
     </row>
     <row r="151">
       <c r="A151" t="inlineStr">
         <is>
           <t>Alle wirtschaftliche Tätigkeiten</t>
         </is>
       </c>
       <c r="B151" t="inlineStr">
         <is>
           <t>M Erbringung von freiberuflichen, wissenschaftlichen und technischen Dienstleistungen</t>
         </is>
       </c>
       <c r="C151" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D151" t="inlineStr">
         <is>
-          <t>April 2025</t>
+          <t>August 2025</t>
         </is>
       </c>
       <c r="E151" s="1" t="n">
-        <v>62.0</v>
+        <v>339.0</v>
       </c>
       <c r="F151" s="1" t="n">
-        <v>27.0</v>
+        <v>47.0</v>
       </c>
       <c r="G151" s="1" t="n">
-        <v>67.0</v>
+        <v>30.0</v>
       </c>
       <c r="H151" s="1" t="n">
-        <v>156.0</v>
+        <v>416.0</v>
       </c>
     </row>
     <row r="152">
       <c r="A152" t="inlineStr">
         <is>
           <t>Alle wirtschaftliche Tätigkeiten</t>
         </is>
       </c>
       <c r="B152" t="inlineStr">
         <is>
           <t>M Erbringung von freiberuflichen, wissenschaftlichen und technischen Dienstleistungen</t>
         </is>
       </c>
       <c r="C152" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D152" t="inlineStr">
         <is>
-          <t>Mai 2025</t>
+          <t>September 2025</t>
         </is>
       </c>
       <c r="E152" s="1" t="n">
-        <v>42.0</v>
+        <v>28.0</v>
       </c>
       <c r="F152" s="1" t="n">
-        <v>12.0</v>
+        <v>19.0</v>
       </c>
       <c r="G152" s="1" t="n">
-        <v>49.0</v>
+        <v>99.0</v>
       </c>
       <c r="H152" s="1" t="n">
-        <v>103.0</v>
+        <v>146.0</v>
       </c>
     </row>
     <row r="153">
       <c r="A153" t="inlineStr">
         <is>
           <t>Alle wirtschaftliche Tätigkeiten</t>
         </is>
       </c>
       <c r="B153" t="inlineStr">
         <is>
           <t>M Erbringung von freiberuflichen, wissenschaftlichen und technischen Dienstleistungen</t>
         </is>
       </c>
       <c r="C153" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D153" t="inlineStr">
         <is>
-          <t>Juni 2025</t>
+          <t>Oktober 2025</t>
         </is>
       </c>
       <c r="E153" s="1" t="n">
-        <v>91.0</v>
+        <v>36.0</v>
       </c>
       <c r="F153" s="1" t="n">
-        <v>25.0</v>
+        <v>16.0</v>
       </c>
       <c r="G153" s="1" t="n">
-        <v>100.0</v>
+        <v>61.0</v>
       </c>
       <c r="H153" s="1" t="n">
-        <v>216.0</v>
+        <v>113.0</v>
       </c>
     </row>
     <row r="154">
       <c r="A154" t="inlineStr">
         <is>
           <t>Alle wirtschaftliche Tätigkeiten</t>
         </is>
       </c>
       <c r="B154" t="inlineStr">
         <is>
           <t>M Erbringung von freiberuflichen, wissenschaftlichen und technischen Dienstleistungen</t>
         </is>
       </c>
       <c r="C154" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D154" t="inlineStr">
         <is>
-          <t>Juli 2025</t>
+          <t>November 2025</t>
         </is>
       </c>
       <c r="E154" s="1" t="n">
-        <v>26.0</v>
+        <v>40.0</v>
       </c>
       <c r="F154" s="1" t="n">
         <v>15.0</v>
       </c>
       <c r="G154" s="1" t="n">
-        <v>37.0</v>
+        <v>68.0</v>
       </c>
       <c r="H154" s="1" t="n">
-        <v>78.0</v>
+        <v>123.0</v>
       </c>
     </row>
     <row r="155">
       <c r="A155" t="inlineStr">
         <is>
           <t>Alle wirtschaftliche Tätigkeiten</t>
         </is>
       </c>
       <c r="B155" t="inlineStr">
         <is>
           <t>M Erbringung von freiberuflichen, wissenschaftlichen und technischen Dienstleistungen</t>
         </is>
       </c>
       <c r="C155" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D155" t="inlineStr">
         <is>
-          <t>August 2025</t>
+          <t>Dezember 2025</t>
         </is>
       </c>
       <c r="E155" s="1" t="n">
-        <v>339.0</v>
+        <v>28.0</v>
       </c>
       <c r="F155" s="1" t="n">
-        <v>47.0</v>
+        <v>4.0</v>
       </c>
       <c r="G155" s="1" t="n">
-        <v>30.0</v>
+        <v>70.0</v>
       </c>
       <c r="H155" s="1" t="n">
-        <v>416.0</v>
+        <v>102.0</v>
       </c>
     </row>
     <row r="156">
       <c r="A156" t="inlineStr">
         <is>
           <t>Alle wirtschaftliche Tätigkeiten</t>
         </is>
       </c>
       <c r="B156" t="inlineStr">
         <is>
           <t>M Erbringung von freiberuflichen, wissenschaftlichen und technischen Dienstleistungen</t>
         </is>
       </c>
       <c r="C156" t="inlineStr">
         <is>
-          <t>2025</t>
+          <t>2026</t>
         </is>
       </c>
       <c r="D156" t="inlineStr">
         <is>
-          <t>September 2025</t>
+          <t>Januar 2026</t>
         </is>
       </c>
       <c r="E156" s="1" t="n">
-        <v>28.0</v>
+        <v>29.0</v>
       </c>
       <c r="F156" s="1" t="n">
-        <v>19.0</v>
+        <v>9.0</v>
       </c>
       <c r="G156" s="1" t="n">
-        <v>99.0</v>
+        <v>55.0</v>
       </c>
       <c r="H156" s="1" t="n">
-        <v>146.0</v>
+        <v>93.0</v>
       </c>
     </row>
     <row r="157">
       <c r="A157" t="inlineStr">
         <is>
           <t>Alle wirtschaftliche Tätigkeiten</t>
         </is>
       </c>
       <c r="B157" t="inlineStr">
         <is>
           <t>M Erbringung von freiberuflichen, wissenschaftlichen und technischen Dienstleistungen</t>
         </is>
       </c>
       <c r="C157" t="inlineStr">
         <is>
-          <t>2025</t>
+          <t>2026</t>
         </is>
       </c>
       <c r="D157" t="inlineStr">
         <is>
-          <t>Oktober 2025</t>
+          <t>Februar 2026</t>
         </is>
       </c>
       <c r="E157" s="1" t="n">
-        <v>35.0</v>
+        <v>32.0</v>
       </c>
       <c r="F157" s="1" t="n">
-        <v>16.0</v>
+        <v>7.0</v>
       </c>
       <c r="G157" s="1" t="n">
-        <v>61.0</v>
+        <v>78.0</v>
       </c>
       <c r="H157" s="1" t="n">
-        <v>112.0</v>
+        <v>117.0</v>
       </c>
     </row>
     <row r="158">
       <c r="A158" t="inlineStr">
         <is>
           <t>Alle wirtschaftliche Tätigkeiten</t>
         </is>
       </c>
       <c r="B158" t="inlineStr">
         <is>
           <t>N Erbringung von sonstigen wirtschaftlichen Dienstleistungen</t>
         </is>
       </c>
       <c r="C158" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="D158" t="inlineStr">
         <is>
-          <t>Oktober 2024</t>
+          <t>Februar 2025</t>
         </is>
       </c>
       <c r="E158" s="1" t="n">
-        <v>66.0</v>
+        <v>108.0</v>
       </c>
       <c r="F158" s="1" t="n">
-        <v>113.0</v>
+        <v>24.0</v>
       </c>
       <c r="G158" s="1" t="n">
-        <v>55.0</v>
+        <v>52.0</v>
       </c>
       <c r="H158" s="1" t="n">
-        <v>234.0</v>
+        <v>184.0</v>
       </c>
     </row>
     <row r="159">
       <c r="A159" t="inlineStr">
         <is>
           <t>Alle wirtschaftliche Tätigkeiten</t>
         </is>
       </c>
       <c r="B159" t="inlineStr">
         <is>
           <t>N Erbringung von sonstigen wirtschaftlichen Dienstleistungen</t>
         </is>
       </c>
       <c r="C159" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="D159" t="inlineStr">
         <is>
-          <t>November 2024</t>
+          <t>März 2025</t>
         </is>
       </c>
       <c r="E159" s="1" t="n">
-        <v>30.0</v>
+        <v>72.0</v>
       </c>
       <c r="F159" s="1" t="n">
-        <v>46.0</v>
+        <v>37.0</v>
       </c>
       <c r="G159" s="1" t="n">
-        <v>34.0</v>
+        <v>44.0</v>
       </c>
       <c r="H159" s="1" t="n">
-        <v>110.0</v>
+        <v>153.0</v>
       </c>
     </row>
     <row r="160">
       <c r="A160" t="inlineStr">
         <is>
           <t>Alle wirtschaftliche Tätigkeiten</t>
         </is>
       </c>
       <c r="B160" t="inlineStr">
         <is>
           <t>N Erbringung von sonstigen wirtschaftlichen Dienstleistungen</t>
         </is>
       </c>
       <c r="C160" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="D160" t="inlineStr">
         <is>
-          <t>Dezember 2024</t>
+          <t>April 2025</t>
         </is>
       </c>
       <c r="E160" s="1" t="n">
-        <v>47.0</v>
+        <v>13.0</v>
       </c>
       <c r="F160" s="1" t="n">
-        <v>61.0</v>
+        <v>11.0</v>
       </c>
       <c r="G160" s="1" t="n">
-        <v>66.0</v>
+        <v>44.0</v>
       </c>
       <c r="H160" s="1" t="n">
-        <v>174.0</v>
+        <v>68.0</v>
       </c>
     </row>
     <row r="161">
       <c r="A161" t="inlineStr">
         <is>
           <t>Alle wirtschaftliche Tätigkeiten</t>
         </is>
       </c>
       <c r="B161" t="inlineStr">
         <is>
           <t>N Erbringung von sonstigen wirtschaftlichen Dienstleistungen</t>
         </is>
       </c>
       <c r="C161" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D161" t="inlineStr">
         <is>
-          <t>Januar 2025</t>
+          <t>Mai 2025</t>
         </is>
       </c>
       <c r="E161" s="1" t="n">
-        <v>59.0</v>
+        <v>37.0</v>
       </c>
       <c r="F161" s="1" t="n">
-        <v>55.0</v>
+        <v>32.0</v>
       </c>
       <c r="G161" s="1" t="n">
-        <v>53.0</v>
+        <v>42.0</v>
       </c>
       <c r="H161" s="1" t="n">
-        <v>167.0</v>
+        <v>111.0</v>
       </c>
     </row>
     <row r="162">
       <c r="A162" t="inlineStr">
         <is>
           <t>Alle wirtschaftliche Tätigkeiten</t>
         </is>
       </c>
       <c r="B162" t="inlineStr">
         <is>
           <t>N Erbringung von sonstigen wirtschaftlichen Dienstleistungen</t>
         </is>
       </c>
       <c r="C162" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D162" t="inlineStr">
         <is>
-          <t>Februar 2025</t>
+          <t>Juni 2025</t>
         </is>
       </c>
       <c r="E162" s="1" t="n">
-        <v>108.0</v>
+        <v>139.0</v>
       </c>
       <c r="F162" s="1" t="n">
-        <v>24.0</v>
+        <v>95.0</v>
       </c>
       <c r="G162" s="1" t="n">
-        <v>52.0</v>
+        <v>63.0</v>
       </c>
       <c r="H162" s="1" t="n">
-        <v>184.0</v>
+        <v>297.0</v>
       </c>
     </row>
     <row r="163">
       <c r="A163" t="inlineStr">
         <is>
           <t>Alle wirtschaftliche Tätigkeiten</t>
         </is>
       </c>
       <c r="B163" t="inlineStr">
         <is>
           <t>N Erbringung von sonstigen wirtschaftlichen Dienstleistungen</t>
         </is>
       </c>
       <c r="C163" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D163" t="inlineStr">
         <is>
-          <t>März 2025</t>
+          <t>Juli 2025</t>
         </is>
       </c>
       <c r="E163" s="1" t="n">
-        <v>72.0</v>
+        <v>32.0</v>
       </c>
       <c r="F163" s="1" t="n">
-        <v>37.0</v>
+        <v>18.0</v>
       </c>
       <c r="G163" s="1" t="n">
-        <v>44.0</v>
+        <v>36.0</v>
       </c>
       <c r="H163" s="1" t="n">
-        <v>153.0</v>
+        <v>86.0</v>
       </c>
     </row>
     <row r="164">
       <c r="A164" t="inlineStr">
         <is>
           <t>Alle wirtschaftliche Tätigkeiten</t>
         </is>
       </c>
       <c r="B164" t="inlineStr">
         <is>
           <t>N Erbringung von sonstigen wirtschaftlichen Dienstleistungen</t>
         </is>
       </c>
       <c r="C164" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D164" t="inlineStr">
         <is>
-          <t>April 2025</t>
+          <t>August 2025</t>
         </is>
       </c>
       <c r="E164" s="1" t="n">
-        <v>13.0</v>
+        <v>78.0</v>
       </c>
       <c r="F164" s="1" t="n">
-        <v>11.0</v>
+        <v>94.0</v>
       </c>
       <c r="G164" s="1" t="n">
-        <v>44.0</v>
+        <v>16.0</v>
       </c>
       <c r="H164" s="1" t="n">
-        <v>68.0</v>
+        <v>188.0</v>
       </c>
     </row>
     <row r="165">
       <c r="A165" t="inlineStr">
         <is>
           <t>Alle wirtschaftliche Tätigkeiten</t>
         </is>
       </c>
       <c r="B165" t="inlineStr">
         <is>
           <t>N Erbringung von sonstigen wirtschaftlichen Dienstleistungen</t>
         </is>
       </c>
       <c r="C165" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D165" t="inlineStr">
         <is>
-          <t>Mai 2025</t>
+          <t>September 2025</t>
         </is>
       </c>
       <c r="E165" s="1" t="n">
-        <v>37.0</v>
+        <v>55.0</v>
       </c>
       <c r="F165" s="1" t="n">
-        <v>32.0</v>
+        <v>124.0</v>
       </c>
       <c r="G165" s="1" t="n">
-        <v>42.0</v>
+        <v>64.0</v>
       </c>
       <c r="H165" s="1" t="n">
-        <v>111.0</v>
+        <v>243.0</v>
       </c>
     </row>
     <row r="166">
       <c r="A166" t="inlineStr">
         <is>
           <t>Alle wirtschaftliche Tätigkeiten</t>
         </is>
       </c>
       <c r="B166" t="inlineStr">
         <is>
           <t>N Erbringung von sonstigen wirtschaftlichen Dienstleistungen</t>
         </is>
       </c>
       <c r="C166" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D166" t="inlineStr">
         <is>
-          <t>Juni 2025</t>
+          <t>Oktober 2025</t>
         </is>
       </c>
       <c r="E166" s="1" t="n">
-        <v>139.0</v>
+        <v>90.0</v>
       </c>
       <c r="F166" s="1" t="n">
-        <v>95.0</v>
+        <v>98.0</v>
       </c>
       <c r="G166" s="1" t="n">
-        <v>63.0</v>
+        <v>71.0</v>
       </c>
       <c r="H166" s="1" t="n">
-        <v>297.0</v>
+        <v>259.0</v>
       </c>
     </row>
     <row r="167">
       <c r="A167" t="inlineStr">
         <is>
           <t>Alle wirtschaftliche Tätigkeiten</t>
         </is>
       </c>
       <c r="B167" t="inlineStr">
         <is>
           <t>N Erbringung von sonstigen wirtschaftlichen Dienstleistungen</t>
         </is>
       </c>
       <c r="C167" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D167" t="inlineStr">
         <is>
-          <t>Juli 2025</t>
+          <t>November 2025</t>
         </is>
       </c>
       <c r="E167" s="1" t="n">
-        <v>32.0</v>
+        <v>40.0</v>
       </c>
       <c r="F167" s="1" t="n">
-        <v>18.0</v>
+        <v>54.0</v>
       </c>
       <c r="G167" s="1" t="n">
-        <v>36.0</v>
+        <v>44.0</v>
       </c>
       <c r="H167" s="1" t="n">
-        <v>86.0</v>
+        <v>138.0</v>
       </c>
     </row>
     <row r="168">
       <c r="A168" t="inlineStr">
         <is>
           <t>Alle wirtschaftliche Tätigkeiten</t>
         </is>
       </c>
       <c r="B168" t="inlineStr">
         <is>
           <t>N Erbringung von sonstigen wirtschaftlichen Dienstleistungen</t>
         </is>
       </c>
       <c r="C168" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D168" t="inlineStr">
         <is>
-          <t>August 2025</t>
+          <t>Dezember 2025</t>
         </is>
       </c>
       <c r="E168" s="1" t="n">
-        <v>78.0</v>
+        <v>134.0</v>
       </c>
       <c r="F168" s="1" t="n">
-        <v>94.0</v>
+        <v>105.0</v>
       </c>
       <c r="G168" s="1" t="n">
-        <v>16.0</v>
+        <v>57.0</v>
       </c>
       <c r="H168" s="1" t="n">
-        <v>188.0</v>
+        <v>296.0</v>
       </c>
     </row>
     <row r="169">
       <c r="A169" t="inlineStr">
         <is>
           <t>Alle wirtschaftliche Tätigkeiten</t>
         </is>
       </c>
       <c r="B169" t="inlineStr">
         <is>
           <t>N Erbringung von sonstigen wirtschaftlichen Dienstleistungen</t>
         </is>
       </c>
       <c r="C169" t="inlineStr">
         <is>
-          <t>2025</t>
+          <t>2026</t>
         </is>
       </c>
       <c r="D169" t="inlineStr">
         <is>
-          <t>September 2025</t>
+          <t>Januar 2026</t>
         </is>
       </c>
       <c r="E169" s="1" t="n">
-        <v>55.0</v>
+        <v>58.0</v>
       </c>
       <c r="F169" s="1" t="n">
-        <v>124.0</v>
+        <v>42.0</v>
       </c>
       <c r="G169" s="1" t="n">
-        <v>64.0</v>
+        <v>47.0</v>
       </c>
       <c r="H169" s="1" t="n">
-        <v>243.0</v>
+        <v>147.0</v>
       </c>
     </row>
     <row r="170">
       <c r="A170" t="inlineStr">
         <is>
           <t>Alle wirtschaftliche Tätigkeiten</t>
         </is>
       </c>
       <c r="B170" t="inlineStr">
         <is>
           <t>N Erbringung von sonstigen wirtschaftlichen Dienstleistungen</t>
         </is>
       </c>
       <c r="C170" t="inlineStr">
         <is>
-          <t>2025</t>
+          <t>2026</t>
         </is>
       </c>
       <c r="D170" t="inlineStr">
         <is>
-          <t>Oktober 2025</t>
+          <t>Februar 2026</t>
         </is>
       </c>
       <c r="E170" s="1" t="n">
-        <v>90.0</v>
+        <v>91.0</v>
       </c>
       <c r="F170" s="1" t="n">
-        <v>98.0</v>
+        <v>94.0</v>
       </c>
       <c r="G170" s="1" t="n">
-        <v>71.0</v>
+        <v>41.0</v>
       </c>
       <c r="H170" s="1" t="n">
-        <v>259.0</v>
+        <v>226.0</v>
       </c>
     </row>
     <row r="171">
       <c r="A171" t="inlineStr">
         <is>
           <t>Alle wirtschaftliche Tätigkeiten</t>
         </is>
       </c>
       <c r="B171" t="inlineStr">
         <is>
           <t>O Öffentliche Verwaltung, Verteidigung/ Sozialversicherung</t>
         </is>
       </c>
       <c r="C171" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="D171" t="inlineStr">
         <is>
-          <t>Oktober 2024</t>
+          <t>Februar 2025</t>
         </is>
       </c>
       <c r="E171"/>
       <c r="F171"/>
       <c r="G171"/>
       <c r="H171"/>
     </row>
     <row r="172">
       <c r="A172" t="inlineStr">
         <is>
           <t>Alle wirtschaftliche Tätigkeiten</t>
         </is>
       </c>
       <c r="B172" t="inlineStr">
         <is>
           <t>O Öffentliche Verwaltung, Verteidigung/ Sozialversicherung</t>
         </is>
       </c>
       <c r="C172" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="D172" t="inlineStr">
         <is>
-          <t>November 2024</t>
+          <t>März 2025</t>
         </is>
       </c>
       <c r="E172"/>
       <c r="F172"/>
       <c r="G172"/>
       <c r="H172"/>
     </row>
     <row r="173">
       <c r="A173" t="inlineStr">
         <is>
           <t>Alle wirtschaftliche Tätigkeiten</t>
         </is>
       </c>
       <c r="B173" t="inlineStr">
         <is>
           <t>O Öffentliche Verwaltung, Verteidigung/ Sozialversicherung</t>
         </is>
       </c>
       <c r="C173" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="D173" t="inlineStr">
         <is>
-          <t>Dezember 2024</t>
+          <t>April 2025</t>
         </is>
       </c>
       <c r="E173"/>
       <c r="F173"/>
       <c r="G173"/>
       <c r="H173"/>
     </row>
     <row r="174">
       <c r="A174" t="inlineStr">
         <is>
           <t>Alle wirtschaftliche Tätigkeiten</t>
         </is>
       </c>
       <c r="B174" t="inlineStr">
         <is>
           <t>O Öffentliche Verwaltung, Verteidigung/ Sozialversicherung</t>
         </is>
       </c>
       <c r="C174" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D174" t="inlineStr">
         <is>
-          <t>Januar 2025</t>
+          <t>Mai 2025</t>
         </is>
       </c>
       <c r="E174"/>
       <c r="F174"/>
       <c r="G174"/>
       <c r="H174"/>
     </row>
     <row r="175">
       <c r="A175" t="inlineStr">
         <is>
           <t>Alle wirtschaftliche Tätigkeiten</t>
         </is>
       </c>
       <c r="B175" t="inlineStr">
         <is>
           <t>O Öffentliche Verwaltung, Verteidigung/ Sozialversicherung</t>
         </is>
       </c>
       <c r="C175" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D175" t="inlineStr">
         <is>
-          <t>Februar 2025</t>
+          <t>Juni 2025</t>
         </is>
       </c>
       <c r="E175"/>
       <c r="F175"/>
       <c r="G175"/>
       <c r="H175"/>
     </row>
     <row r="176">
       <c r="A176" t="inlineStr">
         <is>
           <t>Alle wirtschaftliche Tätigkeiten</t>
         </is>
       </c>
       <c r="B176" t="inlineStr">
         <is>
           <t>O Öffentliche Verwaltung, Verteidigung/ Sozialversicherung</t>
         </is>
       </c>
       <c r="C176" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D176" t="inlineStr">
         <is>
-          <t>März 2025</t>
+          <t>Juli 2025</t>
         </is>
       </c>
       <c r="E176"/>
       <c r="F176"/>
       <c r="G176"/>
       <c r="H176"/>
     </row>
     <row r="177">
       <c r="A177" t="inlineStr">
         <is>
           <t>Alle wirtschaftliche Tätigkeiten</t>
         </is>
       </c>
       <c r="B177" t="inlineStr">
         <is>
           <t>O Öffentliche Verwaltung, Verteidigung/ Sozialversicherung</t>
         </is>
       </c>
       <c r="C177" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D177" t="inlineStr">
         <is>
-          <t>April 2025</t>
+          <t>August 2025</t>
         </is>
       </c>
       <c r="E177"/>
       <c r="F177"/>
       <c r="G177"/>
       <c r="H177"/>
     </row>
     <row r="178">
       <c r="A178" t="inlineStr">
         <is>
           <t>Alle wirtschaftliche Tätigkeiten</t>
         </is>
       </c>
       <c r="B178" t="inlineStr">
         <is>
           <t>O Öffentliche Verwaltung, Verteidigung/ Sozialversicherung</t>
         </is>
       </c>
       <c r="C178" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D178" t="inlineStr">
         <is>
-          <t>Mai 2025</t>
+          <t>September 2025</t>
         </is>
       </c>
       <c r="E178"/>
       <c r="F178"/>
       <c r="G178"/>
       <c r="H178"/>
     </row>
     <row r="179">
       <c r="A179" t="inlineStr">
         <is>
           <t>Alle wirtschaftliche Tätigkeiten</t>
         </is>
       </c>
       <c r="B179" t="inlineStr">
         <is>
           <t>O Öffentliche Verwaltung, Verteidigung/ Sozialversicherung</t>
         </is>
       </c>
       <c r="C179" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D179" t="inlineStr">
         <is>
-          <t>Juni 2025</t>
+          <t>Oktober 2025</t>
         </is>
       </c>
       <c r="E179"/>
       <c r="F179"/>
       <c r="G179"/>
       <c r="H179"/>
     </row>
     <row r="180">
       <c r="A180" t="inlineStr">
         <is>
           <t>Alle wirtschaftliche Tätigkeiten</t>
         </is>
       </c>
       <c r="B180" t="inlineStr">
         <is>
           <t>O Öffentliche Verwaltung, Verteidigung/ Sozialversicherung</t>
         </is>
       </c>
       <c r="C180" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D180" t="inlineStr">
         <is>
-          <t>Juli 2025</t>
+          <t>November 2025</t>
         </is>
       </c>
       <c r="E180"/>
       <c r="F180"/>
       <c r="G180"/>
       <c r="H180"/>
     </row>
     <row r="181">
       <c r="A181" t="inlineStr">
         <is>
           <t>Alle wirtschaftliche Tätigkeiten</t>
         </is>
       </c>
       <c r="B181" t="inlineStr">
         <is>
           <t>O Öffentliche Verwaltung, Verteidigung/ Sozialversicherung</t>
         </is>
       </c>
       <c r="C181" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D181" t="inlineStr">
         <is>
-          <t>August 2025</t>
+          <t>Dezember 2025</t>
         </is>
       </c>
       <c r="E181"/>
       <c r="F181"/>
       <c r="G181"/>
       <c r="H181"/>
     </row>
     <row r="182">
       <c r="A182" t="inlineStr">
         <is>
           <t>Alle wirtschaftliche Tätigkeiten</t>
         </is>
       </c>
       <c r="B182" t="inlineStr">
         <is>
           <t>O Öffentliche Verwaltung, Verteidigung/ Sozialversicherung</t>
         </is>
       </c>
       <c r="C182" t="inlineStr">
         <is>
-          <t>2025</t>
+          <t>2026</t>
         </is>
       </c>
       <c r="D182" t="inlineStr">
         <is>
-          <t>September 2025</t>
+          <t>Januar 2026</t>
         </is>
       </c>
       <c r="E182"/>
       <c r="F182"/>
       <c r="G182"/>
       <c r="H182"/>
     </row>
     <row r="183">
       <c r="A183" t="inlineStr">
         <is>
           <t>Alle wirtschaftliche Tätigkeiten</t>
         </is>
       </c>
       <c r="B183" t="inlineStr">
         <is>
           <t>O Öffentliche Verwaltung, Verteidigung/ Sozialversicherung</t>
         </is>
       </c>
       <c r="C183" t="inlineStr">
         <is>
-          <t>2025</t>
+          <t>2026</t>
         </is>
       </c>
       <c r="D183" t="inlineStr">
         <is>
-          <t>Oktober 2025</t>
+          <t>Februar 2026</t>
         </is>
       </c>
       <c r="E183"/>
       <c r="F183"/>
       <c r="G183"/>
       <c r="H183"/>
     </row>
     <row r="184">
       <c r="A184" t="inlineStr">
         <is>
           <t>Alle wirtschaftliche Tätigkeiten</t>
         </is>
       </c>
       <c r="B184" t="inlineStr">
         <is>
           <t>P Erziehung und Unterricht</t>
         </is>
       </c>
       <c r="C184" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="D184" t="inlineStr">
         <is>
-          <t>Oktober 2024</t>
+          <t>Februar 2025</t>
         </is>
       </c>
       <c r="E184" s="1" t="n">
-        <v>0.0</v>
+        <v>6.0</v>
       </c>
       <c r="F184" s="1" t="n">
-        <v>0.0</v>
+        <v>2.0</v>
       </c>
       <c r="G184" s="1" t="n">
-        <v>7.0</v>
+        <v>3.0</v>
       </c>
       <c r="H184" s="1" t="n">
-        <v>7.0</v>
+        <v>11.0</v>
       </c>
     </row>
     <row r="185">
       <c r="A185" t="inlineStr">
         <is>
           <t>Alle wirtschaftliche Tätigkeiten</t>
         </is>
       </c>
       <c r="B185" t="inlineStr">
         <is>
           <t>P Erziehung und Unterricht</t>
         </is>
       </c>
       <c r="C185" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="D185" t="inlineStr">
         <is>
-          <t>November 2024</t>
+          <t>März 2025</t>
         </is>
       </c>
       <c r="E185" s="1" t="n">
-        <v>1.0</v>
+        <v>0.0</v>
       </c>
       <c r="F185" s="1" t="n">
         <v>0.0</v>
       </c>
       <c r="G185" s="1" t="n">
-        <v>6.0</v>
+        <v>3.0</v>
       </c>
       <c r="H185" s="1" t="n">
-        <v>7.0</v>
+        <v>3.0</v>
       </c>
     </row>
     <row r="186">
       <c r="A186" t="inlineStr">
         <is>
           <t>Alle wirtschaftliche Tätigkeiten</t>
         </is>
       </c>
       <c r="B186" t="inlineStr">
         <is>
           <t>P Erziehung und Unterricht</t>
         </is>
       </c>
       <c r="C186" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="D186" t="inlineStr">
         <is>
-          <t>Dezember 2024</t>
+          <t>April 2025</t>
         </is>
       </c>
       <c r="E186" s="1" t="n">
-        <v>0.0</v>
+        <v>1.0</v>
       </c>
       <c r="F186" s="1" t="n">
-        <v>0.0</v>
+        <v>1.0</v>
       </c>
       <c r="G186" s="1" t="n">
-        <v>9.0</v>
+        <v>3.0</v>
       </c>
       <c r="H186" s="1" t="n">
-        <v>9.0</v>
+        <v>5.0</v>
       </c>
     </row>
     <row r="187">
       <c r="A187" t="inlineStr">
         <is>
           <t>Alle wirtschaftliche Tätigkeiten</t>
         </is>
       </c>
       <c r="B187" t="inlineStr">
         <is>
           <t>P Erziehung und Unterricht</t>
         </is>
       </c>
       <c r="C187" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D187" t="inlineStr">
         <is>
-          <t>Januar 2025</t>
+          <t>Mai 2025</t>
         </is>
       </c>
       <c r="E187" s="1" t="n">
         <v>0.0</v>
       </c>
       <c r="F187" s="1" t="n">
-        <v>4.0</v>
+        <v>0.0</v>
       </c>
       <c r="G187" s="1" t="n">
-        <v>1.0</v>
+        <v>5.0</v>
       </c>
       <c r="H187" s="1" t="n">
         <v>5.0</v>
       </c>
     </row>
     <row r="188">
       <c r="A188" t="inlineStr">
         <is>
           <t>Alle wirtschaftliche Tätigkeiten</t>
         </is>
       </c>
       <c r="B188" t="inlineStr">
         <is>
           <t>P Erziehung und Unterricht</t>
         </is>
       </c>
       <c r="C188" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D188" t="inlineStr">
         <is>
-          <t>Februar 2025</t>
+          <t>Juni 2025</t>
         </is>
       </c>
       <c r="E188" s="1" t="n">
-        <v>6.0</v>
+        <v>0.0</v>
       </c>
       <c r="F188" s="1" t="n">
-        <v>2.0</v>
+        <v>0.0</v>
       </c>
       <c r="G188" s="1" t="n">
-        <v>3.0</v>
+        <v>4.0</v>
       </c>
       <c r="H188" s="1" t="n">
-        <v>11.0</v>
+        <v>4.0</v>
       </c>
     </row>
     <row r="189">
       <c r="A189" t="inlineStr">
         <is>
           <t>Alle wirtschaftliche Tätigkeiten</t>
         </is>
       </c>
       <c r="B189" t="inlineStr">
         <is>
           <t>P Erziehung und Unterricht</t>
         </is>
       </c>
       <c r="C189" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D189" t="inlineStr">
         <is>
-          <t>März 2025</t>
+          <t>Juli 2025</t>
         </is>
       </c>
       <c r="E189" s="1" t="n">
-        <v>0.0</v>
+        <v>20.0</v>
       </c>
       <c r="F189" s="1" t="n">
-        <v>0.0</v>
+        <v>11.0</v>
       </c>
       <c r="G189" s="1" t="n">
-        <v>3.0</v>
+        <v>8.0</v>
       </c>
       <c r="H189" s="1" t="n">
-        <v>3.0</v>
+        <v>39.0</v>
       </c>
     </row>
     <row r="190">
       <c r="A190" t="inlineStr">
         <is>
           <t>Alle wirtschaftliche Tätigkeiten</t>
         </is>
       </c>
       <c r="B190" t="inlineStr">
         <is>
           <t>P Erziehung und Unterricht</t>
         </is>
       </c>
       <c r="C190" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D190" t="inlineStr">
         <is>
-          <t>April 2025</t>
+          <t>August 2025</t>
         </is>
       </c>
       <c r="E190" s="1" t="n">
-        <v>1.0</v>
+        <v>0.0</v>
       </c>
       <c r="F190" s="1" t="n">
-        <v>1.0</v>
+        <v>0.0</v>
       </c>
       <c r="G190" s="1" t="n">
-        <v>3.0</v>
+        <v>5.0</v>
       </c>
       <c r="H190" s="1" t="n">
         <v>5.0</v>
       </c>
     </row>
     <row r="191">
       <c r="A191" t="inlineStr">
         <is>
           <t>Alle wirtschaftliche Tätigkeiten</t>
         </is>
       </c>
       <c r="B191" t="inlineStr">
         <is>
           <t>P Erziehung und Unterricht</t>
         </is>
       </c>
       <c r="C191" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D191" t="inlineStr">
         <is>
-          <t>Mai 2025</t>
+          <t>September 2025</t>
         </is>
       </c>
       <c r="E191" s="1" t="n">
-        <v>0.0</v>
+        <v>2.0</v>
       </c>
       <c r="F191" s="1" t="n">
-        <v>0.0</v>
+        <v>4.0</v>
       </c>
       <c r="G191" s="1" t="n">
-        <v>5.0</v>
+        <v>7.0</v>
       </c>
       <c r="H191" s="1" t="n">
-        <v>5.0</v>
+        <v>13.0</v>
       </c>
     </row>
     <row r="192">
       <c r="A192" t="inlineStr">
         <is>
           <t>Alle wirtschaftliche Tätigkeiten</t>
         </is>
       </c>
       <c r="B192" t="inlineStr">
         <is>
           <t>P Erziehung und Unterricht</t>
         </is>
       </c>
       <c r="C192" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D192" t="inlineStr">
         <is>
-          <t>Juni 2025</t>
+          <t>Oktober 2025</t>
         </is>
       </c>
       <c r="E192" s="1" t="n">
         <v>0.0</v>
       </c>
       <c r="F192" s="1" t="n">
         <v>0.0</v>
       </c>
       <c r="G192" s="1" t="n">
-        <v>4.0</v>
+        <v>8.0</v>
       </c>
       <c r="H192" s="1" t="n">
-        <v>4.0</v>
+        <v>8.0</v>
       </c>
     </row>
     <row r="193">
       <c r="A193" t="inlineStr">
         <is>
           <t>Alle wirtschaftliche Tätigkeiten</t>
         </is>
       </c>
       <c r="B193" t="inlineStr">
         <is>
           <t>P Erziehung und Unterricht</t>
         </is>
       </c>
       <c r="C193" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D193" t="inlineStr">
         <is>
-          <t>Juli 2025</t>
+          <t>November 2025</t>
         </is>
       </c>
       <c r="E193" s="1" t="n">
-        <v>20.0</v>
+        <v>1.0</v>
       </c>
       <c r="F193" s="1" t="n">
-        <v>11.0</v>
+        <v>0.0</v>
       </c>
       <c r="G193" s="1" t="n">
+        <v>7.0</v>
+      </c>
+      <c r="H193" s="1" t="n">
         <v>8.0</v>
-      </c>
-[...1 lines deleted...]
-        <v>39.0</v>
       </c>
     </row>
     <row r="194">
       <c r="A194" t="inlineStr">
         <is>
           <t>Alle wirtschaftliche Tätigkeiten</t>
         </is>
       </c>
       <c r="B194" t="inlineStr">
         <is>
           <t>P Erziehung und Unterricht</t>
         </is>
       </c>
       <c r="C194" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D194" t="inlineStr">
         <is>
-          <t>August 2025</t>
+          <t>Dezember 2025</t>
         </is>
       </c>
       <c r="E194" s="1" t="n">
         <v>0.0</v>
       </c>
       <c r="F194" s="1" t="n">
         <v>0.0</v>
       </c>
       <c r="G194" s="1" t="n">
         <v>5.0</v>
       </c>
       <c r="H194" s="1" t="n">
         <v>5.0</v>
       </c>
     </row>
     <row r="195">
       <c r="A195" t="inlineStr">
         <is>
           <t>Alle wirtschaftliche Tätigkeiten</t>
         </is>
       </c>
       <c r="B195" t="inlineStr">
         <is>
           <t>P Erziehung und Unterricht</t>
         </is>
       </c>
       <c r="C195" t="inlineStr">
         <is>
-          <t>2025</t>
+          <t>2026</t>
         </is>
       </c>
       <c r="D195" t="inlineStr">
         <is>
-          <t>September 2025</t>
+          <t>Januar 2026</t>
         </is>
       </c>
       <c r="E195" s="1" t="n">
-        <v>2.0</v>
+        <v>6.0</v>
       </c>
       <c r="F195" s="1" t="n">
-        <v>4.0</v>
+        <v>6.0</v>
       </c>
       <c r="G195" s="1" t="n">
         <v>7.0</v>
       </c>
       <c r="H195" s="1" t="n">
-        <v>13.0</v>
+        <v>19.0</v>
       </c>
     </row>
     <row r="196">
       <c r="A196" t="inlineStr">
         <is>
           <t>Alle wirtschaftliche Tätigkeiten</t>
         </is>
       </c>
       <c r="B196" t="inlineStr">
         <is>
           <t>P Erziehung und Unterricht</t>
         </is>
       </c>
       <c r="C196" t="inlineStr">
         <is>
-          <t>2025</t>
+          <t>2026</t>
         </is>
       </c>
       <c r="D196" t="inlineStr">
         <is>
-          <t>Oktober 2025</t>
+          <t>Februar 2026</t>
         </is>
       </c>
       <c r="E196" s="1" t="n">
-        <v>0.0</v>
+        <v>1.0</v>
       </c>
       <c r="F196" s="1" t="n">
-        <v>0.0</v>
+        <v>1.0</v>
       </c>
       <c r="G196" s="1" t="n">
-        <v>8.0</v>
+        <v>7.0</v>
       </c>
       <c r="H196" s="1" t="n">
-        <v>8.0</v>
+        <v>9.0</v>
       </c>
     </row>
     <row r="197">
       <c r="A197" t="inlineStr">
         <is>
           <t>Alle wirtschaftliche Tätigkeiten</t>
         </is>
       </c>
       <c r="B197" t="inlineStr">
         <is>
           <t>Q Gesundheits- und Sozialwesen</t>
         </is>
       </c>
       <c r="C197" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="D197" t="inlineStr">
         <is>
-          <t>Oktober 2024</t>
+          <t>Februar 2025</t>
         </is>
       </c>
       <c r="E197" s="1" t="n">
-        <v>32.0</v>
+        <v>2.0</v>
       </c>
       <c r="F197" s="1" t="n">
-        <v>14.0</v>
+        <v>2.0</v>
       </c>
       <c r="G197" s="1" t="n">
-        <v>14.0</v>
+        <v>15.0</v>
       </c>
       <c r="H197" s="1" t="n">
-        <v>60.0</v>
+        <v>19.0</v>
       </c>
     </row>
     <row r="198">
       <c r="A198" t="inlineStr">
         <is>
           <t>Alle wirtschaftliche Tätigkeiten</t>
         </is>
       </c>
       <c r="B198" t="inlineStr">
         <is>
           <t>Q Gesundheits- und Sozialwesen</t>
         </is>
       </c>
       <c r="C198" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="D198" t="inlineStr">
         <is>
-          <t>November 2024</t>
+          <t>März 2025</t>
         </is>
       </c>
       <c r="E198" s="1" t="n">
-        <v>19.0</v>
+        <v>3.0</v>
       </c>
       <c r="F198" s="1" t="n">
-        <v>48.0</v>
+        <v>5.0</v>
       </c>
       <c r="G198" s="1" t="n">
-        <v>18.0</v>
+        <v>16.0</v>
       </c>
       <c r="H198" s="1" t="n">
-        <v>85.0</v>
+        <v>24.0</v>
       </c>
     </row>
     <row r="199">
       <c r="A199" t="inlineStr">
         <is>
           <t>Alle wirtschaftliche Tätigkeiten</t>
         </is>
       </c>
       <c r="B199" t="inlineStr">
         <is>
           <t>Q Gesundheits- und Sozialwesen</t>
         </is>
       </c>
       <c r="C199" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="D199" t="inlineStr">
         <is>
-          <t>Dezember 2024</t>
+          <t>April 2025</t>
         </is>
       </c>
       <c r="E199" s="1" t="n">
-        <v>4.0</v>
+        <v>24.0</v>
       </c>
       <c r="F199" s="1" t="n">
-        <v>4.0</v>
+        <v>18.0</v>
       </c>
       <c r="G199" s="1" t="n">
-        <v>17.0</v>
+        <v>18.0</v>
       </c>
       <c r="H199" s="1" t="n">
-        <v>25.0</v>
+        <v>60.0</v>
       </c>
     </row>
     <row r="200">
       <c r="A200" t="inlineStr">
         <is>
           <t>Alle wirtschaftliche Tätigkeiten</t>
         </is>
       </c>
       <c r="B200" t="inlineStr">
         <is>
           <t>Q Gesundheits- und Sozialwesen</t>
         </is>
       </c>
       <c r="C200" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D200" t="inlineStr">
         <is>
-          <t>Januar 2025</t>
+          <t>Mai 2025</t>
         </is>
       </c>
       <c r="E200" s="1" t="n">
         <v>16.0</v>
       </c>
       <c r="F200" s="1" t="n">
-        <v>1.0</v>
+        <v>25.0</v>
       </c>
       <c r="G200" s="1" t="n">
-        <v>14.0</v>
+        <v>7.0</v>
       </c>
       <c r="H200" s="1" t="n">
-        <v>31.0</v>
+        <v>48.0</v>
       </c>
     </row>
     <row r="201">
       <c r="A201" t="inlineStr">
         <is>
           <t>Alle wirtschaftliche Tätigkeiten</t>
         </is>
       </c>
       <c r="B201" t="inlineStr">
         <is>
           <t>Q Gesundheits- und Sozialwesen</t>
         </is>
       </c>
       <c r="C201" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D201" t="inlineStr">
         <is>
-          <t>Februar 2025</t>
+          <t>Juni 2025</t>
         </is>
       </c>
       <c r="E201" s="1" t="n">
-        <v>2.0</v>
+        <v>53.0</v>
       </c>
       <c r="F201" s="1" t="n">
-        <v>2.0</v>
+        <v>39.0</v>
       </c>
       <c r="G201" s="1" t="n">
-        <v>15.0</v>
+        <v>18.0</v>
       </c>
       <c r="H201" s="1" t="n">
-        <v>19.0</v>
+        <v>110.0</v>
       </c>
     </row>
     <row r="202">
       <c r="A202" t="inlineStr">
         <is>
           <t>Alle wirtschaftliche Tätigkeiten</t>
         </is>
       </c>
       <c r="B202" t="inlineStr">
         <is>
           <t>Q Gesundheits- und Sozialwesen</t>
         </is>
       </c>
       <c r="C202" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D202" t="inlineStr">
         <is>
-          <t>März 2025</t>
+          <t>Juli 2025</t>
         </is>
       </c>
       <c r="E202" s="1" t="n">
-        <v>3.0</v>
+        <v>59.0</v>
       </c>
       <c r="F202" s="1" t="n">
-        <v>5.0</v>
+        <v>71.0</v>
       </c>
       <c r="G202" s="1" t="n">
-        <v>16.0</v>
+        <v>14.0</v>
       </c>
       <c r="H202" s="1" t="n">
-        <v>24.0</v>
+        <v>144.0</v>
       </c>
     </row>
     <row r="203">
       <c r="A203" t="inlineStr">
         <is>
           <t>Alle wirtschaftliche Tätigkeiten</t>
         </is>
       </c>
       <c r="B203" t="inlineStr">
         <is>
           <t>Q Gesundheits- und Sozialwesen</t>
         </is>
       </c>
       <c r="C203" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D203" t="inlineStr">
         <is>
-          <t>April 2025</t>
+          <t>August 2025</t>
         </is>
       </c>
       <c r="E203" s="1" t="n">
-        <v>24.0</v>
+        <v>6.0</v>
       </c>
       <c r="F203" s="1" t="n">
-        <v>18.0</v>
+        <v>2.0</v>
       </c>
       <c r="G203" s="1" t="n">
-        <v>18.0</v>
+        <v>5.0</v>
       </c>
       <c r="H203" s="1" t="n">
-        <v>60.0</v>
+        <v>13.0</v>
       </c>
     </row>
     <row r="204">
       <c r="A204" t="inlineStr">
         <is>
           <t>Alle wirtschaftliche Tätigkeiten</t>
         </is>
       </c>
       <c r="B204" t="inlineStr">
         <is>
           <t>Q Gesundheits- und Sozialwesen</t>
         </is>
       </c>
       <c r="C204" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D204" t="inlineStr">
         <is>
-          <t>Mai 2025</t>
+          <t>September 2025</t>
         </is>
       </c>
       <c r="E204" s="1" t="n">
-        <v>16.0</v>
+        <v>10.0</v>
       </c>
       <c r="F204" s="1" t="n">
-        <v>25.0</v>
+        <v>2.0</v>
       </c>
       <c r="G204" s="1" t="n">
-        <v>7.0</v>
+        <v>8.0</v>
       </c>
       <c r="H204" s="1" t="n">
-        <v>48.0</v>
+        <v>20.0</v>
       </c>
     </row>
     <row r="205">
       <c r="A205" t="inlineStr">
         <is>
           <t>Alle wirtschaftliche Tätigkeiten</t>
         </is>
       </c>
       <c r="B205" t="inlineStr">
         <is>
           <t>Q Gesundheits- und Sozialwesen</t>
         </is>
       </c>
       <c r="C205" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D205" t="inlineStr">
         <is>
-          <t>Juni 2025</t>
+          <t>Oktober 2025</t>
         </is>
       </c>
       <c r="E205" s="1" t="n">
-        <v>53.0</v>
+        <v>1.0</v>
       </c>
       <c r="F205" s="1" t="n">
-        <v>39.0</v>
+        <v>1.0</v>
       </c>
       <c r="G205" s="1" t="n">
-        <v>18.0</v>
+        <v>17.0</v>
       </c>
       <c r="H205" s="1" t="n">
-        <v>110.0</v>
+        <v>19.0</v>
       </c>
     </row>
     <row r="206">
       <c r="A206" t="inlineStr">
         <is>
           <t>Alle wirtschaftliche Tätigkeiten</t>
         </is>
       </c>
       <c r="B206" t="inlineStr">
         <is>
           <t>Q Gesundheits- und Sozialwesen</t>
         </is>
       </c>
       <c r="C206" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D206" t="inlineStr">
         <is>
-          <t>Juli 2025</t>
+          <t>November 2025</t>
         </is>
       </c>
       <c r="E206" s="1" t="n">
-        <v>59.0</v>
+        <v>8.0</v>
       </c>
       <c r="F206" s="1" t="n">
-        <v>71.0</v>
+        <v>11.0</v>
       </c>
       <c r="G206" s="1" t="n">
-        <v>14.0</v>
+        <v>20.0</v>
       </c>
       <c r="H206" s="1" t="n">
-        <v>144.0</v>
+        <v>39.0</v>
       </c>
     </row>
     <row r="207">
       <c r="A207" t="inlineStr">
         <is>
           <t>Alle wirtschaftliche Tätigkeiten</t>
         </is>
       </c>
       <c r="B207" t="inlineStr">
         <is>
           <t>Q Gesundheits- und Sozialwesen</t>
         </is>
       </c>
       <c r="C207" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D207" t="inlineStr">
         <is>
-          <t>August 2025</t>
+          <t>Dezember 2025</t>
         </is>
       </c>
       <c r="E207" s="1" t="n">
-        <v>6.0</v>
+        <v>18.0</v>
       </c>
       <c r="F207" s="1" t="n">
-        <v>2.0</v>
+        <v>23.0</v>
       </c>
       <c r="G207" s="1" t="n">
-        <v>5.0</v>
+        <v>14.0</v>
       </c>
       <c r="H207" s="1" t="n">
-        <v>13.0</v>
+        <v>55.0</v>
       </c>
     </row>
     <row r="208">
       <c r="A208" t="inlineStr">
         <is>
           <t>Alle wirtschaftliche Tätigkeiten</t>
         </is>
       </c>
       <c r="B208" t="inlineStr">
         <is>
           <t>Q Gesundheits- und Sozialwesen</t>
         </is>
       </c>
       <c r="C208" t="inlineStr">
         <is>
-          <t>2025</t>
+          <t>2026</t>
         </is>
       </c>
       <c r="D208" t="inlineStr">
         <is>
-          <t>September 2025</t>
+          <t>Januar 2026</t>
         </is>
       </c>
       <c r="E208" s="1" t="n">
-        <v>10.0</v>
+        <v>149.0</v>
       </c>
       <c r="F208" s="1" t="n">
-        <v>2.0</v>
+        <v>186.0</v>
       </c>
       <c r="G208" s="1" t="n">
-        <v>8.0</v>
+        <v>11.0</v>
       </c>
       <c r="H208" s="1" t="n">
-        <v>20.0</v>
+        <v>346.0</v>
       </c>
     </row>
     <row r="209">
       <c r="A209" t="inlineStr">
         <is>
           <t>Alle wirtschaftliche Tätigkeiten</t>
         </is>
       </c>
       <c r="B209" t="inlineStr">
         <is>
           <t>Q Gesundheits- und Sozialwesen</t>
         </is>
       </c>
       <c r="C209" t="inlineStr">
         <is>
-          <t>2025</t>
+          <t>2026</t>
         </is>
       </c>
       <c r="D209" t="inlineStr">
         <is>
-          <t>Oktober 2025</t>
+          <t>Februar 2026</t>
         </is>
       </c>
       <c r="E209" s="1" t="n">
-        <v>1.0</v>
+        <v>19.0</v>
       </c>
       <c r="F209" s="1" t="n">
-        <v>1.0</v>
+        <v>15.0</v>
       </c>
       <c r="G209" s="1" t="n">
-        <v>17.0</v>
+        <v>11.0</v>
       </c>
       <c r="H209" s="1" t="n">
-        <v>19.0</v>
+        <v>45.0</v>
       </c>
     </row>
     <row r="210">
       <c r="A210" t="inlineStr">
         <is>
           <t>Alle wirtschaftliche Tätigkeiten</t>
         </is>
       </c>
       <c r="B210" t="inlineStr">
         <is>
           <t>R Kunst, Unterhaltung und Erholung</t>
         </is>
       </c>
       <c r="C210" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="D210" t="inlineStr">
         <is>
-          <t>Oktober 2024</t>
+          <t>Februar 2025</t>
         </is>
       </c>
       <c r="E210" s="1" t="n">
-        <v>6.0</v>
+        <v>4.0</v>
       </c>
       <c r="F210" s="1" t="n">
-        <v>3.0</v>
+        <v>8.0</v>
       </c>
       <c r="G210" s="1" t="n">
-        <v>16.0</v>
+        <v>8.0</v>
       </c>
       <c r="H210" s="1" t="n">
-        <v>25.0</v>
+        <v>20.0</v>
       </c>
     </row>
     <row r="211">
       <c r="A211" t="inlineStr">
         <is>
           <t>Alle wirtschaftliche Tätigkeiten</t>
         </is>
       </c>
       <c r="B211" t="inlineStr">
         <is>
           <t>R Kunst, Unterhaltung und Erholung</t>
         </is>
       </c>
       <c r="C211" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="D211" t="inlineStr">
         <is>
-          <t>November 2024</t>
+          <t>März 2025</t>
         </is>
       </c>
       <c r="E211" s="1" t="n">
-        <v>4.0</v>
+        <v>10.0</v>
       </c>
       <c r="F211" s="1" t="n">
-        <v>2.0</v>
+        <v>10.0</v>
       </c>
       <c r="G211" s="1" t="n">
-        <v>12.0</v>
+        <v>17.0</v>
       </c>
       <c r="H211" s="1" t="n">
-        <v>18.0</v>
+        <v>37.0</v>
       </c>
     </row>
     <row r="212">
       <c r="A212" t="inlineStr">
         <is>
           <t>Alle wirtschaftliche Tätigkeiten</t>
         </is>
       </c>
       <c r="B212" t="inlineStr">
         <is>
           <t>R Kunst, Unterhaltung und Erholung</t>
         </is>
       </c>
       <c r="C212" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="D212" t="inlineStr">
         <is>
-          <t>Dezember 2024</t>
+          <t>April 2025</t>
         </is>
       </c>
       <c r="E212" s="1" t="n">
-        <v>46.0</v>
+        <v>2.0</v>
       </c>
       <c r="F212" s="1" t="n">
         <v>5.0</v>
       </c>
       <c r="G212" s="1" t="n">
-        <v>15.0</v>
+        <v>19.0</v>
       </c>
       <c r="H212" s="1" t="n">
-        <v>66.0</v>
+        <v>26.0</v>
       </c>
     </row>
     <row r="213">
       <c r="A213" t="inlineStr">
         <is>
           <t>Alle wirtschaftliche Tätigkeiten</t>
         </is>
       </c>
       <c r="B213" t="inlineStr">
         <is>
           <t>R Kunst, Unterhaltung und Erholung</t>
         </is>
       </c>
       <c r="C213" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D213" t="inlineStr">
         <is>
-          <t>Januar 2025</t>
+          <t>Mai 2025</t>
         </is>
       </c>
       <c r="E213" s="1" t="n">
-        <v>19.0</v>
+        <v>7.0</v>
       </c>
       <c r="F213" s="1" t="n">
-        <v>21.0</v>
+        <v>8.0</v>
       </c>
       <c r="G213" s="1" t="n">
-        <v>11.0</v>
+        <v>12.0</v>
       </c>
       <c r="H213" s="1" t="n">
-        <v>51.0</v>
+        <v>27.0</v>
       </c>
     </row>
     <row r="214">
       <c r="A214" t="inlineStr">
         <is>
           <t>Alle wirtschaftliche Tätigkeiten</t>
         </is>
       </c>
       <c r="B214" t="inlineStr">
         <is>
           <t>R Kunst, Unterhaltung und Erholung</t>
         </is>
       </c>
       <c r="C214" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D214" t="inlineStr">
         <is>
-          <t>Februar 2025</t>
+          <t>Juni 2025</t>
         </is>
       </c>
       <c r="E214" s="1" t="n">
-        <v>4.0</v>
+        <v>6.0</v>
       </c>
       <c r="F214" s="1" t="n">
-        <v>8.0</v>
+        <v>1.0</v>
       </c>
       <c r="G214" s="1" t="n">
-        <v>8.0</v>
+        <v>24.0</v>
       </c>
       <c r="H214" s="1" t="n">
-        <v>20.0</v>
+        <v>31.0</v>
       </c>
     </row>
     <row r="215">
       <c r="A215" t="inlineStr">
         <is>
           <t>Alle wirtschaftliche Tätigkeiten</t>
         </is>
       </c>
       <c r="B215" t="inlineStr">
         <is>
           <t>R Kunst, Unterhaltung und Erholung</t>
         </is>
       </c>
       <c r="C215" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D215" t="inlineStr">
         <is>
-          <t>März 2025</t>
+          <t>Juli 2025</t>
         </is>
       </c>
       <c r="E215" s="1" t="n">
+        <v>1.0</v>
+      </c>
+      <c r="F215" s="1" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="G215" s="1" t="n">
+        <v>9.0</v>
+      </c>
+      <c r="H215" s="1" t="n">
         <v>10.0</v>
-      </c>
-[...7 lines deleted...]
-        <v>37.0</v>
       </c>
     </row>
     <row r="216">
       <c r="A216" t="inlineStr">
         <is>
           <t>Alle wirtschaftliche Tätigkeiten</t>
         </is>
       </c>
       <c r="B216" t="inlineStr">
         <is>
           <t>R Kunst, Unterhaltung und Erholung</t>
         </is>
       </c>
       <c r="C216" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D216" t="inlineStr">
         <is>
-          <t>April 2025</t>
+          <t>August 2025</t>
         </is>
       </c>
       <c r="E216" s="1" t="n">
-        <v>2.0</v>
+        <v>6.0</v>
       </c>
       <c r="F216" s="1" t="n">
         <v>5.0</v>
       </c>
       <c r="G216" s="1" t="n">
-        <v>19.0</v>
+        <v>2.0</v>
       </c>
       <c r="H216" s="1" t="n">
-        <v>26.0</v>
+        <v>13.0</v>
       </c>
     </row>
     <row r="217">
       <c r="A217" t="inlineStr">
         <is>
           <t>Alle wirtschaftliche Tätigkeiten</t>
         </is>
       </c>
       <c r="B217" t="inlineStr">
         <is>
           <t>R Kunst, Unterhaltung und Erholung</t>
         </is>
       </c>
       <c r="C217" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D217" t="inlineStr">
         <is>
-          <t>Mai 2025</t>
+          <t>September 2025</t>
         </is>
       </c>
       <c r="E217" s="1" t="n">
-        <v>7.0</v>
+        <v>2.0</v>
       </c>
       <c r="F217" s="1" t="n">
-        <v>8.0</v>
+        <v>0.0</v>
       </c>
       <c r="G217" s="1" t="n">
-        <v>12.0</v>
+        <v>18.0</v>
       </c>
       <c r="H217" s="1" t="n">
-        <v>27.0</v>
+        <v>20.0</v>
       </c>
     </row>
     <row r="218">
       <c r="A218" t="inlineStr">
         <is>
           <t>Alle wirtschaftliche Tätigkeiten</t>
         </is>
       </c>
       <c r="B218" t="inlineStr">
         <is>
           <t>R Kunst, Unterhaltung und Erholung</t>
         </is>
       </c>
       <c r="C218" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D218" t="inlineStr">
         <is>
-          <t>Juni 2025</t>
+          <t>Oktober 2025</t>
         </is>
       </c>
       <c r="E218" s="1" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="F218" s="1" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="G218" s="1" t="n">
         <v>6.0</v>
       </c>
-      <c r="F218" s="1" t="n">
-[...4 lines deleted...]
-      </c>
       <c r="H218" s="1" t="n">
-        <v>31.0</v>
+        <v>6.0</v>
       </c>
     </row>
     <row r="219">
       <c r="A219" t="inlineStr">
         <is>
           <t>Alle wirtschaftliche Tätigkeiten</t>
         </is>
       </c>
       <c r="B219" t="inlineStr">
         <is>
           <t>R Kunst, Unterhaltung und Erholung</t>
         </is>
       </c>
       <c r="C219" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D219" t="inlineStr">
         <is>
-          <t>Juli 2025</t>
+          <t>November 2025</t>
         </is>
       </c>
       <c r="E219" s="1" t="n">
-        <v>1.0</v>
+        <v>0.0</v>
       </c>
       <c r="F219" s="1" t="n">
         <v>0.0</v>
       </c>
       <c r="G219" s="1" t="n">
-        <v>9.0</v>
+        <v>16.0</v>
       </c>
       <c r="H219" s="1" t="n">
-        <v>10.0</v>
+        <v>16.0</v>
       </c>
     </row>
     <row r="220">
       <c r="A220" t="inlineStr">
         <is>
           <t>Alle wirtschaftliche Tätigkeiten</t>
         </is>
       </c>
       <c r="B220" t="inlineStr">
         <is>
           <t>R Kunst, Unterhaltung und Erholung</t>
         </is>
       </c>
       <c r="C220" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D220" t="inlineStr">
         <is>
-          <t>August 2025</t>
+          <t>Dezember 2025</t>
         </is>
       </c>
       <c r="E220" s="1" t="n">
-        <v>6.0</v>
+        <v>0.0</v>
       </c>
       <c r="F220" s="1" t="n">
-        <v>5.0</v>
+        <v>1.0</v>
       </c>
       <c r="G220" s="1" t="n">
-        <v>2.0</v>
+        <v>11.0</v>
       </c>
       <c r="H220" s="1" t="n">
-        <v>13.0</v>
+        <v>12.0</v>
       </c>
     </row>
     <row r="221">
       <c r="A221" t="inlineStr">
         <is>
           <t>Alle wirtschaftliche Tätigkeiten</t>
         </is>
       </c>
       <c r="B221" t="inlineStr">
         <is>
           <t>R Kunst, Unterhaltung und Erholung</t>
         </is>
       </c>
       <c r="C221" t="inlineStr">
         <is>
-          <t>2025</t>
+          <t>2026</t>
         </is>
       </c>
       <c r="D221" t="inlineStr">
         <is>
-          <t>September 2025</t>
+          <t>Januar 2026</t>
         </is>
       </c>
       <c r="E221" s="1" t="n">
-        <v>2.0</v>
+        <v>1.0</v>
       </c>
       <c r="F221" s="1" t="n">
-        <v>0.0</v>
+        <v>3.0</v>
       </c>
       <c r="G221" s="1" t="n">
-        <v>18.0</v>
+        <v>11.0</v>
       </c>
       <c r="H221" s="1" t="n">
-        <v>20.0</v>
+        <v>15.0</v>
       </c>
     </row>
     <row r="222">
       <c r="A222" t="inlineStr">
         <is>
           <t>Alle wirtschaftliche Tätigkeiten</t>
         </is>
       </c>
       <c r="B222" t="inlineStr">
         <is>
           <t>R Kunst, Unterhaltung und Erholung</t>
         </is>
       </c>
       <c r="C222" t="inlineStr">
         <is>
-          <t>2025</t>
+          <t>2026</t>
         </is>
       </c>
       <c r="D222" t="inlineStr">
         <is>
-          <t>Oktober 2025</t>
+          <t>Februar 2026</t>
         </is>
       </c>
       <c r="E222" s="1" t="n">
-        <v>0.0</v>
+        <v>5.0</v>
       </c>
       <c r="F222" s="1" t="n">
-        <v>0.0</v>
+        <v>3.0</v>
       </c>
       <c r="G222" s="1" t="n">
-        <v>6.0</v>
+        <v>16.0</v>
       </c>
       <c r="H222" s="1" t="n">
-        <v>6.0</v>
+        <v>24.0</v>
       </c>
     </row>
     <row r="223">
       <c r="A223" t="inlineStr">
         <is>
           <t>Alle wirtschaftliche Tätigkeiten</t>
         </is>
       </c>
       <c r="B223" t="inlineStr">
         <is>
           <t>S Erbringung von sonstigen Dienstleistungen</t>
         </is>
       </c>
       <c r="C223" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="D223" t="inlineStr">
         <is>
-          <t>Oktober 2024</t>
+          <t>Februar 2025</t>
         </is>
       </c>
       <c r="E223" s="1" t="n">
-        <v>17.0</v>
+        <v>14.0</v>
       </c>
       <c r="F223" s="1" t="n">
-        <v>25.0</v>
+        <v>11.0</v>
       </c>
       <c r="G223" s="1" t="n">
-        <v>20.0</v>
+        <v>34.0</v>
       </c>
       <c r="H223" s="1" t="n">
-        <v>62.0</v>
+        <v>59.0</v>
       </c>
     </row>
     <row r="224">
       <c r="A224" t="inlineStr">
         <is>
           <t>Alle wirtschaftliche Tätigkeiten</t>
         </is>
       </c>
       <c r="B224" t="inlineStr">
         <is>
           <t>S Erbringung von sonstigen Dienstleistungen</t>
         </is>
       </c>
       <c r="C224" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="D224" t="inlineStr">
         <is>
-          <t>November 2024</t>
+          <t>März 2025</t>
         </is>
       </c>
       <c r="E224" s="1" t="n">
-        <v>9.0</v>
+        <v>4.0</v>
       </c>
       <c r="F224" s="1" t="n">
-        <v>28.0</v>
+        <v>8.0</v>
       </c>
       <c r="G224" s="1" t="n">
-        <v>26.0</v>
+        <v>27.0</v>
       </c>
       <c r="H224" s="1" t="n">
-        <v>63.0</v>
+        <v>39.0</v>
       </c>
     </row>
     <row r="225">
       <c r="A225" t="inlineStr">
         <is>
           <t>Alle wirtschaftliche Tätigkeiten</t>
         </is>
       </c>
       <c r="B225" t="inlineStr">
         <is>
           <t>S Erbringung von sonstigen Dienstleistungen</t>
         </is>
       </c>
       <c r="C225" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="D225" t="inlineStr">
         <is>
-          <t>Dezember 2024</t>
+          <t>April 2025</t>
         </is>
       </c>
       <c r="E225" s="1" t="n">
-        <v>75.0</v>
+        <v>23.0</v>
       </c>
       <c r="F225" s="1" t="n">
-        <v>25.0</v>
+        <v>16.0</v>
       </c>
       <c r="G225" s="1" t="n">
-        <v>19.0</v>
+        <v>27.0</v>
       </c>
       <c r="H225" s="1" t="n">
-        <v>119.0</v>
+        <v>66.0</v>
       </c>
     </row>
     <row r="226">
       <c r="A226" t="inlineStr">
         <is>
           <t>Alle wirtschaftliche Tätigkeiten</t>
         </is>
       </c>
       <c r="B226" t="inlineStr">
         <is>
           <t>S Erbringung von sonstigen Dienstleistungen</t>
         </is>
       </c>
       <c r="C226" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D226" t="inlineStr">
         <is>
-          <t>Januar 2025</t>
+          <t>Mai 2025</t>
         </is>
       </c>
       <c r="E226" s="1" t="n">
-        <v>13.0</v>
+        <v>12.0</v>
       </c>
       <c r="F226" s="1" t="n">
-        <v>5.0</v>
+        <v>15.0</v>
       </c>
       <c r="G226" s="1" t="n">
-        <v>27.0</v>
+        <v>22.0</v>
       </c>
       <c r="H226" s="1" t="n">
-        <v>45.0</v>
+        <v>49.0</v>
       </c>
     </row>
     <row r="227">
       <c r="A227" t="inlineStr">
         <is>
           <t>Alle wirtschaftliche Tätigkeiten</t>
         </is>
       </c>
       <c r="B227" t="inlineStr">
         <is>
           <t>S Erbringung von sonstigen Dienstleistungen</t>
         </is>
       </c>
       <c r="C227" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D227" t="inlineStr">
         <is>
-          <t>Februar 2025</t>
+          <t>Juni 2025</t>
         </is>
       </c>
       <c r="E227" s="1" t="n">
-        <v>14.0</v>
+        <v>6.0</v>
       </c>
       <c r="F227" s="1" t="n">
         <v>11.0</v>
       </c>
       <c r="G227" s="1" t="n">
-        <v>34.0</v>
+        <v>25.0</v>
       </c>
       <c r="H227" s="1" t="n">
-        <v>59.0</v>
+        <v>42.0</v>
       </c>
     </row>
     <row r="228">
       <c r="A228" t="inlineStr">
         <is>
           <t>Alle wirtschaftliche Tätigkeiten</t>
         </is>
       </c>
       <c r="B228" t="inlineStr">
         <is>
           <t>S Erbringung von sonstigen Dienstleistungen</t>
         </is>
       </c>
       <c r="C228" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D228" t="inlineStr">
         <is>
-          <t>März 2025</t>
+          <t>Juli 2025</t>
         </is>
       </c>
       <c r="E228" s="1" t="n">
-        <v>4.0</v>
+        <v>12.0</v>
       </c>
       <c r="F228" s="1" t="n">
         <v>8.0</v>
       </c>
       <c r="G228" s="1" t="n">
-        <v>27.0</v>
+        <v>20.0</v>
       </c>
       <c r="H228" s="1" t="n">
-        <v>39.0</v>
+        <v>40.0</v>
       </c>
     </row>
     <row r="229">
       <c r="A229" t="inlineStr">
         <is>
           <t>Alle wirtschaftliche Tätigkeiten</t>
         </is>
       </c>
       <c r="B229" t="inlineStr">
         <is>
           <t>S Erbringung von sonstigen Dienstleistungen</t>
         </is>
       </c>
       <c r="C229" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D229" t="inlineStr">
         <is>
-          <t>April 2025</t>
+          <t>August 2025</t>
         </is>
       </c>
       <c r="E229" s="1" t="n">
-        <v>23.0</v>
+        <v>3.0</v>
       </c>
       <c r="F229" s="1" t="n">
-        <v>16.0</v>
+        <v>12.0</v>
       </c>
       <c r="G229" s="1" t="n">
-        <v>27.0</v>
+        <v>18.0</v>
       </c>
       <c r="H229" s="1" t="n">
-        <v>66.0</v>
+        <v>33.0</v>
       </c>
     </row>
     <row r="230">
       <c r="A230" t="inlineStr">
         <is>
           <t>Alle wirtschaftliche Tätigkeiten</t>
         </is>
       </c>
       <c r="B230" t="inlineStr">
         <is>
           <t>S Erbringung von sonstigen Dienstleistungen</t>
         </is>
       </c>
       <c r="C230" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D230" t="inlineStr">
         <is>
-          <t>Mai 2025</t>
+          <t>September 2025</t>
         </is>
       </c>
       <c r="E230" s="1" t="n">
+        <v>5.0</v>
+      </c>
+      <c r="F230" s="1" t="n">
         <v>12.0</v>
       </c>
-      <c r="F230" s="1" t="n">
-[...1 lines deleted...]
-      </c>
       <c r="G230" s="1" t="n">
-        <v>22.0</v>
+        <v>32.0</v>
       </c>
       <c r="H230" s="1" t="n">
         <v>49.0</v>
       </c>
     </row>
     <row r="231">
       <c r="A231" t="inlineStr">
         <is>
           <t>Alle wirtschaftliche Tätigkeiten</t>
         </is>
       </c>
       <c r="B231" t="inlineStr">
         <is>
           <t>S Erbringung von sonstigen Dienstleistungen</t>
         </is>
       </c>
       <c r="C231" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D231" t="inlineStr">
         <is>
-          <t>Juni 2025</t>
+          <t>Oktober 2025</t>
         </is>
       </c>
       <c r="E231" s="1" t="n">
-        <v>6.0</v>
+        <v>15.0</v>
       </c>
       <c r="F231" s="1" t="n">
-        <v>11.0</v>
+        <v>35.0</v>
       </c>
       <c r="G231" s="1" t="n">
-        <v>25.0</v>
+        <v>30.0</v>
       </c>
       <c r="H231" s="1" t="n">
-        <v>42.0</v>
+        <v>80.0</v>
       </c>
     </row>
     <row r="232">
       <c r="A232" t="inlineStr">
         <is>
           <t>Alle wirtschaftliche Tätigkeiten</t>
         </is>
       </c>
       <c r="B232" t="inlineStr">
         <is>
           <t>S Erbringung von sonstigen Dienstleistungen</t>
         </is>
       </c>
       <c r="C232" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D232" t="inlineStr">
         <is>
-          <t>Juli 2025</t>
+          <t>November 2025</t>
         </is>
       </c>
       <c r="E232" s="1" t="n">
-        <v>12.0</v>
+        <v>15.0</v>
       </c>
       <c r="F232" s="1" t="n">
-        <v>8.0</v>
+        <v>36.0</v>
       </c>
       <c r="G232" s="1" t="n">
-        <v>20.0</v>
+        <v>33.0</v>
       </c>
       <c r="H232" s="1" t="n">
-        <v>40.0</v>
+        <v>84.0</v>
       </c>
     </row>
     <row r="233">
       <c r="A233" t="inlineStr">
         <is>
           <t>Alle wirtschaftliche Tätigkeiten</t>
         </is>
       </c>
       <c r="B233" t="inlineStr">
         <is>
           <t>S Erbringung von sonstigen Dienstleistungen</t>
         </is>
       </c>
       <c r="C233" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D233" t="inlineStr">
         <is>
-          <t>August 2025</t>
+          <t>Dezember 2025</t>
         </is>
       </c>
       <c r="E233" s="1" t="n">
-        <v>3.0</v>
+        <v>10.0</v>
       </c>
       <c r="F233" s="1" t="n">
-        <v>12.0</v>
+        <v>16.0</v>
       </c>
       <c r="G233" s="1" t="n">
-        <v>18.0</v>
+        <v>42.0</v>
       </c>
       <c r="H233" s="1" t="n">
-        <v>33.0</v>
+        <v>68.0</v>
       </c>
     </row>
     <row r="234">
       <c r="A234" t="inlineStr">
         <is>
           <t>Alle wirtschaftliche Tätigkeiten</t>
         </is>
       </c>
       <c r="B234" t="inlineStr">
         <is>
           <t>S Erbringung von sonstigen Dienstleistungen</t>
         </is>
       </c>
       <c r="C234" t="inlineStr">
         <is>
-          <t>2025</t>
+          <t>2026</t>
         </is>
       </c>
       <c r="D234" t="inlineStr">
         <is>
-          <t>September 2025</t>
+          <t>Januar 2026</t>
         </is>
       </c>
       <c r="E234" s="1" t="n">
-        <v>5.0</v>
+        <v>22.0</v>
       </c>
       <c r="F234" s="1" t="n">
-        <v>12.0</v>
+        <v>27.0</v>
       </c>
       <c r="G234" s="1" t="n">
-        <v>32.0</v>
+        <v>33.0</v>
       </c>
       <c r="H234" s="1" t="n">
-        <v>49.0</v>
+        <v>82.0</v>
       </c>
     </row>
     <row r="235">
       <c r="A235" t="inlineStr">
         <is>
           <t>Alle wirtschaftliche Tätigkeiten</t>
         </is>
       </c>
       <c r="B235" t="inlineStr">
         <is>
           <t>S Erbringung von sonstigen Dienstleistungen</t>
         </is>
       </c>
       <c r="C235" t="inlineStr">
         <is>
-          <t>2025</t>
+          <t>2026</t>
         </is>
       </c>
       <c r="D235" t="inlineStr">
         <is>
-          <t>Oktober 2025</t>
+          <t>Februar 2026</t>
         </is>
       </c>
       <c r="E235" s="1" t="n">
-        <v>15.0</v>
+        <v>12.0</v>
       </c>
       <c r="F235" s="1" t="n">
-        <v>35.0</v>
+        <v>12.0</v>
       </c>
       <c r="G235" s="1" t="n">
-        <v>30.0</v>
+        <v>18.0</v>
       </c>
       <c r="H235" s="1" t="n">
-        <v>80.0</v>
+        <v>42.0</v>
       </c>
     </row>
     <row r="236">
       <c r="A236" t="inlineStr">
         <is>
           <t>Alle wirtschaftliche Tätigkeiten</t>
         </is>
       </c>
       <c r="B236"/>
       <c r="C236" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="D236" t="inlineStr">
         <is>
-          <t>Oktober 2024</t>
+          <t>Februar 2025</t>
         </is>
       </c>
       <c r="E236" s="1" t="n">
-        <v>1078.0</v>
+        <v>1278.0</v>
       </c>
       <c r="F236" s="1" t="n">
-        <v>794.0</v>
+        <v>541.0</v>
       </c>
       <c r="G236" s="1" t="n">
-        <v>831.0</v>
+        <v>769.0</v>
       </c>
       <c r="H236" s="1" t="n">
-        <v>2703.0</v>
+        <v>2588.0</v>
       </c>
     </row>
     <row r="237">
       <c r="A237" t="inlineStr">
         <is>
           <t>Alle wirtschaftliche Tätigkeiten</t>
         </is>
       </c>
       <c r="B237"/>
       <c r="C237" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="D237" t="inlineStr">
         <is>
-          <t>November 2024</t>
+          <t>März 2025</t>
         </is>
       </c>
       <c r="E237" s="1" t="n">
-        <v>814.0</v>
+        <v>1168.0</v>
       </c>
       <c r="F237" s="1" t="n">
-        <v>467.0</v>
+        <v>701.0</v>
       </c>
       <c r="G237" s="1" t="n">
-        <v>651.0</v>
+        <v>878.0</v>
       </c>
       <c r="H237" s="1" t="n">
-        <v>1932.0</v>
+        <v>2747.0</v>
       </c>
     </row>
     <row r="238">
       <c r="A238" t="inlineStr">
         <is>
           <t>Alle wirtschaftliche Tätigkeiten</t>
         </is>
       </c>
       <c r="B238"/>
       <c r="C238" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="D238" t="inlineStr">
         <is>
-          <t>Dezember 2024</t>
+          <t>April 2025</t>
         </is>
       </c>
       <c r="E238" s="1" t="n">
-        <v>1266.0</v>
+        <v>1765.0</v>
       </c>
       <c r="F238" s="1" t="n">
-        <v>483.0</v>
+        <v>659.0</v>
       </c>
       <c r="G238" s="1" t="n">
-        <v>830.0</v>
+        <v>779.0</v>
       </c>
       <c r="H238" s="1" t="n">
-        <v>2579.0</v>
+        <v>3203.0</v>
       </c>
     </row>
     <row r="239">
       <c r="A239" t="inlineStr">
         <is>
           <t>Alle wirtschaftliche Tätigkeiten</t>
         </is>
       </c>
       <c r="B239"/>
       <c r="C239" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D239" t="inlineStr">
         <is>
-          <t>Januar 2025</t>
+          <t>Mai 2025</t>
         </is>
       </c>
       <c r="E239" s="1" t="n">
-        <v>1036.0</v>
+        <v>667.0</v>
       </c>
       <c r="F239" s="1" t="n">
-        <v>657.0</v>
+        <v>355.0</v>
       </c>
       <c r="G239" s="1" t="n">
-        <v>769.0</v>
+        <v>726.0</v>
       </c>
       <c r="H239" s="1" t="n">
-        <v>2462.0</v>
+        <v>1748.0</v>
       </c>
     </row>
     <row r="240">
       <c r="A240" t="inlineStr">
         <is>
           <t>Alle wirtschaftliche Tätigkeiten</t>
         </is>
       </c>
       <c r="B240"/>
       <c r="C240" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D240" t="inlineStr">
         <is>
-          <t>Februar 2025</t>
+          <t>Juni 2025</t>
         </is>
       </c>
       <c r="E240" s="1" t="n">
-        <v>1278.0</v>
+        <v>1165.0</v>
       </c>
       <c r="F240" s="1" t="n">
-        <v>541.0</v>
+        <v>611.0</v>
       </c>
       <c r="G240" s="1" t="n">
-        <v>769.0</v>
+        <v>956.0</v>
       </c>
       <c r="H240" s="1" t="n">
-        <v>2588.0</v>
+        <v>2732.0</v>
       </c>
     </row>
     <row r="241">
       <c r="A241" t="inlineStr">
         <is>
           <t>Alle wirtschaftliche Tätigkeiten</t>
         </is>
       </c>
       <c r="B241"/>
       <c r="C241" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D241" t="inlineStr">
         <is>
-          <t>März 2025</t>
+          <t>Juli 2025</t>
         </is>
       </c>
       <c r="E241" s="1" t="n">
-        <v>1168.0</v>
+        <v>1544.0</v>
       </c>
       <c r="F241" s="1" t="n">
-        <v>701.0</v>
+        <v>436.0</v>
       </c>
       <c r="G241" s="1" t="n">
-        <v>878.0</v>
+        <v>568.0</v>
       </c>
       <c r="H241" s="1" t="n">
-        <v>2747.0</v>
+        <v>2548.0</v>
       </c>
     </row>
     <row r="242">
       <c r="A242" t="inlineStr">
         <is>
           <t>Alle wirtschaftliche Tätigkeiten</t>
         </is>
       </c>
       <c r="B242"/>
       <c r="C242" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D242" t="inlineStr">
         <is>
-          <t>April 2025</t>
+          <t>August 2025</t>
         </is>
       </c>
       <c r="E242" s="1" t="n">
-        <v>1765.0</v>
+        <v>1069.0</v>
       </c>
       <c r="F242" s="1" t="n">
-        <v>659.0</v>
+        <v>493.0</v>
       </c>
       <c r="G242" s="1" t="n">
-        <v>779.0</v>
+        <v>368.0</v>
       </c>
       <c r="H242" s="1" t="n">
-        <v>3203.0</v>
+        <v>1930.0</v>
       </c>
     </row>
     <row r="243">
       <c r="A243" t="inlineStr">
         <is>
           <t>Alle wirtschaftliche Tätigkeiten</t>
         </is>
       </c>
       <c r="B243"/>
       <c r="C243" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D243" t="inlineStr">
         <is>
-          <t>Mai 2025</t>
+          <t>September 2025</t>
         </is>
       </c>
       <c r="E243" s="1" t="n">
-        <v>667.0</v>
+        <v>963.0</v>
       </c>
       <c r="F243" s="1" t="n">
-        <v>355.0</v>
+        <v>630.0</v>
       </c>
       <c r="G243" s="1" t="n">
-        <v>726.0</v>
+        <v>970.0</v>
       </c>
       <c r="H243" s="1" t="n">
-        <v>1748.0</v>
+        <v>2563.0</v>
       </c>
     </row>
     <row r="244">
       <c r="A244" t="inlineStr">
         <is>
           <t>Alle wirtschaftliche Tätigkeiten</t>
         </is>
       </c>
       <c r="B244"/>
       <c r="C244" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D244" t="inlineStr">
         <is>
-          <t>Juni 2025</t>
+          <t>Oktober 2025</t>
         </is>
       </c>
       <c r="E244" s="1" t="n">
-        <v>1165.0</v>
+        <v>961.0</v>
       </c>
       <c r="F244" s="1" t="n">
-        <v>611.0</v>
+        <v>663.0</v>
       </c>
       <c r="G244" s="1" t="n">
-        <v>956.0</v>
+        <v>872.0</v>
       </c>
       <c r="H244" s="1" t="n">
-        <v>2732.0</v>
+        <v>2496.0</v>
       </c>
     </row>
     <row r="245">
       <c r="A245" t="inlineStr">
         <is>
           <t>Alle wirtschaftliche Tätigkeiten</t>
         </is>
       </c>
       <c r="B245"/>
       <c r="C245" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D245" t="inlineStr">
         <is>
-          <t>Juli 2025</t>
+          <t>November 2025</t>
         </is>
       </c>
       <c r="E245" s="1" t="n">
-        <v>1544.0</v>
+        <v>878.0</v>
       </c>
       <c r="F245" s="1" t="n">
-        <v>436.0</v>
+        <v>484.0</v>
       </c>
       <c r="G245" s="1" t="n">
-        <v>568.0</v>
+        <v>746.0</v>
       </c>
       <c r="H245" s="1" t="n">
-        <v>2548.0</v>
+        <v>2108.0</v>
       </c>
     </row>
     <row r="246">
       <c r="A246" t="inlineStr">
         <is>
           <t>Alle wirtschaftliche Tätigkeiten</t>
         </is>
       </c>
       <c r="B246"/>
       <c r="C246" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D246" t="inlineStr">
         <is>
-          <t>August 2025</t>
+          <t>Dezember 2025</t>
         </is>
       </c>
       <c r="E246" s="1" t="n">
-        <v>1069.0</v>
+        <v>1193.0</v>
       </c>
       <c r="F246" s="1" t="n">
-        <v>493.0</v>
+        <v>642.0</v>
       </c>
       <c r="G246" s="1" t="n">
-        <v>368.0</v>
+        <v>912.0</v>
       </c>
       <c r="H246" s="1" t="n">
-        <v>1930.0</v>
+        <v>2747.0</v>
       </c>
     </row>
     <row r="247">
       <c r="A247" t="inlineStr">
         <is>
           <t>Alle wirtschaftliche Tätigkeiten</t>
         </is>
       </c>
       <c r="B247"/>
       <c r="C247" t="inlineStr">
         <is>
-          <t>2025</t>
+          <t>2026</t>
         </is>
       </c>
       <c r="D247" t="inlineStr">
         <is>
-          <t>September 2025</t>
+          <t>Januar 2026</t>
         </is>
       </c>
       <c r="E247" s="1" t="n">
-        <v>963.0</v>
+        <v>932.0</v>
       </c>
       <c r="F247" s="1" t="n">
-        <v>630.0</v>
+        <v>618.0</v>
       </c>
       <c r="G247" s="1" t="n">
-        <v>968.0</v>
+        <v>772.0</v>
       </c>
       <c r="H247" s="1" t="n">
-        <v>2561.0</v>
+        <v>2322.0</v>
       </c>
     </row>
     <row r="248">
       <c r="A248" t="inlineStr">
         <is>
           <t>Alle wirtschaftliche Tätigkeiten</t>
         </is>
       </c>
       <c r="B248"/>
       <c r="C248" t="inlineStr">
         <is>
-          <t>2025</t>
+          <t>2026</t>
         </is>
       </c>
       <c r="D248" t="inlineStr">
         <is>
-          <t>Oktober 2025</t>
+          <t>Februar 2026</t>
         </is>
       </c>
       <c r="E248" s="1" t="n">
-        <v>960.0</v>
+        <v>1086.0</v>
       </c>
       <c r="F248" s="1" t="n">
-        <v>663.0</v>
+        <v>500.0</v>
       </c>
       <c r="G248" s="1" t="n">
-        <v>873.0</v>
+        <v>756.0</v>
       </c>
       <c r="H248" s="1" t="n">
-        <v>2496.0</v>
+        <v>2342.0</v>
       </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <coreProperties xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </coreProperties>
 </file>