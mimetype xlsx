--- v0 (2025-11-17)
+++ v1 (2025-12-18)
@@ -84,775 +84,775 @@
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?>
 
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
   <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/>
   <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/>
   <Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/>
   <Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/>
   <Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/>
 </Relationships>
 
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <cols>
     <col min="1" max="1" width="11.02734375" customWidth="true"/>
-    <col min="2" max="2" width="129.94140625" customWidth="true"/>
+    <col min="2" max="2" width="128.08984375" customWidth="true"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" t="inlineStr">
         <is>
           <t>Data source:</t>
         </is>
       </c>
       <c r="B1" t="inlineStr">
         <is>
           <t>Statistic: Animal slaughtering in slaughterhouses, approved for consumption, monthly results per animal type</t>
         </is>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="inlineStr">
         <is>
           <t>Filters:</t>
         </is>
       </c>
       <c r="B2" t="inlineStr">
         <is>
-          <t>Month : Last 10 Month(December 2024, January 2025, February 2025, March 2025, April 2025, May 2025, June 2025, July 2025, August 2025, September 2025)</t>
+          <t>Month : Last 10 Month(January 2025, February 2025, March 2025, April 2025, May 2025, June 2025, July 2025, August 2025, September 2025, October 2025)</t>
         </is>
       </c>
     </row>
     <row r="3">
       <c r="B3" t="inlineStr">
         <is>
           <t xml:space="preserve">
 </t>
         </is>
       </c>
     </row>
     <row r="4">
 </row>
     <row r="5">
       <c r="A5" t="inlineStr">
         <is>
           <t xml:space="preserve">Source: </t>
         </is>
       </c>
       <c r="B5" t="inlineStr">
         <is>
           <t>Statbel (Directorate-general Statistics - Statistics Belgium)</t>
         </is>
       </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <cols>
     <col min="1" max="1" width="19.98828125" customWidth="true"/>
     <col min="2" max="2" width="12.94140625" customWidth="true"/>
     <col min="3" max="3" width="20.98046875" customWidth="true"/>
     <col min="4" max="4" width="6.04296875" customWidth="true"/>
-    <col min="5" max="5" width="13.6875" customWidth="true"/>
-[...1 lines deleted...]
-    <col min="7" max="7" width="12.484375" customWidth="true"/>
+    <col min="5" max="5" width="11.97265625" customWidth="true"/>
+    <col min="6" max="6" width="12.484375" customWidth="true"/>
+    <col min="7" max="7" width="10.765625" customWidth="true"/>
     <col min="8" max="8" width="10.765625" customWidth="true"/>
     <col min="9" max="9" width="10.765625" customWidth="true"/>
     <col min="10" max="10" width="10.765625" customWidth="true"/>
     <col min="11" max="11" width="10.765625" customWidth="true"/>
-    <col min="12" max="12" width="10.765625" customWidth="true"/>
-[...1 lines deleted...]
-    <col min="14" max="14" width="14.3203125" customWidth="true"/>
+    <col min="12" max="12" width="11.26953125" customWidth="true"/>
+    <col min="13" max="13" width="14.3203125" customWidth="true"/>
+    <col min="14" max="14" width="11.8828125" customWidth="true"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1"/>
       <c r="B1"/>
       <c r="C1"/>
       <c r="D1" t="inlineStr">
         <is>
           <t>Month</t>
         </is>
       </c>
       <c r="E1" t="inlineStr">
         <is>
-          <t>December 2024</t>
+          <t>January 2025</t>
         </is>
       </c>
       <c r="F1" t="inlineStr">
         <is>
-          <t>January 2025</t>
+          <t>February 2025</t>
         </is>
       </c>
       <c r="G1" t="inlineStr">
         <is>
-          <t>February 2025</t>
+          <t>March 2025</t>
         </is>
       </c>
       <c r="H1" t="inlineStr">
         <is>
-          <t>March 2025</t>
+          <t>April 2025</t>
         </is>
       </c>
       <c r="I1" t="inlineStr">
         <is>
-          <t>April 2025</t>
+          <t>May 2025</t>
         </is>
       </c>
       <c r="J1" t="inlineStr">
         <is>
-          <t>May 2025</t>
+          <t>June 2025</t>
         </is>
       </c>
       <c r="K1" t="inlineStr">
         <is>
-          <t>June 2025</t>
+          <t>July 2025</t>
         </is>
       </c>
       <c r="L1" t="inlineStr">
         <is>
-          <t>July 2025</t>
+          <t>August 2025</t>
         </is>
       </c>
       <c r="M1" t="inlineStr">
         <is>
-          <t>August 2025</t>
+          <t>September 2025</t>
         </is>
       </c>
       <c r="N1" t="inlineStr">
         <is>
-          <t>September 2025</t>
+          <t>October 2025</t>
         </is>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="inlineStr">
         <is>
           <t>All slaughtered animals</t>
         </is>
       </c>
       <c r="B2" t="inlineStr">
         <is>
           <t>Type of animal</t>
         </is>
       </c>
       <c r="C2"/>
     </row>
     <row r="3">
       <c r="A3" t="inlineStr">
         <is>
           <t>All slaughtered animals</t>
         </is>
       </c>
       <c r="B3" t="inlineStr">
         <is>
           <t>Cattle</t>
         </is>
       </c>
       <c r="C3" t="inlineStr">
         <is>
           <t>Number of slaughterings</t>
         </is>
       </c>
       <c r="D3"/>
       <c r="E3" s="1" t="n">
-        <v>70079.0</v>
+        <v>64803.0</v>
       </c>
       <c r="F3" s="1" t="n">
-        <v>64803.0</v>
+        <v>58065.0</v>
       </c>
       <c r="G3" s="1" t="n">
-        <v>58065.0</v>
+        <v>64006.0</v>
       </c>
       <c r="H3" s="1" t="n">
-        <v>64006.0</v>
+        <v>66200.0</v>
       </c>
       <c r="I3" s="1" t="n">
-        <v>66200.0</v>
+        <v>60776.0</v>
       </c>
       <c r="J3" s="1" t="n">
-        <v>60776.0</v>
+        <v>60592.0</v>
       </c>
       <c r="K3" s="1" t="n">
-        <v>60592.0</v>
+        <v>58945.0</v>
       </c>
       <c r="L3" s="1" t="n">
-        <v>58945.0</v>
+        <v>59675.0</v>
       </c>
       <c r="M3" s="1" t="n">
-        <v>59675.0</v>
+        <v>62598.0</v>
       </c>
       <c r="N3" s="1" t="n">
-        <v>62595.0</v>
+        <v>66934.0</v>
       </c>
     </row>
     <row r="4">
       <c r="A4"/>
       <c r="B4"/>
       <c r="C4" t="inlineStr">
         <is>
           <t>Slaughterweight</t>
         </is>
       </c>
       <c r="D4"/>
       <c r="E4" s="1" t="n">
-        <v>2.1610521E7</v>
+        <v>2.0424827E7</v>
       </c>
       <c r="F4" s="1" t="n">
-        <v>2.0424827E7</v>
+        <v>1.8194896E7</v>
       </c>
       <c r="G4" s="1" t="n">
-        <v>1.8194896E7</v>
+        <v>1.9747576E7</v>
       </c>
       <c r="H4" s="1" t="n">
-        <v>1.9747576E7</v>
+        <v>1.9946005E7</v>
       </c>
       <c r="I4" s="1" t="n">
-        <v>1.9946005E7</v>
+        <v>1.8854768E7</v>
       </c>
       <c r="J4" s="1" t="n">
-        <v>1.8854768E7</v>
+        <v>1.8740651E7</v>
       </c>
       <c r="K4" s="1" t="n">
-        <v>1.8740651E7</v>
+        <v>1.7304956E7</v>
       </c>
       <c r="L4" s="1" t="n">
-        <v>1.7304956E7</v>
+        <v>1.8211974E7</v>
       </c>
       <c r="M4" s="1" t="n">
-        <v>1.8211974E7</v>
+        <v>1.9132356E7</v>
       </c>
       <c r="N4" s="1" t="n">
-        <v>1.9131665E7</v>
+        <v>2.0174082E7</v>
       </c>
     </row>
     <row r="5">
       <c r="A5"/>
       <c r="B5" t="inlineStr">
         <is>
           <t>Pigs</t>
         </is>
       </c>
       <c r="C5" t="inlineStr">
         <is>
           <t>Number of slaughterings</t>
         </is>
       </c>
       <c r="D5"/>
       <c r="E5" s="1" t="n">
-        <v>753939.0</v>
+        <v>854160.0</v>
       </c>
       <c r="F5" s="1" t="n">
-        <v>854160.0</v>
+        <v>756512.0</v>
       </c>
       <c r="G5" s="1" t="n">
-        <v>756512.0</v>
+        <v>742435.0</v>
       </c>
       <c r="H5" s="1" t="n">
-        <v>742435.0</v>
+        <v>753214.0</v>
       </c>
       <c r="I5" s="1" t="n">
-        <v>753214.0</v>
+        <v>755098.0</v>
       </c>
       <c r="J5" s="1" t="n">
-        <v>755098.0</v>
+        <v>728210.0</v>
       </c>
       <c r="K5" s="1" t="n">
-        <v>728210.0</v>
+        <v>770345.0</v>
       </c>
       <c r="L5" s="1" t="n">
-        <v>770345.0</v>
+        <v>719361.0</v>
       </c>
       <c r="M5" s="1" t="n">
-        <v>719361.0</v>
+        <v>824729.0</v>
       </c>
       <c r="N5" s="1" t="n">
-        <v>824726.0</v>
+        <v>905621.0</v>
       </c>
     </row>
     <row r="6">
       <c r="A6"/>
       <c r="B6"/>
       <c r="C6" t="inlineStr">
         <is>
           <t>Slaughterweight</t>
         </is>
       </c>
       <c r="D6"/>
       <c r="E6" s="1" t="n">
-        <v>7.6718318E7</v>
+        <v>8.911041E7</v>
       </c>
       <c r="F6" s="1" t="n">
-        <v>8.911041E7</v>
+        <v>7.8085463E7</v>
       </c>
       <c r="G6" s="1" t="n">
-        <v>7.8085463E7</v>
+        <v>7.6055072E7</v>
       </c>
       <c r="H6" s="1" t="n">
-        <v>7.6055072E7</v>
+        <v>7.7327346E7</v>
       </c>
       <c r="I6" s="1" t="n">
-        <v>7.7327346E7</v>
+        <v>7.6700807E7</v>
       </c>
       <c r="J6" s="1" t="n">
-        <v>7.6700807E7</v>
+        <v>7.3381314E7</v>
       </c>
       <c r="K6" s="1" t="n">
-        <v>7.3381314E7</v>
+        <v>7.5930016E7</v>
       </c>
       <c r="L6" s="1" t="n">
-        <v>7.5930016E7</v>
+        <v>7.0774672E7</v>
       </c>
       <c r="M6" s="1" t="n">
-        <v>7.0774672E7</v>
+        <v>8.1563606E7</v>
       </c>
       <c r="N6" s="1" t="n">
-        <v>8.2053043E7</v>
+        <v>9.0614247E7</v>
       </c>
     </row>
     <row r="7">
       <c r="A7"/>
       <c r="B7" t="inlineStr">
         <is>
           <t>Sheep(total)</t>
         </is>
       </c>
       <c r="C7" t="inlineStr">
         <is>
           <t>Number of slaughterings</t>
         </is>
       </c>
       <c r="D7"/>
       <c r="E7" s="1" t="n">
-        <v>4712.0</v>
+        <v>3882.0</v>
       </c>
       <c r="F7" s="1" t="n">
-        <v>3882.0</v>
+        <v>3211.0</v>
       </c>
       <c r="G7" s="1" t="n">
-        <v>3211.0</v>
+        <v>3326.0</v>
       </c>
       <c r="H7" s="1" t="n">
-        <v>3326.0</v>
+        <v>5491.0</v>
       </c>
       <c r="I7" s="1" t="n">
-        <v>5491.0</v>
+        <v>3542.0</v>
       </c>
       <c r="J7" s="1" t="n">
-        <v>3542.0</v>
+        <v>6147.0</v>
       </c>
       <c r="K7" s="1" t="n">
-        <v>6147.0</v>
+        <v>4612.0</v>
       </c>
       <c r="L7" s="1" t="n">
-        <v>4612.0</v>
+        <v>5061.0</v>
       </c>
       <c r="M7" s="1" t="n">
-        <v>5061.0</v>
+        <v>6250.0</v>
       </c>
       <c r="N7" s="1" t="n">
-        <v>6250.0</v>
+        <v>6123.0</v>
       </c>
     </row>
     <row r="8">
       <c r="A8"/>
       <c r="B8"/>
       <c r="C8" t="inlineStr">
         <is>
           <t>Slaughterweight</t>
         </is>
       </c>
       <c r="D8"/>
       <c r="E8" s="1" t="n">
-        <v>104200.0</v>
+        <v>89938.0</v>
       </c>
       <c r="F8" s="1" t="n">
-        <v>89938.0</v>
+        <v>74737.0</v>
       </c>
       <c r="G8" s="1" t="n">
-        <v>74737.0</v>
+        <v>77664.0</v>
       </c>
       <c r="H8" s="1" t="n">
-        <v>77664.0</v>
+        <v>121438.0</v>
       </c>
       <c r="I8" s="1" t="n">
-        <v>121438.0</v>
+        <v>80157.0</v>
       </c>
       <c r="J8" s="1" t="n">
-        <v>80157.0</v>
+        <v>142544.0</v>
       </c>
       <c r="K8" s="1" t="n">
-        <v>142544.0</v>
+        <v>105635.0</v>
       </c>
       <c r="L8" s="1" t="n">
-        <v>105635.0</v>
+        <v>114202.0</v>
       </c>
       <c r="M8" s="1" t="n">
-        <v>114202.0</v>
+        <v>144168.0</v>
       </c>
       <c r="N8" s="1" t="n">
-        <v>144138.0</v>
+        <v>140060.0</v>
       </c>
     </row>
     <row r="9">
       <c r="A9"/>
       <c r="B9" t="inlineStr">
         <is>
           <t>Goats</t>
         </is>
       </c>
       <c r="C9" t="inlineStr">
         <is>
           <t>Number of slaughterings</t>
         </is>
       </c>
       <c r="D9"/>
       <c r="E9" s="1" t="n">
-        <v>1576.0</v>
+        <v>1550.0</v>
       </c>
       <c r="F9" s="1" t="n">
-        <v>1550.0</v>
+        <v>2119.0</v>
       </c>
       <c r="G9" s="1" t="n">
-        <v>2119.0</v>
-[...1 lines deleted...]
-      <c r="H9" s="1" t="n">
         <v>4125.0</v>
       </c>
-      <c r="I9"/>
+      <c r="H9"/>
+      <c r="I9" s="1" t="n">
+        <v>2031.0</v>
+      </c>
       <c r="J9" s="1" t="n">
-        <v>2031.0</v>
-[...1 lines deleted...]
-      <c r="K9" s="1" t="n">
         <v>1568.0</v>
       </c>
-      <c r="L9"/>
+      <c r="K9"/>
+      <c r="L9" s="1" t="n">
+        <v>1199.0</v>
+      </c>
       <c r="M9" s="1" t="n">
-        <v>1199.0</v>
+        <v>906.0</v>
       </c>
       <c r="N9" s="1" t="n">
-        <v>906.0</v>
+        <v>1744.0</v>
       </c>
     </row>
     <row r="10">
       <c r="A10"/>
       <c r="B10"/>
       <c r="C10" t="inlineStr">
         <is>
           <t>Slaughterweight</t>
         </is>
       </c>
       <c r="D10"/>
       <c r="E10" s="1" t="n">
-        <v>38214.0</v>
+        <v>26481.0</v>
       </c>
       <c r="F10" s="1" t="n">
-        <v>26481.0</v>
+        <v>33672.0</v>
       </c>
       <c r="G10" s="1" t="n">
-        <v>33672.0</v>
-[...1 lines deleted...]
-      <c r="H10" s="1" t="n">
         <v>46821.0</v>
       </c>
-      <c r="I10"/>
+      <c r="H10"/>
+      <c r="I10" s="1" t="n">
+        <v>29366.0</v>
+      </c>
       <c r="J10" s="1" t="n">
-        <v>29366.0</v>
-[...1 lines deleted...]
-      <c r="K10" s="1" t="n">
         <v>23418.0</v>
       </c>
-      <c r="L10"/>
+      <c r="K10"/>
+      <c r="L10" s="1" t="n">
+        <v>21568.0</v>
+      </c>
       <c r="M10" s="1" t="n">
-        <v>21568.0</v>
+        <v>17799.0</v>
       </c>
       <c r="N10" s="1" t="n">
-        <v>17787.0</v>
+        <v>45004.0</v>
       </c>
     </row>
     <row r="11">
       <c r="A11"/>
       <c r="B11" t="inlineStr">
         <is>
           <t>Equidae</t>
         </is>
       </c>
       <c r="C11" t="inlineStr">
         <is>
           <t>Number of slaughterings</t>
         </is>
       </c>
       <c r="D11"/>
       <c r="E11" s="1" t="n">
-        <v>107.0</v>
+        <v>149.0</v>
       </c>
       <c r="F11" s="1" t="n">
-        <v>149.0</v>
+        <v>125.0</v>
       </c>
       <c r="G11" s="1" t="n">
-        <v>125.0</v>
-[...1 lines deleted...]
-      <c r="H11" s="1" t="n">
         <v>129.0</v>
       </c>
-      <c r="I11"/>
+      <c r="H11"/>
+      <c r="I11" s="1" t="n">
+        <v>123.0</v>
+      </c>
       <c r="J11" s="1" t="n">
-        <v>123.0</v>
-[...1 lines deleted...]
-      <c r="K11" s="1" t="n">
         <v>131.0</v>
       </c>
-      <c r="L11"/>
+      <c r="K11"/>
+      <c r="L11" s="1" t="n">
+        <v>150.0</v>
+      </c>
       <c r="M11" s="1" t="n">
         <v>150.0</v>
       </c>
       <c r="N11" s="1" t="n">
-        <v>150.0</v>
+        <v>167.0</v>
       </c>
     </row>
     <row r="12">
       <c r="A12"/>
       <c r="B12"/>
       <c r="C12" t="inlineStr">
         <is>
           <t>Slaughterweight</t>
         </is>
       </c>
       <c r="D12"/>
       <c r="E12" s="1" t="n">
-        <v>33284.0</v>
+        <v>47444.0</v>
       </c>
       <c r="F12" s="1" t="n">
-        <v>47444.0</v>
+        <v>39038.0</v>
       </c>
       <c r="G12" s="1" t="n">
-        <v>39038.0</v>
-[...1 lines deleted...]
-      <c r="H12" s="1" t="n">
         <v>38717.0</v>
       </c>
-      <c r="I12"/>
+      <c r="H12"/>
+      <c r="I12" s="1" t="n">
+        <v>40691.0</v>
+      </c>
       <c r="J12" s="1" t="n">
-        <v>40691.0</v>
-[...1 lines deleted...]
-      <c r="K12" s="1" t="n">
         <v>42812.0</v>
       </c>
-      <c r="L12"/>
+      <c r="K12"/>
+      <c r="L12" s="1" t="n">
+        <v>48498.0</v>
+      </c>
       <c r="M12" s="1" t="n">
-        <v>48498.0</v>
+        <v>49221.0</v>
       </c>
       <c r="N12" s="1" t="n">
-        <v>49221.0</v>
+        <v>52094.0</v>
       </c>
     </row>
     <row r="13">
       <c r="A13"/>
       <c r="B13" t="inlineStr">
         <is>
           <t>Poultry</t>
         </is>
       </c>
       <c r="C13" t="inlineStr">
         <is>
           <t>Number of slaughterings</t>
         </is>
       </c>
       <c r="D13"/>
       <c r="E13" s="1" t="n">
-        <v>2.6175783E7</v>
+        <v>2.8203556E7</v>
       </c>
       <c r="F13" s="1" t="n">
-        <v>2.8203556E7</v>
+        <v>2.3389354E7</v>
       </c>
       <c r="G13" s="1" t="n">
-        <v>2.3389354E7</v>
+        <v>2.4859758E7</v>
       </c>
       <c r="H13" s="1" t="n">
-        <v>2.4859758E7</v>
+        <v>2.76386E7</v>
       </c>
       <c r="I13" s="1" t="n">
-        <v>2.76386E7</v>
+        <v>2.745236E7</v>
       </c>
       <c r="J13" s="1" t="n">
-        <v>2.745236E7</v>
+        <v>2.6744839E7</v>
       </c>
       <c r="K13" s="1" t="n">
-        <v>2.6744839E7</v>
+        <v>2.687658E7</v>
       </c>
       <c r="L13" s="1" t="n">
-        <v>2.687658E7</v>
+        <v>2.4950112E7</v>
       </c>
       <c r="M13" s="1" t="n">
-        <v>2.4950112E7</v>
+        <v>2.761177E7</v>
       </c>
       <c r="N13" s="1" t="n">
-        <v>2.7611623E7</v>
+        <v>2.8903753E7</v>
       </c>
     </row>
     <row r="14">
       <c r="A14"/>
       <c r="B14"/>
       <c r="C14" t="inlineStr">
         <is>
           <t>Slaughterweight</t>
         </is>
       </c>
       <c r="D14"/>
       <c r="E14" s="1" t="n">
-        <v>4.5080914E7</v>
+        <v>4.8535337E7</v>
       </c>
       <c r="F14" s="1" t="n">
-        <v>4.8535337E7</v>
+        <v>4.0700036E7</v>
       </c>
       <c r="G14" s="1" t="n">
-        <v>4.0700036E7</v>
+        <v>4.3211688E7</v>
       </c>
       <c r="H14" s="1" t="n">
-        <v>4.3211688E7</v>
+        <v>4.7212318E7</v>
       </c>
       <c r="I14" s="1" t="n">
-        <v>4.7212318E7</v>
+        <v>4.6416577E7</v>
       </c>
       <c r="J14" s="1" t="n">
-        <v>4.6416577E7</v>
+        <v>4.544515E7</v>
       </c>
       <c r="K14" s="1" t="n">
-        <v>4.544515E7</v>
+        <v>4.6328122E7</v>
       </c>
       <c r="L14" s="1" t="n">
-        <v>4.6328122E7</v>
+        <v>4.2987747E7</v>
       </c>
       <c r="M14" s="1" t="n">
-        <v>4.2987747E7</v>
+        <v>4.8244218E7</v>
       </c>
       <c r="N14" s="1" t="n">
-        <v>4.8282588E7</v>
+        <v>5.076699E7</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="inlineStr">
         <is>
           <t>All slaughtered animals</t>
         </is>
       </c>
       <c r="B15"/>
       <c r="C15" t="inlineStr">
         <is>
           <t>Number of slaughterings</t>
         </is>
       </c>
       <c r="D15"/>
       <c r="E15" s="1" t="n">
-        <v>2.7006196E7</v>
+        <v>2.91281E7</v>
       </c>
       <c r="F15" s="1" t="n">
-        <v>2.91281E7</v>
+        <v>2.4209386E7</v>
       </c>
       <c r="G15" s="1" t="n">
-        <v>2.4209386E7</v>
+        <v>2.5673779E7</v>
       </c>
       <c r="H15" s="1" t="n">
-        <v>2.5673779E7</v>
+        <v>2.8468333E7</v>
       </c>
       <c r="I15" s="1" t="n">
-        <v>2.8468333E7</v>
+        <v>2.827393E7</v>
       </c>
       <c r="J15" s="1" t="n">
-        <v>2.827393E7</v>
+        <v>2.7541487E7</v>
       </c>
       <c r="K15" s="1" t="n">
-        <v>2.7541487E7</v>
+        <v>2.7712185E7</v>
       </c>
       <c r="L15" s="1" t="n">
-        <v>2.7712185E7</v>
+        <v>2.5735558E7</v>
       </c>
       <c r="M15" s="1" t="n">
-        <v>2.5735558E7</v>
+        <v>2.8506403E7</v>
       </c>
       <c r="N15" s="1" t="n">
-        <v>2.850625E7</v>
+        <v>2.9884342E7</v>
       </c>
     </row>
     <row r="16">
       <c r="A16"/>
       <c r="B16"/>
       <c r="C16" t="inlineStr">
         <is>
           <t>Slaughterweight</t>
         </is>
       </c>
       <c r="D16"/>
       <c r="E16" s="1" t="n">
-        <v>1.43585451E8</v>
+        <v>1.58234437E8</v>
       </c>
       <c r="F16" s="1" t="n">
-        <v>1.58234437E8</v>
+        <v>1.37127842E8</v>
       </c>
       <c r="G16" s="1" t="n">
-        <v>1.37127842E8</v>
+        <v>1.39177538E8</v>
       </c>
       <c r="H16" s="1" t="n">
-        <v>1.39177538E8</v>
+        <v>1.44700868E8</v>
       </c>
       <c r="I16" s="1" t="n">
-        <v>1.44700868E8</v>
+        <v>1.42122366E8</v>
       </c>
       <c r="J16" s="1" t="n">
-        <v>1.42122366E8</v>
+        <v>1.37775889E8</v>
       </c>
       <c r="K16" s="1" t="n">
-        <v>1.37775889E8</v>
+        <v>1.39733104E8</v>
       </c>
       <c r="L16" s="1" t="n">
-        <v>1.39733104E8</v>
+        <v>1.32158661E8</v>
       </c>
       <c r="M16" s="1" t="n">
-        <v>1.32158661E8</v>
+        <v>1.49151368E8</v>
       </c>
       <c r="N16" s="1" t="n">
-        <v>1.49678442E8</v>
+        <v>1.61792477E8</v>
       </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <cols>
     <col min="1" max="1" width="19.98828125" customWidth="true"/>
     <col min="2" max="2" width="12.94140625" customWidth="true"/>
     <col min="3" max="3" width="14.3203125" customWidth="true"/>
     <col min="4" max="4" width="20.98046875" customWidth="true"/>
     <col min="5" max="5" width="14.0625" customWidth="true"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" t="inlineStr">
         <is>
@@ -871,1583 +871,1583 @@
       </c>
       <c r="D1" t="inlineStr">
         <is>
           <t>Number of slaughterings</t>
         </is>
       </c>
       <c r="E1" t="inlineStr">
         <is>
           <t>Slaughterweight</t>
         </is>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="inlineStr">
         <is>
           <t>All slaughtered animals</t>
         </is>
       </c>
       <c r="B2" t="inlineStr">
         <is>
           <t>Cattle</t>
         </is>
       </c>
       <c r="C2" t="inlineStr">
         <is>
-          <t>December 2024</t>
+          <t>January 2025</t>
         </is>
       </c>
       <c r="D2" s="1" t="n">
-        <v>70079.0</v>
+        <v>64803.0</v>
       </c>
       <c r="E2" s="1" t="n">
-        <v>2.1610521E7</v>
+        <v>2.0424827E7</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="inlineStr">
         <is>
           <t>All slaughtered animals</t>
         </is>
       </c>
       <c r="B3" t="inlineStr">
         <is>
           <t>Cattle</t>
         </is>
       </c>
       <c r="C3" t="inlineStr">
         <is>
-          <t>January 2025</t>
+          <t>February 2025</t>
         </is>
       </c>
       <c r="D3" s="1" t="n">
-        <v>64803.0</v>
+        <v>58065.0</v>
       </c>
       <c r="E3" s="1" t="n">
-        <v>2.0424827E7</v>
+        <v>1.8194896E7</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="inlineStr">
         <is>
           <t>All slaughtered animals</t>
         </is>
       </c>
       <c r="B4" t="inlineStr">
         <is>
           <t>Cattle</t>
         </is>
       </c>
       <c r="C4" t="inlineStr">
         <is>
-          <t>February 2025</t>
+          <t>March 2025</t>
         </is>
       </c>
       <c r="D4" s="1" t="n">
-        <v>58065.0</v>
+        <v>64006.0</v>
       </c>
       <c r="E4" s="1" t="n">
-        <v>1.8194896E7</v>
+        <v>1.9747576E7</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="inlineStr">
         <is>
           <t>All slaughtered animals</t>
         </is>
       </c>
       <c r="B5" t="inlineStr">
         <is>
           <t>Cattle</t>
         </is>
       </c>
       <c r="C5" t="inlineStr">
         <is>
-          <t>March 2025</t>
+          <t>April 2025</t>
         </is>
       </c>
       <c r="D5" s="1" t="n">
-        <v>64006.0</v>
+        <v>66200.0</v>
       </c>
       <c r="E5" s="1" t="n">
-        <v>1.9747576E7</v>
+        <v>1.9946005E7</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="inlineStr">
         <is>
           <t>All slaughtered animals</t>
         </is>
       </c>
       <c r="B6" t="inlineStr">
         <is>
           <t>Cattle</t>
         </is>
       </c>
       <c r="C6" t="inlineStr">
         <is>
-          <t>April 2025</t>
+          <t>May 2025</t>
         </is>
       </c>
       <c r="D6" s="1" t="n">
-        <v>66200.0</v>
+        <v>60776.0</v>
       </c>
       <c r="E6" s="1" t="n">
-        <v>1.9946005E7</v>
+        <v>1.8854768E7</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="inlineStr">
         <is>
           <t>All slaughtered animals</t>
         </is>
       </c>
       <c r="B7" t="inlineStr">
         <is>
           <t>Cattle</t>
         </is>
       </c>
       <c r="C7" t="inlineStr">
         <is>
-          <t>May 2025</t>
+          <t>June 2025</t>
         </is>
       </c>
       <c r="D7" s="1" t="n">
-        <v>60776.0</v>
+        <v>60592.0</v>
       </c>
       <c r="E7" s="1" t="n">
-        <v>1.8854768E7</v>
+        <v>1.8740651E7</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="inlineStr">
         <is>
           <t>All slaughtered animals</t>
         </is>
       </c>
       <c r="B8" t="inlineStr">
         <is>
           <t>Cattle</t>
         </is>
       </c>
       <c r="C8" t="inlineStr">
         <is>
-          <t>June 2025</t>
+          <t>July 2025</t>
         </is>
       </c>
       <c r="D8" s="1" t="n">
-        <v>60592.0</v>
+        <v>58945.0</v>
       </c>
       <c r="E8" s="1" t="n">
-        <v>1.8740651E7</v>
+        <v>1.7304956E7</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="inlineStr">
         <is>
           <t>All slaughtered animals</t>
         </is>
       </c>
       <c r="B9" t="inlineStr">
         <is>
           <t>Cattle</t>
         </is>
       </c>
       <c r="C9" t="inlineStr">
         <is>
-          <t>July 2025</t>
+          <t>August 2025</t>
         </is>
       </c>
       <c r="D9" s="1" t="n">
-        <v>58945.0</v>
+        <v>59675.0</v>
       </c>
       <c r="E9" s="1" t="n">
-        <v>1.7304956E7</v>
+        <v>1.8211974E7</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="inlineStr">
         <is>
           <t>All slaughtered animals</t>
         </is>
       </c>
       <c r="B10" t="inlineStr">
         <is>
           <t>Cattle</t>
         </is>
       </c>
       <c r="C10" t="inlineStr">
         <is>
-          <t>August 2025</t>
+          <t>September 2025</t>
         </is>
       </c>
       <c r="D10" s="1" t="n">
-        <v>59675.0</v>
+        <v>62598.0</v>
       </c>
       <c r="E10" s="1" t="n">
-        <v>1.8211974E7</v>
+        <v>1.9132356E7</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="inlineStr">
         <is>
           <t>All slaughtered animals</t>
         </is>
       </c>
       <c r="B11" t="inlineStr">
         <is>
           <t>Cattle</t>
         </is>
       </c>
       <c r="C11" t="inlineStr">
         <is>
-          <t>September 2025</t>
+          <t>October 2025</t>
         </is>
       </c>
       <c r="D11" s="1" t="n">
-        <v>62595.0</v>
+        <v>66934.0</v>
       </c>
       <c r="E11" s="1" t="n">
-        <v>1.9131665E7</v>
+        <v>2.0174082E7</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="inlineStr">
         <is>
           <t>All slaughtered animals</t>
         </is>
       </c>
       <c r="B12" t="inlineStr">
         <is>
           <t>Pigs</t>
         </is>
       </c>
       <c r="C12" t="inlineStr">
         <is>
-          <t>December 2024</t>
+          <t>January 2025</t>
         </is>
       </c>
       <c r="D12" s="1" t="n">
-        <v>753939.0</v>
+        <v>854160.0</v>
       </c>
       <c r="E12" s="1" t="n">
-        <v>7.6718318E7</v>
+        <v>8.911041E7</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="inlineStr">
         <is>
           <t>All slaughtered animals</t>
         </is>
       </c>
       <c r="B13" t="inlineStr">
         <is>
           <t>Pigs</t>
         </is>
       </c>
       <c r="C13" t="inlineStr">
         <is>
-          <t>January 2025</t>
+          <t>February 2025</t>
         </is>
       </c>
       <c r="D13" s="1" t="n">
-        <v>854160.0</v>
+        <v>756512.0</v>
       </c>
       <c r="E13" s="1" t="n">
-        <v>8.911041E7</v>
+        <v>7.8085463E7</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="inlineStr">
         <is>
           <t>All slaughtered animals</t>
         </is>
       </c>
       <c r="B14" t="inlineStr">
         <is>
           <t>Pigs</t>
         </is>
       </c>
       <c r="C14" t="inlineStr">
         <is>
-          <t>February 2025</t>
+          <t>March 2025</t>
         </is>
       </c>
       <c r="D14" s="1" t="n">
-        <v>756512.0</v>
+        <v>742435.0</v>
       </c>
       <c r="E14" s="1" t="n">
-        <v>7.8085463E7</v>
+        <v>7.6055072E7</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="inlineStr">
         <is>
           <t>All slaughtered animals</t>
         </is>
       </c>
       <c r="B15" t="inlineStr">
         <is>
           <t>Pigs</t>
         </is>
       </c>
       <c r="C15" t="inlineStr">
         <is>
-          <t>March 2025</t>
+          <t>April 2025</t>
         </is>
       </c>
       <c r="D15" s="1" t="n">
-        <v>742435.0</v>
+        <v>753214.0</v>
       </c>
       <c r="E15" s="1" t="n">
-        <v>7.6055072E7</v>
+        <v>7.7327346E7</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="inlineStr">
         <is>
           <t>All slaughtered animals</t>
         </is>
       </c>
       <c r="B16" t="inlineStr">
         <is>
           <t>Pigs</t>
         </is>
       </c>
       <c r="C16" t="inlineStr">
         <is>
-          <t>April 2025</t>
+          <t>May 2025</t>
         </is>
       </c>
       <c r="D16" s="1" t="n">
-        <v>753214.0</v>
+        <v>755098.0</v>
       </c>
       <c r="E16" s="1" t="n">
-        <v>7.7327346E7</v>
+        <v>7.6700807E7</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="inlineStr">
         <is>
           <t>All slaughtered animals</t>
         </is>
       </c>
       <c r="B17" t="inlineStr">
         <is>
           <t>Pigs</t>
         </is>
       </c>
       <c r="C17" t="inlineStr">
         <is>
-          <t>May 2025</t>
+          <t>June 2025</t>
         </is>
       </c>
       <c r="D17" s="1" t="n">
-        <v>755098.0</v>
+        <v>728210.0</v>
       </c>
       <c r="E17" s="1" t="n">
-        <v>7.6700807E7</v>
+        <v>7.3381314E7</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="inlineStr">
         <is>
           <t>All slaughtered animals</t>
         </is>
       </c>
       <c r="B18" t="inlineStr">
         <is>
           <t>Pigs</t>
         </is>
       </c>
       <c r="C18" t="inlineStr">
         <is>
-          <t>June 2025</t>
+          <t>July 2025</t>
         </is>
       </c>
       <c r="D18" s="1" t="n">
-        <v>728210.0</v>
+        <v>770345.0</v>
       </c>
       <c r="E18" s="1" t="n">
-        <v>7.3381314E7</v>
+        <v>7.5930016E7</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="inlineStr">
         <is>
           <t>All slaughtered animals</t>
         </is>
       </c>
       <c r="B19" t="inlineStr">
         <is>
           <t>Pigs</t>
         </is>
       </c>
       <c r="C19" t="inlineStr">
         <is>
-          <t>July 2025</t>
+          <t>August 2025</t>
         </is>
       </c>
       <c r="D19" s="1" t="n">
-        <v>770345.0</v>
+        <v>719361.0</v>
       </c>
       <c r="E19" s="1" t="n">
-        <v>7.5930016E7</v>
+        <v>7.0774672E7</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="inlineStr">
         <is>
           <t>All slaughtered animals</t>
         </is>
       </c>
       <c r="B20" t="inlineStr">
         <is>
           <t>Pigs</t>
         </is>
       </c>
       <c r="C20" t="inlineStr">
         <is>
-          <t>August 2025</t>
+          <t>September 2025</t>
         </is>
       </c>
       <c r="D20" s="1" t="n">
-        <v>719361.0</v>
+        <v>824729.0</v>
       </c>
       <c r="E20" s="1" t="n">
-        <v>7.0774672E7</v>
+        <v>8.1563606E7</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="inlineStr">
         <is>
           <t>All slaughtered animals</t>
         </is>
       </c>
       <c r="B21" t="inlineStr">
         <is>
           <t>Pigs</t>
         </is>
       </c>
       <c r="C21" t="inlineStr">
         <is>
-          <t>September 2025</t>
+          <t>October 2025</t>
         </is>
       </c>
       <c r="D21" s="1" t="n">
-        <v>824726.0</v>
+        <v>905621.0</v>
       </c>
       <c r="E21" s="1" t="n">
-        <v>8.2053043E7</v>
+        <v>9.0614247E7</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="inlineStr">
         <is>
           <t>All slaughtered animals</t>
         </is>
       </c>
       <c r="B22" t="inlineStr">
         <is>
           <t>Sheep(total)</t>
         </is>
       </c>
       <c r="C22" t="inlineStr">
         <is>
-          <t>December 2024</t>
+          <t>January 2025</t>
         </is>
       </c>
       <c r="D22" s="1" t="n">
-        <v>4712.0</v>
+        <v>3882.0</v>
       </c>
       <c r="E22" s="1" t="n">
-        <v>104200.0</v>
+        <v>89938.0</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="inlineStr">
         <is>
           <t>All slaughtered animals</t>
         </is>
       </c>
       <c r="B23" t="inlineStr">
         <is>
           <t>Sheep(total)</t>
         </is>
       </c>
       <c r="C23" t="inlineStr">
         <is>
-          <t>January 2025</t>
+          <t>February 2025</t>
         </is>
       </c>
       <c r="D23" s="1" t="n">
-        <v>3882.0</v>
+        <v>3211.0</v>
       </c>
       <c r="E23" s="1" t="n">
-        <v>89938.0</v>
+        <v>74737.0</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="inlineStr">
         <is>
           <t>All slaughtered animals</t>
         </is>
       </c>
       <c r="B24" t="inlineStr">
         <is>
           <t>Sheep(total)</t>
         </is>
       </c>
       <c r="C24" t="inlineStr">
         <is>
-          <t>February 2025</t>
+          <t>March 2025</t>
         </is>
       </c>
       <c r="D24" s="1" t="n">
-        <v>3211.0</v>
+        <v>3326.0</v>
       </c>
       <c r="E24" s="1" t="n">
-        <v>74737.0</v>
+        <v>77664.0</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="inlineStr">
         <is>
           <t>All slaughtered animals</t>
         </is>
       </c>
       <c r="B25" t="inlineStr">
         <is>
           <t>Sheep(total)</t>
         </is>
       </c>
       <c r="C25" t="inlineStr">
         <is>
-          <t>March 2025</t>
+          <t>April 2025</t>
         </is>
       </c>
       <c r="D25" s="1" t="n">
-        <v>3326.0</v>
+        <v>5491.0</v>
       </c>
       <c r="E25" s="1" t="n">
-        <v>77664.0</v>
+        <v>121438.0</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="inlineStr">
         <is>
           <t>All slaughtered animals</t>
         </is>
       </c>
       <c r="B26" t="inlineStr">
         <is>
           <t>Sheep(total)</t>
         </is>
       </c>
       <c r="C26" t="inlineStr">
         <is>
-          <t>April 2025</t>
+          <t>May 2025</t>
         </is>
       </c>
       <c r="D26" s="1" t="n">
-        <v>5491.0</v>
+        <v>3542.0</v>
       </c>
       <c r="E26" s="1" t="n">
-        <v>121438.0</v>
+        <v>80157.0</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="inlineStr">
         <is>
           <t>All slaughtered animals</t>
         </is>
       </c>
       <c r="B27" t="inlineStr">
         <is>
           <t>Sheep(total)</t>
         </is>
       </c>
       <c r="C27" t="inlineStr">
         <is>
-          <t>May 2025</t>
+          <t>June 2025</t>
         </is>
       </c>
       <c r="D27" s="1" t="n">
-        <v>3542.0</v>
+        <v>6147.0</v>
       </c>
       <c r="E27" s="1" t="n">
-        <v>80157.0</v>
+        <v>142544.0</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="inlineStr">
         <is>
           <t>All slaughtered animals</t>
         </is>
       </c>
       <c r="B28" t="inlineStr">
         <is>
           <t>Sheep(total)</t>
         </is>
       </c>
       <c r="C28" t="inlineStr">
         <is>
-          <t>June 2025</t>
+          <t>July 2025</t>
         </is>
       </c>
       <c r="D28" s="1" t="n">
-        <v>6147.0</v>
+        <v>4612.0</v>
       </c>
       <c r="E28" s="1" t="n">
-        <v>142544.0</v>
+        <v>105635.0</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="inlineStr">
         <is>
           <t>All slaughtered animals</t>
         </is>
       </c>
       <c r="B29" t="inlineStr">
         <is>
           <t>Sheep(total)</t>
         </is>
       </c>
       <c r="C29" t="inlineStr">
         <is>
-          <t>July 2025</t>
+          <t>August 2025</t>
         </is>
       </c>
       <c r="D29" s="1" t="n">
-        <v>4612.0</v>
+        <v>5061.0</v>
       </c>
       <c r="E29" s="1" t="n">
-        <v>105635.0</v>
+        <v>114202.0</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="inlineStr">
         <is>
           <t>All slaughtered animals</t>
         </is>
       </c>
       <c r="B30" t="inlineStr">
         <is>
           <t>Sheep(total)</t>
         </is>
       </c>
       <c r="C30" t="inlineStr">
         <is>
-          <t>August 2025</t>
+          <t>September 2025</t>
         </is>
       </c>
       <c r="D30" s="1" t="n">
-        <v>5061.0</v>
+        <v>6250.0</v>
       </c>
       <c r="E30" s="1" t="n">
-        <v>114202.0</v>
+        <v>144168.0</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="inlineStr">
         <is>
           <t>All slaughtered animals</t>
         </is>
       </c>
       <c r="B31" t="inlineStr">
         <is>
           <t>Sheep(total)</t>
         </is>
       </c>
       <c r="C31" t="inlineStr">
         <is>
-          <t>September 2025</t>
+          <t>October 2025</t>
         </is>
       </c>
       <c r="D31" s="1" t="n">
-        <v>6250.0</v>
+        <v>6123.0</v>
       </c>
       <c r="E31" s="1" t="n">
-        <v>144138.0</v>
+        <v>140060.0</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="inlineStr">
         <is>
           <t>All slaughtered animals</t>
         </is>
       </c>
       <c r="B32" t="inlineStr">
         <is>
           <t>Goats</t>
         </is>
       </c>
       <c r="C32" t="inlineStr">
         <is>
-          <t>December 2024</t>
+          <t>January 2025</t>
         </is>
       </c>
       <c r="D32" s="1" t="n">
-        <v>1576.0</v>
+        <v>1550.0</v>
       </c>
       <c r="E32" s="1" t="n">
-        <v>38214.0</v>
+        <v>26481.0</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" t="inlineStr">
         <is>
           <t>All slaughtered animals</t>
         </is>
       </c>
       <c r="B33" t="inlineStr">
         <is>
           <t>Goats</t>
         </is>
       </c>
       <c r="C33" t="inlineStr">
         <is>
-          <t>January 2025</t>
+          <t>February 2025</t>
         </is>
       </c>
       <c r="D33" s="1" t="n">
-        <v>1550.0</v>
+        <v>2119.0</v>
       </c>
       <c r="E33" s="1" t="n">
-        <v>26481.0</v>
+        <v>33672.0</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" t="inlineStr">
         <is>
           <t>All slaughtered animals</t>
         </is>
       </c>
       <c r="B34" t="inlineStr">
         <is>
           <t>Goats</t>
         </is>
       </c>
       <c r="C34" t="inlineStr">
         <is>
-          <t>February 2025</t>
+          <t>March 2025</t>
         </is>
       </c>
       <c r="D34" s="1" t="n">
-        <v>2119.0</v>
+        <v>4125.0</v>
       </c>
       <c r="E34" s="1" t="n">
-        <v>33672.0</v>
+        <v>46821.0</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" t="inlineStr">
         <is>
           <t>All slaughtered animals</t>
         </is>
       </c>
       <c r="B35" t="inlineStr">
         <is>
           <t>Goats</t>
         </is>
       </c>
       <c r="C35" t="inlineStr">
         <is>
-          <t>March 2025</t>
-[...7 lines deleted...]
-      </c>
+          <t>April 2025</t>
+        </is>
+      </c>
+      <c r="D35"/>
+      <c r="E35"/>
     </row>
     <row r="36">
       <c r="A36" t="inlineStr">
         <is>
           <t>All slaughtered animals</t>
         </is>
       </c>
       <c r="B36" t="inlineStr">
         <is>
           <t>Goats</t>
         </is>
       </c>
       <c r="C36" t="inlineStr">
         <is>
-          <t>April 2025</t>
-[...3 lines deleted...]
-      <c r="E36"/>
+          <t>May 2025</t>
+        </is>
+      </c>
+      <c r="D36" s="1" t="n">
+        <v>2031.0</v>
+      </c>
+      <c r="E36" s="1" t="n">
+        <v>29366.0</v>
+      </c>
     </row>
     <row r="37">
       <c r="A37" t="inlineStr">
         <is>
           <t>All slaughtered animals</t>
         </is>
       </c>
       <c r="B37" t="inlineStr">
         <is>
           <t>Goats</t>
         </is>
       </c>
       <c r="C37" t="inlineStr">
         <is>
-          <t>May 2025</t>
+          <t>June 2025</t>
         </is>
       </c>
       <c r="D37" s="1" t="n">
-        <v>2031.0</v>
+        <v>1568.0</v>
       </c>
       <c r="E37" s="1" t="n">
-        <v>29366.0</v>
+        <v>23418.0</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" t="inlineStr">
         <is>
           <t>All slaughtered animals</t>
         </is>
       </c>
       <c r="B38" t="inlineStr">
         <is>
           <t>Goats</t>
         </is>
       </c>
       <c r="C38" t="inlineStr">
         <is>
-          <t>June 2025</t>
-[...7 lines deleted...]
-      </c>
+          <t>July 2025</t>
+        </is>
+      </c>
+      <c r="D38"/>
+      <c r="E38"/>
     </row>
     <row r="39">
       <c r="A39" t="inlineStr">
         <is>
           <t>All slaughtered animals</t>
         </is>
       </c>
       <c r="B39" t="inlineStr">
         <is>
           <t>Goats</t>
         </is>
       </c>
       <c r="C39" t="inlineStr">
         <is>
-          <t>July 2025</t>
-[...3 lines deleted...]
-      <c r="E39"/>
+          <t>August 2025</t>
+        </is>
+      </c>
+      <c r="D39" s="1" t="n">
+        <v>1199.0</v>
+      </c>
+      <c r="E39" s="1" t="n">
+        <v>21568.0</v>
+      </c>
     </row>
     <row r="40">
       <c r="A40" t="inlineStr">
         <is>
           <t>All slaughtered animals</t>
         </is>
       </c>
       <c r="B40" t="inlineStr">
         <is>
           <t>Goats</t>
         </is>
       </c>
       <c r="C40" t="inlineStr">
         <is>
-          <t>August 2025</t>
+          <t>September 2025</t>
         </is>
       </c>
       <c r="D40" s="1" t="n">
-        <v>1199.0</v>
+        <v>906.0</v>
       </c>
       <c r="E40" s="1" t="n">
-        <v>21568.0</v>
+        <v>17799.0</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" t="inlineStr">
         <is>
           <t>All slaughtered animals</t>
         </is>
       </c>
       <c r="B41" t="inlineStr">
         <is>
           <t>Goats</t>
         </is>
       </c>
       <c r="C41" t="inlineStr">
         <is>
-          <t>September 2025</t>
+          <t>October 2025</t>
         </is>
       </c>
       <c r="D41" s="1" t="n">
-        <v>906.0</v>
+        <v>1744.0</v>
       </c>
       <c r="E41" s="1" t="n">
-        <v>17787.0</v>
+        <v>45004.0</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" t="inlineStr">
         <is>
           <t>All slaughtered animals</t>
         </is>
       </c>
       <c r="B42" t="inlineStr">
         <is>
           <t>Equidae</t>
         </is>
       </c>
       <c r="C42" t="inlineStr">
         <is>
-          <t>December 2024</t>
+          <t>January 2025</t>
         </is>
       </c>
       <c r="D42" s="1" t="n">
-        <v>107.0</v>
+        <v>149.0</v>
       </c>
       <c r="E42" s="1" t="n">
-        <v>33284.0</v>
+        <v>47444.0</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" t="inlineStr">
         <is>
           <t>All slaughtered animals</t>
         </is>
       </c>
       <c r="B43" t="inlineStr">
         <is>
           <t>Equidae</t>
         </is>
       </c>
       <c r="C43" t="inlineStr">
         <is>
-          <t>January 2025</t>
+          <t>February 2025</t>
         </is>
       </c>
       <c r="D43" s="1" t="n">
-        <v>149.0</v>
+        <v>125.0</v>
       </c>
       <c r="E43" s="1" t="n">
-        <v>47444.0</v>
+        <v>39038.0</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" t="inlineStr">
         <is>
           <t>All slaughtered animals</t>
         </is>
       </c>
       <c r="B44" t="inlineStr">
         <is>
           <t>Equidae</t>
         </is>
       </c>
       <c r="C44" t="inlineStr">
         <is>
-          <t>February 2025</t>
+          <t>March 2025</t>
         </is>
       </c>
       <c r="D44" s="1" t="n">
-        <v>125.0</v>
+        <v>129.0</v>
       </c>
       <c r="E44" s="1" t="n">
-        <v>39038.0</v>
+        <v>38717.0</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" t="inlineStr">
         <is>
           <t>All slaughtered animals</t>
         </is>
       </c>
       <c r="B45" t="inlineStr">
         <is>
           <t>Equidae</t>
         </is>
       </c>
       <c r="C45" t="inlineStr">
         <is>
-          <t>March 2025</t>
-[...7 lines deleted...]
-      </c>
+          <t>April 2025</t>
+        </is>
+      </c>
+      <c r="D45"/>
+      <c r="E45"/>
     </row>
     <row r="46">
       <c r="A46" t="inlineStr">
         <is>
           <t>All slaughtered animals</t>
         </is>
       </c>
       <c r="B46" t="inlineStr">
         <is>
           <t>Equidae</t>
         </is>
       </c>
       <c r="C46" t="inlineStr">
         <is>
-          <t>April 2025</t>
-[...3 lines deleted...]
-      <c r="E46"/>
+          <t>May 2025</t>
+        </is>
+      </c>
+      <c r="D46" s="1" t="n">
+        <v>123.0</v>
+      </c>
+      <c r="E46" s="1" t="n">
+        <v>40691.0</v>
+      </c>
     </row>
     <row r="47">
       <c r="A47" t="inlineStr">
         <is>
           <t>All slaughtered animals</t>
         </is>
       </c>
       <c r="B47" t="inlineStr">
         <is>
           <t>Equidae</t>
         </is>
       </c>
       <c r="C47" t="inlineStr">
         <is>
-          <t>May 2025</t>
+          <t>June 2025</t>
         </is>
       </c>
       <c r="D47" s="1" t="n">
-        <v>123.0</v>
+        <v>131.0</v>
       </c>
       <c r="E47" s="1" t="n">
-        <v>40691.0</v>
+        <v>42812.0</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" t="inlineStr">
         <is>
           <t>All slaughtered animals</t>
         </is>
       </c>
       <c r="B48" t="inlineStr">
         <is>
           <t>Equidae</t>
         </is>
       </c>
       <c r="C48" t="inlineStr">
         <is>
-          <t>June 2025</t>
-[...7 lines deleted...]
-      </c>
+          <t>July 2025</t>
+        </is>
+      </c>
+      <c r="D48"/>
+      <c r="E48"/>
     </row>
     <row r="49">
       <c r="A49" t="inlineStr">
         <is>
           <t>All slaughtered animals</t>
         </is>
       </c>
       <c r="B49" t="inlineStr">
         <is>
           <t>Equidae</t>
         </is>
       </c>
       <c r="C49" t="inlineStr">
         <is>
-          <t>July 2025</t>
-[...3 lines deleted...]
-      <c r="E49"/>
+          <t>August 2025</t>
+        </is>
+      </c>
+      <c r="D49" s="1" t="n">
+        <v>150.0</v>
+      </c>
+      <c r="E49" s="1" t="n">
+        <v>48498.0</v>
+      </c>
     </row>
     <row r="50">
       <c r="A50" t="inlineStr">
         <is>
           <t>All slaughtered animals</t>
         </is>
       </c>
       <c r="B50" t="inlineStr">
         <is>
           <t>Equidae</t>
         </is>
       </c>
       <c r="C50" t="inlineStr">
         <is>
-          <t>August 2025</t>
+          <t>September 2025</t>
         </is>
       </c>
       <c r="D50" s="1" t="n">
         <v>150.0</v>
       </c>
       <c r="E50" s="1" t="n">
-        <v>48498.0</v>
+        <v>49221.0</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" t="inlineStr">
         <is>
           <t>All slaughtered animals</t>
         </is>
       </c>
       <c r="B51" t="inlineStr">
         <is>
           <t>Equidae</t>
         </is>
       </c>
       <c r="C51" t="inlineStr">
         <is>
-          <t>September 2025</t>
+          <t>October 2025</t>
         </is>
       </c>
       <c r="D51" s="1" t="n">
-        <v>150.0</v>
+        <v>167.0</v>
       </c>
       <c r="E51" s="1" t="n">
-        <v>49221.0</v>
+        <v>52094.0</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" t="inlineStr">
         <is>
           <t>All slaughtered animals</t>
         </is>
       </c>
       <c r="B52" t="inlineStr">
         <is>
           <t>Poultry</t>
         </is>
       </c>
       <c r="C52" t="inlineStr">
         <is>
-          <t>December 2024</t>
+          <t>January 2025</t>
         </is>
       </c>
       <c r="D52" s="1" t="n">
-        <v>2.6175783E7</v>
+        <v>2.8203556E7</v>
       </c>
       <c r="E52" s="1" t="n">
-        <v>4.5080914E7</v>
+        <v>4.8535337E7</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" t="inlineStr">
         <is>
           <t>All slaughtered animals</t>
         </is>
       </c>
       <c r="B53" t="inlineStr">
         <is>
           <t>Poultry</t>
         </is>
       </c>
       <c r="C53" t="inlineStr">
         <is>
-          <t>January 2025</t>
+          <t>February 2025</t>
         </is>
       </c>
       <c r="D53" s="1" t="n">
-        <v>2.8203556E7</v>
+        <v>2.3389354E7</v>
       </c>
       <c r="E53" s="1" t="n">
-        <v>4.8535337E7</v>
+        <v>4.0700036E7</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" t="inlineStr">
         <is>
           <t>All slaughtered animals</t>
         </is>
       </c>
       <c r="B54" t="inlineStr">
         <is>
           <t>Poultry</t>
         </is>
       </c>
       <c r="C54" t="inlineStr">
         <is>
-          <t>February 2025</t>
+          <t>March 2025</t>
         </is>
       </c>
       <c r="D54" s="1" t="n">
-        <v>2.3389354E7</v>
+        <v>2.4859758E7</v>
       </c>
       <c r="E54" s="1" t="n">
-        <v>4.0700036E7</v>
+        <v>4.3211688E7</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" t="inlineStr">
         <is>
           <t>All slaughtered animals</t>
         </is>
       </c>
       <c r="B55" t="inlineStr">
         <is>
           <t>Poultry</t>
         </is>
       </c>
       <c r="C55" t="inlineStr">
         <is>
-          <t>March 2025</t>
+          <t>April 2025</t>
         </is>
       </c>
       <c r="D55" s="1" t="n">
-        <v>2.4859758E7</v>
+        <v>2.76386E7</v>
       </c>
       <c r="E55" s="1" t="n">
-        <v>4.3211688E7</v>
+        <v>4.7212318E7</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" t="inlineStr">
         <is>
           <t>All slaughtered animals</t>
         </is>
       </c>
       <c r="B56" t="inlineStr">
         <is>
           <t>Poultry</t>
         </is>
       </c>
       <c r="C56" t="inlineStr">
         <is>
-          <t>April 2025</t>
+          <t>May 2025</t>
         </is>
       </c>
       <c r="D56" s="1" t="n">
-        <v>2.76386E7</v>
+        <v>2.745236E7</v>
       </c>
       <c r="E56" s="1" t="n">
-        <v>4.7212318E7</v>
+        <v>4.6416577E7</v>
       </c>
     </row>
     <row r="57">
       <c r="A57" t="inlineStr">
         <is>
           <t>All slaughtered animals</t>
         </is>
       </c>
       <c r="B57" t="inlineStr">
         <is>
           <t>Poultry</t>
         </is>
       </c>
       <c r="C57" t="inlineStr">
         <is>
-          <t>May 2025</t>
+          <t>June 2025</t>
         </is>
       </c>
       <c r="D57" s="1" t="n">
-        <v>2.745236E7</v>
+        <v>2.6744839E7</v>
       </c>
       <c r="E57" s="1" t="n">
-        <v>4.6416577E7</v>
+        <v>4.544515E7</v>
       </c>
     </row>
     <row r="58">
       <c r="A58" t="inlineStr">
         <is>
           <t>All slaughtered animals</t>
         </is>
       </c>
       <c r="B58" t="inlineStr">
         <is>
           <t>Poultry</t>
         </is>
       </c>
       <c r="C58" t="inlineStr">
         <is>
-          <t>June 2025</t>
+          <t>July 2025</t>
         </is>
       </c>
       <c r="D58" s="1" t="n">
-        <v>2.6744839E7</v>
+        <v>2.687658E7</v>
       </c>
       <c r="E58" s="1" t="n">
-        <v>4.544515E7</v>
+        <v>4.6328122E7</v>
       </c>
     </row>
     <row r="59">
       <c r="A59" t="inlineStr">
         <is>
           <t>All slaughtered animals</t>
         </is>
       </c>
       <c r="B59" t="inlineStr">
         <is>
           <t>Poultry</t>
         </is>
       </c>
       <c r="C59" t="inlineStr">
         <is>
-          <t>July 2025</t>
+          <t>August 2025</t>
         </is>
       </c>
       <c r="D59" s="1" t="n">
-        <v>2.687658E7</v>
+        <v>2.4950112E7</v>
       </c>
       <c r="E59" s="1" t="n">
-        <v>4.6328122E7</v>
+        <v>4.2987747E7</v>
       </c>
     </row>
     <row r="60">
       <c r="A60" t="inlineStr">
         <is>
           <t>All slaughtered animals</t>
         </is>
       </c>
       <c r="B60" t="inlineStr">
         <is>
           <t>Poultry</t>
         </is>
       </c>
       <c r="C60" t="inlineStr">
         <is>
-          <t>August 2025</t>
+          <t>September 2025</t>
         </is>
       </c>
       <c r="D60" s="1" t="n">
-        <v>2.4950112E7</v>
+        <v>2.761177E7</v>
       </c>
       <c r="E60" s="1" t="n">
-        <v>4.2987747E7</v>
+        <v>4.8244218E7</v>
       </c>
     </row>
     <row r="61">
       <c r="A61" t="inlineStr">
         <is>
           <t>All slaughtered animals</t>
         </is>
       </c>
       <c r="B61" t="inlineStr">
         <is>
           <t>Poultry</t>
         </is>
       </c>
       <c r="C61" t="inlineStr">
         <is>
-          <t>September 2025</t>
+          <t>October 2025</t>
         </is>
       </c>
       <c r="D61" s="1" t="n">
-        <v>2.7611623E7</v>
+        <v>2.8903753E7</v>
       </c>
       <c r="E61" s="1" t="n">
-        <v>4.8282588E7</v>
+        <v>5.076699E7</v>
       </c>
     </row>
     <row r="62">
       <c r="A62" t="inlineStr">
         <is>
           <t>All slaughtered animals</t>
         </is>
       </c>
       <c r="B62"/>
       <c r="C62" t="inlineStr">
         <is>
-          <t>December 2024</t>
+          <t>January 2025</t>
         </is>
       </c>
       <c r="D62" s="1" t="n">
-        <v>2.7006196E7</v>
+        <v>2.91281E7</v>
       </c>
       <c r="E62" s="1" t="n">
-        <v>1.43585451E8</v>
+        <v>1.58234437E8</v>
       </c>
     </row>
     <row r="63">
       <c r="A63" t="inlineStr">
         <is>
           <t>All slaughtered animals</t>
         </is>
       </c>
       <c r="B63"/>
       <c r="C63" t="inlineStr">
         <is>
-          <t>January 2025</t>
+          <t>February 2025</t>
         </is>
       </c>
       <c r="D63" s="1" t="n">
-        <v>2.91281E7</v>
+        <v>2.4209386E7</v>
       </c>
       <c r="E63" s="1" t="n">
-        <v>1.58234437E8</v>
+        <v>1.37127842E8</v>
       </c>
     </row>
     <row r="64">
       <c r="A64" t="inlineStr">
         <is>
           <t>All slaughtered animals</t>
         </is>
       </c>
       <c r="B64"/>
       <c r="C64" t="inlineStr">
         <is>
-          <t>February 2025</t>
+          <t>March 2025</t>
         </is>
       </c>
       <c r="D64" s="1" t="n">
-        <v>2.4209386E7</v>
+        <v>2.5673779E7</v>
       </c>
       <c r="E64" s="1" t="n">
-        <v>1.37127842E8</v>
+        <v>1.39177538E8</v>
       </c>
     </row>
     <row r="65">
       <c r="A65" t="inlineStr">
         <is>
           <t>All slaughtered animals</t>
         </is>
       </c>
       <c r="B65"/>
       <c r="C65" t="inlineStr">
         <is>
-          <t>March 2025</t>
+          <t>April 2025</t>
         </is>
       </c>
       <c r="D65" s="1" t="n">
-        <v>2.5673779E7</v>
+        <v>2.8468333E7</v>
       </c>
       <c r="E65" s="1" t="n">
-        <v>1.39177538E8</v>
+        <v>1.44700868E8</v>
       </c>
     </row>
     <row r="66">
       <c r="A66" t="inlineStr">
         <is>
           <t>All slaughtered animals</t>
         </is>
       </c>
       <c r="B66"/>
       <c r="C66" t="inlineStr">
         <is>
-          <t>April 2025</t>
+          <t>May 2025</t>
         </is>
       </c>
       <c r="D66" s="1" t="n">
-        <v>2.8468333E7</v>
+        <v>2.827393E7</v>
       </c>
       <c r="E66" s="1" t="n">
-        <v>1.44700868E8</v>
+        <v>1.42122366E8</v>
       </c>
     </row>
     <row r="67">
       <c r="A67" t="inlineStr">
         <is>
           <t>All slaughtered animals</t>
         </is>
       </c>
       <c r="B67"/>
       <c r="C67" t="inlineStr">
         <is>
-          <t>May 2025</t>
+          <t>June 2025</t>
         </is>
       </c>
       <c r="D67" s="1" t="n">
-        <v>2.827393E7</v>
+        <v>2.7541487E7</v>
       </c>
       <c r="E67" s="1" t="n">
-        <v>1.42122366E8</v>
+        <v>1.37775889E8</v>
       </c>
     </row>
     <row r="68">
       <c r="A68" t="inlineStr">
         <is>
           <t>All slaughtered animals</t>
         </is>
       </c>
       <c r="B68"/>
       <c r="C68" t="inlineStr">
         <is>
-          <t>June 2025</t>
+          <t>July 2025</t>
         </is>
       </c>
       <c r="D68" s="1" t="n">
-        <v>2.7541487E7</v>
+        <v>2.7712185E7</v>
       </c>
       <c r="E68" s="1" t="n">
-        <v>1.37775889E8</v>
+        <v>1.39733104E8</v>
       </c>
     </row>
     <row r="69">
       <c r="A69" t="inlineStr">
         <is>
           <t>All slaughtered animals</t>
         </is>
       </c>
       <c r="B69"/>
       <c r="C69" t="inlineStr">
         <is>
-          <t>July 2025</t>
+          <t>August 2025</t>
         </is>
       </c>
       <c r="D69" s="1" t="n">
-        <v>2.7712185E7</v>
+        <v>2.5735558E7</v>
       </c>
       <c r="E69" s="1" t="n">
-        <v>1.39733104E8</v>
+        <v>1.32158661E8</v>
       </c>
     </row>
     <row r="70">
       <c r="A70" t="inlineStr">
         <is>
           <t>All slaughtered animals</t>
         </is>
       </c>
       <c r="B70"/>
       <c r="C70" t="inlineStr">
         <is>
-          <t>August 2025</t>
+          <t>September 2025</t>
         </is>
       </c>
       <c r="D70" s="1" t="n">
-        <v>2.5735558E7</v>
+        <v>2.8506403E7</v>
       </c>
       <c r="E70" s="1" t="n">
-        <v>1.32158661E8</v>
+        <v>1.49151368E8</v>
       </c>
     </row>
     <row r="71">
       <c r="A71" t="inlineStr">
         <is>
           <t>All slaughtered animals</t>
         </is>
       </c>
       <c r="B71"/>
       <c r="C71" t="inlineStr">
         <is>
-          <t>September 2025</t>
+          <t>October 2025</t>
         </is>
       </c>
       <c r="D71" s="1" t="n">
-        <v>2.850625E7</v>
+        <v>2.9884342E7</v>
       </c>
       <c r="E71" s="1" t="n">
-        <v>1.49678442E8</v>
+        <v>1.61792477E8</v>
       </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <coreProperties xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </coreProperties>
 </file>