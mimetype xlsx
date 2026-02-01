--- v1 (2025-12-18)
+++ v2 (2026-02-01)
@@ -84,775 +84,767 @@
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?>
 
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
   <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/>
   <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/>
   <Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/>
   <Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/>
   <Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/>
 </Relationships>
 
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <cols>
     <col min="1" max="1" width="11.02734375" customWidth="true"/>
-    <col min="2" max="2" width="128.08984375" customWidth="true"/>
+    <col min="2" max="2" width="131.22265625" customWidth="true"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" t="inlineStr">
         <is>
           <t>Data source:</t>
         </is>
       </c>
       <c r="B1" t="inlineStr">
         <is>
           <t>Statistic: Animal slaughtering in slaughterhouses, approved for consumption, monthly results per animal type</t>
         </is>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="inlineStr">
         <is>
           <t>Filters:</t>
         </is>
       </c>
       <c r="B2" t="inlineStr">
         <is>
-          <t>Month : Last 10 Month(January 2025, February 2025, March 2025, April 2025, May 2025, June 2025, July 2025, August 2025, September 2025, October 2025)</t>
+          <t>Month : Last 10 Month(March 2025, April 2025, May 2025, June 2025, July 2025, August 2025, September 2025, October 2025, November 2025, December 2025)</t>
         </is>
       </c>
     </row>
     <row r="3">
       <c r="B3" t="inlineStr">
         <is>
           <t xml:space="preserve">
 </t>
         </is>
       </c>
     </row>
     <row r="4">
 </row>
     <row r="5">
       <c r="A5" t="inlineStr">
         <is>
           <t xml:space="preserve">Source: </t>
         </is>
       </c>
       <c r="B5" t="inlineStr">
         <is>
           <t>Statbel (Directorate-general Statistics - Statistics Belgium)</t>
         </is>
       </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <cols>
     <col min="1" max="1" width="19.98828125" customWidth="true"/>
     <col min="2" max="2" width="12.94140625" customWidth="true"/>
     <col min="3" max="3" width="20.98046875" customWidth="true"/>
     <col min="4" max="4" width="6.04296875" customWidth="true"/>
-    <col min="5" max="5" width="11.97265625" customWidth="true"/>
-    <col min="6" max="6" width="12.484375" customWidth="true"/>
+    <col min="5" max="5" width="10.765625" customWidth="true"/>
+    <col min="6" max="6" width="10.765625" customWidth="true"/>
     <col min="7" max="7" width="10.765625" customWidth="true"/>
     <col min="8" max="8" width="10.765625" customWidth="true"/>
     <col min="9" max="9" width="10.765625" customWidth="true"/>
-    <col min="10" max="10" width="10.765625" customWidth="true"/>
-[...3 lines deleted...]
-    <col min="14" max="14" width="11.8828125" customWidth="true"/>
+    <col min="10" max="10" width="11.26953125" customWidth="true"/>
+    <col min="11" max="11" width="14.3203125" customWidth="true"/>
+    <col min="12" max="12" width="11.8828125" customWidth="true"/>
+    <col min="13" max="13" width="13.79296875" customWidth="true"/>
+    <col min="14" max="14" width="13.6875" customWidth="true"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1"/>
       <c r="B1"/>
       <c r="C1"/>
       <c r="D1" t="inlineStr">
         <is>
           <t>Month</t>
         </is>
       </c>
       <c r="E1" t="inlineStr">
         <is>
-          <t>January 2025</t>
+          <t>March 2025</t>
         </is>
       </c>
       <c r="F1" t="inlineStr">
         <is>
-          <t>February 2025</t>
+          <t>April 2025</t>
         </is>
       </c>
       <c r="G1" t="inlineStr">
         <is>
-          <t>March 2025</t>
+          <t>May 2025</t>
         </is>
       </c>
       <c r="H1" t="inlineStr">
         <is>
-          <t>April 2025</t>
+          <t>June 2025</t>
         </is>
       </c>
       <c r="I1" t="inlineStr">
         <is>
-          <t>May 2025</t>
+          <t>July 2025</t>
         </is>
       </c>
       <c r="J1" t="inlineStr">
         <is>
-          <t>June 2025</t>
+          <t>August 2025</t>
         </is>
       </c>
       <c r="K1" t="inlineStr">
         <is>
-          <t>July 2025</t>
+          <t>September 2025</t>
         </is>
       </c>
       <c r="L1" t="inlineStr">
         <is>
-          <t>August 2025</t>
+          <t>October 2025</t>
         </is>
       </c>
       <c r="M1" t="inlineStr">
         <is>
-          <t>September 2025</t>
+          <t>November 2025</t>
         </is>
       </c>
       <c r="N1" t="inlineStr">
         <is>
-          <t>October 2025</t>
+          <t>December 2025</t>
         </is>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="inlineStr">
         <is>
           <t>All slaughtered animals</t>
         </is>
       </c>
       <c r="B2" t="inlineStr">
         <is>
           <t>Type of animal</t>
         </is>
       </c>
       <c r="C2"/>
     </row>
     <row r="3">
       <c r="A3" t="inlineStr">
         <is>
           <t>All slaughtered animals</t>
         </is>
       </c>
       <c r="B3" t="inlineStr">
         <is>
           <t>Cattle</t>
         </is>
       </c>
       <c r="C3" t="inlineStr">
         <is>
           <t>Number of slaughterings</t>
         </is>
       </c>
       <c r="D3"/>
       <c r="E3" s="1" t="n">
-        <v>64803.0</v>
+        <v>64006.0</v>
       </c>
       <c r="F3" s="1" t="n">
-        <v>58065.0</v>
+        <v>66200.0</v>
       </c>
       <c r="G3" s="1" t="n">
-        <v>64006.0</v>
+        <v>60776.0</v>
       </c>
       <c r="H3" s="1" t="n">
-        <v>66200.0</v>
+        <v>60592.0</v>
       </c>
       <c r="I3" s="1" t="n">
-        <v>60776.0</v>
+        <v>58945.0</v>
       </c>
       <c r="J3" s="1" t="n">
-        <v>60592.0</v>
+        <v>59675.0</v>
       </c>
       <c r="K3" s="1" t="n">
-        <v>58945.0</v>
+        <v>62598.0</v>
       </c>
       <c r="L3" s="1" t="n">
-        <v>59675.0</v>
+        <v>66988.0</v>
       </c>
       <c r="M3" s="1" t="n">
-        <v>62598.0</v>
+        <v>61224.0</v>
       </c>
       <c r="N3" s="1" t="n">
-        <v>66934.0</v>
+        <v>66182.0</v>
       </c>
     </row>
     <row r="4">
       <c r="A4"/>
       <c r="B4"/>
       <c r="C4" t="inlineStr">
         <is>
           <t>Slaughterweight</t>
         </is>
       </c>
       <c r="D4"/>
       <c r="E4" s="1" t="n">
-        <v>2.0424827E7</v>
+        <v>1.9747576E7</v>
       </c>
       <c r="F4" s="1" t="n">
-        <v>1.8194896E7</v>
+        <v>1.9946005E7</v>
       </c>
       <c r="G4" s="1" t="n">
-        <v>1.9747576E7</v>
+        <v>1.8854768E7</v>
       </c>
       <c r="H4" s="1" t="n">
-        <v>1.9946005E7</v>
+        <v>1.8740651E7</v>
       </c>
       <c r="I4" s="1" t="n">
-        <v>1.8854768E7</v>
+        <v>1.7304956E7</v>
       </c>
       <c r="J4" s="1" t="n">
-        <v>1.8740651E7</v>
+        <v>1.8211974E7</v>
       </c>
       <c r="K4" s="1" t="n">
-        <v>1.7304956E7</v>
+        <v>1.9132356E7</v>
       </c>
       <c r="L4" s="1" t="n">
-        <v>1.8211974E7</v>
+        <v>2.0187911E7</v>
       </c>
       <c r="M4" s="1" t="n">
-        <v>1.9132356E7</v>
+        <v>1.8467045E7</v>
       </c>
       <c r="N4" s="1" t="n">
-        <v>2.0174082E7</v>
+        <v>2.0207947E7</v>
       </c>
     </row>
     <row r="5">
       <c r="A5"/>
       <c r="B5" t="inlineStr">
         <is>
           <t>Pigs</t>
         </is>
       </c>
       <c r="C5" t="inlineStr">
         <is>
           <t>Number of slaughterings</t>
         </is>
       </c>
       <c r="D5"/>
       <c r="E5" s="1" t="n">
-        <v>854160.0</v>
+        <v>742435.0</v>
       </c>
       <c r="F5" s="1" t="n">
-        <v>756512.0</v>
+        <v>753214.0</v>
       </c>
       <c r="G5" s="1" t="n">
-        <v>742435.0</v>
+        <v>755098.0</v>
       </c>
       <c r="H5" s="1" t="n">
-        <v>753214.0</v>
+        <v>728210.0</v>
       </c>
       <c r="I5" s="1" t="n">
-        <v>755098.0</v>
+        <v>770345.0</v>
       </c>
       <c r="J5" s="1" t="n">
-        <v>728210.0</v>
+        <v>719361.0</v>
       </c>
       <c r="K5" s="1" t="n">
-        <v>770345.0</v>
+        <v>824729.0</v>
       </c>
       <c r="L5" s="1" t="n">
-        <v>719361.0</v>
+        <v>905621.0</v>
       </c>
       <c r="M5" s="1" t="n">
-        <v>824729.0</v>
+        <v>775857.0</v>
       </c>
       <c r="N5" s="1" t="n">
-        <v>905621.0</v>
+        <v>833505.0</v>
       </c>
     </row>
     <row r="6">
       <c r="A6"/>
       <c r="B6"/>
       <c r="C6" t="inlineStr">
         <is>
           <t>Slaughterweight</t>
         </is>
       </c>
       <c r="D6"/>
       <c r="E6" s="1" t="n">
-        <v>8.911041E7</v>
+        <v>7.6055072E7</v>
       </c>
       <c r="F6" s="1" t="n">
-        <v>7.8085463E7</v>
+        <v>7.7327346E7</v>
       </c>
       <c r="G6" s="1" t="n">
-        <v>7.6055072E7</v>
+        <v>7.6700807E7</v>
       </c>
       <c r="H6" s="1" t="n">
-        <v>7.7327346E7</v>
+        <v>7.3381314E7</v>
       </c>
       <c r="I6" s="1" t="n">
-        <v>7.6700807E7</v>
+        <v>7.5930016E7</v>
       </c>
       <c r="J6" s="1" t="n">
-        <v>7.3381314E7</v>
+        <v>7.0774672E7</v>
       </c>
       <c r="K6" s="1" t="n">
-        <v>7.5930016E7</v>
+        <v>8.1563606E7</v>
       </c>
       <c r="L6" s="1" t="n">
-        <v>7.0774672E7</v>
+        <v>9.0557452E7</v>
       </c>
       <c r="M6" s="1" t="n">
-        <v>8.1563606E7</v>
+        <v>7.8227814E7</v>
       </c>
       <c r="N6" s="1" t="n">
-        <v>9.0614247E7</v>
+        <v>8.3135408E7</v>
       </c>
     </row>
     <row r="7">
       <c r="A7"/>
       <c r="B7" t="inlineStr">
         <is>
           <t>Sheep(total)</t>
         </is>
       </c>
       <c r="C7" t="inlineStr">
         <is>
           <t>Number of slaughterings</t>
         </is>
       </c>
       <c r="D7"/>
       <c r="E7" s="1" t="n">
-        <v>3882.0</v>
+        <v>3326.0</v>
       </c>
       <c r="F7" s="1" t="n">
-        <v>3211.0</v>
+        <v>5491.0</v>
       </c>
       <c r="G7" s="1" t="n">
-        <v>3326.0</v>
+        <v>3542.0</v>
       </c>
       <c r="H7" s="1" t="n">
-        <v>5491.0</v>
+        <v>6147.0</v>
       </c>
       <c r="I7" s="1" t="n">
-        <v>3542.0</v>
+        <v>4612.0</v>
       </c>
       <c r="J7" s="1" t="n">
-        <v>6147.0</v>
+        <v>5061.0</v>
       </c>
       <c r="K7" s="1" t="n">
-        <v>4612.0</v>
+        <v>6250.0</v>
       </c>
       <c r="L7" s="1" t="n">
-        <v>5061.0</v>
+        <v>6123.0</v>
       </c>
       <c r="M7" s="1" t="n">
-        <v>6250.0</v>
+        <v>5029.0</v>
       </c>
       <c r="N7" s="1" t="n">
-        <v>6123.0</v>
+        <v>6048.0</v>
       </c>
     </row>
     <row r="8">
       <c r="A8"/>
       <c r="B8"/>
       <c r="C8" t="inlineStr">
         <is>
           <t>Slaughterweight</t>
         </is>
       </c>
       <c r="D8"/>
       <c r="E8" s="1" t="n">
-        <v>89938.0</v>
+        <v>77664.0</v>
       </c>
       <c r="F8" s="1" t="n">
-        <v>74737.0</v>
+        <v>121438.0</v>
       </c>
       <c r="G8" s="1" t="n">
-        <v>77664.0</v>
+        <v>80157.0</v>
       </c>
       <c r="H8" s="1" t="n">
-        <v>121438.0</v>
+        <v>142544.0</v>
       </c>
       <c r="I8" s="1" t="n">
-        <v>80157.0</v>
+        <v>105635.0</v>
       </c>
       <c r="J8" s="1" t="n">
-        <v>142544.0</v>
+        <v>114202.0</v>
       </c>
       <c r="K8" s="1" t="n">
-        <v>105635.0</v>
+        <v>144168.0</v>
       </c>
       <c r="L8" s="1" t="n">
-        <v>114202.0</v>
+        <v>140180.0</v>
       </c>
       <c r="M8" s="1" t="n">
-        <v>144168.0</v>
+        <v>117145.0</v>
       </c>
       <c r="N8" s="1" t="n">
-        <v>140060.0</v>
+        <v>146541.0</v>
       </c>
     </row>
     <row r="9">
       <c r="A9"/>
       <c r="B9" t="inlineStr">
         <is>
           <t>Goats</t>
         </is>
       </c>
       <c r="C9" t="inlineStr">
         <is>
           <t>Number of slaughterings</t>
         </is>
       </c>
       <c r="D9"/>
       <c r="E9" s="1" t="n">
-        <v>1550.0</v>
-[...3 lines deleted...]
-      </c>
+        <v>4125.0</v>
+      </c>
+      <c r="F9"/>
       <c r="G9" s="1" t="n">
-        <v>4125.0</v>
-[...2 lines deleted...]
-      <c r="I9" s="1" t="n">
         <v>2031.0</v>
       </c>
+      <c r="H9" s="1" t="n">
+        <v>1568.0</v>
+      </c>
+      <c r="I9"/>
       <c r="J9" s="1" t="n">
-        <v>1568.0</v>
-[...1 lines deleted...]
-      <c r="K9"/>
+        <v>1199.0</v>
+      </c>
+      <c r="K9" s="1" t="n">
+        <v>906.0</v>
+      </c>
       <c r="L9" s="1" t="n">
-        <v>1199.0</v>
-[...3 lines deleted...]
-      </c>
+        <v>1744.0</v>
+      </c>
+      <c r="M9"/>
       <c r="N9" s="1" t="n">
-        <v>1744.0</v>
+        <v>1907.0</v>
       </c>
     </row>
     <row r="10">
       <c r="A10"/>
       <c r="B10"/>
       <c r="C10" t="inlineStr">
         <is>
           <t>Slaughterweight</t>
         </is>
       </c>
       <c r="D10"/>
       <c r="E10" s="1" t="n">
-        <v>26481.0</v>
-[...3 lines deleted...]
-      </c>
+        <v>46821.0</v>
+      </c>
+      <c r="F10"/>
       <c r="G10" s="1" t="n">
-        <v>46821.0</v>
-[...2 lines deleted...]
-      <c r="I10" s="1" t="n">
         <v>29366.0</v>
       </c>
+      <c r="H10" s="1" t="n">
+        <v>23418.0</v>
+      </c>
+      <c r="I10"/>
       <c r="J10" s="1" t="n">
-        <v>23418.0</v>
-[...1 lines deleted...]
-      <c r="K10"/>
+        <v>21568.0</v>
+      </c>
+      <c r="K10" s="1" t="n">
+        <v>17799.0</v>
+      </c>
       <c r="L10" s="1" t="n">
-        <v>21568.0</v>
-[...3 lines deleted...]
-      </c>
+        <v>46267.0</v>
+      </c>
+      <c r="M10"/>
       <c r="N10" s="1" t="n">
-        <v>45004.0</v>
+        <v>45887.0</v>
       </c>
     </row>
     <row r="11">
       <c r="A11"/>
       <c r="B11" t="inlineStr">
         <is>
           <t>Equidae</t>
         </is>
       </c>
       <c r="C11" t="inlineStr">
         <is>
           <t>Number of slaughterings</t>
         </is>
       </c>
       <c r="D11"/>
       <c r="E11" s="1" t="n">
-        <v>149.0</v>
-[...3 lines deleted...]
-      </c>
+        <v>129.0</v>
+      </c>
+      <c r="F11"/>
       <c r="G11" s="1" t="n">
-        <v>129.0</v>
-[...2 lines deleted...]
-      <c r="I11" s="1" t="n">
         <v>123.0</v>
       </c>
+      <c r="H11" s="1" t="n">
+        <v>131.0</v>
+      </c>
+      <c r="I11"/>
       <c r="J11" s="1" t="n">
+        <v>150.0</v>
+      </c>
+      <c r="K11" s="1" t="n">
+        <v>150.0</v>
+      </c>
+      <c r="L11" s="1" t="n">
+        <v>167.0</v>
+      </c>
+      <c r="M11"/>
+      <c r="N11" s="1" t="n">
         <v>131.0</v>
-      </c>
-[...8 lines deleted...]
-        <v>167.0</v>
       </c>
     </row>
     <row r="12">
       <c r="A12"/>
       <c r="B12"/>
       <c r="C12" t="inlineStr">
         <is>
           <t>Slaughterweight</t>
         </is>
       </c>
       <c r="D12"/>
       <c r="E12" s="1" t="n">
-        <v>47444.0</v>
-[...3 lines deleted...]
-      </c>
+        <v>38717.0</v>
+      </c>
+      <c r="F12"/>
       <c r="G12" s="1" t="n">
-        <v>38717.0</v>
-[...2 lines deleted...]
-      <c r="I12" s="1" t="n">
         <v>40691.0</v>
       </c>
+      <c r="H12" s="1" t="n">
+        <v>42812.0</v>
+      </c>
+      <c r="I12"/>
       <c r="J12" s="1" t="n">
-        <v>42812.0</v>
-[...1 lines deleted...]
-      <c r="K12"/>
+        <v>48498.0</v>
+      </c>
+      <c r="K12" s="1" t="n">
+        <v>49221.0</v>
+      </c>
       <c r="L12" s="1" t="n">
-        <v>48498.0</v>
-[...3 lines deleted...]
-      </c>
+        <v>52094.0</v>
+      </c>
+      <c r="M12"/>
       <c r="N12" s="1" t="n">
-        <v>52094.0</v>
+        <v>41722.0</v>
       </c>
     </row>
     <row r="13">
       <c r="A13"/>
       <c r="B13" t="inlineStr">
         <is>
           <t>Poultry</t>
         </is>
       </c>
       <c r="C13" t="inlineStr">
         <is>
           <t>Number of slaughterings</t>
         </is>
       </c>
       <c r="D13"/>
       <c r="E13" s="1" t="n">
-        <v>2.8203556E7</v>
+        <v>2.4859758E7</v>
       </c>
       <c r="F13" s="1" t="n">
-        <v>2.3389354E7</v>
+        <v>2.76386E7</v>
       </c>
       <c r="G13" s="1" t="n">
-        <v>2.4859758E7</v>
+        <v>2.745236E7</v>
       </c>
       <c r="H13" s="1" t="n">
-        <v>2.76386E7</v>
+        <v>2.6744839E7</v>
       </c>
       <c r="I13" s="1" t="n">
-        <v>2.745236E7</v>
+        <v>2.687658E7</v>
       </c>
       <c r="J13" s="1" t="n">
-        <v>2.6744839E7</v>
+        <v>2.4950112E7</v>
       </c>
       <c r="K13" s="1" t="n">
-        <v>2.687658E7</v>
+        <v>2.761177E7</v>
       </c>
       <c r="L13" s="1" t="n">
-        <v>2.4950112E7</v>
+        <v>2.8904117E7</v>
       </c>
       <c r="M13" s="1" t="n">
-        <v>2.761177E7</v>
+        <v>2.288116E7</v>
       </c>
       <c r="N13" s="1" t="n">
-        <v>2.8903753E7</v>
+        <v>2.6118591E7</v>
       </c>
     </row>
     <row r="14">
       <c r="A14"/>
       <c r="B14"/>
       <c r="C14" t="inlineStr">
         <is>
           <t>Slaughterweight</t>
         </is>
       </c>
       <c r="D14"/>
       <c r="E14" s="1" t="n">
-        <v>4.8535337E7</v>
+        <v>4.3211688E7</v>
       </c>
       <c r="F14" s="1" t="n">
-        <v>4.0700036E7</v>
+        <v>4.7212318E7</v>
       </c>
       <c r="G14" s="1" t="n">
-        <v>4.3211688E7</v>
+        <v>4.6416577E7</v>
       </c>
       <c r="H14" s="1" t="n">
-        <v>4.7212318E7</v>
+        <v>4.544515E7</v>
       </c>
       <c r="I14" s="1" t="n">
-        <v>4.6416577E7</v>
+        <v>4.6328122E7</v>
       </c>
       <c r="J14" s="1" t="n">
-        <v>4.544515E7</v>
+        <v>4.2987747E7</v>
       </c>
       <c r="K14" s="1" t="n">
-        <v>4.6328122E7</v>
+        <v>4.8244218E7</v>
       </c>
       <c r="L14" s="1" t="n">
-        <v>4.2987747E7</v>
+        <v>5.07679E7</v>
       </c>
       <c r="M14" s="1" t="n">
-        <v>4.8244218E7</v>
+        <v>4.0908247E7</v>
       </c>
       <c r="N14" s="1" t="n">
-        <v>5.076699E7</v>
+        <v>4.5633205E7</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="inlineStr">
         <is>
           <t>All slaughtered animals</t>
         </is>
       </c>
       <c r="B15"/>
       <c r="C15" t="inlineStr">
         <is>
           <t>Number of slaughterings</t>
         </is>
       </c>
       <c r="D15"/>
       <c r="E15" s="1" t="n">
-        <v>2.91281E7</v>
+        <v>2.5673779E7</v>
       </c>
       <c r="F15" s="1" t="n">
-        <v>2.4209386E7</v>
+        <v>2.8468333E7</v>
       </c>
       <c r="G15" s="1" t="n">
-        <v>2.5673779E7</v>
+        <v>2.827393E7</v>
       </c>
       <c r="H15" s="1" t="n">
-        <v>2.8468333E7</v>
+        <v>2.7541487E7</v>
       </c>
       <c r="I15" s="1" t="n">
-        <v>2.827393E7</v>
+        <v>2.7712185E7</v>
       </c>
       <c r="J15" s="1" t="n">
-        <v>2.7541487E7</v>
+        <v>2.5735558E7</v>
       </c>
       <c r="K15" s="1" t="n">
-        <v>2.7712185E7</v>
+        <v>2.8506403E7</v>
       </c>
       <c r="L15" s="1" t="n">
-        <v>2.5735558E7</v>
+        <v>2.988476E7</v>
       </c>
       <c r="M15" s="1" t="n">
-        <v>2.8506403E7</v>
+        <v>2.3724896E7</v>
       </c>
       <c r="N15" s="1" t="n">
-        <v>2.9884342E7</v>
+        <v>2.7026364E7</v>
       </c>
     </row>
     <row r="16">
       <c r="A16"/>
       <c r="B16"/>
       <c r="C16" t="inlineStr">
         <is>
           <t>Slaughterweight</t>
         </is>
       </c>
       <c r="D16"/>
       <c r="E16" s="1" t="n">
-        <v>1.58234437E8</v>
+        <v>1.39177538E8</v>
       </c>
       <c r="F16" s="1" t="n">
-        <v>1.37127842E8</v>
+        <v>1.44700868E8</v>
       </c>
       <c r="G16" s="1" t="n">
-        <v>1.39177538E8</v>
+        <v>1.42122366E8</v>
       </c>
       <c r="H16" s="1" t="n">
-        <v>1.44700868E8</v>
+        <v>1.37775889E8</v>
       </c>
       <c r="I16" s="1" t="n">
-        <v>1.42122366E8</v>
+        <v>1.39733104E8</v>
       </c>
       <c r="J16" s="1" t="n">
-        <v>1.37775889E8</v>
+        <v>1.32158661E8</v>
       </c>
       <c r="K16" s="1" t="n">
-        <v>1.39733104E8</v>
+        <v>1.49151368E8</v>
       </c>
       <c r="L16" s="1" t="n">
-        <v>1.32158661E8</v>
+        <v>1.61751804E8</v>
       </c>
       <c r="M16" s="1" t="n">
-        <v>1.49151368E8</v>
+        <v>1.37803569E8</v>
       </c>
       <c r="N16" s="1" t="n">
-        <v>1.61792477E8</v>
+        <v>1.4921071E8</v>
       </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <cols>
     <col min="1" max="1" width="19.98828125" customWidth="true"/>
     <col min="2" max="2" width="12.94140625" customWidth="true"/>
     <col min="3" max="3" width="14.3203125" customWidth="true"/>
     <col min="4" max="4" width="20.98046875" customWidth="true"/>
     <col min="5" max="5" width="14.0625" customWidth="true"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" t="inlineStr">
         <is>
@@ -871,1583 +863,1575 @@
       </c>
       <c r="D1" t="inlineStr">
         <is>
           <t>Number of slaughterings</t>
         </is>
       </c>
       <c r="E1" t="inlineStr">
         <is>
           <t>Slaughterweight</t>
         </is>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="inlineStr">
         <is>
           <t>All slaughtered animals</t>
         </is>
       </c>
       <c r="B2" t="inlineStr">
         <is>
           <t>Cattle</t>
         </is>
       </c>
       <c r="C2" t="inlineStr">
         <is>
-          <t>January 2025</t>
+          <t>March 2025</t>
         </is>
       </c>
       <c r="D2" s="1" t="n">
-        <v>64803.0</v>
+        <v>64006.0</v>
       </c>
       <c r="E2" s="1" t="n">
-        <v>2.0424827E7</v>
+        <v>1.9747576E7</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="inlineStr">
         <is>
           <t>All slaughtered animals</t>
         </is>
       </c>
       <c r="B3" t="inlineStr">
         <is>
           <t>Cattle</t>
         </is>
       </c>
       <c r="C3" t="inlineStr">
         <is>
-          <t>February 2025</t>
+          <t>April 2025</t>
         </is>
       </c>
       <c r="D3" s="1" t="n">
-        <v>58065.0</v>
+        <v>66200.0</v>
       </c>
       <c r="E3" s="1" t="n">
-        <v>1.8194896E7</v>
+        <v>1.9946005E7</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="inlineStr">
         <is>
           <t>All slaughtered animals</t>
         </is>
       </c>
       <c r="B4" t="inlineStr">
         <is>
           <t>Cattle</t>
         </is>
       </c>
       <c r="C4" t="inlineStr">
         <is>
-          <t>March 2025</t>
+          <t>May 2025</t>
         </is>
       </c>
       <c r="D4" s="1" t="n">
-        <v>64006.0</v>
+        <v>60776.0</v>
       </c>
       <c r="E4" s="1" t="n">
-        <v>1.9747576E7</v>
+        <v>1.8854768E7</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="inlineStr">
         <is>
           <t>All slaughtered animals</t>
         </is>
       </c>
       <c r="B5" t="inlineStr">
         <is>
           <t>Cattle</t>
         </is>
       </c>
       <c r="C5" t="inlineStr">
         <is>
-          <t>April 2025</t>
+          <t>June 2025</t>
         </is>
       </c>
       <c r="D5" s="1" t="n">
-        <v>66200.0</v>
+        <v>60592.0</v>
       </c>
       <c r="E5" s="1" t="n">
-        <v>1.9946005E7</v>
+        <v>1.8740651E7</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="inlineStr">
         <is>
           <t>All slaughtered animals</t>
         </is>
       </c>
       <c r="B6" t="inlineStr">
         <is>
           <t>Cattle</t>
         </is>
       </c>
       <c r="C6" t="inlineStr">
         <is>
-          <t>May 2025</t>
+          <t>July 2025</t>
         </is>
       </c>
       <c r="D6" s="1" t="n">
-        <v>60776.0</v>
+        <v>58945.0</v>
       </c>
       <c r="E6" s="1" t="n">
-        <v>1.8854768E7</v>
+        <v>1.7304956E7</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="inlineStr">
         <is>
           <t>All slaughtered animals</t>
         </is>
       </c>
       <c r="B7" t="inlineStr">
         <is>
           <t>Cattle</t>
         </is>
       </c>
       <c r="C7" t="inlineStr">
         <is>
-          <t>June 2025</t>
+          <t>August 2025</t>
         </is>
       </c>
       <c r="D7" s="1" t="n">
-        <v>60592.0</v>
+        <v>59675.0</v>
       </c>
       <c r="E7" s="1" t="n">
-        <v>1.8740651E7</v>
+        <v>1.8211974E7</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="inlineStr">
         <is>
           <t>All slaughtered animals</t>
         </is>
       </c>
       <c r="B8" t="inlineStr">
         <is>
           <t>Cattle</t>
         </is>
       </c>
       <c r="C8" t="inlineStr">
         <is>
-          <t>July 2025</t>
+          <t>September 2025</t>
         </is>
       </c>
       <c r="D8" s="1" t="n">
-        <v>58945.0</v>
+        <v>62598.0</v>
       </c>
       <c r="E8" s="1" t="n">
-        <v>1.7304956E7</v>
+        <v>1.9132356E7</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="inlineStr">
         <is>
           <t>All slaughtered animals</t>
         </is>
       </c>
       <c r="B9" t="inlineStr">
         <is>
           <t>Cattle</t>
         </is>
       </c>
       <c r="C9" t="inlineStr">
         <is>
-          <t>August 2025</t>
+          <t>October 2025</t>
         </is>
       </c>
       <c r="D9" s="1" t="n">
-        <v>59675.0</v>
+        <v>66988.0</v>
       </c>
       <c r="E9" s="1" t="n">
-        <v>1.8211974E7</v>
+        <v>2.0187911E7</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="inlineStr">
         <is>
           <t>All slaughtered animals</t>
         </is>
       </c>
       <c r="B10" t="inlineStr">
         <is>
           <t>Cattle</t>
         </is>
       </c>
       <c r="C10" t="inlineStr">
         <is>
-          <t>September 2025</t>
+          <t>November 2025</t>
         </is>
       </c>
       <c r="D10" s="1" t="n">
-        <v>62598.0</v>
+        <v>61224.0</v>
       </c>
       <c r="E10" s="1" t="n">
-        <v>1.9132356E7</v>
+        <v>1.8467045E7</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="inlineStr">
         <is>
           <t>All slaughtered animals</t>
         </is>
       </c>
       <c r="B11" t="inlineStr">
         <is>
           <t>Cattle</t>
         </is>
       </c>
       <c r="C11" t="inlineStr">
         <is>
-          <t>October 2025</t>
+          <t>December 2025</t>
         </is>
       </c>
       <c r="D11" s="1" t="n">
-        <v>66934.0</v>
+        <v>66182.0</v>
       </c>
       <c r="E11" s="1" t="n">
-        <v>2.0174082E7</v>
+        <v>2.0207947E7</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="inlineStr">
         <is>
           <t>All slaughtered animals</t>
         </is>
       </c>
       <c r="B12" t="inlineStr">
         <is>
           <t>Pigs</t>
         </is>
       </c>
       <c r="C12" t="inlineStr">
         <is>
-          <t>January 2025</t>
+          <t>March 2025</t>
         </is>
       </c>
       <c r="D12" s="1" t="n">
-        <v>854160.0</v>
+        <v>742435.0</v>
       </c>
       <c r="E12" s="1" t="n">
-        <v>8.911041E7</v>
+        <v>7.6055072E7</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="inlineStr">
         <is>
           <t>All slaughtered animals</t>
         </is>
       </c>
       <c r="B13" t="inlineStr">
         <is>
           <t>Pigs</t>
         </is>
       </c>
       <c r="C13" t="inlineStr">
         <is>
-          <t>February 2025</t>
+          <t>April 2025</t>
         </is>
       </c>
       <c r="D13" s="1" t="n">
-        <v>756512.0</v>
+        <v>753214.0</v>
       </c>
       <c r="E13" s="1" t="n">
-        <v>7.8085463E7</v>
+        <v>7.7327346E7</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="inlineStr">
         <is>
           <t>All slaughtered animals</t>
         </is>
       </c>
       <c r="B14" t="inlineStr">
         <is>
           <t>Pigs</t>
         </is>
       </c>
       <c r="C14" t="inlineStr">
         <is>
-          <t>March 2025</t>
+          <t>May 2025</t>
         </is>
       </c>
       <c r="D14" s="1" t="n">
-        <v>742435.0</v>
+        <v>755098.0</v>
       </c>
       <c r="E14" s="1" t="n">
-        <v>7.6055072E7</v>
+        <v>7.6700807E7</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="inlineStr">
         <is>
           <t>All slaughtered animals</t>
         </is>
       </c>
       <c r="B15" t="inlineStr">
         <is>
           <t>Pigs</t>
         </is>
       </c>
       <c r="C15" t="inlineStr">
         <is>
-          <t>April 2025</t>
+          <t>June 2025</t>
         </is>
       </c>
       <c r="D15" s="1" t="n">
-        <v>753214.0</v>
+        <v>728210.0</v>
       </c>
       <c r="E15" s="1" t="n">
-        <v>7.7327346E7</v>
+        <v>7.3381314E7</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="inlineStr">
         <is>
           <t>All slaughtered animals</t>
         </is>
       </c>
       <c r="B16" t="inlineStr">
         <is>
           <t>Pigs</t>
         </is>
       </c>
       <c r="C16" t="inlineStr">
         <is>
-          <t>May 2025</t>
+          <t>July 2025</t>
         </is>
       </c>
       <c r="D16" s="1" t="n">
-        <v>755098.0</v>
+        <v>770345.0</v>
       </c>
       <c r="E16" s="1" t="n">
-        <v>7.6700807E7</v>
+        <v>7.5930016E7</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="inlineStr">
         <is>
           <t>All slaughtered animals</t>
         </is>
       </c>
       <c r="B17" t="inlineStr">
         <is>
           <t>Pigs</t>
         </is>
       </c>
       <c r="C17" t="inlineStr">
         <is>
-          <t>June 2025</t>
+          <t>August 2025</t>
         </is>
       </c>
       <c r="D17" s="1" t="n">
-        <v>728210.0</v>
+        <v>719361.0</v>
       </c>
       <c r="E17" s="1" t="n">
-        <v>7.3381314E7</v>
+        <v>7.0774672E7</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="inlineStr">
         <is>
           <t>All slaughtered animals</t>
         </is>
       </c>
       <c r="B18" t="inlineStr">
         <is>
           <t>Pigs</t>
         </is>
       </c>
       <c r="C18" t="inlineStr">
         <is>
-          <t>July 2025</t>
+          <t>September 2025</t>
         </is>
       </c>
       <c r="D18" s="1" t="n">
-        <v>770345.0</v>
+        <v>824729.0</v>
       </c>
       <c r="E18" s="1" t="n">
-        <v>7.5930016E7</v>
+        <v>8.1563606E7</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="inlineStr">
         <is>
           <t>All slaughtered animals</t>
         </is>
       </c>
       <c r="B19" t="inlineStr">
         <is>
           <t>Pigs</t>
         </is>
       </c>
       <c r="C19" t="inlineStr">
         <is>
-          <t>August 2025</t>
+          <t>October 2025</t>
         </is>
       </c>
       <c r="D19" s="1" t="n">
-        <v>719361.0</v>
+        <v>905621.0</v>
       </c>
       <c r="E19" s="1" t="n">
-        <v>7.0774672E7</v>
+        <v>9.0557452E7</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="inlineStr">
         <is>
           <t>All slaughtered animals</t>
         </is>
       </c>
       <c r="B20" t="inlineStr">
         <is>
           <t>Pigs</t>
         </is>
       </c>
       <c r="C20" t="inlineStr">
         <is>
-          <t>September 2025</t>
+          <t>November 2025</t>
         </is>
       </c>
       <c r="D20" s="1" t="n">
-        <v>824729.0</v>
+        <v>775857.0</v>
       </c>
       <c r="E20" s="1" t="n">
-        <v>8.1563606E7</v>
+        <v>7.8227814E7</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="inlineStr">
         <is>
           <t>All slaughtered animals</t>
         </is>
       </c>
       <c r="B21" t="inlineStr">
         <is>
           <t>Pigs</t>
         </is>
       </c>
       <c r="C21" t="inlineStr">
         <is>
-          <t>October 2025</t>
+          <t>December 2025</t>
         </is>
       </c>
       <c r="D21" s="1" t="n">
-        <v>905621.0</v>
+        <v>833505.0</v>
       </c>
       <c r="E21" s="1" t="n">
-        <v>9.0614247E7</v>
+        <v>8.3135408E7</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="inlineStr">
         <is>
           <t>All slaughtered animals</t>
         </is>
       </c>
       <c r="B22" t="inlineStr">
         <is>
           <t>Sheep(total)</t>
         </is>
       </c>
       <c r="C22" t="inlineStr">
         <is>
-          <t>January 2025</t>
+          <t>March 2025</t>
         </is>
       </c>
       <c r="D22" s="1" t="n">
-        <v>3882.0</v>
+        <v>3326.0</v>
       </c>
       <c r="E22" s="1" t="n">
-        <v>89938.0</v>
+        <v>77664.0</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="inlineStr">
         <is>
           <t>All slaughtered animals</t>
         </is>
       </c>
       <c r="B23" t="inlineStr">
         <is>
           <t>Sheep(total)</t>
         </is>
       </c>
       <c r="C23" t="inlineStr">
         <is>
-          <t>February 2025</t>
+          <t>April 2025</t>
         </is>
       </c>
       <c r="D23" s="1" t="n">
-        <v>3211.0</v>
+        <v>5491.0</v>
       </c>
       <c r="E23" s="1" t="n">
-        <v>74737.0</v>
+        <v>121438.0</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="inlineStr">
         <is>
           <t>All slaughtered animals</t>
         </is>
       </c>
       <c r="B24" t="inlineStr">
         <is>
           <t>Sheep(total)</t>
         </is>
       </c>
       <c r="C24" t="inlineStr">
         <is>
-          <t>March 2025</t>
+          <t>May 2025</t>
         </is>
       </c>
       <c r="D24" s="1" t="n">
-        <v>3326.0</v>
+        <v>3542.0</v>
       </c>
       <c r="E24" s="1" t="n">
-        <v>77664.0</v>
+        <v>80157.0</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="inlineStr">
         <is>
           <t>All slaughtered animals</t>
         </is>
       </c>
       <c r="B25" t="inlineStr">
         <is>
           <t>Sheep(total)</t>
         </is>
       </c>
       <c r="C25" t="inlineStr">
         <is>
-          <t>April 2025</t>
+          <t>June 2025</t>
         </is>
       </c>
       <c r="D25" s="1" t="n">
-        <v>5491.0</v>
+        <v>6147.0</v>
       </c>
       <c r="E25" s="1" t="n">
-        <v>121438.0</v>
+        <v>142544.0</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="inlineStr">
         <is>
           <t>All slaughtered animals</t>
         </is>
       </c>
       <c r="B26" t="inlineStr">
         <is>
           <t>Sheep(total)</t>
         </is>
       </c>
       <c r="C26" t="inlineStr">
         <is>
-          <t>May 2025</t>
+          <t>July 2025</t>
         </is>
       </c>
       <c r="D26" s="1" t="n">
-        <v>3542.0</v>
+        <v>4612.0</v>
       </c>
       <c r="E26" s="1" t="n">
-        <v>80157.0</v>
+        <v>105635.0</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="inlineStr">
         <is>
           <t>All slaughtered animals</t>
         </is>
       </c>
       <c r="B27" t="inlineStr">
         <is>
           <t>Sheep(total)</t>
         </is>
       </c>
       <c r="C27" t="inlineStr">
         <is>
-          <t>June 2025</t>
+          <t>August 2025</t>
         </is>
       </c>
       <c r="D27" s="1" t="n">
-        <v>6147.0</v>
+        <v>5061.0</v>
       </c>
       <c r="E27" s="1" t="n">
-        <v>142544.0</v>
+        <v>114202.0</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="inlineStr">
         <is>
           <t>All slaughtered animals</t>
         </is>
       </c>
       <c r="B28" t="inlineStr">
         <is>
           <t>Sheep(total)</t>
         </is>
       </c>
       <c r="C28" t="inlineStr">
         <is>
-          <t>July 2025</t>
+          <t>September 2025</t>
         </is>
       </c>
       <c r="D28" s="1" t="n">
-        <v>4612.0</v>
+        <v>6250.0</v>
       </c>
       <c r="E28" s="1" t="n">
-        <v>105635.0</v>
+        <v>144168.0</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="inlineStr">
         <is>
           <t>All slaughtered animals</t>
         </is>
       </c>
       <c r="B29" t="inlineStr">
         <is>
           <t>Sheep(total)</t>
         </is>
       </c>
       <c r="C29" t="inlineStr">
         <is>
-          <t>August 2025</t>
+          <t>October 2025</t>
         </is>
       </c>
       <c r="D29" s="1" t="n">
-        <v>5061.0</v>
+        <v>6123.0</v>
       </c>
       <c r="E29" s="1" t="n">
-        <v>114202.0</v>
+        <v>140180.0</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="inlineStr">
         <is>
           <t>All slaughtered animals</t>
         </is>
       </c>
       <c r="B30" t="inlineStr">
         <is>
           <t>Sheep(total)</t>
         </is>
       </c>
       <c r="C30" t="inlineStr">
         <is>
-          <t>September 2025</t>
+          <t>November 2025</t>
         </is>
       </c>
       <c r="D30" s="1" t="n">
-        <v>6250.0</v>
+        <v>5029.0</v>
       </c>
       <c r="E30" s="1" t="n">
-        <v>144168.0</v>
+        <v>117145.0</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="inlineStr">
         <is>
           <t>All slaughtered animals</t>
         </is>
       </c>
       <c r="B31" t="inlineStr">
         <is>
           <t>Sheep(total)</t>
         </is>
       </c>
       <c r="C31" t="inlineStr">
         <is>
-          <t>October 2025</t>
+          <t>December 2025</t>
         </is>
       </c>
       <c r="D31" s="1" t="n">
-        <v>6123.0</v>
+        <v>6048.0</v>
       </c>
       <c r="E31" s="1" t="n">
-        <v>140060.0</v>
+        <v>146541.0</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="inlineStr">
         <is>
           <t>All slaughtered animals</t>
         </is>
       </c>
       <c r="B32" t="inlineStr">
         <is>
           <t>Goats</t>
         </is>
       </c>
       <c r="C32" t="inlineStr">
         <is>
-          <t>January 2025</t>
+          <t>March 2025</t>
         </is>
       </c>
       <c r="D32" s="1" t="n">
-        <v>1550.0</v>
+        <v>4125.0</v>
       </c>
       <c r="E32" s="1" t="n">
-        <v>26481.0</v>
+        <v>46821.0</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" t="inlineStr">
         <is>
           <t>All slaughtered animals</t>
         </is>
       </c>
       <c r="B33" t="inlineStr">
         <is>
           <t>Goats</t>
         </is>
       </c>
       <c r="C33" t="inlineStr">
         <is>
-          <t>February 2025</t>
-[...7 lines deleted...]
-      </c>
+          <t>April 2025</t>
+        </is>
+      </c>
+      <c r="D33"/>
+      <c r="E33"/>
     </row>
     <row r="34">
       <c r="A34" t="inlineStr">
         <is>
           <t>All slaughtered animals</t>
         </is>
       </c>
       <c r="B34" t="inlineStr">
         <is>
           <t>Goats</t>
         </is>
       </c>
       <c r="C34" t="inlineStr">
         <is>
-          <t>March 2025</t>
+          <t>May 2025</t>
         </is>
       </c>
       <c r="D34" s="1" t="n">
-        <v>4125.0</v>
+        <v>2031.0</v>
       </c>
       <c r="E34" s="1" t="n">
-        <v>46821.0</v>
+        <v>29366.0</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" t="inlineStr">
         <is>
           <t>All slaughtered animals</t>
         </is>
       </c>
       <c r="B35" t="inlineStr">
         <is>
           <t>Goats</t>
         </is>
       </c>
       <c r="C35" t="inlineStr">
         <is>
-          <t>April 2025</t>
-[...3 lines deleted...]
-      <c r="E35"/>
+          <t>June 2025</t>
+        </is>
+      </c>
+      <c r="D35" s="1" t="n">
+        <v>1568.0</v>
+      </c>
+      <c r="E35" s="1" t="n">
+        <v>23418.0</v>
+      </c>
     </row>
     <row r="36">
       <c r="A36" t="inlineStr">
         <is>
           <t>All slaughtered animals</t>
         </is>
       </c>
       <c r="B36" t="inlineStr">
         <is>
           <t>Goats</t>
         </is>
       </c>
       <c r="C36" t="inlineStr">
         <is>
-          <t>May 2025</t>
-[...7 lines deleted...]
-      </c>
+          <t>July 2025</t>
+        </is>
+      </c>
+      <c r="D36"/>
+      <c r="E36"/>
     </row>
     <row r="37">
       <c r="A37" t="inlineStr">
         <is>
           <t>All slaughtered animals</t>
         </is>
       </c>
       <c r="B37" t="inlineStr">
         <is>
           <t>Goats</t>
         </is>
       </c>
       <c r="C37" t="inlineStr">
         <is>
-          <t>June 2025</t>
+          <t>August 2025</t>
         </is>
       </c>
       <c r="D37" s="1" t="n">
-        <v>1568.0</v>
+        <v>1199.0</v>
       </c>
       <c r="E37" s="1" t="n">
-        <v>23418.0</v>
+        <v>21568.0</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" t="inlineStr">
         <is>
           <t>All slaughtered animals</t>
         </is>
       </c>
       <c r="B38" t="inlineStr">
         <is>
           <t>Goats</t>
         </is>
       </c>
       <c r="C38" t="inlineStr">
         <is>
-          <t>July 2025</t>
-[...3 lines deleted...]
-      <c r="E38"/>
+          <t>September 2025</t>
+        </is>
+      </c>
+      <c r="D38" s="1" t="n">
+        <v>906.0</v>
+      </c>
+      <c r="E38" s="1" t="n">
+        <v>17799.0</v>
+      </c>
     </row>
     <row r="39">
       <c r="A39" t="inlineStr">
         <is>
           <t>All slaughtered animals</t>
         </is>
       </c>
       <c r="B39" t="inlineStr">
         <is>
           <t>Goats</t>
         </is>
       </c>
       <c r="C39" t="inlineStr">
         <is>
-          <t>August 2025</t>
+          <t>October 2025</t>
         </is>
       </c>
       <c r="D39" s="1" t="n">
-        <v>1199.0</v>
+        <v>1744.0</v>
       </c>
       <c r="E39" s="1" t="n">
-        <v>21568.0</v>
+        <v>46267.0</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" t="inlineStr">
         <is>
           <t>All slaughtered animals</t>
         </is>
       </c>
       <c r="B40" t="inlineStr">
         <is>
           <t>Goats</t>
         </is>
       </c>
       <c r="C40" t="inlineStr">
         <is>
-          <t>September 2025</t>
-[...7 lines deleted...]
-      </c>
+          <t>November 2025</t>
+        </is>
+      </c>
+      <c r="D40"/>
+      <c r="E40"/>
     </row>
     <row r="41">
       <c r="A41" t="inlineStr">
         <is>
           <t>All slaughtered animals</t>
         </is>
       </c>
       <c r="B41" t="inlineStr">
         <is>
           <t>Goats</t>
         </is>
       </c>
       <c r="C41" t="inlineStr">
         <is>
-          <t>October 2025</t>
+          <t>December 2025</t>
         </is>
       </c>
       <c r="D41" s="1" t="n">
-        <v>1744.0</v>
+        <v>1907.0</v>
       </c>
       <c r="E41" s="1" t="n">
-        <v>45004.0</v>
+        <v>45887.0</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" t="inlineStr">
         <is>
           <t>All slaughtered animals</t>
         </is>
       </c>
       <c r="B42" t="inlineStr">
         <is>
           <t>Equidae</t>
         </is>
       </c>
       <c r="C42" t="inlineStr">
         <is>
-          <t>January 2025</t>
+          <t>March 2025</t>
         </is>
       </c>
       <c r="D42" s="1" t="n">
-        <v>149.0</v>
+        <v>129.0</v>
       </c>
       <c r="E42" s="1" t="n">
-        <v>47444.0</v>
+        <v>38717.0</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" t="inlineStr">
         <is>
           <t>All slaughtered animals</t>
         </is>
       </c>
       <c r="B43" t="inlineStr">
         <is>
           <t>Equidae</t>
         </is>
       </c>
       <c r="C43" t="inlineStr">
         <is>
-          <t>February 2025</t>
-[...7 lines deleted...]
-      </c>
+          <t>April 2025</t>
+        </is>
+      </c>
+      <c r="D43"/>
+      <c r="E43"/>
     </row>
     <row r="44">
       <c r="A44" t="inlineStr">
         <is>
           <t>All slaughtered animals</t>
         </is>
       </c>
       <c r="B44" t="inlineStr">
         <is>
           <t>Equidae</t>
         </is>
       </c>
       <c r="C44" t="inlineStr">
         <is>
-          <t>March 2025</t>
+          <t>May 2025</t>
         </is>
       </c>
       <c r="D44" s="1" t="n">
-        <v>129.0</v>
+        <v>123.0</v>
       </c>
       <c r="E44" s="1" t="n">
-        <v>38717.0</v>
+        <v>40691.0</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" t="inlineStr">
         <is>
           <t>All slaughtered animals</t>
         </is>
       </c>
       <c r="B45" t="inlineStr">
         <is>
           <t>Equidae</t>
         </is>
       </c>
       <c r="C45" t="inlineStr">
         <is>
-          <t>April 2025</t>
-[...3 lines deleted...]
-      <c r="E45"/>
+          <t>June 2025</t>
+        </is>
+      </c>
+      <c r="D45" s="1" t="n">
+        <v>131.0</v>
+      </c>
+      <c r="E45" s="1" t="n">
+        <v>42812.0</v>
+      </c>
     </row>
     <row r="46">
       <c r="A46" t="inlineStr">
         <is>
           <t>All slaughtered animals</t>
         </is>
       </c>
       <c r="B46" t="inlineStr">
         <is>
           <t>Equidae</t>
         </is>
       </c>
       <c r="C46" t="inlineStr">
         <is>
-          <t>May 2025</t>
-[...7 lines deleted...]
-      </c>
+          <t>July 2025</t>
+        </is>
+      </c>
+      <c r="D46"/>
+      <c r="E46"/>
     </row>
     <row r="47">
       <c r="A47" t="inlineStr">
         <is>
           <t>All slaughtered animals</t>
         </is>
       </c>
       <c r="B47" t="inlineStr">
         <is>
           <t>Equidae</t>
         </is>
       </c>
       <c r="C47" t="inlineStr">
         <is>
-          <t>June 2025</t>
+          <t>August 2025</t>
         </is>
       </c>
       <c r="D47" s="1" t="n">
-        <v>131.0</v>
+        <v>150.0</v>
       </c>
       <c r="E47" s="1" t="n">
-        <v>42812.0</v>
+        <v>48498.0</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" t="inlineStr">
         <is>
           <t>All slaughtered animals</t>
         </is>
       </c>
       <c r="B48" t="inlineStr">
         <is>
           <t>Equidae</t>
         </is>
       </c>
       <c r="C48" t="inlineStr">
         <is>
-          <t>July 2025</t>
-[...3 lines deleted...]
-      <c r="E48"/>
+          <t>September 2025</t>
+        </is>
+      </c>
+      <c r="D48" s="1" t="n">
+        <v>150.0</v>
+      </c>
+      <c r="E48" s="1" t="n">
+        <v>49221.0</v>
+      </c>
     </row>
     <row r="49">
       <c r="A49" t="inlineStr">
         <is>
           <t>All slaughtered animals</t>
         </is>
       </c>
       <c r="B49" t="inlineStr">
         <is>
           <t>Equidae</t>
         </is>
       </c>
       <c r="C49" t="inlineStr">
         <is>
-          <t>August 2025</t>
+          <t>October 2025</t>
         </is>
       </c>
       <c r="D49" s="1" t="n">
-        <v>150.0</v>
+        <v>167.0</v>
       </c>
       <c r="E49" s="1" t="n">
-        <v>48498.0</v>
+        <v>52094.0</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" t="inlineStr">
         <is>
           <t>All slaughtered animals</t>
         </is>
       </c>
       <c r="B50" t="inlineStr">
         <is>
           <t>Equidae</t>
         </is>
       </c>
       <c r="C50" t="inlineStr">
         <is>
-          <t>September 2025</t>
-[...7 lines deleted...]
-      </c>
+          <t>November 2025</t>
+        </is>
+      </c>
+      <c r="D50"/>
+      <c r="E50"/>
     </row>
     <row r="51">
       <c r="A51" t="inlineStr">
         <is>
           <t>All slaughtered animals</t>
         </is>
       </c>
       <c r="B51" t="inlineStr">
         <is>
           <t>Equidae</t>
         </is>
       </c>
       <c r="C51" t="inlineStr">
         <is>
-          <t>October 2025</t>
+          <t>December 2025</t>
         </is>
       </c>
       <c r="D51" s="1" t="n">
-        <v>167.0</v>
+        <v>131.0</v>
       </c>
       <c r="E51" s="1" t="n">
-        <v>52094.0</v>
+        <v>41722.0</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" t="inlineStr">
         <is>
           <t>All slaughtered animals</t>
         </is>
       </c>
       <c r="B52" t="inlineStr">
         <is>
           <t>Poultry</t>
         </is>
       </c>
       <c r="C52" t="inlineStr">
         <is>
-          <t>January 2025</t>
+          <t>March 2025</t>
         </is>
       </c>
       <c r="D52" s="1" t="n">
-        <v>2.8203556E7</v>
+        <v>2.4859758E7</v>
       </c>
       <c r="E52" s="1" t="n">
-        <v>4.8535337E7</v>
+        <v>4.3211688E7</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" t="inlineStr">
         <is>
           <t>All slaughtered animals</t>
         </is>
       </c>
       <c r="B53" t="inlineStr">
         <is>
           <t>Poultry</t>
         </is>
       </c>
       <c r="C53" t="inlineStr">
         <is>
-          <t>February 2025</t>
+          <t>April 2025</t>
         </is>
       </c>
       <c r="D53" s="1" t="n">
-        <v>2.3389354E7</v>
+        <v>2.76386E7</v>
       </c>
       <c r="E53" s="1" t="n">
-        <v>4.0700036E7</v>
+        <v>4.7212318E7</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" t="inlineStr">
         <is>
           <t>All slaughtered animals</t>
         </is>
       </c>
       <c r="B54" t="inlineStr">
         <is>
           <t>Poultry</t>
         </is>
       </c>
       <c r="C54" t="inlineStr">
         <is>
-          <t>March 2025</t>
+          <t>May 2025</t>
         </is>
       </c>
       <c r="D54" s="1" t="n">
-        <v>2.4859758E7</v>
+        <v>2.745236E7</v>
       </c>
       <c r="E54" s="1" t="n">
-        <v>4.3211688E7</v>
+        <v>4.6416577E7</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" t="inlineStr">
         <is>
           <t>All slaughtered animals</t>
         </is>
       </c>
       <c r="B55" t="inlineStr">
         <is>
           <t>Poultry</t>
         </is>
       </c>
       <c r="C55" t="inlineStr">
         <is>
-          <t>April 2025</t>
+          <t>June 2025</t>
         </is>
       </c>
       <c r="D55" s="1" t="n">
-        <v>2.76386E7</v>
+        <v>2.6744839E7</v>
       </c>
       <c r="E55" s="1" t="n">
-        <v>4.7212318E7</v>
+        <v>4.544515E7</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" t="inlineStr">
         <is>
           <t>All slaughtered animals</t>
         </is>
       </c>
       <c r="B56" t="inlineStr">
         <is>
           <t>Poultry</t>
         </is>
       </c>
       <c r="C56" t="inlineStr">
         <is>
-          <t>May 2025</t>
+          <t>July 2025</t>
         </is>
       </c>
       <c r="D56" s="1" t="n">
-        <v>2.745236E7</v>
+        <v>2.687658E7</v>
       </c>
       <c r="E56" s="1" t="n">
-        <v>4.6416577E7</v>
+        <v>4.6328122E7</v>
       </c>
     </row>
     <row r="57">
       <c r="A57" t="inlineStr">
         <is>
           <t>All slaughtered animals</t>
         </is>
       </c>
       <c r="B57" t="inlineStr">
         <is>
           <t>Poultry</t>
         </is>
       </c>
       <c r="C57" t="inlineStr">
         <is>
-          <t>June 2025</t>
+          <t>August 2025</t>
         </is>
       </c>
       <c r="D57" s="1" t="n">
-        <v>2.6744839E7</v>
+        <v>2.4950112E7</v>
       </c>
       <c r="E57" s="1" t="n">
-        <v>4.544515E7</v>
+        <v>4.2987747E7</v>
       </c>
     </row>
     <row r="58">
       <c r="A58" t="inlineStr">
         <is>
           <t>All slaughtered animals</t>
         </is>
       </c>
       <c r="B58" t="inlineStr">
         <is>
           <t>Poultry</t>
         </is>
       </c>
       <c r="C58" t="inlineStr">
         <is>
-          <t>July 2025</t>
+          <t>September 2025</t>
         </is>
       </c>
       <c r="D58" s="1" t="n">
-        <v>2.687658E7</v>
+        <v>2.761177E7</v>
       </c>
       <c r="E58" s="1" t="n">
-        <v>4.6328122E7</v>
+        <v>4.8244218E7</v>
       </c>
     </row>
     <row r="59">
       <c r="A59" t="inlineStr">
         <is>
           <t>All slaughtered animals</t>
         </is>
       </c>
       <c r="B59" t="inlineStr">
         <is>
           <t>Poultry</t>
         </is>
       </c>
       <c r="C59" t="inlineStr">
         <is>
-          <t>August 2025</t>
+          <t>October 2025</t>
         </is>
       </c>
       <c r="D59" s="1" t="n">
-        <v>2.4950112E7</v>
+        <v>2.8904117E7</v>
       </c>
       <c r="E59" s="1" t="n">
-        <v>4.2987747E7</v>
+        <v>5.07679E7</v>
       </c>
     </row>
     <row r="60">
       <c r="A60" t="inlineStr">
         <is>
           <t>All slaughtered animals</t>
         </is>
       </c>
       <c r="B60" t="inlineStr">
         <is>
           <t>Poultry</t>
         </is>
       </c>
       <c r="C60" t="inlineStr">
         <is>
-          <t>September 2025</t>
+          <t>November 2025</t>
         </is>
       </c>
       <c r="D60" s="1" t="n">
-        <v>2.761177E7</v>
+        <v>2.288116E7</v>
       </c>
       <c r="E60" s="1" t="n">
-        <v>4.8244218E7</v>
+        <v>4.0908247E7</v>
       </c>
     </row>
     <row r="61">
       <c r="A61" t="inlineStr">
         <is>
           <t>All slaughtered animals</t>
         </is>
       </c>
       <c r="B61" t="inlineStr">
         <is>
           <t>Poultry</t>
         </is>
       </c>
       <c r="C61" t="inlineStr">
         <is>
-          <t>October 2025</t>
+          <t>December 2025</t>
         </is>
       </c>
       <c r="D61" s="1" t="n">
-        <v>2.8903753E7</v>
+        <v>2.6118591E7</v>
       </c>
       <c r="E61" s="1" t="n">
-        <v>5.076699E7</v>
+        <v>4.5633205E7</v>
       </c>
     </row>
     <row r="62">
       <c r="A62" t="inlineStr">
         <is>
           <t>All slaughtered animals</t>
         </is>
       </c>
       <c r="B62"/>
       <c r="C62" t="inlineStr">
         <is>
-          <t>January 2025</t>
+          <t>March 2025</t>
         </is>
       </c>
       <c r="D62" s="1" t="n">
-        <v>2.91281E7</v>
+        <v>2.5673779E7</v>
       </c>
       <c r="E62" s="1" t="n">
-        <v>1.58234437E8</v>
+        <v>1.39177538E8</v>
       </c>
     </row>
     <row r="63">
       <c r="A63" t="inlineStr">
         <is>
           <t>All slaughtered animals</t>
         </is>
       </c>
       <c r="B63"/>
       <c r="C63" t="inlineStr">
         <is>
-          <t>February 2025</t>
+          <t>April 2025</t>
         </is>
       </c>
       <c r="D63" s="1" t="n">
-        <v>2.4209386E7</v>
+        <v>2.8468333E7</v>
       </c>
       <c r="E63" s="1" t="n">
-        <v>1.37127842E8</v>
+        <v>1.44700868E8</v>
       </c>
     </row>
     <row r="64">
       <c r="A64" t="inlineStr">
         <is>
           <t>All slaughtered animals</t>
         </is>
       </c>
       <c r="B64"/>
       <c r="C64" t="inlineStr">
         <is>
-          <t>March 2025</t>
+          <t>May 2025</t>
         </is>
       </c>
       <c r="D64" s="1" t="n">
-        <v>2.5673779E7</v>
+        <v>2.827393E7</v>
       </c>
       <c r="E64" s="1" t="n">
-        <v>1.39177538E8</v>
+        <v>1.42122366E8</v>
       </c>
     </row>
     <row r="65">
       <c r="A65" t="inlineStr">
         <is>
           <t>All slaughtered animals</t>
         </is>
       </c>
       <c r="B65"/>
       <c r="C65" t="inlineStr">
         <is>
-          <t>April 2025</t>
+          <t>June 2025</t>
         </is>
       </c>
       <c r="D65" s="1" t="n">
-        <v>2.8468333E7</v>
+        <v>2.7541487E7</v>
       </c>
       <c r="E65" s="1" t="n">
-        <v>1.44700868E8</v>
+        <v>1.37775889E8</v>
       </c>
     </row>
     <row r="66">
       <c r="A66" t="inlineStr">
         <is>
           <t>All slaughtered animals</t>
         </is>
       </c>
       <c r="B66"/>
       <c r="C66" t="inlineStr">
         <is>
-          <t>May 2025</t>
+          <t>July 2025</t>
         </is>
       </c>
       <c r="D66" s="1" t="n">
-        <v>2.827393E7</v>
+        <v>2.7712185E7</v>
       </c>
       <c r="E66" s="1" t="n">
-        <v>1.42122366E8</v>
+        <v>1.39733104E8</v>
       </c>
     </row>
     <row r="67">
       <c r="A67" t="inlineStr">
         <is>
           <t>All slaughtered animals</t>
         </is>
       </c>
       <c r="B67"/>
       <c r="C67" t="inlineStr">
         <is>
-          <t>June 2025</t>
+          <t>August 2025</t>
         </is>
       </c>
       <c r="D67" s="1" t="n">
-        <v>2.7541487E7</v>
+        <v>2.5735558E7</v>
       </c>
       <c r="E67" s="1" t="n">
-        <v>1.37775889E8</v>
+        <v>1.32158661E8</v>
       </c>
     </row>
     <row r="68">
       <c r="A68" t="inlineStr">
         <is>
           <t>All slaughtered animals</t>
         </is>
       </c>
       <c r="B68"/>
       <c r="C68" t="inlineStr">
         <is>
-          <t>July 2025</t>
+          <t>September 2025</t>
         </is>
       </c>
       <c r="D68" s="1" t="n">
-        <v>2.7712185E7</v>
+        <v>2.8506403E7</v>
       </c>
       <c r="E68" s="1" t="n">
-        <v>1.39733104E8</v>
+        <v>1.49151368E8</v>
       </c>
     </row>
     <row r="69">
       <c r="A69" t="inlineStr">
         <is>
           <t>All slaughtered animals</t>
         </is>
       </c>
       <c r="B69"/>
       <c r="C69" t="inlineStr">
         <is>
-          <t>August 2025</t>
+          <t>October 2025</t>
         </is>
       </c>
       <c r="D69" s="1" t="n">
-        <v>2.5735558E7</v>
+        <v>2.988476E7</v>
       </c>
       <c r="E69" s="1" t="n">
-        <v>1.32158661E8</v>
+        <v>1.61751804E8</v>
       </c>
     </row>
     <row r="70">
       <c r="A70" t="inlineStr">
         <is>
           <t>All slaughtered animals</t>
         </is>
       </c>
       <c r="B70"/>
       <c r="C70" t="inlineStr">
         <is>
-          <t>September 2025</t>
+          <t>November 2025</t>
         </is>
       </c>
       <c r="D70" s="1" t="n">
-        <v>2.8506403E7</v>
+        <v>2.3724896E7</v>
       </c>
       <c r="E70" s="1" t="n">
-        <v>1.49151368E8</v>
+        <v>1.37803569E8</v>
       </c>
     </row>
     <row r="71">
       <c r="A71" t="inlineStr">
         <is>
           <t>All slaughtered animals</t>
         </is>
       </c>
       <c r="B71"/>
       <c r="C71" t="inlineStr">
         <is>
-          <t>October 2025</t>
+          <t>December 2025</t>
         </is>
       </c>
       <c r="D71" s="1" t="n">
-        <v>2.9884342E7</v>
+        <v>2.7026364E7</v>
       </c>
       <c r="E71" s="1" t="n">
-        <v>1.61792477E8</v>
+        <v>1.4921071E8</v>
       </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <coreProperties xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </coreProperties>
 </file>