--- v2 (2026-02-01)
+++ v3 (2026-03-18)
@@ -84,767 +84,767 @@
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?>
 
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
   <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/>
   <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/>
   <Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/>
   <Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/>
   <Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/>
 </Relationships>
 
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <cols>
     <col min="1" max="1" width="11.02734375" customWidth="true"/>
-    <col min="2" max="2" width="131.22265625" customWidth="true"/>
+    <col min="2" max="2" width="132.55078125" customWidth="true"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" t="inlineStr">
         <is>
           <t>Data source:</t>
         </is>
       </c>
       <c r="B1" t="inlineStr">
         <is>
           <t>Statistic: Animal slaughtering in slaughterhouses, approved for consumption, monthly results per animal type</t>
         </is>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="inlineStr">
         <is>
           <t>Filters:</t>
         </is>
       </c>
       <c r="B2" t="inlineStr">
         <is>
-          <t>Month : Last 10 Month(March 2025, April 2025, May 2025, June 2025, July 2025, August 2025, September 2025, October 2025, November 2025, December 2025)</t>
+          <t>Month : Last 10 Month(April 2025, May 2025, June 2025, July 2025, August 2025, September 2025, October 2025, November 2025, December 2025, January 2026)</t>
         </is>
       </c>
     </row>
     <row r="3">
       <c r="B3" t="inlineStr">
         <is>
           <t xml:space="preserve">
 </t>
         </is>
       </c>
     </row>
     <row r="4">
 </row>
     <row r="5">
       <c r="A5" t="inlineStr">
         <is>
           <t xml:space="preserve">Source: </t>
         </is>
       </c>
       <c r="B5" t="inlineStr">
         <is>
           <t>Statbel (Directorate-general Statistics - Statistics Belgium)</t>
         </is>
       </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <cols>
     <col min="1" max="1" width="19.98828125" customWidth="true"/>
     <col min="2" max="2" width="12.94140625" customWidth="true"/>
     <col min="3" max="3" width="20.98046875" customWidth="true"/>
     <col min="4" max="4" width="6.04296875" customWidth="true"/>
     <col min="5" max="5" width="10.765625" customWidth="true"/>
     <col min="6" max="6" width="10.765625" customWidth="true"/>
     <col min="7" max="7" width="10.765625" customWidth="true"/>
     <col min="8" max="8" width="10.765625" customWidth="true"/>
-    <col min="9" max="9" width="10.765625" customWidth="true"/>
-[...4 lines deleted...]
-    <col min="14" max="14" width="13.6875" customWidth="true"/>
+    <col min="9" max="9" width="11.26953125" customWidth="true"/>
+    <col min="10" max="10" width="14.3203125" customWidth="true"/>
+    <col min="11" max="11" width="11.8828125" customWidth="true"/>
+    <col min="12" max="12" width="13.79296875" customWidth="true"/>
+    <col min="13" max="13" width="13.6875" customWidth="true"/>
+    <col min="14" max="14" width="11.97265625" customWidth="true"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1"/>
       <c r="B1"/>
       <c r="C1"/>
       <c r="D1" t="inlineStr">
         <is>
           <t>Month</t>
         </is>
       </c>
       <c r="E1" t="inlineStr">
         <is>
-          <t>March 2025</t>
+          <t>April 2025</t>
         </is>
       </c>
       <c r="F1" t="inlineStr">
         <is>
-          <t>April 2025</t>
+          <t>May 2025</t>
         </is>
       </c>
       <c r="G1" t="inlineStr">
         <is>
-          <t>May 2025</t>
+          <t>June 2025</t>
         </is>
       </c>
       <c r="H1" t="inlineStr">
         <is>
-          <t>June 2025</t>
+          <t>July 2025</t>
         </is>
       </c>
       <c r="I1" t="inlineStr">
         <is>
-          <t>July 2025</t>
+          <t>August 2025</t>
         </is>
       </c>
       <c r="J1" t="inlineStr">
         <is>
-          <t>August 2025</t>
+          <t>September 2025</t>
         </is>
       </c>
       <c r="K1" t="inlineStr">
         <is>
-          <t>September 2025</t>
+          <t>October 2025</t>
         </is>
       </c>
       <c r="L1" t="inlineStr">
         <is>
-          <t>October 2025</t>
+          <t>November 2025</t>
         </is>
       </c>
       <c r="M1" t="inlineStr">
         <is>
-          <t>November 2025</t>
+          <t>December 2025</t>
         </is>
       </c>
       <c r="N1" t="inlineStr">
         <is>
-          <t>December 2025</t>
+          <t>January 2026</t>
         </is>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="inlineStr">
         <is>
           <t>All slaughtered animals</t>
         </is>
       </c>
       <c r="B2" t="inlineStr">
         <is>
           <t>Type of animal</t>
         </is>
       </c>
       <c r="C2"/>
     </row>
     <row r="3">
       <c r="A3" t="inlineStr">
         <is>
           <t>All slaughtered animals</t>
         </is>
       </c>
       <c r="B3" t="inlineStr">
         <is>
           <t>Cattle</t>
         </is>
       </c>
       <c r="C3" t="inlineStr">
         <is>
           <t>Number of slaughterings</t>
         </is>
       </c>
       <c r="D3"/>
       <c r="E3" s="1" t="n">
-        <v>64006.0</v>
+        <v>66200.0</v>
       </c>
       <c r="F3" s="1" t="n">
-        <v>66200.0</v>
+        <v>60778.0</v>
       </c>
       <c r="G3" s="1" t="n">
-        <v>60776.0</v>
+        <v>60592.0</v>
       </c>
       <c r="H3" s="1" t="n">
-        <v>60592.0</v>
+        <v>58945.0</v>
       </c>
       <c r="I3" s="1" t="n">
-        <v>58945.0</v>
+        <v>59690.0</v>
       </c>
       <c r="J3" s="1" t="n">
-        <v>59675.0</v>
+        <v>62599.0</v>
       </c>
       <c r="K3" s="1" t="n">
-        <v>62598.0</v>
+        <v>66990.0</v>
       </c>
       <c r="L3" s="1" t="n">
-        <v>66988.0</v>
+        <v>61224.0</v>
       </c>
       <c r="M3" s="1" t="n">
-        <v>61224.0</v>
+        <v>66183.0</v>
       </c>
       <c r="N3" s="1" t="n">
-        <v>66182.0</v>
+        <v>63823.0</v>
       </c>
     </row>
     <row r="4">
       <c r="A4"/>
       <c r="B4"/>
       <c r="C4" t="inlineStr">
         <is>
           <t>Slaughterweight</t>
         </is>
       </c>
       <c r="D4"/>
       <c r="E4" s="1" t="n">
-        <v>1.9747576E7</v>
+        <v>1.9946005E7</v>
       </c>
       <c r="F4" s="1" t="n">
-        <v>1.9946005E7</v>
+        <v>1.8854568E7</v>
       </c>
       <c r="G4" s="1" t="n">
-        <v>1.8854768E7</v>
+        <v>1.8740672E7</v>
       </c>
       <c r="H4" s="1" t="n">
-        <v>1.8740651E7</v>
+        <v>1.7304956E7</v>
       </c>
       <c r="I4" s="1" t="n">
-        <v>1.7304956E7</v>
+        <v>1.8219446E7</v>
       </c>
       <c r="J4" s="1" t="n">
-        <v>1.8211974E7</v>
+        <v>1.9132751E7</v>
       </c>
       <c r="K4" s="1" t="n">
-        <v>1.9132356E7</v>
+        <v>2.0188556E7</v>
       </c>
       <c r="L4" s="1" t="n">
-        <v>2.0187911E7</v>
+        <v>1.8467045E7</v>
       </c>
       <c r="M4" s="1" t="n">
-        <v>1.8467045E7</v>
+        <v>2.0195692E7</v>
       </c>
       <c r="N4" s="1" t="n">
-        <v>2.0207947E7</v>
+        <v>1.9780787E7</v>
       </c>
     </row>
     <row r="5">
       <c r="A5"/>
       <c r="B5" t="inlineStr">
         <is>
           <t>Pigs</t>
         </is>
       </c>
       <c r="C5" t="inlineStr">
         <is>
           <t>Number of slaughterings</t>
         </is>
       </c>
       <c r="D5"/>
       <c r="E5" s="1" t="n">
-        <v>742435.0</v>
+        <v>753217.0</v>
       </c>
       <c r="F5" s="1" t="n">
-        <v>753214.0</v>
+        <v>755098.0</v>
       </c>
       <c r="G5" s="1" t="n">
-        <v>755098.0</v>
+        <v>728210.0</v>
       </c>
       <c r="H5" s="1" t="n">
-        <v>728210.0</v>
+        <v>770345.0</v>
       </c>
       <c r="I5" s="1" t="n">
-        <v>770345.0</v>
+        <v>719361.0</v>
       </c>
       <c r="J5" s="1" t="n">
-        <v>719361.0</v>
+        <v>824729.0</v>
       </c>
       <c r="K5" s="1" t="n">
-        <v>824729.0</v>
+        <v>905621.0</v>
       </c>
       <c r="L5" s="1" t="n">
-        <v>905621.0</v>
+        <v>775857.0</v>
       </c>
       <c r="M5" s="1" t="n">
-        <v>775857.0</v>
+        <v>834054.0</v>
       </c>
       <c r="N5" s="1" t="n">
-        <v>833505.0</v>
+        <v>851098.0</v>
       </c>
     </row>
     <row r="6">
       <c r="A6"/>
       <c r="B6"/>
       <c r="C6" t="inlineStr">
         <is>
           <t>Slaughterweight</t>
         </is>
       </c>
       <c r="D6"/>
       <c r="E6" s="1" t="n">
-        <v>7.6055072E7</v>
+        <v>7.7327811E7</v>
       </c>
       <c r="F6" s="1" t="n">
-        <v>7.7327346E7</v>
+        <v>7.6700816E7</v>
       </c>
       <c r="G6" s="1" t="n">
-        <v>7.6700807E7</v>
+        <v>7.3381351E7</v>
       </c>
       <c r="H6" s="1" t="n">
-        <v>7.3381314E7</v>
+        <v>7.5930896E7</v>
       </c>
       <c r="I6" s="1" t="n">
-        <v>7.5930016E7</v>
+        <v>7.0774592E7</v>
       </c>
       <c r="J6" s="1" t="n">
-        <v>7.0774672E7</v>
+        <v>8.1563646E7</v>
       </c>
       <c r="K6" s="1" t="n">
-        <v>8.1563606E7</v>
+        <v>9.0557178E7</v>
       </c>
       <c r="L6" s="1" t="n">
-        <v>9.0557452E7</v>
+        <v>7.8227575E7</v>
       </c>
       <c r="M6" s="1" t="n">
-        <v>7.8227814E7</v>
+        <v>8.3251227E7</v>
       </c>
       <c r="N6" s="1" t="n">
-        <v>8.3135408E7</v>
+        <v>8.6450603E7</v>
       </c>
     </row>
     <row r="7">
       <c r="A7"/>
       <c r="B7" t="inlineStr">
         <is>
           <t>Sheep(total)</t>
         </is>
       </c>
       <c r="C7" t="inlineStr">
         <is>
           <t>Number of slaughterings</t>
         </is>
       </c>
       <c r="D7"/>
       <c r="E7" s="1" t="n">
-        <v>3326.0</v>
+        <v>5491.0</v>
       </c>
       <c r="F7" s="1" t="n">
-        <v>5491.0</v>
+        <v>3542.0</v>
       </c>
       <c r="G7" s="1" t="n">
-        <v>3542.0</v>
+        <v>6146.0</v>
       </c>
       <c r="H7" s="1" t="n">
-        <v>6147.0</v>
+        <v>4612.0</v>
       </c>
       <c r="I7" s="1" t="n">
-        <v>4612.0</v>
+        <v>5061.0</v>
       </c>
       <c r="J7" s="1" t="n">
-        <v>5061.0</v>
+        <v>6250.0</v>
       </c>
       <c r="K7" s="1" t="n">
-        <v>6250.0</v>
+        <v>6123.0</v>
       </c>
       <c r="L7" s="1" t="n">
-        <v>6123.0</v>
+        <v>5029.0</v>
       </c>
       <c r="M7" s="1" t="n">
-        <v>5029.0</v>
+        <v>6047.0</v>
       </c>
       <c r="N7" s="1" t="n">
-        <v>6048.0</v>
+        <v>3691.0</v>
       </c>
     </row>
     <row r="8">
       <c r="A8"/>
       <c r="B8"/>
       <c r="C8" t="inlineStr">
         <is>
           <t>Slaughterweight</t>
         </is>
       </c>
       <c r="D8"/>
       <c r="E8" s="1" t="n">
-        <v>77664.0</v>
+        <v>121405.0</v>
       </c>
       <c r="F8" s="1" t="n">
-        <v>121438.0</v>
+        <v>80157.0</v>
       </c>
       <c r="G8" s="1" t="n">
-        <v>80157.0</v>
+        <v>142534.0</v>
       </c>
       <c r="H8" s="1" t="n">
-        <v>142544.0</v>
+        <v>105635.0</v>
       </c>
       <c r="I8" s="1" t="n">
-        <v>105635.0</v>
+        <v>114202.0</v>
       </c>
       <c r="J8" s="1" t="n">
-        <v>114202.0</v>
+        <v>144168.0</v>
       </c>
       <c r="K8" s="1" t="n">
-        <v>144168.0</v>
+        <v>140180.0</v>
       </c>
       <c r="L8" s="1" t="n">
-        <v>140180.0</v>
+        <v>117145.0</v>
       </c>
       <c r="M8" s="1" t="n">
-        <v>117145.0</v>
+        <v>146053.0</v>
       </c>
       <c r="N8" s="1" t="n">
-        <v>146541.0</v>
+        <v>92186.0</v>
       </c>
     </row>
     <row r="9">
       <c r="A9"/>
       <c r="B9" t="inlineStr">
         <is>
           <t>Goats</t>
         </is>
       </c>
       <c r="C9" t="inlineStr">
         <is>
           <t>Number of slaughterings</t>
         </is>
       </c>
       <c r="D9"/>
-      <c r="E9" s="1" t="n">
-[...2 lines deleted...]
-      <c r="F9"/>
+      <c r="E9"/>
+      <c r="F9" s="1" t="n">
+        <v>2031.0</v>
+      </c>
       <c r="G9" s="1" t="n">
-        <v>2031.0</v>
-[...1 lines deleted...]
-      <c r="H9" s="1" t="n">
         <v>1568.0</v>
       </c>
-      <c r="I9"/>
+      <c r="H9"/>
+      <c r="I9" s="1" t="n">
+        <v>1199.0</v>
+      </c>
       <c r="J9" s="1" t="n">
-        <v>1199.0</v>
+        <v>906.0</v>
       </c>
       <c r="K9" s="1" t="n">
-        <v>906.0</v>
-[...1 lines deleted...]
-      <c r="L9" s="1" t="n">
         <v>1744.0</v>
       </c>
-      <c r="M9"/>
+      <c r="L9"/>
+      <c r="M9" s="1" t="n">
+        <v>1907.0</v>
+      </c>
       <c r="N9" s="1" t="n">
-        <v>1907.0</v>
+        <v>1592.0</v>
       </c>
     </row>
     <row r="10">
       <c r="A10"/>
       <c r="B10"/>
       <c r="C10" t="inlineStr">
         <is>
           <t>Slaughterweight</t>
         </is>
       </c>
       <c r="D10"/>
-      <c r="E10" s="1" t="n">
-[...2 lines deleted...]
-      <c r="F10"/>
+      <c r="E10"/>
+      <c r="F10" s="1" t="n">
+        <v>29366.0</v>
+      </c>
       <c r="G10" s="1" t="n">
-        <v>29366.0</v>
-[...1 lines deleted...]
-      <c r="H10" s="1" t="n">
         <v>23418.0</v>
       </c>
-      <c r="I10"/>
+      <c r="H10"/>
+      <c r="I10" s="1" t="n">
+        <v>21568.0</v>
+      </c>
       <c r="J10" s="1" t="n">
-        <v>21568.0</v>
+        <v>17799.0</v>
       </c>
       <c r="K10" s="1" t="n">
-        <v>17799.0</v>
-[...1 lines deleted...]
-      <c r="L10" s="1" t="n">
         <v>46267.0</v>
       </c>
-      <c r="M10"/>
+      <c r="L10"/>
+      <c r="M10" s="1" t="n">
+        <v>45343.0</v>
+      </c>
       <c r="N10" s="1" t="n">
-        <v>45887.0</v>
+        <v>33791.0</v>
       </c>
     </row>
     <row r="11">
       <c r="A11"/>
       <c r="B11" t="inlineStr">
         <is>
           <t>Equidae</t>
         </is>
       </c>
       <c r="C11" t="inlineStr">
         <is>
           <t>Number of slaughterings</t>
         </is>
       </c>
       <c r="D11"/>
-      <c r="E11" s="1" t="n">
-[...2 lines deleted...]
-      <c r="F11"/>
+      <c r="E11"/>
+      <c r="F11" s="1" t="n">
+        <v>123.0</v>
+      </c>
       <c r="G11" s="1" t="n">
-        <v>123.0</v>
-[...1 lines deleted...]
-      <c r="H11" s="1" t="n">
         <v>131.0</v>
       </c>
-      <c r="I11"/>
+      <c r="H11"/>
+      <c r="I11" s="1" t="n">
+        <v>150.0</v>
+      </c>
       <c r="J11" s="1" t="n">
         <v>150.0</v>
       </c>
       <c r="K11" s="1" t="n">
-        <v>150.0</v>
-[...1 lines deleted...]
-      <c r="L11" s="1" t="n">
         <v>167.0</v>
       </c>
-      <c r="M11"/>
+      <c r="L11"/>
+      <c r="M11" s="1" t="n">
+        <v>131.0</v>
+      </c>
       <c r="N11" s="1" t="n">
-        <v>131.0</v>
+        <v>180.0</v>
       </c>
     </row>
     <row r="12">
       <c r="A12"/>
       <c r="B12"/>
       <c r="C12" t="inlineStr">
         <is>
           <t>Slaughterweight</t>
         </is>
       </c>
       <c r="D12"/>
-      <c r="E12" s="1" t="n">
-[...2 lines deleted...]
-      <c r="F12"/>
+      <c r="E12"/>
+      <c r="F12" s="1" t="n">
+        <v>40691.0</v>
+      </c>
       <c r="G12" s="1" t="n">
-        <v>40691.0</v>
-[...1 lines deleted...]
-      <c r="H12" s="1" t="n">
         <v>42812.0</v>
       </c>
-      <c r="I12"/>
+      <c r="H12"/>
+      <c r="I12" s="1" t="n">
+        <v>48498.0</v>
+      </c>
       <c r="J12" s="1" t="n">
-        <v>48498.0</v>
+        <v>49221.0</v>
       </c>
       <c r="K12" s="1" t="n">
-        <v>49221.0</v>
-[...1 lines deleted...]
-      <c r="L12" s="1" t="n">
         <v>52094.0</v>
       </c>
-      <c r="M12"/>
+      <c r="L12"/>
+      <c r="M12" s="1" t="n">
+        <v>41722.0</v>
+      </c>
       <c r="N12" s="1" t="n">
-        <v>41722.0</v>
+        <v>57005.0</v>
       </c>
     </row>
     <row r="13">
       <c r="A13"/>
       <c r="B13" t="inlineStr">
         <is>
           <t>Poultry</t>
         </is>
       </c>
       <c r="C13" t="inlineStr">
         <is>
           <t>Number of slaughterings</t>
         </is>
       </c>
       <c r="D13"/>
       <c r="E13" s="1" t="n">
-        <v>2.4859758E7</v>
+        <v>2.76386E7</v>
       </c>
       <c r="F13" s="1" t="n">
-        <v>2.76386E7</v>
+        <v>2.745236E7</v>
       </c>
       <c r="G13" s="1" t="n">
-        <v>2.745236E7</v>
+        <v>2.6744839E7</v>
       </c>
       <c r="H13" s="1" t="n">
-        <v>2.6744839E7</v>
+        <v>2.687658E7</v>
       </c>
       <c r="I13" s="1" t="n">
-        <v>2.687658E7</v>
+        <v>2.4950112E7</v>
       </c>
       <c r="J13" s="1" t="n">
-        <v>2.4950112E7</v>
+        <v>2.761177E7</v>
       </c>
       <c r="K13" s="1" t="n">
-        <v>2.761177E7</v>
+        <v>2.8904117E7</v>
       </c>
       <c r="L13" s="1" t="n">
-        <v>2.8904117E7</v>
+        <v>2.288116E7</v>
       </c>
       <c r="M13" s="1" t="n">
-        <v>2.288116E7</v>
+        <v>2.6118238E7</v>
       </c>
       <c r="N13" s="1" t="n">
-        <v>2.6118591E7</v>
+        <v>2.6505432E7</v>
       </c>
     </row>
     <row r="14">
       <c r="A14"/>
       <c r="B14"/>
       <c r="C14" t="inlineStr">
         <is>
           <t>Slaughterweight</t>
         </is>
       </c>
       <c r="D14"/>
       <c r="E14" s="1" t="n">
-        <v>4.3211688E7</v>
+        <v>4.7719617E7</v>
       </c>
       <c r="F14" s="1" t="n">
-        <v>4.7212318E7</v>
+        <v>4.6942541E7</v>
       </c>
       <c r="G14" s="1" t="n">
-        <v>4.6416577E7</v>
+        <v>4.5911841E7</v>
       </c>
       <c r="H14" s="1" t="n">
-        <v>4.544515E7</v>
+        <v>4.6328122E7</v>
       </c>
       <c r="I14" s="1" t="n">
-        <v>4.6328122E7</v>
+        <v>4.2987747E7</v>
       </c>
       <c r="J14" s="1" t="n">
-        <v>4.2987747E7</v>
+        <v>4.8244218E7</v>
       </c>
       <c r="K14" s="1" t="n">
-        <v>4.8244218E7</v>
+        <v>5.07679E7</v>
       </c>
       <c r="L14" s="1" t="n">
-        <v>5.07679E7</v>
+        <v>4.0908247E7</v>
       </c>
       <c r="M14" s="1" t="n">
-        <v>4.0908247E7</v>
+        <v>4.5752237E7</v>
       </c>
       <c r="N14" s="1" t="n">
-        <v>4.5633205E7</v>
+        <v>4.7064889E7</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="inlineStr">
         <is>
           <t>All slaughtered animals</t>
         </is>
       </c>
       <c r="B15"/>
       <c r="C15" t="inlineStr">
         <is>
           <t>Number of slaughterings</t>
         </is>
       </c>
       <c r="D15"/>
       <c r="E15" s="1" t="n">
-        <v>2.5673779E7</v>
+        <v>2.8468337E7</v>
       </c>
       <c r="F15" s="1" t="n">
-        <v>2.8468333E7</v>
+        <v>2.8273932E7</v>
       </c>
       <c r="G15" s="1" t="n">
-        <v>2.827393E7</v>
+        <v>2.7541486E7</v>
       </c>
       <c r="H15" s="1" t="n">
-        <v>2.7541487E7</v>
+        <v>2.7712185E7</v>
       </c>
       <c r="I15" s="1" t="n">
-        <v>2.7712185E7</v>
+        <v>2.5735573E7</v>
       </c>
       <c r="J15" s="1" t="n">
-        <v>2.5735558E7</v>
+        <v>2.8506404E7</v>
       </c>
       <c r="K15" s="1" t="n">
-        <v>2.8506403E7</v>
+        <v>2.9884762E7</v>
       </c>
       <c r="L15" s="1" t="n">
-        <v>2.988476E7</v>
+        <v>2.3724896E7</v>
       </c>
       <c r="M15" s="1" t="n">
-        <v>2.3724896E7</v>
+        <v>2.702656E7</v>
       </c>
       <c r="N15" s="1" t="n">
-        <v>2.7026364E7</v>
+        <v>2.7425816E7</v>
       </c>
     </row>
     <row r="16">
       <c r="A16"/>
       <c r="B16"/>
       <c r="C16" t="inlineStr">
         <is>
           <t>Slaughterweight</t>
         </is>
       </c>
       <c r="D16"/>
       <c r="E16" s="1" t="n">
-        <v>1.39177538E8</v>
+        <v>1.452086E8</v>
       </c>
       <c r="F16" s="1" t="n">
-        <v>1.44700868E8</v>
+        <v>1.42648139E8</v>
       </c>
       <c r="G16" s="1" t="n">
-        <v>1.42122366E8</v>
+        <v>1.38242628E8</v>
       </c>
       <c r="H16" s="1" t="n">
-        <v>1.37775889E8</v>
+        <v>1.39733984E8</v>
       </c>
       <c r="I16" s="1" t="n">
-        <v>1.39733104E8</v>
+        <v>1.32166053E8</v>
       </c>
       <c r="J16" s="1" t="n">
-        <v>1.32158661E8</v>
+        <v>1.49151803E8</v>
       </c>
       <c r="K16" s="1" t="n">
-        <v>1.49151368E8</v>
+        <v>1.61752175E8</v>
       </c>
       <c r="L16" s="1" t="n">
-        <v>1.61751804E8</v>
+        <v>1.3780333E8</v>
       </c>
       <c r="M16" s="1" t="n">
-        <v>1.37803569E8</v>
+        <v>1.49432274E8</v>
       </c>
       <c r="N16" s="1" t="n">
-        <v>1.4921071E8</v>
+        <v>1.53479261E8</v>
       </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <cols>
     <col min="1" max="1" width="19.98828125" customWidth="true"/>
     <col min="2" max="2" width="12.94140625" customWidth="true"/>
     <col min="3" max="3" width="14.3203125" customWidth="true"/>
     <col min="4" max="4" width="20.98046875" customWidth="true"/>
     <col min="5" max="5" width="14.0625" customWidth="true"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" t="inlineStr">
         <is>
@@ -863,1575 +863,1575 @@
       </c>
       <c r="D1" t="inlineStr">
         <is>
           <t>Number of slaughterings</t>
         </is>
       </c>
       <c r="E1" t="inlineStr">
         <is>
           <t>Slaughterweight</t>
         </is>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="inlineStr">
         <is>
           <t>All slaughtered animals</t>
         </is>
       </c>
       <c r="B2" t="inlineStr">
         <is>
           <t>Cattle</t>
         </is>
       </c>
       <c r="C2" t="inlineStr">
         <is>
-          <t>March 2025</t>
+          <t>April 2025</t>
         </is>
       </c>
       <c r="D2" s="1" t="n">
-        <v>64006.0</v>
+        <v>66200.0</v>
       </c>
       <c r="E2" s="1" t="n">
-        <v>1.9747576E7</v>
+        <v>1.9946005E7</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="inlineStr">
         <is>
           <t>All slaughtered animals</t>
         </is>
       </c>
       <c r="B3" t="inlineStr">
         <is>
           <t>Cattle</t>
         </is>
       </c>
       <c r="C3" t="inlineStr">
         <is>
-          <t>April 2025</t>
+          <t>May 2025</t>
         </is>
       </c>
       <c r="D3" s="1" t="n">
-        <v>66200.0</v>
+        <v>60778.0</v>
       </c>
       <c r="E3" s="1" t="n">
-        <v>1.9946005E7</v>
+        <v>1.8854568E7</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="inlineStr">
         <is>
           <t>All slaughtered animals</t>
         </is>
       </c>
       <c r="B4" t="inlineStr">
         <is>
           <t>Cattle</t>
         </is>
       </c>
       <c r="C4" t="inlineStr">
         <is>
-          <t>May 2025</t>
+          <t>June 2025</t>
         </is>
       </c>
       <c r="D4" s="1" t="n">
-        <v>60776.0</v>
+        <v>60592.0</v>
       </c>
       <c r="E4" s="1" t="n">
-        <v>1.8854768E7</v>
+        <v>1.8740672E7</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="inlineStr">
         <is>
           <t>All slaughtered animals</t>
         </is>
       </c>
       <c r="B5" t="inlineStr">
         <is>
           <t>Cattle</t>
         </is>
       </c>
       <c r="C5" t="inlineStr">
         <is>
-          <t>June 2025</t>
+          <t>July 2025</t>
         </is>
       </c>
       <c r="D5" s="1" t="n">
-        <v>60592.0</v>
+        <v>58945.0</v>
       </c>
       <c r="E5" s="1" t="n">
-        <v>1.8740651E7</v>
+        <v>1.7304956E7</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="inlineStr">
         <is>
           <t>All slaughtered animals</t>
         </is>
       </c>
       <c r="B6" t="inlineStr">
         <is>
           <t>Cattle</t>
         </is>
       </c>
       <c r="C6" t="inlineStr">
         <is>
-          <t>July 2025</t>
+          <t>August 2025</t>
         </is>
       </c>
       <c r="D6" s="1" t="n">
-        <v>58945.0</v>
+        <v>59690.0</v>
       </c>
       <c r="E6" s="1" t="n">
-        <v>1.7304956E7</v>
+        <v>1.8219446E7</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="inlineStr">
         <is>
           <t>All slaughtered animals</t>
         </is>
       </c>
       <c r="B7" t="inlineStr">
         <is>
           <t>Cattle</t>
         </is>
       </c>
       <c r="C7" t="inlineStr">
         <is>
-          <t>August 2025</t>
+          <t>September 2025</t>
         </is>
       </c>
       <c r="D7" s="1" t="n">
-        <v>59675.0</v>
+        <v>62599.0</v>
       </c>
       <c r="E7" s="1" t="n">
-        <v>1.8211974E7</v>
+        <v>1.9132751E7</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="inlineStr">
         <is>
           <t>All slaughtered animals</t>
         </is>
       </c>
       <c r="B8" t="inlineStr">
         <is>
           <t>Cattle</t>
         </is>
       </c>
       <c r="C8" t="inlineStr">
         <is>
-          <t>September 2025</t>
+          <t>October 2025</t>
         </is>
       </c>
       <c r="D8" s="1" t="n">
-        <v>62598.0</v>
+        <v>66990.0</v>
       </c>
       <c r="E8" s="1" t="n">
-        <v>1.9132356E7</v>
+        <v>2.0188556E7</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="inlineStr">
         <is>
           <t>All slaughtered animals</t>
         </is>
       </c>
       <c r="B9" t="inlineStr">
         <is>
           <t>Cattle</t>
         </is>
       </c>
       <c r="C9" t="inlineStr">
         <is>
-          <t>October 2025</t>
+          <t>November 2025</t>
         </is>
       </c>
       <c r="D9" s="1" t="n">
-        <v>66988.0</v>
+        <v>61224.0</v>
       </c>
       <c r="E9" s="1" t="n">
-        <v>2.0187911E7</v>
+        <v>1.8467045E7</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="inlineStr">
         <is>
           <t>All slaughtered animals</t>
         </is>
       </c>
       <c r="B10" t="inlineStr">
         <is>
           <t>Cattle</t>
         </is>
       </c>
       <c r="C10" t="inlineStr">
         <is>
-          <t>November 2025</t>
+          <t>December 2025</t>
         </is>
       </c>
       <c r="D10" s="1" t="n">
-        <v>61224.0</v>
+        <v>66183.0</v>
       </c>
       <c r="E10" s="1" t="n">
-        <v>1.8467045E7</v>
+        <v>2.0195692E7</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="inlineStr">
         <is>
           <t>All slaughtered animals</t>
         </is>
       </c>
       <c r="B11" t="inlineStr">
         <is>
           <t>Cattle</t>
         </is>
       </c>
       <c r="C11" t="inlineStr">
         <is>
-          <t>December 2025</t>
+          <t>January 2026</t>
         </is>
       </c>
       <c r="D11" s="1" t="n">
-        <v>66182.0</v>
+        <v>63823.0</v>
       </c>
       <c r="E11" s="1" t="n">
-        <v>2.0207947E7</v>
+        <v>1.9780787E7</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="inlineStr">
         <is>
           <t>All slaughtered animals</t>
         </is>
       </c>
       <c r="B12" t="inlineStr">
         <is>
           <t>Pigs</t>
         </is>
       </c>
       <c r="C12" t="inlineStr">
         <is>
-          <t>March 2025</t>
+          <t>April 2025</t>
         </is>
       </c>
       <c r="D12" s="1" t="n">
-        <v>742435.0</v>
+        <v>753217.0</v>
       </c>
       <c r="E12" s="1" t="n">
-        <v>7.6055072E7</v>
+        <v>7.7327811E7</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="inlineStr">
         <is>
           <t>All slaughtered animals</t>
         </is>
       </c>
       <c r="B13" t="inlineStr">
         <is>
           <t>Pigs</t>
         </is>
       </c>
       <c r="C13" t="inlineStr">
         <is>
-          <t>April 2025</t>
+          <t>May 2025</t>
         </is>
       </c>
       <c r="D13" s="1" t="n">
-        <v>753214.0</v>
+        <v>755098.0</v>
       </c>
       <c r="E13" s="1" t="n">
-        <v>7.7327346E7</v>
+        <v>7.6700816E7</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="inlineStr">
         <is>
           <t>All slaughtered animals</t>
         </is>
       </c>
       <c r="B14" t="inlineStr">
         <is>
           <t>Pigs</t>
         </is>
       </c>
       <c r="C14" t="inlineStr">
         <is>
-          <t>May 2025</t>
+          <t>June 2025</t>
         </is>
       </c>
       <c r="D14" s="1" t="n">
-        <v>755098.0</v>
+        <v>728210.0</v>
       </c>
       <c r="E14" s="1" t="n">
-        <v>7.6700807E7</v>
+        <v>7.3381351E7</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="inlineStr">
         <is>
           <t>All slaughtered animals</t>
         </is>
       </c>
       <c r="B15" t="inlineStr">
         <is>
           <t>Pigs</t>
         </is>
       </c>
       <c r="C15" t="inlineStr">
         <is>
-          <t>June 2025</t>
+          <t>July 2025</t>
         </is>
       </c>
       <c r="D15" s="1" t="n">
-        <v>728210.0</v>
+        <v>770345.0</v>
       </c>
       <c r="E15" s="1" t="n">
-        <v>7.3381314E7</v>
+        <v>7.5930896E7</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="inlineStr">
         <is>
           <t>All slaughtered animals</t>
         </is>
       </c>
       <c r="B16" t="inlineStr">
         <is>
           <t>Pigs</t>
         </is>
       </c>
       <c r="C16" t="inlineStr">
         <is>
-          <t>July 2025</t>
+          <t>August 2025</t>
         </is>
       </c>
       <c r="D16" s="1" t="n">
-        <v>770345.0</v>
+        <v>719361.0</v>
       </c>
       <c r="E16" s="1" t="n">
-        <v>7.5930016E7</v>
+        <v>7.0774592E7</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="inlineStr">
         <is>
           <t>All slaughtered animals</t>
         </is>
       </c>
       <c r="B17" t="inlineStr">
         <is>
           <t>Pigs</t>
         </is>
       </c>
       <c r="C17" t="inlineStr">
         <is>
-          <t>August 2025</t>
+          <t>September 2025</t>
         </is>
       </c>
       <c r="D17" s="1" t="n">
-        <v>719361.0</v>
+        <v>824729.0</v>
       </c>
       <c r="E17" s="1" t="n">
-        <v>7.0774672E7</v>
+        <v>8.1563646E7</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="inlineStr">
         <is>
           <t>All slaughtered animals</t>
         </is>
       </c>
       <c r="B18" t="inlineStr">
         <is>
           <t>Pigs</t>
         </is>
       </c>
       <c r="C18" t="inlineStr">
         <is>
-          <t>September 2025</t>
+          <t>October 2025</t>
         </is>
       </c>
       <c r="D18" s="1" t="n">
-        <v>824729.0</v>
+        <v>905621.0</v>
       </c>
       <c r="E18" s="1" t="n">
-        <v>8.1563606E7</v>
+        <v>9.0557178E7</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="inlineStr">
         <is>
           <t>All slaughtered animals</t>
         </is>
       </c>
       <c r="B19" t="inlineStr">
         <is>
           <t>Pigs</t>
         </is>
       </c>
       <c r="C19" t="inlineStr">
         <is>
-          <t>October 2025</t>
+          <t>November 2025</t>
         </is>
       </c>
       <c r="D19" s="1" t="n">
-        <v>905621.0</v>
+        <v>775857.0</v>
       </c>
       <c r="E19" s="1" t="n">
-        <v>9.0557452E7</v>
+        <v>7.8227575E7</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="inlineStr">
         <is>
           <t>All slaughtered animals</t>
         </is>
       </c>
       <c r="B20" t="inlineStr">
         <is>
           <t>Pigs</t>
         </is>
       </c>
       <c r="C20" t="inlineStr">
         <is>
-          <t>November 2025</t>
+          <t>December 2025</t>
         </is>
       </c>
       <c r="D20" s="1" t="n">
-        <v>775857.0</v>
+        <v>834054.0</v>
       </c>
       <c r="E20" s="1" t="n">
-        <v>7.8227814E7</v>
+        <v>8.3251227E7</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="inlineStr">
         <is>
           <t>All slaughtered animals</t>
         </is>
       </c>
       <c r="B21" t="inlineStr">
         <is>
           <t>Pigs</t>
         </is>
       </c>
       <c r="C21" t="inlineStr">
         <is>
-          <t>December 2025</t>
+          <t>January 2026</t>
         </is>
       </c>
       <c r="D21" s="1" t="n">
-        <v>833505.0</v>
+        <v>851098.0</v>
       </c>
       <c r="E21" s="1" t="n">
-        <v>8.3135408E7</v>
+        <v>8.6450603E7</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="inlineStr">
         <is>
           <t>All slaughtered animals</t>
         </is>
       </c>
       <c r="B22" t="inlineStr">
         <is>
           <t>Sheep(total)</t>
         </is>
       </c>
       <c r="C22" t="inlineStr">
         <is>
-          <t>March 2025</t>
+          <t>April 2025</t>
         </is>
       </c>
       <c r="D22" s="1" t="n">
-        <v>3326.0</v>
+        <v>5491.0</v>
       </c>
       <c r="E22" s="1" t="n">
-        <v>77664.0</v>
+        <v>121405.0</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="inlineStr">
         <is>
           <t>All slaughtered animals</t>
         </is>
       </c>
       <c r="B23" t="inlineStr">
         <is>
           <t>Sheep(total)</t>
         </is>
       </c>
       <c r="C23" t="inlineStr">
         <is>
-          <t>April 2025</t>
+          <t>May 2025</t>
         </is>
       </c>
       <c r="D23" s="1" t="n">
-        <v>5491.0</v>
+        <v>3542.0</v>
       </c>
       <c r="E23" s="1" t="n">
-        <v>121438.0</v>
+        <v>80157.0</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="inlineStr">
         <is>
           <t>All slaughtered animals</t>
         </is>
       </c>
       <c r="B24" t="inlineStr">
         <is>
           <t>Sheep(total)</t>
         </is>
       </c>
       <c r="C24" t="inlineStr">
         <is>
-          <t>May 2025</t>
+          <t>June 2025</t>
         </is>
       </c>
       <c r="D24" s="1" t="n">
-        <v>3542.0</v>
+        <v>6146.0</v>
       </c>
       <c r="E24" s="1" t="n">
-        <v>80157.0</v>
+        <v>142534.0</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="inlineStr">
         <is>
           <t>All slaughtered animals</t>
         </is>
       </c>
       <c r="B25" t="inlineStr">
         <is>
           <t>Sheep(total)</t>
         </is>
       </c>
       <c r="C25" t="inlineStr">
         <is>
-          <t>June 2025</t>
+          <t>July 2025</t>
         </is>
       </c>
       <c r="D25" s="1" t="n">
-        <v>6147.0</v>
+        <v>4612.0</v>
       </c>
       <c r="E25" s="1" t="n">
-        <v>142544.0</v>
+        <v>105635.0</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="inlineStr">
         <is>
           <t>All slaughtered animals</t>
         </is>
       </c>
       <c r="B26" t="inlineStr">
         <is>
           <t>Sheep(total)</t>
         </is>
       </c>
       <c r="C26" t="inlineStr">
         <is>
-          <t>July 2025</t>
+          <t>August 2025</t>
         </is>
       </c>
       <c r="D26" s="1" t="n">
-        <v>4612.0</v>
+        <v>5061.0</v>
       </c>
       <c r="E26" s="1" t="n">
-        <v>105635.0</v>
+        <v>114202.0</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="inlineStr">
         <is>
           <t>All slaughtered animals</t>
         </is>
       </c>
       <c r="B27" t="inlineStr">
         <is>
           <t>Sheep(total)</t>
         </is>
       </c>
       <c r="C27" t="inlineStr">
         <is>
-          <t>August 2025</t>
+          <t>September 2025</t>
         </is>
       </c>
       <c r="D27" s="1" t="n">
-        <v>5061.0</v>
+        <v>6250.0</v>
       </c>
       <c r="E27" s="1" t="n">
-        <v>114202.0</v>
+        <v>144168.0</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="inlineStr">
         <is>
           <t>All slaughtered animals</t>
         </is>
       </c>
       <c r="B28" t="inlineStr">
         <is>
           <t>Sheep(total)</t>
         </is>
       </c>
       <c r="C28" t="inlineStr">
         <is>
-          <t>September 2025</t>
+          <t>October 2025</t>
         </is>
       </c>
       <c r="D28" s="1" t="n">
-        <v>6250.0</v>
+        <v>6123.0</v>
       </c>
       <c r="E28" s="1" t="n">
-        <v>144168.0</v>
+        <v>140180.0</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="inlineStr">
         <is>
           <t>All slaughtered animals</t>
         </is>
       </c>
       <c r="B29" t="inlineStr">
         <is>
           <t>Sheep(total)</t>
         </is>
       </c>
       <c r="C29" t="inlineStr">
         <is>
-          <t>October 2025</t>
+          <t>November 2025</t>
         </is>
       </c>
       <c r="D29" s="1" t="n">
-        <v>6123.0</v>
+        <v>5029.0</v>
       </c>
       <c r="E29" s="1" t="n">
-        <v>140180.0</v>
+        <v>117145.0</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="inlineStr">
         <is>
           <t>All slaughtered animals</t>
         </is>
       </c>
       <c r="B30" t="inlineStr">
         <is>
           <t>Sheep(total)</t>
         </is>
       </c>
       <c r="C30" t="inlineStr">
         <is>
-          <t>November 2025</t>
+          <t>December 2025</t>
         </is>
       </c>
       <c r="D30" s="1" t="n">
-        <v>5029.0</v>
+        <v>6047.0</v>
       </c>
       <c r="E30" s="1" t="n">
-        <v>117145.0</v>
+        <v>146053.0</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="inlineStr">
         <is>
           <t>All slaughtered animals</t>
         </is>
       </c>
       <c r="B31" t="inlineStr">
         <is>
           <t>Sheep(total)</t>
         </is>
       </c>
       <c r="C31" t="inlineStr">
         <is>
-          <t>December 2025</t>
+          <t>January 2026</t>
         </is>
       </c>
       <c r="D31" s="1" t="n">
-        <v>6048.0</v>
+        <v>3691.0</v>
       </c>
       <c r="E31" s="1" t="n">
-        <v>146541.0</v>
+        <v>92186.0</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="inlineStr">
         <is>
           <t>All slaughtered animals</t>
         </is>
       </c>
       <c r="B32" t="inlineStr">
         <is>
           <t>Goats</t>
         </is>
       </c>
       <c r="C32" t="inlineStr">
         <is>
-          <t>March 2025</t>
-[...7 lines deleted...]
-      </c>
+          <t>April 2025</t>
+        </is>
+      </c>
+      <c r="D32"/>
+      <c r="E32"/>
     </row>
     <row r="33">
       <c r="A33" t="inlineStr">
         <is>
           <t>All slaughtered animals</t>
         </is>
       </c>
       <c r="B33" t="inlineStr">
         <is>
           <t>Goats</t>
         </is>
       </c>
       <c r="C33" t="inlineStr">
         <is>
-          <t>April 2025</t>
-[...3 lines deleted...]
-      <c r="E33"/>
+          <t>May 2025</t>
+        </is>
+      </c>
+      <c r="D33" s="1" t="n">
+        <v>2031.0</v>
+      </c>
+      <c r="E33" s="1" t="n">
+        <v>29366.0</v>
+      </c>
     </row>
     <row r="34">
       <c r="A34" t="inlineStr">
         <is>
           <t>All slaughtered animals</t>
         </is>
       </c>
       <c r="B34" t="inlineStr">
         <is>
           <t>Goats</t>
         </is>
       </c>
       <c r="C34" t="inlineStr">
         <is>
-          <t>May 2025</t>
+          <t>June 2025</t>
         </is>
       </c>
       <c r="D34" s="1" t="n">
-        <v>2031.0</v>
+        <v>1568.0</v>
       </c>
       <c r="E34" s="1" t="n">
-        <v>29366.0</v>
+        <v>23418.0</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" t="inlineStr">
         <is>
           <t>All slaughtered animals</t>
         </is>
       </c>
       <c r="B35" t="inlineStr">
         <is>
           <t>Goats</t>
         </is>
       </c>
       <c r="C35" t="inlineStr">
         <is>
-          <t>June 2025</t>
-[...7 lines deleted...]
-      </c>
+          <t>July 2025</t>
+        </is>
+      </c>
+      <c r="D35"/>
+      <c r="E35"/>
     </row>
     <row r="36">
       <c r="A36" t="inlineStr">
         <is>
           <t>All slaughtered animals</t>
         </is>
       </c>
       <c r="B36" t="inlineStr">
         <is>
           <t>Goats</t>
         </is>
       </c>
       <c r="C36" t="inlineStr">
         <is>
-          <t>July 2025</t>
-[...3 lines deleted...]
-      <c r="E36"/>
+          <t>August 2025</t>
+        </is>
+      </c>
+      <c r="D36" s="1" t="n">
+        <v>1199.0</v>
+      </c>
+      <c r="E36" s="1" t="n">
+        <v>21568.0</v>
+      </c>
     </row>
     <row r="37">
       <c r="A37" t="inlineStr">
         <is>
           <t>All slaughtered animals</t>
         </is>
       </c>
       <c r="B37" t="inlineStr">
         <is>
           <t>Goats</t>
         </is>
       </c>
       <c r="C37" t="inlineStr">
         <is>
-          <t>August 2025</t>
+          <t>September 2025</t>
         </is>
       </c>
       <c r="D37" s="1" t="n">
-        <v>1199.0</v>
+        <v>906.0</v>
       </c>
       <c r="E37" s="1" t="n">
-        <v>21568.0</v>
+        <v>17799.0</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" t="inlineStr">
         <is>
           <t>All slaughtered animals</t>
         </is>
       </c>
       <c r="B38" t="inlineStr">
         <is>
           <t>Goats</t>
         </is>
       </c>
       <c r="C38" t="inlineStr">
         <is>
-          <t>September 2025</t>
+          <t>October 2025</t>
         </is>
       </c>
       <c r="D38" s="1" t="n">
-        <v>906.0</v>
+        <v>1744.0</v>
       </c>
       <c r="E38" s="1" t="n">
-        <v>17799.0</v>
+        <v>46267.0</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" t="inlineStr">
         <is>
           <t>All slaughtered animals</t>
         </is>
       </c>
       <c r="B39" t="inlineStr">
         <is>
           <t>Goats</t>
         </is>
       </c>
       <c r="C39" t="inlineStr">
         <is>
-          <t>October 2025</t>
-[...7 lines deleted...]
-      </c>
+          <t>November 2025</t>
+        </is>
+      </c>
+      <c r="D39"/>
+      <c r="E39"/>
     </row>
     <row r="40">
       <c r="A40" t="inlineStr">
         <is>
           <t>All slaughtered animals</t>
         </is>
       </c>
       <c r="B40" t="inlineStr">
         <is>
           <t>Goats</t>
         </is>
       </c>
       <c r="C40" t="inlineStr">
         <is>
-          <t>November 2025</t>
-[...3 lines deleted...]
-      <c r="E40"/>
+          <t>December 2025</t>
+        </is>
+      </c>
+      <c r="D40" s="1" t="n">
+        <v>1907.0</v>
+      </c>
+      <c r="E40" s="1" t="n">
+        <v>45343.0</v>
+      </c>
     </row>
     <row r="41">
       <c r="A41" t="inlineStr">
         <is>
           <t>All slaughtered animals</t>
         </is>
       </c>
       <c r="B41" t="inlineStr">
         <is>
           <t>Goats</t>
         </is>
       </c>
       <c r="C41" t="inlineStr">
         <is>
-          <t>December 2025</t>
+          <t>January 2026</t>
         </is>
       </c>
       <c r="D41" s="1" t="n">
-        <v>1907.0</v>
+        <v>1592.0</v>
       </c>
       <c r="E41" s="1" t="n">
-        <v>45887.0</v>
+        <v>33791.0</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" t="inlineStr">
         <is>
           <t>All slaughtered animals</t>
         </is>
       </c>
       <c r="B42" t="inlineStr">
         <is>
           <t>Equidae</t>
         </is>
       </c>
       <c r="C42" t="inlineStr">
         <is>
-          <t>March 2025</t>
-[...7 lines deleted...]
-      </c>
+          <t>April 2025</t>
+        </is>
+      </c>
+      <c r="D42"/>
+      <c r="E42"/>
     </row>
     <row r="43">
       <c r="A43" t="inlineStr">
         <is>
           <t>All slaughtered animals</t>
         </is>
       </c>
       <c r="B43" t="inlineStr">
         <is>
           <t>Equidae</t>
         </is>
       </c>
       <c r="C43" t="inlineStr">
         <is>
-          <t>April 2025</t>
-[...3 lines deleted...]
-      <c r="E43"/>
+          <t>May 2025</t>
+        </is>
+      </c>
+      <c r="D43" s="1" t="n">
+        <v>123.0</v>
+      </c>
+      <c r="E43" s="1" t="n">
+        <v>40691.0</v>
+      </c>
     </row>
     <row r="44">
       <c r="A44" t="inlineStr">
         <is>
           <t>All slaughtered animals</t>
         </is>
       </c>
       <c r="B44" t="inlineStr">
         <is>
           <t>Equidae</t>
         </is>
       </c>
       <c r="C44" t="inlineStr">
         <is>
-          <t>May 2025</t>
+          <t>June 2025</t>
         </is>
       </c>
       <c r="D44" s="1" t="n">
-        <v>123.0</v>
+        <v>131.0</v>
       </c>
       <c r="E44" s="1" t="n">
-        <v>40691.0</v>
+        <v>42812.0</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" t="inlineStr">
         <is>
           <t>All slaughtered animals</t>
         </is>
       </c>
       <c r="B45" t="inlineStr">
         <is>
           <t>Equidae</t>
         </is>
       </c>
       <c r="C45" t="inlineStr">
         <is>
-          <t>June 2025</t>
-[...7 lines deleted...]
-      </c>
+          <t>July 2025</t>
+        </is>
+      </c>
+      <c r="D45"/>
+      <c r="E45"/>
     </row>
     <row r="46">
       <c r="A46" t="inlineStr">
         <is>
           <t>All slaughtered animals</t>
         </is>
       </c>
       <c r="B46" t="inlineStr">
         <is>
           <t>Equidae</t>
         </is>
       </c>
       <c r="C46" t="inlineStr">
         <is>
-          <t>July 2025</t>
-[...3 lines deleted...]
-      <c r="E46"/>
+          <t>August 2025</t>
+        </is>
+      </c>
+      <c r="D46" s="1" t="n">
+        <v>150.0</v>
+      </c>
+      <c r="E46" s="1" t="n">
+        <v>48498.0</v>
+      </c>
     </row>
     <row r="47">
       <c r="A47" t="inlineStr">
         <is>
           <t>All slaughtered animals</t>
         </is>
       </c>
       <c r="B47" t="inlineStr">
         <is>
           <t>Equidae</t>
         </is>
       </c>
       <c r="C47" t="inlineStr">
         <is>
-          <t>August 2025</t>
+          <t>September 2025</t>
         </is>
       </c>
       <c r="D47" s="1" t="n">
         <v>150.0</v>
       </c>
       <c r="E47" s="1" t="n">
-        <v>48498.0</v>
+        <v>49221.0</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" t="inlineStr">
         <is>
           <t>All slaughtered animals</t>
         </is>
       </c>
       <c r="B48" t="inlineStr">
         <is>
           <t>Equidae</t>
         </is>
       </c>
       <c r="C48" t="inlineStr">
         <is>
-          <t>September 2025</t>
+          <t>October 2025</t>
         </is>
       </c>
       <c r="D48" s="1" t="n">
-        <v>150.0</v>
+        <v>167.0</v>
       </c>
       <c r="E48" s="1" t="n">
-        <v>49221.0</v>
+        <v>52094.0</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" t="inlineStr">
         <is>
           <t>All slaughtered animals</t>
         </is>
       </c>
       <c r="B49" t="inlineStr">
         <is>
           <t>Equidae</t>
         </is>
       </c>
       <c r="C49" t="inlineStr">
         <is>
-          <t>October 2025</t>
-[...7 lines deleted...]
-      </c>
+          <t>November 2025</t>
+        </is>
+      </c>
+      <c r="D49"/>
+      <c r="E49"/>
     </row>
     <row r="50">
       <c r="A50" t="inlineStr">
         <is>
           <t>All slaughtered animals</t>
         </is>
       </c>
       <c r="B50" t="inlineStr">
         <is>
           <t>Equidae</t>
         </is>
       </c>
       <c r="C50" t="inlineStr">
         <is>
-          <t>November 2025</t>
-[...3 lines deleted...]
-      <c r="E50"/>
+          <t>December 2025</t>
+        </is>
+      </c>
+      <c r="D50" s="1" t="n">
+        <v>131.0</v>
+      </c>
+      <c r="E50" s="1" t="n">
+        <v>41722.0</v>
+      </c>
     </row>
     <row r="51">
       <c r="A51" t="inlineStr">
         <is>
           <t>All slaughtered animals</t>
         </is>
       </c>
       <c r="B51" t="inlineStr">
         <is>
           <t>Equidae</t>
         </is>
       </c>
       <c r="C51" t="inlineStr">
         <is>
-          <t>December 2025</t>
+          <t>January 2026</t>
         </is>
       </c>
       <c r="D51" s="1" t="n">
-        <v>131.0</v>
+        <v>180.0</v>
       </c>
       <c r="E51" s="1" t="n">
-        <v>41722.0</v>
+        <v>57005.0</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" t="inlineStr">
         <is>
           <t>All slaughtered animals</t>
         </is>
       </c>
       <c r="B52" t="inlineStr">
         <is>
           <t>Poultry</t>
         </is>
       </c>
       <c r="C52" t="inlineStr">
         <is>
-          <t>March 2025</t>
+          <t>April 2025</t>
         </is>
       </c>
       <c r="D52" s="1" t="n">
-        <v>2.4859758E7</v>
+        <v>2.76386E7</v>
       </c>
       <c r="E52" s="1" t="n">
-        <v>4.3211688E7</v>
+        <v>4.7719617E7</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" t="inlineStr">
         <is>
           <t>All slaughtered animals</t>
         </is>
       </c>
       <c r="B53" t="inlineStr">
         <is>
           <t>Poultry</t>
         </is>
       </c>
       <c r="C53" t="inlineStr">
         <is>
-          <t>April 2025</t>
+          <t>May 2025</t>
         </is>
       </c>
       <c r="D53" s="1" t="n">
-        <v>2.76386E7</v>
+        <v>2.745236E7</v>
       </c>
       <c r="E53" s="1" t="n">
-        <v>4.7212318E7</v>
+        <v>4.6942541E7</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" t="inlineStr">
         <is>
           <t>All slaughtered animals</t>
         </is>
       </c>
       <c r="B54" t="inlineStr">
         <is>
           <t>Poultry</t>
         </is>
       </c>
       <c r="C54" t="inlineStr">
         <is>
-          <t>May 2025</t>
+          <t>June 2025</t>
         </is>
       </c>
       <c r="D54" s="1" t="n">
-        <v>2.745236E7</v>
+        <v>2.6744839E7</v>
       </c>
       <c r="E54" s="1" t="n">
-        <v>4.6416577E7</v>
+        <v>4.5911841E7</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" t="inlineStr">
         <is>
           <t>All slaughtered animals</t>
         </is>
       </c>
       <c r="B55" t="inlineStr">
         <is>
           <t>Poultry</t>
         </is>
       </c>
       <c r="C55" t="inlineStr">
         <is>
-          <t>June 2025</t>
+          <t>July 2025</t>
         </is>
       </c>
       <c r="D55" s="1" t="n">
-        <v>2.6744839E7</v>
+        <v>2.687658E7</v>
       </c>
       <c r="E55" s="1" t="n">
-        <v>4.544515E7</v>
+        <v>4.6328122E7</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" t="inlineStr">
         <is>
           <t>All slaughtered animals</t>
         </is>
       </c>
       <c r="B56" t="inlineStr">
         <is>
           <t>Poultry</t>
         </is>
       </c>
       <c r="C56" t="inlineStr">
         <is>
-          <t>July 2025</t>
+          <t>August 2025</t>
         </is>
       </c>
       <c r="D56" s="1" t="n">
-        <v>2.687658E7</v>
+        <v>2.4950112E7</v>
       </c>
       <c r="E56" s="1" t="n">
-        <v>4.6328122E7</v>
+        <v>4.2987747E7</v>
       </c>
     </row>
     <row r="57">
       <c r="A57" t="inlineStr">
         <is>
           <t>All slaughtered animals</t>
         </is>
       </c>
       <c r="B57" t="inlineStr">
         <is>
           <t>Poultry</t>
         </is>
       </c>
       <c r="C57" t="inlineStr">
         <is>
-          <t>August 2025</t>
+          <t>September 2025</t>
         </is>
       </c>
       <c r="D57" s="1" t="n">
-        <v>2.4950112E7</v>
+        <v>2.761177E7</v>
       </c>
       <c r="E57" s="1" t="n">
-        <v>4.2987747E7</v>
+        <v>4.8244218E7</v>
       </c>
     </row>
     <row r="58">
       <c r="A58" t="inlineStr">
         <is>
           <t>All slaughtered animals</t>
         </is>
       </c>
       <c r="B58" t="inlineStr">
         <is>
           <t>Poultry</t>
         </is>
       </c>
       <c r="C58" t="inlineStr">
         <is>
-          <t>September 2025</t>
+          <t>October 2025</t>
         </is>
       </c>
       <c r="D58" s="1" t="n">
-        <v>2.761177E7</v>
+        <v>2.8904117E7</v>
       </c>
       <c r="E58" s="1" t="n">
-        <v>4.8244218E7</v>
+        <v>5.07679E7</v>
       </c>
     </row>
     <row r="59">
       <c r="A59" t="inlineStr">
         <is>
           <t>All slaughtered animals</t>
         </is>
       </c>
       <c r="B59" t="inlineStr">
         <is>
           <t>Poultry</t>
         </is>
       </c>
       <c r="C59" t="inlineStr">
         <is>
-          <t>October 2025</t>
+          <t>November 2025</t>
         </is>
       </c>
       <c r="D59" s="1" t="n">
-        <v>2.8904117E7</v>
+        <v>2.288116E7</v>
       </c>
       <c r="E59" s="1" t="n">
-        <v>5.07679E7</v>
+        <v>4.0908247E7</v>
       </c>
     </row>
     <row r="60">
       <c r="A60" t="inlineStr">
         <is>
           <t>All slaughtered animals</t>
         </is>
       </c>
       <c r="B60" t="inlineStr">
         <is>
           <t>Poultry</t>
         </is>
       </c>
       <c r="C60" t="inlineStr">
         <is>
-          <t>November 2025</t>
+          <t>December 2025</t>
         </is>
       </c>
       <c r="D60" s="1" t="n">
-        <v>2.288116E7</v>
+        <v>2.6118238E7</v>
       </c>
       <c r="E60" s="1" t="n">
-        <v>4.0908247E7</v>
+        <v>4.5752237E7</v>
       </c>
     </row>
     <row r="61">
       <c r="A61" t="inlineStr">
         <is>
           <t>All slaughtered animals</t>
         </is>
       </c>
       <c r="B61" t="inlineStr">
         <is>
           <t>Poultry</t>
         </is>
       </c>
       <c r="C61" t="inlineStr">
         <is>
-          <t>December 2025</t>
+          <t>January 2026</t>
         </is>
       </c>
       <c r="D61" s="1" t="n">
-        <v>2.6118591E7</v>
+        <v>2.6505432E7</v>
       </c>
       <c r="E61" s="1" t="n">
-        <v>4.5633205E7</v>
+        <v>4.7064889E7</v>
       </c>
     </row>
     <row r="62">
       <c r="A62" t="inlineStr">
         <is>
           <t>All slaughtered animals</t>
         </is>
       </c>
       <c r="B62"/>
       <c r="C62" t="inlineStr">
         <is>
-          <t>March 2025</t>
+          <t>April 2025</t>
         </is>
       </c>
       <c r="D62" s="1" t="n">
-        <v>2.5673779E7</v>
+        <v>2.8468337E7</v>
       </c>
       <c r="E62" s="1" t="n">
-        <v>1.39177538E8</v>
+        <v>1.452086E8</v>
       </c>
     </row>
     <row r="63">
       <c r="A63" t="inlineStr">
         <is>
           <t>All slaughtered animals</t>
         </is>
       </c>
       <c r="B63"/>
       <c r="C63" t="inlineStr">
         <is>
-          <t>April 2025</t>
+          <t>May 2025</t>
         </is>
       </c>
       <c r="D63" s="1" t="n">
-        <v>2.8468333E7</v>
+        <v>2.8273932E7</v>
       </c>
       <c r="E63" s="1" t="n">
-        <v>1.44700868E8</v>
+        <v>1.42648139E8</v>
       </c>
     </row>
     <row r="64">
       <c r="A64" t="inlineStr">
         <is>
           <t>All slaughtered animals</t>
         </is>
       </c>
       <c r="B64"/>
       <c r="C64" t="inlineStr">
         <is>
-          <t>May 2025</t>
+          <t>June 2025</t>
         </is>
       </c>
       <c r="D64" s="1" t="n">
-        <v>2.827393E7</v>
+        <v>2.7541486E7</v>
       </c>
       <c r="E64" s="1" t="n">
-        <v>1.42122366E8</v>
+        <v>1.38242628E8</v>
       </c>
     </row>
     <row r="65">
       <c r="A65" t="inlineStr">
         <is>
           <t>All slaughtered animals</t>
         </is>
       </c>
       <c r="B65"/>
       <c r="C65" t="inlineStr">
         <is>
-          <t>June 2025</t>
+          <t>July 2025</t>
         </is>
       </c>
       <c r="D65" s="1" t="n">
-        <v>2.7541487E7</v>
+        <v>2.7712185E7</v>
       </c>
       <c r="E65" s="1" t="n">
-        <v>1.37775889E8</v>
+        <v>1.39733984E8</v>
       </c>
     </row>
     <row r="66">
       <c r="A66" t="inlineStr">
         <is>
           <t>All slaughtered animals</t>
         </is>
       </c>
       <c r="B66"/>
       <c r="C66" t="inlineStr">
         <is>
-          <t>July 2025</t>
+          <t>August 2025</t>
         </is>
       </c>
       <c r="D66" s="1" t="n">
-        <v>2.7712185E7</v>
+        <v>2.5735573E7</v>
       </c>
       <c r="E66" s="1" t="n">
-        <v>1.39733104E8</v>
+        <v>1.32166053E8</v>
       </c>
     </row>
     <row r="67">
       <c r="A67" t="inlineStr">
         <is>
           <t>All slaughtered animals</t>
         </is>
       </c>
       <c r="B67"/>
       <c r="C67" t="inlineStr">
         <is>
-          <t>August 2025</t>
+          <t>September 2025</t>
         </is>
       </c>
       <c r="D67" s="1" t="n">
-        <v>2.5735558E7</v>
+        <v>2.8506404E7</v>
       </c>
       <c r="E67" s="1" t="n">
-        <v>1.32158661E8</v>
+        <v>1.49151803E8</v>
       </c>
     </row>
     <row r="68">
       <c r="A68" t="inlineStr">
         <is>
           <t>All slaughtered animals</t>
         </is>
       </c>
       <c r="B68"/>
       <c r="C68" t="inlineStr">
         <is>
-          <t>September 2025</t>
+          <t>October 2025</t>
         </is>
       </c>
       <c r="D68" s="1" t="n">
-        <v>2.8506403E7</v>
+        <v>2.9884762E7</v>
       </c>
       <c r="E68" s="1" t="n">
-        <v>1.49151368E8</v>
+        <v>1.61752175E8</v>
       </c>
     </row>
     <row r="69">
       <c r="A69" t="inlineStr">
         <is>
           <t>All slaughtered animals</t>
         </is>
       </c>
       <c r="B69"/>
       <c r="C69" t="inlineStr">
         <is>
-          <t>October 2025</t>
+          <t>November 2025</t>
         </is>
       </c>
       <c r="D69" s="1" t="n">
-        <v>2.988476E7</v>
+        <v>2.3724896E7</v>
       </c>
       <c r="E69" s="1" t="n">
-        <v>1.61751804E8</v>
+        <v>1.3780333E8</v>
       </c>
     </row>
     <row r="70">
       <c r="A70" t="inlineStr">
         <is>
           <t>All slaughtered animals</t>
         </is>
       </c>
       <c r="B70"/>
       <c r="C70" t="inlineStr">
         <is>
-          <t>November 2025</t>
+          <t>December 2025</t>
         </is>
       </c>
       <c r="D70" s="1" t="n">
-        <v>2.3724896E7</v>
+        <v>2.702656E7</v>
       </c>
       <c r="E70" s="1" t="n">
-        <v>1.37803569E8</v>
+        <v>1.49432274E8</v>
       </c>
     </row>
     <row r="71">
       <c r="A71" t="inlineStr">
         <is>
           <t>All slaughtered animals</t>
         </is>
       </c>
       <c r="B71"/>
       <c r="C71" t="inlineStr">
         <is>
-          <t>December 2025</t>
+          <t>January 2026</t>
         </is>
       </c>
       <c r="D71" s="1" t="n">
-        <v>2.7026364E7</v>
+        <v>2.7425816E7</v>
       </c>
       <c r="E71" s="1" t="n">
-        <v>1.4921071E8</v>
+        <v>1.53479261E8</v>
       </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <coreProperties xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </coreProperties>
 </file>