--- v0 (2025-10-19)
+++ v1 (2025-12-08)
@@ -84,1308 +84,1306 @@
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?>
 
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
   <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/>
   <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/>
   <Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/>
   <Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/>
   <Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/>
 </Relationships>
 
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <cols>
     <col min="1" max="1" width="11.02734375" customWidth="true"/>
-    <col min="2" max="2" width="168.4453125" customWidth="true"/>
+    <col min="2" max="2" width="166.04296875" customWidth="true"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" t="inlineStr">
         <is>
           <t>Data source:</t>
         </is>
       </c>
       <c r="B1" t="inlineStr">
         <is>
           <t>Number of Bankruptcies and job losses in Belgium per month, municipality, economic activity (NACE 2008), type of enterprise, legal form, size class of the number of employees, lifespan</t>
         </is>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="inlineStr">
         <is>
           <t>Filters:</t>
         </is>
       </c>
       <c r="B2" t="inlineStr">
         <is>
-          <t>Date : Last 13 Month(September 2024, October 2024, November 2024, December 2024, January 2025, February 2025, March 2025, April 2025, May 2025, June 2025, July 2025, August 2025, September 2025)</t>
+          <t>Date : Last 13 Month(October 2024, November 2024, December 2024, January 2025, February 2025, March 2025, April 2025, May 2025, June 2025, July 2025, August 2025, September 2025, October 2025)</t>
         </is>
       </c>
     </row>
     <row r="3">
       <c r="B3" t="inlineStr">
         <is>
           <t xml:space="preserve">
 </t>
         </is>
       </c>
     </row>
     <row r="4">
 </row>
     <row r="5">
       <c r="A5" t="inlineStr">
         <is>
           <t xml:space="preserve">Source: </t>
         </is>
       </c>
       <c r="B5" t="inlineStr">
         <is>
           <t>Statbel (Directorate-general Statistics - Statistics Belgium)</t>
         </is>
       </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <cols>
     <col min="1" max="1" width="19.24609375" customWidth="true"/>
     <col min="2" max="2" width="102.87109375" customWidth="true"/>
     <col min="3" max="3" width="20.46875" customWidth="true"/>
     <col min="4" max="4" width="6.04296875" customWidth="true"/>
-    <col min="5" max="5" width="14.3203125" customWidth="true"/>
-[...11 lines deleted...]
-    <col min="17" max="17" width="14.3203125" customWidth="true"/>
+    <col min="5" max="5" width="11.8828125" customWidth="true"/>
+    <col min="6" max="6" width="13.79296875" customWidth="true"/>
+    <col min="7" max="7" width="13.6875" customWidth="true"/>
+    <col min="8" max="8" width="11.97265625" customWidth="true"/>
+    <col min="9" max="9" width="12.484375" customWidth="true"/>
+    <col min="10" max="10" width="10.5390625" customWidth="true"/>
+    <col min="11" max="11" width="9.21484375" customWidth="true"/>
+    <col min="12" max="12" width="8.81640625" customWidth="true"/>
+    <col min="13" max="13" width="9.4609375" customWidth="true"/>
+    <col min="14" max="14" width="8.7890625" customWidth="true"/>
+    <col min="15" max="15" width="11.26953125" customWidth="true"/>
+    <col min="16" max="16" width="14.3203125" customWidth="true"/>
+    <col min="17" max="17" width="11.8828125" customWidth="true"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1"/>
       <c r="B1"/>
       <c r="C1"/>
       <c r="D1" t="inlineStr">
         <is>
           <t>Year</t>
         </is>
       </c>
       <c r="E1" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="F1"/>
       <c r="G1"/>
-      <c r="H1"/>
-[...4 lines deleted...]
-      </c>
+      <c r="H1" t="inlineStr">
+        <is>
+          <t>2025</t>
+        </is>
+      </c>
+      <c r="I1"/>
       <c r="J1"/>
       <c r="K1"/>
       <c r="L1"/>
       <c r="M1"/>
       <c r="N1"/>
       <c r="O1"/>
       <c r="P1"/>
       <c r="Q1"/>
     </row>
     <row r="2">
       <c r="A2"/>
       <c r="B2"/>
       <c r="C2"/>
       <c r="D2" t="inlineStr">
         <is>
           <t>Month</t>
         </is>
       </c>
       <c r="E2" t="inlineStr">
         <is>
-          <t>September 2024</t>
+          <t>October 2024</t>
         </is>
       </c>
       <c r="F2" t="inlineStr">
         <is>
-          <t>October 2024</t>
+          <t>November 2024</t>
         </is>
       </c>
       <c r="G2" t="inlineStr">
         <is>
-          <t>November 2024</t>
+          <t>December 2024</t>
         </is>
       </c>
       <c r="H2" t="inlineStr">
         <is>
-          <t>December 2024</t>
+          <t>January 2025</t>
         </is>
       </c>
       <c r="I2" t="inlineStr">
         <is>
-          <t>January 2025</t>
+          <t>February 2025</t>
         </is>
       </c>
       <c r="J2" t="inlineStr">
         <is>
-          <t>February 2025</t>
+          <t>March 2025</t>
         </is>
       </c>
       <c r="K2" t="inlineStr">
         <is>
-          <t>March 2025</t>
+          <t>April 2025</t>
         </is>
       </c>
       <c r="L2" t="inlineStr">
         <is>
-          <t>April 2025</t>
+          <t>May 2025</t>
         </is>
       </c>
       <c r="M2" t="inlineStr">
         <is>
-          <t>May 2025</t>
+          <t>June 2025</t>
         </is>
       </c>
       <c r="N2" t="inlineStr">
         <is>
-          <t>June 2025</t>
+          <t>July 2025</t>
         </is>
       </c>
       <c r="O2" t="inlineStr">
         <is>
-          <t>July 2025</t>
+          <t>August 2025</t>
         </is>
       </c>
       <c r="P2" t="inlineStr">
         <is>
-          <t>August 2025</t>
+          <t>September 2025</t>
         </is>
       </c>
       <c r="Q2" t="inlineStr">
         <is>
-          <t>September 2025</t>
+          <t>October 2025</t>
         </is>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B3" t="inlineStr">
         <is>
           <t>Section</t>
         </is>
       </c>
       <c r="C3"/>
     </row>
     <row r="4">
       <c r="A4" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B4" t="inlineStr">
         <is>
           <t>A Agriculture, forestry and fishing</t>
         </is>
       </c>
       <c r="C4" t="inlineStr">
         <is>
           <t>Number of bankruptcies</t>
         </is>
       </c>
       <c r="D4"/>
       <c r="E4" s="1" t="n">
-        <v>9.0</v>
+        <v>11.0</v>
       </c>
       <c r="F4" s="1" t="n">
+        <v>6.0</v>
+      </c>
+      <c r="G4" s="1" t="n">
+        <v>7.0</v>
+      </c>
+      <c r="H4"/>
+      <c r="I4" s="1" t="n">
+        <v>8.0</v>
+      </c>
+      <c r="J4" s="1" t="n">
+        <v>16.0</v>
+      </c>
+      <c r="K4" s="1" t="n">
+        <v>8.0</v>
+      </c>
+      <c r="L4" s="1" t="n">
+        <v>2.0</v>
+      </c>
+      <c r="M4" s="1" t="n">
+        <v>10.0</v>
+      </c>
+      <c r="N4" s="1" t="n">
+        <v>3.0</v>
+      </c>
+      <c r="O4"/>
+      <c r="P4" s="1" t="n">
         <v>11.0</v>
       </c>
-      <c r="G4" s="1" t="n">
-[...21 lines deleted...]
-      <c r="O4" s="1" t="n">
+      <c r="Q4" s="1" t="n">
         <v>3.0</v>
-      </c>
-[...4 lines deleted...]
-        <v>11.0</v>
       </c>
     </row>
     <row r="5">
       <c r="A5"/>
       <c r="B5" t="inlineStr">
         <is>
           <t>B Mining and quarrying</t>
         </is>
       </c>
       <c r="C5" t="inlineStr">
         <is>
           <t>Number of bankruptcies</t>
         </is>
       </c>
       <c r="D5"/>
       <c r="E5"/>
       <c r="F5"/>
       <c r="G5"/>
       <c r="H5"/>
       <c r="I5"/>
       <c r="J5"/>
       <c r="K5"/>
       <c r="L5"/>
       <c r="M5"/>
       <c r="N5"/>
       <c r="O5"/>
       <c r="P5"/>
       <c r="Q5"/>
     </row>
     <row r="6">
       <c r="A6"/>
       <c r="B6" t="inlineStr">
         <is>
           <t>C Manufacturing</t>
         </is>
       </c>
       <c r="C6" t="inlineStr">
         <is>
           <t>Number of bankruptcies</t>
         </is>
       </c>
       <c r="D6"/>
       <c r="E6" s="1" t="n">
-        <v>41.0</v>
+        <v>46.0</v>
       </c>
       <c r="F6" s="1" t="n">
-        <v>46.0</v>
+        <v>20.0</v>
       </c>
       <c r="G6" s="1" t="n">
-        <v>20.0</v>
+        <v>47.0</v>
       </c>
       <c r="H6" s="1" t="n">
+        <v>34.0</v>
+      </c>
+      <c r="I6" s="1" t="n">
+        <v>35.0</v>
+      </c>
+      <c r="J6" s="1" t="n">
         <v>47.0</v>
-      </c>
-[...4 lines deleted...]
-        <v>35.0</v>
       </c>
       <c r="K6" s="1" t="n">
         <v>47.0</v>
       </c>
       <c r="L6" s="1" t="n">
-        <v>47.0</v>
+        <v>37.0</v>
       </c>
       <c r="M6" s="1" t="n">
-        <v>37.0</v>
+        <v>53.0</v>
       </c>
       <c r="N6" s="1" t="n">
-        <v>53.0</v>
+        <v>39.0</v>
       </c>
       <c r="O6" s="1" t="n">
+        <v>26.0</v>
+      </c>
+      <c r="P6" s="1" t="n">
+        <v>32.0</v>
+      </c>
+      <c r="Q6" s="1" t="n">
         <v>39.0</v>
-      </c>
-[...4 lines deleted...]
-        <v>32.0</v>
       </c>
     </row>
     <row r="7">
       <c r="A7"/>
       <c r="B7" t="inlineStr">
         <is>
           <t>D Electricity, gas, steam and air conditioning supply</t>
         </is>
       </c>
       <c r="C7" t="inlineStr">
         <is>
           <t>Number of bankruptcies</t>
         </is>
       </c>
       <c r="D7"/>
-      <c r="E7"/>
-      <c r="F7" s="1" t="n">
+      <c r="E7" s="1" t="n">
         <v>2.0</v>
       </c>
-      <c r="G7"/>
+      <c r="F7"/>
+      <c r="G7" s="1" t="n">
+        <v>1.0</v>
+      </c>
       <c r="H7" s="1" t="n">
         <v>1.0</v>
       </c>
-      <c r="I7" s="1" t="n">
+      <c r="I7"/>
+      <c r="J7" s="1" t="n">
         <v>1.0</v>
       </c>
-      <c r="J7"/>
-      <c r="K7" s="1" t="n">
+      <c r="K7"/>
+      <c r="L7" s="1" t="n">
         <v>1.0</v>
       </c>
-      <c r="L7"/>
       <c r="M7" s="1" t="n">
+        <v>2.0</v>
+      </c>
+      <c r="N7"/>
+      <c r="O7"/>
+      <c r="P7" s="1" t="n">
+        <v>2.0</v>
+      </c>
+      <c r="Q7" s="1" t="n">
         <v>1.0</v>
-      </c>
-[...6 lines deleted...]
-        <v>2.0</v>
       </c>
     </row>
     <row r="8">
       <c r="A8"/>
       <c r="B8" t="inlineStr">
         <is>
           <t>E Water supply/ sewerage, waste management and remediation activities</t>
         </is>
       </c>
       <c r="C8" t="inlineStr">
         <is>
           <t>Number of bankruptcies</t>
         </is>
       </c>
       <c r="D8"/>
       <c r="E8" s="1" t="n">
+        <v>3.0</v>
+      </c>
+      <c r="F8" s="1" t="n">
         <v>1.0</v>
-      </c>
-[...1 lines deleted...]
-        <v>3.0</v>
       </c>
       <c r="G8" s="1" t="n">
         <v>1.0</v>
       </c>
       <c r="H8" s="1" t="n">
-        <v>1.0</v>
+        <v>3.0</v>
       </c>
       <c r="I8" s="1" t="n">
         <v>3.0</v>
       </c>
       <c r="J8" s="1" t="n">
         <v>3.0</v>
       </c>
       <c r="K8" s="1" t="n">
-        <v>3.0</v>
+        <v>4.0</v>
       </c>
       <c r="L8" s="1" t="n">
         <v>4.0</v>
       </c>
       <c r="M8" s="1" t="n">
-        <v>4.0</v>
+        <v>1.0</v>
       </c>
       <c r="N8" s="1" t="n">
         <v>1.0</v>
       </c>
       <c r="O8" s="1" t="n">
         <v>1.0</v>
       </c>
       <c r="P8" s="1" t="n">
-        <v>1.0</v>
+        <v>2.0</v>
       </c>
       <c r="Q8" s="1" t="n">
-        <v>2.0</v>
+        <v>4.0</v>
       </c>
     </row>
     <row r="9">
       <c r="A9"/>
       <c r="B9" t="inlineStr">
         <is>
           <t>F Construction</t>
         </is>
       </c>
       <c r="C9" t="inlineStr">
         <is>
           <t>Number of bankruptcies</t>
         </is>
       </c>
       <c r="D9"/>
       <c r="E9" s="1" t="n">
+        <v>238.0</v>
+      </c>
+      <c r="F9" s="1" t="n">
+        <v>200.0</v>
+      </c>
+      <c r="G9" s="1" t="n">
+        <v>236.0</v>
+      </c>
+      <c r="H9" s="1" t="n">
+        <v>243.0</v>
+      </c>
+      <c r="I9" s="1" t="n">
+        <v>233.0</v>
+      </c>
+      <c r="J9" s="1" t="n">
+        <v>268.0</v>
+      </c>
+      <c r="K9" s="1" t="n">
+        <v>208.0</v>
+      </c>
+      <c r="L9" s="1" t="n">
+        <v>241.0</v>
+      </c>
+      <c r="M9" s="1" t="n">
         <v>306.0</v>
       </c>
-      <c r="F9" s="1" t="n">
-[...22 lines deleted...]
-      </c>
       <c r="N9" s="1" t="n">
-        <v>306.0</v>
+        <v>159.0</v>
       </c>
       <c r="O9" s="1" t="n">
-        <v>159.0</v>
+        <v>99.0</v>
       </c>
       <c r="P9" s="1" t="n">
-        <v>99.0</v>
+        <v>301.0</v>
       </c>
       <c r="Q9" s="1" t="n">
-        <v>302.0</v>
+        <v>248.0</v>
       </c>
     </row>
     <row r="10">
       <c r="A10"/>
       <c r="B10" t="inlineStr">
         <is>
           <t>G Wholesale and retail trade/ repair of motor vehicles and motorcycles</t>
         </is>
       </c>
       <c r="C10" t="inlineStr">
         <is>
           <t>Number of bankruptcies</t>
         </is>
       </c>
       <c r="D10"/>
       <c r="E10" s="1" t="n">
-        <v>259.0</v>
+        <v>242.0</v>
       </c>
       <c r="F10" s="1" t="n">
-        <v>242.0</v>
+        <v>168.0</v>
       </c>
       <c r="G10" s="1" t="n">
-        <v>168.0</v>
+        <v>197.0</v>
       </c>
       <c r="H10" s="1" t="n">
-        <v>197.0</v>
+        <v>182.0</v>
       </c>
       <c r="I10" s="1" t="n">
-        <v>182.0</v>
+        <v>202.0</v>
       </c>
       <c r="J10" s="1" t="n">
-        <v>202.0</v>
+        <v>218.0</v>
       </c>
       <c r="K10" s="1" t="n">
-        <v>218.0</v>
+        <v>207.0</v>
       </c>
       <c r="L10" s="1" t="n">
-        <v>207.0</v>
+        <v>177.0</v>
       </c>
       <c r="M10" s="1" t="n">
-        <v>177.0</v>
+        <v>227.0</v>
       </c>
       <c r="N10" s="1" t="n">
-        <v>227.0</v>
+        <v>157.0</v>
       </c>
       <c r="O10" s="1" t="n">
-        <v>157.0</v>
+        <v>111.0</v>
       </c>
       <c r="P10" s="1" t="n">
-        <v>111.0</v>
+        <v>247.0</v>
       </c>
       <c r="Q10" s="1" t="n">
-        <v>246.0</v>
+        <v>228.0</v>
       </c>
     </row>
     <row r="11">
       <c r="A11"/>
       <c r="B11" t="inlineStr">
         <is>
           <t>H Transportation and storage</t>
         </is>
       </c>
       <c r="C11" t="inlineStr">
         <is>
           <t>Number of bankruptcies</t>
         </is>
       </c>
       <c r="D11"/>
       <c r="E11" s="1" t="n">
-        <v>81.0</v>
+        <v>73.0</v>
       </c>
       <c r="F11" s="1" t="n">
+        <v>58.0</v>
+      </c>
+      <c r="G11" s="1" t="n">
+        <v>67.0</v>
+      </c>
+      <c r="H11" s="1" t="n">
+        <v>55.0</v>
+      </c>
+      <c r="I11" s="1" t="n">
+        <v>74.0</v>
+      </c>
+      <c r="J11" s="1" t="n">
+        <v>65.0</v>
+      </c>
+      <c r="K11" s="1" t="n">
+        <v>71.0</v>
+      </c>
+      <c r="L11" s="1" t="n">
+        <v>69.0</v>
+      </c>
+      <c r="M11" s="1" t="n">
         <v>73.0</v>
       </c>
-      <c r="G11" s="1" t="n">
-[...19 lines deleted...]
-      </c>
       <c r="N11" s="1" t="n">
-        <v>73.0</v>
+        <v>53.0</v>
       </c>
       <c r="O11" s="1" t="n">
-        <v>53.0</v>
+        <v>34.0</v>
       </c>
       <c r="P11" s="1" t="n">
-        <v>34.0</v>
+        <v>103.0</v>
       </c>
       <c r="Q11" s="1" t="n">
-        <v>103.0</v>
+        <v>76.0</v>
       </c>
     </row>
     <row r="12">
       <c r="A12"/>
       <c r="B12" t="inlineStr">
         <is>
           <t>I Accommodation and food service activities</t>
         </is>
       </c>
       <c r="C12" t="inlineStr">
         <is>
           <t>Number of bankruptcies</t>
         </is>
       </c>
       <c r="D12"/>
       <c r="E12" s="1" t="n">
-        <v>205.0</v>
+        <v>180.0</v>
       </c>
       <c r="F12" s="1" t="n">
+        <v>146.0</v>
+      </c>
+      <c r="G12" s="1" t="n">
+        <v>181.0</v>
+      </c>
+      <c r="H12" s="1" t="n">
+        <v>171.0</v>
+      </c>
+      <c r="I12" s="1" t="n">
+        <v>177.0</v>
+      </c>
+      <c r="J12" s="1" t="n">
+        <v>185.0</v>
+      </c>
+      <c r="K12" s="1" t="n">
         <v>180.0</v>
       </c>
-      <c r="G12" s="1" t="n">
-[...13 lines deleted...]
-      </c>
       <c r="L12" s="1" t="n">
-        <v>180.0</v>
+        <v>141.0</v>
       </c>
       <c r="M12" s="1" t="n">
-        <v>141.0</v>
+        <v>183.0</v>
       </c>
       <c r="N12" s="1" t="n">
-        <v>183.0</v>
+        <v>117.0</v>
       </c>
       <c r="O12" s="1" t="n">
-        <v>117.0</v>
+        <v>88.0</v>
       </c>
       <c r="P12" s="1" t="n">
-        <v>88.0</v>
+        <v>202.0</v>
       </c>
       <c r="Q12" s="1" t="n">
-        <v>202.0</v>
+        <v>204.0</v>
       </c>
     </row>
     <row r="13">
       <c r="A13"/>
       <c r="B13" t="inlineStr">
         <is>
           <t>J Information and communication</t>
         </is>
       </c>
       <c r="C13" t="inlineStr">
         <is>
           <t>Number of bankruptcies</t>
         </is>
       </c>
       <c r="D13"/>
       <c r="E13" s="1" t="n">
-        <v>48.0</v>
+        <v>28.0</v>
       </c>
       <c r="F13" s="1" t="n">
+        <v>21.0</v>
+      </c>
+      <c r="G13" s="1" t="n">
+        <v>36.0</v>
+      </c>
+      <c r="H13" s="1" t="n">
+        <v>17.0</v>
+      </c>
+      <c r="I13" s="1" t="n">
         <v>28.0</v>
-      </c>
-[...7 lines deleted...]
-        <v>17.0</v>
       </c>
       <c r="J13" s="1" t="n">
         <v>28.0</v>
       </c>
       <c r="K13" s="1" t="n">
-        <v>28.0</v>
+        <v>32.0</v>
       </c>
       <c r="L13" s="1" t="n">
+        <v>34.0</v>
+      </c>
+      <c r="M13" s="1" t="n">
+        <v>36.0</v>
+      </c>
+      <c r="N13" s="1" t="n">
+        <v>25.0</v>
+      </c>
+      <c r="O13" s="1" t="n">
+        <v>26.0</v>
+      </c>
+      <c r="P13" s="1" t="n">
+        <v>39.0</v>
+      </c>
+      <c r="Q13" s="1" t="n">
         <v>32.0</v>
-      </c>
-[...13 lines deleted...]
-        <v>38.0</v>
       </c>
     </row>
     <row r="14">
       <c r="A14"/>
       <c r="B14" t="inlineStr">
         <is>
           <t>K Financial and insurance activities</t>
         </is>
       </c>
       <c r="C14" t="inlineStr">
         <is>
           <t>Number of bankruptcies</t>
         </is>
       </c>
       <c r="D14"/>
       <c r="E14" s="1" t="n">
         <v>4.0</v>
       </c>
       <c r="F14" s="1" t="n">
+        <v>5.0</v>
+      </c>
+      <c r="G14" s="1" t="n">
         <v>4.0</v>
       </c>
-      <c r="G14" s="1" t="n">
+      <c r="H14" s="1" t="n">
+        <v>8.0</v>
+      </c>
+      <c r="I14" s="1" t="n">
+        <v>3.0</v>
+      </c>
+      <c r="J14" s="1" t="n">
         <v>5.0</v>
       </c>
-      <c r="H14" s="1" t="n">
+      <c r="K14" s="1" t="n">
+        <v>8.0</v>
+      </c>
+      <c r="L14" s="1" t="n">
+        <v>6.0</v>
+      </c>
+      <c r="M14" s="1" t="n">
+        <v>9.0</v>
+      </c>
+      <c r="N14" s="1" t="n">
+        <v>5.0</v>
+      </c>
+      <c r="O14" s="1" t="n">
         <v>4.0</v>
       </c>
-      <c r="I14" s="1" t="n">
-[...19 lines deleted...]
-      </c>
       <c r="P14" s="1" t="n">
-        <v>4.0</v>
+        <v>12.0</v>
       </c>
       <c r="Q14" s="1" t="n">
-        <v>12.0</v>
+        <v>7.0</v>
       </c>
     </row>
     <row r="15">
       <c r="A15"/>
       <c r="B15" t="inlineStr">
         <is>
           <t>L Real estate activities</t>
         </is>
       </c>
       <c r="C15" t="inlineStr">
         <is>
           <t>Number of bankruptcies</t>
         </is>
       </c>
       <c r="D15"/>
       <c r="E15" s="1" t="n">
-        <v>15.0</v>
+        <v>16.0</v>
       </c>
       <c r="F15" s="1" t="n">
-        <v>16.0</v>
+        <v>12.0</v>
       </c>
       <c r="G15" s="1" t="n">
         <v>12.0</v>
       </c>
       <c r="H15" s="1" t="n">
-        <v>12.0</v>
+        <v>22.0</v>
       </c>
       <c r="I15" s="1" t="n">
-        <v>22.0</v>
+        <v>17.0</v>
       </c>
       <c r="J15" s="1" t="n">
-        <v>17.0</v>
+        <v>19.0</v>
       </c>
       <c r="K15" s="1" t="n">
+        <v>15.0</v>
+      </c>
+      <c r="L15" s="1" t="n">
+        <v>13.0</v>
+      </c>
+      <c r="M15" s="1" t="n">
         <v>19.0</v>
       </c>
-      <c r="L15" s="1" t="n">
-[...4 lines deleted...]
-      </c>
       <c r="N15" s="1" t="n">
-        <v>19.0</v>
+        <v>8.0</v>
       </c>
       <c r="O15" s="1" t="n">
-        <v>8.0</v>
+        <v>9.0</v>
       </c>
       <c r="P15" s="1" t="n">
-        <v>9.0</v>
+        <v>20.0</v>
       </c>
       <c r="Q15" s="1" t="n">
-        <v>20.0</v>
+        <v>26.0</v>
       </c>
     </row>
     <row r="16">
       <c r="A16"/>
       <c r="B16" t="inlineStr">
         <is>
           <t>M Professional, scientific and technical activities</t>
         </is>
       </c>
       <c r="C16" t="inlineStr">
         <is>
           <t>Number of bankruptcies</t>
         </is>
       </c>
       <c r="D16"/>
       <c r="E16" s="1" t="n">
+        <v>88.0</v>
+      </c>
+      <c r="F16" s="1" t="n">
+        <v>69.0</v>
+      </c>
+      <c r="G16" s="1" t="n">
+        <v>77.0</v>
+      </c>
+      <c r="H16" s="1" t="n">
+        <v>82.0</v>
+      </c>
+      <c r="I16" s="1" t="n">
+        <v>75.0</v>
+      </c>
+      <c r="J16" s="1" t="n">
+        <v>77.0</v>
+      </c>
+      <c r="K16" s="1" t="n">
+        <v>83.0</v>
+      </c>
+      <c r="L16" s="1" t="n">
+        <v>58.0</v>
+      </c>
+      <c r="M16" s="1" t="n">
+        <v>110.0</v>
+      </c>
+      <c r="N16" s="1" t="n">
+        <v>44.0</v>
+      </c>
+      <c r="O16" s="1" t="n">
+        <v>43.0</v>
+      </c>
+      <c r="P16" s="1" t="n">
+        <v>105.0</v>
+      </c>
+      <c r="Q16" s="1" t="n">
         <v>78.0</v>
-      </c>
-[...34 lines deleted...]
-        <v>103.0</v>
       </c>
     </row>
     <row r="17">
       <c r="A17"/>
       <c r="B17" t="inlineStr">
         <is>
           <t>N Administrative and support service activities</t>
         </is>
       </c>
       <c r="C17" t="inlineStr">
         <is>
           <t>Number of bankruptcies</t>
         </is>
       </c>
       <c r="D17"/>
       <c r="E17" s="1" t="n">
-        <v>73.0</v>
+        <v>68.0</v>
       </c>
       <c r="F17" s="1" t="n">
-        <v>68.0</v>
+        <v>42.0</v>
       </c>
       <c r="G17" s="1" t="n">
-        <v>42.0</v>
+        <v>64.0</v>
       </c>
       <c r="H17" s="1" t="n">
+        <v>62.0</v>
+      </c>
+      <c r="I17" s="1" t="n">
         <v>64.0</v>
       </c>
-      <c r="I17" s="1" t="n">
-[...1 lines deleted...]
-      </c>
       <c r="J17" s="1" t="n">
-        <v>64.0</v>
+        <v>52.0</v>
       </c>
       <c r="K17" s="1" t="n">
-        <v>52.0</v>
+        <v>53.0</v>
       </c>
       <c r="L17" s="1" t="n">
-        <v>53.0</v>
+        <v>43.0</v>
       </c>
       <c r="M17" s="1" t="n">
-        <v>43.0</v>
+        <v>77.0</v>
       </c>
       <c r="N17" s="1" t="n">
-        <v>77.0</v>
+        <v>46.0</v>
       </c>
       <c r="O17" s="1" t="n">
-        <v>46.0</v>
+        <v>24.0</v>
       </c>
       <c r="P17" s="1" t="n">
-        <v>24.0</v>
+        <v>78.0</v>
       </c>
       <c r="Q17" s="1" t="n">
-        <v>78.0</v>
+        <v>86.0</v>
       </c>
     </row>
     <row r="18">
       <c r="A18"/>
       <c r="B18" t="inlineStr">
         <is>
           <t>O Public administration and defence/ compulsory social security</t>
         </is>
       </c>
       <c r="C18" t="inlineStr">
         <is>
           <t>Number of bankruptcies</t>
         </is>
       </c>
       <c r="D18"/>
-      <c r="E18" s="1" t="n">
-[...1 lines deleted...]
-      </c>
+      <c r="E18"/>
       <c r="F18"/>
       <c r="G18"/>
       <c r="H18"/>
       <c r="I18"/>
       <c r="J18"/>
       <c r="K18"/>
       <c r="L18"/>
       <c r="M18"/>
       <c r="N18"/>
       <c r="O18"/>
       <c r="P18"/>
       <c r="Q18"/>
     </row>
     <row r="19">
       <c r="A19"/>
       <c r="B19" t="inlineStr">
         <is>
           <t>P Education</t>
         </is>
       </c>
       <c r="C19" t="inlineStr">
         <is>
           <t>Number of bankruptcies</t>
         </is>
       </c>
       <c r="D19"/>
       <c r="E19" s="1" t="n">
+        <v>6.0</v>
+      </c>
+      <c r="F19" s="1" t="n">
+        <v>5.0</v>
+      </c>
+      <c r="G19" s="1" t="n">
+        <v>8.0</v>
+      </c>
+      <c r="H19" s="1" t="n">
+        <v>3.0</v>
+      </c>
+      <c r="I19" s="1" t="n">
         <v>4.0</v>
       </c>
-      <c r="F19" s="1" t="n">
-[...2 lines deleted...]
-      <c r="G19" s="1" t="n">
+      <c r="J19" s="1" t="n">
+        <v>3.0</v>
+      </c>
+      <c r="K19" s="1" t="n">
         <v>5.0</v>
-      </c>
-[...10 lines deleted...]
-        <v>3.0</v>
       </c>
       <c r="L19" s="1" t="n">
         <v>5.0</v>
       </c>
       <c r="M19" s="1" t="n">
-        <v>5.0</v>
+        <v>3.0</v>
       </c>
       <c r="N19" s="1" t="n">
-        <v>3.0</v>
+        <v>9.0</v>
       </c>
       <c r="O19" s="1" t="n">
-        <v>9.0</v>
+        <v>4.0</v>
       </c>
       <c r="P19" s="1" t="n">
-        <v>4.0</v>
+        <v>7.0</v>
       </c>
       <c r="Q19" s="1" t="n">
         <v>7.0</v>
       </c>
     </row>
     <row r="20">
       <c r="A20"/>
       <c r="B20" t="inlineStr">
         <is>
           <t>Q Human health and social work activities</t>
         </is>
       </c>
       <c r="C20" t="inlineStr">
         <is>
           <t>Number of bankruptcies</t>
         </is>
       </c>
       <c r="D20"/>
       <c r="E20" s="1" t="n">
+        <v>15.0</v>
+      </c>
+      <c r="F20" s="1" t="n">
+        <v>22.0</v>
+      </c>
+      <c r="G20" s="1" t="n">
+        <v>20.0</v>
+      </c>
+      <c r="H20" s="1" t="n">
+        <v>15.0</v>
+      </c>
+      <c r="I20" s="1" t="n">
+        <v>13.0</v>
+      </c>
+      <c r="J20" s="1" t="n">
+        <v>15.0</v>
+      </c>
+      <c r="K20" s="1" t="n">
         <v>18.0</v>
       </c>
-      <c r="F20" s="1" t="n">
-[...16 lines deleted...]
-      </c>
       <c r="L20" s="1" t="n">
-        <v>18.0</v>
+        <v>10.0</v>
       </c>
       <c r="M20" s="1" t="n">
-        <v>10.0</v>
+        <v>21.0</v>
       </c>
       <c r="N20" s="1" t="n">
-        <v>21.0</v>
+        <v>17.0</v>
       </c>
       <c r="O20" s="1" t="n">
-        <v>17.0</v>
+        <v>7.0</v>
       </c>
       <c r="P20" s="1" t="n">
-        <v>7.0</v>
+        <v>12.0</v>
       </c>
       <c r="Q20" s="1" t="n">
-        <v>12.0</v>
+        <v>19.0</v>
       </c>
     </row>
     <row r="21">
       <c r="A21"/>
       <c r="B21" t="inlineStr">
         <is>
           <t>R Arts, entertainment and recreation</t>
         </is>
       </c>
       <c r="C21" t="inlineStr">
         <is>
           <t>Number of bankruptcies</t>
         </is>
       </c>
       <c r="D21"/>
       <c r="E21" s="1" t="n">
         <v>18.0</v>
       </c>
       <c r="F21" s="1" t="n">
+        <v>14.0</v>
+      </c>
+      <c r="G21" s="1" t="n">
+        <v>17.0</v>
+      </c>
+      <c r="H21" s="1" t="n">
+        <v>14.0</v>
+      </c>
+      <c r="I21" s="1" t="n">
+        <v>12.0</v>
+      </c>
+      <c r="J21" s="1" t="n">
+        <v>21.0</v>
+      </c>
+      <c r="K21" s="1" t="n">
+        <v>19.0</v>
+      </c>
+      <c r="L21" s="1" t="n">
+        <v>17.0</v>
+      </c>
+      <c r="M21" s="1" t="n">
+        <v>25.0</v>
+      </c>
+      <c r="N21" s="1" t="n">
+        <v>9.0</v>
+      </c>
+      <c r="O21" s="1" t="n">
+        <v>5.0</v>
+      </c>
+      <c r="P21" s="1" t="n">
         <v>18.0</v>
       </c>
-      <c r="G21" s="1" t="n">
-[...28 lines deleted...]
-      </c>
       <c r="Q21" s="1" t="n">
-        <v>18.0</v>
+        <v>6.0</v>
       </c>
     </row>
     <row r="22">
       <c r="A22"/>
       <c r="B22" t="inlineStr">
         <is>
           <t>S Other service activities</t>
         </is>
       </c>
       <c r="C22" t="inlineStr">
         <is>
           <t>Number of bankruptcies</t>
         </is>
       </c>
       <c r="D22"/>
       <c r="E22" s="1" t="n">
         <v>34.0</v>
       </c>
       <c r="F22" s="1" t="n">
+        <v>36.0</v>
+      </c>
+      <c r="G22" s="1" t="n">
+        <v>27.0</v>
+      </c>
+      <c r="H22" s="1" t="n">
+        <v>33.0</v>
+      </c>
+      <c r="I22" s="1" t="n">
+        <v>39.0</v>
+      </c>
+      <c r="J22" s="1" t="n">
         <v>34.0</v>
       </c>
-      <c r="G22" s="1" t="n">
-[...8 lines deleted...]
-      <c r="J22" s="1" t="n">
+      <c r="K22" s="1" t="n">
+        <v>32.0</v>
+      </c>
+      <c r="L22" s="1" t="n">
+        <v>30.0</v>
+      </c>
+      <c r="M22" s="1" t="n">
+        <v>32.0</v>
+      </c>
+      <c r="N22" s="1" t="n">
+        <v>23.0</v>
+      </c>
+      <c r="O22" s="1" t="n">
+        <v>21.0</v>
+      </c>
+      <c r="P22" s="1" t="n">
+        <v>31.0</v>
+      </c>
+      <c r="Q22" s="1" t="n">
         <v>39.0</v>
-      </c>
-[...19 lines deleted...]
-        <v>31.0</v>
       </c>
     </row>
     <row r="23">
       <c r="A23"/>
       <c r="B23" t="inlineStr">
         <is>
           <t>T Activities of households as employers/ undifferentiated goods- and services-producing activities of households for own use</t>
         </is>
       </c>
       <c r="C23" t="inlineStr">
         <is>
           <t>Number of bankruptcies</t>
         </is>
       </c>
       <c r="D23"/>
       <c r="E23"/>
-      <c r="F23"/>
-      <c r="G23" s="1" t="n">
+      <c r="F23" s="1" t="n">
         <v>1.0</v>
       </c>
-      <c r="H23"/>
+      <c r="G23"/>
+      <c r="H23" s="1" t="n">
+        <v>1.0</v>
+      </c>
       <c r="I23" s="1" t="n">
         <v>1.0</v>
       </c>
-      <c r="J23" s="1" t="n">
-[...1 lines deleted...]
-      </c>
+      <c r="J23"/>
       <c r="K23"/>
       <c r="L23"/>
       <c r="M23"/>
       <c r="N23"/>
       <c r="O23"/>
       <c r="P23"/>
       <c r="Q23"/>
     </row>
     <row r="24">
       <c r="A24"/>
       <c r="B24" t="inlineStr">
         <is>
           <t>U Activities of extraterritorial organisations and bodies</t>
         </is>
       </c>
       <c r="C24" t="inlineStr">
         <is>
           <t>Number of bankruptcies</t>
         </is>
       </c>
       <c r="D24"/>
       <c r="E24"/>
       <c r="F24"/>
       <c r="G24"/>
       <c r="H24"/>
       <c r="I24"/>
       <c r="J24"/>
       <c r="K24"/>
       <c r="L24"/>
       <c r="M24"/>
       <c r="N24"/>
       <c r="O24"/>
       <c r="P24"/>
       <c r="Q24"/>
     </row>
     <row r="25">
       <c r="A25" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B25"/>
       <c r="C25" t="inlineStr">
         <is>
           <t>Number of bankruptcies</t>
         </is>
       </c>
       <c r="D25"/>
       <c r="E25" s="1" t="n">
-        <v>1195.0</v>
+        <v>1072.0</v>
       </c>
       <c r="F25" s="1" t="n">
-        <v>1072.0</v>
+        <v>826.0</v>
       </c>
       <c r="G25" s="1" t="n">
-        <v>826.0</v>
+        <v>1002.0</v>
       </c>
       <c r="H25" s="1" t="n">
-        <v>1002.0</v>
+        <v>946.0</v>
       </c>
       <c r="I25" s="1" t="n">
-        <v>946.0</v>
+        <v>988.0</v>
       </c>
       <c r="J25" s="1" t="n">
-        <v>988.0</v>
+        <v>1057.0</v>
       </c>
       <c r="K25" s="1" t="n">
-        <v>1057.0</v>
+        <v>990.0</v>
       </c>
       <c r="L25" s="1" t="n">
-        <v>990.0</v>
+        <v>888.0</v>
       </c>
       <c r="M25" s="1" t="n">
-        <v>888.0</v>
+        <v>1187.0</v>
       </c>
       <c r="N25" s="1" t="n">
-        <v>1187.0</v>
+        <v>715.0</v>
       </c>
       <c r="O25" s="1" t="n">
-        <v>715.0</v>
+        <v>502.0</v>
       </c>
       <c r="P25" s="1" t="n">
-        <v>503.0</v>
+        <v>1222.0</v>
       </c>
       <c r="Q25" s="1" t="n">
-        <v>1219.0</v>
+        <v>1103.0</v>
       </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <cols>
     <col min="1" max="1" width="19.24609375" customWidth="true"/>
     <col min="2" max="2" width="102.87109375" customWidth="true"/>
     <col min="3" max="3" width="4.96484375" customWidth="true"/>
     <col min="4" max="4" width="14.3203125" customWidth="true"/>
     <col min="5" max="5" width="5.25390625" customWidth="true"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" t="inlineStr">
         <is>
@@ -1409,7012 +1407,7010 @@
       </c>
       <c r="E1" t="inlineStr">
         <is>
           <t>Number of bankruptcies</t>
         </is>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B2" t="inlineStr">
         <is>
           <t>A Agriculture, forestry and fishing</t>
         </is>
       </c>
       <c r="C2" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="D2" t="inlineStr">
         <is>
-          <t>September 2024</t>
+          <t>October 2024</t>
         </is>
       </c>
       <c r="E2" s="1" t="n">
-        <v>9.0</v>
+        <v>11.0</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B3" t="inlineStr">
         <is>
           <t>A Agriculture, forestry and fishing</t>
         </is>
       </c>
       <c r="C3" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="D3" t="inlineStr">
         <is>
-          <t>October 2024</t>
+          <t>November 2024</t>
         </is>
       </c>
       <c r="E3" s="1" t="n">
-        <v>11.0</v>
+        <v>6.0</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B4" t="inlineStr">
         <is>
           <t>A Agriculture, forestry and fishing</t>
         </is>
       </c>
       <c r="C4" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="D4" t="inlineStr">
         <is>
-          <t>November 2024</t>
+          <t>December 2024</t>
         </is>
       </c>
       <c r="E4" s="1" t="n">
-        <v>6.0</v>
+        <v>7.0</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B5" t="inlineStr">
         <is>
           <t>A Agriculture, forestry and fishing</t>
         </is>
       </c>
       <c r="C5" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="D5" t="inlineStr">
         <is>
-          <t>December 2024</t>
-[...4 lines deleted...]
-      </c>
+          <t>January 2025</t>
+        </is>
+      </c>
+      <c r="E5"/>
     </row>
     <row r="6">
       <c r="A6" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B6" t="inlineStr">
         <is>
           <t>A Agriculture, forestry and fishing</t>
         </is>
       </c>
       <c r="C6" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D6" t="inlineStr">
         <is>
-          <t>January 2025</t>
-[...2 lines deleted...]
-      <c r="E6"/>
+          <t>February 2025</t>
+        </is>
+      </c>
+      <c r="E6" s="1" t="n">
+        <v>8.0</v>
+      </c>
     </row>
     <row r="7">
       <c r="A7" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B7" t="inlineStr">
         <is>
           <t>A Agriculture, forestry and fishing</t>
         </is>
       </c>
       <c r="C7" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D7" t="inlineStr">
         <is>
-          <t>February 2025</t>
+          <t>March 2025</t>
         </is>
       </c>
       <c r="E7" s="1" t="n">
-        <v>8.0</v>
+        <v>16.0</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B8" t="inlineStr">
         <is>
           <t>A Agriculture, forestry and fishing</t>
         </is>
       </c>
       <c r="C8" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D8" t="inlineStr">
         <is>
-          <t>March 2025</t>
+          <t>April 2025</t>
         </is>
       </c>
       <c r="E8" s="1" t="n">
-        <v>16.0</v>
+        <v>8.0</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B9" t="inlineStr">
         <is>
           <t>A Agriculture, forestry and fishing</t>
         </is>
       </c>
       <c r="C9" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D9" t="inlineStr">
         <is>
-          <t>April 2025</t>
+          <t>May 2025</t>
         </is>
       </c>
       <c r="E9" s="1" t="n">
-        <v>8.0</v>
+        <v>2.0</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B10" t="inlineStr">
         <is>
           <t>A Agriculture, forestry and fishing</t>
         </is>
       </c>
       <c r="C10" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D10" t="inlineStr">
         <is>
-          <t>May 2025</t>
+          <t>June 2025</t>
         </is>
       </c>
       <c r="E10" s="1" t="n">
-        <v>2.0</v>
+        <v>10.0</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B11" t="inlineStr">
         <is>
           <t>A Agriculture, forestry and fishing</t>
         </is>
       </c>
       <c r="C11" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D11" t="inlineStr">
         <is>
-          <t>June 2025</t>
+          <t>July 2025</t>
         </is>
       </c>
       <c r="E11" s="1" t="n">
-        <v>10.0</v>
+        <v>3.0</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B12" t="inlineStr">
         <is>
           <t>A Agriculture, forestry and fishing</t>
         </is>
       </c>
       <c r="C12" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D12" t="inlineStr">
         <is>
-          <t>July 2025</t>
-[...4 lines deleted...]
-      </c>
+          <t>August 2025</t>
+        </is>
+      </c>
+      <c r="E12"/>
     </row>
     <row r="13">
       <c r="A13" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B13" t="inlineStr">
         <is>
           <t>A Agriculture, forestry and fishing</t>
         </is>
       </c>
       <c r="C13" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D13" t="inlineStr">
         <is>
-          <t>August 2025</t>
+          <t>September 2025</t>
         </is>
       </c>
       <c r="E13" s="1" t="n">
-        <v>1.0</v>
+        <v>11.0</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B14" t="inlineStr">
         <is>
           <t>A Agriculture, forestry and fishing</t>
         </is>
       </c>
       <c r="C14" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D14" t="inlineStr">
         <is>
-          <t>September 2025</t>
+          <t>October 2025</t>
         </is>
       </c>
       <c r="E14" s="1" t="n">
-        <v>11.0</v>
+        <v>3.0</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B15" t="inlineStr">
         <is>
           <t>B Mining and quarrying</t>
         </is>
       </c>
       <c r="C15" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="D15" t="inlineStr">
         <is>
-          <t>September 2024</t>
+          <t>October 2024</t>
         </is>
       </c>
       <c r="E15"/>
     </row>
     <row r="16">
       <c r="A16" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B16" t="inlineStr">
         <is>
           <t>B Mining and quarrying</t>
         </is>
       </c>
       <c r="C16" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="D16" t="inlineStr">
         <is>
-          <t>October 2024</t>
+          <t>November 2024</t>
         </is>
       </c>
       <c r="E16"/>
     </row>
     <row r="17">
       <c r="A17" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B17" t="inlineStr">
         <is>
           <t>B Mining and quarrying</t>
         </is>
       </c>
       <c r="C17" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="D17" t="inlineStr">
         <is>
-          <t>November 2024</t>
+          <t>December 2024</t>
         </is>
       </c>
       <c r="E17"/>
     </row>
     <row r="18">
       <c r="A18" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B18" t="inlineStr">
         <is>
           <t>B Mining and quarrying</t>
         </is>
       </c>
       <c r="C18" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="D18" t="inlineStr">
         <is>
-          <t>December 2024</t>
+          <t>January 2025</t>
         </is>
       </c>
       <c r="E18"/>
     </row>
     <row r="19">
       <c r="A19" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B19" t="inlineStr">
         <is>
           <t>B Mining and quarrying</t>
         </is>
       </c>
       <c r="C19" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D19" t="inlineStr">
         <is>
-          <t>January 2025</t>
+          <t>February 2025</t>
         </is>
       </c>
       <c r="E19"/>
     </row>
     <row r="20">
       <c r="A20" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B20" t="inlineStr">
         <is>
           <t>B Mining and quarrying</t>
         </is>
       </c>
       <c r="C20" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D20" t="inlineStr">
         <is>
-          <t>February 2025</t>
+          <t>March 2025</t>
         </is>
       </c>
       <c r="E20"/>
     </row>
     <row r="21">
       <c r="A21" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B21" t="inlineStr">
         <is>
           <t>B Mining and quarrying</t>
         </is>
       </c>
       <c r="C21" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D21" t="inlineStr">
         <is>
-          <t>March 2025</t>
+          <t>April 2025</t>
         </is>
       </c>
       <c r="E21"/>
     </row>
     <row r="22">
       <c r="A22" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B22" t="inlineStr">
         <is>
           <t>B Mining and quarrying</t>
         </is>
       </c>
       <c r="C22" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D22" t="inlineStr">
         <is>
-          <t>April 2025</t>
+          <t>May 2025</t>
         </is>
       </c>
       <c r="E22"/>
     </row>
     <row r="23">
       <c r="A23" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B23" t="inlineStr">
         <is>
           <t>B Mining and quarrying</t>
         </is>
       </c>
       <c r="C23" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D23" t="inlineStr">
         <is>
-          <t>May 2025</t>
+          <t>June 2025</t>
         </is>
       </c>
       <c r="E23"/>
     </row>
     <row r="24">
       <c r="A24" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B24" t="inlineStr">
         <is>
           <t>B Mining and quarrying</t>
         </is>
       </c>
       <c r="C24" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D24" t="inlineStr">
         <is>
-          <t>June 2025</t>
+          <t>July 2025</t>
         </is>
       </c>
       <c r="E24"/>
     </row>
     <row r="25">
       <c r="A25" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B25" t="inlineStr">
         <is>
           <t>B Mining and quarrying</t>
         </is>
       </c>
       <c r="C25" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D25" t="inlineStr">
         <is>
-          <t>July 2025</t>
+          <t>August 2025</t>
         </is>
       </c>
       <c r="E25"/>
     </row>
     <row r="26">
       <c r="A26" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B26" t="inlineStr">
         <is>
           <t>B Mining and quarrying</t>
         </is>
       </c>
       <c r="C26" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D26" t="inlineStr">
         <is>
-          <t>August 2025</t>
+          <t>September 2025</t>
         </is>
       </c>
       <c r="E26"/>
     </row>
     <row r="27">
       <c r="A27" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B27" t="inlineStr">
         <is>
           <t>B Mining and quarrying</t>
         </is>
       </c>
       <c r="C27" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D27" t="inlineStr">
         <is>
-          <t>September 2025</t>
+          <t>October 2025</t>
         </is>
       </c>
       <c r="E27"/>
     </row>
     <row r="28">
       <c r="A28" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B28" t="inlineStr">
         <is>
           <t>C Manufacturing</t>
         </is>
       </c>
       <c r="C28" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="D28" t="inlineStr">
         <is>
-          <t>September 2024</t>
+          <t>October 2024</t>
         </is>
       </c>
       <c r="E28" s="1" t="n">
-        <v>41.0</v>
+        <v>46.0</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B29" t="inlineStr">
         <is>
           <t>C Manufacturing</t>
         </is>
       </c>
       <c r="C29" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="D29" t="inlineStr">
         <is>
-          <t>October 2024</t>
+          <t>November 2024</t>
         </is>
       </c>
       <c r="E29" s="1" t="n">
-        <v>46.0</v>
+        <v>20.0</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B30" t="inlineStr">
         <is>
           <t>C Manufacturing</t>
         </is>
       </c>
       <c r="C30" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="D30" t="inlineStr">
         <is>
-          <t>November 2024</t>
+          <t>December 2024</t>
         </is>
       </c>
       <c r="E30" s="1" t="n">
-        <v>20.0</v>
+        <v>47.0</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B31" t="inlineStr">
         <is>
           <t>C Manufacturing</t>
         </is>
       </c>
       <c r="C31" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="D31" t="inlineStr">
         <is>
-          <t>December 2024</t>
+          <t>January 2025</t>
         </is>
       </c>
       <c r="E31" s="1" t="n">
-        <v>47.0</v>
+        <v>34.0</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B32" t="inlineStr">
         <is>
           <t>C Manufacturing</t>
         </is>
       </c>
       <c r="C32" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D32" t="inlineStr">
         <is>
-          <t>January 2025</t>
+          <t>February 2025</t>
         </is>
       </c>
       <c r="E32" s="1" t="n">
-        <v>34.0</v>
+        <v>35.0</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B33" t="inlineStr">
         <is>
           <t>C Manufacturing</t>
         </is>
       </c>
       <c r="C33" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D33" t="inlineStr">
         <is>
-          <t>February 2025</t>
+          <t>March 2025</t>
         </is>
       </c>
       <c r="E33" s="1" t="n">
-        <v>35.0</v>
+        <v>47.0</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B34" t="inlineStr">
         <is>
           <t>C Manufacturing</t>
         </is>
       </c>
       <c r="C34" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D34" t="inlineStr">
         <is>
-          <t>March 2025</t>
+          <t>April 2025</t>
         </is>
       </c>
       <c r="E34" s="1" t="n">
         <v>47.0</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B35" t="inlineStr">
         <is>
           <t>C Manufacturing</t>
         </is>
       </c>
       <c r="C35" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D35" t="inlineStr">
         <is>
-          <t>April 2025</t>
+          <t>May 2025</t>
         </is>
       </c>
       <c r="E35" s="1" t="n">
-        <v>47.0</v>
+        <v>37.0</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B36" t="inlineStr">
         <is>
           <t>C Manufacturing</t>
         </is>
       </c>
       <c r="C36" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D36" t="inlineStr">
         <is>
-          <t>May 2025</t>
+          <t>June 2025</t>
         </is>
       </c>
       <c r="E36" s="1" t="n">
-        <v>37.0</v>
+        <v>53.0</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B37" t="inlineStr">
         <is>
           <t>C Manufacturing</t>
         </is>
       </c>
       <c r="C37" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D37" t="inlineStr">
         <is>
-          <t>June 2025</t>
+          <t>July 2025</t>
         </is>
       </c>
       <c r="E37" s="1" t="n">
-        <v>53.0</v>
+        <v>39.0</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B38" t="inlineStr">
         <is>
           <t>C Manufacturing</t>
         </is>
       </c>
       <c r="C38" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D38" t="inlineStr">
         <is>
-          <t>July 2025</t>
+          <t>August 2025</t>
         </is>
       </c>
       <c r="E38" s="1" t="n">
-        <v>39.0</v>
+        <v>26.0</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B39" t="inlineStr">
         <is>
           <t>C Manufacturing</t>
         </is>
       </c>
       <c r="C39" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D39" t="inlineStr">
         <is>
-          <t>August 2025</t>
+          <t>September 2025</t>
         </is>
       </c>
       <c r="E39" s="1" t="n">
-        <v>26.0</v>
+        <v>32.0</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B40" t="inlineStr">
         <is>
           <t>C Manufacturing</t>
         </is>
       </c>
       <c r="C40" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D40" t="inlineStr">
         <is>
-          <t>September 2025</t>
+          <t>October 2025</t>
         </is>
       </c>
       <c r="E40" s="1" t="n">
-        <v>32.0</v>
+        <v>39.0</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B41" t="inlineStr">
         <is>
           <t>D Electricity, gas, steam and air conditioning supply</t>
         </is>
       </c>
       <c r="C41" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="D41" t="inlineStr">
         <is>
-          <t>September 2024</t>
-[...2 lines deleted...]
-      <c r="E41"/>
+          <t>October 2024</t>
+        </is>
+      </c>
+      <c r="E41" s="1" t="n">
+        <v>2.0</v>
+      </c>
     </row>
     <row r="42">
       <c r="A42" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B42" t="inlineStr">
         <is>
           <t>D Electricity, gas, steam and air conditioning supply</t>
         </is>
       </c>
       <c r="C42" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="D42" t="inlineStr">
         <is>
-          <t>October 2024</t>
-[...4 lines deleted...]
-      </c>
+          <t>November 2024</t>
+        </is>
+      </c>
+      <c r="E42"/>
     </row>
     <row r="43">
       <c r="A43" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B43" t="inlineStr">
         <is>
           <t>D Electricity, gas, steam and air conditioning supply</t>
         </is>
       </c>
       <c r="C43" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="D43" t="inlineStr">
         <is>
-          <t>November 2024</t>
-[...2 lines deleted...]
-      <c r="E43"/>
+          <t>December 2024</t>
+        </is>
+      </c>
+      <c r="E43" s="1" t="n">
+        <v>1.0</v>
+      </c>
     </row>
     <row r="44">
       <c r="A44" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B44" t="inlineStr">
         <is>
           <t>D Electricity, gas, steam and air conditioning supply</t>
         </is>
       </c>
       <c r="C44" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="D44" t="inlineStr">
         <is>
-          <t>December 2024</t>
+          <t>January 2025</t>
         </is>
       </c>
       <c r="E44" s="1" t="n">
         <v>1.0</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B45" t="inlineStr">
         <is>
           <t>D Electricity, gas, steam and air conditioning supply</t>
         </is>
       </c>
       <c r="C45" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D45" t="inlineStr">
         <is>
-          <t>January 2025</t>
-[...4 lines deleted...]
-      </c>
+          <t>February 2025</t>
+        </is>
+      </c>
+      <c r="E45"/>
     </row>
     <row r="46">
       <c r="A46" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B46" t="inlineStr">
         <is>
           <t>D Electricity, gas, steam and air conditioning supply</t>
         </is>
       </c>
       <c r="C46" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D46" t="inlineStr">
         <is>
-          <t>February 2025</t>
-[...2 lines deleted...]
-      <c r="E46"/>
+          <t>March 2025</t>
+        </is>
+      </c>
+      <c r="E46" s="1" t="n">
+        <v>1.0</v>
+      </c>
     </row>
     <row r="47">
       <c r="A47" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B47" t="inlineStr">
         <is>
           <t>D Electricity, gas, steam and air conditioning supply</t>
         </is>
       </c>
       <c r="C47" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D47" t="inlineStr">
         <is>
-          <t>March 2025</t>
-[...4 lines deleted...]
-      </c>
+          <t>April 2025</t>
+        </is>
+      </c>
+      <c r="E47"/>
     </row>
     <row r="48">
       <c r="A48" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B48" t="inlineStr">
         <is>
           <t>D Electricity, gas, steam and air conditioning supply</t>
         </is>
       </c>
       <c r="C48" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D48" t="inlineStr">
         <is>
-          <t>April 2025</t>
-[...2 lines deleted...]
-      <c r="E48"/>
+          <t>May 2025</t>
+        </is>
+      </c>
+      <c r="E48" s="1" t="n">
+        <v>1.0</v>
+      </c>
     </row>
     <row r="49">
       <c r="A49" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B49" t="inlineStr">
         <is>
           <t>D Electricity, gas, steam and air conditioning supply</t>
         </is>
       </c>
       <c r="C49" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D49" t="inlineStr">
         <is>
-          <t>May 2025</t>
+          <t>June 2025</t>
         </is>
       </c>
       <c r="E49" s="1" t="n">
-        <v>1.0</v>
+        <v>2.0</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B50" t="inlineStr">
         <is>
           <t>D Electricity, gas, steam and air conditioning supply</t>
         </is>
       </c>
       <c r="C50" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D50" t="inlineStr">
         <is>
-          <t>June 2025</t>
-[...4 lines deleted...]
-      </c>
+          <t>July 2025</t>
+        </is>
+      </c>
+      <c r="E50"/>
     </row>
     <row r="51">
       <c r="A51" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B51" t="inlineStr">
         <is>
           <t>D Electricity, gas, steam and air conditioning supply</t>
         </is>
       </c>
       <c r="C51" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D51" t="inlineStr">
         <is>
-          <t>July 2025</t>
+          <t>August 2025</t>
         </is>
       </c>
       <c r="E51"/>
     </row>
     <row r="52">
       <c r="A52" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B52" t="inlineStr">
         <is>
           <t>D Electricity, gas, steam and air conditioning supply</t>
         </is>
       </c>
       <c r="C52" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D52" t="inlineStr">
         <is>
-          <t>August 2025</t>
-[...2 lines deleted...]
-      <c r="E52"/>
+          <t>September 2025</t>
+        </is>
+      </c>
+      <c r="E52" s="1" t="n">
+        <v>2.0</v>
+      </c>
     </row>
     <row r="53">
       <c r="A53" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B53" t="inlineStr">
         <is>
           <t>D Electricity, gas, steam and air conditioning supply</t>
         </is>
       </c>
       <c r="C53" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D53" t="inlineStr">
         <is>
-          <t>September 2025</t>
+          <t>October 2025</t>
         </is>
       </c>
       <c r="E53" s="1" t="n">
-        <v>2.0</v>
+        <v>1.0</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B54" t="inlineStr">
         <is>
           <t>E Water supply/ sewerage, waste management and remediation activities</t>
         </is>
       </c>
       <c r="C54" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="D54" t="inlineStr">
         <is>
-          <t>September 2024</t>
+          <t>October 2024</t>
         </is>
       </c>
       <c r="E54" s="1" t="n">
-        <v>1.0</v>
+        <v>3.0</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B55" t="inlineStr">
         <is>
           <t>E Water supply/ sewerage, waste management and remediation activities</t>
         </is>
       </c>
       <c r="C55" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="D55" t="inlineStr">
         <is>
-          <t>October 2024</t>
+          <t>November 2024</t>
         </is>
       </c>
       <c r="E55" s="1" t="n">
-        <v>3.0</v>
+        <v>1.0</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B56" t="inlineStr">
         <is>
           <t>E Water supply/ sewerage, waste management and remediation activities</t>
         </is>
       </c>
       <c r="C56" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="D56" t="inlineStr">
         <is>
-          <t>November 2024</t>
+          <t>December 2024</t>
         </is>
       </c>
       <c r="E56" s="1" t="n">
         <v>1.0</v>
       </c>
     </row>
     <row r="57">
       <c r="A57" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B57" t="inlineStr">
         <is>
           <t>E Water supply/ sewerage, waste management and remediation activities</t>
         </is>
       </c>
       <c r="C57" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="D57" t="inlineStr">
         <is>
-          <t>December 2024</t>
+          <t>January 2025</t>
         </is>
       </c>
       <c r="E57" s="1" t="n">
-        <v>1.0</v>
+        <v>3.0</v>
       </c>
     </row>
     <row r="58">
       <c r="A58" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B58" t="inlineStr">
         <is>
           <t>E Water supply/ sewerage, waste management and remediation activities</t>
         </is>
       </c>
       <c r="C58" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D58" t="inlineStr">
         <is>
-          <t>January 2025</t>
+          <t>February 2025</t>
         </is>
       </c>
       <c r="E58" s="1" t="n">
         <v>3.0</v>
       </c>
     </row>
     <row r="59">
       <c r="A59" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B59" t="inlineStr">
         <is>
           <t>E Water supply/ sewerage, waste management and remediation activities</t>
         </is>
       </c>
       <c r="C59" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D59" t="inlineStr">
         <is>
-          <t>February 2025</t>
+          <t>March 2025</t>
         </is>
       </c>
       <c r="E59" s="1" t="n">
         <v>3.0</v>
       </c>
     </row>
     <row r="60">
       <c r="A60" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B60" t="inlineStr">
         <is>
           <t>E Water supply/ sewerage, waste management and remediation activities</t>
         </is>
       </c>
       <c r="C60" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D60" t="inlineStr">
         <is>
-          <t>March 2025</t>
+          <t>April 2025</t>
         </is>
       </c>
       <c r="E60" s="1" t="n">
-        <v>3.0</v>
+        <v>4.0</v>
       </c>
     </row>
     <row r="61">
       <c r="A61" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B61" t="inlineStr">
         <is>
           <t>E Water supply/ sewerage, waste management and remediation activities</t>
         </is>
       </c>
       <c r="C61" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D61" t="inlineStr">
         <is>
-          <t>April 2025</t>
+          <t>May 2025</t>
         </is>
       </c>
       <c r="E61" s="1" t="n">
         <v>4.0</v>
       </c>
     </row>
     <row r="62">
       <c r="A62" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B62" t="inlineStr">
         <is>
           <t>E Water supply/ sewerage, waste management and remediation activities</t>
         </is>
       </c>
       <c r="C62" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D62" t="inlineStr">
         <is>
-          <t>May 2025</t>
+          <t>June 2025</t>
         </is>
       </c>
       <c r="E62" s="1" t="n">
-        <v>4.0</v>
+        <v>1.0</v>
       </c>
     </row>
     <row r="63">
       <c r="A63" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B63" t="inlineStr">
         <is>
           <t>E Water supply/ sewerage, waste management and remediation activities</t>
         </is>
       </c>
       <c r="C63" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D63" t="inlineStr">
         <is>
-          <t>June 2025</t>
+          <t>July 2025</t>
         </is>
       </c>
       <c r="E63" s="1" t="n">
         <v>1.0</v>
       </c>
     </row>
     <row r="64">
       <c r="A64" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B64" t="inlineStr">
         <is>
           <t>E Water supply/ sewerage, waste management and remediation activities</t>
         </is>
       </c>
       <c r="C64" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D64" t="inlineStr">
         <is>
-          <t>July 2025</t>
+          <t>August 2025</t>
         </is>
       </c>
       <c r="E64" s="1" t="n">
         <v>1.0</v>
       </c>
     </row>
     <row r="65">
       <c r="A65" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B65" t="inlineStr">
         <is>
           <t>E Water supply/ sewerage, waste management and remediation activities</t>
         </is>
       </c>
       <c r="C65" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D65" t="inlineStr">
         <is>
-          <t>August 2025</t>
+          <t>September 2025</t>
         </is>
       </c>
       <c r="E65" s="1" t="n">
-        <v>1.0</v>
+        <v>2.0</v>
       </c>
     </row>
     <row r="66">
       <c r="A66" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B66" t="inlineStr">
         <is>
           <t>E Water supply/ sewerage, waste management and remediation activities</t>
         </is>
       </c>
       <c r="C66" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D66" t="inlineStr">
         <is>
-          <t>September 2025</t>
+          <t>October 2025</t>
         </is>
       </c>
       <c r="E66" s="1" t="n">
-        <v>2.0</v>
+        <v>4.0</v>
       </c>
     </row>
     <row r="67">
       <c r="A67" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B67" t="inlineStr">
         <is>
           <t>F Construction</t>
         </is>
       </c>
       <c r="C67" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="D67" t="inlineStr">
         <is>
-          <t>September 2024</t>
+          <t>October 2024</t>
         </is>
       </c>
       <c r="E67" s="1" t="n">
-        <v>306.0</v>
+        <v>238.0</v>
       </c>
     </row>
     <row r="68">
       <c r="A68" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B68" t="inlineStr">
         <is>
           <t>F Construction</t>
         </is>
       </c>
       <c r="C68" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="D68" t="inlineStr">
         <is>
-          <t>October 2024</t>
+          <t>November 2024</t>
         </is>
       </c>
       <c r="E68" s="1" t="n">
-        <v>238.0</v>
+        <v>200.0</v>
       </c>
     </row>
     <row r="69">
       <c r="A69" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B69" t="inlineStr">
         <is>
           <t>F Construction</t>
         </is>
       </c>
       <c r="C69" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="D69" t="inlineStr">
         <is>
-          <t>November 2024</t>
+          <t>December 2024</t>
         </is>
       </c>
       <c r="E69" s="1" t="n">
-        <v>200.0</v>
+        <v>236.0</v>
       </c>
     </row>
     <row r="70">
       <c r="A70" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B70" t="inlineStr">
         <is>
           <t>F Construction</t>
         </is>
       </c>
       <c r="C70" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="D70" t="inlineStr">
         <is>
-          <t>December 2024</t>
+          <t>January 2025</t>
         </is>
       </c>
       <c r="E70" s="1" t="n">
-        <v>236.0</v>
+        <v>243.0</v>
       </c>
     </row>
     <row r="71">
       <c r="A71" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B71" t="inlineStr">
         <is>
           <t>F Construction</t>
         </is>
       </c>
       <c r="C71" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D71" t="inlineStr">
         <is>
-          <t>January 2025</t>
+          <t>February 2025</t>
         </is>
       </c>
       <c r="E71" s="1" t="n">
-        <v>243.0</v>
+        <v>233.0</v>
       </c>
     </row>
     <row r="72">
       <c r="A72" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B72" t="inlineStr">
         <is>
           <t>F Construction</t>
         </is>
       </c>
       <c r="C72" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D72" t="inlineStr">
         <is>
-          <t>February 2025</t>
+          <t>March 2025</t>
         </is>
       </c>
       <c r="E72" s="1" t="n">
-        <v>233.0</v>
+        <v>268.0</v>
       </c>
     </row>
     <row r="73">
       <c r="A73" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B73" t="inlineStr">
         <is>
           <t>F Construction</t>
         </is>
       </c>
       <c r="C73" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D73" t="inlineStr">
         <is>
-          <t>March 2025</t>
+          <t>April 2025</t>
         </is>
       </c>
       <c r="E73" s="1" t="n">
-        <v>268.0</v>
+        <v>208.0</v>
       </c>
     </row>
     <row r="74">
       <c r="A74" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B74" t="inlineStr">
         <is>
           <t>F Construction</t>
         </is>
       </c>
       <c r="C74" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D74" t="inlineStr">
         <is>
-          <t>April 2025</t>
+          <t>May 2025</t>
         </is>
       </c>
       <c r="E74" s="1" t="n">
-        <v>208.0</v>
+        <v>241.0</v>
       </c>
     </row>
     <row r="75">
       <c r="A75" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B75" t="inlineStr">
         <is>
           <t>F Construction</t>
         </is>
       </c>
       <c r="C75" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D75" t="inlineStr">
         <is>
-          <t>May 2025</t>
+          <t>June 2025</t>
         </is>
       </c>
       <c r="E75" s="1" t="n">
-        <v>241.0</v>
+        <v>306.0</v>
       </c>
     </row>
     <row r="76">
       <c r="A76" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B76" t="inlineStr">
         <is>
           <t>F Construction</t>
         </is>
       </c>
       <c r="C76" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D76" t="inlineStr">
         <is>
-          <t>June 2025</t>
+          <t>July 2025</t>
         </is>
       </c>
       <c r="E76" s="1" t="n">
-        <v>306.0</v>
+        <v>159.0</v>
       </c>
     </row>
     <row r="77">
       <c r="A77" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B77" t="inlineStr">
         <is>
           <t>F Construction</t>
         </is>
       </c>
       <c r="C77" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D77" t="inlineStr">
         <is>
-          <t>July 2025</t>
+          <t>August 2025</t>
         </is>
       </c>
       <c r="E77" s="1" t="n">
-        <v>159.0</v>
+        <v>99.0</v>
       </c>
     </row>
     <row r="78">
       <c r="A78" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B78" t="inlineStr">
         <is>
           <t>F Construction</t>
         </is>
       </c>
       <c r="C78" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D78" t="inlineStr">
         <is>
-          <t>August 2025</t>
+          <t>September 2025</t>
         </is>
       </c>
       <c r="E78" s="1" t="n">
-        <v>99.0</v>
+        <v>301.0</v>
       </c>
     </row>
     <row r="79">
       <c r="A79" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B79" t="inlineStr">
         <is>
           <t>F Construction</t>
         </is>
       </c>
       <c r="C79" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D79" t="inlineStr">
         <is>
-          <t>September 2025</t>
+          <t>October 2025</t>
         </is>
       </c>
       <c r="E79" s="1" t="n">
-        <v>302.0</v>
+        <v>248.0</v>
       </c>
     </row>
     <row r="80">
       <c r="A80" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B80" t="inlineStr">
         <is>
           <t>G Wholesale and retail trade/ repair of motor vehicles and motorcycles</t>
         </is>
       </c>
       <c r="C80" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="D80" t="inlineStr">
         <is>
-          <t>September 2024</t>
+          <t>October 2024</t>
         </is>
       </c>
       <c r="E80" s="1" t="n">
-        <v>259.0</v>
+        <v>242.0</v>
       </c>
     </row>
     <row r="81">
       <c r="A81" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B81" t="inlineStr">
         <is>
           <t>G Wholesale and retail trade/ repair of motor vehicles and motorcycles</t>
         </is>
       </c>
       <c r="C81" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="D81" t="inlineStr">
         <is>
-          <t>October 2024</t>
+          <t>November 2024</t>
         </is>
       </c>
       <c r="E81" s="1" t="n">
-        <v>242.0</v>
+        <v>168.0</v>
       </c>
     </row>
     <row r="82">
       <c r="A82" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B82" t="inlineStr">
         <is>
           <t>G Wholesale and retail trade/ repair of motor vehicles and motorcycles</t>
         </is>
       </c>
       <c r="C82" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="D82" t="inlineStr">
         <is>
-          <t>November 2024</t>
+          <t>December 2024</t>
         </is>
       </c>
       <c r="E82" s="1" t="n">
-        <v>168.0</v>
+        <v>197.0</v>
       </c>
     </row>
     <row r="83">
       <c r="A83" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B83" t="inlineStr">
         <is>
           <t>G Wholesale and retail trade/ repair of motor vehicles and motorcycles</t>
         </is>
       </c>
       <c r="C83" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="D83" t="inlineStr">
         <is>
-          <t>December 2024</t>
+          <t>January 2025</t>
         </is>
       </c>
       <c r="E83" s="1" t="n">
-        <v>197.0</v>
+        <v>182.0</v>
       </c>
     </row>
     <row r="84">
       <c r="A84" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B84" t="inlineStr">
         <is>
           <t>G Wholesale and retail trade/ repair of motor vehicles and motorcycles</t>
         </is>
       </c>
       <c r="C84" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D84" t="inlineStr">
         <is>
-          <t>January 2025</t>
+          <t>February 2025</t>
         </is>
       </c>
       <c r="E84" s="1" t="n">
-        <v>182.0</v>
+        <v>202.0</v>
       </c>
     </row>
     <row r="85">
       <c r="A85" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B85" t="inlineStr">
         <is>
           <t>G Wholesale and retail trade/ repair of motor vehicles and motorcycles</t>
         </is>
       </c>
       <c r="C85" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D85" t="inlineStr">
         <is>
-          <t>February 2025</t>
+          <t>March 2025</t>
         </is>
       </c>
       <c r="E85" s="1" t="n">
-        <v>202.0</v>
+        <v>218.0</v>
       </c>
     </row>
     <row r="86">
       <c r="A86" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B86" t="inlineStr">
         <is>
           <t>G Wholesale and retail trade/ repair of motor vehicles and motorcycles</t>
         </is>
       </c>
       <c r="C86" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D86" t="inlineStr">
         <is>
-          <t>March 2025</t>
+          <t>April 2025</t>
         </is>
       </c>
       <c r="E86" s="1" t="n">
-        <v>218.0</v>
+        <v>207.0</v>
       </c>
     </row>
     <row r="87">
       <c r="A87" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B87" t="inlineStr">
         <is>
           <t>G Wholesale and retail trade/ repair of motor vehicles and motorcycles</t>
         </is>
       </c>
       <c r="C87" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D87" t="inlineStr">
         <is>
-          <t>April 2025</t>
+          <t>May 2025</t>
         </is>
       </c>
       <c r="E87" s="1" t="n">
-        <v>207.0</v>
+        <v>177.0</v>
       </c>
     </row>
     <row r="88">
       <c r="A88" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B88" t="inlineStr">
         <is>
           <t>G Wholesale and retail trade/ repair of motor vehicles and motorcycles</t>
         </is>
       </c>
       <c r="C88" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D88" t="inlineStr">
         <is>
-          <t>May 2025</t>
+          <t>June 2025</t>
         </is>
       </c>
       <c r="E88" s="1" t="n">
-        <v>177.0</v>
+        <v>227.0</v>
       </c>
     </row>
     <row r="89">
       <c r="A89" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B89" t="inlineStr">
         <is>
           <t>G Wholesale and retail trade/ repair of motor vehicles and motorcycles</t>
         </is>
       </c>
       <c r="C89" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D89" t="inlineStr">
         <is>
-          <t>June 2025</t>
+          <t>July 2025</t>
         </is>
       </c>
       <c r="E89" s="1" t="n">
-        <v>227.0</v>
+        <v>157.0</v>
       </c>
     </row>
     <row r="90">
       <c r="A90" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B90" t="inlineStr">
         <is>
           <t>G Wholesale and retail trade/ repair of motor vehicles and motorcycles</t>
         </is>
       </c>
       <c r="C90" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D90" t="inlineStr">
         <is>
-          <t>July 2025</t>
+          <t>August 2025</t>
         </is>
       </c>
       <c r="E90" s="1" t="n">
-        <v>157.0</v>
+        <v>111.0</v>
       </c>
     </row>
     <row r="91">
       <c r="A91" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B91" t="inlineStr">
         <is>
           <t>G Wholesale and retail trade/ repair of motor vehicles and motorcycles</t>
         </is>
       </c>
       <c r="C91" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D91" t="inlineStr">
         <is>
-          <t>August 2025</t>
+          <t>September 2025</t>
         </is>
       </c>
       <c r="E91" s="1" t="n">
-        <v>111.0</v>
+        <v>247.0</v>
       </c>
     </row>
     <row r="92">
       <c r="A92" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B92" t="inlineStr">
         <is>
           <t>G Wholesale and retail trade/ repair of motor vehicles and motorcycles</t>
         </is>
       </c>
       <c r="C92" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D92" t="inlineStr">
         <is>
-          <t>September 2025</t>
+          <t>October 2025</t>
         </is>
       </c>
       <c r="E92" s="1" t="n">
-        <v>246.0</v>
+        <v>228.0</v>
       </c>
     </row>
     <row r="93">
       <c r="A93" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B93" t="inlineStr">
         <is>
           <t>H Transportation and storage</t>
         </is>
       </c>
       <c r="C93" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="D93" t="inlineStr">
         <is>
-          <t>September 2024</t>
+          <t>October 2024</t>
         </is>
       </c>
       <c r="E93" s="1" t="n">
-        <v>81.0</v>
+        <v>73.0</v>
       </c>
     </row>
     <row r="94">
       <c r="A94" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B94" t="inlineStr">
         <is>
           <t>H Transportation and storage</t>
         </is>
       </c>
       <c r="C94" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="D94" t="inlineStr">
         <is>
-          <t>October 2024</t>
+          <t>November 2024</t>
         </is>
       </c>
       <c r="E94" s="1" t="n">
-        <v>73.0</v>
+        <v>58.0</v>
       </c>
     </row>
     <row r="95">
       <c r="A95" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B95" t="inlineStr">
         <is>
           <t>H Transportation and storage</t>
         </is>
       </c>
       <c r="C95" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="D95" t="inlineStr">
         <is>
-          <t>November 2024</t>
+          <t>December 2024</t>
         </is>
       </c>
       <c r="E95" s="1" t="n">
-        <v>58.0</v>
+        <v>67.0</v>
       </c>
     </row>
     <row r="96">
       <c r="A96" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B96" t="inlineStr">
         <is>
           <t>H Transportation and storage</t>
         </is>
       </c>
       <c r="C96" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="D96" t="inlineStr">
         <is>
-          <t>December 2024</t>
+          <t>January 2025</t>
         </is>
       </c>
       <c r="E96" s="1" t="n">
-        <v>67.0</v>
+        <v>55.0</v>
       </c>
     </row>
     <row r="97">
       <c r="A97" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B97" t="inlineStr">
         <is>
           <t>H Transportation and storage</t>
         </is>
       </c>
       <c r="C97" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D97" t="inlineStr">
         <is>
-          <t>January 2025</t>
+          <t>February 2025</t>
         </is>
       </c>
       <c r="E97" s="1" t="n">
-        <v>55.0</v>
+        <v>74.0</v>
       </c>
     </row>
     <row r="98">
       <c r="A98" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B98" t="inlineStr">
         <is>
           <t>H Transportation and storage</t>
         </is>
       </c>
       <c r="C98" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D98" t="inlineStr">
         <is>
-          <t>February 2025</t>
+          <t>March 2025</t>
         </is>
       </c>
       <c r="E98" s="1" t="n">
-        <v>74.0</v>
+        <v>65.0</v>
       </c>
     </row>
     <row r="99">
       <c r="A99" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B99" t="inlineStr">
         <is>
           <t>H Transportation and storage</t>
         </is>
       </c>
       <c r="C99" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D99" t="inlineStr">
         <is>
-          <t>March 2025</t>
+          <t>April 2025</t>
         </is>
       </c>
       <c r="E99" s="1" t="n">
-        <v>65.0</v>
+        <v>71.0</v>
       </c>
     </row>
     <row r="100">
       <c r="A100" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B100" t="inlineStr">
         <is>
           <t>H Transportation and storage</t>
         </is>
       </c>
       <c r="C100" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D100" t="inlineStr">
         <is>
-          <t>April 2025</t>
+          <t>May 2025</t>
         </is>
       </c>
       <c r="E100" s="1" t="n">
-        <v>71.0</v>
+        <v>69.0</v>
       </c>
     </row>
     <row r="101">
       <c r="A101" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B101" t="inlineStr">
         <is>
           <t>H Transportation and storage</t>
         </is>
       </c>
       <c r="C101" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D101" t="inlineStr">
         <is>
-          <t>May 2025</t>
+          <t>June 2025</t>
         </is>
       </c>
       <c r="E101" s="1" t="n">
-        <v>69.0</v>
+        <v>73.0</v>
       </c>
     </row>
     <row r="102">
       <c r="A102" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B102" t="inlineStr">
         <is>
           <t>H Transportation and storage</t>
         </is>
       </c>
       <c r="C102" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D102" t="inlineStr">
         <is>
-          <t>June 2025</t>
+          <t>July 2025</t>
         </is>
       </c>
       <c r="E102" s="1" t="n">
-        <v>73.0</v>
+        <v>53.0</v>
       </c>
     </row>
     <row r="103">
       <c r="A103" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B103" t="inlineStr">
         <is>
           <t>H Transportation and storage</t>
         </is>
       </c>
       <c r="C103" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D103" t="inlineStr">
         <is>
-          <t>July 2025</t>
+          <t>August 2025</t>
         </is>
       </c>
       <c r="E103" s="1" t="n">
-        <v>53.0</v>
+        <v>34.0</v>
       </c>
     </row>
     <row r="104">
       <c r="A104" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B104" t="inlineStr">
         <is>
           <t>H Transportation and storage</t>
         </is>
       </c>
       <c r="C104" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D104" t="inlineStr">
         <is>
-          <t>August 2025</t>
+          <t>September 2025</t>
         </is>
       </c>
       <c r="E104" s="1" t="n">
-        <v>34.0</v>
+        <v>103.0</v>
       </c>
     </row>
     <row r="105">
       <c r="A105" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B105" t="inlineStr">
         <is>
           <t>H Transportation and storage</t>
         </is>
       </c>
       <c r="C105" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D105" t="inlineStr">
         <is>
-          <t>September 2025</t>
+          <t>October 2025</t>
         </is>
       </c>
       <c r="E105" s="1" t="n">
-        <v>103.0</v>
+        <v>76.0</v>
       </c>
     </row>
     <row r="106">
       <c r="A106" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B106" t="inlineStr">
         <is>
           <t>I Accommodation and food service activities</t>
         </is>
       </c>
       <c r="C106" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="D106" t="inlineStr">
         <is>
-          <t>September 2024</t>
+          <t>October 2024</t>
         </is>
       </c>
       <c r="E106" s="1" t="n">
-        <v>205.0</v>
+        <v>180.0</v>
       </c>
     </row>
     <row r="107">
       <c r="A107" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B107" t="inlineStr">
         <is>
           <t>I Accommodation and food service activities</t>
         </is>
       </c>
       <c r="C107" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="D107" t="inlineStr">
         <is>
-          <t>October 2024</t>
+          <t>November 2024</t>
         </is>
       </c>
       <c r="E107" s="1" t="n">
-        <v>180.0</v>
+        <v>146.0</v>
       </c>
     </row>
     <row r="108">
       <c r="A108" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B108" t="inlineStr">
         <is>
           <t>I Accommodation and food service activities</t>
         </is>
       </c>
       <c r="C108" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="D108" t="inlineStr">
         <is>
-          <t>November 2024</t>
+          <t>December 2024</t>
         </is>
       </c>
       <c r="E108" s="1" t="n">
-        <v>146.0</v>
+        <v>181.0</v>
       </c>
     </row>
     <row r="109">
       <c r="A109" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B109" t="inlineStr">
         <is>
           <t>I Accommodation and food service activities</t>
         </is>
       </c>
       <c r="C109" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="D109" t="inlineStr">
         <is>
-          <t>December 2024</t>
+          <t>January 2025</t>
         </is>
       </c>
       <c r="E109" s="1" t="n">
-        <v>181.0</v>
+        <v>171.0</v>
       </c>
     </row>
     <row r="110">
       <c r="A110" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B110" t="inlineStr">
         <is>
           <t>I Accommodation and food service activities</t>
         </is>
       </c>
       <c r="C110" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D110" t="inlineStr">
         <is>
-          <t>January 2025</t>
+          <t>February 2025</t>
         </is>
       </c>
       <c r="E110" s="1" t="n">
-        <v>171.0</v>
+        <v>177.0</v>
       </c>
     </row>
     <row r="111">
       <c r="A111" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B111" t="inlineStr">
         <is>
           <t>I Accommodation and food service activities</t>
         </is>
       </c>
       <c r="C111" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D111" t="inlineStr">
         <is>
-          <t>February 2025</t>
+          <t>March 2025</t>
         </is>
       </c>
       <c r="E111" s="1" t="n">
-        <v>177.0</v>
+        <v>185.0</v>
       </c>
     </row>
     <row r="112">
       <c r="A112" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B112" t="inlineStr">
         <is>
           <t>I Accommodation and food service activities</t>
         </is>
       </c>
       <c r="C112" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D112" t="inlineStr">
         <is>
-          <t>March 2025</t>
+          <t>April 2025</t>
         </is>
       </c>
       <c r="E112" s="1" t="n">
-        <v>185.0</v>
+        <v>180.0</v>
       </c>
     </row>
     <row r="113">
       <c r="A113" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B113" t="inlineStr">
         <is>
           <t>I Accommodation and food service activities</t>
         </is>
       </c>
       <c r="C113" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D113" t="inlineStr">
         <is>
-          <t>April 2025</t>
+          <t>May 2025</t>
         </is>
       </c>
       <c r="E113" s="1" t="n">
-        <v>180.0</v>
+        <v>141.0</v>
       </c>
     </row>
     <row r="114">
       <c r="A114" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B114" t="inlineStr">
         <is>
           <t>I Accommodation and food service activities</t>
         </is>
       </c>
       <c r="C114" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D114" t="inlineStr">
         <is>
-          <t>May 2025</t>
+          <t>June 2025</t>
         </is>
       </c>
       <c r="E114" s="1" t="n">
-        <v>141.0</v>
+        <v>183.0</v>
       </c>
     </row>
     <row r="115">
       <c r="A115" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B115" t="inlineStr">
         <is>
           <t>I Accommodation and food service activities</t>
         </is>
       </c>
       <c r="C115" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D115" t="inlineStr">
         <is>
-          <t>June 2025</t>
+          <t>July 2025</t>
         </is>
       </c>
       <c r="E115" s="1" t="n">
-        <v>183.0</v>
+        <v>117.0</v>
       </c>
     </row>
     <row r="116">
       <c r="A116" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B116" t="inlineStr">
         <is>
           <t>I Accommodation and food service activities</t>
         </is>
       </c>
       <c r="C116" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D116" t="inlineStr">
         <is>
-          <t>July 2025</t>
+          <t>August 2025</t>
         </is>
       </c>
       <c r="E116" s="1" t="n">
-        <v>117.0</v>
+        <v>88.0</v>
       </c>
     </row>
     <row r="117">
       <c r="A117" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B117" t="inlineStr">
         <is>
           <t>I Accommodation and food service activities</t>
         </is>
       </c>
       <c r="C117" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D117" t="inlineStr">
         <is>
-          <t>August 2025</t>
+          <t>September 2025</t>
         </is>
       </c>
       <c r="E117" s="1" t="n">
-        <v>88.0</v>
+        <v>202.0</v>
       </c>
     </row>
     <row r="118">
       <c r="A118" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B118" t="inlineStr">
         <is>
           <t>I Accommodation and food service activities</t>
         </is>
       </c>
       <c r="C118" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D118" t="inlineStr">
         <is>
-          <t>September 2025</t>
+          <t>October 2025</t>
         </is>
       </c>
       <c r="E118" s="1" t="n">
-        <v>202.0</v>
+        <v>204.0</v>
       </c>
     </row>
     <row r="119">
       <c r="A119" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B119" t="inlineStr">
         <is>
           <t>J Information and communication</t>
         </is>
       </c>
       <c r="C119" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="D119" t="inlineStr">
         <is>
-          <t>September 2024</t>
+          <t>October 2024</t>
         </is>
       </c>
       <c r="E119" s="1" t="n">
-        <v>48.0</v>
+        <v>28.0</v>
       </c>
     </row>
     <row r="120">
       <c r="A120" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B120" t="inlineStr">
         <is>
           <t>J Information and communication</t>
         </is>
       </c>
       <c r="C120" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="D120" t="inlineStr">
         <is>
-          <t>October 2024</t>
+          <t>November 2024</t>
         </is>
       </c>
       <c r="E120" s="1" t="n">
-        <v>28.0</v>
+        <v>21.0</v>
       </c>
     </row>
     <row r="121">
       <c r="A121" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B121" t="inlineStr">
         <is>
           <t>J Information and communication</t>
         </is>
       </c>
       <c r="C121" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="D121" t="inlineStr">
         <is>
-          <t>November 2024</t>
+          <t>December 2024</t>
         </is>
       </c>
       <c r="E121" s="1" t="n">
-        <v>21.0</v>
+        <v>36.0</v>
       </c>
     </row>
     <row r="122">
       <c r="A122" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B122" t="inlineStr">
         <is>
           <t>J Information and communication</t>
         </is>
       </c>
       <c r="C122" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="D122" t="inlineStr">
         <is>
-          <t>December 2024</t>
+          <t>January 2025</t>
         </is>
       </c>
       <c r="E122" s="1" t="n">
-        <v>36.0</v>
+        <v>17.0</v>
       </c>
     </row>
     <row r="123">
       <c r="A123" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B123" t="inlineStr">
         <is>
           <t>J Information and communication</t>
         </is>
       </c>
       <c r="C123" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D123" t="inlineStr">
         <is>
-          <t>January 2025</t>
+          <t>February 2025</t>
         </is>
       </c>
       <c r="E123" s="1" t="n">
-        <v>17.0</v>
+        <v>28.0</v>
       </c>
     </row>
     <row r="124">
       <c r="A124" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B124" t="inlineStr">
         <is>
           <t>J Information and communication</t>
         </is>
       </c>
       <c r="C124" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D124" t="inlineStr">
         <is>
-          <t>February 2025</t>
+          <t>March 2025</t>
         </is>
       </c>
       <c r="E124" s="1" t="n">
         <v>28.0</v>
       </c>
     </row>
     <row r="125">
       <c r="A125" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B125" t="inlineStr">
         <is>
           <t>J Information and communication</t>
         </is>
       </c>
       <c r="C125" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D125" t="inlineStr">
         <is>
-          <t>March 2025</t>
+          <t>April 2025</t>
         </is>
       </c>
       <c r="E125" s="1" t="n">
-        <v>28.0</v>
+        <v>32.0</v>
       </c>
     </row>
     <row r="126">
       <c r="A126" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B126" t="inlineStr">
         <is>
           <t>J Information and communication</t>
         </is>
       </c>
       <c r="C126" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D126" t="inlineStr">
         <is>
-          <t>April 2025</t>
+          <t>May 2025</t>
         </is>
       </c>
       <c r="E126" s="1" t="n">
-        <v>32.0</v>
+        <v>34.0</v>
       </c>
     </row>
     <row r="127">
       <c r="A127" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B127" t="inlineStr">
         <is>
           <t>J Information and communication</t>
         </is>
       </c>
       <c r="C127" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D127" t="inlineStr">
         <is>
-          <t>May 2025</t>
+          <t>June 2025</t>
         </is>
       </c>
       <c r="E127" s="1" t="n">
-        <v>34.0</v>
+        <v>36.0</v>
       </c>
     </row>
     <row r="128">
       <c r="A128" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B128" t="inlineStr">
         <is>
           <t>J Information and communication</t>
         </is>
       </c>
       <c r="C128" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D128" t="inlineStr">
         <is>
-          <t>June 2025</t>
+          <t>July 2025</t>
         </is>
       </c>
       <c r="E128" s="1" t="n">
-        <v>36.0</v>
+        <v>25.0</v>
       </c>
     </row>
     <row r="129">
       <c r="A129" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B129" t="inlineStr">
         <is>
           <t>J Information and communication</t>
         </is>
       </c>
       <c r="C129" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D129" t="inlineStr">
         <is>
-          <t>July 2025</t>
+          <t>August 2025</t>
         </is>
       </c>
       <c r="E129" s="1" t="n">
-        <v>25.0</v>
+        <v>26.0</v>
       </c>
     </row>
     <row r="130">
       <c r="A130" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B130" t="inlineStr">
         <is>
           <t>J Information and communication</t>
         </is>
       </c>
       <c r="C130" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D130" t="inlineStr">
         <is>
-          <t>August 2025</t>
+          <t>September 2025</t>
         </is>
       </c>
       <c r="E130" s="1" t="n">
-        <v>26.0</v>
+        <v>39.0</v>
       </c>
     </row>
     <row r="131">
       <c r="A131" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B131" t="inlineStr">
         <is>
           <t>J Information and communication</t>
         </is>
       </c>
       <c r="C131" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D131" t="inlineStr">
         <is>
-          <t>September 2025</t>
+          <t>October 2025</t>
         </is>
       </c>
       <c r="E131" s="1" t="n">
-        <v>38.0</v>
+        <v>32.0</v>
       </c>
     </row>
     <row r="132">
       <c r="A132" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B132" t="inlineStr">
         <is>
           <t>K Financial and insurance activities</t>
         </is>
       </c>
       <c r="C132" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="D132" t="inlineStr">
         <is>
-          <t>September 2024</t>
+          <t>October 2024</t>
         </is>
       </c>
       <c r="E132" s="1" t="n">
         <v>4.0</v>
       </c>
     </row>
     <row r="133">
       <c r="A133" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B133" t="inlineStr">
         <is>
           <t>K Financial and insurance activities</t>
         </is>
       </c>
       <c r="C133" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="D133" t="inlineStr">
         <is>
-          <t>October 2024</t>
+          <t>November 2024</t>
         </is>
       </c>
       <c r="E133" s="1" t="n">
-        <v>4.0</v>
+        <v>5.0</v>
       </c>
     </row>
     <row r="134">
       <c r="A134" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B134" t="inlineStr">
         <is>
           <t>K Financial and insurance activities</t>
         </is>
       </c>
       <c r="C134" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="D134" t="inlineStr">
         <is>
-          <t>November 2024</t>
+          <t>December 2024</t>
         </is>
       </c>
       <c r="E134" s="1" t="n">
-        <v>5.0</v>
+        <v>4.0</v>
       </c>
     </row>
     <row r="135">
       <c r="A135" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B135" t="inlineStr">
         <is>
           <t>K Financial and insurance activities</t>
         </is>
       </c>
       <c r="C135" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="D135" t="inlineStr">
         <is>
-          <t>December 2024</t>
+          <t>January 2025</t>
         </is>
       </c>
       <c r="E135" s="1" t="n">
-        <v>4.0</v>
+        <v>8.0</v>
       </c>
     </row>
     <row r="136">
       <c r="A136" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B136" t="inlineStr">
         <is>
           <t>K Financial and insurance activities</t>
         </is>
       </c>
       <c r="C136" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D136" t="inlineStr">
         <is>
-          <t>January 2025</t>
+          <t>February 2025</t>
         </is>
       </c>
       <c r="E136" s="1" t="n">
-        <v>8.0</v>
+        <v>3.0</v>
       </c>
     </row>
     <row r="137">
       <c r="A137" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B137" t="inlineStr">
         <is>
           <t>K Financial and insurance activities</t>
         </is>
       </c>
       <c r="C137" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D137" t="inlineStr">
         <is>
-          <t>February 2025</t>
+          <t>March 2025</t>
         </is>
       </c>
       <c r="E137" s="1" t="n">
-        <v>3.0</v>
+        <v>5.0</v>
       </c>
     </row>
     <row r="138">
       <c r="A138" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B138" t="inlineStr">
         <is>
           <t>K Financial and insurance activities</t>
         </is>
       </c>
       <c r="C138" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D138" t="inlineStr">
         <is>
-          <t>March 2025</t>
+          <t>April 2025</t>
         </is>
       </c>
       <c r="E138" s="1" t="n">
-        <v>5.0</v>
+        <v>8.0</v>
       </c>
     </row>
     <row r="139">
       <c r="A139" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B139" t="inlineStr">
         <is>
           <t>K Financial and insurance activities</t>
         </is>
       </c>
       <c r="C139" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D139" t="inlineStr">
         <is>
-          <t>April 2025</t>
+          <t>May 2025</t>
         </is>
       </c>
       <c r="E139" s="1" t="n">
-        <v>8.0</v>
+        <v>6.0</v>
       </c>
     </row>
     <row r="140">
       <c r="A140" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B140" t="inlineStr">
         <is>
           <t>K Financial and insurance activities</t>
         </is>
       </c>
       <c r="C140" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D140" t="inlineStr">
         <is>
-          <t>May 2025</t>
+          <t>June 2025</t>
         </is>
       </c>
       <c r="E140" s="1" t="n">
-        <v>6.0</v>
+        <v>9.0</v>
       </c>
     </row>
     <row r="141">
       <c r="A141" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B141" t="inlineStr">
         <is>
           <t>K Financial and insurance activities</t>
         </is>
       </c>
       <c r="C141" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D141" t="inlineStr">
         <is>
-          <t>June 2025</t>
+          <t>July 2025</t>
         </is>
       </c>
       <c r="E141" s="1" t="n">
-        <v>9.0</v>
+        <v>5.0</v>
       </c>
     </row>
     <row r="142">
       <c r="A142" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B142" t="inlineStr">
         <is>
           <t>K Financial and insurance activities</t>
         </is>
       </c>
       <c r="C142" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D142" t="inlineStr">
         <is>
-          <t>July 2025</t>
+          <t>August 2025</t>
         </is>
       </c>
       <c r="E142" s="1" t="n">
-        <v>5.0</v>
+        <v>4.0</v>
       </c>
     </row>
     <row r="143">
       <c r="A143" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B143" t="inlineStr">
         <is>
           <t>K Financial and insurance activities</t>
         </is>
       </c>
       <c r="C143" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D143" t="inlineStr">
         <is>
-          <t>August 2025</t>
+          <t>September 2025</t>
         </is>
       </c>
       <c r="E143" s="1" t="n">
-        <v>4.0</v>
+        <v>12.0</v>
       </c>
     </row>
     <row r="144">
       <c r="A144" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B144" t="inlineStr">
         <is>
           <t>K Financial and insurance activities</t>
         </is>
       </c>
       <c r="C144" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D144" t="inlineStr">
         <is>
-          <t>September 2025</t>
+          <t>October 2025</t>
         </is>
       </c>
       <c r="E144" s="1" t="n">
-        <v>12.0</v>
+        <v>7.0</v>
       </c>
     </row>
     <row r="145">
       <c r="A145" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B145" t="inlineStr">
         <is>
           <t>L Real estate activities</t>
         </is>
       </c>
       <c r="C145" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="D145" t="inlineStr">
         <is>
-          <t>September 2024</t>
+          <t>October 2024</t>
         </is>
       </c>
       <c r="E145" s="1" t="n">
-        <v>15.0</v>
+        <v>16.0</v>
       </c>
     </row>
     <row r="146">
       <c r="A146" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B146" t="inlineStr">
         <is>
           <t>L Real estate activities</t>
         </is>
       </c>
       <c r="C146" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="D146" t="inlineStr">
         <is>
-          <t>October 2024</t>
+          <t>November 2024</t>
         </is>
       </c>
       <c r="E146" s="1" t="n">
-        <v>16.0</v>
+        <v>12.0</v>
       </c>
     </row>
     <row r="147">
       <c r="A147" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B147" t="inlineStr">
         <is>
           <t>L Real estate activities</t>
         </is>
       </c>
       <c r="C147" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="D147" t="inlineStr">
         <is>
-          <t>November 2024</t>
+          <t>December 2024</t>
         </is>
       </c>
       <c r="E147" s="1" t="n">
         <v>12.0</v>
       </c>
     </row>
     <row r="148">
       <c r="A148" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B148" t="inlineStr">
         <is>
           <t>L Real estate activities</t>
         </is>
       </c>
       <c r="C148" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="D148" t="inlineStr">
         <is>
-          <t>December 2024</t>
+          <t>January 2025</t>
         </is>
       </c>
       <c r="E148" s="1" t="n">
-        <v>12.0</v>
+        <v>22.0</v>
       </c>
     </row>
     <row r="149">
       <c r="A149" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B149" t="inlineStr">
         <is>
           <t>L Real estate activities</t>
         </is>
       </c>
       <c r="C149" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D149" t="inlineStr">
         <is>
-          <t>January 2025</t>
+          <t>February 2025</t>
         </is>
       </c>
       <c r="E149" s="1" t="n">
-        <v>22.0</v>
+        <v>17.0</v>
       </c>
     </row>
     <row r="150">
       <c r="A150" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B150" t="inlineStr">
         <is>
           <t>L Real estate activities</t>
         </is>
       </c>
       <c r="C150" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D150" t="inlineStr">
         <is>
-          <t>February 2025</t>
+          <t>March 2025</t>
         </is>
       </c>
       <c r="E150" s="1" t="n">
-        <v>17.0</v>
+        <v>19.0</v>
       </c>
     </row>
     <row r="151">
       <c r="A151" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B151" t="inlineStr">
         <is>
           <t>L Real estate activities</t>
         </is>
       </c>
       <c r="C151" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D151" t="inlineStr">
         <is>
-          <t>March 2025</t>
+          <t>April 2025</t>
         </is>
       </c>
       <c r="E151" s="1" t="n">
-        <v>19.0</v>
+        <v>15.0</v>
       </c>
     </row>
     <row r="152">
       <c r="A152" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B152" t="inlineStr">
         <is>
           <t>L Real estate activities</t>
         </is>
       </c>
       <c r="C152" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D152" t="inlineStr">
         <is>
-          <t>April 2025</t>
+          <t>May 2025</t>
         </is>
       </c>
       <c r="E152" s="1" t="n">
-        <v>15.0</v>
+        <v>13.0</v>
       </c>
     </row>
     <row r="153">
       <c r="A153" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B153" t="inlineStr">
         <is>
           <t>L Real estate activities</t>
         </is>
       </c>
       <c r="C153" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D153" t="inlineStr">
         <is>
-          <t>May 2025</t>
+          <t>June 2025</t>
         </is>
       </c>
       <c r="E153" s="1" t="n">
-        <v>13.0</v>
+        <v>19.0</v>
       </c>
     </row>
     <row r="154">
       <c r="A154" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B154" t="inlineStr">
         <is>
           <t>L Real estate activities</t>
         </is>
       </c>
       <c r="C154" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D154" t="inlineStr">
         <is>
-          <t>June 2025</t>
+          <t>July 2025</t>
         </is>
       </c>
       <c r="E154" s="1" t="n">
-        <v>19.0</v>
+        <v>8.0</v>
       </c>
     </row>
     <row r="155">
       <c r="A155" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B155" t="inlineStr">
         <is>
           <t>L Real estate activities</t>
         </is>
       </c>
       <c r="C155" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D155" t="inlineStr">
         <is>
-          <t>July 2025</t>
+          <t>August 2025</t>
         </is>
       </c>
       <c r="E155" s="1" t="n">
-        <v>8.0</v>
+        <v>9.0</v>
       </c>
     </row>
     <row r="156">
       <c r="A156" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B156" t="inlineStr">
         <is>
           <t>L Real estate activities</t>
         </is>
       </c>
       <c r="C156" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D156" t="inlineStr">
         <is>
-          <t>August 2025</t>
+          <t>September 2025</t>
         </is>
       </c>
       <c r="E156" s="1" t="n">
-        <v>9.0</v>
+        <v>20.0</v>
       </c>
     </row>
     <row r="157">
       <c r="A157" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B157" t="inlineStr">
         <is>
           <t>L Real estate activities</t>
         </is>
       </c>
       <c r="C157" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D157" t="inlineStr">
         <is>
-          <t>September 2025</t>
+          <t>October 2025</t>
         </is>
       </c>
       <c r="E157" s="1" t="n">
-        <v>20.0</v>
+        <v>26.0</v>
       </c>
     </row>
     <row r="158">
       <c r="A158" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B158" t="inlineStr">
         <is>
           <t>M Professional, scientific and technical activities</t>
         </is>
       </c>
       <c r="C158" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="D158" t="inlineStr">
         <is>
-          <t>September 2024</t>
+          <t>October 2024</t>
         </is>
       </c>
       <c r="E158" s="1" t="n">
-        <v>78.0</v>
+        <v>88.0</v>
       </c>
     </row>
     <row r="159">
       <c r="A159" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B159" t="inlineStr">
         <is>
           <t>M Professional, scientific and technical activities</t>
         </is>
       </c>
       <c r="C159" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="D159" t="inlineStr">
         <is>
-          <t>October 2024</t>
+          <t>November 2024</t>
         </is>
       </c>
       <c r="E159" s="1" t="n">
-        <v>88.0</v>
+        <v>69.0</v>
       </c>
     </row>
     <row r="160">
       <c r="A160" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B160" t="inlineStr">
         <is>
           <t>M Professional, scientific and technical activities</t>
         </is>
       </c>
       <c r="C160" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="D160" t="inlineStr">
         <is>
-          <t>November 2024</t>
+          <t>December 2024</t>
         </is>
       </c>
       <c r="E160" s="1" t="n">
-        <v>69.0</v>
+        <v>77.0</v>
       </c>
     </row>
     <row r="161">
       <c r="A161" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B161" t="inlineStr">
         <is>
           <t>M Professional, scientific and technical activities</t>
         </is>
       </c>
       <c r="C161" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="D161" t="inlineStr">
         <is>
-          <t>December 2024</t>
+          <t>January 2025</t>
         </is>
       </c>
       <c r="E161" s="1" t="n">
-        <v>77.0</v>
+        <v>82.0</v>
       </c>
     </row>
     <row r="162">
       <c r="A162" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B162" t="inlineStr">
         <is>
           <t>M Professional, scientific and technical activities</t>
         </is>
       </c>
       <c r="C162" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D162" t="inlineStr">
         <is>
-          <t>January 2025</t>
+          <t>February 2025</t>
         </is>
       </c>
       <c r="E162" s="1" t="n">
-        <v>82.0</v>
+        <v>75.0</v>
       </c>
     </row>
     <row r="163">
       <c r="A163" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B163" t="inlineStr">
         <is>
           <t>M Professional, scientific and technical activities</t>
         </is>
       </c>
       <c r="C163" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D163" t="inlineStr">
         <is>
-          <t>February 2025</t>
+          <t>March 2025</t>
         </is>
       </c>
       <c r="E163" s="1" t="n">
-        <v>75.0</v>
+        <v>77.0</v>
       </c>
     </row>
     <row r="164">
       <c r="A164" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B164" t="inlineStr">
         <is>
           <t>M Professional, scientific and technical activities</t>
         </is>
       </c>
       <c r="C164" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D164" t="inlineStr">
         <is>
-          <t>March 2025</t>
+          <t>April 2025</t>
         </is>
       </c>
       <c r="E164" s="1" t="n">
-        <v>77.0</v>
+        <v>83.0</v>
       </c>
     </row>
     <row r="165">
       <c r="A165" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B165" t="inlineStr">
         <is>
           <t>M Professional, scientific and technical activities</t>
         </is>
       </c>
       <c r="C165" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D165" t="inlineStr">
         <is>
-          <t>April 2025</t>
+          <t>May 2025</t>
         </is>
       </c>
       <c r="E165" s="1" t="n">
-        <v>83.0</v>
+        <v>58.0</v>
       </c>
     </row>
     <row r="166">
       <c r="A166" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B166" t="inlineStr">
         <is>
           <t>M Professional, scientific and technical activities</t>
         </is>
       </c>
       <c r="C166" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D166" t="inlineStr">
         <is>
-          <t>May 2025</t>
+          <t>June 2025</t>
         </is>
       </c>
       <c r="E166" s="1" t="n">
-        <v>58.0</v>
+        <v>110.0</v>
       </c>
     </row>
     <row r="167">
       <c r="A167" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B167" t="inlineStr">
         <is>
           <t>M Professional, scientific and technical activities</t>
         </is>
       </c>
       <c r="C167" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D167" t="inlineStr">
         <is>
-          <t>June 2025</t>
+          <t>July 2025</t>
         </is>
       </c>
       <c r="E167" s="1" t="n">
-        <v>110.0</v>
+        <v>44.0</v>
       </c>
     </row>
     <row r="168">
       <c r="A168" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B168" t="inlineStr">
         <is>
           <t>M Professional, scientific and technical activities</t>
         </is>
       </c>
       <c r="C168" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D168" t="inlineStr">
         <is>
-          <t>July 2025</t>
+          <t>August 2025</t>
         </is>
       </c>
       <c r="E168" s="1" t="n">
-        <v>44.0</v>
+        <v>43.0</v>
       </c>
     </row>
     <row r="169">
       <c r="A169" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B169" t="inlineStr">
         <is>
           <t>M Professional, scientific and technical activities</t>
         </is>
       </c>
       <c r="C169" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D169" t="inlineStr">
         <is>
-          <t>August 2025</t>
+          <t>September 2025</t>
         </is>
       </c>
       <c r="E169" s="1" t="n">
-        <v>43.0</v>
+        <v>105.0</v>
       </c>
     </row>
     <row r="170">
       <c r="A170" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B170" t="inlineStr">
         <is>
           <t>M Professional, scientific and technical activities</t>
         </is>
       </c>
       <c r="C170" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D170" t="inlineStr">
         <is>
-          <t>September 2025</t>
+          <t>October 2025</t>
         </is>
       </c>
       <c r="E170" s="1" t="n">
-        <v>103.0</v>
+        <v>78.0</v>
       </c>
     </row>
     <row r="171">
       <c r="A171" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B171" t="inlineStr">
         <is>
           <t>N Administrative and support service activities</t>
         </is>
       </c>
       <c r="C171" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="D171" t="inlineStr">
         <is>
-          <t>September 2024</t>
+          <t>October 2024</t>
         </is>
       </c>
       <c r="E171" s="1" t="n">
-        <v>73.0</v>
+        <v>68.0</v>
       </c>
     </row>
     <row r="172">
       <c r="A172" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B172" t="inlineStr">
         <is>
           <t>N Administrative and support service activities</t>
         </is>
       </c>
       <c r="C172" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="D172" t="inlineStr">
         <is>
-          <t>October 2024</t>
+          <t>November 2024</t>
         </is>
       </c>
       <c r="E172" s="1" t="n">
-        <v>68.0</v>
+        <v>42.0</v>
       </c>
     </row>
     <row r="173">
       <c r="A173" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B173" t="inlineStr">
         <is>
           <t>N Administrative and support service activities</t>
         </is>
       </c>
       <c r="C173" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="D173" t="inlineStr">
         <is>
-          <t>November 2024</t>
+          <t>December 2024</t>
         </is>
       </c>
       <c r="E173" s="1" t="n">
-        <v>42.0</v>
+        <v>64.0</v>
       </c>
     </row>
     <row r="174">
       <c r="A174" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B174" t="inlineStr">
         <is>
           <t>N Administrative and support service activities</t>
         </is>
       </c>
       <c r="C174" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="D174" t="inlineStr">
         <is>
-          <t>December 2024</t>
+          <t>January 2025</t>
         </is>
       </c>
       <c r="E174" s="1" t="n">
-        <v>64.0</v>
+        <v>62.0</v>
       </c>
     </row>
     <row r="175">
       <c r="A175" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B175" t="inlineStr">
         <is>
           <t>N Administrative and support service activities</t>
         </is>
       </c>
       <c r="C175" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D175" t="inlineStr">
         <is>
-          <t>January 2025</t>
+          <t>February 2025</t>
         </is>
       </c>
       <c r="E175" s="1" t="n">
-        <v>62.0</v>
+        <v>64.0</v>
       </c>
     </row>
     <row r="176">
       <c r="A176" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B176" t="inlineStr">
         <is>
           <t>N Administrative and support service activities</t>
         </is>
       </c>
       <c r="C176" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D176" t="inlineStr">
         <is>
-          <t>February 2025</t>
+          <t>March 2025</t>
         </is>
       </c>
       <c r="E176" s="1" t="n">
-        <v>64.0</v>
+        <v>52.0</v>
       </c>
     </row>
     <row r="177">
       <c r="A177" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B177" t="inlineStr">
         <is>
           <t>N Administrative and support service activities</t>
         </is>
       </c>
       <c r="C177" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D177" t="inlineStr">
         <is>
-          <t>March 2025</t>
+          <t>April 2025</t>
         </is>
       </c>
       <c r="E177" s="1" t="n">
-        <v>52.0</v>
+        <v>53.0</v>
       </c>
     </row>
     <row r="178">
       <c r="A178" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B178" t="inlineStr">
         <is>
           <t>N Administrative and support service activities</t>
         </is>
       </c>
       <c r="C178" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D178" t="inlineStr">
         <is>
-          <t>April 2025</t>
+          <t>May 2025</t>
         </is>
       </c>
       <c r="E178" s="1" t="n">
-        <v>53.0</v>
+        <v>43.0</v>
       </c>
     </row>
     <row r="179">
       <c r="A179" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B179" t="inlineStr">
         <is>
           <t>N Administrative and support service activities</t>
         </is>
       </c>
       <c r="C179" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D179" t="inlineStr">
         <is>
-          <t>May 2025</t>
+          <t>June 2025</t>
         </is>
       </c>
       <c r="E179" s="1" t="n">
-        <v>43.0</v>
+        <v>77.0</v>
       </c>
     </row>
     <row r="180">
       <c r="A180" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B180" t="inlineStr">
         <is>
           <t>N Administrative and support service activities</t>
         </is>
       </c>
       <c r="C180" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D180" t="inlineStr">
         <is>
-          <t>June 2025</t>
+          <t>July 2025</t>
         </is>
       </c>
       <c r="E180" s="1" t="n">
-        <v>77.0</v>
+        <v>46.0</v>
       </c>
     </row>
     <row r="181">
       <c r="A181" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B181" t="inlineStr">
         <is>
           <t>N Administrative and support service activities</t>
         </is>
       </c>
       <c r="C181" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D181" t="inlineStr">
         <is>
-          <t>July 2025</t>
+          <t>August 2025</t>
         </is>
       </c>
       <c r="E181" s="1" t="n">
-        <v>46.0</v>
+        <v>24.0</v>
       </c>
     </row>
     <row r="182">
       <c r="A182" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B182" t="inlineStr">
         <is>
           <t>N Administrative and support service activities</t>
         </is>
       </c>
       <c r="C182" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D182" t="inlineStr">
         <is>
-          <t>August 2025</t>
+          <t>September 2025</t>
         </is>
       </c>
       <c r="E182" s="1" t="n">
-        <v>24.0</v>
+        <v>78.0</v>
       </c>
     </row>
     <row r="183">
       <c r="A183" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B183" t="inlineStr">
         <is>
           <t>N Administrative and support service activities</t>
         </is>
       </c>
       <c r="C183" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D183" t="inlineStr">
         <is>
-          <t>September 2025</t>
+          <t>October 2025</t>
         </is>
       </c>
       <c r="E183" s="1" t="n">
-        <v>78.0</v>
+        <v>86.0</v>
       </c>
     </row>
     <row r="184">
       <c r="A184" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B184" t="inlineStr">
         <is>
           <t>O Public administration and defence/ compulsory social security</t>
         </is>
       </c>
       <c r="C184" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="D184" t="inlineStr">
         <is>
-          <t>September 2024</t>
-[...4 lines deleted...]
-      </c>
+          <t>October 2024</t>
+        </is>
+      </c>
+      <c r="E184"/>
     </row>
     <row r="185">
       <c r="A185" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B185" t="inlineStr">
         <is>
           <t>O Public administration and defence/ compulsory social security</t>
         </is>
       </c>
       <c r="C185" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="D185" t="inlineStr">
         <is>
-          <t>October 2024</t>
+          <t>November 2024</t>
         </is>
       </c>
       <c r="E185"/>
     </row>
     <row r="186">
       <c r="A186" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B186" t="inlineStr">
         <is>
           <t>O Public administration and defence/ compulsory social security</t>
         </is>
       </c>
       <c r="C186" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="D186" t="inlineStr">
         <is>
-          <t>November 2024</t>
+          <t>December 2024</t>
         </is>
       </c>
       <c r="E186"/>
     </row>
     <row r="187">
       <c r="A187" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B187" t="inlineStr">
         <is>
           <t>O Public administration and defence/ compulsory social security</t>
         </is>
       </c>
       <c r="C187" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="D187" t="inlineStr">
         <is>
-          <t>December 2024</t>
+          <t>January 2025</t>
         </is>
       </c>
       <c r="E187"/>
     </row>
     <row r="188">
       <c r="A188" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B188" t="inlineStr">
         <is>
           <t>O Public administration and defence/ compulsory social security</t>
         </is>
       </c>
       <c r="C188" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D188" t="inlineStr">
         <is>
-          <t>January 2025</t>
+          <t>February 2025</t>
         </is>
       </c>
       <c r="E188"/>
     </row>
     <row r="189">
       <c r="A189" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B189" t="inlineStr">
         <is>
           <t>O Public administration and defence/ compulsory social security</t>
         </is>
       </c>
       <c r="C189" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D189" t="inlineStr">
         <is>
-          <t>February 2025</t>
+          <t>March 2025</t>
         </is>
       </c>
       <c r="E189"/>
     </row>
     <row r="190">
       <c r="A190" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B190" t="inlineStr">
         <is>
           <t>O Public administration and defence/ compulsory social security</t>
         </is>
       </c>
       <c r="C190" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D190" t="inlineStr">
         <is>
-          <t>March 2025</t>
+          <t>April 2025</t>
         </is>
       </c>
       <c r="E190"/>
     </row>
     <row r="191">
       <c r="A191" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B191" t="inlineStr">
         <is>
           <t>O Public administration and defence/ compulsory social security</t>
         </is>
       </c>
       <c r="C191" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D191" t="inlineStr">
         <is>
-          <t>April 2025</t>
+          <t>May 2025</t>
         </is>
       </c>
       <c r="E191"/>
     </row>
     <row r="192">
       <c r="A192" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B192" t="inlineStr">
         <is>
           <t>O Public administration and defence/ compulsory social security</t>
         </is>
       </c>
       <c r="C192" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D192" t="inlineStr">
         <is>
-          <t>May 2025</t>
+          <t>June 2025</t>
         </is>
       </c>
       <c r="E192"/>
     </row>
     <row r="193">
       <c r="A193" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B193" t="inlineStr">
         <is>
           <t>O Public administration and defence/ compulsory social security</t>
         </is>
       </c>
       <c r="C193" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D193" t="inlineStr">
         <is>
-          <t>June 2025</t>
+          <t>July 2025</t>
         </is>
       </c>
       <c r="E193"/>
     </row>
     <row r="194">
       <c r="A194" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B194" t="inlineStr">
         <is>
           <t>O Public administration and defence/ compulsory social security</t>
         </is>
       </c>
       <c r="C194" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D194" t="inlineStr">
         <is>
-          <t>July 2025</t>
+          <t>August 2025</t>
         </is>
       </c>
       <c r="E194"/>
     </row>
     <row r="195">
       <c r="A195" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B195" t="inlineStr">
         <is>
           <t>O Public administration and defence/ compulsory social security</t>
         </is>
       </c>
       <c r="C195" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D195" t="inlineStr">
         <is>
-          <t>August 2025</t>
+          <t>September 2025</t>
         </is>
       </c>
       <c r="E195"/>
     </row>
     <row r="196">
       <c r="A196" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B196" t="inlineStr">
         <is>
           <t>O Public administration and defence/ compulsory social security</t>
         </is>
       </c>
       <c r="C196" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D196" t="inlineStr">
         <is>
-          <t>September 2025</t>
+          <t>October 2025</t>
         </is>
       </c>
       <c r="E196"/>
     </row>
     <row r="197">
       <c r="A197" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B197" t="inlineStr">
         <is>
           <t>P Education</t>
         </is>
       </c>
       <c r="C197" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="D197" t="inlineStr">
         <is>
-          <t>September 2024</t>
+          <t>October 2024</t>
         </is>
       </c>
       <c r="E197" s="1" t="n">
-        <v>4.0</v>
+        <v>6.0</v>
       </c>
     </row>
     <row r="198">
       <c r="A198" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B198" t="inlineStr">
         <is>
           <t>P Education</t>
         </is>
       </c>
       <c r="C198" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="D198" t="inlineStr">
         <is>
-          <t>October 2024</t>
+          <t>November 2024</t>
         </is>
       </c>
       <c r="E198" s="1" t="n">
-        <v>6.0</v>
+        <v>5.0</v>
       </c>
     </row>
     <row r="199">
       <c r="A199" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B199" t="inlineStr">
         <is>
           <t>P Education</t>
         </is>
       </c>
       <c r="C199" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="D199" t="inlineStr">
         <is>
-          <t>November 2024</t>
+          <t>December 2024</t>
         </is>
       </c>
       <c r="E199" s="1" t="n">
-        <v>5.0</v>
+        <v>8.0</v>
       </c>
     </row>
     <row r="200">
       <c r="A200" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B200" t="inlineStr">
         <is>
           <t>P Education</t>
         </is>
       </c>
       <c r="C200" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="D200" t="inlineStr">
         <is>
-          <t>December 2024</t>
+          <t>January 2025</t>
         </is>
       </c>
       <c r="E200" s="1" t="n">
-        <v>8.0</v>
+        <v>3.0</v>
       </c>
     </row>
     <row r="201">
       <c r="A201" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B201" t="inlineStr">
         <is>
           <t>P Education</t>
         </is>
       </c>
       <c r="C201" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D201" t="inlineStr">
         <is>
-          <t>January 2025</t>
+          <t>February 2025</t>
         </is>
       </c>
       <c r="E201" s="1" t="n">
-        <v>3.0</v>
+        <v>4.0</v>
       </c>
     </row>
     <row r="202">
       <c r="A202" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B202" t="inlineStr">
         <is>
           <t>P Education</t>
         </is>
       </c>
       <c r="C202" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D202" t="inlineStr">
         <is>
-          <t>February 2025</t>
+          <t>March 2025</t>
         </is>
       </c>
       <c r="E202" s="1" t="n">
-        <v>4.0</v>
+        <v>3.0</v>
       </c>
     </row>
     <row r="203">
       <c r="A203" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B203" t="inlineStr">
         <is>
           <t>P Education</t>
         </is>
       </c>
       <c r="C203" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D203" t="inlineStr">
         <is>
-          <t>March 2025</t>
+          <t>April 2025</t>
         </is>
       </c>
       <c r="E203" s="1" t="n">
-        <v>3.0</v>
+        <v>5.0</v>
       </c>
     </row>
     <row r="204">
       <c r="A204" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B204" t="inlineStr">
         <is>
           <t>P Education</t>
         </is>
       </c>
       <c r="C204" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D204" t="inlineStr">
         <is>
-          <t>April 2025</t>
+          <t>May 2025</t>
         </is>
       </c>
       <c r="E204" s="1" t="n">
         <v>5.0</v>
       </c>
     </row>
     <row r="205">
       <c r="A205" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B205" t="inlineStr">
         <is>
           <t>P Education</t>
         </is>
       </c>
       <c r="C205" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D205" t="inlineStr">
         <is>
-          <t>May 2025</t>
+          <t>June 2025</t>
         </is>
       </c>
       <c r="E205" s="1" t="n">
-        <v>5.0</v>
+        <v>3.0</v>
       </c>
     </row>
     <row r="206">
       <c r="A206" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B206" t="inlineStr">
         <is>
           <t>P Education</t>
         </is>
       </c>
       <c r="C206" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D206" t="inlineStr">
         <is>
-          <t>June 2025</t>
+          <t>July 2025</t>
         </is>
       </c>
       <c r="E206" s="1" t="n">
-        <v>3.0</v>
+        <v>9.0</v>
       </c>
     </row>
     <row r="207">
       <c r="A207" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B207" t="inlineStr">
         <is>
           <t>P Education</t>
         </is>
       </c>
       <c r="C207" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D207" t="inlineStr">
         <is>
-          <t>July 2025</t>
+          <t>August 2025</t>
         </is>
       </c>
       <c r="E207" s="1" t="n">
-        <v>9.0</v>
+        <v>4.0</v>
       </c>
     </row>
     <row r="208">
       <c r="A208" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B208" t="inlineStr">
         <is>
           <t>P Education</t>
         </is>
       </c>
       <c r="C208" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D208" t="inlineStr">
         <is>
-          <t>August 2025</t>
+          <t>September 2025</t>
         </is>
       </c>
       <c r="E208" s="1" t="n">
-        <v>4.0</v>
+        <v>7.0</v>
       </c>
     </row>
     <row r="209">
       <c r="A209" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B209" t="inlineStr">
         <is>
           <t>P Education</t>
         </is>
       </c>
       <c r="C209" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D209" t="inlineStr">
         <is>
-          <t>September 2025</t>
+          <t>October 2025</t>
         </is>
       </c>
       <c r="E209" s="1" t="n">
         <v>7.0</v>
       </c>
     </row>
     <row r="210">
       <c r="A210" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B210" t="inlineStr">
         <is>
           <t>Q Human health and social work activities</t>
         </is>
       </c>
       <c r="C210" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="D210" t="inlineStr">
         <is>
-          <t>September 2024</t>
+          <t>October 2024</t>
         </is>
       </c>
       <c r="E210" s="1" t="n">
-        <v>18.0</v>
+        <v>15.0</v>
       </c>
     </row>
     <row r="211">
       <c r="A211" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B211" t="inlineStr">
         <is>
           <t>Q Human health and social work activities</t>
         </is>
       </c>
       <c r="C211" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="D211" t="inlineStr">
         <is>
-          <t>October 2024</t>
+          <t>November 2024</t>
         </is>
       </c>
       <c r="E211" s="1" t="n">
-        <v>15.0</v>
+        <v>22.0</v>
       </c>
     </row>
     <row r="212">
       <c r="A212" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B212" t="inlineStr">
         <is>
           <t>Q Human health and social work activities</t>
         </is>
       </c>
       <c r="C212" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="D212" t="inlineStr">
         <is>
-          <t>November 2024</t>
+          <t>December 2024</t>
         </is>
       </c>
       <c r="E212" s="1" t="n">
-        <v>22.0</v>
+        <v>20.0</v>
       </c>
     </row>
     <row r="213">
       <c r="A213" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B213" t="inlineStr">
         <is>
           <t>Q Human health and social work activities</t>
         </is>
       </c>
       <c r="C213" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="D213" t="inlineStr">
         <is>
-          <t>December 2024</t>
+          <t>January 2025</t>
         </is>
       </c>
       <c r="E213" s="1" t="n">
-        <v>20.0</v>
+        <v>15.0</v>
       </c>
     </row>
     <row r="214">
       <c r="A214" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B214" t="inlineStr">
         <is>
           <t>Q Human health and social work activities</t>
         </is>
       </c>
       <c r="C214" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D214" t="inlineStr">
         <is>
-          <t>January 2025</t>
+          <t>February 2025</t>
         </is>
       </c>
       <c r="E214" s="1" t="n">
-        <v>15.0</v>
+        <v>13.0</v>
       </c>
     </row>
     <row r="215">
       <c r="A215" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B215" t="inlineStr">
         <is>
           <t>Q Human health and social work activities</t>
         </is>
       </c>
       <c r="C215" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D215" t="inlineStr">
         <is>
-          <t>February 2025</t>
+          <t>March 2025</t>
         </is>
       </c>
       <c r="E215" s="1" t="n">
-        <v>13.0</v>
+        <v>15.0</v>
       </c>
     </row>
     <row r="216">
       <c r="A216" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B216" t="inlineStr">
         <is>
           <t>Q Human health and social work activities</t>
         </is>
       </c>
       <c r="C216" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D216" t="inlineStr">
         <is>
-          <t>March 2025</t>
+          <t>April 2025</t>
         </is>
       </c>
       <c r="E216" s="1" t="n">
-        <v>15.0</v>
+        <v>18.0</v>
       </c>
     </row>
     <row r="217">
       <c r="A217" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B217" t="inlineStr">
         <is>
           <t>Q Human health and social work activities</t>
         </is>
       </c>
       <c r="C217" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D217" t="inlineStr">
         <is>
-          <t>April 2025</t>
+          <t>May 2025</t>
         </is>
       </c>
       <c r="E217" s="1" t="n">
-        <v>18.0</v>
+        <v>10.0</v>
       </c>
     </row>
     <row r="218">
       <c r="A218" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B218" t="inlineStr">
         <is>
           <t>Q Human health and social work activities</t>
         </is>
       </c>
       <c r="C218" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D218" t="inlineStr">
         <is>
-          <t>May 2025</t>
+          <t>June 2025</t>
         </is>
       </c>
       <c r="E218" s="1" t="n">
-        <v>10.0</v>
+        <v>21.0</v>
       </c>
     </row>
     <row r="219">
       <c r="A219" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B219" t="inlineStr">
         <is>
           <t>Q Human health and social work activities</t>
         </is>
       </c>
       <c r="C219" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D219" t="inlineStr">
         <is>
-          <t>June 2025</t>
+          <t>July 2025</t>
         </is>
       </c>
       <c r="E219" s="1" t="n">
-        <v>21.0</v>
+        <v>17.0</v>
       </c>
     </row>
     <row r="220">
       <c r="A220" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B220" t="inlineStr">
         <is>
           <t>Q Human health and social work activities</t>
         </is>
       </c>
       <c r="C220" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D220" t="inlineStr">
         <is>
-          <t>July 2025</t>
+          <t>August 2025</t>
         </is>
       </c>
       <c r="E220" s="1" t="n">
-        <v>17.0</v>
+        <v>7.0</v>
       </c>
     </row>
     <row r="221">
       <c r="A221" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B221" t="inlineStr">
         <is>
           <t>Q Human health and social work activities</t>
         </is>
       </c>
       <c r="C221" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D221" t="inlineStr">
         <is>
-          <t>August 2025</t>
+          <t>September 2025</t>
         </is>
       </c>
       <c r="E221" s="1" t="n">
-        <v>7.0</v>
+        <v>12.0</v>
       </c>
     </row>
     <row r="222">
       <c r="A222" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B222" t="inlineStr">
         <is>
           <t>Q Human health and social work activities</t>
         </is>
       </c>
       <c r="C222" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D222" t="inlineStr">
         <is>
-          <t>September 2025</t>
+          <t>October 2025</t>
         </is>
       </c>
       <c r="E222" s="1" t="n">
-        <v>12.0</v>
+        <v>19.0</v>
       </c>
     </row>
     <row r="223">
       <c r="A223" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B223" t="inlineStr">
         <is>
           <t>R Arts, entertainment and recreation</t>
         </is>
       </c>
       <c r="C223" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="D223" t="inlineStr">
         <is>
-          <t>September 2024</t>
+          <t>October 2024</t>
         </is>
       </c>
       <c r="E223" s="1" t="n">
         <v>18.0</v>
       </c>
     </row>
     <row r="224">
       <c r="A224" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B224" t="inlineStr">
         <is>
           <t>R Arts, entertainment and recreation</t>
         </is>
       </c>
       <c r="C224" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="D224" t="inlineStr">
         <is>
-          <t>October 2024</t>
+          <t>November 2024</t>
         </is>
       </c>
       <c r="E224" s="1" t="n">
-        <v>18.0</v>
+        <v>14.0</v>
       </c>
     </row>
     <row r="225">
       <c r="A225" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B225" t="inlineStr">
         <is>
           <t>R Arts, entertainment and recreation</t>
         </is>
       </c>
       <c r="C225" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="D225" t="inlineStr">
         <is>
-          <t>November 2024</t>
+          <t>December 2024</t>
         </is>
       </c>
       <c r="E225" s="1" t="n">
-        <v>14.0</v>
+        <v>17.0</v>
       </c>
     </row>
     <row r="226">
       <c r="A226" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B226" t="inlineStr">
         <is>
           <t>R Arts, entertainment and recreation</t>
         </is>
       </c>
       <c r="C226" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="D226" t="inlineStr">
         <is>
-          <t>December 2024</t>
+          <t>January 2025</t>
         </is>
       </c>
       <c r="E226" s="1" t="n">
-        <v>17.0</v>
+        <v>14.0</v>
       </c>
     </row>
     <row r="227">
       <c r="A227" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B227" t="inlineStr">
         <is>
           <t>R Arts, entertainment and recreation</t>
         </is>
       </c>
       <c r="C227" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D227" t="inlineStr">
         <is>
-          <t>January 2025</t>
+          <t>February 2025</t>
         </is>
       </c>
       <c r="E227" s="1" t="n">
-        <v>14.0</v>
+        <v>12.0</v>
       </c>
     </row>
     <row r="228">
       <c r="A228" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B228" t="inlineStr">
         <is>
           <t>R Arts, entertainment and recreation</t>
         </is>
       </c>
       <c r="C228" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D228" t="inlineStr">
         <is>
-          <t>February 2025</t>
+          <t>March 2025</t>
         </is>
       </c>
       <c r="E228" s="1" t="n">
-        <v>12.0</v>
+        <v>21.0</v>
       </c>
     </row>
     <row r="229">
       <c r="A229" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B229" t="inlineStr">
         <is>
           <t>R Arts, entertainment and recreation</t>
         </is>
       </c>
       <c r="C229" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D229" t="inlineStr">
         <is>
-          <t>March 2025</t>
+          <t>April 2025</t>
         </is>
       </c>
       <c r="E229" s="1" t="n">
-        <v>21.0</v>
+        <v>19.0</v>
       </c>
     </row>
     <row r="230">
       <c r="A230" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B230" t="inlineStr">
         <is>
           <t>R Arts, entertainment and recreation</t>
         </is>
       </c>
       <c r="C230" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D230" t="inlineStr">
         <is>
-          <t>April 2025</t>
+          <t>May 2025</t>
         </is>
       </c>
       <c r="E230" s="1" t="n">
-        <v>19.0</v>
+        <v>17.0</v>
       </c>
     </row>
     <row r="231">
       <c r="A231" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B231" t="inlineStr">
         <is>
           <t>R Arts, entertainment and recreation</t>
         </is>
       </c>
       <c r="C231" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D231" t="inlineStr">
         <is>
-          <t>May 2025</t>
+          <t>June 2025</t>
         </is>
       </c>
       <c r="E231" s="1" t="n">
-        <v>17.0</v>
+        <v>25.0</v>
       </c>
     </row>
     <row r="232">
       <c r="A232" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B232" t="inlineStr">
         <is>
           <t>R Arts, entertainment and recreation</t>
         </is>
       </c>
       <c r="C232" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D232" t="inlineStr">
         <is>
-          <t>June 2025</t>
+          <t>July 2025</t>
         </is>
       </c>
       <c r="E232" s="1" t="n">
-        <v>25.0</v>
+        <v>9.0</v>
       </c>
     </row>
     <row r="233">
       <c r="A233" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B233" t="inlineStr">
         <is>
           <t>R Arts, entertainment and recreation</t>
         </is>
       </c>
       <c r="C233" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D233" t="inlineStr">
         <is>
-          <t>July 2025</t>
+          <t>August 2025</t>
         </is>
       </c>
       <c r="E233" s="1" t="n">
-        <v>9.0</v>
+        <v>5.0</v>
       </c>
     </row>
     <row r="234">
       <c r="A234" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B234" t="inlineStr">
         <is>
           <t>R Arts, entertainment and recreation</t>
         </is>
       </c>
       <c r="C234" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D234" t="inlineStr">
         <is>
-          <t>August 2025</t>
+          <t>September 2025</t>
         </is>
       </c>
       <c r="E234" s="1" t="n">
-        <v>5.0</v>
+        <v>18.0</v>
       </c>
     </row>
     <row r="235">
       <c r="A235" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B235" t="inlineStr">
         <is>
           <t>R Arts, entertainment and recreation</t>
         </is>
       </c>
       <c r="C235" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D235" t="inlineStr">
         <is>
-          <t>September 2025</t>
+          <t>October 2025</t>
         </is>
       </c>
       <c r="E235" s="1" t="n">
-        <v>18.0</v>
+        <v>6.0</v>
       </c>
     </row>
     <row r="236">
       <c r="A236" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B236" t="inlineStr">
         <is>
           <t>S Other service activities</t>
         </is>
       </c>
       <c r="C236" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="D236" t="inlineStr">
         <is>
-          <t>September 2024</t>
+          <t>October 2024</t>
         </is>
       </c>
       <c r="E236" s="1" t="n">
         <v>34.0</v>
       </c>
     </row>
     <row r="237">
       <c r="A237" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B237" t="inlineStr">
         <is>
           <t>S Other service activities</t>
         </is>
       </c>
       <c r="C237" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="D237" t="inlineStr">
         <is>
-          <t>October 2024</t>
+          <t>November 2024</t>
         </is>
       </c>
       <c r="E237" s="1" t="n">
-        <v>34.0</v>
+        <v>36.0</v>
       </c>
     </row>
     <row r="238">
       <c r="A238" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B238" t="inlineStr">
         <is>
           <t>S Other service activities</t>
         </is>
       </c>
       <c r="C238" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="D238" t="inlineStr">
         <is>
-          <t>November 2024</t>
+          <t>December 2024</t>
         </is>
       </c>
       <c r="E238" s="1" t="n">
-        <v>36.0</v>
+        <v>27.0</v>
       </c>
     </row>
     <row r="239">
       <c r="A239" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B239" t="inlineStr">
         <is>
           <t>S Other service activities</t>
         </is>
       </c>
       <c r="C239" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="D239" t="inlineStr">
         <is>
-          <t>December 2024</t>
+          <t>January 2025</t>
         </is>
       </c>
       <c r="E239" s="1" t="n">
-        <v>27.0</v>
+        <v>33.0</v>
       </c>
     </row>
     <row r="240">
       <c r="A240" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B240" t="inlineStr">
         <is>
           <t>S Other service activities</t>
         </is>
       </c>
       <c r="C240" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D240" t="inlineStr">
         <is>
-          <t>January 2025</t>
+          <t>February 2025</t>
         </is>
       </c>
       <c r="E240" s="1" t="n">
-        <v>33.0</v>
+        <v>39.0</v>
       </c>
     </row>
     <row r="241">
       <c r="A241" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B241" t="inlineStr">
         <is>
           <t>S Other service activities</t>
         </is>
       </c>
       <c r="C241" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D241" t="inlineStr">
         <is>
-          <t>February 2025</t>
+          <t>March 2025</t>
         </is>
       </c>
       <c r="E241" s="1" t="n">
-        <v>39.0</v>
+        <v>34.0</v>
       </c>
     </row>
     <row r="242">
       <c r="A242" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B242" t="inlineStr">
         <is>
           <t>S Other service activities</t>
         </is>
       </c>
       <c r="C242" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D242" t="inlineStr">
         <is>
-          <t>March 2025</t>
+          <t>April 2025</t>
         </is>
       </c>
       <c r="E242" s="1" t="n">
-        <v>34.0</v>
+        <v>32.0</v>
       </c>
     </row>
     <row r="243">
       <c r="A243" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B243" t="inlineStr">
         <is>
           <t>S Other service activities</t>
         </is>
       </c>
       <c r="C243" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D243" t="inlineStr">
         <is>
-          <t>April 2025</t>
+          <t>May 2025</t>
         </is>
       </c>
       <c r="E243" s="1" t="n">
-        <v>32.0</v>
+        <v>30.0</v>
       </c>
     </row>
     <row r="244">
       <c r="A244" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B244" t="inlineStr">
         <is>
           <t>S Other service activities</t>
         </is>
       </c>
       <c r="C244" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D244" t="inlineStr">
         <is>
-          <t>May 2025</t>
+          <t>June 2025</t>
         </is>
       </c>
       <c r="E244" s="1" t="n">
-        <v>30.0</v>
+        <v>32.0</v>
       </c>
     </row>
     <row r="245">
       <c r="A245" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B245" t="inlineStr">
         <is>
           <t>S Other service activities</t>
         </is>
       </c>
       <c r="C245" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D245" t="inlineStr">
         <is>
-          <t>June 2025</t>
+          <t>July 2025</t>
         </is>
       </c>
       <c r="E245" s="1" t="n">
-        <v>32.0</v>
+        <v>23.0</v>
       </c>
     </row>
     <row r="246">
       <c r="A246" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B246" t="inlineStr">
         <is>
           <t>S Other service activities</t>
         </is>
       </c>
       <c r="C246" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D246" t="inlineStr">
         <is>
-          <t>July 2025</t>
+          <t>August 2025</t>
         </is>
       </c>
       <c r="E246" s="1" t="n">
-        <v>23.0</v>
+        <v>21.0</v>
       </c>
     </row>
     <row r="247">
       <c r="A247" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B247" t="inlineStr">
         <is>
           <t>S Other service activities</t>
         </is>
       </c>
       <c r="C247" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D247" t="inlineStr">
         <is>
-          <t>August 2025</t>
+          <t>September 2025</t>
         </is>
       </c>
       <c r="E247" s="1" t="n">
-        <v>21.0</v>
+        <v>31.0</v>
       </c>
     </row>
     <row r="248">
       <c r="A248" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B248" t="inlineStr">
         <is>
           <t>S Other service activities</t>
         </is>
       </c>
       <c r="C248" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D248" t="inlineStr">
         <is>
-          <t>September 2025</t>
+          <t>October 2025</t>
         </is>
       </c>
       <c r="E248" s="1" t="n">
-        <v>31.0</v>
+        <v>39.0</v>
       </c>
     </row>
     <row r="249">
       <c r="A249" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B249" t="inlineStr">
         <is>
           <t>T Activities of households as employers/ undifferentiated goods- and services-producing activities of households for own use</t>
         </is>
       </c>
       <c r="C249" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="D249" t="inlineStr">
         <is>
-          <t>September 2024</t>
+          <t>October 2024</t>
         </is>
       </c>
       <c r="E249"/>
     </row>
     <row r="250">
       <c r="A250" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B250" t="inlineStr">
         <is>
           <t>T Activities of households as employers/ undifferentiated goods- and services-producing activities of households for own use</t>
         </is>
       </c>
       <c r="C250" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="D250" t="inlineStr">
         <is>
-          <t>October 2024</t>
-[...2 lines deleted...]
-      <c r="E250"/>
+          <t>November 2024</t>
+        </is>
+      </c>
+      <c r="E250" s="1" t="n">
+        <v>1.0</v>
+      </c>
     </row>
     <row r="251">
       <c r="A251" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B251" t="inlineStr">
         <is>
           <t>T Activities of households as employers/ undifferentiated goods- and services-producing activities of households for own use</t>
         </is>
       </c>
       <c r="C251" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="D251" t="inlineStr">
         <is>
-          <t>November 2024</t>
-[...4 lines deleted...]
-      </c>
+          <t>December 2024</t>
+        </is>
+      </c>
+      <c r="E251"/>
     </row>
     <row r="252">
       <c r="A252" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B252" t="inlineStr">
         <is>
           <t>T Activities of households as employers/ undifferentiated goods- and services-producing activities of households for own use</t>
         </is>
       </c>
       <c r="C252" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="D252" t="inlineStr">
         <is>
-          <t>December 2024</t>
-[...2 lines deleted...]
-      <c r="E252"/>
+          <t>January 2025</t>
+        </is>
+      </c>
+      <c r="E252" s="1" t="n">
+        <v>1.0</v>
+      </c>
     </row>
     <row r="253">
       <c r="A253" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B253" t="inlineStr">
         <is>
           <t>T Activities of households as employers/ undifferentiated goods- and services-producing activities of households for own use</t>
         </is>
       </c>
       <c r="C253" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D253" t="inlineStr">
         <is>
-          <t>January 2025</t>
+          <t>February 2025</t>
         </is>
       </c>
       <c r="E253" s="1" t="n">
         <v>1.0</v>
       </c>
     </row>
     <row r="254">
       <c r="A254" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B254" t="inlineStr">
         <is>
           <t>T Activities of households as employers/ undifferentiated goods- and services-producing activities of households for own use</t>
         </is>
       </c>
       <c r="C254" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D254" t="inlineStr">
         <is>
-          <t>February 2025</t>
-[...4 lines deleted...]
-      </c>
+          <t>March 2025</t>
+        </is>
+      </c>
+      <c r="E254"/>
     </row>
     <row r="255">
       <c r="A255" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B255" t="inlineStr">
         <is>
           <t>T Activities of households as employers/ undifferentiated goods- and services-producing activities of households for own use</t>
         </is>
       </c>
       <c r="C255" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D255" t="inlineStr">
         <is>
-          <t>March 2025</t>
+          <t>April 2025</t>
         </is>
       </c>
       <c r="E255"/>
     </row>
     <row r="256">
       <c r="A256" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B256" t="inlineStr">
         <is>
           <t>T Activities of households as employers/ undifferentiated goods- and services-producing activities of households for own use</t>
         </is>
       </c>
       <c r="C256" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D256" t="inlineStr">
         <is>
-          <t>April 2025</t>
+          <t>May 2025</t>
         </is>
       </c>
       <c r="E256"/>
     </row>
     <row r="257">
       <c r="A257" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B257" t="inlineStr">
         <is>
           <t>T Activities of households as employers/ undifferentiated goods- and services-producing activities of households for own use</t>
         </is>
       </c>
       <c r="C257" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D257" t="inlineStr">
         <is>
-          <t>May 2025</t>
+          <t>June 2025</t>
         </is>
       </c>
       <c r="E257"/>
     </row>
     <row r="258">
       <c r="A258" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B258" t="inlineStr">
         <is>
           <t>T Activities of households as employers/ undifferentiated goods- and services-producing activities of households for own use</t>
         </is>
       </c>
       <c r="C258" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D258" t="inlineStr">
         <is>
-          <t>June 2025</t>
+          <t>July 2025</t>
         </is>
       </c>
       <c r="E258"/>
     </row>
     <row r="259">
       <c r="A259" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B259" t="inlineStr">
         <is>
           <t>T Activities of households as employers/ undifferentiated goods- and services-producing activities of households for own use</t>
         </is>
       </c>
       <c r="C259" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D259" t="inlineStr">
         <is>
-          <t>July 2025</t>
+          <t>August 2025</t>
         </is>
       </c>
       <c r="E259"/>
     </row>
     <row r="260">
       <c r="A260" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B260" t="inlineStr">
         <is>
           <t>T Activities of households as employers/ undifferentiated goods- and services-producing activities of households for own use</t>
         </is>
       </c>
       <c r="C260" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D260" t="inlineStr">
         <is>
-          <t>August 2025</t>
+          <t>September 2025</t>
         </is>
       </c>
       <c r="E260"/>
     </row>
     <row r="261">
       <c r="A261" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B261" t="inlineStr">
         <is>
           <t>T Activities of households as employers/ undifferentiated goods- and services-producing activities of households for own use</t>
         </is>
       </c>
       <c r="C261" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D261" t="inlineStr">
         <is>
-          <t>September 2025</t>
+          <t>October 2025</t>
         </is>
       </c>
       <c r="E261"/>
     </row>
     <row r="262">
       <c r="A262" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B262" t="inlineStr">
         <is>
           <t>U Activities of extraterritorial organisations and bodies</t>
         </is>
       </c>
       <c r="C262" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="D262" t="inlineStr">
         <is>
-          <t>September 2024</t>
+          <t>October 2024</t>
         </is>
       </c>
       <c r="E262"/>
     </row>
     <row r="263">
       <c r="A263" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B263" t="inlineStr">
         <is>
           <t>U Activities of extraterritorial organisations and bodies</t>
         </is>
       </c>
       <c r="C263" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="D263" t="inlineStr">
         <is>
-          <t>October 2024</t>
+          <t>November 2024</t>
         </is>
       </c>
       <c r="E263"/>
     </row>
     <row r="264">
       <c r="A264" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B264" t="inlineStr">
         <is>
           <t>U Activities of extraterritorial organisations and bodies</t>
         </is>
       </c>
       <c r="C264" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="D264" t="inlineStr">
         <is>
-          <t>November 2024</t>
+          <t>December 2024</t>
         </is>
       </c>
       <c r="E264"/>
     </row>
     <row r="265">
       <c r="A265" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B265" t="inlineStr">
         <is>
           <t>U Activities of extraterritorial organisations and bodies</t>
         </is>
       </c>
       <c r="C265" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="D265" t="inlineStr">
         <is>
-          <t>December 2024</t>
+          <t>January 2025</t>
         </is>
       </c>
       <c r="E265"/>
     </row>
     <row r="266">
       <c r="A266" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B266" t="inlineStr">
         <is>
           <t>U Activities of extraterritorial organisations and bodies</t>
         </is>
       </c>
       <c r="C266" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D266" t="inlineStr">
         <is>
-          <t>January 2025</t>
+          <t>February 2025</t>
         </is>
       </c>
       <c r="E266"/>
     </row>
     <row r="267">
       <c r="A267" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B267" t="inlineStr">
         <is>
           <t>U Activities of extraterritorial organisations and bodies</t>
         </is>
       </c>
       <c r="C267" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D267" t="inlineStr">
         <is>
-          <t>February 2025</t>
+          <t>March 2025</t>
         </is>
       </c>
       <c r="E267"/>
     </row>
     <row r="268">
       <c r="A268" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B268" t="inlineStr">
         <is>
           <t>U Activities of extraterritorial organisations and bodies</t>
         </is>
       </c>
       <c r="C268" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D268" t="inlineStr">
         <is>
-          <t>March 2025</t>
+          <t>April 2025</t>
         </is>
       </c>
       <c r="E268"/>
     </row>
     <row r="269">
       <c r="A269" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B269" t="inlineStr">
         <is>
           <t>U Activities of extraterritorial organisations and bodies</t>
         </is>
       </c>
       <c r="C269" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D269" t="inlineStr">
         <is>
-          <t>April 2025</t>
+          <t>May 2025</t>
         </is>
       </c>
       <c r="E269"/>
     </row>
     <row r="270">
       <c r="A270" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B270" t="inlineStr">
         <is>
           <t>U Activities of extraterritorial organisations and bodies</t>
         </is>
       </c>
       <c r="C270" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D270" t="inlineStr">
         <is>
-          <t>May 2025</t>
+          <t>June 2025</t>
         </is>
       </c>
       <c r="E270"/>
     </row>
     <row r="271">
       <c r="A271" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B271" t="inlineStr">
         <is>
           <t>U Activities of extraterritorial organisations and bodies</t>
         </is>
       </c>
       <c r="C271" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D271" t="inlineStr">
         <is>
-          <t>June 2025</t>
+          <t>July 2025</t>
         </is>
       </c>
       <c r="E271"/>
     </row>
     <row r="272">
       <c r="A272" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B272" t="inlineStr">
         <is>
           <t>U Activities of extraterritorial organisations and bodies</t>
         </is>
       </c>
       <c r="C272" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D272" t="inlineStr">
         <is>
-          <t>July 2025</t>
+          <t>August 2025</t>
         </is>
       </c>
       <c r="E272"/>
     </row>
     <row r="273">
       <c r="A273" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B273" t="inlineStr">
         <is>
           <t>U Activities of extraterritorial organisations and bodies</t>
         </is>
       </c>
       <c r="C273" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D273" t="inlineStr">
         <is>
-          <t>August 2025</t>
+          <t>September 2025</t>
         </is>
       </c>
       <c r="E273"/>
     </row>
     <row r="274">
       <c r="A274" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B274" t="inlineStr">
         <is>
           <t>U Activities of extraterritorial organisations and bodies</t>
         </is>
       </c>
       <c r="C274" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D274" t="inlineStr">
         <is>
-          <t>September 2025</t>
+          <t>October 2025</t>
         </is>
       </c>
       <c r="E274"/>
     </row>
     <row r="275">
       <c r="A275" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B275"/>
       <c r="C275" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="D275" t="inlineStr">
         <is>
-          <t>September 2024</t>
+          <t>October 2024</t>
         </is>
       </c>
       <c r="E275" s="1" t="n">
-        <v>1195.0</v>
+        <v>1072.0</v>
       </c>
     </row>
     <row r="276">
       <c r="A276" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B276"/>
       <c r="C276" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="D276" t="inlineStr">
         <is>
-          <t>October 2024</t>
+          <t>November 2024</t>
         </is>
       </c>
       <c r="E276" s="1" t="n">
-        <v>1072.0</v>
+        <v>826.0</v>
       </c>
     </row>
     <row r="277">
       <c r="A277" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B277"/>
       <c r="C277" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="D277" t="inlineStr">
         <is>
-          <t>November 2024</t>
+          <t>December 2024</t>
         </is>
       </c>
       <c r="E277" s="1" t="n">
-        <v>826.0</v>
+        <v>1002.0</v>
       </c>
     </row>
     <row r="278">
       <c r="A278" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B278"/>
       <c r="C278" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="D278" t="inlineStr">
         <is>
-          <t>December 2024</t>
+          <t>January 2025</t>
         </is>
       </c>
       <c r="E278" s="1" t="n">
-        <v>1002.0</v>
+        <v>946.0</v>
       </c>
     </row>
     <row r="279">
       <c r="A279" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B279"/>
       <c r="C279" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D279" t="inlineStr">
         <is>
-          <t>January 2025</t>
+          <t>February 2025</t>
         </is>
       </c>
       <c r="E279" s="1" t="n">
-        <v>946.0</v>
+        <v>988.0</v>
       </c>
     </row>
     <row r="280">
       <c r="A280" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B280"/>
       <c r="C280" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D280" t="inlineStr">
         <is>
-          <t>February 2025</t>
+          <t>March 2025</t>
         </is>
       </c>
       <c r="E280" s="1" t="n">
-        <v>988.0</v>
+        <v>1057.0</v>
       </c>
     </row>
     <row r="281">
       <c r="A281" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B281"/>
       <c r="C281" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D281" t="inlineStr">
         <is>
-          <t>March 2025</t>
+          <t>April 2025</t>
         </is>
       </c>
       <c r="E281" s="1" t="n">
-        <v>1057.0</v>
+        <v>990.0</v>
       </c>
     </row>
     <row r="282">
       <c r="A282" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B282"/>
       <c r="C282" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D282" t="inlineStr">
         <is>
-          <t>April 2025</t>
+          <t>May 2025</t>
         </is>
       </c>
       <c r="E282" s="1" t="n">
-        <v>990.0</v>
+        <v>888.0</v>
       </c>
     </row>
     <row r="283">
       <c r="A283" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B283"/>
       <c r="C283" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D283" t="inlineStr">
         <is>
-          <t>May 2025</t>
+          <t>June 2025</t>
         </is>
       </c>
       <c r="E283" s="1" t="n">
-        <v>888.0</v>
+        <v>1187.0</v>
       </c>
     </row>
     <row r="284">
       <c r="A284" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B284"/>
       <c r="C284" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D284" t="inlineStr">
         <is>
-          <t>June 2025</t>
+          <t>July 2025</t>
         </is>
       </c>
       <c r="E284" s="1" t="n">
-        <v>1187.0</v>
+        <v>715.0</v>
       </c>
     </row>
     <row r="285">
       <c r="A285" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B285"/>
       <c r="C285" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D285" t="inlineStr">
         <is>
-          <t>July 2025</t>
+          <t>August 2025</t>
         </is>
       </c>
       <c r="E285" s="1" t="n">
-        <v>715.0</v>
+        <v>502.0</v>
       </c>
     </row>
     <row r="286">
       <c r="A286" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B286"/>
       <c r="C286" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D286" t="inlineStr">
         <is>
-          <t>August 2025</t>
+          <t>September 2025</t>
         </is>
       </c>
       <c r="E286" s="1" t="n">
-        <v>503.0</v>
+        <v>1222.0</v>
       </c>
     </row>
     <row r="287">
       <c r="A287" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B287"/>
       <c r="C287" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D287" t="inlineStr">
         <is>
-          <t>September 2025</t>
+          <t>October 2025</t>
         </is>
       </c>
       <c r="E287" s="1" t="n">
-        <v>1219.0</v>
+        <v>1103.0</v>
       </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <coreProperties xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </coreProperties>
 </file>