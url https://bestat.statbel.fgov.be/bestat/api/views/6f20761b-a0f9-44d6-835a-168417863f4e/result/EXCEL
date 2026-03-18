--- v1 (2025-12-08)
+++ v2 (2026-03-18)
@@ -84,1306 +84,1298 @@
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?>
 
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
   <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/>
   <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/>
   <Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/>
   <Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/>
   <Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/>
 </Relationships>
 
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <cols>
     <col min="1" max="1" width="11.02734375" customWidth="true"/>
-    <col min="2" max="2" width="166.04296875" customWidth="true"/>
+    <col min="2" max="2" width="166.68359375" customWidth="true"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" t="inlineStr">
         <is>
           <t>Data source:</t>
         </is>
       </c>
       <c r="B1" t="inlineStr">
         <is>
           <t>Number of Bankruptcies and job losses in Belgium per month, municipality, economic activity (NACE 2008), type of enterprise, legal form, size class of the number of employees, lifespan</t>
         </is>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="inlineStr">
         <is>
           <t>Filters:</t>
         </is>
       </c>
       <c r="B2" t="inlineStr">
         <is>
-          <t>Date : Last 13 Month(October 2024, November 2024, December 2024, January 2025, February 2025, March 2025, April 2025, May 2025, June 2025, July 2025, August 2025, September 2025, October 2025)</t>
+          <t>Date : Last 13 Month(February 2025, March 2025, April 2025, May 2025, June 2025, July 2025, August 2025, September 2025, October 2025, November 2025, December 2025, January 2026, February 2026)</t>
         </is>
       </c>
     </row>
     <row r="3">
       <c r="B3" t="inlineStr">
         <is>
           <t xml:space="preserve">
 </t>
         </is>
       </c>
     </row>
     <row r="4">
 </row>
     <row r="5">
       <c r="A5" t="inlineStr">
         <is>
           <t xml:space="preserve">Source: </t>
         </is>
       </c>
       <c r="B5" t="inlineStr">
         <is>
           <t>Statbel (Directorate-general Statistics - Statistics Belgium)</t>
         </is>
       </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <cols>
     <col min="1" max="1" width="19.24609375" customWidth="true"/>
     <col min="2" max="2" width="102.87109375" customWidth="true"/>
     <col min="3" max="3" width="20.46875" customWidth="true"/>
     <col min="4" max="4" width="6.04296875" customWidth="true"/>
-    <col min="5" max="5" width="11.8828125" customWidth="true"/>
-[...11 lines deleted...]
-    <col min="17" max="17" width="11.8828125" customWidth="true"/>
+    <col min="5" max="5" width="12.484375" customWidth="true"/>
+    <col min="6" max="6" width="10.5390625" customWidth="true"/>
+    <col min="7" max="7" width="9.21484375" customWidth="true"/>
+    <col min="8" max="8" width="8.81640625" customWidth="true"/>
+    <col min="9" max="9" width="9.4609375" customWidth="true"/>
+    <col min="10" max="10" width="8.7890625" customWidth="true"/>
+    <col min="11" max="11" width="11.26953125" customWidth="true"/>
+    <col min="12" max="12" width="14.3203125" customWidth="true"/>
+    <col min="13" max="13" width="11.8828125" customWidth="true"/>
+    <col min="14" max="14" width="13.79296875" customWidth="true"/>
+    <col min="15" max="15" width="13.6875" customWidth="true"/>
+    <col min="16" max="16" width="11.97265625" customWidth="true"/>
+    <col min="17" max="17" width="12.484375" customWidth="true"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1"/>
       <c r="B1"/>
       <c r="C1"/>
       <c r="D1" t="inlineStr">
         <is>
           <t>Year</t>
         </is>
       </c>
       <c r="E1" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="F1"/>
       <c r="G1"/>
-      <c r="H1" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="H1"/>
       <c r="I1"/>
       <c r="J1"/>
       <c r="K1"/>
       <c r="L1"/>
       <c r="M1"/>
       <c r="N1"/>
       <c r="O1"/>
-      <c r="P1"/>
+      <c r="P1" t="inlineStr">
+        <is>
+          <t>2026</t>
+        </is>
+      </c>
       <c r="Q1"/>
     </row>
     <row r="2">
       <c r="A2"/>
       <c r="B2"/>
       <c r="C2"/>
       <c r="D2" t="inlineStr">
         <is>
           <t>Month</t>
         </is>
       </c>
       <c r="E2" t="inlineStr">
         <is>
-          <t>October 2024</t>
+          <t>February 2025</t>
         </is>
       </c>
       <c r="F2" t="inlineStr">
         <is>
-          <t>November 2024</t>
+          <t>March 2025</t>
         </is>
       </c>
       <c r="G2" t="inlineStr">
         <is>
-          <t>December 2024</t>
+          <t>April 2025</t>
         </is>
       </c>
       <c r="H2" t="inlineStr">
         <is>
-          <t>January 2025</t>
+          <t>May 2025</t>
         </is>
       </c>
       <c r="I2" t="inlineStr">
         <is>
-          <t>February 2025</t>
+          <t>June 2025</t>
         </is>
       </c>
       <c r="J2" t="inlineStr">
         <is>
-          <t>March 2025</t>
+          <t>July 2025</t>
         </is>
       </c>
       <c r="K2" t="inlineStr">
         <is>
-          <t>April 2025</t>
+          <t>August 2025</t>
         </is>
       </c>
       <c r="L2" t="inlineStr">
         <is>
-          <t>May 2025</t>
+          <t>September 2025</t>
         </is>
       </c>
       <c r="M2" t="inlineStr">
         <is>
-          <t>June 2025</t>
+          <t>October 2025</t>
         </is>
       </c>
       <c r="N2" t="inlineStr">
         <is>
-          <t>July 2025</t>
+          <t>November 2025</t>
         </is>
       </c>
       <c r="O2" t="inlineStr">
         <is>
-          <t>August 2025</t>
+          <t>December 2025</t>
         </is>
       </c>
       <c r="P2" t="inlineStr">
         <is>
-          <t>September 2025</t>
+          <t>January 2026</t>
         </is>
       </c>
       <c r="Q2" t="inlineStr">
         <is>
-          <t>October 2025</t>
+          <t>February 2026</t>
         </is>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B3" t="inlineStr">
         <is>
           <t>Section</t>
         </is>
       </c>
       <c r="C3"/>
     </row>
     <row r="4">
       <c r="A4" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B4" t="inlineStr">
         <is>
           <t>A Agriculture, forestry and fishing</t>
         </is>
       </c>
       <c r="C4" t="inlineStr">
         <is>
           <t>Number of bankruptcies</t>
         </is>
       </c>
       <c r="D4"/>
       <c r="E4" s="1" t="n">
+        <v>8.0</v>
+      </c>
+      <c r="F4" s="1" t="n">
+        <v>16.0</v>
+      </c>
+      <c r="G4" s="1" t="n">
+        <v>8.0</v>
+      </c>
+      <c r="H4" s="1" t="n">
+        <v>2.0</v>
+      </c>
+      <c r="I4" s="1" t="n">
+        <v>10.0</v>
+      </c>
+      <c r="J4" s="1" t="n">
+        <v>3.0</v>
+      </c>
+      <c r="K4"/>
+      <c r="L4" s="1" t="n">
         <v>11.0</v>
       </c>
-      <c r="F4" s="1" t="n">
-[...6 lines deleted...]
-      <c r="I4" s="1" t="n">
+      <c r="M4" s="1" t="n">
+        <v>3.0</v>
+      </c>
+      <c r="N4" s="1" t="n">
+        <v>5.0</v>
+      </c>
+      <c r="O4" s="1" t="n">
         <v>8.0</v>
       </c>
-      <c r="J4" s="1" t="n">
-[...2 lines deleted...]
-      <c r="K4" s="1" t="n">
+      <c r="P4" s="1" t="n">
         <v>8.0</v>
       </c>
-      <c r="L4" s="1" t="n">
-[...11 lines deleted...]
-      </c>
       <c r="Q4" s="1" t="n">
-        <v>3.0</v>
+        <v>4.0</v>
       </c>
     </row>
     <row r="5">
       <c r="A5"/>
       <c r="B5" t="inlineStr">
         <is>
           <t>B Mining and quarrying</t>
         </is>
       </c>
       <c r="C5" t="inlineStr">
         <is>
           <t>Number of bankruptcies</t>
         </is>
       </c>
       <c r="D5"/>
       <c r="E5"/>
       <c r="F5"/>
       <c r="G5"/>
       <c r="H5"/>
       <c r="I5"/>
       <c r="J5"/>
       <c r="K5"/>
       <c r="L5"/>
       <c r="M5"/>
       <c r="N5"/>
       <c r="O5"/>
       <c r="P5"/>
       <c r="Q5"/>
     </row>
     <row r="6">
       <c r="A6"/>
       <c r="B6" t="inlineStr">
         <is>
           <t>C Manufacturing</t>
         </is>
       </c>
       <c r="C6" t="inlineStr">
         <is>
           <t>Number of bankruptcies</t>
         </is>
       </c>
       <c r="D6"/>
       <c r="E6" s="1" t="n">
-        <v>46.0</v>
+        <v>35.0</v>
       </c>
       <c r="F6" s="1" t="n">
-        <v>20.0</v>
+        <v>47.0</v>
       </c>
       <c r="G6" s="1" t="n">
         <v>47.0</v>
       </c>
       <c r="H6" s="1" t="n">
-        <v>34.0</v>
+        <v>37.0</v>
       </c>
       <c r="I6" s="1" t="n">
-        <v>35.0</v>
+        <v>53.0</v>
       </c>
       <c r="J6" s="1" t="n">
-        <v>47.0</v>
+        <v>39.0</v>
       </c>
       <c r="K6" s="1" t="n">
-        <v>47.0</v>
+        <v>26.0</v>
       </c>
       <c r="L6" s="1" t="n">
-        <v>37.0</v>
+        <v>32.0</v>
       </c>
       <c r="M6" s="1" t="n">
-        <v>53.0</v>
+        <v>39.0</v>
       </c>
       <c r="N6" s="1" t="n">
+        <v>43.0</v>
+      </c>
+      <c r="O6" s="1" t="n">
         <v>39.0</v>
       </c>
-      <c r="O6" s="1" t="n">
-[...1 lines deleted...]
-      </c>
       <c r="P6" s="1" t="n">
-        <v>32.0</v>
+        <v>40.0</v>
       </c>
       <c r="Q6" s="1" t="n">
-        <v>39.0</v>
+        <v>44.0</v>
       </c>
     </row>
     <row r="7">
       <c r="A7"/>
       <c r="B7" t="inlineStr">
         <is>
           <t>D Electricity, gas, steam and air conditioning supply</t>
         </is>
       </c>
       <c r="C7" t="inlineStr">
         <is>
           <t>Number of bankruptcies</t>
         </is>
       </c>
       <c r="D7"/>
-      <c r="E7" s="1" t="n">
-[...3 lines deleted...]
-      <c r="G7" s="1" t="n">
+      <c r="E7"/>
+      <c r="F7" s="1" t="n">
         <v>1.0</v>
       </c>
+      <c r="G7"/>
       <c r="H7" s="1" t="n">
         <v>1.0</v>
       </c>
-      <c r="I7"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I7" s="1" t="n">
+        <v>2.0</v>
+      </c>
+      <c r="J7"/>
       <c r="K7"/>
       <c r="L7" s="1" t="n">
+        <v>2.0</v>
+      </c>
+      <c r="M7" s="1" t="n">
         <v>1.0</v>
       </c>
-      <c r="M7" s="1" t="n">
-[...1 lines deleted...]
-      </c>
       <c r="N7"/>
-      <c r="O7"/>
-[...3 lines deleted...]
-      <c r="Q7" s="1" t="n">
+      <c r="O7" s="1" t="n">
         <v>1.0</v>
       </c>
+      <c r="P7"/>
+      <c r="Q7"/>
     </row>
     <row r="8">
       <c r="A8"/>
       <c r="B8" t="inlineStr">
         <is>
           <t>E Water supply/ sewerage, waste management and remediation activities</t>
         </is>
       </c>
       <c r="C8" t="inlineStr">
         <is>
           <t>Number of bankruptcies</t>
         </is>
       </c>
       <c r="D8"/>
       <c r="E8" s="1" t="n">
         <v>3.0</v>
       </c>
       <c r="F8" s="1" t="n">
+        <v>3.0</v>
+      </c>
+      <c r="G8" s="1" t="n">
+        <v>4.0</v>
+      </c>
+      <c r="H8" s="1" t="n">
+        <v>4.0</v>
+      </c>
+      <c r="I8" s="1" t="n">
         <v>1.0</v>
       </c>
-      <c r="G8" s="1" t="n">
+      <c r="J8" s="1" t="n">
         <v>1.0</v>
       </c>
-      <c r="H8" s="1" t="n">
-[...7 lines deleted...]
-      </c>
       <c r="K8" s="1" t="n">
+        <v>1.0</v>
+      </c>
+      <c r="L8" s="1" t="n">
+        <v>2.0</v>
+      </c>
+      <c r="M8" s="1" t="n">
         <v>4.0</v>
-      </c>
-[...4 lines deleted...]
-        <v>1.0</v>
       </c>
       <c r="N8" s="1" t="n">
         <v>1.0</v>
       </c>
-      <c r="O8" s="1" t="n">
+      <c r="O8"/>
+      <c r="P8" s="1" t="n">
         <v>1.0</v>
       </c>
-      <c r="P8" s="1" t="n">
+      <c r="Q8" s="1" t="n">
         <v>2.0</v>
-      </c>
-[...1 lines deleted...]
-        <v>4.0</v>
       </c>
     </row>
     <row r="9">
       <c r="A9"/>
       <c r="B9" t="inlineStr">
         <is>
           <t>F Construction</t>
         </is>
       </c>
       <c r="C9" t="inlineStr">
         <is>
           <t>Number of bankruptcies</t>
         </is>
       </c>
       <c r="D9"/>
       <c r="E9" s="1" t="n">
-        <v>238.0</v>
+        <v>233.0</v>
       </c>
       <c r="F9" s="1" t="n">
-        <v>200.0</v>
+        <v>268.0</v>
       </c>
       <c r="G9" s="1" t="n">
-        <v>236.0</v>
+        <v>208.0</v>
       </c>
       <c r="H9" s="1" t="n">
-        <v>243.0</v>
+        <v>241.0</v>
       </c>
       <c r="I9" s="1" t="n">
-        <v>233.0</v>
+        <v>306.0</v>
       </c>
       <c r="J9" s="1" t="n">
-        <v>268.0</v>
+        <v>159.0</v>
       </c>
       <c r="K9" s="1" t="n">
-        <v>208.0</v>
+        <v>99.0</v>
       </c>
       <c r="L9" s="1" t="n">
-        <v>241.0</v>
+        <v>302.0</v>
       </c>
       <c r="M9" s="1" t="n">
-        <v>306.0</v>
+        <v>248.0</v>
       </c>
       <c r="N9" s="1" t="n">
-        <v>159.0</v>
+        <v>219.0</v>
       </c>
       <c r="O9" s="1" t="n">
-        <v>99.0</v>
+        <v>264.0</v>
       </c>
       <c r="P9" s="1" t="n">
-        <v>301.0</v>
+        <v>229.0</v>
       </c>
       <c r="Q9" s="1" t="n">
-        <v>248.0</v>
+        <v>221.0</v>
       </c>
     </row>
     <row r="10">
       <c r="A10"/>
       <c r="B10" t="inlineStr">
         <is>
           <t>G Wholesale and retail trade/ repair of motor vehicles and motorcycles</t>
         </is>
       </c>
       <c r="C10" t="inlineStr">
         <is>
           <t>Number of bankruptcies</t>
         </is>
       </c>
       <c r="D10"/>
       <c r="E10" s="1" t="n">
-        <v>242.0</v>
+        <v>202.0</v>
       </c>
       <c r="F10" s="1" t="n">
-        <v>168.0</v>
+        <v>218.0</v>
       </c>
       <c r="G10" s="1" t="n">
-        <v>197.0</v>
+        <v>207.0</v>
       </c>
       <c r="H10" s="1" t="n">
-        <v>182.0</v>
+        <v>177.0</v>
       </c>
       <c r="I10" s="1" t="n">
-        <v>202.0</v>
+        <v>227.0</v>
       </c>
       <c r="J10" s="1" t="n">
-        <v>218.0</v>
+        <v>157.0</v>
       </c>
       <c r="K10" s="1" t="n">
-        <v>207.0</v>
+        <v>111.0</v>
       </c>
       <c r="L10" s="1" t="n">
-        <v>177.0</v>
+        <v>247.0</v>
       </c>
       <c r="M10" s="1" t="n">
-        <v>227.0</v>
+        <v>228.0</v>
       </c>
       <c r="N10" s="1" t="n">
-        <v>157.0</v>
+        <v>175.0</v>
       </c>
       <c r="O10" s="1" t="n">
-        <v>111.0</v>
+        <v>220.0</v>
       </c>
       <c r="P10" s="1" t="n">
-        <v>247.0</v>
+        <v>199.0</v>
       </c>
       <c r="Q10" s="1" t="n">
-        <v>228.0</v>
+        <v>194.0</v>
       </c>
     </row>
     <row r="11">
       <c r="A11"/>
       <c r="B11" t="inlineStr">
         <is>
           <t>H Transportation and storage</t>
         </is>
       </c>
       <c r="C11" t="inlineStr">
         <is>
           <t>Number of bankruptcies</t>
         </is>
       </c>
       <c r="D11"/>
       <c r="E11" s="1" t="n">
+        <v>74.0</v>
+      </c>
+      <c r="F11" s="1" t="n">
+        <v>65.0</v>
+      </c>
+      <c r="G11" s="1" t="n">
+        <v>71.0</v>
+      </c>
+      <c r="H11" s="1" t="n">
+        <v>69.0</v>
+      </c>
+      <c r="I11" s="1" t="n">
         <v>73.0</v>
       </c>
-      <c r="F11" s="1" t="n">
-[...10 lines deleted...]
-      </c>
       <c r="J11" s="1" t="n">
-        <v>65.0</v>
+        <v>53.0</v>
       </c>
       <c r="K11" s="1" t="n">
-        <v>71.0</v>
+        <v>34.0</v>
       </c>
       <c r="L11" s="1" t="n">
-        <v>69.0</v>
+        <v>103.0</v>
       </c>
       <c r="M11" s="1" t="n">
-        <v>73.0</v>
+        <v>76.0</v>
       </c>
       <c r="N11" s="1" t="n">
-        <v>53.0</v>
+        <v>64.0</v>
       </c>
       <c r="O11" s="1" t="n">
-        <v>34.0</v>
+        <v>96.0</v>
       </c>
       <c r="P11" s="1" t="n">
-        <v>103.0</v>
+        <v>72.0</v>
       </c>
       <c r="Q11" s="1" t="n">
-        <v>76.0</v>
+        <v>84.0</v>
       </c>
     </row>
     <row r="12">
       <c r="A12"/>
       <c r="B12" t="inlineStr">
         <is>
           <t>I Accommodation and food service activities</t>
         </is>
       </c>
       <c r="C12" t="inlineStr">
         <is>
           <t>Number of bankruptcies</t>
         </is>
       </c>
       <c r="D12"/>
       <c r="E12" s="1" t="n">
+        <v>177.0</v>
+      </c>
+      <c r="F12" s="1" t="n">
+        <v>185.0</v>
+      </c>
+      <c r="G12" s="1" t="n">
         <v>180.0</v>
       </c>
-      <c r="F12" s="1" t="n">
-[...4 lines deleted...]
-      </c>
       <c r="H12" s="1" t="n">
-        <v>171.0</v>
+        <v>141.0</v>
       </c>
       <c r="I12" s="1" t="n">
-        <v>177.0</v>
+        <v>183.0</v>
       </c>
       <c r="J12" s="1" t="n">
-        <v>185.0</v>
+        <v>117.0</v>
       </c>
       <c r="K12" s="1" t="n">
-        <v>180.0</v>
+        <v>88.0</v>
       </c>
       <c r="L12" s="1" t="n">
-        <v>141.0</v>
+        <v>203.0</v>
       </c>
       <c r="M12" s="1" t="n">
-        <v>183.0</v>
+        <v>203.0</v>
       </c>
       <c r="N12" s="1" t="n">
-        <v>117.0</v>
+        <v>163.0</v>
       </c>
       <c r="O12" s="1" t="n">
-        <v>88.0</v>
+        <v>186.0</v>
       </c>
       <c r="P12" s="1" t="n">
-        <v>202.0</v>
+        <v>166.0</v>
       </c>
       <c r="Q12" s="1" t="n">
-        <v>204.0</v>
+        <v>168.0</v>
       </c>
     </row>
     <row r="13">
       <c r="A13"/>
       <c r="B13" t="inlineStr">
         <is>
           <t>J Information and communication</t>
         </is>
       </c>
       <c r="C13" t="inlineStr">
         <is>
           <t>Number of bankruptcies</t>
         </is>
       </c>
       <c r="D13"/>
       <c r="E13" s="1" t="n">
         <v>28.0</v>
       </c>
       <c r="F13" s="1" t="n">
-        <v>21.0</v>
+        <v>28.0</v>
       </c>
       <c r="G13" s="1" t="n">
+        <v>32.0</v>
+      </c>
+      <c r="H13" s="1" t="n">
+        <v>34.0</v>
+      </c>
+      <c r="I13" s="1" t="n">
         <v>36.0</v>
       </c>
-      <c r="H13" s="1" t="n">
-[...4 lines deleted...]
-      </c>
       <c r="J13" s="1" t="n">
-        <v>28.0</v>
+        <v>25.0</v>
       </c>
       <c r="K13" s="1" t="n">
+        <v>26.0</v>
+      </c>
+      <c r="L13" s="1" t="n">
+        <v>39.0</v>
+      </c>
+      <c r="M13" s="1" t="n">
         <v>32.0</v>
       </c>
-      <c r="L13" s="1" t="n">
-[...4 lines deleted...]
-      </c>
       <c r="N13" s="1" t="n">
-        <v>25.0</v>
+        <v>38.0</v>
       </c>
       <c r="O13" s="1" t="n">
-        <v>26.0</v>
+        <v>50.0</v>
       </c>
       <c r="P13" s="1" t="n">
-        <v>39.0</v>
+        <v>37.0</v>
       </c>
       <c r="Q13" s="1" t="n">
-        <v>32.0</v>
+        <v>31.0</v>
       </c>
     </row>
     <row r="14">
       <c r="A14"/>
       <c r="B14" t="inlineStr">
         <is>
           <t>K Financial and insurance activities</t>
         </is>
       </c>
       <c r="C14" t="inlineStr">
         <is>
           <t>Number of bankruptcies</t>
         </is>
       </c>
       <c r="D14"/>
       <c r="E14" s="1" t="n">
-        <v>4.0</v>
+        <v>3.0</v>
       </c>
       <c r="F14" s="1" t="n">
         <v>5.0</v>
       </c>
       <c r="G14" s="1" t="n">
-        <v>4.0</v>
+        <v>8.0</v>
       </c>
       <c r="H14" s="1" t="n">
-        <v>8.0</v>
+        <v>6.0</v>
       </c>
       <c r="I14" s="1" t="n">
-        <v>3.0</v>
+        <v>9.0</v>
       </c>
       <c r="J14" s="1" t="n">
         <v>5.0</v>
       </c>
       <c r="K14" s="1" t="n">
-        <v>8.0</v>
+        <v>4.0</v>
       </c>
       <c r="L14" s="1" t="n">
-        <v>6.0</v>
+        <v>12.0</v>
       </c>
       <c r="M14" s="1" t="n">
-        <v>9.0</v>
+        <v>7.0</v>
       </c>
       <c r="N14" s="1" t="n">
+        <v>7.0</v>
+      </c>
+      <c r="O14" s="1" t="n">
         <v>5.0</v>
       </c>
-      <c r="O14" s="1" t="n">
-[...1 lines deleted...]
-      </c>
       <c r="P14" s="1" t="n">
-        <v>12.0</v>
+        <v>5.0</v>
       </c>
       <c r="Q14" s="1" t="n">
-        <v>7.0</v>
+        <v>3.0</v>
       </c>
     </row>
     <row r="15">
       <c r="A15"/>
       <c r="B15" t="inlineStr">
         <is>
           <t>L Real estate activities</t>
         </is>
       </c>
       <c r="C15" t="inlineStr">
         <is>
           <t>Number of bankruptcies</t>
         </is>
       </c>
       <c r="D15"/>
       <c r="E15" s="1" t="n">
-        <v>16.0</v>
+        <v>17.0</v>
       </c>
       <c r="F15" s="1" t="n">
-        <v>12.0</v>
+        <v>19.0</v>
       </c>
       <c r="G15" s="1" t="n">
-        <v>12.0</v>
+        <v>15.0</v>
       </c>
       <c r="H15" s="1" t="n">
-        <v>22.0</v>
+        <v>13.0</v>
       </c>
       <c r="I15" s="1" t="n">
-        <v>17.0</v>
+        <v>19.0</v>
       </c>
       <c r="J15" s="1" t="n">
-        <v>19.0</v>
+        <v>8.0</v>
       </c>
       <c r="K15" s="1" t="n">
-        <v>15.0</v>
+        <v>9.0</v>
       </c>
       <c r="L15" s="1" t="n">
-        <v>13.0</v>
+        <v>20.0</v>
       </c>
       <c r="M15" s="1" t="n">
-        <v>19.0</v>
+        <v>26.0</v>
       </c>
       <c r="N15" s="1" t="n">
-        <v>8.0</v>
+        <v>27.0</v>
       </c>
       <c r="O15" s="1" t="n">
-        <v>9.0</v>
+        <v>27.0</v>
       </c>
       <c r="P15" s="1" t="n">
         <v>20.0</v>
       </c>
       <c r="Q15" s="1" t="n">
-        <v>26.0</v>
+        <v>19.0</v>
       </c>
     </row>
     <row r="16">
       <c r="A16"/>
       <c r="B16" t="inlineStr">
         <is>
           <t>M Professional, scientific and technical activities</t>
         </is>
       </c>
       <c r="C16" t="inlineStr">
         <is>
           <t>Number of bankruptcies</t>
         </is>
       </c>
       <c r="D16"/>
       <c r="E16" s="1" t="n">
-        <v>88.0</v>
+        <v>75.0</v>
       </c>
       <c r="F16" s="1" t="n">
-        <v>69.0</v>
+        <v>77.0</v>
       </c>
       <c r="G16" s="1" t="n">
-        <v>77.0</v>
+        <v>83.0</v>
       </c>
       <c r="H16" s="1" t="n">
-        <v>82.0</v>
+        <v>58.0</v>
       </c>
       <c r="I16" s="1" t="n">
-        <v>75.0</v>
+        <v>110.0</v>
       </c>
       <c r="J16" s="1" t="n">
-        <v>77.0</v>
+        <v>44.0</v>
       </c>
       <c r="K16" s="1" t="n">
-        <v>83.0</v>
+        <v>43.0</v>
       </c>
       <c r="L16" s="1" t="n">
-        <v>58.0</v>
+        <v>105.0</v>
       </c>
       <c r="M16" s="1" t="n">
-        <v>110.0</v>
+        <v>79.0</v>
       </c>
       <c r="N16" s="1" t="n">
-        <v>44.0</v>
+        <v>74.0</v>
       </c>
       <c r="O16" s="1" t="n">
-        <v>43.0</v>
+        <v>81.0</v>
       </c>
       <c r="P16" s="1" t="n">
-        <v>105.0</v>
+        <v>60.0</v>
       </c>
       <c r="Q16" s="1" t="n">
         <v>78.0</v>
       </c>
     </row>
     <row r="17">
       <c r="A17"/>
       <c r="B17" t="inlineStr">
         <is>
           <t>N Administrative and support service activities</t>
         </is>
       </c>
       <c r="C17" t="inlineStr">
         <is>
           <t>Number of bankruptcies</t>
         </is>
       </c>
       <c r="D17"/>
       <c r="E17" s="1" t="n">
-        <v>68.0</v>
+        <v>64.0</v>
       </c>
       <c r="F17" s="1" t="n">
-        <v>42.0</v>
+        <v>52.0</v>
       </c>
       <c r="G17" s="1" t="n">
-        <v>64.0</v>
+        <v>53.0</v>
       </c>
       <c r="H17" s="1" t="n">
-        <v>62.0</v>
+        <v>43.0</v>
       </c>
       <c r="I17" s="1" t="n">
-        <v>64.0</v>
+        <v>77.0</v>
       </c>
       <c r="J17" s="1" t="n">
-        <v>52.0</v>
+        <v>46.0</v>
       </c>
       <c r="K17" s="1" t="n">
-        <v>53.0</v>
+        <v>24.0</v>
       </c>
       <c r="L17" s="1" t="n">
-        <v>43.0</v>
+        <v>78.0</v>
       </c>
       <c r="M17" s="1" t="n">
-        <v>77.0</v>
+        <v>86.0</v>
       </c>
       <c r="N17" s="1" t="n">
-        <v>46.0</v>
+        <v>59.0</v>
       </c>
       <c r="O17" s="1" t="n">
-        <v>24.0</v>
+        <v>65.0</v>
       </c>
       <c r="P17" s="1" t="n">
-        <v>78.0</v>
+        <v>63.0</v>
       </c>
       <c r="Q17" s="1" t="n">
-        <v>86.0</v>
+        <v>51.0</v>
       </c>
     </row>
     <row r="18">
       <c r="A18"/>
       <c r="B18" t="inlineStr">
         <is>
           <t>O Public administration and defence/ compulsory social security</t>
         </is>
       </c>
       <c r="C18" t="inlineStr">
         <is>
           <t>Number of bankruptcies</t>
         </is>
       </c>
       <c r="D18"/>
       <c r="E18"/>
       <c r="F18"/>
       <c r="G18"/>
       <c r="H18"/>
       <c r="I18"/>
       <c r="J18"/>
       <c r="K18"/>
       <c r="L18"/>
       <c r="M18"/>
       <c r="N18"/>
       <c r="O18"/>
       <c r="P18"/>
       <c r="Q18"/>
     </row>
     <row r="19">
       <c r="A19"/>
       <c r="B19" t="inlineStr">
         <is>
           <t>P Education</t>
         </is>
       </c>
       <c r="C19" t="inlineStr">
         <is>
           <t>Number of bankruptcies</t>
         </is>
       </c>
       <c r="D19"/>
       <c r="E19" s="1" t="n">
-        <v>6.0</v>
+        <v>4.0</v>
       </c>
       <c r="F19" s="1" t="n">
+        <v>3.0</v>
+      </c>
+      <c r="G19" s="1" t="n">
         <v>5.0</v>
       </c>
-      <c r="G19" s="1" t="n">
+      <c r="H19" s="1" t="n">
+        <v>5.0</v>
+      </c>
+      <c r="I19" s="1" t="n">
+        <v>3.0</v>
+      </c>
+      <c r="J19" s="1" t="n">
+        <v>9.0</v>
+      </c>
+      <c r="K19" s="1" t="n">
+        <v>4.0</v>
+      </c>
+      <c r="L19" s="1" t="n">
+        <v>7.0</v>
+      </c>
+      <c r="M19" s="1" t="n">
+        <v>7.0</v>
+      </c>
+      <c r="N19" s="1" t="n">
+        <v>7.0</v>
+      </c>
+      <c r="O19" s="1" t="n">
+        <v>5.0</v>
+      </c>
+      <c r="P19" s="1" t="n">
         <v>8.0</v>
       </c>
-      <c r="H19" s="1" t="n">
-[...25 lines deleted...]
-      </c>
       <c r="Q19" s="1" t="n">
-        <v>7.0</v>
+        <v>8.0</v>
       </c>
     </row>
     <row r="20">
       <c r="A20"/>
       <c r="B20" t="inlineStr">
         <is>
           <t>Q Human health and social work activities</t>
         </is>
       </c>
       <c r="C20" t="inlineStr">
         <is>
           <t>Number of bankruptcies</t>
         </is>
       </c>
       <c r="D20"/>
       <c r="E20" s="1" t="n">
+        <v>13.0</v>
+      </c>
+      <c r="F20" s="1" t="n">
         <v>15.0</v>
       </c>
-      <c r="F20" s="1" t="n">
-[...1 lines deleted...]
-      </c>
       <c r="G20" s="1" t="n">
-        <v>20.0</v>
+        <v>18.0</v>
       </c>
       <c r="H20" s="1" t="n">
-        <v>15.0</v>
+        <v>10.0</v>
       </c>
       <c r="I20" s="1" t="n">
-        <v>13.0</v>
+        <v>21.0</v>
       </c>
       <c r="J20" s="1" t="n">
-        <v>15.0</v>
+        <v>17.0</v>
       </c>
       <c r="K20" s="1" t="n">
-        <v>18.0</v>
+        <v>7.0</v>
       </c>
       <c r="L20" s="1" t="n">
-        <v>10.0</v>
+        <v>12.0</v>
       </c>
       <c r="M20" s="1" t="n">
-        <v>21.0</v>
+        <v>19.0</v>
       </c>
       <c r="N20" s="1" t="n">
         <v>17.0</v>
       </c>
       <c r="O20" s="1" t="n">
-        <v>7.0</v>
+        <v>20.0</v>
       </c>
       <c r="P20" s="1" t="n">
+        <v>19.0</v>
+      </c>
+      <c r="Q20" s="1" t="n">
         <v>12.0</v>
-      </c>
-[...1 lines deleted...]
-        <v>19.0</v>
       </c>
     </row>
     <row r="21">
       <c r="A21"/>
       <c r="B21" t="inlineStr">
         <is>
           <t>R Arts, entertainment and recreation</t>
         </is>
       </c>
       <c r="C21" t="inlineStr">
         <is>
           <t>Number of bankruptcies</t>
         </is>
       </c>
       <c r="D21"/>
       <c r="E21" s="1" t="n">
+        <v>12.0</v>
+      </c>
+      <c r="F21" s="1" t="n">
+        <v>21.0</v>
+      </c>
+      <c r="G21" s="1" t="n">
+        <v>19.0</v>
+      </c>
+      <c r="H21" s="1" t="n">
+        <v>17.0</v>
+      </c>
+      <c r="I21" s="1" t="n">
+        <v>25.0</v>
+      </c>
+      <c r="J21" s="1" t="n">
+        <v>9.0</v>
+      </c>
+      <c r="K21" s="1" t="n">
+        <v>5.0</v>
+      </c>
+      <c r="L21" s="1" t="n">
         <v>18.0</v>
       </c>
-      <c r="F21" s="1" t="n">
-[...8 lines deleted...]
-      <c r="I21" s="1" t="n">
+      <c r="M21" s="1" t="n">
+        <v>6.0</v>
+      </c>
+      <c r="N21" s="1" t="n">
+        <v>16.0</v>
+      </c>
+      <c r="O21" s="1" t="n">
         <v>12.0</v>
       </c>
-      <c r="J21" s="1" t="n">
-[...16 lines deleted...]
-      </c>
       <c r="P21" s="1" t="n">
+        <v>12.0</v>
+      </c>
+      <c r="Q21" s="1" t="n">
         <v>18.0</v>
-      </c>
-[...1 lines deleted...]
-        <v>6.0</v>
       </c>
     </row>
     <row r="22">
       <c r="A22"/>
       <c r="B22" t="inlineStr">
         <is>
           <t>S Other service activities</t>
         </is>
       </c>
       <c r="C22" t="inlineStr">
         <is>
           <t>Number of bankruptcies</t>
         </is>
       </c>
       <c r="D22"/>
       <c r="E22" s="1" t="n">
+        <v>39.0</v>
+      </c>
+      <c r="F22" s="1" t="n">
         <v>34.0</v>
       </c>
-      <c r="F22" s="1" t="n">
-[...1 lines deleted...]
-      </c>
       <c r="G22" s="1" t="n">
-        <v>27.0</v>
+        <v>32.0</v>
       </c>
       <c r="H22" s="1" t="n">
-        <v>33.0</v>
+        <v>30.0</v>
       </c>
       <c r="I22" s="1" t="n">
+        <v>32.0</v>
+      </c>
+      <c r="J22" s="1" t="n">
+        <v>23.0</v>
+      </c>
+      <c r="K22" s="1" t="n">
+        <v>21.0</v>
+      </c>
+      <c r="L22" s="1" t="n">
+        <v>31.0</v>
+      </c>
+      <c r="M22" s="1" t="n">
         <v>39.0</v>
       </c>
-      <c r="J22" s="1" t="n">
-[...10 lines deleted...]
-      </c>
       <c r="N22" s="1" t="n">
-        <v>23.0</v>
+        <v>43.0</v>
       </c>
       <c r="O22" s="1" t="n">
-        <v>21.0</v>
+        <v>44.0</v>
       </c>
       <c r="P22" s="1" t="n">
-        <v>31.0</v>
+        <v>40.0</v>
       </c>
       <c r="Q22" s="1" t="n">
-        <v>39.0</v>
+        <v>24.0</v>
       </c>
     </row>
     <row r="23">
       <c r="A23"/>
       <c r="B23" t="inlineStr">
         <is>
           <t>T Activities of households as employers/ undifferentiated goods- and services-producing activities of households for own use</t>
         </is>
       </c>
       <c r="C23" t="inlineStr">
         <is>
           <t>Number of bankruptcies</t>
         </is>
       </c>
       <c r="D23"/>
-      <c r="E23"/>
-      <c r="F23" s="1" t="n">
+      <c r="E23" s="1" t="n">
         <v>1.0</v>
       </c>
+      <c r="F23"/>
       <c r="G23"/>
-      <c r="H23" s="1" t="n">
-[...4 lines deleted...]
-      </c>
+      <c r="H23"/>
+      <c r="I23"/>
       <c r="J23"/>
       <c r="K23"/>
       <c r="L23"/>
       <c r="M23"/>
       <c r="N23"/>
       <c r="O23"/>
       <c r="P23"/>
       <c r="Q23"/>
     </row>
     <row r="24">
       <c r="A24"/>
       <c r="B24" t="inlineStr">
         <is>
           <t>U Activities of extraterritorial organisations and bodies</t>
         </is>
       </c>
       <c r="C24" t="inlineStr">
         <is>
           <t>Number of bankruptcies</t>
         </is>
       </c>
       <c r="D24"/>
       <c r="E24"/>
       <c r="F24"/>
       <c r="G24"/>
       <c r="H24"/>
       <c r="I24"/>
       <c r="J24"/>
       <c r="K24"/>
       <c r="L24"/>
       <c r="M24"/>
       <c r="N24"/>
       <c r="O24"/>
       <c r="P24"/>
       <c r="Q24"/>
     </row>
     <row r="25">
       <c r="A25" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B25"/>
       <c r="C25" t="inlineStr">
         <is>
           <t>Number of bankruptcies</t>
         </is>
       </c>
       <c r="D25"/>
       <c r="E25" s="1" t="n">
-        <v>1072.0</v>
+        <v>988.0</v>
       </c>
       <c r="F25" s="1" t="n">
-        <v>826.0</v>
+        <v>1057.0</v>
       </c>
       <c r="G25" s="1" t="n">
-        <v>1002.0</v>
+        <v>990.0</v>
       </c>
       <c r="H25" s="1" t="n">
-        <v>946.0</v>
+        <v>888.0</v>
       </c>
       <c r="I25" s="1" t="n">
-        <v>988.0</v>
+        <v>1187.0</v>
       </c>
       <c r="J25" s="1" t="n">
-        <v>1057.0</v>
+        <v>715.0</v>
       </c>
       <c r="K25" s="1" t="n">
-        <v>990.0</v>
+        <v>502.0</v>
       </c>
       <c r="L25" s="1" t="n">
-        <v>888.0</v>
+        <v>1224.0</v>
       </c>
       <c r="M25" s="1" t="n">
-        <v>1187.0</v>
+        <v>1103.0</v>
       </c>
       <c r="N25" s="1" t="n">
-        <v>715.0</v>
+        <v>958.0</v>
       </c>
       <c r="O25" s="1" t="n">
-        <v>502.0</v>
+        <v>1123.0</v>
       </c>
       <c r="P25" s="1" t="n">
-        <v>1222.0</v>
+        <v>979.0</v>
       </c>
       <c r="Q25" s="1" t="n">
-        <v>1103.0</v>
+        <v>961.0</v>
       </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <cols>
     <col min="1" max="1" width="19.24609375" customWidth="true"/>
     <col min="2" max="2" width="102.87109375" customWidth="true"/>
     <col min="3" max="3" width="4.96484375" customWidth="true"/>
     <col min="4" max="4" width="14.3203125" customWidth="true"/>
     <col min="5" max="5" width="5.25390625" customWidth="true"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" t="inlineStr">
         <is>
@@ -1402,7015 +1394,7007 @@
       </c>
       <c r="D1" t="inlineStr">
         <is>
           <t>Month</t>
         </is>
       </c>
       <c r="E1" t="inlineStr">
         <is>
           <t>Number of bankruptcies</t>
         </is>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B2" t="inlineStr">
         <is>
           <t>A Agriculture, forestry and fishing</t>
         </is>
       </c>
       <c r="C2" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="D2" t="inlineStr">
         <is>
-          <t>October 2024</t>
+          <t>February 2025</t>
         </is>
       </c>
       <c r="E2" s="1" t="n">
-        <v>11.0</v>
+        <v>8.0</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B3" t="inlineStr">
         <is>
           <t>A Agriculture, forestry and fishing</t>
         </is>
       </c>
       <c r="C3" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="D3" t="inlineStr">
         <is>
-          <t>November 2024</t>
+          <t>March 2025</t>
         </is>
       </c>
       <c r="E3" s="1" t="n">
-        <v>6.0</v>
+        <v>16.0</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B4" t="inlineStr">
         <is>
           <t>A Agriculture, forestry and fishing</t>
         </is>
       </c>
       <c r="C4" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="D4" t="inlineStr">
         <is>
-          <t>December 2024</t>
+          <t>April 2025</t>
         </is>
       </c>
       <c r="E4" s="1" t="n">
-        <v>7.0</v>
+        <v>8.0</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B5" t="inlineStr">
         <is>
           <t>A Agriculture, forestry and fishing</t>
         </is>
       </c>
       <c r="C5" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D5" t="inlineStr">
         <is>
-          <t>January 2025</t>
-[...2 lines deleted...]
-      <c r="E5"/>
+          <t>May 2025</t>
+        </is>
+      </c>
+      <c r="E5" s="1" t="n">
+        <v>2.0</v>
+      </c>
     </row>
     <row r="6">
       <c r="A6" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B6" t="inlineStr">
         <is>
           <t>A Agriculture, forestry and fishing</t>
         </is>
       </c>
       <c r="C6" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D6" t="inlineStr">
         <is>
-          <t>February 2025</t>
+          <t>June 2025</t>
         </is>
       </c>
       <c r="E6" s="1" t="n">
-        <v>8.0</v>
+        <v>10.0</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B7" t="inlineStr">
         <is>
           <t>A Agriculture, forestry and fishing</t>
         </is>
       </c>
       <c r="C7" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D7" t="inlineStr">
         <is>
-          <t>March 2025</t>
+          <t>July 2025</t>
         </is>
       </c>
       <c r="E7" s="1" t="n">
-        <v>16.0</v>
+        <v>3.0</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B8" t="inlineStr">
         <is>
           <t>A Agriculture, forestry and fishing</t>
         </is>
       </c>
       <c r="C8" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D8" t="inlineStr">
         <is>
-          <t>April 2025</t>
-[...4 lines deleted...]
-      </c>
+          <t>August 2025</t>
+        </is>
+      </c>
+      <c r="E8"/>
     </row>
     <row r="9">
       <c r="A9" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B9" t="inlineStr">
         <is>
           <t>A Agriculture, forestry and fishing</t>
         </is>
       </c>
       <c r="C9" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D9" t="inlineStr">
         <is>
-          <t>May 2025</t>
+          <t>September 2025</t>
         </is>
       </c>
       <c r="E9" s="1" t="n">
-        <v>2.0</v>
+        <v>11.0</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B10" t="inlineStr">
         <is>
           <t>A Agriculture, forestry and fishing</t>
         </is>
       </c>
       <c r="C10" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D10" t="inlineStr">
         <is>
-          <t>June 2025</t>
+          <t>October 2025</t>
         </is>
       </c>
       <c r="E10" s="1" t="n">
-        <v>10.0</v>
+        <v>3.0</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B11" t="inlineStr">
         <is>
           <t>A Agriculture, forestry and fishing</t>
         </is>
       </c>
       <c r="C11" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D11" t="inlineStr">
         <is>
-          <t>July 2025</t>
+          <t>November 2025</t>
         </is>
       </c>
       <c r="E11" s="1" t="n">
-        <v>3.0</v>
+        <v>5.0</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B12" t="inlineStr">
         <is>
           <t>A Agriculture, forestry and fishing</t>
         </is>
       </c>
       <c r="C12" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D12" t="inlineStr">
         <is>
-          <t>August 2025</t>
-[...2 lines deleted...]
-      <c r="E12"/>
+          <t>December 2025</t>
+        </is>
+      </c>
+      <c r="E12" s="1" t="n">
+        <v>8.0</v>
+      </c>
     </row>
     <row r="13">
       <c r="A13" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B13" t="inlineStr">
         <is>
           <t>A Agriculture, forestry and fishing</t>
         </is>
       </c>
       <c r="C13" t="inlineStr">
         <is>
-          <t>2025</t>
+          <t>2026</t>
         </is>
       </c>
       <c r="D13" t="inlineStr">
         <is>
-          <t>September 2025</t>
+          <t>January 2026</t>
         </is>
       </c>
       <c r="E13" s="1" t="n">
-        <v>11.0</v>
+        <v>8.0</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B14" t="inlineStr">
         <is>
           <t>A Agriculture, forestry and fishing</t>
         </is>
       </c>
       <c r="C14" t="inlineStr">
         <is>
-          <t>2025</t>
+          <t>2026</t>
         </is>
       </c>
       <c r="D14" t="inlineStr">
         <is>
-          <t>October 2025</t>
+          <t>February 2026</t>
         </is>
       </c>
       <c r="E14" s="1" t="n">
-        <v>3.0</v>
+        <v>4.0</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B15" t="inlineStr">
         <is>
           <t>B Mining and quarrying</t>
         </is>
       </c>
       <c r="C15" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="D15" t="inlineStr">
         <is>
-          <t>October 2024</t>
+          <t>February 2025</t>
         </is>
       </c>
       <c r="E15"/>
     </row>
     <row r="16">
       <c r="A16" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B16" t="inlineStr">
         <is>
           <t>B Mining and quarrying</t>
         </is>
       </c>
       <c r="C16" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="D16" t="inlineStr">
         <is>
-          <t>November 2024</t>
+          <t>March 2025</t>
         </is>
       </c>
       <c r="E16"/>
     </row>
     <row r="17">
       <c r="A17" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B17" t="inlineStr">
         <is>
           <t>B Mining and quarrying</t>
         </is>
       </c>
       <c r="C17" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="D17" t="inlineStr">
         <is>
-          <t>December 2024</t>
+          <t>April 2025</t>
         </is>
       </c>
       <c r="E17"/>
     </row>
     <row r="18">
       <c r="A18" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B18" t="inlineStr">
         <is>
           <t>B Mining and quarrying</t>
         </is>
       </c>
       <c r="C18" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D18" t="inlineStr">
         <is>
-          <t>January 2025</t>
+          <t>May 2025</t>
         </is>
       </c>
       <c r="E18"/>
     </row>
     <row r="19">
       <c r="A19" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B19" t="inlineStr">
         <is>
           <t>B Mining and quarrying</t>
         </is>
       </c>
       <c r="C19" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D19" t="inlineStr">
         <is>
-          <t>February 2025</t>
+          <t>June 2025</t>
         </is>
       </c>
       <c r="E19"/>
     </row>
     <row r="20">
       <c r="A20" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B20" t="inlineStr">
         <is>
           <t>B Mining and quarrying</t>
         </is>
       </c>
       <c r="C20" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D20" t="inlineStr">
         <is>
-          <t>March 2025</t>
+          <t>July 2025</t>
         </is>
       </c>
       <c r="E20"/>
     </row>
     <row r="21">
       <c r="A21" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B21" t="inlineStr">
         <is>
           <t>B Mining and quarrying</t>
         </is>
       </c>
       <c r="C21" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D21" t="inlineStr">
         <is>
-          <t>April 2025</t>
+          <t>August 2025</t>
         </is>
       </c>
       <c r="E21"/>
     </row>
     <row r="22">
       <c r="A22" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B22" t="inlineStr">
         <is>
           <t>B Mining and quarrying</t>
         </is>
       </c>
       <c r="C22" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D22" t="inlineStr">
         <is>
-          <t>May 2025</t>
+          <t>September 2025</t>
         </is>
       </c>
       <c r="E22"/>
     </row>
     <row r="23">
       <c r="A23" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B23" t="inlineStr">
         <is>
           <t>B Mining and quarrying</t>
         </is>
       </c>
       <c r="C23" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D23" t="inlineStr">
         <is>
-          <t>June 2025</t>
+          <t>October 2025</t>
         </is>
       </c>
       <c r="E23"/>
     </row>
     <row r="24">
       <c r="A24" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B24" t="inlineStr">
         <is>
           <t>B Mining and quarrying</t>
         </is>
       </c>
       <c r="C24" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D24" t="inlineStr">
         <is>
-          <t>July 2025</t>
+          <t>November 2025</t>
         </is>
       </c>
       <c r="E24"/>
     </row>
     <row r="25">
       <c r="A25" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B25" t="inlineStr">
         <is>
           <t>B Mining and quarrying</t>
         </is>
       </c>
       <c r="C25" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D25" t="inlineStr">
         <is>
-          <t>August 2025</t>
+          <t>December 2025</t>
         </is>
       </c>
       <c r="E25"/>
     </row>
     <row r="26">
       <c r="A26" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B26" t="inlineStr">
         <is>
           <t>B Mining and quarrying</t>
         </is>
       </c>
       <c r="C26" t="inlineStr">
         <is>
-          <t>2025</t>
+          <t>2026</t>
         </is>
       </c>
       <c r="D26" t="inlineStr">
         <is>
-          <t>September 2025</t>
+          <t>January 2026</t>
         </is>
       </c>
       <c r="E26"/>
     </row>
     <row r="27">
       <c r="A27" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B27" t="inlineStr">
         <is>
           <t>B Mining and quarrying</t>
         </is>
       </c>
       <c r="C27" t="inlineStr">
         <is>
-          <t>2025</t>
+          <t>2026</t>
         </is>
       </c>
       <c r="D27" t="inlineStr">
         <is>
-          <t>October 2025</t>
+          <t>February 2026</t>
         </is>
       </c>
       <c r="E27"/>
     </row>
     <row r="28">
       <c r="A28" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B28" t="inlineStr">
         <is>
           <t>C Manufacturing</t>
         </is>
       </c>
       <c r="C28" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="D28" t="inlineStr">
         <is>
-          <t>October 2024</t>
+          <t>February 2025</t>
         </is>
       </c>
       <c r="E28" s="1" t="n">
-        <v>46.0</v>
+        <v>35.0</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B29" t="inlineStr">
         <is>
           <t>C Manufacturing</t>
         </is>
       </c>
       <c r="C29" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="D29" t="inlineStr">
         <is>
-          <t>November 2024</t>
+          <t>March 2025</t>
         </is>
       </c>
       <c r="E29" s="1" t="n">
-        <v>20.0</v>
+        <v>47.0</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B30" t="inlineStr">
         <is>
           <t>C Manufacturing</t>
         </is>
       </c>
       <c r="C30" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="D30" t="inlineStr">
         <is>
-          <t>December 2024</t>
+          <t>April 2025</t>
         </is>
       </c>
       <c r="E30" s="1" t="n">
         <v>47.0</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B31" t="inlineStr">
         <is>
           <t>C Manufacturing</t>
         </is>
       </c>
       <c r="C31" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D31" t="inlineStr">
         <is>
-          <t>January 2025</t>
+          <t>May 2025</t>
         </is>
       </c>
       <c r="E31" s="1" t="n">
-        <v>34.0</v>
+        <v>37.0</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B32" t="inlineStr">
         <is>
           <t>C Manufacturing</t>
         </is>
       </c>
       <c r="C32" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D32" t="inlineStr">
         <is>
-          <t>February 2025</t>
+          <t>June 2025</t>
         </is>
       </c>
       <c r="E32" s="1" t="n">
-        <v>35.0</v>
+        <v>53.0</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B33" t="inlineStr">
         <is>
           <t>C Manufacturing</t>
         </is>
       </c>
       <c r="C33" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D33" t="inlineStr">
         <is>
-          <t>March 2025</t>
+          <t>July 2025</t>
         </is>
       </c>
       <c r="E33" s="1" t="n">
-        <v>47.0</v>
+        <v>39.0</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B34" t="inlineStr">
         <is>
           <t>C Manufacturing</t>
         </is>
       </c>
       <c r="C34" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D34" t="inlineStr">
         <is>
-          <t>April 2025</t>
+          <t>August 2025</t>
         </is>
       </c>
       <c r="E34" s="1" t="n">
-        <v>47.0</v>
+        <v>26.0</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B35" t="inlineStr">
         <is>
           <t>C Manufacturing</t>
         </is>
       </c>
       <c r="C35" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D35" t="inlineStr">
         <is>
-          <t>May 2025</t>
+          <t>September 2025</t>
         </is>
       </c>
       <c r="E35" s="1" t="n">
-        <v>37.0</v>
+        <v>32.0</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B36" t="inlineStr">
         <is>
           <t>C Manufacturing</t>
         </is>
       </c>
       <c r="C36" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D36" t="inlineStr">
         <is>
-          <t>June 2025</t>
+          <t>October 2025</t>
         </is>
       </c>
       <c r="E36" s="1" t="n">
-        <v>53.0</v>
+        <v>39.0</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B37" t="inlineStr">
         <is>
           <t>C Manufacturing</t>
         </is>
       </c>
       <c r="C37" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D37" t="inlineStr">
         <is>
-          <t>July 2025</t>
+          <t>November 2025</t>
         </is>
       </c>
       <c r="E37" s="1" t="n">
-        <v>39.0</v>
+        <v>43.0</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B38" t="inlineStr">
         <is>
           <t>C Manufacturing</t>
         </is>
       </c>
       <c r="C38" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D38" t="inlineStr">
         <is>
-          <t>August 2025</t>
+          <t>December 2025</t>
         </is>
       </c>
       <c r="E38" s="1" t="n">
-        <v>26.0</v>
+        <v>39.0</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B39" t="inlineStr">
         <is>
           <t>C Manufacturing</t>
         </is>
       </c>
       <c r="C39" t="inlineStr">
         <is>
-          <t>2025</t>
+          <t>2026</t>
         </is>
       </c>
       <c r="D39" t="inlineStr">
         <is>
-          <t>September 2025</t>
+          <t>January 2026</t>
         </is>
       </c>
       <c r="E39" s="1" t="n">
-        <v>32.0</v>
+        <v>40.0</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B40" t="inlineStr">
         <is>
           <t>C Manufacturing</t>
         </is>
       </c>
       <c r="C40" t="inlineStr">
         <is>
-          <t>2025</t>
+          <t>2026</t>
         </is>
       </c>
       <c r="D40" t="inlineStr">
         <is>
-          <t>October 2025</t>
+          <t>February 2026</t>
         </is>
       </c>
       <c r="E40" s="1" t="n">
-        <v>39.0</v>
+        <v>44.0</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B41" t="inlineStr">
         <is>
           <t>D Electricity, gas, steam and air conditioning supply</t>
         </is>
       </c>
       <c r="C41" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="D41" t="inlineStr">
         <is>
-          <t>October 2024</t>
-[...4 lines deleted...]
-      </c>
+          <t>February 2025</t>
+        </is>
+      </c>
+      <c r="E41"/>
     </row>
     <row r="42">
       <c r="A42" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B42" t="inlineStr">
         <is>
           <t>D Electricity, gas, steam and air conditioning supply</t>
         </is>
       </c>
       <c r="C42" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="D42" t="inlineStr">
         <is>
-          <t>November 2024</t>
-[...2 lines deleted...]
-      <c r="E42"/>
+          <t>March 2025</t>
+        </is>
+      </c>
+      <c r="E42" s="1" t="n">
+        <v>1.0</v>
+      </c>
     </row>
     <row r="43">
       <c r="A43" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B43" t="inlineStr">
         <is>
           <t>D Electricity, gas, steam and air conditioning supply</t>
         </is>
       </c>
       <c r="C43" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="D43" t="inlineStr">
         <is>
-          <t>December 2024</t>
-[...4 lines deleted...]
-      </c>
+          <t>April 2025</t>
+        </is>
+      </c>
+      <c r="E43"/>
     </row>
     <row r="44">
       <c r="A44" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B44" t="inlineStr">
         <is>
           <t>D Electricity, gas, steam and air conditioning supply</t>
         </is>
       </c>
       <c r="C44" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D44" t="inlineStr">
         <is>
-          <t>January 2025</t>
+          <t>May 2025</t>
         </is>
       </c>
       <c r="E44" s="1" t="n">
         <v>1.0</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B45" t="inlineStr">
         <is>
           <t>D Electricity, gas, steam and air conditioning supply</t>
         </is>
       </c>
       <c r="C45" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D45" t="inlineStr">
         <is>
-          <t>February 2025</t>
-[...2 lines deleted...]
-      <c r="E45"/>
+          <t>June 2025</t>
+        </is>
+      </c>
+      <c r="E45" s="1" t="n">
+        <v>2.0</v>
+      </c>
     </row>
     <row r="46">
       <c r="A46" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B46" t="inlineStr">
         <is>
           <t>D Electricity, gas, steam and air conditioning supply</t>
         </is>
       </c>
       <c r="C46" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D46" t="inlineStr">
         <is>
-          <t>March 2025</t>
-[...4 lines deleted...]
-      </c>
+          <t>July 2025</t>
+        </is>
+      </c>
+      <c r="E46"/>
     </row>
     <row r="47">
       <c r="A47" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B47" t="inlineStr">
         <is>
           <t>D Electricity, gas, steam and air conditioning supply</t>
         </is>
       </c>
       <c r="C47" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D47" t="inlineStr">
         <is>
-          <t>April 2025</t>
+          <t>August 2025</t>
         </is>
       </c>
       <c r="E47"/>
     </row>
     <row r="48">
       <c r="A48" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B48" t="inlineStr">
         <is>
           <t>D Electricity, gas, steam and air conditioning supply</t>
         </is>
       </c>
       <c r="C48" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D48" t="inlineStr">
         <is>
-          <t>May 2025</t>
+          <t>September 2025</t>
         </is>
       </c>
       <c r="E48" s="1" t="n">
-        <v>1.0</v>
+        <v>2.0</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B49" t="inlineStr">
         <is>
           <t>D Electricity, gas, steam and air conditioning supply</t>
         </is>
       </c>
       <c r="C49" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D49" t="inlineStr">
         <is>
-          <t>June 2025</t>
+          <t>October 2025</t>
         </is>
       </c>
       <c r="E49" s="1" t="n">
-        <v>2.0</v>
+        <v>1.0</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B50" t="inlineStr">
         <is>
           <t>D Electricity, gas, steam and air conditioning supply</t>
         </is>
       </c>
       <c r="C50" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D50" t="inlineStr">
         <is>
-          <t>July 2025</t>
+          <t>November 2025</t>
         </is>
       </c>
       <c r="E50"/>
     </row>
     <row r="51">
       <c r="A51" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B51" t="inlineStr">
         <is>
           <t>D Electricity, gas, steam and air conditioning supply</t>
         </is>
       </c>
       <c r="C51" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D51" t="inlineStr">
         <is>
-          <t>August 2025</t>
-[...2 lines deleted...]
-      <c r="E51"/>
+          <t>December 2025</t>
+        </is>
+      </c>
+      <c r="E51" s="1" t="n">
+        <v>1.0</v>
+      </c>
     </row>
     <row r="52">
       <c r="A52" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B52" t="inlineStr">
         <is>
           <t>D Electricity, gas, steam and air conditioning supply</t>
         </is>
       </c>
       <c r="C52" t="inlineStr">
         <is>
-          <t>2025</t>
+          <t>2026</t>
         </is>
       </c>
       <c r="D52" t="inlineStr">
         <is>
-          <t>September 2025</t>
-[...4 lines deleted...]
-      </c>
+          <t>January 2026</t>
+        </is>
+      </c>
+      <c r="E52"/>
     </row>
     <row r="53">
       <c r="A53" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B53" t="inlineStr">
         <is>
           <t>D Electricity, gas, steam and air conditioning supply</t>
         </is>
       </c>
       <c r="C53" t="inlineStr">
         <is>
-          <t>2025</t>
+          <t>2026</t>
         </is>
       </c>
       <c r="D53" t="inlineStr">
         <is>
-          <t>October 2025</t>
-[...4 lines deleted...]
-      </c>
+          <t>February 2026</t>
+        </is>
+      </c>
+      <c r="E53"/>
     </row>
     <row r="54">
       <c r="A54" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B54" t="inlineStr">
         <is>
           <t>E Water supply/ sewerage, waste management and remediation activities</t>
         </is>
       </c>
       <c r="C54" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="D54" t="inlineStr">
         <is>
-          <t>October 2024</t>
+          <t>February 2025</t>
         </is>
       </c>
       <c r="E54" s="1" t="n">
         <v>3.0</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B55" t="inlineStr">
         <is>
           <t>E Water supply/ sewerage, waste management and remediation activities</t>
         </is>
       </c>
       <c r="C55" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="D55" t="inlineStr">
         <is>
-          <t>November 2024</t>
+          <t>March 2025</t>
         </is>
       </c>
       <c r="E55" s="1" t="n">
-        <v>1.0</v>
+        <v>3.0</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B56" t="inlineStr">
         <is>
           <t>E Water supply/ sewerage, waste management and remediation activities</t>
         </is>
       </c>
       <c r="C56" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="D56" t="inlineStr">
         <is>
-          <t>December 2024</t>
+          <t>April 2025</t>
         </is>
       </c>
       <c r="E56" s="1" t="n">
-        <v>1.0</v>
+        <v>4.0</v>
       </c>
     </row>
     <row r="57">
       <c r="A57" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B57" t="inlineStr">
         <is>
           <t>E Water supply/ sewerage, waste management and remediation activities</t>
         </is>
       </c>
       <c r="C57" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D57" t="inlineStr">
         <is>
-          <t>January 2025</t>
+          <t>May 2025</t>
         </is>
       </c>
       <c r="E57" s="1" t="n">
-        <v>3.0</v>
+        <v>4.0</v>
       </c>
     </row>
     <row r="58">
       <c r="A58" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B58" t="inlineStr">
         <is>
           <t>E Water supply/ sewerage, waste management and remediation activities</t>
         </is>
       </c>
       <c r="C58" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D58" t="inlineStr">
         <is>
-          <t>February 2025</t>
+          <t>June 2025</t>
         </is>
       </c>
       <c r="E58" s="1" t="n">
-        <v>3.0</v>
+        <v>1.0</v>
       </c>
     </row>
     <row r="59">
       <c r="A59" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B59" t="inlineStr">
         <is>
           <t>E Water supply/ sewerage, waste management and remediation activities</t>
         </is>
       </c>
       <c r="C59" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D59" t="inlineStr">
         <is>
-          <t>March 2025</t>
+          <t>July 2025</t>
         </is>
       </c>
       <c r="E59" s="1" t="n">
-        <v>3.0</v>
+        <v>1.0</v>
       </c>
     </row>
     <row r="60">
       <c r="A60" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B60" t="inlineStr">
         <is>
           <t>E Water supply/ sewerage, waste management and remediation activities</t>
         </is>
       </c>
       <c r="C60" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D60" t="inlineStr">
         <is>
-          <t>April 2025</t>
+          <t>August 2025</t>
         </is>
       </c>
       <c r="E60" s="1" t="n">
-        <v>4.0</v>
+        <v>1.0</v>
       </c>
     </row>
     <row r="61">
       <c r="A61" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B61" t="inlineStr">
         <is>
           <t>E Water supply/ sewerage, waste management and remediation activities</t>
         </is>
       </c>
       <c r="C61" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D61" t="inlineStr">
         <is>
-          <t>May 2025</t>
+          <t>September 2025</t>
         </is>
       </c>
       <c r="E61" s="1" t="n">
-        <v>4.0</v>
+        <v>2.0</v>
       </c>
     </row>
     <row r="62">
       <c r="A62" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B62" t="inlineStr">
         <is>
           <t>E Water supply/ sewerage, waste management and remediation activities</t>
         </is>
       </c>
       <c r="C62" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D62" t="inlineStr">
         <is>
-          <t>June 2025</t>
+          <t>October 2025</t>
         </is>
       </c>
       <c r="E62" s="1" t="n">
-        <v>1.0</v>
+        <v>4.0</v>
       </c>
     </row>
     <row r="63">
       <c r="A63" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B63" t="inlineStr">
         <is>
           <t>E Water supply/ sewerage, waste management and remediation activities</t>
         </is>
       </c>
       <c r="C63" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D63" t="inlineStr">
         <is>
-          <t>July 2025</t>
+          <t>November 2025</t>
         </is>
       </c>
       <c r="E63" s="1" t="n">
         <v>1.0</v>
       </c>
     </row>
     <row r="64">
       <c r="A64" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B64" t="inlineStr">
         <is>
           <t>E Water supply/ sewerage, waste management and remediation activities</t>
         </is>
       </c>
       <c r="C64" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D64" t="inlineStr">
         <is>
-          <t>August 2025</t>
-[...4 lines deleted...]
-      </c>
+          <t>December 2025</t>
+        </is>
+      </c>
+      <c r="E64"/>
     </row>
     <row r="65">
       <c r="A65" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B65" t="inlineStr">
         <is>
           <t>E Water supply/ sewerage, waste management and remediation activities</t>
         </is>
       </c>
       <c r="C65" t="inlineStr">
         <is>
-          <t>2025</t>
+          <t>2026</t>
         </is>
       </c>
       <c r="D65" t="inlineStr">
         <is>
-          <t>September 2025</t>
+          <t>January 2026</t>
         </is>
       </c>
       <c r="E65" s="1" t="n">
-        <v>2.0</v>
+        <v>1.0</v>
       </c>
     </row>
     <row r="66">
       <c r="A66" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B66" t="inlineStr">
         <is>
           <t>E Water supply/ sewerage, waste management and remediation activities</t>
         </is>
       </c>
       <c r="C66" t="inlineStr">
         <is>
-          <t>2025</t>
+          <t>2026</t>
         </is>
       </c>
       <c r="D66" t="inlineStr">
         <is>
-          <t>October 2025</t>
+          <t>February 2026</t>
         </is>
       </c>
       <c r="E66" s="1" t="n">
-        <v>4.0</v>
+        <v>2.0</v>
       </c>
     </row>
     <row r="67">
       <c r="A67" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B67" t="inlineStr">
         <is>
           <t>F Construction</t>
         </is>
       </c>
       <c r="C67" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="D67" t="inlineStr">
         <is>
-          <t>October 2024</t>
+          <t>February 2025</t>
         </is>
       </c>
       <c r="E67" s="1" t="n">
-        <v>238.0</v>
+        <v>233.0</v>
       </c>
     </row>
     <row r="68">
       <c r="A68" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B68" t="inlineStr">
         <is>
           <t>F Construction</t>
         </is>
       </c>
       <c r="C68" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="D68" t="inlineStr">
         <is>
-          <t>November 2024</t>
+          <t>March 2025</t>
         </is>
       </c>
       <c r="E68" s="1" t="n">
-        <v>200.0</v>
+        <v>268.0</v>
       </c>
     </row>
     <row r="69">
       <c r="A69" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B69" t="inlineStr">
         <is>
           <t>F Construction</t>
         </is>
       </c>
       <c r="C69" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="D69" t="inlineStr">
         <is>
-          <t>December 2024</t>
+          <t>April 2025</t>
         </is>
       </c>
       <c r="E69" s="1" t="n">
-        <v>236.0</v>
+        <v>208.0</v>
       </c>
     </row>
     <row r="70">
       <c r="A70" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B70" t="inlineStr">
         <is>
           <t>F Construction</t>
         </is>
       </c>
       <c r="C70" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D70" t="inlineStr">
         <is>
-          <t>January 2025</t>
+          <t>May 2025</t>
         </is>
       </c>
       <c r="E70" s="1" t="n">
-        <v>243.0</v>
+        <v>241.0</v>
       </c>
     </row>
     <row r="71">
       <c r="A71" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B71" t="inlineStr">
         <is>
           <t>F Construction</t>
         </is>
       </c>
       <c r="C71" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D71" t="inlineStr">
         <is>
-          <t>February 2025</t>
+          <t>June 2025</t>
         </is>
       </c>
       <c r="E71" s="1" t="n">
-        <v>233.0</v>
+        <v>306.0</v>
       </c>
     </row>
     <row r="72">
       <c r="A72" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B72" t="inlineStr">
         <is>
           <t>F Construction</t>
         </is>
       </c>
       <c r="C72" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D72" t="inlineStr">
         <is>
-          <t>March 2025</t>
+          <t>July 2025</t>
         </is>
       </c>
       <c r="E72" s="1" t="n">
-        <v>268.0</v>
+        <v>159.0</v>
       </c>
     </row>
     <row r="73">
       <c r="A73" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B73" t="inlineStr">
         <is>
           <t>F Construction</t>
         </is>
       </c>
       <c r="C73" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D73" t="inlineStr">
         <is>
-          <t>April 2025</t>
+          <t>August 2025</t>
         </is>
       </c>
       <c r="E73" s="1" t="n">
-        <v>208.0</v>
+        <v>99.0</v>
       </c>
     </row>
     <row r="74">
       <c r="A74" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B74" t="inlineStr">
         <is>
           <t>F Construction</t>
         </is>
       </c>
       <c r="C74" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D74" t="inlineStr">
         <is>
-          <t>May 2025</t>
+          <t>September 2025</t>
         </is>
       </c>
       <c r="E74" s="1" t="n">
-        <v>241.0</v>
+        <v>302.0</v>
       </c>
     </row>
     <row r="75">
       <c r="A75" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B75" t="inlineStr">
         <is>
           <t>F Construction</t>
         </is>
       </c>
       <c r="C75" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D75" t="inlineStr">
         <is>
-          <t>June 2025</t>
+          <t>October 2025</t>
         </is>
       </c>
       <c r="E75" s="1" t="n">
-        <v>306.0</v>
+        <v>248.0</v>
       </c>
     </row>
     <row r="76">
       <c r="A76" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B76" t="inlineStr">
         <is>
           <t>F Construction</t>
         </is>
       </c>
       <c r="C76" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D76" t="inlineStr">
         <is>
-          <t>July 2025</t>
+          <t>November 2025</t>
         </is>
       </c>
       <c r="E76" s="1" t="n">
-        <v>159.0</v>
+        <v>219.0</v>
       </c>
     </row>
     <row r="77">
       <c r="A77" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B77" t="inlineStr">
         <is>
           <t>F Construction</t>
         </is>
       </c>
       <c r="C77" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D77" t="inlineStr">
         <is>
-          <t>August 2025</t>
+          <t>December 2025</t>
         </is>
       </c>
       <c r="E77" s="1" t="n">
-        <v>99.0</v>
+        <v>264.0</v>
       </c>
     </row>
     <row r="78">
       <c r="A78" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B78" t="inlineStr">
         <is>
           <t>F Construction</t>
         </is>
       </c>
       <c r="C78" t="inlineStr">
         <is>
-          <t>2025</t>
+          <t>2026</t>
         </is>
       </c>
       <c r="D78" t="inlineStr">
         <is>
-          <t>September 2025</t>
+          <t>January 2026</t>
         </is>
       </c>
       <c r="E78" s="1" t="n">
-        <v>301.0</v>
+        <v>229.0</v>
       </c>
     </row>
     <row r="79">
       <c r="A79" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B79" t="inlineStr">
         <is>
           <t>F Construction</t>
         </is>
       </c>
       <c r="C79" t="inlineStr">
         <is>
-          <t>2025</t>
+          <t>2026</t>
         </is>
       </c>
       <c r="D79" t="inlineStr">
         <is>
-          <t>October 2025</t>
+          <t>February 2026</t>
         </is>
       </c>
       <c r="E79" s="1" t="n">
-        <v>248.0</v>
+        <v>221.0</v>
       </c>
     </row>
     <row r="80">
       <c r="A80" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B80" t="inlineStr">
         <is>
           <t>G Wholesale and retail trade/ repair of motor vehicles and motorcycles</t>
         </is>
       </c>
       <c r="C80" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="D80" t="inlineStr">
         <is>
-          <t>October 2024</t>
+          <t>February 2025</t>
         </is>
       </c>
       <c r="E80" s="1" t="n">
-        <v>242.0</v>
+        <v>202.0</v>
       </c>
     </row>
     <row r="81">
       <c r="A81" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B81" t="inlineStr">
         <is>
           <t>G Wholesale and retail trade/ repair of motor vehicles and motorcycles</t>
         </is>
       </c>
       <c r="C81" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="D81" t="inlineStr">
         <is>
-          <t>November 2024</t>
+          <t>March 2025</t>
         </is>
       </c>
       <c r="E81" s="1" t="n">
-        <v>168.0</v>
+        <v>218.0</v>
       </c>
     </row>
     <row r="82">
       <c r="A82" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B82" t="inlineStr">
         <is>
           <t>G Wholesale and retail trade/ repair of motor vehicles and motorcycles</t>
         </is>
       </c>
       <c r="C82" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="D82" t="inlineStr">
         <is>
-          <t>December 2024</t>
+          <t>April 2025</t>
         </is>
       </c>
       <c r="E82" s="1" t="n">
-        <v>197.0</v>
+        <v>207.0</v>
       </c>
     </row>
     <row r="83">
       <c r="A83" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B83" t="inlineStr">
         <is>
           <t>G Wholesale and retail trade/ repair of motor vehicles and motorcycles</t>
         </is>
       </c>
       <c r="C83" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D83" t="inlineStr">
         <is>
-          <t>January 2025</t>
+          <t>May 2025</t>
         </is>
       </c>
       <c r="E83" s="1" t="n">
-        <v>182.0</v>
+        <v>177.0</v>
       </c>
     </row>
     <row r="84">
       <c r="A84" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B84" t="inlineStr">
         <is>
           <t>G Wholesale and retail trade/ repair of motor vehicles and motorcycles</t>
         </is>
       </c>
       <c r="C84" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D84" t="inlineStr">
         <is>
-          <t>February 2025</t>
+          <t>June 2025</t>
         </is>
       </c>
       <c r="E84" s="1" t="n">
-        <v>202.0</v>
+        <v>227.0</v>
       </c>
     </row>
     <row r="85">
       <c r="A85" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B85" t="inlineStr">
         <is>
           <t>G Wholesale and retail trade/ repair of motor vehicles and motorcycles</t>
         </is>
       </c>
       <c r="C85" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D85" t="inlineStr">
         <is>
-          <t>March 2025</t>
+          <t>July 2025</t>
         </is>
       </c>
       <c r="E85" s="1" t="n">
-        <v>218.0</v>
+        <v>157.0</v>
       </c>
     </row>
     <row r="86">
       <c r="A86" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B86" t="inlineStr">
         <is>
           <t>G Wholesale and retail trade/ repair of motor vehicles and motorcycles</t>
         </is>
       </c>
       <c r="C86" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D86" t="inlineStr">
         <is>
-          <t>April 2025</t>
+          <t>August 2025</t>
         </is>
       </c>
       <c r="E86" s="1" t="n">
-        <v>207.0</v>
+        <v>111.0</v>
       </c>
     </row>
     <row r="87">
       <c r="A87" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B87" t="inlineStr">
         <is>
           <t>G Wholesale and retail trade/ repair of motor vehicles and motorcycles</t>
         </is>
       </c>
       <c r="C87" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D87" t="inlineStr">
         <is>
-          <t>May 2025</t>
+          <t>September 2025</t>
         </is>
       </c>
       <c r="E87" s="1" t="n">
-        <v>177.0</v>
+        <v>247.0</v>
       </c>
     </row>
     <row r="88">
       <c r="A88" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B88" t="inlineStr">
         <is>
           <t>G Wholesale and retail trade/ repair of motor vehicles and motorcycles</t>
         </is>
       </c>
       <c r="C88" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D88" t="inlineStr">
         <is>
-          <t>June 2025</t>
+          <t>October 2025</t>
         </is>
       </c>
       <c r="E88" s="1" t="n">
-        <v>227.0</v>
+        <v>228.0</v>
       </c>
     </row>
     <row r="89">
       <c r="A89" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B89" t="inlineStr">
         <is>
           <t>G Wholesale and retail trade/ repair of motor vehicles and motorcycles</t>
         </is>
       </c>
       <c r="C89" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D89" t="inlineStr">
         <is>
-          <t>July 2025</t>
+          <t>November 2025</t>
         </is>
       </c>
       <c r="E89" s="1" t="n">
-        <v>157.0</v>
+        <v>175.0</v>
       </c>
     </row>
     <row r="90">
       <c r="A90" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B90" t="inlineStr">
         <is>
           <t>G Wholesale and retail trade/ repair of motor vehicles and motorcycles</t>
         </is>
       </c>
       <c r="C90" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D90" t="inlineStr">
         <is>
-          <t>August 2025</t>
+          <t>December 2025</t>
         </is>
       </c>
       <c r="E90" s="1" t="n">
-        <v>111.0</v>
+        <v>220.0</v>
       </c>
     </row>
     <row r="91">
       <c r="A91" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B91" t="inlineStr">
         <is>
           <t>G Wholesale and retail trade/ repair of motor vehicles and motorcycles</t>
         </is>
       </c>
       <c r="C91" t="inlineStr">
         <is>
-          <t>2025</t>
+          <t>2026</t>
         </is>
       </c>
       <c r="D91" t="inlineStr">
         <is>
-          <t>September 2025</t>
+          <t>January 2026</t>
         </is>
       </c>
       <c r="E91" s="1" t="n">
-        <v>247.0</v>
+        <v>199.0</v>
       </c>
     </row>
     <row r="92">
       <c r="A92" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B92" t="inlineStr">
         <is>
           <t>G Wholesale and retail trade/ repair of motor vehicles and motorcycles</t>
         </is>
       </c>
       <c r="C92" t="inlineStr">
         <is>
-          <t>2025</t>
+          <t>2026</t>
         </is>
       </c>
       <c r="D92" t="inlineStr">
         <is>
-          <t>October 2025</t>
+          <t>February 2026</t>
         </is>
       </c>
       <c r="E92" s="1" t="n">
-        <v>228.0</v>
+        <v>194.0</v>
       </c>
     </row>
     <row r="93">
       <c r="A93" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B93" t="inlineStr">
         <is>
           <t>H Transportation and storage</t>
         </is>
       </c>
       <c r="C93" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="D93" t="inlineStr">
         <is>
-          <t>October 2024</t>
+          <t>February 2025</t>
         </is>
       </c>
       <c r="E93" s="1" t="n">
-        <v>73.0</v>
+        <v>74.0</v>
       </c>
     </row>
     <row r="94">
       <c r="A94" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B94" t="inlineStr">
         <is>
           <t>H Transportation and storage</t>
         </is>
       </c>
       <c r="C94" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="D94" t="inlineStr">
         <is>
-          <t>November 2024</t>
+          <t>March 2025</t>
         </is>
       </c>
       <c r="E94" s="1" t="n">
-        <v>58.0</v>
+        <v>65.0</v>
       </c>
     </row>
     <row r="95">
       <c r="A95" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B95" t="inlineStr">
         <is>
           <t>H Transportation and storage</t>
         </is>
       </c>
       <c r="C95" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="D95" t="inlineStr">
         <is>
-          <t>December 2024</t>
+          <t>April 2025</t>
         </is>
       </c>
       <c r="E95" s="1" t="n">
-        <v>67.0</v>
+        <v>71.0</v>
       </c>
     </row>
     <row r="96">
       <c r="A96" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B96" t="inlineStr">
         <is>
           <t>H Transportation and storage</t>
         </is>
       </c>
       <c r="C96" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D96" t="inlineStr">
         <is>
-          <t>January 2025</t>
+          <t>May 2025</t>
         </is>
       </c>
       <c r="E96" s="1" t="n">
-        <v>55.0</v>
+        <v>69.0</v>
       </c>
     </row>
     <row r="97">
       <c r="A97" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B97" t="inlineStr">
         <is>
           <t>H Transportation and storage</t>
         </is>
       </c>
       <c r="C97" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D97" t="inlineStr">
         <is>
-          <t>February 2025</t>
+          <t>June 2025</t>
         </is>
       </c>
       <c r="E97" s="1" t="n">
-        <v>74.0</v>
+        <v>73.0</v>
       </c>
     </row>
     <row r="98">
       <c r="A98" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B98" t="inlineStr">
         <is>
           <t>H Transportation and storage</t>
         </is>
       </c>
       <c r="C98" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D98" t="inlineStr">
         <is>
-          <t>March 2025</t>
+          <t>July 2025</t>
         </is>
       </c>
       <c r="E98" s="1" t="n">
-        <v>65.0</v>
+        <v>53.0</v>
       </c>
     </row>
     <row r="99">
       <c r="A99" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B99" t="inlineStr">
         <is>
           <t>H Transportation and storage</t>
         </is>
       </c>
       <c r="C99" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D99" t="inlineStr">
         <is>
-          <t>April 2025</t>
+          <t>August 2025</t>
         </is>
       </c>
       <c r="E99" s="1" t="n">
-        <v>71.0</v>
+        <v>34.0</v>
       </c>
     </row>
     <row r="100">
       <c r="A100" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B100" t="inlineStr">
         <is>
           <t>H Transportation and storage</t>
         </is>
       </c>
       <c r="C100" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D100" t="inlineStr">
         <is>
-          <t>May 2025</t>
+          <t>September 2025</t>
         </is>
       </c>
       <c r="E100" s="1" t="n">
-        <v>69.0</v>
+        <v>103.0</v>
       </c>
     </row>
     <row r="101">
       <c r="A101" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B101" t="inlineStr">
         <is>
           <t>H Transportation and storage</t>
         </is>
       </c>
       <c r="C101" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D101" t="inlineStr">
         <is>
-          <t>June 2025</t>
+          <t>October 2025</t>
         </is>
       </c>
       <c r="E101" s="1" t="n">
-        <v>73.0</v>
+        <v>76.0</v>
       </c>
     </row>
     <row r="102">
       <c r="A102" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B102" t="inlineStr">
         <is>
           <t>H Transportation and storage</t>
         </is>
       </c>
       <c r="C102" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D102" t="inlineStr">
         <is>
-          <t>July 2025</t>
+          <t>November 2025</t>
         </is>
       </c>
       <c r="E102" s="1" t="n">
-        <v>53.0</v>
+        <v>64.0</v>
       </c>
     </row>
     <row r="103">
       <c r="A103" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B103" t="inlineStr">
         <is>
           <t>H Transportation and storage</t>
         </is>
       </c>
       <c r="C103" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D103" t="inlineStr">
         <is>
-          <t>August 2025</t>
+          <t>December 2025</t>
         </is>
       </c>
       <c r="E103" s="1" t="n">
-        <v>34.0</v>
+        <v>96.0</v>
       </c>
     </row>
     <row r="104">
       <c r="A104" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B104" t="inlineStr">
         <is>
           <t>H Transportation and storage</t>
         </is>
       </c>
       <c r="C104" t="inlineStr">
         <is>
-          <t>2025</t>
+          <t>2026</t>
         </is>
       </c>
       <c r="D104" t="inlineStr">
         <is>
-          <t>September 2025</t>
+          <t>January 2026</t>
         </is>
       </c>
       <c r="E104" s="1" t="n">
-        <v>103.0</v>
+        <v>72.0</v>
       </c>
     </row>
     <row r="105">
       <c r="A105" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B105" t="inlineStr">
         <is>
           <t>H Transportation and storage</t>
         </is>
       </c>
       <c r="C105" t="inlineStr">
         <is>
-          <t>2025</t>
+          <t>2026</t>
         </is>
       </c>
       <c r="D105" t="inlineStr">
         <is>
-          <t>October 2025</t>
+          <t>February 2026</t>
         </is>
       </c>
       <c r="E105" s="1" t="n">
-        <v>76.0</v>
+        <v>84.0</v>
       </c>
     </row>
     <row r="106">
       <c r="A106" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B106" t="inlineStr">
         <is>
           <t>I Accommodation and food service activities</t>
         </is>
       </c>
       <c r="C106" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="D106" t="inlineStr">
         <is>
-          <t>October 2024</t>
+          <t>February 2025</t>
         </is>
       </c>
       <c r="E106" s="1" t="n">
-        <v>180.0</v>
+        <v>177.0</v>
       </c>
     </row>
     <row r="107">
       <c r="A107" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B107" t="inlineStr">
         <is>
           <t>I Accommodation and food service activities</t>
         </is>
       </c>
       <c r="C107" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="D107" t="inlineStr">
         <is>
-          <t>November 2024</t>
+          <t>March 2025</t>
         </is>
       </c>
       <c r="E107" s="1" t="n">
-        <v>146.0</v>
+        <v>185.0</v>
       </c>
     </row>
     <row r="108">
       <c r="A108" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B108" t="inlineStr">
         <is>
           <t>I Accommodation and food service activities</t>
         </is>
       </c>
       <c r="C108" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="D108" t="inlineStr">
         <is>
-          <t>December 2024</t>
+          <t>April 2025</t>
         </is>
       </c>
       <c r="E108" s="1" t="n">
-        <v>181.0</v>
+        <v>180.0</v>
       </c>
     </row>
     <row r="109">
       <c r="A109" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B109" t="inlineStr">
         <is>
           <t>I Accommodation and food service activities</t>
         </is>
       </c>
       <c r="C109" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D109" t="inlineStr">
         <is>
-          <t>January 2025</t>
+          <t>May 2025</t>
         </is>
       </c>
       <c r="E109" s="1" t="n">
-        <v>171.0</v>
+        <v>141.0</v>
       </c>
     </row>
     <row r="110">
       <c r="A110" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B110" t="inlineStr">
         <is>
           <t>I Accommodation and food service activities</t>
         </is>
       </c>
       <c r="C110" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D110" t="inlineStr">
         <is>
-          <t>February 2025</t>
+          <t>June 2025</t>
         </is>
       </c>
       <c r="E110" s="1" t="n">
-        <v>177.0</v>
+        <v>183.0</v>
       </c>
     </row>
     <row r="111">
       <c r="A111" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B111" t="inlineStr">
         <is>
           <t>I Accommodation and food service activities</t>
         </is>
       </c>
       <c r="C111" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D111" t="inlineStr">
         <is>
-          <t>March 2025</t>
+          <t>July 2025</t>
         </is>
       </c>
       <c r="E111" s="1" t="n">
-        <v>185.0</v>
+        <v>117.0</v>
       </c>
     </row>
     <row r="112">
       <c r="A112" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B112" t="inlineStr">
         <is>
           <t>I Accommodation and food service activities</t>
         </is>
       </c>
       <c r="C112" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D112" t="inlineStr">
         <is>
-          <t>April 2025</t>
+          <t>August 2025</t>
         </is>
       </c>
       <c r="E112" s="1" t="n">
-        <v>180.0</v>
+        <v>88.0</v>
       </c>
     </row>
     <row r="113">
       <c r="A113" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B113" t="inlineStr">
         <is>
           <t>I Accommodation and food service activities</t>
         </is>
       </c>
       <c r="C113" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D113" t="inlineStr">
         <is>
-          <t>May 2025</t>
+          <t>September 2025</t>
         </is>
       </c>
       <c r="E113" s="1" t="n">
-        <v>141.0</v>
+        <v>203.0</v>
       </c>
     </row>
     <row r="114">
       <c r="A114" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B114" t="inlineStr">
         <is>
           <t>I Accommodation and food service activities</t>
         </is>
       </c>
       <c r="C114" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D114" t="inlineStr">
         <is>
-          <t>June 2025</t>
+          <t>October 2025</t>
         </is>
       </c>
       <c r="E114" s="1" t="n">
-        <v>183.0</v>
+        <v>203.0</v>
       </c>
     </row>
     <row r="115">
       <c r="A115" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B115" t="inlineStr">
         <is>
           <t>I Accommodation and food service activities</t>
         </is>
       </c>
       <c r="C115" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D115" t="inlineStr">
         <is>
-          <t>July 2025</t>
+          <t>November 2025</t>
         </is>
       </c>
       <c r="E115" s="1" t="n">
-        <v>117.0</v>
+        <v>163.0</v>
       </c>
     </row>
     <row r="116">
       <c r="A116" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B116" t="inlineStr">
         <is>
           <t>I Accommodation and food service activities</t>
         </is>
       </c>
       <c r="C116" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D116" t="inlineStr">
         <is>
-          <t>August 2025</t>
+          <t>December 2025</t>
         </is>
       </c>
       <c r="E116" s="1" t="n">
-        <v>88.0</v>
+        <v>186.0</v>
       </c>
     </row>
     <row r="117">
       <c r="A117" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B117" t="inlineStr">
         <is>
           <t>I Accommodation and food service activities</t>
         </is>
       </c>
       <c r="C117" t="inlineStr">
         <is>
-          <t>2025</t>
+          <t>2026</t>
         </is>
       </c>
       <c r="D117" t="inlineStr">
         <is>
-          <t>September 2025</t>
+          <t>January 2026</t>
         </is>
       </c>
       <c r="E117" s="1" t="n">
-        <v>202.0</v>
+        <v>166.0</v>
       </c>
     </row>
     <row r="118">
       <c r="A118" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B118" t="inlineStr">
         <is>
           <t>I Accommodation and food service activities</t>
         </is>
       </c>
       <c r="C118" t="inlineStr">
         <is>
-          <t>2025</t>
+          <t>2026</t>
         </is>
       </c>
       <c r="D118" t="inlineStr">
         <is>
-          <t>October 2025</t>
+          <t>February 2026</t>
         </is>
       </c>
       <c r="E118" s="1" t="n">
-        <v>204.0</v>
+        <v>168.0</v>
       </c>
     </row>
     <row r="119">
       <c r="A119" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B119" t="inlineStr">
         <is>
           <t>J Information and communication</t>
         </is>
       </c>
       <c r="C119" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="D119" t="inlineStr">
         <is>
-          <t>October 2024</t>
+          <t>February 2025</t>
         </is>
       </c>
       <c r="E119" s="1" t="n">
         <v>28.0</v>
       </c>
     </row>
     <row r="120">
       <c r="A120" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B120" t="inlineStr">
         <is>
           <t>J Information and communication</t>
         </is>
       </c>
       <c r="C120" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="D120" t="inlineStr">
         <is>
-          <t>November 2024</t>
+          <t>March 2025</t>
         </is>
       </c>
       <c r="E120" s="1" t="n">
-        <v>21.0</v>
+        <v>28.0</v>
       </c>
     </row>
     <row r="121">
       <c r="A121" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B121" t="inlineStr">
         <is>
           <t>J Information and communication</t>
         </is>
       </c>
       <c r="C121" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="D121" t="inlineStr">
         <is>
-          <t>December 2024</t>
+          <t>April 2025</t>
         </is>
       </c>
       <c r="E121" s="1" t="n">
-        <v>36.0</v>
+        <v>32.0</v>
       </c>
     </row>
     <row r="122">
       <c r="A122" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B122" t="inlineStr">
         <is>
           <t>J Information and communication</t>
         </is>
       </c>
       <c r="C122" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D122" t="inlineStr">
         <is>
-          <t>January 2025</t>
+          <t>May 2025</t>
         </is>
       </c>
       <c r="E122" s="1" t="n">
-        <v>17.0</v>
+        <v>34.0</v>
       </c>
     </row>
     <row r="123">
       <c r="A123" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B123" t="inlineStr">
         <is>
           <t>J Information and communication</t>
         </is>
       </c>
       <c r="C123" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D123" t="inlineStr">
         <is>
-          <t>February 2025</t>
+          <t>June 2025</t>
         </is>
       </c>
       <c r="E123" s="1" t="n">
-        <v>28.0</v>
+        <v>36.0</v>
       </c>
     </row>
     <row r="124">
       <c r="A124" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B124" t="inlineStr">
         <is>
           <t>J Information and communication</t>
         </is>
       </c>
       <c r="C124" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D124" t="inlineStr">
         <is>
-          <t>March 2025</t>
+          <t>July 2025</t>
         </is>
       </c>
       <c r="E124" s="1" t="n">
-        <v>28.0</v>
+        <v>25.0</v>
       </c>
     </row>
     <row r="125">
       <c r="A125" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B125" t="inlineStr">
         <is>
           <t>J Information and communication</t>
         </is>
       </c>
       <c r="C125" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D125" t="inlineStr">
         <is>
-          <t>April 2025</t>
+          <t>August 2025</t>
         </is>
       </c>
       <c r="E125" s="1" t="n">
-        <v>32.0</v>
+        <v>26.0</v>
       </c>
     </row>
     <row r="126">
       <c r="A126" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B126" t="inlineStr">
         <is>
           <t>J Information and communication</t>
         </is>
       </c>
       <c r="C126" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D126" t="inlineStr">
         <is>
-          <t>May 2025</t>
+          <t>September 2025</t>
         </is>
       </c>
       <c r="E126" s="1" t="n">
-        <v>34.0</v>
+        <v>39.0</v>
       </c>
     </row>
     <row r="127">
       <c r="A127" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B127" t="inlineStr">
         <is>
           <t>J Information and communication</t>
         </is>
       </c>
       <c r="C127" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D127" t="inlineStr">
         <is>
-          <t>June 2025</t>
+          <t>October 2025</t>
         </is>
       </c>
       <c r="E127" s="1" t="n">
-        <v>36.0</v>
+        <v>32.0</v>
       </c>
     </row>
     <row r="128">
       <c r="A128" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B128" t="inlineStr">
         <is>
           <t>J Information and communication</t>
         </is>
       </c>
       <c r="C128" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D128" t="inlineStr">
         <is>
-          <t>July 2025</t>
+          <t>November 2025</t>
         </is>
       </c>
       <c r="E128" s="1" t="n">
-        <v>25.0</v>
+        <v>38.0</v>
       </c>
     </row>
     <row r="129">
       <c r="A129" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B129" t="inlineStr">
         <is>
           <t>J Information and communication</t>
         </is>
       </c>
       <c r="C129" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D129" t="inlineStr">
         <is>
-          <t>August 2025</t>
+          <t>December 2025</t>
         </is>
       </c>
       <c r="E129" s="1" t="n">
-        <v>26.0</v>
+        <v>50.0</v>
       </c>
     </row>
     <row r="130">
       <c r="A130" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B130" t="inlineStr">
         <is>
           <t>J Information and communication</t>
         </is>
       </c>
       <c r="C130" t="inlineStr">
         <is>
-          <t>2025</t>
+          <t>2026</t>
         </is>
       </c>
       <c r="D130" t="inlineStr">
         <is>
-          <t>September 2025</t>
+          <t>January 2026</t>
         </is>
       </c>
       <c r="E130" s="1" t="n">
-        <v>39.0</v>
+        <v>37.0</v>
       </c>
     </row>
     <row r="131">
       <c r="A131" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B131" t="inlineStr">
         <is>
           <t>J Information and communication</t>
         </is>
       </c>
       <c r="C131" t="inlineStr">
         <is>
-          <t>2025</t>
+          <t>2026</t>
         </is>
       </c>
       <c r="D131" t="inlineStr">
         <is>
-          <t>October 2025</t>
+          <t>February 2026</t>
         </is>
       </c>
       <c r="E131" s="1" t="n">
-        <v>32.0</v>
+        <v>31.0</v>
       </c>
     </row>
     <row r="132">
       <c r="A132" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B132" t="inlineStr">
         <is>
           <t>K Financial and insurance activities</t>
         </is>
       </c>
       <c r="C132" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="D132" t="inlineStr">
         <is>
-          <t>October 2024</t>
+          <t>February 2025</t>
         </is>
       </c>
       <c r="E132" s="1" t="n">
-        <v>4.0</v>
+        <v>3.0</v>
       </c>
     </row>
     <row r="133">
       <c r="A133" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B133" t="inlineStr">
         <is>
           <t>K Financial and insurance activities</t>
         </is>
       </c>
       <c r="C133" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="D133" t="inlineStr">
         <is>
-          <t>November 2024</t>
+          <t>March 2025</t>
         </is>
       </c>
       <c r="E133" s="1" t="n">
         <v>5.0</v>
       </c>
     </row>
     <row r="134">
       <c r="A134" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B134" t="inlineStr">
         <is>
           <t>K Financial and insurance activities</t>
         </is>
       </c>
       <c r="C134" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="D134" t="inlineStr">
         <is>
-          <t>December 2024</t>
+          <t>April 2025</t>
         </is>
       </c>
       <c r="E134" s="1" t="n">
-        <v>4.0</v>
+        <v>8.0</v>
       </c>
     </row>
     <row r="135">
       <c r="A135" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B135" t="inlineStr">
         <is>
           <t>K Financial and insurance activities</t>
         </is>
       </c>
       <c r="C135" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D135" t="inlineStr">
         <is>
-          <t>January 2025</t>
+          <t>May 2025</t>
         </is>
       </c>
       <c r="E135" s="1" t="n">
-        <v>8.0</v>
+        <v>6.0</v>
       </c>
     </row>
     <row r="136">
       <c r="A136" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B136" t="inlineStr">
         <is>
           <t>K Financial and insurance activities</t>
         </is>
       </c>
       <c r="C136" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D136" t="inlineStr">
         <is>
-          <t>February 2025</t>
+          <t>June 2025</t>
         </is>
       </c>
       <c r="E136" s="1" t="n">
-        <v>3.0</v>
+        <v>9.0</v>
       </c>
     </row>
     <row r="137">
       <c r="A137" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B137" t="inlineStr">
         <is>
           <t>K Financial and insurance activities</t>
         </is>
       </c>
       <c r="C137" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D137" t="inlineStr">
         <is>
-          <t>March 2025</t>
+          <t>July 2025</t>
         </is>
       </c>
       <c r="E137" s="1" t="n">
         <v>5.0</v>
       </c>
     </row>
     <row r="138">
       <c r="A138" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B138" t="inlineStr">
         <is>
           <t>K Financial and insurance activities</t>
         </is>
       </c>
       <c r="C138" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D138" t="inlineStr">
         <is>
-          <t>April 2025</t>
+          <t>August 2025</t>
         </is>
       </c>
       <c r="E138" s="1" t="n">
-        <v>8.0</v>
+        <v>4.0</v>
       </c>
     </row>
     <row r="139">
       <c r="A139" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B139" t="inlineStr">
         <is>
           <t>K Financial and insurance activities</t>
         </is>
       </c>
       <c r="C139" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D139" t="inlineStr">
         <is>
-          <t>May 2025</t>
+          <t>September 2025</t>
         </is>
       </c>
       <c r="E139" s="1" t="n">
-        <v>6.0</v>
+        <v>12.0</v>
       </c>
     </row>
     <row r="140">
       <c r="A140" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B140" t="inlineStr">
         <is>
           <t>K Financial and insurance activities</t>
         </is>
       </c>
       <c r="C140" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D140" t="inlineStr">
         <is>
-          <t>June 2025</t>
+          <t>October 2025</t>
         </is>
       </c>
       <c r="E140" s="1" t="n">
-        <v>9.0</v>
+        <v>7.0</v>
       </c>
     </row>
     <row r="141">
       <c r="A141" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B141" t="inlineStr">
         <is>
           <t>K Financial and insurance activities</t>
         </is>
       </c>
       <c r="C141" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D141" t="inlineStr">
         <is>
-          <t>July 2025</t>
+          <t>November 2025</t>
         </is>
       </c>
       <c r="E141" s="1" t="n">
-        <v>5.0</v>
+        <v>7.0</v>
       </c>
     </row>
     <row r="142">
       <c r="A142" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B142" t="inlineStr">
         <is>
           <t>K Financial and insurance activities</t>
         </is>
       </c>
       <c r="C142" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D142" t="inlineStr">
         <is>
-          <t>August 2025</t>
+          <t>December 2025</t>
         </is>
       </c>
       <c r="E142" s="1" t="n">
-        <v>4.0</v>
+        <v>5.0</v>
       </c>
     </row>
     <row r="143">
       <c r="A143" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B143" t="inlineStr">
         <is>
           <t>K Financial and insurance activities</t>
         </is>
       </c>
       <c r="C143" t="inlineStr">
         <is>
-          <t>2025</t>
+          <t>2026</t>
         </is>
       </c>
       <c r="D143" t="inlineStr">
         <is>
-          <t>September 2025</t>
+          <t>January 2026</t>
         </is>
       </c>
       <c r="E143" s="1" t="n">
-        <v>12.0</v>
+        <v>5.0</v>
       </c>
     </row>
     <row r="144">
       <c r="A144" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B144" t="inlineStr">
         <is>
           <t>K Financial and insurance activities</t>
         </is>
       </c>
       <c r="C144" t="inlineStr">
         <is>
-          <t>2025</t>
+          <t>2026</t>
         </is>
       </c>
       <c r="D144" t="inlineStr">
         <is>
-          <t>October 2025</t>
+          <t>February 2026</t>
         </is>
       </c>
       <c r="E144" s="1" t="n">
-        <v>7.0</v>
+        <v>3.0</v>
       </c>
     </row>
     <row r="145">
       <c r="A145" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B145" t="inlineStr">
         <is>
           <t>L Real estate activities</t>
         </is>
       </c>
       <c r="C145" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="D145" t="inlineStr">
         <is>
-          <t>October 2024</t>
+          <t>February 2025</t>
         </is>
       </c>
       <c r="E145" s="1" t="n">
-        <v>16.0</v>
+        <v>17.0</v>
       </c>
     </row>
     <row r="146">
       <c r="A146" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B146" t="inlineStr">
         <is>
           <t>L Real estate activities</t>
         </is>
       </c>
       <c r="C146" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="D146" t="inlineStr">
         <is>
-          <t>November 2024</t>
+          <t>March 2025</t>
         </is>
       </c>
       <c r="E146" s="1" t="n">
-        <v>12.0</v>
+        <v>19.0</v>
       </c>
     </row>
     <row r="147">
       <c r="A147" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B147" t="inlineStr">
         <is>
           <t>L Real estate activities</t>
         </is>
       </c>
       <c r="C147" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="D147" t="inlineStr">
         <is>
-          <t>December 2024</t>
+          <t>April 2025</t>
         </is>
       </c>
       <c r="E147" s="1" t="n">
-        <v>12.0</v>
+        <v>15.0</v>
       </c>
     </row>
     <row r="148">
       <c r="A148" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B148" t="inlineStr">
         <is>
           <t>L Real estate activities</t>
         </is>
       </c>
       <c r="C148" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D148" t="inlineStr">
         <is>
-          <t>January 2025</t>
+          <t>May 2025</t>
         </is>
       </c>
       <c r="E148" s="1" t="n">
-        <v>22.0</v>
+        <v>13.0</v>
       </c>
     </row>
     <row r="149">
       <c r="A149" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B149" t="inlineStr">
         <is>
           <t>L Real estate activities</t>
         </is>
       </c>
       <c r="C149" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D149" t="inlineStr">
         <is>
-          <t>February 2025</t>
+          <t>June 2025</t>
         </is>
       </c>
       <c r="E149" s="1" t="n">
-        <v>17.0</v>
+        <v>19.0</v>
       </c>
     </row>
     <row r="150">
       <c r="A150" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B150" t="inlineStr">
         <is>
           <t>L Real estate activities</t>
         </is>
       </c>
       <c r="C150" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D150" t="inlineStr">
         <is>
-          <t>March 2025</t>
+          <t>July 2025</t>
         </is>
       </c>
       <c r="E150" s="1" t="n">
-        <v>19.0</v>
+        <v>8.0</v>
       </c>
     </row>
     <row r="151">
       <c r="A151" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B151" t="inlineStr">
         <is>
           <t>L Real estate activities</t>
         </is>
       </c>
       <c r="C151" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D151" t="inlineStr">
         <is>
-          <t>April 2025</t>
+          <t>August 2025</t>
         </is>
       </c>
       <c r="E151" s="1" t="n">
-        <v>15.0</v>
+        <v>9.0</v>
       </c>
     </row>
     <row r="152">
       <c r="A152" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B152" t="inlineStr">
         <is>
           <t>L Real estate activities</t>
         </is>
       </c>
       <c r="C152" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D152" t="inlineStr">
         <is>
-          <t>May 2025</t>
+          <t>September 2025</t>
         </is>
       </c>
       <c r="E152" s="1" t="n">
-        <v>13.0</v>
+        <v>20.0</v>
       </c>
     </row>
     <row r="153">
       <c r="A153" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B153" t="inlineStr">
         <is>
           <t>L Real estate activities</t>
         </is>
       </c>
       <c r="C153" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D153" t="inlineStr">
         <is>
-          <t>June 2025</t>
+          <t>October 2025</t>
         </is>
       </c>
       <c r="E153" s="1" t="n">
-        <v>19.0</v>
+        <v>26.0</v>
       </c>
     </row>
     <row r="154">
       <c r="A154" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B154" t="inlineStr">
         <is>
           <t>L Real estate activities</t>
         </is>
       </c>
       <c r="C154" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D154" t="inlineStr">
         <is>
-          <t>July 2025</t>
+          <t>November 2025</t>
         </is>
       </c>
       <c r="E154" s="1" t="n">
-        <v>8.0</v>
+        <v>27.0</v>
       </c>
     </row>
     <row r="155">
       <c r="A155" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B155" t="inlineStr">
         <is>
           <t>L Real estate activities</t>
         </is>
       </c>
       <c r="C155" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D155" t="inlineStr">
         <is>
-          <t>August 2025</t>
+          <t>December 2025</t>
         </is>
       </c>
       <c r="E155" s="1" t="n">
-        <v>9.0</v>
+        <v>27.0</v>
       </c>
     </row>
     <row r="156">
       <c r="A156" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B156" t="inlineStr">
         <is>
           <t>L Real estate activities</t>
         </is>
       </c>
       <c r="C156" t="inlineStr">
         <is>
-          <t>2025</t>
+          <t>2026</t>
         </is>
       </c>
       <c r="D156" t="inlineStr">
         <is>
-          <t>September 2025</t>
+          <t>January 2026</t>
         </is>
       </c>
       <c r="E156" s="1" t="n">
         <v>20.0</v>
       </c>
     </row>
     <row r="157">
       <c r="A157" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B157" t="inlineStr">
         <is>
           <t>L Real estate activities</t>
         </is>
       </c>
       <c r="C157" t="inlineStr">
         <is>
-          <t>2025</t>
+          <t>2026</t>
         </is>
       </c>
       <c r="D157" t="inlineStr">
         <is>
-          <t>October 2025</t>
+          <t>February 2026</t>
         </is>
       </c>
       <c r="E157" s="1" t="n">
-        <v>26.0</v>
+        <v>19.0</v>
       </c>
     </row>
     <row r="158">
       <c r="A158" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B158" t="inlineStr">
         <is>
           <t>M Professional, scientific and technical activities</t>
         </is>
       </c>
       <c r="C158" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="D158" t="inlineStr">
         <is>
-          <t>October 2024</t>
+          <t>February 2025</t>
         </is>
       </c>
       <c r="E158" s="1" t="n">
-        <v>88.0</v>
+        <v>75.0</v>
       </c>
     </row>
     <row r="159">
       <c r="A159" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B159" t="inlineStr">
         <is>
           <t>M Professional, scientific and technical activities</t>
         </is>
       </c>
       <c r="C159" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="D159" t="inlineStr">
         <is>
-          <t>November 2024</t>
+          <t>March 2025</t>
         </is>
       </c>
       <c r="E159" s="1" t="n">
-        <v>69.0</v>
+        <v>77.0</v>
       </c>
     </row>
     <row r="160">
       <c r="A160" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B160" t="inlineStr">
         <is>
           <t>M Professional, scientific and technical activities</t>
         </is>
       </c>
       <c r="C160" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="D160" t="inlineStr">
         <is>
-          <t>December 2024</t>
+          <t>April 2025</t>
         </is>
       </c>
       <c r="E160" s="1" t="n">
-        <v>77.0</v>
+        <v>83.0</v>
       </c>
     </row>
     <row r="161">
       <c r="A161" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B161" t="inlineStr">
         <is>
           <t>M Professional, scientific and technical activities</t>
         </is>
       </c>
       <c r="C161" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D161" t="inlineStr">
         <is>
-          <t>January 2025</t>
+          <t>May 2025</t>
         </is>
       </c>
       <c r="E161" s="1" t="n">
-        <v>82.0</v>
+        <v>58.0</v>
       </c>
     </row>
     <row r="162">
       <c r="A162" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B162" t="inlineStr">
         <is>
           <t>M Professional, scientific and technical activities</t>
         </is>
       </c>
       <c r="C162" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D162" t="inlineStr">
         <is>
-          <t>February 2025</t>
+          <t>June 2025</t>
         </is>
       </c>
       <c r="E162" s="1" t="n">
-        <v>75.0</v>
+        <v>110.0</v>
       </c>
     </row>
     <row r="163">
       <c r="A163" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B163" t="inlineStr">
         <is>
           <t>M Professional, scientific and technical activities</t>
         </is>
       </c>
       <c r="C163" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D163" t="inlineStr">
         <is>
-          <t>March 2025</t>
+          <t>July 2025</t>
         </is>
       </c>
       <c r="E163" s="1" t="n">
-        <v>77.0</v>
+        <v>44.0</v>
       </c>
     </row>
     <row r="164">
       <c r="A164" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B164" t="inlineStr">
         <is>
           <t>M Professional, scientific and technical activities</t>
         </is>
       </c>
       <c r="C164" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D164" t="inlineStr">
         <is>
-          <t>April 2025</t>
+          <t>August 2025</t>
         </is>
       </c>
       <c r="E164" s="1" t="n">
-        <v>83.0</v>
+        <v>43.0</v>
       </c>
     </row>
     <row r="165">
       <c r="A165" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B165" t="inlineStr">
         <is>
           <t>M Professional, scientific and technical activities</t>
         </is>
       </c>
       <c r="C165" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D165" t="inlineStr">
         <is>
-          <t>May 2025</t>
+          <t>September 2025</t>
         </is>
       </c>
       <c r="E165" s="1" t="n">
-        <v>58.0</v>
+        <v>105.0</v>
       </c>
     </row>
     <row r="166">
       <c r="A166" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B166" t="inlineStr">
         <is>
           <t>M Professional, scientific and technical activities</t>
         </is>
       </c>
       <c r="C166" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D166" t="inlineStr">
         <is>
-          <t>June 2025</t>
+          <t>October 2025</t>
         </is>
       </c>
       <c r="E166" s="1" t="n">
-        <v>110.0</v>
+        <v>79.0</v>
       </c>
     </row>
     <row r="167">
       <c r="A167" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B167" t="inlineStr">
         <is>
           <t>M Professional, scientific and technical activities</t>
         </is>
       </c>
       <c r="C167" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D167" t="inlineStr">
         <is>
-          <t>July 2025</t>
+          <t>November 2025</t>
         </is>
       </c>
       <c r="E167" s="1" t="n">
-        <v>44.0</v>
+        <v>74.0</v>
       </c>
     </row>
     <row r="168">
       <c r="A168" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B168" t="inlineStr">
         <is>
           <t>M Professional, scientific and technical activities</t>
         </is>
       </c>
       <c r="C168" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D168" t="inlineStr">
         <is>
-          <t>August 2025</t>
+          <t>December 2025</t>
         </is>
       </c>
       <c r="E168" s="1" t="n">
-        <v>43.0</v>
+        <v>81.0</v>
       </c>
     </row>
     <row r="169">
       <c r="A169" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B169" t="inlineStr">
         <is>
           <t>M Professional, scientific and technical activities</t>
         </is>
       </c>
       <c r="C169" t="inlineStr">
         <is>
-          <t>2025</t>
+          <t>2026</t>
         </is>
       </c>
       <c r="D169" t="inlineStr">
         <is>
-          <t>September 2025</t>
+          <t>January 2026</t>
         </is>
       </c>
       <c r="E169" s="1" t="n">
-        <v>105.0</v>
+        <v>60.0</v>
       </c>
     </row>
     <row r="170">
       <c r="A170" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B170" t="inlineStr">
         <is>
           <t>M Professional, scientific and technical activities</t>
         </is>
       </c>
       <c r="C170" t="inlineStr">
         <is>
-          <t>2025</t>
+          <t>2026</t>
         </is>
       </c>
       <c r="D170" t="inlineStr">
         <is>
-          <t>October 2025</t>
+          <t>February 2026</t>
         </is>
       </c>
       <c r="E170" s="1" t="n">
         <v>78.0</v>
       </c>
     </row>
     <row r="171">
       <c r="A171" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B171" t="inlineStr">
         <is>
           <t>N Administrative and support service activities</t>
         </is>
       </c>
       <c r="C171" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="D171" t="inlineStr">
         <is>
-          <t>October 2024</t>
+          <t>February 2025</t>
         </is>
       </c>
       <c r="E171" s="1" t="n">
-        <v>68.0</v>
+        <v>64.0</v>
       </c>
     </row>
     <row r="172">
       <c r="A172" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B172" t="inlineStr">
         <is>
           <t>N Administrative and support service activities</t>
         </is>
       </c>
       <c r="C172" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="D172" t="inlineStr">
         <is>
-          <t>November 2024</t>
+          <t>March 2025</t>
         </is>
       </c>
       <c r="E172" s="1" t="n">
-        <v>42.0</v>
+        <v>52.0</v>
       </c>
     </row>
     <row r="173">
       <c r="A173" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B173" t="inlineStr">
         <is>
           <t>N Administrative and support service activities</t>
         </is>
       </c>
       <c r="C173" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="D173" t="inlineStr">
         <is>
-          <t>December 2024</t>
+          <t>April 2025</t>
         </is>
       </c>
       <c r="E173" s="1" t="n">
-        <v>64.0</v>
+        <v>53.0</v>
       </c>
     </row>
     <row r="174">
       <c r="A174" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B174" t="inlineStr">
         <is>
           <t>N Administrative and support service activities</t>
         </is>
       </c>
       <c r="C174" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D174" t="inlineStr">
         <is>
-          <t>January 2025</t>
+          <t>May 2025</t>
         </is>
       </c>
       <c r="E174" s="1" t="n">
-        <v>62.0</v>
+        <v>43.0</v>
       </c>
     </row>
     <row r="175">
       <c r="A175" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B175" t="inlineStr">
         <is>
           <t>N Administrative and support service activities</t>
         </is>
       </c>
       <c r="C175" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D175" t="inlineStr">
         <is>
-          <t>February 2025</t>
+          <t>June 2025</t>
         </is>
       </c>
       <c r="E175" s="1" t="n">
-        <v>64.0</v>
+        <v>77.0</v>
       </c>
     </row>
     <row r="176">
       <c r="A176" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B176" t="inlineStr">
         <is>
           <t>N Administrative and support service activities</t>
         </is>
       </c>
       <c r="C176" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D176" t="inlineStr">
         <is>
-          <t>March 2025</t>
+          <t>July 2025</t>
         </is>
       </c>
       <c r="E176" s="1" t="n">
-        <v>52.0</v>
+        <v>46.0</v>
       </c>
     </row>
     <row r="177">
       <c r="A177" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B177" t="inlineStr">
         <is>
           <t>N Administrative and support service activities</t>
         </is>
       </c>
       <c r="C177" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D177" t="inlineStr">
         <is>
-          <t>April 2025</t>
+          <t>August 2025</t>
         </is>
       </c>
       <c r="E177" s="1" t="n">
-        <v>53.0</v>
+        <v>24.0</v>
       </c>
     </row>
     <row r="178">
       <c r="A178" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B178" t="inlineStr">
         <is>
           <t>N Administrative and support service activities</t>
         </is>
       </c>
       <c r="C178" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D178" t="inlineStr">
         <is>
-          <t>May 2025</t>
+          <t>September 2025</t>
         </is>
       </c>
       <c r="E178" s="1" t="n">
-        <v>43.0</v>
+        <v>78.0</v>
       </c>
     </row>
     <row r="179">
       <c r="A179" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B179" t="inlineStr">
         <is>
           <t>N Administrative and support service activities</t>
         </is>
       </c>
       <c r="C179" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D179" t="inlineStr">
         <is>
-          <t>June 2025</t>
+          <t>October 2025</t>
         </is>
       </c>
       <c r="E179" s="1" t="n">
-        <v>77.0</v>
+        <v>86.0</v>
       </c>
     </row>
     <row r="180">
       <c r="A180" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B180" t="inlineStr">
         <is>
           <t>N Administrative and support service activities</t>
         </is>
       </c>
       <c r="C180" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D180" t="inlineStr">
         <is>
-          <t>July 2025</t>
+          <t>November 2025</t>
         </is>
       </c>
       <c r="E180" s="1" t="n">
-        <v>46.0</v>
+        <v>59.0</v>
       </c>
     </row>
     <row r="181">
       <c r="A181" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B181" t="inlineStr">
         <is>
           <t>N Administrative and support service activities</t>
         </is>
       </c>
       <c r="C181" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D181" t="inlineStr">
         <is>
-          <t>August 2025</t>
+          <t>December 2025</t>
         </is>
       </c>
       <c r="E181" s="1" t="n">
-        <v>24.0</v>
+        <v>65.0</v>
       </c>
     </row>
     <row r="182">
       <c r="A182" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B182" t="inlineStr">
         <is>
           <t>N Administrative and support service activities</t>
         </is>
       </c>
       <c r="C182" t="inlineStr">
         <is>
-          <t>2025</t>
+          <t>2026</t>
         </is>
       </c>
       <c r="D182" t="inlineStr">
         <is>
-          <t>September 2025</t>
+          <t>January 2026</t>
         </is>
       </c>
       <c r="E182" s="1" t="n">
-        <v>78.0</v>
+        <v>63.0</v>
       </c>
     </row>
     <row r="183">
       <c r="A183" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B183" t="inlineStr">
         <is>
           <t>N Administrative and support service activities</t>
         </is>
       </c>
       <c r="C183" t="inlineStr">
         <is>
-          <t>2025</t>
+          <t>2026</t>
         </is>
       </c>
       <c r="D183" t="inlineStr">
         <is>
-          <t>October 2025</t>
+          <t>February 2026</t>
         </is>
       </c>
       <c r="E183" s="1" t="n">
-        <v>86.0</v>
+        <v>51.0</v>
       </c>
     </row>
     <row r="184">
       <c r="A184" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B184" t="inlineStr">
         <is>
           <t>O Public administration and defence/ compulsory social security</t>
         </is>
       </c>
       <c r="C184" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="D184" t="inlineStr">
         <is>
-          <t>October 2024</t>
+          <t>February 2025</t>
         </is>
       </c>
       <c r="E184"/>
     </row>
     <row r="185">
       <c r="A185" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B185" t="inlineStr">
         <is>
           <t>O Public administration and defence/ compulsory social security</t>
         </is>
       </c>
       <c r="C185" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="D185" t="inlineStr">
         <is>
-          <t>November 2024</t>
+          <t>March 2025</t>
         </is>
       </c>
       <c r="E185"/>
     </row>
     <row r="186">
       <c r="A186" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B186" t="inlineStr">
         <is>
           <t>O Public administration and defence/ compulsory social security</t>
         </is>
       </c>
       <c r="C186" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="D186" t="inlineStr">
         <is>
-          <t>December 2024</t>
+          <t>April 2025</t>
         </is>
       </c>
       <c r="E186"/>
     </row>
     <row r="187">
       <c r="A187" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B187" t="inlineStr">
         <is>
           <t>O Public administration and defence/ compulsory social security</t>
         </is>
       </c>
       <c r="C187" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D187" t="inlineStr">
         <is>
-          <t>January 2025</t>
+          <t>May 2025</t>
         </is>
       </c>
       <c r="E187"/>
     </row>
     <row r="188">
       <c r="A188" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B188" t="inlineStr">
         <is>
           <t>O Public administration and defence/ compulsory social security</t>
         </is>
       </c>
       <c r="C188" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D188" t="inlineStr">
         <is>
-          <t>February 2025</t>
+          <t>June 2025</t>
         </is>
       </c>
       <c r="E188"/>
     </row>
     <row r="189">
       <c r="A189" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B189" t="inlineStr">
         <is>
           <t>O Public administration and defence/ compulsory social security</t>
         </is>
       </c>
       <c r="C189" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D189" t="inlineStr">
         <is>
-          <t>March 2025</t>
+          <t>July 2025</t>
         </is>
       </c>
       <c r="E189"/>
     </row>
     <row r="190">
       <c r="A190" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B190" t="inlineStr">
         <is>
           <t>O Public administration and defence/ compulsory social security</t>
         </is>
       </c>
       <c r="C190" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D190" t="inlineStr">
         <is>
-          <t>April 2025</t>
+          <t>August 2025</t>
         </is>
       </c>
       <c r="E190"/>
     </row>
     <row r="191">
       <c r="A191" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B191" t="inlineStr">
         <is>
           <t>O Public administration and defence/ compulsory social security</t>
         </is>
       </c>
       <c r="C191" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D191" t="inlineStr">
         <is>
-          <t>May 2025</t>
+          <t>September 2025</t>
         </is>
       </c>
       <c r="E191"/>
     </row>
     <row r="192">
       <c r="A192" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B192" t="inlineStr">
         <is>
           <t>O Public administration and defence/ compulsory social security</t>
         </is>
       </c>
       <c r="C192" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D192" t="inlineStr">
         <is>
-          <t>June 2025</t>
+          <t>October 2025</t>
         </is>
       </c>
       <c r="E192"/>
     </row>
     <row r="193">
       <c r="A193" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B193" t="inlineStr">
         <is>
           <t>O Public administration and defence/ compulsory social security</t>
         </is>
       </c>
       <c r="C193" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D193" t="inlineStr">
         <is>
-          <t>July 2025</t>
+          <t>November 2025</t>
         </is>
       </c>
       <c r="E193"/>
     </row>
     <row r="194">
       <c r="A194" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B194" t="inlineStr">
         <is>
           <t>O Public administration and defence/ compulsory social security</t>
         </is>
       </c>
       <c r="C194" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D194" t="inlineStr">
         <is>
-          <t>August 2025</t>
+          <t>December 2025</t>
         </is>
       </c>
       <c r="E194"/>
     </row>
     <row r="195">
       <c r="A195" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B195" t="inlineStr">
         <is>
           <t>O Public administration and defence/ compulsory social security</t>
         </is>
       </c>
       <c r="C195" t="inlineStr">
         <is>
-          <t>2025</t>
+          <t>2026</t>
         </is>
       </c>
       <c r="D195" t="inlineStr">
         <is>
-          <t>September 2025</t>
+          <t>January 2026</t>
         </is>
       </c>
       <c r="E195"/>
     </row>
     <row r="196">
       <c r="A196" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B196" t="inlineStr">
         <is>
           <t>O Public administration and defence/ compulsory social security</t>
         </is>
       </c>
       <c r="C196" t="inlineStr">
         <is>
-          <t>2025</t>
+          <t>2026</t>
         </is>
       </c>
       <c r="D196" t="inlineStr">
         <is>
-          <t>October 2025</t>
+          <t>February 2026</t>
         </is>
       </c>
       <c r="E196"/>
     </row>
     <row r="197">
       <c r="A197" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B197" t="inlineStr">
         <is>
           <t>P Education</t>
         </is>
       </c>
       <c r="C197" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="D197" t="inlineStr">
         <is>
-          <t>October 2024</t>
+          <t>February 2025</t>
         </is>
       </c>
       <c r="E197" s="1" t="n">
-        <v>6.0</v>
+        <v>4.0</v>
       </c>
     </row>
     <row r="198">
       <c r="A198" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B198" t="inlineStr">
         <is>
           <t>P Education</t>
         </is>
       </c>
       <c r="C198" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="D198" t="inlineStr">
         <is>
-          <t>November 2024</t>
+          <t>March 2025</t>
         </is>
       </c>
       <c r="E198" s="1" t="n">
-        <v>5.0</v>
+        <v>3.0</v>
       </c>
     </row>
     <row r="199">
       <c r="A199" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B199" t="inlineStr">
         <is>
           <t>P Education</t>
         </is>
       </c>
       <c r="C199" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="D199" t="inlineStr">
         <is>
-          <t>December 2024</t>
+          <t>April 2025</t>
         </is>
       </c>
       <c r="E199" s="1" t="n">
-        <v>8.0</v>
+        <v>5.0</v>
       </c>
     </row>
     <row r="200">
       <c r="A200" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B200" t="inlineStr">
         <is>
           <t>P Education</t>
         </is>
       </c>
       <c r="C200" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D200" t="inlineStr">
         <is>
-          <t>January 2025</t>
+          <t>May 2025</t>
         </is>
       </c>
       <c r="E200" s="1" t="n">
-        <v>3.0</v>
+        <v>5.0</v>
       </c>
     </row>
     <row r="201">
       <c r="A201" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B201" t="inlineStr">
         <is>
           <t>P Education</t>
         </is>
       </c>
       <c r="C201" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D201" t="inlineStr">
         <is>
-          <t>February 2025</t>
+          <t>June 2025</t>
         </is>
       </c>
       <c r="E201" s="1" t="n">
-        <v>4.0</v>
+        <v>3.0</v>
       </c>
     </row>
     <row r="202">
       <c r="A202" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B202" t="inlineStr">
         <is>
           <t>P Education</t>
         </is>
       </c>
       <c r="C202" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D202" t="inlineStr">
         <is>
-          <t>March 2025</t>
+          <t>July 2025</t>
         </is>
       </c>
       <c r="E202" s="1" t="n">
-        <v>3.0</v>
+        <v>9.0</v>
       </c>
     </row>
     <row r="203">
       <c r="A203" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B203" t="inlineStr">
         <is>
           <t>P Education</t>
         </is>
       </c>
       <c r="C203" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D203" t="inlineStr">
         <is>
-          <t>April 2025</t>
+          <t>August 2025</t>
         </is>
       </c>
       <c r="E203" s="1" t="n">
-        <v>5.0</v>
+        <v>4.0</v>
       </c>
     </row>
     <row r="204">
       <c r="A204" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B204" t="inlineStr">
         <is>
           <t>P Education</t>
         </is>
       </c>
       <c r="C204" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D204" t="inlineStr">
         <is>
-          <t>May 2025</t>
+          <t>September 2025</t>
         </is>
       </c>
       <c r="E204" s="1" t="n">
-        <v>5.0</v>
+        <v>7.0</v>
       </c>
     </row>
     <row r="205">
       <c r="A205" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B205" t="inlineStr">
         <is>
           <t>P Education</t>
         </is>
       </c>
       <c r="C205" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D205" t="inlineStr">
         <is>
-          <t>June 2025</t>
+          <t>October 2025</t>
         </is>
       </c>
       <c r="E205" s="1" t="n">
-        <v>3.0</v>
+        <v>7.0</v>
       </c>
     </row>
     <row r="206">
       <c r="A206" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B206" t="inlineStr">
         <is>
           <t>P Education</t>
         </is>
       </c>
       <c r="C206" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D206" t="inlineStr">
         <is>
-          <t>July 2025</t>
+          <t>November 2025</t>
         </is>
       </c>
       <c r="E206" s="1" t="n">
-        <v>9.0</v>
+        <v>7.0</v>
       </c>
     </row>
     <row r="207">
       <c r="A207" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B207" t="inlineStr">
         <is>
           <t>P Education</t>
         </is>
       </c>
       <c r="C207" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D207" t="inlineStr">
         <is>
-          <t>August 2025</t>
+          <t>December 2025</t>
         </is>
       </c>
       <c r="E207" s="1" t="n">
-        <v>4.0</v>
+        <v>5.0</v>
       </c>
     </row>
     <row r="208">
       <c r="A208" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B208" t="inlineStr">
         <is>
           <t>P Education</t>
         </is>
       </c>
       <c r="C208" t="inlineStr">
         <is>
-          <t>2025</t>
+          <t>2026</t>
         </is>
       </c>
       <c r="D208" t="inlineStr">
         <is>
-          <t>September 2025</t>
+          <t>January 2026</t>
         </is>
       </c>
       <c r="E208" s="1" t="n">
-        <v>7.0</v>
+        <v>8.0</v>
       </c>
     </row>
     <row r="209">
       <c r="A209" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B209" t="inlineStr">
         <is>
           <t>P Education</t>
         </is>
       </c>
       <c r="C209" t="inlineStr">
         <is>
-          <t>2025</t>
+          <t>2026</t>
         </is>
       </c>
       <c r="D209" t="inlineStr">
         <is>
-          <t>October 2025</t>
+          <t>February 2026</t>
         </is>
       </c>
       <c r="E209" s="1" t="n">
-        <v>7.0</v>
+        <v>8.0</v>
       </c>
     </row>
     <row r="210">
       <c r="A210" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B210" t="inlineStr">
         <is>
           <t>Q Human health and social work activities</t>
         </is>
       </c>
       <c r="C210" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="D210" t="inlineStr">
         <is>
-          <t>October 2024</t>
+          <t>February 2025</t>
         </is>
       </c>
       <c r="E210" s="1" t="n">
-        <v>15.0</v>
+        <v>13.0</v>
       </c>
     </row>
     <row r="211">
       <c r="A211" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B211" t="inlineStr">
         <is>
           <t>Q Human health and social work activities</t>
         </is>
       </c>
       <c r="C211" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="D211" t="inlineStr">
         <is>
-          <t>November 2024</t>
+          <t>March 2025</t>
         </is>
       </c>
       <c r="E211" s="1" t="n">
-        <v>22.0</v>
+        <v>15.0</v>
       </c>
     </row>
     <row r="212">
       <c r="A212" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B212" t="inlineStr">
         <is>
           <t>Q Human health and social work activities</t>
         </is>
       </c>
       <c r="C212" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="D212" t="inlineStr">
         <is>
-          <t>December 2024</t>
+          <t>April 2025</t>
         </is>
       </c>
       <c r="E212" s="1" t="n">
-        <v>20.0</v>
+        <v>18.0</v>
       </c>
     </row>
     <row r="213">
       <c r="A213" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B213" t="inlineStr">
         <is>
           <t>Q Human health and social work activities</t>
         </is>
       </c>
       <c r="C213" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D213" t="inlineStr">
         <is>
-          <t>January 2025</t>
+          <t>May 2025</t>
         </is>
       </c>
       <c r="E213" s="1" t="n">
-        <v>15.0</v>
+        <v>10.0</v>
       </c>
     </row>
     <row r="214">
       <c r="A214" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B214" t="inlineStr">
         <is>
           <t>Q Human health and social work activities</t>
         </is>
       </c>
       <c r="C214" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D214" t="inlineStr">
         <is>
-          <t>February 2025</t>
+          <t>June 2025</t>
         </is>
       </c>
       <c r="E214" s="1" t="n">
-        <v>13.0</v>
+        <v>21.0</v>
       </c>
     </row>
     <row r="215">
       <c r="A215" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B215" t="inlineStr">
         <is>
           <t>Q Human health and social work activities</t>
         </is>
       </c>
       <c r="C215" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D215" t="inlineStr">
         <is>
-          <t>March 2025</t>
+          <t>July 2025</t>
         </is>
       </c>
       <c r="E215" s="1" t="n">
-        <v>15.0</v>
+        <v>17.0</v>
       </c>
     </row>
     <row r="216">
       <c r="A216" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B216" t="inlineStr">
         <is>
           <t>Q Human health and social work activities</t>
         </is>
       </c>
       <c r="C216" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D216" t="inlineStr">
         <is>
-          <t>April 2025</t>
+          <t>August 2025</t>
         </is>
       </c>
       <c r="E216" s="1" t="n">
-        <v>18.0</v>
+        <v>7.0</v>
       </c>
     </row>
     <row r="217">
       <c r="A217" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B217" t="inlineStr">
         <is>
           <t>Q Human health and social work activities</t>
         </is>
       </c>
       <c r="C217" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D217" t="inlineStr">
         <is>
-          <t>May 2025</t>
+          <t>September 2025</t>
         </is>
       </c>
       <c r="E217" s="1" t="n">
-        <v>10.0</v>
+        <v>12.0</v>
       </c>
     </row>
     <row r="218">
       <c r="A218" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B218" t="inlineStr">
         <is>
           <t>Q Human health and social work activities</t>
         </is>
       </c>
       <c r="C218" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D218" t="inlineStr">
         <is>
-          <t>June 2025</t>
+          <t>October 2025</t>
         </is>
       </c>
       <c r="E218" s="1" t="n">
-        <v>21.0</v>
+        <v>19.0</v>
       </c>
     </row>
     <row r="219">
       <c r="A219" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B219" t="inlineStr">
         <is>
           <t>Q Human health and social work activities</t>
         </is>
       </c>
       <c r="C219" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D219" t="inlineStr">
         <is>
-          <t>July 2025</t>
+          <t>November 2025</t>
         </is>
       </c>
       <c r="E219" s="1" t="n">
         <v>17.0</v>
       </c>
     </row>
     <row r="220">
       <c r="A220" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B220" t="inlineStr">
         <is>
           <t>Q Human health and social work activities</t>
         </is>
       </c>
       <c r="C220" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D220" t="inlineStr">
         <is>
-          <t>August 2025</t>
+          <t>December 2025</t>
         </is>
       </c>
       <c r="E220" s="1" t="n">
-        <v>7.0</v>
+        <v>20.0</v>
       </c>
     </row>
     <row r="221">
       <c r="A221" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B221" t="inlineStr">
         <is>
           <t>Q Human health and social work activities</t>
         </is>
       </c>
       <c r="C221" t="inlineStr">
         <is>
-          <t>2025</t>
+          <t>2026</t>
         </is>
       </c>
       <c r="D221" t="inlineStr">
         <is>
-          <t>September 2025</t>
+          <t>January 2026</t>
         </is>
       </c>
       <c r="E221" s="1" t="n">
-        <v>12.0</v>
+        <v>19.0</v>
       </c>
     </row>
     <row r="222">
       <c r="A222" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B222" t="inlineStr">
         <is>
           <t>Q Human health and social work activities</t>
         </is>
       </c>
       <c r="C222" t="inlineStr">
         <is>
-          <t>2025</t>
+          <t>2026</t>
         </is>
       </c>
       <c r="D222" t="inlineStr">
         <is>
-          <t>October 2025</t>
+          <t>February 2026</t>
         </is>
       </c>
       <c r="E222" s="1" t="n">
-        <v>19.0</v>
+        <v>12.0</v>
       </c>
     </row>
     <row r="223">
       <c r="A223" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B223" t="inlineStr">
         <is>
           <t>R Arts, entertainment and recreation</t>
         </is>
       </c>
       <c r="C223" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="D223" t="inlineStr">
         <is>
-          <t>October 2024</t>
+          <t>February 2025</t>
         </is>
       </c>
       <c r="E223" s="1" t="n">
-        <v>18.0</v>
+        <v>12.0</v>
       </c>
     </row>
     <row r="224">
       <c r="A224" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B224" t="inlineStr">
         <is>
           <t>R Arts, entertainment and recreation</t>
         </is>
       </c>
       <c r="C224" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="D224" t="inlineStr">
         <is>
-          <t>November 2024</t>
+          <t>March 2025</t>
         </is>
       </c>
       <c r="E224" s="1" t="n">
-        <v>14.0</v>
+        <v>21.0</v>
       </c>
     </row>
     <row r="225">
       <c r="A225" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B225" t="inlineStr">
         <is>
           <t>R Arts, entertainment and recreation</t>
         </is>
       </c>
       <c r="C225" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="D225" t="inlineStr">
         <is>
-          <t>December 2024</t>
+          <t>April 2025</t>
         </is>
       </c>
       <c r="E225" s="1" t="n">
-        <v>17.0</v>
+        <v>19.0</v>
       </c>
     </row>
     <row r="226">
       <c r="A226" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B226" t="inlineStr">
         <is>
           <t>R Arts, entertainment and recreation</t>
         </is>
       </c>
       <c r="C226" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D226" t="inlineStr">
         <is>
-          <t>January 2025</t>
+          <t>May 2025</t>
         </is>
       </c>
       <c r="E226" s="1" t="n">
-        <v>14.0</v>
+        <v>17.0</v>
       </c>
     </row>
     <row r="227">
       <c r="A227" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B227" t="inlineStr">
         <is>
           <t>R Arts, entertainment and recreation</t>
         </is>
       </c>
       <c r="C227" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D227" t="inlineStr">
         <is>
-          <t>February 2025</t>
+          <t>June 2025</t>
         </is>
       </c>
       <c r="E227" s="1" t="n">
-        <v>12.0</v>
+        <v>25.0</v>
       </c>
     </row>
     <row r="228">
       <c r="A228" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B228" t="inlineStr">
         <is>
           <t>R Arts, entertainment and recreation</t>
         </is>
       </c>
       <c r="C228" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D228" t="inlineStr">
         <is>
-          <t>March 2025</t>
+          <t>July 2025</t>
         </is>
       </c>
       <c r="E228" s="1" t="n">
-        <v>21.0</v>
+        <v>9.0</v>
       </c>
     </row>
     <row r="229">
       <c r="A229" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B229" t="inlineStr">
         <is>
           <t>R Arts, entertainment and recreation</t>
         </is>
       </c>
       <c r="C229" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D229" t="inlineStr">
         <is>
-          <t>April 2025</t>
+          <t>August 2025</t>
         </is>
       </c>
       <c r="E229" s="1" t="n">
-        <v>19.0</v>
+        <v>5.0</v>
       </c>
     </row>
     <row r="230">
       <c r="A230" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B230" t="inlineStr">
         <is>
           <t>R Arts, entertainment and recreation</t>
         </is>
       </c>
       <c r="C230" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D230" t="inlineStr">
         <is>
-          <t>May 2025</t>
+          <t>September 2025</t>
         </is>
       </c>
       <c r="E230" s="1" t="n">
-        <v>17.0</v>
+        <v>18.0</v>
       </c>
     </row>
     <row r="231">
       <c r="A231" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B231" t="inlineStr">
         <is>
           <t>R Arts, entertainment and recreation</t>
         </is>
       </c>
       <c r="C231" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D231" t="inlineStr">
         <is>
-          <t>June 2025</t>
+          <t>October 2025</t>
         </is>
       </c>
       <c r="E231" s="1" t="n">
-        <v>25.0</v>
+        <v>6.0</v>
       </c>
     </row>
     <row r="232">
       <c r="A232" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B232" t="inlineStr">
         <is>
           <t>R Arts, entertainment and recreation</t>
         </is>
       </c>
       <c r="C232" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D232" t="inlineStr">
         <is>
-          <t>July 2025</t>
+          <t>November 2025</t>
         </is>
       </c>
       <c r="E232" s="1" t="n">
-        <v>9.0</v>
+        <v>16.0</v>
       </c>
     </row>
     <row r="233">
       <c r="A233" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B233" t="inlineStr">
         <is>
           <t>R Arts, entertainment and recreation</t>
         </is>
       </c>
       <c r="C233" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D233" t="inlineStr">
         <is>
-          <t>August 2025</t>
+          <t>December 2025</t>
         </is>
       </c>
       <c r="E233" s="1" t="n">
-        <v>5.0</v>
+        <v>12.0</v>
       </c>
     </row>
     <row r="234">
       <c r="A234" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B234" t="inlineStr">
         <is>
           <t>R Arts, entertainment and recreation</t>
         </is>
       </c>
       <c r="C234" t="inlineStr">
         <is>
-          <t>2025</t>
+          <t>2026</t>
         </is>
       </c>
       <c r="D234" t="inlineStr">
         <is>
-          <t>September 2025</t>
+          <t>January 2026</t>
         </is>
       </c>
       <c r="E234" s="1" t="n">
-        <v>18.0</v>
+        <v>12.0</v>
       </c>
     </row>
     <row r="235">
       <c r="A235" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B235" t="inlineStr">
         <is>
           <t>R Arts, entertainment and recreation</t>
         </is>
       </c>
       <c r="C235" t="inlineStr">
         <is>
-          <t>2025</t>
+          <t>2026</t>
         </is>
       </c>
       <c r="D235" t="inlineStr">
         <is>
-          <t>October 2025</t>
+          <t>February 2026</t>
         </is>
       </c>
       <c r="E235" s="1" t="n">
-        <v>6.0</v>
+        <v>18.0</v>
       </c>
     </row>
     <row r="236">
       <c r="A236" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B236" t="inlineStr">
         <is>
           <t>S Other service activities</t>
         </is>
       </c>
       <c r="C236" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="D236" t="inlineStr">
         <is>
-          <t>October 2024</t>
+          <t>February 2025</t>
         </is>
       </c>
       <c r="E236" s="1" t="n">
-        <v>34.0</v>
+        <v>39.0</v>
       </c>
     </row>
     <row r="237">
       <c r="A237" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B237" t="inlineStr">
         <is>
           <t>S Other service activities</t>
         </is>
       </c>
       <c r="C237" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="D237" t="inlineStr">
         <is>
-          <t>November 2024</t>
+          <t>March 2025</t>
         </is>
       </c>
       <c r="E237" s="1" t="n">
-        <v>36.0</v>
+        <v>34.0</v>
       </c>
     </row>
     <row r="238">
       <c r="A238" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B238" t="inlineStr">
         <is>
           <t>S Other service activities</t>
         </is>
       </c>
       <c r="C238" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="D238" t="inlineStr">
         <is>
-          <t>December 2024</t>
+          <t>April 2025</t>
         </is>
       </c>
       <c r="E238" s="1" t="n">
-        <v>27.0</v>
+        <v>32.0</v>
       </c>
     </row>
     <row r="239">
       <c r="A239" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B239" t="inlineStr">
         <is>
           <t>S Other service activities</t>
         </is>
       </c>
       <c r="C239" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D239" t="inlineStr">
         <is>
-          <t>January 2025</t>
+          <t>May 2025</t>
         </is>
       </c>
       <c r="E239" s="1" t="n">
-        <v>33.0</v>
+        <v>30.0</v>
       </c>
     </row>
     <row r="240">
       <c r="A240" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B240" t="inlineStr">
         <is>
           <t>S Other service activities</t>
         </is>
       </c>
       <c r="C240" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D240" t="inlineStr">
         <is>
-          <t>February 2025</t>
+          <t>June 2025</t>
         </is>
       </c>
       <c r="E240" s="1" t="n">
-        <v>39.0</v>
+        <v>32.0</v>
       </c>
     </row>
     <row r="241">
       <c r="A241" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B241" t="inlineStr">
         <is>
           <t>S Other service activities</t>
         </is>
       </c>
       <c r="C241" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D241" t="inlineStr">
         <is>
-          <t>March 2025</t>
+          <t>July 2025</t>
         </is>
       </c>
       <c r="E241" s="1" t="n">
-        <v>34.0</v>
+        <v>23.0</v>
       </c>
     </row>
     <row r="242">
       <c r="A242" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B242" t="inlineStr">
         <is>
           <t>S Other service activities</t>
         </is>
       </c>
       <c r="C242" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D242" t="inlineStr">
         <is>
-          <t>April 2025</t>
+          <t>August 2025</t>
         </is>
       </c>
       <c r="E242" s="1" t="n">
-        <v>32.0</v>
+        <v>21.0</v>
       </c>
     </row>
     <row r="243">
       <c r="A243" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B243" t="inlineStr">
         <is>
           <t>S Other service activities</t>
         </is>
       </c>
       <c r="C243" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D243" t="inlineStr">
         <is>
-          <t>May 2025</t>
+          <t>September 2025</t>
         </is>
       </c>
       <c r="E243" s="1" t="n">
-        <v>30.0</v>
+        <v>31.0</v>
       </c>
     </row>
     <row r="244">
       <c r="A244" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B244" t="inlineStr">
         <is>
           <t>S Other service activities</t>
         </is>
       </c>
       <c r="C244" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D244" t="inlineStr">
         <is>
-          <t>June 2025</t>
+          <t>October 2025</t>
         </is>
       </c>
       <c r="E244" s="1" t="n">
-        <v>32.0</v>
+        <v>39.0</v>
       </c>
     </row>
     <row r="245">
       <c r="A245" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B245" t="inlineStr">
         <is>
           <t>S Other service activities</t>
         </is>
       </c>
       <c r="C245" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D245" t="inlineStr">
         <is>
-          <t>July 2025</t>
+          <t>November 2025</t>
         </is>
       </c>
       <c r="E245" s="1" t="n">
-        <v>23.0</v>
+        <v>43.0</v>
       </c>
     </row>
     <row r="246">
       <c r="A246" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B246" t="inlineStr">
         <is>
           <t>S Other service activities</t>
         </is>
       </c>
       <c r="C246" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D246" t="inlineStr">
         <is>
-          <t>August 2025</t>
+          <t>December 2025</t>
         </is>
       </c>
       <c r="E246" s="1" t="n">
-        <v>21.0</v>
+        <v>44.0</v>
       </c>
     </row>
     <row r="247">
       <c r="A247" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B247" t="inlineStr">
         <is>
           <t>S Other service activities</t>
         </is>
       </c>
       <c r="C247" t="inlineStr">
         <is>
-          <t>2025</t>
+          <t>2026</t>
         </is>
       </c>
       <c r="D247" t="inlineStr">
         <is>
-          <t>September 2025</t>
+          <t>January 2026</t>
         </is>
       </c>
       <c r="E247" s="1" t="n">
-        <v>31.0</v>
+        <v>40.0</v>
       </c>
     </row>
     <row r="248">
       <c r="A248" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B248" t="inlineStr">
         <is>
           <t>S Other service activities</t>
         </is>
       </c>
       <c r="C248" t="inlineStr">
         <is>
-          <t>2025</t>
+          <t>2026</t>
         </is>
       </c>
       <c r="D248" t="inlineStr">
         <is>
-          <t>October 2025</t>
+          <t>February 2026</t>
         </is>
       </c>
       <c r="E248" s="1" t="n">
-        <v>39.0</v>
+        <v>24.0</v>
       </c>
     </row>
     <row r="249">
       <c r="A249" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B249" t="inlineStr">
         <is>
           <t>T Activities of households as employers/ undifferentiated goods- and services-producing activities of households for own use</t>
         </is>
       </c>
       <c r="C249" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="D249" t="inlineStr">
         <is>
-          <t>October 2024</t>
-[...2 lines deleted...]
-      <c r="E249"/>
+          <t>February 2025</t>
+        </is>
+      </c>
+      <c r="E249" s="1" t="n">
+        <v>1.0</v>
+      </c>
     </row>
     <row r="250">
       <c r="A250" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B250" t="inlineStr">
         <is>
           <t>T Activities of households as employers/ undifferentiated goods- and services-producing activities of households for own use</t>
         </is>
       </c>
       <c r="C250" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="D250" t="inlineStr">
         <is>
-          <t>November 2024</t>
-[...4 lines deleted...]
-      </c>
+          <t>March 2025</t>
+        </is>
+      </c>
+      <c r="E250"/>
     </row>
     <row r="251">
       <c r="A251" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B251" t="inlineStr">
         <is>
           <t>T Activities of households as employers/ undifferentiated goods- and services-producing activities of households for own use</t>
         </is>
       </c>
       <c r="C251" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="D251" t="inlineStr">
         <is>
-          <t>December 2024</t>
+          <t>April 2025</t>
         </is>
       </c>
       <c r="E251"/>
     </row>
     <row r="252">
       <c r="A252" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B252" t="inlineStr">
         <is>
           <t>T Activities of households as employers/ undifferentiated goods- and services-producing activities of households for own use</t>
         </is>
       </c>
       <c r="C252" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D252" t="inlineStr">
         <is>
-          <t>January 2025</t>
-[...4 lines deleted...]
-      </c>
+          <t>May 2025</t>
+        </is>
+      </c>
+      <c r="E252"/>
     </row>
     <row r="253">
       <c r="A253" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B253" t="inlineStr">
         <is>
           <t>T Activities of households as employers/ undifferentiated goods- and services-producing activities of households for own use</t>
         </is>
       </c>
       <c r="C253" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D253" t="inlineStr">
         <is>
-          <t>February 2025</t>
-[...4 lines deleted...]
-      </c>
+          <t>June 2025</t>
+        </is>
+      </c>
+      <c r="E253"/>
     </row>
     <row r="254">
       <c r="A254" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B254" t="inlineStr">
         <is>
           <t>T Activities of households as employers/ undifferentiated goods- and services-producing activities of households for own use</t>
         </is>
       </c>
       <c r="C254" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D254" t="inlineStr">
         <is>
-          <t>March 2025</t>
+          <t>July 2025</t>
         </is>
       </c>
       <c r="E254"/>
     </row>
     <row r="255">
       <c r="A255" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B255" t="inlineStr">
         <is>
           <t>T Activities of households as employers/ undifferentiated goods- and services-producing activities of households for own use</t>
         </is>
       </c>
       <c r="C255" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D255" t="inlineStr">
         <is>
-          <t>April 2025</t>
+          <t>August 2025</t>
         </is>
       </c>
       <c r="E255"/>
     </row>
     <row r="256">
       <c r="A256" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B256" t="inlineStr">
         <is>
           <t>T Activities of households as employers/ undifferentiated goods- and services-producing activities of households for own use</t>
         </is>
       </c>
       <c r="C256" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D256" t="inlineStr">
         <is>
-          <t>May 2025</t>
+          <t>September 2025</t>
         </is>
       </c>
       <c r="E256"/>
     </row>
     <row r="257">
       <c r="A257" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B257" t="inlineStr">
         <is>
           <t>T Activities of households as employers/ undifferentiated goods- and services-producing activities of households for own use</t>
         </is>
       </c>
       <c r="C257" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D257" t="inlineStr">
         <is>
-          <t>June 2025</t>
+          <t>October 2025</t>
         </is>
       </c>
       <c r="E257"/>
     </row>
     <row r="258">
       <c r="A258" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B258" t="inlineStr">
         <is>
           <t>T Activities of households as employers/ undifferentiated goods- and services-producing activities of households for own use</t>
         </is>
       </c>
       <c r="C258" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D258" t="inlineStr">
         <is>
-          <t>July 2025</t>
+          <t>November 2025</t>
         </is>
       </c>
       <c r="E258"/>
     </row>
     <row r="259">
       <c r="A259" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B259" t="inlineStr">
         <is>
           <t>T Activities of households as employers/ undifferentiated goods- and services-producing activities of households for own use</t>
         </is>
       </c>
       <c r="C259" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D259" t="inlineStr">
         <is>
-          <t>August 2025</t>
+          <t>December 2025</t>
         </is>
       </c>
       <c r="E259"/>
     </row>
     <row r="260">
       <c r="A260" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B260" t="inlineStr">
         <is>
           <t>T Activities of households as employers/ undifferentiated goods- and services-producing activities of households for own use</t>
         </is>
       </c>
       <c r="C260" t="inlineStr">
         <is>
-          <t>2025</t>
+          <t>2026</t>
         </is>
       </c>
       <c r="D260" t="inlineStr">
         <is>
-          <t>September 2025</t>
+          <t>January 2026</t>
         </is>
       </c>
       <c r="E260"/>
     </row>
     <row r="261">
       <c r="A261" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B261" t="inlineStr">
         <is>
           <t>T Activities of households as employers/ undifferentiated goods- and services-producing activities of households for own use</t>
         </is>
       </c>
       <c r="C261" t="inlineStr">
         <is>
-          <t>2025</t>
+          <t>2026</t>
         </is>
       </c>
       <c r="D261" t="inlineStr">
         <is>
-          <t>October 2025</t>
+          <t>February 2026</t>
         </is>
       </c>
       <c r="E261"/>
     </row>
     <row r="262">
       <c r="A262" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B262" t="inlineStr">
         <is>
           <t>U Activities of extraterritorial organisations and bodies</t>
         </is>
       </c>
       <c r="C262" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="D262" t="inlineStr">
         <is>
-          <t>October 2024</t>
+          <t>February 2025</t>
         </is>
       </c>
       <c r="E262"/>
     </row>
     <row r="263">
       <c r="A263" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B263" t="inlineStr">
         <is>
           <t>U Activities of extraterritorial organisations and bodies</t>
         </is>
       </c>
       <c r="C263" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="D263" t="inlineStr">
         <is>
-          <t>November 2024</t>
+          <t>March 2025</t>
         </is>
       </c>
       <c r="E263"/>
     </row>
     <row r="264">
       <c r="A264" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B264" t="inlineStr">
         <is>
           <t>U Activities of extraterritorial organisations and bodies</t>
         </is>
       </c>
       <c r="C264" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="D264" t="inlineStr">
         <is>
-          <t>December 2024</t>
+          <t>April 2025</t>
         </is>
       </c>
       <c r="E264"/>
     </row>
     <row r="265">
       <c r="A265" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B265" t="inlineStr">
         <is>
           <t>U Activities of extraterritorial organisations and bodies</t>
         </is>
       </c>
       <c r="C265" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D265" t="inlineStr">
         <is>
-          <t>January 2025</t>
+          <t>May 2025</t>
         </is>
       </c>
       <c r="E265"/>
     </row>
     <row r="266">
       <c r="A266" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B266" t="inlineStr">
         <is>
           <t>U Activities of extraterritorial organisations and bodies</t>
         </is>
       </c>
       <c r="C266" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D266" t="inlineStr">
         <is>
-          <t>February 2025</t>
+          <t>June 2025</t>
         </is>
       </c>
       <c r="E266"/>
     </row>
     <row r="267">
       <c r="A267" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B267" t="inlineStr">
         <is>
           <t>U Activities of extraterritorial organisations and bodies</t>
         </is>
       </c>
       <c r="C267" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D267" t="inlineStr">
         <is>
-          <t>March 2025</t>
+          <t>July 2025</t>
         </is>
       </c>
       <c r="E267"/>
     </row>
     <row r="268">
       <c r="A268" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B268" t="inlineStr">
         <is>
           <t>U Activities of extraterritorial organisations and bodies</t>
         </is>
       </c>
       <c r="C268" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D268" t="inlineStr">
         <is>
-          <t>April 2025</t>
+          <t>August 2025</t>
         </is>
       </c>
       <c r="E268"/>
     </row>
     <row r="269">
       <c r="A269" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B269" t="inlineStr">
         <is>
           <t>U Activities of extraterritorial organisations and bodies</t>
         </is>
       </c>
       <c r="C269" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D269" t="inlineStr">
         <is>
-          <t>May 2025</t>
+          <t>September 2025</t>
         </is>
       </c>
       <c r="E269"/>
     </row>
     <row r="270">
       <c r="A270" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B270" t="inlineStr">
         <is>
           <t>U Activities of extraterritorial organisations and bodies</t>
         </is>
       </c>
       <c r="C270" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D270" t="inlineStr">
         <is>
-          <t>June 2025</t>
+          <t>October 2025</t>
         </is>
       </c>
       <c r="E270"/>
     </row>
     <row r="271">
       <c r="A271" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B271" t="inlineStr">
         <is>
           <t>U Activities of extraterritorial organisations and bodies</t>
         </is>
       </c>
       <c r="C271" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D271" t="inlineStr">
         <is>
-          <t>July 2025</t>
+          <t>November 2025</t>
         </is>
       </c>
       <c r="E271"/>
     </row>
     <row r="272">
       <c r="A272" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B272" t="inlineStr">
         <is>
           <t>U Activities of extraterritorial organisations and bodies</t>
         </is>
       </c>
       <c r="C272" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D272" t="inlineStr">
         <is>
-          <t>August 2025</t>
+          <t>December 2025</t>
         </is>
       </c>
       <c r="E272"/>
     </row>
     <row r="273">
       <c r="A273" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B273" t="inlineStr">
         <is>
           <t>U Activities of extraterritorial organisations and bodies</t>
         </is>
       </c>
       <c r="C273" t="inlineStr">
         <is>
-          <t>2025</t>
+          <t>2026</t>
         </is>
       </c>
       <c r="D273" t="inlineStr">
         <is>
-          <t>September 2025</t>
+          <t>January 2026</t>
         </is>
       </c>
       <c r="E273"/>
     </row>
     <row r="274">
       <c r="A274" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B274" t="inlineStr">
         <is>
           <t>U Activities of extraterritorial organisations and bodies</t>
         </is>
       </c>
       <c r="C274" t="inlineStr">
         <is>
-          <t>2025</t>
+          <t>2026</t>
         </is>
       </c>
       <c r="D274" t="inlineStr">
         <is>
-          <t>October 2025</t>
+          <t>February 2026</t>
         </is>
       </c>
       <c r="E274"/>
     </row>
     <row r="275">
       <c r="A275" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B275"/>
       <c r="C275" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="D275" t="inlineStr">
         <is>
-          <t>October 2024</t>
+          <t>February 2025</t>
         </is>
       </c>
       <c r="E275" s="1" t="n">
-        <v>1072.0</v>
+        <v>988.0</v>
       </c>
     </row>
     <row r="276">
       <c r="A276" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B276"/>
       <c r="C276" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="D276" t="inlineStr">
         <is>
-          <t>November 2024</t>
+          <t>March 2025</t>
         </is>
       </c>
       <c r="E276" s="1" t="n">
-        <v>826.0</v>
+        <v>1057.0</v>
       </c>
     </row>
     <row r="277">
       <c r="A277" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B277"/>
       <c r="C277" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="D277" t="inlineStr">
         <is>
-          <t>December 2024</t>
+          <t>April 2025</t>
         </is>
       </c>
       <c r="E277" s="1" t="n">
-        <v>1002.0</v>
+        <v>990.0</v>
       </c>
     </row>
     <row r="278">
       <c r="A278" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B278"/>
       <c r="C278" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D278" t="inlineStr">
         <is>
-          <t>January 2025</t>
+          <t>May 2025</t>
         </is>
       </c>
       <c r="E278" s="1" t="n">
-        <v>946.0</v>
+        <v>888.0</v>
       </c>
     </row>
     <row r="279">
       <c r="A279" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B279"/>
       <c r="C279" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D279" t="inlineStr">
         <is>
-          <t>February 2025</t>
+          <t>June 2025</t>
         </is>
       </c>
       <c r="E279" s="1" t="n">
-        <v>988.0</v>
+        <v>1187.0</v>
       </c>
     </row>
     <row r="280">
       <c r="A280" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B280"/>
       <c r="C280" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D280" t="inlineStr">
         <is>
-          <t>March 2025</t>
+          <t>July 2025</t>
         </is>
       </c>
       <c r="E280" s="1" t="n">
-        <v>1057.0</v>
+        <v>715.0</v>
       </c>
     </row>
     <row r="281">
       <c r="A281" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B281"/>
       <c r="C281" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D281" t="inlineStr">
         <is>
-          <t>April 2025</t>
+          <t>August 2025</t>
         </is>
       </c>
       <c r="E281" s="1" t="n">
-        <v>990.0</v>
+        <v>502.0</v>
       </c>
     </row>
     <row r="282">
       <c r="A282" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B282"/>
       <c r="C282" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D282" t="inlineStr">
         <is>
-          <t>May 2025</t>
+          <t>September 2025</t>
         </is>
       </c>
       <c r="E282" s="1" t="n">
-        <v>888.0</v>
+        <v>1224.0</v>
       </c>
     </row>
     <row r="283">
       <c r="A283" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B283"/>
       <c r="C283" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D283" t="inlineStr">
         <is>
-          <t>June 2025</t>
+          <t>October 2025</t>
         </is>
       </c>
       <c r="E283" s="1" t="n">
-        <v>1187.0</v>
+        <v>1103.0</v>
       </c>
     </row>
     <row r="284">
       <c r="A284" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B284"/>
       <c r="C284" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D284" t="inlineStr">
         <is>
-          <t>July 2025</t>
+          <t>November 2025</t>
         </is>
       </c>
       <c r="E284" s="1" t="n">
-        <v>715.0</v>
+        <v>958.0</v>
       </c>
     </row>
     <row r="285">
       <c r="A285" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B285"/>
       <c r="C285" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D285" t="inlineStr">
         <is>
-          <t>August 2025</t>
+          <t>December 2025</t>
         </is>
       </c>
       <c r="E285" s="1" t="n">
-        <v>502.0</v>
+        <v>1123.0</v>
       </c>
     </row>
     <row r="286">
       <c r="A286" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B286"/>
       <c r="C286" t="inlineStr">
         <is>
-          <t>2025</t>
+          <t>2026</t>
         </is>
       </c>
       <c r="D286" t="inlineStr">
         <is>
-          <t>September 2025</t>
+          <t>January 2026</t>
         </is>
       </c>
       <c r="E286" s="1" t="n">
-        <v>1222.0</v>
+        <v>979.0</v>
       </c>
     </row>
     <row r="287">
       <c r="A287" t="inlineStr">
         <is>
           <t>All economic activities</t>
         </is>
       </c>
       <c r="B287"/>
       <c r="C287" t="inlineStr">
         <is>
-          <t>2025</t>
+          <t>2026</t>
         </is>
       </c>
       <c r="D287" t="inlineStr">
         <is>
-          <t>October 2025</t>
+          <t>February 2026</t>
         </is>
       </c>
       <c r="E287" s="1" t="n">
-        <v>1103.0</v>
+        <v>961.0</v>
       </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <coreProperties xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </coreProperties>
 </file>