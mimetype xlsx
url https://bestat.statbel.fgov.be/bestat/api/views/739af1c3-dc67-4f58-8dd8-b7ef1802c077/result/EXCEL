--- v0 (2026-01-05)
+++ v1 (2026-03-17)
@@ -107,51 +107,51 @@
   <cols>
     <col min="1" max="1" width="11.02734375" customWidth="true"/>
     <col min="2" max="2" width="109.9375" customWidth="true"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" t="inlineStr">
         <is>
           <t>Data source:</t>
         </is>
       </c>
       <c r="B1" t="inlineStr">
         <is>
           <t>Index of the retail trade, except of motor vehicles and motorcycles, with base year 2021, by month and according to Nace rev2 (FRIBS).</t>
         </is>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="inlineStr">
         <is>
           <t>Filters:</t>
         </is>
       </c>
       <c r="B2" t="inlineStr">
         <is>
-          <t>Reference month : Last 4 Reference month(July 2025, August 2025, September 2025, October 2025)</t>
+          <t>Reference month : Last 4 Reference month(October 2025, November 2025, December 2025, January 2026)</t>
         </is>
       </c>
     </row>
     <row r="3">
       <c r="B3" t="inlineStr">
         <is>
           <t xml:space="preserve">
 </t>
         </is>
       </c>
     </row>
     <row r="4">
 </row>
     <row r="5">
       <c r="A5" t="inlineStr">
         <is>
           <t xml:space="preserve">Source: </t>
         </is>
       </c>
       <c r="B5" t="inlineStr">
         <is>
           <t>Statbel (Directorate-general Statistics - Statistics Belgium)</t>
         </is>
       </c>
     </row>
@@ -167,69 +167,69 @@
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <cols>
     <col min="1" max="1" width="91.92578125" customWidth="true"/>
     <col min="2" max="2" width="14.75390625" customWidth="true"/>
     <col min="3" max="3" width="17.5078125" customWidth="true"/>
     <col min="4" max="4" width="22.765625" customWidth="true"/>
     <col min="5" max="5" width="17.5078125" customWidth="true"/>
     <col min="6" max="6" width="22.765625" customWidth="true"/>
     <col min="7" max="7" width="17.5078125" customWidth="true"/>
     <col min="8" max="8" width="22.765625" customWidth="true"/>
     <col min="9" max="9" width="17.5078125" customWidth="true"/>
     <col min="10" max="10" width="22.765625" customWidth="true"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1"/>
       <c r="B1" t="inlineStr">
         <is>
           <t>Reference month</t>
         </is>
       </c>
       <c r="C1" t="inlineStr">
         <is>
-          <t>July 2025</t>
+          <t>October 2025</t>
         </is>
       </c>
       <c r="D1"/>
       <c r="E1" t="inlineStr">
         <is>
-          <t>August 2025</t>
+          <t>November 2025</t>
         </is>
       </c>
       <c r="F1"/>
       <c r="G1" t="inlineStr">
         <is>
-          <t>September 2025</t>
+          <t>December 2025</t>
         </is>
       </c>
       <c r="H1"/>
       <c r="I1" t="inlineStr">
         <is>
-          <t>October 2025</t>
+          <t>January 2026</t>
         </is>
       </c>
       <c r="J1"/>
     </row>
     <row r="2">
       <c r="A2"/>
       <c r="B2"/>
       <c r="C2" t="inlineStr">
         <is>
           <t>Deflated gross index</t>
         </is>
       </c>
       <c r="D2" t="inlineStr">
         <is>
           <t>Trend of the deflated index</t>
         </is>
       </c>
       <c r="E2" t="inlineStr">
         <is>
           <t>Deflated gross index</t>
         </is>
       </c>
       <c r="F2" t="inlineStr">
         <is>
           <t>Trend of the deflated index</t>
@@ -249,584 +249,584 @@
         <is>
           <t>Deflated gross index</t>
         </is>
       </c>
       <c r="J2" t="inlineStr">
         <is>
           <t>Trend of the deflated index</t>
         </is>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="inlineStr">
         <is>
           <t>NACE groups</t>
         </is>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="inlineStr">
         <is>
           <t>Total retail trade, except of motor vehicles, motorcycles and automotive fuel</t>
         </is>
       </c>
       <c r="B4"/>
       <c r="C4" s="2" t="n">
-        <v>94.81800000000034</v>
+        <v>95.36900000000034</v>
       </c>
       <c r="D4" s="2" t="n">
-        <v>91.33300000000033</v>
+        <v>91.42700000000033</v>
       </c>
       <c r="E4" s="2" t="n">
-        <v>88.16300000000031</v>
+        <v>91.59000000000033</v>
       </c>
       <c r="F4" s="2" t="n">
-        <v>91.37800000000033</v>
+        <v>91.47200000000032</v>
       </c>
       <c r="G4" s="2" t="n">
-        <v>90.47500000000032</v>
+        <v>109.24800000000039</v>
       </c>
       <c r="H4" s="2" t="n">
-        <v>91.42300000000033</v>
+        <v>91.51700000000032</v>
       </c>
       <c r="I4" s="2" t="n">
-        <v>95.36900000000034</v>
+        <v>91.08500000000032</v>
       </c>
       <c r="J4" s="2" t="n">
-        <v>91.46900000000032</v>
+        <v>91.56300000000033</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="inlineStr">
         <is>
           <t>Retail sale in non-specialised stores with food, beverages or tobacco predominating</t>
         </is>
       </c>
       <c r="B5"/>
       <c r="C5" s="2" t="n">
-        <v>85.2970000000003</v>
+        <v>89.42800000000031</v>
       </c>
       <c r="D5" s="2" t="n">
-        <v>87.33400000000032</v>
+        <v>86.78400000000032</v>
       </c>
       <c r="E5" s="2" t="n">
-        <v>87.42500000000031</v>
+        <v>85.7490000000003</v>
       </c>
       <c r="F5" s="2" t="n">
-        <v>87.15000000000032</v>
+        <v>86.60200000000032</v>
       </c>
       <c r="G5" s="2" t="n">
-        <v>84.5960000000003</v>
+        <v>99.66900000000035</v>
       </c>
       <c r="H5" s="2" t="n">
-        <v>86.96700000000031</v>
+        <v>86.42000000000031</v>
       </c>
       <c r="I5" s="2" t="n">
-        <v>89.42800000000031</v>
+        <v>86.13600000000031</v>
       </c>
       <c r="J5" s="2" t="n">
-        <v>86.78500000000031</v>
+        <v>86.23800000000031</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="inlineStr">
         <is>
           <t>Other retail sale in non-specialised stores</t>
         </is>
       </c>
       <c r="B6"/>
       <c r="C6" s="2" t="n">
-        <v>115.50100000000042</v>
+        <v>112.96600000000039</v>
       </c>
       <c r="D6" s="2" t="n">
-        <v>104.38900000000037</v>
+        <v>104.40800000000037</v>
       </c>
       <c r="E6" s="2" t="n">
-        <v>101.80100000000036</v>
+        <v>113.0510000000004</v>
       </c>
       <c r="F6" s="2" t="n">
-        <v>104.40000000000038</v>
+        <v>104.41900000000037</v>
       </c>
       <c r="G6" s="2" t="n">
-        <v>105.02500000000038</v>
+        <v>140.1290000000005</v>
       </c>
       <c r="H6" s="2" t="n">
-        <v>104.41100000000037</v>
+        <v>104.43000000000038</v>
       </c>
       <c r="I6" s="2" t="n">
-        <v>112.96600000000039</v>
+        <v>103.68200000000037</v>
       </c>
       <c r="J6" s="2" t="n">
-        <v>104.42200000000037</v>
+        <v>104.44100000000037</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="inlineStr">
         <is>
           <t>Retail sale in non-specialised stores</t>
         </is>
       </c>
       <c r="B7"/>
       <c r="C7" s="2" t="n">
-        <v>88.23300000000032</v>
+        <v>91.85700000000033</v>
       </c>
       <c r="D7" s="2" t="n">
-        <v>89.03500000000031</v>
+        <v>88.50800000000031</v>
       </c>
       <c r="E7" s="2" t="n">
-        <v>89.22100000000032</v>
+        <v>88.42300000000031</v>
       </c>
       <c r="F7" s="2" t="n">
-        <v>88.85900000000031</v>
+        <v>88.33300000000031</v>
       </c>
       <c r="G7" s="2" t="n">
-        <v>86.78700000000032</v>
+        <v>103.51300000000037</v>
       </c>
       <c r="H7" s="2" t="n">
-        <v>88.68400000000031</v>
+        <v>88.15900000000032</v>
       </c>
       <c r="I7" s="2" t="n">
-        <v>91.85700000000033</v>
+        <v>88.10500000000032</v>
       </c>
       <c r="J7" s="2" t="n">
-        <v>88.50900000000031</v>
+        <v>87.98500000000031</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="inlineStr">
         <is>
           <t>Retail sale of food, beverages and tobacco in specialised stores</t>
         </is>
       </c>
       <c r="B8"/>
       <c r="C8" s="2" t="n">
-        <v>82.6460000000003</v>
+        <v>85.2240000000003</v>
       </c>
       <c r="D8" s="2" t="n">
-        <v>83.8100000000003</v>
+        <v>83.0600000000003</v>
       </c>
       <c r="E8" s="2" t="n">
-        <v>83.0990000000003</v>
+        <v>79.73900000000029</v>
       </c>
       <c r="F8" s="2" t="n">
-        <v>83.5590000000003</v>
+        <v>82.8120000000003</v>
       </c>
       <c r="G8" s="2" t="n">
-        <v>80.16600000000028</v>
+        <v>108.59500000000038</v>
       </c>
       <c r="H8" s="2" t="n">
-        <v>83.3090000000003</v>
+        <v>82.56400000000029</v>
       </c>
       <c r="I8" s="2" t="n">
-        <v>85.2240000000003</v>
+        <v>74.87200000000027</v>
       </c>
       <c r="J8" s="2" t="n">
-        <v>83.0600000000003</v>
+        <v>82.31700000000029</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="inlineStr">
         <is>
           <t>Retail sale of automotive fuel in specialised stores</t>
         </is>
       </c>
       <c r="B9"/>
       <c r="C9" s="2" t="n">
-        <v>87.19400000000032</v>
+        <v>95.11400000000035</v>
       </c>
       <c r="D9" s="2" t="n">
-        <v>92.76400000000032</v>
+        <v>92.41500000000033</v>
       </c>
       <c r="E9" s="2" t="n">
-        <v>88.35900000000031</v>
+        <v>90.65300000000033</v>
       </c>
       <c r="F9" s="2" t="n">
-        <v>92.64800000000032</v>
+        <v>92.29900000000033</v>
       </c>
       <c r="G9" s="2" t="n">
-        <v>91.95400000000032</v>
+        <v>95.83600000000034</v>
       </c>
       <c r="H9" s="2" t="n">
-        <v>92.53200000000032</v>
+        <v>92.18400000000032</v>
       </c>
       <c r="I9" s="2" t="n">
-        <v>95.11400000000035</v>
+        <v>83.7940000000003</v>
       </c>
       <c r="J9" s="2" t="n">
-        <v>92.41600000000032</v>
+        <v>92.06900000000033</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="inlineStr">
         <is>
           <t>Retail sale of food, beverages and tobacco</t>
         </is>
       </c>
       <c r="B10"/>
       <c r="C10" s="2" t="n">
-        <v>85.0960000000003</v>
+        <v>89.04700000000031</v>
       </c>
       <c r="D10" s="2" t="n">
-        <v>87.00700000000032</v>
+        <v>86.51700000000031</v>
       </c>
       <c r="E10" s="2" t="n">
-        <v>87.00700000000032</v>
+        <v>85.09700000000029</v>
       </c>
       <c r="F10" s="2" t="n">
-        <v>86.8440000000003</v>
+        <v>86.35400000000031</v>
       </c>
       <c r="G10" s="2" t="n">
-        <v>84.1810000000003</v>
+        <v>101.37100000000035</v>
       </c>
       <c r="H10" s="2" t="n">
-        <v>86.68100000000031</v>
+        <v>86.1920000000003</v>
       </c>
       <c r="I10" s="2" t="n">
-        <v>89.04700000000031</v>
+        <v>84.6110000000003</v>
       </c>
       <c r="J10" s="2" t="n">
-        <v>86.51800000000031</v>
+        <v>86.03000000000031</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="inlineStr">
         <is>
           <t>Retail sale of non-food products (except of automotive fuel)</t>
         </is>
       </c>
       <c r="B11"/>
       <c r="C11" s="2" t="n">
-        <v>102.15800000000037</v>
+        <v>100.02800000000036</v>
       </c>
       <c r="D11" s="2" t="n">
-        <v>92.54300000000033</v>
+        <v>91.85900000000032</v>
       </c>
       <c r="E11" s="2" t="n">
-        <v>88.86700000000032</v>
+        <v>96.37200000000034</v>
       </c>
       <c r="F11" s="2" t="n">
-        <v>92.32200000000033</v>
+        <v>91.63000000000032</v>
       </c>
       <c r="G11" s="2" t="n">
-        <v>95.13800000000035</v>
+        <v>114.9420000000004</v>
       </c>
       <c r="H11" s="2" t="n">
-        <v>92.09800000000033</v>
+        <v>91.39900000000033</v>
       </c>
       <c r="I11" s="2" t="n">
-        <v>100.02800000000036</v>
+        <v>95.73400000000034</v>
       </c>
       <c r="J11" s="2" t="n">
-        <v>91.87300000000033</v>
+        <v>91.16600000000032</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="inlineStr">
         <is>
           <t>Retail sale of information and communication equipment in specialised stores</t>
         </is>
       </c>
       <c r="B12"/>
       <c r="C12" s="2" t="n">
-        <v>126.95900000000046</v>
+        <v>163.14600000000056</v>
       </c>
       <c r="D12" s="2" t="n">
-        <v>125.66800000000045</v>
+        <v>127.58300000000045</v>
       </c>
       <c r="E12" s="2" t="n">
-        <v>119.37100000000042</v>
+        <v>135.82600000000048</v>
       </c>
       <c r="F12" s="2" t="n">
-        <v>126.30800000000046</v>
+        <v>128.23300000000046</v>
       </c>
       <c r="G12" s="2" t="n">
-        <v>167.3280000000006</v>
+        <v>195.8600000000007</v>
       </c>
       <c r="H12" s="2" t="n">
-        <v>126.95100000000045</v>
+        <v>128.88600000000045</v>
       </c>
       <c r="I12" s="2" t="n">
-        <v>163.14600000000056</v>
+        <v>139.70600000000047</v>
       </c>
       <c r="J12" s="2" t="n">
-        <v>127.59700000000045</v>
+        <v>129.54200000000046</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="inlineStr">
         <is>
           <t>Retail sale of other household equipment in specialised stores</t>
         </is>
       </c>
       <c r="B13"/>
       <c r="C13" s="2" t="n">
-        <v>95.23700000000034</v>
+        <v>86.73300000000032</v>
       </c>
       <c r="D13" s="2" t="n">
-        <v>84.3250000000003</v>
+        <v>83.7640000000003</v>
       </c>
       <c r="E13" s="2" t="n">
-        <v>78.06100000000029</v>
+        <v>88.95300000000032</v>
       </c>
       <c r="F13" s="2" t="n">
-        <v>84.1390000000003</v>
+        <v>83.57900000000029</v>
       </c>
       <c r="G13" s="2" t="n">
-        <v>82.9910000000003</v>
+        <v>94.08700000000034</v>
       </c>
       <c r="H13" s="2" t="n">
-        <v>83.9520000000003</v>
+        <v>83.3940000000003</v>
       </c>
       <c r="I13" s="2" t="n">
-        <v>86.73300000000032</v>
+        <v>86.42700000000032</v>
       </c>
       <c r="J13" s="2" t="n">
-        <v>83.7670000000003</v>
+        <v>83.21000000000029</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="inlineStr">
         <is>
           <t>Retail sale of cultural and recreation goods in specialised stores</t>
         </is>
       </c>
       <c r="B14"/>
       <c r="C14" s="2" t="n">
-        <v>100.70700000000035</v>
+        <v>89.03500000000031</v>
       </c>
       <c r="D14" s="2" t="n">
-        <v>87.0940000000003</v>
+        <v>86.4600000000003</v>
       </c>
       <c r="E14" s="2" t="n">
-        <v>97.26500000000034</v>
+        <v>89.04500000000031</v>
       </c>
       <c r="F14" s="2" t="n">
-        <v>86.88400000000031</v>
+        <v>86.25100000000032</v>
       </c>
       <c r="G14" s="2" t="n">
-        <v>86.33300000000031</v>
+        <v>113.6600000000004</v>
       </c>
       <c r="H14" s="2" t="n">
-        <v>86.67400000000032</v>
+        <v>86.04300000000032</v>
       </c>
       <c r="I14" s="2" t="n">
-        <v>89.03500000000031</v>
+        <v>81.23900000000029</v>
       </c>
       <c r="J14" s="2" t="n">
-        <v>86.46500000000032</v>
+        <v>85.83500000000029</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="inlineStr">
         <is>
           <t>Retail sale of other goods in specialised stores</t>
         </is>
       </c>
       <c r="B15"/>
       <c r="C15" s="2" t="n">
-        <v>102.98700000000036</v>
+        <v>102.89300000000037</v>
       </c>
       <c r="D15" s="2" t="n">
-        <v>97.47700000000034</v>
+        <v>97.58900000000034</v>
       </c>
       <c r="E15" s="2" t="n">
-        <v>89.73200000000031</v>
+        <v>93.25300000000033</v>
       </c>
       <c r="F15" s="2" t="n">
-        <v>97.51500000000034</v>
+        <v>97.62700000000034</v>
       </c>
       <c r="G15" s="2" t="n">
-        <v>96.19500000000033</v>
+        <v>116.65000000000042</v>
       </c>
       <c r="H15" s="2" t="n">
-        <v>97.55300000000034</v>
+        <v>97.66600000000034</v>
       </c>
       <c r="I15" s="2" t="n">
-        <v>102.89300000000037</v>
+        <v>95.78800000000034</v>
       </c>
       <c r="J15" s="2" t="n">
-        <v>97.59200000000034</v>
+        <v>97.70400000000033</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="inlineStr">
         <is>
           <t>Retail sale via stalls and markets</t>
         </is>
       </c>
       <c r="B16"/>
       <c r="C16" s="2" t="n">
-        <v>108.87300000000039</v>
+        <v>101.77700000000036</v>
       </c>
       <c r="D16" s="2" t="n">
-        <v>100.34400000000035</v>
+        <v>100.35500000000036</v>
       </c>
       <c r="E16" s="2" t="n">
-        <v>108.08500000000038</v>
+        <v>100.39500000000035</v>
       </c>
       <c r="F16" s="2" t="n">
-        <v>100.34700000000035</v>
+        <v>100.35600000000035</v>
       </c>
       <c r="G16" s="2" t="n">
-        <v>92.49500000000033</v>
+        <v>112.10300000000039</v>
       </c>
       <c r="H16" s="2" t="n">
-        <v>100.34900000000036</v>
+        <v>100.35700000000035</v>
       </c>
       <c r="I16" s="2" t="n">
-        <v>101.77700000000036</v>
+        <v>101.08900000000035</v>
       </c>
       <c r="J16" s="2" t="n">
-        <v>100.35000000000035</v>
+        <v>100.35800000000036</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="inlineStr">
         <is>
           <t>Retail sale via mail order houses or via Internet</t>
         </is>
       </c>
       <c r="B17"/>
       <c r="C17" s="2" t="n">
-        <v>116.6120000000004</v>
+        <v>117.7220000000004</v>
       </c>
       <c r="D17" s="2" t="n">
-        <v>110.6670000000004</v>
+        <v>111.6180000000004</v>
       </c>
       <c r="E17" s="2" t="n">
-        <v>102.40700000000037</v>
+        <v>123.36200000000044</v>
       </c>
       <c r="F17" s="2" t="n">
-        <v>110.9820000000004</v>
+        <v>111.9360000000004</v>
       </c>
       <c r="G17" s="2" t="n">
-        <v>118.68400000000042</v>
+        <v>145.59100000000052</v>
       </c>
       <c r="H17" s="2" t="n">
-        <v>111.2980000000004</v>
+        <v>112.2540000000004</v>
       </c>
       <c r="I17" s="2" t="n">
-        <v>117.7220000000004</v>
+        <v>123.02900000000044</v>
       </c>
       <c r="J17" s="2" t="n">
-        <v>111.6140000000004</v>
+        <v>112.5740000000004</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="inlineStr">
         <is>
           <t>Retail trade not in stores, stalls or markets</t>
         </is>
       </c>
       <c r="B18"/>
       <c r="C18" s="2" t="n">
-        <v>108.31600000000039</v>
+        <v>113.6170000000004</v>
       </c>
       <c r="D18" s="2" t="n">
-        <v>109.78300000000038</v>
+        <v>110.9150000000004</v>
       </c>
       <c r="E18" s="2" t="n">
-        <v>95.88800000000035</v>
+        <v>117.0970000000004</v>
       </c>
       <c r="F18" s="2" t="n">
-        <v>110.1600000000004</v>
+        <v>111.2970000000004</v>
       </c>
       <c r="G18" s="2" t="n">
-        <v>112.5370000000004</v>
+        <v>138.00400000000047</v>
       </c>
       <c r="H18" s="2" t="n">
-        <v>110.5390000000004</v>
+        <v>111.6800000000004</v>
       </c>
       <c r="I18" s="2" t="n">
-        <v>113.6170000000004</v>
+        <v>117.58600000000041</v>
       </c>
       <c r="J18" s="2" t="n">
-        <v>110.9190000000004</v>
+        <v>112.06400000000039</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="inlineStr">
         <is>
           <t>Retail sale of textiles, clothing, footwear and leather goods in specialised stores</t>
         </is>
       </c>
       <c r="B19"/>
       <c r="C19" s="2" t="n">
-        <v>118.88600000000042</v>
+        <v>104.35700000000037</v>
       </c>
       <c r="D19" s="2" t="n">
-        <v>94.54400000000034</v>
+        <v>93.90700000000032</v>
       </c>
       <c r="E19" s="2" t="n">
-        <v>87.4750000000003</v>
+        <v>90.33800000000032</v>
       </c>
       <c r="F19" s="2" t="n">
-        <v>94.33400000000034</v>
+        <v>93.69900000000032</v>
       </c>
       <c r="G19" s="2" t="n">
-        <v>95.12900000000035</v>
+        <v>114.06200000000041</v>
       </c>
       <c r="H19" s="2" t="n">
-        <v>94.12400000000034</v>
+        <v>93.49000000000032</v>
       </c>
       <c r="I19" s="2" t="n">
-        <v>104.35700000000037</v>
+        <v>103.51800000000037</v>
       </c>
       <c r="J19" s="2" t="n">
-        <v>93.91500000000033</v>
+        <v>93.28300000000033</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="inlineStr">
         <is>
           <t>Retail sale of pharmaceuticals, medical and orthopaedic goods, cosmetic and toilet articles in specialised stores</t>
         </is>
       </c>
       <c r="B20"/>
       <c r="C20" s="2" t="n">
-        <v>109.24300000000038</v>
+        <v>116.3590000000004</v>
       </c>
       <c r="D20" s="2" t="n">
-        <v>108.14200000000038</v>
+        <v>107.93600000000039</v>
       </c>
       <c r="E20" s="2" t="n">
-        <v>102.49000000000036</v>
+        <v>110.0560000000004</v>
       </c>
       <c r="F20" s="2" t="n">
-        <v>108.25800000000038</v>
+        <v>107.54400000000038</v>
       </c>
       <c r="G20" s="2" t="n">
-        <v>114.04400000000041</v>
+        <v>134.29500000000047</v>
       </c>
       <c r="H20" s="2" t="n">
-        <v>108.43900000000038</v>
+        <v>107.06500000000038</v>
       </c>
       <c r="I20" s="2" t="n">
-        <v>116.3590000000004</v>
+        <v>107.95600000000039</v>
       </c>
       <c r="J20" s="2" t="n">
-        <v>108.60600000000038</v>
+        <v>106.73300000000039</v>
       </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <cols>
     <col min="1" max="1" width="91.92578125" customWidth="true"/>
     <col min="2" max="2" width="14.75390625" customWidth="true"/>
     <col min="3" max="3" width="17.5078125" customWidth="true"/>
     <col min="4" max="4" width="22.765625" customWidth="true"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" t="inlineStr">
         <is>
           <t>NACE groups</t>
@@ -834,1258 +834,1258 @@
       </c>
       <c r="B1" t="inlineStr">
         <is>
           <t>Reference month</t>
         </is>
       </c>
       <c r="C1" t="inlineStr">
         <is>
           <t>Deflated gross index</t>
         </is>
       </c>
       <c r="D1" t="inlineStr">
         <is>
           <t>Trend of the deflated index</t>
         </is>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="inlineStr">
         <is>
           <t>Total retail trade, except of motor vehicles, motorcycles and automotive fuel</t>
         </is>
       </c>
       <c r="B2" t="inlineStr">
         <is>
-          <t>July 2025</t>
+          <t>October 2025</t>
         </is>
       </c>
       <c r="C2" s="2" t="n">
-        <v>94.81800000000034</v>
+        <v>95.36900000000034</v>
       </c>
       <c r="D2" s="2" t="n">
-        <v>91.33300000000033</v>
+        <v>91.42700000000033</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="inlineStr">
         <is>
           <t>Total retail trade, except of motor vehicles, motorcycles and automotive fuel</t>
         </is>
       </c>
       <c r="B3" t="inlineStr">
         <is>
-          <t>August 2025</t>
+          <t>November 2025</t>
         </is>
       </c>
       <c r="C3" s="2" t="n">
-        <v>88.16300000000031</v>
+        <v>91.59000000000033</v>
       </c>
       <c r="D3" s="2" t="n">
-        <v>91.37800000000033</v>
+        <v>91.47200000000032</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="inlineStr">
         <is>
           <t>Total retail trade, except of motor vehicles, motorcycles and automotive fuel</t>
         </is>
       </c>
       <c r="B4" t="inlineStr">
         <is>
-          <t>September 2025</t>
+          <t>December 2025</t>
         </is>
       </c>
       <c r="C4" s="2" t="n">
-        <v>90.47500000000032</v>
+        <v>109.24800000000039</v>
       </c>
       <c r="D4" s="2" t="n">
-        <v>91.42300000000033</v>
+        <v>91.51700000000032</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="inlineStr">
         <is>
           <t>Total retail trade, except of motor vehicles, motorcycles and automotive fuel</t>
         </is>
       </c>
       <c r="B5" t="inlineStr">
         <is>
-          <t>October 2025</t>
+          <t>January 2026</t>
         </is>
       </c>
       <c r="C5" s="2" t="n">
-        <v>95.36900000000034</v>
+        <v>91.08500000000032</v>
       </c>
       <c r="D5" s="2" t="n">
-        <v>91.46900000000032</v>
+        <v>91.56300000000033</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="inlineStr">
         <is>
           <t>Retail sale in non-specialised stores with food, beverages or tobacco predominating</t>
         </is>
       </c>
       <c r="B6" t="inlineStr">
         <is>
-          <t>July 2025</t>
+          <t>October 2025</t>
         </is>
       </c>
       <c r="C6" s="2" t="n">
-        <v>85.2970000000003</v>
+        <v>89.42800000000031</v>
       </c>
       <c r="D6" s="2" t="n">
-        <v>87.33400000000032</v>
+        <v>86.78400000000032</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="inlineStr">
         <is>
           <t>Retail sale in non-specialised stores with food, beverages or tobacco predominating</t>
         </is>
       </c>
       <c r="B7" t="inlineStr">
         <is>
-          <t>August 2025</t>
+          <t>November 2025</t>
         </is>
       </c>
       <c r="C7" s="2" t="n">
-        <v>87.42500000000031</v>
+        <v>85.7490000000003</v>
       </c>
       <c r="D7" s="2" t="n">
-        <v>87.15000000000032</v>
+        <v>86.60200000000032</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="inlineStr">
         <is>
           <t>Retail sale in non-specialised stores with food, beverages or tobacco predominating</t>
         </is>
       </c>
       <c r="B8" t="inlineStr">
         <is>
-          <t>September 2025</t>
+          <t>December 2025</t>
         </is>
       </c>
       <c r="C8" s="2" t="n">
-        <v>84.5960000000003</v>
+        <v>99.66900000000035</v>
       </c>
       <c r="D8" s="2" t="n">
-        <v>86.96700000000031</v>
+        <v>86.42000000000031</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="inlineStr">
         <is>
           <t>Retail sale in non-specialised stores with food, beverages or tobacco predominating</t>
         </is>
       </c>
       <c r="B9" t="inlineStr">
         <is>
-          <t>October 2025</t>
+          <t>January 2026</t>
         </is>
       </c>
       <c r="C9" s="2" t="n">
-        <v>89.42800000000031</v>
+        <v>86.13600000000031</v>
       </c>
       <c r="D9" s="2" t="n">
-        <v>86.78500000000031</v>
+        <v>86.23800000000031</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="inlineStr">
         <is>
           <t>Other retail sale in non-specialised stores</t>
         </is>
       </c>
       <c r="B10" t="inlineStr">
         <is>
-          <t>July 2025</t>
+          <t>October 2025</t>
         </is>
       </c>
       <c r="C10" s="2" t="n">
-        <v>115.50100000000042</v>
+        <v>112.96600000000039</v>
       </c>
       <c r="D10" s="2" t="n">
-        <v>104.38900000000037</v>
+        <v>104.40800000000037</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="inlineStr">
         <is>
           <t>Other retail sale in non-specialised stores</t>
         </is>
       </c>
       <c r="B11" t="inlineStr">
         <is>
-          <t>August 2025</t>
+          <t>November 2025</t>
         </is>
       </c>
       <c r="C11" s="2" t="n">
-        <v>101.80100000000036</v>
+        <v>113.0510000000004</v>
       </c>
       <c r="D11" s="2" t="n">
-        <v>104.40000000000038</v>
+        <v>104.41900000000037</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="inlineStr">
         <is>
           <t>Other retail sale in non-specialised stores</t>
         </is>
       </c>
       <c r="B12" t="inlineStr">
         <is>
-          <t>September 2025</t>
+          <t>December 2025</t>
         </is>
       </c>
       <c r="C12" s="2" t="n">
-        <v>105.02500000000038</v>
+        <v>140.1290000000005</v>
       </c>
       <c r="D12" s="2" t="n">
-        <v>104.41100000000037</v>
+        <v>104.43000000000038</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="inlineStr">
         <is>
           <t>Other retail sale in non-specialised stores</t>
         </is>
       </c>
       <c r="B13" t="inlineStr">
         <is>
-          <t>October 2025</t>
+          <t>January 2026</t>
         </is>
       </c>
       <c r="C13" s="2" t="n">
-        <v>112.96600000000039</v>
+        <v>103.68200000000037</v>
       </c>
       <c r="D13" s="2" t="n">
-        <v>104.42200000000037</v>
+        <v>104.44100000000037</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="inlineStr">
         <is>
           <t>Retail sale in non-specialised stores</t>
         </is>
       </c>
       <c r="B14" t="inlineStr">
         <is>
-          <t>July 2025</t>
+          <t>October 2025</t>
         </is>
       </c>
       <c r="C14" s="2" t="n">
-        <v>88.23300000000032</v>
+        <v>91.85700000000033</v>
       </c>
       <c r="D14" s="2" t="n">
-        <v>89.03500000000031</v>
+        <v>88.50800000000031</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="inlineStr">
         <is>
           <t>Retail sale in non-specialised stores</t>
         </is>
       </c>
       <c r="B15" t="inlineStr">
         <is>
-          <t>August 2025</t>
+          <t>November 2025</t>
         </is>
       </c>
       <c r="C15" s="2" t="n">
-        <v>89.22100000000032</v>
+        <v>88.42300000000031</v>
       </c>
       <c r="D15" s="2" t="n">
-        <v>88.85900000000031</v>
+        <v>88.33300000000031</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="inlineStr">
         <is>
           <t>Retail sale in non-specialised stores</t>
         </is>
       </c>
       <c r="B16" t="inlineStr">
         <is>
-          <t>September 2025</t>
+          <t>December 2025</t>
         </is>
       </c>
       <c r="C16" s="2" t="n">
-        <v>86.78700000000032</v>
+        <v>103.51300000000037</v>
       </c>
       <c r="D16" s="2" t="n">
-        <v>88.68400000000031</v>
+        <v>88.15900000000032</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="inlineStr">
         <is>
           <t>Retail sale in non-specialised stores</t>
         </is>
       </c>
       <c r="B17" t="inlineStr">
         <is>
-          <t>October 2025</t>
+          <t>January 2026</t>
         </is>
       </c>
       <c r="C17" s="2" t="n">
-        <v>91.85700000000033</v>
+        <v>88.10500000000032</v>
       </c>
       <c r="D17" s="2" t="n">
-        <v>88.50900000000031</v>
+        <v>87.98500000000031</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="inlineStr">
         <is>
           <t>Retail sale of food, beverages and tobacco in specialised stores</t>
         </is>
       </c>
       <c r="B18" t="inlineStr">
         <is>
-          <t>July 2025</t>
+          <t>October 2025</t>
         </is>
       </c>
       <c r="C18" s="2" t="n">
-        <v>82.6460000000003</v>
+        <v>85.2240000000003</v>
       </c>
       <c r="D18" s="2" t="n">
-        <v>83.8100000000003</v>
+        <v>83.0600000000003</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="inlineStr">
         <is>
           <t>Retail sale of food, beverages and tobacco in specialised stores</t>
         </is>
       </c>
       <c r="B19" t="inlineStr">
         <is>
-          <t>August 2025</t>
+          <t>November 2025</t>
         </is>
       </c>
       <c r="C19" s="2" t="n">
-        <v>83.0990000000003</v>
+        <v>79.73900000000029</v>
       </c>
       <c r="D19" s="2" t="n">
-        <v>83.5590000000003</v>
+        <v>82.8120000000003</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="inlineStr">
         <is>
           <t>Retail sale of food, beverages and tobacco in specialised stores</t>
         </is>
       </c>
       <c r="B20" t="inlineStr">
         <is>
-          <t>September 2025</t>
+          <t>December 2025</t>
         </is>
       </c>
       <c r="C20" s="2" t="n">
-        <v>80.16600000000028</v>
+        <v>108.59500000000038</v>
       </c>
       <c r="D20" s="2" t="n">
-        <v>83.3090000000003</v>
+        <v>82.56400000000029</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="inlineStr">
         <is>
           <t>Retail sale of food, beverages and tobacco in specialised stores</t>
         </is>
       </c>
       <c r="B21" t="inlineStr">
         <is>
-          <t>October 2025</t>
+          <t>January 2026</t>
         </is>
       </c>
       <c r="C21" s="2" t="n">
-        <v>85.2240000000003</v>
+        <v>74.87200000000027</v>
       </c>
       <c r="D21" s="2" t="n">
-        <v>83.0600000000003</v>
+        <v>82.31700000000029</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="inlineStr">
         <is>
           <t>Retail sale of automotive fuel in specialised stores</t>
         </is>
       </c>
       <c r="B22" t="inlineStr">
         <is>
-          <t>July 2025</t>
+          <t>October 2025</t>
         </is>
       </c>
       <c r="C22" s="2" t="n">
-        <v>87.19400000000032</v>
+        <v>95.11400000000035</v>
       </c>
       <c r="D22" s="2" t="n">
-        <v>92.76400000000032</v>
+        <v>92.41500000000033</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="inlineStr">
         <is>
           <t>Retail sale of automotive fuel in specialised stores</t>
         </is>
       </c>
       <c r="B23" t="inlineStr">
         <is>
-          <t>August 2025</t>
+          <t>November 2025</t>
         </is>
       </c>
       <c r="C23" s="2" t="n">
-        <v>88.35900000000031</v>
+        <v>90.65300000000033</v>
       </c>
       <c r="D23" s="2" t="n">
-        <v>92.64800000000032</v>
+        <v>92.29900000000033</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="inlineStr">
         <is>
           <t>Retail sale of automotive fuel in specialised stores</t>
         </is>
       </c>
       <c r="B24" t="inlineStr">
         <is>
-          <t>September 2025</t>
+          <t>December 2025</t>
         </is>
       </c>
       <c r="C24" s="2" t="n">
-        <v>91.95400000000032</v>
+        <v>95.83600000000034</v>
       </c>
       <c r="D24" s="2" t="n">
-        <v>92.53200000000032</v>
+        <v>92.18400000000032</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="inlineStr">
         <is>
           <t>Retail sale of automotive fuel in specialised stores</t>
         </is>
       </c>
       <c r="B25" t="inlineStr">
         <is>
-          <t>October 2025</t>
+          <t>January 2026</t>
         </is>
       </c>
       <c r="C25" s="2" t="n">
-        <v>95.11400000000035</v>
+        <v>83.7940000000003</v>
       </c>
       <c r="D25" s="2" t="n">
-        <v>92.41600000000032</v>
+        <v>92.06900000000033</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="inlineStr">
         <is>
           <t>Retail sale of food, beverages and tobacco</t>
         </is>
       </c>
       <c r="B26" t="inlineStr">
         <is>
-          <t>July 2025</t>
+          <t>October 2025</t>
         </is>
       </c>
       <c r="C26" s="2" t="n">
-        <v>85.0960000000003</v>
+        <v>89.04700000000031</v>
       </c>
       <c r="D26" s="2" t="n">
-        <v>87.00700000000032</v>
+        <v>86.51700000000031</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="inlineStr">
         <is>
           <t>Retail sale of food, beverages and tobacco</t>
         </is>
       </c>
       <c r="B27" t="inlineStr">
         <is>
-          <t>August 2025</t>
+          <t>November 2025</t>
         </is>
       </c>
       <c r="C27" s="2" t="n">
-        <v>87.00700000000032</v>
+        <v>85.09700000000029</v>
       </c>
       <c r="D27" s="2" t="n">
-        <v>86.8440000000003</v>
+        <v>86.35400000000031</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="inlineStr">
         <is>
           <t>Retail sale of food, beverages and tobacco</t>
         </is>
       </c>
       <c r="B28" t="inlineStr">
         <is>
-          <t>September 2025</t>
+          <t>December 2025</t>
         </is>
       </c>
       <c r="C28" s="2" t="n">
-        <v>84.1810000000003</v>
+        <v>101.37100000000035</v>
       </c>
       <c r="D28" s="2" t="n">
-        <v>86.68100000000031</v>
+        <v>86.1920000000003</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="inlineStr">
         <is>
           <t>Retail sale of food, beverages and tobacco</t>
         </is>
       </c>
       <c r="B29" t="inlineStr">
         <is>
-          <t>October 2025</t>
+          <t>January 2026</t>
         </is>
       </c>
       <c r="C29" s="2" t="n">
-        <v>89.04700000000031</v>
+        <v>84.6110000000003</v>
       </c>
       <c r="D29" s="2" t="n">
-        <v>86.51800000000031</v>
+        <v>86.03000000000031</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="inlineStr">
         <is>
           <t>Retail sale of non-food products (except of automotive fuel)</t>
         </is>
       </c>
       <c r="B30" t="inlineStr">
         <is>
-          <t>July 2025</t>
+          <t>October 2025</t>
         </is>
       </c>
       <c r="C30" s="2" t="n">
-        <v>102.15800000000037</v>
+        <v>100.02800000000036</v>
       </c>
       <c r="D30" s="2" t="n">
-        <v>92.54300000000033</v>
+        <v>91.85900000000032</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="inlineStr">
         <is>
           <t>Retail sale of non-food products (except of automotive fuel)</t>
         </is>
       </c>
       <c r="B31" t="inlineStr">
         <is>
-          <t>August 2025</t>
+          <t>November 2025</t>
         </is>
       </c>
       <c r="C31" s="2" t="n">
-        <v>88.86700000000032</v>
+        <v>96.37200000000034</v>
       </c>
       <c r="D31" s="2" t="n">
-        <v>92.32200000000033</v>
+        <v>91.63000000000032</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="inlineStr">
         <is>
           <t>Retail sale of non-food products (except of automotive fuel)</t>
         </is>
       </c>
       <c r="B32" t="inlineStr">
         <is>
-          <t>September 2025</t>
+          <t>December 2025</t>
         </is>
       </c>
       <c r="C32" s="2" t="n">
-        <v>95.13800000000035</v>
+        <v>114.9420000000004</v>
       </c>
       <c r="D32" s="2" t="n">
-        <v>92.09800000000033</v>
+        <v>91.39900000000033</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" t="inlineStr">
         <is>
           <t>Retail sale of non-food products (except of automotive fuel)</t>
         </is>
       </c>
       <c r="B33" t="inlineStr">
         <is>
-          <t>October 2025</t>
+          <t>January 2026</t>
         </is>
       </c>
       <c r="C33" s="2" t="n">
-        <v>100.02800000000036</v>
+        <v>95.73400000000034</v>
       </c>
       <c r="D33" s="2" t="n">
-        <v>91.87300000000033</v>
+        <v>91.16600000000032</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" t="inlineStr">
         <is>
           <t>Retail sale of information and communication equipment in specialised stores</t>
         </is>
       </c>
       <c r="B34" t="inlineStr">
         <is>
-          <t>July 2025</t>
+          <t>October 2025</t>
         </is>
       </c>
       <c r="C34" s="2" t="n">
-        <v>126.95900000000046</v>
+        <v>163.14600000000056</v>
       </c>
       <c r="D34" s="2" t="n">
-        <v>125.66800000000045</v>
+        <v>127.58300000000045</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" t="inlineStr">
         <is>
           <t>Retail sale of information and communication equipment in specialised stores</t>
         </is>
       </c>
       <c r="B35" t="inlineStr">
         <is>
-          <t>August 2025</t>
+          <t>November 2025</t>
         </is>
       </c>
       <c r="C35" s="2" t="n">
-        <v>119.37100000000042</v>
+        <v>135.82600000000048</v>
       </c>
       <c r="D35" s="2" t="n">
-        <v>126.30800000000046</v>
+        <v>128.23300000000046</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" t="inlineStr">
         <is>
           <t>Retail sale of information and communication equipment in specialised stores</t>
         </is>
       </c>
       <c r="B36" t="inlineStr">
         <is>
-          <t>September 2025</t>
+          <t>December 2025</t>
         </is>
       </c>
       <c r="C36" s="2" t="n">
-        <v>167.3280000000006</v>
+        <v>195.8600000000007</v>
       </c>
       <c r="D36" s="2" t="n">
-        <v>126.95100000000045</v>
+        <v>128.88600000000045</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" t="inlineStr">
         <is>
           <t>Retail sale of information and communication equipment in specialised stores</t>
         </is>
       </c>
       <c r="B37" t="inlineStr">
         <is>
-          <t>October 2025</t>
+          <t>January 2026</t>
         </is>
       </c>
       <c r="C37" s="2" t="n">
-        <v>163.14600000000056</v>
+        <v>139.70600000000047</v>
       </c>
       <c r="D37" s="2" t="n">
-        <v>127.59700000000045</v>
+        <v>129.54200000000046</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" t="inlineStr">
         <is>
           <t>Retail sale of other household equipment in specialised stores</t>
         </is>
       </c>
       <c r="B38" t="inlineStr">
         <is>
-          <t>July 2025</t>
+          <t>October 2025</t>
         </is>
       </c>
       <c r="C38" s="2" t="n">
-        <v>95.23700000000034</v>
+        <v>86.73300000000032</v>
       </c>
       <c r="D38" s="2" t="n">
-        <v>84.3250000000003</v>
+        <v>83.7640000000003</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" t="inlineStr">
         <is>
           <t>Retail sale of other household equipment in specialised stores</t>
         </is>
       </c>
       <c r="B39" t="inlineStr">
         <is>
-          <t>August 2025</t>
+          <t>November 2025</t>
         </is>
       </c>
       <c r="C39" s="2" t="n">
-        <v>78.06100000000029</v>
+        <v>88.95300000000032</v>
       </c>
       <c r="D39" s="2" t="n">
-        <v>84.1390000000003</v>
+        <v>83.57900000000029</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" t="inlineStr">
         <is>
           <t>Retail sale of other household equipment in specialised stores</t>
         </is>
       </c>
       <c r="B40" t="inlineStr">
         <is>
-          <t>September 2025</t>
+          <t>December 2025</t>
         </is>
       </c>
       <c r="C40" s="2" t="n">
-        <v>82.9910000000003</v>
+        <v>94.08700000000034</v>
       </c>
       <c r="D40" s="2" t="n">
-        <v>83.9520000000003</v>
+        <v>83.3940000000003</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" t="inlineStr">
         <is>
           <t>Retail sale of other household equipment in specialised stores</t>
         </is>
       </c>
       <c r="B41" t="inlineStr">
         <is>
-          <t>October 2025</t>
+          <t>January 2026</t>
         </is>
       </c>
       <c r="C41" s="2" t="n">
-        <v>86.73300000000032</v>
+        <v>86.42700000000032</v>
       </c>
       <c r="D41" s="2" t="n">
-        <v>83.7670000000003</v>
+        <v>83.21000000000029</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" t="inlineStr">
         <is>
           <t>Retail sale of cultural and recreation goods in specialised stores</t>
         </is>
       </c>
       <c r="B42" t="inlineStr">
         <is>
-          <t>July 2025</t>
+          <t>October 2025</t>
         </is>
       </c>
       <c r="C42" s="2" t="n">
-        <v>100.70700000000035</v>
+        <v>89.03500000000031</v>
       </c>
       <c r="D42" s="2" t="n">
-        <v>87.0940000000003</v>
+        <v>86.4600000000003</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" t="inlineStr">
         <is>
           <t>Retail sale of cultural and recreation goods in specialised stores</t>
         </is>
       </c>
       <c r="B43" t="inlineStr">
         <is>
-          <t>August 2025</t>
+          <t>November 2025</t>
         </is>
       </c>
       <c r="C43" s="2" t="n">
-        <v>97.26500000000034</v>
+        <v>89.04500000000031</v>
       </c>
       <c r="D43" s="2" t="n">
-        <v>86.88400000000031</v>
+        <v>86.25100000000032</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" t="inlineStr">
         <is>
           <t>Retail sale of cultural and recreation goods in specialised stores</t>
         </is>
       </c>
       <c r="B44" t="inlineStr">
         <is>
-          <t>September 2025</t>
+          <t>December 2025</t>
         </is>
       </c>
       <c r="C44" s="2" t="n">
-        <v>86.33300000000031</v>
+        <v>113.6600000000004</v>
       </c>
       <c r="D44" s="2" t="n">
-        <v>86.67400000000032</v>
+        <v>86.04300000000032</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" t="inlineStr">
         <is>
           <t>Retail sale of cultural and recreation goods in specialised stores</t>
         </is>
       </c>
       <c r="B45" t="inlineStr">
         <is>
-          <t>October 2025</t>
+          <t>January 2026</t>
         </is>
       </c>
       <c r="C45" s="2" t="n">
-        <v>89.03500000000031</v>
+        <v>81.23900000000029</v>
       </c>
       <c r="D45" s="2" t="n">
-        <v>86.46500000000032</v>
+        <v>85.83500000000029</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" t="inlineStr">
         <is>
           <t>Retail sale of other goods in specialised stores</t>
         </is>
       </c>
       <c r="B46" t="inlineStr">
         <is>
-          <t>July 2025</t>
+          <t>October 2025</t>
         </is>
       </c>
       <c r="C46" s="2" t="n">
-        <v>102.98700000000036</v>
+        <v>102.89300000000037</v>
       </c>
       <c r="D46" s="2" t="n">
-        <v>97.47700000000034</v>
+        <v>97.58900000000034</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" t="inlineStr">
         <is>
           <t>Retail sale of other goods in specialised stores</t>
         </is>
       </c>
       <c r="B47" t="inlineStr">
         <is>
-          <t>August 2025</t>
+          <t>November 2025</t>
         </is>
       </c>
       <c r="C47" s="2" t="n">
-        <v>89.73200000000031</v>
+        <v>93.25300000000033</v>
       </c>
       <c r="D47" s="2" t="n">
-        <v>97.51500000000034</v>
+        <v>97.62700000000034</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" t="inlineStr">
         <is>
           <t>Retail sale of other goods in specialised stores</t>
         </is>
       </c>
       <c r="B48" t="inlineStr">
         <is>
-          <t>September 2025</t>
+          <t>December 2025</t>
         </is>
       </c>
       <c r="C48" s="2" t="n">
-        <v>96.19500000000033</v>
+        <v>116.65000000000042</v>
       </c>
       <c r="D48" s="2" t="n">
-        <v>97.55300000000034</v>
+        <v>97.66600000000034</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" t="inlineStr">
         <is>
           <t>Retail sale of other goods in specialised stores</t>
         </is>
       </c>
       <c r="B49" t="inlineStr">
         <is>
-          <t>October 2025</t>
+          <t>January 2026</t>
         </is>
       </c>
       <c r="C49" s="2" t="n">
-        <v>102.89300000000037</v>
+        <v>95.78800000000034</v>
       </c>
       <c r="D49" s="2" t="n">
-        <v>97.59200000000034</v>
+        <v>97.70400000000033</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" t="inlineStr">
         <is>
           <t>Retail sale via stalls and markets</t>
         </is>
       </c>
       <c r="B50" t="inlineStr">
         <is>
-          <t>July 2025</t>
+          <t>October 2025</t>
         </is>
       </c>
       <c r="C50" s="2" t="n">
-        <v>108.87300000000039</v>
+        <v>101.77700000000036</v>
       </c>
       <c r="D50" s="2" t="n">
-        <v>100.34400000000035</v>
+        <v>100.35500000000036</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" t="inlineStr">
         <is>
           <t>Retail sale via stalls and markets</t>
         </is>
       </c>
       <c r="B51" t="inlineStr">
         <is>
-          <t>August 2025</t>
+          <t>November 2025</t>
         </is>
       </c>
       <c r="C51" s="2" t="n">
-        <v>108.08500000000038</v>
+        <v>100.39500000000035</v>
       </c>
       <c r="D51" s="2" t="n">
-        <v>100.34700000000035</v>
+        <v>100.35600000000035</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" t="inlineStr">
         <is>
           <t>Retail sale via stalls and markets</t>
         </is>
       </c>
       <c r="B52" t="inlineStr">
         <is>
-          <t>September 2025</t>
+          <t>December 2025</t>
         </is>
       </c>
       <c r="C52" s="2" t="n">
-        <v>92.49500000000033</v>
+        <v>112.10300000000039</v>
       </c>
       <c r="D52" s="2" t="n">
-        <v>100.34900000000036</v>
+        <v>100.35700000000035</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" t="inlineStr">
         <is>
           <t>Retail sale via stalls and markets</t>
         </is>
       </c>
       <c r="B53" t="inlineStr">
         <is>
-          <t>October 2025</t>
+          <t>January 2026</t>
         </is>
       </c>
       <c r="C53" s="2" t="n">
-        <v>101.77700000000036</v>
+        <v>101.08900000000035</v>
       </c>
       <c r="D53" s="2" t="n">
-        <v>100.35000000000035</v>
+        <v>100.35800000000036</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" t="inlineStr">
         <is>
           <t>Retail sale via mail order houses or via Internet</t>
         </is>
       </c>
       <c r="B54" t="inlineStr">
         <is>
-          <t>July 2025</t>
+          <t>October 2025</t>
         </is>
       </c>
       <c r="C54" s="2" t="n">
-        <v>116.6120000000004</v>
+        <v>117.7220000000004</v>
       </c>
       <c r="D54" s="2" t="n">
-        <v>110.6670000000004</v>
+        <v>111.6180000000004</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" t="inlineStr">
         <is>
           <t>Retail sale via mail order houses or via Internet</t>
         </is>
       </c>
       <c r="B55" t="inlineStr">
         <is>
-          <t>August 2025</t>
+          <t>November 2025</t>
         </is>
       </c>
       <c r="C55" s="2" t="n">
-        <v>102.40700000000037</v>
+        <v>123.36200000000044</v>
       </c>
       <c r="D55" s="2" t="n">
-        <v>110.9820000000004</v>
+        <v>111.9360000000004</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" t="inlineStr">
         <is>
           <t>Retail sale via mail order houses or via Internet</t>
         </is>
       </c>
       <c r="B56" t="inlineStr">
         <is>
-          <t>September 2025</t>
+          <t>December 2025</t>
         </is>
       </c>
       <c r="C56" s="2" t="n">
-        <v>118.68400000000042</v>
+        <v>145.59100000000052</v>
       </c>
       <c r="D56" s="2" t="n">
-        <v>111.2980000000004</v>
+        <v>112.2540000000004</v>
       </c>
     </row>
     <row r="57">
       <c r="A57" t="inlineStr">
         <is>
           <t>Retail sale via mail order houses or via Internet</t>
         </is>
       </c>
       <c r="B57" t="inlineStr">
         <is>
-          <t>October 2025</t>
+          <t>January 2026</t>
         </is>
       </c>
       <c r="C57" s="2" t="n">
-        <v>117.7220000000004</v>
+        <v>123.02900000000044</v>
       </c>
       <c r="D57" s="2" t="n">
-        <v>111.6140000000004</v>
+        <v>112.5740000000004</v>
       </c>
     </row>
     <row r="58">
       <c r="A58" t="inlineStr">
         <is>
           <t>Retail trade not in stores, stalls or markets</t>
         </is>
       </c>
       <c r="B58" t="inlineStr">
         <is>
-          <t>July 2025</t>
+          <t>October 2025</t>
         </is>
       </c>
       <c r="C58" s="2" t="n">
-        <v>108.31600000000039</v>
+        <v>113.6170000000004</v>
       </c>
       <c r="D58" s="2" t="n">
-        <v>109.78300000000038</v>
+        <v>110.9150000000004</v>
       </c>
     </row>
     <row r="59">
       <c r="A59" t="inlineStr">
         <is>
           <t>Retail trade not in stores, stalls or markets</t>
         </is>
       </c>
       <c r="B59" t="inlineStr">
         <is>
-          <t>August 2025</t>
+          <t>November 2025</t>
         </is>
       </c>
       <c r="C59" s="2" t="n">
-        <v>95.88800000000035</v>
+        <v>117.0970000000004</v>
       </c>
       <c r="D59" s="2" t="n">
-        <v>110.1600000000004</v>
+        <v>111.2970000000004</v>
       </c>
     </row>
     <row r="60">
       <c r="A60" t="inlineStr">
         <is>
           <t>Retail trade not in stores, stalls or markets</t>
         </is>
       </c>
       <c r="B60" t="inlineStr">
         <is>
-          <t>September 2025</t>
+          <t>December 2025</t>
         </is>
       </c>
       <c r="C60" s="2" t="n">
-        <v>112.5370000000004</v>
+        <v>138.00400000000047</v>
       </c>
       <c r="D60" s="2" t="n">
-        <v>110.5390000000004</v>
+        <v>111.6800000000004</v>
       </c>
     </row>
     <row r="61">
       <c r="A61" t="inlineStr">
         <is>
           <t>Retail trade not in stores, stalls or markets</t>
         </is>
       </c>
       <c r="B61" t="inlineStr">
         <is>
-          <t>October 2025</t>
+          <t>January 2026</t>
         </is>
       </c>
       <c r="C61" s="2" t="n">
-        <v>113.6170000000004</v>
+        <v>117.58600000000041</v>
       </c>
       <c r="D61" s="2" t="n">
-        <v>110.9190000000004</v>
+        <v>112.06400000000039</v>
       </c>
     </row>
     <row r="62">
       <c r="A62" t="inlineStr">
         <is>
           <t>Retail sale of textiles, clothing, footwear and leather goods in specialised stores</t>
         </is>
       </c>
       <c r="B62" t="inlineStr">
         <is>
-          <t>July 2025</t>
+          <t>October 2025</t>
         </is>
       </c>
       <c r="C62" s="2" t="n">
-        <v>118.88600000000042</v>
+        <v>104.35700000000037</v>
       </c>
       <c r="D62" s="2" t="n">
-        <v>94.54400000000034</v>
+        <v>93.90700000000032</v>
       </c>
     </row>
     <row r="63">
       <c r="A63" t="inlineStr">
         <is>
           <t>Retail sale of textiles, clothing, footwear and leather goods in specialised stores</t>
         </is>
       </c>
       <c r="B63" t="inlineStr">
         <is>
-          <t>August 2025</t>
+          <t>November 2025</t>
         </is>
       </c>
       <c r="C63" s="2" t="n">
-        <v>87.4750000000003</v>
+        <v>90.33800000000032</v>
       </c>
       <c r="D63" s="2" t="n">
-        <v>94.33400000000034</v>
+        <v>93.69900000000032</v>
       </c>
     </row>
     <row r="64">
       <c r="A64" t="inlineStr">
         <is>
           <t>Retail sale of textiles, clothing, footwear and leather goods in specialised stores</t>
         </is>
       </c>
       <c r="B64" t="inlineStr">
         <is>
-          <t>September 2025</t>
+          <t>December 2025</t>
         </is>
       </c>
       <c r="C64" s="2" t="n">
-        <v>95.12900000000035</v>
+        <v>114.06200000000041</v>
       </c>
       <c r="D64" s="2" t="n">
-        <v>94.12400000000034</v>
+        <v>93.49000000000032</v>
       </c>
     </row>
     <row r="65">
       <c r="A65" t="inlineStr">
         <is>
           <t>Retail sale of textiles, clothing, footwear and leather goods in specialised stores</t>
         </is>
       </c>
       <c r="B65" t="inlineStr">
         <is>
-          <t>October 2025</t>
+          <t>January 2026</t>
         </is>
       </c>
       <c r="C65" s="2" t="n">
-        <v>104.35700000000037</v>
+        <v>103.51800000000037</v>
       </c>
       <c r="D65" s="2" t="n">
-        <v>93.91500000000033</v>
+        <v>93.28300000000033</v>
       </c>
     </row>
     <row r="66">
       <c r="A66" t="inlineStr">
         <is>
           <t>Retail sale of pharmaceuticals, medical and orthopaedic goods, cosmetic and toilet articles in specialised stores</t>
         </is>
       </c>
       <c r="B66" t="inlineStr">
         <is>
-          <t>July 2025</t>
+          <t>October 2025</t>
         </is>
       </c>
       <c r="C66" s="2" t="n">
-        <v>109.24300000000038</v>
+        <v>116.3590000000004</v>
       </c>
       <c r="D66" s="2" t="n">
-        <v>108.14200000000038</v>
+        <v>107.93600000000039</v>
       </c>
     </row>
     <row r="67">
       <c r="A67" t="inlineStr">
         <is>
           <t>Retail sale of pharmaceuticals, medical and orthopaedic goods, cosmetic and toilet articles in specialised stores</t>
         </is>
       </c>
       <c r="B67" t="inlineStr">
         <is>
-          <t>August 2025</t>
+          <t>November 2025</t>
         </is>
       </c>
       <c r="C67" s="2" t="n">
-        <v>102.49000000000036</v>
+        <v>110.0560000000004</v>
       </c>
       <c r="D67" s="2" t="n">
-        <v>108.25800000000038</v>
+        <v>107.54400000000038</v>
       </c>
     </row>
     <row r="68">
       <c r="A68" t="inlineStr">
         <is>
           <t>Retail sale of pharmaceuticals, medical and orthopaedic goods, cosmetic and toilet articles in specialised stores</t>
         </is>
       </c>
       <c r="B68" t="inlineStr">
         <is>
-          <t>September 2025</t>
+          <t>December 2025</t>
         </is>
       </c>
       <c r="C68" s="2" t="n">
-        <v>114.04400000000041</v>
+        <v>134.29500000000047</v>
       </c>
       <c r="D68" s="2" t="n">
-        <v>108.43900000000038</v>
+        <v>107.06500000000038</v>
       </c>
     </row>
     <row r="69">
       <c r="A69" t="inlineStr">
         <is>
           <t>Retail sale of pharmaceuticals, medical and orthopaedic goods, cosmetic and toilet articles in specialised stores</t>
         </is>
       </c>
       <c r="B69" t="inlineStr">
         <is>
-          <t>October 2025</t>
+          <t>January 2026</t>
         </is>
       </c>
       <c r="C69" s="2" t="n">
-        <v>116.3590000000004</v>
+        <v>107.95600000000039</v>
       </c>
       <c r="D69" s="2" t="n">
-        <v>108.60600000000038</v>
+        <v>106.73300000000039</v>
       </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <coreProperties xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </coreProperties>
 </file>