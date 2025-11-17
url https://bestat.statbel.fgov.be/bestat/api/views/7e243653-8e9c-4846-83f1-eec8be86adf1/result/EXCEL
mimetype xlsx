--- v0 (2025-10-18)
+++ v1 (2025-11-17)
@@ -114,51 +114,51 @@
         <is>
           <t>Data source:</t>
         </is>
       </c>
       <c r="B1" t="inlineStr">
         <is>
           <t>Indice des prix à la consommation harmonisé en base 2015 selon la nomenclature COICOP, par année, trimestre et mois</t>
         </is>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="inlineStr">
         <is>
           <t>Les agrégats spéciaux ont été revus à partir de janvier 2017. Ils sont désormais calculés sur la base du niveau le plus bas (COICOP à 5 positions) au lieu de l'avant-dernier niveau (COICOP à 4 positions). Les agrégats spéciaux pour 2017 sont encore toujours calculés à partir de l'avant-dernier niveau (COICOP à 4 positions).</t>
         </is>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="inlineStr">
         <is>
           <t>Filtres:</t>
         </is>
       </c>
       <c r="B3" t="inlineStr">
         <is>
-          <t>Date : Dernières 24 Mois(Octobre 2023, Novembre 2023, Décembre 2023, Janvier 2024, Février 2024, Mars 2024, Avril 2024, Mai 2024, Juin 2024, Juillet 2024, Août 2024, Septembre 2024, Octobre 2024, Novembre 2024, Décembre 2024, Janvier 2025, Février 2025, Mars 2025, Avril 2025, Mai 2025, Juin 2025, Juillet 2025, Août 2025, Septembre 2025)</t>
+          <t>Date : Dernières 24 Mois(Novembre 2023, Décembre 2023, Janvier 2024, Février 2024, Mars 2024, Avril 2024, Mai 2024, Juin 2024, Juillet 2024, Août 2024, Septembre 2024, Octobre 2024, Novembre 2024, Décembre 2024, Janvier 2025, Février 2025, Mars 2025, Avril 2025, Mai 2025, Juin 2025, Juillet 2025, Août 2025, Septembre 2025, Octobre 2025)</t>
         </is>
       </c>
     </row>
     <row r="4">
       <c r="B4" t="inlineStr">
         <is>
           <t xml:space="preserve">
 </t>
         </is>
       </c>
     </row>
     <row r="5">
 </row>
     <row r="6">
       <c r="A6" t="inlineStr">
         <is>
           <t xml:space="preserve">Source: </t>
         </is>
       </c>
       <c r="B6" t="inlineStr">
         <is>
           <t>Statbel (Direction générale Statistique - Statistics Belgium)</t>
         </is>
       </c>
     </row>
@@ -218,607 +218,611 @@
       </c>
       <c r="B2" t="inlineStr">
         <is>
           <t>Trimestre</t>
         </is>
       </c>
       <c r="C2" t="inlineStr">
         <is>
           <t>Mois</t>
         </is>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="inlineStr">
         <is>
           <t>2023</t>
         </is>
       </c>
       <c r="B3" t="inlineStr">
         <is>
           <t>4ème trimestre 2023</t>
         </is>
       </c>
       <c r="C3" t="inlineStr">
         <is>
-          <t>Octobre 2023</t>
+          <t>Novembre 2023</t>
         </is>
       </c>
       <c r="D3"/>
       <c r="E3" s="2" t="n">
-        <v>127.14788461123759</v>
+        <v>127.04694735829436</v>
       </c>
       <c r="F3" s="2" t="n">
-        <v>-0.01662799690641931</v>
+        <v>-0.007964394471773245</v>
       </c>
       <c r="G3" s="2" t="n">
-        <v>123.9199704376658</v>
+        <v>123.7607671426857</v>
       </c>
       <c r="H3" s="2" t="n">
-        <v>-0.04146039603960409</v>
+        <v>-0.031005324146570645</v>
       </c>
     </row>
     <row r="4">
       <c r="A4"/>
       <c r="B4"/>
       <c r="C4" t="inlineStr">
         <is>
-          <t>Novembre 2023</t>
+          <t>Décembre 2023</t>
         </is>
       </c>
       <c r="D4"/>
       <c r="E4" s="2" t="n">
-        <v>127.04694735829436</v>
+        <v>128.4538116591015</v>
       </c>
       <c r="F4" s="2" t="n">
-        <v>-0.007964394471773245</v>
+        <v>0.0053220630821005</v>
       </c>
       <c r="G4" s="2" t="n">
-        <v>123.7607671426857</v>
+        <v>124.95868469784699</v>
       </c>
       <c r="H4" s="2" t="n">
-        <v>-0.031005324146570645</v>
+        <v>-0.019767806714778915</v>
       </c>
     </row>
     <row r="5">
-      <c r="A5"/>
-      <c r="B5"/>
+      <c r="A5" t="inlineStr">
+        <is>
+          <t>2024</t>
+        </is>
+      </c>
+      <c r="B5" t="inlineStr">
+        <is>
+          <t>1er trimestre 2024</t>
+        </is>
+      </c>
       <c r="C5" t="inlineStr">
         <is>
-          <t>Décembre 2023</t>
+          <t>Janvier 2024</t>
         </is>
       </c>
       <c r="D5"/>
       <c r="E5" s="2" t="n">
-        <v>128.4538116591015</v>
+        <v>127.51231906589244</v>
       </c>
       <c r="F5" s="2" t="n">
-        <v>0.0053220630821005</v>
+        <v>0.014722266433232763</v>
       </c>
       <c r="G5" s="2" t="n">
-        <v>124.95868469784699</v>
+        <v>124.03743820738032</v>
       </c>
       <c r="H5" s="2" t="n">
-        <v>-0.019767806714778915</v>
+        <v>-0.010687509969692071</v>
       </c>
     </row>
     <row r="6">
-      <c r="A6" t="inlineStr">
-[...8 lines deleted...]
-      </c>
+      <c r="A6"/>
+      <c r="B6"/>
       <c r="C6" t="inlineStr">
         <is>
-          <t>Janvier 2024</t>
+          <t>Février 2024</t>
         </is>
       </c>
       <c r="D6"/>
       <c r="E6" s="2" t="n">
-        <v>127.51231906589244</v>
+        <v>130.54069547373823</v>
       </c>
       <c r="F6" s="2" t="n">
-        <v>0.014722266433232763</v>
+        <v>0.03611397729978573</v>
       </c>
       <c r="G6" s="2" t="n">
-        <v>124.03743820738032</v>
+        <v>126.98278428325234</v>
       </c>
       <c r="H6" s="2" t="n">
-        <v>-0.010687509969692071</v>
+        <v>0.010424126680989946</v>
       </c>
     </row>
     <row r="7">
       <c r="A7"/>
       <c r="B7"/>
       <c r="C7" t="inlineStr">
         <is>
-          <t>Février 2024</t>
+          <t>Mars 2024</t>
         </is>
       </c>
       <c r="D7"/>
       <c r="E7" s="2" t="n">
-        <v>130.54069547373823</v>
+        <v>131.04966231293074</v>
       </c>
       <c r="F7" s="2" t="n">
-        <v>0.03611397729978573</v>
+        <v>0.03818426681454504</v>
       </c>
       <c r="G7" s="2" t="n">
-        <v>126.98278428325234</v>
+        <v>127.35070725707651</v>
       </c>
       <c r="H7" s="2" t="n">
-        <v>0.010424126680989946</v>
+        <v>0.0120797901931176</v>
       </c>
     </row>
     <row r="8">
       <c r="A8"/>
-      <c r="B8"/>
+      <c r="B8" t="inlineStr">
+        <is>
+          <t>2ème trimestre 2024</t>
+        </is>
+      </c>
       <c r="C8" t="inlineStr">
         <is>
-          <t>Mars 2024</t>
+          <t>Avril 2024</t>
         </is>
       </c>
       <c r="D8"/>
       <c r="E8" s="2" t="n">
-        <v>131.04966231293074</v>
+        <v>130.71551900457277</v>
       </c>
       <c r="F8" s="2" t="n">
-        <v>0.03818426681454504</v>
+        <v>0.04869634977938237</v>
       </c>
       <c r="G8" s="2" t="n">
-        <v>127.35070725707651</v>
+        <v>126.8265610024432</v>
       </c>
       <c r="H8" s="2" t="n">
-        <v>0.0120797901931176</v>
+        <v>0.040784506811094946</v>
       </c>
     </row>
     <row r="9">
       <c r="A9"/>
-      <c r="B9" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="B9"/>
       <c r="C9" t="inlineStr">
         <is>
-          <t>Avril 2024</t>
+          <t>Mai 2024</t>
         </is>
       </c>
       <c r="D9"/>
       <c r="E9" s="2" t="n">
-        <v>130.71551900457277</v>
+        <v>130.9802491770589</v>
       </c>
       <c r="F9" s="2" t="n">
-        <v>0.04869634977938237</v>
+        <v>0.048594988391642065</v>
       </c>
       <c r="G9" s="2" t="n">
-        <v>126.8265610024432</v>
+        <v>126.99225954783917</v>
       </c>
       <c r="H9" s="2" t="n">
-        <v>0.040784506811094946</v>
+        <v>0.03868804187796507</v>
       </c>
     </row>
     <row r="10">
       <c r="A10"/>
       <c r="B10"/>
       <c r="C10" t="inlineStr">
         <is>
-          <t>Mai 2024</t>
+          <t>Juin 2024</t>
         </is>
       </c>
       <c r="D10"/>
       <c r="E10" s="2" t="n">
-        <v>130.9802491770589</v>
+        <v>131.5606857715152</v>
       </c>
       <c r="F10" s="2" t="n">
-        <v>0.048594988391642065</v>
+        <v>0.054251141918423035</v>
       </c>
       <c r="G10" s="2" t="n">
-        <v>126.99225954783917</v>
+        <v>127.50418250599765</v>
       </c>
       <c r="H10" s="2" t="n">
-        <v>0.03868804187796507</v>
+        <v>0.04508196721311502</v>
       </c>
     </row>
     <row r="11">
       <c r="A11"/>
-      <c r="B11"/>
+      <c r="B11" t="inlineStr">
+        <is>
+          <t>3ème trimestre 2024</t>
+        </is>
+      </c>
       <c r="C11" t="inlineStr">
         <is>
-          <t>Juin 2024</t>
+          <t>Juillet 2024</t>
         </is>
       </c>
       <c r="D11"/>
       <c r="E11" s="2" t="n">
-        <v>131.5606857715152</v>
+        <v>130.7554253464438</v>
       </c>
       <c r="F11" s="2" t="n">
-        <v>0.054251141918423035</v>
+        <v>0.05409109230149142</v>
       </c>
       <c r="G11" s="2" t="n">
-        <v>127.50418250599765</v>
+        <v>126.54416968079369</v>
       </c>
       <c r="H11" s="2" t="n">
-        <v>0.04508196721311502</v>
+        <v>0.04509415262636301</v>
       </c>
     </row>
     <row r="12">
       <c r="A12"/>
-      <c r="B12" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="B12"/>
       <c r="C12" t="inlineStr">
         <is>
-          <t>Juillet 2024</t>
+          <t>Août 2024</t>
         </is>
       </c>
       <c r="D12"/>
       <c r="E12" s="2" t="n">
-        <v>130.7554253464438</v>
+        <v>132.7325321536095</v>
       </c>
       <c r="F12" s="2" t="n">
-        <v>0.05409109230149142</v>
+        <v>0.04347484276729567</v>
       </c>
       <c r="G12" s="2" t="n">
-        <v>126.54416968079369</v>
+        <v>128.28086723272182</v>
       </c>
       <c r="H12" s="2" t="n">
-        <v>0.04509415262636301</v>
+        <v>0.03301658882267689</v>
       </c>
     </row>
     <row r="13">
       <c r="A13"/>
       <c r="B13"/>
       <c r="C13" t="inlineStr">
         <is>
-          <t>Août 2024</t>
+          <t>Septembre 2024</t>
         </is>
       </c>
       <c r="D13"/>
       <c r="E13" s="2" t="n">
-        <v>132.7325321536095</v>
+        <v>132.2117945807096</v>
       </c>
       <c r="F13" s="2" t="n">
-        <v>0.04347484276729567</v>
+        <v>0.043241537126174</v>
       </c>
       <c r="G13" s="2" t="n">
-        <v>128.28086723272182</v>
+        <v>127.67125245123431</v>
       </c>
       <c r="H13" s="2" t="n">
-        <v>0.03301658882267689</v>
+        <v>0.03317957433033925</v>
       </c>
     </row>
     <row r="14">
       <c r="A14"/>
-      <c r="B14"/>
+      <c r="B14" t="inlineStr">
+        <is>
+          <t>4ème trimestre 2024</t>
+        </is>
+      </c>
       <c r="C14" t="inlineStr">
         <is>
-          <t>Septembre 2024</t>
+          <t>Octobre 2024</t>
         </is>
       </c>
       <c r="D14"/>
       <c r="E14" s="2" t="n">
-        <v>132.2117945807096</v>
+        <v>132.8970781263938</v>
       </c>
       <c r="F14" s="2" t="n">
-        <v>0.043241537126174</v>
+        <v>0.04522217852929627</v>
       </c>
       <c r="G14" s="2" t="n">
-        <v>127.67125245123431</v>
+        <v>128.23331682000966</v>
       </c>
       <c r="H14" s="2" t="n">
-        <v>0.03317957433033925</v>
+        <v>0.03478050355067798</v>
       </c>
     </row>
     <row r="15">
       <c r="A15"/>
-      <c r="B15" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="B15"/>
       <c r="C15" t="inlineStr">
         <is>
-          <t>Octobre 2024</t>
+          <t>Novembre 2024</t>
         </is>
       </c>
       <c r="D15"/>
       <c r="E15" s="2" t="n">
-        <v>132.8970781263938</v>
+        <v>133.12750242362029</v>
       </c>
       <c r="F15" s="2" t="n">
-        <v>0.04522217852929627</v>
+        <v>0.047855175127902556</v>
       </c>
       <c r="G15" s="2" t="n">
-        <v>128.23331682000966</v>
+        <v>128.41993282727464</v>
       </c>
       <c r="H15" s="2" t="n">
-        <v>0.03478050355067798</v>
+        <v>0.03765352294764059</v>
       </c>
     </row>
     <row r="16">
       <c r="A16"/>
       <c r="B16"/>
       <c r="C16" t="inlineStr">
         <is>
-          <t>Novembre 2024</t>
+          <t>Décembre 2024</t>
         </is>
       </c>
       <c r="D16"/>
       <c r="E16" s="2" t="n">
-        <v>133.12750242362029</v>
+        <v>134.11584669809005</v>
       </c>
       <c r="F16" s="2" t="n">
-        <v>0.047855175127902556</v>
+        <v>0.04414168937329726</v>
       </c>
       <c r="G16" s="2" t="n">
-        <v>128.41993282727464</v>
+        <v>129.4158048538569</v>
       </c>
       <c r="H16" s="2" t="n">
-        <v>0.03765352294764059</v>
+        <v>0.03569142125480153</v>
       </c>
     </row>
     <row r="17">
-      <c r="A17"/>
-      <c r="B17"/>
+      <c r="A17" t="inlineStr">
+        <is>
+          <t>2025</t>
+        </is>
+      </c>
+      <c r="B17" t="inlineStr">
+        <is>
+          <t>1er trimestre 2025</t>
+        </is>
+      </c>
       <c r="C17" t="inlineStr">
         <is>
-          <t>Décembre 2024</t>
+          <t>Janvier 2025</t>
         </is>
       </c>
       <c r="D17"/>
       <c r="E17" s="2" t="n">
-        <v>134.11584669809005</v>
+        <v>133.07474093321272</v>
       </c>
       <c r="F17" s="2" t="n">
-        <v>0.04414168937329726</v>
+        <v>0.04360442318249562</v>
       </c>
       <c r="G17" s="2" t="n">
-        <v>129.4158048538569</v>
+        <v>128.41774145726797</v>
       </c>
       <c r="H17" s="2" t="n">
-        <v>0.03569142125480153</v>
+        <v>0.035311189938729406</v>
       </c>
     </row>
     <row r="18">
-      <c r="A18" t="inlineStr">
-[...8 lines deleted...]
-      </c>
+      <c r="A18"/>
+      <c r="B18"/>
       <c r="C18" t="inlineStr">
         <is>
-          <t>Janvier 2025</t>
+          <t>Février 2025</t>
         </is>
       </c>
       <c r="D18"/>
       <c r="E18" s="2" t="n">
-        <v>133.07474093321272</v>
+        <v>136.32301912850602</v>
       </c>
       <c r="F18" s="2" t="n">
-        <v>0.04360442318249562</v>
+        <v>0.0442776160563813</v>
       </c>
       <c r="G18" s="2" t="n">
-        <v>128.41774145726797</v>
+        <v>131.55222799483664</v>
       </c>
       <c r="H18" s="2" t="n">
-        <v>0.035311189938729406</v>
+        <v>0.03598991967238953</v>
       </c>
     </row>
     <row r="19">
       <c r="A19"/>
       <c r="B19"/>
       <c r="C19" t="inlineStr">
         <is>
-          <t>Février 2025</t>
+          <t>Mars 2025</t>
         </is>
       </c>
       <c r="D19"/>
       <c r="E19" s="2" t="n">
-        <v>136.32301912850602</v>
+        <v>135.70611592537153</v>
       </c>
       <c r="F19" s="2" t="n">
-        <v>0.0442776160563813</v>
+        <v>0.03555894696680663</v>
       </c>
       <c r="G19" s="2" t="n">
-        <v>131.55222799483664</v>
+        <v>130.9569406464267</v>
       </c>
       <c r="H19" s="2" t="n">
-        <v>0.03598991967238953</v>
+        <v>0.02834707499018473</v>
       </c>
     </row>
     <row r="20">
       <c r="A20"/>
-      <c r="B20"/>
+      <c r="B20" t="inlineStr">
+        <is>
+          <t>2ème trimestre 2025</t>
+        </is>
+      </c>
       <c r="C20" t="inlineStr">
         <is>
-          <t>Mars 2025</t>
+          <t>Avril 2025</t>
         </is>
       </c>
       <c r="D20"/>
       <c r="E20" s="2" t="n">
-        <v>135.70611592537153</v>
+        <v>134.79118197065011</v>
       </c>
       <c r="F20" s="2" t="n">
-        <v>0.03555894696680663</v>
+        <v>0.03113525091799263</v>
       </c>
       <c r="G20" s="2" t="n">
-        <v>130.9569406464267</v>
+        <v>130.09581342887415</v>
       </c>
       <c r="H20" s="2" t="n">
-        <v>0.02834707499018473</v>
+        <v>0.02578254356224883</v>
       </c>
     </row>
     <row r="21">
       <c r="A21"/>
-      <c r="B21" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="B21"/>
       <c r="C21" t="inlineStr">
         <is>
-          <t>Avril 2025</t>
+          <t>Mai 2025</t>
         </is>
       </c>
       <c r="D21"/>
       <c r="E21" s="2" t="n">
-        <v>134.79118197065011</v>
+        <v>134.67081868667984</v>
       </c>
       <c r="F21" s="2" t="n">
-        <v>0.03113525091799263</v>
+        <v>0.028172240036646968</v>
       </c>
       <c r="G21" s="2" t="n">
-        <v>130.09581342887415</v>
+        <v>129.9810789241183</v>
       </c>
       <c r="H21" s="2" t="n">
-        <v>0.02578254356224883</v>
+        <v>0.02354516103630208</v>
       </c>
     </row>
     <row r="22">
       <c r="A22"/>
       <c r="B22"/>
       <c r="C22" t="inlineStr">
         <is>
-          <t>Mai 2025</t>
+          <t>Juin 2025</t>
         </is>
       </c>
       <c r="D22"/>
       <c r="E22" s="2" t="n">
-        <v>134.67081868667984</v>
+        <v>135.32269737886045</v>
       </c>
       <c r="F22" s="2" t="n">
-        <v>0.028172240036646968</v>
+        <v>0.028580115536637297</v>
       </c>
       <c r="G22" s="2" t="n">
-        <v>129.9810789241183</v>
+        <v>130.6107570400799</v>
       </c>
       <c r="H22" s="2" t="n">
-        <v>0.02354516103630208</v>
+        <v>0.024392156862745294</v>
       </c>
     </row>
     <row r="23">
       <c r="A23"/>
-      <c r="B23"/>
+      <c r="B23" t="inlineStr">
+        <is>
+          <t>3ème trimestre 2025</t>
+        </is>
+      </c>
       <c r="C23" t="inlineStr">
         <is>
-          <t>Juin 2025</t>
+          <t>Juillet 2025</t>
         </is>
       </c>
       <c r="D23"/>
       <c r="E23" s="2" t="n">
-        <v>135.32269737886045</v>
+        <v>134.17430391682794</v>
       </c>
       <c r="F23" s="2" t="n">
-        <v>0.028580115536637297</v>
+        <v>0.026078311410217308</v>
       </c>
       <c r="G23" s="2" t="n">
-        <v>130.6107570400799</v>
+        <v>129.51505082791255</v>
       </c>
       <c r="H23" s="2" t="n">
-        <v>0.024392156862745294</v>
+        <v>0.023549865655129038</v>
       </c>
     </row>
     <row r="24">
       <c r="A24"/>
-      <c r="B24" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="B24"/>
       <c r="C24" t="inlineStr">
         <is>
-          <t>Juillet 2025</t>
+          <t>Août 2025</t>
         </is>
       </c>
       <c r="D24"/>
       <c r="E24" s="2" t="n">
-        <v>134.17430391682794</v>
+        <v>136.19315488608112</v>
       </c>
       <c r="F24" s="2" t="n">
-        <v>0.026078311410217308</v>
+        <v>0.0260679575077226</v>
       </c>
       <c r="G24" s="2" t="n">
-        <v>129.51505082791255</v>
+        <v>131.459644222776</v>
       </c>
       <c r="H24" s="2" t="n">
-        <v>0.023549865655129038</v>
+        <v>0.02478952291861578</v>
       </c>
     </row>
     <row r="25">
       <c r="A25"/>
       <c r="B25"/>
       <c r="C25" t="inlineStr">
         <is>
-          <t>Août 2025</t>
+          <t>Septembre 2025</t>
         </is>
       </c>
       <c r="D25"/>
       <c r="E25" s="2" t="n">
-        <v>136.19315488608112</v>
+        <v>135.76093649321433</v>
       </c>
       <c r="F25" s="2" t="n">
-        <v>0.0260679575077226</v>
+        <v>0.026851221541486985</v>
       </c>
       <c r="G25" s="2" t="n">
-        <v>131.459644222776</v>
+        <v>131.04573516601187</v>
       </c>
       <c r="H25" s="2" t="n">
-        <v>0.02478952291861578</v>
+        <v>0.026474504582126062</v>
       </c>
     </row>
     <row r="26">
       <c r="A26"/>
-      <c r="B26"/>
+      <c r="B26" t="inlineStr">
+        <is>
+          <t>4ème trimestre 2025</t>
+        </is>
+      </c>
       <c r="C26" t="inlineStr">
         <is>
-          <t>Septembre 2025</t>
+          <t>Octobre 2025</t>
         </is>
       </c>
       <c r="D26"/>
       <c r="E26" s="2" t="n">
-        <v>135.76093649321433</v>
+        <v>136.25751105996713</v>
       </c>
       <c r="F26" s="2" t="n">
-        <v>0.026851221541486985</v>
+        <v>0.025282167042889415</v>
       </c>
       <c r="G26" s="2" t="n">
-        <v>131.04573516601187</v>
+        <v>131.52407429418056</v>
       </c>
       <c r="H26" s="2" t="n">
-        <v>0.026474504582126062</v>
+        <v>0.025657022537627895</v>
       </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <cols>
     <col min="1" max="1" width="6.0625" customWidth="true"/>
     <col min="2" max="2" width="17.87890625" customWidth="true"/>
     <col min="3" max="3" width="14.3203125" customWidth="true"/>
     <col min="4" max="4" width="10.29296875" customWidth="true"/>
     <col min="5" max="5" width="13.33203125" customWidth="true"/>
     <col min="6" max="6" width="33.81640625" customWidth="true"/>
     <col min="7" max="7" width="36.85546875" customWidth="true"/>
   </cols>
   <sheetData>
     <row r="1">
@@ -849,725 +853,725 @@
       </c>
       <c r="F1" t="inlineStr">
         <is>
           <t>Indice IPCH à taux de taxation constants</t>
         </is>
       </c>
       <c r="G1" t="inlineStr">
         <is>
           <t>Inflation (IPCH à taux de taxation constants)</t>
         </is>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="inlineStr">
         <is>
           <t>2023</t>
         </is>
       </c>
       <c r="B2" t="inlineStr">
         <is>
           <t>4ème trimestre 2023</t>
         </is>
       </c>
       <c r="C2" t="inlineStr">
         <is>
-          <t>Octobre 2023</t>
+          <t>Novembre 2023</t>
         </is>
       </c>
       <c r="D2" s="2" t="n">
-        <v>127.14788461123759</v>
+        <v>127.04694735829436</v>
       </c>
       <c r="E2" s="2" t="n">
-        <v>-0.01662799690641931</v>
+        <v>-0.007964394471773245</v>
       </c>
       <c r="F2" s="2" t="n">
-        <v>123.9199704376658</v>
+        <v>123.7607671426857</v>
       </c>
       <c r="G2" s="2" t="n">
-        <v>-0.04146039603960409</v>
+        <v>-0.031005324146570645</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="inlineStr">
         <is>
           <t>2023</t>
         </is>
       </c>
       <c r="B3" t="inlineStr">
         <is>
           <t>4ème trimestre 2023</t>
         </is>
       </c>
       <c r="C3" t="inlineStr">
         <is>
-          <t>Novembre 2023</t>
+          <t>Décembre 2023</t>
         </is>
       </c>
       <c r="D3" s="2" t="n">
-        <v>127.04694735829436</v>
+        <v>128.4538116591015</v>
       </c>
       <c r="E3" s="2" t="n">
-        <v>-0.007964394471773245</v>
+        <v>0.0053220630821005</v>
       </c>
       <c r="F3" s="2" t="n">
-        <v>123.7607671426857</v>
+        <v>124.95868469784699</v>
       </c>
       <c r="G3" s="2" t="n">
-        <v>-0.031005324146570645</v>
+        <v>-0.019767806714778915</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="inlineStr">
         <is>
-          <t>2023</t>
+          <t>2024</t>
         </is>
       </c>
       <c r="B4" t="inlineStr">
         <is>
-          <t>4ème trimestre 2023</t>
+          <t>1er trimestre 2024</t>
         </is>
       </c>
       <c r="C4" t="inlineStr">
         <is>
-          <t>Décembre 2023</t>
+          <t>Janvier 2024</t>
         </is>
       </c>
       <c r="D4" s="2" t="n">
-        <v>128.4538116591015</v>
+        <v>127.51231906589244</v>
       </c>
       <c r="E4" s="2" t="n">
-        <v>0.0053220630821005</v>
+        <v>0.014722266433232763</v>
       </c>
       <c r="F4" s="2" t="n">
-        <v>124.95868469784699</v>
+        <v>124.03743820738032</v>
       </c>
       <c r="G4" s="2" t="n">
-        <v>-0.019767806714778915</v>
+        <v>-0.010687509969692071</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="B5" t="inlineStr">
         <is>
           <t>1er trimestre 2024</t>
         </is>
       </c>
       <c r="C5" t="inlineStr">
         <is>
-          <t>Janvier 2024</t>
+          <t>Février 2024</t>
         </is>
       </c>
       <c r="D5" s="2" t="n">
-        <v>127.51231906589244</v>
+        <v>130.54069547373823</v>
       </c>
       <c r="E5" s="2" t="n">
-        <v>0.014722266433232763</v>
+        <v>0.03611397729978573</v>
       </c>
       <c r="F5" s="2" t="n">
-        <v>124.03743820738032</v>
+        <v>126.98278428325234</v>
       </c>
       <c r="G5" s="2" t="n">
-        <v>-0.010687509969692071</v>
+        <v>0.010424126680989946</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="B6" t="inlineStr">
         <is>
           <t>1er trimestre 2024</t>
         </is>
       </c>
       <c r="C6" t="inlineStr">
         <is>
-          <t>Février 2024</t>
+          <t>Mars 2024</t>
         </is>
       </c>
       <c r="D6" s="2" t="n">
-        <v>130.54069547373823</v>
+        <v>131.04966231293074</v>
       </c>
       <c r="E6" s="2" t="n">
-        <v>0.03611397729978573</v>
+        <v>0.03818426681454504</v>
       </c>
       <c r="F6" s="2" t="n">
-        <v>126.98278428325234</v>
+        <v>127.35070725707651</v>
       </c>
       <c r="G6" s="2" t="n">
-        <v>0.010424126680989946</v>
+        <v>0.0120797901931176</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="B7" t="inlineStr">
         <is>
-          <t>1er trimestre 2024</t>
+          <t>2ème trimestre 2024</t>
         </is>
       </c>
       <c r="C7" t="inlineStr">
         <is>
-          <t>Mars 2024</t>
+          <t>Avril 2024</t>
         </is>
       </c>
       <c r="D7" s="2" t="n">
-        <v>131.04966231293074</v>
+        <v>130.71551900457277</v>
       </c>
       <c r="E7" s="2" t="n">
-        <v>0.03818426681454504</v>
+        <v>0.04869634977938237</v>
       </c>
       <c r="F7" s="2" t="n">
-        <v>127.35070725707651</v>
+        <v>126.8265610024432</v>
       </c>
       <c r="G7" s="2" t="n">
-        <v>0.0120797901931176</v>
+        <v>0.040784506811094946</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="B8" t="inlineStr">
         <is>
           <t>2ème trimestre 2024</t>
         </is>
       </c>
       <c r="C8" t="inlineStr">
         <is>
-          <t>Avril 2024</t>
+          <t>Mai 2024</t>
         </is>
       </c>
       <c r="D8" s="2" t="n">
-        <v>130.71551900457277</v>
+        <v>130.9802491770589</v>
       </c>
       <c r="E8" s="2" t="n">
-        <v>0.04869634977938237</v>
+        <v>0.048594988391642065</v>
       </c>
       <c r="F8" s="2" t="n">
-        <v>126.8265610024432</v>
+        <v>126.99225954783917</v>
       </c>
       <c r="G8" s="2" t="n">
-        <v>0.040784506811094946</v>
+        <v>0.03868804187796507</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="B9" t="inlineStr">
         <is>
           <t>2ème trimestre 2024</t>
         </is>
       </c>
       <c r="C9" t="inlineStr">
         <is>
-          <t>Mai 2024</t>
+          <t>Juin 2024</t>
         </is>
       </c>
       <c r="D9" s="2" t="n">
-        <v>130.9802491770589</v>
+        <v>131.5606857715152</v>
       </c>
       <c r="E9" s="2" t="n">
-        <v>0.048594988391642065</v>
+        <v>0.054251141918423035</v>
       </c>
       <c r="F9" s="2" t="n">
-        <v>126.99225954783917</v>
+        <v>127.50418250599765</v>
       </c>
       <c r="G9" s="2" t="n">
-        <v>0.03868804187796507</v>
+        <v>0.04508196721311502</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="B10" t="inlineStr">
         <is>
-          <t>2ème trimestre 2024</t>
+          <t>3ème trimestre 2024</t>
         </is>
       </c>
       <c r="C10" t="inlineStr">
         <is>
-          <t>Juin 2024</t>
+          <t>Juillet 2024</t>
         </is>
       </c>
       <c r="D10" s="2" t="n">
-        <v>131.5606857715152</v>
+        <v>130.7554253464438</v>
       </c>
       <c r="E10" s="2" t="n">
-        <v>0.054251141918423035</v>
+        <v>0.05409109230149142</v>
       </c>
       <c r="F10" s="2" t="n">
-        <v>127.50418250599765</v>
+        <v>126.54416968079369</v>
       </c>
       <c r="G10" s="2" t="n">
-        <v>0.04508196721311502</v>
+        <v>0.04509415262636301</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="B11" t="inlineStr">
         <is>
           <t>3ème trimestre 2024</t>
         </is>
       </c>
       <c r="C11" t="inlineStr">
         <is>
-          <t>Juillet 2024</t>
+          <t>Août 2024</t>
         </is>
       </c>
       <c r="D11" s="2" t="n">
-        <v>130.7554253464438</v>
+        <v>132.7325321536095</v>
       </c>
       <c r="E11" s="2" t="n">
-        <v>0.05409109230149142</v>
+        <v>0.04347484276729567</v>
       </c>
       <c r="F11" s="2" t="n">
-        <v>126.54416968079369</v>
+        <v>128.28086723272182</v>
       </c>
       <c r="G11" s="2" t="n">
-        <v>0.04509415262636301</v>
+        <v>0.03301658882267689</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="B12" t="inlineStr">
         <is>
           <t>3ème trimestre 2024</t>
         </is>
       </c>
       <c r="C12" t="inlineStr">
         <is>
-          <t>Août 2024</t>
+          <t>Septembre 2024</t>
         </is>
       </c>
       <c r="D12" s="2" t="n">
-        <v>132.7325321536095</v>
+        <v>132.2117945807096</v>
       </c>
       <c r="E12" s="2" t="n">
-        <v>0.04347484276729567</v>
+        <v>0.043241537126174</v>
       </c>
       <c r="F12" s="2" t="n">
-        <v>128.28086723272182</v>
+        <v>127.67125245123431</v>
       </c>
       <c r="G12" s="2" t="n">
-        <v>0.03301658882267689</v>
+        <v>0.03317957433033925</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="B13" t="inlineStr">
         <is>
-          <t>3ème trimestre 2024</t>
+          <t>4ème trimestre 2024</t>
         </is>
       </c>
       <c r="C13" t="inlineStr">
         <is>
-          <t>Septembre 2024</t>
+          <t>Octobre 2024</t>
         </is>
       </c>
       <c r="D13" s="2" t="n">
-        <v>132.2117945807096</v>
+        <v>132.8970781263938</v>
       </c>
       <c r="E13" s="2" t="n">
-        <v>0.043241537126174</v>
+        <v>0.04522217852929627</v>
       </c>
       <c r="F13" s="2" t="n">
-        <v>127.67125245123431</v>
+        <v>128.23331682000966</v>
       </c>
       <c r="G13" s="2" t="n">
-        <v>0.03317957433033925</v>
+        <v>0.03478050355067798</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="B14" t="inlineStr">
         <is>
           <t>4ème trimestre 2024</t>
         </is>
       </c>
       <c r="C14" t="inlineStr">
         <is>
-          <t>Octobre 2024</t>
+          <t>Novembre 2024</t>
         </is>
       </c>
       <c r="D14" s="2" t="n">
-        <v>132.8970781263938</v>
+        <v>133.12750242362029</v>
       </c>
       <c r="E14" s="2" t="n">
-        <v>0.04522217852929627</v>
+        <v>0.047855175127902556</v>
       </c>
       <c r="F14" s="2" t="n">
-        <v>128.23331682000966</v>
+        <v>128.41993282727464</v>
       </c>
       <c r="G14" s="2" t="n">
-        <v>0.03478050355067798</v>
+        <v>0.03765352294764059</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="B15" t="inlineStr">
         <is>
           <t>4ème trimestre 2024</t>
         </is>
       </c>
       <c r="C15" t="inlineStr">
         <is>
-          <t>Novembre 2024</t>
+          <t>Décembre 2024</t>
         </is>
       </c>
       <c r="D15" s="2" t="n">
-        <v>133.12750242362029</v>
+        <v>134.11584669809005</v>
       </c>
       <c r="E15" s="2" t="n">
-        <v>0.047855175127902556</v>
+        <v>0.04414168937329726</v>
       </c>
       <c r="F15" s="2" t="n">
-        <v>128.41993282727464</v>
+        <v>129.4158048538569</v>
       </c>
       <c r="G15" s="2" t="n">
-        <v>0.03765352294764059</v>
+        <v>0.03569142125480153</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="B16" t="inlineStr">
         <is>
-          <t>4ème trimestre 2024</t>
+          <t>1er trimestre 2025</t>
         </is>
       </c>
       <c r="C16" t="inlineStr">
         <is>
-          <t>Décembre 2024</t>
+          <t>Janvier 2025</t>
         </is>
       </c>
       <c r="D16" s="2" t="n">
-        <v>134.11584669809005</v>
+        <v>133.07474093321272</v>
       </c>
       <c r="E16" s="2" t="n">
-        <v>0.04414168937329726</v>
+        <v>0.04360442318249562</v>
       </c>
       <c r="F16" s="2" t="n">
-        <v>129.4158048538569</v>
+        <v>128.41774145726797</v>
       </c>
       <c r="G16" s="2" t="n">
-        <v>0.03569142125480153</v>
+        <v>0.035311189938729406</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="B17" t="inlineStr">
         <is>
           <t>1er trimestre 2025</t>
         </is>
       </c>
       <c r="C17" t="inlineStr">
         <is>
-          <t>Janvier 2025</t>
+          <t>Février 2025</t>
         </is>
       </c>
       <c r="D17" s="2" t="n">
-        <v>133.07474093321272</v>
+        <v>136.32301912850602</v>
       </c>
       <c r="E17" s="2" t="n">
-        <v>0.04360442318249562</v>
+        <v>0.0442776160563813</v>
       </c>
       <c r="F17" s="2" t="n">
-        <v>128.41774145726797</v>
+        <v>131.55222799483664</v>
       </c>
       <c r="G17" s="2" t="n">
-        <v>0.035311189938729406</v>
+        <v>0.03598991967238953</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="B18" t="inlineStr">
         <is>
           <t>1er trimestre 2025</t>
         </is>
       </c>
       <c r="C18" t="inlineStr">
         <is>
-          <t>Février 2025</t>
+          <t>Mars 2025</t>
         </is>
       </c>
       <c r="D18" s="2" t="n">
-        <v>136.32301912850602</v>
+        <v>135.70611592537153</v>
       </c>
       <c r="E18" s="2" t="n">
-        <v>0.0442776160563813</v>
+        <v>0.03555894696680663</v>
       </c>
       <c r="F18" s="2" t="n">
-        <v>131.55222799483664</v>
+        <v>130.9569406464267</v>
       </c>
       <c r="G18" s="2" t="n">
-        <v>0.03598991967238953</v>
+        <v>0.02834707499018473</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="B19" t="inlineStr">
         <is>
-          <t>1er trimestre 2025</t>
+          <t>2ème trimestre 2025</t>
         </is>
       </c>
       <c r="C19" t="inlineStr">
         <is>
-          <t>Mars 2025</t>
+          <t>Avril 2025</t>
         </is>
       </c>
       <c r="D19" s="2" t="n">
-        <v>135.70611592537153</v>
+        <v>134.79118197065011</v>
       </c>
       <c r="E19" s="2" t="n">
-        <v>0.03555894696680663</v>
+        <v>0.03113525091799263</v>
       </c>
       <c r="F19" s="2" t="n">
-        <v>130.9569406464267</v>
+        <v>130.09581342887415</v>
       </c>
       <c r="G19" s="2" t="n">
-        <v>0.02834707499018473</v>
+        <v>0.02578254356224883</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="B20" t="inlineStr">
         <is>
           <t>2ème trimestre 2025</t>
         </is>
       </c>
       <c r="C20" t="inlineStr">
         <is>
-          <t>Avril 2025</t>
+          <t>Mai 2025</t>
         </is>
       </c>
       <c r="D20" s="2" t="n">
-        <v>134.79118197065011</v>
+        <v>134.67081868667984</v>
       </c>
       <c r="E20" s="2" t="n">
-        <v>0.03113525091799263</v>
+        <v>0.028172240036646968</v>
       </c>
       <c r="F20" s="2" t="n">
-        <v>130.09581342887415</v>
+        <v>129.9810789241183</v>
       </c>
       <c r="G20" s="2" t="n">
-        <v>0.02578254356224883</v>
+        <v>0.02354516103630208</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="B21" t="inlineStr">
         <is>
           <t>2ème trimestre 2025</t>
         </is>
       </c>
       <c r="C21" t="inlineStr">
         <is>
-          <t>Mai 2025</t>
+          <t>Juin 2025</t>
         </is>
       </c>
       <c r="D21" s="2" t="n">
-        <v>134.67081868667984</v>
+        <v>135.32269737886045</v>
       </c>
       <c r="E21" s="2" t="n">
-        <v>0.028172240036646968</v>
+        <v>0.028580115536637297</v>
       </c>
       <c r="F21" s="2" t="n">
-        <v>129.9810789241183</v>
+        <v>130.6107570400799</v>
       </c>
       <c r="G21" s="2" t="n">
-        <v>0.02354516103630208</v>
+        <v>0.024392156862745294</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="B22" t="inlineStr">
         <is>
-          <t>2ème trimestre 2025</t>
+          <t>3ème trimestre 2025</t>
         </is>
       </c>
       <c r="C22" t="inlineStr">
         <is>
-          <t>Juin 2025</t>
+          <t>Juillet 2025</t>
         </is>
       </c>
       <c r="D22" s="2" t="n">
-        <v>135.32269737886045</v>
+        <v>134.17430391682794</v>
       </c>
       <c r="E22" s="2" t="n">
-        <v>0.028580115536637297</v>
+        <v>0.026078311410217308</v>
       </c>
       <c r="F22" s="2" t="n">
-        <v>130.6107570400799</v>
+        <v>129.51505082791255</v>
       </c>
       <c r="G22" s="2" t="n">
-        <v>0.024392156862745294</v>
+        <v>0.023549865655129038</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="B23" t="inlineStr">
         <is>
           <t>3ème trimestre 2025</t>
         </is>
       </c>
       <c r="C23" t="inlineStr">
         <is>
-          <t>Juillet 2025</t>
+          <t>Août 2025</t>
         </is>
       </c>
       <c r="D23" s="2" t="n">
-        <v>134.17430391682794</v>
+        <v>136.19315488608112</v>
       </c>
       <c r="E23" s="2" t="n">
-        <v>0.026078311410217308</v>
+        <v>0.0260679575077226</v>
       </c>
       <c r="F23" s="2" t="n">
-        <v>129.51505082791255</v>
+        <v>131.459644222776</v>
       </c>
       <c r="G23" s="2" t="n">
-        <v>0.023549865655129038</v>
+        <v>0.02478952291861578</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="B24" t="inlineStr">
         <is>
           <t>3ème trimestre 2025</t>
         </is>
       </c>
       <c r="C24" t="inlineStr">
         <is>
-          <t>Août 2025</t>
+          <t>Septembre 2025</t>
         </is>
       </c>
       <c r="D24" s="2" t="n">
-        <v>136.19315488608112</v>
+        <v>135.76093649321433</v>
       </c>
       <c r="E24" s="2" t="n">
-        <v>0.0260679575077226</v>
+        <v>0.026851221541486985</v>
       </c>
       <c r="F24" s="2" t="n">
-        <v>131.459644222776</v>
+        <v>131.04573516601187</v>
       </c>
       <c r="G24" s="2" t="n">
-        <v>0.02478952291861578</v>
+        <v>0.026474504582126062</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="B25" t="inlineStr">
         <is>
-          <t>3ème trimestre 2025</t>
+          <t>4ème trimestre 2025</t>
         </is>
       </c>
       <c r="C25" t="inlineStr">
         <is>
-          <t>Septembre 2025</t>
+          <t>Octobre 2025</t>
         </is>
       </c>
       <c r="D25" s="2" t="n">
-        <v>135.76093649321433</v>
+        <v>136.25751105996713</v>
       </c>
       <c r="E25" s="2" t="n">
-        <v>0.026851221541486985</v>
+        <v>0.025282167042889415</v>
       </c>
       <c r="F25" s="2" t="n">
-        <v>131.04573516601187</v>
+        <v>131.52407429418056</v>
       </c>
       <c r="G25" s="2" t="n">
-        <v>0.026474504582126062</v>
+        <v>0.025657022537627895</v>
       </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <coreProperties xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </coreProperties>
 </file>