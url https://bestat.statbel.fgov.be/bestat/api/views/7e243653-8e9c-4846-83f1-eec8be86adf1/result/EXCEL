--- v1 (2025-11-17)
+++ v2 (2026-03-12)
@@ -114,51 +114,51 @@
         <is>
           <t>Data source:</t>
         </is>
       </c>
       <c r="B1" t="inlineStr">
         <is>
           <t>Indice des prix à la consommation harmonisé en base 2015 selon la nomenclature COICOP, par année, trimestre et mois</t>
         </is>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="inlineStr">
         <is>
           <t>Les agrégats spéciaux ont été revus à partir de janvier 2017. Ils sont désormais calculés sur la base du niveau le plus bas (COICOP à 5 positions) au lieu de l'avant-dernier niveau (COICOP à 4 positions). Les agrégats spéciaux pour 2017 sont encore toujours calculés à partir de l'avant-dernier niveau (COICOP à 4 positions).</t>
         </is>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="inlineStr">
         <is>
           <t>Filtres:</t>
         </is>
       </c>
       <c r="B3" t="inlineStr">
         <is>
-          <t>Date : Dernières 24 Mois(Novembre 2023, Décembre 2023, Janvier 2024, Février 2024, Mars 2024, Avril 2024, Mai 2024, Juin 2024, Juillet 2024, Août 2024, Septembre 2024, Octobre 2024, Novembre 2024, Décembre 2024, Janvier 2025, Février 2025, Mars 2025, Avril 2025, Mai 2025, Juin 2025, Juillet 2025, Août 2025, Septembre 2025, Octobre 2025)</t>
+          <t>Date : Dernières 24 Mois(Janvier 2024, Février 2024, Mars 2024, Avril 2024, Mai 2024, Juin 2024, Juillet 2024, Août 2024, Septembre 2024, Octobre 2024, Novembre 2024, Décembre 2024, Janvier 2025, Février 2025, Mars 2025, Avril 2025, Mai 2025, Juin 2025, Juillet 2025, Août 2025, Septembre 2025, Octobre 2025, Novembre 2025, Décembre 2025)</t>
         </is>
       </c>
     </row>
     <row r="4">
       <c r="B4" t="inlineStr">
         <is>
           <t xml:space="preserve">
 </t>
         </is>
       </c>
     </row>
     <row r="5">
 </row>
     <row r="6">
       <c r="A6" t="inlineStr">
         <is>
           <t xml:space="preserve">Source: </t>
         </is>
       </c>
       <c r="B6" t="inlineStr">
         <is>
           <t>Statbel (Direction générale Statistique - Statistics Belgium)</t>
         </is>
       </c>
     </row>
@@ -208,621 +208,613 @@
         <is>
           <t>Inflation (IPCH à taux de taxation constants)</t>
         </is>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="inlineStr">
         <is>
           <t>Année</t>
         </is>
       </c>
       <c r="B2" t="inlineStr">
         <is>
           <t>Trimestre</t>
         </is>
       </c>
       <c r="C2" t="inlineStr">
         <is>
           <t>Mois</t>
         </is>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="inlineStr">
         <is>
-          <t>2023</t>
+          <t>2024</t>
         </is>
       </c>
       <c r="B3" t="inlineStr">
         <is>
-          <t>4ème trimestre 2023</t>
+          <t>1er trimestre 2024</t>
         </is>
       </c>
       <c r="C3" t="inlineStr">
         <is>
-          <t>Novembre 2023</t>
+          <t>Janvier 2024</t>
         </is>
       </c>
       <c r="D3"/>
       <c r="E3" s="2" t="n">
-        <v>127.04694735829436</v>
+        <v>127.51231906589244</v>
       </c>
       <c r="F3" s="2" t="n">
-        <v>-0.007964394471773245</v>
+        <v>0.014722266433232763</v>
       </c>
       <c r="G3" s="2" t="n">
-        <v>123.7607671426857</v>
+        <v>124.03743820738032</v>
       </c>
       <c r="H3" s="2" t="n">
-        <v>-0.031005324146570645</v>
+        <v>-0.010687509969692071</v>
       </c>
     </row>
     <row r="4">
       <c r="A4"/>
       <c r="B4"/>
       <c r="C4" t="inlineStr">
         <is>
-          <t>Décembre 2023</t>
+          <t>Février 2024</t>
         </is>
       </c>
       <c r="D4"/>
       <c r="E4" s="2" t="n">
-        <v>128.4538116591015</v>
+        <v>130.54069547373823</v>
       </c>
       <c r="F4" s="2" t="n">
-        <v>0.0053220630821005</v>
+        <v>0.03611397729978573</v>
       </c>
       <c r="G4" s="2" t="n">
-        <v>124.95868469784699</v>
+        <v>126.98278428325234</v>
       </c>
       <c r="H4" s="2" t="n">
-        <v>-0.019767806714778915</v>
+        <v>0.010424126680989946</v>
       </c>
     </row>
     <row r="5">
-      <c r="A5" t="inlineStr">
-[...8 lines deleted...]
-      </c>
+      <c r="A5"/>
+      <c r="B5"/>
       <c r="C5" t="inlineStr">
         <is>
-          <t>Janvier 2024</t>
+          <t>Mars 2024</t>
         </is>
       </c>
       <c r="D5"/>
       <c r="E5" s="2" t="n">
-        <v>127.51231906589244</v>
+        <v>131.04966231293074</v>
       </c>
       <c r="F5" s="2" t="n">
-        <v>0.014722266433232763</v>
+        <v>0.03818426681454504</v>
       </c>
       <c r="G5" s="2" t="n">
-        <v>124.03743820738032</v>
+        <v>127.35070725707651</v>
       </c>
       <c r="H5" s="2" t="n">
-        <v>-0.010687509969692071</v>
+        <v>0.0120797901931176</v>
       </c>
     </row>
     <row r="6">
       <c r="A6"/>
-      <c r="B6"/>
+      <c r="B6" t="inlineStr">
+        <is>
+          <t>2ème trimestre 2024</t>
+        </is>
+      </c>
       <c r="C6" t="inlineStr">
         <is>
-          <t>Février 2024</t>
+          <t>Avril 2024</t>
         </is>
       </c>
       <c r="D6"/>
       <c r="E6" s="2" t="n">
-        <v>130.54069547373823</v>
+        <v>130.71551900457277</v>
       </c>
       <c r="F6" s="2" t="n">
-        <v>0.03611397729978573</v>
+        <v>0.04869634977938237</v>
       </c>
       <c r="G6" s="2" t="n">
-        <v>126.98278428325234</v>
+        <v>126.8265610024432</v>
       </c>
       <c r="H6" s="2" t="n">
-        <v>0.010424126680989946</v>
+        <v>0.040784506811094946</v>
       </c>
     </row>
     <row r="7">
       <c r="A7"/>
       <c r="B7"/>
       <c r="C7" t="inlineStr">
         <is>
-          <t>Mars 2024</t>
+          <t>Mai 2024</t>
         </is>
       </c>
       <c r="D7"/>
       <c r="E7" s="2" t="n">
-        <v>131.04966231293074</v>
+        <v>130.9802491770589</v>
       </c>
       <c r="F7" s="2" t="n">
-        <v>0.03818426681454504</v>
+        <v>0.048594988391642065</v>
       </c>
       <c r="G7" s="2" t="n">
-        <v>127.35070725707651</v>
+        <v>126.99225954783917</v>
       </c>
       <c r="H7" s="2" t="n">
-        <v>0.0120797901931176</v>
+        <v>0.03868804187796507</v>
       </c>
     </row>
     <row r="8">
       <c r="A8"/>
-      <c r="B8" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="B8"/>
       <c r="C8" t="inlineStr">
         <is>
-          <t>Avril 2024</t>
+          <t>Juin 2024</t>
         </is>
       </c>
       <c r="D8"/>
       <c r="E8" s="2" t="n">
-        <v>130.71551900457277</v>
+        <v>131.5606857715152</v>
       </c>
       <c r="F8" s="2" t="n">
-        <v>0.04869634977938237</v>
+        <v>0.054251141918423035</v>
       </c>
       <c r="G8" s="2" t="n">
-        <v>126.8265610024432</v>
+        <v>127.50418250599765</v>
       </c>
       <c r="H8" s="2" t="n">
-        <v>0.040784506811094946</v>
+        <v>0.04508196721311502</v>
       </c>
     </row>
     <row r="9">
       <c r="A9"/>
-      <c r="B9"/>
+      <c r="B9" t="inlineStr">
+        <is>
+          <t>3ème trimestre 2024</t>
+        </is>
+      </c>
       <c r="C9" t="inlineStr">
         <is>
-          <t>Mai 2024</t>
+          <t>Juillet 2024</t>
         </is>
       </c>
       <c r="D9"/>
       <c r="E9" s="2" t="n">
-        <v>130.9802491770589</v>
+        <v>130.7554253464438</v>
       </c>
       <c r="F9" s="2" t="n">
-        <v>0.048594988391642065</v>
+        <v>0.05409109230149142</v>
       </c>
       <c r="G9" s="2" t="n">
-        <v>126.99225954783917</v>
+        <v>126.54416968079369</v>
       </c>
       <c r="H9" s="2" t="n">
-        <v>0.03868804187796507</v>
+        <v>0.04509415262636301</v>
       </c>
     </row>
     <row r="10">
       <c r="A10"/>
       <c r="B10"/>
       <c r="C10" t="inlineStr">
         <is>
-          <t>Juin 2024</t>
+          <t>Août 2024</t>
         </is>
       </c>
       <c r="D10"/>
       <c r="E10" s="2" t="n">
-        <v>131.5606857715152</v>
+        <v>132.7325321536095</v>
       </c>
       <c r="F10" s="2" t="n">
-        <v>0.054251141918423035</v>
+        <v>0.04347484276729567</v>
       </c>
       <c r="G10" s="2" t="n">
-        <v>127.50418250599765</v>
+        <v>128.28086723272182</v>
       </c>
       <c r="H10" s="2" t="n">
-        <v>0.04508196721311502</v>
+        <v>0.03301658882267689</v>
       </c>
     </row>
     <row r="11">
       <c r="A11"/>
-      <c r="B11" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="B11"/>
       <c r="C11" t="inlineStr">
         <is>
-          <t>Juillet 2024</t>
+          <t>Septembre 2024</t>
         </is>
       </c>
       <c r="D11"/>
       <c r="E11" s="2" t="n">
-        <v>130.7554253464438</v>
+        <v>132.2117945807096</v>
       </c>
       <c r="F11" s="2" t="n">
-        <v>0.05409109230149142</v>
+        <v>0.043241537126174</v>
       </c>
       <c r="G11" s="2" t="n">
-        <v>126.54416968079369</v>
+        <v>127.67125245123431</v>
       </c>
       <c r="H11" s="2" t="n">
-        <v>0.04509415262636301</v>
+        <v>0.03317957433033925</v>
       </c>
     </row>
     <row r="12">
       <c r="A12"/>
-      <c r="B12"/>
+      <c r="B12" t="inlineStr">
+        <is>
+          <t>4ème trimestre 2024</t>
+        </is>
+      </c>
       <c r="C12" t="inlineStr">
         <is>
-          <t>Août 2024</t>
+          <t>Octobre 2024</t>
         </is>
       </c>
       <c r="D12"/>
       <c r="E12" s="2" t="n">
-        <v>132.7325321536095</v>
+        <v>132.8970781263938</v>
       </c>
       <c r="F12" s="2" t="n">
-        <v>0.04347484276729567</v>
+        <v>0.04522217852929627</v>
       </c>
       <c r="G12" s="2" t="n">
-        <v>128.28086723272182</v>
+        <v>128.23331682000966</v>
       </c>
       <c r="H12" s="2" t="n">
-        <v>0.03301658882267689</v>
+        <v>0.03478050355067798</v>
       </c>
     </row>
     <row r="13">
       <c r="A13"/>
       <c r="B13"/>
       <c r="C13" t="inlineStr">
         <is>
-          <t>Septembre 2024</t>
+          <t>Novembre 2024</t>
         </is>
       </c>
       <c r="D13"/>
       <c r="E13" s="2" t="n">
-        <v>132.2117945807096</v>
+        <v>133.12750242362029</v>
       </c>
       <c r="F13" s="2" t="n">
-        <v>0.043241537126174</v>
+        <v>0.047855175127902556</v>
       </c>
       <c r="G13" s="2" t="n">
-        <v>127.67125245123431</v>
+        <v>128.41993282727464</v>
       </c>
       <c r="H13" s="2" t="n">
-        <v>0.03317957433033925</v>
+        <v>0.03765352294764059</v>
       </c>
     </row>
     <row r="14">
       <c r="A14"/>
-      <c r="B14" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="B14"/>
       <c r="C14" t="inlineStr">
         <is>
-          <t>Octobre 2024</t>
+          <t>Décembre 2024</t>
         </is>
       </c>
       <c r="D14"/>
       <c r="E14" s="2" t="n">
-        <v>132.8970781263938</v>
+        <v>134.11584669809005</v>
       </c>
       <c r="F14" s="2" t="n">
-        <v>0.04522217852929627</v>
+        <v>0.04414168937329726</v>
       </c>
       <c r="G14" s="2" t="n">
-        <v>128.23331682000966</v>
+        <v>129.4158048538569</v>
       </c>
       <c r="H14" s="2" t="n">
-        <v>0.03478050355067798</v>
+        <v>0.03569142125480153</v>
       </c>
     </row>
     <row r="15">
-      <c r="A15"/>
-      <c r="B15"/>
+      <c r="A15" t="inlineStr">
+        <is>
+          <t>2025</t>
+        </is>
+      </c>
+      <c r="B15" t="inlineStr">
+        <is>
+          <t>1er trimestre 2025</t>
+        </is>
+      </c>
       <c r="C15" t="inlineStr">
         <is>
-          <t>Novembre 2024</t>
+          <t>Janvier 2025</t>
         </is>
       </c>
       <c r="D15"/>
       <c r="E15" s="2" t="n">
-        <v>133.12750242362029</v>
+        <v>133.07474093321272</v>
       </c>
       <c r="F15" s="2" t="n">
-        <v>0.047855175127902556</v>
+        <v>0.04360442318249562</v>
       </c>
       <c r="G15" s="2" t="n">
-        <v>128.41993282727464</v>
+        <v>128.41774145726797</v>
       </c>
       <c r="H15" s="2" t="n">
-        <v>0.03765352294764059</v>
+        <v>0.035311189938729406</v>
       </c>
     </row>
     <row r="16">
       <c r="A16"/>
       <c r="B16"/>
       <c r="C16" t="inlineStr">
         <is>
-          <t>Décembre 2024</t>
+          <t>Février 2025</t>
         </is>
       </c>
       <c r="D16"/>
       <c r="E16" s="2" t="n">
-        <v>134.11584669809005</v>
+        <v>136.32301912850602</v>
       </c>
       <c r="F16" s="2" t="n">
-        <v>0.04414168937329726</v>
+        <v>0.0442776160563813</v>
       </c>
       <c r="G16" s="2" t="n">
-        <v>129.4158048538569</v>
+        <v>131.55222799483664</v>
       </c>
       <c r="H16" s="2" t="n">
-        <v>0.03569142125480153</v>
+        <v>0.03598991967238953</v>
       </c>
     </row>
     <row r="17">
-      <c r="A17" t="inlineStr">
-[...8 lines deleted...]
-      </c>
+      <c r="A17"/>
+      <c r="B17"/>
       <c r="C17" t="inlineStr">
         <is>
-          <t>Janvier 2025</t>
+          <t>Mars 2025</t>
         </is>
       </c>
       <c r="D17"/>
       <c r="E17" s="2" t="n">
-        <v>133.07474093321272</v>
+        <v>135.70611592537153</v>
       </c>
       <c r="F17" s="2" t="n">
-        <v>0.04360442318249562</v>
+        <v>0.03555894696680663</v>
       </c>
       <c r="G17" s="2" t="n">
-        <v>128.41774145726797</v>
+        <v>130.9569406464267</v>
       </c>
       <c r="H17" s="2" t="n">
-        <v>0.035311189938729406</v>
+        <v>0.02834707499018473</v>
       </c>
     </row>
     <row r="18">
       <c r="A18"/>
-      <c r="B18"/>
+      <c r="B18" t="inlineStr">
+        <is>
+          <t>2ème trimestre 2025</t>
+        </is>
+      </c>
       <c r="C18" t="inlineStr">
         <is>
-          <t>Février 2025</t>
+          <t>Avril 2025</t>
         </is>
       </c>
       <c r="D18"/>
       <c r="E18" s="2" t="n">
-        <v>136.32301912850602</v>
+        <v>134.79118197065011</v>
       </c>
       <c r="F18" s="2" t="n">
-        <v>0.0442776160563813</v>
+        <v>0.03113525091799263</v>
       </c>
       <c r="G18" s="2" t="n">
-        <v>131.55222799483664</v>
+        <v>130.09581342887415</v>
       </c>
       <c r="H18" s="2" t="n">
-        <v>0.03598991967238953</v>
+        <v>0.02578254356224883</v>
       </c>
     </row>
     <row r="19">
       <c r="A19"/>
       <c r="B19"/>
       <c r="C19" t="inlineStr">
         <is>
-          <t>Mars 2025</t>
+          <t>Mai 2025</t>
         </is>
       </c>
       <c r="D19"/>
       <c r="E19" s="2" t="n">
-        <v>135.70611592537153</v>
+        <v>134.67081868667984</v>
       </c>
       <c r="F19" s="2" t="n">
-        <v>0.03555894696680663</v>
+        <v>0.028172240036646968</v>
       </c>
       <c r="G19" s="2" t="n">
-        <v>130.9569406464267</v>
+        <v>129.9810789241183</v>
       </c>
       <c r="H19" s="2" t="n">
-        <v>0.02834707499018473</v>
+        <v>0.02354516103630208</v>
       </c>
     </row>
     <row r="20">
       <c r="A20"/>
-      <c r="B20" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="B20"/>
       <c r="C20" t="inlineStr">
         <is>
-          <t>Avril 2025</t>
+          <t>Juin 2025</t>
         </is>
       </c>
       <c r="D20"/>
       <c r="E20" s="2" t="n">
-        <v>134.79118197065011</v>
+        <v>135.32269737886045</v>
       </c>
       <c r="F20" s="2" t="n">
-        <v>0.03113525091799263</v>
+        <v>0.028580115536637297</v>
       </c>
       <c r="G20" s="2" t="n">
-        <v>130.09581342887415</v>
+        <v>130.6107570400799</v>
       </c>
       <c r="H20" s="2" t="n">
-        <v>0.02578254356224883</v>
+        <v>0.024392156862745294</v>
       </c>
     </row>
     <row r="21">
       <c r="A21"/>
-      <c r="B21"/>
+      <c r="B21" t="inlineStr">
+        <is>
+          <t>3ème trimestre 2025</t>
+        </is>
+      </c>
       <c r="C21" t="inlineStr">
         <is>
-          <t>Mai 2025</t>
+          <t>Juillet 2025</t>
         </is>
       </c>
       <c r="D21"/>
       <c r="E21" s="2" t="n">
-        <v>134.67081868667984</v>
+        <v>134.17430391682794</v>
       </c>
       <c r="F21" s="2" t="n">
-        <v>0.028172240036646968</v>
+        <v>0.026078311410217308</v>
       </c>
       <c r="G21" s="2" t="n">
-        <v>129.9810789241183</v>
+        <v>129.51505082791255</v>
       </c>
       <c r="H21" s="2" t="n">
-        <v>0.02354516103630208</v>
+        <v>0.023549865655129038</v>
       </c>
     </row>
     <row r="22">
       <c r="A22"/>
       <c r="B22"/>
       <c r="C22" t="inlineStr">
         <is>
-          <t>Juin 2025</t>
+          <t>Août 2025</t>
         </is>
       </c>
       <c r="D22"/>
       <c r="E22" s="2" t="n">
-        <v>135.32269737886045</v>
+        <v>136.19315488608112</v>
       </c>
       <c r="F22" s="2" t="n">
-        <v>0.028580115536637297</v>
+        <v>0.0260679575077226</v>
       </c>
       <c r="G22" s="2" t="n">
-        <v>130.6107570400799</v>
+        <v>131.459644222776</v>
       </c>
       <c r="H22" s="2" t="n">
-        <v>0.024392156862745294</v>
+        <v>0.02478952291861578</v>
       </c>
     </row>
     <row r="23">
       <c r="A23"/>
-      <c r="B23" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="B23"/>
       <c r="C23" t="inlineStr">
         <is>
-          <t>Juillet 2025</t>
+          <t>Septembre 2025</t>
         </is>
       </c>
       <c r="D23"/>
       <c r="E23" s="2" t="n">
-        <v>134.17430391682794</v>
+        <v>135.76093649321433</v>
       </c>
       <c r="F23" s="2" t="n">
-        <v>0.026078311410217308</v>
+        <v>0.026851221541486985</v>
       </c>
       <c r="G23" s="2" t="n">
-        <v>129.51505082791255</v>
+        <v>131.04573516601187</v>
       </c>
       <c r="H23" s="2" t="n">
-        <v>0.023549865655129038</v>
+        <v>0.026474504582126062</v>
       </c>
     </row>
     <row r="24">
       <c r="A24"/>
-      <c r="B24"/>
+      <c r="B24" t="inlineStr">
+        <is>
+          <t>4ème trimestre 2025</t>
+        </is>
+      </c>
       <c r="C24" t="inlineStr">
         <is>
-          <t>Août 2025</t>
+          <t>Octobre 2025</t>
         </is>
       </c>
       <c r="D24"/>
       <c r="E24" s="2" t="n">
-        <v>136.19315488608112</v>
+        <v>136.25751105996713</v>
       </c>
       <c r="F24" s="2" t="n">
-        <v>0.0260679575077226</v>
+        <v>0.025282167042889415</v>
       </c>
       <c r="G24" s="2" t="n">
-        <v>131.459644222776</v>
+        <v>131.52407429418056</v>
       </c>
       <c r="H24" s="2" t="n">
-        <v>0.02478952291861578</v>
+        <v>0.025657022537627895</v>
       </c>
     </row>
     <row r="25">
       <c r="A25"/>
       <c r="B25"/>
       <c r="C25" t="inlineStr">
         <is>
-          <t>Septembre 2025</t>
+          <t>Novembre 2025</t>
         </is>
       </c>
       <c r="D25"/>
       <c r="E25" s="2" t="n">
-        <v>135.76093649321433</v>
+        <v>136.61351751846425</v>
       </c>
       <c r="F25" s="2" t="n">
-        <v>0.026851221541486985</v>
+        <v>0.026139863291519832</v>
       </c>
       <c r="G25" s="2" t="n">
-        <v>131.04573516601187</v>
+        <v>131.8666185409793</v>
       </c>
       <c r="H25" s="2" t="n">
-        <v>0.026474504582126062</v>
+        <v>0.02686497430306832</v>
       </c>
     </row>
     <row r="26">
       <c r="A26"/>
-      <c r="B26" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="B26"/>
       <c r="C26" t="inlineStr">
         <is>
-          <t>Octobre 2025</t>
+          <t>Décembre 2025</t>
         </is>
       </c>
       <c r="D26"/>
       <c r="E26" s="2" t="n">
-        <v>136.25751105996713</v>
+        <v>137.03510701591247</v>
       </c>
       <c r="F26" s="2" t="n">
-        <v>0.025282167042889415</v>
+        <v>0.021771547867581363</v>
       </c>
       <c r="G26" s="2" t="n">
-        <v>131.52407429418056</v>
+        <v>132.26873836937324</v>
       </c>
       <c r="H26" s="2" t="n">
-        <v>0.025657022537627895</v>
+        <v>0.02202132591562375</v>
       </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <cols>
     <col min="1" max="1" width="6.0625" customWidth="true"/>
     <col min="2" max="2" width="17.87890625" customWidth="true"/>
     <col min="3" max="3" width="14.3203125" customWidth="true"/>
     <col min="4" max="4" width="10.29296875" customWidth="true"/>
     <col min="5" max="5" width="13.33203125" customWidth="true"/>
     <col min="6" max="6" width="33.81640625" customWidth="true"/>
     <col min="7" max="7" width="36.85546875" customWidth="true"/>
   </cols>
   <sheetData>
     <row r="1">
@@ -843,735 +835,735 @@
       </c>
       <c r="D1" t="inlineStr">
         <is>
           <t>Indice IPCH</t>
         </is>
       </c>
       <c r="E1" t="inlineStr">
         <is>
           <t>Inflation (IPCH)</t>
         </is>
       </c>
       <c r="F1" t="inlineStr">
         <is>
           <t>Indice IPCH à taux de taxation constants</t>
         </is>
       </c>
       <c r="G1" t="inlineStr">
         <is>
           <t>Inflation (IPCH à taux de taxation constants)</t>
         </is>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="inlineStr">
         <is>
-          <t>2023</t>
+          <t>2024</t>
         </is>
       </c>
       <c r="B2" t="inlineStr">
         <is>
-          <t>4ème trimestre 2023</t>
+          <t>1er trimestre 2024</t>
         </is>
       </c>
       <c r="C2" t="inlineStr">
         <is>
-          <t>Novembre 2023</t>
+          <t>Janvier 2024</t>
         </is>
       </c>
       <c r="D2" s="2" t="n">
-        <v>127.04694735829436</v>
+        <v>127.51231906589244</v>
       </c>
       <c r="E2" s="2" t="n">
-        <v>-0.007964394471773245</v>
+        <v>0.014722266433232763</v>
       </c>
       <c r="F2" s="2" t="n">
-        <v>123.7607671426857</v>
+        <v>124.03743820738032</v>
       </c>
       <c r="G2" s="2" t="n">
-        <v>-0.031005324146570645</v>
+        <v>-0.010687509969692071</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="inlineStr">
         <is>
-          <t>2023</t>
+          <t>2024</t>
         </is>
       </c>
       <c r="B3" t="inlineStr">
         <is>
-          <t>4ème trimestre 2023</t>
+          <t>1er trimestre 2024</t>
         </is>
       </c>
       <c r="C3" t="inlineStr">
         <is>
-          <t>Décembre 2023</t>
+          <t>Février 2024</t>
         </is>
       </c>
       <c r="D3" s="2" t="n">
-        <v>128.4538116591015</v>
+        <v>130.54069547373823</v>
       </c>
       <c r="E3" s="2" t="n">
-        <v>0.0053220630821005</v>
+        <v>0.03611397729978573</v>
       </c>
       <c r="F3" s="2" t="n">
-        <v>124.95868469784699</v>
+        <v>126.98278428325234</v>
       </c>
       <c r="G3" s="2" t="n">
-        <v>-0.019767806714778915</v>
+        <v>0.010424126680989946</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="B4" t="inlineStr">
         <is>
           <t>1er trimestre 2024</t>
         </is>
       </c>
       <c r="C4" t="inlineStr">
         <is>
-          <t>Janvier 2024</t>
+          <t>Mars 2024</t>
         </is>
       </c>
       <c r="D4" s="2" t="n">
-        <v>127.51231906589244</v>
+        <v>131.04966231293074</v>
       </c>
       <c r="E4" s="2" t="n">
-        <v>0.014722266433232763</v>
+        <v>0.03818426681454504</v>
       </c>
       <c r="F4" s="2" t="n">
-        <v>124.03743820738032</v>
+        <v>127.35070725707651</v>
       </c>
       <c r="G4" s="2" t="n">
-        <v>-0.010687509969692071</v>
+        <v>0.0120797901931176</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="B5" t="inlineStr">
         <is>
-          <t>1er trimestre 2024</t>
+          <t>2ème trimestre 2024</t>
         </is>
       </c>
       <c r="C5" t="inlineStr">
         <is>
-          <t>Février 2024</t>
+          <t>Avril 2024</t>
         </is>
       </c>
       <c r="D5" s="2" t="n">
-        <v>130.54069547373823</v>
+        <v>130.71551900457277</v>
       </c>
       <c r="E5" s="2" t="n">
-        <v>0.03611397729978573</v>
+        <v>0.04869634977938237</v>
       </c>
       <c r="F5" s="2" t="n">
-        <v>126.98278428325234</v>
+        <v>126.8265610024432</v>
       </c>
       <c r="G5" s="2" t="n">
-        <v>0.010424126680989946</v>
+        <v>0.040784506811094946</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="B6" t="inlineStr">
         <is>
-          <t>1er trimestre 2024</t>
+          <t>2ème trimestre 2024</t>
         </is>
       </c>
       <c r="C6" t="inlineStr">
         <is>
-          <t>Mars 2024</t>
+          <t>Mai 2024</t>
         </is>
       </c>
       <c r="D6" s="2" t="n">
-        <v>131.04966231293074</v>
+        <v>130.9802491770589</v>
       </c>
       <c r="E6" s="2" t="n">
-        <v>0.03818426681454504</v>
+        <v>0.048594988391642065</v>
       </c>
       <c r="F6" s="2" t="n">
-        <v>127.35070725707651</v>
+        <v>126.99225954783917</v>
       </c>
       <c r="G6" s="2" t="n">
-        <v>0.0120797901931176</v>
+        <v>0.03868804187796507</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="B7" t="inlineStr">
         <is>
           <t>2ème trimestre 2024</t>
         </is>
       </c>
       <c r="C7" t="inlineStr">
         <is>
-          <t>Avril 2024</t>
+          <t>Juin 2024</t>
         </is>
       </c>
       <c r="D7" s="2" t="n">
-        <v>130.71551900457277</v>
+        <v>131.5606857715152</v>
       </c>
       <c r="E7" s="2" t="n">
-        <v>0.04869634977938237</v>
+        <v>0.054251141918423035</v>
       </c>
       <c r="F7" s="2" t="n">
-        <v>126.8265610024432</v>
+        <v>127.50418250599765</v>
       </c>
       <c r="G7" s="2" t="n">
-        <v>0.040784506811094946</v>
+        <v>0.04508196721311502</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="B8" t="inlineStr">
         <is>
-          <t>2ème trimestre 2024</t>
+          <t>3ème trimestre 2024</t>
         </is>
       </c>
       <c r="C8" t="inlineStr">
         <is>
-          <t>Mai 2024</t>
+          <t>Juillet 2024</t>
         </is>
       </c>
       <c r="D8" s="2" t="n">
-        <v>130.9802491770589</v>
+        <v>130.7554253464438</v>
       </c>
       <c r="E8" s="2" t="n">
-        <v>0.048594988391642065</v>
+        <v>0.05409109230149142</v>
       </c>
       <c r="F8" s="2" t="n">
-        <v>126.99225954783917</v>
+        <v>126.54416968079369</v>
       </c>
       <c r="G8" s="2" t="n">
-        <v>0.03868804187796507</v>
+        <v>0.04509415262636301</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="B9" t="inlineStr">
         <is>
-          <t>2ème trimestre 2024</t>
+          <t>3ème trimestre 2024</t>
         </is>
       </c>
       <c r="C9" t="inlineStr">
         <is>
-          <t>Juin 2024</t>
+          <t>Août 2024</t>
         </is>
       </c>
       <c r="D9" s="2" t="n">
-        <v>131.5606857715152</v>
+        <v>132.7325321536095</v>
       </c>
       <c r="E9" s="2" t="n">
-        <v>0.054251141918423035</v>
+        <v>0.04347484276729567</v>
       </c>
       <c r="F9" s="2" t="n">
-        <v>127.50418250599765</v>
+        <v>128.28086723272182</v>
       </c>
       <c r="G9" s="2" t="n">
-        <v>0.04508196721311502</v>
+        <v>0.03301658882267689</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="B10" t="inlineStr">
         <is>
           <t>3ème trimestre 2024</t>
         </is>
       </c>
       <c r="C10" t="inlineStr">
         <is>
-          <t>Juillet 2024</t>
+          <t>Septembre 2024</t>
         </is>
       </c>
       <c r="D10" s="2" t="n">
-        <v>130.7554253464438</v>
+        <v>132.2117945807096</v>
       </c>
       <c r="E10" s="2" t="n">
-        <v>0.05409109230149142</v>
+        <v>0.043241537126174</v>
       </c>
       <c r="F10" s="2" t="n">
-        <v>126.54416968079369</v>
+        <v>127.67125245123431</v>
       </c>
       <c r="G10" s="2" t="n">
-        <v>0.04509415262636301</v>
+        <v>0.03317957433033925</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="B11" t="inlineStr">
         <is>
-          <t>3ème trimestre 2024</t>
+          <t>4ème trimestre 2024</t>
         </is>
       </c>
       <c r="C11" t="inlineStr">
         <is>
-          <t>Août 2024</t>
+          <t>Octobre 2024</t>
         </is>
       </c>
       <c r="D11" s="2" t="n">
-        <v>132.7325321536095</v>
+        <v>132.8970781263938</v>
       </c>
       <c r="E11" s="2" t="n">
-        <v>0.04347484276729567</v>
+        <v>0.04522217852929627</v>
       </c>
       <c r="F11" s="2" t="n">
-        <v>128.28086723272182</v>
+        <v>128.23331682000966</v>
       </c>
       <c r="G11" s="2" t="n">
-        <v>0.03301658882267689</v>
+        <v>0.03478050355067798</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="B12" t="inlineStr">
         <is>
-          <t>3ème trimestre 2024</t>
+          <t>4ème trimestre 2024</t>
         </is>
       </c>
       <c r="C12" t="inlineStr">
         <is>
-          <t>Septembre 2024</t>
+          <t>Novembre 2024</t>
         </is>
       </c>
       <c r="D12" s="2" t="n">
-        <v>132.2117945807096</v>
+        <v>133.12750242362029</v>
       </c>
       <c r="E12" s="2" t="n">
-        <v>0.043241537126174</v>
+        <v>0.047855175127902556</v>
       </c>
       <c r="F12" s="2" t="n">
-        <v>127.67125245123431</v>
+        <v>128.41993282727464</v>
       </c>
       <c r="G12" s="2" t="n">
-        <v>0.03317957433033925</v>
+        <v>0.03765352294764059</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="B13" t="inlineStr">
         <is>
           <t>4ème trimestre 2024</t>
         </is>
       </c>
       <c r="C13" t="inlineStr">
         <is>
-          <t>Octobre 2024</t>
+          <t>Décembre 2024</t>
         </is>
       </c>
       <c r="D13" s="2" t="n">
-        <v>132.8970781263938</v>
+        <v>134.11584669809005</v>
       </c>
       <c r="E13" s="2" t="n">
-        <v>0.04522217852929627</v>
+        <v>0.04414168937329726</v>
       </c>
       <c r="F13" s="2" t="n">
-        <v>128.23331682000966</v>
+        <v>129.4158048538569</v>
       </c>
       <c r="G13" s="2" t="n">
-        <v>0.03478050355067798</v>
+        <v>0.03569142125480153</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="B14" t="inlineStr">
         <is>
-          <t>4ème trimestre 2024</t>
+          <t>1er trimestre 2025</t>
         </is>
       </c>
       <c r="C14" t="inlineStr">
         <is>
-          <t>Novembre 2024</t>
+          <t>Janvier 2025</t>
         </is>
       </c>
       <c r="D14" s="2" t="n">
-        <v>133.12750242362029</v>
+        <v>133.07474093321272</v>
       </c>
       <c r="E14" s="2" t="n">
-        <v>0.047855175127902556</v>
+        <v>0.04360442318249562</v>
       </c>
       <c r="F14" s="2" t="n">
-        <v>128.41993282727464</v>
+        <v>128.41774145726797</v>
       </c>
       <c r="G14" s="2" t="n">
-        <v>0.03765352294764059</v>
+        <v>0.035311189938729406</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="B15" t="inlineStr">
         <is>
-          <t>4ème trimestre 2024</t>
+          <t>1er trimestre 2025</t>
         </is>
       </c>
       <c r="C15" t="inlineStr">
         <is>
-          <t>Décembre 2024</t>
+          <t>Février 2025</t>
         </is>
       </c>
       <c r="D15" s="2" t="n">
-        <v>134.11584669809005</v>
+        <v>136.32301912850602</v>
       </c>
       <c r="E15" s="2" t="n">
-        <v>0.04414168937329726</v>
+        <v>0.0442776160563813</v>
       </c>
       <c r="F15" s="2" t="n">
-        <v>129.4158048538569</v>
+        <v>131.55222799483664</v>
       </c>
       <c r="G15" s="2" t="n">
-        <v>0.03569142125480153</v>
+        <v>0.03598991967238953</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="B16" t="inlineStr">
         <is>
           <t>1er trimestre 2025</t>
         </is>
       </c>
       <c r="C16" t="inlineStr">
         <is>
-          <t>Janvier 2025</t>
+          <t>Mars 2025</t>
         </is>
       </c>
       <c r="D16" s="2" t="n">
-        <v>133.07474093321272</v>
+        <v>135.70611592537153</v>
       </c>
       <c r="E16" s="2" t="n">
-        <v>0.04360442318249562</v>
+        <v>0.03555894696680663</v>
       </c>
       <c r="F16" s="2" t="n">
-        <v>128.41774145726797</v>
+        <v>130.9569406464267</v>
       </c>
       <c r="G16" s="2" t="n">
-        <v>0.035311189938729406</v>
+        <v>0.02834707499018473</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="B17" t="inlineStr">
         <is>
-          <t>1er trimestre 2025</t>
+          <t>2ème trimestre 2025</t>
         </is>
       </c>
       <c r="C17" t="inlineStr">
         <is>
-          <t>Février 2025</t>
+          <t>Avril 2025</t>
         </is>
       </c>
       <c r="D17" s="2" t="n">
-        <v>136.32301912850602</v>
+        <v>134.79118197065011</v>
       </c>
       <c r="E17" s="2" t="n">
-        <v>0.0442776160563813</v>
+        <v>0.03113525091799263</v>
       </c>
       <c r="F17" s="2" t="n">
-        <v>131.55222799483664</v>
+        <v>130.09581342887415</v>
       </c>
       <c r="G17" s="2" t="n">
-        <v>0.03598991967238953</v>
+        <v>0.02578254356224883</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="B18" t="inlineStr">
         <is>
-          <t>1er trimestre 2025</t>
+          <t>2ème trimestre 2025</t>
         </is>
       </c>
       <c r="C18" t="inlineStr">
         <is>
-          <t>Mars 2025</t>
+          <t>Mai 2025</t>
         </is>
       </c>
       <c r="D18" s="2" t="n">
-        <v>135.70611592537153</v>
+        <v>134.67081868667984</v>
       </c>
       <c r="E18" s="2" t="n">
-        <v>0.03555894696680663</v>
+        <v>0.028172240036646968</v>
       </c>
       <c r="F18" s="2" t="n">
-        <v>130.9569406464267</v>
+        <v>129.9810789241183</v>
       </c>
       <c r="G18" s="2" t="n">
-        <v>0.02834707499018473</v>
+        <v>0.02354516103630208</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="B19" t="inlineStr">
         <is>
           <t>2ème trimestre 2025</t>
         </is>
       </c>
       <c r="C19" t="inlineStr">
         <is>
-          <t>Avril 2025</t>
+          <t>Juin 2025</t>
         </is>
       </c>
       <c r="D19" s="2" t="n">
-        <v>134.79118197065011</v>
+        <v>135.32269737886045</v>
       </c>
       <c r="E19" s="2" t="n">
-        <v>0.03113525091799263</v>
+        <v>0.028580115536637297</v>
       </c>
       <c r="F19" s="2" t="n">
-        <v>130.09581342887415</v>
+        <v>130.6107570400799</v>
       </c>
       <c r="G19" s="2" t="n">
-        <v>0.02578254356224883</v>
+        <v>0.024392156862745294</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="B20" t="inlineStr">
         <is>
-          <t>2ème trimestre 2025</t>
+          <t>3ème trimestre 2025</t>
         </is>
       </c>
       <c r="C20" t="inlineStr">
         <is>
-          <t>Mai 2025</t>
+          <t>Juillet 2025</t>
         </is>
       </c>
       <c r="D20" s="2" t="n">
-        <v>134.67081868667984</v>
+        <v>134.17430391682794</v>
       </c>
       <c r="E20" s="2" t="n">
-        <v>0.028172240036646968</v>
+        <v>0.026078311410217308</v>
       </c>
       <c r="F20" s="2" t="n">
-        <v>129.9810789241183</v>
+        <v>129.51505082791255</v>
       </c>
       <c r="G20" s="2" t="n">
-        <v>0.02354516103630208</v>
+        <v>0.023549865655129038</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="B21" t="inlineStr">
         <is>
-          <t>2ème trimestre 2025</t>
+          <t>3ème trimestre 2025</t>
         </is>
       </c>
       <c r="C21" t="inlineStr">
         <is>
-          <t>Juin 2025</t>
+          <t>Août 2025</t>
         </is>
       </c>
       <c r="D21" s="2" t="n">
-        <v>135.32269737886045</v>
+        <v>136.19315488608112</v>
       </c>
       <c r="E21" s="2" t="n">
-        <v>0.028580115536637297</v>
+        <v>0.0260679575077226</v>
       </c>
       <c r="F21" s="2" t="n">
-        <v>130.6107570400799</v>
+        <v>131.459644222776</v>
       </c>
       <c r="G21" s="2" t="n">
-        <v>0.024392156862745294</v>
+        <v>0.02478952291861578</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="B22" t="inlineStr">
         <is>
           <t>3ème trimestre 2025</t>
         </is>
       </c>
       <c r="C22" t="inlineStr">
         <is>
-          <t>Juillet 2025</t>
+          <t>Septembre 2025</t>
         </is>
       </c>
       <c r="D22" s="2" t="n">
-        <v>134.17430391682794</v>
+        <v>135.76093649321433</v>
       </c>
       <c r="E22" s="2" t="n">
-        <v>0.026078311410217308</v>
+        <v>0.026851221541486985</v>
       </c>
       <c r="F22" s="2" t="n">
-        <v>129.51505082791255</v>
+        <v>131.04573516601187</v>
       </c>
       <c r="G22" s="2" t="n">
-        <v>0.023549865655129038</v>
+        <v>0.026474504582126062</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="B23" t="inlineStr">
         <is>
-          <t>3ème trimestre 2025</t>
+          <t>4ème trimestre 2025</t>
         </is>
       </c>
       <c r="C23" t="inlineStr">
         <is>
-          <t>Août 2025</t>
+          <t>Octobre 2025</t>
         </is>
       </c>
       <c r="D23" s="2" t="n">
-        <v>136.19315488608112</v>
+        <v>136.25751105996713</v>
       </c>
       <c r="E23" s="2" t="n">
-        <v>0.0260679575077226</v>
+        <v>0.025282167042889415</v>
       </c>
       <c r="F23" s="2" t="n">
-        <v>131.459644222776</v>
+        <v>131.52407429418056</v>
       </c>
       <c r="G23" s="2" t="n">
-        <v>0.02478952291861578</v>
+        <v>0.025657022537627895</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="B24" t="inlineStr">
         <is>
-          <t>3ème trimestre 2025</t>
+          <t>4ème trimestre 2025</t>
         </is>
       </c>
       <c r="C24" t="inlineStr">
         <is>
-          <t>Septembre 2025</t>
+          <t>Novembre 2025</t>
         </is>
       </c>
       <c r="D24" s="2" t="n">
-        <v>135.76093649321433</v>
+        <v>136.61351751846425</v>
       </c>
       <c r="E24" s="2" t="n">
-        <v>0.026851221541486985</v>
+        <v>0.026139863291519832</v>
       </c>
       <c r="F24" s="2" t="n">
-        <v>131.04573516601187</v>
+        <v>131.8666185409793</v>
       </c>
       <c r="G24" s="2" t="n">
-        <v>0.026474504582126062</v>
+        <v>0.02686497430306832</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="B25" t="inlineStr">
         <is>
           <t>4ème trimestre 2025</t>
         </is>
       </c>
       <c r="C25" t="inlineStr">
         <is>
-          <t>Octobre 2025</t>
+          <t>Décembre 2025</t>
         </is>
       </c>
       <c r="D25" s="2" t="n">
-        <v>136.25751105996713</v>
+        <v>137.03510701591247</v>
       </c>
       <c r="E25" s="2" t="n">
-        <v>0.025282167042889415</v>
+        <v>0.021771547867581363</v>
       </c>
       <c r="F25" s="2" t="n">
-        <v>131.52407429418056</v>
+        <v>132.26873836937324</v>
       </c>
       <c r="G25" s="2" t="n">
-        <v>0.025657022537627895</v>
+        <v>0.02202132591562375</v>
       </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <coreProperties xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </coreProperties>
 </file>