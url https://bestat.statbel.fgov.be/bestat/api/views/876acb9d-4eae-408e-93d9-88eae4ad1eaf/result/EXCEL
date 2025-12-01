--- v0 (2025-10-03)
+++ v1 (2025-12-01)
@@ -84,74 +84,74 @@
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?>
 
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
   <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/>
   <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/>
   <Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/>
   <Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/>
   <Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/>
 </Relationships>
 
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <cols>
     <col min="1" max="1" width="11.02734375" customWidth="true"/>
-    <col min="2" max="2" width="172.3515625" customWidth="true"/>
+    <col min="2" max="2" width="171.90234375" customWidth="true"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" t="inlineStr">
         <is>
           <t>Data source:</t>
         </is>
       </c>
       <c r="B1" t="inlineStr">
         <is>
           <t>Index van de consumptieprijzen, volgens basisjaar, COICOP nomenclatuur, per jaar en maand</t>
         </is>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="inlineStr">
         <is>
           <t>Filters:</t>
         </is>
       </c>
       <c r="B2" t="inlineStr">
         <is>
-          <t>Datum : Laatste 13 Maand(September 2024, Oktober 2024, November 2024, December 2024, Januari 2025, Februari 2025, Maart 2025, April 2025, Mei 2025, Juni 2025, Juli 2025, Augustus 2025, September 2025)</t>
+          <t>Datum : Laatste 13 Maand(November 2024, December 2024, Januari 2025, Februari 2025, Maart 2025, April 2025, Mei 2025, Juni 2025, Juli 2025, Augustus 2025, September 2025, Oktober 2025, November 2025)</t>
         </is>
       </c>
     </row>
     <row r="3">
       <c r="B3" t="inlineStr">
         <is>
           <t xml:space="preserve">
 Basisjaar : 2013 = 100
 </t>
         </is>
       </c>
     </row>
     <row r="4">
 </row>
     <row r="5">
       <c r="A5" t="inlineStr">
         <is>
           <t xml:space="preserve">Bron: </t>
         </is>
       </c>
       <c r="B5" t="inlineStr">
         <is>
           <t>Statbel (Algemene Directie Statistiek - Statistics Belgium)</t>
         </is>
       </c>
@@ -232,399 +232,399 @@
         <is>
           <t>Index zonder energetische producten</t>
         </is>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="inlineStr">
         <is>
           <t>Jaar</t>
         </is>
       </c>
       <c r="B3" t="inlineStr">
         <is>
           <t>Maand</t>
         </is>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="B4" t="inlineStr">
         <is>
-          <t>September 2024</t>
+          <t>November 2024</t>
         </is>
       </c>
       <c r="C4"/>
       <c r="D4" s="2" t="n">
-        <v>132.1500000000005</v>
+        <v>133.01000000000047</v>
       </c>
       <c r="E4" s="2" t="n">
-        <v>0.03057006940653528</v>
+        <v>0.031965241678951206</v>
       </c>
       <c r="F4" s="2" t="n">
-        <v>132.41000000000048</v>
+        <v>133.22000000000048</v>
       </c>
       <c r="G4" s="2" t="n">
-        <v>129.88000000000045</v>
+        <v>130.22000000000045</v>
       </c>
       <c r="H4" s="2" t="n">
-        <v>133.86646096867076</v>
+        <v>134.7542295700307</v>
       </c>
       <c r="I4" s="2" t="n">
-        <v>132.59389042983722</v>
+        <v>133.42402444597735</v>
       </c>
     </row>
     <row r="5">
       <c r="A5"/>
       <c r="B5" t="inlineStr">
         <is>
-          <t>Oktober 2024</t>
+          <t>December 2024</t>
         </is>
       </c>
       <c r="C5"/>
       <c r="D5" s="2" t="n">
-        <v>132.79000000000048</v>
+        <v>133.54000000000048</v>
       </c>
       <c r="E5" s="2" t="n">
-        <v>0.03201989585762044</v>
+        <v>0.031595210505987015</v>
       </c>
       <c r="F5" s="2" t="n">
-        <v>132.9600000000005</v>
+        <v>133.73000000000047</v>
       </c>
       <c r="G5" s="2" t="n">
-        <v>130.13000000000045</v>
+        <v>130.42000000000044</v>
       </c>
       <c r="H5" s="2" t="n">
-        <v>134.49589131123784</v>
+        <v>135.28709125116842</v>
       </c>
       <c r="I5" s="2" t="n">
-        <v>133.31959016758375</v>
+        <v>133.7518759269416</v>
       </c>
     </row>
     <row r="6">
-      <c r="A6"/>
+      <c r="A6" t="inlineStr">
+        <is>
+          <t>2025</t>
+        </is>
+      </c>
       <c r="B6" t="inlineStr">
         <is>
-          <t>November 2024</t>
+          <t>Januari 2025</t>
         </is>
       </c>
       <c r="C6"/>
       <c r="D6" s="2" t="n">
-        <v>133.01000000000047</v>
+        <v>135.39000000000047</v>
       </c>
       <c r="E6" s="2" t="n">
-        <v>0.031965241678951206</v>
+        <v>0.04082103321033196</v>
       </c>
       <c r="F6" s="2" t="n">
-        <v>133.22000000000048</v>
+        <v>135.5200000000005</v>
       </c>
       <c r="G6" s="2" t="n">
-        <v>130.22000000000045</v>
+        <v>131.18000000000046</v>
       </c>
       <c r="H6" s="2" t="n">
-        <v>134.7542295700307</v>
+        <v>137.18819248016604</v>
       </c>
       <c r="I6" s="2" t="n">
-        <v>133.42402444597735</v>
+        <v>135.22041506064645</v>
       </c>
     </row>
     <row r="7">
       <c r="A7"/>
       <c r="B7" t="inlineStr">
         <is>
-          <t>December 2024</t>
+          <t>Februari 2025</t>
         </is>
       </c>
       <c r="C7"/>
       <c r="D7" s="2" t="n">
-        <v>133.54000000000048</v>
+        <v>135.66000000000048</v>
       </c>
       <c r="E7" s="2" t="n">
-        <v>0.031595210505987015</v>
+        <v>0.03549347378062752</v>
       </c>
       <c r="F7" s="2" t="n">
-        <v>133.73000000000047</v>
+        <v>135.79000000000048</v>
       </c>
       <c r="G7" s="2" t="n">
-        <v>130.42000000000044</v>
+        <v>131.87000000000046</v>
       </c>
       <c r="H7" s="2" t="n">
-        <v>135.28709125116842</v>
+        <v>137.4363525999299</v>
       </c>
       <c r="I7" s="2" t="n">
-        <v>133.7518759269416</v>
+        <v>135.25462672376742</v>
       </c>
     </row>
     <row r="8">
-      <c r="A8" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="A8"/>
       <c r="B8" t="inlineStr">
         <is>
-          <t>Januari 2025</t>
+          <t>Maart 2025</t>
         </is>
       </c>
       <c r="C8"/>
       <c r="D8" s="2" t="n">
-        <v>135.39000000000047</v>
+        <v>135.56000000000049</v>
       </c>
       <c r="E8" s="2" t="n">
-        <v>0.04082103321033196</v>
+        <v>0.029074622333561277</v>
       </c>
       <c r="F8" s="2" t="n">
-        <v>135.5200000000005</v>
+        <v>135.91000000000048</v>
       </c>
       <c r="G8" s="2" t="n">
-        <v>131.18000000000046</v>
+        <v>132.53000000000048</v>
       </c>
       <c r="H8" s="2" t="n">
-        <v>137.18819248016604</v>
+        <v>137.53550736349365</v>
       </c>
       <c r="I8" s="2" t="n">
-        <v>135.22041506064645</v>
+        <v>135.29726275512573</v>
       </c>
     </row>
     <row r="9">
       <c r="A9"/>
       <c r="B9" t="inlineStr">
         <is>
-          <t>Februari 2025</t>
+          <t>April 2025</t>
         </is>
       </c>
       <c r="C9"/>
       <c r="D9" s="2" t="n">
-        <v>135.66000000000048</v>
+        <v>134.44000000000048</v>
       </c>
       <c r="E9" s="2" t="n">
-        <v>0.03549347378062752</v>
+        <v>0.025476735316552458</v>
       </c>
       <c r="F9" s="2" t="n">
-        <v>135.79000000000048</v>
+        <v>134.7700000000005</v>
       </c>
       <c r="G9" s="2" t="n">
-        <v>131.87000000000046</v>
+        <v>132.79000000000048</v>
       </c>
       <c r="H9" s="2" t="n">
-        <v>137.4363525999299</v>
+        <v>136.43134544909543</v>
       </c>
       <c r="I9" s="2" t="n">
-        <v>135.25462672376742</v>
+        <v>134.71422768136028</v>
       </c>
     </row>
     <row r="10">
       <c r="A10"/>
       <c r="B10" t="inlineStr">
         <is>
-          <t>Maart 2025</t>
+          <t>Mei 2025</t>
         </is>
       </c>
       <c r="C10"/>
       <c r="D10" s="2" t="n">
-        <v>135.56000000000049</v>
+        <v>134.23000000000047</v>
       </c>
       <c r="E10" s="2" t="n">
-        <v>0.029074622333561277</v>
+        <v>0.020139838881288858</v>
       </c>
       <c r="F10" s="2" t="n">
-        <v>135.91000000000048</v>
+        <v>134.54000000000048</v>
       </c>
       <c r="G10" s="2" t="n">
-        <v>132.53000000000048</v>
+        <v>132.5500000000005</v>
       </c>
       <c r="H10" s="2" t="n">
-        <v>137.53550736349365</v>
+        <v>136.25328673930318</v>
       </c>
       <c r="I10" s="2" t="n">
-        <v>135.29726275512573</v>
+        <v>135.07466691332817</v>
       </c>
     </row>
     <row r="11">
       <c r="A11"/>
       <c r="B11" t="inlineStr">
         <is>
-          <t>April 2025</t>
+          <t>Juni 2025</t>
         </is>
       </c>
       <c r="C11"/>
       <c r="D11" s="2" t="n">
-        <v>134.44000000000048</v>
+        <v>134.70000000000047</v>
       </c>
       <c r="E11" s="2" t="n">
-        <v>0.025476735316552458</v>
+        <v>0.021460529309168162</v>
       </c>
       <c r="F11" s="2" t="n">
-        <v>134.7700000000005</v>
+        <v>135.04000000000048</v>
       </c>
       <c r="G11" s="2" t="n">
-        <v>132.79000000000048</v>
+        <v>132.3600000000005</v>
       </c>
       <c r="H11" s="2" t="n">
-        <v>136.43134544909543</v>
+        <v>136.74448730159122</v>
       </c>
       <c r="I11" s="2" t="n">
-        <v>134.71422768136028</v>
+        <v>135.63385041988374</v>
       </c>
     </row>
     <row r="12">
       <c r="A12"/>
       <c r="B12" t="inlineStr">
         <is>
-          <t>Mei 2025</t>
+          <t>Juli 2025</t>
         </is>
       </c>
       <c r="C12"/>
       <c r="D12" s="2" t="n">
-        <v>134.23000000000047</v>
+        <v>135.3600000000005</v>
       </c>
       <c r="E12" s="2" t="n">
-        <v>0.020139838881288858</v>
+        <v>0.019200361418568138</v>
       </c>
       <c r="F12" s="2" t="n">
-        <v>134.54000000000048</v>
+        <v>135.60000000000048</v>
       </c>
       <c r="G12" s="2" t="n">
-        <v>132.5500000000005</v>
+        <v>132.29000000000048</v>
       </c>
       <c r="H12" s="2" t="n">
-        <v>136.25328673930318</v>
+        <v>137.3493683582671</v>
       </c>
       <c r="I12" s="2" t="n">
-        <v>135.07466691332817</v>
+        <v>136.2534409632939</v>
       </c>
     </row>
     <row r="13">
       <c r="A13"/>
       <c r="B13" t="inlineStr">
         <is>
-          <t>Juni 2025</t>
+          <t>Augustus 2025</t>
         </is>
       </c>
       <c r="C13"/>
       <c r="D13" s="2" t="n">
-        <v>134.70000000000047</v>
+        <v>135.35000000000048</v>
       </c>
       <c r="E13" s="2" t="n">
-        <v>0.021460529309168162</v>
+        <v>0.019125065883593154</v>
       </c>
       <c r="F13" s="2" t="n">
-        <v>135.04000000000048</v>
+        <v>135.64000000000047</v>
       </c>
       <c r="G13" s="2" t="n">
-        <v>132.3600000000005</v>
+        <v>132.50000000000048</v>
       </c>
       <c r="H13" s="2" t="n">
-        <v>136.74448730159122</v>
+        <v>137.383619526237</v>
       </c>
       <c r="I13" s="2" t="n">
-        <v>135.63385041988374</v>
+        <v>136.40182766664722</v>
       </c>
     </row>
     <row r="14">
       <c r="A14"/>
       <c r="B14" t="inlineStr">
         <is>
-          <t>Juli 2025</t>
+          <t>September 2025</t>
         </is>
       </c>
       <c r="C14"/>
       <c r="D14" s="2" t="n">
-        <v>135.3600000000005</v>
+        <v>134.95000000000047</v>
       </c>
       <c r="E14" s="2" t="n">
-        <v>0.019200361418568138</v>
+        <v>0.021188043889519413</v>
       </c>
       <c r="F14" s="2" t="n">
-        <v>135.60000000000048</v>
+        <v>135.26000000000047</v>
       </c>
       <c r="G14" s="2" t="n">
-        <v>132.29000000000048</v>
+        <v>132.6800000000005</v>
       </c>
       <c r="H14" s="2" t="n">
-        <v>137.3493683582671</v>
+        <v>137.01829573972879</v>
       </c>
       <c r="I14" s="2" t="n">
-        <v>136.2534409632939</v>
+        <v>136.10192108922527</v>
       </c>
     </row>
     <row r="15">
       <c r="A15"/>
       <c r="B15" t="inlineStr">
         <is>
-          <t>Augustus 2025</t>
+          <t>Oktober 2025</t>
         </is>
       </c>
       <c r="C15"/>
       <c r="D15" s="2" t="n">
-        <v>135.35000000000048</v>
+        <v>135.44000000000048</v>
       </c>
       <c r="E15" s="2" t="n">
-        <v>0.019125065883593154</v>
+        <v>0.019956322012199726</v>
       </c>
       <c r="F15" s="2" t="n">
-        <v>135.64000000000047</v>
+        <v>135.76000000000047</v>
       </c>
       <c r="G15" s="2" t="n">
-        <v>132.50000000000048</v>
+        <v>132.85000000000048</v>
       </c>
       <c r="H15" s="2" t="n">
-        <v>137.383619526237</v>
+        <v>137.52345837464424</v>
       </c>
       <c r="I15" s="2" t="n">
-        <v>136.40182766664722</v>
+        <v>136.75796887271747</v>
       </c>
     </row>
     <row r="16">
       <c r="A16"/>
       <c r="B16" t="inlineStr">
         <is>
-          <t>September 2025</t>
+          <t>November 2025</t>
         </is>
       </c>
       <c r="C16"/>
       <c r="D16" s="2" t="n">
-        <v>134.95000000000047</v>
+        <v>136.20000000000047</v>
       </c>
       <c r="E16" s="2" t="n">
-        <v>0.021188043889519413</v>
+        <v>0.02398315916096547</v>
       </c>
       <c r="F16" s="2" t="n">
-        <v>135.26000000000047</v>
+        <v>136.4900000000005</v>
       </c>
       <c r="G16" s="2" t="n">
-        <v>132.6800000000005</v>
+        <v>133.07000000000048</v>
       </c>
       <c r="H16" s="2" t="n">
-        <v>137.01829573972879</v>
+        <v>138.23692317732494</v>
       </c>
       <c r="I16" s="2" t="n">
-        <v>136.10192108922527</v>
+        <v>137.49455704186556</v>
       </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <cols>
     <col min="1" max="1" width="4.96484375" customWidth="true"/>
     <col min="2" max="2" width="14.3203125" customWidth="true"/>
     <col min="3" max="3" width="9.96875" customWidth="true"/>
     <col min="4" max="4" width="18.53515625" customWidth="true"/>
     <col min="5" max="5" width="6.37109375" customWidth="true"/>
     <col min="6" max="6" width="15.8203125" customWidth="true"/>
     <col min="7" max="7" width="14.39453125" customWidth="true"/>
     <col min="8" max="8" width="28.73828125" customWidth="true"/>
     <col min="9" max="9" width="30.9453125" customWidth="true"/>
   </cols>
@@ -662,489 +662,489 @@
       </c>
       <c r="G1" t="inlineStr">
         <is>
           <t>Afgevlakte index</t>
         </is>
       </c>
       <c r="H1" t="inlineStr">
         <is>
           <t>Index zonder petroleum producten</t>
         </is>
       </c>
       <c r="I1" t="inlineStr">
         <is>
           <t>Index zonder energetische producten</t>
         </is>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="B2" t="inlineStr">
         <is>
-          <t>September 2024</t>
+          <t>November 2024</t>
         </is>
       </c>
       <c r="C2" t="inlineStr">
         <is>
           <t>2013 = 100</t>
         </is>
       </c>
       <c r="D2" s="2" t="n">
-        <v>132.1500000000005</v>
+        <v>133.01000000000047</v>
       </c>
       <c r="E2" s="2" t="n">
-        <v>0.03057006940653528</v>
+        <v>0.031965241678951206</v>
       </c>
       <c r="F2" s="2" t="n">
-        <v>132.41000000000048</v>
+        <v>133.22000000000048</v>
       </c>
       <c r="G2" s="2" t="n">
-        <v>129.88000000000045</v>
+        <v>130.22000000000045</v>
       </c>
       <c r="H2" s="2" t="n">
-        <v>133.86646096867076</v>
+        <v>134.7542295700307</v>
       </c>
       <c r="I2" s="2" t="n">
-        <v>132.59389042983722</v>
+        <v>133.42402444597735</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="B3" t="inlineStr">
         <is>
-          <t>Oktober 2024</t>
+          <t>December 2024</t>
         </is>
       </c>
       <c r="C3" t="inlineStr">
         <is>
           <t>2013 = 100</t>
         </is>
       </c>
       <c r="D3" s="2" t="n">
-        <v>132.79000000000048</v>
+        <v>133.54000000000048</v>
       </c>
       <c r="E3" s="2" t="n">
-        <v>0.03201989585762044</v>
+        <v>0.031595210505987015</v>
       </c>
       <c r="F3" s="2" t="n">
-        <v>132.9600000000005</v>
+        <v>133.73000000000047</v>
       </c>
       <c r="G3" s="2" t="n">
-        <v>130.13000000000045</v>
+        <v>130.42000000000044</v>
       </c>
       <c r="H3" s="2" t="n">
-        <v>134.49589131123784</v>
+        <v>135.28709125116842</v>
       </c>
       <c r="I3" s="2" t="n">
-        <v>133.31959016758375</v>
+        <v>133.7518759269416</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="B4" t="inlineStr">
         <is>
-          <t>November 2024</t>
+          <t>Januari 2025</t>
         </is>
       </c>
       <c r="C4" t="inlineStr">
         <is>
           <t>2013 = 100</t>
         </is>
       </c>
       <c r="D4" s="2" t="n">
-        <v>133.01000000000047</v>
+        <v>135.39000000000047</v>
       </c>
       <c r="E4" s="2" t="n">
-        <v>0.031965241678951206</v>
+        <v>0.04082103321033196</v>
       </c>
       <c r="F4" s="2" t="n">
-        <v>133.22000000000048</v>
+        <v>135.5200000000005</v>
       </c>
       <c r="G4" s="2" t="n">
-        <v>130.22000000000045</v>
+        <v>131.18000000000046</v>
       </c>
       <c r="H4" s="2" t="n">
-        <v>134.7542295700307</v>
+        <v>137.18819248016604</v>
       </c>
       <c r="I4" s="2" t="n">
-        <v>133.42402444597735</v>
+        <v>135.22041506064645</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="B5" t="inlineStr">
         <is>
-          <t>December 2024</t>
+          <t>Februari 2025</t>
         </is>
       </c>
       <c r="C5" t="inlineStr">
         <is>
           <t>2013 = 100</t>
         </is>
       </c>
       <c r="D5" s="2" t="n">
-        <v>133.54000000000048</v>
+        <v>135.66000000000048</v>
       </c>
       <c r="E5" s="2" t="n">
-        <v>0.031595210505987015</v>
+        <v>0.03549347378062752</v>
       </c>
       <c r="F5" s="2" t="n">
-        <v>133.73000000000047</v>
+        <v>135.79000000000048</v>
       </c>
       <c r="G5" s="2" t="n">
-        <v>130.42000000000044</v>
+        <v>131.87000000000046</v>
       </c>
       <c r="H5" s="2" t="n">
-        <v>135.28709125116842</v>
+        <v>137.4363525999299</v>
       </c>
       <c r="I5" s="2" t="n">
-        <v>133.7518759269416</v>
+        <v>135.25462672376742</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="B6" t="inlineStr">
         <is>
-          <t>Januari 2025</t>
+          <t>Maart 2025</t>
         </is>
       </c>
       <c r="C6" t="inlineStr">
         <is>
           <t>2013 = 100</t>
         </is>
       </c>
       <c r="D6" s="2" t="n">
-        <v>135.39000000000047</v>
+        <v>135.56000000000049</v>
       </c>
       <c r="E6" s="2" t="n">
-        <v>0.04082103321033196</v>
+        <v>0.029074622333561277</v>
       </c>
       <c r="F6" s="2" t="n">
-        <v>135.5200000000005</v>
+        <v>135.91000000000048</v>
       </c>
       <c r="G6" s="2" t="n">
-        <v>131.18000000000046</v>
+        <v>132.53000000000048</v>
       </c>
       <c r="H6" s="2" t="n">
-        <v>137.18819248016604</v>
+        <v>137.53550736349365</v>
       </c>
       <c r="I6" s="2" t="n">
-        <v>135.22041506064645</v>
+        <v>135.29726275512573</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="B7" t="inlineStr">
         <is>
-          <t>Februari 2025</t>
+          <t>April 2025</t>
         </is>
       </c>
       <c r="C7" t="inlineStr">
         <is>
           <t>2013 = 100</t>
         </is>
       </c>
       <c r="D7" s="2" t="n">
-        <v>135.66000000000048</v>
+        <v>134.44000000000048</v>
       </c>
       <c r="E7" s="2" t="n">
-        <v>0.03549347378062752</v>
+        <v>0.025476735316552458</v>
       </c>
       <c r="F7" s="2" t="n">
-        <v>135.79000000000048</v>
+        <v>134.7700000000005</v>
       </c>
       <c r="G7" s="2" t="n">
-        <v>131.87000000000046</v>
+        <v>132.79000000000048</v>
       </c>
       <c r="H7" s="2" t="n">
-        <v>137.4363525999299</v>
+        <v>136.43134544909543</v>
       </c>
       <c r="I7" s="2" t="n">
-        <v>135.25462672376742</v>
+        <v>134.71422768136028</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="B8" t="inlineStr">
         <is>
-          <t>Maart 2025</t>
+          <t>Mei 2025</t>
         </is>
       </c>
       <c r="C8" t="inlineStr">
         <is>
           <t>2013 = 100</t>
         </is>
       </c>
       <c r="D8" s="2" t="n">
-        <v>135.56000000000049</v>
+        <v>134.23000000000047</v>
       </c>
       <c r="E8" s="2" t="n">
-        <v>0.029074622333561277</v>
+        <v>0.020139838881288858</v>
       </c>
       <c r="F8" s="2" t="n">
-        <v>135.91000000000048</v>
+        <v>134.54000000000048</v>
       </c>
       <c r="G8" s="2" t="n">
-        <v>132.53000000000048</v>
+        <v>132.5500000000005</v>
       </c>
       <c r="H8" s="2" t="n">
-        <v>137.53550736349365</v>
+        <v>136.25328673930318</v>
       </c>
       <c r="I8" s="2" t="n">
-        <v>135.29726275512573</v>
+        <v>135.07466691332817</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="B9" t="inlineStr">
         <is>
-          <t>April 2025</t>
+          <t>Juni 2025</t>
         </is>
       </c>
       <c r="C9" t="inlineStr">
         <is>
           <t>2013 = 100</t>
         </is>
       </c>
       <c r="D9" s="2" t="n">
-        <v>134.44000000000048</v>
+        <v>134.70000000000047</v>
       </c>
       <c r="E9" s="2" t="n">
-        <v>0.025476735316552458</v>
+        <v>0.021460529309168162</v>
       </c>
       <c r="F9" s="2" t="n">
-        <v>134.7700000000005</v>
+        <v>135.04000000000048</v>
       </c>
       <c r="G9" s="2" t="n">
-        <v>132.79000000000048</v>
+        <v>132.3600000000005</v>
       </c>
       <c r="H9" s="2" t="n">
-        <v>136.43134544909543</v>
+        <v>136.74448730159122</v>
       </c>
       <c r="I9" s="2" t="n">
-        <v>134.71422768136028</v>
+        <v>135.63385041988374</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="B10" t="inlineStr">
         <is>
-          <t>Mei 2025</t>
+          <t>Juli 2025</t>
         </is>
       </c>
       <c r="C10" t="inlineStr">
         <is>
           <t>2013 = 100</t>
         </is>
       </c>
       <c r="D10" s="2" t="n">
-        <v>134.23000000000047</v>
+        <v>135.3600000000005</v>
       </c>
       <c r="E10" s="2" t="n">
-        <v>0.020139838881288858</v>
+        <v>0.019200361418568138</v>
       </c>
       <c r="F10" s="2" t="n">
-        <v>134.54000000000048</v>
+        <v>135.60000000000048</v>
       </c>
       <c r="G10" s="2" t="n">
-        <v>132.5500000000005</v>
+        <v>132.29000000000048</v>
       </c>
       <c r="H10" s="2" t="n">
-        <v>136.25328673930318</v>
+        <v>137.3493683582671</v>
       </c>
       <c r="I10" s="2" t="n">
-        <v>135.07466691332817</v>
+        <v>136.2534409632939</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="B11" t="inlineStr">
         <is>
-          <t>Juni 2025</t>
+          <t>Augustus 2025</t>
         </is>
       </c>
       <c r="C11" t="inlineStr">
         <is>
           <t>2013 = 100</t>
         </is>
       </c>
       <c r="D11" s="2" t="n">
-        <v>134.70000000000047</v>
+        <v>135.35000000000048</v>
       </c>
       <c r="E11" s="2" t="n">
-        <v>0.021460529309168162</v>
+        <v>0.019125065883593154</v>
       </c>
       <c r="F11" s="2" t="n">
-        <v>135.04000000000048</v>
+        <v>135.64000000000047</v>
       </c>
       <c r="G11" s="2" t="n">
-        <v>132.3600000000005</v>
+        <v>132.50000000000048</v>
       </c>
       <c r="H11" s="2" t="n">
-        <v>136.74448730159122</v>
+        <v>137.383619526237</v>
       </c>
       <c r="I11" s="2" t="n">
-        <v>135.63385041988374</v>
+        <v>136.40182766664722</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="B12" t="inlineStr">
         <is>
-          <t>Juli 2025</t>
+          <t>September 2025</t>
         </is>
       </c>
       <c r="C12" t="inlineStr">
         <is>
           <t>2013 = 100</t>
         </is>
       </c>
       <c r="D12" s="2" t="n">
-        <v>135.3600000000005</v>
+        <v>134.95000000000047</v>
       </c>
       <c r="E12" s="2" t="n">
-        <v>0.019200361418568138</v>
+        <v>0.021188043889519413</v>
       </c>
       <c r="F12" s="2" t="n">
-        <v>135.60000000000048</v>
+        <v>135.26000000000047</v>
       </c>
       <c r="G12" s="2" t="n">
-        <v>132.29000000000048</v>
+        <v>132.6800000000005</v>
       </c>
       <c r="H12" s="2" t="n">
-        <v>137.3493683582671</v>
+        <v>137.01829573972879</v>
       </c>
       <c r="I12" s="2" t="n">
-        <v>136.2534409632939</v>
+        <v>136.10192108922527</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="B13" t="inlineStr">
         <is>
-          <t>Augustus 2025</t>
+          <t>Oktober 2025</t>
         </is>
       </c>
       <c r="C13" t="inlineStr">
         <is>
           <t>2013 = 100</t>
         </is>
       </c>
       <c r="D13" s="2" t="n">
-        <v>135.35000000000048</v>
+        <v>135.44000000000048</v>
       </c>
       <c r="E13" s="2" t="n">
-        <v>0.019125065883593154</v>
+        <v>0.019956322012199726</v>
       </c>
       <c r="F13" s="2" t="n">
-        <v>135.64000000000047</v>
+        <v>135.76000000000047</v>
       </c>
       <c r="G13" s="2" t="n">
-        <v>132.50000000000048</v>
+        <v>132.85000000000048</v>
       </c>
       <c r="H13" s="2" t="n">
-        <v>137.383619526237</v>
+        <v>137.52345837464424</v>
       </c>
       <c r="I13" s="2" t="n">
-        <v>136.40182766664722</v>
+        <v>136.75796887271747</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="B14" t="inlineStr">
         <is>
-          <t>September 2025</t>
+          <t>November 2025</t>
         </is>
       </c>
       <c r="C14" t="inlineStr">
         <is>
           <t>2013 = 100</t>
         </is>
       </c>
       <c r="D14" s="2" t="n">
-        <v>134.95000000000047</v>
+        <v>136.20000000000047</v>
       </c>
       <c r="E14" s="2" t="n">
-        <v>0.021188043889519413</v>
+        <v>0.02398315916096547</v>
       </c>
       <c r="F14" s="2" t="n">
-        <v>135.26000000000047</v>
+        <v>136.4900000000005</v>
       </c>
       <c r="G14" s="2" t="n">
-        <v>132.6800000000005</v>
+        <v>133.07000000000048</v>
       </c>
       <c r="H14" s="2" t="n">
-        <v>137.01829573972879</v>
+        <v>138.23692317732494</v>
       </c>
       <c r="I14" s="2" t="n">
-        <v>136.10192108922527</v>
+        <v>137.49455704186556</v>
       </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <coreProperties xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </coreProperties>
 </file>