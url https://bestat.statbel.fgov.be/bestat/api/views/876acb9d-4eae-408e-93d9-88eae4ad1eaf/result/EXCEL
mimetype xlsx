--- v1 (2025-12-01)
+++ v2 (2026-03-14)
@@ -84,74 +84,74 @@
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?>
 
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
   <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/>
   <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/>
   <Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/>
   <Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/>
   <Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/>
 </Relationships>
 
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <cols>
     <col min="1" max="1" width="11.02734375" customWidth="true"/>
-    <col min="2" max="2" width="171.90234375" customWidth="true"/>
+    <col min="2" max="2" width="171.796875" customWidth="true"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" t="inlineStr">
         <is>
           <t>Data source:</t>
         </is>
       </c>
       <c r="B1" t="inlineStr">
         <is>
           <t>Index van de consumptieprijzen, volgens basisjaar, COICOP nomenclatuur, per jaar en maand</t>
         </is>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="inlineStr">
         <is>
           <t>Filters:</t>
         </is>
       </c>
       <c r="B2" t="inlineStr">
         <is>
-          <t>Datum : Laatste 13 Maand(November 2024, December 2024, Januari 2025, Februari 2025, Maart 2025, April 2025, Mei 2025, Juni 2025, Juli 2025, Augustus 2025, September 2025, Oktober 2025, November 2025)</t>
+          <t>Datum : Laatste 13 Maand(December 2024, Januari 2025, Februari 2025, Maart 2025, April 2025, Mei 2025, Juni 2025, Juli 2025, Augustus 2025, September 2025, Oktober 2025, November 2025, December 2025)</t>
         </is>
       </c>
     </row>
     <row r="3">
       <c r="B3" t="inlineStr">
         <is>
           <t xml:space="preserve">
 Basisjaar : 2013 = 100
 </t>
         </is>
       </c>
     </row>
     <row r="4">
 </row>
     <row r="5">
       <c r="A5" t="inlineStr">
         <is>
           <t xml:space="preserve">Bron: </t>
         </is>
       </c>
       <c r="B5" t="inlineStr">
         <is>
           <t>Statbel (Algemene Directie Statistiek - Statistics Belgium)</t>
         </is>
       </c>
@@ -232,399 +232,399 @@
         <is>
           <t>Index zonder energetische producten</t>
         </is>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="inlineStr">
         <is>
           <t>Jaar</t>
         </is>
       </c>
       <c r="B3" t="inlineStr">
         <is>
           <t>Maand</t>
         </is>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="B4" t="inlineStr">
         <is>
-          <t>November 2024</t>
+          <t>December 2024</t>
         </is>
       </c>
       <c r="C4"/>
       <c r="D4" s="2" t="n">
-        <v>133.01000000000047</v>
+        <v>133.54000000000048</v>
       </c>
       <c r="E4" s="2" t="n">
-        <v>0.031965241678951206</v>
+        <v>0.031595210505987015</v>
       </c>
       <c r="F4" s="2" t="n">
-        <v>133.22000000000048</v>
+        <v>133.73000000000047</v>
       </c>
       <c r="G4" s="2" t="n">
-        <v>130.22000000000045</v>
+        <v>130.42000000000044</v>
       </c>
       <c r="H4" s="2" t="n">
-        <v>134.7542295700307</v>
+        <v>135.28709125116842</v>
       </c>
       <c r="I4" s="2" t="n">
-        <v>133.42402444597735</v>
+        <v>133.7518759269416</v>
       </c>
     </row>
     <row r="5">
-      <c r="A5"/>
+      <c r="A5" t="inlineStr">
+        <is>
+          <t>2025</t>
+        </is>
+      </c>
       <c r="B5" t="inlineStr">
         <is>
-          <t>December 2024</t>
+          <t>Januari 2025</t>
         </is>
       </c>
       <c r="C5"/>
       <c r="D5" s="2" t="n">
-        <v>133.54000000000048</v>
+        <v>135.39000000000047</v>
       </c>
       <c r="E5" s="2" t="n">
-        <v>0.031595210505987015</v>
+        <v>0.04082103321033196</v>
       </c>
       <c r="F5" s="2" t="n">
-        <v>133.73000000000047</v>
+        <v>135.5200000000005</v>
       </c>
       <c r="G5" s="2" t="n">
-        <v>130.42000000000044</v>
+        <v>131.18000000000046</v>
       </c>
       <c r="H5" s="2" t="n">
-        <v>135.28709125116842</v>
+        <v>137.18819248016604</v>
       </c>
       <c r="I5" s="2" t="n">
-        <v>133.7518759269416</v>
+        <v>135.22041506064645</v>
       </c>
     </row>
     <row r="6">
-      <c r="A6" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="A6"/>
       <c r="B6" t="inlineStr">
         <is>
-          <t>Januari 2025</t>
+          <t>Februari 2025</t>
         </is>
       </c>
       <c r="C6"/>
       <c r="D6" s="2" t="n">
-        <v>135.39000000000047</v>
+        <v>135.66000000000048</v>
       </c>
       <c r="E6" s="2" t="n">
-        <v>0.04082103321033196</v>
+        <v>0.03549347378062752</v>
       </c>
       <c r="F6" s="2" t="n">
-        <v>135.5200000000005</v>
+        <v>135.79000000000048</v>
       </c>
       <c r="G6" s="2" t="n">
-        <v>131.18000000000046</v>
+        <v>131.87000000000046</v>
       </c>
       <c r="H6" s="2" t="n">
-        <v>137.18819248016604</v>
+        <v>137.4363525999299</v>
       </c>
       <c r="I6" s="2" t="n">
-        <v>135.22041506064645</v>
+        <v>135.25462672376742</v>
       </c>
     </row>
     <row r="7">
       <c r="A7"/>
       <c r="B7" t="inlineStr">
         <is>
-          <t>Februari 2025</t>
+          <t>Maart 2025</t>
         </is>
       </c>
       <c r="C7"/>
       <c r="D7" s="2" t="n">
-        <v>135.66000000000048</v>
+        <v>135.56000000000049</v>
       </c>
       <c r="E7" s="2" t="n">
-        <v>0.03549347378062752</v>
+        <v>0.029074622333561277</v>
       </c>
       <c r="F7" s="2" t="n">
-        <v>135.79000000000048</v>
+        <v>135.91000000000048</v>
       </c>
       <c r="G7" s="2" t="n">
-        <v>131.87000000000046</v>
+        <v>132.53000000000048</v>
       </c>
       <c r="H7" s="2" t="n">
-        <v>137.4363525999299</v>
+        <v>137.53550736349365</v>
       </c>
       <c r="I7" s="2" t="n">
-        <v>135.25462672376742</v>
+        <v>135.29726275512573</v>
       </c>
     </row>
     <row r="8">
       <c r="A8"/>
       <c r="B8" t="inlineStr">
         <is>
-          <t>Maart 2025</t>
+          <t>April 2025</t>
         </is>
       </c>
       <c r="C8"/>
       <c r="D8" s="2" t="n">
-        <v>135.56000000000049</v>
+        <v>134.44000000000048</v>
       </c>
       <c r="E8" s="2" t="n">
-        <v>0.029074622333561277</v>
+        <v>0.025476735316552458</v>
       </c>
       <c r="F8" s="2" t="n">
-        <v>135.91000000000048</v>
+        <v>134.7700000000005</v>
       </c>
       <c r="G8" s="2" t="n">
-        <v>132.53000000000048</v>
+        <v>132.79000000000048</v>
       </c>
       <c r="H8" s="2" t="n">
-        <v>137.53550736349365</v>
+        <v>136.43134544909543</v>
       </c>
       <c r="I8" s="2" t="n">
-        <v>135.29726275512573</v>
+        <v>134.71422768136028</v>
       </c>
     </row>
     <row r="9">
       <c r="A9"/>
       <c r="B9" t="inlineStr">
         <is>
-          <t>April 2025</t>
+          <t>Mei 2025</t>
         </is>
       </c>
       <c r="C9"/>
       <c r="D9" s="2" t="n">
-        <v>134.44000000000048</v>
+        <v>134.23000000000047</v>
       </c>
       <c r="E9" s="2" t="n">
-        <v>0.025476735316552458</v>
+        <v>0.020139838881288858</v>
       </c>
       <c r="F9" s="2" t="n">
-        <v>134.7700000000005</v>
+        <v>134.54000000000048</v>
       </c>
       <c r="G9" s="2" t="n">
-        <v>132.79000000000048</v>
+        <v>132.5500000000005</v>
       </c>
       <c r="H9" s="2" t="n">
-        <v>136.43134544909543</v>
+        <v>136.25328673930318</v>
       </c>
       <c r="I9" s="2" t="n">
-        <v>134.71422768136028</v>
+        <v>135.07466691332817</v>
       </c>
     </row>
     <row r="10">
       <c r="A10"/>
       <c r="B10" t="inlineStr">
         <is>
-          <t>Mei 2025</t>
+          <t>Juni 2025</t>
         </is>
       </c>
       <c r="C10"/>
       <c r="D10" s="2" t="n">
-        <v>134.23000000000047</v>
+        <v>134.70000000000047</v>
       </c>
       <c r="E10" s="2" t="n">
-        <v>0.020139838881288858</v>
+        <v>0.021460529309168162</v>
       </c>
       <c r="F10" s="2" t="n">
-        <v>134.54000000000048</v>
+        <v>135.04000000000048</v>
       </c>
       <c r="G10" s="2" t="n">
-        <v>132.5500000000005</v>
+        <v>132.3600000000005</v>
       </c>
       <c r="H10" s="2" t="n">
-        <v>136.25328673930318</v>
+        <v>136.74448730159122</v>
       </c>
       <c r="I10" s="2" t="n">
-        <v>135.07466691332817</v>
+        <v>135.63385041988374</v>
       </c>
     </row>
     <row r="11">
       <c r="A11"/>
       <c r="B11" t="inlineStr">
         <is>
-          <t>Juni 2025</t>
+          <t>Juli 2025</t>
         </is>
       </c>
       <c r="C11"/>
       <c r="D11" s="2" t="n">
-        <v>134.70000000000047</v>
+        <v>135.3600000000005</v>
       </c>
       <c r="E11" s="2" t="n">
-        <v>0.021460529309168162</v>
+        <v>0.019200361418568138</v>
       </c>
       <c r="F11" s="2" t="n">
-        <v>135.04000000000048</v>
+        <v>135.60000000000048</v>
       </c>
       <c r="G11" s="2" t="n">
-        <v>132.3600000000005</v>
+        <v>132.29000000000048</v>
       </c>
       <c r="H11" s="2" t="n">
-        <v>136.74448730159122</v>
+        <v>137.3493683582671</v>
       </c>
       <c r="I11" s="2" t="n">
-        <v>135.63385041988374</v>
+        <v>136.2534409632939</v>
       </c>
     </row>
     <row r="12">
       <c r="A12"/>
       <c r="B12" t="inlineStr">
         <is>
-          <t>Juli 2025</t>
+          <t>Augustus 2025</t>
         </is>
       </c>
       <c r="C12"/>
       <c r="D12" s="2" t="n">
-        <v>135.3600000000005</v>
+        <v>135.35000000000048</v>
       </c>
       <c r="E12" s="2" t="n">
-        <v>0.019200361418568138</v>
+        <v>0.019125065883593154</v>
       </c>
       <c r="F12" s="2" t="n">
-        <v>135.60000000000048</v>
+        <v>135.64000000000047</v>
       </c>
       <c r="G12" s="2" t="n">
-        <v>132.29000000000048</v>
+        <v>132.50000000000048</v>
       </c>
       <c r="H12" s="2" t="n">
-        <v>137.3493683582671</v>
+        <v>137.383619526237</v>
       </c>
       <c r="I12" s="2" t="n">
-        <v>136.2534409632939</v>
+        <v>136.40182766664722</v>
       </c>
     </row>
     <row r="13">
       <c r="A13"/>
       <c r="B13" t="inlineStr">
         <is>
-          <t>Augustus 2025</t>
+          <t>September 2025</t>
         </is>
       </c>
       <c r="C13"/>
       <c r="D13" s="2" t="n">
-        <v>135.35000000000048</v>
+        <v>134.95000000000047</v>
       </c>
       <c r="E13" s="2" t="n">
-        <v>0.019125065883593154</v>
+        <v>0.021188043889519413</v>
       </c>
       <c r="F13" s="2" t="n">
-        <v>135.64000000000047</v>
+        <v>135.26000000000047</v>
       </c>
       <c r="G13" s="2" t="n">
-        <v>132.50000000000048</v>
+        <v>132.6800000000005</v>
       </c>
       <c r="H13" s="2" t="n">
-        <v>137.383619526237</v>
+        <v>137.01829573972879</v>
       </c>
       <c r="I13" s="2" t="n">
-        <v>136.40182766664722</v>
+        <v>136.10192108922527</v>
       </c>
     </row>
     <row r="14">
       <c r="A14"/>
       <c r="B14" t="inlineStr">
         <is>
-          <t>September 2025</t>
+          <t>Oktober 2025</t>
         </is>
       </c>
       <c r="C14"/>
       <c r="D14" s="2" t="n">
-        <v>134.95000000000047</v>
+        <v>135.44000000000048</v>
       </c>
       <c r="E14" s="2" t="n">
-        <v>0.021188043889519413</v>
+        <v>0.019956322012199726</v>
       </c>
       <c r="F14" s="2" t="n">
-        <v>135.26000000000047</v>
+        <v>135.76000000000047</v>
       </c>
       <c r="G14" s="2" t="n">
-        <v>132.6800000000005</v>
+        <v>132.85000000000048</v>
       </c>
       <c r="H14" s="2" t="n">
-        <v>137.01829573972879</v>
+        <v>137.52345837464424</v>
       </c>
       <c r="I14" s="2" t="n">
-        <v>136.10192108922527</v>
+        <v>136.75796887271747</v>
       </c>
     </row>
     <row r="15">
       <c r="A15"/>
       <c r="B15" t="inlineStr">
         <is>
-          <t>Oktober 2025</t>
+          <t>November 2025</t>
         </is>
       </c>
       <c r="C15"/>
       <c r="D15" s="2" t="n">
-        <v>135.44000000000048</v>
+        <v>136.20000000000047</v>
       </c>
       <c r="E15" s="2" t="n">
-        <v>0.019956322012199726</v>
+        <v>0.02398315916096547</v>
       </c>
       <c r="F15" s="2" t="n">
-        <v>135.76000000000047</v>
+        <v>136.4900000000005</v>
       </c>
       <c r="G15" s="2" t="n">
-        <v>132.85000000000048</v>
+        <v>133.07000000000048</v>
       </c>
       <c r="H15" s="2" t="n">
-        <v>137.52345837464424</v>
+        <v>138.23692317732494</v>
       </c>
       <c r="I15" s="2" t="n">
-        <v>136.75796887271747</v>
+        <v>137.49455704186556</v>
       </c>
     </row>
     <row r="16">
       <c r="A16"/>
       <c r="B16" t="inlineStr">
         <is>
-          <t>November 2025</t>
+          <t>December 2025</t>
         </is>
       </c>
       <c r="C16"/>
       <c r="D16" s="2" t="n">
-        <v>136.20000000000047</v>
+        <v>136.29000000000048</v>
       </c>
       <c r="E16" s="2" t="n">
-        <v>0.02398315916096547</v>
+        <v>0.020593080724876495</v>
       </c>
       <c r="F16" s="2" t="n">
-        <v>136.4900000000005</v>
+        <v>136.69000000000048</v>
       </c>
       <c r="G16" s="2" t="n">
-        <v>133.07000000000048</v>
+        <v>133.3300000000005</v>
       </c>
       <c r="H16" s="2" t="n">
-        <v>138.23692317732494</v>
+        <v>138.4241006669394</v>
       </c>
       <c r="I16" s="2" t="n">
-        <v>137.49455704186556</v>
+        <v>137.73310730801802</v>
       </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <cols>
     <col min="1" max="1" width="4.96484375" customWidth="true"/>
     <col min="2" max="2" width="14.3203125" customWidth="true"/>
     <col min="3" max="3" width="9.96875" customWidth="true"/>
     <col min="4" max="4" width="18.53515625" customWidth="true"/>
     <col min="5" max="5" width="6.37109375" customWidth="true"/>
     <col min="6" max="6" width="15.8203125" customWidth="true"/>
     <col min="7" max="7" width="14.39453125" customWidth="true"/>
     <col min="8" max="8" width="28.73828125" customWidth="true"/>
     <col min="9" max="9" width="30.9453125" customWidth="true"/>
   </cols>
@@ -662,489 +662,489 @@
       </c>
       <c r="G1" t="inlineStr">
         <is>
           <t>Afgevlakte index</t>
         </is>
       </c>
       <c r="H1" t="inlineStr">
         <is>
           <t>Index zonder petroleum producten</t>
         </is>
       </c>
       <c r="I1" t="inlineStr">
         <is>
           <t>Index zonder energetische producten</t>
         </is>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="B2" t="inlineStr">
         <is>
-          <t>November 2024</t>
+          <t>December 2024</t>
         </is>
       </c>
       <c r="C2" t="inlineStr">
         <is>
           <t>2013 = 100</t>
         </is>
       </c>
       <c r="D2" s="2" t="n">
-        <v>133.01000000000047</v>
+        <v>133.54000000000048</v>
       </c>
       <c r="E2" s="2" t="n">
-        <v>0.031965241678951206</v>
+        <v>0.031595210505987015</v>
       </c>
       <c r="F2" s="2" t="n">
-        <v>133.22000000000048</v>
+        <v>133.73000000000047</v>
       </c>
       <c r="G2" s="2" t="n">
-        <v>130.22000000000045</v>
+        <v>130.42000000000044</v>
       </c>
       <c r="H2" s="2" t="n">
-        <v>134.7542295700307</v>
+        <v>135.28709125116842</v>
       </c>
       <c r="I2" s="2" t="n">
-        <v>133.42402444597735</v>
+        <v>133.7518759269416</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="B3" t="inlineStr">
         <is>
-          <t>December 2024</t>
+          <t>Januari 2025</t>
         </is>
       </c>
       <c r="C3" t="inlineStr">
         <is>
           <t>2013 = 100</t>
         </is>
       </c>
       <c r="D3" s="2" t="n">
-        <v>133.54000000000048</v>
+        <v>135.39000000000047</v>
       </c>
       <c r="E3" s="2" t="n">
-        <v>0.031595210505987015</v>
+        <v>0.04082103321033196</v>
       </c>
       <c r="F3" s="2" t="n">
-        <v>133.73000000000047</v>
+        <v>135.5200000000005</v>
       </c>
       <c r="G3" s="2" t="n">
-        <v>130.42000000000044</v>
+        <v>131.18000000000046</v>
       </c>
       <c r="H3" s="2" t="n">
-        <v>135.28709125116842</v>
+        <v>137.18819248016604</v>
       </c>
       <c r="I3" s="2" t="n">
-        <v>133.7518759269416</v>
+        <v>135.22041506064645</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="B4" t="inlineStr">
         <is>
-          <t>Januari 2025</t>
+          <t>Februari 2025</t>
         </is>
       </c>
       <c r="C4" t="inlineStr">
         <is>
           <t>2013 = 100</t>
         </is>
       </c>
       <c r="D4" s="2" t="n">
-        <v>135.39000000000047</v>
+        <v>135.66000000000048</v>
       </c>
       <c r="E4" s="2" t="n">
-        <v>0.04082103321033196</v>
+        <v>0.03549347378062752</v>
       </c>
       <c r="F4" s="2" t="n">
-        <v>135.5200000000005</v>
+        <v>135.79000000000048</v>
       </c>
       <c r="G4" s="2" t="n">
-        <v>131.18000000000046</v>
+        <v>131.87000000000046</v>
       </c>
       <c r="H4" s="2" t="n">
-        <v>137.18819248016604</v>
+        <v>137.4363525999299</v>
       </c>
       <c r="I4" s="2" t="n">
-        <v>135.22041506064645</v>
+        <v>135.25462672376742</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="B5" t="inlineStr">
         <is>
-          <t>Februari 2025</t>
+          <t>Maart 2025</t>
         </is>
       </c>
       <c r="C5" t="inlineStr">
         <is>
           <t>2013 = 100</t>
         </is>
       </c>
       <c r="D5" s="2" t="n">
-        <v>135.66000000000048</v>
+        <v>135.56000000000049</v>
       </c>
       <c r="E5" s="2" t="n">
-        <v>0.03549347378062752</v>
+        <v>0.029074622333561277</v>
       </c>
       <c r="F5" s="2" t="n">
-        <v>135.79000000000048</v>
+        <v>135.91000000000048</v>
       </c>
       <c r="G5" s="2" t="n">
-        <v>131.87000000000046</v>
+        <v>132.53000000000048</v>
       </c>
       <c r="H5" s="2" t="n">
-        <v>137.4363525999299</v>
+        <v>137.53550736349365</v>
       </c>
       <c r="I5" s="2" t="n">
-        <v>135.25462672376742</v>
+        <v>135.29726275512573</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="B6" t="inlineStr">
         <is>
-          <t>Maart 2025</t>
+          <t>April 2025</t>
         </is>
       </c>
       <c r="C6" t="inlineStr">
         <is>
           <t>2013 = 100</t>
         </is>
       </c>
       <c r="D6" s="2" t="n">
-        <v>135.56000000000049</v>
+        <v>134.44000000000048</v>
       </c>
       <c r="E6" s="2" t="n">
-        <v>0.029074622333561277</v>
+        <v>0.025476735316552458</v>
       </c>
       <c r="F6" s="2" t="n">
-        <v>135.91000000000048</v>
+        <v>134.7700000000005</v>
       </c>
       <c r="G6" s="2" t="n">
-        <v>132.53000000000048</v>
+        <v>132.79000000000048</v>
       </c>
       <c r="H6" s="2" t="n">
-        <v>137.53550736349365</v>
+        <v>136.43134544909543</v>
       </c>
       <c r="I6" s="2" t="n">
-        <v>135.29726275512573</v>
+        <v>134.71422768136028</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="B7" t="inlineStr">
         <is>
-          <t>April 2025</t>
+          <t>Mei 2025</t>
         </is>
       </c>
       <c r="C7" t="inlineStr">
         <is>
           <t>2013 = 100</t>
         </is>
       </c>
       <c r="D7" s="2" t="n">
-        <v>134.44000000000048</v>
+        <v>134.23000000000047</v>
       </c>
       <c r="E7" s="2" t="n">
-        <v>0.025476735316552458</v>
+        <v>0.020139838881288858</v>
       </c>
       <c r="F7" s="2" t="n">
-        <v>134.7700000000005</v>
+        <v>134.54000000000048</v>
       </c>
       <c r="G7" s="2" t="n">
-        <v>132.79000000000048</v>
+        <v>132.5500000000005</v>
       </c>
       <c r="H7" s="2" t="n">
-        <v>136.43134544909543</v>
+        <v>136.25328673930318</v>
       </c>
       <c r="I7" s="2" t="n">
-        <v>134.71422768136028</v>
+        <v>135.07466691332817</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="B8" t="inlineStr">
         <is>
-          <t>Mei 2025</t>
+          <t>Juni 2025</t>
         </is>
       </c>
       <c r="C8" t="inlineStr">
         <is>
           <t>2013 = 100</t>
         </is>
       </c>
       <c r="D8" s="2" t="n">
-        <v>134.23000000000047</v>
+        <v>134.70000000000047</v>
       </c>
       <c r="E8" s="2" t="n">
-        <v>0.020139838881288858</v>
+        <v>0.021460529309168162</v>
       </c>
       <c r="F8" s="2" t="n">
-        <v>134.54000000000048</v>
+        <v>135.04000000000048</v>
       </c>
       <c r="G8" s="2" t="n">
-        <v>132.5500000000005</v>
+        <v>132.3600000000005</v>
       </c>
       <c r="H8" s="2" t="n">
-        <v>136.25328673930318</v>
+        <v>136.74448730159122</v>
       </c>
       <c r="I8" s="2" t="n">
-        <v>135.07466691332817</v>
+        <v>135.63385041988374</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="B9" t="inlineStr">
         <is>
-          <t>Juni 2025</t>
+          <t>Juli 2025</t>
         </is>
       </c>
       <c r="C9" t="inlineStr">
         <is>
           <t>2013 = 100</t>
         </is>
       </c>
       <c r="D9" s="2" t="n">
-        <v>134.70000000000047</v>
+        <v>135.3600000000005</v>
       </c>
       <c r="E9" s="2" t="n">
-        <v>0.021460529309168162</v>
+        <v>0.019200361418568138</v>
       </c>
       <c r="F9" s="2" t="n">
-        <v>135.04000000000048</v>
+        <v>135.60000000000048</v>
       </c>
       <c r="G9" s="2" t="n">
-        <v>132.3600000000005</v>
+        <v>132.29000000000048</v>
       </c>
       <c r="H9" s="2" t="n">
-        <v>136.74448730159122</v>
+        <v>137.3493683582671</v>
       </c>
       <c r="I9" s="2" t="n">
-        <v>135.63385041988374</v>
+        <v>136.2534409632939</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="B10" t="inlineStr">
         <is>
-          <t>Juli 2025</t>
+          <t>Augustus 2025</t>
         </is>
       </c>
       <c r="C10" t="inlineStr">
         <is>
           <t>2013 = 100</t>
         </is>
       </c>
       <c r="D10" s="2" t="n">
-        <v>135.3600000000005</v>
+        <v>135.35000000000048</v>
       </c>
       <c r="E10" s="2" t="n">
-        <v>0.019200361418568138</v>
+        <v>0.019125065883593154</v>
       </c>
       <c r="F10" s="2" t="n">
-        <v>135.60000000000048</v>
+        <v>135.64000000000047</v>
       </c>
       <c r="G10" s="2" t="n">
-        <v>132.29000000000048</v>
+        <v>132.50000000000048</v>
       </c>
       <c r="H10" s="2" t="n">
-        <v>137.3493683582671</v>
+        <v>137.383619526237</v>
       </c>
       <c r="I10" s="2" t="n">
-        <v>136.2534409632939</v>
+        <v>136.40182766664722</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="B11" t="inlineStr">
         <is>
-          <t>Augustus 2025</t>
+          <t>September 2025</t>
         </is>
       </c>
       <c r="C11" t="inlineStr">
         <is>
           <t>2013 = 100</t>
         </is>
       </c>
       <c r="D11" s="2" t="n">
-        <v>135.35000000000048</v>
+        <v>134.95000000000047</v>
       </c>
       <c r="E11" s="2" t="n">
-        <v>0.019125065883593154</v>
+        <v>0.021188043889519413</v>
       </c>
       <c r="F11" s="2" t="n">
-        <v>135.64000000000047</v>
+        <v>135.26000000000047</v>
       </c>
       <c r="G11" s="2" t="n">
-        <v>132.50000000000048</v>
+        <v>132.6800000000005</v>
       </c>
       <c r="H11" s="2" t="n">
-        <v>137.383619526237</v>
+        <v>137.01829573972879</v>
       </c>
       <c r="I11" s="2" t="n">
-        <v>136.40182766664722</v>
+        <v>136.10192108922527</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="B12" t="inlineStr">
         <is>
-          <t>September 2025</t>
+          <t>Oktober 2025</t>
         </is>
       </c>
       <c r="C12" t="inlineStr">
         <is>
           <t>2013 = 100</t>
         </is>
       </c>
       <c r="D12" s="2" t="n">
-        <v>134.95000000000047</v>
+        <v>135.44000000000048</v>
       </c>
       <c r="E12" s="2" t="n">
-        <v>0.021188043889519413</v>
+        <v>0.019956322012199726</v>
       </c>
       <c r="F12" s="2" t="n">
-        <v>135.26000000000047</v>
+        <v>135.76000000000047</v>
       </c>
       <c r="G12" s="2" t="n">
-        <v>132.6800000000005</v>
+        <v>132.85000000000048</v>
       </c>
       <c r="H12" s="2" t="n">
-        <v>137.01829573972879</v>
+        <v>137.52345837464424</v>
       </c>
       <c r="I12" s="2" t="n">
-        <v>136.10192108922527</v>
+        <v>136.75796887271747</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="B13" t="inlineStr">
         <is>
-          <t>Oktober 2025</t>
+          <t>November 2025</t>
         </is>
       </c>
       <c r="C13" t="inlineStr">
         <is>
           <t>2013 = 100</t>
         </is>
       </c>
       <c r="D13" s="2" t="n">
-        <v>135.44000000000048</v>
+        <v>136.20000000000047</v>
       </c>
       <c r="E13" s="2" t="n">
-        <v>0.019956322012199726</v>
+        <v>0.02398315916096547</v>
       </c>
       <c r="F13" s="2" t="n">
-        <v>135.76000000000047</v>
+        <v>136.4900000000005</v>
       </c>
       <c r="G13" s="2" t="n">
-        <v>132.85000000000048</v>
+        <v>133.07000000000048</v>
       </c>
       <c r="H13" s="2" t="n">
-        <v>137.52345837464424</v>
+        <v>138.23692317732494</v>
       </c>
       <c r="I13" s="2" t="n">
-        <v>136.75796887271747</v>
+        <v>137.49455704186556</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="B14" t="inlineStr">
         <is>
-          <t>November 2025</t>
+          <t>December 2025</t>
         </is>
       </c>
       <c r="C14" t="inlineStr">
         <is>
           <t>2013 = 100</t>
         </is>
       </c>
       <c r="D14" s="2" t="n">
-        <v>136.20000000000047</v>
+        <v>136.29000000000048</v>
       </c>
       <c r="E14" s="2" t="n">
-        <v>0.02398315916096547</v>
+        <v>0.020593080724876495</v>
       </c>
       <c r="F14" s="2" t="n">
-        <v>136.4900000000005</v>
+        <v>136.69000000000048</v>
       </c>
       <c r="G14" s="2" t="n">
-        <v>133.07000000000048</v>
+        <v>133.3300000000005</v>
       </c>
       <c r="H14" s="2" t="n">
-        <v>138.23692317732494</v>
+        <v>138.4241006669394</v>
       </c>
       <c r="I14" s="2" t="n">
-        <v>137.49455704186556</v>
+        <v>137.73310730801802</v>
       </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <coreProperties xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </coreProperties>
 </file>