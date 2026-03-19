--- v0 (2025-10-21)
+++ v1 (2026-03-19)
@@ -84,258 +84,262 @@
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?>
 
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
   <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/>
   <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/>
   <Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/>
   <Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/>
   <Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/>
 </Relationships>
 
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <cols>
     <col min="1" max="1" width="11.02734375" customWidth="true"/>
-    <col min="2" max="2" width="184.71875" customWidth="true"/>
+    <col min="2" max="2" width="186.67578125" customWidth="true"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" t="inlineStr">
         <is>
           <t>Data source:</t>
         </is>
       </c>
       <c r="B1" t="inlineStr">
         <is>
           <t>Statistique des ventes de bâtiments : nombre et prix de vente par date, superficie et type de bâtiment</t>
         </is>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="inlineStr">
         <is>
           <t>Filtres:</t>
         </is>
       </c>
       <c r="B2" t="inlineStr">
         <is>
-          <t>Date de vente : 1er trimestre 2023, 2ème trimestre 2023, 3ème trimestre 2023, 4ème trimestre 2023, 1er trimestre 2024, 2ème trimestre 2024, 3ème trimestre 2024, 4ème trimestre 2024, 1er trimestre 2025, 2ème trimestre 2025</t>
+          <t>Date de vente : 2ème trimestre 2023, 3ème trimestre 2023, 4ème trimestre 2023, 1er trimestre 2024, 2ème trimestre 2024, 3ème trimestre 2024, 4ème trimestre 2024, 1er trimestre 2025, 2ème trimestre 2025, 3ème trimestre 2025</t>
         </is>
       </c>
     </row>
     <row r="3">
       <c r="B3" t="inlineStr">
         <is>
           <t xml:space="preserve">
 Type de bâtiment : Maisons avec 2 ou 3 façades (type fermé + type demi-fermé)
 </t>
         </is>
       </c>
     </row>
     <row r="4">
 </row>
     <row r="5">
       <c r="A5" t="inlineStr">
         <is>
           <t xml:space="preserve">Source: </t>
         </is>
       </c>
       <c r="B5" t="inlineStr">
         <is>
           <t>Statbel (Direction générale Statistique - Statistics Belgium)</t>
         </is>
       </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <cols>
     <col min="1" max="1" width="50.2265625" customWidth="true"/>
     <col min="2" max="2" width="7.8359375" customWidth="true"/>
     <col min="3" max="3" width="23.9765625" customWidth="true"/>
     <col min="4" max="4" width="8.76171875" customWidth="true"/>
-    <col min="5" max="5" width="16.0625" customWidth="true"/>
-[...8 lines deleted...]
-    <col min="14" max="14" width="17.83984375" customWidth="true"/>
+    <col min="5" max="5" width="17.83984375" customWidth="true"/>
+    <col min="6" max="6" width="18.09375" customWidth="true"/>
+    <col min="7" max="7" width="17.87890625" customWidth="true"/>
+    <col min="8" max="8" width="16.0625" customWidth="true"/>
+    <col min="9" max="9" width="17.83984375" customWidth="true"/>
+    <col min="10" max="10" width="18.09375" customWidth="true"/>
+    <col min="11" max="11" width="17.87890625" customWidth="true"/>
+    <col min="12" max="12" width="16.0625" customWidth="true"/>
+    <col min="13" max="13" width="17.83984375" customWidth="true"/>
+    <col min="14" max="14" width="18.09375" customWidth="true"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1"/>
       <c r="B1"/>
       <c r="C1"/>
       <c r="D1" t="inlineStr">
         <is>
           <t>Année</t>
         </is>
       </c>
       <c r="E1" t="inlineStr">
         <is>
           <t>2023</t>
         </is>
       </c>
       <c r="F1"/>
       <c r="G1"/>
-      <c r="H1"/>
-      <c r="I1" t="inlineStr">
+      <c r="H1" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
+      <c r="I1"/>
       <c r="J1"/>
       <c r="K1"/>
-      <c r="L1"/>
-      <c r="M1" t="inlineStr">
+      <c r="L1" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
+      <c r="M1"/>
       <c r="N1"/>
     </row>
     <row r="2">
       <c r="A2"/>
       <c r="B2"/>
       <c r="C2"/>
       <c r="D2" t="inlineStr">
         <is>
           <t>Semestre</t>
         </is>
       </c>
       <c r="E2" t="inlineStr">
         <is>
           <t>1er semestre 2023</t>
         </is>
       </c>
-      <c r="F2"/>
-      <c r="G2" t="inlineStr">
+      <c r="F2" t="inlineStr">
         <is>
           <t>2ème semestre 2023</t>
         </is>
       </c>
-      <c r="H2"/>
-      <c r="I2" t="inlineStr">
+      <c r="G2"/>
+      <c r="H2" t="inlineStr">
         <is>
           <t>1er semestre 2024</t>
         </is>
       </c>
-      <c r="J2"/>
-      <c r="K2" t="inlineStr">
+      <c r="I2"/>
+      <c r="J2" t="inlineStr">
         <is>
           <t>2ème semestre 2024</t>
         </is>
       </c>
-      <c r="L2"/>
-      <c r="M2" t="inlineStr">
+      <c r="K2"/>
+      <c r="L2" t="inlineStr">
         <is>
           <t>1er semestre 2025</t>
         </is>
       </c>
-      <c r="N2"/>
+      <c r="M2"/>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>2ème semestre 2025</t>
+        </is>
+      </c>
     </row>
     <row r="3">
       <c r="A3"/>
       <c r="B3"/>
       <c r="C3"/>
       <c r="D3" t="inlineStr">
         <is>
           <t>Trimestre</t>
         </is>
       </c>
       <c r="E3" t="inlineStr">
         <is>
-          <t>1er trimestre 2023</t>
+          <t>2ème trimestre 2023</t>
         </is>
       </c>
       <c r="F3" t="inlineStr">
         <is>
-          <t>2ème trimestre 2023</t>
+          <t>3ème trimestre 2023</t>
         </is>
       </c>
       <c r="G3" t="inlineStr">
         <is>
-          <t>3ème trimestre 2023</t>
+          <t>4ème trimestre 2023</t>
         </is>
       </c>
       <c r="H3" t="inlineStr">
         <is>
-          <t>4ème trimestre 2023</t>
+          <t>1er trimestre 2024</t>
         </is>
       </c>
       <c r="I3" t="inlineStr">
         <is>
-          <t>1er trimestre 2024</t>
+          <t>2ème trimestre 2024</t>
         </is>
       </c>
       <c r="J3" t="inlineStr">
         <is>
-          <t>2ème trimestre 2024</t>
+          <t>3ème trimestre 2024</t>
         </is>
       </c>
       <c r="K3" t="inlineStr">
         <is>
-          <t>3ème trimestre 2024</t>
+          <t>4ème trimestre 2024</t>
         </is>
       </c>
       <c r="L3" t="inlineStr">
         <is>
-          <t>4ème trimestre 2024</t>
+          <t>1er trimestre 2025</t>
         </is>
       </c>
       <c r="M3" t="inlineStr">
         <is>
-          <t>1er trimestre 2025</t>
+          <t>2ème trimestre 2025</t>
         </is>
       </c>
       <c r="N3" t="inlineStr">
         <is>
-          <t>2ème trimestre 2025</t>
+          <t>3ème trimestre 2025</t>
         </is>
       </c>
     </row>
     <row r="4">
       <c r="A4"/>
       <c r="B4"/>
       <c r="C4"/>
       <c r="D4"/>
       <c r="E4" t="inlineStr">
         <is>
           <t>Prix médian</t>
         </is>
       </c>
       <c r="F4" t="inlineStr">
         <is>
           <t>Prix médian</t>
         </is>
       </c>
       <c r="G4" t="inlineStr">
         <is>
           <t>Prix médian</t>
         </is>
       </c>
       <c r="H4" t="inlineStr">
         <is>
@@ -386,198 +390,198 @@
       </c>
       <c r="C5" t="inlineStr">
         <is>
           <t>Région</t>
         </is>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="inlineStr">
         <is>
           <t>Maisons avec 2 ou 3 façades (type fermé + type demi-fermé)</t>
         </is>
       </c>
       <c r="B6" t="inlineStr">
         <is>
           <t>Belgique</t>
         </is>
       </c>
       <c r="C6" t="inlineStr">
         <is>
           <t>Région flamande</t>
         </is>
       </c>
       <c r="D6"/>
       <c r="E6" s="1" t="n">
-        <v>299250.0</v>
+        <v>290000.0</v>
       </c>
       <c r="F6" s="1" t="n">
-        <v>290000.0</v>
+        <v>300000.0</v>
       </c>
       <c r="G6" s="1" t="n">
         <v>300000.0</v>
       </c>
       <c r="H6" s="1" t="n">
         <v>300000.0</v>
       </c>
       <c r="I6" s="1" t="n">
+        <v>295000.0</v>
+      </c>
+      <c r="J6" s="1" t="n">
+        <v>306000.0</v>
+      </c>
+      <c r="K6" s="1" t="n">
         <v>300000.0</v>
       </c>
-      <c r="J6" s="1" t="n">
-[...4 lines deleted...]
-      </c>
       <c r="L6" s="1" t="n">
-        <v>300000.0</v>
+        <v>320000.0</v>
       </c>
       <c r="M6" s="1" t="n">
-        <v>320000.0</v>
+        <v>311000.0</v>
       </c>
       <c r="N6" s="1" t="n">
-        <v>310000.0</v>
+        <v>317500.0</v>
       </c>
     </row>
     <row r="7">
       <c r="A7"/>
       <c r="B7"/>
       <c r="C7" t="inlineStr">
         <is>
           <t>Région de Bruxelles-Capitale</t>
         </is>
       </c>
       <c r="D7"/>
       <c r="E7" s="1" t="n">
-        <v>500000.0</v>
+        <v>452500.0</v>
       </c>
       <c r="F7" s="1" t="n">
-        <v>452500.0</v>
+        <v>503000.0</v>
       </c>
       <c r="G7" s="1" t="n">
-        <v>503000.0</v>
+        <v>490000.0</v>
       </c>
       <c r="H7" s="1" t="n">
         <v>490000.0</v>
       </c>
       <c r="I7" s="1" t="n">
-        <v>490000.0</v>
+        <v>475000.0</v>
       </c>
       <c r="J7" s="1" t="n">
-        <v>475000.0</v>
+        <v>505000.0</v>
       </c>
       <c r="K7" s="1" t="n">
-        <v>505000.0</v>
+        <v>497500.0</v>
       </c>
       <c r="L7" s="1" t="n">
-        <v>497500.0</v>
+        <v>525000.0</v>
       </c>
       <c r="M7" s="1" t="n">
+        <v>480000.0</v>
+      </c>
+      <c r="N7" s="1" t="n">
         <v>525000.0</v>
-      </c>
-[...1 lines deleted...]
-        <v>480000.0</v>
       </c>
     </row>
     <row r="8">
       <c r="A8"/>
       <c r="B8"/>
       <c r="C8" t="inlineStr">
         <is>
           <t>Région wallonne</t>
         </is>
       </c>
       <c r="D8"/>
       <c r="E8" s="1" t="n">
-        <v>175000.0</v>
+        <v>172500.0</v>
       </c>
       <c r="F8" s="1" t="n">
-        <v>172500.0</v>
+        <v>179000.0</v>
       </c>
       <c r="G8" s="1" t="n">
-        <v>179000.0</v>
+        <v>180000.0</v>
       </c>
       <c r="H8" s="1" t="n">
-        <v>180000.0</v>
+        <v>175500.0</v>
       </c>
       <c r="I8" s="1" t="n">
-        <v>175500.0</v>
+        <v>174000.0</v>
       </c>
       <c r="J8" s="1" t="n">
-        <v>174000.0</v>
+        <v>185000.0</v>
       </c>
       <c r="K8" s="1" t="n">
-        <v>185000.0</v>
+        <v>173000.0</v>
       </c>
       <c r="L8" s="1" t="n">
-        <v>172750.0</v>
+        <v>200250.0</v>
       </c>
       <c r="M8" s="1" t="n">
-        <v>200000.0</v>
+        <v>190000.0</v>
       </c>
       <c r="N8" s="1" t="n">
-        <v>190000.0</v>
+        <v>197000.0</v>
       </c>
     </row>
     <row r="9">
       <c r="A9"/>
       <c r="B9" t="inlineStr">
         <is>
           <t>Belgique</t>
         </is>
       </c>
       <c r="C9"/>
       <c r="D9"/>
       <c r="E9" s="1" t="n">
+        <v>257500.0</v>
+      </c>
+      <c r="F9" s="1" t="n">
+        <v>263000.0</v>
+      </c>
+      <c r="G9" s="1" t="n">
+        <v>265000.0</v>
+      </c>
+      <c r="H9" s="1" t="n">
         <v>260000.0</v>
       </c>
-      <c r="F9" s="1" t="n">
-[...7 lines deleted...]
-      </c>
       <c r="I9" s="1" t="n">
-        <v>260000.0</v>
+        <v>259000.0</v>
       </c>
       <c r="J9" s="1" t="n">
-        <v>259000.0</v>
+        <v>274500.0</v>
       </c>
       <c r="K9" s="1" t="n">
-        <v>274500.0</v>
+        <v>250000.0</v>
       </c>
       <c r="L9" s="1" t="n">
-        <v>250000.0</v>
+        <v>290000.0</v>
       </c>
       <c r="M9" s="1" t="n">
-        <v>290000.0</v>
+        <v>275000.0</v>
       </c>
       <c r="N9" s="1" t="n">
-        <v>275000.0</v>
+        <v>280000.0</v>
       </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <cols>
     <col min="1" max="1" width="50.2265625" customWidth="true"/>
     <col min="2" max="2" width="7.8359375" customWidth="true"/>
     <col min="3" max="3" width="23.9765625" customWidth="true"/>
     <col min="4" max="4" width="6.0625" customWidth="true"/>
     <col min="5" max="5" width="18.09375" customWidth="true"/>
     <col min="6" max="6" width="17.87890625" customWidth="true"/>
     <col min="7" max="7" width="10.4296875" customWidth="true"/>
   </cols>
   <sheetData>
     <row r="1">
@@ -623,1374 +627,1374 @@
           <t>Maisons avec 2 ou 3 façades (type fermé + type demi-fermé)</t>
         </is>
       </c>
       <c r="B2" t="inlineStr">
         <is>
           <t>Belgique</t>
         </is>
       </c>
       <c r="C2" t="inlineStr">
         <is>
           <t>Région flamande</t>
         </is>
       </c>
       <c r="D2" t="inlineStr">
         <is>
           <t>2023</t>
         </is>
       </c>
       <c r="E2" t="inlineStr">
         <is>
           <t>1er semestre 2023</t>
         </is>
       </c>
       <c r="F2" t="inlineStr">
         <is>
-          <t>1er trimestre 2023</t>
+          <t>2ème trimestre 2023</t>
         </is>
       </c>
       <c r="G2" s="1" t="n">
-        <v>299250.0</v>
+        <v>290000.0</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="inlineStr">
         <is>
           <t>Maisons avec 2 ou 3 façades (type fermé + type demi-fermé)</t>
         </is>
       </c>
       <c r="B3" t="inlineStr">
         <is>
           <t>Belgique</t>
         </is>
       </c>
       <c r="C3" t="inlineStr">
         <is>
           <t>Région flamande</t>
         </is>
       </c>
       <c r="D3" t="inlineStr">
         <is>
           <t>2023</t>
         </is>
       </c>
       <c r="E3" t="inlineStr">
         <is>
-          <t>1er semestre 2023</t>
+          <t>2ème semestre 2023</t>
         </is>
       </c>
       <c r="F3" t="inlineStr">
         <is>
-          <t>2ème trimestre 2023</t>
+          <t>3ème trimestre 2023</t>
         </is>
       </c>
       <c r="G3" s="1" t="n">
-        <v>290000.0</v>
+        <v>300000.0</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="inlineStr">
         <is>
           <t>Maisons avec 2 ou 3 façades (type fermé + type demi-fermé)</t>
         </is>
       </c>
       <c r="B4" t="inlineStr">
         <is>
           <t>Belgique</t>
         </is>
       </c>
       <c r="C4" t="inlineStr">
         <is>
           <t>Région flamande</t>
         </is>
       </c>
       <c r="D4" t="inlineStr">
         <is>
           <t>2023</t>
         </is>
       </c>
       <c r="E4" t="inlineStr">
         <is>
           <t>2ème semestre 2023</t>
         </is>
       </c>
       <c r="F4" t="inlineStr">
         <is>
-          <t>3ème trimestre 2023</t>
+          <t>4ème trimestre 2023</t>
         </is>
       </c>
       <c r="G4" s="1" t="n">
         <v>300000.0</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="inlineStr">
         <is>
           <t>Maisons avec 2 ou 3 façades (type fermé + type demi-fermé)</t>
         </is>
       </c>
       <c r="B5" t="inlineStr">
         <is>
           <t>Belgique</t>
         </is>
       </c>
       <c r="C5" t="inlineStr">
         <is>
           <t>Région flamande</t>
         </is>
       </c>
       <c r="D5" t="inlineStr">
         <is>
-          <t>2023</t>
+          <t>2024</t>
         </is>
       </c>
       <c r="E5" t="inlineStr">
         <is>
-          <t>2ème semestre 2023</t>
+          <t>1er semestre 2024</t>
         </is>
       </c>
       <c r="F5" t="inlineStr">
         <is>
-          <t>4ème trimestre 2023</t>
+          <t>1er trimestre 2024</t>
         </is>
       </c>
       <c r="G5" s="1" t="n">
         <v>300000.0</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="inlineStr">
         <is>
           <t>Maisons avec 2 ou 3 façades (type fermé + type demi-fermé)</t>
         </is>
       </c>
       <c r="B6" t="inlineStr">
         <is>
           <t>Belgique</t>
         </is>
       </c>
       <c r="C6" t="inlineStr">
         <is>
           <t>Région flamande</t>
         </is>
       </c>
       <c r="D6" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="E6" t="inlineStr">
         <is>
           <t>1er semestre 2024</t>
         </is>
       </c>
       <c r="F6" t="inlineStr">
         <is>
-          <t>1er trimestre 2024</t>
+          <t>2ème trimestre 2024</t>
         </is>
       </c>
       <c r="G6" s="1" t="n">
-        <v>300000.0</v>
+        <v>295000.0</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="inlineStr">
         <is>
           <t>Maisons avec 2 ou 3 façades (type fermé + type demi-fermé)</t>
         </is>
       </c>
       <c r="B7" t="inlineStr">
         <is>
           <t>Belgique</t>
         </is>
       </c>
       <c r="C7" t="inlineStr">
         <is>
           <t>Région flamande</t>
         </is>
       </c>
       <c r="D7" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="E7" t="inlineStr">
         <is>
-          <t>1er semestre 2024</t>
+          <t>2ème semestre 2024</t>
         </is>
       </c>
       <c r="F7" t="inlineStr">
         <is>
-          <t>2ème trimestre 2024</t>
+          <t>3ème trimestre 2024</t>
         </is>
       </c>
       <c r="G7" s="1" t="n">
-        <v>295000.0</v>
+        <v>306000.0</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="inlineStr">
         <is>
           <t>Maisons avec 2 ou 3 façades (type fermé + type demi-fermé)</t>
         </is>
       </c>
       <c r="B8" t="inlineStr">
         <is>
           <t>Belgique</t>
         </is>
       </c>
       <c r="C8" t="inlineStr">
         <is>
           <t>Région flamande</t>
         </is>
       </c>
       <c r="D8" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="E8" t="inlineStr">
         <is>
           <t>2ème semestre 2024</t>
         </is>
       </c>
       <c r="F8" t="inlineStr">
         <is>
-          <t>3ème trimestre 2024</t>
+          <t>4ème trimestre 2024</t>
         </is>
       </c>
       <c r="G8" s="1" t="n">
-        <v>306000.0</v>
+        <v>300000.0</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="inlineStr">
         <is>
           <t>Maisons avec 2 ou 3 façades (type fermé + type demi-fermé)</t>
         </is>
       </c>
       <c r="B9" t="inlineStr">
         <is>
           <t>Belgique</t>
         </is>
       </c>
       <c r="C9" t="inlineStr">
         <is>
           <t>Région flamande</t>
         </is>
       </c>
       <c r="D9" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="E9" t="inlineStr">
         <is>
-          <t>2ème semestre 2024</t>
+          <t>1er semestre 2025</t>
         </is>
       </c>
       <c r="F9" t="inlineStr">
         <is>
-          <t>4ème trimestre 2024</t>
+          <t>1er trimestre 2025</t>
         </is>
       </c>
       <c r="G9" s="1" t="n">
-        <v>300000.0</v>
+        <v>320000.0</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="inlineStr">
         <is>
           <t>Maisons avec 2 ou 3 façades (type fermé + type demi-fermé)</t>
         </is>
       </c>
       <c r="B10" t="inlineStr">
         <is>
           <t>Belgique</t>
         </is>
       </c>
       <c r="C10" t="inlineStr">
         <is>
           <t>Région flamande</t>
         </is>
       </c>
       <c r="D10" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="E10" t="inlineStr">
         <is>
           <t>1er semestre 2025</t>
         </is>
       </c>
       <c r="F10" t="inlineStr">
         <is>
-          <t>1er trimestre 2025</t>
+          <t>2ème trimestre 2025</t>
         </is>
       </c>
       <c r="G10" s="1" t="n">
-        <v>320000.0</v>
+        <v>311000.0</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="inlineStr">
         <is>
           <t>Maisons avec 2 ou 3 façades (type fermé + type demi-fermé)</t>
         </is>
       </c>
       <c r="B11" t="inlineStr">
         <is>
           <t>Belgique</t>
         </is>
       </c>
       <c r="C11" t="inlineStr">
         <is>
           <t>Région flamande</t>
         </is>
       </c>
       <c r="D11" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="E11" t="inlineStr">
         <is>
-          <t>1er semestre 2025</t>
+          <t>2ème semestre 2025</t>
         </is>
       </c>
       <c r="F11" t="inlineStr">
         <is>
-          <t>2ème trimestre 2025</t>
+          <t>3ème trimestre 2025</t>
         </is>
       </c>
       <c r="G11" s="1" t="n">
-        <v>310000.0</v>
+        <v>317500.0</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="inlineStr">
         <is>
           <t>Maisons avec 2 ou 3 façades (type fermé + type demi-fermé)</t>
         </is>
       </c>
       <c r="B12" t="inlineStr">
         <is>
           <t>Belgique</t>
         </is>
       </c>
       <c r="C12" t="inlineStr">
         <is>
           <t>Région de Bruxelles-Capitale</t>
         </is>
       </c>
       <c r="D12" t="inlineStr">
         <is>
           <t>2023</t>
         </is>
       </c>
       <c r="E12" t="inlineStr">
         <is>
           <t>1er semestre 2023</t>
         </is>
       </c>
       <c r="F12" t="inlineStr">
         <is>
-          <t>1er trimestre 2023</t>
+          <t>2ème trimestre 2023</t>
         </is>
       </c>
       <c r="G12" s="1" t="n">
-        <v>500000.0</v>
+        <v>452500.0</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="inlineStr">
         <is>
           <t>Maisons avec 2 ou 3 façades (type fermé + type demi-fermé)</t>
         </is>
       </c>
       <c r="B13" t="inlineStr">
         <is>
           <t>Belgique</t>
         </is>
       </c>
       <c r="C13" t="inlineStr">
         <is>
           <t>Région de Bruxelles-Capitale</t>
         </is>
       </c>
       <c r="D13" t="inlineStr">
         <is>
           <t>2023</t>
         </is>
       </c>
       <c r="E13" t="inlineStr">
         <is>
-          <t>1er semestre 2023</t>
+          <t>2ème semestre 2023</t>
         </is>
       </c>
       <c r="F13" t="inlineStr">
         <is>
-          <t>2ème trimestre 2023</t>
+          <t>3ème trimestre 2023</t>
         </is>
       </c>
       <c r="G13" s="1" t="n">
-        <v>452500.0</v>
+        <v>503000.0</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="inlineStr">
         <is>
           <t>Maisons avec 2 ou 3 façades (type fermé + type demi-fermé)</t>
         </is>
       </c>
       <c r="B14" t="inlineStr">
         <is>
           <t>Belgique</t>
         </is>
       </c>
       <c r="C14" t="inlineStr">
         <is>
           <t>Région de Bruxelles-Capitale</t>
         </is>
       </c>
       <c r="D14" t="inlineStr">
         <is>
           <t>2023</t>
         </is>
       </c>
       <c r="E14" t="inlineStr">
         <is>
           <t>2ème semestre 2023</t>
         </is>
       </c>
       <c r="F14" t="inlineStr">
         <is>
-          <t>3ème trimestre 2023</t>
+          <t>4ème trimestre 2023</t>
         </is>
       </c>
       <c r="G14" s="1" t="n">
-        <v>503000.0</v>
+        <v>490000.0</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="inlineStr">
         <is>
           <t>Maisons avec 2 ou 3 façades (type fermé + type demi-fermé)</t>
         </is>
       </c>
       <c r="B15" t="inlineStr">
         <is>
           <t>Belgique</t>
         </is>
       </c>
       <c r="C15" t="inlineStr">
         <is>
           <t>Région de Bruxelles-Capitale</t>
         </is>
       </c>
       <c r="D15" t="inlineStr">
         <is>
-          <t>2023</t>
+          <t>2024</t>
         </is>
       </c>
       <c r="E15" t="inlineStr">
         <is>
-          <t>2ème semestre 2023</t>
+          <t>1er semestre 2024</t>
         </is>
       </c>
       <c r="F15" t="inlineStr">
         <is>
-          <t>4ème trimestre 2023</t>
+          <t>1er trimestre 2024</t>
         </is>
       </c>
       <c r="G15" s="1" t="n">
         <v>490000.0</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="inlineStr">
         <is>
           <t>Maisons avec 2 ou 3 façades (type fermé + type demi-fermé)</t>
         </is>
       </c>
       <c r="B16" t="inlineStr">
         <is>
           <t>Belgique</t>
         </is>
       </c>
       <c r="C16" t="inlineStr">
         <is>
           <t>Région de Bruxelles-Capitale</t>
         </is>
       </c>
       <c r="D16" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="E16" t="inlineStr">
         <is>
           <t>1er semestre 2024</t>
         </is>
       </c>
       <c r="F16" t="inlineStr">
         <is>
-          <t>1er trimestre 2024</t>
+          <t>2ème trimestre 2024</t>
         </is>
       </c>
       <c r="G16" s="1" t="n">
-        <v>490000.0</v>
+        <v>475000.0</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="inlineStr">
         <is>
           <t>Maisons avec 2 ou 3 façades (type fermé + type demi-fermé)</t>
         </is>
       </c>
       <c r="B17" t="inlineStr">
         <is>
           <t>Belgique</t>
         </is>
       </c>
       <c r="C17" t="inlineStr">
         <is>
           <t>Région de Bruxelles-Capitale</t>
         </is>
       </c>
       <c r="D17" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="E17" t="inlineStr">
         <is>
-          <t>1er semestre 2024</t>
+          <t>2ème semestre 2024</t>
         </is>
       </c>
       <c r="F17" t="inlineStr">
         <is>
-          <t>2ème trimestre 2024</t>
+          <t>3ème trimestre 2024</t>
         </is>
       </c>
       <c r="G17" s="1" t="n">
-        <v>475000.0</v>
+        <v>505000.0</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="inlineStr">
         <is>
           <t>Maisons avec 2 ou 3 façades (type fermé + type demi-fermé)</t>
         </is>
       </c>
       <c r="B18" t="inlineStr">
         <is>
           <t>Belgique</t>
         </is>
       </c>
       <c r="C18" t="inlineStr">
         <is>
           <t>Région de Bruxelles-Capitale</t>
         </is>
       </c>
       <c r="D18" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="E18" t="inlineStr">
         <is>
           <t>2ème semestre 2024</t>
         </is>
       </c>
       <c r="F18" t="inlineStr">
         <is>
-          <t>3ème trimestre 2024</t>
+          <t>4ème trimestre 2024</t>
         </is>
       </c>
       <c r="G18" s="1" t="n">
-        <v>505000.0</v>
+        <v>497500.0</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="inlineStr">
         <is>
           <t>Maisons avec 2 ou 3 façades (type fermé + type demi-fermé)</t>
         </is>
       </c>
       <c r="B19" t="inlineStr">
         <is>
           <t>Belgique</t>
         </is>
       </c>
       <c r="C19" t="inlineStr">
         <is>
           <t>Région de Bruxelles-Capitale</t>
         </is>
       </c>
       <c r="D19" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="E19" t="inlineStr">
         <is>
-          <t>2ème semestre 2024</t>
+          <t>1er semestre 2025</t>
         </is>
       </c>
       <c r="F19" t="inlineStr">
         <is>
-          <t>4ème trimestre 2024</t>
+          <t>1er trimestre 2025</t>
         </is>
       </c>
       <c r="G19" s="1" t="n">
-        <v>497500.0</v>
+        <v>525000.0</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="inlineStr">
         <is>
           <t>Maisons avec 2 ou 3 façades (type fermé + type demi-fermé)</t>
         </is>
       </c>
       <c r="B20" t="inlineStr">
         <is>
           <t>Belgique</t>
         </is>
       </c>
       <c r="C20" t="inlineStr">
         <is>
           <t>Région de Bruxelles-Capitale</t>
         </is>
       </c>
       <c r="D20" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="E20" t="inlineStr">
         <is>
           <t>1er semestre 2025</t>
         </is>
       </c>
       <c r="F20" t="inlineStr">
         <is>
-          <t>1er trimestre 2025</t>
+          <t>2ème trimestre 2025</t>
         </is>
       </c>
       <c r="G20" s="1" t="n">
-        <v>525000.0</v>
+        <v>480000.0</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="inlineStr">
         <is>
           <t>Maisons avec 2 ou 3 façades (type fermé + type demi-fermé)</t>
         </is>
       </c>
       <c r="B21" t="inlineStr">
         <is>
           <t>Belgique</t>
         </is>
       </c>
       <c r="C21" t="inlineStr">
         <is>
           <t>Région de Bruxelles-Capitale</t>
         </is>
       </c>
       <c r="D21" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="E21" t="inlineStr">
         <is>
-          <t>1er semestre 2025</t>
+          <t>2ème semestre 2025</t>
         </is>
       </c>
       <c r="F21" t="inlineStr">
         <is>
-          <t>2ème trimestre 2025</t>
+          <t>3ème trimestre 2025</t>
         </is>
       </c>
       <c r="G21" s="1" t="n">
-        <v>480000.0</v>
+        <v>525000.0</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="inlineStr">
         <is>
           <t>Maisons avec 2 ou 3 façades (type fermé + type demi-fermé)</t>
         </is>
       </c>
       <c r="B22" t="inlineStr">
         <is>
           <t>Belgique</t>
         </is>
       </c>
       <c r="C22" t="inlineStr">
         <is>
           <t>Région wallonne</t>
         </is>
       </c>
       <c r="D22" t="inlineStr">
         <is>
           <t>2023</t>
         </is>
       </c>
       <c r="E22" t="inlineStr">
         <is>
           <t>1er semestre 2023</t>
         </is>
       </c>
       <c r="F22" t="inlineStr">
         <is>
-          <t>1er trimestre 2023</t>
+          <t>2ème trimestre 2023</t>
         </is>
       </c>
       <c r="G22" s="1" t="n">
-        <v>175000.0</v>
+        <v>172500.0</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="inlineStr">
         <is>
           <t>Maisons avec 2 ou 3 façades (type fermé + type demi-fermé)</t>
         </is>
       </c>
       <c r="B23" t="inlineStr">
         <is>
           <t>Belgique</t>
         </is>
       </c>
       <c r="C23" t="inlineStr">
         <is>
           <t>Région wallonne</t>
         </is>
       </c>
       <c r="D23" t="inlineStr">
         <is>
           <t>2023</t>
         </is>
       </c>
       <c r="E23" t="inlineStr">
         <is>
-          <t>1er semestre 2023</t>
+          <t>2ème semestre 2023</t>
         </is>
       </c>
       <c r="F23" t="inlineStr">
         <is>
-          <t>2ème trimestre 2023</t>
+          <t>3ème trimestre 2023</t>
         </is>
       </c>
       <c r="G23" s="1" t="n">
-        <v>172500.0</v>
+        <v>179000.0</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="inlineStr">
         <is>
           <t>Maisons avec 2 ou 3 façades (type fermé + type demi-fermé)</t>
         </is>
       </c>
       <c r="B24" t="inlineStr">
         <is>
           <t>Belgique</t>
         </is>
       </c>
       <c r="C24" t="inlineStr">
         <is>
           <t>Région wallonne</t>
         </is>
       </c>
       <c r="D24" t="inlineStr">
         <is>
           <t>2023</t>
         </is>
       </c>
       <c r="E24" t="inlineStr">
         <is>
           <t>2ème semestre 2023</t>
         </is>
       </c>
       <c r="F24" t="inlineStr">
         <is>
-          <t>3ème trimestre 2023</t>
+          <t>4ème trimestre 2023</t>
         </is>
       </c>
       <c r="G24" s="1" t="n">
-        <v>179000.0</v>
+        <v>180000.0</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="inlineStr">
         <is>
           <t>Maisons avec 2 ou 3 façades (type fermé + type demi-fermé)</t>
         </is>
       </c>
       <c r="B25" t="inlineStr">
         <is>
           <t>Belgique</t>
         </is>
       </c>
       <c r="C25" t="inlineStr">
         <is>
           <t>Région wallonne</t>
         </is>
       </c>
       <c r="D25" t="inlineStr">
         <is>
-          <t>2023</t>
+          <t>2024</t>
         </is>
       </c>
       <c r="E25" t="inlineStr">
         <is>
-          <t>2ème semestre 2023</t>
+          <t>1er semestre 2024</t>
         </is>
       </c>
       <c r="F25" t="inlineStr">
         <is>
-          <t>4ème trimestre 2023</t>
+          <t>1er trimestre 2024</t>
         </is>
       </c>
       <c r="G25" s="1" t="n">
-        <v>180000.0</v>
+        <v>175500.0</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="inlineStr">
         <is>
           <t>Maisons avec 2 ou 3 façades (type fermé + type demi-fermé)</t>
         </is>
       </c>
       <c r="B26" t="inlineStr">
         <is>
           <t>Belgique</t>
         </is>
       </c>
       <c r="C26" t="inlineStr">
         <is>
           <t>Région wallonne</t>
         </is>
       </c>
       <c r="D26" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="E26" t="inlineStr">
         <is>
           <t>1er semestre 2024</t>
         </is>
       </c>
       <c r="F26" t="inlineStr">
         <is>
-          <t>1er trimestre 2024</t>
+          <t>2ème trimestre 2024</t>
         </is>
       </c>
       <c r="G26" s="1" t="n">
-        <v>175500.0</v>
+        <v>174000.0</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="inlineStr">
         <is>
           <t>Maisons avec 2 ou 3 façades (type fermé + type demi-fermé)</t>
         </is>
       </c>
       <c r="B27" t="inlineStr">
         <is>
           <t>Belgique</t>
         </is>
       </c>
       <c r="C27" t="inlineStr">
         <is>
           <t>Région wallonne</t>
         </is>
       </c>
       <c r="D27" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="E27" t="inlineStr">
         <is>
-          <t>1er semestre 2024</t>
+          <t>2ème semestre 2024</t>
         </is>
       </c>
       <c r="F27" t="inlineStr">
         <is>
-          <t>2ème trimestre 2024</t>
+          <t>3ème trimestre 2024</t>
         </is>
       </c>
       <c r="G27" s="1" t="n">
-        <v>174000.0</v>
+        <v>185000.0</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="inlineStr">
         <is>
           <t>Maisons avec 2 ou 3 façades (type fermé + type demi-fermé)</t>
         </is>
       </c>
       <c r="B28" t="inlineStr">
         <is>
           <t>Belgique</t>
         </is>
       </c>
       <c r="C28" t="inlineStr">
         <is>
           <t>Région wallonne</t>
         </is>
       </c>
       <c r="D28" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="E28" t="inlineStr">
         <is>
           <t>2ème semestre 2024</t>
         </is>
       </c>
       <c r="F28" t="inlineStr">
         <is>
-          <t>3ème trimestre 2024</t>
+          <t>4ème trimestre 2024</t>
         </is>
       </c>
       <c r="G28" s="1" t="n">
-        <v>185000.0</v>
+        <v>173000.0</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="inlineStr">
         <is>
           <t>Maisons avec 2 ou 3 façades (type fermé + type demi-fermé)</t>
         </is>
       </c>
       <c r="B29" t="inlineStr">
         <is>
           <t>Belgique</t>
         </is>
       </c>
       <c r="C29" t="inlineStr">
         <is>
           <t>Région wallonne</t>
         </is>
       </c>
       <c r="D29" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="E29" t="inlineStr">
         <is>
-          <t>2ème semestre 2024</t>
+          <t>1er semestre 2025</t>
         </is>
       </c>
       <c r="F29" t="inlineStr">
         <is>
-          <t>4ème trimestre 2024</t>
+          <t>1er trimestre 2025</t>
         </is>
       </c>
       <c r="G29" s="1" t="n">
-        <v>172750.0</v>
+        <v>200250.0</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="inlineStr">
         <is>
           <t>Maisons avec 2 ou 3 façades (type fermé + type demi-fermé)</t>
         </is>
       </c>
       <c r="B30" t="inlineStr">
         <is>
           <t>Belgique</t>
         </is>
       </c>
       <c r="C30" t="inlineStr">
         <is>
           <t>Région wallonne</t>
         </is>
       </c>
       <c r="D30" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="E30" t="inlineStr">
         <is>
           <t>1er semestre 2025</t>
         </is>
       </c>
       <c r="F30" t="inlineStr">
         <is>
-          <t>1er trimestre 2025</t>
+          <t>2ème trimestre 2025</t>
         </is>
       </c>
       <c r="G30" s="1" t="n">
-        <v>200000.0</v>
+        <v>190000.0</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="inlineStr">
         <is>
           <t>Maisons avec 2 ou 3 façades (type fermé + type demi-fermé)</t>
         </is>
       </c>
       <c r="B31" t="inlineStr">
         <is>
           <t>Belgique</t>
         </is>
       </c>
       <c r="C31" t="inlineStr">
         <is>
           <t>Région wallonne</t>
         </is>
       </c>
       <c r="D31" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="E31" t="inlineStr">
         <is>
-          <t>1er semestre 2025</t>
+          <t>2ème semestre 2025</t>
         </is>
       </c>
       <c r="F31" t="inlineStr">
         <is>
-          <t>2ème trimestre 2025</t>
+          <t>3ème trimestre 2025</t>
         </is>
       </c>
       <c r="G31" s="1" t="n">
-        <v>190000.0</v>
+        <v>197000.0</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="inlineStr">
         <is>
           <t>Maisons avec 2 ou 3 façades (type fermé + type demi-fermé)</t>
         </is>
       </c>
       <c r="B32" t="inlineStr">
         <is>
           <t>Belgique</t>
         </is>
       </c>
       <c r="C32"/>
       <c r="D32" t="inlineStr">
         <is>
           <t>2023</t>
         </is>
       </c>
       <c r="E32" t="inlineStr">
         <is>
           <t>1er semestre 2023</t>
         </is>
       </c>
       <c r="F32" t="inlineStr">
         <is>
-          <t>1er trimestre 2023</t>
+          <t>2ème trimestre 2023</t>
         </is>
       </c>
       <c r="G32" s="1" t="n">
-        <v>260000.0</v>
+        <v>257500.0</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" t="inlineStr">
         <is>
           <t>Maisons avec 2 ou 3 façades (type fermé + type demi-fermé)</t>
         </is>
       </c>
       <c r="B33" t="inlineStr">
         <is>
           <t>Belgique</t>
         </is>
       </c>
       <c r="C33"/>
       <c r="D33" t="inlineStr">
         <is>
           <t>2023</t>
         </is>
       </c>
       <c r="E33" t="inlineStr">
         <is>
-          <t>1er semestre 2023</t>
+          <t>2ème semestre 2023</t>
         </is>
       </c>
       <c r="F33" t="inlineStr">
         <is>
-          <t>2ème trimestre 2023</t>
+          <t>3ème trimestre 2023</t>
         </is>
       </c>
       <c r="G33" s="1" t="n">
-        <v>257500.0</v>
+        <v>263000.0</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" t="inlineStr">
         <is>
           <t>Maisons avec 2 ou 3 façades (type fermé + type demi-fermé)</t>
         </is>
       </c>
       <c r="B34" t="inlineStr">
         <is>
           <t>Belgique</t>
         </is>
       </c>
       <c r="C34"/>
       <c r="D34" t="inlineStr">
         <is>
           <t>2023</t>
         </is>
       </c>
       <c r="E34" t="inlineStr">
         <is>
           <t>2ème semestre 2023</t>
         </is>
       </c>
       <c r="F34" t="inlineStr">
         <is>
-          <t>3ème trimestre 2023</t>
+          <t>4ème trimestre 2023</t>
         </is>
       </c>
       <c r="G34" s="1" t="n">
-        <v>263000.0</v>
+        <v>265000.0</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" t="inlineStr">
         <is>
           <t>Maisons avec 2 ou 3 façades (type fermé + type demi-fermé)</t>
         </is>
       </c>
       <c r="B35" t="inlineStr">
         <is>
           <t>Belgique</t>
         </is>
       </c>
       <c r="C35"/>
       <c r="D35" t="inlineStr">
         <is>
-          <t>2023</t>
+          <t>2024</t>
         </is>
       </c>
       <c r="E35" t="inlineStr">
         <is>
-          <t>2ème semestre 2023</t>
+          <t>1er semestre 2024</t>
         </is>
       </c>
       <c r="F35" t="inlineStr">
         <is>
-          <t>4ème trimestre 2023</t>
+          <t>1er trimestre 2024</t>
         </is>
       </c>
       <c r="G35" s="1" t="n">
-        <v>265000.0</v>
+        <v>260000.0</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" t="inlineStr">
         <is>
           <t>Maisons avec 2 ou 3 façades (type fermé + type demi-fermé)</t>
         </is>
       </c>
       <c r="B36" t="inlineStr">
         <is>
           <t>Belgique</t>
         </is>
       </c>
       <c r="C36"/>
       <c r="D36" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="E36" t="inlineStr">
         <is>
           <t>1er semestre 2024</t>
         </is>
       </c>
       <c r="F36" t="inlineStr">
         <is>
-          <t>1er trimestre 2024</t>
+          <t>2ème trimestre 2024</t>
         </is>
       </c>
       <c r="G36" s="1" t="n">
-        <v>260000.0</v>
+        <v>259000.0</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" t="inlineStr">
         <is>
           <t>Maisons avec 2 ou 3 façades (type fermé + type demi-fermé)</t>
         </is>
       </c>
       <c r="B37" t="inlineStr">
         <is>
           <t>Belgique</t>
         </is>
       </c>
       <c r="C37"/>
       <c r="D37" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="E37" t="inlineStr">
         <is>
-          <t>1er semestre 2024</t>
+          <t>2ème semestre 2024</t>
         </is>
       </c>
       <c r="F37" t="inlineStr">
         <is>
-          <t>2ème trimestre 2024</t>
+          <t>3ème trimestre 2024</t>
         </is>
       </c>
       <c r="G37" s="1" t="n">
-        <v>259000.0</v>
+        <v>274500.0</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" t="inlineStr">
         <is>
           <t>Maisons avec 2 ou 3 façades (type fermé + type demi-fermé)</t>
         </is>
       </c>
       <c r="B38" t="inlineStr">
         <is>
           <t>Belgique</t>
         </is>
       </c>
       <c r="C38"/>
       <c r="D38" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="E38" t="inlineStr">
         <is>
           <t>2ème semestre 2024</t>
         </is>
       </c>
       <c r="F38" t="inlineStr">
         <is>
-          <t>3ème trimestre 2024</t>
+          <t>4ème trimestre 2024</t>
         </is>
       </c>
       <c r="G38" s="1" t="n">
-        <v>274500.0</v>
+        <v>250000.0</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" t="inlineStr">
         <is>
           <t>Maisons avec 2 ou 3 façades (type fermé + type demi-fermé)</t>
         </is>
       </c>
       <c r="B39" t="inlineStr">
         <is>
           <t>Belgique</t>
         </is>
       </c>
       <c r="C39"/>
       <c r="D39" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="E39" t="inlineStr">
         <is>
-          <t>2ème semestre 2024</t>
+          <t>1er semestre 2025</t>
         </is>
       </c>
       <c r="F39" t="inlineStr">
         <is>
-          <t>4ème trimestre 2024</t>
+          <t>1er trimestre 2025</t>
         </is>
       </c>
       <c r="G39" s="1" t="n">
-        <v>250000.0</v>
+        <v>290000.0</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" t="inlineStr">
         <is>
           <t>Maisons avec 2 ou 3 façades (type fermé + type demi-fermé)</t>
         </is>
       </c>
       <c r="B40" t="inlineStr">
         <is>
           <t>Belgique</t>
         </is>
       </c>
       <c r="C40"/>
       <c r="D40" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="E40" t="inlineStr">
         <is>
           <t>1er semestre 2025</t>
         </is>
       </c>
       <c r="F40" t="inlineStr">
         <is>
-          <t>1er trimestre 2025</t>
+          <t>2ème trimestre 2025</t>
         </is>
       </c>
       <c r="G40" s="1" t="n">
-        <v>290000.0</v>
+        <v>275000.0</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" t="inlineStr">
         <is>
           <t>Maisons avec 2 ou 3 façades (type fermé + type demi-fermé)</t>
         </is>
       </c>
       <c r="B41" t="inlineStr">
         <is>
           <t>Belgique</t>
         </is>
       </c>
       <c r="C41"/>
       <c r="D41" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="E41" t="inlineStr">
         <is>
-          <t>1er semestre 2025</t>
+          <t>2ème semestre 2025</t>
         </is>
       </c>
       <c r="F41" t="inlineStr">
         <is>
-          <t>2ème trimestre 2025</t>
+          <t>3ème trimestre 2025</t>
         </is>
       </c>
       <c r="G41" s="1" t="n">
-        <v>275000.0</v>
+        <v>280000.0</v>
       </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <coreProperties xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </coreProperties>
 </file>