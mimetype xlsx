--- v0 (2025-10-22)
+++ v1 (2025-12-11)
@@ -84,694 +84,694 @@
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?>
 
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
   <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/>
   <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/>
   <Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/>
   <Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/>
   <Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/>
 </Relationships>
 
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <cols>
     <col min="1" max="1" width="11.02734375" customWidth="true"/>
-    <col min="2" max="2" width="168.4453125" customWidth="true"/>
+    <col min="2" max="2" width="166.04296875" customWidth="true"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" t="inlineStr">
         <is>
           <t>Data source:</t>
         </is>
       </c>
       <c r="B1" t="inlineStr">
         <is>
           <t>Number of Bankruptcies and job losses in Belgium per month, municipality, economic activity (NACE 2008), type of enterprise, legal form, size class of the number of employees, lifespan</t>
         </is>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="inlineStr">
         <is>
           <t>Filters:</t>
         </is>
       </c>
       <c r="B2" t="inlineStr">
         <is>
-          <t>Date : Last 13 Month(September 2024, October 2024, November 2024, December 2024, January 2025, February 2025, March 2025, April 2025, May 2025, June 2025, July 2025, August 2025, September 2025)</t>
+          <t>Date : Last 13 Month(October 2024, November 2024, December 2024, January 2025, February 2025, March 2025, April 2025, May 2025, June 2025, July 2025, August 2025, September 2025, October 2025)</t>
         </is>
       </c>
     </row>
     <row r="3">
       <c r="B3" t="inlineStr">
         <is>
           <t xml:space="preserve">
 </t>
         </is>
       </c>
     </row>
     <row r="4">
 </row>
     <row r="5">
       <c r="A5" t="inlineStr">
         <is>
           <t xml:space="preserve">Source: </t>
         </is>
       </c>
       <c r="B5" t="inlineStr">
         <is>
           <t>Statbel (Directorate-general Statistics - Statistics Belgium)</t>
         </is>
       </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <cols>
     <col min="1" max="1" width="13.3828125" customWidth="true"/>
     <col min="2" max="2" width="27.1796875" customWidth="true"/>
     <col min="3" max="3" width="6.04296875" customWidth="true"/>
     <col min="4" max="4" width="20.46875" customWidth="true"/>
-    <col min="5" max="5" width="11.8828125" customWidth="true"/>
-[...10 lines deleted...]
-    <col min="16" max="16" width="14.3203125" customWidth="true"/>
+    <col min="5" max="5" width="13.79296875" customWidth="true"/>
+    <col min="6" max="6" width="13.6875" customWidth="true"/>
+    <col min="7" max="7" width="11.97265625" customWidth="true"/>
+    <col min="8" max="8" width="12.484375" customWidth="true"/>
+    <col min="9" max="9" width="10.5390625" customWidth="true"/>
+    <col min="10" max="10" width="9.21484375" customWidth="true"/>
+    <col min="11" max="11" width="8.81640625" customWidth="true"/>
+    <col min="12" max="12" width="9.4609375" customWidth="true"/>
+    <col min="13" max="13" width="8.7890625" customWidth="true"/>
+    <col min="14" max="14" width="11.26953125" customWidth="true"/>
+    <col min="15" max="15" width="14.3203125" customWidth="true"/>
+    <col min="16" max="16" width="11.8828125" customWidth="true"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1"/>
       <c r="B1"/>
       <c r="C1"/>
       <c r="D1" t="inlineStr">
         <is>
           <t>Number of bankruptcies</t>
         </is>
       </c>
       <c r="E1"/>
       <c r="F1"/>
       <c r="G1"/>
       <c r="H1"/>
       <c r="I1"/>
       <c r="J1"/>
       <c r="K1"/>
       <c r="L1"/>
       <c r="M1"/>
       <c r="N1"/>
       <c r="O1"/>
       <c r="P1"/>
     </row>
     <row r="2">
       <c r="A2"/>
       <c r="B2"/>
       <c r="C2" t="inlineStr">
         <is>
           <t>Year</t>
         </is>
       </c>
       <c r="D2" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="E2"/>
       <c r="F2"/>
-      <c r="G2"/>
-[...4 lines deleted...]
-      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2025</t>
+        </is>
+      </c>
+      <c r="H2"/>
       <c r="I2"/>
       <c r="J2"/>
       <c r="K2"/>
       <c r="L2"/>
       <c r="M2"/>
       <c r="N2"/>
       <c r="O2"/>
       <c r="P2"/>
     </row>
     <row r="3">
       <c r="A3"/>
       <c r="B3"/>
       <c r="C3" t="inlineStr">
         <is>
           <t>Month</t>
         </is>
       </c>
       <c r="D3" t="inlineStr">
         <is>
-          <t>September 2024</t>
+          <t>October 2024</t>
         </is>
       </c>
       <c r="E3" t="inlineStr">
         <is>
-          <t>October 2024</t>
+          <t>November 2024</t>
         </is>
       </c>
       <c r="F3" t="inlineStr">
         <is>
-          <t>November 2024</t>
+          <t>December 2024</t>
         </is>
       </c>
       <c r="G3" t="inlineStr">
         <is>
-          <t>December 2024</t>
+          <t>January 2025</t>
         </is>
       </c>
       <c r="H3" t="inlineStr">
         <is>
-          <t>January 2025</t>
+          <t>February 2025</t>
         </is>
       </c>
       <c r="I3" t="inlineStr">
         <is>
-          <t>February 2025</t>
+          <t>March 2025</t>
         </is>
       </c>
       <c r="J3" t="inlineStr">
         <is>
-          <t>March 2025</t>
+          <t>April 2025</t>
         </is>
       </c>
       <c r="K3" t="inlineStr">
         <is>
-          <t>April 2025</t>
+          <t>May 2025</t>
         </is>
       </c>
       <c r="L3" t="inlineStr">
         <is>
-          <t>May 2025</t>
+          <t>June 2025</t>
         </is>
       </c>
       <c r="M3" t="inlineStr">
         <is>
-          <t>June 2025</t>
+          <t>July 2025</t>
         </is>
       </c>
       <c r="N3" t="inlineStr">
         <is>
-          <t>July 2025</t>
+          <t>August 2025</t>
         </is>
       </c>
       <c r="O3" t="inlineStr">
         <is>
-          <t>August 2025</t>
+          <t>September 2025</t>
         </is>
       </c>
       <c r="P3" t="inlineStr">
         <is>
-          <t>September 2025</t>
+          <t>October 2025</t>
         </is>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="inlineStr">
         <is>
           <t>All size classes</t>
         </is>
       </c>
       <c r="B4" t="inlineStr">
         <is>
           <t>Size class number of employees</t>
         </is>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="inlineStr">
         <is>
           <t>All size classes</t>
         </is>
       </c>
       <c r="B5" t="inlineStr">
         <is>
           <t>0 - 4 employees</t>
         </is>
       </c>
       <c r="C5"/>
       <c r="D5" s="1" t="n">
+        <v>974.0</v>
+      </c>
+      <c r="E5" s="1" t="n">
+        <v>752.0</v>
+      </c>
+      <c r="F5" s="1" t="n">
+        <v>923.0</v>
+      </c>
+      <c r="G5" s="1" t="n">
+        <v>891.0</v>
+      </c>
+      <c r="H5" s="1" t="n">
+        <v>900.0</v>
+      </c>
+      <c r="I5" s="1" t="n">
+        <v>989.0</v>
+      </c>
+      <c r="J5" s="1" t="n">
+        <v>903.0</v>
+      </c>
+      <c r="K5" s="1" t="n">
+        <v>830.0</v>
+      </c>
+      <c r="L5" s="1" t="n">
+        <v>1090.0</v>
+      </c>
+      <c r="M5" s="1" t="n">
+        <v>648.0</v>
+      </c>
+      <c r="N5" s="1" t="n">
+        <v>440.0</v>
+      </c>
+      <c r="O5" s="1" t="n">
         <v>1124.0</v>
       </c>
-      <c r="E5" s="1" t="n">
-[...31 lines deleted...]
-      </c>
       <c r="P5" s="1" t="n">
-        <v>1123.0</v>
+        <v>1019.0</v>
       </c>
     </row>
     <row r="6">
       <c r="A6"/>
       <c r="B6" t="inlineStr">
         <is>
           <t>5 - 9 employees</t>
         </is>
       </c>
       <c r="C6"/>
       <c r="D6" s="1" t="n">
-        <v>39.0</v>
+        <v>63.0</v>
       </c>
       <c r="E6" s="1" t="n">
-        <v>63.0</v>
+        <v>48.0</v>
       </c>
       <c r="F6" s="1" t="n">
         <v>48.0</v>
       </c>
       <c r="G6" s="1" t="n">
+        <v>34.0</v>
+      </c>
+      <c r="H6" s="1" t="n">
+        <v>50.0</v>
+      </c>
+      <c r="I6" s="1" t="n">
+        <v>42.0</v>
+      </c>
+      <c r="J6" s="1" t="n">
+        <v>54.0</v>
+      </c>
+      <c r="K6" s="1" t="n">
+        <v>39.0</v>
+      </c>
+      <c r="L6" s="1" t="n">
+        <v>51.0</v>
+      </c>
+      <c r="M6" s="1" t="n">
         <v>48.0</v>
       </c>
-      <c r="H6" s="1" t="n">
-[...16 lines deleted...]
-      </c>
       <c r="N6" s="1" t="n">
-        <v>48.0</v>
+        <v>32.0</v>
       </c>
       <c r="O6" s="1" t="n">
-        <v>32.0</v>
+        <v>63.0</v>
       </c>
       <c r="P6" s="1" t="n">
-        <v>62.0</v>
+        <v>52.0</v>
       </c>
     </row>
     <row r="7">
       <c r="A7"/>
       <c r="B7" t="inlineStr">
         <is>
           <t>10 - 19 employees</t>
         </is>
       </c>
       <c r="C7"/>
       <c r="D7" s="1" t="n">
-        <v>19.0</v>
+        <v>22.0</v>
       </c>
       <c r="E7" s="1" t="n">
-        <v>22.0</v>
+        <v>17.0</v>
       </c>
       <c r="F7" s="1" t="n">
         <v>17.0</v>
       </c>
       <c r="G7" s="1" t="n">
-        <v>17.0</v>
+        <v>13.0</v>
       </c>
       <c r="H7" s="1" t="n">
-        <v>13.0</v>
+        <v>25.0</v>
       </c>
       <c r="I7" s="1" t="n">
-        <v>25.0</v>
+        <v>14.0</v>
       </c>
       <c r="J7" s="1" t="n">
+        <v>19.0</v>
+      </c>
+      <c r="K7" s="1" t="n">
         <v>14.0</v>
       </c>
-      <c r="K7" s="1" t="n">
-[...1 lines deleted...]
-      </c>
       <c r="L7" s="1" t="n">
-        <v>14.0</v>
+        <v>23.0</v>
       </c>
       <c r="M7" s="1" t="n">
-        <v>23.0</v>
+        <v>9.0</v>
       </c>
       <c r="N7" s="1" t="n">
-        <v>9.0</v>
+        <v>16.0</v>
       </c>
       <c r="O7" s="1" t="n">
-        <v>16.0</v>
+        <v>28.0</v>
       </c>
       <c r="P7" s="1" t="n">
-        <v>27.0</v>
+        <v>18.0</v>
       </c>
     </row>
     <row r="8">
       <c r="A8"/>
       <c r="B8" t="inlineStr">
         <is>
           <t>20 - 49 employees</t>
         </is>
       </c>
       <c r="C8"/>
       <c r="D8" s="1" t="n">
+        <v>9.0</v>
+      </c>
+      <c r="E8" s="1" t="n">
+        <v>6.0</v>
+      </c>
+      <c r="F8" s="1" t="n">
+        <v>11.0</v>
+      </c>
+      <c r="G8" s="1" t="n">
+        <v>6.0</v>
+      </c>
+      <c r="H8" s="1" t="n">
+        <v>9.0</v>
+      </c>
+      <c r="I8" s="1" t="n">
         <v>8.0</v>
       </c>
-      <c r="E8" s="1" t="n">
+      <c r="J8" s="1" t="n">
         <v>9.0</v>
       </c>
-      <c r="F8" s="1" t="n">
+      <c r="K8" s="1" t="n">
+        <v>2.0</v>
+      </c>
+      <c r="L8" s="1" t="n">
+        <v>23.0</v>
+      </c>
+      <c r="M8" s="1" t="n">
+        <v>7.0</v>
+      </c>
+      <c r="N8" s="1" t="n">
+        <v>9.0</v>
+      </c>
+      <c r="O8" s="1" t="n">
         <v>6.0</v>
       </c>
-      <c r="G8" s="1" t="n">
+      <c r="P8" s="1" t="n">
         <v>11.0</v>
-      </c>
-[...25 lines deleted...]
-        <v>6.0</v>
       </c>
     </row>
     <row r="9">
       <c r="A9"/>
       <c r="B9" t="inlineStr">
         <is>
           <t>50 - 99 employees</t>
         </is>
       </c>
       <c r="C9"/>
       <c r="D9" s="1" t="n">
+        <v>2.0</v>
+      </c>
+      <c r="E9" s="1" t="n">
         <v>3.0</v>
       </c>
-      <c r="E9" s="1" t="n">
+      <c r="F9" s="1" t="n">
         <v>2.0</v>
       </c>
-      <c r="F9" s="1" t="n">
+      <c r="G9" s="1" t="n">
+        <v>1.0</v>
+      </c>
+      <c r="H9" s="1" t="n">
         <v>3.0</v>
       </c>
-      <c r="G9" s="1" t="n">
-[...2 lines deleted...]
-      <c r="H9" s="1" t="n">
+      <c r="I9" s="1" t="n">
         <v>1.0</v>
-      </c>
-[...1 lines deleted...]
-        <v>3.0</v>
       </c>
       <c r="J9" s="1" t="n">
         <v>1.0</v>
       </c>
       <c r="K9" s="1" t="n">
+        <v>3.0</v>
+      </c>
+      <c r="L9"/>
+      <c r="M9"/>
+      <c r="N9" s="1" t="n">
+        <v>2.0</v>
+      </c>
+      <c r="O9" s="1" t="n">
         <v>1.0</v>
       </c>
-      <c r="L9" s="1" t="n">
-[...4 lines deleted...]
-      <c r="O9" s="1" t="n">
+      <c r="P9" s="1" t="n">
         <v>2.0</v>
-      </c>
-[...1 lines deleted...]
-        <v>1.0</v>
       </c>
     </row>
     <row r="10">
       <c r="A10"/>
       <c r="B10" t="inlineStr">
         <is>
           <t>100 - 199 employees</t>
         </is>
       </c>
       <c r="C10"/>
       <c r="D10" s="1" t="n">
-        <v>2.0</v>
-[...1 lines deleted...]
-      <c r="E10" s="1" t="n">
         <v>1.0</v>
       </c>
+      <c r="E10"/>
       <c r="F10"/>
       <c r="G10"/>
       <c r="H10"/>
-      <c r="I10"/>
+      <c r="I10" s="1" t="n">
+        <v>2.0</v>
+      </c>
       <c r="J10" s="1" t="n">
         <v>2.0</v>
       </c>
-      <c r="K10" s="1" t="n">
+      <c r="K10"/>
+      <c r="L10"/>
+      <c r="M10" s="1" t="n">
         <v>2.0</v>
       </c>
-      <c r="L10"/>
-      <c r="M10"/>
       <c r="N10" s="1" t="n">
         <v>2.0</v>
       </c>
-      <c r="O10" s="1" t="n">
-[...2 lines deleted...]
-      <c r="P10"/>
+      <c r="O10"/>
+      <c r="P10" s="1" t="n">
+        <v>1.0</v>
+      </c>
     </row>
     <row r="11">
       <c r="A11"/>
       <c r="B11" t="inlineStr">
         <is>
           <t>200 - 249 employees</t>
         </is>
       </c>
       <c r="C11"/>
-      <c r="D11"/>
-      <c r="E11" s="1" t="n">
+      <c r="D11" s="1" t="n">
         <v>1.0</v>
       </c>
+      <c r="E11"/>
       <c r="F11"/>
       <c r="G11"/>
-      <c r="H11"/>
-      <c r="I11" s="1" t="n">
+      <c r="H11" s="1" t="n">
         <v>1.0</v>
       </c>
+      <c r="I11"/>
       <c r="J11"/>
       <c r="K11"/>
       <c r="L11"/>
       <c r="M11"/>
-      <c r="N11"/>
-      <c r="O11" s="1" t="n">
+      <c r="N11" s="1" t="n">
         <v>1.0</v>
       </c>
+      <c r="O11"/>
       <c r="P11"/>
     </row>
     <row r="12">
       <c r="A12"/>
       <c r="B12" t="inlineStr">
         <is>
           <t>250 - 499 employees</t>
         </is>
       </c>
       <c r="C12"/>
       <c r="D12"/>
       <c r="E12"/>
-      <c r="F12"/>
-      <c r="G12" s="1" t="n">
+      <c r="F12" s="1" t="n">
         <v>1.0</v>
       </c>
+      <c r="G12"/>
       <c r="H12"/>
-      <c r="I12"/>
+      <c r="I12" s="1" t="n">
+        <v>1.0</v>
+      </c>
       <c r="J12" s="1" t="n">
         <v>1.0</v>
       </c>
-      <c r="K12" s="1" t="n">
-[...1 lines deleted...]
-      </c>
+      <c r="K12"/>
       <c r="L12"/>
       <c r="M12"/>
       <c r="N12"/>
       <c r="O12"/>
       <c r="P12"/>
     </row>
     <row r="13">
       <c r="A13"/>
       <c r="B13" t="inlineStr">
         <is>
           <t>500 - 999 employees</t>
         </is>
       </c>
       <c r="C13"/>
       <c r="D13"/>
       <c r="E13"/>
       <c r="F13"/>
-      <c r="G13"/>
-      <c r="H13" s="1" t="n">
+      <c r="G13" s="1" t="n">
         <v>1.0</v>
       </c>
+      <c r="H13"/>
       <c r="I13"/>
-      <c r="J13"/>
-      <c r="K13" s="1" t="n">
+      <c r="J13" s="1" t="n">
         <v>1.0</v>
       </c>
+      <c r="K13"/>
       <c r="L13"/>
-      <c r="M13"/>
-      <c r="N13" s="1" t="n">
+      <c r="M13" s="1" t="n">
         <v>1.0</v>
       </c>
+      <c r="N13"/>
       <c r="O13"/>
       <c r="P13"/>
     </row>
     <row r="14">
       <c r="A14"/>
       <c r="B14" t="inlineStr">
         <is>
           <t>1000 employees and more</t>
         </is>
       </c>
       <c r="C14"/>
       <c r="D14"/>
       <c r="E14"/>
       <c r="F14"/>
       <c r="G14"/>
       <c r="H14"/>
       <c r="I14"/>
       <c r="J14"/>
       <c r="K14"/>
       <c r="L14"/>
       <c r="M14"/>
       <c r="N14"/>
       <c r="O14"/>
       <c r="P14"/>
     </row>
     <row r="15">
       <c r="A15" t="inlineStr">
         <is>
           <t>All size classes</t>
         </is>
       </c>
       <c r="B15"/>
       <c r="C15"/>
       <c r="D15" s="1" t="n">
-        <v>1195.0</v>
+        <v>1072.0</v>
       </c>
       <c r="E15" s="1" t="n">
-        <v>1072.0</v>
+        <v>826.0</v>
       </c>
       <c r="F15" s="1" t="n">
-        <v>826.0</v>
+        <v>1002.0</v>
       </c>
       <c r="G15" s="1" t="n">
-        <v>1002.0</v>
+        <v>946.0</v>
       </c>
       <c r="H15" s="1" t="n">
-        <v>946.0</v>
+        <v>988.0</v>
       </c>
       <c r="I15" s="1" t="n">
-        <v>988.0</v>
+        <v>1057.0</v>
       </c>
       <c r="J15" s="1" t="n">
-        <v>1057.0</v>
+        <v>990.0</v>
       </c>
       <c r="K15" s="1" t="n">
-        <v>990.0</v>
+        <v>888.0</v>
       </c>
       <c r="L15" s="1" t="n">
-        <v>888.0</v>
+        <v>1187.0</v>
       </c>
       <c r="M15" s="1" t="n">
-        <v>1187.0</v>
+        <v>715.0</v>
       </c>
       <c r="N15" s="1" t="n">
-        <v>715.0</v>
+        <v>502.0</v>
       </c>
       <c r="O15" s="1" t="n">
-        <v>503.0</v>
+        <v>1222.0</v>
       </c>
       <c r="P15" s="1" t="n">
-        <v>1219.0</v>
+        <v>1103.0</v>
       </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <cols>
     <col min="1" max="1" width="13.3828125" customWidth="true"/>
     <col min="2" max="2" width="22.40625" customWidth="true"/>
     <col min="3" max="3" width="4.96484375" customWidth="true"/>
     <col min="4" max="4" width="14.3203125" customWidth="true"/>
     <col min="5" max="5" width="5.25390625" customWidth="true"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" t="inlineStr">
         <is>
@@ -795,3443 +795,3443 @@
       </c>
       <c r="E1" t="inlineStr">
         <is>
           <t>Number of bankruptcies</t>
         </is>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="inlineStr">
         <is>
           <t>All size classes</t>
         </is>
       </c>
       <c r="B2" t="inlineStr">
         <is>
           <t>0 - 4 employees</t>
         </is>
       </c>
       <c r="C2" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="D2" t="inlineStr">
         <is>
-          <t>September 2024</t>
+          <t>October 2024</t>
         </is>
       </c>
       <c r="E2" s="1" t="n">
-        <v>1124.0</v>
+        <v>974.0</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="inlineStr">
         <is>
           <t>All size classes</t>
         </is>
       </c>
       <c r="B3" t="inlineStr">
         <is>
           <t>0 - 4 employees</t>
         </is>
       </c>
       <c r="C3" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="D3" t="inlineStr">
         <is>
-          <t>October 2024</t>
+          <t>November 2024</t>
         </is>
       </c>
       <c r="E3" s="1" t="n">
-        <v>974.0</v>
+        <v>752.0</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="inlineStr">
         <is>
           <t>All size classes</t>
         </is>
       </c>
       <c r="B4" t="inlineStr">
         <is>
           <t>0 - 4 employees</t>
         </is>
       </c>
       <c r="C4" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="D4" t="inlineStr">
         <is>
-          <t>November 2024</t>
+          <t>December 2024</t>
         </is>
       </c>
       <c r="E4" s="1" t="n">
-        <v>752.0</v>
+        <v>923.0</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="inlineStr">
         <is>
           <t>All size classes</t>
         </is>
       </c>
       <c r="B5" t="inlineStr">
         <is>
           <t>0 - 4 employees</t>
         </is>
       </c>
       <c r="C5" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="D5" t="inlineStr">
         <is>
-          <t>December 2024</t>
+          <t>January 2025</t>
         </is>
       </c>
       <c r="E5" s="1" t="n">
-        <v>923.0</v>
+        <v>891.0</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="inlineStr">
         <is>
           <t>All size classes</t>
         </is>
       </c>
       <c r="B6" t="inlineStr">
         <is>
           <t>0 - 4 employees</t>
         </is>
       </c>
       <c r="C6" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D6" t="inlineStr">
         <is>
-          <t>January 2025</t>
+          <t>February 2025</t>
         </is>
       </c>
       <c r="E6" s="1" t="n">
-        <v>891.0</v>
+        <v>900.0</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="inlineStr">
         <is>
           <t>All size classes</t>
         </is>
       </c>
       <c r="B7" t="inlineStr">
         <is>
           <t>0 - 4 employees</t>
         </is>
       </c>
       <c r="C7" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D7" t="inlineStr">
         <is>
-          <t>February 2025</t>
+          <t>March 2025</t>
         </is>
       </c>
       <c r="E7" s="1" t="n">
-        <v>900.0</v>
+        <v>989.0</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="inlineStr">
         <is>
           <t>All size classes</t>
         </is>
       </c>
       <c r="B8" t="inlineStr">
         <is>
           <t>0 - 4 employees</t>
         </is>
       </c>
       <c r="C8" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D8" t="inlineStr">
         <is>
-          <t>March 2025</t>
+          <t>April 2025</t>
         </is>
       </c>
       <c r="E8" s="1" t="n">
-        <v>989.0</v>
+        <v>903.0</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="inlineStr">
         <is>
           <t>All size classes</t>
         </is>
       </c>
       <c r="B9" t="inlineStr">
         <is>
           <t>0 - 4 employees</t>
         </is>
       </c>
       <c r="C9" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D9" t="inlineStr">
         <is>
-          <t>April 2025</t>
+          <t>May 2025</t>
         </is>
       </c>
       <c r="E9" s="1" t="n">
-        <v>903.0</v>
+        <v>830.0</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="inlineStr">
         <is>
           <t>All size classes</t>
         </is>
       </c>
       <c r="B10" t="inlineStr">
         <is>
           <t>0 - 4 employees</t>
         </is>
       </c>
       <c r="C10" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D10" t="inlineStr">
         <is>
-          <t>May 2025</t>
+          <t>June 2025</t>
         </is>
       </c>
       <c r="E10" s="1" t="n">
-        <v>830.0</v>
+        <v>1090.0</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="inlineStr">
         <is>
           <t>All size classes</t>
         </is>
       </c>
       <c r="B11" t="inlineStr">
         <is>
           <t>0 - 4 employees</t>
         </is>
       </c>
       <c r="C11" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D11" t="inlineStr">
         <is>
-          <t>June 2025</t>
+          <t>July 2025</t>
         </is>
       </c>
       <c r="E11" s="1" t="n">
-        <v>1090.0</v>
+        <v>648.0</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="inlineStr">
         <is>
           <t>All size classes</t>
         </is>
       </c>
       <c r="B12" t="inlineStr">
         <is>
           <t>0 - 4 employees</t>
         </is>
       </c>
       <c r="C12" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D12" t="inlineStr">
         <is>
-          <t>July 2025</t>
+          <t>August 2025</t>
         </is>
       </c>
       <c r="E12" s="1" t="n">
-        <v>648.0</v>
+        <v>440.0</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="inlineStr">
         <is>
           <t>All size classes</t>
         </is>
       </c>
       <c r="B13" t="inlineStr">
         <is>
           <t>0 - 4 employees</t>
         </is>
       </c>
       <c r="C13" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D13" t="inlineStr">
         <is>
-          <t>August 2025</t>
+          <t>September 2025</t>
         </is>
       </c>
       <c r="E13" s="1" t="n">
-        <v>441.0</v>
+        <v>1124.0</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="inlineStr">
         <is>
           <t>All size classes</t>
         </is>
       </c>
       <c r="B14" t="inlineStr">
         <is>
           <t>0 - 4 employees</t>
         </is>
       </c>
       <c r="C14" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D14" t="inlineStr">
         <is>
-          <t>September 2025</t>
+          <t>October 2025</t>
         </is>
       </c>
       <c r="E14" s="1" t="n">
-        <v>1123.0</v>
+        <v>1019.0</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="inlineStr">
         <is>
           <t>All size classes</t>
         </is>
       </c>
       <c r="B15" t="inlineStr">
         <is>
           <t>5 - 9 employees</t>
         </is>
       </c>
       <c r="C15" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="D15" t="inlineStr">
         <is>
-          <t>September 2024</t>
+          <t>October 2024</t>
         </is>
       </c>
       <c r="E15" s="1" t="n">
-        <v>39.0</v>
+        <v>63.0</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="inlineStr">
         <is>
           <t>All size classes</t>
         </is>
       </c>
       <c r="B16" t="inlineStr">
         <is>
           <t>5 - 9 employees</t>
         </is>
       </c>
       <c r="C16" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="D16" t="inlineStr">
         <is>
-          <t>October 2024</t>
+          <t>November 2024</t>
         </is>
       </c>
       <c r="E16" s="1" t="n">
-        <v>63.0</v>
+        <v>48.0</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="inlineStr">
         <is>
           <t>All size classes</t>
         </is>
       </c>
       <c r="B17" t="inlineStr">
         <is>
           <t>5 - 9 employees</t>
         </is>
       </c>
       <c r="C17" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="D17" t="inlineStr">
         <is>
-          <t>November 2024</t>
+          <t>December 2024</t>
         </is>
       </c>
       <c r="E17" s="1" t="n">
         <v>48.0</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="inlineStr">
         <is>
           <t>All size classes</t>
         </is>
       </c>
       <c r="B18" t="inlineStr">
         <is>
           <t>5 - 9 employees</t>
         </is>
       </c>
       <c r="C18" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="D18" t="inlineStr">
         <is>
-          <t>December 2024</t>
+          <t>January 2025</t>
         </is>
       </c>
       <c r="E18" s="1" t="n">
-        <v>48.0</v>
+        <v>34.0</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="inlineStr">
         <is>
           <t>All size classes</t>
         </is>
       </c>
       <c r="B19" t="inlineStr">
         <is>
           <t>5 - 9 employees</t>
         </is>
       </c>
       <c r="C19" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D19" t="inlineStr">
         <is>
-          <t>January 2025</t>
+          <t>February 2025</t>
         </is>
       </c>
       <c r="E19" s="1" t="n">
-        <v>34.0</v>
+        <v>50.0</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="inlineStr">
         <is>
           <t>All size classes</t>
         </is>
       </c>
       <c r="B20" t="inlineStr">
         <is>
           <t>5 - 9 employees</t>
         </is>
       </c>
       <c r="C20" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D20" t="inlineStr">
         <is>
-          <t>February 2025</t>
+          <t>March 2025</t>
         </is>
       </c>
       <c r="E20" s="1" t="n">
-        <v>50.0</v>
+        <v>42.0</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="inlineStr">
         <is>
           <t>All size classes</t>
         </is>
       </c>
       <c r="B21" t="inlineStr">
         <is>
           <t>5 - 9 employees</t>
         </is>
       </c>
       <c r="C21" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D21" t="inlineStr">
         <is>
-          <t>March 2025</t>
+          <t>April 2025</t>
         </is>
       </c>
       <c r="E21" s="1" t="n">
-        <v>42.0</v>
+        <v>54.0</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="inlineStr">
         <is>
           <t>All size classes</t>
         </is>
       </c>
       <c r="B22" t="inlineStr">
         <is>
           <t>5 - 9 employees</t>
         </is>
       </c>
       <c r="C22" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D22" t="inlineStr">
         <is>
-          <t>April 2025</t>
+          <t>May 2025</t>
         </is>
       </c>
       <c r="E22" s="1" t="n">
-        <v>54.0</v>
+        <v>39.0</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="inlineStr">
         <is>
           <t>All size classes</t>
         </is>
       </c>
       <c r="B23" t="inlineStr">
         <is>
           <t>5 - 9 employees</t>
         </is>
       </c>
       <c r="C23" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D23" t="inlineStr">
         <is>
-          <t>May 2025</t>
+          <t>June 2025</t>
         </is>
       </c>
       <c r="E23" s="1" t="n">
-        <v>39.0</v>
+        <v>51.0</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="inlineStr">
         <is>
           <t>All size classes</t>
         </is>
       </c>
       <c r="B24" t="inlineStr">
         <is>
           <t>5 - 9 employees</t>
         </is>
       </c>
       <c r="C24" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D24" t="inlineStr">
         <is>
-          <t>June 2025</t>
+          <t>July 2025</t>
         </is>
       </c>
       <c r="E24" s="1" t="n">
-        <v>51.0</v>
+        <v>48.0</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="inlineStr">
         <is>
           <t>All size classes</t>
         </is>
       </c>
       <c r="B25" t="inlineStr">
         <is>
           <t>5 - 9 employees</t>
         </is>
       </c>
       <c r="C25" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D25" t="inlineStr">
         <is>
-          <t>July 2025</t>
+          <t>August 2025</t>
         </is>
       </c>
       <c r="E25" s="1" t="n">
-        <v>48.0</v>
+        <v>32.0</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="inlineStr">
         <is>
           <t>All size classes</t>
         </is>
       </c>
       <c r="B26" t="inlineStr">
         <is>
           <t>5 - 9 employees</t>
         </is>
       </c>
       <c r="C26" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D26" t="inlineStr">
         <is>
-          <t>August 2025</t>
+          <t>September 2025</t>
         </is>
       </c>
       <c r="E26" s="1" t="n">
-        <v>32.0</v>
+        <v>63.0</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="inlineStr">
         <is>
           <t>All size classes</t>
         </is>
       </c>
       <c r="B27" t="inlineStr">
         <is>
           <t>5 - 9 employees</t>
         </is>
       </c>
       <c r="C27" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D27" t="inlineStr">
         <is>
-          <t>September 2025</t>
+          <t>October 2025</t>
         </is>
       </c>
       <c r="E27" s="1" t="n">
-        <v>62.0</v>
+        <v>52.0</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="inlineStr">
         <is>
           <t>All size classes</t>
         </is>
       </c>
       <c r="B28" t="inlineStr">
         <is>
           <t>10 - 19 employees</t>
         </is>
       </c>
       <c r="C28" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="D28" t="inlineStr">
         <is>
-          <t>September 2024</t>
+          <t>October 2024</t>
         </is>
       </c>
       <c r="E28" s="1" t="n">
-        <v>19.0</v>
+        <v>22.0</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="inlineStr">
         <is>
           <t>All size classes</t>
         </is>
       </c>
       <c r="B29" t="inlineStr">
         <is>
           <t>10 - 19 employees</t>
         </is>
       </c>
       <c r="C29" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="D29" t="inlineStr">
         <is>
-          <t>October 2024</t>
+          <t>November 2024</t>
         </is>
       </c>
       <c r="E29" s="1" t="n">
-        <v>22.0</v>
+        <v>17.0</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="inlineStr">
         <is>
           <t>All size classes</t>
         </is>
       </c>
       <c r="B30" t="inlineStr">
         <is>
           <t>10 - 19 employees</t>
         </is>
       </c>
       <c r="C30" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="D30" t="inlineStr">
         <is>
-          <t>November 2024</t>
+          <t>December 2024</t>
         </is>
       </c>
       <c r="E30" s="1" t="n">
         <v>17.0</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="inlineStr">
         <is>
           <t>All size classes</t>
         </is>
       </c>
       <c r="B31" t="inlineStr">
         <is>
           <t>10 - 19 employees</t>
         </is>
       </c>
       <c r="C31" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="D31" t="inlineStr">
         <is>
-          <t>December 2024</t>
+          <t>January 2025</t>
         </is>
       </c>
       <c r="E31" s="1" t="n">
-        <v>17.0</v>
+        <v>13.0</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="inlineStr">
         <is>
           <t>All size classes</t>
         </is>
       </c>
       <c r="B32" t="inlineStr">
         <is>
           <t>10 - 19 employees</t>
         </is>
       </c>
       <c r="C32" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D32" t="inlineStr">
         <is>
-          <t>January 2025</t>
+          <t>February 2025</t>
         </is>
       </c>
       <c r="E32" s="1" t="n">
-        <v>13.0</v>
+        <v>25.0</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" t="inlineStr">
         <is>
           <t>All size classes</t>
         </is>
       </c>
       <c r="B33" t="inlineStr">
         <is>
           <t>10 - 19 employees</t>
         </is>
       </c>
       <c r="C33" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D33" t="inlineStr">
         <is>
-          <t>February 2025</t>
+          <t>March 2025</t>
         </is>
       </c>
       <c r="E33" s="1" t="n">
-        <v>25.0</v>
+        <v>14.0</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" t="inlineStr">
         <is>
           <t>All size classes</t>
         </is>
       </c>
       <c r="B34" t="inlineStr">
         <is>
           <t>10 - 19 employees</t>
         </is>
       </c>
       <c r="C34" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D34" t="inlineStr">
         <is>
-          <t>March 2025</t>
+          <t>April 2025</t>
         </is>
       </c>
       <c r="E34" s="1" t="n">
-        <v>14.0</v>
+        <v>19.0</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" t="inlineStr">
         <is>
           <t>All size classes</t>
         </is>
       </c>
       <c r="B35" t="inlineStr">
         <is>
           <t>10 - 19 employees</t>
         </is>
       </c>
       <c r="C35" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D35" t="inlineStr">
         <is>
-          <t>April 2025</t>
+          <t>May 2025</t>
         </is>
       </c>
       <c r="E35" s="1" t="n">
-        <v>19.0</v>
+        <v>14.0</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" t="inlineStr">
         <is>
           <t>All size classes</t>
         </is>
       </c>
       <c r="B36" t="inlineStr">
         <is>
           <t>10 - 19 employees</t>
         </is>
       </c>
       <c r="C36" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D36" t="inlineStr">
         <is>
-          <t>May 2025</t>
+          <t>June 2025</t>
         </is>
       </c>
       <c r="E36" s="1" t="n">
-        <v>14.0</v>
+        <v>23.0</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" t="inlineStr">
         <is>
           <t>All size classes</t>
         </is>
       </c>
       <c r="B37" t="inlineStr">
         <is>
           <t>10 - 19 employees</t>
         </is>
       </c>
       <c r="C37" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D37" t="inlineStr">
         <is>
-          <t>June 2025</t>
+          <t>July 2025</t>
         </is>
       </c>
       <c r="E37" s="1" t="n">
-        <v>23.0</v>
+        <v>9.0</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" t="inlineStr">
         <is>
           <t>All size classes</t>
         </is>
       </c>
       <c r="B38" t="inlineStr">
         <is>
           <t>10 - 19 employees</t>
         </is>
       </c>
       <c r="C38" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D38" t="inlineStr">
         <is>
-          <t>July 2025</t>
+          <t>August 2025</t>
         </is>
       </c>
       <c r="E38" s="1" t="n">
-        <v>9.0</v>
+        <v>16.0</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" t="inlineStr">
         <is>
           <t>All size classes</t>
         </is>
       </c>
       <c r="B39" t="inlineStr">
         <is>
           <t>10 - 19 employees</t>
         </is>
       </c>
       <c r="C39" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D39" t="inlineStr">
         <is>
-          <t>August 2025</t>
+          <t>September 2025</t>
         </is>
       </c>
       <c r="E39" s="1" t="n">
-        <v>16.0</v>
+        <v>28.0</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" t="inlineStr">
         <is>
           <t>All size classes</t>
         </is>
       </c>
       <c r="B40" t="inlineStr">
         <is>
           <t>10 - 19 employees</t>
         </is>
       </c>
       <c r="C40" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D40" t="inlineStr">
         <is>
-          <t>September 2025</t>
+          <t>October 2025</t>
         </is>
       </c>
       <c r="E40" s="1" t="n">
-        <v>27.0</v>
+        <v>18.0</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" t="inlineStr">
         <is>
           <t>All size classes</t>
         </is>
       </c>
       <c r="B41" t="inlineStr">
         <is>
           <t>20 - 49 employees</t>
         </is>
       </c>
       <c r="C41" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="D41" t="inlineStr">
         <is>
-          <t>September 2024</t>
+          <t>October 2024</t>
         </is>
       </c>
       <c r="E41" s="1" t="n">
-        <v>8.0</v>
+        <v>9.0</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" t="inlineStr">
         <is>
           <t>All size classes</t>
         </is>
       </c>
       <c r="B42" t="inlineStr">
         <is>
           <t>20 - 49 employees</t>
         </is>
       </c>
       <c r="C42" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="D42" t="inlineStr">
         <is>
-          <t>October 2024</t>
+          <t>November 2024</t>
         </is>
       </c>
       <c r="E42" s="1" t="n">
-        <v>9.0</v>
+        <v>6.0</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" t="inlineStr">
         <is>
           <t>All size classes</t>
         </is>
       </c>
       <c r="B43" t="inlineStr">
         <is>
           <t>20 - 49 employees</t>
         </is>
       </c>
       <c r="C43" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="D43" t="inlineStr">
         <is>
-          <t>November 2024</t>
+          <t>December 2024</t>
         </is>
       </c>
       <c r="E43" s="1" t="n">
-        <v>6.0</v>
+        <v>11.0</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" t="inlineStr">
         <is>
           <t>All size classes</t>
         </is>
       </c>
       <c r="B44" t="inlineStr">
         <is>
           <t>20 - 49 employees</t>
         </is>
       </c>
       <c r="C44" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="D44" t="inlineStr">
         <is>
-          <t>December 2024</t>
+          <t>January 2025</t>
         </is>
       </c>
       <c r="E44" s="1" t="n">
-        <v>11.0</v>
+        <v>6.0</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" t="inlineStr">
         <is>
           <t>All size classes</t>
         </is>
       </c>
       <c r="B45" t="inlineStr">
         <is>
           <t>20 - 49 employees</t>
         </is>
       </c>
       <c r="C45" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D45" t="inlineStr">
         <is>
-          <t>January 2025</t>
+          <t>February 2025</t>
         </is>
       </c>
       <c r="E45" s="1" t="n">
-        <v>6.0</v>
+        <v>9.0</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" t="inlineStr">
         <is>
           <t>All size classes</t>
         </is>
       </c>
       <c r="B46" t="inlineStr">
         <is>
           <t>20 - 49 employees</t>
         </is>
       </c>
       <c r="C46" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D46" t="inlineStr">
         <is>
-          <t>February 2025</t>
+          <t>March 2025</t>
         </is>
       </c>
       <c r="E46" s="1" t="n">
-        <v>9.0</v>
+        <v>8.0</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" t="inlineStr">
         <is>
           <t>All size classes</t>
         </is>
       </c>
       <c r="B47" t="inlineStr">
         <is>
           <t>20 - 49 employees</t>
         </is>
       </c>
       <c r="C47" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D47" t="inlineStr">
         <is>
-          <t>March 2025</t>
+          <t>April 2025</t>
         </is>
       </c>
       <c r="E47" s="1" t="n">
-        <v>8.0</v>
+        <v>9.0</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" t="inlineStr">
         <is>
           <t>All size classes</t>
         </is>
       </c>
       <c r="B48" t="inlineStr">
         <is>
           <t>20 - 49 employees</t>
         </is>
       </c>
       <c r="C48" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D48" t="inlineStr">
         <is>
-          <t>April 2025</t>
+          <t>May 2025</t>
         </is>
       </c>
       <c r="E48" s="1" t="n">
-        <v>9.0</v>
+        <v>2.0</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" t="inlineStr">
         <is>
           <t>All size classes</t>
         </is>
       </c>
       <c r="B49" t="inlineStr">
         <is>
           <t>20 - 49 employees</t>
         </is>
       </c>
       <c r="C49" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D49" t="inlineStr">
         <is>
-          <t>May 2025</t>
+          <t>June 2025</t>
         </is>
       </c>
       <c r="E49" s="1" t="n">
-        <v>2.0</v>
+        <v>23.0</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" t="inlineStr">
         <is>
           <t>All size classes</t>
         </is>
       </c>
       <c r="B50" t="inlineStr">
         <is>
           <t>20 - 49 employees</t>
         </is>
       </c>
       <c r="C50" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D50" t="inlineStr">
         <is>
-          <t>June 2025</t>
+          <t>July 2025</t>
         </is>
       </c>
       <c r="E50" s="1" t="n">
-        <v>23.0</v>
+        <v>7.0</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" t="inlineStr">
         <is>
           <t>All size classes</t>
         </is>
       </c>
       <c r="B51" t="inlineStr">
         <is>
           <t>20 - 49 employees</t>
         </is>
       </c>
       <c r="C51" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D51" t="inlineStr">
         <is>
-          <t>July 2025</t>
+          <t>August 2025</t>
         </is>
       </c>
       <c r="E51" s="1" t="n">
-        <v>7.0</v>
+        <v>9.0</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" t="inlineStr">
         <is>
           <t>All size classes</t>
         </is>
       </c>
       <c r="B52" t="inlineStr">
         <is>
           <t>20 - 49 employees</t>
         </is>
       </c>
       <c r="C52" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D52" t="inlineStr">
         <is>
-          <t>August 2025</t>
+          <t>September 2025</t>
         </is>
       </c>
       <c r="E52" s="1" t="n">
-        <v>9.0</v>
+        <v>6.0</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" t="inlineStr">
         <is>
           <t>All size classes</t>
         </is>
       </c>
       <c r="B53" t="inlineStr">
         <is>
           <t>20 - 49 employees</t>
         </is>
       </c>
       <c r="C53" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D53" t="inlineStr">
         <is>
-          <t>September 2025</t>
+          <t>October 2025</t>
         </is>
       </c>
       <c r="E53" s="1" t="n">
-        <v>6.0</v>
+        <v>11.0</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" t="inlineStr">
         <is>
           <t>All size classes</t>
         </is>
       </c>
       <c r="B54" t="inlineStr">
         <is>
           <t>50 - 99 employees</t>
         </is>
       </c>
       <c r="C54" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="D54" t="inlineStr">
         <is>
-          <t>September 2024</t>
+          <t>October 2024</t>
         </is>
       </c>
       <c r="E54" s="1" t="n">
-        <v>3.0</v>
+        <v>2.0</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" t="inlineStr">
         <is>
           <t>All size classes</t>
         </is>
       </c>
       <c r="B55" t="inlineStr">
         <is>
           <t>50 - 99 employees</t>
         </is>
       </c>
       <c r="C55" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="D55" t="inlineStr">
         <is>
-          <t>October 2024</t>
+          <t>November 2024</t>
         </is>
       </c>
       <c r="E55" s="1" t="n">
-        <v>2.0</v>
+        <v>3.0</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" t="inlineStr">
         <is>
           <t>All size classes</t>
         </is>
       </c>
       <c r="B56" t="inlineStr">
         <is>
           <t>50 - 99 employees</t>
         </is>
       </c>
       <c r="C56" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="D56" t="inlineStr">
         <is>
-          <t>November 2024</t>
+          <t>December 2024</t>
         </is>
       </c>
       <c r="E56" s="1" t="n">
-        <v>3.0</v>
+        <v>2.0</v>
       </c>
     </row>
     <row r="57">
       <c r="A57" t="inlineStr">
         <is>
           <t>All size classes</t>
         </is>
       </c>
       <c r="B57" t="inlineStr">
         <is>
           <t>50 - 99 employees</t>
         </is>
       </c>
       <c r="C57" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="D57" t="inlineStr">
         <is>
-          <t>December 2024</t>
+          <t>January 2025</t>
         </is>
       </c>
       <c r="E57" s="1" t="n">
-        <v>2.0</v>
+        <v>1.0</v>
       </c>
     </row>
     <row r="58">
       <c r="A58" t="inlineStr">
         <is>
           <t>All size classes</t>
         </is>
       </c>
       <c r="B58" t="inlineStr">
         <is>
           <t>50 - 99 employees</t>
         </is>
       </c>
       <c r="C58" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D58" t="inlineStr">
         <is>
-          <t>January 2025</t>
+          <t>February 2025</t>
         </is>
       </c>
       <c r="E58" s="1" t="n">
-        <v>1.0</v>
+        <v>3.0</v>
       </c>
     </row>
     <row r="59">
       <c r="A59" t="inlineStr">
         <is>
           <t>All size classes</t>
         </is>
       </c>
       <c r="B59" t="inlineStr">
         <is>
           <t>50 - 99 employees</t>
         </is>
       </c>
       <c r="C59" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D59" t="inlineStr">
         <is>
-          <t>February 2025</t>
+          <t>March 2025</t>
         </is>
       </c>
       <c r="E59" s="1" t="n">
-        <v>3.0</v>
+        <v>1.0</v>
       </c>
     </row>
     <row r="60">
       <c r="A60" t="inlineStr">
         <is>
           <t>All size classes</t>
         </is>
       </c>
       <c r="B60" t="inlineStr">
         <is>
           <t>50 - 99 employees</t>
         </is>
       </c>
       <c r="C60" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D60" t="inlineStr">
         <is>
-          <t>March 2025</t>
+          <t>April 2025</t>
         </is>
       </c>
       <c r="E60" s="1" t="n">
         <v>1.0</v>
       </c>
     </row>
     <row r="61">
       <c r="A61" t="inlineStr">
         <is>
           <t>All size classes</t>
         </is>
       </c>
       <c r="B61" t="inlineStr">
         <is>
           <t>50 - 99 employees</t>
         </is>
       </c>
       <c r="C61" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D61" t="inlineStr">
         <is>
-          <t>April 2025</t>
+          <t>May 2025</t>
         </is>
       </c>
       <c r="E61" s="1" t="n">
-        <v>1.0</v>
+        <v>3.0</v>
       </c>
     </row>
     <row r="62">
       <c r="A62" t="inlineStr">
         <is>
           <t>All size classes</t>
         </is>
       </c>
       <c r="B62" t="inlineStr">
         <is>
           <t>50 - 99 employees</t>
         </is>
       </c>
       <c r="C62" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D62" t="inlineStr">
         <is>
-          <t>May 2025</t>
-[...4 lines deleted...]
-      </c>
+          <t>June 2025</t>
+        </is>
+      </c>
+      <c r="E62"/>
     </row>
     <row r="63">
       <c r="A63" t="inlineStr">
         <is>
           <t>All size classes</t>
         </is>
       </c>
       <c r="B63" t="inlineStr">
         <is>
           <t>50 - 99 employees</t>
         </is>
       </c>
       <c r="C63" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D63" t="inlineStr">
         <is>
-          <t>June 2025</t>
+          <t>July 2025</t>
         </is>
       </c>
       <c r="E63"/>
     </row>
     <row r="64">
       <c r="A64" t="inlineStr">
         <is>
           <t>All size classes</t>
         </is>
       </c>
       <c r="B64" t="inlineStr">
         <is>
           <t>50 - 99 employees</t>
         </is>
       </c>
       <c r="C64" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D64" t="inlineStr">
         <is>
-          <t>July 2025</t>
-[...2 lines deleted...]
-      <c r="E64"/>
+          <t>August 2025</t>
+        </is>
+      </c>
+      <c r="E64" s="1" t="n">
+        <v>2.0</v>
+      </c>
     </row>
     <row r="65">
       <c r="A65" t="inlineStr">
         <is>
           <t>All size classes</t>
         </is>
       </c>
       <c r="B65" t="inlineStr">
         <is>
           <t>50 - 99 employees</t>
         </is>
       </c>
       <c r="C65" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D65" t="inlineStr">
         <is>
-          <t>August 2025</t>
+          <t>September 2025</t>
         </is>
       </c>
       <c r="E65" s="1" t="n">
-        <v>2.0</v>
+        <v>1.0</v>
       </c>
     </row>
     <row r="66">
       <c r="A66" t="inlineStr">
         <is>
           <t>All size classes</t>
         </is>
       </c>
       <c r="B66" t="inlineStr">
         <is>
           <t>50 - 99 employees</t>
         </is>
       </c>
       <c r="C66" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D66" t="inlineStr">
         <is>
-          <t>September 2025</t>
+          <t>October 2025</t>
         </is>
       </c>
       <c r="E66" s="1" t="n">
-        <v>1.0</v>
+        <v>2.0</v>
       </c>
     </row>
     <row r="67">
       <c r="A67" t="inlineStr">
         <is>
           <t>All size classes</t>
         </is>
       </c>
       <c r="B67" t="inlineStr">
         <is>
           <t>100 - 199 employees</t>
         </is>
       </c>
       <c r="C67" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="D67" t="inlineStr">
         <is>
-          <t>September 2024</t>
+          <t>October 2024</t>
         </is>
       </c>
       <c r="E67" s="1" t="n">
-        <v>2.0</v>
+        <v>1.0</v>
       </c>
     </row>
     <row r="68">
       <c r="A68" t="inlineStr">
         <is>
           <t>All size classes</t>
         </is>
       </c>
       <c r="B68" t="inlineStr">
         <is>
           <t>100 - 199 employees</t>
         </is>
       </c>
       <c r="C68" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="D68" t="inlineStr">
         <is>
-          <t>October 2024</t>
-[...4 lines deleted...]
-      </c>
+          <t>November 2024</t>
+        </is>
+      </c>
+      <c r="E68"/>
     </row>
     <row r="69">
       <c r="A69" t="inlineStr">
         <is>
           <t>All size classes</t>
         </is>
       </c>
       <c r="B69" t="inlineStr">
         <is>
           <t>100 - 199 employees</t>
         </is>
       </c>
       <c r="C69" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="D69" t="inlineStr">
         <is>
-          <t>November 2024</t>
+          <t>December 2024</t>
         </is>
       </c>
       <c r="E69"/>
     </row>
     <row r="70">
       <c r="A70" t="inlineStr">
         <is>
           <t>All size classes</t>
         </is>
       </c>
       <c r="B70" t="inlineStr">
         <is>
           <t>100 - 199 employees</t>
         </is>
       </c>
       <c r="C70" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="D70" t="inlineStr">
         <is>
-          <t>December 2024</t>
+          <t>January 2025</t>
         </is>
       </c>
       <c r="E70"/>
     </row>
     <row r="71">
       <c r="A71" t="inlineStr">
         <is>
           <t>All size classes</t>
         </is>
       </c>
       <c r="B71" t="inlineStr">
         <is>
           <t>100 - 199 employees</t>
         </is>
       </c>
       <c r="C71" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D71" t="inlineStr">
         <is>
-          <t>January 2025</t>
+          <t>February 2025</t>
         </is>
       </c>
       <c r="E71"/>
     </row>
     <row r="72">
       <c r="A72" t="inlineStr">
         <is>
           <t>All size classes</t>
         </is>
       </c>
       <c r="B72" t="inlineStr">
         <is>
           <t>100 - 199 employees</t>
         </is>
       </c>
       <c r="C72" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D72" t="inlineStr">
         <is>
-          <t>February 2025</t>
-[...2 lines deleted...]
-      <c r="E72"/>
+          <t>March 2025</t>
+        </is>
+      </c>
+      <c r="E72" s="1" t="n">
+        <v>2.0</v>
+      </c>
     </row>
     <row r="73">
       <c r="A73" t="inlineStr">
         <is>
           <t>All size classes</t>
         </is>
       </c>
       <c r="B73" t="inlineStr">
         <is>
           <t>100 - 199 employees</t>
         </is>
       </c>
       <c r="C73" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D73" t="inlineStr">
         <is>
-          <t>March 2025</t>
+          <t>April 2025</t>
         </is>
       </c>
       <c r="E73" s="1" t="n">
         <v>2.0</v>
       </c>
     </row>
     <row r="74">
       <c r="A74" t="inlineStr">
         <is>
           <t>All size classes</t>
         </is>
       </c>
       <c r="B74" t="inlineStr">
         <is>
           <t>100 - 199 employees</t>
         </is>
       </c>
       <c r="C74" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D74" t="inlineStr">
         <is>
-          <t>April 2025</t>
-[...4 lines deleted...]
-      </c>
+          <t>May 2025</t>
+        </is>
+      </c>
+      <c r="E74"/>
     </row>
     <row r="75">
       <c r="A75" t="inlineStr">
         <is>
           <t>All size classes</t>
         </is>
       </c>
       <c r="B75" t="inlineStr">
         <is>
           <t>100 - 199 employees</t>
         </is>
       </c>
       <c r="C75" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D75" t="inlineStr">
         <is>
-          <t>May 2025</t>
+          <t>June 2025</t>
         </is>
       </c>
       <c r="E75"/>
     </row>
     <row r="76">
       <c r="A76" t="inlineStr">
         <is>
           <t>All size classes</t>
         </is>
       </c>
       <c r="B76" t="inlineStr">
         <is>
           <t>100 - 199 employees</t>
         </is>
       </c>
       <c r="C76" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D76" t="inlineStr">
         <is>
-          <t>June 2025</t>
-[...2 lines deleted...]
-      <c r="E76"/>
+          <t>July 2025</t>
+        </is>
+      </c>
+      <c r="E76" s="1" t="n">
+        <v>2.0</v>
+      </c>
     </row>
     <row r="77">
       <c r="A77" t="inlineStr">
         <is>
           <t>All size classes</t>
         </is>
       </c>
       <c r="B77" t="inlineStr">
         <is>
           <t>100 - 199 employees</t>
         </is>
       </c>
       <c r="C77" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D77" t="inlineStr">
         <is>
-          <t>July 2025</t>
+          <t>August 2025</t>
         </is>
       </c>
       <c r="E77" s="1" t="n">
         <v>2.0</v>
       </c>
     </row>
     <row r="78">
       <c r="A78" t="inlineStr">
         <is>
           <t>All size classes</t>
         </is>
       </c>
       <c r="B78" t="inlineStr">
         <is>
           <t>100 - 199 employees</t>
         </is>
       </c>
       <c r="C78" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D78" t="inlineStr">
         <is>
-          <t>August 2025</t>
-[...4 lines deleted...]
-      </c>
+          <t>September 2025</t>
+        </is>
+      </c>
+      <c r="E78"/>
     </row>
     <row r="79">
       <c r="A79" t="inlineStr">
         <is>
           <t>All size classes</t>
         </is>
       </c>
       <c r="B79" t="inlineStr">
         <is>
           <t>100 - 199 employees</t>
         </is>
       </c>
       <c r="C79" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D79" t="inlineStr">
         <is>
-          <t>September 2025</t>
-[...2 lines deleted...]
-      <c r="E79"/>
+          <t>October 2025</t>
+        </is>
+      </c>
+      <c r="E79" s="1" t="n">
+        <v>1.0</v>
+      </c>
     </row>
     <row r="80">
       <c r="A80" t="inlineStr">
         <is>
           <t>All size classes</t>
         </is>
       </c>
       <c r="B80" t="inlineStr">
         <is>
           <t>200 - 249 employees</t>
         </is>
       </c>
       <c r="C80" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="D80" t="inlineStr">
         <is>
-          <t>September 2024</t>
-[...2 lines deleted...]
-      <c r="E80"/>
+          <t>October 2024</t>
+        </is>
+      </c>
+      <c r="E80" s="1" t="n">
+        <v>1.0</v>
+      </c>
     </row>
     <row r="81">
       <c r="A81" t="inlineStr">
         <is>
           <t>All size classes</t>
         </is>
       </c>
       <c r="B81" t="inlineStr">
         <is>
           <t>200 - 249 employees</t>
         </is>
       </c>
       <c r="C81" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="D81" t="inlineStr">
         <is>
-          <t>October 2024</t>
-[...4 lines deleted...]
-      </c>
+          <t>November 2024</t>
+        </is>
+      </c>
+      <c r="E81"/>
     </row>
     <row r="82">
       <c r="A82" t="inlineStr">
         <is>
           <t>All size classes</t>
         </is>
       </c>
       <c r="B82" t="inlineStr">
         <is>
           <t>200 - 249 employees</t>
         </is>
       </c>
       <c r="C82" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="D82" t="inlineStr">
         <is>
-          <t>November 2024</t>
+          <t>December 2024</t>
         </is>
       </c>
       <c r="E82"/>
     </row>
     <row r="83">
       <c r="A83" t="inlineStr">
         <is>
           <t>All size classes</t>
         </is>
       </c>
       <c r="B83" t="inlineStr">
         <is>
           <t>200 - 249 employees</t>
         </is>
       </c>
       <c r="C83" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="D83" t="inlineStr">
         <is>
-          <t>December 2024</t>
+          <t>January 2025</t>
         </is>
       </c>
       <c r="E83"/>
     </row>
     <row r="84">
       <c r="A84" t="inlineStr">
         <is>
           <t>All size classes</t>
         </is>
       </c>
       <c r="B84" t="inlineStr">
         <is>
           <t>200 - 249 employees</t>
         </is>
       </c>
       <c r="C84" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D84" t="inlineStr">
         <is>
-          <t>January 2025</t>
-[...2 lines deleted...]
-      <c r="E84"/>
+          <t>February 2025</t>
+        </is>
+      </c>
+      <c r="E84" s="1" t="n">
+        <v>1.0</v>
+      </c>
     </row>
     <row r="85">
       <c r="A85" t="inlineStr">
         <is>
           <t>All size classes</t>
         </is>
       </c>
       <c r="B85" t="inlineStr">
         <is>
           <t>200 - 249 employees</t>
         </is>
       </c>
       <c r="C85" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D85" t="inlineStr">
         <is>
-          <t>February 2025</t>
-[...4 lines deleted...]
-      </c>
+          <t>March 2025</t>
+        </is>
+      </c>
+      <c r="E85"/>
     </row>
     <row r="86">
       <c r="A86" t="inlineStr">
         <is>
           <t>All size classes</t>
         </is>
       </c>
       <c r="B86" t="inlineStr">
         <is>
           <t>200 - 249 employees</t>
         </is>
       </c>
       <c r="C86" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D86" t="inlineStr">
         <is>
-          <t>March 2025</t>
+          <t>April 2025</t>
         </is>
       </c>
       <c r="E86"/>
     </row>
     <row r="87">
       <c r="A87" t="inlineStr">
         <is>
           <t>All size classes</t>
         </is>
       </c>
       <c r="B87" t="inlineStr">
         <is>
           <t>200 - 249 employees</t>
         </is>
       </c>
       <c r="C87" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D87" t="inlineStr">
         <is>
-          <t>April 2025</t>
+          <t>May 2025</t>
         </is>
       </c>
       <c r="E87"/>
     </row>
     <row r="88">
       <c r="A88" t="inlineStr">
         <is>
           <t>All size classes</t>
         </is>
       </c>
       <c r="B88" t="inlineStr">
         <is>
           <t>200 - 249 employees</t>
         </is>
       </c>
       <c r="C88" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D88" t="inlineStr">
         <is>
-          <t>May 2025</t>
+          <t>June 2025</t>
         </is>
       </c>
       <c r="E88"/>
     </row>
     <row r="89">
       <c r="A89" t="inlineStr">
         <is>
           <t>All size classes</t>
         </is>
       </c>
       <c r="B89" t="inlineStr">
         <is>
           <t>200 - 249 employees</t>
         </is>
       </c>
       <c r="C89" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D89" t="inlineStr">
         <is>
-          <t>June 2025</t>
+          <t>July 2025</t>
         </is>
       </c>
       <c r="E89"/>
     </row>
     <row r="90">
       <c r="A90" t="inlineStr">
         <is>
           <t>All size classes</t>
         </is>
       </c>
       <c r="B90" t="inlineStr">
         <is>
           <t>200 - 249 employees</t>
         </is>
       </c>
       <c r="C90" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D90" t="inlineStr">
         <is>
-          <t>July 2025</t>
-[...2 lines deleted...]
-      <c r="E90"/>
+          <t>August 2025</t>
+        </is>
+      </c>
+      <c r="E90" s="1" t="n">
+        <v>1.0</v>
+      </c>
     </row>
     <row r="91">
       <c r="A91" t="inlineStr">
         <is>
           <t>All size classes</t>
         </is>
       </c>
       <c r="B91" t="inlineStr">
         <is>
           <t>200 - 249 employees</t>
         </is>
       </c>
       <c r="C91" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D91" t="inlineStr">
         <is>
-          <t>August 2025</t>
-[...4 lines deleted...]
-      </c>
+          <t>September 2025</t>
+        </is>
+      </c>
+      <c r="E91"/>
     </row>
     <row r="92">
       <c r="A92" t="inlineStr">
         <is>
           <t>All size classes</t>
         </is>
       </c>
       <c r="B92" t="inlineStr">
         <is>
           <t>200 - 249 employees</t>
         </is>
       </c>
       <c r="C92" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D92" t="inlineStr">
         <is>
-          <t>September 2025</t>
+          <t>October 2025</t>
         </is>
       </c>
       <c r="E92"/>
     </row>
     <row r="93">
       <c r="A93" t="inlineStr">
         <is>
           <t>All size classes</t>
         </is>
       </c>
       <c r="B93" t="inlineStr">
         <is>
           <t>250 - 499 employees</t>
         </is>
       </c>
       <c r="C93" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="D93" t="inlineStr">
         <is>
-          <t>September 2024</t>
+          <t>October 2024</t>
         </is>
       </c>
       <c r="E93"/>
     </row>
     <row r="94">
       <c r="A94" t="inlineStr">
         <is>
           <t>All size classes</t>
         </is>
       </c>
       <c r="B94" t="inlineStr">
         <is>
           <t>250 - 499 employees</t>
         </is>
       </c>
       <c r="C94" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="D94" t="inlineStr">
         <is>
-          <t>October 2024</t>
+          <t>November 2024</t>
         </is>
       </c>
       <c r="E94"/>
     </row>
     <row r="95">
       <c r="A95" t="inlineStr">
         <is>
           <t>All size classes</t>
         </is>
       </c>
       <c r="B95" t="inlineStr">
         <is>
           <t>250 - 499 employees</t>
         </is>
       </c>
       <c r="C95" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="D95" t="inlineStr">
         <is>
-          <t>November 2024</t>
-[...2 lines deleted...]
-      <c r="E95"/>
+          <t>December 2024</t>
+        </is>
+      </c>
+      <c r="E95" s="1" t="n">
+        <v>1.0</v>
+      </c>
     </row>
     <row r="96">
       <c r="A96" t="inlineStr">
         <is>
           <t>All size classes</t>
         </is>
       </c>
       <c r="B96" t="inlineStr">
         <is>
           <t>250 - 499 employees</t>
         </is>
       </c>
       <c r="C96" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="D96" t="inlineStr">
         <is>
-          <t>December 2024</t>
-[...4 lines deleted...]
-      </c>
+          <t>January 2025</t>
+        </is>
+      </c>
+      <c r="E96"/>
     </row>
     <row r="97">
       <c r="A97" t="inlineStr">
         <is>
           <t>All size classes</t>
         </is>
       </c>
       <c r="B97" t="inlineStr">
         <is>
           <t>250 - 499 employees</t>
         </is>
       </c>
       <c r="C97" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D97" t="inlineStr">
         <is>
-          <t>January 2025</t>
+          <t>February 2025</t>
         </is>
       </c>
       <c r="E97"/>
     </row>
     <row r="98">
       <c r="A98" t="inlineStr">
         <is>
           <t>All size classes</t>
         </is>
       </c>
       <c r="B98" t="inlineStr">
         <is>
           <t>250 - 499 employees</t>
         </is>
       </c>
       <c r="C98" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D98" t="inlineStr">
         <is>
-          <t>February 2025</t>
-[...2 lines deleted...]
-      <c r="E98"/>
+          <t>March 2025</t>
+        </is>
+      </c>
+      <c r="E98" s="1" t="n">
+        <v>1.0</v>
+      </c>
     </row>
     <row r="99">
       <c r="A99" t="inlineStr">
         <is>
           <t>All size classes</t>
         </is>
       </c>
       <c r="B99" t="inlineStr">
         <is>
           <t>250 - 499 employees</t>
         </is>
       </c>
       <c r="C99" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D99" t="inlineStr">
         <is>
-          <t>March 2025</t>
+          <t>April 2025</t>
         </is>
       </c>
       <c r="E99" s="1" t="n">
         <v>1.0</v>
       </c>
     </row>
     <row r="100">
       <c r="A100" t="inlineStr">
         <is>
           <t>All size classes</t>
         </is>
       </c>
       <c r="B100" t="inlineStr">
         <is>
           <t>250 - 499 employees</t>
         </is>
       </c>
       <c r="C100" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D100" t="inlineStr">
         <is>
-          <t>April 2025</t>
-[...4 lines deleted...]
-      </c>
+          <t>May 2025</t>
+        </is>
+      </c>
+      <c r="E100"/>
     </row>
     <row r="101">
       <c r="A101" t="inlineStr">
         <is>
           <t>All size classes</t>
         </is>
       </c>
       <c r="B101" t="inlineStr">
         <is>
           <t>250 - 499 employees</t>
         </is>
       </c>
       <c r="C101" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D101" t="inlineStr">
         <is>
-          <t>May 2025</t>
+          <t>June 2025</t>
         </is>
       </c>
       <c r="E101"/>
     </row>
     <row r="102">
       <c r="A102" t="inlineStr">
         <is>
           <t>All size classes</t>
         </is>
       </c>
       <c r="B102" t="inlineStr">
         <is>
           <t>250 - 499 employees</t>
         </is>
       </c>
       <c r="C102" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D102" t="inlineStr">
         <is>
-          <t>June 2025</t>
+          <t>July 2025</t>
         </is>
       </c>
       <c r="E102"/>
     </row>
     <row r="103">
       <c r="A103" t="inlineStr">
         <is>
           <t>All size classes</t>
         </is>
       </c>
       <c r="B103" t="inlineStr">
         <is>
           <t>250 - 499 employees</t>
         </is>
       </c>
       <c r="C103" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D103" t="inlineStr">
         <is>
-          <t>July 2025</t>
+          <t>August 2025</t>
         </is>
       </c>
       <c r="E103"/>
     </row>
     <row r="104">
       <c r="A104" t="inlineStr">
         <is>
           <t>All size classes</t>
         </is>
       </c>
       <c r="B104" t="inlineStr">
         <is>
           <t>250 - 499 employees</t>
         </is>
       </c>
       <c r="C104" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D104" t="inlineStr">
         <is>
-          <t>August 2025</t>
+          <t>September 2025</t>
         </is>
       </c>
       <c r="E104"/>
     </row>
     <row r="105">
       <c r="A105" t="inlineStr">
         <is>
           <t>All size classes</t>
         </is>
       </c>
       <c r="B105" t="inlineStr">
         <is>
           <t>250 - 499 employees</t>
         </is>
       </c>
       <c r="C105" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D105" t="inlineStr">
         <is>
-          <t>September 2025</t>
+          <t>October 2025</t>
         </is>
       </c>
       <c r="E105"/>
     </row>
     <row r="106">
       <c r="A106" t="inlineStr">
         <is>
           <t>All size classes</t>
         </is>
       </c>
       <c r="B106" t="inlineStr">
         <is>
           <t>500 - 999 employees</t>
         </is>
       </c>
       <c r="C106" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="D106" t="inlineStr">
         <is>
-          <t>September 2024</t>
+          <t>October 2024</t>
         </is>
       </c>
       <c r="E106"/>
     </row>
     <row r="107">
       <c r="A107" t="inlineStr">
         <is>
           <t>All size classes</t>
         </is>
       </c>
       <c r="B107" t="inlineStr">
         <is>
           <t>500 - 999 employees</t>
         </is>
       </c>
       <c r="C107" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="D107" t="inlineStr">
         <is>
-          <t>October 2024</t>
+          <t>November 2024</t>
         </is>
       </c>
       <c r="E107"/>
     </row>
     <row r="108">
       <c r="A108" t="inlineStr">
         <is>
           <t>All size classes</t>
         </is>
       </c>
       <c r="B108" t="inlineStr">
         <is>
           <t>500 - 999 employees</t>
         </is>
       </c>
       <c r="C108" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="D108" t="inlineStr">
         <is>
-          <t>November 2024</t>
+          <t>December 2024</t>
         </is>
       </c>
       <c r="E108"/>
     </row>
     <row r="109">
       <c r="A109" t="inlineStr">
         <is>
           <t>All size classes</t>
         </is>
       </c>
       <c r="B109" t="inlineStr">
         <is>
           <t>500 - 999 employees</t>
         </is>
       </c>
       <c r="C109" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="D109" t="inlineStr">
         <is>
-          <t>December 2024</t>
-[...2 lines deleted...]
-      <c r="E109"/>
+          <t>January 2025</t>
+        </is>
+      </c>
+      <c r="E109" s="1" t="n">
+        <v>1.0</v>
+      </c>
     </row>
     <row r="110">
       <c r="A110" t="inlineStr">
         <is>
           <t>All size classes</t>
         </is>
       </c>
       <c r="B110" t="inlineStr">
         <is>
           <t>500 - 999 employees</t>
         </is>
       </c>
       <c r="C110" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D110" t="inlineStr">
         <is>
-          <t>January 2025</t>
-[...4 lines deleted...]
-      </c>
+          <t>February 2025</t>
+        </is>
+      </c>
+      <c r="E110"/>
     </row>
     <row r="111">
       <c r="A111" t="inlineStr">
         <is>
           <t>All size classes</t>
         </is>
       </c>
       <c r="B111" t="inlineStr">
         <is>
           <t>500 - 999 employees</t>
         </is>
       </c>
       <c r="C111" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D111" t="inlineStr">
         <is>
-          <t>February 2025</t>
+          <t>March 2025</t>
         </is>
       </c>
       <c r="E111"/>
     </row>
     <row r="112">
       <c r="A112" t="inlineStr">
         <is>
           <t>All size classes</t>
         </is>
       </c>
       <c r="B112" t="inlineStr">
         <is>
           <t>500 - 999 employees</t>
         </is>
       </c>
       <c r="C112" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D112" t="inlineStr">
         <is>
-          <t>March 2025</t>
-[...2 lines deleted...]
-      <c r="E112"/>
+          <t>April 2025</t>
+        </is>
+      </c>
+      <c r="E112" s="1" t="n">
+        <v>1.0</v>
+      </c>
     </row>
     <row r="113">
       <c r="A113" t="inlineStr">
         <is>
           <t>All size classes</t>
         </is>
       </c>
       <c r="B113" t="inlineStr">
         <is>
           <t>500 - 999 employees</t>
         </is>
       </c>
       <c r="C113" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D113" t="inlineStr">
         <is>
-          <t>April 2025</t>
-[...4 lines deleted...]
-      </c>
+          <t>May 2025</t>
+        </is>
+      </c>
+      <c r="E113"/>
     </row>
     <row r="114">
       <c r="A114" t="inlineStr">
         <is>
           <t>All size classes</t>
         </is>
       </c>
       <c r="B114" t="inlineStr">
         <is>
           <t>500 - 999 employees</t>
         </is>
       </c>
       <c r="C114" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D114" t="inlineStr">
         <is>
-          <t>May 2025</t>
+          <t>June 2025</t>
         </is>
       </c>
       <c r="E114"/>
     </row>
     <row r="115">
       <c r="A115" t="inlineStr">
         <is>
           <t>All size classes</t>
         </is>
       </c>
       <c r="B115" t="inlineStr">
         <is>
           <t>500 - 999 employees</t>
         </is>
       </c>
       <c r="C115" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D115" t="inlineStr">
         <is>
-          <t>June 2025</t>
-[...2 lines deleted...]
-      <c r="E115"/>
+          <t>July 2025</t>
+        </is>
+      </c>
+      <c r="E115" s="1" t="n">
+        <v>1.0</v>
+      </c>
     </row>
     <row r="116">
       <c r="A116" t="inlineStr">
         <is>
           <t>All size classes</t>
         </is>
       </c>
       <c r="B116" t="inlineStr">
         <is>
           <t>500 - 999 employees</t>
         </is>
       </c>
       <c r="C116" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D116" t="inlineStr">
         <is>
-          <t>July 2025</t>
-[...4 lines deleted...]
-      </c>
+          <t>August 2025</t>
+        </is>
+      </c>
+      <c r="E116"/>
     </row>
     <row r="117">
       <c r="A117" t="inlineStr">
         <is>
           <t>All size classes</t>
         </is>
       </c>
       <c r="B117" t="inlineStr">
         <is>
           <t>500 - 999 employees</t>
         </is>
       </c>
       <c r="C117" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D117" t="inlineStr">
         <is>
-          <t>August 2025</t>
+          <t>September 2025</t>
         </is>
       </c>
       <c r="E117"/>
     </row>
     <row r="118">
       <c r="A118" t="inlineStr">
         <is>
           <t>All size classes</t>
         </is>
       </c>
       <c r="B118" t="inlineStr">
         <is>
           <t>500 - 999 employees</t>
         </is>
       </c>
       <c r="C118" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D118" t="inlineStr">
         <is>
-          <t>September 2025</t>
+          <t>October 2025</t>
         </is>
       </c>
       <c r="E118"/>
     </row>
     <row r="119">
       <c r="A119" t="inlineStr">
         <is>
           <t>All size classes</t>
         </is>
       </c>
       <c r="B119" t="inlineStr">
         <is>
           <t>1000 employees and more</t>
         </is>
       </c>
       <c r="C119" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="D119" t="inlineStr">
         <is>
-          <t>September 2024</t>
+          <t>October 2024</t>
         </is>
       </c>
       <c r="E119"/>
     </row>
     <row r="120">
       <c r="A120" t="inlineStr">
         <is>
           <t>All size classes</t>
         </is>
       </c>
       <c r="B120" t="inlineStr">
         <is>
           <t>1000 employees and more</t>
         </is>
       </c>
       <c r="C120" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="D120" t="inlineStr">
         <is>
-          <t>October 2024</t>
+          <t>November 2024</t>
         </is>
       </c>
       <c r="E120"/>
     </row>
     <row r="121">
       <c r="A121" t="inlineStr">
         <is>
           <t>All size classes</t>
         </is>
       </c>
       <c r="B121" t="inlineStr">
         <is>
           <t>1000 employees and more</t>
         </is>
       </c>
       <c r="C121" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="D121" t="inlineStr">
         <is>
-          <t>November 2024</t>
+          <t>December 2024</t>
         </is>
       </c>
       <c r="E121"/>
     </row>
     <row r="122">
       <c r="A122" t="inlineStr">
         <is>
           <t>All size classes</t>
         </is>
       </c>
       <c r="B122" t="inlineStr">
         <is>
           <t>1000 employees and more</t>
         </is>
       </c>
       <c r="C122" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="D122" t="inlineStr">
         <is>
-          <t>December 2024</t>
+          <t>January 2025</t>
         </is>
       </c>
       <c r="E122"/>
     </row>
     <row r="123">
       <c r="A123" t="inlineStr">
         <is>
           <t>All size classes</t>
         </is>
       </c>
       <c r="B123" t="inlineStr">
         <is>
           <t>1000 employees and more</t>
         </is>
       </c>
       <c r="C123" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D123" t="inlineStr">
         <is>
-          <t>January 2025</t>
+          <t>February 2025</t>
         </is>
       </c>
       <c r="E123"/>
     </row>
     <row r="124">
       <c r="A124" t="inlineStr">
         <is>
           <t>All size classes</t>
         </is>
       </c>
       <c r="B124" t="inlineStr">
         <is>
           <t>1000 employees and more</t>
         </is>
       </c>
       <c r="C124" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D124" t="inlineStr">
         <is>
-          <t>February 2025</t>
+          <t>March 2025</t>
         </is>
       </c>
       <c r="E124"/>
     </row>
     <row r="125">
       <c r="A125" t="inlineStr">
         <is>
           <t>All size classes</t>
         </is>
       </c>
       <c r="B125" t="inlineStr">
         <is>
           <t>1000 employees and more</t>
         </is>
       </c>
       <c r="C125" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D125" t="inlineStr">
         <is>
-          <t>March 2025</t>
+          <t>April 2025</t>
         </is>
       </c>
       <c r="E125"/>
     </row>
     <row r="126">
       <c r="A126" t="inlineStr">
         <is>
           <t>All size classes</t>
         </is>
       </c>
       <c r="B126" t="inlineStr">
         <is>
           <t>1000 employees and more</t>
         </is>
       </c>
       <c r="C126" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D126" t="inlineStr">
         <is>
-          <t>April 2025</t>
+          <t>May 2025</t>
         </is>
       </c>
       <c r="E126"/>
     </row>
     <row r="127">
       <c r="A127" t="inlineStr">
         <is>
           <t>All size classes</t>
         </is>
       </c>
       <c r="B127" t="inlineStr">
         <is>
           <t>1000 employees and more</t>
         </is>
       </c>
       <c r="C127" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D127" t="inlineStr">
         <is>
-          <t>May 2025</t>
+          <t>June 2025</t>
         </is>
       </c>
       <c r="E127"/>
     </row>
     <row r="128">
       <c r="A128" t="inlineStr">
         <is>
           <t>All size classes</t>
         </is>
       </c>
       <c r="B128" t="inlineStr">
         <is>
           <t>1000 employees and more</t>
         </is>
       </c>
       <c r="C128" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D128" t="inlineStr">
         <is>
-          <t>June 2025</t>
+          <t>July 2025</t>
         </is>
       </c>
       <c r="E128"/>
     </row>
     <row r="129">
       <c r="A129" t="inlineStr">
         <is>
           <t>All size classes</t>
         </is>
       </c>
       <c r="B129" t="inlineStr">
         <is>
           <t>1000 employees and more</t>
         </is>
       </c>
       <c r="C129" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D129" t="inlineStr">
         <is>
-          <t>July 2025</t>
+          <t>August 2025</t>
         </is>
       </c>
       <c r="E129"/>
     </row>
     <row r="130">
       <c r="A130" t="inlineStr">
         <is>
           <t>All size classes</t>
         </is>
       </c>
       <c r="B130" t="inlineStr">
         <is>
           <t>1000 employees and more</t>
         </is>
       </c>
       <c r="C130" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D130" t="inlineStr">
         <is>
-          <t>August 2025</t>
+          <t>September 2025</t>
         </is>
       </c>
       <c r="E130"/>
     </row>
     <row r="131">
       <c r="A131" t="inlineStr">
         <is>
           <t>All size classes</t>
         </is>
       </c>
       <c r="B131" t="inlineStr">
         <is>
           <t>1000 employees and more</t>
         </is>
       </c>
       <c r="C131" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D131" t="inlineStr">
         <is>
-          <t>September 2025</t>
+          <t>October 2025</t>
         </is>
       </c>
       <c r="E131"/>
     </row>
     <row r="132">
       <c r="A132" t="inlineStr">
         <is>
           <t>All size classes</t>
         </is>
       </c>
       <c r="B132"/>
       <c r="C132" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="D132" t="inlineStr">
         <is>
-          <t>September 2024</t>
+          <t>October 2024</t>
         </is>
       </c>
       <c r="E132" s="1" t="n">
-        <v>1195.0</v>
+        <v>1072.0</v>
       </c>
     </row>
     <row r="133">
       <c r="A133" t="inlineStr">
         <is>
           <t>All size classes</t>
         </is>
       </c>
       <c r="B133"/>
       <c r="C133" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="D133" t="inlineStr">
         <is>
-          <t>October 2024</t>
+          <t>November 2024</t>
         </is>
       </c>
       <c r="E133" s="1" t="n">
-        <v>1072.0</v>
+        <v>826.0</v>
       </c>
     </row>
     <row r="134">
       <c r="A134" t="inlineStr">
         <is>
           <t>All size classes</t>
         </is>
       </c>
       <c r="B134"/>
       <c r="C134" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="D134" t="inlineStr">
         <is>
-          <t>November 2024</t>
+          <t>December 2024</t>
         </is>
       </c>
       <c r="E134" s="1" t="n">
-        <v>826.0</v>
+        <v>1002.0</v>
       </c>
     </row>
     <row r="135">
       <c r="A135" t="inlineStr">
         <is>
           <t>All size classes</t>
         </is>
       </c>
       <c r="B135"/>
       <c r="C135" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="D135" t="inlineStr">
         <is>
-          <t>December 2024</t>
+          <t>January 2025</t>
         </is>
       </c>
       <c r="E135" s="1" t="n">
-        <v>1002.0</v>
+        <v>946.0</v>
       </c>
     </row>
     <row r="136">
       <c r="A136" t="inlineStr">
         <is>
           <t>All size classes</t>
         </is>
       </c>
       <c r="B136"/>
       <c r="C136" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D136" t="inlineStr">
         <is>
-          <t>January 2025</t>
+          <t>February 2025</t>
         </is>
       </c>
       <c r="E136" s="1" t="n">
-        <v>946.0</v>
+        <v>988.0</v>
       </c>
     </row>
     <row r="137">
       <c r="A137" t="inlineStr">
         <is>
           <t>All size classes</t>
         </is>
       </c>
       <c r="B137"/>
       <c r="C137" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D137" t="inlineStr">
         <is>
-          <t>February 2025</t>
+          <t>March 2025</t>
         </is>
       </c>
       <c r="E137" s="1" t="n">
-        <v>988.0</v>
+        <v>1057.0</v>
       </c>
     </row>
     <row r="138">
       <c r="A138" t="inlineStr">
         <is>
           <t>All size classes</t>
         </is>
       </c>
       <c r="B138"/>
       <c r="C138" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D138" t="inlineStr">
         <is>
-          <t>March 2025</t>
+          <t>April 2025</t>
         </is>
       </c>
       <c r="E138" s="1" t="n">
-        <v>1057.0</v>
+        <v>990.0</v>
       </c>
     </row>
     <row r="139">
       <c r="A139" t="inlineStr">
         <is>
           <t>All size classes</t>
         </is>
       </c>
       <c r="B139"/>
       <c r="C139" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D139" t="inlineStr">
         <is>
-          <t>April 2025</t>
+          <t>May 2025</t>
         </is>
       </c>
       <c r="E139" s="1" t="n">
-        <v>990.0</v>
+        <v>888.0</v>
       </c>
     </row>
     <row r="140">
       <c r="A140" t="inlineStr">
         <is>
           <t>All size classes</t>
         </is>
       </c>
       <c r="B140"/>
       <c r="C140" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D140" t="inlineStr">
         <is>
-          <t>May 2025</t>
+          <t>June 2025</t>
         </is>
       </c>
       <c r="E140" s="1" t="n">
-        <v>888.0</v>
+        <v>1187.0</v>
       </c>
     </row>
     <row r="141">
       <c r="A141" t="inlineStr">
         <is>
           <t>All size classes</t>
         </is>
       </c>
       <c r="B141"/>
       <c r="C141" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D141" t="inlineStr">
         <is>
-          <t>June 2025</t>
+          <t>July 2025</t>
         </is>
       </c>
       <c r="E141" s="1" t="n">
-        <v>1187.0</v>
+        <v>715.0</v>
       </c>
     </row>
     <row r="142">
       <c r="A142" t="inlineStr">
         <is>
           <t>All size classes</t>
         </is>
       </c>
       <c r="B142"/>
       <c r="C142" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D142" t="inlineStr">
         <is>
-          <t>July 2025</t>
+          <t>August 2025</t>
         </is>
       </c>
       <c r="E142" s="1" t="n">
-        <v>715.0</v>
+        <v>502.0</v>
       </c>
     </row>
     <row r="143">
       <c r="A143" t="inlineStr">
         <is>
           <t>All size classes</t>
         </is>
       </c>
       <c r="B143"/>
       <c r="C143" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D143" t="inlineStr">
         <is>
-          <t>August 2025</t>
+          <t>September 2025</t>
         </is>
       </c>
       <c r="E143" s="1" t="n">
-        <v>503.0</v>
+        <v>1222.0</v>
       </c>
     </row>
     <row r="144">
       <c r="A144" t="inlineStr">
         <is>
           <t>All size classes</t>
         </is>
       </c>
       <c r="B144"/>
       <c r="C144" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D144" t="inlineStr">
         <is>
-          <t>September 2025</t>
+          <t>October 2025</t>
         </is>
       </c>
       <c r="E144" s="1" t="n">
-        <v>1219.0</v>
+        <v>1103.0</v>
       </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <coreProperties xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </coreProperties>
 </file>