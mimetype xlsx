--- v1 (2025-12-11)
+++ v2 (2026-03-10)
@@ -84,694 +84,692 @@
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?>
 
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
   <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/>
   <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/>
   <Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/>
   <Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/>
   <Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/>
 </Relationships>
 
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <cols>
     <col min="1" max="1" width="11.02734375" customWidth="true"/>
-    <col min="2" max="2" width="166.04296875" customWidth="true"/>
+    <col min="2" max="2" width="166.0703125" customWidth="true"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" t="inlineStr">
         <is>
           <t>Data source:</t>
         </is>
       </c>
       <c r="B1" t="inlineStr">
         <is>
           <t>Number of Bankruptcies and job losses in Belgium per month, municipality, economic activity (NACE 2008), type of enterprise, legal form, size class of the number of employees, lifespan</t>
         </is>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="inlineStr">
         <is>
           <t>Filters:</t>
         </is>
       </c>
       <c r="B2" t="inlineStr">
         <is>
-          <t>Date : Last 13 Month(October 2024, November 2024, December 2024, January 2025, February 2025, March 2025, April 2025, May 2025, June 2025, July 2025, August 2025, September 2025, October 2025)</t>
+          <t>Date : Last 13 Month(January 2025, February 2025, March 2025, April 2025, May 2025, June 2025, July 2025, August 2025, September 2025, October 2025, November 2025, December 2025, January 2026)</t>
         </is>
       </c>
     </row>
     <row r="3">
       <c r="B3" t="inlineStr">
         <is>
           <t xml:space="preserve">
 </t>
         </is>
       </c>
     </row>
     <row r="4">
 </row>
     <row r="5">
       <c r="A5" t="inlineStr">
         <is>
           <t xml:space="preserve">Source: </t>
         </is>
       </c>
       <c r="B5" t="inlineStr">
         <is>
           <t>Statbel (Directorate-general Statistics - Statistics Belgium)</t>
         </is>
       </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <cols>
     <col min="1" max="1" width="13.3828125" customWidth="true"/>
     <col min="2" max="2" width="27.1796875" customWidth="true"/>
     <col min="3" max="3" width="6.04296875" customWidth="true"/>
     <col min="4" max="4" width="20.46875" customWidth="true"/>
-    <col min="5" max="5" width="13.79296875" customWidth="true"/>
-[...10 lines deleted...]
-    <col min="16" max="16" width="11.8828125" customWidth="true"/>
+    <col min="5" max="5" width="12.484375" customWidth="true"/>
+    <col min="6" max="6" width="10.5390625" customWidth="true"/>
+    <col min="7" max="7" width="9.21484375" customWidth="true"/>
+    <col min="8" max="8" width="8.81640625" customWidth="true"/>
+    <col min="9" max="9" width="9.4609375" customWidth="true"/>
+    <col min="10" max="10" width="8.7890625" customWidth="true"/>
+    <col min="11" max="11" width="11.26953125" customWidth="true"/>
+    <col min="12" max="12" width="14.3203125" customWidth="true"/>
+    <col min="13" max="13" width="11.8828125" customWidth="true"/>
+    <col min="14" max="14" width="13.79296875" customWidth="true"/>
+    <col min="15" max="15" width="13.6875" customWidth="true"/>
+    <col min="16" max="16" width="11.97265625" customWidth="true"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1"/>
       <c r="B1"/>
       <c r="C1"/>
       <c r="D1" t="inlineStr">
         <is>
           <t>Number of bankruptcies</t>
         </is>
       </c>
       <c r="E1"/>
       <c r="F1"/>
       <c r="G1"/>
       <c r="H1"/>
       <c r="I1"/>
       <c r="J1"/>
       <c r="K1"/>
       <c r="L1"/>
       <c r="M1"/>
       <c r="N1"/>
       <c r="O1"/>
       <c r="P1"/>
     </row>
     <row r="2">
       <c r="A2"/>
       <c r="B2"/>
       <c r="C2" t="inlineStr">
         <is>
           <t>Year</t>
         </is>
       </c>
       <c r="D2" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="E2"/>
       <c r="F2"/>
-      <c r="G2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G2"/>
       <c r="H2"/>
       <c r="I2"/>
       <c r="J2"/>
       <c r="K2"/>
       <c r="L2"/>
       <c r="M2"/>
       <c r="N2"/>
       <c r="O2"/>
-      <c r="P2"/>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>2026</t>
+        </is>
+      </c>
     </row>
     <row r="3">
       <c r="A3"/>
       <c r="B3"/>
       <c r="C3" t="inlineStr">
         <is>
           <t>Month</t>
         </is>
       </c>
       <c r="D3" t="inlineStr">
         <is>
-          <t>October 2024</t>
+          <t>January 2025</t>
         </is>
       </c>
       <c r="E3" t="inlineStr">
         <is>
-          <t>November 2024</t>
+          <t>February 2025</t>
         </is>
       </c>
       <c r="F3" t="inlineStr">
         <is>
-          <t>December 2024</t>
+          <t>March 2025</t>
         </is>
       </c>
       <c r="G3" t="inlineStr">
         <is>
-          <t>January 2025</t>
+          <t>April 2025</t>
         </is>
       </c>
       <c r="H3" t="inlineStr">
         <is>
-          <t>February 2025</t>
+          <t>May 2025</t>
         </is>
       </c>
       <c r="I3" t="inlineStr">
         <is>
-          <t>March 2025</t>
+          <t>June 2025</t>
         </is>
       </c>
       <c r="J3" t="inlineStr">
         <is>
-          <t>April 2025</t>
+          <t>July 2025</t>
         </is>
       </c>
       <c r="K3" t="inlineStr">
         <is>
-          <t>May 2025</t>
+          <t>August 2025</t>
         </is>
       </c>
       <c r="L3" t="inlineStr">
         <is>
-          <t>June 2025</t>
+          <t>September 2025</t>
         </is>
       </c>
       <c r="M3" t="inlineStr">
         <is>
-          <t>July 2025</t>
+          <t>October 2025</t>
         </is>
       </c>
       <c r="N3" t="inlineStr">
         <is>
-          <t>August 2025</t>
+          <t>November 2025</t>
         </is>
       </c>
       <c r="O3" t="inlineStr">
         <is>
-          <t>September 2025</t>
+          <t>December 2025</t>
         </is>
       </c>
       <c r="P3" t="inlineStr">
         <is>
-          <t>October 2025</t>
+          <t>January 2026</t>
         </is>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="inlineStr">
         <is>
           <t>All size classes</t>
         </is>
       </c>
       <c r="B4" t="inlineStr">
         <is>
           <t>Size class number of employees</t>
         </is>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="inlineStr">
         <is>
           <t>All size classes</t>
         </is>
       </c>
       <c r="B5" t="inlineStr">
         <is>
           <t>0 - 4 employees</t>
         </is>
       </c>
       <c r="C5"/>
       <c r="D5" s="1" t="n">
-        <v>974.0</v>
+        <v>891.0</v>
       </c>
       <c r="E5" s="1" t="n">
-        <v>752.0</v>
+        <v>900.0</v>
       </c>
       <c r="F5" s="1" t="n">
-        <v>923.0</v>
+        <v>989.0</v>
       </c>
       <c r="G5" s="1" t="n">
-        <v>891.0</v>
+        <v>903.0</v>
       </c>
       <c r="H5" s="1" t="n">
-        <v>900.0</v>
+        <v>830.0</v>
       </c>
       <c r="I5" s="1" t="n">
-        <v>989.0</v>
+        <v>1090.0</v>
       </c>
       <c r="J5" s="1" t="n">
-        <v>903.0</v>
+        <v>648.0</v>
       </c>
       <c r="K5" s="1" t="n">
-        <v>830.0</v>
+        <v>440.0</v>
       </c>
       <c r="L5" s="1" t="n">
-        <v>1090.0</v>
+        <v>1126.0</v>
       </c>
       <c r="M5" s="1" t="n">
-        <v>648.0</v>
+        <v>1019.0</v>
       </c>
       <c r="N5" s="1" t="n">
-        <v>440.0</v>
+        <v>881.0</v>
       </c>
       <c r="O5" s="1" t="n">
-        <v>1124.0</v>
+        <v>1035.0</v>
       </c>
       <c r="P5" s="1" t="n">
-        <v>1019.0</v>
+        <v>898.0</v>
       </c>
     </row>
     <row r="6">
       <c r="A6"/>
       <c r="B6" t="inlineStr">
         <is>
           <t>5 - 9 employees</t>
         </is>
       </c>
       <c r="C6"/>
       <c r="D6" s="1" t="n">
+        <v>34.0</v>
+      </c>
+      <c r="E6" s="1" t="n">
+        <v>50.0</v>
+      </c>
+      <c r="F6" s="1" t="n">
+        <v>42.0</v>
+      </c>
+      <c r="G6" s="1" t="n">
+        <v>54.0</v>
+      </c>
+      <c r="H6" s="1" t="n">
+        <v>39.0</v>
+      </c>
+      <c r="I6" s="1" t="n">
+        <v>51.0</v>
+      </c>
+      <c r="J6" s="1" t="n">
+        <v>48.0</v>
+      </c>
+      <c r="K6" s="1" t="n">
+        <v>32.0</v>
+      </c>
+      <c r="L6" s="1" t="n">
         <v>63.0</v>
       </c>
-      <c r="E6" s="1" t="n">
-[...8 lines deleted...]
-      <c r="H6" s="1" t="n">
+      <c r="M6" s="1" t="n">
+        <v>52.0</v>
+      </c>
+      <c r="N6" s="1" t="n">
+        <v>46.0</v>
+      </c>
+      <c r="O6" s="1" t="n">
+        <v>44.0</v>
+      </c>
+      <c r="P6" s="1" t="n">
         <v>50.0</v>
-      </c>
-[...22 lines deleted...]
-        <v>52.0</v>
       </c>
     </row>
     <row r="7">
       <c r="A7"/>
       <c r="B7" t="inlineStr">
         <is>
           <t>10 - 19 employees</t>
         </is>
       </c>
       <c r="C7"/>
       <c r="D7" s="1" t="n">
-        <v>22.0</v>
+        <v>13.0</v>
       </c>
       <c r="E7" s="1" t="n">
-        <v>17.0</v>
+        <v>25.0</v>
       </c>
       <c r="F7" s="1" t="n">
-        <v>17.0</v>
+        <v>14.0</v>
       </c>
       <c r="G7" s="1" t="n">
-        <v>13.0</v>
+        <v>19.0</v>
       </c>
       <c r="H7" s="1" t="n">
-        <v>25.0</v>
+        <v>14.0</v>
       </c>
       <c r="I7" s="1" t="n">
-        <v>14.0</v>
+        <v>23.0</v>
       </c>
       <c r="J7" s="1" t="n">
-        <v>19.0</v>
+        <v>9.0</v>
       </c>
       <c r="K7" s="1" t="n">
-        <v>14.0</v>
+        <v>16.0</v>
       </c>
       <c r="L7" s="1" t="n">
+        <v>28.0</v>
+      </c>
+      <c r="M7" s="1" t="n">
+        <v>18.0</v>
+      </c>
+      <c r="N7" s="1" t="n">
+        <v>18.0</v>
+      </c>
+      <c r="O7" s="1" t="n">
+        <v>20.0</v>
+      </c>
+      <c r="P7" s="1" t="n">
         <v>23.0</v>
-      </c>
-[...10 lines deleted...]
-        <v>18.0</v>
       </c>
     </row>
     <row r="8">
       <c r="A8"/>
       <c r="B8" t="inlineStr">
         <is>
           <t>20 - 49 employees</t>
         </is>
       </c>
       <c r="C8"/>
       <c r="D8" s="1" t="n">
+        <v>6.0</v>
+      </c>
+      <c r="E8" s="1" t="n">
         <v>9.0</v>
       </c>
-      <c r="E8" s="1" t="n">
+      <c r="F8" s="1" t="n">
+        <v>8.0</v>
+      </c>
+      <c r="G8" s="1" t="n">
+        <v>9.0</v>
+      </c>
+      <c r="H8" s="1" t="n">
+        <v>2.0</v>
+      </c>
+      <c r="I8" s="1" t="n">
+        <v>23.0</v>
+      </c>
+      <c r="J8" s="1" t="n">
+        <v>7.0</v>
+      </c>
+      <c r="K8" s="1" t="n">
+        <v>9.0</v>
+      </c>
+      <c r="L8" s="1" t="n">
         <v>6.0</v>
       </c>
-      <c r="F8" s="1" t="n">
+      <c r="M8" s="1" t="n">
         <v>11.0</v>
-      </c>
-[...19 lines deleted...]
-        <v>7.0</v>
       </c>
       <c r="N8" s="1" t="n">
         <v>9.0</v>
       </c>
       <c r="O8" s="1" t="n">
-        <v>6.0</v>
+        <v>13.0</v>
       </c>
       <c r="P8" s="1" t="n">
-        <v>11.0</v>
+        <v>4.0</v>
       </c>
     </row>
     <row r="9">
       <c r="A9"/>
       <c r="B9" t="inlineStr">
         <is>
           <t>50 - 99 employees</t>
         </is>
       </c>
       <c r="C9"/>
       <c r="D9" s="1" t="n">
-        <v>2.0</v>
+        <v>1.0</v>
       </c>
       <c r="E9" s="1" t="n">
         <v>3.0</v>
       </c>
       <c r="F9" s="1" t="n">
-        <v>2.0</v>
+        <v>1.0</v>
       </c>
       <c r="G9" s="1" t="n">
         <v>1.0</v>
       </c>
       <c r="H9" s="1" t="n">
         <v>3.0</v>
       </c>
-      <c r="I9" s="1" t="n">
+      <c r="I9"/>
+      <c r="J9"/>
+      <c r="K9" s="1" t="n">
+        <v>2.0</v>
+      </c>
+      <c r="L9" s="1" t="n">
         <v>1.0</v>
       </c>
-      <c r="J9" s="1" t="n">
-[...6 lines deleted...]
-      <c r="M9"/>
+      <c r="M9" s="1" t="n">
+        <v>2.0</v>
+      </c>
       <c r="N9" s="1" t="n">
         <v>2.0</v>
       </c>
       <c r="O9" s="1" t="n">
-        <v>1.0</v>
+        <v>3.0</v>
       </c>
       <c r="P9" s="1" t="n">
-        <v>2.0</v>
+        <v>5.0</v>
       </c>
     </row>
     <row r="10">
       <c r="A10"/>
       <c r="B10" t="inlineStr">
         <is>
           <t>100 - 199 employees</t>
         </is>
       </c>
       <c r="C10"/>
-      <c r="D10" s="1" t="n">
-[...1 lines deleted...]
-      </c>
+      <c r="D10"/>
       <c r="E10"/>
-      <c r="F10"/>
-      <c r="G10"/>
+      <c r="F10" s="1" t="n">
+        <v>2.0</v>
+      </c>
+      <c r="G10" s="1" t="n">
+        <v>2.0</v>
+      </c>
       <c r="H10"/>
-      <c r="I10" s="1" t="n">
-[...1 lines deleted...]
-      </c>
+      <c r="I10"/>
       <c r="J10" s="1" t="n">
         <v>2.0</v>
       </c>
-      <c r="K10"/>
+      <c r="K10" s="1" t="n">
+        <v>2.0</v>
+      </c>
       <c r="L10"/>
       <c r="M10" s="1" t="n">
-        <v>2.0</v>
-[...3 lines deleted...]
-      </c>
+        <v>1.0</v>
+      </c>
+      <c r="N10"/>
       <c r="O10"/>
       <c r="P10" s="1" t="n">
         <v>1.0</v>
       </c>
     </row>
     <row r="11">
       <c r="A11"/>
       <c r="B11" t="inlineStr">
         <is>
           <t>200 - 249 employees</t>
         </is>
       </c>
       <c r="C11"/>
-      <c r="D11" s="1" t="n">
+      <c r="D11"/>
+      <c r="E11" s="1" t="n">
         <v>1.0</v>
       </c>
-      <c r="E11"/>
       <c r="F11"/>
       <c r="G11"/>
-      <c r="H11" s="1" t="n">
-[...1 lines deleted...]
-      </c>
+      <c r="H11"/>
       <c r="I11"/>
       <c r="J11"/>
-      <c r="K11"/>
+      <c r="K11" s="1" t="n">
+        <v>1.0</v>
+      </c>
       <c r="L11"/>
       <c r="M11"/>
-      <c r="N11" s="1" t="n">
-[...1 lines deleted...]
-      </c>
+      <c r="N11"/>
       <c r="O11"/>
       <c r="P11"/>
     </row>
     <row r="12">
       <c r="A12"/>
       <c r="B12" t="inlineStr">
         <is>
           <t>250 - 499 employees</t>
         </is>
       </c>
       <c r="C12"/>
       <c r="D12"/>
       <c r="E12"/>
       <c r="F12" s="1" t="n">
         <v>1.0</v>
       </c>
-      <c r="G12"/>
+      <c r="G12" s="1" t="n">
+        <v>1.0</v>
+      </c>
       <c r="H12"/>
-      <c r="I12" s="1" t="n">
-[...4 lines deleted...]
-      </c>
+      <c r="I12"/>
+      <c r="J12"/>
       <c r="K12"/>
       <c r="L12"/>
       <c r="M12"/>
       <c r="N12"/>
-      <c r="O12"/>
+      <c r="O12" s="1" t="n">
+        <v>1.0</v>
+      </c>
       <c r="P12"/>
     </row>
     <row r="13">
       <c r="A13"/>
       <c r="B13" t="inlineStr">
         <is>
           <t>500 - 999 employees</t>
         </is>
       </c>
       <c r="C13"/>
-      <c r="D13"/>
+      <c r="D13" s="1" t="n">
+        <v>1.0</v>
+      </c>
       <c r="E13"/>
       <c r="F13"/>
       <c r="G13" s="1" t="n">
         <v>1.0</v>
       </c>
       <c r="H13"/>
       <c r="I13"/>
       <c r="J13" s="1" t="n">
         <v>1.0</v>
       </c>
       <c r="K13"/>
       <c r="L13"/>
-      <c r="M13" s="1" t="n">
-[...1 lines deleted...]
-      </c>
+      <c r="M13"/>
       <c r="N13"/>
       <c r="O13"/>
       <c r="P13"/>
     </row>
     <row r="14">
       <c r="A14"/>
       <c r="B14" t="inlineStr">
         <is>
           <t>1000 employees and more</t>
         </is>
       </c>
       <c r="C14"/>
       <c r="D14"/>
       <c r="E14"/>
       <c r="F14"/>
       <c r="G14"/>
       <c r="H14"/>
       <c r="I14"/>
       <c r="J14"/>
       <c r="K14"/>
       <c r="L14"/>
       <c r="M14"/>
       <c r="N14"/>
       <c r="O14"/>
       <c r="P14"/>
     </row>
     <row r="15">
       <c r="A15" t="inlineStr">
         <is>
           <t>All size classes</t>
         </is>
       </c>
       <c r="B15"/>
       <c r="C15"/>
       <c r="D15" s="1" t="n">
-        <v>1072.0</v>
+        <v>946.0</v>
       </c>
       <c r="E15" s="1" t="n">
-        <v>826.0</v>
+        <v>988.0</v>
       </c>
       <c r="F15" s="1" t="n">
-        <v>1002.0</v>
+        <v>1057.0</v>
       </c>
       <c r="G15" s="1" t="n">
-        <v>946.0</v>
+        <v>990.0</v>
       </c>
       <c r="H15" s="1" t="n">
-        <v>988.0</v>
+        <v>888.0</v>
       </c>
       <c r="I15" s="1" t="n">
-        <v>1057.0</v>
+        <v>1187.0</v>
       </c>
       <c r="J15" s="1" t="n">
-        <v>990.0</v>
+        <v>715.0</v>
       </c>
       <c r="K15" s="1" t="n">
-        <v>888.0</v>
+        <v>502.0</v>
       </c>
       <c r="L15" s="1" t="n">
-        <v>1187.0</v>
+        <v>1224.0</v>
       </c>
       <c r="M15" s="1" t="n">
-        <v>715.0</v>
+        <v>1103.0</v>
       </c>
       <c r="N15" s="1" t="n">
-        <v>502.0</v>
+        <v>956.0</v>
       </c>
       <c r="O15" s="1" t="n">
-        <v>1222.0</v>
+        <v>1116.0</v>
       </c>
       <c r="P15" s="1" t="n">
-        <v>1103.0</v>
+        <v>981.0</v>
       </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <cols>
     <col min="1" max="1" width="13.3828125" customWidth="true"/>
     <col min="2" max="2" width="22.40625" customWidth="true"/>
     <col min="3" max="3" width="4.96484375" customWidth="true"/>
     <col min="4" max="4" width="14.3203125" customWidth="true"/>
     <col min="5" max="5" width="5.25390625" customWidth="true"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" t="inlineStr">
         <is>
@@ -790,3448 +788,3446 @@
       </c>
       <c r="D1" t="inlineStr">
         <is>
           <t>Month</t>
         </is>
       </c>
       <c r="E1" t="inlineStr">
         <is>
           <t>Number of bankruptcies</t>
         </is>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="inlineStr">
         <is>
           <t>All size classes</t>
         </is>
       </c>
       <c r="B2" t="inlineStr">
         <is>
           <t>0 - 4 employees</t>
         </is>
       </c>
       <c r="C2" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="D2" t="inlineStr">
         <is>
-          <t>October 2024</t>
+          <t>January 2025</t>
         </is>
       </c>
       <c r="E2" s="1" t="n">
-        <v>974.0</v>
+        <v>891.0</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="inlineStr">
         <is>
           <t>All size classes</t>
         </is>
       </c>
       <c r="B3" t="inlineStr">
         <is>
           <t>0 - 4 employees</t>
         </is>
       </c>
       <c r="C3" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="D3" t="inlineStr">
         <is>
-          <t>November 2024</t>
+          <t>February 2025</t>
         </is>
       </c>
       <c r="E3" s="1" t="n">
-        <v>752.0</v>
+        <v>900.0</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="inlineStr">
         <is>
           <t>All size classes</t>
         </is>
       </c>
       <c r="B4" t="inlineStr">
         <is>
           <t>0 - 4 employees</t>
         </is>
       </c>
       <c r="C4" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="D4" t="inlineStr">
         <is>
-          <t>December 2024</t>
+          <t>March 2025</t>
         </is>
       </c>
       <c r="E4" s="1" t="n">
-        <v>923.0</v>
+        <v>989.0</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="inlineStr">
         <is>
           <t>All size classes</t>
         </is>
       </c>
       <c r="B5" t="inlineStr">
         <is>
           <t>0 - 4 employees</t>
         </is>
       </c>
       <c r="C5" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D5" t="inlineStr">
         <is>
-          <t>January 2025</t>
+          <t>April 2025</t>
         </is>
       </c>
       <c r="E5" s="1" t="n">
-        <v>891.0</v>
+        <v>903.0</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="inlineStr">
         <is>
           <t>All size classes</t>
         </is>
       </c>
       <c r="B6" t="inlineStr">
         <is>
           <t>0 - 4 employees</t>
         </is>
       </c>
       <c r="C6" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D6" t="inlineStr">
         <is>
-          <t>February 2025</t>
+          <t>May 2025</t>
         </is>
       </c>
       <c r="E6" s="1" t="n">
-        <v>900.0</v>
+        <v>830.0</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="inlineStr">
         <is>
           <t>All size classes</t>
         </is>
       </c>
       <c r="B7" t="inlineStr">
         <is>
           <t>0 - 4 employees</t>
         </is>
       </c>
       <c r="C7" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D7" t="inlineStr">
         <is>
-          <t>March 2025</t>
+          <t>June 2025</t>
         </is>
       </c>
       <c r="E7" s="1" t="n">
-        <v>989.0</v>
+        <v>1090.0</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="inlineStr">
         <is>
           <t>All size classes</t>
         </is>
       </c>
       <c r="B8" t="inlineStr">
         <is>
           <t>0 - 4 employees</t>
         </is>
       </c>
       <c r="C8" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D8" t="inlineStr">
         <is>
-          <t>April 2025</t>
+          <t>July 2025</t>
         </is>
       </c>
       <c r="E8" s="1" t="n">
-        <v>903.0</v>
+        <v>648.0</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="inlineStr">
         <is>
           <t>All size classes</t>
         </is>
       </c>
       <c r="B9" t="inlineStr">
         <is>
           <t>0 - 4 employees</t>
         </is>
       </c>
       <c r="C9" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D9" t="inlineStr">
         <is>
-          <t>May 2025</t>
+          <t>August 2025</t>
         </is>
       </c>
       <c r="E9" s="1" t="n">
-        <v>830.0</v>
+        <v>440.0</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="inlineStr">
         <is>
           <t>All size classes</t>
         </is>
       </c>
       <c r="B10" t="inlineStr">
         <is>
           <t>0 - 4 employees</t>
         </is>
       </c>
       <c r="C10" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D10" t="inlineStr">
         <is>
-          <t>June 2025</t>
+          <t>September 2025</t>
         </is>
       </c>
       <c r="E10" s="1" t="n">
-        <v>1090.0</v>
+        <v>1126.0</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="inlineStr">
         <is>
           <t>All size classes</t>
         </is>
       </c>
       <c r="B11" t="inlineStr">
         <is>
           <t>0 - 4 employees</t>
         </is>
       </c>
       <c r="C11" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D11" t="inlineStr">
         <is>
-          <t>July 2025</t>
+          <t>October 2025</t>
         </is>
       </c>
       <c r="E11" s="1" t="n">
-        <v>648.0</v>
+        <v>1019.0</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="inlineStr">
         <is>
           <t>All size classes</t>
         </is>
       </c>
       <c r="B12" t="inlineStr">
         <is>
           <t>0 - 4 employees</t>
         </is>
       </c>
       <c r="C12" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D12" t="inlineStr">
         <is>
-          <t>August 2025</t>
+          <t>November 2025</t>
         </is>
       </c>
       <c r="E12" s="1" t="n">
-        <v>440.0</v>
+        <v>881.0</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="inlineStr">
         <is>
           <t>All size classes</t>
         </is>
       </c>
       <c r="B13" t="inlineStr">
         <is>
           <t>0 - 4 employees</t>
         </is>
       </c>
       <c r="C13" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D13" t="inlineStr">
         <is>
-          <t>September 2025</t>
+          <t>December 2025</t>
         </is>
       </c>
       <c r="E13" s="1" t="n">
-        <v>1124.0</v>
+        <v>1035.0</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="inlineStr">
         <is>
           <t>All size classes</t>
         </is>
       </c>
       <c r="B14" t="inlineStr">
         <is>
           <t>0 - 4 employees</t>
         </is>
       </c>
       <c r="C14" t="inlineStr">
         <is>
-          <t>2025</t>
+          <t>2026</t>
         </is>
       </c>
       <c r="D14" t="inlineStr">
         <is>
-          <t>October 2025</t>
+          <t>January 2026</t>
         </is>
       </c>
       <c r="E14" s="1" t="n">
-        <v>1019.0</v>
+        <v>898.0</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="inlineStr">
         <is>
           <t>All size classes</t>
         </is>
       </c>
       <c r="B15" t="inlineStr">
         <is>
           <t>5 - 9 employees</t>
         </is>
       </c>
       <c r="C15" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="D15" t="inlineStr">
         <is>
-          <t>October 2024</t>
+          <t>January 2025</t>
         </is>
       </c>
       <c r="E15" s="1" t="n">
-        <v>63.0</v>
+        <v>34.0</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="inlineStr">
         <is>
           <t>All size classes</t>
         </is>
       </c>
       <c r="B16" t="inlineStr">
         <is>
           <t>5 - 9 employees</t>
         </is>
       </c>
       <c r="C16" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="D16" t="inlineStr">
         <is>
-          <t>November 2024</t>
+          <t>February 2025</t>
         </is>
       </c>
       <c r="E16" s="1" t="n">
-        <v>48.0</v>
+        <v>50.0</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="inlineStr">
         <is>
           <t>All size classes</t>
         </is>
       </c>
       <c r="B17" t="inlineStr">
         <is>
           <t>5 - 9 employees</t>
         </is>
       </c>
       <c r="C17" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="D17" t="inlineStr">
         <is>
-          <t>December 2024</t>
+          <t>March 2025</t>
         </is>
       </c>
       <c r="E17" s="1" t="n">
-        <v>48.0</v>
+        <v>42.0</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="inlineStr">
         <is>
           <t>All size classes</t>
         </is>
       </c>
       <c r="B18" t="inlineStr">
         <is>
           <t>5 - 9 employees</t>
         </is>
       </c>
       <c r="C18" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D18" t="inlineStr">
         <is>
-          <t>January 2025</t>
+          <t>April 2025</t>
         </is>
       </c>
       <c r="E18" s="1" t="n">
-        <v>34.0</v>
+        <v>54.0</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="inlineStr">
         <is>
           <t>All size classes</t>
         </is>
       </c>
       <c r="B19" t="inlineStr">
         <is>
           <t>5 - 9 employees</t>
         </is>
       </c>
       <c r="C19" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D19" t="inlineStr">
         <is>
-          <t>February 2025</t>
+          <t>May 2025</t>
         </is>
       </c>
       <c r="E19" s="1" t="n">
-        <v>50.0</v>
+        <v>39.0</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="inlineStr">
         <is>
           <t>All size classes</t>
         </is>
       </c>
       <c r="B20" t="inlineStr">
         <is>
           <t>5 - 9 employees</t>
         </is>
       </c>
       <c r="C20" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D20" t="inlineStr">
         <is>
-          <t>March 2025</t>
+          <t>June 2025</t>
         </is>
       </c>
       <c r="E20" s="1" t="n">
-        <v>42.0</v>
+        <v>51.0</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="inlineStr">
         <is>
           <t>All size classes</t>
         </is>
       </c>
       <c r="B21" t="inlineStr">
         <is>
           <t>5 - 9 employees</t>
         </is>
       </c>
       <c r="C21" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D21" t="inlineStr">
         <is>
-          <t>April 2025</t>
+          <t>July 2025</t>
         </is>
       </c>
       <c r="E21" s="1" t="n">
-        <v>54.0</v>
+        <v>48.0</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="inlineStr">
         <is>
           <t>All size classes</t>
         </is>
       </c>
       <c r="B22" t="inlineStr">
         <is>
           <t>5 - 9 employees</t>
         </is>
       </c>
       <c r="C22" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D22" t="inlineStr">
         <is>
-          <t>May 2025</t>
+          <t>August 2025</t>
         </is>
       </c>
       <c r="E22" s="1" t="n">
-        <v>39.0</v>
+        <v>32.0</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="inlineStr">
         <is>
           <t>All size classes</t>
         </is>
       </c>
       <c r="B23" t="inlineStr">
         <is>
           <t>5 - 9 employees</t>
         </is>
       </c>
       <c r="C23" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D23" t="inlineStr">
         <is>
-          <t>June 2025</t>
+          <t>September 2025</t>
         </is>
       </c>
       <c r="E23" s="1" t="n">
-        <v>51.0</v>
+        <v>63.0</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="inlineStr">
         <is>
           <t>All size classes</t>
         </is>
       </c>
       <c r="B24" t="inlineStr">
         <is>
           <t>5 - 9 employees</t>
         </is>
       </c>
       <c r="C24" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D24" t="inlineStr">
         <is>
-          <t>July 2025</t>
+          <t>October 2025</t>
         </is>
       </c>
       <c r="E24" s="1" t="n">
-        <v>48.0</v>
+        <v>52.0</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="inlineStr">
         <is>
           <t>All size classes</t>
         </is>
       </c>
       <c r="B25" t="inlineStr">
         <is>
           <t>5 - 9 employees</t>
         </is>
       </c>
       <c r="C25" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D25" t="inlineStr">
         <is>
-          <t>August 2025</t>
+          <t>November 2025</t>
         </is>
       </c>
       <c r="E25" s="1" t="n">
-        <v>32.0</v>
+        <v>46.0</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="inlineStr">
         <is>
           <t>All size classes</t>
         </is>
       </c>
       <c r="B26" t="inlineStr">
         <is>
           <t>5 - 9 employees</t>
         </is>
       </c>
       <c r="C26" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D26" t="inlineStr">
         <is>
-          <t>September 2025</t>
+          <t>December 2025</t>
         </is>
       </c>
       <c r="E26" s="1" t="n">
-        <v>63.0</v>
+        <v>44.0</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="inlineStr">
         <is>
           <t>All size classes</t>
         </is>
       </c>
       <c r="B27" t="inlineStr">
         <is>
           <t>5 - 9 employees</t>
         </is>
       </c>
       <c r="C27" t="inlineStr">
         <is>
-          <t>2025</t>
+          <t>2026</t>
         </is>
       </c>
       <c r="D27" t="inlineStr">
         <is>
-          <t>October 2025</t>
+          <t>January 2026</t>
         </is>
       </c>
       <c r="E27" s="1" t="n">
-        <v>52.0</v>
+        <v>50.0</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="inlineStr">
         <is>
           <t>All size classes</t>
         </is>
       </c>
       <c r="B28" t="inlineStr">
         <is>
           <t>10 - 19 employees</t>
         </is>
       </c>
       <c r="C28" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="D28" t="inlineStr">
         <is>
-          <t>October 2024</t>
+          <t>January 2025</t>
         </is>
       </c>
       <c r="E28" s="1" t="n">
-        <v>22.0</v>
+        <v>13.0</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="inlineStr">
         <is>
           <t>All size classes</t>
         </is>
       </c>
       <c r="B29" t="inlineStr">
         <is>
           <t>10 - 19 employees</t>
         </is>
       </c>
       <c r="C29" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="D29" t="inlineStr">
         <is>
-          <t>November 2024</t>
+          <t>February 2025</t>
         </is>
       </c>
       <c r="E29" s="1" t="n">
-        <v>17.0</v>
+        <v>25.0</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="inlineStr">
         <is>
           <t>All size classes</t>
         </is>
       </c>
       <c r="B30" t="inlineStr">
         <is>
           <t>10 - 19 employees</t>
         </is>
       </c>
       <c r="C30" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="D30" t="inlineStr">
         <is>
-          <t>December 2024</t>
+          <t>March 2025</t>
         </is>
       </c>
       <c r="E30" s="1" t="n">
-        <v>17.0</v>
+        <v>14.0</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="inlineStr">
         <is>
           <t>All size classes</t>
         </is>
       </c>
       <c r="B31" t="inlineStr">
         <is>
           <t>10 - 19 employees</t>
         </is>
       </c>
       <c r="C31" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D31" t="inlineStr">
         <is>
-          <t>January 2025</t>
+          <t>April 2025</t>
         </is>
       </c>
       <c r="E31" s="1" t="n">
-        <v>13.0</v>
+        <v>19.0</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="inlineStr">
         <is>
           <t>All size classes</t>
         </is>
       </c>
       <c r="B32" t="inlineStr">
         <is>
           <t>10 - 19 employees</t>
         </is>
       </c>
       <c r="C32" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D32" t="inlineStr">
         <is>
-          <t>February 2025</t>
+          <t>May 2025</t>
         </is>
       </c>
       <c r="E32" s="1" t="n">
-        <v>25.0</v>
+        <v>14.0</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" t="inlineStr">
         <is>
           <t>All size classes</t>
         </is>
       </c>
       <c r="B33" t="inlineStr">
         <is>
           <t>10 - 19 employees</t>
         </is>
       </c>
       <c r="C33" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D33" t="inlineStr">
         <is>
-          <t>March 2025</t>
+          <t>June 2025</t>
         </is>
       </c>
       <c r="E33" s="1" t="n">
-        <v>14.0</v>
+        <v>23.0</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" t="inlineStr">
         <is>
           <t>All size classes</t>
         </is>
       </c>
       <c r="B34" t="inlineStr">
         <is>
           <t>10 - 19 employees</t>
         </is>
       </c>
       <c r="C34" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D34" t="inlineStr">
         <is>
-          <t>April 2025</t>
+          <t>July 2025</t>
         </is>
       </c>
       <c r="E34" s="1" t="n">
-        <v>19.0</v>
+        <v>9.0</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" t="inlineStr">
         <is>
           <t>All size classes</t>
         </is>
       </c>
       <c r="B35" t="inlineStr">
         <is>
           <t>10 - 19 employees</t>
         </is>
       </c>
       <c r="C35" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D35" t="inlineStr">
         <is>
-          <t>May 2025</t>
+          <t>August 2025</t>
         </is>
       </c>
       <c r="E35" s="1" t="n">
-        <v>14.0</v>
+        <v>16.0</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" t="inlineStr">
         <is>
           <t>All size classes</t>
         </is>
       </c>
       <c r="B36" t="inlineStr">
         <is>
           <t>10 - 19 employees</t>
         </is>
       </c>
       <c r="C36" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D36" t="inlineStr">
         <is>
-          <t>June 2025</t>
+          <t>September 2025</t>
         </is>
       </c>
       <c r="E36" s="1" t="n">
-        <v>23.0</v>
+        <v>28.0</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" t="inlineStr">
         <is>
           <t>All size classes</t>
         </is>
       </c>
       <c r="B37" t="inlineStr">
         <is>
           <t>10 - 19 employees</t>
         </is>
       </c>
       <c r="C37" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D37" t="inlineStr">
         <is>
-          <t>July 2025</t>
+          <t>October 2025</t>
         </is>
       </c>
       <c r="E37" s="1" t="n">
-        <v>9.0</v>
+        <v>18.0</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" t="inlineStr">
         <is>
           <t>All size classes</t>
         </is>
       </c>
       <c r="B38" t="inlineStr">
         <is>
           <t>10 - 19 employees</t>
         </is>
       </c>
       <c r="C38" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D38" t="inlineStr">
         <is>
-          <t>August 2025</t>
+          <t>November 2025</t>
         </is>
       </c>
       <c r="E38" s="1" t="n">
-        <v>16.0</v>
+        <v>18.0</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" t="inlineStr">
         <is>
           <t>All size classes</t>
         </is>
       </c>
       <c r="B39" t="inlineStr">
         <is>
           <t>10 - 19 employees</t>
         </is>
       </c>
       <c r="C39" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D39" t="inlineStr">
         <is>
-          <t>September 2025</t>
+          <t>December 2025</t>
         </is>
       </c>
       <c r="E39" s="1" t="n">
-        <v>28.0</v>
+        <v>20.0</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" t="inlineStr">
         <is>
           <t>All size classes</t>
         </is>
       </c>
       <c r="B40" t="inlineStr">
         <is>
           <t>10 - 19 employees</t>
         </is>
       </c>
       <c r="C40" t="inlineStr">
         <is>
-          <t>2025</t>
+          <t>2026</t>
         </is>
       </c>
       <c r="D40" t="inlineStr">
         <is>
-          <t>October 2025</t>
+          <t>January 2026</t>
         </is>
       </c>
       <c r="E40" s="1" t="n">
-        <v>18.0</v>
+        <v>23.0</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" t="inlineStr">
         <is>
           <t>All size classes</t>
         </is>
       </c>
       <c r="B41" t="inlineStr">
         <is>
           <t>20 - 49 employees</t>
         </is>
       </c>
       <c r="C41" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="D41" t="inlineStr">
         <is>
-          <t>October 2024</t>
+          <t>January 2025</t>
         </is>
       </c>
       <c r="E41" s="1" t="n">
-        <v>9.0</v>
+        <v>6.0</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" t="inlineStr">
         <is>
           <t>All size classes</t>
         </is>
       </c>
       <c r="B42" t="inlineStr">
         <is>
           <t>20 - 49 employees</t>
         </is>
       </c>
       <c r="C42" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="D42" t="inlineStr">
         <is>
-          <t>November 2024</t>
+          <t>February 2025</t>
         </is>
       </c>
       <c r="E42" s="1" t="n">
-        <v>6.0</v>
+        <v>9.0</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" t="inlineStr">
         <is>
           <t>All size classes</t>
         </is>
       </c>
       <c r="B43" t="inlineStr">
         <is>
           <t>20 - 49 employees</t>
         </is>
       </c>
       <c r="C43" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="D43" t="inlineStr">
         <is>
-          <t>December 2024</t>
+          <t>March 2025</t>
         </is>
       </c>
       <c r="E43" s="1" t="n">
-        <v>11.0</v>
+        <v>8.0</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" t="inlineStr">
         <is>
           <t>All size classes</t>
         </is>
       </c>
       <c r="B44" t="inlineStr">
         <is>
           <t>20 - 49 employees</t>
         </is>
       </c>
       <c r="C44" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D44" t="inlineStr">
         <is>
-          <t>January 2025</t>
+          <t>April 2025</t>
         </is>
       </c>
       <c r="E44" s="1" t="n">
-        <v>6.0</v>
+        <v>9.0</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" t="inlineStr">
         <is>
           <t>All size classes</t>
         </is>
       </c>
       <c r="B45" t="inlineStr">
         <is>
           <t>20 - 49 employees</t>
         </is>
       </c>
       <c r="C45" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D45" t="inlineStr">
         <is>
-          <t>February 2025</t>
+          <t>May 2025</t>
         </is>
       </c>
       <c r="E45" s="1" t="n">
-        <v>9.0</v>
+        <v>2.0</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" t="inlineStr">
         <is>
           <t>All size classes</t>
         </is>
       </c>
       <c r="B46" t="inlineStr">
         <is>
           <t>20 - 49 employees</t>
         </is>
       </c>
       <c r="C46" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D46" t="inlineStr">
         <is>
-          <t>March 2025</t>
+          <t>June 2025</t>
         </is>
       </c>
       <c r="E46" s="1" t="n">
-        <v>8.0</v>
+        <v>23.0</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" t="inlineStr">
         <is>
           <t>All size classes</t>
         </is>
       </c>
       <c r="B47" t="inlineStr">
         <is>
           <t>20 - 49 employees</t>
         </is>
       </c>
       <c r="C47" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D47" t="inlineStr">
         <is>
-          <t>April 2025</t>
+          <t>July 2025</t>
         </is>
       </c>
       <c r="E47" s="1" t="n">
-        <v>9.0</v>
+        <v>7.0</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" t="inlineStr">
         <is>
           <t>All size classes</t>
         </is>
       </c>
       <c r="B48" t="inlineStr">
         <is>
           <t>20 - 49 employees</t>
         </is>
       </c>
       <c r="C48" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D48" t="inlineStr">
         <is>
-          <t>May 2025</t>
+          <t>August 2025</t>
         </is>
       </c>
       <c r="E48" s="1" t="n">
-        <v>2.0</v>
+        <v>9.0</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" t="inlineStr">
         <is>
           <t>All size classes</t>
         </is>
       </c>
       <c r="B49" t="inlineStr">
         <is>
           <t>20 - 49 employees</t>
         </is>
       </c>
       <c r="C49" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D49" t="inlineStr">
         <is>
-          <t>June 2025</t>
+          <t>September 2025</t>
         </is>
       </c>
       <c r="E49" s="1" t="n">
-        <v>23.0</v>
+        <v>6.0</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" t="inlineStr">
         <is>
           <t>All size classes</t>
         </is>
       </c>
       <c r="B50" t="inlineStr">
         <is>
           <t>20 - 49 employees</t>
         </is>
       </c>
       <c r="C50" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D50" t="inlineStr">
         <is>
-          <t>July 2025</t>
+          <t>October 2025</t>
         </is>
       </c>
       <c r="E50" s="1" t="n">
-        <v>7.0</v>
+        <v>11.0</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" t="inlineStr">
         <is>
           <t>All size classes</t>
         </is>
       </c>
       <c r="B51" t="inlineStr">
         <is>
           <t>20 - 49 employees</t>
         </is>
       </c>
       <c r="C51" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D51" t="inlineStr">
         <is>
-          <t>August 2025</t>
+          <t>November 2025</t>
         </is>
       </c>
       <c r="E51" s="1" t="n">
         <v>9.0</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" t="inlineStr">
         <is>
           <t>All size classes</t>
         </is>
       </c>
       <c r="B52" t="inlineStr">
         <is>
           <t>20 - 49 employees</t>
         </is>
       </c>
       <c r="C52" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D52" t="inlineStr">
         <is>
-          <t>September 2025</t>
+          <t>December 2025</t>
         </is>
       </c>
       <c r="E52" s="1" t="n">
-        <v>6.0</v>
+        <v>13.0</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" t="inlineStr">
         <is>
           <t>All size classes</t>
         </is>
       </c>
       <c r="B53" t="inlineStr">
         <is>
           <t>20 - 49 employees</t>
         </is>
       </c>
       <c r="C53" t="inlineStr">
         <is>
-          <t>2025</t>
+          <t>2026</t>
         </is>
       </c>
       <c r="D53" t="inlineStr">
         <is>
-          <t>October 2025</t>
+          <t>January 2026</t>
         </is>
       </c>
       <c r="E53" s="1" t="n">
-        <v>11.0</v>
+        <v>4.0</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" t="inlineStr">
         <is>
           <t>All size classes</t>
         </is>
       </c>
       <c r="B54" t="inlineStr">
         <is>
           <t>50 - 99 employees</t>
         </is>
       </c>
       <c r="C54" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="D54" t="inlineStr">
         <is>
-          <t>October 2024</t>
+          <t>January 2025</t>
         </is>
       </c>
       <c r="E54" s="1" t="n">
-        <v>2.0</v>
+        <v>1.0</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" t="inlineStr">
         <is>
           <t>All size classes</t>
         </is>
       </c>
       <c r="B55" t="inlineStr">
         <is>
           <t>50 - 99 employees</t>
         </is>
       </c>
       <c r="C55" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="D55" t="inlineStr">
         <is>
-          <t>November 2024</t>
+          <t>February 2025</t>
         </is>
       </c>
       <c r="E55" s="1" t="n">
         <v>3.0</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" t="inlineStr">
         <is>
           <t>All size classes</t>
         </is>
       </c>
       <c r="B56" t="inlineStr">
         <is>
           <t>50 - 99 employees</t>
         </is>
       </c>
       <c r="C56" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="D56" t="inlineStr">
         <is>
-          <t>December 2024</t>
+          <t>March 2025</t>
         </is>
       </c>
       <c r="E56" s="1" t="n">
-        <v>2.0</v>
+        <v>1.0</v>
       </c>
     </row>
     <row r="57">
       <c r="A57" t="inlineStr">
         <is>
           <t>All size classes</t>
         </is>
       </c>
       <c r="B57" t="inlineStr">
         <is>
           <t>50 - 99 employees</t>
         </is>
       </c>
       <c r="C57" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D57" t="inlineStr">
         <is>
-          <t>January 2025</t>
+          <t>April 2025</t>
         </is>
       </c>
       <c r="E57" s="1" t="n">
         <v>1.0</v>
       </c>
     </row>
     <row r="58">
       <c r="A58" t="inlineStr">
         <is>
           <t>All size classes</t>
         </is>
       </c>
       <c r="B58" t="inlineStr">
         <is>
           <t>50 - 99 employees</t>
         </is>
       </c>
       <c r="C58" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D58" t="inlineStr">
         <is>
-          <t>February 2025</t>
+          <t>May 2025</t>
         </is>
       </c>
       <c r="E58" s="1" t="n">
         <v>3.0</v>
       </c>
     </row>
     <row r="59">
       <c r="A59" t="inlineStr">
         <is>
           <t>All size classes</t>
         </is>
       </c>
       <c r="B59" t="inlineStr">
         <is>
           <t>50 - 99 employees</t>
         </is>
       </c>
       <c r="C59" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D59" t="inlineStr">
         <is>
-          <t>March 2025</t>
-[...4 lines deleted...]
-      </c>
+          <t>June 2025</t>
+        </is>
+      </c>
+      <c r="E59"/>
     </row>
     <row r="60">
       <c r="A60" t="inlineStr">
         <is>
           <t>All size classes</t>
         </is>
       </c>
       <c r="B60" t="inlineStr">
         <is>
           <t>50 - 99 employees</t>
         </is>
       </c>
       <c r="C60" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D60" t="inlineStr">
         <is>
-          <t>April 2025</t>
-[...4 lines deleted...]
-      </c>
+          <t>July 2025</t>
+        </is>
+      </c>
+      <c r="E60"/>
     </row>
     <row r="61">
       <c r="A61" t="inlineStr">
         <is>
           <t>All size classes</t>
         </is>
       </c>
       <c r="B61" t="inlineStr">
         <is>
           <t>50 - 99 employees</t>
         </is>
       </c>
       <c r="C61" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D61" t="inlineStr">
         <is>
-          <t>May 2025</t>
+          <t>August 2025</t>
         </is>
       </c>
       <c r="E61" s="1" t="n">
-        <v>3.0</v>
+        <v>2.0</v>
       </c>
     </row>
     <row r="62">
       <c r="A62" t="inlineStr">
         <is>
           <t>All size classes</t>
         </is>
       </c>
       <c r="B62" t="inlineStr">
         <is>
           <t>50 - 99 employees</t>
         </is>
       </c>
       <c r="C62" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D62" t="inlineStr">
         <is>
-          <t>June 2025</t>
-[...2 lines deleted...]
-      <c r="E62"/>
+          <t>September 2025</t>
+        </is>
+      </c>
+      <c r="E62" s="1" t="n">
+        <v>1.0</v>
+      </c>
     </row>
     <row r="63">
       <c r="A63" t="inlineStr">
         <is>
           <t>All size classes</t>
         </is>
       </c>
       <c r="B63" t="inlineStr">
         <is>
           <t>50 - 99 employees</t>
         </is>
       </c>
       <c r="C63" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D63" t="inlineStr">
         <is>
-          <t>July 2025</t>
-[...2 lines deleted...]
-      <c r="E63"/>
+          <t>October 2025</t>
+        </is>
+      </c>
+      <c r="E63" s="1" t="n">
+        <v>2.0</v>
+      </c>
     </row>
     <row r="64">
       <c r="A64" t="inlineStr">
         <is>
           <t>All size classes</t>
         </is>
       </c>
       <c r="B64" t="inlineStr">
         <is>
           <t>50 - 99 employees</t>
         </is>
       </c>
       <c r="C64" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D64" t="inlineStr">
         <is>
-          <t>August 2025</t>
+          <t>November 2025</t>
         </is>
       </c>
       <c r="E64" s="1" t="n">
         <v>2.0</v>
       </c>
     </row>
     <row r="65">
       <c r="A65" t="inlineStr">
         <is>
           <t>All size classes</t>
         </is>
       </c>
       <c r="B65" t="inlineStr">
         <is>
           <t>50 - 99 employees</t>
         </is>
       </c>
       <c r="C65" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D65" t="inlineStr">
         <is>
-          <t>September 2025</t>
+          <t>December 2025</t>
         </is>
       </c>
       <c r="E65" s="1" t="n">
-        <v>1.0</v>
+        <v>3.0</v>
       </c>
     </row>
     <row r="66">
       <c r="A66" t="inlineStr">
         <is>
           <t>All size classes</t>
         </is>
       </c>
       <c r="B66" t="inlineStr">
         <is>
           <t>50 - 99 employees</t>
         </is>
       </c>
       <c r="C66" t="inlineStr">
         <is>
-          <t>2025</t>
+          <t>2026</t>
         </is>
       </c>
       <c r="D66" t="inlineStr">
         <is>
-          <t>October 2025</t>
+          <t>January 2026</t>
         </is>
       </c>
       <c r="E66" s="1" t="n">
-        <v>2.0</v>
+        <v>5.0</v>
       </c>
     </row>
     <row r="67">
       <c r="A67" t="inlineStr">
         <is>
           <t>All size classes</t>
         </is>
       </c>
       <c r="B67" t="inlineStr">
         <is>
           <t>100 - 199 employees</t>
         </is>
       </c>
       <c r="C67" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="D67" t="inlineStr">
         <is>
-          <t>October 2024</t>
-[...4 lines deleted...]
-      </c>
+          <t>January 2025</t>
+        </is>
+      </c>
+      <c r="E67"/>
     </row>
     <row r="68">
       <c r="A68" t="inlineStr">
         <is>
           <t>All size classes</t>
         </is>
       </c>
       <c r="B68" t="inlineStr">
         <is>
           <t>100 - 199 employees</t>
         </is>
       </c>
       <c r="C68" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="D68" t="inlineStr">
         <is>
-          <t>November 2024</t>
+          <t>February 2025</t>
         </is>
       </c>
       <c r="E68"/>
     </row>
     <row r="69">
       <c r="A69" t="inlineStr">
         <is>
           <t>All size classes</t>
         </is>
       </c>
       <c r="B69" t="inlineStr">
         <is>
           <t>100 - 199 employees</t>
         </is>
       </c>
       <c r="C69" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="D69" t="inlineStr">
         <is>
-          <t>December 2024</t>
-[...2 lines deleted...]
-      <c r="E69"/>
+          <t>March 2025</t>
+        </is>
+      </c>
+      <c r="E69" s="1" t="n">
+        <v>2.0</v>
+      </c>
     </row>
     <row r="70">
       <c r="A70" t="inlineStr">
         <is>
           <t>All size classes</t>
         </is>
       </c>
       <c r="B70" t="inlineStr">
         <is>
           <t>100 - 199 employees</t>
         </is>
       </c>
       <c r="C70" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D70" t="inlineStr">
         <is>
-          <t>January 2025</t>
-[...2 lines deleted...]
-      <c r="E70"/>
+          <t>April 2025</t>
+        </is>
+      </c>
+      <c r="E70" s="1" t="n">
+        <v>2.0</v>
+      </c>
     </row>
     <row r="71">
       <c r="A71" t="inlineStr">
         <is>
           <t>All size classes</t>
         </is>
       </c>
       <c r="B71" t="inlineStr">
         <is>
           <t>100 - 199 employees</t>
         </is>
       </c>
       <c r="C71" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D71" t="inlineStr">
         <is>
-          <t>February 2025</t>
+          <t>May 2025</t>
         </is>
       </c>
       <c r="E71"/>
     </row>
     <row r="72">
       <c r="A72" t="inlineStr">
         <is>
           <t>All size classes</t>
         </is>
       </c>
       <c r="B72" t="inlineStr">
         <is>
           <t>100 - 199 employees</t>
         </is>
       </c>
       <c r="C72" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D72" t="inlineStr">
         <is>
-          <t>March 2025</t>
-[...4 lines deleted...]
-      </c>
+          <t>June 2025</t>
+        </is>
+      </c>
+      <c r="E72"/>
     </row>
     <row r="73">
       <c r="A73" t="inlineStr">
         <is>
           <t>All size classes</t>
         </is>
       </c>
       <c r="B73" t="inlineStr">
         <is>
           <t>100 - 199 employees</t>
         </is>
       </c>
       <c r="C73" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D73" t="inlineStr">
         <is>
-          <t>April 2025</t>
+          <t>July 2025</t>
         </is>
       </c>
       <c r="E73" s="1" t="n">
         <v>2.0</v>
       </c>
     </row>
     <row r="74">
       <c r="A74" t="inlineStr">
         <is>
           <t>All size classes</t>
         </is>
       </c>
       <c r="B74" t="inlineStr">
         <is>
           <t>100 - 199 employees</t>
         </is>
       </c>
       <c r="C74" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D74" t="inlineStr">
         <is>
-          <t>May 2025</t>
-[...2 lines deleted...]
-      <c r="E74"/>
+          <t>August 2025</t>
+        </is>
+      </c>
+      <c r="E74" s="1" t="n">
+        <v>2.0</v>
+      </c>
     </row>
     <row r="75">
       <c r="A75" t="inlineStr">
         <is>
           <t>All size classes</t>
         </is>
       </c>
       <c r="B75" t="inlineStr">
         <is>
           <t>100 - 199 employees</t>
         </is>
       </c>
       <c r="C75" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D75" t="inlineStr">
         <is>
-          <t>June 2025</t>
+          <t>September 2025</t>
         </is>
       </c>
       <c r="E75"/>
     </row>
     <row r="76">
       <c r="A76" t="inlineStr">
         <is>
           <t>All size classes</t>
         </is>
       </c>
       <c r="B76" t="inlineStr">
         <is>
           <t>100 - 199 employees</t>
         </is>
       </c>
       <c r="C76" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D76" t="inlineStr">
         <is>
-          <t>July 2025</t>
+          <t>October 2025</t>
         </is>
       </c>
       <c r="E76" s="1" t="n">
-        <v>2.0</v>
+        <v>1.0</v>
       </c>
     </row>
     <row r="77">
       <c r="A77" t="inlineStr">
         <is>
           <t>All size classes</t>
         </is>
       </c>
       <c r="B77" t="inlineStr">
         <is>
           <t>100 - 199 employees</t>
         </is>
       </c>
       <c r="C77" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D77" t="inlineStr">
         <is>
-          <t>August 2025</t>
-[...4 lines deleted...]
-      </c>
+          <t>November 2025</t>
+        </is>
+      </c>
+      <c r="E77"/>
     </row>
     <row r="78">
       <c r="A78" t="inlineStr">
         <is>
           <t>All size classes</t>
         </is>
       </c>
       <c r="B78" t="inlineStr">
         <is>
           <t>100 - 199 employees</t>
         </is>
       </c>
       <c r="C78" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D78" t="inlineStr">
         <is>
-          <t>September 2025</t>
+          <t>December 2025</t>
         </is>
       </c>
       <c r="E78"/>
     </row>
     <row r="79">
       <c r="A79" t="inlineStr">
         <is>
           <t>All size classes</t>
         </is>
       </c>
       <c r="B79" t="inlineStr">
         <is>
           <t>100 - 199 employees</t>
         </is>
       </c>
       <c r="C79" t="inlineStr">
         <is>
-          <t>2025</t>
+          <t>2026</t>
         </is>
       </c>
       <c r="D79" t="inlineStr">
         <is>
-          <t>October 2025</t>
+          <t>January 2026</t>
         </is>
       </c>
       <c r="E79" s="1" t="n">
         <v>1.0</v>
       </c>
     </row>
     <row r="80">
       <c r="A80" t="inlineStr">
         <is>
           <t>All size classes</t>
         </is>
       </c>
       <c r="B80" t="inlineStr">
         <is>
           <t>200 - 249 employees</t>
         </is>
       </c>
       <c r="C80" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="D80" t="inlineStr">
         <is>
-          <t>October 2024</t>
-[...4 lines deleted...]
-      </c>
+          <t>January 2025</t>
+        </is>
+      </c>
+      <c r="E80"/>
     </row>
     <row r="81">
       <c r="A81" t="inlineStr">
         <is>
           <t>All size classes</t>
         </is>
       </c>
       <c r="B81" t="inlineStr">
         <is>
           <t>200 - 249 employees</t>
         </is>
       </c>
       <c r="C81" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="D81" t="inlineStr">
         <is>
-          <t>November 2024</t>
-[...2 lines deleted...]
-      <c r="E81"/>
+          <t>February 2025</t>
+        </is>
+      </c>
+      <c r="E81" s="1" t="n">
+        <v>1.0</v>
+      </c>
     </row>
     <row r="82">
       <c r="A82" t="inlineStr">
         <is>
           <t>All size classes</t>
         </is>
       </c>
       <c r="B82" t="inlineStr">
         <is>
           <t>200 - 249 employees</t>
         </is>
       </c>
       <c r="C82" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="D82" t="inlineStr">
         <is>
-          <t>December 2024</t>
+          <t>March 2025</t>
         </is>
       </c>
       <c r="E82"/>
     </row>
     <row r="83">
       <c r="A83" t="inlineStr">
         <is>
           <t>All size classes</t>
         </is>
       </c>
       <c r="B83" t="inlineStr">
         <is>
           <t>200 - 249 employees</t>
         </is>
       </c>
       <c r="C83" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D83" t="inlineStr">
         <is>
-          <t>January 2025</t>
+          <t>April 2025</t>
         </is>
       </c>
       <c r="E83"/>
     </row>
     <row r="84">
       <c r="A84" t="inlineStr">
         <is>
           <t>All size classes</t>
         </is>
       </c>
       <c r="B84" t="inlineStr">
         <is>
           <t>200 - 249 employees</t>
         </is>
       </c>
       <c r="C84" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D84" t="inlineStr">
         <is>
-          <t>February 2025</t>
-[...4 lines deleted...]
-      </c>
+          <t>May 2025</t>
+        </is>
+      </c>
+      <c r="E84"/>
     </row>
     <row r="85">
       <c r="A85" t="inlineStr">
         <is>
           <t>All size classes</t>
         </is>
       </c>
       <c r="B85" t="inlineStr">
         <is>
           <t>200 - 249 employees</t>
         </is>
       </c>
       <c r="C85" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D85" t="inlineStr">
         <is>
-          <t>March 2025</t>
+          <t>June 2025</t>
         </is>
       </c>
       <c r="E85"/>
     </row>
     <row r="86">
       <c r="A86" t="inlineStr">
         <is>
           <t>All size classes</t>
         </is>
       </c>
       <c r="B86" t="inlineStr">
         <is>
           <t>200 - 249 employees</t>
         </is>
       </c>
       <c r="C86" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D86" t="inlineStr">
         <is>
-          <t>April 2025</t>
+          <t>July 2025</t>
         </is>
       </c>
       <c r="E86"/>
     </row>
     <row r="87">
       <c r="A87" t="inlineStr">
         <is>
           <t>All size classes</t>
         </is>
       </c>
       <c r="B87" t="inlineStr">
         <is>
           <t>200 - 249 employees</t>
         </is>
       </c>
       <c r="C87" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D87" t="inlineStr">
         <is>
-          <t>May 2025</t>
-[...2 lines deleted...]
-      <c r="E87"/>
+          <t>August 2025</t>
+        </is>
+      </c>
+      <c r="E87" s="1" t="n">
+        <v>1.0</v>
+      </c>
     </row>
     <row r="88">
       <c r="A88" t="inlineStr">
         <is>
           <t>All size classes</t>
         </is>
       </c>
       <c r="B88" t="inlineStr">
         <is>
           <t>200 - 249 employees</t>
         </is>
       </c>
       <c r="C88" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D88" t="inlineStr">
         <is>
-          <t>June 2025</t>
+          <t>September 2025</t>
         </is>
       </c>
       <c r="E88"/>
     </row>
     <row r="89">
       <c r="A89" t="inlineStr">
         <is>
           <t>All size classes</t>
         </is>
       </c>
       <c r="B89" t="inlineStr">
         <is>
           <t>200 - 249 employees</t>
         </is>
       </c>
       <c r="C89" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D89" t="inlineStr">
         <is>
-          <t>July 2025</t>
+          <t>October 2025</t>
         </is>
       </c>
       <c r="E89"/>
     </row>
     <row r="90">
       <c r="A90" t="inlineStr">
         <is>
           <t>All size classes</t>
         </is>
       </c>
       <c r="B90" t="inlineStr">
         <is>
           <t>200 - 249 employees</t>
         </is>
       </c>
       <c r="C90" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D90" t="inlineStr">
         <is>
-          <t>August 2025</t>
-[...4 lines deleted...]
-      </c>
+          <t>November 2025</t>
+        </is>
+      </c>
+      <c r="E90"/>
     </row>
     <row r="91">
       <c r="A91" t="inlineStr">
         <is>
           <t>All size classes</t>
         </is>
       </c>
       <c r="B91" t="inlineStr">
         <is>
           <t>200 - 249 employees</t>
         </is>
       </c>
       <c r="C91" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D91" t="inlineStr">
         <is>
-          <t>September 2025</t>
+          <t>December 2025</t>
         </is>
       </c>
       <c r="E91"/>
     </row>
     <row r="92">
       <c r="A92" t="inlineStr">
         <is>
           <t>All size classes</t>
         </is>
       </c>
       <c r="B92" t="inlineStr">
         <is>
           <t>200 - 249 employees</t>
         </is>
       </c>
       <c r="C92" t="inlineStr">
         <is>
-          <t>2025</t>
+          <t>2026</t>
         </is>
       </c>
       <c r="D92" t="inlineStr">
         <is>
-          <t>October 2025</t>
+          <t>January 2026</t>
         </is>
       </c>
       <c r="E92"/>
     </row>
     <row r="93">
       <c r="A93" t="inlineStr">
         <is>
           <t>All size classes</t>
         </is>
       </c>
       <c r="B93" t="inlineStr">
         <is>
           <t>250 - 499 employees</t>
         </is>
       </c>
       <c r="C93" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="D93" t="inlineStr">
         <is>
-          <t>October 2024</t>
+          <t>January 2025</t>
         </is>
       </c>
       <c r="E93"/>
     </row>
     <row r="94">
       <c r="A94" t="inlineStr">
         <is>
           <t>All size classes</t>
         </is>
       </c>
       <c r="B94" t="inlineStr">
         <is>
           <t>250 - 499 employees</t>
         </is>
       </c>
       <c r="C94" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="D94" t="inlineStr">
         <is>
-          <t>November 2024</t>
+          <t>February 2025</t>
         </is>
       </c>
       <c r="E94"/>
     </row>
     <row r="95">
       <c r="A95" t="inlineStr">
         <is>
           <t>All size classes</t>
         </is>
       </c>
       <c r="B95" t="inlineStr">
         <is>
           <t>250 - 499 employees</t>
         </is>
       </c>
       <c r="C95" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="D95" t="inlineStr">
         <is>
-          <t>December 2024</t>
+          <t>March 2025</t>
         </is>
       </c>
       <c r="E95" s="1" t="n">
         <v>1.0</v>
       </c>
     </row>
     <row r="96">
       <c r="A96" t="inlineStr">
         <is>
           <t>All size classes</t>
         </is>
       </c>
       <c r="B96" t="inlineStr">
         <is>
           <t>250 - 499 employees</t>
         </is>
       </c>
       <c r="C96" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D96" t="inlineStr">
         <is>
-          <t>January 2025</t>
-[...2 lines deleted...]
-      <c r="E96"/>
+          <t>April 2025</t>
+        </is>
+      </c>
+      <c r="E96" s="1" t="n">
+        <v>1.0</v>
+      </c>
     </row>
     <row r="97">
       <c r="A97" t="inlineStr">
         <is>
           <t>All size classes</t>
         </is>
       </c>
       <c r="B97" t="inlineStr">
         <is>
           <t>250 - 499 employees</t>
         </is>
       </c>
       <c r="C97" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D97" t="inlineStr">
         <is>
-          <t>February 2025</t>
+          <t>May 2025</t>
         </is>
       </c>
       <c r="E97"/>
     </row>
     <row r="98">
       <c r="A98" t="inlineStr">
         <is>
           <t>All size classes</t>
         </is>
       </c>
       <c r="B98" t="inlineStr">
         <is>
           <t>250 - 499 employees</t>
         </is>
       </c>
       <c r="C98" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D98" t="inlineStr">
         <is>
-          <t>March 2025</t>
-[...4 lines deleted...]
-      </c>
+          <t>June 2025</t>
+        </is>
+      </c>
+      <c r="E98"/>
     </row>
     <row r="99">
       <c r="A99" t="inlineStr">
         <is>
           <t>All size classes</t>
         </is>
       </c>
       <c r="B99" t="inlineStr">
         <is>
           <t>250 - 499 employees</t>
         </is>
       </c>
       <c r="C99" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D99" t="inlineStr">
         <is>
-          <t>April 2025</t>
-[...4 lines deleted...]
-      </c>
+          <t>July 2025</t>
+        </is>
+      </c>
+      <c r="E99"/>
     </row>
     <row r="100">
       <c r="A100" t="inlineStr">
         <is>
           <t>All size classes</t>
         </is>
       </c>
       <c r="B100" t="inlineStr">
         <is>
           <t>250 - 499 employees</t>
         </is>
       </c>
       <c r="C100" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D100" t="inlineStr">
         <is>
-          <t>May 2025</t>
+          <t>August 2025</t>
         </is>
       </c>
       <c r="E100"/>
     </row>
     <row r="101">
       <c r="A101" t="inlineStr">
         <is>
           <t>All size classes</t>
         </is>
       </c>
       <c r="B101" t="inlineStr">
         <is>
           <t>250 - 499 employees</t>
         </is>
       </c>
       <c r="C101" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D101" t="inlineStr">
         <is>
-          <t>June 2025</t>
+          <t>September 2025</t>
         </is>
       </c>
       <c r="E101"/>
     </row>
     <row r="102">
       <c r="A102" t="inlineStr">
         <is>
           <t>All size classes</t>
         </is>
       </c>
       <c r="B102" t="inlineStr">
         <is>
           <t>250 - 499 employees</t>
         </is>
       </c>
       <c r="C102" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D102" t="inlineStr">
         <is>
-          <t>July 2025</t>
+          <t>October 2025</t>
         </is>
       </c>
       <c r="E102"/>
     </row>
     <row r="103">
       <c r="A103" t="inlineStr">
         <is>
           <t>All size classes</t>
         </is>
       </c>
       <c r="B103" t="inlineStr">
         <is>
           <t>250 - 499 employees</t>
         </is>
       </c>
       <c r="C103" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D103" t="inlineStr">
         <is>
-          <t>August 2025</t>
+          <t>November 2025</t>
         </is>
       </c>
       <c r="E103"/>
     </row>
     <row r="104">
       <c r="A104" t="inlineStr">
         <is>
           <t>All size classes</t>
         </is>
       </c>
       <c r="B104" t="inlineStr">
         <is>
           <t>250 - 499 employees</t>
         </is>
       </c>
       <c r="C104" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D104" t="inlineStr">
         <is>
-          <t>September 2025</t>
-[...2 lines deleted...]
-      <c r="E104"/>
+          <t>December 2025</t>
+        </is>
+      </c>
+      <c r="E104" s="1" t="n">
+        <v>1.0</v>
+      </c>
     </row>
     <row r="105">
       <c r="A105" t="inlineStr">
         <is>
           <t>All size classes</t>
         </is>
       </c>
       <c r="B105" t="inlineStr">
         <is>
           <t>250 - 499 employees</t>
         </is>
       </c>
       <c r="C105" t="inlineStr">
         <is>
-          <t>2025</t>
+          <t>2026</t>
         </is>
       </c>
       <c r="D105" t="inlineStr">
         <is>
-          <t>October 2025</t>
+          <t>January 2026</t>
         </is>
       </c>
       <c r="E105"/>
     </row>
     <row r="106">
       <c r="A106" t="inlineStr">
         <is>
           <t>All size classes</t>
         </is>
       </c>
       <c r="B106" t="inlineStr">
         <is>
           <t>500 - 999 employees</t>
         </is>
       </c>
       <c r="C106" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="D106" t="inlineStr">
         <is>
-          <t>October 2024</t>
-[...2 lines deleted...]
-      <c r="E106"/>
+          <t>January 2025</t>
+        </is>
+      </c>
+      <c r="E106" s="1" t="n">
+        <v>1.0</v>
+      </c>
     </row>
     <row r="107">
       <c r="A107" t="inlineStr">
         <is>
           <t>All size classes</t>
         </is>
       </c>
       <c r="B107" t="inlineStr">
         <is>
           <t>500 - 999 employees</t>
         </is>
       </c>
       <c r="C107" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="D107" t="inlineStr">
         <is>
-          <t>November 2024</t>
+          <t>February 2025</t>
         </is>
       </c>
       <c r="E107"/>
     </row>
     <row r="108">
       <c r="A108" t="inlineStr">
         <is>
           <t>All size classes</t>
         </is>
       </c>
       <c r="B108" t="inlineStr">
         <is>
           <t>500 - 999 employees</t>
         </is>
       </c>
       <c r="C108" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="D108" t="inlineStr">
         <is>
-          <t>December 2024</t>
+          <t>March 2025</t>
         </is>
       </c>
       <c r="E108"/>
     </row>
     <row r="109">
       <c r="A109" t="inlineStr">
         <is>
           <t>All size classes</t>
         </is>
       </c>
       <c r="B109" t="inlineStr">
         <is>
           <t>500 - 999 employees</t>
         </is>
       </c>
       <c r="C109" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D109" t="inlineStr">
         <is>
-          <t>January 2025</t>
+          <t>April 2025</t>
         </is>
       </c>
       <c r="E109" s="1" t="n">
         <v>1.0</v>
       </c>
     </row>
     <row r="110">
       <c r="A110" t="inlineStr">
         <is>
           <t>All size classes</t>
         </is>
       </c>
       <c r="B110" t="inlineStr">
         <is>
           <t>500 - 999 employees</t>
         </is>
       </c>
       <c r="C110" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D110" t="inlineStr">
         <is>
-          <t>February 2025</t>
+          <t>May 2025</t>
         </is>
       </c>
       <c r="E110"/>
     </row>
     <row r="111">
       <c r="A111" t="inlineStr">
         <is>
           <t>All size classes</t>
         </is>
       </c>
       <c r="B111" t="inlineStr">
         <is>
           <t>500 - 999 employees</t>
         </is>
       </c>
       <c r="C111" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D111" t="inlineStr">
         <is>
-          <t>March 2025</t>
+          <t>June 2025</t>
         </is>
       </c>
       <c r="E111"/>
     </row>
     <row r="112">
       <c r="A112" t="inlineStr">
         <is>
           <t>All size classes</t>
         </is>
       </c>
       <c r="B112" t="inlineStr">
         <is>
           <t>500 - 999 employees</t>
         </is>
       </c>
       <c r="C112" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D112" t="inlineStr">
         <is>
-          <t>April 2025</t>
+          <t>July 2025</t>
         </is>
       </c>
       <c r="E112" s="1" t="n">
         <v>1.0</v>
       </c>
     </row>
     <row r="113">
       <c r="A113" t="inlineStr">
         <is>
           <t>All size classes</t>
         </is>
       </c>
       <c r="B113" t="inlineStr">
         <is>
           <t>500 - 999 employees</t>
         </is>
       </c>
       <c r="C113" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D113" t="inlineStr">
         <is>
-          <t>May 2025</t>
+          <t>August 2025</t>
         </is>
       </c>
       <c r="E113"/>
     </row>
     <row r="114">
       <c r="A114" t="inlineStr">
         <is>
           <t>All size classes</t>
         </is>
       </c>
       <c r="B114" t="inlineStr">
         <is>
           <t>500 - 999 employees</t>
         </is>
       </c>
       <c r="C114" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D114" t="inlineStr">
         <is>
-          <t>June 2025</t>
+          <t>September 2025</t>
         </is>
       </c>
       <c r="E114"/>
     </row>
     <row r="115">
       <c r="A115" t="inlineStr">
         <is>
           <t>All size classes</t>
         </is>
       </c>
       <c r="B115" t="inlineStr">
         <is>
           <t>500 - 999 employees</t>
         </is>
       </c>
       <c r="C115" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D115" t="inlineStr">
         <is>
-          <t>July 2025</t>
-[...4 lines deleted...]
-      </c>
+          <t>October 2025</t>
+        </is>
+      </c>
+      <c r="E115"/>
     </row>
     <row r="116">
       <c r="A116" t="inlineStr">
         <is>
           <t>All size classes</t>
         </is>
       </c>
       <c r="B116" t="inlineStr">
         <is>
           <t>500 - 999 employees</t>
         </is>
       </c>
       <c r="C116" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D116" t="inlineStr">
         <is>
-          <t>August 2025</t>
+          <t>November 2025</t>
         </is>
       </c>
       <c r="E116"/>
     </row>
     <row r="117">
       <c r="A117" t="inlineStr">
         <is>
           <t>All size classes</t>
         </is>
       </c>
       <c r="B117" t="inlineStr">
         <is>
           <t>500 - 999 employees</t>
         </is>
       </c>
       <c r="C117" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D117" t="inlineStr">
         <is>
-          <t>September 2025</t>
+          <t>December 2025</t>
         </is>
       </c>
       <c r="E117"/>
     </row>
     <row r="118">
       <c r="A118" t="inlineStr">
         <is>
           <t>All size classes</t>
         </is>
       </c>
       <c r="B118" t="inlineStr">
         <is>
           <t>500 - 999 employees</t>
         </is>
       </c>
       <c r="C118" t="inlineStr">
         <is>
-          <t>2025</t>
+          <t>2026</t>
         </is>
       </c>
       <c r="D118" t="inlineStr">
         <is>
-          <t>October 2025</t>
+          <t>January 2026</t>
         </is>
       </c>
       <c r="E118"/>
     </row>
     <row r="119">
       <c r="A119" t="inlineStr">
         <is>
           <t>All size classes</t>
         </is>
       </c>
       <c r="B119" t="inlineStr">
         <is>
           <t>1000 employees and more</t>
         </is>
       </c>
       <c r="C119" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="D119" t="inlineStr">
         <is>
-          <t>October 2024</t>
+          <t>January 2025</t>
         </is>
       </c>
       <c r="E119"/>
     </row>
     <row r="120">
       <c r="A120" t="inlineStr">
         <is>
           <t>All size classes</t>
         </is>
       </c>
       <c r="B120" t="inlineStr">
         <is>
           <t>1000 employees and more</t>
         </is>
       </c>
       <c r="C120" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="D120" t="inlineStr">
         <is>
-          <t>November 2024</t>
+          <t>February 2025</t>
         </is>
       </c>
       <c r="E120"/>
     </row>
     <row r="121">
       <c r="A121" t="inlineStr">
         <is>
           <t>All size classes</t>
         </is>
       </c>
       <c r="B121" t="inlineStr">
         <is>
           <t>1000 employees and more</t>
         </is>
       </c>
       <c r="C121" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="D121" t="inlineStr">
         <is>
-          <t>December 2024</t>
+          <t>March 2025</t>
         </is>
       </c>
       <c r="E121"/>
     </row>
     <row r="122">
       <c r="A122" t="inlineStr">
         <is>
           <t>All size classes</t>
         </is>
       </c>
       <c r="B122" t="inlineStr">
         <is>
           <t>1000 employees and more</t>
         </is>
       </c>
       <c r="C122" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D122" t="inlineStr">
         <is>
-          <t>January 2025</t>
+          <t>April 2025</t>
         </is>
       </c>
       <c r="E122"/>
     </row>
     <row r="123">
       <c r="A123" t="inlineStr">
         <is>
           <t>All size classes</t>
         </is>
       </c>
       <c r="B123" t="inlineStr">
         <is>
           <t>1000 employees and more</t>
         </is>
       </c>
       <c r="C123" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D123" t="inlineStr">
         <is>
-          <t>February 2025</t>
+          <t>May 2025</t>
         </is>
       </c>
       <c r="E123"/>
     </row>
     <row r="124">
       <c r="A124" t="inlineStr">
         <is>
           <t>All size classes</t>
         </is>
       </c>
       <c r="B124" t="inlineStr">
         <is>
           <t>1000 employees and more</t>
         </is>
       </c>
       <c r="C124" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D124" t="inlineStr">
         <is>
-          <t>March 2025</t>
+          <t>June 2025</t>
         </is>
       </c>
       <c r="E124"/>
     </row>
     <row r="125">
       <c r="A125" t="inlineStr">
         <is>
           <t>All size classes</t>
         </is>
       </c>
       <c r="B125" t="inlineStr">
         <is>
           <t>1000 employees and more</t>
         </is>
       </c>
       <c r="C125" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D125" t="inlineStr">
         <is>
-          <t>April 2025</t>
+          <t>July 2025</t>
         </is>
       </c>
       <c r="E125"/>
     </row>
     <row r="126">
       <c r="A126" t="inlineStr">
         <is>
           <t>All size classes</t>
         </is>
       </c>
       <c r="B126" t="inlineStr">
         <is>
           <t>1000 employees and more</t>
         </is>
       </c>
       <c r="C126" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D126" t="inlineStr">
         <is>
-          <t>May 2025</t>
+          <t>August 2025</t>
         </is>
       </c>
       <c r="E126"/>
     </row>
     <row r="127">
       <c r="A127" t="inlineStr">
         <is>
           <t>All size classes</t>
         </is>
       </c>
       <c r="B127" t="inlineStr">
         <is>
           <t>1000 employees and more</t>
         </is>
       </c>
       <c r="C127" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D127" t="inlineStr">
         <is>
-          <t>June 2025</t>
+          <t>September 2025</t>
         </is>
       </c>
       <c r="E127"/>
     </row>
     <row r="128">
       <c r="A128" t="inlineStr">
         <is>
           <t>All size classes</t>
         </is>
       </c>
       <c r="B128" t="inlineStr">
         <is>
           <t>1000 employees and more</t>
         </is>
       </c>
       <c r="C128" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D128" t="inlineStr">
         <is>
-          <t>July 2025</t>
+          <t>October 2025</t>
         </is>
       </c>
       <c r="E128"/>
     </row>
     <row r="129">
       <c r="A129" t="inlineStr">
         <is>
           <t>All size classes</t>
         </is>
       </c>
       <c r="B129" t="inlineStr">
         <is>
           <t>1000 employees and more</t>
         </is>
       </c>
       <c r="C129" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D129" t="inlineStr">
         <is>
-          <t>August 2025</t>
+          <t>November 2025</t>
         </is>
       </c>
       <c r="E129"/>
     </row>
     <row r="130">
       <c r="A130" t="inlineStr">
         <is>
           <t>All size classes</t>
         </is>
       </c>
       <c r="B130" t="inlineStr">
         <is>
           <t>1000 employees and more</t>
         </is>
       </c>
       <c r="C130" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D130" t="inlineStr">
         <is>
-          <t>September 2025</t>
+          <t>December 2025</t>
         </is>
       </c>
       <c r="E130"/>
     </row>
     <row r="131">
       <c r="A131" t="inlineStr">
         <is>
           <t>All size classes</t>
         </is>
       </c>
       <c r="B131" t="inlineStr">
         <is>
           <t>1000 employees and more</t>
         </is>
       </c>
       <c r="C131" t="inlineStr">
         <is>
-          <t>2025</t>
+          <t>2026</t>
         </is>
       </c>
       <c r="D131" t="inlineStr">
         <is>
-          <t>October 2025</t>
+          <t>January 2026</t>
         </is>
       </c>
       <c r="E131"/>
     </row>
     <row r="132">
       <c r="A132" t="inlineStr">
         <is>
           <t>All size classes</t>
         </is>
       </c>
       <c r="B132"/>
       <c r="C132" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="D132" t="inlineStr">
         <is>
-          <t>October 2024</t>
+          <t>January 2025</t>
         </is>
       </c>
       <c r="E132" s="1" t="n">
-        <v>1072.0</v>
+        <v>946.0</v>
       </c>
     </row>
     <row r="133">
       <c r="A133" t="inlineStr">
         <is>
           <t>All size classes</t>
         </is>
       </c>
       <c r="B133"/>
       <c r="C133" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="D133" t="inlineStr">
         <is>
-          <t>November 2024</t>
+          <t>February 2025</t>
         </is>
       </c>
       <c r="E133" s="1" t="n">
-        <v>826.0</v>
+        <v>988.0</v>
       </c>
     </row>
     <row r="134">
       <c r="A134" t="inlineStr">
         <is>
           <t>All size classes</t>
         </is>
       </c>
       <c r="B134"/>
       <c r="C134" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="D134" t="inlineStr">
         <is>
-          <t>December 2024</t>
+          <t>March 2025</t>
         </is>
       </c>
       <c r="E134" s="1" t="n">
-        <v>1002.0</v>
+        <v>1057.0</v>
       </c>
     </row>
     <row r="135">
       <c r="A135" t="inlineStr">
         <is>
           <t>All size classes</t>
         </is>
       </c>
       <c r="B135"/>
       <c r="C135" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D135" t="inlineStr">
         <is>
-          <t>January 2025</t>
+          <t>April 2025</t>
         </is>
       </c>
       <c r="E135" s="1" t="n">
-        <v>946.0</v>
+        <v>990.0</v>
       </c>
     </row>
     <row r="136">
       <c r="A136" t="inlineStr">
         <is>
           <t>All size classes</t>
         </is>
       </c>
       <c r="B136"/>
       <c r="C136" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D136" t="inlineStr">
         <is>
-          <t>February 2025</t>
+          <t>May 2025</t>
         </is>
       </c>
       <c r="E136" s="1" t="n">
-        <v>988.0</v>
+        <v>888.0</v>
       </c>
     </row>
     <row r="137">
       <c r="A137" t="inlineStr">
         <is>
           <t>All size classes</t>
         </is>
       </c>
       <c r="B137"/>
       <c r="C137" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D137" t="inlineStr">
         <is>
-          <t>March 2025</t>
+          <t>June 2025</t>
         </is>
       </c>
       <c r="E137" s="1" t="n">
-        <v>1057.0</v>
+        <v>1187.0</v>
       </c>
     </row>
     <row r="138">
       <c r="A138" t="inlineStr">
         <is>
           <t>All size classes</t>
         </is>
       </c>
       <c r="B138"/>
       <c r="C138" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D138" t="inlineStr">
         <is>
-          <t>April 2025</t>
+          <t>July 2025</t>
         </is>
       </c>
       <c r="E138" s="1" t="n">
-        <v>990.0</v>
+        <v>715.0</v>
       </c>
     </row>
     <row r="139">
       <c r="A139" t="inlineStr">
         <is>
           <t>All size classes</t>
         </is>
       </c>
       <c r="B139"/>
       <c r="C139" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D139" t="inlineStr">
         <is>
-          <t>May 2025</t>
+          <t>August 2025</t>
         </is>
       </c>
       <c r="E139" s="1" t="n">
-        <v>888.0</v>
+        <v>502.0</v>
       </c>
     </row>
     <row r="140">
       <c r="A140" t="inlineStr">
         <is>
           <t>All size classes</t>
         </is>
       </c>
       <c r="B140"/>
       <c r="C140" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D140" t="inlineStr">
         <is>
-          <t>June 2025</t>
+          <t>September 2025</t>
         </is>
       </c>
       <c r="E140" s="1" t="n">
-        <v>1187.0</v>
+        <v>1224.0</v>
       </c>
     </row>
     <row r="141">
       <c r="A141" t="inlineStr">
         <is>
           <t>All size classes</t>
         </is>
       </c>
       <c r="B141"/>
       <c r="C141" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D141" t="inlineStr">
         <is>
-          <t>July 2025</t>
+          <t>October 2025</t>
         </is>
       </c>
       <c r="E141" s="1" t="n">
-        <v>715.0</v>
+        <v>1103.0</v>
       </c>
     </row>
     <row r="142">
       <c r="A142" t="inlineStr">
         <is>
           <t>All size classes</t>
         </is>
       </c>
       <c r="B142"/>
       <c r="C142" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D142" t="inlineStr">
         <is>
-          <t>August 2025</t>
+          <t>November 2025</t>
         </is>
       </c>
       <c r="E142" s="1" t="n">
-        <v>502.0</v>
+        <v>956.0</v>
       </c>
     </row>
     <row r="143">
       <c r="A143" t="inlineStr">
         <is>
           <t>All size classes</t>
         </is>
       </c>
       <c r="B143"/>
       <c r="C143" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D143" t="inlineStr">
         <is>
-          <t>September 2025</t>
+          <t>December 2025</t>
         </is>
       </c>
       <c r="E143" s="1" t="n">
-        <v>1222.0</v>
+        <v>1116.0</v>
       </c>
     </row>
     <row r="144">
       <c r="A144" t="inlineStr">
         <is>
           <t>All size classes</t>
         </is>
       </c>
       <c r="B144"/>
       <c r="C144" t="inlineStr">
         <is>
-          <t>2025</t>
+          <t>2026</t>
         </is>
       </c>
       <c r="D144" t="inlineStr">
         <is>
-          <t>October 2025</t>
+          <t>January 2026</t>
         </is>
       </c>
       <c r="E144" s="1" t="n">
-        <v>1103.0</v>
+        <v>981.0</v>
       </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <coreProperties xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </coreProperties>
 </file>