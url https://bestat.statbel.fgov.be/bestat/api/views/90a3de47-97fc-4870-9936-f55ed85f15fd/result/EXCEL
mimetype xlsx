--- v0 (2025-11-14)
+++ v1 (2025-12-16)
@@ -107,51 +107,51 @@
   <cols>
     <col min="1" max="1" width="11.02734375" customWidth="true"/>
     <col min="2" max="2" width="255.0" customWidth="true"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" t="inlineStr">
         <is>
           <t>Data source:</t>
         </is>
       </c>
       <c r="B1" t="inlineStr">
         <is>
           <t>Tarif officiel moyen des produits pétroliers en euros</t>
         </is>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="inlineStr">
         <is>
           <t>Filtres:</t>
         </is>
       </c>
       <c r="B2" t="inlineStr">
         <is>
-          <t>Date : Dernières 24 Mois(11, 12,  1,  2,  3,  4,  5,  6,  7,  8,  9, 10, 11, 12,  1,  2,  3,  4,  5,  6,  7,  8,  9, 10)</t>
+          <t>Date : Dernières 24 Mois(12,  1,  2,  3,  4,  5,  6,  7,  8,  9, 10, 11, 12,  1,  2,  3,  4,  5,  6,  7,  8,  9, 10, 11)</t>
         </is>
       </c>
     </row>
     <row r="3">
       <c r="B3" t="inlineStr">
         <is>
           <t xml:space="preserve">
 Produits : Essence 95 RON E5 (€/L), Essence 95 RON E10 (€/L), Essence 98 RON E5 (€/L), Essence 98 RON E10 (€/L), Diesel B7 (€/L), Diesel B10 (€/L), Diesel B20 (€/L), Diesel B30 (€/L), Diesel XTL (€/L), Gasoil Diesel Chauffage (à partir de 2000 l) (€/L), Gasoil Diesel Chauffage (moins de 2000 l) (€/L), Gasoil chauffage (H0/H7) (à partir de 2000 l) (€/L), Gasoil chauffage (H0/H7) (moins de 2000 l) (€/L), Gasoil chauffage (H0/H7) (à la pompe) (€/L), Autogas LPG (à la pompe) (€/L)
 </t>
         </is>
       </c>
     </row>
     <row r="4">
 </row>
     <row r="5">
       <c r="A5" t="inlineStr">
         <is>
           <t xml:space="preserve">Source: </t>
         </is>
       </c>
       <c r="B5" t="inlineStr">
         <is>
           <t>Direction générale de l’Energie -   SPF Economie</t>
         </is>
       </c>
@@ -319,1438 +319,1444 @@
           <t>Autogas LPG (à la pompe) (€/L)</t>
         </is>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="inlineStr">
         <is>
           <t>Année</t>
         </is>
       </c>
       <c r="B3" t="inlineStr">
         <is>
           <t>Mois</t>
         </is>
       </c>
       <c r="C3"/>
     </row>
     <row r="4">
       <c r="A4" t="inlineStr">
         <is>
           <t>2023</t>
         </is>
       </c>
       <c r="B4" t="inlineStr">
         <is>
-          <t>11</t>
+          <t>12</t>
         </is>
       </c>
       <c r="C4" t="inlineStr">
         <is>
           <t>Prix moyen TVA incl.</t>
         </is>
       </c>
       <c r="D4"/>
       <c r="E4" s="2" t="n">
-        <v>1.7972666666666721</v>
+        <v>1.7231935483871044</v>
       </c>
       <c r="F4" s="2" t="n">
-        <v>1.7508333333333412</v>
+        <v>1.6783870967741983</v>
       </c>
       <c r="G4" s="2" t="n">
-        <v>1.9670000000000056</v>
+        <v>1.894161290322587</v>
       </c>
       <c r="H4" s="2" t="n">
-        <v>1.944066666666675</v>
+        <v>1.8775483870967815</v>
       </c>
       <c r="I4" s="2" t="n">
-        <v>1.895866666666673</v>
+        <v>1.817935483870974</v>
       </c>
       <c r="J4" s="2" t="n">
-        <v>1.8762000000000068</v>
+        <v>1.8046129032258127</v>
       </c>
       <c r="K4" s="2" t="n">
-        <v>1.8864333333333394</v>
+        <v>1.8204516129032329</v>
       </c>
       <c r="L4" s="2" t="n">
-        <v>1.9159333333333408</v>
+        <v>1.859064516129039</v>
       </c>
       <c r="M4" s="2" t="n">
-        <v>2.8332333333333453</v>
+        <v>2.635548387096784</v>
       </c>
       <c r="N4" s="2" t="n">
-        <v>0.9942100000000036</v>
+        <v>0.9214290322580678</v>
       </c>
       <c r="O4" s="2" t="n">
-        <v>1.0323366666666705</v>
+        <v>0.9595806451612938</v>
       </c>
       <c r="P4"/>
       <c r="Q4"/>
       <c r="R4"/>
       <c r="S4" s="2" t="n">
-        <v>0.7164333333333354</v>
+        <v>0.7298064516129064</v>
       </c>
     </row>
     <row r="5">
-      <c r="A5"/>
+      <c r="A5" t="inlineStr">
+        <is>
+          <t>2024</t>
+        </is>
+      </c>
       <c r="B5" t="inlineStr">
         <is>
-          <t>12</t>
+          <t xml:space="preserve"> 1</t>
         </is>
       </c>
       <c r="C5" t="inlineStr">
         <is>
           <t>Prix moyen TVA incl.</t>
         </is>
       </c>
       <c r="D5"/>
       <c r="E5" s="2" t="n">
-        <v>1.7231935483871044</v>
+        <v>1.6851935483871026</v>
       </c>
       <c r="F5" s="2" t="n">
-        <v>1.6783870967741983</v>
+        <v>1.6626774193548441</v>
       </c>
       <c r="G5" s="2" t="n">
-        <v>1.894161290322587</v>
+        <v>1.8661935483871046</v>
       </c>
       <c r="H5" s="2" t="n">
-        <v>1.8775483870967815</v>
+        <v>1.8632580645161367</v>
       </c>
       <c r="I5" s="2" t="n">
-        <v>1.817935483870974</v>
+        <v>1.8146774193548456</v>
       </c>
       <c r="J5" s="2" t="n">
-        <v>1.8046129032258127</v>
+        <v>1.8085806451612965</v>
       </c>
       <c r="K5" s="2" t="n">
-        <v>1.8204516129032329</v>
+        <v>1.8253870967742005</v>
       </c>
       <c r="L5" s="2" t="n">
-        <v>1.859064516129039</v>
+        <v>1.8692903225806516</v>
       </c>
       <c r="M5" s="2" t="n">
-        <v>2.635548387096784</v>
+        <v>2.5153548387096856</v>
       </c>
       <c r="N5" s="2" t="n">
-        <v>0.9214290322580678</v>
+        <v>0.9237741935483906</v>
       </c>
       <c r="O5" s="2" t="n">
-        <v>0.9595806451612938</v>
+        <v>0.9619161290322616</v>
       </c>
       <c r="P5"/>
       <c r="Q5"/>
       <c r="R5"/>
       <c r="S5" s="2" t="n">
-        <v>0.7298064516129064</v>
+        <v>0.732064516129035</v>
       </c>
     </row>
     <row r="6">
-      <c r="A6" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="A6"/>
       <c r="B6" t="inlineStr">
         <is>
-          <t xml:space="preserve"> 1</t>
+          <t xml:space="preserve"> 2</t>
         </is>
       </c>
       <c r="C6" t="inlineStr">
         <is>
           <t>Prix moyen TVA incl.</t>
         </is>
       </c>
       <c r="D6"/>
       <c r="E6" s="2" t="n">
-        <v>1.6851935483871026</v>
+        <v>1.7434137931034543</v>
       </c>
       <c r="F6" s="2" t="n">
-        <v>1.6626774193548441</v>
+        <v>1.7266206896551775</v>
       </c>
       <c r="G6" s="2" t="n">
-        <v>1.8661935483871046</v>
+        <v>1.93268965517242</v>
       </c>
       <c r="H6" s="2" t="n">
-        <v>1.8632580645161367</v>
+        <v>1.9347241379310411</v>
       </c>
       <c r="I6" s="2" t="n">
-        <v>1.8146774193548456</v>
+        <v>1.8831379310344896</v>
       </c>
       <c r="J6" s="2" t="n">
-        <v>1.8085806451612965</v>
+        <v>1.8780344827586277</v>
       </c>
       <c r="K6" s="2" t="n">
-        <v>1.8253870967742005</v>
+        <v>1.8891379310344885</v>
       </c>
       <c r="L6" s="2" t="n">
-        <v>1.8692903225806516</v>
+        <v>1.9197241379310406</v>
       </c>
       <c r="M6" s="2" t="n">
-        <v>2.5153548387096856</v>
+        <v>2.4257241379310424</v>
       </c>
       <c r="N6" s="2" t="n">
-        <v>0.9237741935483906</v>
+        <v>1.0037689655172448</v>
       </c>
       <c r="O6" s="2" t="n">
-        <v>0.9619161290322616</v>
+        <v>1.0419172413793139</v>
       </c>
       <c r="P6"/>
       <c r="Q6"/>
       <c r="R6"/>
       <c r="S6" s="2" t="n">
-        <v>0.732064516129035</v>
+        <v>0.7408275862068995</v>
       </c>
     </row>
     <row r="7">
       <c r="A7"/>
       <c r="B7" t="inlineStr">
         <is>
-          <t xml:space="preserve"> 2</t>
+          <t xml:space="preserve"> 3</t>
         </is>
       </c>
       <c r="C7" t="inlineStr">
         <is>
           <t>Prix moyen TVA incl.</t>
         </is>
       </c>
       <c r="D7"/>
       <c r="E7" s="2" t="n">
-        <v>1.7434137931034543</v>
+        <v>1.7760322580645227</v>
       </c>
       <c r="F7" s="2" t="n">
-        <v>1.7266206896551775</v>
+        <v>1.7582903225806508</v>
       </c>
       <c r="G7" s="2" t="n">
-        <v>1.93268965517242</v>
+        <v>1.9610967741935545</v>
       </c>
       <c r="H7" s="2" t="n">
-        <v>1.9347241379310411</v>
+        <v>1.9630967741935543</v>
       </c>
       <c r="I7" s="2" t="n">
-        <v>1.8831379310344896</v>
+        <v>1.8541935483871042</v>
       </c>
       <c r="J7" s="2" t="n">
-        <v>1.8780344827586277</v>
+        <v>1.8492903225806523</v>
       </c>
       <c r="K7" s="2" t="n">
-        <v>1.8891379310344885</v>
+        <v>1.8645806451612983</v>
       </c>
       <c r="L7" s="2" t="n">
-        <v>1.9197241379310406</v>
+        <v>1.9045806451612974</v>
       </c>
       <c r="M7" s="2" t="n">
-        <v>2.4257241379310424</v>
+        <v>2.432387096774201</v>
       </c>
       <c r="N7" s="2" t="n">
-        <v>1.0037689655172448</v>
+        <v>0.9664903225806485</v>
       </c>
       <c r="O7" s="2" t="n">
-        <v>1.0419172413793139</v>
+        <v>1.004638709677423</v>
       </c>
       <c r="P7"/>
       <c r="Q7"/>
       <c r="R7"/>
       <c r="S7" s="2" t="n">
-        <v>0.7408275862068995</v>
+        <v>0.7250000000000025</v>
       </c>
     </row>
     <row r="8">
       <c r="A8"/>
       <c r="B8" t="inlineStr">
         <is>
-          <t xml:space="preserve"> 3</t>
+          <t xml:space="preserve"> 4</t>
         </is>
       </c>
       <c r="C8" t="inlineStr">
         <is>
           <t>Prix moyen TVA incl.</t>
         </is>
       </c>
       <c r="D8"/>
       <c r="E8" s="2" t="n">
-        <v>1.7760322580645227</v>
+        <v>1.8524666666666738</v>
       </c>
       <c r="F8" s="2" t="n">
-        <v>1.7582903225806508</v>
+        <v>1.8279666666666716</v>
       </c>
       <c r="G8" s="2" t="n">
-        <v>1.9610967741935545</v>
+        <v>1.991066666666673</v>
       </c>
       <c r="H8" s="2" t="n">
-        <v>1.9630967741935543</v>
+        <v>1.9911666666666739</v>
       </c>
       <c r="I8" s="2" t="n">
-        <v>1.8541935483871042</v>
+        <v>1.8667333333333407</v>
       </c>
       <c r="J8" s="2" t="n">
-        <v>1.8492903225806523</v>
+        <v>1.86163333333334</v>
       </c>
       <c r="K8" s="2" t="n">
-        <v>1.8645806451612983</v>
+        <v>1.8794333333333402</v>
       </c>
       <c r="L8" s="2" t="n">
-        <v>1.9045806451612974</v>
+        <v>1.9282333333333397</v>
       </c>
       <c r="M8" s="2" t="n">
-        <v>2.432387096774201</v>
+        <v>2.5669333333333424</v>
       </c>
       <c r="N8" s="2" t="n">
-        <v>0.9664903225806485</v>
+        <v>0.9618133333333369</v>
       </c>
       <c r="O8" s="2" t="n">
-        <v>1.004638709677423</v>
-[...3 lines deleted...]
-      <c r="R8"/>
+        <v>1.000943333333337</v>
+      </c>
+      <c r="P8" s="2" t="n">
+        <v>0.9554714285714324</v>
+      </c>
+      <c r="Q8" s="2" t="n">
+        <v>0.9946892857142896</v>
+      </c>
+      <c r="R8" s="2" t="n">
+        <v>1.1064642857142897</v>
+      </c>
       <c r="S8" s="2" t="n">
-        <v>0.7250000000000025</v>
+        <v>0.6918000000000023</v>
       </c>
     </row>
     <row r="9">
       <c r="A9"/>
       <c r="B9" t="inlineStr">
         <is>
-          <t xml:space="preserve"> 4</t>
+          <t xml:space="preserve"> 5</t>
         </is>
       </c>
       <c r="C9" t="inlineStr">
         <is>
           <t>Prix moyen TVA incl.</t>
         </is>
       </c>
       <c r="D9"/>
       <c r="E9" s="2" t="n">
-        <v>1.8524666666666738</v>
+        <v>1.8042258064516188</v>
       </c>
       <c r="F9" s="2" t="n">
-        <v>1.8279666666666716</v>
+        <v>1.786161290322586</v>
       </c>
       <c r="G9" s="2" t="n">
-        <v>1.991066666666673</v>
+        <v>1.8685806451612985</v>
       </c>
       <c r="H9" s="2" t="n">
-        <v>1.9911666666666739</v>
+        <v>1.870032258064521</v>
       </c>
       <c r="I9" s="2" t="n">
-        <v>1.8667333333333407</v>
+        <v>1.795387096774201</v>
       </c>
       <c r="J9" s="2" t="n">
-        <v>1.86163333333334</v>
+        <v>1.7911935483871015</v>
       </c>
       <c r="K9" s="2" t="n">
-        <v>1.8794333333333402</v>
+        <v>1.8110000000000064</v>
       </c>
       <c r="L9" s="2" t="n">
-        <v>1.9282333333333397</v>
+        <v>1.857225806451618</v>
       </c>
       <c r="M9" s="2" t="n">
-        <v>2.5669333333333424</v>
+        <v>2.487645161290331</v>
       </c>
       <c r="N9" s="2" t="n">
-        <v>0.9618133333333369</v>
+        <v>0.8893645161290351</v>
       </c>
       <c r="O9" s="2" t="n">
-        <v>1.000943333333337</v>
+        <v>0.9285806451612936</v>
       </c>
       <c r="P9" s="2" t="n">
-        <v>0.9554714285714324</v>
+        <v>0.8893645161290351</v>
       </c>
       <c r="Q9" s="2" t="n">
-        <v>0.9946892857142896</v>
+        <v>0.9285806451612936</v>
       </c>
       <c r="R9" s="2" t="n">
-        <v>1.1064642857142897</v>
+        <v>1.0405483870967782</v>
       </c>
       <c r="S9" s="2" t="n">
-        <v>0.6918000000000023</v>
+        <v>0.6595806451612924</v>
       </c>
     </row>
     <row r="10">
       <c r="A10"/>
       <c r="B10" t="inlineStr">
         <is>
-          <t xml:space="preserve"> 5</t>
+          <t xml:space="preserve"> 6</t>
         </is>
       </c>
       <c r="C10" t="inlineStr">
         <is>
           <t>Prix moyen TVA incl.</t>
         </is>
       </c>
       <c r="D10"/>
       <c r="E10" s="2" t="n">
-        <v>1.8042258064516188</v>
+        <v>1.758200000000007</v>
       </c>
       <c r="F10" s="2" t="n">
-        <v>1.786161290322586</v>
+        <v>1.7474000000000067</v>
       </c>
       <c r="G10" s="2" t="n">
-        <v>1.8685806451612985</v>
+        <v>1.8343000000000056</v>
       </c>
       <c r="H10" s="2" t="n">
-        <v>1.870032258064521</v>
+        <v>1.8409000000000073</v>
       </c>
       <c r="I10" s="2" t="n">
-        <v>1.795387096774201</v>
+        <v>1.7952666666666741</v>
       </c>
       <c r="J10" s="2" t="n">
-        <v>1.7911935483871015</v>
+        <v>1.7935000000000065</v>
       </c>
       <c r="K10" s="2" t="n">
-        <v>1.8110000000000064</v>
+        <v>1.8215000000000063</v>
       </c>
       <c r="L10" s="2" t="n">
-        <v>1.857225806451618</v>
+        <v>1.876200000000007</v>
       </c>
       <c r="M10" s="2" t="n">
-        <v>2.487645161290331</v>
+        <v>2.3939666666666755</v>
       </c>
       <c r="N10" s="2" t="n">
-        <v>0.8893645161290351</v>
+        <v>0.89647666666667</v>
       </c>
       <c r="O10" s="2" t="n">
-        <v>0.9285806451612936</v>
+        <v>0.9356866666666696</v>
       </c>
       <c r="P10" s="2" t="n">
-        <v>0.8893645161290351</v>
+        <v>0.89650666666667</v>
       </c>
       <c r="Q10" s="2" t="n">
-        <v>0.9285806451612936</v>
+        <v>0.9357166666666695</v>
       </c>
       <c r="R10" s="2" t="n">
-        <v>1.0405483870967782</v>
+        <v>1.0477666666666703</v>
       </c>
       <c r="S10" s="2" t="n">
-        <v>0.6595806451612924</v>
+        <v>0.6583333333333355</v>
       </c>
     </row>
     <row r="11">
       <c r="A11"/>
       <c r="B11" t="inlineStr">
         <is>
-          <t xml:space="preserve"> 6</t>
+          <t xml:space="preserve"> 7</t>
         </is>
       </c>
       <c r="C11" t="inlineStr">
         <is>
           <t>Prix moyen TVA incl.</t>
         </is>
       </c>
       <c r="D11"/>
       <c r="E11" s="2" t="n">
-        <v>1.758200000000007</v>
+        <v>1.7700967741935552</v>
       </c>
       <c r="F11" s="2" t="n">
-        <v>1.7474000000000067</v>
+        <v>1.7612903225806522</v>
       </c>
       <c r="G11" s="2" t="n">
-        <v>1.8343000000000056</v>
+        <v>1.8551935483871047</v>
       </c>
       <c r="H11" s="2" t="n">
-        <v>1.8409000000000073</v>
+        <v>1.8618064516129103</v>
       </c>
       <c r="I11" s="2" t="n">
-        <v>1.7952666666666741</v>
+        <v>1.8102580645161348</v>
       </c>
       <c r="J11" s="2" t="n">
-        <v>1.7935000000000065</v>
+        <v>1.808387096774199</v>
       </c>
       <c r="K11" s="2" t="n">
-        <v>1.8215000000000063</v>
+        <v>1.8307419354838772</v>
       </c>
       <c r="L11" s="2" t="n">
-        <v>1.876200000000007</v>
+        <v>1.8792903225806514</v>
       </c>
       <c r="M11" s="2" t="n">
-        <v>2.3939666666666755</v>
+        <v>2.4109032258064595</v>
       </c>
       <c r="N11" s="2" t="n">
-        <v>0.89647666666667</v>
+        <v>0.9072516129032291</v>
       </c>
       <c r="O11" s="2" t="n">
-        <v>0.9356866666666696</v>
+        <v>0.9464806451612939</v>
       </c>
       <c r="P11" s="2" t="n">
-        <v>0.89650666666667</v>
+        <v>0.9072516129032291</v>
       </c>
       <c r="Q11" s="2" t="n">
-        <v>0.9357166666666695</v>
+        <v>0.9464806451612939</v>
       </c>
       <c r="R11" s="2" t="n">
-        <v>1.0477666666666703</v>
+        <v>1.058580645161294</v>
       </c>
       <c r="S11" s="2" t="n">
-        <v>0.6583333333333355</v>
+        <v>0.6812258064516153</v>
       </c>
     </row>
     <row r="12">
       <c r="A12"/>
       <c r="B12" t="inlineStr">
         <is>
-          <t xml:space="preserve"> 7</t>
+          <t xml:space="preserve"> 8</t>
         </is>
       </c>
       <c r="C12" t="inlineStr">
         <is>
           <t>Prix moyen TVA incl.</t>
         </is>
       </c>
       <c r="D12"/>
       <c r="E12" s="2" t="n">
-        <v>1.7700967741935552</v>
+        <v>1.7104838709677481</v>
       </c>
       <c r="F12" s="2" t="n">
-        <v>1.7612903225806522</v>
+        <v>1.699903225806458</v>
       </c>
       <c r="G12" s="2" t="n">
-        <v>1.8551935483871047</v>
+        <v>1.7945483870967798</v>
       </c>
       <c r="H12" s="2" t="n">
-        <v>1.8618064516129103</v>
+        <v>1.8020322580645236</v>
       </c>
       <c r="I12" s="2" t="n">
-        <v>1.8102580645161348</v>
+        <v>1.7433225806451678</v>
       </c>
       <c r="J12" s="2" t="n">
-        <v>1.808387096774199</v>
+        <v>1.741322580645167</v>
       </c>
       <c r="K12" s="2" t="n">
-        <v>1.8307419354838772</v>
+        <v>1.7613548387096833</v>
       </c>
       <c r="L12" s="2" t="n">
-        <v>1.8792903225806514</v>
+        <v>1.8073548387096838</v>
       </c>
       <c r="M12" s="2" t="n">
-        <v>2.4109032258064595</v>
+        <v>2.3556774193548464</v>
       </c>
       <c r="N12" s="2" t="n">
-        <v>0.9072516129032291</v>
+        <v>0.8440548387096805</v>
       </c>
       <c r="O12" s="2" t="n">
-        <v>0.9464806451612939</v>
+        <v>0.8832677419354871</v>
       </c>
       <c r="P12" s="2" t="n">
-        <v>0.9072516129032291</v>
+        <v>0.8442612903225836</v>
       </c>
       <c r="Q12" s="2" t="n">
-        <v>0.9464806451612939</v>
+        <v>0.8834741935483904</v>
       </c>
       <c r="R12" s="2" t="n">
-        <v>1.058580645161294</v>
+        <v>0.9954838709677456</v>
       </c>
       <c r="S12" s="2" t="n">
-        <v>0.6812258064516153</v>
+        <v>0.6765161290322603</v>
       </c>
     </row>
     <row r="13">
       <c r="A13"/>
       <c r="B13" t="inlineStr">
         <is>
-          <t xml:space="preserve"> 8</t>
+          <t xml:space="preserve"> 9</t>
         </is>
       </c>
       <c r="C13" t="inlineStr">
         <is>
           <t>Prix moyen TVA incl.</t>
         </is>
       </c>
       <c r="D13"/>
       <c r="E13" s="2" t="n">
-        <v>1.7104838709677481</v>
+        <v>1.6487333333333376</v>
       </c>
       <c r="F13" s="2" t="n">
-        <v>1.699903225806458</v>
+        <v>1.6369333333333385</v>
       </c>
       <c r="G13" s="2" t="n">
-        <v>1.7945483870967798</v>
+        <v>1.7112333333333387</v>
       </c>
       <c r="H13" s="2" t="n">
-        <v>1.8020322580645236</v>
+        <v>1.715000000000007</v>
       </c>
       <c r="I13" s="2" t="n">
-        <v>1.7433225806451678</v>
+        <v>1.6916666666666729</v>
       </c>
       <c r="J13" s="2" t="n">
-        <v>1.741322580645167</v>
+        <v>1.6895333333333389</v>
       </c>
       <c r="K13" s="2" t="n">
-        <v>1.7613548387096833</v>
+        <v>1.7142666666666726</v>
       </c>
       <c r="L13" s="2" t="n">
-        <v>1.8073548387096838</v>
+        <v>1.7672000000000063</v>
       </c>
       <c r="M13" s="2" t="n">
-        <v>2.3556774193548464</v>
+        <v>2.3434333333333432</v>
       </c>
       <c r="N13" s="2" t="n">
-        <v>0.8440548387096805</v>
+        <v>0.7879866666666695</v>
       </c>
       <c r="O13" s="2" t="n">
-        <v>0.8832677419354871</v>
+        <v>0.8271933333333362</v>
       </c>
       <c r="P13" s="2" t="n">
-        <v>0.8442612903225836</v>
+        <v>0.7882100000000027</v>
       </c>
       <c r="Q13" s="2" t="n">
-        <v>0.8834741935483904</v>
+        <v>0.8274133333333363</v>
       </c>
       <c r="R13" s="2" t="n">
-        <v>0.9954838709677456</v>
+        <v>0.9395666666666699</v>
       </c>
       <c r="S13" s="2" t="n">
-        <v>0.6765161290322603</v>
+        <v>0.765300000000003</v>
       </c>
     </row>
     <row r="14">
       <c r="A14"/>
       <c r="B14" t="inlineStr">
         <is>
-          <t xml:space="preserve"> 9</t>
+          <t>10</t>
         </is>
       </c>
       <c r="C14" t="inlineStr">
         <is>
           <t>Prix moyen TVA incl.</t>
         </is>
       </c>
       <c r="D14"/>
       <c r="E14" s="2" t="n">
-        <v>1.6487333333333376</v>
+        <v>1.6722903225806505</v>
       </c>
       <c r="F14" s="2" t="n">
-        <v>1.6369333333333385</v>
+        <v>1.6598387096774239</v>
       </c>
       <c r="G14" s="2" t="n">
-        <v>1.7112333333333387</v>
+        <v>1.7443548387096839</v>
       </c>
       <c r="H14" s="2" t="n">
-        <v>1.715000000000007</v>
+        <v>1.7461935483871032</v>
       </c>
       <c r="I14" s="2" t="n">
-        <v>1.6916666666666729</v>
+        <v>1.7225806451612957</v>
       </c>
       <c r="J14" s="2" t="n">
-        <v>1.6895333333333389</v>
+        <v>1.7206129032258122</v>
       </c>
       <c r="K14" s="2" t="n">
-        <v>1.7142666666666726</v>
+        <v>1.7455806451612974</v>
       </c>
       <c r="L14" s="2" t="n">
-        <v>1.7672000000000063</v>
+        <v>1.801645161290329</v>
       </c>
       <c r="M14" s="2" t="n">
-        <v>2.3434333333333432</v>
+        <v>2.436322580645169</v>
       </c>
       <c r="N14" s="2" t="n">
-        <v>0.7879866666666695</v>
+        <v>0.8121161290322612</v>
       </c>
       <c r="O14" s="2" t="n">
-        <v>0.8271933333333362</v>
+        <v>0.851819354838713</v>
       </c>
       <c r="P14" s="2" t="n">
-        <v>0.7882100000000027</v>
+        <v>0.8121161290322612</v>
       </c>
       <c r="Q14" s="2" t="n">
-        <v>0.8274133333333363</v>
+        <v>0.851819354838713</v>
       </c>
       <c r="R14" s="2" t="n">
-        <v>0.9395666666666699</v>
+        <v>0.9666451612903261</v>
       </c>
       <c r="S14" s="2" t="n">
-        <v>0.765300000000003</v>
+        <v>0.8576129032258094</v>
       </c>
     </row>
     <row r="15">
       <c r="A15"/>
       <c r="B15" t="inlineStr">
         <is>
-          <t>10</t>
+          <t>11</t>
         </is>
       </c>
       <c r="C15" t="inlineStr">
         <is>
           <t>Prix moyen TVA incl.</t>
         </is>
       </c>
       <c r="D15"/>
       <c r="E15" s="2" t="n">
-        <v>1.6722903225806505</v>
+        <v>1.673266666666672</v>
       </c>
       <c r="F15" s="2" t="n">
-        <v>1.6598387096774239</v>
+        <v>1.6562666666666737</v>
       </c>
       <c r="G15" s="2" t="n">
-        <v>1.7443548387096839</v>
+        <v>1.7422000000000057</v>
       </c>
       <c r="H15" s="2" t="n">
-        <v>1.7461935483871032</v>
+        <v>1.7372666666666723</v>
       </c>
       <c r="I15" s="2" t="n">
-        <v>1.7225806451612957</v>
+        <v>1.7595000000000054</v>
       </c>
       <c r="J15" s="2" t="n">
-        <v>1.7206129032258122</v>
+        <v>1.7501666666666738</v>
       </c>
       <c r="K15" s="2" t="n">
-        <v>1.7455806451612974</v>
+        <v>1.784466666666672</v>
       </c>
       <c r="L15" s="2" t="n">
-        <v>1.801645161290329</v>
+        <v>1.857333333333339</v>
       </c>
       <c r="M15" s="2" t="n">
-        <v>2.436322580645169</v>
+        <v>2.9114333333333438</v>
       </c>
       <c r="N15" s="2" t="n">
-        <v>0.8121161290322612</v>
+        <v>0.8282133333333366</v>
       </c>
       <c r="O15" s="2" t="n">
-        <v>0.851819354838713</v>
+        <v>0.8679166666666701</v>
       </c>
       <c r="P15" s="2" t="n">
-        <v>0.8121161290322612</v>
+        <v>0.8282133333333366</v>
       </c>
       <c r="Q15" s="2" t="n">
-        <v>0.851819354838713</v>
+        <v>0.8679166666666701</v>
       </c>
       <c r="R15" s="2" t="n">
-        <v>0.9666451612903261</v>
+        <v>0.9827000000000033</v>
       </c>
       <c r="S15" s="2" t="n">
-        <v>0.8576129032258094</v>
+        <v>0.9008333333333368</v>
       </c>
     </row>
     <row r="16">
       <c r="A16"/>
       <c r="B16" t="inlineStr">
         <is>
-          <t>11</t>
+          <t>12</t>
         </is>
       </c>
       <c r="C16" t="inlineStr">
         <is>
           <t>Prix moyen TVA incl.</t>
         </is>
       </c>
       <c r="D16"/>
       <c r="E16" s="2" t="n">
-        <v>1.673266666666672</v>
+        <v>1.6851290322580699</v>
       </c>
       <c r="F16" s="2" t="n">
-        <v>1.6562666666666737</v>
+        <v>1.6674838709677477</v>
       </c>
       <c r="G16" s="2" t="n">
-        <v>1.7422000000000057</v>
+        <v>1.7415806451612956</v>
       </c>
       <c r="H16" s="2" t="n">
-        <v>1.7372666666666723</v>
+        <v>1.7371290322580706</v>
       </c>
       <c r="I16" s="2" t="n">
-        <v>1.7595000000000054</v>
+        <v>1.7631935483871024</v>
       </c>
       <c r="J16" s="2" t="n">
-        <v>1.7501666666666738</v>
+        <v>1.7571935483871022</v>
       </c>
       <c r="K16" s="2" t="n">
-        <v>1.784466666666672</v>
+        <v>1.7844516129032328</v>
       </c>
       <c r="L16" s="2" t="n">
-        <v>1.857333333333339</v>
+        <v>1.8465483870967803</v>
       </c>
       <c r="M16" s="2" t="n">
-        <v>2.9114333333333438</v>
+        <v>2.6896451612903336</v>
       </c>
       <c r="N16" s="2" t="n">
-        <v>0.8282133333333366</v>
+        <v>0.8387967741935514</v>
       </c>
       <c r="O16" s="2" t="n">
-        <v>0.8679166666666701</v>
+        <v>0.8785064516129063</v>
       </c>
       <c r="P16" s="2" t="n">
-        <v>0.8282133333333366</v>
+        <v>0.8387967741935514</v>
       </c>
       <c r="Q16" s="2" t="n">
-        <v>0.8679166666666701</v>
+        <v>0.8785064516129063</v>
       </c>
       <c r="R16" s="2" t="n">
-        <v>0.9827000000000033</v>
+        <v>0.9933870967741975</v>
       </c>
       <c r="S16" s="2" t="n">
-        <v>0.9008333333333368</v>
+        <v>0.8960645161290354</v>
       </c>
     </row>
     <row r="17">
-      <c r="A17"/>
+      <c r="A17" t="inlineStr">
+        <is>
+          <t>2025</t>
+        </is>
+      </c>
       <c r="B17" t="inlineStr">
         <is>
-          <t>12</t>
+          <t xml:space="preserve"> 1</t>
         </is>
       </c>
       <c r="C17" t="inlineStr">
         <is>
           <t>Prix moyen TVA incl.</t>
         </is>
       </c>
       <c r="D17"/>
       <c r="E17" s="2" t="n">
-        <v>1.6851290322580699</v>
+        <v>1.705000000000005</v>
       </c>
       <c r="F17" s="2" t="n">
-        <v>1.6674838709677477</v>
+        <v>1.6945483870967808</v>
       </c>
       <c r="G17" s="2" t="n">
-        <v>1.7415806451612956</v>
+        <v>1.76270967741936</v>
       </c>
       <c r="H17" s="2" t="n">
-        <v>1.7371290322580706</v>
+        <v>1.766838709677426</v>
       </c>
       <c r="I17" s="2" t="n">
-        <v>1.7631935483871024</v>
+        <v>1.810290322580652</v>
       </c>
       <c r="J17" s="2" t="n">
-        <v>1.7571935483871022</v>
+        <v>1.8075806451612975</v>
       </c>
       <c r="K17" s="2" t="n">
-        <v>1.7844516129032328</v>
+        <v>1.8243548387096842</v>
       </c>
       <c r="L17" s="2" t="n">
-        <v>1.8465483870967803</v>
+        <v>1.8827419354838781</v>
       </c>
       <c r="M17" s="2" t="n">
-        <v>2.6896451612903336</v>
+        <v>2.6985806451612984</v>
       </c>
       <c r="N17" s="2" t="n">
-        <v>0.8387967741935514</v>
+        <v>0.8904806451612935</v>
       </c>
       <c r="O17" s="2" t="n">
-        <v>0.8785064516129063</v>
+        <v>0.9301838709677455</v>
       </c>
       <c r="P17" s="2" t="n">
-        <v>0.8387967741935514</v>
+        <v>0.8904806451612935</v>
       </c>
       <c r="Q17" s="2" t="n">
-        <v>0.8785064516129063</v>
+        <v>0.9301838709677455</v>
       </c>
       <c r="R17" s="2" t="n">
-        <v>0.9933870967741975</v>
+        <v>1.0449354838709715</v>
       </c>
       <c r="S17" s="2" t="n">
-        <v>0.8960645161290354</v>
+        <v>0.9122903225806486</v>
       </c>
     </row>
     <row r="18">
-      <c r="A18" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="A18"/>
       <c r="B18" t="inlineStr">
         <is>
-          <t xml:space="preserve"> 1</t>
+          <t xml:space="preserve"> 2</t>
         </is>
       </c>
       <c r="C18" t="inlineStr">
         <is>
           <t>Prix moyen TVA incl.</t>
         </is>
       </c>
       <c r="D18"/>
       <c r="E18" s="2" t="n">
-        <v>1.705000000000005</v>
+        <v>1.7107142857142912</v>
       </c>
       <c r="F18" s="2" t="n">
-        <v>1.6945483870967808</v>
+        <v>1.702857142857149</v>
       </c>
       <c r="G18" s="2" t="n">
-        <v>1.76270967741936</v>
+        <v>1.7626428571428636</v>
       </c>
       <c r="H18" s="2" t="n">
-        <v>1.766838709677426</v>
+        <v>1.7683571428571487</v>
       </c>
       <c r="I18" s="2" t="n">
-        <v>1.810290322580652</v>
+        <v>1.8001428571428642</v>
       </c>
       <c r="J18" s="2" t="n">
-        <v>1.8075806451612975</v>
+        <v>1.797714285714292</v>
       </c>
       <c r="K18" s="2" t="n">
-        <v>1.8243548387096842</v>
+        <v>1.8127857142857215</v>
       </c>
       <c r="L18" s="2" t="n">
-        <v>1.8827419354838781</v>
+        <v>1.8687142857142927</v>
       </c>
       <c r="M18" s="2" t="n">
-        <v>2.6985806451612984</v>
+        <v>2.6651428571428664</v>
       </c>
       <c r="N18" s="2" t="n">
-        <v>0.8904806451612935</v>
+        <v>0.8811607142857176</v>
       </c>
       <c r="O18" s="2" t="n">
-        <v>0.9301838709677455</v>
+        <v>0.9208642857142891</v>
       </c>
       <c r="P18" s="2" t="n">
-        <v>0.8904806451612935</v>
+        <v>0.8811607142857176</v>
       </c>
       <c r="Q18" s="2" t="n">
-        <v>0.9301838709677455</v>
+        <v>0.9208642857142891</v>
       </c>
       <c r="R18" s="2" t="n">
-        <v>1.0449354838709715</v>
+        <v>1.0356071428571467</v>
       </c>
       <c r="S18" s="2" t="n">
-        <v>0.9122903225806486</v>
+        <v>0.9220000000000037</v>
       </c>
     </row>
     <row r="19">
       <c r="A19"/>
       <c r="B19" t="inlineStr">
         <is>
-          <t xml:space="preserve"> 2</t>
+          <t xml:space="preserve"> 3</t>
         </is>
       </c>
       <c r="C19" t="inlineStr">
         <is>
           <t>Prix moyen TVA incl.</t>
         </is>
       </c>
       <c r="D19"/>
       <c r="E19" s="2" t="n">
-        <v>1.7107142857142912</v>
+        <v>1.6381290322580704</v>
       </c>
       <c r="F19" s="2" t="n">
-        <v>1.702857142857149</v>
+        <v>1.6395806451612958</v>
       </c>
       <c r="G19" s="2" t="n">
-        <v>1.7626428571428636</v>
+        <v>1.6990000000000052</v>
       </c>
       <c r="H19" s="2" t="n">
-        <v>1.7683571428571487</v>
+        <v>1.7052258064516184</v>
       </c>
       <c r="I19" s="2" t="n">
-        <v>1.8001428571428642</v>
+        <v>1.7444838709677477</v>
       </c>
       <c r="J19" s="2" t="n">
-        <v>1.797714285714292</v>
+        <v>1.743387096774201</v>
       </c>
       <c r="K19" s="2" t="n">
-        <v>1.8127857142857215</v>
+        <v>1.7661935483871025</v>
       </c>
       <c r="L19" s="2" t="n">
-        <v>1.8687142857142927</v>
+        <v>1.8305806451612967</v>
       </c>
       <c r="M19" s="2" t="n">
-        <v>2.6651428571428664</v>
+        <v>2.535741935483881</v>
       </c>
       <c r="N19" s="2" t="n">
-        <v>0.8811607142857176</v>
+        <v>0.8176967741935512</v>
       </c>
       <c r="O19" s="2" t="n">
-        <v>0.9208642857142891</v>
+        <v>0.8574000000000028</v>
       </c>
       <c r="P19" s="2" t="n">
-        <v>0.8811607142857176</v>
+        <v>0.8176967741935512</v>
       </c>
       <c r="Q19" s="2" t="n">
-        <v>0.9208642857142891</v>
+        <v>0.8574000000000028</v>
       </c>
       <c r="R19" s="2" t="n">
-        <v>1.0356071428571467</v>
+        <v>0.9721935483871</v>
       </c>
       <c r="S19" s="2" t="n">
-        <v>0.9220000000000037</v>
+        <v>0.8441935483871003</v>
       </c>
     </row>
     <row r="20">
       <c r="A20"/>
       <c r="B20" t="inlineStr">
         <is>
-          <t xml:space="preserve"> 3</t>
+          <t xml:space="preserve"> 4</t>
         </is>
       </c>
       <c r="C20" t="inlineStr">
         <is>
           <t>Prix moyen TVA incl.</t>
         </is>
       </c>
       <c r="D20"/>
       <c r="E20" s="2" t="n">
-        <v>1.6381290322580704</v>
+        <v>1.634933333333339</v>
       </c>
       <c r="F20" s="2" t="n">
-        <v>1.6395806451612958</v>
+        <v>1.6286000000000054</v>
       </c>
       <c r="G20" s="2" t="n">
-        <v>1.6990000000000052</v>
+        <v>1.6980666666666717</v>
       </c>
       <c r="H20" s="2" t="n">
-        <v>1.7052258064516184</v>
+        <v>1.7033000000000056</v>
       </c>
       <c r="I20" s="2" t="n">
-        <v>1.7444838709677477</v>
+        <v>1.6859666666666715</v>
       </c>
       <c r="J20" s="2" t="n">
-        <v>1.743387096774201</v>
+        <v>1.6845000000000063</v>
       </c>
       <c r="K20" s="2" t="n">
-        <v>1.7661935483871025</v>
+        <v>1.7078333333333398</v>
       </c>
       <c r="L20" s="2" t="n">
-        <v>1.8305806451612967</v>
+        <v>1.7754333333333396</v>
       </c>
       <c r="M20" s="2" t="n">
-        <v>2.535741935483881</v>
+        <v>2.5333333333333443</v>
       </c>
       <c r="N20" s="2" t="n">
-        <v>0.8176967741935512</v>
+        <v>0.7511366666666697</v>
       </c>
       <c r="O20" s="2" t="n">
-        <v>0.8574000000000028</v>
+        <v>0.7909566666666694</v>
       </c>
       <c r="P20" s="2" t="n">
-        <v>0.8176967741935512</v>
+        <v>0.7511366666666697</v>
       </c>
       <c r="Q20" s="2" t="n">
-        <v>0.8574000000000028</v>
+        <v>0.7909566666666694</v>
       </c>
       <c r="R20" s="2" t="n">
-        <v>0.9721935483871</v>
+        <v>0.9079666666666697</v>
       </c>
       <c r="S20" s="2" t="n">
-        <v>0.8441935483871003</v>
+        <v>0.7532666666666696</v>
       </c>
     </row>
     <row r="21">
       <c r="A21"/>
       <c r="B21" t="inlineStr">
         <is>
-          <t xml:space="preserve"> 4</t>
+          <t xml:space="preserve"> 5</t>
         </is>
       </c>
       <c r="C21" t="inlineStr">
         <is>
           <t>Prix moyen TVA incl.</t>
         </is>
       </c>
       <c r="D21"/>
       <c r="E21" s="2" t="n">
-        <v>1.634933333333339</v>
+        <v>1.6288709677419424</v>
       </c>
       <c r="F21" s="2" t="n">
-        <v>1.6286000000000054</v>
+        <v>1.6202903225806504</v>
       </c>
       <c r="G21" s="2" t="n">
-        <v>1.6980666666666717</v>
+        <v>1.6988064516129104</v>
       </c>
       <c r="H21" s="2" t="n">
-        <v>1.7033000000000056</v>
+        <v>1.7028064516129091</v>
       </c>
       <c r="I21" s="2" t="n">
-        <v>1.6859666666666715</v>
+        <v>1.665645161290329</v>
       </c>
       <c r="J21" s="2" t="n">
-        <v>1.6845000000000063</v>
+        <v>1.663225806451619</v>
       </c>
       <c r="K21" s="2" t="n">
-        <v>1.7078333333333398</v>
+        <v>1.6881612903225867</v>
       </c>
       <c r="L21" s="2" t="n">
-        <v>1.7754333333333396</v>
+        <v>1.7587741935483927</v>
       </c>
       <c r="M21" s="2" t="n">
-        <v>2.5333333333333443</v>
+        <v>2.6066451612903303</v>
       </c>
       <c r="N21" s="2" t="n">
-        <v>0.7511366666666697</v>
+        <v>0.727287096774196</v>
       </c>
       <c r="O21" s="2" t="n">
-        <v>0.7909566666666694</v>
+        <v>0.7671032258064545</v>
       </c>
       <c r="P21" s="2" t="n">
-        <v>0.7511366666666697</v>
+        <v>0.727287096774196</v>
       </c>
       <c r="Q21" s="2" t="n">
-        <v>0.7909566666666694</v>
+        <v>0.7671032258064545</v>
       </c>
       <c r="R21" s="2" t="n">
-        <v>0.9079666666666697</v>
+        <v>0.8840967741935516</v>
       </c>
       <c r="S21" s="2" t="n">
-        <v>0.7532666666666696</v>
+        <v>0.7312903225806476</v>
       </c>
     </row>
     <row r="22">
       <c r="A22"/>
       <c r="B22" t="inlineStr">
         <is>
-          <t xml:space="preserve"> 5</t>
+          <t xml:space="preserve"> 6</t>
         </is>
       </c>
       <c r="C22" t="inlineStr">
         <is>
           <t>Prix moyen TVA incl.</t>
         </is>
       </c>
       <c r="D22"/>
       <c r="E22" s="2" t="n">
-        <v>1.6288709677419424</v>
+        <v>1.6471666666666718</v>
       </c>
       <c r="F22" s="2" t="n">
-        <v>1.6202903225806504</v>
+        <v>1.6323666666666719</v>
       </c>
       <c r="G22" s="2" t="n">
-        <v>1.6988064516129104</v>
+        <v>1.7135666666666722</v>
       </c>
       <c r="H22" s="2" t="n">
-        <v>1.7028064516129091</v>
+        <v>1.7163000000000068</v>
       </c>
       <c r="I22" s="2" t="n">
-        <v>1.665645161290329</v>
+        <v>1.7140666666666722</v>
       </c>
       <c r="J22" s="2" t="n">
-        <v>1.663225806451619</v>
+        <v>1.710400000000006</v>
       </c>
       <c r="K22" s="2" t="n">
-        <v>1.6881612903225867</v>
+        <v>1.7355333333333383</v>
       </c>
       <c r="L22" s="2" t="n">
-        <v>1.7587741935483927</v>
+        <v>1.8062000000000074</v>
       </c>
       <c r="M22" s="2" t="n">
-        <v>2.6066451612903303</v>
+        <v>2.686333333333342</v>
       </c>
       <c r="N22" s="2" t="n">
-        <v>0.727287096774196</v>
+        <v>0.7844866666666693</v>
       </c>
       <c r="O22" s="2" t="n">
-        <v>0.7671032258064545</v>
+        <v>0.824290000000003</v>
       </c>
       <c r="P22" s="2" t="n">
-        <v>0.727287096774196</v>
+        <v>0.7844866666666693</v>
       </c>
       <c r="Q22" s="2" t="n">
-        <v>0.7671032258064545</v>
+        <v>0.824290000000003</v>
       </c>
       <c r="R22" s="2" t="n">
-        <v>0.8840967741935516</v>
+        <v>0.9412666666666699</v>
       </c>
       <c r="S22" s="2" t="n">
-        <v>0.7312903225806476</v>
+        <v>0.7460000000000025</v>
       </c>
     </row>
     <row r="23">
       <c r="A23"/>
       <c r="B23" t="inlineStr">
         <is>
-          <t xml:space="preserve"> 6</t>
+          <t xml:space="preserve"> 7</t>
         </is>
       </c>
       <c r="C23" t="inlineStr">
         <is>
           <t>Prix moyen TVA incl.</t>
         </is>
       </c>
       <c r="D23"/>
       <c r="E23" s="2" t="n">
-        <v>1.6471666666666718</v>
+        <v>1.6351612903225867</v>
       </c>
       <c r="F23" s="2" t="n">
-        <v>1.6323666666666719</v>
+        <v>1.6206129032258128</v>
       </c>
       <c r="G23" s="2" t="n">
-        <v>1.7135666666666722</v>
+        <v>1.6995806451612954</v>
       </c>
       <c r="H23" s="2" t="n">
-        <v>1.7163000000000068</v>
+        <v>1.7005806451612975</v>
       </c>
       <c r="I23" s="2" t="n">
-        <v>1.7140666666666722</v>
+        <v>1.7468064516129083</v>
       </c>
       <c r="J23" s="2" t="n">
-        <v>1.710400000000006</v>
+        <v>1.7430322580645223</v>
       </c>
       <c r="K23" s="2" t="n">
-        <v>1.7355333333333383</v>
+        <v>1.7617741935483935</v>
       </c>
       <c r="L23" s="2" t="n">
-        <v>1.8062000000000074</v>
+        <v>1.824774193548393</v>
       </c>
       <c r="M23" s="2" t="n">
-        <v>2.686333333333342</v>
+        <v>2.736290322580656</v>
       </c>
       <c r="N23" s="2" t="n">
-        <v>0.7844866666666693</v>
+        <v>0.821096774193551</v>
       </c>
       <c r="O23" s="2" t="n">
-        <v>0.824290000000003</v>
+        <v>0.8609096774193578</v>
       </c>
       <c r="P23" s="2" t="n">
-        <v>0.7844866666666693</v>
+        <v>0.821096774193551</v>
       </c>
       <c r="Q23" s="2" t="n">
-        <v>0.824290000000003</v>
+        <v>0.8609096774193578</v>
       </c>
       <c r="R23" s="2" t="n">
-        <v>0.9412666666666699</v>
+        <v>0.9780967741935518</v>
       </c>
       <c r="S23" s="2" t="n">
-        <v>0.7460000000000025</v>
+        <v>0.7420645161290343</v>
       </c>
     </row>
     <row r="24">
       <c r="A24"/>
       <c r="B24" t="inlineStr">
         <is>
-          <t xml:space="preserve"> 7</t>
+          <t xml:space="preserve"> 8</t>
         </is>
       </c>
       <c r="C24" t="inlineStr">
         <is>
           <t>Prix moyen TVA incl.</t>
         </is>
       </c>
       <c r="D24"/>
       <c r="E24" s="2" t="n">
-        <v>1.6351612903225867</v>
+        <v>1.6430000000000062</v>
       </c>
       <c r="F24" s="2" t="n">
-        <v>1.6206129032258128</v>
+        <v>1.6270000000000064</v>
       </c>
       <c r="G24" s="2" t="n">
-        <v>1.6995806451612954</v>
+        <v>1.7080000000000048</v>
       </c>
       <c r="H24" s="2" t="n">
-        <v>1.7005806451612975</v>
+        <v>1.7090000000000072</v>
       </c>
       <c r="I24" s="2" t="n">
-        <v>1.7468064516129083</v>
+        <v>1.7143548387096836</v>
       </c>
       <c r="J24" s="2" t="n">
-        <v>1.7430322580645223</v>
+        <v>1.7098709677419421</v>
       </c>
       <c r="K24" s="2" t="n">
-        <v>1.7617741935483935</v>
+        <v>1.7280967741935538</v>
       </c>
       <c r="L24" s="2" t="n">
-        <v>1.824774193548393</v>
+        <v>1.7942903225806526</v>
       </c>
       <c r="M24" s="2" t="n">
-        <v>2.736290322580656</v>
+        <v>2.8495806451613035</v>
       </c>
       <c r="N24" s="2" t="n">
-        <v>0.821096774193551</v>
+        <v>0.7714290322580672</v>
       </c>
       <c r="O24" s="2" t="n">
-        <v>0.8609096774193578</v>
+        <v>0.8112290322580674</v>
       </c>
       <c r="P24" s="2" t="n">
-        <v>0.821096774193551</v>
+        <v>0.7714290322580672</v>
       </c>
       <c r="Q24" s="2" t="n">
-        <v>0.8609096774193578</v>
+        <v>0.8112290322580674</v>
       </c>
       <c r="R24" s="2" t="n">
-        <v>0.9780967741935518</v>
+        <v>0.9283225806451645</v>
       </c>
       <c r="S24" s="2" t="n">
-        <v>0.7420645161290343</v>
+        <v>0.7613225806451634</v>
       </c>
     </row>
     <row r="25">
       <c r="A25"/>
       <c r="B25" t="inlineStr">
         <is>
-          <t xml:space="preserve"> 8</t>
+          <t xml:space="preserve"> 9</t>
         </is>
       </c>
       <c r="C25" t="inlineStr">
         <is>
           <t>Prix moyen TVA incl.</t>
         </is>
       </c>
       <c r="D25"/>
       <c r="E25" s="2" t="n">
-        <v>1.6430000000000062</v>
+        <v>1.6690000000000071</v>
       </c>
       <c r="F25" s="2" t="n">
-        <v>1.6270000000000064</v>
+        <v>1.6478000000000068</v>
       </c>
       <c r="G25" s="2" t="n">
-        <v>1.7080000000000048</v>
+        <v>1.7071333333333398</v>
       </c>
       <c r="H25" s="2" t="n">
-        <v>1.7090000000000072</v>
+        <v>1.7046666666666732</v>
       </c>
       <c r="I25" s="2" t="n">
-        <v>1.7143548387096836</v>
+        <v>1.7301666666666728</v>
       </c>
       <c r="J25" s="2" t="n">
-        <v>1.7098709677419421</v>
+        <v>1.7247000000000068</v>
       </c>
       <c r="K25" s="2" t="n">
-        <v>1.7280967741935538</v>
+        <v>1.7443333333333395</v>
       </c>
       <c r="L25" s="2" t="n">
-        <v>1.7942903225806526</v>
+        <v>1.8145000000000067</v>
       </c>
       <c r="M25" s="2" t="n">
-        <v>2.8495806451613035</v>
+        <v>2.983633333333345</v>
       </c>
       <c r="N25" s="2" t="n">
-        <v>0.7714290322580672</v>
+        <v>0.7890600000000028</v>
       </c>
       <c r="O25" s="2" t="n">
-        <v>0.8112290322580674</v>
+        <v>0.8288633333333362</v>
       </c>
       <c r="P25" s="2" t="n">
-        <v>0.7714290322580672</v>
+        <v>0.7890600000000028</v>
       </c>
       <c r="Q25" s="2" t="n">
-        <v>0.8112290322580674</v>
+        <v>0.8288633333333362</v>
       </c>
       <c r="R25" s="2" t="n">
-        <v>0.9283225806451645</v>
+        <v>0.9460000000000036</v>
       </c>
       <c r="S25" s="2" t="n">
-        <v>0.7613225806451634</v>
+        <v>0.7838333333333365</v>
       </c>
     </row>
     <row r="26">
       <c r="A26"/>
       <c r="B26" t="inlineStr">
         <is>
-          <t xml:space="preserve"> 9</t>
+          <t>10</t>
         </is>
       </c>
       <c r="C26" t="inlineStr">
         <is>
           <t>Prix moyen TVA incl.</t>
         </is>
       </c>
       <c r="D26"/>
       <c r="E26" s="2" t="n">
-        <v>1.6690000000000071</v>
+        <v>1.6604838709677472</v>
       </c>
       <c r="F26" s="2" t="n">
-        <v>1.6478000000000068</v>
+        <v>1.6452903225806503</v>
       </c>
       <c r="G26" s="2" t="n">
-        <v>1.7071333333333398</v>
+        <v>1.69722580645162</v>
       </c>
       <c r="H26" s="2" t="n">
-        <v>1.7046666666666732</v>
+        <v>1.6938064516129083</v>
       </c>
       <c r="I26" s="2" t="n">
-        <v>1.7301666666666728</v>
+        <v>1.72180645161291</v>
       </c>
       <c r="J26" s="2" t="n">
-        <v>1.7247000000000068</v>
+        <v>1.715129032258071</v>
       </c>
       <c r="K26" s="2" t="n">
-        <v>1.7443333333333395</v>
+        <v>1.7320322580645213</v>
       </c>
       <c r="L26" s="2" t="n">
-        <v>1.8145000000000067</v>
+        <v>1.8045161290322642</v>
       </c>
       <c r="M26" s="2" t="n">
-        <v>2.983633333333345</v>
+        <v>3.139967741935496</v>
       </c>
       <c r="N26" s="2" t="n">
-        <v>0.7890600000000028</v>
+        <v>0.7729548387096797</v>
       </c>
       <c r="O26" s="2" t="n">
-        <v>0.8288633333333362</v>
+        <v>0.8132161290322613</v>
       </c>
       <c r="P26" s="2" t="n">
-        <v>0.7890600000000028</v>
+        <v>0.7729548387096797</v>
       </c>
       <c r="Q26" s="2" t="n">
-        <v>0.8288633333333362</v>
+        <v>0.8132161290322613</v>
       </c>
       <c r="R26" s="2" t="n">
-        <v>0.9460000000000036</v>
+        <v>0.9308709677419392</v>
       </c>
       <c r="S26" s="2" t="n">
-        <v>0.7838333333333365</v>
+        <v>0.8217096774193572</v>
       </c>
     </row>
     <row r="27">
       <c r="A27"/>
       <c r="B27" t="inlineStr">
         <is>
-          <t>10</t>
+          <t>11</t>
         </is>
       </c>
       <c r="C27" t="inlineStr">
         <is>
           <t>Prix moyen TVA incl.</t>
         </is>
       </c>
       <c r="D27"/>
       <c r="E27" s="2" t="n">
-        <v>1.6604838709677472</v>
+        <v>1.6695333333333406</v>
       </c>
       <c r="F27" s="2" t="n">
-        <v>1.6452903225806503</v>
+        <v>1.6567333333333396</v>
       </c>
       <c r="G27" s="2" t="n">
-        <v>1.69722580645162</v>
+        <v>1.7449333333333392</v>
       </c>
       <c r="H27" s="2" t="n">
-        <v>1.6938064516129083</v>
+        <v>1.7436000000000067</v>
       </c>
       <c r="I27" s="2" t="n">
-        <v>1.72180645161291</v>
+        <v>1.7923333333333396</v>
       </c>
       <c r="J27" s="2" t="n">
-        <v>1.715129032258071</v>
+        <v>1.7870000000000055</v>
       </c>
       <c r="K27" s="2" t="n">
-        <v>1.7320322580645213</v>
+        <v>1.8010666666666728</v>
       </c>
       <c r="L27" s="2" t="n">
-        <v>1.8045161290322642</v>
+        <v>1.8686666666666731</v>
       </c>
       <c r="M27" s="2" t="n">
-        <v>3.139967741935496</v>
+        <v>3.1140666666666785</v>
       </c>
       <c r="N27" s="2" t="n">
-        <v>0.7729548387096797</v>
+        <v>0.8448266666666696</v>
       </c>
       <c r="O27" s="2" t="n">
-        <v>0.8132161290322613</v>
+        <v>0.8850833333333364</v>
       </c>
       <c r="P27" s="2" t="n">
-        <v>0.7729548387096797</v>
+        <v>0.8448266666666696</v>
       </c>
       <c r="Q27" s="2" t="n">
-        <v>0.8132161290322613</v>
+        <v>0.8850833333333364</v>
       </c>
       <c r="R27" s="2" t="n">
-        <v>0.9308709677419392</v>
+        <v>1.0029666666666701</v>
       </c>
       <c r="S27" s="2" t="n">
-        <v>0.8217096774193572</v>
+        <v>0.8338000000000028</v>
       </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <cols>
     <col min="1" max="1" width="4.96484375" customWidth="true"/>
     <col min="2" max="2" width="2.83203125" customWidth="true"/>
     <col min="3" max="3" width="30.8203125" customWidth="true"/>
     <col min="4" max="4" width="41.72265625" customWidth="true"/>
     <col min="5" max="5" width="5.4453125" customWidth="true"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" t="inlineStr">
         <is>
@@ -1764,9004 +1770,9010 @@
       </c>
       <c r="C1" t="inlineStr">
         <is>
           <t>Groupe de produits</t>
         </is>
       </c>
       <c r="D1" t="inlineStr">
         <is>
           <t>Produit</t>
         </is>
       </c>
       <c r="E1" t="inlineStr">
         <is>
           <t>Prix moyen TVA incl.</t>
         </is>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="inlineStr">
         <is>
           <t>2023</t>
         </is>
       </c>
       <c r="B2" t="inlineStr">
         <is>
-          <t>11</t>
+          <t>12</t>
         </is>
       </c>
       <c r="C2" t="inlineStr">
         <is>
           <t>Essences</t>
         </is>
       </c>
       <c r="D2" t="inlineStr">
         <is>
           <t>Essence 95 RON E5 (€/L)</t>
         </is>
       </c>
       <c r="E2" s="2" t="n">
-        <v>1.7972666666666721</v>
+        <v>1.7231935483871044</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="inlineStr">
         <is>
           <t>2023</t>
         </is>
       </c>
       <c r="B3" t="inlineStr">
         <is>
-          <t>11</t>
+          <t>12</t>
         </is>
       </c>
       <c r="C3" t="inlineStr">
         <is>
           <t>Essences</t>
         </is>
       </c>
       <c r="D3" t="inlineStr">
         <is>
           <t>Essence 95 RON E10 (€/L)</t>
         </is>
       </c>
       <c r="E3" s="2" t="n">
-        <v>1.7508333333333412</v>
+        <v>1.6783870967741983</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="inlineStr">
         <is>
           <t>2023</t>
         </is>
       </c>
       <c r="B4" t="inlineStr">
         <is>
-          <t>11</t>
+          <t>12</t>
         </is>
       </c>
       <c r="C4" t="inlineStr">
         <is>
           <t>Essences</t>
         </is>
       </c>
       <c r="D4" t="inlineStr">
         <is>
           <t>Essence 98 RON E5 (€/L)</t>
         </is>
       </c>
       <c r="E4" s="2" t="n">
-        <v>1.9670000000000056</v>
+        <v>1.894161290322587</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="inlineStr">
         <is>
           <t>2023</t>
         </is>
       </c>
       <c r="B5" t="inlineStr">
         <is>
-          <t>11</t>
+          <t>12</t>
         </is>
       </c>
       <c r="C5" t="inlineStr">
         <is>
           <t>Essences</t>
         </is>
       </c>
       <c r="D5" t="inlineStr">
         <is>
           <t>Essence 98 RON E10 (€/L)</t>
         </is>
       </c>
       <c r="E5" s="2" t="n">
-        <v>1.944066666666675</v>
+        <v>1.8775483870967815</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="inlineStr">
         <is>
           <t>2023</t>
         </is>
       </c>
       <c r="B6" t="inlineStr">
         <is>
-          <t>11</t>
+          <t>12</t>
         </is>
       </c>
       <c r="C6" t="inlineStr">
         <is>
           <t>Gasoil Diesel routier</t>
         </is>
       </c>
       <c r="D6" t="inlineStr">
         <is>
           <t>Diesel B7 (€/L)</t>
         </is>
       </c>
       <c r="E6" s="2" t="n">
-        <v>1.895866666666673</v>
+        <v>1.817935483870974</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="inlineStr">
         <is>
           <t>2023</t>
         </is>
       </c>
       <c r="B7" t="inlineStr">
         <is>
-          <t>11</t>
+          <t>12</t>
         </is>
       </c>
       <c r="C7" t="inlineStr">
         <is>
           <t>Gasoil Diesel routier</t>
         </is>
       </c>
       <c r="D7" t="inlineStr">
         <is>
           <t>Diesel B10 (€/L)</t>
         </is>
       </c>
       <c r="E7" s="2" t="n">
-        <v>1.8762000000000068</v>
+        <v>1.8046129032258127</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="inlineStr">
         <is>
           <t>2023</t>
         </is>
       </c>
       <c r="B8" t="inlineStr">
         <is>
-          <t>11</t>
+          <t>12</t>
         </is>
       </c>
       <c r="C8" t="inlineStr">
         <is>
           <t>Gasoil Diesel routier</t>
         </is>
       </c>
       <c r="D8" t="inlineStr">
         <is>
           <t>Diesel B20 (€/L)</t>
         </is>
       </c>
       <c r="E8" s="2" t="n">
-        <v>1.8864333333333394</v>
+        <v>1.8204516129032329</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="inlineStr">
         <is>
           <t>2023</t>
         </is>
       </c>
       <c r="B9" t="inlineStr">
         <is>
-          <t>11</t>
+          <t>12</t>
         </is>
       </c>
       <c r="C9" t="inlineStr">
         <is>
           <t>Gasoil Diesel routier</t>
         </is>
       </c>
       <c r="D9" t="inlineStr">
         <is>
           <t>Diesel B30 (€/L)</t>
         </is>
       </c>
       <c r="E9" s="2" t="n">
-        <v>1.9159333333333408</v>
+        <v>1.859064516129039</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="inlineStr">
         <is>
           <t>2023</t>
         </is>
       </c>
       <c r="B10" t="inlineStr">
         <is>
-          <t>11</t>
+          <t>12</t>
         </is>
       </c>
       <c r="C10" t="inlineStr">
         <is>
           <t>Gasoil Diesel routier</t>
         </is>
       </c>
       <c r="D10" t="inlineStr">
         <is>
           <t>Diesel XTL (€/L)</t>
         </is>
       </c>
       <c r="E10" s="2" t="n">
-        <v>2.8332333333333453</v>
+        <v>2.635548387096784</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="inlineStr">
         <is>
           <t>2023</t>
         </is>
       </c>
       <c r="B11" t="inlineStr">
         <is>
-          <t>11</t>
+          <t>12</t>
         </is>
       </c>
       <c r="C11" t="inlineStr">
         <is>
           <t>Gasoil Diesel (application chauffage)</t>
         </is>
       </c>
       <c r="D11" t="inlineStr">
         <is>
           <t>Gasoil Diesel Chauffage (à partir de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E11" s="2" t="n">
-        <v>0.9942100000000036</v>
+        <v>0.9214290322580678</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="inlineStr">
         <is>
           <t>2023</t>
         </is>
       </c>
       <c r="B12" t="inlineStr">
         <is>
-          <t>11</t>
+          <t>12</t>
         </is>
       </c>
       <c r="C12" t="inlineStr">
         <is>
           <t>Gasoil Diesel (application chauffage)</t>
         </is>
       </c>
       <c r="D12" t="inlineStr">
         <is>
           <t>Gasoil Diesel Chauffage (moins de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E12" s="2" t="n">
-        <v>1.0323366666666705</v>
+        <v>0.9595806451612938</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="inlineStr">
         <is>
           <t>2023</t>
         </is>
       </c>
       <c r="B13" t="inlineStr">
         <is>
-          <t>11</t>
+          <t>12</t>
         </is>
       </c>
       <c r="C13" t="inlineStr">
         <is>
           <t>Gasoil de chauffage</t>
         </is>
       </c>
       <c r="D13" t="inlineStr">
         <is>
           <t>Gasoil chauffage (H0/H7) (à partir de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E13"/>
     </row>
     <row r="14">
       <c r="A14" t="inlineStr">
         <is>
           <t>2023</t>
         </is>
       </c>
       <c r="B14" t="inlineStr">
         <is>
-          <t>11</t>
+          <t>12</t>
         </is>
       </c>
       <c r="C14" t="inlineStr">
         <is>
           <t>Gasoil de chauffage</t>
         </is>
       </c>
       <c r="D14" t="inlineStr">
         <is>
           <t>Gasoil chauffage (H0/H7) (moins de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E14"/>
     </row>
     <row r="15">
       <c r="A15" t="inlineStr">
         <is>
           <t>2023</t>
         </is>
       </c>
       <c r="B15" t="inlineStr">
         <is>
-          <t>11</t>
+          <t>12</t>
         </is>
       </c>
       <c r="C15" t="inlineStr">
         <is>
           <t>Gasoil de chauffage</t>
         </is>
       </c>
       <c r="D15" t="inlineStr">
         <is>
           <t>Gasoil chauffage (H0/H7) (à la pompe) (€/L)</t>
         </is>
       </c>
       <c r="E15"/>
     </row>
     <row r="16">
       <c r="A16" t="inlineStr">
         <is>
           <t>2023</t>
         </is>
       </c>
       <c r="B16" t="inlineStr">
         <is>
-          <t>11</t>
+          <t>12</t>
         </is>
       </c>
       <c r="C16" t="inlineStr">
         <is>
           <t>Butane + LPG</t>
         </is>
       </c>
       <c r="D16" t="inlineStr">
         <is>
           <t>Autogas LPG (à la pompe) (€/L)</t>
         </is>
       </c>
       <c r="E16" s="2" t="n">
-        <v>0.7164333333333354</v>
+        <v>0.7298064516129064</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="inlineStr">
         <is>
-          <t>2023</t>
+          <t>2024</t>
         </is>
       </c>
       <c r="B17" t="inlineStr">
         <is>
-          <t>12</t>
+          <t xml:space="preserve"> 1</t>
         </is>
       </c>
       <c r="C17" t="inlineStr">
         <is>
           <t>Essences</t>
         </is>
       </c>
       <c r="D17" t="inlineStr">
         <is>
           <t>Essence 95 RON E5 (€/L)</t>
         </is>
       </c>
       <c r="E17" s="2" t="n">
-        <v>1.7231935483871044</v>
+        <v>1.6851935483871026</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="inlineStr">
         <is>
-          <t>2023</t>
+          <t>2024</t>
         </is>
       </c>
       <c r="B18" t="inlineStr">
         <is>
-          <t>12</t>
+          <t xml:space="preserve"> 1</t>
         </is>
       </c>
       <c r="C18" t="inlineStr">
         <is>
           <t>Essences</t>
         </is>
       </c>
       <c r="D18" t="inlineStr">
         <is>
           <t>Essence 95 RON E10 (€/L)</t>
         </is>
       </c>
       <c r="E18" s="2" t="n">
-        <v>1.6783870967741983</v>
+        <v>1.6626774193548441</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="inlineStr">
         <is>
-          <t>2023</t>
+          <t>2024</t>
         </is>
       </c>
       <c r="B19" t="inlineStr">
         <is>
-          <t>12</t>
+          <t xml:space="preserve"> 1</t>
         </is>
       </c>
       <c r="C19" t="inlineStr">
         <is>
           <t>Essences</t>
         </is>
       </c>
       <c r="D19" t="inlineStr">
         <is>
           <t>Essence 98 RON E5 (€/L)</t>
         </is>
       </c>
       <c r="E19" s="2" t="n">
-        <v>1.894161290322587</v>
+        <v>1.8661935483871046</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="inlineStr">
         <is>
-          <t>2023</t>
+          <t>2024</t>
         </is>
       </c>
       <c r="B20" t="inlineStr">
         <is>
-          <t>12</t>
+          <t xml:space="preserve"> 1</t>
         </is>
       </c>
       <c r="C20" t="inlineStr">
         <is>
           <t>Essences</t>
         </is>
       </c>
       <c r="D20" t="inlineStr">
         <is>
           <t>Essence 98 RON E10 (€/L)</t>
         </is>
       </c>
       <c r="E20" s="2" t="n">
-        <v>1.8775483870967815</v>
+        <v>1.8632580645161367</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="inlineStr">
         <is>
-          <t>2023</t>
+          <t>2024</t>
         </is>
       </c>
       <c r="B21" t="inlineStr">
         <is>
-          <t>12</t>
+          <t xml:space="preserve"> 1</t>
         </is>
       </c>
       <c r="C21" t="inlineStr">
         <is>
           <t>Gasoil Diesel routier</t>
         </is>
       </c>
       <c r="D21" t="inlineStr">
         <is>
           <t>Diesel B7 (€/L)</t>
         </is>
       </c>
       <c r="E21" s="2" t="n">
-        <v>1.817935483870974</v>
+        <v>1.8146774193548456</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="inlineStr">
         <is>
-          <t>2023</t>
+          <t>2024</t>
         </is>
       </c>
       <c r="B22" t="inlineStr">
         <is>
-          <t>12</t>
+          <t xml:space="preserve"> 1</t>
         </is>
       </c>
       <c r="C22" t="inlineStr">
         <is>
           <t>Gasoil Diesel routier</t>
         </is>
       </c>
       <c r="D22" t="inlineStr">
         <is>
           <t>Diesel B10 (€/L)</t>
         </is>
       </c>
       <c r="E22" s="2" t="n">
-        <v>1.8046129032258127</v>
+        <v>1.8085806451612965</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="inlineStr">
         <is>
-          <t>2023</t>
+          <t>2024</t>
         </is>
       </c>
       <c r="B23" t="inlineStr">
         <is>
-          <t>12</t>
+          <t xml:space="preserve"> 1</t>
         </is>
       </c>
       <c r="C23" t="inlineStr">
         <is>
           <t>Gasoil Diesel routier</t>
         </is>
       </c>
       <c r="D23" t="inlineStr">
         <is>
           <t>Diesel B20 (€/L)</t>
         </is>
       </c>
       <c r="E23" s="2" t="n">
-        <v>1.8204516129032329</v>
+        <v>1.8253870967742005</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="inlineStr">
         <is>
-          <t>2023</t>
+          <t>2024</t>
         </is>
       </c>
       <c r="B24" t="inlineStr">
         <is>
-          <t>12</t>
+          <t xml:space="preserve"> 1</t>
         </is>
       </c>
       <c r="C24" t="inlineStr">
         <is>
           <t>Gasoil Diesel routier</t>
         </is>
       </c>
       <c r="D24" t="inlineStr">
         <is>
           <t>Diesel B30 (€/L)</t>
         </is>
       </c>
       <c r="E24" s="2" t="n">
-        <v>1.859064516129039</v>
+        <v>1.8692903225806516</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="inlineStr">
         <is>
-          <t>2023</t>
+          <t>2024</t>
         </is>
       </c>
       <c r="B25" t="inlineStr">
         <is>
-          <t>12</t>
+          <t xml:space="preserve"> 1</t>
         </is>
       </c>
       <c r="C25" t="inlineStr">
         <is>
           <t>Gasoil Diesel routier</t>
         </is>
       </c>
       <c r="D25" t="inlineStr">
         <is>
           <t>Diesel XTL (€/L)</t>
         </is>
       </c>
       <c r="E25" s="2" t="n">
-        <v>2.635548387096784</v>
+        <v>2.5153548387096856</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="inlineStr">
         <is>
-          <t>2023</t>
+          <t>2024</t>
         </is>
       </c>
       <c r="B26" t="inlineStr">
         <is>
-          <t>12</t>
+          <t xml:space="preserve"> 1</t>
         </is>
       </c>
       <c r="C26" t="inlineStr">
         <is>
           <t>Gasoil Diesel (application chauffage)</t>
         </is>
       </c>
       <c r="D26" t="inlineStr">
         <is>
           <t>Gasoil Diesel Chauffage (à partir de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E26" s="2" t="n">
-        <v>0.9214290322580678</v>
+        <v>0.9237741935483906</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="inlineStr">
         <is>
-          <t>2023</t>
+          <t>2024</t>
         </is>
       </c>
       <c r="B27" t="inlineStr">
         <is>
-          <t>12</t>
+          <t xml:space="preserve"> 1</t>
         </is>
       </c>
       <c r="C27" t="inlineStr">
         <is>
           <t>Gasoil Diesel (application chauffage)</t>
         </is>
       </c>
       <c r="D27" t="inlineStr">
         <is>
           <t>Gasoil Diesel Chauffage (moins de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E27" s="2" t="n">
-        <v>0.9595806451612938</v>
+        <v>0.9619161290322616</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="inlineStr">
         <is>
-          <t>2023</t>
+          <t>2024</t>
         </is>
       </c>
       <c r="B28" t="inlineStr">
         <is>
-          <t>12</t>
+          <t xml:space="preserve"> 1</t>
         </is>
       </c>
       <c r="C28" t="inlineStr">
         <is>
           <t>Gasoil de chauffage</t>
         </is>
       </c>
       <c r="D28" t="inlineStr">
         <is>
           <t>Gasoil chauffage (H0/H7) (à partir de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E28"/>
     </row>
     <row r="29">
       <c r="A29" t="inlineStr">
         <is>
-          <t>2023</t>
+          <t>2024</t>
         </is>
       </c>
       <c r="B29" t="inlineStr">
         <is>
-          <t>12</t>
+          <t xml:space="preserve"> 1</t>
         </is>
       </c>
       <c r="C29" t="inlineStr">
         <is>
           <t>Gasoil de chauffage</t>
         </is>
       </c>
       <c r="D29" t="inlineStr">
         <is>
           <t>Gasoil chauffage (H0/H7) (moins de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E29"/>
     </row>
     <row r="30">
       <c r="A30" t="inlineStr">
         <is>
-          <t>2023</t>
+          <t>2024</t>
         </is>
       </c>
       <c r="B30" t="inlineStr">
         <is>
-          <t>12</t>
+          <t xml:space="preserve"> 1</t>
         </is>
       </c>
       <c r="C30" t="inlineStr">
         <is>
           <t>Gasoil de chauffage</t>
         </is>
       </c>
       <c r="D30" t="inlineStr">
         <is>
           <t>Gasoil chauffage (H0/H7) (à la pompe) (€/L)</t>
         </is>
       </c>
       <c r="E30"/>
     </row>
     <row r="31">
       <c r="A31" t="inlineStr">
         <is>
-          <t>2023</t>
+          <t>2024</t>
         </is>
       </c>
       <c r="B31" t="inlineStr">
         <is>
-          <t>12</t>
+          <t xml:space="preserve"> 1</t>
         </is>
       </c>
       <c r="C31" t="inlineStr">
         <is>
           <t>Butane + LPG</t>
         </is>
       </c>
       <c r="D31" t="inlineStr">
         <is>
           <t>Autogas LPG (à la pompe) (€/L)</t>
         </is>
       </c>
       <c r="E31" s="2" t="n">
-        <v>0.7298064516129064</v>
+        <v>0.732064516129035</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="B32" t="inlineStr">
         <is>
-          <t xml:space="preserve"> 1</t>
+          <t xml:space="preserve"> 2</t>
         </is>
       </c>
       <c r="C32" t="inlineStr">
         <is>
           <t>Essences</t>
         </is>
       </c>
       <c r="D32" t="inlineStr">
         <is>
           <t>Essence 95 RON E5 (€/L)</t>
         </is>
       </c>
       <c r="E32" s="2" t="n">
-        <v>1.6851935483871026</v>
+        <v>1.7434137931034543</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="B33" t="inlineStr">
         <is>
-          <t xml:space="preserve"> 1</t>
+          <t xml:space="preserve"> 2</t>
         </is>
       </c>
       <c r="C33" t="inlineStr">
         <is>
           <t>Essences</t>
         </is>
       </c>
       <c r="D33" t="inlineStr">
         <is>
           <t>Essence 95 RON E10 (€/L)</t>
         </is>
       </c>
       <c r="E33" s="2" t="n">
-        <v>1.6626774193548441</v>
+        <v>1.7266206896551775</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="B34" t="inlineStr">
         <is>
-          <t xml:space="preserve"> 1</t>
+          <t xml:space="preserve"> 2</t>
         </is>
       </c>
       <c r="C34" t="inlineStr">
         <is>
           <t>Essences</t>
         </is>
       </c>
       <c r="D34" t="inlineStr">
         <is>
           <t>Essence 98 RON E5 (€/L)</t>
         </is>
       </c>
       <c r="E34" s="2" t="n">
-        <v>1.8661935483871046</v>
+        <v>1.93268965517242</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="B35" t="inlineStr">
         <is>
-          <t xml:space="preserve"> 1</t>
+          <t xml:space="preserve"> 2</t>
         </is>
       </c>
       <c r="C35" t="inlineStr">
         <is>
           <t>Essences</t>
         </is>
       </c>
       <c r="D35" t="inlineStr">
         <is>
           <t>Essence 98 RON E10 (€/L)</t>
         </is>
       </c>
       <c r="E35" s="2" t="n">
-        <v>1.8632580645161367</v>
+        <v>1.9347241379310411</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="B36" t="inlineStr">
         <is>
-          <t xml:space="preserve"> 1</t>
+          <t xml:space="preserve"> 2</t>
         </is>
       </c>
       <c r="C36" t="inlineStr">
         <is>
           <t>Gasoil Diesel routier</t>
         </is>
       </c>
       <c r="D36" t="inlineStr">
         <is>
           <t>Diesel B7 (€/L)</t>
         </is>
       </c>
       <c r="E36" s="2" t="n">
-        <v>1.8146774193548456</v>
+        <v>1.8831379310344896</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="B37" t="inlineStr">
         <is>
-          <t xml:space="preserve"> 1</t>
+          <t xml:space="preserve"> 2</t>
         </is>
       </c>
       <c r="C37" t="inlineStr">
         <is>
           <t>Gasoil Diesel routier</t>
         </is>
       </c>
       <c r="D37" t="inlineStr">
         <is>
           <t>Diesel B10 (€/L)</t>
         </is>
       </c>
       <c r="E37" s="2" t="n">
-        <v>1.8085806451612965</v>
+        <v>1.8780344827586277</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="B38" t="inlineStr">
         <is>
-          <t xml:space="preserve"> 1</t>
+          <t xml:space="preserve"> 2</t>
         </is>
       </c>
       <c r="C38" t="inlineStr">
         <is>
           <t>Gasoil Diesel routier</t>
         </is>
       </c>
       <c r="D38" t="inlineStr">
         <is>
           <t>Diesel B20 (€/L)</t>
         </is>
       </c>
       <c r="E38" s="2" t="n">
-        <v>1.8253870967742005</v>
+        <v>1.8891379310344885</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="B39" t="inlineStr">
         <is>
-          <t xml:space="preserve"> 1</t>
+          <t xml:space="preserve"> 2</t>
         </is>
       </c>
       <c r="C39" t="inlineStr">
         <is>
           <t>Gasoil Diesel routier</t>
         </is>
       </c>
       <c r="D39" t="inlineStr">
         <is>
           <t>Diesel B30 (€/L)</t>
         </is>
       </c>
       <c r="E39" s="2" t="n">
-        <v>1.8692903225806516</v>
+        <v>1.9197241379310406</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="B40" t="inlineStr">
         <is>
-          <t xml:space="preserve"> 1</t>
+          <t xml:space="preserve"> 2</t>
         </is>
       </c>
       <c r="C40" t="inlineStr">
         <is>
           <t>Gasoil Diesel routier</t>
         </is>
       </c>
       <c r="D40" t="inlineStr">
         <is>
           <t>Diesel XTL (€/L)</t>
         </is>
       </c>
       <c r="E40" s="2" t="n">
-        <v>2.5153548387096856</v>
+        <v>2.4257241379310424</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="B41" t="inlineStr">
         <is>
-          <t xml:space="preserve"> 1</t>
+          <t xml:space="preserve"> 2</t>
         </is>
       </c>
       <c r="C41" t="inlineStr">
         <is>
           <t>Gasoil Diesel (application chauffage)</t>
         </is>
       </c>
       <c r="D41" t="inlineStr">
         <is>
           <t>Gasoil Diesel Chauffage (à partir de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E41" s="2" t="n">
-        <v>0.9237741935483906</v>
+        <v>1.0037689655172448</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="B42" t="inlineStr">
         <is>
-          <t xml:space="preserve"> 1</t>
+          <t xml:space="preserve"> 2</t>
         </is>
       </c>
       <c r="C42" t="inlineStr">
         <is>
           <t>Gasoil Diesel (application chauffage)</t>
         </is>
       </c>
       <c r="D42" t="inlineStr">
         <is>
           <t>Gasoil Diesel Chauffage (moins de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E42" s="2" t="n">
-        <v>0.9619161290322616</v>
+        <v>1.0419172413793139</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="B43" t="inlineStr">
         <is>
-          <t xml:space="preserve"> 1</t>
+          <t xml:space="preserve"> 2</t>
         </is>
       </c>
       <c r="C43" t="inlineStr">
         <is>
           <t>Gasoil de chauffage</t>
         </is>
       </c>
       <c r="D43" t="inlineStr">
         <is>
           <t>Gasoil chauffage (H0/H7) (à partir de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E43"/>
     </row>
     <row r="44">
       <c r="A44" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="B44" t="inlineStr">
         <is>
-          <t xml:space="preserve"> 1</t>
+          <t xml:space="preserve"> 2</t>
         </is>
       </c>
       <c r="C44" t="inlineStr">
         <is>
           <t>Gasoil de chauffage</t>
         </is>
       </c>
       <c r="D44" t="inlineStr">
         <is>
           <t>Gasoil chauffage (H0/H7) (moins de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E44"/>
     </row>
     <row r="45">
       <c r="A45" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="B45" t="inlineStr">
         <is>
-          <t xml:space="preserve"> 1</t>
+          <t xml:space="preserve"> 2</t>
         </is>
       </c>
       <c r="C45" t="inlineStr">
         <is>
           <t>Gasoil de chauffage</t>
         </is>
       </c>
       <c r="D45" t="inlineStr">
         <is>
           <t>Gasoil chauffage (H0/H7) (à la pompe) (€/L)</t>
         </is>
       </c>
       <c r="E45"/>
     </row>
     <row r="46">
       <c r="A46" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="B46" t="inlineStr">
         <is>
-          <t xml:space="preserve"> 1</t>
+          <t xml:space="preserve"> 2</t>
         </is>
       </c>
       <c r="C46" t="inlineStr">
         <is>
           <t>Butane + LPG</t>
         </is>
       </c>
       <c r="D46" t="inlineStr">
         <is>
           <t>Autogas LPG (à la pompe) (€/L)</t>
         </is>
       </c>
       <c r="E46" s="2" t="n">
-        <v>0.732064516129035</v>
+        <v>0.7408275862068995</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="B47" t="inlineStr">
         <is>
-          <t xml:space="preserve"> 2</t>
+          <t xml:space="preserve"> 3</t>
         </is>
       </c>
       <c r="C47" t="inlineStr">
         <is>
           <t>Essences</t>
         </is>
       </c>
       <c r="D47" t="inlineStr">
         <is>
           <t>Essence 95 RON E5 (€/L)</t>
         </is>
       </c>
       <c r="E47" s="2" t="n">
-        <v>1.7434137931034543</v>
+        <v>1.7760322580645227</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="B48" t="inlineStr">
         <is>
-          <t xml:space="preserve"> 2</t>
+          <t xml:space="preserve"> 3</t>
         </is>
       </c>
       <c r="C48" t="inlineStr">
         <is>
           <t>Essences</t>
         </is>
       </c>
       <c r="D48" t="inlineStr">
         <is>
           <t>Essence 95 RON E10 (€/L)</t>
         </is>
       </c>
       <c r="E48" s="2" t="n">
-        <v>1.7266206896551775</v>
+        <v>1.7582903225806508</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="B49" t="inlineStr">
         <is>
-          <t xml:space="preserve"> 2</t>
+          <t xml:space="preserve"> 3</t>
         </is>
       </c>
       <c r="C49" t="inlineStr">
         <is>
           <t>Essences</t>
         </is>
       </c>
       <c r="D49" t="inlineStr">
         <is>
           <t>Essence 98 RON E5 (€/L)</t>
         </is>
       </c>
       <c r="E49" s="2" t="n">
-        <v>1.93268965517242</v>
+        <v>1.9610967741935545</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="B50" t="inlineStr">
         <is>
-          <t xml:space="preserve"> 2</t>
+          <t xml:space="preserve"> 3</t>
         </is>
       </c>
       <c r="C50" t="inlineStr">
         <is>
           <t>Essences</t>
         </is>
       </c>
       <c r="D50" t="inlineStr">
         <is>
           <t>Essence 98 RON E10 (€/L)</t>
         </is>
       </c>
       <c r="E50" s="2" t="n">
-        <v>1.9347241379310411</v>
+        <v>1.9630967741935543</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="B51" t="inlineStr">
         <is>
-          <t xml:space="preserve"> 2</t>
+          <t xml:space="preserve"> 3</t>
         </is>
       </c>
       <c r="C51" t="inlineStr">
         <is>
           <t>Gasoil Diesel routier</t>
         </is>
       </c>
       <c r="D51" t="inlineStr">
         <is>
           <t>Diesel B7 (€/L)</t>
         </is>
       </c>
       <c r="E51" s="2" t="n">
-        <v>1.8831379310344896</v>
+        <v>1.8541935483871042</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="B52" t="inlineStr">
         <is>
-          <t xml:space="preserve"> 2</t>
+          <t xml:space="preserve"> 3</t>
         </is>
       </c>
       <c r="C52" t="inlineStr">
         <is>
           <t>Gasoil Diesel routier</t>
         </is>
       </c>
       <c r="D52" t="inlineStr">
         <is>
           <t>Diesel B10 (€/L)</t>
         </is>
       </c>
       <c r="E52" s="2" t="n">
-        <v>1.8780344827586277</v>
+        <v>1.8492903225806523</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="B53" t="inlineStr">
         <is>
-          <t xml:space="preserve"> 2</t>
+          <t xml:space="preserve"> 3</t>
         </is>
       </c>
       <c r="C53" t="inlineStr">
         <is>
           <t>Gasoil Diesel routier</t>
         </is>
       </c>
       <c r="D53" t="inlineStr">
         <is>
           <t>Diesel B20 (€/L)</t>
         </is>
       </c>
       <c r="E53" s="2" t="n">
-        <v>1.8891379310344885</v>
+        <v>1.8645806451612983</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="B54" t="inlineStr">
         <is>
-          <t xml:space="preserve"> 2</t>
+          <t xml:space="preserve"> 3</t>
         </is>
       </c>
       <c r="C54" t="inlineStr">
         <is>
           <t>Gasoil Diesel routier</t>
         </is>
       </c>
       <c r="D54" t="inlineStr">
         <is>
           <t>Diesel B30 (€/L)</t>
         </is>
       </c>
       <c r="E54" s="2" t="n">
-        <v>1.9197241379310406</v>
+        <v>1.9045806451612974</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="B55" t="inlineStr">
         <is>
-          <t xml:space="preserve"> 2</t>
+          <t xml:space="preserve"> 3</t>
         </is>
       </c>
       <c r="C55" t="inlineStr">
         <is>
           <t>Gasoil Diesel routier</t>
         </is>
       </c>
       <c r="D55" t="inlineStr">
         <is>
           <t>Diesel XTL (€/L)</t>
         </is>
       </c>
       <c r="E55" s="2" t="n">
-        <v>2.4257241379310424</v>
+        <v>2.432387096774201</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="B56" t="inlineStr">
         <is>
-          <t xml:space="preserve"> 2</t>
+          <t xml:space="preserve"> 3</t>
         </is>
       </c>
       <c r="C56" t="inlineStr">
         <is>
           <t>Gasoil Diesel (application chauffage)</t>
         </is>
       </c>
       <c r="D56" t="inlineStr">
         <is>
           <t>Gasoil Diesel Chauffage (à partir de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E56" s="2" t="n">
-        <v>1.0037689655172448</v>
+        <v>0.9664903225806485</v>
       </c>
     </row>
     <row r="57">
       <c r="A57" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="B57" t="inlineStr">
         <is>
-          <t xml:space="preserve"> 2</t>
+          <t xml:space="preserve"> 3</t>
         </is>
       </c>
       <c r="C57" t="inlineStr">
         <is>
           <t>Gasoil Diesel (application chauffage)</t>
         </is>
       </c>
       <c r="D57" t="inlineStr">
         <is>
           <t>Gasoil Diesel Chauffage (moins de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E57" s="2" t="n">
-        <v>1.0419172413793139</v>
+        <v>1.004638709677423</v>
       </c>
     </row>
     <row r="58">
       <c r="A58" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="B58" t="inlineStr">
         <is>
-          <t xml:space="preserve"> 2</t>
+          <t xml:space="preserve"> 3</t>
         </is>
       </c>
       <c r="C58" t="inlineStr">
         <is>
           <t>Gasoil de chauffage</t>
         </is>
       </c>
       <c r="D58" t="inlineStr">
         <is>
           <t>Gasoil chauffage (H0/H7) (à partir de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E58"/>
     </row>
     <row r="59">
       <c r="A59" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="B59" t="inlineStr">
         <is>
-          <t xml:space="preserve"> 2</t>
+          <t xml:space="preserve"> 3</t>
         </is>
       </c>
       <c r="C59" t="inlineStr">
         <is>
           <t>Gasoil de chauffage</t>
         </is>
       </c>
       <c r="D59" t="inlineStr">
         <is>
           <t>Gasoil chauffage (H0/H7) (moins de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E59"/>
     </row>
     <row r="60">
       <c r="A60" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="B60" t="inlineStr">
         <is>
-          <t xml:space="preserve"> 2</t>
+          <t xml:space="preserve"> 3</t>
         </is>
       </c>
       <c r="C60" t="inlineStr">
         <is>
           <t>Gasoil de chauffage</t>
         </is>
       </c>
       <c r="D60" t="inlineStr">
         <is>
           <t>Gasoil chauffage (H0/H7) (à la pompe) (€/L)</t>
         </is>
       </c>
       <c r="E60"/>
     </row>
     <row r="61">
       <c r="A61" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="B61" t="inlineStr">
         <is>
-          <t xml:space="preserve"> 2</t>
+          <t xml:space="preserve"> 3</t>
         </is>
       </c>
       <c r="C61" t="inlineStr">
         <is>
           <t>Butane + LPG</t>
         </is>
       </c>
       <c r="D61" t="inlineStr">
         <is>
           <t>Autogas LPG (à la pompe) (€/L)</t>
         </is>
       </c>
       <c r="E61" s="2" t="n">
-        <v>0.7408275862068995</v>
+        <v>0.7250000000000025</v>
       </c>
     </row>
     <row r="62">
       <c r="A62" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="B62" t="inlineStr">
         <is>
-          <t xml:space="preserve"> 3</t>
+          <t xml:space="preserve"> 4</t>
         </is>
       </c>
       <c r="C62" t="inlineStr">
         <is>
           <t>Essences</t>
         </is>
       </c>
       <c r="D62" t="inlineStr">
         <is>
           <t>Essence 95 RON E5 (€/L)</t>
         </is>
       </c>
       <c r="E62" s="2" t="n">
-        <v>1.7760322580645227</v>
+        <v>1.8524666666666738</v>
       </c>
     </row>
     <row r="63">
       <c r="A63" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="B63" t="inlineStr">
         <is>
-          <t xml:space="preserve"> 3</t>
+          <t xml:space="preserve"> 4</t>
         </is>
       </c>
       <c r="C63" t="inlineStr">
         <is>
           <t>Essences</t>
         </is>
       </c>
       <c r="D63" t="inlineStr">
         <is>
           <t>Essence 95 RON E10 (€/L)</t>
         </is>
       </c>
       <c r="E63" s="2" t="n">
-        <v>1.7582903225806508</v>
+        <v>1.8279666666666716</v>
       </c>
     </row>
     <row r="64">
       <c r="A64" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="B64" t="inlineStr">
         <is>
-          <t xml:space="preserve"> 3</t>
+          <t xml:space="preserve"> 4</t>
         </is>
       </c>
       <c r="C64" t="inlineStr">
         <is>
           <t>Essences</t>
         </is>
       </c>
       <c r="D64" t="inlineStr">
         <is>
           <t>Essence 98 RON E5 (€/L)</t>
         </is>
       </c>
       <c r="E64" s="2" t="n">
-        <v>1.9610967741935545</v>
+        <v>1.991066666666673</v>
       </c>
     </row>
     <row r="65">
       <c r="A65" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="B65" t="inlineStr">
         <is>
-          <t xml:space="preserve"> 3</t>
+          <t xml:space="preserve"> 4</t>
         </is>
       </c>
       <c r="C65" t="inlineStr">
         <is>
           <t>Essences</t>
         </is>
       </c>
       <c r="D65" t="inlineStr">
         <is>
           <t>Essence 98 RON E10 (€/L)</t>
         </is>
       </c>
       <c r="E65" s="2" t="n">
-        <v>1.9630967741935543</v>
+        <v>1.9911666666666739</v>
       </c>
     </row>
     <row r="66">
       <c r="A66" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="B66" t="inlineStr">
         <is>
-          <t xml:space="preserve"> 3</t>
+          <t xml:space="preserve"> 4</t>
         </is>
       </c>
       <c r="C66" t="inlineStr">
         <is>
           <t>Gasoil Diesel routier</t>
         </is>
       </c>
       <c r="D66" t="inlineStr">
         <is>
           <t>Diesel B7 (€/L)</t>
         </is>
       </c>
       <c r="E66" s="2" t="n">
-        <v>1.8541935483871042</v>
+        <v>1.8667333333333407</v>
       </c>
     </row>
     <row r="67">
       <c r="A67" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="B67" t="inlineStr">
         <is>
-          <t xml:space="preserve"> 3</t>
+          <t xml:space="preserve"> 4</t>
         </is>
       </c>
       <c r="C67" t="inlineStr">
         <is>
           <t>Gasoil Diesel routier</t>
         </is>
       </c>
       <c r="D67" t="inlineStr">
         <is>
           <t>Diesel B10 (€/L)</t>
         </is>
       </c>
       <c r="E67" s="2" t="n">
-        <v>1.8492903225806523</v>
+        <v>1.86163333333334</v>
       </c>
     </row>
     <row r="68">
       <c r="A68" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="B68" t="inlineStr">
         <is>
-          <t xml:space="preserve"> 3</t>
+          <t xml:space="preserve"> 4</t>
         </is>
       </c>
       <c r="C68" t="inlineStr">
         <is>
           <t>Gasoil Diesel routier</t>
         </is>
       </c>
       <c r="D68" t="inlineStr">
         <is>
           <t>Diesel B20 (€/L)</t>
         </is>
       </c>
       <c r="E68" s="2" t="n">
-        <v>1.8645806451612983</v>
+        <v>1.8794333333333402</v>
       </c>
     </row>
     <row r="69">
       <c r="A69" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="B69" t="inlineStr">
         <is>
-          <t xml:space="preserve"> 3</t>
+          <t xml:space="preserve"> 4</t>
         </is>
       </c>
       <c r="C69" t="inlineStr">
         <is>
           <t>Gasoil Diesel routier</t>
         </is>
       </c>
       <c r="D69" t="inlineStr">
         <is>
           <t>Diesel B30 (€/L)</t>
         </is>
       </c>
       <c r="E69" s="2" t="n">
-        <v>1.9045806451612974</v>
+        <v>1.9282333333333397</v>
       </c>
     </row>
     <row r="70">
       <c r="A70" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="B70" t="inlineStr">
         <is>
-          <t xml:space="preserve"> 3</t>
+          <t xml:space="preserve"> 4</t>
         </is>
       </c>
       <c r="C70" t="inlineStr">
         <is>
           <t>Gasoil Diesel routier</t>
         </is>
       </c>
       <c r="D70" t="inlineStr">
         <is>
           <t>Diesel XTL (€/L)</t>
         </is>
       </c>
       <c r="E70" s="2" t="n">
-        <v>2.432387096774201</v>
+        <v>2.5669333333333424</v>
       </c>
     </row>
     <row r="71">
       <c r="A71" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="B71" t="inlineStr">
         <is>
-          <t xml:space="preserve"> 3</t>
+          <t xml:space="preserve"> 4</t>
         </is>
       </c>
       <c r="C71" t="inlineStr">
         <is>
           <t>Gasoil Diesel (application chauffage)</t>
         </is>
       </c>
       <c r="D71" t="inlineStr">
         <is>
           <t>Gasoil Diesel Chauffage (à partir de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E71" s="2" t="n">
-        <v>0.9664903225806485</v>
+        <v>0.9618133333333369</v>
       </c>
     </row>
     <row r="72">
       <c r="A72" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="B72" t="inlineStr">
         <is>
-          <t xml:space="preserve"> 3</t>
+          <t xml:space="preserve"> 4</t>
         </is>
       </c>
       <c r="C72" t="inlineStr">
         <is>
           <t>Gasoil Diesel (application chauffage)</t>
         </is>
       </c>
       <c r="D72" t="inlineStr">
         <is>
           <t>Gasoil Diesel Chauffage (moins de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E72" s="2" t="n">
-        <v>1.004638709677423</v>
+        <v>1.000943333333337</v>
       </c>
     </row>
     <row r="73">
       <c r="A73" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="B73" t="inlineStr">
         <is>
-          <t xml:space="preserve"> 3</t>
+          <t xml:space="preserve"> 4</t>
         </is>
       </c>
       <c r="C73" t="inlineStr">
         <is>
           <t>Gasoil de chauffage</t>
         </is>
       </c>
       <c r="D73" t="inlineStr">
         <is>
           <t>Gasoil chauffage (H0/H7) (à partir de 2000 l) (€/L)</t>
         </is>
       </c>
-      <c r="E73"/>
+      <c r="E73" s="2" t="n">
+        <v>0.9554714285714324</v>
+      </c>
     </row>
     <row r="74">
       <c r="A74" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="B74" t="inlineStr">
         <is>
-          <t xml:space="preserve"> 3</t>
+          <t xml:space="preserve"> 4</t>
         </is>
       </c>
       <c r="C74" t="inlineStr">
         <is>
           <t>Gasoil de chauffage</t>
         </is>
       </c>
       <c r="D74" t="inlineStr">
         <is>
           <t>Gasoil chauffage (H0/H7) (moins de 2000 l) (€/L)</t>
         </is>
       </c>
-      <c r="E74"/>
+      <c r="E74" s="2" t="n">
+        <v>0.9946892857142896</v>
+      </c>
     </row>
     <row r="75">
       <c r="A75" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="B75" t="inlineStr">
         <is>
-          <t xml:space="preserve"> 3</t>
+          <t xml:space="preserve"> 4</t>
         </is>
       </c>
       <c r="C75" t="inlineStr">
         <is>
           <t>Gasoil de chauffage</t>
         </is>
       </c>
       <c r="D75" t="inlineStr">
         <is>
           <t>Gasoil chauffage (H0/H7) (à la pompe) (€/L)</t>
         </is>
       </c>
-      <c r="E75"/>
+      <c r="E75" s="2" t="n">
+        <v>1.1064642857142897</v>
+      </c>
     </row>
     <row r="76">
       <c r="A76" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="B76" t="inlineStr">
         <is>
-          <t xml:space="preserve"> 3</t>
+          <t xml:space="preserve"> 4</t>
         </is>
       </c>
       <c r="C76" t="inlineStr">
         <is>
           <t>Butane + LPG</t>
         </is>
       </c>
       <c r="D76" t="inlineStr">
         <is>
           <t>Autogas LPG (à la pompe) (€/L)</t>
         </is>
       </c>
       <c r="E76" s="2" t="n">
-        <v>0.7250000000000025</v>
+        <v>0.6918000000000023</v>
       </c>
     </row>
     <row r="77">
       <c r="A77" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="B77" t="inlineStr">
         <is>
-          <t xml:space="preserve"> 4</t>
+          <t xml:space="preserve"> 5</t>
         </is>
       </c>
       <c r="C77" t="inlineStr">
         <is>
           <t>Essences</t>
         </is>
       </c>
       <c r="D77" t="inlineStr">
         <is>
           <t>Essence 95 RON E5 (€/L)</t>
         </is>
       </c>
       <c r="E77" s="2" t="n">
-        <v>1.8524666666666738</v>
+        <v>1.8042258064516188</v>
       </c>
     </row>
     <row r="78">
       <c r="A78" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="B78" t="inlineStr">
         <is>
-          <t xml:space="preserve"> 4</t>
+          <t xml:space="preserve"> 5</t>
         </is>
       </c>
       <c r="C78" t="inlineStr">
         <is>
           <t>Essences</t>
         </is>
       </c>
       <c r="D78" t="inlineStr">
         <is>
           <t>Essence 95 RON E10 (€/L)</t>
         </is>
       </c>
       <c r="E78" s="2" t="n">
-        <v>1.8279666666666716</v>
+        <v>1.786161290322586</v>
       </c>
     </row>
     <row r="79">
       <c r="A79" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="B79" t="inlineStr">
         <is>
-          <t xml:space="preserve"> 4</t>
+          <t xml:space="preserve"> 5</t>
         </is>
       </c>
       <c r="C79" t="inlineStr">
         <is>
           <t>Essences</t>
         </is>
       </c>
       <c r="D79" t="inlineStr">
         <is>
           <t>Essence 98 RON E5 (€/L)</t>
         </is>
       </c>
       <c r="E79" s="2" t="n">
-        <v>1.991066666666673</v>
+        <v>1.8685806451612985</v>
       </c>
     </row>
     <row r="80">
       <c r="A80" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="B80" t="inlineStr">
         <is>
-          <t xml:space="preserve"> 4</t>
+          <t xml:space="preserve"> 5</t>
         </is>
       </c>
       <c r="C80" t="inlineStr">
         <is>
           <t>Essences</t>
         </is>
       </c>
       <c r="D80" t="inlineStr">
         <is>
           <t>Essence 98 RON E10 (€/L)</t>
         </is>
       </c>
       <c r="E80" s="2" t="n">
-        <v>1.9911666666666739</v>
+        <v>1.870032258064521</v>
       </c>
     </row>
     <row r="81">
       <c r="A81" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="B81" t="inlineStr">
         <is>
-          <t xml:space="preserve"> 4</t>
+          <t xml:space="preserve"> 5</t>
         </is>
       </c>
       <c r="C81" t="inlineStr">
         <is>
           <t>Gasoil Diesel routier</t>
         </is>
       </c>
       <c r="D81" t="inlineStr">
         <is>
           <t>Diesel B7 (€/L)</t>
         </is>
       </c>
       <c r="E81" s="2" t="n">
-        <v>1.8667333333333407</v>
+        <v>1.795387096774201</v>
       </c>
     </row>
     <row r="82">
       <c r="A82" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="B82" t="inlineStr">
         <is>
-          <t xml:space="preserve"> 4</t>
+          <t xml:space="preserve"> 5</t>
         </is>
       </c>
       <c r="C82" t="inlineStr">
         <is>
           <t>Gasoil Diesel routier</t>
         </is>
       </c>
       <c r="D82" t="inlineStr">
         <is>
           <t>Diesel B10 (€/L)</t>
         </is>
       </c>
       <c r="E82" s="2" t="n">
-        <v>1.86163333333334</v>
+        <v>1.7911935483871015</v>
       </c>
     </row>
     <row r="83">
       <c r="A83" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="B83" t="inlineStr">
         <is>
-          <t xml:space="preserve"> 4</t>
+          <t xml:space="preserve"> 5</t>
         </is>
       </c>
       <c r="C83" t="inlineStr">
         <is>
           <t>Gasoil Diesel routier</t>
         </is>
       </c>
       <c r="D83" t="inlineStr">
         <is>
           <t>Diesel B20 (€/L)</t>
         </is>
       </c>
       <c r="E83" s="2" t="n">
-        <v>1.8794333333333402</v>
+        <v>1.8110000000000064</v>
       </c>
     </row>
     <row r="84">
       <c r="A84" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="B84" t="inlineStr">
         <is>
-          <t xml:space="preserve"> 4</t>
+          <t xml:space="preserve"> 5</t>
         </is>
       </c>
       <c r="C84" t="inlineStr">
         <is>
           <t>Gasoil Diesel routier</t>
         </is>
       </c>
       <c r="D84" t="inlineStr">
         <is>
           <t>Diesel B30 (€/L)</t>
         </is>
       </c>
       <c r="E84" s="2" t="n">
-        <v>1.9282333333333397</v>
+        <v>1.857225806451618</v>
       </c>
     </row>
     <row r="85">
       <c r="A85" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="B85" t="inlineStr">
         <is>
-          <t xml:space="preserve"> 4</t>
+          <t xml:space="preserve"> 5</t>
         </is>
       </c>
       <c r="C85" t="inlineStr">
         <is>
           <t>Gasoil Diesel routier</t>
         </is>
       </c>
       <c r="D85" t="inlineStr">
         <is>
           <t>Diesel XTL (€/L)</t>
         </is>
       </c>
       <c r="E85" s="2" t="n">
-        <v>2.5669333333333424</v>
+        <v>2.487645161290331</v>
       </c>
     </row>
     <row r="86">
       <c r="A86" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="B86" t="inlineStr">
         <is>
-          <t xml:space="preserve"> 4</t>
+          <t xml:space="preserve"> 5</t>
         </is>
       </c>
       <c r="C86" t="inlineStr">
         <is>
           <t>Gasoil Diesel (application chauffage)</t>
         </is>
       </c>
       <c r="D86" t="inlineStr">
         <is>
           <t>Gasoil Diesel Chauffage (à partir de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E86" s="2" t="n">
-        <v>0.9618133333333369</v>
+        <v>0.8893645161290351</v>
       </c>
     </row>
     <row r="87">
       <c r="A87" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="B87" t="inlineStr">
         <is>
-          <t xml:space="preserve"> 4</t>
+          <t xml:space="preserve"> 5</t>
         </is>
       </c>
       <c r="C87" t="inlineStr">
         <is>
           <t>Gasoil Diesel (application chauffage)</t>
         </is>
       </c>
       <c r="D87" t="inlineStr">
         <is>
           <t>Gasoil Diesel Chauffage (moins de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E87" s="2" t="n">
-        <v>1.000943333333337</v>
+        <v>0.9285806451612936</v>
       </c>
     </row>
     <row r="88">
       <c r="A88" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="B88" t="inlineStr">
         <is>
-          <t xml:space="preserve"> 4</t>
+          <t xml:space="preserve"> 5</t>
         </is>
       </c>
       <c r="C88" t="inlineStr">
         <is>
           <t>Gasoil de chauffage</t>
         </is>
       </c>
       <c r="D88" t="inlineStr">
         <is>
           <t>Gasoil chauffage (H0/H7) (à partir de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E88" s="2" t="n">
-        <v>0.9554714285714324</v>
+        <v>0.8893645161290351</v>
       </c>
     </row>
     <row r="89">
       <c r="A89" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="B89" t="inlineStr">
         <is>
-          <t xml:space="preserve"> 4</t>
+          <t xml:space="preserve"> 5</t>
         </is>
       </c>
       <c r="C89" t="inlineStr">
         <is>
           <t>Gasoil de chauffage</t>
         </is>
       </c>
       <c r="D89" t="inlineStr">
         <is>
           <t>Gasoil chauffage (H0/H7) (moins de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E89" s="2" t="n">
-        <v>0.9946892857142896</v>
+        <v>0.9285806451612936</v>
       </c>
     </row>
     <row r="90">
       <c r="A90" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="B90" t="inlineStr">
         <is>
-          <t xml:space="preserve"> 4</t>
+          <t xml:space="preserve"> 5</t>
         </is>
       </c>
       <c r="C90" t="inlineStr">
         <is>
           <t>Gasoil de chauffage</t>
         </is>
       </c>
       <c r="D90" t="inlineStr">
         <is>
           <t>Gasoil chauffage (H0/H7) (à la pompe) (€/L)</t>
         </is>
       </c>
       <c r="E90" s="2" t="n">
-        <v>1.1064642857142897</v>
+        <v>1.0405483870967782</v>
       </c>
     </row>
     <row r="91">
       <c r="A91" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="B91" t="inlineStr">
         <is>
-          <t xml:space="preserve"> 4</t>
+          <t xml:space="preserve"> 5</t>
         </is>
       </c>
       <c r="C91" t="inlineStr">
         <is>
           <t>Butane + LPG</t>
         </is>
       </c>
       <c r="D91" t="inlineStr">
         <is>
           <t>Autogas LPG (à la pompe) (€/L)</t>
         </is>
       </c>
       <c r="E91" s="2" t="n">
-        <v>0.6918000000000023</v>
+        <v>0.6595806451612924</v>
       </c>
     </row>
     <row r="92">
       <c r="A92" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="B92" t="inlineStr">
         <is>
-          <t xml:space="preserve"> 5</t>
+          <t xml:space="preserve"> 6</t>
         </is>
       </c>
       <c r="C92" t="inlineStr">
         <is>
           <t>Essences</t>
         </is>
       </c>
       <c r="D92" t="inlineStr">
         <is>
           <t>Essence 95 RON E5 (€/L)</t>
         </is>
       </c>
       <c r="E92" s="2" t="n">
-        <v>1.8042258064516188</v>
+        <v>1.758200000000007</v>
       </c>
     </row>
     <row r="93">
       <c r="A93" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="B93" t="inlineStr">
         <is>
-          <t xml:space="preserve"> 5</t>
+          <t xml:space="preserve"> 6</t>
         </is>
       </c>
       <c r="C93" t="inlineStr">
         <is>
           <t>Essences</t>
         </is>
       </c>
       <c r="D93" t="inlineStr">
         <is>
           <t>Essence 95 RON E10 (€/L)</t>
         </is>
       </c>
       <c r="E93" s="2" t="n">
-        <v>1.786161290322586</v>
+        <v>1.7474000000000067</v>
       </c>
     </row>
     <row r="94">
       <c r="A94" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="B94" t="inlineStr">
         <is>
-          <t xml:space="preserve"> 5</t>
+          <t xml:space="preserve"> 6</t>
         </is>
       </c>
       <c r="C94" t="inlineStr">
         <is>
           <t>Essences</t>
         </is>
       </c>
       <c r="D94" t="inlineStr">
         <is>
           <t>Essence 98 RON E5 (€/L)</t>
         </is>
       </c>
       <c r="E94" s="2" t="n">
-        <v>1.8685806451612985</v>
+        <v>1.8343000000000056</v>
       </c>
     </row>
     <row r="95">
       <c r="A95" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="B95" t="inlineStr">
         <is>
-          <t xml:space="preserve"> 5</t>
+          <t xml:space="preserve"> 6</t>
         </is>
       </c>
       <c r="C95" t="inlineStr">
         <is>
           <t>Essences</t>
         </is>
       </c>
       <c r="D95" t="inlineStr">
         <is>
           <t>Essence 98 RON E10 (€/L)</t>
         </is>
       </c>
       <c r="E95" s="2" t="n">
-        <v>1.870032258064521</v>
+        <v>1.8409000000000073</v>
       </c>
     </row>
     <row r="96">
       <c r="A96" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="B96" t="inlineStr">
         <is>
-          <t xml:space="preserve"> 5</t>
+          <t xml:space="preserve"> 6</t>
         </is>
       </c>
       <c r="C96" t="inlineStr">
         <is>
           <t>Gasoil Diesel routier</t>
         </is>
       </c>
       <c r="D96" t="inlineStr">
         <is>
           <t>Diesel B7 (€/L)</t>
         </is>
       </c>
       <c r="E96" s="2" t="n">
-        <v>1.795387096774201</v>
+        <v>1.7952666666666741</v>
       </c>
     </row>
     <row r="97">
       <c r="A97" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="B97" t="inlineStr">
         <is>
-          <t xml:space="preserve"> 5</t>
+          <t xml:space="preserve"> 6</t>
         </is>
       </c>
       <c r="C97" t="inlineStr">
         <is>
           <t>Gasoil Diesel routier</t>
         </is>
       </c>
       <c r="D97" t="inlineStr">
         <is>
           <t>Diesel B10 (€/L)</t>
         </is>
       </c>
       <c r="E97" s="2" t="n">
-        <v>1.7911935483871015</v>
+        <v>1.7935000000000065</v>
       </c>
     </row>
     <row r="98">
       <c r="A98" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="B98" t="inlineStr">
         <is>
-          <t xml:space="preserve"> 5</t>
+          <t xml:space="preserve"> 6</t>
         </is>
       </c>
       <c r="C98" t="inlineStr">
         <is>
           <t>Gasoil Diesel routier</t>
         </is>
       </c>
       <c r="D98" t="inlineStr">
         <is>
           <t>Diesel B20 (€/L)</t>
         </is>
       </c>
       <c r="E98" s="2" t="n">
-        <v>1.8110000000000064</v>
+        <v>1.8215000000000063</v>
       </c>
     </row>
     <row r="99">
       <c r="A99" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="B99" t="inlineStr">
         <is>
-          <t xml:space="preserve"> 5</t>
+          <t xml:space="preserve"> 6</t>
         </is>
       </c>
       <c r="C99" t="inlineStr">
         <is>
           <t>Gasoil Diesel routier</t>
         </is>
       </c>
       <c r="D99" t="inlineStr">
         <is>
           <t>Diesel B30 (€/L)</t>
         </is>
       </c>
       <c r="E99" s="2" t="n">
-        <v>1.857225806451618</v>
+        <v>1.876200000000007</v>
       </c>
     </row>
     <row r="100">
       <c r="A100" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="B100" t="inlineStr">
         <is>
-          <t xml:space="preserve"> 5</t>
+          <t xml:space="preserve"> 6</t>
         </is>
       </c>
       <c r="C100" t="inlineStr">
         <is>
           <t>Gasoil Diesel routier</t>
         </is>
       </c>
       <c r="D100" t="inlineStr">
         <is>
           <t>Diesel XTL (€/L)</t>
         </is>
       </c>
       <c r="E100" s="2" t="n">
-        <v>2.487645161290331</v>
+        <v>2.3939666666666755</v>
       </c>
     </row>
     <row r="101">
       <c r="A101" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="B101" t="inlineStr">
         <is>
-          <t xml:space="preserve"> 5</t>
+          <t xml:space="preserve"> 6</t>
         </is>
       </c>
       <c r="C101" t="inlineStr">
         <is>
           <t>Gasoil Diesel (application chauffage)</t>
         </is>
       </c>
       <c r="D101" t="inlineStr">
         <is>
           <t>Gasoil Diesel Chauffage (à partir de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E101" s="2" t="n">
-        <v>0.8893645161290351</v>
+        <v>0.89647666666667</v>
       </c>
     </row>
     <row r="102">
       <c r="A102" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="B102" t="inlineStr">
         <is>
-          <t xml:space="preserve"> 5</t>
+          <t xml:space="preserve"> 6</t>
         </is>
       </c>
       <c r="C102" t="inlineStr">
         <is>
           <t>Gasoil Diesel (application chauffage)</t>
         </is>
       </c>
       <c r="D102" t="inlineStr">
         <is>
           <t>Gasoil Diesel Chauffage (moins de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E102" s="2" t="n">
-        <v>0.9285806451612936</v>
+        <v>0.9356866666666696</v>
       </c>
     </row>
     <row r="103">
       <c r="A103" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="B103" t="inlineStr">
         <is>
-          <t xml:space="preserve"> 5</t>
+          <t xml:space="preserve"> 6</t>
         </is>
       </c>
       <c r="C103" t="inlineStr">
         <is>
           <t>Gasoil de chauffage</t>
         </is>
       </c>
       <c r="D103" t="inlineStr">
         <is>
           <t>Gasoil chauffage (H0/H7) (à partir de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E103" s="2" t="n">
-        <v>0.8893645161290351</v>
+        <v>0.89650666666667</v>
       </c>
     </row>
     <row r="104">
       <c r="A104" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="B104" t="inlineStr">
         <is>
-          <t xml:space="preserve"> 5</t>
+          <t xml:space="preserve"> 6</t>
         </is>
       </c>
       <c r="C104" t="inlineStr">
         <is>
           <t>Gasoil de chauffage</t>
         </is>
       </c>
       <c r="D104" t="inlineStr">
         <is>
           <t>Gasoil chauffage (H0/H7) (moins de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E104" s="2" t="n">
-        <v>0.9285806451612936</v>
+        <v>0.9357166666666695</v>
       </c>
     </row>
     <row r="105">
       <c r="A105" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="B105" t="inlineStr">
         <is>
-          <t xml:space="preserve"> 5</t>
+          <t xml:space="preserve"> 6</t>
         </is>
       </c>
       <c r="C105" t="inlineStr">
         <is>
           <t>Gasoil de chauffage</t>
         </is>
       </c>
       <c r="D105" t="inlineStr">
         <is>
           <t>Gasoil chauffage (H0/H7) (à la pompe) (€/L)</t>
         </is>
       </c>
       <c r="E105" s="2" t="n">
-        <v>1.0405483870967782</v>
+        <v>1.0477666666666703</v>
       </c>
     </row>
     <row r="106">
       <c r="A106" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="B106" t="inlineStr">
         <is>
-          <t xml:space="preserve"> 5</t>
+          <t xml:space="preserve"> 6</t>
         </is>
       </c>
       <c r="C106" t="inlineStr">
         <is>
           <t>Butane + LPG</t>
         </is>
       </c>
       <c r="D106" t="inlineStr">
         <is>
           <t>Autogas LPG (à la pompe) (€/L)</t>
         </is>
       </c>
       <c r="E106" s="2" t="n">
-        <v>0.6595806451612924</v>
+        <v>0.6583333333333355</v>
       </c>
     </row>
     <row r="107">
       <c r="A107" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="B107" t="inlineStr">
         <is>
-          <t xml:space="preserve"> 6</t>
+          <t xml:space="preserve"> 7</t>
         </is>
       </c>
       <c r="C107" t="inlineStr">
         <is>
           <t>Essences</t>
         </is>
       </c>
       <c r="D107" t="inlineStr">
         <is>
           <t>Essence 95 RON E5 (€/L)</t>
         </is>
       </c>
       <c r="E107" s="2" t="n">
-        <v>1.758200000000007</v>
+        <v>1.7700967741935552</v>
       </c>
     </row>
     <row r="108">
       <c r="A108" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="B108" t="inlineStr">
         <is>
-          <t xml:space="preserve"> 6</t>
+          <t xml:space="preserve"> 7</t>
         </is>
       </c>
       <c r="C108" t="inlineStr">
         <is>
           <t>Essences</t>
         </is>
       </c>
       <c r="D108" t="inlineStr">
         <is>
           <t>Essence 95 RON E10 (€/L)</t>
         </is>
       </c>
       <c r="E108" s="2" t="n">
-        <v>1.7474000000000067</v>
+        <v>1.7612903225806522</v>
       </c>
     </row>
     <row r="109">
       <c r="A109" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="B109" t="inlineStr">
         <is>
-          <t xml:space="preserve"> 6</t>
+          <t xml:space="preserve"> 7</t>
         </is>
       </c>
       <c r="C109" t="inlineStr">
         <is>
           <t>Essences</t>
         </is>
       </c>
       <c r="D109" t="inlineStr">
         <is>
           <t>Essence 98 RON E5 (€/L)</t>
         </is>
       </c>
       <c r="E109" s="2" t="n">
-        <v>1.8343000000000056</v>
+        <v>1.8551935483871047</v>
       </c>
     </row>
     <row r="110">
       <c r="A110" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="B110" t="inlineStr">
         <is>
-          <t xml:space="preserve"> 6</t>
+          <t xml:space="preserve"> 7</t>
         </is>
       </c>
       <c r="C110" t="inlineStr">
         <is>
           <t>Essences</t>
         </is>
       </c>
       <c r="D110" t="inlineStr">
         <is>
           <t>Essence 98 RON E10 (€/L)</t>
         </is>
       </c>
       <c r="E110" s="2" t="n">
-        <v>1.8409000000000073</v>
+        <v>1.8618064516129103</v>
       </c>
     </row>
     <row r="111">
       <c r="A111" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="B111" t="inlineStr">
         <is>
-          <t xml:space="preserve"> 6</t>
+          <t xml:space="preserve"> 7</t>
         </is>
       </c>
       <c r="C111" t="inlineStr">
         <is>
           <t>Gasoil Diesel routier</t>
         </is>
       </c>
       <c r="D111" t="inlineStr">
         <is>
           <t>Diesel B7 (€/L)</t>
         </is>
       </c>
       <c r="E111" s="2" t="n">
-        <v>1.7952666666666741</v>
+        <v>1.8102580645161348</v>
       </c>
     </row>
     <row r="112">
       <c r="A112" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="B112" t="inlineStr">
         <is>
-          <t xml:space="preserve"> 6</t>
+          <t xml:space="preserve"> 7</t>
         </is>
       </c>
       <c r="C112" t="inlineStr">
         <is>
           <t>Gasoil Diesel routier</t>
         </is>
       </c>
       <c r="D112" t="inlineStr">
         <is>
           <t>Diesel B10 (€/L)</t>
         </is>
       </c>
       <c r="E112" s="2" t="n">
-        <v>1.7935000000000065</v>
+        <v>1.808387096774199</v>
       </c>
     </row>
     <row r="113">
       <c r="A113" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="B113" t="inlineStr">
         <is>
-          <t xml:space="preserve"> 6</t>
+          <t xml:space="preserve"> 7</t>
         </is>
       </c>
       <c r="C113" t="inlineStr">
         <is>
           <t>Gasoil Diesel routier</t>
         </is>
       </c>
       <c r="D113" t="inlineStr">
         <is>
           <t>Diesel B20 (€/L)</t>
         </is>
       </c>
       <c r="E113" s="2" t="n">
-        <v>1.8215000000000063</v>
+        <v>1.8307419354838772</v>
       </c>
     </row>
     <row r="114">
       <c r="A114" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="B114" t="inlineStr">
         <is>
-          <t xml:space="preserve"> 6</t>
+          <t xml:space="preserve"> 7</t>
         </is>
       </c>
       <c r="C114" t="inlineStr">
         <is>
           <t>Gasoil Diesel routier</t>
         </is>
       </c>
       <c r="D114" t="inlineStr">
         <is>
           <t>Diesel B30 (€/L)</t>
         </is>
       </c>
       <c r="E114" s="2" t="n">
-        <v>1.876200000000007</v>
+        <v>1.8792903225806514</v>
       </c>
     </row>
     <row r="115">
       <c r="A115" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="B115" t="inlineStr">
         <is>
-          <t xml:space="preserve"> 6</t>
+          <t xml:space="preserve"> 7</t>
         </is>
       </c>
       <c r="C115" t="inlineStr">
         <is>
           <t>Gasoil Diesel routier</t>
         </is>
       </c>
       <c r="D115" t="inlineStr">
         <is>
           <t>Diesel XTL (€/L)</t>
         </is>
       </c>
       <c r="E115" s="2" t="n">
-        <v>2.3939666666666755</v>
+        <v>2.4109032258064595</v>
       </c>
     </row>
     <row r="116">
       <c r="A116" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="B116" t="inlineStr">
         <is>
-          <t xml:space="preserve"> 6</t>
+          <t xml:space="preserve"> 7</t>
         </is>
       </c>
       <c r="C116" t="inlineStr">
         <is>
           <t>Gasoil Diesel (application chauffage)</t>
         </is>
       </c>
       <c r="D116" t="inlineStr">
         <is>
           <t>Gasoil Diesel Chauffage (à partir de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E116" s="2" t="n">
-        <v>0.89647666666667</v>
+        <v>0.9072516129032291</v>
       </c>
     </row>
     <row r="117">
       <c r="A117" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="B117" t="inlineStr">
         <is>
-          <t xml:space="preserve"> 6</t>
+          <t xml:space="preserve"> 7</t>
         </is>
       </c>
       <c r="C117" t="inlineStr">
         <is>
           <t>Gasoil Diesel (application chauffage)</t>
         </is>
       </c>
       <c r="D117" t="inlineStr">
         <is>
           <t>Gasoil Diesel Chauffage (moins de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E117" s="2" t="n">
-        <v>0.9356866666666696</v>
+        <v>0.9464806451612939</v>
       </c>
     </row>
     <row r="118">
       <c r="A118" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="B118" t="inlineStr">
         <is>
-          <t xml:space="preserve"> 6</t>
+          <t xml:space="preserve"> 7</t>
         </is>
       </c>
       <c r="C118" t="inlineStr">
         <is>
           <t>Gasoil de chauffage</t>
         </is>
       </c>
       <c r="D118" t="inlineStr">
         <is>
           <t>Gasoil chauffage (H0/H7) (à partir de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E118" s="2" t="n">
-        <v>0.89650666666667</v>
+        <v>0.9072516129032291</v>
       </c>
     </row>
     <row r="119">
       <c r="A119" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="B119" t="inlineStr">
         <is>
-          <t xml:space="preserve"> 6</t>
+          <t xml:space="preserve"> 7</t>
         </is>
       </c>
       <c r="C119" t="inlineStr">
         <is>
           <t>Gasoil de chauffage</t>
         </is>
       </c>
       <c r="D119" t="inlineStr">
         <is>
           <t>Gasoil chauffage (H0/H7) (moins de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E119" s="2" t="n">
-        <v>0.9357166666666695</v>
+        <v>0.9464806451612939</v>
       </c>
     </row>
     <row r="120">
       <c r="A120" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="B120" t="inlineStr">
         <is>
-          <t xml:space="preserve"> 6</t>
+          <t xml:space="preserve"> 7</t>
         </is>
       </c>
       <c r="C120" t="inlineStr">
         <is>
           <t>Gasoil de chauffage</t>
         </is>
       </c>
       <c r="D120" t="inlineStr">
         <is>
           <t>Gasoil chauffage (H0/H7) (à la pompe) (€/L)</t>
         </is>
       </c>
       <c r="E120" s="2" t="n">
-        <v>1.0477666666666703</v>
+        <v>1.058580645161294</v>
       </c>
     </row>
     <row r="121">
       <c r="A121" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="B121" t="inlineStr">
         <is>
-          <t xml:space="preserve"> 6</t>
+          <t xml:space="preserve"> 7</t>
         </is>
       </c>
       <c r="C121" t="inlineStr">
         <is>
           <t>Butane + LPG</t>
         </is>
       </c>
       <c r="D121" t="inlineStr">
         <is>
           <t>Autogas LPG (à la pompe) (€/L)</t>
         </is>
       </c>
       <c r="E121" s="2" t="n">
-        <v>0.6583333333333355</v>
+        <v>0.6812258064516153</v>
       </c>
     </row>
     <row r="122">
       <c r="A122" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="B122" t="inlineStr">
         <is>
-          <t xml:space="preserve"> 7</t>
+          <t xml:space="preserve"> 8</t>
         </is>
       </c>
       <c r="C122" t="inlineStr">
         <is>
           <t>Essences</t>
         </is>
       </c>
       <c r="D122" t="inlineStr">
         <is>
           <t>Essence 95 RON E5 (€/L)</t>
         </is>
       </c>
       <c r="E122" s="2" t="n">
-        <v>1.7700967741935552</v>
+        <v>1.7104838709677481</v>
       </c>
     </row>
     <row r="123">
       <c r="A123" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="B123" t="inlineStr">
         <is>
-          <t xml:space="preserve"> 7</t>
+          <t xml:space="preserve"> 8</t>
         </is>
       </c>
       <c r="C123" t="inlineStr">
         <is>
           <t>Essences</t>
         </is>
       </c>
       <c r="D123" t="inlineStr">
         <is>
           <t>Essence 95 RON E10 (€/L)</t>
         </is>
       </c>
       <c r="E123" s="2" t="n">
-        <v>1.7612903225806522</v>
+        <v>1.699903225806458</v>
       </c>
     </row>
     <row r="124">
       <c r="A124" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="B124" t="inlineStr">
         <is>
-          <t xml:space="preserve"> 7</t>
+          <t xml:space="preserve"> 8</t>
         </is>
       </c>
       <c r="C124" t="inlineStr">
         <is>
           <t>Essences</t>
         </is>
       </c>
       <c r="D124" t="inlineStr">
         <is>
           <t>Essence 98 RON E5 (€/L)</t>
         </is>
       </c>
       <c r="E124" s="2" t="n">
-        <v>1.8551935483871047</v>
+        <v>1.7945483870967798</v>
       </c>
     </row>
     <row r="125">
       <c r="A125" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="B125" t="inlineStr">
         <is>
-          <t xml:space="preserve"> 7</t>
+          <t xml:space="preserve"> 8</t>
         </is>
       </c>
       <c r="C125" t="inlineStr">
         <is>
           <t>Essences</t>
         </is>
       </c>
       <c r="D125" t="inlineStr">
         <is>
           <t>Essence 98 RON E10 (€/L)</t>
         </is>
       </c>
       <c r="E125" s="2" t="n">
-        <v>1.8618064516129103</v>
+        <v>1.8020322580645236</v>
       </c>
     </row>
     <row r="126">
       <c r="A126" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="B126" t="inlineStr">
         <is>
-          <t xml:space="preserve"> 7</t>
+          <t xml:space="preserve"> 8</t>
         </is>
       </c>
       <c r="C126" t="inlineStr">
         <is>
           <t>Gasoil Diesel routier</t>
         </is>
       </c>
       <c r="D126" t="inlineStr">
         <is>
           <t>Diesel B7 (€/L)</t>
         </is>
       </c>
       <c r="E126" s="2" t="n">
-        <v>1.8102580645161348</v>
+        <v>1.7433225806451678</v>
       </c>
     </row>
     <row r="127">
       <c r="A127" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="B127" t="inlineStr">
         <is>
-          <t xml:space="preserve"> 7</t>
+          <t xml:space="preserve"> 8</t>
         </is>
       </c>
       <c r="C127" t="inlineStr">
         <is>
           <t>Gasoil Diesel routier</t>
         </is>
       </c>
       <c r="D127" t="inlineStr">
         <is>
           <t>Diesel B10 (€/L)</t>
         </is>
       </c>
       <c r="E127" s="2" t="n">
-        <v>1.808387096774199</v>
+        <v>1.741322580645167</v>
       </c>
     </row>
     <row r="128">
       <c r="A128" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="B128" t="inlineStr">
         <is>
-          <t xml:space="preserve"> 7</t>
+          <t xml:space="preserve"> 8</t>
         </is>
       </c>
       <c r="C128" t="inlineStr">
         <is>
           <t>Gasoil Diesel routier</t>
         </is>
       </c>
       <c r="D128" t="inlineStr">
         <is>
           <t>Diesel B20 (€/L)</t>
         </is>
       </c>
       <c r="E128" s="2" t="n">
-        <v>1.8307419354838772</v>
+        <v>1.7613548387096833</v>
       </c>
     </row>
     <row r="129">
       <c r="A129" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="B129" t="inlineStr">
         <is>
-          <t xml:space="preserve"> 7</t>
+          <t xml:space="preserve"> 8</t>
         </is>
       </c>
       <c r="C129" t="inlineStr">
         <is>
           <t>Gasoil Diesel routier</t>
         </is>
       </c>
       <c r="D129" t="inlineStr">
         <is>
           <t>Diesel B30 (€/L)</t>
         </is>
       </c>
       <c r="E129" s="2" t="n">
-        <v>1.8792903225806514</v>
+        <v>1.8073548387096838</v>
       </c>
     </row>
     <row r="130">
       <c r="A130" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="B130" t="inlineStr">
         <is>
-          <t xml:space="preserve"> 7</t>
+          <t xml:space="preserve"> 8</t>
         </is>
       </c>
       <c r="C130" t="inlineStr">
         <is>
           <t>Gasoil Diesel routier</t>
         </is>
       </c>
       <c r="D130" t="inlineStr">
         <is>
           <t>Diesel XTL (€/L)</t>
         </is>
       </c>
       <c r="E130" s="2" t="n">
-        <v>2.4109032258064595</v>
+        <v>2.3556774193548464</v>
       </c>
     </row>
     <row r="131">
       <c r="A131" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="B131" t="inlineStr">
         <is>
-          <t xml:space="preserve"> 7</t>
+          <t xml:space="preserve"> 8</t>
         </is>
       </c>
       <c r="C131" t="inlineStr">
         <is>
           <t>Gasoil Diesel (application chauffage)</t>
         </is>
       </c>
       <c r="D131" t="inlineStr">
         <is>
           <t>Gasoil Diesel Chauffage (à partir de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E131" s="2" t="n">
-        <v>0.9072516129032291</v>
+        <v>0.8440548387096805</v>
       </c>
     </row>
     <row r="132">
       <c r="A132" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="B132" t="inlineStr">
         <is>
-          <t xml:space="preserve"> 7</t>
+          <t xml:space="preserve"> 8</t>
         </is>
       </c>
       <c r="C132" t="inlineStr">
         <is>
           <t>Gasoil Diesel (application chauffage)</t>
         </is>
       </c>
       <c r="D132" t="inlineStr">
         <is>
           <t>Gasoil Diesel Chauffage (moins de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E132" s="2" t="n">
-        <v>0.9464806451612939</v>
+        <v>0.8832677419354871</v>
       </c>
     </row>
     <row r="133">
       <c r="A133" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="B133" t="inlineStr">
         <is>
-          <t xml:space="preserve"> 7</t>
+          <t xml:space="preserve"> 8</t>
         </is>
       </c>
       <c r="C133" t="inlineStr">
         <is>
           <t>Gasoil de chauffage</t>
         </is>
       </c>
       <c r="D133" t="inlineStr">
         <is>
           <t>Gasoil chauffage (H0/H7) (à partir de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E133" s="2" t="n">
-        <v>0.9072516129032291</v>
+        <v>0.8442612903225836</v>
       </c>
     </row>
     <row r="134">
       <c r="A134" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="B134" t="inlineStr">
         <is>
-          <t xml:space="preserve"> 7</t>
+          <t xml:space="preserve"> 8</t>
         </is>
       </c>
       <c r="C134" t="inlineStr">
         <is>
           <t>Gasoil de chauffage</t>
         </is>
       </c>
       <c r="D134" t="inlineStr">
         <is>
           <t>Gasoil chauffage (H0/H7) (moins de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E134" s="2" t="n">
-        <v>0.9464806451612939</v>
+        <v>0.8834741935483904</v>
       </c>
     </row>
     <row r="135">
       <c r="A135" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="B135" t="inlineStr">
         <is>
-          <t xml:space="preserve"> 7</t>
+          <t xml:space="preserve"> 8</t>
         </is>
       </c>
       <c r="C135" t="inlineStr">
         <is>
           <t>Gasoil de chauffage</t>
         </is>
       </c>
       <c r="D135" t="inlineStr">
         <is>
           <t>Gasoil chauffage (H0/H7) (à la pompe) (€/L)</t>
         </is>
       </c>
       <c r="E135" s="2" t="n">
-        <v>1.058580645161294</v>
+        <v>0.9954838709677456</v>
       </c>
     </row>
     <row r="136">
       <c r="A136" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="B136" t="inlineStr">
         <is>
-          <t xml:space="preserve"> 7</t>
+          <t xml:space="preserve"> 8</t>
         </is>
       </c>
       <c r="C136" t="inlineStr">
         <is>
           <t>Butane + LPG</t>
         </is>
       </c>
       <c r="D136" t="inlineStr">
         <is>
           <t>Autogas LPG (à la pompe) (€/L)</t>
         </is>
       </c>
       <c r="E136" s="2" t="n">
-        <v>0.6812258064516153</v>
+        <v>0.6765161290322603</v>
       </c>
     </row>
     <row r="137">
       <c r="A137" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="B137" t="inlineStr">
         <is>
-          <t xml:space="preserve"> 8</t>
+          <t xml:space="preserve"> 9</t>
         </is>
       </c>
       <c r="C137" t="inlineStr">
         <is>
           <t>Essences</t>
         </is>
       </c>
       <c r="D137" t="inlineStr">
         <is>
           <t>Essence 95 RON E5 (€/L)</t>
         </is>
       </c>
       <c r="E137" s="2" t="n">
-        <v>1.7104838709677481</v>
+        <v>1.6487333333333376</v>
       </c>
     </row>
     <row r="138">
       <c r="A138" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="B138" t="inlineStr">
         <is>
-          <t xml:space="preserve"> 8</t>
+          <t xml:space="preserve"> 9</t>
         </is>
       </c>
       <c r="C138" t="inlineStr">
         <is>
           <t>Essences</t>
         </is>
       </c>
       <c r="D138" t="inlineStr">
         <is>
           <t>Essence 95 RON E10 (€/L)</t>
         </is>
       </c>
       <c r="E138" s="2" t="n">
-        <v>1.699903225806458</v>
+        <v>1.6369333333333385</v>
       </c>
     </row>
     <row r="139">
       <c r="A139" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="B139" t="inlineStr">
         <is>
-          <t xml:space="preserve"> 8</t>
+          <t xml:space="preserve"> 9</t>
         </is>
       </c>
       <c r="C139" t="inlineStr">
         <is>
           <t>Essences</t>
         </is>
       </c>
       <c r="D139" t="inlineStr">
         <is>
           <t>Essence 98 RON E5 (€/L)</t>
         </is>
       </c>
       <c r="E139" s="2" t="n">
-        <v>1.7945483870967798</v>
+        <v>1.7112333333333387</v>
       </c>
     </row>
     <row r="140">
       <c r="A140" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="B140" t="inlineStr">
         <is>
-          <t xml:space="preserve"> 8</t>
+          <t xml:space="preserve"> 9</t>
         </is>
       </c>
       <c r="C140" t="inlineStr">
         <is>
           <t>Essences</t>
         </is>
       </c>
       <c r="D140" t="inlineStr">
         <is>
           <t>Essence 98 RON E10 (€/L)</t>
         </is>
       </c>
       <c r="E140" s="2" t="n">
-        <v>1.8020322580645236</v>
+        <v>1.715000000000007</v>
       </c>
     </row>
     <row r="141">
       <c r="A141" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="B141" t="inlineStr">
         <is>
-          <t xml:space="preserve"> 8</t>
+          <t xml:space="preserve"> 9</t>
         </is>
       </c>
       <c r="C141" t="inlineStr">
         <is>
           <t>Gasoil Diesel routier</t>
         </is>
       </c>
       <c r="D141" t="inlineStr">
         <is>
           <t>Diesel B7 (€/L)</t>
         </is>
       </c>
       <c r="E141" s="2" t="n">
-        <v>1.7433225806451678</v>
+        <v>1.6916666666666729</v>
       </c>
     </row>
     <row r="142">
       <c r="A142" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="B142" t="inlineStr">
         <is>
-          <t xml:space="preserve"> 8</t>
+          <t xml:space="preserve"> 9</t>
         </is>
       </c>
       <c r="C142" t="inlineStr">
         <is>
           <t>Gasoil Diesel routier</t>
         </is>
       </c>
       <c r="D142" t="inlineStr">
         <is>
           <t>Diesel B10 (€/L)</t>
         </is>
       </c>
       <c r="E142" s="2" t="n">
-        <v>1.741322580645167</v>
+        <v>1.6895333333333389</v>
       </c>
     </row>
     <row r="143">
       <c r="A143" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="B143" t="inlineStr">
         <is>
-          <t xml:space="preserve"> 8</t>
+          <t xml:space="preserve"> 9</t>
         </is>
       </c>
       <c r="C143" t="inlineStr">
         <is>
           <t>Gasoil Diesel routier</t>
         </is>
       </c>
       <c r="D143" t="inlineStr">
         <is>
           <t>Diesel B20 (€/L)</t>
         </is>
       </c>
       <c r="E143" s="2" t="n">
-        <v>1.7613548387096833</v>
+        <v>1.7142666666666726</v>
       </c>
     </row>
     <row r="144">
       <c r="A144" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="B144" t="inlineStr">
         <is>
-          <t xml:space="preserve"> 8</t>
+          <t xml:space="preserve"> 9</t>
         </is>
       </c>
       <c r="C144" t="inlineStr">
         <is>
           <t>Gasoil Diesel routier</t>
         </is>
       </c>
       <c r="D144" t="inlineStr">
         <is>
           <t>Diesel B30 (€/L)</t>
         </is>
       </c>
       <c r="E144" s="2" t="n">
-        <v>1.8073548387096838</v>
+        <v>1.7672000000000063</v>
       </c>
     </row>
     <row r="145">
       <c r="A145" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="B145" t="inlineStr">
         <is>
-          <t xml:space="preserve"> 8</t>
+          <t xml:space="preserve"> 9</t>
         </is>
       </c>
       <c r="C145" t="inlineStr">
         <is>
           <t>Gasoil Diesel routier</t>
         </is>
       </c>
       <c r="D145" t="inlineStr">
         <is>
           <t>Diesel XTL (€/L)</t>
         </is>
       </c>
       <c r="E145" s="2" t="n">
-        <v>2.3556774193548464</v>
+        <v>2.3434333333333432</v>
       </c>
     </row>
     <row r="146">
       <c r="A146" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="B146" t="inlineStr">
         <is>
-          <t xml:space="preserve"> 8</t>
+          <t xml:space="preserve"> 9</t>
         </is>
       </c>
       <c r="C146" t="inlineStr">
         <is>
           <t>Gasoil Diesel (application chauffage)</t>
         </is>
       </c>
       <c r="D146" t="inlineStr">
         <is>
           <t>Gasoil Diesel Chauffage (à partir de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E146" s="2" t="n">
-        <v>0.8440548387096805</v>
+        <v>0.7879866666666695</v>
       </c>
     </row>
     <row r="147">
       <c r="A147" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="B147" t="inlineStr">
         <is>
-          <t xml:space="preserve"> 8</t>
+          <t xml:space="preserve"> 9</t>
         </is>
       </c>
       <c r="C147" t="inlineStr">
         <is>
           <t>Gasoil Diesel (application chauffage)</t>
         </is>
       </c>
       <c r="D147" t="inlineStr">
         <is>
           <t>Gasoil Diesel Chauffage (moins de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E147" s="2" t="n">
-        <v>0.8832677419354871</v>
+        <v>0.8271933333333362</v>
       </c>
     </row>
     <row r="148">
       <c r="A148" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="B148" t="inlineStr">
         <is>
-          <t xml:space="preserve"> 8</t>
+          <t xml:space="preserve"> 9</t>
         </is>
       </c>
       <c r="C148" t="inlineStr">
         <is>
           <t>Gasoil de chauffage</t>
         </is>
       </c>
       <c r="D148" t="inlineStr">
         <is>
           <t>Gasoil chauffage (H0/H7) (à partir de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E148" s="2" t="n">
-        <v>0.8442612903225836</v>
+        <v>0.7882100000000027</v>
       </c>
     </row>
     <row r="149">
       <c r="A149" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="B149" t="inlineStr">
         <is>
-          <t xml:space="preserve"> 8</t>
+          <t xml:space="preserve"> 9</t>
         </is>
       </c>
       <c r="C149" t="inlineStr">
         <is>
           <t>Gasoil de chauffage</t>
         </is>
       </c>
       <c r="D149" t="inlineStr">
         <is>
           <t>Gasoil chauffage (H0/H7) (moins de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E149" s="2" t="n">
-        <v>0.8834741935483904</v>
+        <v>0.8274133333333363</v>
       </c>
     </row>
     <row r="150">
       <c r="A150" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="B150" t="inlineStr">
         <is>
-          <t xml:space="preserve"> 8</t>
+          <t xml:space="preserve"> 9</t>
         </is>
       </c>
       <c r="C150" t="inlineStr">
         <is>
           <t>Gasoil de chauffage</t>
         </is>
       </c>
       <c r="D150" t="inlineStr">
         <is>
           <t>Gasoil chauffage (H0/H7) (à la pompe) (€/L)</t>
         </is>
       </c>
       <c r="E150" s="2" t="n">
-        <v>0.9954838709677456</v>
+        <v>0.9395666666666699</v>
       </c>
     </row>
     <row r="151">
       <c r="A151" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="B151" t="inlineStr">
         <is>
-          <t xml:space="preserve"> 8</t>
+          <t xml:space="preserve"> 9</t>
         </is>
       </c>
       <c r="C151" t="inlineStr">
         <is>
           <t>Butane + LPG</t>
         </is>
       </c>
       <c r="D151" t="inlineStr">
         <is>
           <t>Autogas LPG (à la pompe) (€/L)</t>
         </is>
       </c>
       <c r="E151" s="2" t="n">
-        <v>0.6765161290322603</v>
+        <v>0.765300000000003</v>
       </c>
     </row>
     <row r="152">
       <c r="A152" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="B152" t="inlineStr">
         <is>
-          <t xml:space="preserve"> 9</t>
+          <t>10</t>
         </is>
       </c>
       <c r="C152" t="inlineStr">
         <is>
           <t>Essences</t>
         </is>
       </c>
       <c r="D152" t="inlineStr">
         <is>
           <t>Essence 95 RON E5 (€/L)</t>
         </is>
       </c>
       <c r="E152" s="2" t="n">
-        <v>1.6487333333333376</v>
+        <v>1.6722903225806505</v>
       </c>
     </row>
     <row r="153">
       <c r="A153" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="B153" t="inlineStr">
         <is>
-          <t xml:space="preserve"> 9</t>
+          <t>10</t>
         </is>
       </c>
       <c r="C153" t="inlineStr">
         <is>
           <t>Essences</t>
         </is>
       </c>
       <c r="D153" t="inlineStr">
         <is>
           <t>Essence 95 RON E10 (€/L)</t>
         </is>
       </c>
       <c r="E153" s="2" t="n">
-        <v>1.6369333333333385</v>
+        <v>1.6598387096774239</v>
       </c>
     </row>
     <row r="154">
       <c r="A154" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="B154" t="inlineStr">
         <is>
-          <t xml:space="preserve"> 9</t>
+          <t>10</t>
         </is>
       </c>
       <c r="C154" t="inlineStr">
         <is>
           <t>Essences</t>
         </is>
       </c>
       <c r="D154" t="inlineStr">
         <is>
           <t>Essence 98 RON E5 (€/L)</t>
         </is>
       </c>
       <c r="E154" s="2" t="n">
-        <v>1.7112333333333387</v>
+        <v>1.7443548387096839</v>
       </c>
     </row>
     <row r="155">
       <c r="A155" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="B155" t="inlineStr">
         <is>
-          <t xml:space="preserve"> 9</t>
+          <t>10</t>
         </is>
       </c>
       <c r="C155" t="inlineStr">
         <is>
           <t>Essences</t>
         </is>
       </c>
       <c r="D155" t="inlineStr">
         <is>
           <t>Essence 98 RON E10 (€/L)</t>
         </is>
       </c>
       <c r="E155" s="2" t="n">
-        <v>1.715000000000007</v>
+        <v>1.7461935483871032</v>
       </c>
     </row>
     <row r="156">
       <c r="A156" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="B156" t="inlineStr">
         <is>
-          <t xml:space="preserve"> 9</t>
+          <t>10</t>
         </is>
       </c>
       <c r="C156" t="inlineStr">
         <is>
           <t>Gasoil Diesel routier</t>
         </is>
       </c>
       <c r="D156" t="inlineStr">
         <is>
           <t>Diesel B7 (€/L)</t>
         </is>
       </c>
       <c r="E156" s="2" t="n">
-        <v>1.6916666666666729</v>
+        <v>1.7225806451612957</v>
       </c>
     </row>
     <row r="157">
       <c r="A157" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="B157" t="inlineStr">
         <is>
-          <t xml:space="preserve"> 9</t>
+          <t>10</t>
         </is>
       </c>
       <c r="C157" t="inlineStr">
         <is>
           <t>Gasoil Diesel routier</t>
         </is>
       </c>
       <c r="D157" t="inlineStr">
         <is>
           <t>Diesel B10 (€/L)</t>
         </is>
       </c>
       <c r="E157" s="2" t="n">
-        <v>1.6895333333333389</v>
+        <v>1.7206129032258122</v>
       </c>
     </row>
     <row r="158">
       <c r="A158" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="B158" t="inlineStr">
         <is>
-          <t xml:space="preserve"> 9</t>
+          <t>10</t>
         </is>
       </c>
       <c r="C158" t="inlineStr">
         <is>
           <t>Gasoil Diesel routier</t>
         </is>
       </c>
       <c r="D158" t="inlineStr">
         <is>
           <t>Diesel B20 (€/L)</t>
         </is>
       </c>
       <c r="E158" s="2" t="n">
-        <v>1.7142666666666726</v>
+        <v>1.7455806451612974</v>
       </c>
     </row>
     <row r="159">
       <c r="A159" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="B159" t="inlineStr">
         <is>
-          <t xml:space="preserve"> 9</t>
+          <t>10</t>
         </is>
       </c>
       <c r="C159" t="inlineStr">
         <is>
           <t>Gasoil Diesel routier</t>
         </is>
       </c>
       <c r="D159" t="inlineStr">
         <is>
           <t>Diesel B30 (€/L)</t>
         </is>
       </c>
       <c r="E159" s="2" t="n">
-        <v>1.7672000000000063</v>
+        <v>1.801645161290329</v>
       </c>
     </row>
     <row r="160">
       <c r="A160" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="B160" t="inlineStr">
         <is>
-          <t xml:space="preserve"> 9</t>
+          <t>10</t>
         </is>
       </c>
       <c r="C160" t="inlineStr">
         <is>
           <t>Gasoil Diesel routier</t>
         </is>
       </c>
       <c r="D160" t="inlineStr">
         <is>
           <t>Diesel XTL (€/L)</t>
         </is>
       </c>
       <c r="E160" s="2" t="n">
-        <v>2.3434333333333432</v>
+        <v>2.436322580645169</v>
       </c>
     </row>
     <row r="161">
       <c r="A161" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="B161" t="inlineStr">
         <is>
-          <t xml:space="preserve"> 9</t>
+          <t>10</t>
         </is>
       </c>
       <c r="C161" t="inlineStr">
         <is>
           <t>Gasoil Diesel (application chauffage)</t>
         </is>
       </c>
       <c r="D161" t="inlineStr">
         <is>
           <t>Gasoil Diesel Chauffage (à partir de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E161" s="2" t="n">
-        <v>0.7879866666666695</v>
+        <v>0.8121161290322612</v>
       </c>
     </row>
     <row r="162">
       <c r="A162" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="B162" t="inlineStr">
         <is>
-          <t xml:space="preserve"> 9</t>
+          <t>10</t>
         </is>
       </c>
       <c r="C162" t="inlineStr">
         <is>
           <t>Gasoil Diesel (application chauffage)</t>
         </is>
       </c>
       <c r="D162" t="inlineStr">
         <is>
           <t>Gasoil Diesel Chauffage (moins de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E162" s="2" t="n">
-        <v>0.8271933333333362</v>
+        <v>0.851819354838713</v>
       </c>
     </row>
     <row r="163">
       <c r="A163" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="B163" t="inlineStr">
         <is>
-          <t xml:space="preserve"> 9</t>
+          <t>10</t>
         </is>
       </c>
       <c r="C163" t="inlineStr">
         <is>
           <t>Gasoil de chauffage</t>
         </is>
       </c>
       <c r="D163" t="inlineStr">
         <is>
           <t>Gasoil chauffage (H0/H7) (à partir de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E163" s="2" t="n">
-        <v>0.7882100000000027</v>
+        <v>0.8121161290322612</v>
       </c>
     </row>
     <row r="164">
       <c r="A164" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="B164" t="inlineStr">
         <is>
-          <t xml:space="preserve"> 9</t>
+          <t>10</t>
         </is>
       </c>
       <c r="C164" t="inlineStr">
         <is>
           <t>Gasoil de chauffage</t>
         </is>
       </c>
       <c r="D164" t="inlineStr">
         <is>
           <t>Gasoil chauffage (H0/H7) (moins de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E164" s="2" t="n">
-        <v>0.8274133333333363</v>
+        <v>0.851819354838713</v>
       </c>
     </row>
     <row r="165">
       <c r="A165" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="B165" t="inlineStr">
         <is>
-          <t xml:space="preserve"> 9</t>
+          <t>10</t>
         </is>
       </c>
       <c r="C165" t="inlineStr">
         <is>
           <t>Gasoil de chauffage</t>
         </is>
       </c>
       <c r="D165" t="inlineStr">
         <is>
           <t>Gasoil chauffage (H0/H7) (à la pompe) (€/L)</t>
         </is>
       </c>
       <c r="E165" s="2" t="n">
-        <v>0.9395666666666699</v>
+        <v>0.9666451612903261</v>
       </c>
     </row>
     <row r="166">
       <c r="A166" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="B166" t="inlineStr">
         <is>
-          <t xml:space="preserve"> 9</t>
+          <t>10</t>
         </is>
       </c>
       <c r="C166" t="inlineStr">
         <is>
           <t>Butane + LPG</t>
         </is>
       </c>
       <c r="D166" t="inlineStr">
         <is>
           <t>Autogas LPG (à la pompe) (€/L)</t>
         </is>
       </c>
       <c r="E166" s="2" t="n">
-        <v>0.765300000000003</v>
+        <v>0.8576129032258094</v>
       </c>
     </row>
     <row r="167">
       <c r="A167" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="B167" t="inlineStr">
         <is>
-          <t>10</t>
+          <t>11</t>
         </is>
       </c>
       <c r="C167" t="inlineStr">
         <is>
           <t>Essences</t>
         </is>
       </c>
       <c r="D167" t="inlineStr">
         <is>
           <t>Essence 95 RON E5 (€/L)</t>
         </is>
       </c>
       <c r="E167" s="2" t="n">
-        <v>1.6722903225806505</v>
+        <v>1.673266666666672</v>
       </c>
     </row>
     <row r="168">
       <c r="A168" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="B168" t="inlineStr">
         <is>
-          <t>10</t>
+          <t>11</t>
         </is>
       </c>
       <c r="C168" t="inlineStr">
         <is>
           <t>Essences</t>
         </is>
       </c>
       <c r="D168" t="inlineStr">
         <is>
           <t>Essence 95 RON E10 (€/L)</t>
         </is>
       </c>
       <c r="E168" s="2" t="n">
-        <v>1.6598387096774239</v>
+        <v>1.6562666666666737</v>
       </c>
     </row>
     <row r="169">
       <c r="A169" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="B169" t="inlineStr">
         <is>
-          <t>10</t>
+          <t>11</t>
         </is>
       </c>
       <c r="C169" t="inlineStr">
         <is>
           <t>Essences</t>
         </is>
       </c>
       <c r="D169" t="inlineStr">
         <is>
           <t>Essence 98 RON E5 (€/L)</t>
         </is>
       </c>
       <c r="E169" s="2" t="n">
-        <v>1.7443548387096839</v>
+        <v>1.7422000000000057</v>
       </c>
     </row>
     <row r="170">
       <c r="A170" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="B170" t="inlineStr">
         <is>
-          <t>10</t>
+          <t>11</t>
         </is>
       </c>
       <c r="C170" t="inlineStr">
         <is>
           <t>Essences</t>
         </is>
       </c>
       <c r="D170" t="inlineStr">
         <is>
           <t>Essence 98 RON E10 (€/L)</t>
         </is>
       </c>
       <c r="E170" s="2" t="n">
-        <v>1.7461935483871032</v>
+        <v>1.7372666666666723</v>
       </c>
     </row>
     <row r="171">
       <c r="A171" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="B171" t="inlineStr">
         <is>
-          <t>10</t>
+          <t>11</t>
         </is>
       </c>
       <c r="C171" t="inlineStr">
         <is>
           <t>Gasoil Diesel routier</t>
         </is>
       </c>
       <c r="D171" t="inlineStr">
         <is>
           <t>Diesel B7 (€/L)</t>
         </is>
       </c>
       <c r="E171" s="2" t="n">
-        <v>1.7225806451612957</v>
+        <v>1.7595000000000054</v>
       </c>
     </row>
     <row r="172">
       <c r="A172" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="B172" t="inlineStr">
         <is>
-          <t>10</t>
+          <t>11</t>
         </is>
       </c>
       <c r="C172" t="inlineStr">
         <is>
           <t>Gasoil Diesel routier</t>
         </is>
       </c>
       <c r="D172" t="inlineStr">
         <is>
           <t>Diesel B10 (€/L)</t>
         </is>
       </c>
       <c r="E172" s="2" t="n">
-        <v>1.7206129032258122</v>
+        <v>1.7501666666666738</v>
       </c>
     </row>
     <row r="173">
       <c r="A173" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="B173" t="inlineStr">
         <is>
-          <t>10</t>
+          <t>11</t>
         </is>
       </c>
       <c r="C173" t="inlineStr">
         <is>
           <t>Gasoil Diesel routier</t>
         </is>
       </c>
       <c r="D173" t="inlineStr">
         <is>
           <t>Diesel B20 (€/L)</t>
         </is>
       </c>
       <c r="E173" s="2" t="n">
-        <v>1.7455806451612974</v>
+        <v>1.784466666666672</v>
       </c>
     </row>
     <row r="174">
       <c r="A174" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="B174" t="inlineStr">
         <is>
-          <t>10</t>
+          <t>11</t>
         </is>
       </c>
       <c r="C174" t="inlineStr">
         <is>
           <t>Gasoil Diesel routier</t>
         </is>
       </c>
       <c r="D174" t="inlineStr">
         <is>
           <t>Diesel B30 (€/L)</t>
         </is>
       </c>
       <c r="E174" s="2" t="n">
-        <v>1.801645161290329</v>
+        <v>1.857333333333339</v>
       </c>
     </row>
     <row r="175">
       <c r="A175" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="B175" t="inlineStr">
         <is>
-          <t>10</t>
+          <t>11</t>
         </is>
       </c>
       <c r="C175" t="inlineStr">
         <is>
           <t>Gasoil Diesel routier</t>
         </is>
       </c>
       <c r="D175" t="inlineStr">
         <is>
           <t>Diesel XTL (€/L)</t>
         </is>
       </c>
       <c r="E175" s="2" t="n">
-        <v>2.436322580645169</v>
+        <v>2.9114333333333438</v>
       </c>
     </row>
     <row r="176">
       <c r="A176" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="B176" t="inlineStr">
         <is>
-          <t>10</t>
+          <t>11</t>
         </is>
       </c>
       <c r="C176" t="inlineStr">
         <is>
           <t>Gasoil Diesel (application chauffage)</t>
         </is>
       </c>
       <c r="D176" t="inlineStr">
         <is>
           <t>Gasoil Diesel Chauffage (à partir de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E176" s="2" t="n">
-        <v>0.8121161290322612</v>
+        <v>0.8282133333333366</v>
       </c>
     </row>
     <row r="177">
       <c r="A177" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="B177" t="inlineStr">
         <is>
-          <t>10</t>
+          <t>11</t>
         </is>
       </c>
       <c r="C177" t="inlineStr">
         <is>
           <t>Gasoil Diesel (application chauffage)</t>
         </is>
       </c>
       <c r="D177" t="inlineStr">
         <is>
           <t>Gasoil Diesel Chauffage (moins de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E177" s="2" t="n">
-        <v>0.851819354838713</v>
+        <v>0.8679166666666701</v>
       </c>
     </row>
     <row r="178">
       <c r="A178" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="B178" t="inlineStr">
         <is>
-          <t>10</t>
+          <t>11</t>
         </is>
       </c>
       <c r="C178" t="inlineStr">
         <is>
           <t>Gasoil de chauffage</t>
         </is>
       </c>
       <c r="D178" t="inlineStr">
         <is>
           <t>Gasoil chauffage (H0/H7) (à partir de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E178" s="2" t="n">
-        <v>0.8121161290322612</v>
+        <v>0.8282133333333366</v>
       </c>
     </row>
     <row r="179">
       <c r="A179" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="B179" t="inlineStr">
         <is>
-          <t>10</t>
+          <t>11</t>
         </is>
       </c>
       <c r="C179" t="inlineStr">
         <is>
           <t>Gasoil de chauffage</t>
         </is>
       </c>
       <c r="D179" t="inlineStr">
         <is>
           <t>Gasoil chauffage (H0/H7) (moins de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E179" s="2" t="n">
-        <v>0.851819354838713</v>
+        <v>0.8679166666666701</v>
       </c>
     </row>
     <row r="180">
       <c r="A180" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="B180" t="inlineStr">
         <is>
-          <t>10</t>
+          <t>11</t>
         </is>
       </c>
       <c r="C180" t="inlineStr">
         <is>
           <t>Gasoil de chauffage</t>
         </is>
       </c>
       <c r="D180" t="inlineStr">
         <is>
           <t>Gasoil chauffage (H0/H7) (à la pompe) (€/L)</t>
         </is>
       </c>
       <c r="E180" s="2" t="n">
-        <v>0.9666451612903261</v>
+        <v>0.9827000000000033</v>
       </c>
     </row>
     <row r="181">
       <c r="A181" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="B181" t="inlineStr">
         <is>
-          <t>10</t>
+          <t>11</t>
         </is>
       </c>
       <c r="C181" t="inlineStr">
         <is>
           <t>Butane + LPG</t>
         </is>
       </c>
       <c r="D181" t="inlineStr">
         <is>
           <t>Autogas LPG (à la pompe) (€/L)</t>
         </is>
       </c>
       <c r="E181" s="2" t="n">
-        <v>0.8576129032258094</v>
+        <v>0.9008333333333368</v>
       </c>
     </row>
     <row r="182">
       <c r="A182" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="B182" t="inlineStr">
         <is>
-          <t>11</t>
+          <t>12</t>
         </is>
       </c>
       <c r="C182" t="inlineStr">
         <is>
           <t>Essences</t>
         </is>
       </c>
       <c r="D182" t="inlineStr">
         <is>
           <t>Essence 95 RON E5 (€/L)</t>
         </is>
       </c>
       <c r="E182" s="2" t="n">
-        <v>1.673266666666672</v>
+        <v>1.6851290322580699</v>
       </c>
     </row>
     <row r="183">
       <c r="A183" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="B183" t="inlineStr">
         <is>
-          <t>11</t>
+          <t>12</t>
         </is>
       </c>
       <c r="C183" t="inlineStr">
         <is>
           <t>Essences</t>
         </is>
       </c>
       <c r="D183" t="inlineStr">
         <is>
           <t>Essence 95 RON E10 (€/L)</t>
         </is>
       </c>
       <c r="E183" s="2" t="n">
-        <v>1.6562666666666737</v>
+        <v>1.6674838709677477</v>
       </c>
     </row>
     <row r="184">
       <c r="A184" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="B184" t="inlineStr">
         <is>
-          <t>11</t>
+          <t>12</t>
         </is>
       </c>
       <c r="C184" t="inlineStr">
         <is>
           <t>Essences</t>
         </is>
       </c>
       <c r="D184" t="inlineStr">
         <is>
           <t>Essence 98 RON E5 (€/L)</t>
         </is>
       </c>
       <c r="E184" s="2" t="n">
-        <v>1.7422000000000057</v>
+        <v>1.7415806451612956</v>
       </c>
     </row>
     <row r="185">
       <c r="A185" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="B185" t="inlineStr">
         <is>
-          <t>11</t>
+          <t>12</t>
         </is>
       </c>
       <c r="C185" t="inlineStr">
         <is>
           <t>Essences</t>
         </is>
       </c>
       <c r="D185" t="inlineStr">
         <is>
           <t>Essence 98 RON E10 (€/L)</t>
         </is>
       </c>
       <c r="E185" s="2" t="n">
-        <v>1.7372666666666723</v>
+        <v>1.7371290322580706</v>
       </c>
     </row>
     <row r="186">
       <c r="A186" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="B186" t="inlineStr">
         <is>
-          <t>11</t>
+          <t>12</t>
         </is>
       </c>
       <c r="C186" t="inlineStr">
         <is>
           <t>Gasoil Diesel routier</t>
         </is>
       </c>
       <c r="D186" t="inlineStr">
         <is>
           <t>Diesel B7 (€/L)</t>
         </is>
       </c>
       <c r="E186" s="2" t="n">
-        <v>1.7595000000000054</v>
+        <v>1.7631935483871024</v>
       </c>
     </row>
     <row r="187">
       <c r="A187" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="B187" t="inlineStr">
         <is>
-          <t>11</t>
+          <t>12</t>
         </is>
       </c>
       <c r="C187" t="inlineStr">
         <is>
           <t>Gasoil Diesel routier</t>
         </is>
       </c>
       <c r="D187" t="inlineStr">
         <is>
           <t>Diesel B10 (€/L)</t>
         </is>
       </c>
       <c r="E187" s="2" t="n">
-        <v>1.7501666666666738</v>
+        <v>1.7571935483871022</v>
       </c>
     </row>
     <row r="188">
       <c r="A188" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="B188" t="inlineStr">
         <is>
-          <t>11</t>
+          <t>12</t>
         </is>
       </c>
       <c r="C188" t="inlineStr">
         <is>
           <t>Gasoil Diesel routier</t>
         </is>
       </c>
       <c r="D188" t="inlineStr">
         <is>
           <t>Diesel B20 (€/L)</t>
         </is>
       </c>
       <c r="E188" s="2" t="n">
-        <v>1.784466666666672</v>
+        <v>1.7844516129032328</v>
       </c>
     </row>
     <row r="189">
       <c r="A189" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="B189" t="inlineStr">
         <is>
-          <t>11</t>
+          <t>12</t>
         </is>
       </c>
       <c r="C189" t="inlineStr">
         <is>
           <t>Gasoil Diesel routier</t>
         </is>
       </c>
       <c r="D189" t="inlineStr">
         <is>
           <t>Diesel B30 (€/L)</t>
         </is>
       </c>
       <c r="E189" s="2" t="n">
-        <v>1.857333333333339</v>
+        <v>1.8465483870967803</v>
       </c>
     </row>
     <row r="190">
       <c r="A190" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="B190" t="inlineStr">
         <is>
-          <t>11</t>
+          <t>12</t>
         </is>
       </c>
       <c r="C190" t="inlineStr">
         <is>
           <t>Gasoil Diesel routier</t>
         </is>
       </c>
       <c r="D190" t="inlineStr">
         <is>
           <t>Diesel XTL (€/L)</t>
         </is>
       </c>
       <c r="E190" s="2" t="n">
-        <v>2.9114333333333438</v>
+        <v>2.6896451612903336</v>
       </c>
     </row>
     <row r="191">
       <c r="A191" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="B191" t="inlineStr">
         <is>
-          <t>11</t>
+          <t>12</t>
         </is>
       </c>
       <c r="C191" t="inlineStr">
         <is>
           <t>Gasoil Diesel (application chauffage)</t>
         </is>
       </c>
       <c r="D191" t="inlineStr">
         <is>
           <t>Gasoil Diesel Chauffage (à partir de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E191" s="2" t="n">
-        <v>0.8282133333333366</v>
+        <v>0.8387967741935514</v>
       </c>
     </row>
     <row r="192">
       <c r="A192" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="B192" t="inlineStr">
         <is>
-          <t>11</t>
+          <t>12</t>
         </is>
       </c>
       <c r="C192" t="inlineStr">
         <is>
           <t>Gasoil Diesel (application chauffage)</t>
         </is>
       </c>
       <c r="D192" t="inlineStr">
         <is>
           <t>Gasoil Diesel Chauffage (moins de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E192" s="2" t="n">
-        <v>0.8679166666666701</v>
+        <v>0.8785064516129063</v>
       </c>
     </row>
     <row r="193">
       <c r="A193" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="B193" t="inlineStr">
         <is>
-          <t>11</t>
+          <t>12</t>
         </is>
       </c>
       <c r="C193" t="inlineStr">
         <is>
           <t>Gasoil de chauffage</t>
         </is>
       </c>
       <c r="D193" t="inlineStr">
         <is>
           <t>Gasoil chauffage (H0/H7) (à partir de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E193" s="2" t="n">
-        <v>0.8282133333333366</v>
+        <v>0.8387967741935514</v>
       </c>
     </row>
     <row r="194">
       <c r="A194" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="B194" t="inlineStr">
         <is>
-          <t>11</t>
+          <t>12</t>
         </is>
       </c>
       <c r="C194" t="inlineStr">
         <is>
           <t>Gasoil de chauffage</t>
         </is>
       </c>
       <c r="D194" t="inlineStr">
         <is>
           <t>Gasoil chauffage (H0/H7) (moins de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E194" s="2" t="n">
-        <v>0.8679166666666701</v>
+        <v>0.8785064516129063</v>
       </c>
     </row>
     <row r="195">
       <c r="A195" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="B195" t="inlineStr">
         <is>
-          <t>11</t>
+          <t>12</t>
         </is>
       </c>
       <c r="C195" t="inlineStr">
         <is>
           <t>Gasoil de chauffage</t>
         </is>
       </c>
       <c r="D195" t="inlineStr">
         <is>
           <t>Gasoil chauffage (H0/H7) (à la pompe) (€/L)</t>
         </is>
       </c>
       <c r="E195" s="2" t="n">
-        <v>0.9827000000000033</v>
+        <v>0.9933870967741975</v>
       </c>
     </row>
     <row r="196">
       <c r="A196" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="B196" t="inlineStr">
         <is>
-          <t>11</t>
+          <t>12</t>
         </is>
       </c>
       <c r="C196" t="inlineStr">
         <is>
           <t>Butane + LPG</t>
         </is>
       </c>
       <c r="D196" t="inlineStr">
         <is>
           <t>Autogas LPG (à la pompe) (€/L)</t>
         </is>
       </c>
       <c r="E196" s="2" t="n">
-        <v>0.9008333333333368</v>
+        <v>0.8960645161290354</v>
       </c>
     </row>
     <row r="197">
       <c r="A197" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="B197" t="inlineStr">
         <is>
-          <t>12</t>
+          <t xml:space="preserve"> 1</t>
         </is>
       </c>
       <c r="C197" t="inlineStr">
         <is>
           <t>Essences</t>
         </is>
       </c>
       <c r="D197" t="inlineStr">
         <is>
           <t>Essence 95 RON E5 (€/L)</t>
         </is>
       </c>
       <c r="E197" s="2" t="n">
-        <v>1.6851290322580699</v>
+        <v>1.705000000000005</v>
       </c>
     </row>
     <row r="198">
       <c r="A198" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="B198" t="inlineStr">
         <is>
-          <t>12</t>
+          <t xml:space="preserve"> 1</t>
         </is>
       </c>
       <c r="C198" t="inlineStr">
         <is>
           <t>Essences</t>
         </is>
       </c>
       <c r="D198" t="inlineStr">
         <is>
           <t>Essence 95 RON E10 (€/L)</t>
         </is>
       </c>
       <c r="E198" s="2" t="n">
-        <v>1.6674838709677477</v>
+        <v>1.6945483870967808</v>
       </c>
     </row>
     <row r="199">
       <c r="A199" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="B199" t="inlineStr">
         <is>
-          <t>12</t>
+          <t xml:space="preserve"> 1</t>
         </is>
       </c>
       <c r="C199" t="inlineStr">
         <is>
           <t>Essences</t>
         </is>
       </c>
       <c r="D199" t="inlineStr">
         <is>
           <t>Essence 98 RON E5 (€/L)</t>
         </is>
       </c>
       <c r="E199" s="2" t="n">
-        <v>1.7415806451612956</v>
+        <v>1.76270967741936</v>
       </c>
     </row>
     <row r="200">
       <c r="A200" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="B200" t="inlineStr">
         <is>
-          <t>12</t>
+          <t xml:space="preserve"> 1</t>
         </is>
       </c>
       <c r="C200" t="inlineStr">
         <is>
           <t>Essences</t>
         </is>
       </c>
       <c r="D200" t="inlineStr">
         <is>
           <t>Essence 98 RON E10 (€/L)</t>
         </is>
       </c>
       <c r="E200" s="2" t="n">
-        <v>1.7371290322580706</v>
+        <v>1.766838709677426</v>
       </c>
     </row>
     <row r="201">
       <c r="A201" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="B201" t="inlineStr">
         <is>
-          <t>12</t>
+          <t xml:space="preserve"> 1</t>
         </is>
       </c>
       <c r="C201" t="inlineStr">
         <is>
           <t>Gasoil Diesel routier</t>
         </is>
       </c>
       <c r="D201" t="inlineStr">
         <is>
           <t>Diesel B7 (€/L)</t>
         </is>
       </c>
       <c r="E201" s="2" t="n">
-        <v>1.7631935483871024</v>
+        <v>1.810290322580652</v>
       </c>
     </row>
     <row r="202">
       <c r="A202" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="B202" t="inlineStr">
         <is>
-          <t>12</t>
+          <t xml:space="preserve"> 1</t>
         </is>
       </c>
       <c r="C202" t="inlineStr">
         <is>
           <t>Gasoil Diesel routier</t>
         </is>
       </c>
       <c r="D202" t="inlineStr">
         <is>
           <t>Diesel B10 (€/L)</t>
         </is>
       </c>
       <c r="E202" s="2" t="n">
-        <v>1.7571935483871022</v>
+        <v>1.8075806451612975</v>
       </c>
     </row>
     <row r="203">
       <c r="A203" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="B203" t="inlineStr">
         <is>
-          <t>12</t>
+          <t xml:space="preserve"> 1</t>
         </is>
       </c>
       <c r="C203" t="inlineStr">
         <is>
           <t>Gasoil Diesel routier</t>
         </is>
       </c>
       <c r="D203" t="inlineStr">
         <is>
           <t>Diesel B20 (€/L)</t>
         </is>
       </c>
       <c r="E203" s="2" t="n">
-        <v>1.7844516129032328</v>
+        <v>1.8243548387096842</v>
       </c>
     </row>
     <row r="204">
       <c r="A204" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="B204" t="inlineStr">
         <is>
-          <t>12</t>
+          <t xml:space="preserve"> 1</t>
         </is>
       </c>
       <c r="C204" t="inlineStr">
         <is>
           <t>Gasoil Diesel routier</t>
         </is>
       </c>
       <c r="D204" t="inlineStr">
         <is>
           <t>Diesel B30 (€/L)</t>
         </is>
       </c>
       <c r="E204" s="2" t="n">
-        <v>1.8465483870967803</v>
+        <v>1.8827419354838781</v>
       </c>
     </row>
     <row r="205">
       <c r="A205" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="B205" t="inlineStr">
         <is>
-          <t>12</t>
+          <t xml:space="preserve"> 1</t>
         </is>
       </c>
       <c r="C205" t="inlineStr">
         <is>
           <t>Gasoil Diesel routier</t>
         </is>
       </c>
       <c r="D205" t="inlineStr">
         <is>
           <t>Diesel XTL (€/L)</t>
         </is>
       </c>
       <c r="E205" s="2" t="n">
-        <v>2.6896451612903336</v>
+        <v>2.6985806451612984</v>
       </c>
     </row>
     <row r="206">
       <c r="A206" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="B206" t="inlineStr">
         <is>
-          <t>12</t>
+          <t xml:space="preserve"> 1</t>
         </is>
       </c>
       <c r="C206" t="inlineStr">
         <is>
           <t>Gasoil Diesel (application chauffage)</t>
         </is>
       </c>
       <c r="D206" t="inlineStr">
         <is>
           <t>Gasoil Diesel Chauffage (à partir de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E206" s="2" t="n">
-        <v>0.8387967741935514</v>
+        <v>0.8904806451612935</v>
       </c>
     </row>
     <row r="207">
       <c r="A207" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="B207" t="inlineStr">
         <is>
-          <t>12</t>
+          <t xml:space="preserve"> 1</t>
         </is>
       </c>
       <c r="C207" t="inlineStr">
         <is>
           <t>Gasoil Diesel (application chauffage)</t>
         </is>
       </c>
       <c r="D207" t="inlineStr">
         <is>
           <t>Gasoil Diesel Chauffage (moins de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E207" s="2" t="n">
-        <v>0.8785064516129063</v>
+        <v>0.9301838709677455</v>
       </c>
     </row>
     <row r="208">
       <c r="A208" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="B208" t="inlineStr">
         <is>
-          <t>12</t>
+          <t xml:space="preserve"> 1</t>
         </is>
       </c>
       <c r="C208" t="inlineStr">
         <is>
           <t>Gasoil de chauffage</t>
         </is>
       </c>
       <c r="D208" t="inlineStr">
         <is>
           <t>Gasoil chauffage (H0/H7) (à partir de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E208" s="2" t="n">
-        <v>0.8387967741935514</v>
+        <v>0.8904806451612935</v>
       </c>
     </row>
     <row r="209">
       <c r="A209" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="B209" t="inlineStr">
         <is>
-          <t>12</t>
+          <t xml:space="preserve"> 1</t>
         </is>
       </c>
       <c r="C209" t="inlineStr">
         <is>
           <t>Gasoil de chauffage</t>
         </is>
       </c>
       <c r="D209" t="inlineStr">
         <is>
           <t>Gasoil chauffage (H0/H7) (moins de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E209" s="2" t="n">
-        <v>0.8785064516129063</v>
+        <v>0.9301838709677455</v>
       </c>
     </row>
     <row r="210">
       <c r="A210" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="B210" t="inlineStr">
         <is>
-          <t>12</t>
+          <t xml:space="preserve"> 1</t>
         </is>
       </c>
       <c r="C210" t="inlineStr">
         <is>
           <t>Gasoil de chauffage</t>
         </is>
       </c>
       <c r="D210" t="inlineStr">
         <is>
           <t>Gasoil chauffage (H0/H7) (à la pompe) (€/L)</t>
         </is>
       </c>
       <c r="E210" s="2" t="n">
-        <v>0.9933870967741975</v>
+        <v>1.0449354838709715</v>
       </c>
     </row>
     <row r="211">
       <c r="A211" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="B211" t="inlineStr">
         <is>
-          <t>12</t>
+          <t xml:space="preserve"> 1</t>
         </is>
       </c>
       <c r="C211" t="inlineStr">
         <is>
           <t>Butane + LPG</t>
         </is>
       </c>
       <c r="D211" t="inlineStr">
         <is>
           <t>Autogas LPG (à la pompe) (€/L)</t>
         </is>
       </c>
       <c r="E211" s="2" t="n">
-        <v>0.8960645161290354</v>
+        <v>0.9122903225806486</v>
       </c>
     </row>
     <row r="212">
       <c r="A212" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="B212" t="inlineStr">
         <is>
-          <t xml:space="preserve"> 1</t>
+          <t xml:space="preserve"> 2</t>
         </is>
       </c>
       <c r="C212" t="inlineStr">
         <is>
           <t>Essences</t>
         </is>
       </c>
       <c r="D212" t="inlineStr">
         <is>
           <t>Essence 95 RON E5 (€/L)</t>
         </is>
       </c>
       <c r="E212" s="2" t="n">
-        <v>1.705000000000005</v>
+        <v>1.7107142857142912</v>
       </c>
     </row>
     <row r="213">
       <c r="A213" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="B213" t="inlineStr">
         <is>
-          <t xml:space="preserve"> 1</t>
+          <t xml:space="preserve"> 2</t>
         </is>
       </c>
       <c r="C213" t="inlineStr">
         <is>
           <t>Essences</t>
         </is>
       </c>
       <c r="D213" t="inlineStr">
         <is>
           <t>Essence 95 RON E10 (€/L)</t>
         </is>
       </c>
       <c r="E213" s="2" t="n">
-        <v>1.6945483870967808</v>
+        <v>1.702857142857149</v>
       </c>
     </row>
     <row r="214">
       <c r="A214" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="B214" t="inlineStr">
         <is>
-          <t xml:space="preserve"> 1</t>
+          <t xml:space="preserve"> 2</t>
         </is>
       </c>
       <c r="C214" t="inlineStr">
         <is>
           <t>Essences</t>
         </is>
       </c>
       <c r="D214" t="inlineStr">
         <is>
           <t>Essence 98 RON E5 (€/L)</t>
         </is>
       </c>
       <c r="E214" s="2" t="n">
-        <v>1.76270967741936</v>
+        <v>1.7626428571428636</v>
       </c>
     </row>
     <row r="215">
       <c r="A215" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="B215" t="inlineStr">
         <is>
-          <t xml:space="preserve"> 1</t>
+          <t xml:space="preserve"> 2</t>
         </is>
       </c>
       <c r="C215" t="inlineStr">
         <is>
           <t>Essences</t>
         </is>
       </c>
       <c r="D215" t="inlineStr">
         <is>
           <t>Essence 98 RON E10 (€/L)</t>
         </is>
       </c>
       <c r="E215" s="2" t="n">
-        <v>1.766838709677426</v>
+        <v>1.7683571428571487</v>
       </c>
     </row>
     <row r="216">
       <c r="A216" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="B216" t="inlineStr">
         <is>
-          <t xml:space="preserve"> 1</t>
+          <t xml:space="preserve"> 2</t>
         </is>
       </c>
       <c r="C216" t="inlineStr">
         <is>
           <t>Gasoil Diesel routier</t>
         </is>
       </c>
       <c r="D216" t="inlineStr">
         <is>
           <t>Diesel B7 (€/L)</t>
         </is>
       </c>
       <c r="E216" s="2" t="n">
-        <v>1.810290322580652</v>
+        <v>1.8001428571428642</v>
       </c>
     </row>
     <row r="217">
       <c r="A217" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="B217" t="inlineStr">
         <is>
-          <t xml:space="preserve"> 1</t>
+          <t xml:space="preserve"> 2</t>
         </is>
       </c>
       <c r="C217" t="inlineStr">
         <is>
           <t>Gasoil Diesel routier</t>
         </is>
       </c>
       <c r="D217" t="inlineStr">
         <is>
           <t>Diesel B10 (€/L)</t>
         </is>
       </c>
       <c r="E217" s="2" t="n">
-        <v>1.8075806451612975</v>
+        <v>1.797714285714292</v>
       </c>
     </row>
     <row r="218">
       <c r="A218" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="B218" t="inlineStr">
         <is>
-          <t xml:space="preserve"> 1</t>
+          <t xml:space="preserve"> 2</t>
         </is>
       </c>
       <c r="C218" t="inlineStr">
         <is>
           <t>Gasoil Diesel routier</t>
         </is>
       </c>
       <c r="D218" t="inlineStr">
         <is>
           <t>Diesel B20 (€/L)</t>
         </is>
       </c>
       <c r="E218" s="2" t="n">
-        <v>1.8243548387096842</v>
+        <v>1.8127857142857215</v>
       </c>
     </row>
     <row r="219">
       <c r="A219" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="B219" t="inlineStr">
         <is>
-          <t xml:space="preserve"> 1</t>
+          <t xml:space="preserve"> 2</t>
         </is>
       </c>
       <c r="C219" t="inlineStr">
         <is>
           <t>Gasoil Diesel routier</t>
         </is>
       </c>
       <c r="D219" t="inlineStr">
         <is>
           <t>Diesel B30 (€/L)</t>
         </is>
       </c>
       <c r="E219" s="2" t="n">
-        <v>1.8827419354838781</v>
+        <v>1.8687142857142927</v>
       </c>
     </row>
     <row r="220">
       <c r="A220" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="B220" t="inlineStr">
         <is>
-          <t xml:space="preserve"> 1</t>
+          <t xml:space="preserve"> 2</t>
         </is>
       </c>
       <c r="C220" t="inlineStr">
         <is>
           <t>Gasoil Diesel routier</t>
         </is>
       </c>
       <c r="D220" t="inlineStr">
         <is>
           <t>Diesel XTL (€/L)</t>
         </is>
       </c>
       <c r="E220" s="2" t="n">
-        <v>2.6985806451612984</v>
+        <v>2.6651428571428664</v>
       </c>
     </row>
     <row r="221">
       <c r="A221" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="B221" t="inlineStr">
         <is>
-          <t xml:space="preserve"> 1</t>
+          <t xml:space="preserve"> 2</t>
         </is>
       </c>
       <c r="C221" t="inlineStr">
         <is>
           <t>Gasoil Diesel (application chauffage)</t>
         </is>
       </c>
       <c r="D221" t="inlineStr">
         <is>
           <t>Gasoil Diesel Chauffage (à partir de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E221" s="2" t="n">
-        <v>0.8904806451612935</v>
+        <v>0.8811607142857176</v>
       </c>
     </row>
     <row r="222">
       <c r="A222" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="B222" t="inlineStr">
         <is>
-          <t xml:space="preserve"> 1</t>
+          <t xml:space="preserve"> 2</t>
         </is>
       </c>
       <c r="C222" t="inlineStr">
         <is>
           <t>Gasoil Diesel (application chauffage)</t>
         </is>
       </c>
       <c r="D222" t="inlineStr">
         <is>
           <t>Gasoil Diesel Chauffage (moins de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E222" s="2" t="n">
-        <v>0.9301838709677455</v>
+        <v>0.9208642857142891</v>
       </c>
     </row>
     <row r="223">
       <c r="A223" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="B223" t="inlineStr">
         <is>
-          <t xml:space="preserve"> 1</t>
+          <t xml:space="preserve"> 2</t>
         </is>
       </c>
       <c r="C223" t="inlineStr">
         <is>
           <t>Gasoil de chauffage</t>
         </is>
       </c>
       <c r="D223" t="inlineStr">
         <is>
           <t>Gasoil chauffage (H0/H7) (à partir de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E223" s="2" t="n">
-        <v>0.8904806451612935</v>
+        <v>0.8811607142857176</v>
       </c>
     </row>
     <row r="224">
       <c r="A224" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="B224" t="inlineStr">
         <is>
-          <t xml:space="preserve"> 1</t>
+          <t xml:space="preserve"> 2</t>
         </is>
       </c>
       <c r="C224" t="inlineStr">
         <is>
           <t>Gasoil de chauffage</t>
         </is>
       </c>
       <c r="D224" t="inlineStr">
         <is>
           <t>Gasoil chauffage (H0/H7) (moins de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E224" s="2" t="n">
-        <v>0.9301838709677455</v>
+        <v>0.9208642857142891</v>
       </c>
     </row>
     <row r="225">
       <c r="A225" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="B225" t="inlineStr">
         <is>
-          <t xml:space="preserve"> 1</t>
+          <t xml:space="preserve"> 2</t>
         </is>
       </c>
       <c r="C225" t="inlineStr">
         <is>
           <t>Gasoil de chauffage</t>
         </is>
       </c>
       <c r="D225" t="inlineStr">
         <is>
           <t>Gasoil chauffage (H0/H7) (à la pompe) (€/L)</t>
         </is>
       </c>
       <c r="E225" s="2" t="n">
-        <v>1.0449354838709715</v>
+        <v>1.0356071428571467</v>
       </c>
     </row>
     <row r="226">
       <c r="A226" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="B226" t="inlineStr">
         <is>
-          <t xml:space="preserve"> 1</t>
+          <t xml:space="preserve"> 2</t>
         </is>
       </c>
       <c r="C226" t="inlineStr">
         <is>
           <t>Butane + LPG</t>
         </is>
       </c>
       <c r="D226" t="inlineStr">
         <is>
           <t>Autogas LPG (à la pompe) (€/L)</t>
         </is>
       </c>
       <c r="E226" s="2" t="n">
-        <v>0.9122903225806486</v>
+        <v>0.9220000000000037</v>
       </c>
     </row>
     <row r="227">
       <c r="A227" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="B227" t="inlineStr">
         <is>
-          <t xml:space="preserve"> 2</t>
+          <t xml:space="preserve"> 3</t>
         </is>
       </c>
       <c r="C227" t="inlineStr">
         <is>
           <t>Essences</t>
         </is>
       </c>
       <c r="D227" t="inlineStr">
         <is>
           <t>Essence 95 RON E5 (€/L)</t>
         </is>
       </c>
       <c r="E227" s="2" t="n">
-        <v>1.7107142857142912</v>
+        <v>1.6381290322580704</v>
       </c>
     </row>
     <row r="228">
       <c r="A228" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="B228" t="inlineStr">
         <is>
-          <t xml:space="preserve"> 2</t>
+          <t xml:space="preserve"> 3</t>
         </is>
       </c>
       <c r="C228" t="inlineStr">
         <is>
           <t>Essences</t>
         </is>
       </c>
       <c r="D228" t="inlineStr">
         <is>
           <t>Essence 95 RON E10 (€/L)</t>
         </is>
       </c>
       <c r="E228" s="2" t="n">
-        <v>1.702857142857149</v>
+        <v>1.6395806451612958</v>
       </c>
     </row>
     <row r="229">
       <c r="A229" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="B229" t="inlineStr">
         <is>
-          <t xml:space="preserve"> 2</t>
+          <t xml:space="preserve"> 3</t>
         </is>
       </c>
       <c r="C229" t="inlineStr">
         <is>
           <t>Essences</t>
         </is>
       </c>
       <c r="D229" t="inlineStr">
         <is>
           <t>Essence 98 RON E5 (€/L)</t>
         </is>
       </c>
       <c r="E229" s="2" t="n">
-        <v>1.7626428571428636</v>
+        <v>1.6990000000000052</v>
       </c>
     </row>
     <row r="230">
       <c r="A230" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="B230" t="inlineStr">
         <is>
-          <t xml:space="preserve"> 2</t>
+          <t xml:space="preserve"> 3</t>
         </is>
       </c>
       <c r="C230" t="inlineStr">
         <is>
           <t>Essences</t>
         </is>
       </c>
       <c r="D230" t="inlineStr">
         <is>
           <t>Essence 98 RON E10 (€/L)</t>
         </is>
       </c>
       <c r="E230" s="2" t="n">
-        <v>1.7683571428571487</v>
+        <v>1.7052258064516184</v>
       </c>
     </row>
     <row r="231">
       <c r="A231" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="B231" t="inlineStr">
         <is>
-          <t xml:space="preserve"> 2</t>
+          <t xml:space="preserve"> 3</t>
         </is>
       </c>
       <c r="C231" t="inlineStr">
         <is>
           <t>Gasoil Diesel routier</t>
         </is>
       </c>
       <c r="D231" t="inlineStr">
         <is>
           <t>Diesel B7 (€/L)</t>
         </is>
       </c>
       <c r="E231" s="2" t="n">
-        <v>1.8001428571428642</v>
+        <v>1.7444838709677477</v>
       </c>
     </row>
     <row r="232">
       <c r="A232" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="B232" t="inlineStr">
         <is>
-          <t xml:space="preserve"> 2</t>
+          <t xml:space="preserve"> 3</t>
         </is>
       </c>
       <c r="C232" t="inlineStr">
         <is>
           <t>Gasoil Diesel routier</t>
         </is>
       </c>
       <c r="D232" t="inlineStr">
         <is>
           <t>Diesel B10 (€/L)</t>
         </is>
       </c>
       <c r="E232" s="2" t="n">
-        <v>1.797714285714292</v>
+        <v>1.743387096774201</v>
       </c>
     </row>
     <row r="233">
       <c r="A233" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="B233" t="inlineStr">
         <is>
-          <t xml:space="preserve"> 2</t>
+          <t xml:space="preserve"> 3</t>
         </is>
       </c>
       <c r="C233" t="inlineStr">
         <is>
           <t>Gasoil Diesel routier</t>
         </is>
       </c>
       <c r="D233" t="inlineStr">
         <is>
           <t>Diesel B20 (€/L)</t>
         </is>
       </c>
       <c r="E233" s="2" t="n">
-        <v>1.8127857142857215</v>
+        <v>1.7661935483871025</v>
       </c>
     </row>
     <row r="234">
       <c r="A234" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="B234" t="inlineStr">
         <is>
-          <t xml:space="preserve"> 2</t>
+          <t xml:space="preserve"> 3</t>
         </is>
       </c>
       <c r="C234" t="inlineStr">
         <is>
           <t>Gasoil Diesel routier</t>
         </is>
       </c>
       <c r="D234" t="inlineStr">
         <is>
           <t>Diesel B30 (€/L)</t>
         </is>
       </c>
       <c r="E234" s="2" t="n">
-        <v>1.8687142857142927</v>
+        <v>1.8305806451612967</v>
       </c>
     </row>
     <row r="235">
       <c r="A235" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="B235" t="inlineStr">
         <is>
-          <t xml:space="preserve"> 2</t>
+          <t xml:space="preserve"> 3</t>
         </is>
       </c>
       <c r="C235" t="inlineStr">
         <is>
           <t>Gasoil Diesel routier</t>
         </is>
       </c>
       <c r="D235" t="inlineStr">
         <is>
           <t>Diesel XTL (€/L)</t>
         </is>
       </c>
       <c r="E235" s="2" t="n">
-        <v>2.6651428571428664</v>
+        <v>2.535741935483881</v>
       </c>
     </row>
     <row r="236">
       <c r="A236" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="B236" t="inlineStr">
         <is>
-          <t xml:space="preserve"> 2</t>
+          <t xml:space="preserve"> 3</t>
         </is>
       </c>
       <c r="C236" t="inlineStr">
         <is>
           <t>Gasoil Diesel (application chauffage)</t>
         </is>
       </c>
       <c r="D236" t="inlineStr">
         <is>
           <t>Gasoil Diesel Chauffage (à partir de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E236" s="2" t="n">
-        <v>0.8811607142857176</v>
+        <v>0.8176967741935512</v>
       </c>
     </row>
     <row r="237">
       <c r="A237" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="B237" t="inlineStr">
         <is>
-          <t xml:space="preserve"> 2</t>
+          <t xml:space="preserve"> 3</t>
         </is>
       </c>
       <c r="C237" t="inlineStr">
         <is>
           <t>Gasoil Diesel (application chauffage)</t>
         </is>
       </c>
       <c r="D237" t="inlineStr">
         <is>
           <t>Gasoil Diesel Chauffage (moins de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E237" s="2" t="n">
-        <v>0.9208642857142891</v>
+        <v>0.8574000000000028</v>
       </c>
     </row>
     <row r="238">
       <c r="A238" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="B238" t="inlineStr">
         <is>
-          <t xml:space="preserve"> 2</t>
+          <t xml:space="preserve"> 3</t>
         </is>
       </c>
       <c r="C238" t="inlineStr">
         <is>
           <t>Gasoil de chauffage</t>
         </is>
       </c>
       <c r="D238" t="inlineStr">
         <is>
           <t>Gasoil chauffage (H0/H7) (à partir de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E238" s="2" t="n">
-        <v>0.8811607142857176</v>
+        <v>0.8176967741935512</v>
       </c>
     </row>
     <row r="239">
       <c r="A239" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="B239" t="inlineStr">
         <is>
-          <t xml:space="preserve"> 2</t>
+          <t xml:space="preserve"> 3</t>
         </is>
       </c>
       <c r="C239" t="inlineStr">
         <is>
           <t>Gasoil de chauffage</t>
         </is>
       </c>
       <c r="D239" t="inlineStr">
         <is>
           <t>Gasoil chauffage (H0/H7) (moins de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E239" s="2" t="n">
-        <v>0.9208642857142891</v>
+        <v>0.8574000000000028</v>
       </c>
     </row>
     <row r="240">
       <c r="A240" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="B240" t="inlineStr">
         <is>
-          <t xml:space="preserve"> 2</t>
+          <t xml:space="preserve"> 3</t>
         </is>
       </c>
       <c r="C240" t="inlineStr">
         <is>
           <t>Gasoil de chauffage</t>
         </is>
       </c>
       <c r="D240" t="inlineStr">
         <is>
           <t>Gasoil chauffage (H0/H7) (à la pompe) (€/L)</t>
         </is>
       </c>
       <c r="E240" s="2" t="n">
-        <v>1.0356071428571467</v>
+        <v>0.9721935483871</v>
       </c>
     </row>
     <row r="241">
       <c r="A241" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="B241" t="inlineStr">
         <is>
-          <t xml:space="preserve"> 2</t>
+          <t xml:space="preserve"> 3</t>
         </is>
       </c>
       <c r="C241" t="inlineStr">
         <is>
           <t>Butane + LPG</t>
         </is>
       </c>
       <c r="D241" t="inlineStr">
         <is>
           <t>Autogas LPG (à la pompe) (€/L)</t>
         </is>
       </c>
       <c r="E241" s="2" t="n">
-        <v>0.9220000000000037</v>
+        <v>0.8441935483871003</v>
       </c>
     </row>
     <row r="242">
       <c r="A242" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="B242" t="inlineStr">
         <is>
-          <t xml:space="preserve"> 3</t>
+          <t xml:space="preserve"> 4</t>
         </is>
       </c>
       <c r="C242" t="inlineStr">
         <is>
           <t>Essences</t>
         </is>
       </c>
       <c r="D242" t="inlineStr">
         <is>
           <t>Essence 95 RON E5 (€/L)</t>
         </is>
       </c>
       <c r="E242" s="2" t="n">
-        <v>1.6381290322580704</v>
+        <v>1.634933333333339</v>
       </c>
     </row>
     <row r="243">
       <c r="A243" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="B243" t="inlineStr">
         <is>
-          <t xml:space="preserve"> 3</t>
+          <t xml:space="preserve"> 4</t>
         </is>
       </c>
       <c r="C243" t="inlineStr">
         <is>
           <t>Essences</t>
         </is>
       </c>
       <c r="D243" t="inlineStr">
         <is>
           <t>Essence 95 RON E10 (€/L)</t>
         </is>
       </c>
       <c r="E243" s="2" t="n">
-        <v>1.6395806451612958</v>
+        <v>1.6286000000000054</v>
       </c>
     </row>
     <row r="244">
       <c r="A244" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="B244" t="inlineStr">
         <is>
-          <t xml:space="preserve"> 3</t>
+          <t xml:space="preserve"> 4</t>
         </is>
       </c>
       <c r="C244" t="inlineStr">
         <is>
           <t>Essences</t>
         </is>
       </c>
       <c r="D244" t="inlineStr">
         <is>
           <t>Essence 98 RON E5 (€/L)</t>
         </is>
       </c>
       <c r="E244" s="2" t="n">
-        <v>1.6990000000000052</v>
+        <v>1.6980666666666717</v>
       </c>
     </row>
     <row r="245">
       <c r="A245" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="B245" t="inlineStr">
         <is>
-          <t xml:space="preserve"> 3</t>
+          <t xml:space="preserve"> 4</t>
         </is>
       </c>
       <c r="C245" t="inlineStr">
         <is>
           <t>Essences</t>
         </is>
       </c>
       <c r="D245" t="inlineStr">
         <is>
           <t>Essence 98 RON E10 (€/L)</t>
         </is>
       </c>
       <c r="E245" s="2" t="n">
-        <v>1.7052258064516184</v>
+        <v>1.7033000000000056</v>
       </c>
     </row>
     <row r="246">
       <c r="A246" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="B246" t="inlineStr">
         <is>
-          <t xml:space="preserve"> 3</t>
+          <t xml:space="preserve"> 4</t>
         </is>
       </c>
       <c r="C246" t="inlineStr">
         <is>
           <t>Gasoil Diesel routier</t>
         </is>
       </c>
       <c r="D246" t="inlineStr">
         <is>
           <t>Diesel B7 (€/L)</t>
         </is>
       </c>
       <c r="E246" s="2" t="n">
-        <v>1.7444838709677477</v>
+        <v>1.6859666666666715</v>
       </c>
     </row>
     <row r="247">
       <c r="A247" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="B247" t="inlineStr">
         <is>
-          <t xml:space="preserve"> 3</t>
+          <t xml:space="preserve"> 4</t>
         </is>
       </c>
       <c r="C247" t="inlineStr">
         <is>
           <t>Gasoil Diesel routier</t>
         </is>
       </c>
       <c r="D247" t="inlineStr">
         <is>
           <t>Diesel B10 (€/L)</t>
         </is>
       </c>
       <c r="E247" s="2" t="n">
-        <v>1.743387096774201</v>
+        <v>1.6845000000000063</v>
       </c>
     </row>
     <row r="248">
       <c r="A248" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="B248" t="inlineStr">
         <is>
-          <t xml:space="preserve"> 3</t>
+          <t xml:space="preserve"> 4</t>
         </is>
       </c>
       <c r="C248" t="inlineStr">
         <is>
           <t>Gasoil Diesel routier</t>
         </is>
       </c>
       <c r="D248" t="inlineStr">
         <is>
           <t>Diesel B20 (€/L)</t>
         </is>
       </c>
       <c r="E248" s="2" t="n">
-        <v>1.7661935483871025</v>
+        <v>1.7078333333333398</v>
       </c>
     </row>
     <row r="249">
       <c r="A249" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="B249" t="inlineStr">
         <is>
-          <t xml:space="preserve"> 3</t>
+          <t xml:space="preserve"> 4</t>
         </is>
       </c>
       <c r="C249" t="inlineStr">
         <is>
           <t>Gasoil Diesel routier</t>
         </is>
       </c>
       <c r="D249" t="inlineStr">
         <is>
           <t>Diesel B30 (€/L)</t>
         </is>
       </c>
       <c r="E249" s="2" t="n">
-        <v>1.8305806451612967</v>
+        <v>1.7754333333333396</v>
       </c>
     </row>
     <row r="250">
       <c r="A250" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="B250" t="inlineStr">
         <is>
-          <t xml:space="preserve"> 3</t>
+          <t xml:space="preserve"> 4</t>
         </is>
       </c>
       <c r="C250" t="inlineStr">
         <is>
           <t>Gasoil Diesel routier</t>
         </is>
       </c>
       <c r="D250" t="inlineStr">
         <is>
           <t>Diesel XTL (€/L)</t>
         </is>
       </c>
       <c r="E250" s="2" t="n">
-        <v>2.535741935483881</v>
+        <v>2.5333333333333443</v>
       </c>
     </row>
     <row r="251">
       <c r="A251" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="B251" t="inlineStr">
         <is>
-          <t xml:space="preserve"> 3</t>
+          <t xml:space="preserve"> 4</t>
         </is>
       </c>
       <c r="C251" t="inlineStr">
         <is>
           <t>Gasoil Diesel (application chauffage)</t>
         </is>
       </c>
       <c r="D251" t="inlineStr">
         <is>
           <t>Gasoil Diesel Chauffage (à partir de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E251" s="2" t="n">
-        <v>0.8176967741935512</v>
+        <v>0.7511366666666697</v>
       </c>
     </row>
     <row r="252">
       <c r="A252" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="B252" t="inlineStr">
         <is>
-          <t xml:space="preserve"> 3</t>
+          <t xml:space="preserve"> 4</t>
         </is>
       </c>
       <c r="C252" t="inlineStr">
         <is>
           <t>Gasoil Diesel (application chauffage)</t>
         </is>
       </c>
       <c r="D252" t="inlineStr">
         <is>
           <t>Gasoil Diesel Chauffage (moins de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E252" s="2" t="n">
-        <v>0.8574000000000028</v>
+        <v>0.7909566666666694</v>
       </c>
     </row>
     <row r="253">
       <c r="A253" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="B253" t="inlineStr">
         <is>
-          <t xml:space="preserve"> 3</t>
+          <t xml:space="preserve"> 4</t>
         </is>
       </c>
       <c r="C253" t="inlineStr">
         <is>
           <t>Gasoil de chauffage</t>
         </is>
       </c>
       <c r="D253" t="inlineStr">
         <is>
           <t>Gasoil chauffage (H0/H7) (à partir de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E253" s="2" t="n">
-        <v>0.8176967741935512</v>
+        <v>0.7511366666666697</v>
       </c>
     </row>
     <row r="254">
       <c r="A254" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="B254" t="inlineStr">
         <is>
-          <t xml:space="preserve"> 3</t>
+          <t xml:space="preserve"> 4</t>
         </is>
       </c>
       <c r="C254" t="inlineStr">
         <is>
           <t>Gasoil de chauffage</t>
         </is>
       </c>
       <c r="D254" t="inlineStr">
         <is>
           <t>Gasoil chauffage (H0/H7) (moins de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E254" s="2" t="n">
-        <v>0.8574000000000028</v>
+        <v>0.7909566666666694</v>
       </c>
     </row>
     <row r="255">
       <c r="A255" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="B255" t="inlineStr">
         <is>
-          <t xml:space="preserve"> 3</t>
+          <t xml:space="preserve"> 4</t>
         </is>
       </c>
       <c r="C255" t="inlineStr">
         <is>
           <t>Gasoil de chauffage</t>
         </is>
       </c>
       <c r="D255" t="inlineStr">
         <is>
           <t>Gasoil chauffage (H0/H7) (à la pompe) (€/L)</t>
         </is>
       </c>
       <c r="E255" s="2" t="n">
-        <v>0.9721935483871</v>
+        <v>0.9079666666666697</v>
       </c>
     </row>
     <row r="256">
       <c r="A256" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="B256" t="inlineStr">
         <is>
-          <t xml:space="preserve"> 3</t>
+          <t xml:space="preserve"> 4</t>
         </is>
       </c>
       <c r="C256" t="inlineStr">
         <is>
           <t>Butane + LPG</t>
         </is>
       </c>
       <c r="D256" t="inlineStr">
         <is>
           <t>Autogas LPG (à la pompe) (€/L)</t>
         </is>
       </c>
       <c r="E256" s="2" t="n">
-        <v>0.8441935483871003</v>
+        <v>0.7532666666666696</v>
       </c>
     </row>
     <row r="257">
       <c r="A257" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="B257" t="inlineStr">
         <is>
-          <t xml:space="preserve"> 4</t>
+          <t xml:space="preserve"> 5</t>
         </is>
       </c>
       <c r="C257" t="inlineStr">
         <is>
           <t>Essences</t>
         </is>
       </c>
       <c r="D257" t="inlineStr">
         <is>
           <t>Essence 95 RON E5 (€/L)</t>
         </is>
       </c>
       <c r="E257" s="2" t="n">
-        <v>1.634933333333339</v>
+        <v>1.6288709677419424</v>
       </c>
     </row>
     <row r="258">
       <c r="A258" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="B258" t="inlineStr">
         <is>
-          <t xml:space="preserve"> 4</t>
+          <t xml:space="preserve"> 5</t>
         </is>
       </c>
       <c r="C258" t="inlineStr">
         <is>
           <t>Essences</t>
         </is>
       </c>
       <c r="D258" t="inlineStr">
         <is>
           <t>Essence 95 RON E10 (€/L)</t>
         </is>
       </c>
       <c r="E258" s="2" t="n">
-        <v>1.6286000000000054</v>
+        <v>1.6202903225806504</v>
       </c>
     </row>
     <row r="259">
       <c r="A259" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="B259" t="inlineStr">
         <is>
-          <t xml:space="preserve"> 4</t>
+          <t xml:space="preserve"> 5</t>
         </is>
       </c>
       <c r="C259" t="inlineStr">
         <is>
           <t>Essences</t>
         </is>
       </c>
       <c r="D259" t="inlineStr">
         <is>
           <t>Essence 98 RON E5 (€/L)</t>
         </is>
       </c>
       <c r="E259" s="2" t="n">
-        <v>1.6980666666666717</v>
+        <v>1.6988064516129104</v>
       </c>
     </row>
     <row r="260">
       <c r="A260" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="B260" t="inlineStr">
         <is>
-          <t xml:space="preserve"> 4</t>
+          <t xml:space="preserve"> 5</t>
         </is>
       </c>
       <c r="C260" t="inlineStr">
         <is>
           <t>Essences</t>
         </is>
       </c>
       <c r="D260" t="inlineStr">
         <is>
           <t>Essence 98 RON E10 (€/L)</t>
         </is>
       </c>
       <c r="E260" s="2" t="n">
-        <v>1.7033000000000056</v>
+        <v>1.7028064516129091</v>
       </c>
     </row>
     <row r="261">
       <c r="A261" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="B261" t="inlineStr">
         <is>
-          <t xml:space="preserve"> 4</t>
+          <t xml:space="preserve"> 5</t>
         </is>
       </c>
       <c r="C261" t="inlineStr">
         <is>
           <t>Gasoil Diesel routier</t>
         </is>
       </c>
       <c r="D261" t="inlineStr">
         <is>
           <t>Diesel B7 (€/L)</t>
         </is>
       </c>
       <c r="E261" s="2" t="n">
-        <v>1.6859666666666715</v>
+        <v>1.665645161290329</v>
       </c>
     </row>
     <row r="262">
       <c r="A262" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="B262" t="inlineStr">
         <is>
-          <t xml:space="preserve"> 4</t>
+          <t xml:space="preserve"> 5</t>
         </is>
       </c>
       <c r="C262" t="inlineStr">
         <is>
           <t>Gasoil Diesel routier</t>
         </is>
       </c>
       <c r="D262" t="inlineStr">
         <is>
           <t>Diesel B10 (€/L)</t>
         </is>
       </c>
       <c r="E262" s="2" t="n">
-        <v>1.6845000000000063</v>
+        <v>1.663225806451619</v>
       </c>
     </row>
     <row r="263">
       <c r="A263" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="B263" t="inlineStr">
         <is>
-          <t xml:space="preserve"> 4</t>
+          <t xml:space="preserve"> 5</t>
         </is>
       </c>
       <c r="C263" t="inlineStr">
         <is>
           <t>Gasoil Diesel routier</t>
         </is>
       </c>
       <c r="D263" t="inlineStr">
         <is>
           <t>Diesel B20 (€/L)</t>
         </is>
       </c>
       <c r="E263" s="2" t="n">
-        <v>1.7078333333333398</v>
+        <v>1.6881612903225867</v>
       </c>
     </row>
     <row r="264">
       <c r="A264" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="B264" t="inlineStr">
         <is>
-          <t xml:space="preserve"> 4</t>
+          <t xml:space="preserve"> 5</t>
         </is>
       </c>
       <c r="C264" t="inlineStr">
         <is>
           <t>Gasoil Diesel routier</t>
         </is>
       </c>
       <c r="D264" t="inlineStr">
         <is>
           <t>Diesel B30 (€/L)</t>
         </is>
       </c>
       <c r="E264" s="2" t="n">
-        <v>1.7754333333333396</v>
+        <v>1.7587741935483927</v>
       </c>
     </row>
     <row r="265">
       <c r="A265" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="B265" t="inlineStr">
         <is>
-          <t xml:space="preserve"> 4</t>
+          <t xml:space="preserve"> 5</t>
         </is>
       </c>
       <c r="C265" t="inlineStr">
         <is>
           <t>Gasoil Diesel routier</t>
         </is>
       </c>
       <c r="D265" t="inlineStr">
         <is>
           <t>Diesel XTL (€/L)</t>
         </is>
       </c>
       <c r="E265" s="2" t="n">
-        <v>2.5333333333333443</v>
+        <v>2.6066451612903303</v>
       </c>
     </row>
     <row r="266">
       <c r="A266" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="B266" t="inlineStr">
         <is>
-          <t xml:space="preserve"> 4</t>
+          <t xml:space="preserve"> 5</t>
         </is>
       </c>
       <c r="C266" t="inlineStr">
         <is>
           <t>Gasoil Diesel (application chauffage)</t>
         </is>
       </c>
       <c r="D266" t="inlineStr">
         <is>
           <t>Gasoil Diesel Chauffage (à partir de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E266" s="2" t="n">
-        <v>0.7511366666666697</v>
+        <v>0.727287096774196</v>
       </c>
     </row>
     <row r="267">
       <c r="A267" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="B267" t="inlineStr">
         <is>
-          <t xml:space="preserve"> 4</t>
+          <t xml:space="preserve"> 5</t>
         </is>
       </c>
       <c r="C267" t="inlineStr">
         <is>
           <t>Gasoil Diesel (application chauffage)</t>
         </is>
       </c>
       <c r="D267" t="inlineStr">
         <is>
           <t>Gasoil Diesel Chauffage (moins de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E267" s="2" t="n">
-        <v>0.7909566666666694</v>
+        <v>0.7671032258064545</v>
       </c>
     </row>
     <row r="268">
       <c r="A268" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="B268" t="inlineStr">
         <is>
-          <t xml:space="preserve"> 4</t>
+          <t xml:space="preserve"> 5</t>
         </is>
       </c>
       <c r="C268" t="inlineStr">
         <is>
           <t>Gasoil de chauffage</t>
         </is>
       </c>
       <c r="D268" t="inlineStr">
         <is>
           <t>Gasoil chauffage (H0/H7) (à partir de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E268" s="2" t="n">
-        <v>0.7511366666666697</v>
+        <v>0.727287096774196</v>
       </c>
     </row>
     <row r="269">
       <c r="A269" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="B269" t="inlineStr">
         <is>
-          <t xml:space="preserve"> 4</t>
+          <t xml:space="preserve"> 5</t>
         </is>
       </c>
       <c r="C269" t="inlineStr">
         <is>
           <t>Gasoil de chauffage</t>
         </is>
       </c>
       <c r="D269" t="inlineStr">
         <is>
           <t>Gasoil chauffage (H0/H7) (moins de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E269" s="2" t="n">
-        <v>0.7909566666666694</v>
+        <v>0.7671032258064545</v>
       </c>
     </row>
     <row r="270">
       <c r="A270" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="B270" t="inlineStr">
         <is>
-          <t xml:space="preserve"> 4</t>
+          <t xml:space="preserve"> 5</t>
         </is>
       </c>
       <c r="C270" t="inlineStr">
         <is>
           <t>Gasoil de chauffage</t>
         </is>
       </c>
       <c r="D270" t="inlineStr">
         <is>
           <t>Gasoil chauffage (H0/H7) (à la pompe) (€/L)</t>
         </is>
       </c>
       <c r="E270" s="2" t="n">
-        <v>0.9079666666666697</v>
+        <v>0.8840967741935516</v>
       </c>
     </row>
     <row r="271">
       <c r="A271" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="B271" t="inlineStr">
         <is>
-          <t xml:space="preserve"> 4</t>
+          <t xml:space="preserve"> 5</t>
         </is>
       </c>
       <c r="C271" t="inlineStr">
         <is>
           <t>Butane + LPG</t>
         </is>
       </c>
       <c r="D271" t="inlineStr">
         <is>
           <t>Autogas LPG (à la pompe) (€/L)</t>
         </is>
       </c>
       <c r="E271" s="2" t="n">
-        <v>0.7532666666666696</v>
+        <v>0.7312903225806476</v>
       </c>
     </row>
     <row r="272">
       <c r="A272" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="B272" t="inlineStr">
         <is>
-          <t xml:space="preserve"> 5</t>
+          <t xml:space="preserve"> 6</t>
         </is>
       </c>
       <c r="C272" t="inlineStr">
         <is>
           <t>Essences</t>
         </is>
       </c>
       <c r="D272" t="inlineStr">
         <is>
           <t>Essence 95 RON E5 (€/L)</t>
         </is>
       </c>
       <c r="E272" s="2" t="n">
-        <v>1.6288709677419424</v>
+        <v>1.6471666666666718</v>
       </c>
     </row>
     <row r="273">
       <c r="A273" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="B273" t="inlineStr">
         <is>
-          <t xml:space="preserve"> 5</t>
+          <t xml:space="preserve"> 6</t>
         </is>
       </c>
       <c r="C273" t="inlineStr">
         <is>
           <t>Essences</t>
         </is>
       </c>
       <c r="D273" t="inlineStr">
         <is>
           <t>Essence 95 RON E10 (€/L)</t>
         </is>
       </c>
       <c r="E273" s="2" t="n">
-        <v>1.6202903225806504</v>
+        <v>1.6323666666666719</v>
       </c>
     </row>
     <row r="274">
       <c r="A274" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="B274" t="inlineStr">
         <is>
-          <t xml:space="preserve"> 5</t>
+          <t xml:space="preserve"> 6</t>
         </is>
       </c>
       <c r="C274" t="inlineStr">
         <is>
           <t>Essences</t>
         </is>
       </c>
       <c r="D274" t="inlineStr">
         <is>
           <t>Essence 98 RON E5 (€/L)</t>
         </is>
       </c>
       <c r="E274" s="2" t="n">
-        <v>1.6988064516129104</v>
+        <v>1.7135666666666722</v>
       </c>
     </row>
     <row r="275">
       <c r="A275" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="B275" t="inlineStr">
         <is>
-          <t xml:space="preserve"> 5</t>
+          <t xml:space="preserve"> 6</t>
         </is>
       </c>
       <c r="C275" t="inlineStr">
         <is>
           <t>Essences</t>
         </is>
       </c>
       <c r="D275" t="inlineStr">
         <is>
           <t>Essence 98 RON E10 (€/L)</t>
         </is>
       </c>
       <c r="E275" s="2" t="n">
-        <v>1.7028064516129091</v>
+        <v>1.7163000000000068</v>
       </c>
     </row>
     <row r="276">
       <c r="A276" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="B276" t="inlineStr">
         <is>
-          <t xml:space="preserve"> 5</t>
+          <t xml:space="preserve"> 6</t>
         </is>
       </c>
       <c r="C276" t="inlineStr">
         <is>
           <t>Gasoil Diesel routier</t>
         </is>
       </c>
       <c r="D276" t="inlineStr">
         <is>
           <t>Diesel B7 (€/L)</t>
         </is>
       </c>
       <c r="E276" s="2" t="n">
-        <v>1.665645161290329</v>
+        <v>1.7140666666666722</v>
       </c>
     </row>
     <row r="277">
       <c r="A277" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="B277" t="inlineStr">
         <is>
-          <t xml:space="preserve"> 5</t>
+          <t xml:space="preserve"> 6</t>
         </is>
       </c>
       <c r="C277" t="inlineStr">
         <is>
           <t>Gasoil Diesel routier</t>
         </is>
       </c>
       <c r="D277" t="inlineStr">
         <is>
           <t>Diesel B10 (€/L)</t>
         </is>
       </c>
       <c r="E277" s="2" t="n">
-        <v>1.663225806451619</v>
+        <v>1.710400000000006</v>
       </c>
     </row>
     <row r="278">
       <c r="A278" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="B278" t="inlineStr">
         <is>
-          <t xml:space="preserve"> 5</t>
+          <t xml:space="preserve"> 6</t>
         </is>
       </c>
       <c r="C278" t="inlineStr">
         <is>
           <t>Gasoil Diesel routier</t>
         </is>
       </c>
       <c r="D278" t="inlineStr">
         <is>
           <t>Diesel B20 (€/L)</t>
         </is>
       </c>
       <c r="E278" s="2" t="n">
-        <v>1.6881612903225867</v>
+        <v>1.7355333333333383</v>
       </c>
     </row>
     <row r="279">
       <c r="A279" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="B279" t="inlineStr">
         <is>
-          <t xml:space="preserve"> 5</t>
+          <t xml:space="preserve"> 6</t>
         </is>
       </c>
       <c r="C279" t="inlineStr">
         <is>
           <t>Gasoil Diesel routier</t>
         </is>
       </c>
       <c r="D279" t="inlineStr">
         <is>
           <t>Diesel B30 (€/L)</t>
         </is>
       </c>
       <c r="E279" s="2" t="n">
-        <v>1.7587741935483927</v>
+        <v>1.8062000000000074</v>
       </c>
     </row>
     <row r="280">
       <c r="A280" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="B280" t="inlineStr">
         <is>
-          <t xml:space="preserve"> 5</t>
+          <t xml:space="preserve"> 6</t>
         </is>
       </c>
       <c r="C280" t="inlineStr">
         <is>
           <t>Gasoil Diesel routier</t>
         </is>
       </c>
       <c r="D280" t="inlineStr">
         <is>
           <t>Diesel XTL (€/L)</t>
         </is>
       </c>
       <c r="E280" s="2" t="n">
-        <v>2.6066451612903303</v>
+        <v>2.686333333333342</v>
       </c>
     </row>
     <row r="281">
       <c r="A281" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="B281" t="inlineStr">
         <is>
-          <t xml:space="preserve"> 5</t>
+          <t xml:space="preserve"> 6</t>
         </is>
       </c>
       <c r="C281" t="inlineStr">
         <is>
           <t>Gasoil Diesel (application chauffage)</t>
         </is>
       </c>
       <c r="D281" t="inlineStr">
         <is>
           <t>Gasoil Diesel Chauffage (à partir de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E281" s="2" t="n">
-        <v>0.727287096774196</v>
+        <v>0.7844866666666693</v>
       </c>
     </row>
     <row r="282">
       <c r="A282" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="B282" t="inlineStr">
         <is>
-          <t xml:space="preserve"> 5</t>
+          <t xml:space="preserve"> 6</t>
         </is>
       </c>
       <c r="C282" t="inlineStr">
         <is>
           <t>Gasoil Diesel (application chauffage)</t>
         </is>
       </c>
       <c r="D282" t="inlineStr">
         <is>
           <t>Gasoil Diesel Chauffage (moins de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E282" s="2" t="n">
-        <v>0.7671032258064545</v>
+        <v>0.824290000000003</v>
       </c>
     </row>
     <row r="283">
       <c r="A283" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="B283" t="inlineStr">
         <is>
-          <t xml:space="preserve"> 5</t>
+          <t xml:space="preserve"> 6</t>
         </is>
       </c>
       <c r="C283" t="inlineStr">
         <is>
           <t>Gasoil de chauffage</t>
         </is>
       </c>
       <c r="D283" t="inlineStr">
         <is>
           <t>Gasoil chauffage (H0/H7) (à partir de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E283" s="2" t="n">
-        <v>0.727287096774196</v>
+        <v>0.7844866666666693</v>
       </c>
     </row>
     <row r="284">
       <c r="A284" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="B284" t="inlineStr">
         <is>
-          <t xml:space="preserve"> 5</t>
+          <t xml:space="preserve"> 6</t>
         </is>
       </c>
       <c r="C284" t="inlineStr">
         <is>
           <t>Gasoil de chauffage</t>
         </is>
       </c>
       <c r="D284" t="inlineStr">
         <is>
           <t>Gasoil chauffage (H0/H7) (moins de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E284" s="2" t="n">
-        <v>0.7671032258064545</v>
+        <v>0.824290000000003</v>
       </c>
     </row>
     <row r="285">
       <c r="A285" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="B285" t="inlineStr">
         <is>
-          <t xml:space="preserve"> 5</t>
+          <t xml:space="preserve"> 6</t>
         </is>
       </c>
       <c r="C285" t="inlineStr">
         <is>
           <t>Gasoil de chauffage</t>
         </is>
       </c>
       <c r="D285" t="inlineStr">
         <is>
           <t>Gasoil chauffage (H0/H7) (à la pompe) (€/L)</t>
         </is>
       </c>
       <c r="E285" s="2" t="n">
-        <v>0.8840967741935516</v>
+        <v>0.9412666666666699</v>
       </c>
     </row>
     <row r="286">
       <c r="A286" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="B286" t="inlineStr">
         <is>
-          <t xml:space="preserve"> 5</t>
+          <t xml:space="preserve"> 6</t>
         </is>
       </c>
       <c r="C286" t="inlineStr">
         <is>
           <t>Butane + LPG</t>
         </is>
       </c>
       <c r="D286" t="inlineStr">
         <is>
           <t>Autogas LPG (à la pompe) (€/L)</t>
         </is>
       </c>
       <c r="E286" s="2" t="n">
-        <v>0.7312903225806476</v>
+        <v>0.7460000000000025</v>
       </c>
     </row>
     <row r="287">
       <c r="A287" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="B287" t="inlineStr">
         <is>
-          <t xml:space="preserve"> 6</t>
+          <t xml:space="preserve"> 7</t>
         </is>
       </c>
       <c r="C287" t="inlineStr">
         <is>
           <t>Essences</t>
         </is>
       </c>
       <c r="D287" t="inlineStr">
         <is>
           <t>Essence 95 RON E5 (€/L)</t>
         </is>
       </c>
       <c r="E287" s="2" t="n">
-        <v>1.6471666666666718</v>
+        <v>1.6351612903225867</v>
       </c>
     </row>
     <row r="288">
       <c r="A288" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="B288" t="inlineStr">
         <is>
-          <t xml:space="preserve"> 6</t>
+          <t xml:space="preserve"> 7</t>
         </is>
       </c>
       <c r="C288" t="inlineStr">
         <is>
           <t>Essences</t>
         </is>
       </c>
       <c r="D288" t="inlineStr">
         <is>
           <t>Essence 95 RON E10 (€/L)</t>
         </is>
       </c>
       <c r="E288" s="2" t="n">
-        <v>1.6323666666666719</v>
+        <v>1.6206129032258128</v>
       </c>
     </row>
     <row r="289">
       <c r="A289" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="B289" t="inlineStr">
         <is>
-          <t xml:space="preserve"> 6</t>
+          <t xml:space="preserve"> 7</t>
         </is>
       </c>
       <c r="C289" t="inlineStr">
         <is>
           <t>Essences</t>
         </is>
       </c>
       <c r="D289" t="inlineStr">
         <is>
           <t>Essence 98 RON E5 (€/L)</t>
         </is>
       </c>
       <c r="E289" s="2" t="n">
-        <v>1.7135666666666722</v>
+        <v>1.6995806451612954</v>
       </c>
     </row>
     <row r="290">
       <c r="A290" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="B290" t="inlineStr">
         <is>
-          <t xml:space="preserve"> 6</t>
+          <t xml:space="preserve"> 7</t>
         </is>
       </c>
       <c r="C290" t="inlineStr">
         <is>
           <t>Essences</t>
         </is>
       </c>
       <c r="D290" t="inlineStr">
         <is>
           <t>Essence 98 RON E10 (€/L)</t>
         </is>
       </c>
       <c r="E290" s="2" t="n">
-        <v>1.7163000000000068</v>
+        <v>1.7005806451612975</v>
       </c>
     </row>
     <row r="291">
       <c r="A291" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="B291" t="inlineStr">
         <is>
-          <t xml:space="preserve"> 6</t>
+          <t xml:space="preserve"> 7</t>
         </is>
       </c>
       <c r="C291" t="inlineStr">
         <is>
           <t>Gasoil Diesel routier</t>
         </is>
       </c>
       <c r="D291" t="inlineStr">
         <is>
           <t>Diesel B7 (€/L)</t>
         </is>
       </c>
       <c r="E291" s="2" t="n">
-        <v>1.7140666666666722</v>
+        <v>1.7468064516129083</v>
       </c>
     </row>
     <row r="292">
       <c r="A292" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="B292" t="inlineStr">
         <is>
-          <t xml:space="preserve"> 6</t>
+          <t xml:space="preserve"> 7</t>
         </is>
       </c>
       <c r="C292" t="inlineStr">
         <is>
           <t>Gasoil Diesel routier</t>
         </is>
       </c>
       <c r="D292" t="inlineStr">
         <is>
           <t>Diesel B10 (€/L)</t>
         </is>
       </c>
       <c r="E292" s="2" t="n">
-        <v>1.710400000000006</v>
+        <v>1.7430322580645223</v>
       </c>
     </row>
     <row r="293">
       <c r="A293" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="B293" t="inlineStr">
         <is>
-          <t xml:space="preserve"> 6</t>
+          <t xml:space="preserve"> 7</t>
         </is>
       </c>
       <c r="C293" t="inlineStr">
         <is>
           <t>Gasoil Diesel routier</t>
         </is>
       </c>
       <c r="D293" t="inlineStr">
         <is>
           <t>Diesel B20 (€/L)</t>
         </is>
       </c>
       <c r="E293" s="2" t="n">
-        <v>1.7355333333333383</v>
+        <v>1.7617741935483935</v>
       </c>
     </row>
     <row r="294">
       <c r="A294" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="B294" t="inlineStr">
         <is>
-          <t xml:space="preserve"> 6</t>
+          <t xml:space="preserve"> 7</t>
         </is>
       </c>
       <c r="C294" t="inlineStr">
         <is>
           <t>Gasoil Diesel routier</t>
         </is>
       </c>
       <c r="D294" t="inlineStr">
         <is>
           <t>Diesel B30 (€/L)</t>
         </is>
       </c>
       <c r="E294" s="2" t="n">
-        <v>1.8062000000000074</v>
+        <v>1.824774193548393</v>
       </c>
     </row>
     <row r="295">
       <c r="A295" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="B295" t="inlineStr">
         <is>
-          <t xml:space="preserve"> 6</t>
+          <t xml:space="preserve"> 7</t>
         </is>
       </c>
       <c r="C295" t="inlineStr">
         <is>
           <t>Gasoil Diesel routier</t>
         </is>
       </c>
       <c r="D295" t="inlineStr">
         <is>
           <t>Diesel XTL (€/L)</t>
         </is>
       </c>
       <c r="E295" s="2" t="n">
-        <v>2.686333333333342</v>
+        <v>2.736290322580656</v>
       </c>
     </row>
     <row r="296">
       <c r="A296" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="B296" t="inlineStr">
         <is>
-          <t xml:space="preserve"> 6</t>
+          <t xml:space="preserve"> 7</t>
         </is>
       </c>
       <c r="C296" t="inlineStr">
         <is>
           <t>Gasoil Diesel (application chauffage)</t>
         </is>
       </c>
       <c r="D296" t="inlineStr">
         <is>
           <t>Gasoil Diesel Chauffage (à partir de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E296" s="2" t="n">
-        <v>0.7844866666666693</v>
+        <v>0.821096774193551</v>
       </c>
     </row>
     <row r="297">
       <c r="A297" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="B297" t="inlineStr">
         <is>
-          <t xml:space="preserve"> 6</t>
+          <t xml:space="preserve"> 7</t>
         </is>
       </c>
       <c r="C297" t="inlineStr">
         <is>
           <t>Gasoil Diesel (application chauffage)</t>
         </is>
       </c>
       <c r="D297" t="inlineStr">
         <is>
           <t>Gasoil Diesel Chauffage (moins de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E297" s="2" t="n">
-        <v>0.824290000000003</v>
+        <v>0.8609096774193578</v>
       </c>
     </row>
     <row r="298">
       <c r="A298" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="B298" t="inlineStr">
         <is>
-          <t xml:space="preserve"> 6</t>
+          <t xml:space="preserve"> 7</t>
         </is>
       </c>
       <c r="C298" t="inlineStr">
         <is>
           <t>Gasoil de chauffage</t>
         </is>
       </c>
       <c r="D298" t="inlineStr">
         <is>
           <t>Gasoil chauffage (H0/H7) (à partir de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E298" s="2" t="n">
-        <v>0.7844866666666693</v>
+        <v>0.821096774193551</v>
       </c>
     </row>
     <row r="299">
       <c r="A299" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="B299" t="inlineStr">
         <is>
-          <t xml:space="preserve"> 6</t>
+          <t xml:space="preserve"> 7</t>
         </is>
       </c>
       <c r="C299" t="inlineStr">
         <is>
           <t>Gasoil de chauffage</t>
         </is>
       </c>
       <c r="D299" t="inlineStr">
         <is>
           <t>Gasoil chauffage (H0/H7) (moins de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E299" s="2" t="n">
-        <v>0.824290000000003</v>
+        <v>0.8609096774193578</v>
       </c>
     </row>
     <row r="300">
       <c r="A300" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="B300" t="inlineStr">
         <is>
-          <t xml:space="preserve"> 6</t>
+          <t xml:space="preserve"> 7</t>
         </is>
       </c>
       <c r="C300" t="inlineStr">
         <is>
           <t>Gasoil de chauffage</t>
         </is>
       </c>
       <c r="D300" t="inlineStr">
         <is>
           <t>Gasoil chauffage (H0/H7) (à la pompe) (€/L)</t>
         </is>
       </c>
       <c r="E300" s="2" t="n">
-        <v>0.9412666666666699</v>
+        <v>0.9780967741935518</v>
       </c>
     </row>
     <row r="301">
       <c r="A301" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="B301" t="inlineStr">
         <is>
-          <t xml:space="preserve"> 6</t>
+          <t xml:space="preserve"> 7</t>
         </is>
       </c>
       <c r="C301" t="inlineStr">
         <is>
           <t>Butane + LPG</t>
         </is>
       </c>
       <c r="D301" t="inlineStr">
         <is>
           <t>Autogas LPG (à la pompe) (€/L)</t>
         </is>
       </c>
       <c r="E301" s="2" t="n">
-        <v>0.7460000000000025</v>
+        <v>0.7420645161290343</v>
       </c>
     </row>
     <row r="302">
       <c r="A302" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="B302" t="inlineStr">
         <is>
-          <t xml:space="preserve"> 7</t>
+          <t xml:space="preserve"> 8</t>
         </is>
       </c>
       <c r="C302" t="inlineStr">
         <is>
           <t>Essences</t>
         </is>
       </c>
       <c r="D302" t="inlineStr">
         <is>
           <t>Essence 95 RON E5 (€/L)</t>
         </is>
       </c>
       <c r="E302" s="2" t="n">
-        <v>1.6351612903225867</v>
+        <v>1.6430000000000062</v>
       </c>
     </row>
     <row r="303">
       <c r="A303" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="B303" t="inlineStr">
         <is>
-          <t xml:space="preserve"> 7</t>
+          <t xml:space="preserve"> 8</t>
         </is>
       </c>
       <c r="C303" t="inlineStr">
         <is>
           <t>Essences</t>
         </is>
       </c>
       <c r="D303" t="inlineStr">
         <is>
           <t>Essence 95 RON E10 (€/L)</t>
         </is>
       </c>
       <c r="E303" s="2" t="n">
-        <v>1.6206129032258128</v>
+        <v>1.6270000000000064</v>
       </c>
     </row>
     <row r="304">
       <c r="A304" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="B304" t="inlineStr">
         <is>
-          <t xml:space="preserve"> 7</t>
+          <t xml:space="preserve"> 8</t>
         </is>
       </c>
       <c r="C304" t="inlineStr">
         <is>
           <t>Essences</t>
         </is>
       </c>
       <c r="D304" t="inlineStr">
         <is>
           <t>Essence 98 RON E5 (€/L)</t>
         </is>
       </c>
       <c r="E304" s="2" t="n">
-        <v>1.6995806451612954</v>
+        <v>1.7080000000000048</v>
       </c>
     </row>
     <row r="305">
       <c r="A305" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="B305" t="inlineStr">
         <is>
-          <t xml:space="preserve"> 7</t>
+          <t xml:space="preserve"> 8</t>
         </is>
       </c>
       <c r="C305" t="inlineStr">
         <is>
           <t>Essences</t>
         </is>
       </c>
       <c r="D305" t="inlineStr">
         <is>
           <t>Essence 98 RON E10 (€/L)</t>
         </is>
       </c>
       <c r="E305" s="2" t="n">
-        <v>1.7005806451612975</v>
+        <v>1.7090000000000072</v>
       </c>
     </row>
     <row r="306">
       <c r="A306" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="B306" t="inlineStr">
         <is>
-          <t xml:space="preserve"> 7</t>
+          <t xml:space="preserve"> 8</t>
         </is>
       </c>
       <c r="C306" t="inlineStr">
         <is>
           <t>Gasoil Diesel routier</t>
         </is>
       </c>
       <c r="D306" t="inlineStr">
         <is>
           <t>Diesel B7 (€/L)</t>
         </is>
       </c>
       <c r="E306" s="2" t="n">
-        <v>1.7468064516129083</v>
+        <v>1.7143548387096836</v>
       </c>
     </row>
     <row r="307">
       <c r="A307" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="B307" t="inlineStr">
         <is>
-          <t xml:space="preserve"> 7</t>
+          <t xml:space="preserve"> 8</t>
         </is>
       </c>
       <c r="C307" t="inlineStr">
         <is>
           <t>Gasoil Diesel routier</t>
         </is>
       </c>
       <c r="D307" t="inlineStr">
         <is>
           <t>Diesel B10 (€/L)</t>
         </is>
       </c>
       <c r="E307" s="2" t="n">
-        <v>1.7430322580645223</v>
+        <v>1.7098709677419421</v>
       </c>
     </row>
     <row r="308">
       <c r="A308" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="B308" t="inlineStr">
         <is>
-          <t xml:space="preserve"> 7</t>
+          <t xml:space="preserve"> 8</t>
         </is>
       </c>
       <c r="C308" t="inlineStr">
         <is>
           <t>Gasoil Diesel routier</t>
         </is>
       </c>
       <c r="D308" t="inlineStr">
         <is>
           <t>Diesel B20 (€/L)</t>
         </is>
       </c>
       <c r="E308" s="2" t="n">
-        <v>1.7617741935483935</v>
+        <v>1.7280967741935538</v>
       </c>
     </row>
     <row r="309">
       <c r="A309" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="B309" t="inlineStr">
         <is>
-          <t xml:space="preserve"> 7</t>
+          <t xml:space="preserve"> 8</t>
         </is>
       </c>
       <c r="C309" t="inlineStr">
         <is>
           <t>Gasoil Diesel routier</t>
         </is>
       </c>
       <c r="D309" t="inlineStr">
         <is>
           <t>Diesel B30 (€/L)</t>
         </is>
       </c>
       <c r="E309" s="2" t="n">
-        <v>1.824774193548393</v>
+        <v>1.7942903225806526</v>
       </c>
     </row>
     <row r="310">
       <c r="A310" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="B310" t="inlineStr">
         <is>
-          <t xml:space="preserve"> 7</t>
+          <t xml:space="preserve"> 8</t>
         </is>
       </c>
       <c r="C310" t="inlineStr">
         <is>
           <t>Gasoil Diesel routier</t>
         </is>
       </c>
       <c r="D310" t="inlineStr">
         <is>
           <t>Diesel XTL (€/L)</t>
         </is>
       </c>
       <c r="E310" s="2" t="n">
-        <v>2.736290322580656</v>
+        <v>2.8495806451613035</v>
       </c>
     </row>
     <row r="311">
       <c r="A311" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="B311" t="inlineStr">
         <is>
-          <t xml:space="preserve"> 7</t>
+          <t xml:space="preserve"> 8</t>
         </is>
       </c>
       <c r="C311" t="inlineStr">
         <is>
           <t>Gasoil Diesel (application chauffage)</t>
         </is>
       </c>
       <c r="D311" t="inlineStr">
         <is>
           <t>Gasoil Diesel Chauffage (à partir de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E311" s="2" t="n">
-        <v>0.821096774193551</v>
+        <v>0.7714290322580672</v>
       </c>
     </row>
     <row r="312">
       <c r="A312" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="B312" t="inlineStr">
         <is>
-          <t xml:space="preserve"> 7</t>
+          <t xml:space="preserve"> 8</t>
         </is>
       </c>
       <c r="C312" t="inlineStr">
         <is>
           <t>Gasoil Diesel (application chauffage)</t>
         </is>
       </c>
       <c r="D312" t="inlineStr">
         <is>
           <t>Gasoil Diesel Chauffage (moins de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E312" s="2" t="n">
-        <v>0.8609096774193578</v>
+        <v>0.8112290322580674</v>
       </c>
     </row>
     <row r="313">
       <c r="A313" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="B313" t="inlineStr">
         <is>
-          <t xml:space="preserve"> 7</t>
+          <t xml:space="preserve"> 8</t>
         </is>
       </c>
       <c r="C313" t="inlineStr">
         <is>
           <t>Gasoil de chauffage</t>
         </is>
       </c>
       <c r="D313" t="inlineStr">
         <is>
           <t>Gasoil chauffage (H0/H7) (à partir de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E313" s="2" t="n">
-        <v>0.821096774193551</v>
+        <v>0.7714290322580672</v>
       </c>
     </row>
     <row r="314">
       <c r="A314" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="B314" t="inlineStr">
         <is>
-          <t xml:space="preserve"> 7</t>
+          <t xml:space="preserve"> 8</t>
         </is>
       </c>
       <c r="C314" t="inlineStr">
         <is>
           <t>Gasoil de chauffage</t>
         </is>
       </c>
       <c r="D314" t="inlineStr">
         <is>
           <t>Gasoil chauffage (H0/H7) (moins de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E314" s="2" t="n">
-        <v>0.8609096774193578</v>
+        <v>0.8112290322580674</v>
       </c>
     </row>
     <row r="315">
       <c r="A315" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="B315" t="inlineStr">
         <is>
-          <t xml:space="preserve"> 7</t>
+          <t xml:space="preserve"> 8</t>
         </is>
       </c>
       <c r="C315" t="inlineStr">
         <is>
           <t>Gasoil de chauffage</t>
         </is>
       </c>
       <c r="D315" t="inlineStr">
         <is>
           <t>Gasoil chauffage (H0/H7) (à la pompe) (€/L)</t>
         </is>
       </c>
       <c r="E315" s="2" t="n">
-        <v>0.9780967741935518</v>
+        <v>0.9283225806451645</v>
       </c>
     </row>
     <row r="316">
       <c r="A316" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="B316" t="inlineStr">
         <is>
-          <t xml:space="preserve"> 7</t>
+          <t xml:space="preserve"> 8</t>
         </is>
       </c>
       <c r="C316" t="inlineStr">
         <is>
           <t>Butane + LPG</t>
         </is>
       </c>
       <c r="D316" t="inlineStr">
         <is>
           <t>Autogas LPG (à la pompe) (€/L)</t>
         </is>
       </c>
       <c r="E316" s="2" t="n">
-        <v>0.7420645161290343</v>
+        <v>0.7613225806451634</v>
       </c>
     </row>
     <row r="317">
       <c r="A317" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="B317" t="inlineStr">
         <is>
-          <t xml:space="preserve"> 8</t>
+          <t xml:space="preserve"> 9</t>
         </is>
       </c>
       <c r="C317" t="inlineStr">
         <is>
           <t>Essences</t>
         </is>
       </c>
       <c r="D317" t="inlineStr">
         <is>
           <t>Essence 95 RON E5 (€/L)</t>
         </is>
       </c>
       <c r="E317" s="2" t="n">
-        <v>1.6430000000000062</v>
+        <v>1.6690000000000071</v>
       </c>
     </row>
     <row r="318">
       <c r="A318" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="B318" t="inlineStr">
         <is>
-          <t xml:space="preserve"> 8</t>
+          <t xml:space="preserve"> 9</t>
         </is>
       </c>
       <c r="C318" t="inlineStr">
         <is>
           <t>Essences</t>
         </is>
       </c>
       <c r="D318" t="inlineStr">
         <is>
           <t>Essence 95 RON E10 (€/L)</t>
         </is>
       </c>
       <c r="E318" s="2" t="n">
-        <v>1.6270000000000064</v>
+        <v>1.6478000000000068</v>
       </c>
     </row>
     <row r="319">
       <c r="A319" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="B319" t="inlineStr">
         <is>
-          <t xml:space="preserve"> 8</t>
+          <t xml:space="preserve"> 9</t>
         </is>
       </c>
       <c r="C319" t="inlineStr">
         <is>
           <t>Essences</t>
         </is>
       </c>
       <c r="D319" t="inlineStr">
         <is>
           <t>Essence 98 RON E5 (€/L)</t>
         </is>
       </c>
       <c r="E319" s="2" t="n">
-        <v>1.7080000000000048</v>
+        <v>1.7071333333333398</v>
       </c>
     </row>
     <row r="320">
       <c r="A320" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="B320" t="inlineStr">
         <is>
-          <t xml:space="preserve"> 8</t>
+          <t xml:space="preserve"> 9</t>
         </is>
       </c>
       <c r="C320" t="inlineStr">
         <is>
           <t>Essences</t>
         </is>
       </c>
       <c r="D320" t="inlineStr">
         <is>
           <t>Essence 98 RON E10 (€/L)</t>
         </is>
       </c>
       <c r="E320" s="2" t="n">
-        <v>1.7090000000000072</v>
+        <v>1.7046666666666732</v>
       </c>
     </row>
     <row r="321">
       <c r="A321" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="B321" t="inlineStr">
         <is>
-          <t xml:space="preserve"> 8</t>
+          <t xml:space="preserve"> 9</t>
         </is>
       </c>
       <c r="C321" t="inlineStr">
         <is>
           <t>Gasoil Diesel routier</t>
         </is>
       </c>
       <c r="D321" t="inlineStr">
         <is>
           <t>Diesel B7 (€/L)</t>
         </is>
       </c>
       <c r="E321" s="2" t="n">
-        <v>1.7143548387096836</v>
+        <v>1.7301666666666728</v>
       </c>
     </row>
     <row r="322">
       <c r="A322" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="B322" t="inlineStr">
         <is>
-          <t xml:space="preserve"> 8</t>
+          <t xml:space="preserve"> 9</t>
         </is>
       </c>
       <c r="C322" t="inlineStr">
         <is>
           <t>Gasoil Diesel routier</t>
         </is>
       </c>
       <c r="D322" t="inlineStr">
         <is>
           <t>Diesel B10 (€/L)</t>
         </is>
       </c>
       <c r="E322" s="2" t="n">
-        <v>1.7098709677419421</v>
+        <v>1.7247000000000068</v>
       </c>
     </row>
     <row r="323">
       <c r="A323" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="B323" t="inlineStr">
         <is>
-          <t xml:space="preserve"> 8</t>
+          <t xml:space="preserve"> 9</t>
         </is>
       </c>
       <c r="C323" t="inlineStr">
         <is>
           <t>Gasoil Diesel routier</t>
         </is>
       </c>
       <c r="D323" t="inlineStr">
         <is>
           <t>Diesel B20 (€/L)</t>
         </is>
       </c>
       <c r="E323" s="2" t="n">
-        <v>1.7280967741935538</v>
+        <v>1.7443333333333395</v>
       </c>
     </row>
     <row r="324">
       <c r="A324" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="B324" t="inlineStr">
         <is>
-          <t xml:space="preserve"> 8</t>
+          <t xml:space="preserve"> 9</t>
         </is>
       </c>
       <c r="C324" t="inlineStr">
         <is>
           <t>Gasoil Diesel routier</t>
         </is>
       </c>
       <c r="D324" t="inlineStr">
         <is>
           <t>Diesel B30 (€/L)</t>
         </is>
       </c>
       <c r="E324" s="2" t="n">
-        <v>1.7942903225806526</v>
+        <v>1.8145000000000067</v>
       </c>
     </row>
     <row r="325">
       <c r="A325" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="B325" t="inlineStr">
         <is>
-          <t xml:space="preserve"> 8</t>
+          <t xml:space="preserve"> 9</t>
         </is>
       </c>
       <c r="C325" t="inlineStr">
         <is>
           <t>Gasoil Diesel routier</t>
         </is>
       </c>
       <c r="D325" t="inlineStr">
         <is>
           <t>Diesel XTL (€/L)</t>
         </is>
       </c>
       <c r="E325" s="2" t="n">
-        <v>2.8495806451613035</v>
+        <v>2.983633333333345</v>
       </c>
     </row>
     <row r="326">
       <c r="A326" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="B326" t="inlineStr">
         <is>
-          <t xml:space="preserve"> 8</t>
+          <t xml:space="preserve"> 9</t>
         </is>
       </c>
       <c r="C326" t="inlineStr">
         <is>
           <t>Gasoil Diesel (application chauffage)</t>
         </is>
       </c>
       <c r="D326" t="inlineStr">
         <is>
           <t>Gasoil Diesel Chauffage (à partir de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E326" s="2" t="n">
-        <v>0.7714290322580672</v>
+        <v>0.7890600000000028</v>
       </c>
     </row>
     <row r="327">
       <c r="A327" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="B327" t="inlineStr">
         <is>
-          <t xml:space="preserve"> 8</t>
+          <t xml:space="preserve"> 9</t>
         </is>
       </c>
       <c r="C327" t="inlineStr">
         <is>
           <t>Gasoil Diesel (application chauffage)</t>
         </is>
       </c>
       <c r="D327" t="inlineStr">
         <is>
           <t>Gasoil Diesel Chauffage (moins de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E327" s="2" t="n">
-        <v>0.8112290322580674</v>
+        <v>0.8288633333333362</v>
       </c>
     </row>
     <row r="328">
       <c r="A328" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="B328" t="inlineStr">
         <is>
-          <t xml:space="preserve"> 8</t>
+          <t xml:space="preserve"> 9</t>
         </is>
       </c>
       <c r="C328" t="inlineStr">
         <is>
           <t>Gasoil de chauffage</t>
         </is>
       </c>
       <c r="D328" t="inlineStr">
         <is>
           <t>Gasoil chauffage (H0/H7) (à partir de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E328" s="2" t="n">
-        <v>0.7714290322580672</v>
+        <v>0.7890600000000028</v>
       </c>
     </row>
     <row r="329">
       <c r="A329" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="B329" t="inlineStr">
         <is>
-          <t xml:space="preserve"> 8</t>
+          <t xml:space="preserve"> 9</t>
         </is>
       </c>
       <c r="C329" t="inlineStr">
         <is>
           <t>Gasoil de chauffage</t>
         </is>
       </c>
       <c r="D329" t="inlineStr">
         <is>
           <t>Gasoil chauffage (H0/H7) (moins de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E329" s="2" t="n">
-        <v>0.8112290322580674</v>
+        <v>0.8288633333333362</v>
       </c>
     </row>
     <row r="330">
       <c r="A330" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="B330" t="inlineStr">
         <is>
-          <t xml:space="preserve"> 8</t>
+          <t xml:space="preserve"> 9</t>
         </is>
       </c>
       <c r="C330" t="inlineStr">
         <is>
           <t>Gasoil de chauffage</t>
         </is>
       </c>
       <c r="D330" t="inlineStr">
         <is>
           <t>Gasoil chauffage (H0/H7) (à la pompe) (€/L)</t>
         </is>
       </c>
       <c r="E330" s="2" t="n">
-        <v>0.9283225806451645</v>
+        <v>0.9460000000000036</v>
       </c>
     </row>
     <row r="331">
       <c r="A331" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="B331" t="inlineStr">
         <is>
-          <t xml:space="preserve"> 8</t>
+          <t xml:space="preserve"> 9</t>
         </is>
       </c>
       <c r="C331" t="inlineStr">
         <is>
           <t>Butane + LPG</t>
         </is>
       </c>
       <c r="D331" t="inlineStr">
         <is>
           <t>Autogas LPG (à la pompe) (€/L)</t>
         </is>
       </c>
       <c r="E331" s="2" t="n">
-        <v>0.7613225806451634</v>
+        <v>0.7838333333333365</v>
       </c>
     </row>
     <row r="332">
       <c r="A332" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="B332" t="inlineStr">
         <is>
-          <t xml:space="preserve"> 9</t>
+          <t>10</t>
         </is>
       </c>
       <c r="C332" t="inlineStr">
         <is>
           <t>Essences</t>
         </is>
       </c>
       <c r="D332" t="inlineStr">
         <is>
           <t>Essence 95 RON E5 (€/L)</t>
         </is>
       </c>
       <c r="E332" s="2" t="n">
-        <v>1.6690000000000071</v>
+        <v>1.6604838709677472</v>
       </c>
     </row>
     <row r="333">
       <c r="A333" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="B333" t="inlineStr">
         <is>
-          <t xml:space="preserve"> 9</t>
+          <t>10</t>
         </is>
       </c>
       <c r="C333" t="inlineStr">
         <is>
           <t>Essences</t>
         </is>
       </c>
       <c r="D333" t="inlineStr">
         <is>
           <t>Essence 95 RON E10 (€/L)</t>
         </is>
       </c>
       <c r="E333" s="2" t="n">
-        <v>1.6478000000000068</v>
+        <v>1.6452903225806503</v>
       </c>
     </row>
     <row r="334">
       <c r="A334" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="B334" t="inlineStr">
         <is>
-          <t xml:space="preserve"> 9</t>
+          <t>10</t>
         </is>
       </c>
       <c r="C334" t="inlineStr">
         <is>
           <t>Essences</t>
         </is>
       </c>
       <c r="D334" t="inlineStr">
         <is>
           <t>Essence 98 RON E5 (€/L)</t>
         </is>
       </c>
       <c r="E334" s="2" t="n">
-        <v>1.7071333333333398</v>
+        <v>1.69722580645162</v>
       </c>
     </row>
     <row r="335">
       <c r="A335" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="B335" t="inlineStr">
         <is>
-          <t xml:space="preserve"> 9</t>
+          <t>10</t>
         </is>
       </c>
       <c r="C335" t="inlineStr">
         <is>
           <t>Essences</t>
         </is>
       </c>
       <c r="D335" t="inlineStr">
         <is>
           <t>Essence 98 RON E10 (€/L)</t>
         </is>
       </c>
       <c r="E335" s="2" t="n">
-        <v>1.7046666666666732</v>
+        <v>1.6938064516129083</v>
       </c>
     </row>
     <row r="336">
       <c r="A336" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="B336" t="inlineStr">
         <is>
-          <t xml:space="preserve"> 9</t>
+          <t>10</t>
         </is>
       </c>
       <c r="C336" t="inlineStr">
         <is>
           <t>Gasoil Diesel routier</t>
         </is>
       </c>
       <c r="D336" t="inlineStr">
         <is>
           <t>Diesel B7 (€/L)</t>
         </is>
       </c>
       <c r="E336" s="2" t="n">
-        <v>1.7301666666666728</v>
+        <v>1.72180645161291</v>
       </c>
     </row>
     <row r="337">
       <c r="A337" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="B337" t="inlineStr">
         <is>
-          <t xml:space="preserve"> 9</t>
+          <t>10</t>
         </is>
       </c>
       <c r="C337" t="inlineStr">
         <is>
           <t>Gasoil Diesel routier</t>
         </is>
       </c>
       <c r="D337" t="inlineStr">
         <is>
           <t>Diesel B10 (€/L)</t>
         </is>
       </c>
       <c r="E337" s="2" t="n">
-        <v>1.7247000000000068</v>
+        <v>1.715129032258071</v>
       </c>
     </row>
     <row r="338">
       <c r="A338" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="B338" t="inlineStr">
         <is>
-          <t xml:space="preserve"> 9</t>
+          <t>10</t>
         </is>
       </c>
       <c r="C338" t="inlineStr">
         <is>
           <t>Gasoil Diesel routier</t>
         </is>
       </c>
       <c r="D338" t="inlineStr">
         <is>
           <t>Diesel B20 (€/L)</t>
         </is>
       </c>
       <c r="E338" s="2" t="n">
-        <v>1.7443333333333395</v>
+        <v>1.7320322580645213</v>
       </c>
     </row>
     <row r="339">
       <c r="A339" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="B339" t="inlineStr">
         <is>
-          <t xml:space="preserve"> 9</t>
+          <t>10</t>
         </is>
       </c>
       <c r="C339" t="inlineStr">
         <is>
           <t>Gasoil Diesel routier</t>
         </is>
       </c>
       <c r="D339" t="inlineStr">
         <is>
           <t>Diesel B30 (€/L)</t>
         </is>
       </c>
       <c r="E339" s="2" t="n">
-        <v>1.8145000000000067</v>
+        <v>1.8045161290322642</v>
       </c>
     </row>
     <row r="340">
       <c r="A340" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="B340" t="inlineStr">
         <is>
-          <t xml:space="preserve"> 9</t>
+          <t>10</t>
         </is>
       </c>
       <c r="C340" t="inlineStr">
         <is>
           <t>Gasoil Diesel routier</t>
         </is>
       </c>
       <c r="D340" t="inlineStr">
         <is>
           <t>Diesel XTL (€/L)</t>
         </is>
       </c>
       <c r="E340" s="2" t="n">
-        <v>2.983633333333345</v>
+        <v>3.139967741935496</v>
       </c>
     </row>
     <row r="341">
       <c r="A341" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="B341" t="inlineStr">
         <is>
-          <t xml:space="preserve"> 9</t>
+          <t>10</t>
         </is>
       </c>
       <c r="C341" t="inlineStr">
         <is>
           <t>Gasoil Diesel (application chauffage)</t>
         </is>
       </c>
       <c r="D341" t="inlineStr">
         <is>
           <t>Gasoil Diesel Chauffage (à partir de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E341" s="2" t="n">
-        <v>0.7890600000000028</v>
+        <v>0.7729548387096797</v>
       </c>
     </row>
     <row r="342">
       <c r="A342" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="B342" t="inlineStr">
         <is>
-          <t xml:space="preserve"> 9</t>
+          <t>10</t>
         </is>
       </c>
       <c r="C342" t="inlineStr">
         <is>
           <t>Gasoil Diesel (application chauffage)</t>
         </is>
       </c>
       <c r="D342" t="inlineStr">
         <is>
           <t>Gasoil Diesel Chauffage (moins de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E342" s="2" t="n">
-        <v>0.8288633333333362</v>
+        <v>0.8132161290322613</v>
       </c>
     </row>
     <row r="343">
       <c r="A343" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="B343" t="inlineStr">
         <is>
-          <t xml:space="preserve"> 9</t>
+          <t>10</t>
         </is>
       </c>
       <c r="C343" t="inlineStr">
         <is>
           <t>Gasoil de chauffage</t>
         </is>
       </c>
       <c r="D343" t="inlineStr">
         <is>
           <t>Gasoil chauffage (H0/H7) (à partir de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E343" s="2" t="n">
-        <v>0.7890600000000028</v>
+        <v>0.7729548387096797</v>
       </c>
     </row>
     <row r="344">
       <c r="A344" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="B344" t="inlineStr">
         <is>
-          <t xml:space="preserve"> 9</t>
+          <t>10</t>
         </is>
       </c>
       <c r="C344" t="inlineStr">
         <is>
           <t>Gasoil de chauffage</t>
         </is>
       </c>
       <c r="D344" t="inlineStr">
         <is>
           <t>Gasoil chauffage (H0/H7) (moins de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E344" s="2" t="n">
-        <v>0.8288633333333362</v>
+        <v>0.8132161290322613</v>
       </c>
     </row>
     <row r="345">
       <c r="A345" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="B345" t="inlineStr">
         <is>
-          <t xml:space="preserve"> 9</t>
+          <t>10</t>
         </is>
       </c>
       <c r="C345" t="inlineStr">
         <is>
           <t>Gasoil de chauffage</t>
         </is>
       </c>
       <c r="D345" t="inlineStr">
         <is>
           <t>Gasoil chauffage (H0/H7) (à la pompe) (€/L)</t>
         </is>
       </c>
       <c r="E345" s="2" t="n">
-        <v>0.9460000000000036</v>
+        <v>0.9308709677419392</v>
       </c>
     </row>
     <row r="346">
       <c r="A346" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="B346" t="inlineStr">
         <is>
-          <t xml:space="preserve"> 9</t>
+          <t>10</t>
         </is>
       </c>
       <c r="C346" t="inlineStr">
         <is>
           <t>Butane + LPG</t>
         </is>
       </c>
       <c r="D346" t="inlineStr">
         <is>
           <t>Autogas LPG (à la pompe) (€/L)</t>
         </is>
       </c>
       <c r="E346" s="2" t="n">
-        <v>0.7838333333333365</v>
+        <v>0.8217096774193572</v>
       </c>
     </row>
     <row r="347">
       <c r="A347" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="B347" t="inlineStr">
         <is>
-          <t>10</t>
+          <t>11</t>
         </is>
       </c>
       <c r="C347" t="inlineStr">
         <is>
           <t>Essences</t>
         </is>
       </c>
       <c r="D347" t="inlineStr">
         <is>
           <t>Essence 95 RON E5 (€/L)</t>
         </is>
       </c>
       <c r="E347" s="2" t="n">
-        <v>1.6604838709677472</v>
+        <v>1.6695333333333406</v>
       </c>
     </row>
     <row r="348">
       <c r="A348" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="B348" t="inlineStr">
         <is>
-          <t>10</t>
+          <t>11</t>
         </is>
       </c>
       <c r="C348" t="inlineStr">
         <is>
           <t>Essences</t>
         </is>
       </c>
       <c r="D348" t="inlineStr">
         <is>
           <t>Essence 95 RON E10 (€/L)</t>
         </is>
       </c>
       <c r="E348" s="2" t="n">
-        <v>1.6452903225806503</v>
+        <v>1.6567333333333396</v>
       </c>
     </row>
     <row r="349">
       <c r="A349" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="B349" t="inlineStr">
         <is>
-          <t>10</t>
+          <t>11</t>
         </is>
       </c>
       <c r="C349" t="inlineStr">
         <is>
           <t>Essences</t>
         </is>
       </c>
       <c r="D349" t="inlineStr">
         <is>
           <t>Essence 98 RON E5 (€/L)</t>
         </is>
       </c>
       <c r="E349" s="2" t="n">
-        <v>1.69722580645162</v>
+        <v>1.7449333333333392</v>
       </c>
     </row>
     <row r="350">
       <c r="A350" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="B350" t="inlineStr">
         <is>
-          <t>10</t>
+          <t>11</t>
         </is>
       </c>
       <c r="C350" t="inlineStr">
         <is>
           <t>Essences</t>
         </is>
       </c>
       <c r="D350" t="inlineStr">
         <is>
           <t>Essence 98 RON E10 (€/L)</t>
         </is>
       </c>
       <c r="E350" s="2" t="n">
-        <v>1.6938064516129083</v>
+        <v>1.7436000000000067</v>
       </c>
     </row>
     <row r="351">
       <c r="A351" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="B351" t="inlineStr">
         <is>
-          <t>10</t>
+          <t>11</t>
         </is>
       </c>
       <c r="C351" t="inlineStr">
         <is>
           <t>Gasoil Diesel routier</t>
         </is>
       </c>
       <c r="D351" t="inlineStr">
         <is>
           <t>Diesel B7 (€/L)</t>
         </is>
       </c>
       <c r="E351" s="2" t="n">
-        <v>1.72180645161291</v>
+        <v>1.7923333333333396</v>
       </c>
     </row>
     <row r="352">
       <c r="A352" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="B352" t="inlineStr">
         <is>
-          <t>10</t>
+          <t>11</t>
         </is>
       </c>
       <c r="C352" t="inlineStr">
         <is>
           <t>Gasoil Diesel routier</t>
         </is>
       </c>
       <c r="D352" t="inlineStr">
         <is>
           <t>Diesel B10 (€/L)</t>
         </is>
       </c>
       <c r="E352" s="2" t="n">
-        <v>1.715129032258071</v>
+        <v>1.7870000000000055</v>
       </c>
     </row>
     <row r="353">
       <c r="A353" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="B353" t="inlineStr">
         <is>
-          <t>10</t>
+          <t>11</t>
         </is>
       </c>
       <c r="C353" t="inlineStr">
         <is>
           <t>Gasoil Diesel routier</t>
         </is>
       </c>
       <c r="D353" t="inlineStr">
         <is>
           <t>Diesel B20 (€/L)</t>
         </is>
       </c>
       <c r="E353" s="2" t="n">
-        <v>1.7320322580645213</v>
+        <v>1.8010666666666728</v>
       </c>
     </row>
     <row r="354">
       <c r="A354" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="B354" t="inlineStr">
         <is>
-          <t>10</t>
+          <t>11</t>
         </is>
       </c>
       <c r="C354" t="inlineStr">
         <is>
           <t>Gasoil Diesel routier</t>
         </is>
       </c>
       <c r="D354" t="inlineStr">
         <is>
           <t>Diesel B30 (€/L)</t>
         </is>
       </c>
       <c r="E354" s="2" t="n">
-        <v>1.8045161290322642</v>
+        <v>1.8686666666666731</v>
       </c>
     </row>
     <row r="355">
       <c r="A355" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="B355" t="inlineStr">
         <is>
-          <t>10</t>
+          <t>11</t>
         </is>
       </c>
       <c r="C355" t="inlineStr">
         <is>
           <t>Gasoil Diesel routier</t>
         </is>
       </c>
       <c r="D355" t="inlineStr">
         <is>
           <t>Diesel XTL (€/L)</t>
         </is>
       </c>
       <c r="E355" s="2" t="n">
-        <v>3.139967741935496</v>
+        <v>3.1140666666666785</v>
       </c>
     </row>
     <row r="356">
       <c r="A356" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="B356" t="inlineStr">
         <is>
-          <t>10</t>
+          <t>11</t>
         </is>
       </c>
       <c r="C356" t="inlineStr">
         <is>
           <t>Gasoil Diesel (application chauffage)</t>
         </is>
       </c>
       <c r="D356" t="inlineStr">
         <is>
           <t>Gasoil Diesel Chauffage (à partir de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E356" s="2" t="n">
-        <v>0.7729548387096797</v>
+        <v>0.8448266666666696</v>
       </c>
     </row>
     <row r="357">
       <c r="A357" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="B357" t="inlineStr">
         <is>
-          <t>10</t>
+          <t>11</t>
         </is>
       </c>
       <c r="C357" t="inlineStr">
         <is>
           <t>Gasoil Diesel (application chauffage)</t>
         </is>
       </c>
       <c r="D357" t="inlineStr">
         <is>
           <t>Gasoil Diesel Chauffage (moins de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E357" s="2" t="n">
-        <v>0.8132161290322613</v>
+        <v>0.8850833333333364</v>
       </c>
     </row>
     <row r="358">
       <c r="A358" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="B358" t="inlineStr">
         <is>
-          <t>10</t>
+          <t>11</t>
         </is>
       </c>
       <c r="C358" t="inlineStr">
         <is>
           <t>Gasoil de chauffage</t>
         </is>
       </c>
       <c r="D358" t="inlineStr">
         <is>
           <t>Gasoil chauffage (H0/H7) (à partir de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E358" s="2" t="n">
-        <v>0.7729548387096797</v>
+        <v>0.8448266666666696</v>
       </c>
     </row>
     <row r="359">
       <c r="A359" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="B359" t="inlineStr">
         <is>
-          <t>10</t>
+          <t>11</t>
         </is>
       </c>
       <c r="C359" t="inlineStr">
         <is>
           <t>Gasoil de chauffage</t>
         </is>
       </c>
       <c r="D359" t="inlineStr">
         <is>
           <t>Gasoil chauffage (H0/H7) (moins de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E359" s="2" t="n">
-        <v>0.8132161290322613</v>
+        <v>0.8850833333333364</v>
       </c>
     </row>
     <row r="360">
       <c r="A360" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="B360" t="inlineStr">
         <is>
-          <t>10</t>
+          <t>11</t>
         </is>
       </c>
       <c r="C360" t="inlineStr">
         <is>
           <t>Gasoil de chauffage</t>
         </is>
       </c>
       <c r="D360" t="inlineStr">
         <is>
           <t>Gasoil chauffage (H0/H7) (à la pompe) (€/L)</t>
         </is>
       </c>
       <c r="E360" s="2" t="n">
-        <v>0.9308709677419392</v>
+        <v>1.0029666666666701</v>
       </c>
     </row>
     <row r="361">
       <c r="A361" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="B361" t="inlineStr">
         <is>
-          <t>10</t>
+          <t>11</t>
         </is>
       </c>
       <c r="C361" t="inlineStr">
         <is>
           <t>Butane + LPG</t>
         </is>
       </c>
       <c r="D361" t="inlineStr">
         <is>
           <t>Autogas LPG (à la pompe) (€/L)</t>
         </is>
       </c>
       <c r="E361" s="2" t="n">
-        <v>0.8217096774193572</v>
+        <v>0.8338000000000028</v>
       </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <coreProperties xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </coreProperties>
 </file>