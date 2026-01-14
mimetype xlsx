--- v1 (2025-12-16)
+++ v2 (2026-01-14)
@@ -107,51 +107,51 @@
   <cols>
     <col min="1" max="1" width="11.02734375" customWidth="true"/>
     <col min="2" max="2" width="255.0" customWidth="true"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" t="inlineStr">
         <is>
           <t>Data source:</t>
         </is>
       </c>
       <c r="B1" t="inlineStr">
         <is>
           <t>Tarif officiel moyen des produits pétroliers en euros</t>
         </is>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="inlineStr">
         <is>
           <t>Filtres:</t>
         </is>
       </c>
       <c r="B2" t="inlineStr">
         <is>
-          <t>Date : Dernières 24 Mois(12,  1,  2,  3,  4,  5,  6,  7,  8,  9, 10, 11, 12,  1,  2,  3,  4,  5,  6,  7,  8,  9, 10, 11)</t>
+          <t>Date : Dernières 24 Mois( 1,  2,  3,  4,  5,  6,  7,  8,  9, 10, 11, 12,  1,  2,  3,  4,  5,  6,  7,  8,  9, 10, 11, 12)</t>
         </is>
       </c>
     </row>
     <row r="3">
       <c r="B3" t="inlineStr">
         <is>
           <t xml:space="preserve">
 Produits : Essence 95 RON E5 (€/L), Essence 95 RON E10 (€/L), Essence 98 RON E5 (€/L), Essence 98 RON E10 (€/L), Diesel B7 (€/L), Diesel B10 (€/L), Diesel B20 (€/L), Diesel B30 (€/L), Diesel XTL (€/L), Gasoil Diesel Chauffage (à partir de 2000 l) (€/L), Gasoil Diesel Chauffage (moins de 2000 l) (€/L), Gasoil chauffage (H0/H7) (à partir de 2000 l) (€/L), Gasoil chauffage (H0/H7) (moins de 2000 l) (€/L), Gasoil chauffage (H0/H7) (à la pompe) (€/L), Autogas LPG (à la pompe) (€/L)
 </t>
         </is>
       </c>
     </row>
     <row r="4">
 </row>
     <row r="5">
       <c r="A5" t="inlineStr">
         <is>
           <t xml:space="preserve">Source: </t>
         </is>
       </c>
       <c r="B5" t="inlineStr">
         <is>
           <t>Direction générale de l’Energie -   SPF Economie</t>
         </is>
       </c>
@@ -314,1449 +314,1451 @@
           <t>Gasoil chauffage (H0/H7) (à la pompe) (€/L)</t>
         </is>
       </c>
       <c r="S2" t="inlineStr">
         <is>
           <t>Autogas LPG (à la pompe) (€/L)</t>
         </is>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="inlineStr">
         <is>
           <t>Année</t>
         </is>
       </c>
       <c r="B3" t="inlineStr">
         <is>
           <t>Mois</t>
         </is>
       </c>
       <c r="C3"/>
     </row>
     <row r="4">
       <c r="A4" t="inlineStr">
         <is>
-          <t>2023</t>
+          <t>2024</t>
         </is>
       </c>
       <c r="B4" t="inlineStr">
         <is>
-          <t>12</t>
+          <t xml:space="preserve"> 1</t>
         </is>
       </c>
       <c r="C4" t="inlineStr">
         <is>
           <t>Prix moyen TVA incl.</t>
         </is>
       </c>
       <c r="D4"/>
       <c r="E4" s="2" t="n">
-        <v>1.7231935483871044</v>
+        <v>1.6851935483871026</v>
       </c>
       <c r="F4" s="2" t="n">
-        <v>1.6783870967741983</v>
+        <v>1.6626774193548441</v>
       </c>
       <c r="G4" s="2" t="n">
-        <v>1.894161290322587</v>
+        <v>1.8661935483871046</v>
       </c>
       <c r="H4" s="2" t="n">
-        <v>1.8775483870967815</v>
+        <v>1.8632580645161367</v>
       </c>
       <c r="I4" s="2" t="n">
-        <v>1.817935483870974</v>
+        <v>1.8146774193548456</v>
       </c>
       <c r="J4" s="2" t="n">
-        <v>1.8046129032258127</v>
+        <v>1.8085806451612965</v>
       </c>
       <c r="K4" s="2" t="n">
-        <v>1.8204516129032329</v>
+        <v>1.8253870967742005</v>
       </c>
       <c r="L4" s="2" t="n">
-        <v>1.859064516129039</v>
+        <v>1.8692903225806516</v>
       </c>
       <c r="M4" s="2" t="n">
-        <v>2.635548387096784</v>
+        <v>2.5153548387096856</v>
       </c>
       <c r="N4" s="2" t="n">
-        <v>0.9214290322580678</v>
+        <v>0.9237741935483906</v>
       </c>
       <c r="O4" s="2" t="n">
-        <v>0.9595806451612938</v>
+        <v>0.9619161290322616</v>
       </c>
       <c r="P4"/>
       <c r="Q4"/>
       <c r="R4"/>
       <c r="S4" s="2" t="n">
-        <v>0.7298064516129064</v>
+        <v>0.732064516129035</v>
       </c>
     </row>
     <row r="5">
-      <c r="A5" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="A5"/>
       <c r="B5" t="inlineStr">
         <is>
-          <t xml:space="preserve"> 1</t>
+          <t xml:space="preserve"> 2</t>
         </is>
       </c>
       <c r="C5" t="inlineStr">
         <is>
           <t>Prix moyen TVA incl.</t>
         </is>
       </c>
       <c r="D5"/>
       <c r="E5" s="2" t="n">
-        <v>1.6851935483871026</v>
+        <v>1.7434137931034543</v>
       </c>
       <c r="F5" s="2" t="n">
-        <v>1.6626774193548441</v>
+        <v>1.7266206896551775</v>
       </c>
       <c r="G5" s="2" t="n">
-        <v>1.8661935483871046</v>
+        <v>1.93268965517242</v>
       </c>
       <c r="H5" s="2" t="n">
-        <v>1.8632580645161367</v>
+        <v>1.9347241379310411</v>
       </c>
       <c r="I5" s="2" t="n">
-        <v>1.8146774193548456</v>
+        <v>1.8831379310344896</v>
       </c>
       <c r="J5" s="2" t="n">
-        <v>1.8085806451612965</v>
+        <v>1.8780344827586277</v>
       </c>
       <c r="K5" s="2" t="n">
-        <v>1.8253870967742005</v>
+        <v>1.8891379310344885</v>
       </c>
       <c r="L5" s="2" t="n">
-        <v>1.8692903225806516</v>
+        <v>1.9197241379310406</v>
       </c>
       <c r="M5" s="2" t="n">
-        <v>2.5153548387096856</v>
+        <v>2.4257241379310424</v>
       </c>
       <c r="N5" s="2" t="n">
-        <v>0.9237741935483906</v>
+        <v>1.0037689655172448</v>
       </c>
       <c r="O5" s="2" t="n">
-        <v>0.9619161290322616</v>
+        <v>1.0419172413793139</v>
       </c>
       <c r="P5"/>
       <c r="Q5"/>
       <c r="R5"/>
       <c r="S5" s="2" t="n">
-        <v>0.732064516129035</v>
+        <v>0.7408275862068995</v>
       </c>
     </row>
     <row r="6">
       <c r="A6"/>
       <c r="B6" t="inlineStr">
         <is>
-          <t xml:space="preserve"> 2</t>
+          <t xml:space="preserve"> 3</t>
         </is>
       </c>
       <c r="C6" t="inlineStr">
         <is>
           <t>Prix moyen TVA incl.</t>
         </is>
       </c>
       <c r="D6"/>
       <c r="E6" s="2" t="n">
-        <v>1.7434137931034543</v>
+        <v>1.7760322580645227</v>
       </c>
       <c r="F6" s="2" t="n">
-        <v>1.7266206896551775</v>
+        <v>1.7582903225806508</v>
       </c>
       <c r="G6" s="2" t="n">
-        <v>1.93268965517242</v>
+        <v>1.9610967741935545</v>
       </c>
       <c r="H6" s="2" t="n">
-        <v>1.9347241379310411</v>
+        <v>1.9630967741935543</v>
       </c>
       <c r="I6" s="2" t="n">
-        <v>1.8831379310344896</v>
+        <v>1.8541935483871042</v>
       </c>
       <c r="J6" s="2" t="n">
-        <v>1.8780344827586277</v>
+        <v>1.8492903225806523</v>
       </c>
       <c r="K6" s="2" t="n">
-        <v>1.8891379310344885</v>
+        <v>1.8645806451612983</v>
       </c>
       <c r="L6" s="2" t="n">
-        <v>1.9197241379310406</v>
+        <v>1.9045806451612974</v>
       </c>
       <c r="M6" s="2" t="n">
-        <v>2.4257241379310424</v>
+        <v>2.432387096774201</v>
       </c>
       <c r="N6" s="2" t="n">
-        <v>1.0037689655172448</v>
+        <v>0.9664903225806485</v>
       </c>
       <c r="O6" s="2" t="n">
-        <v>1.0419172413793139</v>
+        <v>1.004638709677423</v>
       </c>
       <c r="P6"/>
       <c r="Q6"/>
       <c r="R6"/>
       <c r="S6" s="2" t="n">
-        <v>0.7408275862068995</v>
+        <v>0.7250000000000025</v>
       </c>
     </row>
     <row r="7">
       <c r="A7"/>
       <c r="B7" t="inlineStr">
         <is>
-          <t xml:space="preserve"> 3</t>
+          <t xml:space="preserve"> 4</t>
         </is>
       </c>
       <c r="C7" t="inlineStr">
         <is>
           <t>Prix moyen TVA incl.</t>
         </is>
       </c>
       <c r="D7"/>
       <c r="E7" s="2" t="n">
-        <v>1.7760322580645227</v>
+        <v>1.8524666666666738</v>
       </c>
       <c r="F7" s="2" t="n">
-        <v>1.7582903225806508</v>
+        <v>1.8279666666666716</v>
       </c>
       <c r="G7" s="2" t="n">
-        <v>1.9610967741935545</v>
+        <v>1.991066666666673</v>
       </c>
       <c r="H7" s="2" t="n">
-        <v>1.9630967741935543</v>
+        <v>1.9911666666666739</v>
       </c>
       <c r="I7" s="2" t="n">
-        <v>1.8541935483871042</v>
+        <v>1.8667333333333407</v>
       </c>
       <c r="J7" s="2" t="n">
-        <v>1.8492903225806523</v>
+        <v>1.86163333333334</v>
       </c>
       <c r="K7" s="2" t="n">
-        <v>1.8645806451612983</v>
+        <v>1.8794333333333402</v>
       </c>
       <c r="L7" s="2" t="n">
-        <v>1.9045806451612974</v>
+        <v>1.9282333333333397</v>
       </c>
       <c r="M7" s="2" t="n">
-        <v>2.432387096774201</v>
+        <v>2.5669333333333424</v>
       </c>
       <c r="N7" s="2" t="n">
-        <v>0.9664903225806485</v>
+        <v>0.9618133333333369</v>
       </c>
       <c r="O7" s="2" t="n">
-        <v>1.004638709677423</v>
-[...3 lines deleted...]
-      <c r="R7"/>
+        <v>1.000943333333337</v>
+      </c>
+      <c r="P7" s="2" t="n">
+        <v>0.9554714285714324</v>
+      </c>
+      <c r="Q7" s="2" t="n">
+        <v>0.9946892857142896</v>
+      </c>
+      <c r="R7" s="2" t="n">
+        <v>1.1064642857142897</v>
+      </c>
       <c r="S7" s="2" t="n">
-        <v>0.7250000000000025</v>
+        <v>0.6918000000000023</v>
       </c>
     </row>
     <row r="8">
       <c r="A8"/>
       <c r="B8" t="inlineStr">
         <is>
-          <t xml:space="preserve"> 4</t>
+          <t xml:space="preserve"> 5</t>
         </is>
       </c>
       <c r="C8" t="inlineStr">
         <is>
           <t>Prix moyen TVA incl.</t>
         </is>
       </c>
       <c r="D8"/>
       <c r="E8" s="2" t="n">
-        <v>1.8524666666666738</v>
+        <v>1.8042258064516188</v>
       </c>
       <c r="F8" s="2" t="n">
-        <v>1.8279666666666716</v>
+        <v>1.786161290322586</v>
       </c>
       <c r="G8" s="2" t="n">
-        <v>1.991066666666673</v>
+        <v>1.8685806451612985</v>
       </c>
       <c r="H8" s="2" t="n">
-        <v>1.9911666666666739</v>
+        <v>1.870032258064521</v>
       </c>
       <c r="I8" s="2" t="n">
-        <v>1.8667333333333407</v>
+        <v>1.795387096774201</v>
       </c>
       <c r="J8" s="2" t="n">
-        <v>1.86163333333334</v>
+        <v>1.7911935483871015</v>
       </c>
       <c r="K8" s="2" t="n">
-        <v>1.8794333333333402</v>
+        <v>1.8110000000000064</v>
       </c>
       <c r="L8" s="2" t="n">
-        <v>1.9282333333333397</v>
+        <v>1.857225806451618</v>
       </c>
       <c r="M8" s="2" t="n">
-        <v>2.5669333333333424</v>
+        <v>2.487645161290331</v>
       </c>
       <c r="N8" s="2" t="n">
-        <v>0.9618133333333369</v>
+        <v>0.8893645161290351</v>
       </c>
       <c r="O8" s="2" t="n">
-        <v>1.000943333333337</v>
+        <v>0.9285806451612936</v>
       </c>
       <c r="P8" s="2" t="n">
-        <v>0.9554714285714324</v>
+        <v>0.8893645161290351</v>
       </c>
       <c r="Q8" s="2" t="n">
-        <v>0.9946892857142896</v>
+        <v>0.9285806451612936</v>
       </c>
       <c r="R8" s="2" t="n">
-        <v>1.1064642857142897</v>
+        <v>1.0405483870967782</v>
       </c>
       <c r="S8" s="2" t="n">
-        <v>0.6918000000000023</v>
+        <v>0.6595806451612924</v>
       </c>
     </row>
     <row r="9">
       <c r="A9"/>
       <c r="B9" t="inlineStr">
         <is>
-          <t xml:space="preserve"> 5</t>
+          <t xml:space="preserve"> 6</t>
         </is>
       </c>
       <c r="C9" t="inlineStr">
         <is>
           <t>Prix moyen TVA incl.</t>
         </is>
       </c>
       <c r="D9"/>
       <c r="E9" s="2" t="n">
-        <v>1.8042258064516188</v>
+        <v>1.758200000000007</v>
       </c>
       <c r="F9" s="2" t="n">
-        <v>1.786161290322586</v>
+        <v>1.7474000000000067</v>
       </c>
       <c r="G9" s="2" t="n">
-        <v>1.8685806451612985</v>
+        <v>1.8343000000000056</v>
       </c>
       <c r="H9" s="2" t="n">
-        <v>1.870032258064521</v>
+        <v>1.8409000000000073</v>
       </c>
       <c r="I9" s="2" t="n">
-        <v>1.795387096774201</v>
+        <v>1.7952666666666741</v>
       </c>
       <c r="J9" s="2" t="n">
-        <v>1.7911935483871015</v>
+        <v>1.7935000000000065</v>
       </c>
       <c r="K9" s="2" t="n">
-        <v>1.8110000000000064</v>
+        <v>1.8215000000000063</v>
       </c>
       <c r="L9" s="2" t="n">
-        <v>1.857225806451618</v>
+        <v>1.876200000000007</v>
       </c>
       <c r="M9" s="2" t="n">
-        <v>2.487645161290331</v>
+        <v>2.3939666666666755</v>
       </c>
       <c r="N9" s="2" t="n">
-        <v>0.8893645161290351</v>
+        <v>0.89647666666667</v>
       </c>
       <c r="O9" s="2" t="n">
-        <v>0.9285806451612936</v>
+        <v>0.9356866666666696</v>
       </c>
       <c r="P9" s="2" t="n">
-        <v>0.8893645161290351</v>
+        <v>0.89650666666667</v>
       </c>
       <c r="Q9" s="2" t="n">
-        <v>0.9285806451612936</v>
+        <v>0.9357166666666695</v>
       </c>
       <c r="R9" s="2" t="n">
-        <v>1.0405483870967782</v>
+        <v>1.0477666666666703</v>
       </c>
       <c r="S9" s="2" t="n">
-        <v>0.6595806451612924</v>
+        <v>0.6583333333333355</v>
       </c>
     </row>
     <row r="10">
       <c r="A10"/>
       <c r="B10" t="inlineStr">
         <is>
-          <t xml:space="preserve"> 6</t>
+          <t xml:space="preserve"> 7</t>
         </is>
       </c>
       <c r="C10" t="inlineStr">
         <is>
           <t>Prix moyen TVA incl.</t>
         </is>
       </c>
       <c r="D10"/>
       <c r="E10" s="2" t="n">
-        <v>1.758200000000007</v>
+        <v>1.7700967741935552</v>
       </c>
       <c r="F10" s="2" t="n">
-        <v>1.7474000000000067</v>
+        <v>1.7612903225806522</v>
       </c>
       <c r="G10" s="2" t="n">
-        <v>1.8343000000000056</v>
+        <v>1.8551935483871047</v>
       </c>
       <c r="H10" s="2" t="n">
-        <v>1.8409000000000073</v>
+        <v>1.8618064516129103</v>
       </c>
       <c r="I10" s="2" t="n">
-        <v>1.7952666666666741</v>
+        <v>1.8102580645161348</v>
       </c>
       <c r="J10" s="2" t="n">
-        <v>1.7935000000000065</v>
+        <v>1.808387096774199</v>
       </c>
       <c r="K10" s="2" t="n">
-        <v>1.8215000000000063</v>
+        <v>1.8307419354838772</v>
       </c>
       <c r="L10" s="2" t="n">
-        <v>1.876200000000007</v>
+        <v>1.8792903225806514</v>
       </c>
       <c r="M10" s="2" t="n">
-        <v>2.3939666666666755</v>
+        <v>2.4109032258064595</v>
       </c>
       <c r="N10" s="2" t="n">
-        <v>0.89647666666667</v>
+        <v>0.9072516129032291</v>
       </c>
       <c r="O10" s="2" t="n">
-        <v>0.9356866666666696</v>
+        <v>0.9464806451612939</v>
       </c>
       <c r="P10" s="2" t="n">
-        <v>0.89650666666667</v>
+        <v>0.9072516129032291</v>
       </c>
       <c r="Q10" s="2" t="n">
-        <v>0.9357166666666695</v>
+        <v>0.9464806451612939</v>
       </c>
       <c r="R10" s="2" t="n">
-        <v>1.0477666666666703</v>
+        <v>1.058580645161294</v>
       </c>
       <c r="S10" s="2" t="n">
-        <v>0.6583333333333355</v>
+        <v>0.6812258064516153</v>
       </c>
     </row>
     <row r="11">
       <c r="A11"/>
       <c r="B11" t="inlineStr">
         <is>
-          <t xml:space="preserve"> 7</t>
+          <t xml:space="preserve"> 8</t>
         </is>
       </c>
       <c r="C11" t="inlineStr">
         <is>
           <t>Prix moyen TVA incl.</t>
         </is>
       </c>
       <c r="D11"/>
       <c r="E11" s="2" t="n">
-        <v>1.7700967741935552</v>
+        <v>1.7104838709677481</v>
       </c>
       <c r="F11" s="2" t="n">
-        <v>1.7612903225806522</v>
+        <v>1.699903225806458</v>
       </c>
       <c r="G11" s="2" t="n">
-        <v>1.8551935483871047</v>
+        <v>1.7945483870967798</v>
       </c>
       <c r="H11" s="2" t="n">
-        <v>1.8618064516129103</v>
+        <v>1.8020322580645236</v>
       </c>
       <c r="I11" s="2" t="n">
-        <v>1.8102580645161348</v>
+        <v>1.7433225806451678</v>
       </c>
       <c r="J11" s="2" t="n">
-        <v>1.808387096774199</v>
+        <v>1.741322580645167</v>
       </c>
       <c r="K11" s="2" t="n">
-        <v>1.8307419354838772</v>
+        <v>1.7613548387096833</v>
       </c>
       <c r="L11" s="2" t="n">
-        <v>1.8792903225806514</v>
+        <v>1.8073548387096838</v>
       </c>
       <c r="M11" s="2" t="n">
-        <v>2.4109032258064595</v>
+        <v>2.3556774193548464</v>
       </c>
       <c r="N11" s="2" t="n">
-        <v>0.9072516129032291</v>
+        <v>0.8440548387096805</v>
       </c>
       <c r="O11" s="2" t="n">
-        <v>0.9464806451612939</v>
+        <v>0.8832677419354871</v>
       </c>
       <c r="P11" s="2" t="n">
-        <v>0.9072516129032291</v>
+        <v>0.8442612903225836</v>
       </c>
       <c r="Q11" s="2" t="n">
-        <v>0.9464806451612939</v>
+        <v>0.8834741935483904</v>
       </c>
       <c r="R11" s="2" t="n">
-        <v>1.058580645161294</v>
+        <v>0.9954838709677456</v>
       </c>
       <c r="S11" s="2" t="n">
-        <v>0.6812258064516153</v>
+        <v>0.6765161290322603</v>
       </c>
     </row>
     <row r="12">
       <c r="A12"/>
       <c r="B12" t="inlineStr">
         <is>
-          <t xml:space="preserve"> 8</t>
+          <t xml:space="preserve"> 9</t>
         </is>
       </c>
       <c r="C12" t="inlineStr">
         <is>
           <t>Prix moyen TVA incl.</t>
         </is>
       </c>
       <c r="D12"/>
       <c r="E12" s="2" t="n">
-        <v>1.7104838709677481</v>
+        <v>1.6487333333333376</v>
       </c>
       <c r="F12" s="2" t="n">
-        <v>1.699903225806458</v>
+        <v>1.6369333333333385</v>
       </c>
       <c r="G12" s="2" t="n">
-        <v>1.7945483870967798</v>
+        <v>1.7112333333333387</v>
       </c>
       <c r="H12" s="2" t="n">
-        <v>1.8020322580645236</v>
+        <v>1.715000000000007</v>
       </c>
       <c r="I12" s="2" t="n">
-        <v>1.7433225806451678</v>
+        <v>1.6916666666666729</v>
       </c>
       <c r="J12" s="2" t="n">
-        <v>1.741322580645167</v>
+        <v>1.6895333333333389</v>
       </c>
       <c r="K12" s="2" t="n">
-        <v>1.7613548387096833</v>
+        <v>1.7142666666666726</v>
       </c>
       <c r="L12" s="2" t="n">
-        <v>1.8073548387096838</v>
+        <v>1.7672000000000063</v>
       </c>
       <c r="M12" s="2" t="n">
-        <v>2.3556774193548464</v>
+        <v>2.3434333333333432</v>
       </c>
       <c r="N12" s="2" t="n">
-        <v>0.8440548387096805</v>
+        <v>0.7879866666666695</v>
       </c>
       <c r="O12" s="2" t="n">
-        <v>0.8832677419354871</v>
+        <v>0.8271933333333362</v>
       </c>
       <c r="P12" s="2" t="n">
-        <v>0.8442612903225836</v>
+        <v>0.7882100000000027</v>
       </c>
       <c r="Q12" s="2" t="n">
-        <v>0.8834741935483904</v>
+        <v>0.8274133333333363</v>
       </c>
       <c r="R12" s="2" t="n">
-        <v>0.9954838709677456</v>
+        <v>0.9395666666666699</v>
       </c>
       <c r="S12" s="2" t="n">
-        <v>0.6765161290322603</v>
+        <v>0.765300000000003</v>
       </c>
     </row>
     <row r="13">
       <c r="A13"/>
       <c r="B13" t="inlineStr">
         <is>
-          <t xml:space="preserve"> 9</t>
+          <t>10</t>
         </is>
       </c>
       <c r="C13" t="inlineStr">
         <is>
           <t>Prix moyen TVA incl.</t>
         </is>
       </c>
       <c r="D13"/>
       <c r="E13" s="2" t="n">
-        <v>1.6487333333333376</v>
+        <v>1.6722903225806505</v>
       </c>
       <c r="F13" s="2" t="n">
-        <v>1.6369333333333385</v>
+        <v>1.6598387096774239</v>
       </c>
       <c r="G13" s="2" t="n">
-        <v>1.7112333333333387</v>
+        <v>1.7443548387096839</v>
       </c>
       <c r="H13" s="2" t="n">
-        <v>1.715000000000007</v>
+        <v>1.7461935483871032</v>
       </c>
       <c r="I13" s="2" t="n">
-        <v>1.6916666666666729</v>
+        <v>1.7225806451612957</v>
       </c>
       <c r="J13" s="2" t="n">
-        <v>1.6895333333333389</v>
+        <v>1.7206129032258122</v>
       </c>
       <c r="K13" s="2" t="n">
-        <v>1.7142666666666726</v>
+        <v>1.7455806451612974</v>
       </c>
       <c r="L13" s="2" t="n">
-        <v>1.7672000000000063</v>
+        <v>1.801645161290329</v>
       </c>
       <c r="M13" s="2" t="n">
-        <v>2.3434333333333432</v>
+        <v>2.436322580645169</v>
       </c>
       <c r="N13" s="2" t="n">
-        <v>0.7879866666666695</v>
+        <v>0.8121161290322612</v>
       </c>
       <c r="O13" s="2" t="n">
-        <v>0.8271933333333362</v>
+        <v>0.851819354838713</v>
       </c>
       <c r="P13" s="2" t="n">
-        <v>0.7882100000000027</v>
+        <v>0.8121161290322612</v>
       </c>
       <c r="Q13" s="2" t="n">
-        <v>0.8274133333333363</v>
+        <v>0.851819354838713</v>
       </c>
       <c r="R13" s="2" t="n">
-        <v>0.9395666666666699</v>
+        <v>0.9666451612903261</v>
       </c>
       <c r="S13" s="2" t="n">
-        <v>0.765300000000003</v>
+        <v>0.8576129032258094</v>
       </c>
     </row>
     <row r="14">
       <c r="A14"/>
       <c r="B14" t="inlineStr">
         <is>
-          <t>10</t>
+          <t>11</t>
         </is>
       </c>
       <c r="C14" t="inlineStr">
         <is>
           <t>Prix moyen TVA incl.</t>
         </is>
       </c>
       <c r="D14"/>
       <c r="E14" s="2" t="n">
-        <v>1.6722903225806505</v>
+        <v>1.673266666666672</v>
       </c>
       <c r="F14" s="2" t="n">
-        <v>1.6598387096774239</v>
+        <v>1.6562666666666737</v>
       </c>
       <c r="G14" s="2" t="n">
-        <v>1.7443548387096839</v>
+        <v>1.7422000000000057</v>
       </c>
       <c r="H14" s="2" t="n">
-        <v>1.7461935483871032</v>
+        <v>1.7372666666666723</v>
       </c>
       <c r="I14" s="2" t="n">
-        <v>1.7225806451612957</v>
+        <v>1.7595000000000054</v>
       </c>
       <c r="J14" s="2" t="n">
-        <v>1.7206129032258122</v>
+        <v>1.7501666666666738</v>
       </c>
       <c r="K14" s="2" t="n">
-        <v>1.7455806451612974</v>
+        <v>1.784466666666672</v>
       </c>
       <c r="L14" s="2" t="n">
-        <v>1.801645161290329</v>
+        <v>1.857333333333339</v>
       </c>
       <c r="M14" s="2" t="n">
-        <v>2.436322580645169</v>
+        <v>2.9114333333333438</v>
       </c>
       <c r="N14" s="2" t="n">
-        <v>0.8121161290322612</v>
+        <v>0.8282133333333366</v>
       </c>
       <c r="O14" s="2" t="n">
-        <v>0.851819354838713</v>
+        <v>0.8679166666666701</v>
       </c>
       <c r="P14" s="2" t="n">
-        <v>0.8121161290322612</v>
+        <v>0.8282133333333366</v>
       </c>
       <c r="Q14" s="2" t="n">
-        <v>0.851819354838713</v>
+        <v>0.8679166666666701</v>
       </c>
       <c r="R14" s="2" t="n">
-        <v>0.9666451612903261</v>
+        <v>0.9827000000000033</v>
       </c>
       <c r="S14" s="2" t="n">
-        <v>0.8576129032258094</v>
+        <v>0.9008333333333368</v>
       </c>
     </row>
     <row r="15">
       <c r="A15"/>
       <c r="B15" t="inlineStr">
         <is>
-          <t>11</t>
+          <t>12</t>
         </is>
       </c>
       <c r="C15" t="inlineStr">
         <is>
           <t>Prix moyen TVA incl.</t>
         </is>
       </c>
       <c r="D15"/>
       <c r="E15" s="2" t="n">
-        <v>1.673266666666672</v>
+        <v>1.6851290322580699</v>
       </c>
       <c r="F15" s="2" t="n">
-        <v>1.6562666666666737</v>
+        <v>1.6674838709677477</v>
       </c>
       <c r="G15" s="2" t="n">
-        <v>1.7422000000000057</v>
+        <v>1.7415806451612956</v>
       </c>
       <c r="H15" s="2" t="n">
-        <v>1.7372666666666723</v>
+        <v>1.7371290322580706</v>
       </c>
       <c r="I15" s="2" t="n">
-        <v>1.7595000000000054</v>
+        <v>1.7631935483871024</v>
       </c>
       <c r="J15" s="2" t="n">
-        <v>1.7501666666666738</v>
+        <v>1.7571935483871022</v>
       </c>
       <c r="K15" s="2" t="n">
-        <v>1.784466666666672</v>
+        <v>1.7844516129032328</v>
       </c>
       <c r="L15" s="2" t="n">
-        <v>1.857333333333339</v>
+        <v>1.8465483870967803</v>
       </c>
       <c r="M15" s="2" t="n">
-        <v>2.9114333333333438</v>
+        <v>2.6896451612903336</v>
       </c>
       <c r="N15" s="2" t="n">
-        <v>0.8282133333333366</v>
+        <v>0.8387967741935514</v>
       </c>
       <c r="O15" s="2" t="n">
-        <v>0.8679166666666701</v>
+        <v>0.8785064516129063</v>
       </c>
       <c r="P15" s="2" t="n">
-        <v>0.8282133333333366</v>
+        <v>0.8387967741935514</v>
       </c>
       <c r="Q15" s="2" t="n">
-        <v>0.8679166666666701</v>
+        <v>0.8785064516129063</v>
       </c>
       <c r="R15" s="2" t="n">
-        <v>0.9827000000000033</v>
+        <v>0.9933870967741975</v>
       </c>
       <c r="S15" s="2" t="n">
-        <v>0.9008333333333368</v>
+        <v>0.8960645161290354</v>
       </c>
     </row>
     <row r="16">
-      <c r="A16"/>
+      <c r="A16" t="inlineStr">
+        <is>
+          <t>2025</t>
+        </is>
+      </c>
       <c r="B16" t="inlineStr">
         <is>
-          <t>12</t>
+          <t xml:space="preserve"> 1</t>
         </is>
       </c>
       <c r="C16" t="inlineStr">
         <is>
           <t>Prix moyen TVA incl.</t>
         </is>
       </c>
       <c r="D16"/>
       <c r="E16" s="2" t="n">
-        <v>1.6851290322580699</v>
+        <v>1.705000000000005</v>
       </c>
       <c r="F16" s="2" t="n">
-        <v>1.6674838709677477</v>
+        <v>1.6945483870967808</v>
       </c>
       <c r="G16" s="2" t="n">
-        <v>1.7415806451612956</v>
+        <v>1.76270967741936</v>
       </c>
       <c r="H16" s="2" t="n">
-        <v>1.7371290322580706</v>
+        <v>1.766838709677426</v>
       </c>
       <c r="I16" s="2" t="n">
-        <v>1.7631935483871024</v>
+        <v>1.810290322580652</v>
       </c>
       <c r="J16" s="2" t="n">
-        <v>1.7571935483871022</v>
+        <v>1.8075806451612975</v>
       </c>
       <c r="K16" s="2" t="n">
-        <v>1.7844516129032328</v>
+        <v>1.8243548387096842</v>
       </c>
       <c r="L16" s="2" t="n">
-        <v>1.8465483870967803</v>
+        <v>1.8827419354838781</v>
       </c>
       <c r="M16" s="2" t="n">
-        <v>2.6896451612903336</v>
+        <v>2.6985806451612984</v>
       </c>
       <c r="N16" s="2" t="n">
-        <v>0.8387967741935514</v>
+        <v>0.8904806451612935</v>
       </c>
       <c r="O16" s="2" t="n">
-        <v>0.8785064516129063</v>
+        <v>0.9301838709677455</v>
       </c>
       <c r="P16" s="2" t="n">
-        <v>0.8387967741935514</v>
+        <v>0.8904806451612935</v>
       </c>
       <c r="Q16" s="2" t="n">
-        <v>0.8785064516129063</v>
+        <v>0.9301838709677455</v>
       </c>
       <c r="R16" s="2" t="n">
-        <v>0.9933870967741975</v>
+        <v>1.0449354838709715</v>
       </c>
       <c r="S16" s="2" t="n">
-        <v>0.8960645161290354</v>
+        <v>0.9122903225806486</v>
       </c>
     </row>
     <row r="17">
-      <c r="A17" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="A17"/>
       <c r="B17" t="inlineStr">
         <is>
-          <t xml:space="preserve"> 1</t>
+          <t xml:space="preserve"> 2</t>
         </is>
       </c>
       <c r="C17" t="inlineStr">
         <is>
           <t>Prix moyen TVA incl.</t>
         </is>
       </c>
       <c r="D17"/>
       <c r="E17" s="2" t="n">
-        <v>1.705000000000005</v>
+        <v>1.7107142857142912</v>
       </c>
       <c r="F17" s="2" t="n">
-        <v>1.6945483870967808</v>
+        <v>1.702857142857149</v>
       </c>
       <c r="G17" s="2" t="n">
-        <v>1.76270967741936</v>
+        <v>1.7626428571428636</v>
       </c>
       <c r="H17" s="2" t="n">
-        <v>1.766838709677426</v>
+        <v>1.7683571428571487</v>
       </c>
       <c r="I17" s="2" t="n">
-        <v>1.810290322580652</v>
+        <v>1.8001428571428642</v>
       </c>
       <c r="J17" s="2" t="n">
-        <v>1.8075806451612975</v>
+        <v>1.797714285714292</v>
       </c>
       <c r="K17" s="2" t="n">
-        <v>1.8243548387096842</v>
+        <v>1.8127857142857215</v>
       </c>
       <c r="L17" s="2" t="n">
-        <v>1.8827419354838781</v>
+        <v>1.8687142857142927</v>
       </c>
       <c r="M17" s="2" t="n">
-        <v>2.6985806451612984</v>
+        <v>2.6651428571428664</v>
       </c>
       <c r="N17" s="2" t="n">
-        <v>0.8904806451612935</v>
+        <v>0.8811607142857176</v>
       </c>
       <c r="O17" s="2" t="n">
-        <v>0.9301838709677455</v>
+        <v>0.9208642857142891</v>
       </c>
       <c r="P17" s="2" t="n">
-        <v>0.8904806451612935</v>
+        <v>0.8811607142857176</v>
       </c>
       <c r="Q17" s="2" t="n">
-        <v>0.9301838709677455</v>
+        <v>0.9208642857142891</v>
       </c>
       <c r="R17" s="2" t="n">
-        <v>1.0449354838709715</v>
+        <v>1.0356071428571467</v>
       </c>
       <c r="S17" s="2" t="n">
-        <v>0.9122903225806486</v>
+        <v>0.9220000000000037</v>
       </c>
     </row>
     <row r="18">
       <c r="A18"/>
       <c r="B18" t="inlineStr">
         <is>
-          <t xml:space="preserve"> 2</t>
+          <t xml:space="preserve"> 3</t>
         </is>
       </c>
       <c r="C18" t="inlineStr">
         <is>
           <t>Prix moyen TVA incl.</t>
         </is>
       </c>
       <c r="D18"/>
       <c r="E18" s="2" t="n">
-        <v>1.7107142857142912</v>
+        <v>1.6381290322580704</v>
       </c>
       <c r="F18" s="2" t="n">
-        <v>1.702857142857149</v>
+        <v>1.6395806451612958</v>
       </c>
       <c r="G18" s="2" t="n">
-        <v>1.7626428571428636</v>
+        <v>1.6990000000000052</v>
       </c>
       <c r="H18" s="2" t="n">
-        <v>1.7683571428571487</v>
+        <v>1.7052258064516184</v>
       </c>
       <c r="I18" s="2" t="n">
-        <v>1.8001428571428642</v>
+        <v>1.7444838709677477</v>
       </c>
       <c r="J18" s="2" t="n">
-        <v>1.797714285714292</v>
+        <v>1.743387096774201</v>
       </c>
       <c r="K18" s="2" t="n">
-        <v>1.8127857142857215</v>
+        <v>1.7661935483871025</v>
       </c>
       <c r="L18" s="2" t="n">
-        <v>1.8687142857142927</v>
+        <v>1.8305806451612967</v>
       </c>
       <c r="M18" s="2" t="n">
-        <v>2.6651428571428664</v>
+        <v>2.535741935483881</v>
       </c>
       <c r="N18" s="2" t="n">
-        <v>0.8811607142857176</v>
+        <v>0.8176967741935512</v>
       </c>
       <c r="O18" s="2" t="n">
-        <v>0.9208642857142891</v>
+        <v>0.8574000000000028</v>
       </c>
       <c r="P18" s="2" t="n">
-        <v>0.8811607142857176</v>
+        <v>0.8176967741935512</v>
       </c>
       <c r="Q18" s="2" t="n">
-        <v>0.9208642857142891</v>
+        <v>0.8574000000000028</v>
       </c>
       <c r="R18" s="2" t="n">
-        <v>1.0356071428571467</v>
+        <v>0.9721935483871</v>
       </c>
       <c r="S18" s="2" t="n">
-        <v>0.9220000000000037</v>
+        <v>0.8441935483871003</v>
       </c>
     </row>
     <row r="19">
       <c r="A19"/>
       <c r="B19" t="inlineStr">
         <is>
-          <t xml:space="preserve"> 3</t>
+          <t xml:space="preserve"> 4</t>
         </is>
       </c>
       <c r="C19" t="inlineStr">
         <is>
           <t>Prix moyen TVA incl.</t>
         </is>
       </c>
       <c r="D19"/>
       <c r="E19" s="2" t="n">
-        <v>1.6381290322580704</v>
+        <v>1.634933333333339</v>
       </c>
       <c r="F19" s="2" t="n">
-        <v>1.6395806451612958</v>
+        <v>1.6286000000000054</v>
       </c>
       <c r="G19" s="2" t="n">
-        <v>1.6990000000000052</v>
+        <v>1.6980666666666717</v>
       </c>
       <c r="H19" s="2" t="n">
-        <v>1.7052258064516184</v>
+        <v>1.7033000000000056</v>
       </c>
       <c r="I19" s="2" t="n">
-        <v>1.7444838709677477</v>
+        <v>1.6859666666666715</v>
       </c>
       <c r="J19" s="2" t="n">
-        <v>1.743387096774201</v>
+        <v>1.6845000000000063</v>
       </c>
       <c r="K19" s="2" t="n">
-        <v>1.7661935483871025</v>
+        <v>1.7078333333333398</v>
       </c>
       <c r="L19" s="2" t="n">
-        <v>1.8305806451612967</v>
+        <v>1.7754333333333396</v>
       </c>
       <c r="M19" s="2" t="n">
-        <v>2.535741935483881</v>
+        <v>2.5333333333333443</v>
       </c>
       <c r="N19" s="2" t="n">
-        <v>0.8176967741935512</v>
+        <v>0.7511366666666697</v>
       </c>
       <c r="O19" s="2" t="n">
-        <v>0.8574000000000028</v>
+        <v>0.7909566666666694</v>
       </c>
       <c r="P19" s="2" t="n">
-        <v>0.8176967741935512</v>
+        <v>0.7511366666666697</v>
       </c>
       <c r="Q19" s="2" t="n">
-        <v>0.8574000000000028</v>
+        <v>0.7909566666666694</v>
       </c>
       <c r="R19" s="2" t="n">
-        <v>0.9721935483871</v>
+        <v>0.9079666666666697</v>
       </c>
       <c r="S19" s="2" t="n">
-        <v>0.8441935483871003</v>
+        <v>0.7532666666666696</v>
       </c>
     </row>
     <row r="20">
       <c r="A20"/>
       <c r="B20" t="inlineStr">
         <is>
-          <t xml:space="preserve"> 4</t>
+          <t xml:space="preserve"> 5</t>
         </is>
       </c>
       <c r="C20" t="inlineStr">
         <is>
           <t>Prix moyen TVA incl.</t>
         </is>
       </c>
       <c r="D20"/>
       <c r="E20" s="2" t="n">
-        <v>1.634933333333339</v>
+        <v>1.6288709677419424</v>
       </c>
       <c r="F20" s="2" t="n">
-        <v>1.6286000000000054</v>
+        <v>1.6202903225806504</v>
       </c>
       <c r="G20" s="2" t="n">
-        <v>1.6980666666666717</v>
+        <v>1.6988064516129104</v>
       </c>
       <c r="H20" s="2" t="n">
-        <v>1.7033000000000056</v>
+        <v>1.7028064516129091</v>
       </c>
       <c r="I20" s="2" t="n">
-        <v>1.6859666666666715</v>
+        <v>1.665645161290329</v>
       </c>
       <c r="J20" s="2" t="n">
-        <v>1.6845000000000063</v>
+        <v>1.663225806451619</v>
       </c>
       <c r="K20" s="2" t="n">
-        <v>1.7078333333333398</v>
+        <v>1.6881612903225867</v>
       </c>
       <c r="L20" s="2" t="n">
-        <v>1.7754333333333396</v>
+        <v>1.7587741935483927</v>
       </c>
       <c r="M20" s="2" t="n">
-        <v>2.5333333333333443</v>
+        <v>2.6066451612903303</v>
       </c>
       <c r="N20" s="2" t="n">
-        <v>0.7511366666666697</v>
+        <v>0.727287096774196</v>
       </c>
       <c r="O20" s="2" t="n">
-        <v>0.7909566666666694</v>
+        <v>0.7671032258064545</v>
       </c>
       <c r="P20" s="2" t="n">
-        <v>0.7511366666666697</v>
+        <v>0.727287096774196</v>
       </c>
       <c r="Q20" s="2" t="n">
-        <v>0.7909566666666694</v>
+        <v>0.7671032258064545</v>
       </c>
       <c r="R20" s="2" t="n">
-        <v>0.9079666666666697</v>
+        <v>0.8840967741935516</v>
       </c>
       <c r="S20" s="2" t="n">
-        <v>0.7532666666666696</v>
+        <v>0.7312903225806476</v>
       </c>
     </row>
     <row r="21">
       <c r="A21"/>
       <c r="B21" t="inlineStr">
         <is>
-          <t xml:space="preserve"> 5</t>
+          <t xml:space="preserve"> 6</t>
         </is>
       </c>
       <c r="C21" t="inlineStr">
         <is>
           <t>Prix moyen TVA incl.</t>
         </is>
       </c>
       <c r="D21"/>
       <c r="E21" s="2" t="n">
-        <v>1.6288709677419424</v>
+        <v>1.6471666666666718</v>
       </c>
       <c r="F21" s="2" t="n">
-        <v>1.6202903225806504</v>
+        <v>1.6323666666666719</v>
       </c>
       <c r="G21" s="2" t="n">
-        <v>1.6988064516129104</v>
+        <v>1.7135666666666722</v>
       </c>
       <c r="H21" s="2" t="n">
-        <v>1.7028064516129091</v>
+        <v>1.7163000000000068</v>
       </c>
       <c r="I21" s="2" t="n">
-        <v>1.665645161290329</v>
+        <v>1.7140666666666722</v>
       </c>
       <c r="J21" s="2" t="n">
-        <v>1.663225806451619</v>
+        <v>1.710400000000006</v>
       </c>
       <c r="K21" s="2" t="n">
-        <v>1.6881612903225867</v>
+        <v>1.7355333333333383</v>
       </c>
       <c r="L21" s="2" t="n">
-        <v>1.7587741935483927</v>
+        <v>1.8062000000000074</v>
       </c>
       <c r="M21" s="2" t="n">
-        <v>2.6066451612903303</v>
+        <v>2.686333333333342</v>
       </c>
       <c r="N21" s="2" t="n">
-        <v>0.727287096774196</v>
+        <v>0.7844866666666693</v>
       </c>
       <c r="O21" s="2" t="n">
-        <v>0.7671032258064545</v>
+        <v>0.824290000000003</v>
       </c>
       <c r="P21" s="2" t="n">
-        <v>0.727287096774196</v>
+        <v>0.7844866666666693</v>
       </c>
       <c r="Q21" s="2" t="n">
-        <v>0.7671032258064545</v>
+        <v>0.824290000000003</v>
       </c>
       <c r="R21" s="2" t="n">
-        <v>0.8840967741935516</v>
+        <v>0.9412666666666699</v>
       </c>
       <c r="S21" s="2" t="n">
-        <v>0.7312903225806476</v>
+        <v>0.7460000000000025</v>
       </c>
     </row>
     <row r="22">
       <c r="A22"/>
       <c r="B22" t="inlineStr">
         <is>
-          <t xml:space="preserve"> 6</t>
+          <t xml:space="preserve"> 7</t>
         </is>
       </c>
       <c r="C22" t="inlineStr">
         <is>
           <t>Prix moyen TVA incl.</t>
         </is>
       </c>
       <c r="D22"/>
       <c r="E22" s="2" t="n">
-        <v>1.6471666666666718</v>
+        <v>1.6351612903225867</v>
       </c>
       <c r="F22" s="2" t="n">
-        <v>1.6323666666666719</v>
+        <v>1.6206129032258128</v>
       </c>
       <c r="G22" s="2" t="n">
-        <v>1.7135666666666722</v>
+        <v>1.6995806451612954</v>
       </c>
       <c r="H22" s="2" t="n">
-        <v>1.7163000000000068</v>
+        <v>1.7005806451612975</v>
       </c>
       <c r="I22" s="2" t="n">
-        <v>1.7140666666666722</v>
+        <v>1.7468064516129083</v>
       </c>
       <c r="J22" s="2" t="n">
-        <v>1.710400000000006</v>
+        <v>1.7430322580645223</v>
       </c>
       <c r="K22" s="2" t="n">
-        <v>1.7355333333333383</v>
+        <v>1.7617741935483935</v>
       </c>
       <c r="L22" s="2" t="n">
-        <v>1.8062000000000074</v>
+        <v>1.824774193548393</v>
       </c>
       <c r="M22" s="2" t="n">
-        <v>2.686333333333342</v>
+        <v>2.736290322580656</v>
       </c>
       <c r="N22" s="2" t="n">
-        <v>0.7844866666666693</v>
+        <v>0.821096774193551</v>
       </c>
       <c r="O22" s="2" t="n">
-        <v>0.824290000000003</v>
+        <v>0.8609096774193578</v>
       </c>
       <c r="P22" s="2" t="n">
-        <v>0.7844866666666693</v>
+        <v>0.821096774193551</v>
       </c>
       <c r="Q22" s="2" t="n">
-        <v>0.824290000000003</v>
+        <v>0.8609096774193578</v>
       </c>
       <c r="R22" s="2" t="n">
-        <v>0.9412666666666699</v>
+        <v>0.9780967741935518</v>
       </c>
       <c r="S22" s="2" t="n">
-        <v>0.7460000000000025</v>
+        <v>0.7420645161290343</v>
       </c>
     </row>
     <row r="23">
       <c r="A23"/>
       <c r="B23" t="inlineStr">
         <is>
-          <t xml:space="preserve"> 7</t>
+          <t xml:space="preserve"> 8</t>
         </is>
       </c>
       <c r="C23" t="inlineStr">
         <is>
           <t>Prix moyen TVA incl.</t>
         </is>
       </c>
       <c r="D23"/>
       <c r="E23" s="2" t="n">
-        <v>1.6351612903225867</v>
+        <v>1.6430000000000062</v>
       </c>
       <c r="F23" s="2" t="n">
-        <v>1.6206129032258128</v>
+        <v>1.6270000000000064</v>
       </c>
       <c r="G23" s="2" t="n">
-        <v>1.6995806451612954</v>
+        <v>1.7080000000000048</v>
       </c>
       <c r="H23" s="2" t="n">
-        <v>1.7005806451612975</v>
+        <v>1.7090000000000072</v>
       </c>
       <c r="I23" s="2" t="n">
-        <v>1.7468064516129083</v>
+        <v>1.7143548387096836</v>
       </c>
       <c r="J23" s="2" t="n">
-        <v>1.7430322580645223</v>
+        <v>1.7098709677419421</v>
       </c>
       <c r="K23" s="2" t="n">
-        <v>1.7617741935483935</v>
+        <v>1.7280967741935538</v>
       </c>
       <c r="L23" s="2" t="n">
-        <v>1.824774193548393</v>
+        <v>1.7942903225806526</v>
       </c>
       <c r="M23" s="2" t="n">
-        <v>2.736290322580656</v>
+        <v>2.8495806451613035</v>
       </c>
       <c r="N23" s="2" t="n">
-        <v>0.821096774193551</v>
+        <v>0.7714290322580672</v>
       </c>
       <c r="O23" s="2" t="n">
-        <v>0.8609096774193578</v>
+        <v>0.8112290322580674</v>
       </c>
       <c r="P23" s="2" t="n">
-        <v>0.821096774193551</v>
+        <v>0.7714290322580672</v>
       </c>
       <c r="Q23" s="2" t="n">
-        <v>0.8609096774193578</v>
+        <v>0.8112290322580674</v>
       </c>
       <c r="R23" s="2" t="n">
-        <v>0.9780967741935518</v>
+        <v>0.9283225806451645</v>
       </c>
       <c r="S23" s="2" t="n">
-        <v>0.7420645161290343</v>
+        <v>0.7613225806451634</v>
       </c>
     </row>
     <row r="24">
       <c r="A24"/>
       <c r="B24" t="inlineStr">
         <is>
-          <t xml:space="preserve"> 8</t>
+          <t xml:space="preserve"> 9</t>
         </is>
       </c>
       <c r="C24" t="inlineStr">
         <is>
           <t>Prix moyen TVA incl.</t>
         </is>
       </c>
       <c r="D24"/>
       <c r="E24" s="2" t="n">
-        <v>1.6430000000000062</v>
+        <v>1.6690000000000071</v>
       </c>
       <c r="F24" s="2" t="n">
-        <v>1.6270000000000064</v>
+        <v>1.6478000000000068</v>
       </c>
       <c r="G24" s="2" t="n">
-        <v>1.7080000000000048</v>
+        <v>1.7071333333333398</v>
       </c>
       <c r="H24" s="2" t="n">
-        <v>1.7090000000000072</v>
+        <v>1.7046666666666732</v>
       </c>
       <c r="I24" s="2" t="n">
-        <v>1.7143548387096836</v>
+        <v>1.7301666666666728</v>
       </c>
       <c r="J24" s="2" t="n">
-        <v>1.7098709677419421</v>
+        <v>1.7247000000000068</v>
       </c>
       <c r="K24" s="2" t="n">
-        <v>1.7280967741935538</v>
+        <v>1.7443333333333395</v>
       </c>
       <c r="L24" s="2" t="n">
-        <v>1.7942903225806526</v>
+        <v>1.8145000000000067</v>
       </c>
       <c r="M24" s="2" t="n">
-        <v>2.8495806451613035</v>
+        <v>2.983633333333345</v>
       </c>
       <c r="N24" s="2" t="n">
-        <v>0.7714290322580672</v>
+        <v>0.7890600000000028</v>
       </c>
       <c r="O24" s="2" t="n">
-        <v>0.8112290322580674</v>
+        <v>0.8288633333333362</v>
       </c>
       <c r="P24" s="2" t="n">
-        <v>0.7714290322580672</v>
+        <v>0.7890600000000028</v>
       </c>
       <c r="Q24" s="2" t="n">
-        <v>0.8112290322580674</v>
+        <v>0.8288633333333362</v>
       </c>
       <c r="R24" s="2" t="n">
-        <v>0.9283225806451645</v>
+        <v>0.9460000000000036</v>
       </c>
       <c r="S24" s="2" t="n">
-        <v>0.7613225806451634</v>
+        <v>0.7838333333333365</v>
       </c>
     </row>
     <row r="25">
       <c r="A25"/>
       <c r="B25" t="inlineStr">
         <is>
-          <t xml:space="preserve"> 9</t>
+          <t>10</t>
         </is>
       </c>
       <c r="C25" t="inlineStr">
         <is>
           <t>Prix moyen TVA incl.</t>
         </is>
       </c>
       <c r="D25"/>
       <c r="E25" s="2" t="n">
-        <v>1.6690000000000071</v>
+        <v>1.6604838709677472</v>
       </c>
       <c r="F25" s="2" t="n">
-        <v>1.6478000000000068</v>
+        <v>1.6452903225806503</v>
       </c>
       <c r="G25" s="2" t="n">
-        <v>1.7071333333333398</v>
+        <v>1.69722580645162</v>
       </c>
       <c r="H25" s="2" t="n">
-        <v>1.7046666666666732</v>
+        <v>1.6938064516129083</v>
       </c>
       <c r="I25" s="2" t="n">
-        <v>1.7301666666666728</v>
+        <v>1.72180645161291</v>
       </c>
       <c r="J25" s="2" t="n">
-        <v>1.7247000000000068</v>
+        <v>1.715129032258071</v>
       </c>
       <c r="K25" s="2" t="n">
-        <v>1.7443333333333395</v>
+        <v>1.7320322580645213</v>
       </c>
       <c r="L25" s="2" t="n">
-        <v>1.8145000000000067</v>
+        <v>1.8045161290322642</v>
       </c>
       <c r="M25" s="2" t="n">
-        <v>2.983633333333345</v>
+        <v>3.139967741935496</v>
       </c>
       <c r="N25" s="2" t="n">
-        <v>0.7890600000000028</v>
+        <v>0.7729548387096797</v>
       </c>
       <c r="O25" s="2" t="n">
-        <v>0.8288633333333362</v>
+        <v>0.8132161290322613</v>
       </c>
       <c r="P25" s="2" t="n">
-        <v>0.7890600000000028</v>
+        <v>0.7729548387096797</v>
       </c>
       <c r="Q25" s="2" t="n">
-        <v>0.8288633333333362</v>
+        <v>0.8132161290322613</v>
       </c>
       <c r="R25" s="2" t="n">
-        <v>0.9460000000000036</v>
+        <v>0.9308709677419392</v>
       </c>
       <c r="S25" s="2" t="n">
-        <v>0.7838333333333365</v>
+        <v>0.8217096774193572</v>
       </c>
     </row>
     <row r="26">
       <c r="A26"/>
       <c r="B26" t="inlineStr">
         <is>
-          <t>10</t>
+          <t>11</t>
         </is>
       </c>
       <c r="C26" t="inlineStr">
         <is>
           <t>Prix moyen TVA incl.</t>
         </is>
       </c>
       <c r="D26"/>
       <c r="E26" s="2" t="n">
-        <v>1.6604838709677472</v>
+        <v>1.6695333333333406</v>
       </c>
       <c r="F26" s="2" t="n">
-        <v>1.6452903225806503</v>
+        <v>1.6567333333333396</v>
       </c>
       <c r="G26" s="2" t="n">
-        <v>1.69722580645162</v>
+        <v>1.7449333333333392</v>
       </c>
       <c r="H26" s="2" t="n">
-        <v>1.6938064516129083</v>
+        <v>1.7436000000000067</v>
       </c>
       <c r="I26" s="2" t="n">
-        <v>1.72180645161291</v>
+        <v>1.7923333333333396</v>
       </c>
       <c r="J26" s="2" t="n">
-        <v>1.715129032258071</v>
+        <v>1.7870000000000055</v>
       </c>
       <c r="K26" s="2" t="n">
-        <v>1.7320322580645213</v>
+        <v>1.8010666666666728</v>
       </c>
       <c r="L26" s="2" t="n">
-        <v>1.8045161290322642</v>
+        <v>1.8686666666666731</v>
       </c>
       <c r="M26" s="2" t="n">
-        <v>3.139967741935496</v>
+        <v>3.1140666666666785</v>
       </c>
       <c r="N26" s="2" t="n">
-        <v>0.7729548387096797</v>
+        <v>0.8448266666666696</v>
       </c>
       <c r="O26" s="2" t="n">
-        <v>0.8132161290322613</v>
+        <v>0.8850833333333364</v>
       </c>
       <c r="P26" s="2" t="n">
-        <v>0.7729548387096797</v>
+        <v>0.8448266666666696</v>
       </c>
       <c r="Q26" s="2" t="n">
-        <v>0.8132161290322613</v>
+        <v>0.8850833333333364</v>
       </c>
       <c r="R26" s="2" t="n">
-        <v>0.9308709677419392</v>
+        <v>1.0029666666666701</v>
       </c>
       <c r="S26" s="2" t="n">
-        <v>0.8217096774193572</v>
+        <v>0.8338000000000028</v>
       </c>
     </row>
     <row r="27">
       <c r="A27"/>
       <c r="B27" t="inlineStr">
         <is>
-          <t>11</t>
+          <t>12</t>
         </is>
       </c>
       <c r="C27" t="inlineStr">
         <is>
           <t>Prix moyen TVA incl.</t>
         </is>
       </c>
       <c r="D27"/>
       <c r="E27" s="2" t="n">
-        <v>1.6695333333333406</v>
+        <v>1.6126129032258136</v>
       </c>
       <c r="F27" s="2" t="n">
-        <v>1.6567333333333396</v>
+        <v>1.597516129032264</v>
       </c>
       <c r="G27" s="2" t="n">
-        <v>1.7449333333333392</v>
+        <v>1.691032258064522</v>
       </c>
       <c r="H27" s="2" t="n">
-        <v>1.7436000000000067</v>
+        <v>1.688645161290328</v>
       </c>
       <c r="I27" s="2" t="n">
-        <v>1.7923333333333396</v>
+        <v>1.7018709677419401</v>
       </c>
       <c r="J27" s="2" t="n">
-        <v>1.7870000000000055</v>
+        <v>1.6961935483871013</v>
       </c>
       <c r="K27" s="2" t="n">
-        <v>1.8010666666666728</v>
+        <v>1.715322580645166</v>
       </c>
       <c r="L27" s="2" t="n">
-        <v>1.8686666666666731</v>
+        <v>1.7928064516129092</v>
       </c>
       <c r="M27" s="2" t="n">
-        <v>3.1140666666666785</v>
+        <v>3.158580645161301</v>
       </c>
       <c r="N27" s="2" t="n">
-        <v>0.8448266666666696</v>
+        <v>0.7402774193548415</v>
       </c>
       <c r="O27" s="2" t="n">
-        <v>0.8850833333333364</v>
+        <v>0.7805258064516154</v>
       </c>
       <c r="P27" s="2" t="n">
-        <v>0.8448266666666696</v>
+        <v>0.7402774193548415</v>
       </c>
       <c r="Q27" s="2" t="n">
-        <v>0.8850833333333364</v>
+        <v>0.7805258064516154</v>
       </c>
       <c r="R27" s="2" t="n">
-        <v>1.0029666666666701</v>
+        <v>0.8983225806451647</v>
       </c>
       <c r="S27" s="2" t="n">
-        <v>0.8338000000000028</v>
+        <v>0.8307419354838733</v>
       </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <cols>
     <col min="1" max="1" width="4.96484375" customWidth="true"/>
     <col min="2" max="2" width="2.83203125" customWidth="true"/>
     <col min="3" max="3" width="30.8203125" customWidth="true"/>
     <col min="4" max="4" width="41.72265625" customWidth="true"/>
     <col min="5" max="5" width="5.4453125" customWidth="true"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" t="inlineStr">
         <is>
@@ -1765,9015 +1767,9021 @@
       </c>
       <c r="B1" t="inlineStr">
         <is>
           <t>Mois</t>
         </is>
       </c>
       <c r="C1" t="inlineStr">
         <is>
           <t>Groupe de produits</t>
         </is>
       </c>
       <c r="D1" t="inlineStr">
         <is>
           <t>Produit</t>
         </is>
       </c>
       <c r="E1" t="inlineStr">
         <is>
           <t>Prix moyen TVA incl.</t>
         </is>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="inlineStr">
         <is>
-          <t>2023</t>
+          <t>2024</t>
         </is>
       </c>
       <c r="B2" t="inlineStr">
         <is>
-          <t>12</t>
+          <t xml:space="preserve"> 1</t>
         </is>
       </c>
       <c r="C2" t="inlineStr">
         <is>
           <t>Essences</t>
         </is>
       </c>
       <c r="D2" t="inlineStr">
         <is>
           <t>Essence 95 RON E5 (€/L)</t>
         </is>
       </c>
       <c r="E2" s="2" t="n">
-        <v>1.7231935483871044</v>
+        <v>1.6851935483871026</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="inlineStr">
         <is>
-          <t>2023</t>
+          <t>2024</t>
         </is>
       </c>
       <c r="B3" t="inlineStr">
         <is>
-          <t>12</t>
+          <t xml:space="preserve"> 1</t>
         </is>
       </c>
       <c r="C3" t="inlineStr">
         <is>
           <t>Essences</t>
         </is>
       </c>
       <c r="D3" t="inlineStr">
         <is>
           <t>Essence 95 RON E10 (€/L)</t>
         </is>
       </c>
       <c r="E3" s="2" t="n">
-        <v>1.6783870967741983</v>
+        <v>1.6626774193548441</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="inlineStr">
         <is>
-          <t>2023</t>
+          <t>2024</t>
         </is>
       </c>
       <c r="B4" t="inlineStr">
         <is>
-          <t>12</t>
+          <t xml:space="preserve"> 1</t>
         </is>
       </c>
       <c r="C4" t="inlineStr">
         <is>
           <t>Essences</t>
         </is>
       </c>
       <c r="D4" t="inlineStr">
         <is>
           <t>Essence 98 RON E5 (€/L)</t>
         </is>
       </c>
       <c r="E4" s="2" t="n">
-        <v>1.894161290322587</v>
+        <v>1.8661935483871046</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="inlineStr">
         <is>
-          <t>2023</t>
+          <t>2024</t>
         </is>
       </c>
       <c r="B5" t="inlineStr">
         <is>
-          <t>12</t>
+          <t xml:space="preserve"> 1</t>
         </is>
       </c>
       <c r="C5" t="inlineStr">
         <is>
           <t>Essences</t>
         </is>
       </c>
       <c r="D5" t="inlineStr">
         <is>
           <t>Essence 98 RON E10 (€/L)</t>
         </is>
       </c>
       <c r="E5" s="2" t="n">
-        <v>1.8775483870967815</v>
+        <v>1.8632580645161367</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="inlineStr">
         <is>
-          <t>2023</t>
+          <t>2024</t>
         </is>
       </c>
       <c r="B6" t="inlineStr">
         <is>
-          <t>12</t>
+          <t xml:space="preserve"> 1</t>
         </is>
       </c>
       <c r="C6" t="inlineStr">
         <is>
           <t>Gasoil Diesel routier</t>
         </is>
       </c>
       <c r="D6" t="inlineStr">
         <is>
           <t>Diesel B7 (€/L)</t>
         </is>
       </c>
       <c r="E6" s="2" t="n">
-        <v>1.817935483870974</v>
+        <v>1.8146774193548456</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="inlineStr">
         <is>
-          <t>2023</t>
+          <t>2024</t>
         </is>
       </c>
       <c r="B7" t="inlineStr">
         <is>
-          <t>12</t>
+          <t xml:space="preserve"> 1</t>
         </is>
       </c>
       <c r="C7" t="inlineStr">
         <is>
           <t>Gasoil Diesel routier</t>
         </is>
       </c>
       <c r="D7" t="inlineStr">
         <is>
           <t>Diesel B10 (€/L)</t>
         </is>
       </c>
       <c r="E7" s="2" t="n">
-        <v>1.8046129032258127</v>
+        <v>1.8085806451612965</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="inlineStr">
         <is>
-          <t>2023</t>
+          <t>2024</t>
         </is>
       </c>
       <c r="B8" t="inlineStr">
         <is>
-          <t>12</t>
+          <t xml:space="preserve"> 1</t>
         </is>
       </c>
       <c r="C8" t="inlineStr">
         <is>
           <t>Gasoil Diesel routier</t>
         </is>
       </c>
       <c r="D8" t="inlineStr">
         <is>
           <t>Diesel B20 (€/L)</t>
         </is>
       </c>
       <c r="E8" s="2" t="n">
-        <v>1.8204516129032329</v>
+        <v>1.8253870967742005</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="inlineStr">
         <is>
-          <t>2023</t>
+          <t>2024</t>
         </is>
       </c>
       <c r="B9" t="inlineStr">
         <is>
-          <t>12</t>
+          <t xml:space="preserve"> 1</t>
         </is>
       </c>
       <c r="C9" t="inlineStr">
         <is>
           <t>Gasoil Diesel routier</t>
         </is>
       </c>
       <c r="D9" t="inlineStr">
         <is>
           <t>Diesel B30 (€/L)</t>
         </is>
       </c>
       <c r="E9" s="2" t="n">
-        <v>1.859064516129039</v>
+        <v>1.8692903225806516</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="inlineStr">
         <is>
-          <t>2023</t>
+          <t>2024</t>
         </is>
       </c>
       <c r="B10" t="inlineStr">
         <is>
-          <t>12</t>
+          <t xml:space="preserve"> 1</t>
         </is>
       </c>
       <c r="C10" t="inlineStr">
         <is>
           <t>Gasoil Diesel routier</t>
         </is>
       </c>
       <c r="D10" t="inlineStr">
         <is>
           <t>Diesel XTL (€/L)</t>
         </is>
       </c>
       <c r="E10" s="2" t="n">
-        <v>2.635548387096784</v>
+        <v>2.5153548387096856</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="inlineStr">
         <is>
-          <t>2023</t>
+          <t>2024</t>
         </is>
       </c>
       <c r="B11" t="inlineStr">
         <is>
-          <t>12</t>
+          <t xml:space="preserve"> 1</t>
         </is>
       </c>
       <c r="C11" t="inlineStr">
         <is>
           <t>Gasoil Diesel (application chauffage)</t>
         </is>
       </c>
       <c r="D11" t="inlineStr">
         <is>
           <t>Gasoil Diesel Chauffage (à partir de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E11" s="2" t="n">
-        <v>0.9214290322580678</v>
+        <v>0.9237741935483906</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="inlineStr">
         <is>
-          <t>2023</t>
+          <t>2024</t>
         </is>
       </c>
       <c r="B12" t="inlineStr">
         <is>
-          <t>12</t>
+          <t xml:space="preserve"> 1</t>
         </is>
       </c>
       <c r="C12" t="inlineStr">
         <is>
           <t>Gasoil Diesel (application chauffage)</t>
         </is>
       </c>
       <c r="D12" t="inlineStr">
         <is>
           <t>Gasoil Diesel Chauffage (moins de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E12" s="2" t="n">
-        <v>0.9595806451612938</v>
+        <v>0.9619161290322616</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="inlineStr">
         <is>
-          <t>2023</t>
+          <t>2024</t>
         </is>
       </c>
       <c r="B13" t="inlineStr">
         <is>
-          <t>12</t>
+          <t xml:space="preserve"> 1</t>
         </is>
       </c>
       <c r="C13" t="inlineStr">
         <is>
           <t>Gasoil de chauffage</t>
         </is>
       </c>
       <c r="D13" t="inlineStr">
         <is>
           <t>Gasoil chauffage (H0/H7) (à partir de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E13"/>
     </row>
     <row r="14">
       <c r="A14" t="inlineStr">
         <is>
-          <t>2023</t>
+          <t>2024</t>
         </is>
       </c>
       <c r="B14" t="inlineStr">
         <is>
-          <t>12</t>
+          <t xml:space="preserve"> 1</t>
         </is>
       </c>
       <c r="C14" t="inlineStr">
         <is>
           <t>Gasoil de chauffage</t>
         </is>
       </c>
       <c r="D14" t="inlineStr">
         <is>
           <t>Gasoil chauffage (H0/H7) (moins de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E14"/>
     </row>
     <row r="15">
       <c r="A15" t="inlineStr">
         <is>
-          <t>2023</t>
+          <t>2024</t>
         </is>
       </c>
       <c r="B15" t="inlineStr">
         <is>
-          <t>12</t>
+          <t xml:space="preserve"> 1</t>
         </is>
       </c>
       <c r="C15" t="inlineStr">
         <is>
           <t>Gasoil de chauffage</t>
         </is>
       </c>
       <c r="D15" t="inlineStr">
         <is>
           <t>Gasoil chauffage (H0/H7) (à la pompe) (€/L)</t>
         </is>
       </c>
       <c r="E15"/>
     </row>
     <row r="16">
       <c r="A16" t="inlineStr">
         <is>
-          <t>2023</t>
+          <t>2024</t>
         </is>
       </c>
       <c r="B16" t="inlineStr">
         <is>
-          <t>12</t>
+          <t xml:space="preserve"> 1</t>
         </is>
       </c>
       <c r="C16" t="inlineStr">
         <is>
           <t>Butane + LPG</t>
         </is>
       </c>
       <c r="D16" t="inlineStr">
         <is>
           <t>Autogas LPG (à la pompe) (€/L)</t>
         </is>
       </c>
       <c r="E16" s="2" t="n">
-        <v>0.7298064516129064</v>
+        <v>0.732064516129035</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="B17" t="inlineStr">
         <is>
-          <t xml:space="preserve"> 1</t>
+          <t xml:space="preserve"> 2</t>
         </is>
       </c>
       <c r="C17" t="inlineStr">
         <is>
           <t>Essences</t>
         </is>
       </c>
       <c r="D17" t="inlineStr">
         <is>
           <t>Essence 95 RON E5 (€/L)</t>
         </is>
       </c>
       <c r="E17" s="2" t="n">
-        <v>1.6851935483871026</v>
+        <v>1.7434137931034543</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="B18" t="inlineStr">
         <is>
-          <t xml:space="preserve"> 1</t>
+          <t xml:space="preserve"> 2</t>
         </is>
       </c>
       <c r="C18" t="inlineStr">
         <is>
           <t>Essences</t>
         </is>
       </c>
       <c r="D18" t="inlineStr">
         <is>
           <t>Essence 95 RON E10 (€/L)</t>
         </is>
       </c>
       <c r="E18" s="2" t="n">
-        <v>1.6626774193548441</v>
+        <v>1.7266206896551775</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="B19" t="inlineStr">
         <is>
-          <t xml:space="preserve"> 1</t>
+          <t xml:space="preserve"> 2</t>
         </is>
       </c>
       <c r="C19" t="inlineStr">
         <is>
           <t>Essences</t>
         </is>
       </c>
       <c r="D19" t="inlineStr">
         <is>
           <t>Essence 98 RON E5 (€/L)</t>
         </is>
       </c>
       <c r="E19" s="2" t="n">
-        <v>1.8661935483871046</v>
+        <v>1.93268965517242</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="B20" t="inlineStr">
         <is>
-          <t xml:space="preserve"> 1</t>
+          <t xml:space="preserve"> 2</t>
         </is>
       </c>
       <c r="C20" t="inlineStr">
         <is>
           <t>Essences</t>
         </is>
       </c>
       <c r="D20" t="inlineStr">
         <is>
           <t>Essence 98 RON E10 (€/L)</t>
         </is>
       </c>
       <c r="E20" s="2" t="n">
-        <v>1.8632580645161367</v>
+        <v>1.9347241379310411</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="B21" t="inlineStr">
         <is>
-          <t xml:space="preserve"> 1</t>
+          <t xml:space="preserve"> 2</t>
         </is>
       </c>
       <c r="C21" t="inlineStr">
         <is>
           <t>Gasoil Diesel routier</t>
         </is>
       </c>
       <c r="D21" t="inlineStr">
         <is>
           <t>Diesel B7 (€/L)</t>
         </is>
       </c>
       <c r="E21" s="2" t="n">
-        <v>1.8146774193548456</v>
+        <v>1.8831379310344896</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="B22" t="inlineStr">
         <is>
-          <t xml:space="preserve"> 1</t>
+          <t xml:space="preserve"> 2</t>
         </is>
       </c>
       <c r="C22" t="inlineStr">
         <is>
           <t>Gasoil Diesel routier</t>
         </is>
       </c>
       <c r="D22" t="inlineStr">
         <is>
           <t>Diesel B10 (€/L)</t>
         </is>
       </c>
       <c r="E22" s="2" t="n">
-        <v>1.8085806451612965</v>
+        <v>1.8780344827586277</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="B23" t="inlineStr">
         <is>
-          <t xml:space="preserve"> 1</t>
+          <t xml:space="preserve"> 2</t>
         </is>
       </c>
       <c r="C23" t="inlineStr">
         <is>
           <t>Gasoil Diesel routier</t>
         </is>
       </c>
       <c r="D23" t="inlineStr">
         <is>
           <t>Diesel B20 (€/L)</t>
         </is>
       </c>
       <c r="E23" s="2" t="n">
-        <v>1.8253870967742005</v>
+        <v>1.8891379310344885</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="B24" t="inlineStr">
         <is>
-          <t xml:space="preserve"> 1</t>
+          <t xml:space="preserve"> 2</t>
         </is>
       </c>
       <c r="C24" t="inlineStr">
         <is>
           <t>Gasoil Diesel routier</t>
         </is>
       </c>
       <c r="D24" t="inlineStr">
         <is>
           <t>Diesel B30 (€/L)</t>
         </is>
       </c>
       <c r="E24" s="2" t="n">
-        <v>1.8692903225806516</v>
+        <v>1.9197241379310406</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="B25" t="inlineStr">
         <is>
-          <t xml:space="preserve"> 1</t>
+          <t xml:space="preserve"> 2</t>
         </is>
       </c>
       <c r="C25" t="inlineStr">
         <is>
           <t>Gasoil Diesel routier</t>
         </is>
       </c>
       <c r="D25" t="inlineStr">
         <is>
           <t>Diesel XTL (€/L)</t>
         </is>
       </c>
       <c r="E25" s="2" t="n">
-        <v>2.5153548387096856</v>
+        <v>2.4257241379310424</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="B26" t="inlineStr">
         <is>
-          <t xml:space="preserve"> 1</t>
+          <t xml:space="preserve"> 2</t>
         </is>
       </c>
       <c r="C26" t="inlineStr">
         <is>
           <t>Gasoil Diesel (application chauffage)</t>
         </is>
       </c>
       <c r="D26" t="inlineStr">
         <is>
           <t>Gasoil Diesel Chauffage (à partir de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E26" s="2" t="n">
-        <v>0.9237741935483906</v>
+        <v>1.0037689655172448</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="B27" t="inlineStr">
         <is>
-          <t xml:space="preserve"> 1</t>
+          <t xml:space="preserve"> 2</t>
         </is>
       </c>
       <c r="C27" t="inlineStr">
         <is>
           <t>Gasoil Diesel (application chauffage)</t>
         </is>
       </c>
       <c r="D27" t="inlineStr">
         <is>
           <t>Gasoil Diesel Chauffage (moins de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E27" s="2" t="n">
-        <v>0.9619161290322616</v>
+        <v>1.0419172413793139</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="B28" t="inlineStr">
         <is>
-          <t xml:space="preserve"> 1</t>
+          <t xml:space="preserve"> 2</t>
         </is>
       </c>
       <c r="C28" t="inlineStr">
         <is>
           <t>Gasoil de chauffage</t>
         </is>
       </c>
       <c r="D28" t="inlineStr">
         <is>
           <t>Gasoil chauffage (H0/H7) (à partir de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E28"/>
     </row>
     <row r="29">
       <c r="A29" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="B29" t="inlineStr">
         <is>
-          <t xml:space="preserve"> 1</t>
+          <t xml:space="preserve"> 2</t>
         </is>
       </c>
       <c r="C29" t="inlineStr">
         <is>
           <t>Gasoil de chauffage</t>
         </is>
       </c>
       <c r="D29" t="inlineStr">
         <is>
           <t>Gasoil chauffage (H0/H7) (moins de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E29"/>
     </row>
     <row r="30">
       <c r="A30" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="B30" t="inlineStr">
         <is>
-          <t xml:space="preserve"> 1</t>
+          <t xml:space="preserve"> 2</t>
         </is>
       </c>
       <c r="C30" t="inlineStr">
         <is>
           <t>Gasoil de chauffage</t>
         </is>
       </c>
       <c r="D30" t="inlineStr">
         <is>
           <t>Gasoil chauffage (H0/H7) (à la pompe) (€/L)</t>
         </is>
       </c>
       <c r="E30"/>
     </row>
     <row r="31">
       <c r="A31" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="B31" t="inlineStr">
         <is>
-          <t xml:space="preserve"> 1</t>
+          <t xml:space="preserve"> 2</t>
         </is>
       </c>
       <c r="C31" t="inlineStr">
         <is>
           <t>Butane + LPG</t>
         </is>
       </c>
       <c r="D31" t="inlineStr">
         <is>
           <t>Autogas LPG (à la pompe) (€/L)</t>
         </is>
       </c>
       <c r="E31" s="2" t="n">
-        <v>0.732064516129035</v>
+        <v>0.7408275862068995</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="B32" t="inlineStr">
         <is>
-          <t xml:space="preserve"> 2</t>
+          <t xml:space="preserve"> 3</t>
         </is>
       </c>
       <c r="C32" t="inlineStr">
         <is>
           <t>Essences</t>
         </is>
       </c>
       <c r="D32" t="inlineStr">
         <is>
           <t>Essence 95 RON E5 (€/L)</t>
         </is>
       </c>
       <c r="E32" s="2" t="n">
-        <v>1.7434137931034543</v>
+        <v>1.7760322580645227</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="B33" t="inlineStr">
         <is>
-          <t xml:space="preserve"> 2</t>
+          <t xml:space="preserve"> 3</t>
         </is>
       </c>
       <c r="C33" t="inlineStr">
         <is>
           <t>Essences</t>
         </is>
       </c>
       <c r="D33" t="inlineStr">
         <is>
           <t>Essence 95 RON E10 (€/L)</t>
         </is>
       </c>
       <c r="E33" s="2" t="n">
-        <v>1.7266206896551775</v>
+        <v>1.7582903225806508</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="B34" t="inlineStr">
         <is>
-          <t xml:space="preserve"> 2</t>
+          <t xml:space="preserve"> 3</t>
         </is>
       </c>
       <c r="C34" t="inlineStr">
         <is>
           <t>Essences</t>
         </is>
       </c>
       <c r="D34" t="inlineStr">
         <is>
           <t>Essence 98 RON E5 (€/L)</t>
         </is>
       </c>
       <c r="E34" s="2" t="n">
-        <v>1.93268965517242</v>
+        <v>1.9610967741935545</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="B35" t="inlineStr">
         <is>
-          <t xml:space="preserve"> 2</t>
+          <t xml:space="preserve"> 3</t>
         </is>
       </c>
       <c r="C35" t="inlineStr">
         <is>
           <t>Essences</t>
         </is>
       </c>
       <c r="D35" t="inlineStr">
         <is>
           <t>Essence 98 RON E10 (€/L)</t>
         </is>
       </c>
       <c r="E35" s="2" t="n">
-        <v>1.9347241379310411</v>
+        <v>1.9630967741935543</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="B36" t="inlineStr">
         <is>
-          <t xml:space="preserve"> 2</t>
+          <t xml:space="preserve"> 3</t>
         </is>
       </c>
       <c r="C36" t="inlineStr">
         <is>
           <t>Gasoil Diesel routier</t>
         </is>
       </c>
       <c r="D36" t="inlineStr">
         <is>
           <t>Diesel B7 (€/L)</t>
         </is>
       </c>
       <c r="E36" s="2" t="n">
-        <v>1.8831379310344896</v>
+        <v>1.8541935483871042</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="B37" t="inlineStr">
         <is>
-          <t xml:space="preserve"> 2</t>
+          <t xml:space="preserve"> 3</t>
         </is>
       </c>
       <c r="C37" t="inlineStr">
         <is>
           <t>Gasoil Diesel routier</t>
         </is>
       </c>
       <c r="D37" t="inlineStr">
         <is>
           <t>Diesel B10 (€/L)</t>
         </is>
       </c>
       <c r="E37" s="2" t="n">
-        <v>1.8780344827586277</v>
+        <v>1.8492903225806523</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="B38" t="inlineStr">
         <is>
-          <t xml:space="preserve"> 2</t>
+          <t xml:space="preserve"> 3</t>
         </is>
       </c>
       <c r="C38" t="inlineStr">
         <is>
           <t>Gasoil Diesel routier</t>
         </is>
       </c>
       <c r="D38" t="inlineStr">
         <is>
           <t>Diesel B20 (€/L)</t>
         </is>
       </c>
       <c r="E38" s="2" t="n">
-        <v>1.8891379310344885</v>
+        <v>1.8645806451612983</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="B39" t="inlineStr">
         <is>
-          <t xml:space="preserve"> 2</t>
+          <t xml:space="preserve"> 3</t>
         </is>
       </c>
       <c r="C39" t="inlineStr">
         <is>
           <t>Gasoil Diesel routier</t>
         </is>
       </c>
       <c r="D39" t="inlineStr">
         <is>
           <t>Diesel B30 (€/L)</t>
         </is>
       </c>
       <c r="E39" s="2" t="n">
-        <v>1.9197241379310406</v>
+        <v>1.9045806451612974</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="B40" t="inlineStr">
         <is>
-          <t xml:space="preserve"> 2</t>
+          <t xml:space="preserve"> 3</t>
         </is>
       </c>
       <c r="C40" t="inlineStr">
         <is>
           <t>Gasoil Diesel routier</t>
         </is>
       </c>
       <c r="D40" t="inlineStr">
         <is>
           <t>Diesel XTL (€/L)</t>
         </is>
       </c>
       <c r="E40" s="2" t="n">
-        <v>2.4257241379310424</v>
+        <v>2.432387096774201</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="B41" t="inlineStr">
         <is>
-          <t xml:space="preserve"> 2</t>
+          <t xml:space="preserve"> 3</t>
         </is>
       </c>
       <c r="C41" t="inlineStr">
         <is>
           <t>Gasoil Diesel (application chauffage)</t>
         </is>
       </c>
       <c r="D41" t="inlineStr">
         <is>
           <t>Gasoil Diesel Chauffage (à partir de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E41" s="2" t="n">
-        <v>1.0037689655172448</v>
+        <v>0.9664903225806485</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="B42" t="inlineStr">
         <is>
-          <t xml:space="preserve"> 2</t>
+          <t xml:space="preserve"> 3</t>
         </is>
       </c>
       <c r="C42" t="inlineStr">
         <is>
           <t>Gasoil Diesel (application chauffage)</t>
         </is>
       </c>
       <c r="D42" t="inlineStr">
         <is>
           <t>Gasoil Diesel Chauffage (moins de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E42" s="2" t="n">
-        <v>1.0419172413793139</v>
+        <v>1.004638709677423</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="B43" t="inlineStr">
         <is>
-          <t xml:space="preserve"> 2</t>
+          <t xml:space="preserve"> 3</t>
         </is>
       </c>
       <c r="C43" t="inlineStr">
         <is>
           <t>Gasoil de chauffage</t>
         </is>
       </c>
       <c r="D43" t="inlineStr">
         <is>
           <t>Gasoil chauffage (H0/H7) (à partir de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E43"/>
     </row>
     <row r="44">
       <c r="A44" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="B44" t="inlineStr">
         <is>
-          <t xml:space="preserve"> 2</t>
+          <t xml:space="preserve"> 3</t>
         </is>
       </c>
       <c r="C44" t="inlineStr">
         <is>
           <t>Gasoil de chauffage</t>
         </is>
       </c>
       <c r="D44" t="inlineStr">
         <is>
           <t>Gasoil chauffage (H0/H7) (moins de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E44"/>
     </row>
     <row r="45">
       <c r="A45" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="B45" t="inlineStr">
         <is>
-          <t xml:space="preserve"> 2</t>
+          <t xml:space="preserve"> 3</t>
         </is>
       </c>
       <c r="C45" t="inlineStr">
         <is>
           <t>Gasoil de chauffage</t>
         </is>
       </c>
       <c r="D45" t="inlineStr">
         <is>
           <t>Gasoil chauffage (H0/H7) (à la pompe) (€/L)</t>
         </is>
       </c>
       <c r="E45"/>
     </row>
     <row r="46">
       <c r="A46" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="B46" t="inlineStr">
         <is>
-          <t xml:space="preserve"> 2</t>
+          <t xml:space="preserve"> 3</t>
         </is>
       </c>
       <c r="C46" t="inlineStr">
         <is>
           <t>Butane + LPG</t>
         </is>
       </c>
       <c r="D46" t="inlineStr">
         <is>
           <t>Autogas LPG (à la pompe) (€/L)</t>
         </is>
       </c>
       <c r="E46" s="2" t="n">
-        <v>0.7408275862068995</v>
+        <v>0.7250000000000025</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="B47" t="inlineStr">
         <is>
-          <t xml:space="preserve"> 3</t>
+          <t xml:space="preserve"> 4</t>
         </is>
       </c>
       <c r="C47" t="inlineStr">
         <is>
           <t>Essences</t>
         </is>
       </c>
       <c r="D47" t="inlineStr">
         <is>
           <t>Essence 95 RON E5 (€/L)</t>
         </is>
       </c>
       <c r="E47" s="2" t="n">
-        <v>1.7760322580645227</v>
+        <v>1.8524666666666738</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="B48" t="inlineStr">
         <is>
-          <t xml:space="preserve"> 3</t>
+          <t xml:space="preserve"> 4</t>
         </is>
       </c>
       <c r="C48" t="inlineStr">
         <is>
           <t>Essences</t>
         </is>
       </c>
       <c r="D48" t="inlineStr">
         <is>
           <t>Essence 95 RON E10 (€/L)</t>
         </is>
       </c>
       <c r="E48" s="2" t="n">
-        <v>1.7582903225806508</v>
+        <v>1.8279666666666716</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="B49" t="inlineStr">
         <is>
-          <t xml:space="preserve"> 3</t>
+          <t xml:space="preserve"> 4</t>
         </is>
       </c>
       <c r="C49" t="inlineStr">
         <is>
           <t>Essences</t>
         </is>
       </c>
       <c r="D49" t="inlineStr">
         <is>
           <t>Essence 98 RON E5 (€/L)</t>
         </is>
       </c>
       <c r="E49" s="2" t="n">
-        <v>1.9610967741935545</v>
+        <v>1.991066666666673</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="B50" t="inlineStr">
         <is>
-          <t xml:space="preserve"> 3</t>
+          <t xml:space="preserve"> 4</t>
         </is>
       </c>
       <c r="C50" t="inlineStr">
         <is>
           <t>Essences</t>
         </is>
       </c>
       <c r="D50" t="inlineStr">
         <is>
           <t>Essence 98 RON E10 (€/L)</t>
         </is>
       </c>
       <c r="E50" s="2" t="n">
-        <v>1.9630967741935543</v>
+        <v>1.9911666666666739</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="B51" t="inlineStr">
         <is>
-          <t xml:space="preserve"> 3</t>
+          <t xml:space="preserve"> 4</t>
         </is>
       </c>
       <c r="C51" t="inlineStr">
         <is>
           <t>Gasoil Diesel routier</t>
         </is>
       </c>
       <c r="D51" t="inlineStr">
         <is>
           <t>Diesel B7 (€/L)</t>
         </is>
       </c>
       <c r="E51" s="2" t="n">
-        <v>1.8541935483871042</v>
+        <v>1.8667333333333407</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="B52" t="inlineStr">
         <is>
-          <t xml:space="preserve"> 3</t>
+          <t xml:space="preserve"> 4</t>
         </is>
       </c>
       <c r="C52" t="inlineStr">
         <is>
           <t>Gasoil Diesel routier</t>
         </is>
       </c>
       <c r="D52" t="inlineStr">
         <is>
           <t>Diesel B10 (€/L)</t>
         </is>
       </c>
       <c r="E52" s="2" t="n">
-        <v>1.8492903225806523</v>
+        <v>1.86163333333334</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="B53" t="inlineStr">
         <is>
-          <t xml:space="preserve"> 3</t>
+          <t xml:space="preserve"> 4</t>
         </is>
       </c>
       <c r="C53" t="inlineStr">
         <is>
           <t>Gasoil Diesel routier</t>
         </is>
       </c>
       <c r="D53" t="inlineStr">
         <is>
           <t>Diesel B20 (€/L)</t>
         </is>
       </c>
       <c r="E53" s="2" t="n">
-        <v>1.8645806451612983</v>
+        <v>1.8794333333333402</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="B54" t="inlineStr">
         <is>
-          <t xml:space="preserve"> 3</t>
+          <t xml:space="preserve"> 4</t>
         </is>
       </c>
       <c r="C54" t="inlineStr">
         <is>
           <t>Gasoil Diesel routier</t>
         </is>
       </c>
       <c r="D54" t="inlineStr">
         <is>
           <t>Diesel B30 (€/L)</t>
         </is>
       </c>
       <c r="E54" s="2" t="n">
-        <v>1.9045806451612974</v>
+        <v>1.9282333333333397</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="B55" t="inlineStr">
         <is>
-          <t xml:space="preserve"> 3</t>
+          <t xml:space="preserve"> 4</t>
         </is>
       </c>
       <c r="C55" t="inlineStr">
         <is>
           <t>Gasoil Diesel routier</t>
         </is>
       </c>
       <c r="D55" t="inlineStr">
         <is>
           <t>Diesel XTL (€/L)</t>
         </is>
       </c>
       <c r="E55" s="2" t="n">
-        <v>2.432387096774201</v>
+        <v>2.5669333333333424</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="B56" t="inlineStr">
         <is>
-          <t xml:space="preserve"> 3</t>
+          <t xml:space="preserve"> 4</t>
         </is>
       </c>
       <c r="C56" t="inlineStr">
         <is>
           <t>Gasoil Diesel (application chauffage)</t>
         </is>
       </c>
       <c r="D56" t="inlineStr">
         <is>
           <t>Gasoil Diesel Chauffage (à partir de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E56" s="2" t="n">
-        <v>0.9664903225806485</v>
+        <v>0.9618133333333369</v>
       </c>
     </row>
     <row r="57">
       <c r="A57" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="B57" t="inlineStr">
         <is>
-          <t xml:space="preserve"> 3</t>
+          <t xml:space="preserve"> 4</t>
         </is>
       </c>
       <c r="C57" t="inlineStr">
         <is>
           <t>Gasoil Diesel (application chauffage)</t>
         </is>
       </c>
       <c r="D57" t="inlineStr">
         <is>
           <t>Gasoil Diesel Chauffage (moins de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E57" s="2" t="n">
-        <v>1.004638709677423</v>
+        <v>1.000943333333337</v>
       </c>
     </row>
     <row r="58">
       <c r="A58" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="B58" t="inlineStr">
         <is>
-          <t xml:space="preserve"> 3</t>
+          <t xml:space="preserve"> 4</t>
         </is>
       </c>
       <c r="C58" t="inlineStr">
         <is>
           <t>Gasoil de chauffage</t>
         </is>
       </c>
       <c r="D58" t="inlineStr">
         <is>
           <t>Gasoil chauffage (H0/H7) (à partir de 2000 l) (€/L)</t>
         </is>
       </c>
-      <c r="E58"/>
+      <c r="E58" s="2" t="n">
+        <v>0.9554714285714324</v>
+      </c>
     </row>
     <row r="59">
       <c r="A59" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="B59" t="inlineStr">
         <is>
-          <t xml:space="preserve"> 3</t>
+          <t xml:space="preserve"> 4</t>
         </is>
       </c>
       <c r="C59" t="inlineStr">
         <is>
           <t>Gasoil de chauffage</t>
         </is>
       </c>
       <c r="D59" t="inlineStr">
         <is>
           <t>Gasoil chauffage (H0/H7) (moins de 2000 l) (€/L)</t>
         </is>
       </c>
-      <c r="E59"/>
+      <c r="E59" s="2" t="n">
+        <v>0.9946892857142896</v>
+      </c>
     </row>
     <row r="60">
       <c r="A60" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="B60" t="inlineStr">
         <is>
-          <t xml:space="preserve"> 3</t>
+          <t xml:space="preserve"> 4</t>
         </is>
       </c>
       <c r="C60" t="inlineStr">
         <is>
           <t>Gasoil de chauffage</t>
         </is>
       </c>
       <c r="D60" t="inlineStr">
         <is>
           <t>Gasoil chauffage (H0/H7) (à la pompe) (€/L)</t>
         </is>
       </c>
-      <c r="E60"/>
+      <c r="E60" s="2" t="n">
+        <v>1.1064642857142897</v>
+      </c>
     </row>
     <row r="61">
       <c r="A61" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="B61" t="inlineStr">
         <is>
-          <t xml:space="preserve"> 3</t>
+          <t xml:space="preserve"> 4</t>
         </is>
       </c>
       <c r="C61" t="inlineStr">
         <is>
           <t>Butane + LPG</t>
         </is>
       </c>
       <c r="D61" t="inlineStr">
         <is>
           <t>Autogas LPG (à la pompe) (€/L)</t>
         </is>
       </c>
       <c r="E61" s="2" t="n">
-        <v>0.7250000000000025</v>
+        <v>0.6918000000000023</v>
       </c>
     </row>
     <row r="62">
       <c r="A62" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="B62" t="inlineStr">
         <is>
-          <t xml:space="preserve"> 4</t>
+          <t xml:space="preserve"> 5</t>
         </is>
       </c>
       <c r="C62" t="inlineStr">
         <is>
           <t>Essences</t>
         </is>
       </c>
       <c r="D62" t="inlineStr">
         <is>
           <t>Essence 95 RON E5 (€/L)</t>
         </is>
       </c>
       <c r="E62" s="2" t="n">
-        <v>1.8524666666666738</v>
+        <v>1.8042258064516188</v>
       </c>
     </row>
     <row r="63">
       <c r="A63" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="B63" t="inlineStr">
         <is>
-          <t xml:space="preserve"> 4</t>
+          <t xml:space="preserve"> 5</t>
         </is>
       </c>
       <c r="C63" t="inlineStr">
         <is>
           <t>Essences</t>
         </is>
       </c>
       <c r="D63" t="inlineStr">
         <is>
           <t>Essence 95 RON E10 (€/L)</t>
         </is>
       </c>
       <c r="E63" s="2" t="n">
-        <v>1.8279666666666716</v>
+        <v>1.786161290322586</v>
       </c>
     </row>
     <row r="64">
       <c r="A64" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="B64" t="inlineStr">
         <is>
-          <t xml:space="preserve"> 4</t>
+          <t xml:space="preserve"> 5</t>
         </is>
       </c>
       <c r="C64" t="inlineStr">
         <is>
           <t>Essences</t>
         </is>
       </c>
       <c r="D64" t="inlineStr">
         <is>
           <t>Essence 98 RON E5 (€/L)</t>
         </is>
       </c>
       <c r="E64" s="2" t="n">
-        <v>1.991066666666673</v>
+        <v>1.8685806451612985</v>
       </c>
     </row>
     <row r="65">
       <c r="A65" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="B65" t="inlineStr">
         <is>
-          <t xml:space="preserve"> 4</t>
+          <t xml:space="preserve"> 5</t>
         </is>
       </c>
       <c r="C65" t="inlineStr">
         <is>
           <t>Essences</t>
         </is>
       </c>
       <c r="D65" t="inlineStr">
         <is>
           <t>Essence 98 RON E10 (€/L)</t>
         </is>
       </c>
       <c r="E65" s="2" t="n">
-        <v>1.9911666666666739</v>
+        <v>1.870032258064521</v>
       </c>
     </row>
     <row r="66">
       <c r="A66" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="B66" t="inlineStr">
         <is>
-          <t xml:space="preserve"> 4</t>
+          <t xml:space="preserve"> 5</t>
         </is>
       </c>
       <c r="C66" t="inlineStr">
         <is>
           <t>Gasoil Diesel routier</t>
         </is>
       </c>
       <c r="D66" t="inlineStr">
         <is>
           <t>Diesel B7 (€/L)</t>
         </is>
       </c>
       <c r="E66" s="2" t="n">
-        <v>1.8667333333333407</v>
+        <v>1.795387096774201</v>
       </c>
     </row>
     <row r="67">
       <c r="A67" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="B67" t="inlineStr">
         <is>
-          <t xml:space="preserve"> 4</t>
+          <t xml:space="preserve"> 5</t>
         </is>
       </c>
       <c r="C67" t="inlineStr">
         <is>
           <t>Gasoil Diesel routier</t>
         </is>
       </c>
       <c r="D67" t="inlineStr">
         <is>
           <t>Diesel B10 (€/L)</t>
         </is>
       </c>
       <c r="E67" s="2" t="n">
-        <v>1.86163333333334</v>
+        <v>1.7911935483871015</v>
       </c>
     </row>
     <row r="68">
       <c r="A68" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="B68" t="inlineStr">
         <is>
-          <t xml:space="preserve"> 4</t>
+          <t xml:space="preserve"> 5</t>
         </is>
       </c>
       <c r="C68" t="inlineStr">
         <is>
           <t>Gasoil Diesel routier</t>
         </is>
       </c>
       <c r="D68" t="inlineStr">
         <is>
           <t>Diesel B20 (€/L)</t>
         </is>
       </c>
       <c r="E68" s="2" t="n">
-        <v>1.8794333333333402</v>
+        <v>1.8110000000000064</v>
       </c>
     </row>
     <row r="69">
       <c r="A69" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="B69" t="inlineStr">
         <is>
-          <t xml:space="preserve"> 4</t>
+          <t xml:space="preserve"> 5</t>
         </is>
       </c>
       <c r="C69" t="inlineStr">
         <is>
           <t>Gasoil Diesel routier</t>
         </is>
       </c>
       <c r="D69" t="inlineStr">
         <is>
           <t>Diesel B30 (€/L)</t>
         </is>
       </c>
       <c r="E69" s="2" t="n">
-        <v>1.9282333333333397</v>
+        <v>1.857225806451618</v>
       </c>
     </row>
     <row r="70">
       <c r="A70" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="B70" t="inlineStr">
         <is>
-          <t xml:space="preserve"> 4</t>
+          <t xml:space="preserve"> 5</t>
         </is>
       </c>
       <c r="C70" t="inlineStr">
         <is>
           <t>Gasoil Diesel routier</t>
         </is>
       </c>
       <c r="D70" t="inlineStr">
         <is>
           <t>Diesel XTL (€/L)</t>
         </is>
       </c>
       <c r="E70" s="2" t="n">
-        <v>2.5669333333333424</v>
+        <v>2.487645161290331</v>
       </c>
     </row>
     <row r="71">
       <c r="A71" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="B71" t="inlineStr">
         <is>
-          <t xml:space="preserve"> 4</t>
+          <t xml:space="preserve"> 5</t>
         </is>
       </c>
       <c r="C71" t="inlineStr">
         <is>
           <t>Gasoil Diesel (application chauffage)</t>
         </is>
       </c>
       <c r="D71" t="inlineStr">
         <is>
           <t>Gasoil Diesel Chauffage (à partir de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E71" s="2" t="n">
-        <v>0.9618133333333369</v>
+        <v>0.8893645161290351</v>
       </c>
     </row>
     <row r="72">
       <c r="A72" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="B72" t="inlineStr">
         <is>
-          <t xml:space="preserve"> 4</t>
+          <t xml:space="preserve"> 5</t>
         </is>
       </c>
       <c r="C72" t="inlineStr">
         <is>
           <t>Gasoil Diesel (application chauffage)</t>
         </is>
       </c>
       <c r="D72" t="inlineStr">
         <is>
           <t>Gasoil Diesel Chauffage (moins de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E72" s="2" t="n">
-        <v>1.000943333333337</v>
+        <v>0.9285806451612936</v>
       </c>
     </row>
     <row r="73">
       <c r="A73" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="B73" t="inlineStr">
         <is>
-          <t xml:space="preserve"> 4</t>
+          <t xml:space="preserve"> 5</t>
         </is>
       </c>
       <c r="C73" t="inlineStr">
         <is>
           <t>Gasoil de chauffage</t>
         </is>
       </c>
       <c r="D73" t="inlineStr">
         <is>
           <t>Gasoil chauffage (H0/H7) (à partir de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E73" s="2" t="n">
-        <v>0.9554714285714324</v>
+        <v>0.8893645161290351</v>
       </c>
     </row>
     <row r="74">
       <c r="A74" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="B74" t="inlineStr">
         <is>
-          <t xml:space="preserve"> 4</t>
+          <t xml:space="preserve"> 5</t>
         </is>
       </c>
       <c r="C74" t="inlineStr">
         <is>
           <t>Gasoil de chauffage</t>
         </is>
       </c>
       <c r="D74" t="inlineStr">
         <is>
           <t>Gasoil chauffage (H0/H7) (moins de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E74" s="2" t="n">
-        <v>0.9946892857142896</v>
+        <v>0.9285806451612936</v>
       </c>
     </row>
     <row r="75">
       <c r="A75" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="B75" t="inlineStr">
         <is>
-          <t xml:space="preserve"> 4</t>
+          <t xml:space="preserve"> 5</t>
         </is>
       </c>
       <c r="C75" t="inlineStr">
         <is>
           <t>Gasoil de chauffage</t>
         </is>
       </c>
       <c r="D75" t="inlineStr">
         <is>
           <t>Gasoil chauffage (H0/H7) (à la pompe) (€/L)</t>
         </is>
       </c>
       <c r="E75" s="2" t="n">
-        <v>1.1064642857142897</v>
+        <v>1.0405483870967782</v>
       </c>
     </row>
     <row r="76">
       <c r="A76" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="B76" t="inlineStr">
         <is>
-          <t xml:space="preserve"> 4</t>
+          <t xml:space="preserve"> 5</t>
         </is>
       </c>
       <c r="C76" t="inlineStr">
         <is>
           <t>Butane + LPG</t>
         </is>
       </c>
       <c r="D76" t="inlineStr">
         <is>
           <t>Autogas LPG (à la pompe) (€/L)</t>
         </is>
       </c>
       <c r="E76" s="2" t="n">
-        <v>0.6918000000000023</v>
+        <v>0.6595806451612924</v>
       </c>
     </row>
     <row r="77">
       <c r="A77" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="B77" t="inlineStr">
         <is>
-          <t xml:space="preserve"> 5</t>
+          <t xml:space="preserve"> 6</t>
         </is>
       </c>
       <c r="C77" t="inlineStr">
         <is>
           <t>Essences</t>
         </is>
       </c>
       <c r="D77" t="inlineStr">
         <is>
           <t>Essence 95 RON E5 (€/L)</t>
         </is>
       </c>
       <c r="E77" s="2" t="n">
-        <v>1.8042258064516188</v>
+        <v>1.758200000000007</v>
       </c>
     </row>
     <row r="78">
       <c r="A78" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="B78" t="inlineStr">
         <is>
-          <t xml:space="preserve"> 5</t>
+          <t xml:space="preserve"> 6</t>
         </is>
       </c>
       <c r="C78" t="inlineStr">
         <is>
           <t>Essences</t>
         </is>
       </c>
       <c r="D78" t="inlineStr">
         <is>
           <t>Essence 95 RON E10 (€/L)</t>
         </is>
       </c>
       <c r="E78" s="2" t="n">
-        <v>1.786161290322586</v>
+        <v>1.7474000000000067</v>
       </c>
     </row>
     <row r="79">
       <c r="A79" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="B79" t="inlineStr">
         <is>
-          <t xml:space="preserve"> 5</t>
+          <t xml:space="preserve"> 6</t>
         </is>
       </c>
       <c r="C79" t="inlineStr">
         <is>
           <t>Essences</t>
         </is>
       </c>
       <c r="D79" t="inlineStr">
         <is>
           <t>Essence 98 RON E5 (€/L)</t>
         </is>
       </c>
       <c r="E79" s="2" t="n">
-        <v>1.8685806451612985</v>
+        <v>1.8343000000000056</v>
       </c>
     </row>
     <row r="80">
       <c r="A80" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="B80" t="inlineStr">
         <is>
-          <t xml:space="preserve"> 5</t>
+          <t xml:space="preserve"> 6</t>
         </is>
       </c>
       <c r="C80" t="inlineStr">
         <is>
           <t>Essences</t>
         </is>
       </c>
       <c r="D80" t="inlineStr">
         <is>
           <t>Essence 98 RON E10 (€/L)</t>
         </is>
       </c>
       <c r="E80" s="2" t="n">
-        <v>1.870032258064521</v>
+        <v>1.8409000000000073</v>
       </c>
     </row>
     <row r="81">
       <c r="A81" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="B81" t="inlineStr">
         <is>
-          <t xml:space="preserve"> 5</t>
+          <t xml:space="preserve"> 6</t>
         </is>
       </c>
       <c r="C81" t="inlineStr">
         <is>
           <t>Gasoil Diesel routier</t>
         </is>
       </c>
       <c r="D81" t="inlineStr">
         <is>
           <t>Diesel B7 (€/L)</t>
         </is>
       </c>
       <c r="E81" s="2" t="n">
-        <v>1.795387096774201</v>
+        <v>1.7952666666666741</v>
       </c>
     </row>
     <row r="82">
       <c r="A82" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="B82" t="inlineStr">
         <is>
-          <t xml:space="preserve"> 5</t>
+          <t xml:space="preserve"> 6</t>
         </is>
       </c>
       <c r="C82" t="inlineStr">
         <is>
           <t>Gasoil Diesel routier</t>
         </is>
       </c>
       <c r="D82" t="inlineStr">
         <is>
           <t>Diesel B10 (€/L)</t>
         </is>
       </c>
       <c r="E82" s="2" t="n">
-        <v>1.7911935483871015</v>
+        <v>1.7935000000000065</v>
       </c>
     </row>
     <row r="83">
       <c r="A83" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="B83" t="inlineStr">
         <is>
-          <t xml:space="preserve"> 5</t>
+          <t xml:space="preserve"> 6</t>
         </is>
       </c>
       <c r="C83" t="inlineStr">
         <is>
           <t>Gasoil Diesel routier</t>
         </is>
       </c>
       <c r="D83" t="inlineStr">
         <is>
           <t>Diesel B20 (€/L)</t>
         </is>
       </c>
       <c r="E83" s="2" t="n">
-        <v>1.8110000000000064</v>
+        <v>1.8215000000000063</v>
       </c>
     </row>
     <row r="84">
       <c r="A84" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="B84" t="inlineStr">
         <is>
-          <t xml:space="preserve"> 5</t>
+          <t xml:space="preserve"> 6</t>
         </is>
       </c>
       <c r="C84" t="inlineStr">
         <is>
           <t>Gasoil Diesel routier</t>
         </is>
       </c>
       <c r="D84" t="inlineStr">
         <is>
           <t>Diesel B30 (€/L)</t>
         </is>
       </c>
       <c r="E84" s="2" t="n">
-        <v>1.857225806451618</v>
+        <v>1.876200000000007</v>
       </c>
     </row>
     <row r="85">
       <c r="A85" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="B85" t="inlineStr">
         <is>
-          <t xml:space="preserve"> 5</t>
+          <t xml:space="preserve"> 6</t>
         </is>
       </c>
       <c r="C85" t="inlineStr">
         <is>
           <t>Gasoil Diesel routier</t>
         </is>
       </c>
       <c r="D85" t="inlineStr">
         <is>
           <t>Diesel XTL (€/L)</t>
         </is>
       </c>
       <c r="E85" s="2" t="n">
-        <v>2.487645161290331</v>
+        <v>2.3939666666666755</v>
       </c>
     </row>
     <row r="86">
       <c r="A86" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="B86" t="inlineStr">
         <is>
-          <t xml:space="preserve"> 5</t>
+          <t xml:space="preserve"> 6</t>
         </is>
       </c>
       <c r="C86" t="inlineStr">
         <is>
           <t>Gasoil Diesel (application chauffage)</t>
         </is>
       </c>
       <c r="D86" t="inlineStr">
         <is>
           <t>Gasoil Diesel Chauffage (à partir de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E86" s="2" t="n">
-        <v>0.8893645161290351</v>
+        <v>0.89647666666667</v>
       </c>
     </row>
     <row r="87">
       <c r="A87" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="B87" t="inlineStr">
         <is>
-          <t xml:space="preserve"> 5</t>
+          <t xml:space="preserve"> 6</t>
         </is>
       </c>
       <c r="C87" t="inlineStr">
         <is>
           <t>Gasoil Diesel (application chauffage)</t>
         </is>
       </c>
       <c r="D87" t="inlineStr">
         <is>
           <t>Gasoil Diesel Chauffage (moins de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E87" s="2" t="n">
-        <v>0.9285806451612936</v>
+        <v>0.9356866666666696</v>
       </c>
     </row>
     <row r="88">
       <c r="A88" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="B88" t="inlineStr">
         <is>
-          <t xml:space="preserve"> 5</t>
+          <t xml:space="preserve"> 6</t>
         </is>
       </c>
       <c r="C88" t="inlineStr">
         <is>
           <t>Gasoil de chauffage</t>
         </is>
       </c>
       <c r="D88" t="inlineStr">
         <is>
           <t>Gasoil chauffage (H0/H7) (à partir de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E88" s="2" t="n">
-        <v>0.8893645161290351</v>
+        <v>0.89650666666667</v>
       </c>
     </row>
     <row r="89">
       <c r="A89" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="B89" t="inlineStr">
         <is>
-          <t xml:space="preserve"> 5</t>
+          <t xml:space="preserve"> 6</t>
         </is>
       </c>
       <c r="C89" t="inlineStr">
         <is>
           <t>Gasoil de chauffage</t>
         </is>
       </c>
       <c r="D89" t="inlineStr">
         <is>
           <t>Gasoil chauffage (H0/H7) (moins de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E89" s="2" t="n">
-        <v>0.9285806451612936</v>
+        <v>0.9357166666666695</v>
       </c>
     </row>
     <row r="90">
       <c r="A90" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="B90" t="inlineStr">
         <is>
-          <t xml:space="preserve"> 5</t>
+          <t xml:space="preserve"> 6</t>
         </is>
       </c>
       <c r="C90" t="inlineStr">
         <is>
           <t>Gasoil de chauffage</t>
         </is>
       </c>
       <c r="D90" t="inlineStr">
         <is>
           <t>Gasoil chauffage (H0/H7) (à la pompe) (€/L)</t>
         </is>
       </c>
       <c r="E90" s="2" t="n">
-        <v>1.0405483870967782</v>
+        <v>1.0477666666666703</v>
       </c>
     </row>
     <row r="91">
       <c r="A91" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="B91" t="inlineStr">
         <is>
-          <t xml:space="preserve"> 5</t>
+          <t xml:space="preserve"> 6</t>
         </is>
       </c>
       <c r="C91" t="inlineStr">
         <is>
           <t>Butane + LPG</t>
         </is>
       </c>
       <c r="D91" t="inlineStr">
         <is>
           <t>Autogas LPG (à la pompe) (€/L)</t>
         </is>
       </c>
       <c r="E91" s="2" t="n">
-        <v>0.6595806451612924</v>
+        <v>0.6583333333333355</v>
       </c>
     </row>
     <row r="92">
       <c r="A92" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="B92" t="inlineStr">
         <is>
-          <t xml:space="preserve"> 6</t>
+          <t xml:space="preserve"> 7</t>
         </is>
       </c>
       <c r="C92" t="inlineStr">
         <is>
           <t>Essences</t>
         </is>
       </c>
       <c r="D92" t="inlineStr">
         <is>
           <t>Essence 95 RON E5 (€/L)</t>
         </is>
       </c>
       <c r="E92" s="2" t="n">
-        <v>1.758200000000007</v>
+        <v>1.7700967741935552</v>
       </c>
     </row>
     <row r="93">
       <c r="A93" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="B93" t="inlineStr">
         <is>
-          <t xml:space="preserve"> 6</t>
+          <t xml:space="preserve"> 7</t>
         </is>
       </c>
       <c r="C93" t="inlineStr">
         <is>
           <t>Essences</t>
         </is>
       </c>
       <c r="D93" t="inlineStr">
         <is>
           <t>Essence 95 RON E10 (€/L)</t>
         </is>
       </c>
       <c r="E93" s="2" t="n">
-        <v>1.7474000000000067</v>
+        <v>1.7612903225806522</v>
       </c>
     </row>
     <row r="94">
       <c r="A94" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="B94" t="inlineStr">
         <is>
-          <t xml:space="preserve"> 6</t>
+          <t xml:space="preserve"> 7</t>
         </is>
       </c>
       <c r="C94" t="inlineStr">
         <is>
           <t>Essences</t>
         </is>
       </c>
       <c r="D94" t="inlineStr">
         <is>
           <t>Essence 98 RON E5 (€/L)</t>
         </is>
       </c>
       <c r="E94" s="2" t="n">
-        <v>1.8343000000000056</v>
+        <v>1.8551935483871047</v>
       </c>
     </row>
     <row r="95">
       <c r="A95" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="B95" t="inlineStr">
         <is>
-          <t xml:space="preserve"> 6</t>
+          <t xml:space="preserve"> 7</t>
         </is>
       </c>
       <c r="C95" t="inlineStr">
         <is>
           <t>Essences</t>
         </is>
       </c>
       <c r="D95" t="inlineStr">
         <is>
           <t>Essence 98 RON E10 (€/L)</t>
         </is>
       </c>
       <c r="E95" s="2" t="n">
-        <v>1.8409000000000073</v>
+        <v>1.8618064516129103</v>
       </c>
     </row>
     <row r="96">
       <c r="A96" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="B96" t="inlineStr">
         <is>
-          <t xml:space="preserve"> 6</t>
+          <t xml:space="preserve"> 7</t>
         </is>
       </c>
       <c r="C96" t="inlineStr">
         <is>
           <t>Gasoil Diesel routier</t>
         </is>
       </c>
       <c r="D96" t="inlineStr">
         <is>
           <t>Diesel B7 (€/L)</t>
         </is>
       </c>
       <c r="E96" s="2" t="n">
-        <v>1.7952666666666741</v>
+        <v>1.8102580645161348</v>
       </c>
     </row>
     <row r="97">
       <c r="A97" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="B97" t="inlineStr">
         <is>
-          <t xml:space="preserve"> 6</t>
+          <t xml:space="preserve"> 7</t>
         </is>
       </c>
       <c r="C97" t="inlineStr">
         <is>
           <t>Gasoil Diesel routier</t>
         </is>
       </c>
       <c r="D97" t="inlineStr">
         <is>
           <t>Diesel B10 (€/L)</t>
         </is>
       </c>
       <c r="E97" s="2" t="n">
-        <v>1.7935000000000065</v>
+        <v>1.808387096774199</v>
       </c>
     </row>
     <row r="98">
       <c r="A98" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="B98" t="inlineStr">
         <is>
-          <t xml:space="preserve"> 6</t>
+          <t xml:space="preserve"> 7</t>
         </is>
       </c>
       <c r="C98" t="inlineStr">
         <is>
           <t>Gasoil Diesel routier</t>
         </is>
       </c>
       <c r="D98" t="inlineStr">
         <is>
           <t>Diesel B20 (€/L)</t>
         </is>
       </c>
       <c r="E98" s="2" t="n">
-        <v>1.8215000000000063</v>
+        <v>1.8307419354838772</v>
       </c>
     </row>
     <row r="99">
       <c r="A99" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="B99" t="inlineStr">
         <is>
-          <t xml:space="preserve"> 6</t>
+          <t xml:space="preserve"> 7</t>
         </is>
       </c>
       <c r="C99" t="inlineStr">
         <is>
           <t>Gasoil Diesel routier</t>
         </is>
       </c>
       <c r="D99" t="inlineStr">
         <is>
           <t>Diesel B30 (€/L)</t>
         </is>
       </c>
       <c r="E99" s="2" t="n">
-        <v>1.876200000000007</v>
+        <v>1.8792903225806514</v>
       </c>
     </row>
     <row r="100">
       <c r="A100" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="B100" t="inlineStr">
         <is>
-          <t xml:space="preserve"> 6</t>
+          <t xml:space="preserve"> 7</t>
         </is>
       </c>
       <c r="C100" t="inlineStr">
         <is>
           <t>Gasoil Diesel routier</t>
         </is>
       </c>
       <c r="D100" t="inlineStr">
         <is>
           <t>Diesel XTL (€/L)</t>
         </is>
       </c>
       <c r="E100" s="2" t="n">
-        <v>2.3939666666666755</v>
+        <v>2.4109032258064595</v>
       </c>
     </row>
     <row r="101">
       <c r="A101" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="B101" t="inlineStr">
         <is>
-          <t xml:space="preserve"> 6</t>
+          <t xml:space="preserve"> 7</t>
         </is>
       </c>
       <c r="C101" t="inlineStr">
         <is>
           <t>Gasoil Diesel (application chauffage)</t>
         </is>
       </c>
       <c r="D101" t="inlineStr">
         <is>
           <t>Gasoil Diesel Chauffage (à partir de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E101" s="2" t="n">
-        <v>0.89647666666667</v>
+        <v>0.9072516129032291</v>
       </c>
     </row>
     <row r="102">
       <c r="A102" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="B102" t="inlineStr">
         <is>
-          <t xml:space="preserve"> 6</t>
+          <t xml:space="preserve"> 7</t>
         </is>
       </c>
       <c r="C102" t="inlineStr">
         <is>
           <t>Gasoil Diesel (application chauffage)</t>
         </is>
       </c>
       <c r="D102" t="inlineStr">
         <is>
           <t>Gasoil Diesel Chauffage (moins de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E102" s="2" t="n">
-        <v>0.9356866666666696</v>
+        <v>0.9464806451612939</v>
       </c>
     </row>
     <row r="103">
       <c r="A103" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="B103" t="inlineStr">
         <is>
-          <t xml:space="preserve"> 6</t>
+          <t xml:space="preserve"> 7</t>
         </is>
       </c>
       <c r="C103" t="inlineStr">
         <is>
           <t>Gasoil de chauffage</t>
         </is>
       </c>
       <c r="D103" t="inlineStr">
         <is>
           <t>Gasoil chauffage (H0/H7) (à partir de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E103" s="2" t="n">
-        <v>0.89650666666667</v>
+        <v>0.9072516129032291</v>
       </c>
     </row>
     <row r="104">
       <c r="A104" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="B104" t="inlineStr">
         <is>
-          <t xml:space="preserve"> 6</t>
+          <t xml:space="preserve"> 7</t>
         </is>
       </c>
       <c r="C104" t="inlineStr">
         <is>
           <t>Gasoil de chauffage</t>
         </is>
       </c>
       <c r="D104" t="inlineStr">
         <is>
           <t>Gasoil chauffage (H0/H7) (moins de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E104" s="2" t="n">
-        <v>0.9357166666666695</v>
+        <v>0.9464806451612939</v>
       </c>
     </row>
     <row r="105">
       <c r="A105" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="B105" t="inlineStr">
         <is>
-          <t xml:space="preserve"> 6</t>
+          <t xml:space="preserve"> 7</t>
         </is>
       </c>
       <c r="C105" t="inlineStr">
         <is>
           <t>Gasoil de chauffage</t>
         </is>
       </c>
       <c r="D105" t="inlineStr">
         <is>
           <t>Gasoil chauffage (H0/H7) (à la pompe) (€/L)</t>
         </is>
       </c>
       <c r="E105" s="2" t="n">
-        <v>1.0477666666666703</v>
+        <v>1.058580645161294</v>
       </c>
     </row>
     <row r="106">
       <c r="A106" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="B106" t="inlineStr">
         <is>
-          <t xml:space="preserve"> 6</t>
+          <t xml:space="preserve"> 7</t>
         </is>
       </c>
       <c r="C106" t="inlineStr">
         <is>
           <t>Butane + LPG</t>
         </is>
       </c>
       <c r="D106" t="inlineStr">
         <is>
           <t>Autogas LPG (à la pompe) (€/L)</t>
         </is>
       </c>
       <c r="E106" s="2" t="n">
-        <v>0.6583333333333355</v>
+        <v>0.6812258064516153</v>
       </c>
     </row>
     <row r="107">
       <c r="A107" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="B107" t="inlineStr">
         <is>
-          <t xml:space="preserve"> 7</t>
+          <t xml:space="preserve"> 8</t>
         </is>
       </c>
       <c r="C107" t="inlineStr">
         <is>
           <t>Essences</t>
         </is>
       </c>
       <c r="D107" t="inlineStr">
         <is>
           <t>Essence 95 RON E5 (€/L)</t>
         </is>
       </c>
       <c r="E107" s="2" t="n">
-        <v>1.7700967741935552</v>
+        <v>1.7104838709677481</v>
       </c>
     </row>
     <row r="108">
       <c r="A108" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="B108" t="inlineStr">
         <is>
-          <t xml:space="preserve"> 7</t>
+          <t xml:space="preserve"> 8</t>
         </is>
       </c>
       <c r="C108" t="inlineStr">
         <is>
           <t>Essences</t>
         </is>
       </c>
       <c r="D108" t="inlineStr">
         <is>
           <t>Essence 95 RON E10 (€/L)</t>
         </is>
       </c>
       <c r="E108" s="2" t="n">
-        <v>1.7612903225806522</v>
+        <v>1.699903225806458</v>
       </c>
     </row>
     <row r="109">
       <c r="A109" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="B109" t="inlineStr">
         <is>
-          <t xml:space="preserve"> 7</t>
+          <t xml:space="preserve"> 8</t>
         </is>
       </c>
       <c r="C109" t="inlineStr">
         <is>
           <t>Essences</t>
         </is>
       </c>
       <c r="D109" t="inlineStr">
         <is>
           <t>Essence 98 RON E5 (€/L)</t>
         </is>
       </c>
       <c r="E109" s="2" t="n">
-        <v>1.8551935483871047</v>
+        <v>1.7945483870967798</v>
       </c>
     </row>
     <row r="110">
       <c r="A110" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="B110" t="inlineStr">
         <is>
-          <t xml:space="preserve"> 7</t>
+          <t xml:space="preserve"> 8</t>
         </is>
       </c>
       <c r="C110" t="inlineStr">
         <is>
           <t>Essences</t>
         </is>
       </c>
       <c r="D110" t="inlineStr">
         <is>
           <t>Essence 98 RON E10 (€/L)</t>
         </is>
       </c>
       <c r="E110" s="2" t="n">
-        <v>1.8618064516129103</v>
+        <v>1.8020322580645236</v>
       </c>
     </row>
     <row r="111">
       <c r="A111" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="B111" t="inlineStr">
         <is>
-          <t xml:space="preserve"> 7</t>
+          <t xml:space="preserve"> 8</t>
         </is>
       </c>
       <c r="C111" t="inlineStr">
         <is>
           <t>Gasoil Diesel routier</t>
         </is>
       </c>
       <c r="D111" t="inlineStr">
         <is>
           <t>Diesel B7 (€/L)</t>
         </is>
       </c>
       <c r="E111" s="2" t="n">
-        <v>1.8102580645161348</v>
+        <v>1.7433225806451678</v>
       </c>
     </row>
     <row r="112">
       <c r="A112" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="B112" t="inlineStr">
         <is>
-          <t xml:space="preserve"> 7</t>
+          <t xml:space="preserve"> 8</t>
         </is>
       </c>
       <c r="C112" t="inlineStr">
         <is>
           <t>Gasoil Diesel routier</t>
         </is>
       </c>
       <c r="D112" t="inlineStr">
         <is>
           <t>Diesel B10 (€/L)</t>
         </is>
       </c>
       <c r="E112" s="2" t="n">
-        <v>1.808387096774199</v>
+        <v>1.741322580645167</v>
       </c>
     </row>
     <row r="113">
       <c r="A113" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="B113" t="inlineStr">
         <is>
-          <t xml:space="preserve"> 7</t>
+          <t xml:space="preserve"> 8</t>
         </is>
       </c>
       <c r="C113" t="inlineStr">
         <is>
           <t>Gasoil Diesel routier</t>
         </is>
       </c>
       <c r="D113" t="inlineStr">
         <is>
           <t>Diesel B20 (€/L)</t>
         </is>
       </c>
       <c r="E113" s="2" t="n">
-        <v>1.8307419354838772</v>
+        <v>1.7613548387096833</v>
       </c>
     </row>
     <row r="114">
       <c r="A114" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="B114" t="inlineStr">
         <is>
-          <t xml:space="preserve"> 7</t>
+          <t xml:space="preserve"> 8</t>
         </is>
       </c>
       <c r="C114" t="inlineStr">
         <is>
           <t>Gasoil Diesel routier</t>
         </is>
       </c>
       <c r="D114" t="inlineStr">
         <is>
           <t>Diesel B30 (€/L)</t>
         </is>
       </c>
       <c r="E114" s="2" t="n">
-        <v>1.8792903225806514</v>
+        <v>1.8073548387096838</v>
       </c>
     </row>
     <row r="115">
       <c r="A115" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="B115" t="inlineStr">
         <is>
-          <t xml:space="preserve"> 7</t>
+          <t xml:space="preserve"> 8</t>
         </is>
       </c>
       <c r="C115" t="inlineStr">
         <is>
           <t>Gasoil Diesel routier</t>
         </is>
       </c>
       <c r="D115" t="inlineStr">
         <is>
           <t>Diesel XTL (€/L)</t>
         </is>
       </c>
       <c r="E115" s="2" t="n">
-        <v>2.4109032258064595</v>
+        <v>2.3556774193548464</v>
       </c>
     </row>
     <row r="116">
       <c r="A116" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="B116" t="inlineStr">
         <is>
-          <t xml:space="preserve"> 7</t>
+          <t xml:space="preserve"> 8</t>
         </is>
       </c>
       <c r="C116" t="inlineStr">
         <is>
           <t>Gasoil Diesel (application chauffage)</t>
         </is>
       </c>
       <c r="D116" t="inlineStr">
         <is>
           <t>Gasoil Diesel Chauffage (à partir de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E116" s="2" t="n">
-        <v>0.9072516129032291</v>
+        <v>0.8440548387096805</v>
       </c>
     </row>
     <row r="117">
       <c r="A117" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="B117" t="inlineStr">
         <is>
-          <t xml:space="preserve"> 7</t>
+          <t xml:space="preserve"> 8</t>
         </is>
       </c>
       <c r="C117" t="inlineStr">
         <is>
           <t>Gasoil Diesel (application chauffage)</t>
         </is>
       </c>
       <c r="D117" t="inlineStr">
         <is>
           <t>Gasoil Diesel Chauffage (moins de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E117" s="2" t="n">
-        <v>0.9464806451612939</v>
+        <v>0.8832677419354871</v>
       </c>
     </row>
     <row r="118">
       <c r="A118" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="B118" t="inlineStr">
         <is>
-          <t xml:space="preserve"> 7</t>
+          <t xml:space="preserve"> 8</t>
         </is>
       </c>
       <c r="C118" t="inlineStr">
         <is>
           <t>Gasoil de chauffage</t>
         </is>
       </c>
       <c r="D118" t="inlineStr">
         <is>
           <t>Gasoil chauffage (H0/H7) (à partir de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E118" s="2" t="n">
-        <v>0.9072516129032291</v>
+        <v>0.8442612903225836</v>
       </c>
     </row>
     <row r="119">
       <c r="A119" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="B119" t="inlineStr">
         <is>
-          <t xml:space="preserve"> 7</t>
+          <t xml:space="preserve"> 8</t>
         </is>
       </c>
       <c r="C119" t="inlineStr">
         <is>
           <t>Gasoil de chauffage</t>
         </is>
       </c>
       <c r="D119" t="inlineStr">
         <is>
           <t>Gasoil chauffage (H0/H7) (moins de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E119" s="2" t="n">
-        <v>0.9464806451612939</v>
+        <v>0.8834741935483904</v>
       </c>
     </row>
     <row r="120">
       <c r="A120" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="B120" t="inlineStr">
         <is>
-          <t xml:space="preserve"> 7</t>
+          <t xml:space="preserve"> 8</t>
         </is>
       </c>
       <c r="C120" t="inlineStr">
         <is>
           <t>Gasoil de chauffage</t>
         </is>
       </c>
       <c r="D120" t="inlineStr">
         <is>
           <t>Gasoil chauffage (H0/H7) (à la pompe) (€/L)</t>
         </is>
       </c>
       <c r="E120" s="2" t="n">
-        <v>1.058580645161294</v>
+        <v>0.9954838709677456</v>
       </c>
     </row>
     <row r="121">
       <c r="A121" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="B121" t="inlineStr">
         <is>
-          <t xml:space="preserve"> 7</t>
+          <t xml:space="preserve"> 8</t>
         </is>
       </c>
       <c r="C121" t="inlineStr">
         <is>
           <t>Butane + LPG</t>
         </is>
       </c>
       <c r="D121" t="inlineStr">
         <is>
           <t>Autogas LPG (à la pompe) (€/L)</t>
         </is>
       </c>
       <c r="E121" s="2" t="n">
-        <v>0.6812258064516153</v>
+        <v>0.6765161290322603</v>
       </c>
     </row>
     <row r="122">
       <c r="A122" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="B122" t="inlineStr">
         <is>
-          <t xml:space="preserve"> 8</t>
+          <t xml:space="preserve"> 9</t>
         </is>
       </c>
       <c r="C122" t="inlineStr">
         <is>
           <t>Essences</t>
         </is>
       </c>
       <c r="D122" t="inlineStr">
         <is>
           <t>Essence 95 RON E5 (€/L)</t>
         </is>
       </c>
       <c r="E122" s="2" t="n">
-        <v>1.7104838709677481</v>
+        <v>1.6487333333333376</v>
       </c>
     </row>
     <row r="123">
       <c r="A123" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="B123" t="inlineStr">
         <is>
-          <t xml:space="preserve"> 8</t>
+          <t xml:space="preserve"> 9</t>
         </is>
       </c>
       <c r="C123" t="inlineStr">
         <is>
           <t>Essences</t>
         </is>
       </c>
       <c r="D123" t="inlineStr">
         <is>
           <t>Essence 95 RON E10 (€/L)</t>
         </is>
       </c>
       <c r="E123" s="2" t="n">
-        <v>1.699903225806458</v>
+        <v>1.6369333333333385</v>
       </c>
     </row>
     <row r="124">
       <c r="A124" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="B124" t="inlineStr">
         <is>
-          <t xml:space="preserve"> 8</t>
+          <t xml:space="preserve"> 9</t>
         </is>
       </c>
       <c r="C124" t="inlineStr">
         <is>
           <t>Essences</t>
         </is>
       </c>
       <c r="D124" t="inlineStr">
         <is>
           <t>Essence 98 RON E5 (€/L)</t>
         </is>
       </c>
       <c r="E124" s="2" t="n">
-        <v>1.7945483870967798</v>
+        <v>1.7112333333333387</v>
       </c>
     </row>
     <row r="125">
       <c r="A125" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="B125" t="inlineStr">
         <is>
-          <t xml:space="preserve"> 8</t>
+          <t xml:space="preserve"> 9</t>
         </is>
       </c>
       <c r="C125" t="inlineStr">
         <is>
           <t>Essences</t>
         </is>
       </c>
       <c r="D125" t="inlineStr">
         <is>
           <t>Essence 98 RON E10 (€/L)</t>
         </is>
       </c>
       <c r="E125" s="2" t="n">
-        <v>1.8020322580645236</v>
+        <v>1.715000000000007</v>
       </c>
     </row>
     <row r="126">
       <c r="A126" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="B126" t="inlineStr">
         <is>
-          <t xml:space="preserve"> 8</t>
+          <t xml:space="preserve"> 9</t>
         </is>
       </c>
       <c r="C126" t="inlineStr">
         <is>
           <t>Gasoil Diesel routier</t>
         </is>
       </c>
       <c r="D126" t="inlineStr">
         <is>
           <t>Diesel B7 (€/L)</t>
         </is>
       </c>
       <c r="E126" s="2" t="n">
-        <v>1.7433225806451678</v>
+        <v>1.6916666666666729</v>
       </c>
     </row>
     <row r="127">
       <c r="A127" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="B127" t="inlineStr">
         <is>
-          <t xml:space="preserve"> 8</t>
+          <t xml:space="preserve"> 9</t>
         </is>
       </c>
       <c r="C127" t="inlineStr">
         <is>
           <t>Gasoil Diesel routier</t>
         </is>
       </c>
       <c r="D127" t="inlineStr">
         <is>
           <t>Diesel B10 (€/L)</t>
         </is>
       </c>
       <c r="E127" s="2" t="n">
-        <v>1.741322580645167</v>
+        <v>1.6895333333333389</v>
       </c>
     </row>
     <row r="128">
       <c r="A128" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="B128" t="inlineStr">
         <is>
-          <t xml:space="preserve"> 8</t>
+          <t xml:space="preserve"> 9</t>
         </is>
       </c>
       <c r="C128" t="inlineStr">
         <is>
           <t>Gasoil Diesel routier</t>
         </is>
       </c>
       <c r="D128" t="inlineStr">
         <is>
           <t>Diesel B20 (€/L)</t>
         </is>
       </c>
       <c r="E128" s="2" t="n">
-        <v>1.7613548387096833</v>
+        <v>1.7142666666666726</v>
       </c>
     </row>
     <row r="129">
       <c r="A129" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="B129" t="inlineStr">
         <is>
-          <t xml:space="preserve"> 8</t>
+          <t xml:space="preserve"> 9</t>
         </is>
       </c>
       <c r="C129" t="inlineStr">
         <is>
           <t>Gasoil Diesel routier</t>
         </is>
       </c>
       <c r="D129" t="inlineStr">
         <is>
           <t>Diesel B30 (€/L)</t>
         </is>
       </c>
       <c r="E129" s="2" t="n">
-        <v>1.8073548387096838</v>
+        <v>1.7672000000000063</v>
       </c>
     </row>
     <row r="130">
       <c r="A130" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="B130" t="inlineStr">
         <is>
-          <t xml:space="preserve"> 8</t>
+          <t xml:space="preserve"> 9</t>
         </is>
       </c>
       <c r="C130" t="inlineStr">
         <is>
           <t>Gasoil Diesel routier</t>
         </is>
       </c>
       <c r="D130" t="inlineStr">
         <is>
           <t>Diesel XTL (€/L)</t>
         </is>
       </c>
       <c r="E130" s="2" t="n">
-        <v>2.3556774193548464</v>
+        <v>2.3434333333333432</v>
       </c>
     </row>
     <row r="131">
       <c r="A131" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="B131" t="inlineStr">
         <is>
-          <t xml:space="preserve"> 8</t>
+          <t xml:space="preserve"> 9</t>
         </is>
       </c>
       <c r="C131" t="inlineStr">
         <is>
           <t>Gasoil Diesel (application chauffage)</t>
         </is>
       </c>
       <c r="D131" t="inlineStr">
         <is>
           <t>Gasoil Diesel Chauffage (à partir de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E131" s="2" t="n">
-        <v>0.8440548387096805</v>
+        <v>0.7879866666666695</v>
       </c>
     </row>
     <row r="132">
       <c r="A132" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="B132" t="inlineStr">
         <is>
-          <t xml:space="preserve"> 8</t>
+          <t xml:space="preserve"> 9</t>
         </is>
       </c>
       <c r="C132" t="inlineStr">
         <is>
           <t>Gasoil Diesel (application chauffage)</t>
         </is>
       </c>
       <c r="D132" t="inlineStr">
         <is>
           <t>Gasoil Diesel Chauffage (moins de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E132" s="2" t="n">
-        <v>0.8832677419354871</v>
+        <v>0.8271933333333362</v>
       </c>
     </row>
     <row r="133">
       <c r="A133" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="B133" t="inlineStr">
         <is>
-          <t xml:space="preserve"> 8</t>
+          <t xml:space="preserve"> 9</t>
         </is>
       </c>
       <c r="C133" t="inlineStr">
         <is>
           <t>Gasoil de chauffage</t>
         </is>
       </c>
       <c r="D133" t="inlineStr">
         <is>
           <t>Gasoil chauffage (H0/H7) (à partir de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E133" s="2" t="n">
-        <v>0.8442612903225836</v>
+        <v>0.7882100000000027</v>
       </c>
     </row>
     <row r="134">
       <c r="A134" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="B134" t="inlineStr">
         <is>
-          <t xml:space="preserve"> 8</t>
+          <t xml:space="preserve"> 9</t>
         </is>
       </c>
       <c r="C134" t="inlineStr">
         <is>
           <t>Gasoil de chauffage</t>
         </is>
       </c>
       <c r="D134" t="inlineStr">
         <is>
           <t>Gasoil chauffage (H0/H7) (moins de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E134" s="2" t="n">
-        <v>0.8834741935483904</v>
+        <v>0.8274133333333363</v>
       </c>
     </row>
     <row r="135">
       <c r="A135" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="B135" t="inlineStr">
         <is>
-          <t xml:space="preserve"> 8</t>
+          <t xml:space="preserve"> 9</t>
         </is>
       </c>
       <c r="C135" t="inlineStr">
         <is>
           <t>Gasoil de chauffage</t>
         </is>
       </c>
       <c r="D135" t="inlineStr">
         <is>
           <t>Gasoil chauffage (H0/H7) (à la pompe) (€/L)</t>
         </is>
       </c>
       <c r="E135" s="2" t="n">
-        <v>0.9954838709677456</v>
+        <v>0.9395666666666699</v>
       </c>
     </row>
     <row r="136">
       <c r="A136" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="B136" t="inlineStr">
         <is>
-          <t xml:space="preserve"> 8</t>
+          <t xml:space="preserve"> 9</t>
         </is>
       </c>
       <c r="C136" t="inlineStr">
         <is>
           <t>Butane + LPG</t>
         </is>
       </c>
       <c r="D136" t="inlineStr">
         <is>
           <t>Autogas LPG (à la pompe) (€/L)</t>
         </is>
       </c>
       <c r="E136" s="2" t="n">
-        <v>0.6765161290322603</v>
+        <v>0.765300000000003</v>
       </c>
     </row>
     <row r="137">
       <c r="A137" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="B137" t="inlineStr">
         <is>
-          <t xml:space="preserve"> 9</t>
+          <t>10</t>
         </is>
       </c>
       <c r="C137" t="inlineStr">
         <is>
           <t>Essences</t>
         </is>
       </c>
       <c r="D137" t="inlineStr">
         <is>
           <t>Essence 95 RON E5 (€/L)</t>
         </is>
       </c>
       <c r="E137" s="2" t="n">
-        <v>1.6487333333333376</v>
+        <v>1.6722903225806505</v>
       </c>
     </row>
     <row r="138">
       <c r="A138" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="B138" t="inlineStr">
         <is>
-          <t xml:space="preserve"> 9</t>
+          <t>10</t>
         </is>
       </c>
       <c r="C138" t="inlineStr">
         <is>
           <t>Essences</t>
         </is>
       </c>
       <c r="D138" t="inlineStr">
         <is>
           <t>Essence 95 RON E10 (€/L)</t>
         </is>
       </c>
       <c r="E138" s="2" t="n">
-        <v>1.6369333333333385</v>
+        <v>1.6598387096774239</v>
       </c>
     </row>
     <row r="139">
       <c r="A139" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="B139" t="inlineStr">
         <is>
-          <t xml:space="preserve"> 9</t>
+          <t>10</t>
         </is>
       </c>
       <c r="C139" t="inlineStr">
         <is>
           <t>Essences</t>
         </is>
       </c>
       <c r="D139" t="inlineStr">
         <is>
           <t>Essence 98 RON E5 (€/L)</t>
         </is>
       </c>
       <c r="E139" s="2" t="n">
-        <v>1.7112333333333387</v>
+        <v>1.7443548387096839</v>
       </c>
     </row>
     <row r="140">
       <c r="A140" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="B140" t="inlineStr">
         <is>
-          <t xml:space="preserve"> 9</t>
+          <t>10</t>
         </is>
       </c>
       <c r="C140" t="inlineStr">
         <is>
           <t>Essences</t>
         </is>
       </c>
       <c r="D140" t="inlineStr">
         <is>
           <t>Essence 98 RON E10 (€/L)</t>
         </is>
       </c>
       <c r="E140" s="2" t="n">
-        <v>1.715000000000007</v>
+        <v>1.7461935483871032</v>
       </c>
     </row>
     <row r="141">
       <c r="A141" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="B141" t="inlineStr">
         <is>
-          <t xml:space="preserve"> 9</t>
+          <t>10</t>
         </is>
       </c>
       <c r="C141" t="inlineStr">
         <is>
           <t>Gasoil Diesel routier</t>
         </is>
       </c>
       <c r="D141" t="inlineStr">
         <is>
           <t>Diesel B7 (€/L)</t>
         </is>
       </c>
       <c r="E141" s="2" t="n">
-        <v>1.6916666666666729</v>
+        <v>1.7225806451612957</v>
       </c>
     </row>
     <row r="142">
       <c r="A142" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="B142" t="inlineStr">
         <is>
-          <t xml:space="preserve"> 9</t>
+          <t>10</t>
         </is>
       </c>
       <c r="C142" t="inlineStr">
         <is>
           <t>Gasoil Diesel routier</t>
         </is>
       </c>
       <c r="D142" t="inlineStr">
         <is>
           <t>Diesel B10 (€/L)</t>
         </is>
       </c>
       <c r="E142" s="2" t="n">
-        <v>1.6895333333333389</v>
+        <v>1.7206129032258122</v>
       </c>
     </row>
     <row r="143">
       <c r="A143" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="B143" t="inlineStr">
         <is>
-          <t xml:space="preserve"> 9</t>
+          <t>10</t>
         </is>
       </c>
       <c r="C143" t="inlineStr">
         <is>
           <t>Gasoil Diesel routier</t>
         </is>
       </c>
       <c r="D143" t="inlineStr">
         <is>
           <t>Diesel B20 (€/L)</t>
         </is>
       </c>
       <c r="E143" s="2" t="n">
-        <v>1.7142666666666726</v>
+        <v>1.7455806451612974</v>
       </c>
     </row>
     <row r="144">
       <c r="A144" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="B144" t="inlineStr">
         <is>
-          <t xml:space="preserve"> 9</t>
+          <t>10</t>
         </is>
       </c>
       <c r="C144" t="inlineStr">
         <is>
           <t>Gasoil Diesel routier</t>
         </is>
       </c>
       <c r="D144" t="inlineStr">
         <is>
           <t>Diesel B30 (€/L)</t>
         </is>
       </c>
       <c r="E144" s="2" t="n">
-        <v>1.7672000000000063</v>
+        <v>1.801645161290329</v>
       </c>
     </row>
     <row r="145">
       <c r="A145" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="B145" t="inlineStr">
         <is>
-          <t xml:space="preserve"> 9</t>
+          <t>10</t>
         </is>
       </c>
       <c r="C145" t="inlineStr">
         <is>
           <t>Gasoil Diesel routier</t>
         </is>
       </c>
       <c r="D145" t="inlineStr">
         <is>
           <t>Diesel XTL (€/L)</t>
         </is>
       </c>
       <c r="E145" s="2" t="n">
-        <v>2.3434333333333432</v>
+        <v>2.436322580645169</v>
       </c>
     </row>
     <row r="146">
       <c r="A146" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="B146" t="inlineStr">
         <is>
-          <t xml:space="preserve"> 9</t>
+          <t>10</t>
         </is>
       </c>
       <c r="C146" t="inlineStr">
         <is>
           <t>Gasoil Diesel (application chauffage)</t>
         </is>
       </c>
       <c r="D146" t="inlineStr">
         <is>
           <t>Gasoil Diesel Chauffage (à partir de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E146" s="2" t="n">
-        <v>0.7879866666666695</v>
+        <v>0.8121161290322612</v>
       </c>
     </row>
     <row r="147">
       <c r="A147" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="B147" t="inlineStr">
         <is>
-          <t xml:space="preserve"> 9</t>
+          <t>10</t>
         </is>
       </c>
       <c r="C147" t="inlineStr">
         <is>
           <t>Gasoil Diesel (application chauffage)</t>
         </is>
       </c>
       <c r="D147" t="inlineStr">
         <is>
           <t>Gasoil Diesel Chauffage (moins de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E147" s="2" t="n">
-        <v>0.8271933333333362</v>
+        <v>0.851819354838713</v>
       </c>
     </row>
     <row r="148">
       <c r="A148" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="B148" t="inlineStr">
         <is>
-          <t xml:space="preserve"> 9</t>
+          <t>10</t>
         </is>
       </c>
       <c r="C148" t="inlineStr">
         <is>
           <t>Gasoil de chauffage</t>
         </is>
       </c>
       <c r="D148" t="inlineStr">
         <is>
           <t>Gasoil chauffage (H0/H7) (à partir de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E148" s="2" t="n">
-        <v>0.7882100000000027</v>
+        <v>0.8121161290322612</v>
       </c>
     </row>
     <row r="149">
       <c r="A149" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="B149" t="inlineStr">
         <is>
-          <t xml:space="preserve"> 9</t>
+          <t>10</t>
         </is>
       </c>
       <c r="C149" t="inlineStr">
         <is>
           <t>Gasoil de chauffage</t>
         </is>
       </c>
       <c r="D149" t="inlineStr">
         <is>
           <t>Gasoil chauffage (H0/H7) (moins de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E149" s="2" t="n">
-        <v>0.8274133333333363</v>
+        <v>0.851819354838713</v>
       </c>
     </row>
     <row r="150">
       <c r="A150" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="B150" t="inlineStr">
         <is>
-          <t xml:space="preserve"> 9</t>
+          <t>10</t>
         </is>
       </c>
       <c r="C150" t="inlineStr">
         <is>
           <t>Gasoil de chauffage</t>
         </is>
       </c>
       <c r="D150" t="inlineStr">
         <is>
           <t>Gasoil chauffage (H0/H7) (à la pompe) (€/L)</t>
         </is>
       </c>
       <c r="E150" s="2" t="n">
-        <v>0.9395666666666699</v>
+        <v>0.9666451612903261</v>
       </c>
     </row>
     <row r="151">
       <c r="A151" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="B151" t="inlineStr">
         <is>
-          <t xml:space="preserve"> 9</t>
+          <t>10</t>
         </is>
       </c>
       <c r="C151" t="inlineStr">
         <is>
           <t>Butane + LPG</t>
         </is>
       </c>
       <c r="D151" t="inlineStr">
         <is>
           <t>Autogas LPG (à la pompe) (€/L)</t>
         </is>
       </c>
       <c r="E151" s="2" t="n">
-        <v>0.765300000000003</v>
+        <v>0.8576129032258094</v>
       </c>
     </row>
     <row r="152">
       <c r="A152" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="B152" t="inlineStr">
         <is>
-          <t>10</t>
+          <t>11</t>
         </is>
       </c>
       <c r="C152" t="inlineStr">
         <is>
           <t>Essences</t>
         </is>
       </c>
       <c r="D152" t="inlineStr">
         <is>
           <t>Essence 95 RON E5 (€/L)</t>
         </is>
       </c>
       <c r="E152" s="2" t="n">
-        <v>1.6722903225806505</v>
+        <v>1.673266666666672</v>
       </c>
     </row>
     <row r="153">
       <c r="A153" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="B153" t="inlineStr">
         <is>
-          <t>10</t>
+          <t>11</t>
         </is>
       </c>
       <c r="C153" t="inlineStr">
         <is>
           <t>Essences</t>
         </is>
       </c>
       <c r="D153" t="inlineStr">
         <is>
           <t>Essence 95 RON E10 (€/L)</t>
         </is>
       </c>
       <c r="E153" s="2" t="n">
-        <v>1.6598387096774239</v>
+        <v>1.6562666666666737</v>
       </c>
     </row>
     <row r="154">
       <c r="A154" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="B154" t="inlineStr">
         <is>
-          <t>10</t>
+          <t>11</t>
         </is>
       </c>
       <c r="C154" t="inlineStr">
         <is>
           <t>Essences</t>
         </is>
       </c>
       <c r="D154" t="inlineStr">
         <is>
           <t>Essence 98 RON E5 (€/L)</t>
         </is>
       </c>
       <c r="E154" s="2" t="n">
-        <v>1.7443548387096839</v>
+        <v>1.7422000000000057</v>
       </c>
     </row>
     <row r="155">
       <c r="A155" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="B155" t="inlineStr">
         <is>
-          <t>10</t>
+          <t>11</t>
         </is>
       </c>
       <c r="C155" t="inlineStr">
         <is>
           <t>Essences</t>
         </is>
       </c>
       <c r="D155" t="inlineStr">
         <is>
           <t>Essence 98 RON E10 (€/L)</t>
         </is>
       </c>
       <c r="E155" s="2" t="n">
-        <v>1.7461935483871032</v>
+        <v>1.7372666666666723</v>
       </c>
     </row>
     <row r="156">
       <c r="A156" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="B156" t="inlineStr">
         <is>
-          <t>10</t>
+          <t>11</t>
         </is>
       </c>
       <c r="C156" t="inlineStr">
         <is>
           <t>Gasoil Diesel routier</t>
         </is>
       </c>
       <c r="D156" t="inlineStr">
         <is>
           <t>Diesel B7 (€/L)</t>
         </is>
       </c>
       <c r="E156" s="2" t="n">
-        <v>1.7225806451612957</v>
+        <v>1.7595000000000054</v>
       </c>
     </row>
     <row r="157">
       <c r="A157" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="B157" t="inlineStr">
         <is>
-          <t>10</t>
+          <t>11</t>
         </is>
       </c>
       <c r="C157" t="inlineStr">
         <is>
           <t>Gasoil Diesel routier</t>
         </is>
       </c>
       <c r="D157" t="inlineStr">
         <is>
           <t>Diesel B10 (€/L)</t>
         </is>
       </c>
       <c r="E157" s="2" t="n">
-        <v>1.7206129032258122</v>
+        <v>1.7501666666666738</v>
       </c>
     </row>
     <row r="158">
       <c r="A158" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="B158" t="inlineStr">
         <is>
-          <t>10</t>
+          <t>11</t>
         </is>
       </c>
       <c r="C158" t="inlineStr">
         <is>
           <t>Gasoil Diesel routier</t>
         </is>
       </c>
       <c r="D158" t="inlineStr">
         <is>
           <t>Diesel B20 (€/L)</t>
         </is>
       </c>
       <c r="E158" s="2" t="n">
-        <v>1.7455806451612974</v>
+        <v>1.784466666666672</v>
       </c>
     </row>
     <row r="159">
       <c r="A159" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="B159" t="inlineStr">
         <is>
-          <t>10</t>
+          <t>11</t>
         </is>
       </c>
       <c r="C159" t="inlineStr">
         <is>
           <t>Gasoil Diesel routier</t>
         </is>
       </c>
       <c r="D159" t="inlineStr">
         <is>
           <t>Diesel B30 (€/L)</t>
         </is>
       </c>
       <c r="E159" s="2" t="n">
-        <v>1.801645161290329</v>
+        <v>1.857333333333339</v>
       </c>
     </row>
     <row r="160">
       <c r="A160" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="B160" t="inlineStr">
         <is>
-          <t>10</t>
+          <t>11</t>
         </is>
       </c>
       <c r="C160" t="inlineStr">
         <is>
           <t>Gasoil Diesel routier</t>
         </is>
       </c>
       <c r="D160" t="inlineStr">
         <is>
           <t>Diesel XTL (€/L)</t>
         </is>
       </c>
       <c r="E160" s="2" t="n">
-        <v>2.436322580645169</v>
+        <v>2.9114333333333438</v>
       </c>
     </row>
     <row r="161">
       <c r="A161" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="B161" t="inlineStr">
         <is>
-          <t>10</t>
+          <t>11</t>
         </is>
       </c>
       <c r="C161" t="inlineStr">
         <is>
           <t>Gasoil Diesel (application chauffage)</t>
         </is>
       </c>
       <c r="D161" t="inlineStr">
         <is>
           <t>Gasoil Diesel Chauffage (à partir de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E161" s="2" t="n">
-        <v>0.8121161290322612</v>
+        <v>0.8282133333333366</v>
       </c>
     </row>
     <row r="162">
       <c r="A162" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="B162" t="inlineStr">
         <is>
-          <t>10</t>
+          <t>11</t>
         </is>
       </c>
       <c r="C162" t="inlineStr">
         <is>
           <t>Gasoil Diesel (application chauffage)</t>
         </is>
       </c>
       <c r="D162" t="inlineStr">
         <is>
           <t>Gasoil Diesel Chauffage (moins de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E162" s="2" t="n">
-        <v>0.851819354838713</v>
+        <v>0.8679166666666701</v>
       </c>
     </row>
     <row r="163">
       <c r="A163" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="B163" t="inlineStr">
         <is>
-          <t>10</t>
+          <t>11</t>
         </is>
       </c>
       <c r="C163" t="inlineStr">
         <is>
           <t>Gasoil de chauffage</t>
         </is>
       </c>
       <c r="D163" t="inlineStr">
         <is>
           <t>Gasoil chauffage (H0/H7) (à partir de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E163" s="2" t="n">
-        <v>0.8121161290322612</v>
+        <v>0.8282133333333366</v>
       </c>
     </row>
     <row r="164">
       <c r="A164" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="B164" t="inlineStr">
         <is>
-          <t>10</t>
+          <t>11</t>
         </is>
       </c>
       <c r="C164" t="inlineStr">
         <is>
           <t>Gasoil de chauffage</t>
         </is>
       </c>
       <c r="D164" t="inlineStr">
         <is>
           <t>Gasoil chauffage (H0/H7) (moins de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E164" s="2" t="n">
-        <v>0.851819354838713</v>
+        <v>0.8679166666666701</v>
       </c>
     </row>
     <row r="165">
       <c r="A165" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="B165" t="inlineStr">
         <is>
-          <t>10</t>
+          <t>11</t>
         </is>
       </c>
       <c r="C165" t="inlineStr">
         <is>
           <t>Gasoil de chauffage</t>
         </is>
       </c>
       <c r="D165" t="inlineStr">
         <is>
           <t>Gasoil chauffage (H0/H7) (à la pompe) (€/L)</t>
         </is>
       </c>
       <c r="E165" s="2" t="n">
-        <v>0.9666451612903261</v>
+        <v>0.9827000000000033</v>
       </c>
     </row>
     <row r="166">
       <c r="A166" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="B166" t="inlineStr">
         <is>
-          <t>10</t>
+          <t>11</t>
         </is>
       </c>
       <c r="C166" t="inlineStr">
         <is>
           <t>Butane + LPG</t>
         </is>
       </c>
       <c r="D166" t="inlineStr">
         <is>
           <t>Autogas LPG (à la pompe) (€/L)</t>
         </is>
       </c>
       <c r="E166" s="2" t="n">
-        <v>0.8576129032258094</v>
+        <v>0.9008333333333368</v>
       </c>
     </row>
     <row r="167">
       <c r="A167" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="B167" t="inlineStr">
         <is>
-          <t>11</t>
+          <t>12</t>
         </is>
       </c>
       <c r="C167" t="inlineStr">
         <is>
           <t>Essences</t>
         </is>
       </c>
       <c r="D167" t="inlineStr">
         <is>
           <t>Essence 95 RON E5 (€/L)</t>
         </is>
       </c>
       <c r="E167" s="2" t="n">
-        <v>1.673266666666672</v>
+        <v>1.6851290322580699</v>
       </c>
     </row>
     <row r="168">
       <c r="A168" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="B168" t="inlineStr">
         <is>
-          <t>11</t>
+          <t>12</t>
         </is>
       </c>
       <c r="C168" t="inlineStr">
         <is>
           <t>Essences</t>
         </is>
       </c>
       <c r="D168" t="inlineStr">
         <is>
           <t>Essence 95 RON E10 (€/L)</t>
         </is>
       </c>
       <c r="E168" s="2" t="n">
-        <v>1.6562666666666737</v>
+        <v>1.6674838709677477</v>
       </c>
     </row>
     <row r="169">
       <c r="A169" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="B169" t="inlineStr">
         <is>
-          <t>11</t>
+          <t>12</t>
         </is>
       </c>
       <c r="C169" t="inlineStr">
         <is>
           <t>Essences</t>
         </is>
       </c>
       <c r="D169" t="inlineStr">
         <is>
           <t>Essence 98 RON E5 (€/L)</t>
         </is>
       </c>
       <c r="E169" s="2" t="n">
-        <v>1.7422000000000057</v>
+        <v>1.7415806451612956</v>
       </c>
     </row>
     <row r="170">
       <c r="A170" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="B170" t="inlineStr">
         <is>
-          <t>11</t>
+          <t>12</t>
         </is>
       </c>
       <c r="C170" t="inlineStr">
         <is>
           <t>Essences</t>
         </is>
       </c>
       <c r="D170" t="inlineStr">
         <is>
           <t>Essence 98 RON E10 (€/L)</t>
         </is>
       </c>
       <c r="E170" s="2" t="n">
-        <v>1.7372666666666723</v>
+        <v>1.7371290322580706</v>
       </c>
     </row>
     <row r="171">
       <c r="A171" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="B171" t="inlineStr">
         <is>
-          <t>11</t>
+          <t>12</t>
         </is>
       </c>
       <c r="C171" t="inlineStr">
         <is>
           <t>Gasoil Diesel routier</t>
         </is>
       </c>
       <c r="D171" t="inlineStr">
         <is>
           <t>Diesel B7 (€/L)</t>
         </is>
       </c>
       <c r="E171" s="2" t="n">
-        <v>1.7595000000000054</v>
+        <v>1.7631935483871024</v>
       </c>
     </row>
     <row r="172">
       <c r="A172" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="B172" t="inlineStr">
         <is>
-          <t>11</t>
+          <t>12</t>
         </is>
       </c>
       <c r="C172" t="inlineStr">
         <is>
           <t>Gasoil Diesel routier</t>
         </is>
       </c>
       <c r="D172" t="inlineStr">
         <is>
           <t>Diesel B10 (€/L)</t>
         </is>
       </c>
       <c r="E172" s="2" t="n">
-        <v>1.7501666666666738</v>
+        <v>1.7571935483871022</v>
       </c>
     </row>
     <row r="173">
       <c r="A173" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="B173" t="inlineStr">
         <is>
-          <t>11</t>
+          <t>12</t>
         </is>
       </c>
       <c r="C173" t="inlineStr">
         <is>
           <t>Gasoil Diesel routier</t>
         </is>
       </c>
       <c r="D173" t="inlineStr">
         <is>
           <t>Diesel B20 (€/L)</t>
         </is>
       </c>
       <c r="E173" s="2" t="n">
-        <v>1.784466666666672</v>
+        <v>1.7844516129032328</v>
       </c>
     </row>
     <row r="174">
       <c r="A174" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="B174" t="inlineStr">
         <is>
-          <t>11</t>
+          <t>12</t>
         </is>
       </c>
       <c r="C174" t="inlineStr">
         <is>
           <t>Gasoil Diesel routier</t>
         </is>
       </c>
       <c r="D174" t="inlineStr">
         <is>
           <t>Diesel B30 (€/L)</t>
         </is>
       </c>
       <c r="E174" s="2" t="n">
-        <v>1.857333333333339</v>
+        <v>1.8465483870967803</v>
       </c>
     </row>
     <row r="175">
       <c r="A175" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="B175" t="inlineStr">
         <is>
-          <t>11</t>
+          <t>12</t>
         </is>
       </c>
       <c r="C175" t="inlineStr">
         <is>
           <t>Gasoil Diesel routier</t>
         </is>
       </c>
       <c r="D175" t="inlineStr">
         <is>
           <t>Diesel XTL (€/L)</t>
         </is>
       </c>
       <c r="E175" s="2" t="n">
-        <v>2.9114333333333438</v>
+        <v>2.6896451612903336</v>
       </c>
     </row>
     <row r="176">
       <c r="A176" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="B176" t="inlineStr">
         <is>
-          <t>11</t>
+          <t>12</t>
         </is>
       </c>
       <c r="C176" t="inlineStr">
         <is>
           <t>Gasoil Diesel (application chauffage)</t>
         </is>
       </c>
       <c r="D176" t="inlineStr">
         <is>
           <t>Gasoil Diesel Chauffage (à partir de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E176" s="2" t="n">
-        <v>0.8282133333333366</v>
+        <v>0.8387967741935514</v>
       </c>
     </row>
     <row r="177">
       <c r="A177" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="B177" t="inlineStr">
         <is>
-          <t>11</t>
+          <t>12</t>
         </is>
       </c>
       <c r="C177" t="inlineStr">
         <is>
           <t>Gasoil Diesel (application chauffage)</t>
         </is>
       </c>
       <c r="D177" t="inlineStr">
         <is>
           <t>Gasoil Diesel Chauffage (moins de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E177" s="2" t="n">
-        <v>0.8679166666666701</v>
+        <v>0.8785064516129063</v>
       </c>
     </row>
     <row r="178">
       <c r="A178" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="B178" t="inlineStr">
         <is>
-          <t>11</t>
+          <t>12</t>
         </is>
       </c>
       <c r="C178" t="inlineStr">
         <is>
           <t>Gasoil de chauffage</t>
         </is>
       </c>
       <c r="D178" t="inlineStr">
         <is>
           <t>Gasoil chauffage (H0/H7) (à partir de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E178" s="2" t="n">
-        <v>0.8282133333333366</v>
+        <v>0.8387967741935514</v>
       </c>
     </row>
     <row r="179">
       <c r="A179" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="B179" t="inlineStr">
         <is>
-          <t>11</t>
+          <t>12</t>
         </is>
       </c>
       <c r="C179" t="inlineStr">
         <is>
           <t>Gasoil de chauffage</t>
         </is>
       </c>
       <c r="D179" t="inlineStr">
         <is>
           <t>Gasoil chauffage (H0/H7) (moins de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E179" s="2" t="n">
-        <v>0.8679166666666701</v>
+        <v>0.8785064516129063</v>
       </c>
     </row>
     <row r="180">
       <c r="A180" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="B180" t="inlineStr">
         <is>
-          <t>11</t>
+          <t>12</t>
         </is>
       </c>
       <c r="C180" t="inlineStr">
         <is>
           <t>Gasoil de chauffage</t>
         </is>
       </c>
       <c r="D180" t="inlineStr">
         <is>
           <t>Gasoil chauffage (H0/H7) (à la pompe) (€/L)</t>
         </is>
       </c>
       <c r="E180" s="2" t="n">
-        <v>0.9827000000000033</v>
+        <v>0.9933870967741975</v>
       </c>
     </row>
     <row r="181">
       <c r="A181" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="B181" t="inlineStr">
         <is>
-          <t>11</t>
+          <t>12</t>
         </is>
       </c>
       <c r="C181" t="inlineStr">
         <is>
           <t>Butane + LPG</t>
         </is>
       </c>
       <c r="D181" t="inlineStr">
         <is>
           <t>Autogas LPG (à la pompe) (€/L)</t>
         </is>
       </c>
       <c r="E181" s="2" t="n">
-        <v>0.9008333333333368</v>
+        <v>0.8960645161290354</v>
       </c>
     </row>
     <row r="182">
       <c r="A182" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="B182" t="inlineStr">
         <is>
-          <t>12</t>
+          <t xml:space="preserve"> 1</t>
         </is>
       </c>
       <c r="C182" t="inlineStr">
         <is>
           <t>Essences</t>
         </is>
       </c>
       <c r="D182" t="inlineStr">
         <is>
           <t>Essence 95 RON E5 (€/L)</t>
         </is>
       </c>
       <c r="E182" s="2" t="n">
-        <v>1.6851290322580699</v>
+        <v>1.705000000000005</v>
       </c>
     </row>
     <row r="183">
       <c r="A183" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="B183" t="inlineStr">
         <is>
-          <t>12</t>
+          <t xml:space="preserve"> 1</t>
         </is>
       </c>
       <c r="C183" t="inlineStr">
         <is>
           <t>Essences</t>
         </is>
       </c>
       <c r="D183" t="inlineStr">
         <is>
           <t>Essence 95 RON E10 (€/L)</t>
         </is>
       </c>
       <c r="E183" s="2" t="n">
-        <v>1.6674838709677477</v>
+        <v>1.6945483870967808</v>
       </c>
     </row>
     <row r="184">
       <c r="A184" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="B184" t="inlineStr">
         <is>
-          <t>12</t>
+          <t xml:space="preserve"> 1</t>
         </is>
       </c>
       <c r="C184" t="inlineStr">
         <is>
           <t>Essences</t>
         </is>
       </c>
       <c r="D184" t="inlineStr">
         <is>
           <t>Essence 98 RON E5 (€/L)</t>
         </is>
       </c>
       <c r="E184" s="2" t="n">
-        <v>1.7415806451612956</v>
+        <v>1.76270967741936</v>
       </c>
     </row>
     <row r="185">
       <c r="A185" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="B185" t="inlineStr">
         <is>
-          <t>12</t>
+          <t xml:space="preserve"> 1</t>
         </is>
       </c>
       <c r="C185" t="inlineStr">
         <is>
           <t>Essences</t>
         </is>
       </c>
       <c r="D185" t="inlineStr">
         <is>
           <t>Essence 98 RON E10 (€/L)</t>
         </is>
       </c>
       <c r="E185" s="2" t="n">
-        <v>1.7371290322580706</v>
+        <v>1.766838709677426</v>
       </c>
     </row>
     <row r="186">
       <c r="A186" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="B186" t="inlineStr">
         <is>
-          <t>12</t>
+          <t xml:space="preserve"> 1</t>
         </is>
       </c>
       <c r="C186" t="inlineStr">
         <is>
           <t>Gasoil Diesel routier</t>
         </is>
       </c>
       <c r="D186" t="inlineStr">
         <is>
           <t>Diesel B7 (€/L)</t>
         </is>
       </c>
       <c r="E186" s="2" t="n">
-        <v>1.7631935483871024</v>
+        <v>1.810290322580652</v>
       </c>
     </row>
     <row r="187">
       <c r="A187" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="B187" t="inlineStr">
         <is>
-          <t>12</t>
+          <t xml:space="preserve"> 1</t>
         </is>
       </c>
       <c r="C187" t="inlineStr">
         <is>
           <t>Gasoil Diesel routier</t>
         </is>
       </c>
       <c r="D187" t="inlineStr">
         <is>
           <t>Diesel B10 (€/L)</t>
         </is>
       </c>
       <c r="E187" s="2" t="n">
-        <v>1.7571935483871022</v>
+        <v>1.8075806451612975</v>
       </c>
     </row>
     <row r="188">
       <c r="A188" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="B188" t="inlineStr">
         <is>
-          <t>12</t>
+          <t xml:space="preserve"> 1</t>
         </is>
       </c>
       <c r="C188" t="inlineStr">
         <is>
           <t>Gasoil Diesel routier</t>
         </is>
       </c>
       <c r="D188" t="inlineStr">
         <is>
           <t>Diesel B20 (€/L)</t>
         </is>
       </c>
       <c r="E188" s="2" t="n">
-        <v>1.7844516129032328</v>
+        <v>1.8243548387096842</v>
       </c>
     </row>
     <row r="189">
       <c r="A189" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="B189" t="inlineStr">
         <is>
-          <t>12</t>
+          <t xml:space="preserve"> 1</t>
         </is>
       </c>
       <c r="C189" t="inlineStr">
         <is>
           <t>Gasoil Diesel routier</t>
         </is>
       </c>
       <c r="D189" t="inlineStr">
         <is>
           <t>Diesel B30 (€/L)</t>
         </is>
       </c>
       <c r="E189" s="2" t="n">
-        <v>1.8465483870967803</v>
+        <v>1.8827419354838781</v>
       </c>
     </row>
     <row r="190">
       <c r="A190" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="B190" t="inlineStr">
         <is>
-          <t>12</t>
+          <t xml:space="preserve"> 1</t>
         </is>
       </c>
       <c r="C190" t="inlineStr">
         <is>
           <t>Gasoil Diesel routier</t>
         </is>
       </c>
       <c r="D190" t="inlineStr">
         <is>
           <t>Diesel XTL (€/L)</t>
         </is>
       </c>
       <c r="E190" s="2" t="n">
-        <v>2.6896451612903336</v>
+        <v>2.6985806451612984</v>
       </c>
     </row>
     <row r="191">
       <c r="A191" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="B191" t="inlineStr">
         <is>
-          <t>12</t>
+          <t xml:space="preserve"> 1</t>
         </is>
       </c>
       <c r="C191" t="inlineStr">
         <is>
           <t>Gasoil Diesel (application chauffage)</t>
         </is>
       </c>
       <c r="D191" t="inlineStr">
         <is>
           <t>Gasoil Diesel Chauffage (à partir de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E191" s="2" t="n">
-        <v>0.8387967741935514</v>
+        <v>0.8904806451612935</v>
       </c>
     </row>
     <row r="192">
       <c r="A192" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="B192" t="inlineStr">
         <is>
-          <t>12</t>
+          <t xml:space="preserve"> 1</t>
         </is>
       </c>
       <c r="C192" t="inlineStr">
         <is>
           <t>Gasoil Diesel (application chauffage)</t>
         </is>
       </c>
       <c r="D192" t="inlineStr">
         <is>
           <t>Gasoil Diesel Chauffage (moins de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E192" s="2" t="n">
-        <v>0.8785064516129063</v>
+        <v>0.9301838709677455</v>
       </c>
     </row>
     <row r="193">
       <c r="A193" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="B193" t="inlineStr">
         <is>
-          <t>12</t>
+          <t xml:space="preserve"> 1</t>
         </is>
       </c>
       <c r="C193" t="inlineStr">
         <is>
           <t>Gasoil de chauffage</t>
         </is>
       </c>
       <c r="D193" t="inlineStr">
         <is>
           <t>Gasoil chauffage (H0/H7) (à partir de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E193" s="2" t="n">
-        <v>0.8387967741935514</v>
+        <v>0.8904806451612935</v>
       </c>
     </row>
     <row r="194">
       <c r="A194" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="B194" t="inlineStr">
         <is>
-          <t>12</t>
+          <t xml:space="preserve"> 1</t>
         </is>
       </c>
       <c r="C194" t="inlineStr">
         <is>
           <t>Gasoil de chauffage</t>
         </is>
       </c>
       <c r="D194" t="inlineStr">
         <is>
           <t>Gasoil chauffage (H0/H7) (moins de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E194" s="2" t="n">
-        <v>0.8785064516129063</v>
+        <v>0.9301838709677455</v>
       </c>
     </row>
     <row r="195">
       <c r="A195" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="B195" t="inlineStr">
         <is>
-          <t>12</t>
+          <t xml:space="preserve"> 1</t>
         </is>
       </c>
       <c r="C195" t="inlineStr">
         <is>
           <t>Gasoil de chauffage</t>
         </is>
       </c>
       <c r="D195" t="inlineStr">
         <is>
           <t>Gasoil chauffage (H0/H7) (à la pompe) (€/L)</t>
         </is>
       </c>
       <c r="E195" s="2" t="n">
-        <v>0.9933870967741975</v>
+        <v>1.0449354838709715</v>
       </c>
     </row>
     <row r="196">
       <c r="A196" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="B196" t="inlineStr">
         <is>
-          <t>12</t>
+          <t xml:space="preserve"> 1</t>
         </is>
       </c>
       <c r="C196" t="inlineStr">
         <is>
           <t>Butane + LPG</t>
         </is>
       </c>
       <c r="D196" t="inlineStr">
         <is>
           <t>Autogas LPG (à la pompe) (€/L)</t>
         </is>
       </c>
       <c r="E196" s="2" t="n">
-        <v>0.8960645161290354</v>
+        <v>0.9122903225806486</v>
       </c>
     </row>
     <row r="197">
       <c r="A197" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="B197" t="inlineStr">
         <is>
-          <t xml:space="preserve"> 1</t>
+          <t xml:space="preserve"> 2</t>
         </is>
       </c>
       <c r="C197" t="inlineStr">
         <is>
           <t>Essences</t>
         </is>
       </c>
       <c r="D197" t="inlineStr">
         <is>
           <t>Essence 95 RON E5 (€/L)</t>
         </is>
       </c>
       <c r="E197" s="2" t="n">
-        <v>1.705000000000005</v>
+        <v>1.7107142857142912</v>
       </c>
     </row>
     <row r="198">
       <c r="A198" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="B198" t="inlineStr">
         <is>
-          <t xml:space="preserve"> 1</t>
+          <t xml:space="preserve"> 2</t>
         </is>
       </c>
       <c r="C198" t="inlineStr">
         <is>
           <t>Essences</t>
         </is>
       </c>
       <c r="D198" t="inlineStr">
         <is>
           <t>Essence 95 RON E10 (€/L)</t>
         </is>
       </c>
       <c r="E198" s="2" t="n">
-        <v>1.6945483870967808</v>
+        <v>1.702857142857149</v>
       </c>
     </row>
     <row r="199">
       <c r="A199" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="B199" t="inlineStr">
         <is>
-          <t xml:space="preserve"> 1</t>
+          <t xml:space="preserve"> 2</t>
         </is>
       </c>
       <c r="C199" t="inlineStr">
         <is>
           <t>Essences</t>
         </is>
       </c>
       <c r="D199" t="inlineStr">
         <is>
           <t>Essence 98 RON E5 (€/L)</t>
         </is>
       </c>
       <c r="E199" s="2" t="n">
-        <v>1.76270967741936</v>
+        <v>1.7626428571428636</v>
       </c>
     </row>
     <row r="200">
       <c r="A200" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="B200" t="inlineStr">
         <is>
-          <t xml:space="preserve"> 1</t>
+          <t xml:space="preserve"> 2</t>
         </is>
       </c>
       <c r="C200" t="inlineStr">
         <is>
           <t>Essences</t>
         </is>
       </c>
       <c r="D200" t="inlineStr">
         <is>
           <t>Essence 98 RON E10 (€/L)</t>
         </is>
       </c>
       <c r="E200" s="2" t="n">
-        <v>1.766838709677426</v>
+        <v>1.7683571428571487</v>
       </c>
     </row>
     <row r="201">
       <c r="A201" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="B201" t="inlineStr">
         <is>
-          <t xml:space="preserve"> 1</t>
+          <t xml:space="preserve"> 2</t>
         </is>
       </c>
       <c r="C201" t="inlineStr">
         <is>
           <t>Gasoil Diesel routier</t>
         </is>
       </c>
       <c r="D201" t="inlineStr">
         <is>
           <t>Diesel B7 (€/L)</t>
         </is>
       </c>
       <c r="E201" s="2" t="n">
-        <v>1.810290322580652</v>
+        <v>1.8001428571428642</v>
       </c>
     </row>
     <row r="202">
       <c r="A202" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="B202" t="inlineStr">
         <is>
-          <t xml:space="preserve"> 1</t>
+          <t xml:space="preserve"> 2</t>
         </is>
       </c>
       <c r="C202" t="inlineStr">
         <is>
           <t>Gasoil Diesel routier</t>
         </is>
       </c>
       <c r="D202" t="inlineStr">
         <is>
           <t>Diesel B10 (€/L)</t>
         </is>
       </c>
       <c r="E202" s="2" t="n">
-        <v>1.8075806451612975</v>
+        <v>1.797714285714292</v>
       </c>
     </row>
     <row r="203">
       <c r="A203" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="B203" t="inlineStr">
         <is>
-          <t xml:space="preserve"> 1</t>
+          <t xml:space="preserve"> 2</t>
         </is>
       </c>
       <c r="C203" t="inlineStr">
         <is>
           <t>Gasoil Diesel routier</t>
         </is>
       </c>
       <c r="D203" t="inlineStr">
         <is>
           <t>Diesel B20 (€/L)</t>
         </is>
       </c>
       <c r="E203" s="2" t="n">
-        <v>1.8243548387096842</v>
+        <v>1.8127857142857215</v>
       </c>
     </row>
     <row r="204">
       <c r="A204" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="B204" t="inlineStr">
         <is>
-          <t xml:space="preserve"> 1</t>
+          <t xml:space="preserve"> 2</t>
         </is>
       </c>
       <c r="C204" t="inlineStr">
         <is>
           <t>Gasoil Diesel routier</t>
         </is>
       </c>
       <c r="D204" t="inlineStr">
         <is>
           <t>Diesel B30 (€/L)</t>
         </is>
       </c>
       <c r="E204" s="2" t="n">
-        <v>1.8827419354838781</v>
+        <v>1.8687142857142927</v>
       </c>
     </row>
     <row r="205">
       <c r="A205" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="B205" t="inlineStr">
         <is>
-          <t xml:space="preserve"> 1</t>
+          <t xml:space="preserve"> 2</t>
         </is>
       </c>
       <c r="C205" t="inlineStr">
         <is>
           <t>Gasoil Diesel routier</t>
         </is>
       </c>
       <c r="D205" t="inlineStr">
         <is>
           <t>Diesel XTL (€/L)</t>
         </is>
       </c>
       <c r="E205" s="2" t="n">
-        <v>2.6985806451612984</v>
+        <v>2.6651428571428664</v>
       </c>
     </row>
     <row r="206">
       <c r="A206" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="B206" t="inlineStr">
         <is>
-          <t xml:space="preserve"> 1</t>
+          <t xml:space="preserve"> 2</t>
         </is>
       </c>
       <c r="C206" t="inlineStr">
         <is>
           <t>Gasoil Diesel (application chauffage)</t>
         </is>
       </c>
       <c r="D206" t="inlineStr">
         <is>
           <t>Gasoil Diesel Chauffage (à partir de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E206" s="2" t="n">
-        <v>0.8904806451612935</v>
+        <v>0.8811607142857176</v>
       </c>
     </row>
     <row r="207">
       <c r="A207" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="B207" t="inlineStr">
         <is>
-          <t xml:space="preserve"> 1</t>
+          <t xml:space="preserve"> 2</t>
         </is>
       </c>
       <c r="C207" t="inlineStr">
         <is>
           <t>Gasoil Diesel (application chauffage)</t>
         </is>
       </c>
       <c r="D207" t="inlineStr">
         <is>
           <t>Gasoil Diesel Chauffage (moins de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E207" s="2" t="n">
-        <v>0.9301838709677455</v>
+        <v>0.9208642857142891</v>
       </c>
     </row>
     <row r="208">
       <c r="A208" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="B208" t="inlineStr">
         <is>
-          <t xml:space="preserve"> 1</t>
+          <t xml:space="preserve"> 2</t>
         </is>
       </c>
       <c r="C208" t="inlineStr">
         <is>
           <t>Gasoil de chauffage</t>
         </is>
       </c>
       <c r="D208" t="inlineStr">
         <is>
           <t>Gasoil chauffage (H0/H7) (à partir de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E208" s="2" t="n">
-        <v>0.8904806451612935</v>
+        <v>0.8811607142857176</v>
       </c>
     </row>
     <row r="209">
       <c r="A209" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="B209" t="inlineStr">
         <is>
-          <t xml:space="preserve"> 1</t>
+          <t xml:space="preserve"> 2</t>
         </is>
       </c>
       <c r="C209" t="inlineStr">
         <is>
           <t>Gasoil de chauffage</t>
         </is>
       </c>
       <c r="D209" t="inlineStr">
         <is>
           <t>Gasoil chauffage (H0/H7) (moins de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E209" s="2" t="n">
-        <v>0.9301838709677455</v>
+        <v>0.9208642857142891</v>
       </c>
     </row>
     <row r="210">
       <c r="A210" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="B210" t="inlineStr">
         <is>
-          <t xml:space="preserve"> 1</t>
+          <t xml:space="preserve"> 2</t>
         </is>
       </c>
       <c r="C210" t="inlineStr">
         <is>
           <t>Gasoil de chauffage</t>
         </is>
       </c>
       <c r="D210" t="inlineStr">
         <is>
           <t>Gasoil chauffage (H0/H7) (à la pompe) (€/L)</t>
         </is>
       </c>
       <c r="E210" s="2" t="n">
-        <v>1.0449354838709715</v>
+        <v>1.0356071428571467</v>
       </c>
     </row>
     <row r="211">
       <c r="A211" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="B211" t="inlineStr">
         <is>
-          <t xml:space="preserve"> 1</t>
+          <t xml:space="preserve"> 2</t>
         </is>
       </c>
       <c r="C211" t="inlineStr">
         <is>
           <t>Butane + LPG</t>
         </is>
       </c>
       <c r="D211" t="inlineStr">
         <is>
           <t>Autogas LPG (à la pompe) (€/L)</t>
         </is>
       </c>
       <c r="E211" s="2" t="n">
-        <v>0.9122903225806486</v>
+        <v>0.9220000000000037</v>
       </c>
     </row>
     <row r="212">
       <c r="A212" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="B212" t="inlineStr">
         <is>
-          <t xml:space="preserve"> 2</t>
+          <t xml:space="preserve"> 3</t>
         </is>
       </c>
       <c r="C212" t="inlineStr">
         <is>
           <t>Essences</t>
         </is>
       </c>
       <c r="D212" t="inlineStr">
         <is>
           <t>Essence 95 RON E5 (€/L)</t>
         </is>
       </c>
       <c r="E212" s="2" t="n">
-        <v>1.7107142857142912</v>
+        <v>1.6381290322580704</v>
       </c>
     </row>
     <row r="213">
       <c r="A213" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="B213" t="inlineStr">
         <is>
-          <t xml:space="preserve"> 2</t>
+          <t xml:space="preserve"> 3</t>
         </is>
       </c>
       <c r="C213" t="inlineStr">
         <is>
           <t>Essences</t>
         </is>
       </c>
       <c r="D213" t="inlineStr">
         <is>
           <t>Essence 95 RON E10 (€/L)</t>
         </is>
       </c>
       <c r="E213" s="2" t="n">
-        <v>1.702857142857149</v>
+        <v>1.6395806451612958</v>
       </c>
     </row>
     <row r="214">
       <c r="A214" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="B214" t="inlineStr">
         <is>
-          <t xml:space="preserve"> 2</t>
+          <t xml:space="preserve"> 3</t>
         </is>
       </c>
       <c r="C214" t="inlineStr">
         <is>
           <t>Essences</t>
         </is>
       </c>
       <c r="D214" t="inlineStr">
         <is>
           <t>Essence 98 RON E5 (€/L)</t>
         </is>
       </c>
       <c r="E214" s="2" t="n">
-        <v>1.7626428571428636</v>
+        <v>1.6990000000000052</v>
       </c>
     </row>
     <row r="215">
       <c r="A215" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="B215" t="inlineStr">
         <is>
-          <t xml:space="preserve"> 2</t>
+          <t xml:space="preserve"> 3</t>
         </is>
       </c>
       <c r="C215" t="inlineStr">
         <is>
           <t>Essences</t>
         </is>
       </c>
       <c r="D215" t="inlineStr">
         <is>
           <t>Essence 98 RON E10 (€/L)</t>
         </is>
       </c>
       <c r="E215" s="2" t="n">
-        <v>1.7683571428571487</v>
+        <v>1.7052258064516184</v>
       </c>
     </row>
     <row r="216">
       <c r="A216" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="B216" t="inlineStr">
         <is>
-          <t xml:space="preserve"> 2</t>
+          <t xml:space="preserve"> 3</t>
         </is>
       </c>
       <c r="C216" t="inlineStr">
         <is>
           <t>Gasoil Diesel routier</t>
         </is>
       </c>
       <c r="D216" t="inlineStr">
         <is>
           <t>Diesel B7 (€/L)</t>
         </is>
       </c>
       <c r="E216" s="2" t="n">
-        <v>1.8001428571428642</v>
+        <v>1.7444838709677477</v>
       </c>
     </row>
     <row r="217">
       <c r="A217" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="B217" t="inlineStr">
         <is>
-          <t xml:space="preserve"> 2</t>
+          <t xml:space="preserve"> 3</t>
         </is>
       </c>
       <c r="C217" t="inlineStr">
         <is>
           <t>Gasoil Diesel routier</t>
         </is>
       </c>
       <c r="D217" t="inlineStr">
         <is>
           <t>Diesel B10 (€/L)</t>
         </is>
       </c>
       <c r="E217" s="2" t="n">
-        <v>1.797714285714292</v>
+        <v>1.743387096774201</v>
       </c>
     </row>
     <row r="218">
       <c r="A218" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="B218" t="inlineStr">
         <is>
-          <t xml:space="preserve"> 2</t>
+          <t xml:space="preserve"> 3</t>
         </is>
       </c>
       <c r="C218" t="inlineStr">
         <is>
           <t>Gasoil Diesel routier</t>
         </is>
       </c>
       <c r="D218" t="inlineStr">
         <is>
           <t>Diesel B20 (€/L)</t>
         </is>
       </c>
       <c r="E218" s="2" t="n">
-        <v>1.8127857142857215</v>
+        <v>1.7661935483871025</v>
       </c>
     </row>
     <row r="219">
       <c r="A219" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="B219" t="inlineStr">
         <is>
-          <t xml:space="preserve"> 2</t>
+          <t xml:space="preserve"> 3</t>
         </is>
       </c>
       <c r="C219" t="inlineStr">
         <is>
           <t>Gasoil Diesel routier</t>
         </is>
       </c>
       <c r="D219" t="inlineStr">
         <is>
           <t>Diesel B30 (€/L)</t>
         </is>
       </c>
       <c r="E219" s="2" t="n">
-        <v>1.8687142857142927</v>
+        <v>1.8305806451612967</v>
       </c>
     </row>
     <row r="220">
       <c r="A220" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="B220" t="inlineStr">
         <is>
-          <t xml:space="preserve"> 2</t>
+          <t xml:space="preserve"> 3</t>
         </is>
       </c>
       <c r="C220" t="inlineStr">
         <is>
           <t>Gasoil Diesel routier</t>
         </is>
       </c>
       <c r="D220" t="inlineStr">
         <is>
           <t>Diesel XTL (€/L)</t>
         </is>
       </c>
       <c r="E220" s="2" t="n">
-        <v>2.6651428571428664</v>
+        <v>2.535741935483881</v>
       </c>
     </row>
     <row r="221">
       <c r="A221" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="B221" t="inlineStr">
         <is>
-          <t xml:space="preserve"> 2</t>
+          <t xml:space="preserve"> 3</t>
         </is>
       </c>
       <c r="C221" t="inlineStr">
         <is>
           <t>Gasoil Diesel (application chauffage)</t>
         </is>
       </c>
       <c r="D221" t="inlineStr">
         <is>
           <t>Gasoil Diesel Chauffage (à partir de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E221" s="2" t="n">
-        <v>0.8811607142857176</v>
+        <v>0.8176967741935512</v>
       </c>
     </row>
     <row r="222">
       <c r="A222" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="B222" t="inlineStr">
         <is>
-          <t xml:space="preserve"> 2</t>
+          <t xml:space="preserve"> 3</t>
         </is>
       </c>
       <c r="C222" t="inlineStr">
         <is>
           <t>Gasoil Diesel (application chauffage)</t>
         </is>
       </c>
       <c r="D222" t="inlineStr">
         <is>
           <t>Gasoil Diesel Chauffage (moins de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E222" s="2" t="n">
-        <v>0.9208642857142891</v>
+        <v>0.8574000000000028</v>
       </c>
     </row>
     <row r="223">
       <c r="A223" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="B223" t="inlineStr">
         <is>
-          <t xml:space="preserve"> 2</t>
+          <t xml:space="preserve"> 3</t>
         </is>
       </c>
       <c r="C223" t="inlineStr">
         <is>
           <t>Gasoil de chauffage</t>
         </is>
       </c>
       <c r="D223" t="inlineStr">
         <is>
           <t>Gasoil chauffage (H0/H7) (à partir de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E223" s="2" t="n">
-        <v>0.8811607142857176</v>
+        <v>0.8176967741935512</v>
       </c>
     </row>
     <row r="224">
       <c r="A224" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="B224" t="inlineStr">
         <is>
-          <t xml:space="preserve"> 2</t>
+          <t xml:space="preserve"> 3</t>
         </is>
       </c>
       <c r="C224" t="inlineStr">
         <is>
           <t>Gasoil de chauffage</t>
         </is>
       </c>
       <c r="D224" t="inlineStr">
         <is>
           <t>Gasoil chauffage (H0/H7) (moins de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E224" s="2" t="n">
-        <v>0.9208642857142891</v>
+        <v>0.8574000000000028</v>
       </c>
     </row>
     <row r="225">
       <c r="A225" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="B225" t="inlineStr">
         <is>
-          <t xml:space="preserve"> 2</t>
+          <t xml:space="preserve"> 3</t>
         </is>
       </c>
       <c r="C225" t="inlineStr">
         <is>
           <t>Gasoil de chauffage</t>
         </is>
       </c>
       <c r="D225" t="inlineStr">
         <is>
           <t>Gasoil chauffage (H0/H7) (à la pompe) (€/L)</t>
         </is>
       </c>
       <c r="E225" s="2" t="n">
-        <v>1.0356071428571467</v>
+        <v>0.9721935483871</v>
       </c>
     </row>
     <row r="226">
       <c r="A226" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="B226" t="inlineStr">
         <is>
-          <t xml:space="preserve"> 2</t>
+          <t xml:space="preserve"> 3</t>
         </is>
       </c>
       <c r="C226" t="inlineStr">
         <is>
           <t>Butane + LPG</t>
         </is>
       </c>
       <c r="D226" t="inlineStr">
         <is>
           <t>Autogas LPG (à la pompe) (€/L)</t>
         </is>
       </c>
       <c r="E226" s="2" t="n">
-        <v>0.9220000000000037</v>
+        <v>0.8441935483871003</v>
       </c>
     </row>
     <row r="227">
       <c r="A227" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="B227" t="inlineStr">
         <is>
-          <t xml:space="preserve"> 3</t>
+          <t xml:space="preserve"> 4</t>
         </is>
       </c>
       <c r="C227" t="inlineStr">
         <is>
           <t>Essences</t>
         </is>
       </c>
       <c r="D227" t="inlineStr">
         <is>
           <t>Essence 95 RON E5 (€/L)</t>
         </is>
       </c>
       <c r="E227" s="2" t="n">
-        <v>1.6381290322580704</v>
+        <v>1.634933333333339</v>
       </c>
     </row>
     <row r="228">
       <c r="A228" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="B228" t="inlineStr">
         <is>
-          <t xml:space="preserve"> 3</t>
+          <t xml:space="preserve"> 4</t>
         </is>
       </c>
       <c r="C228" t="inlineStr">
         <is>
           <t>Essences</t>
         </is>
       </c>
       <c r="D228" t="inlineStr">
         <is>
           <t>Essence 95 RON E10 (€/L)</t>
         </is>
       </c>
       <c r="E228" s="2" t="n">
-        <v>1.6395806451612958</v>
+        <v>1.6286000000000054</v>
       </c>
     </row>
     <row r="229">
       <c r="A229" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="B229" t="inlineStr">
         <is>
-          <t xml:space="preserve"> 3</t>
+          <t xml:space="preserve"> 4</t>
         </is>
       </c>
       <c r="C229" t="inlineStr">
         <is>
           <t>Essences</t>
         </is>
       </c>
       <c r="D229" t="inlineStr">
         <is>
           <t>Essence 98 RON E5 (€/L)</t>
         </is>
       </c>
       <c r="E229" s="2" t="n">
-        <v>1.6990000000000052</v>
+        <v>1.6980666666666717</v>
       </c>
     </row>
     <row r="230">
       <c r="A230" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="B230" t="inlineStr">
         <is>
-          <t xml:space="preserve"> 3</t>
+          <t xml:space="preserve"> 4</t>
         </is>
       </c>
       <c r="C230" t="inlineStr">
         <is>
           <t>Essences</t>
         </is>
       </c>
       <c r="D230" t="inlineStr">
         <is>
           <t>Essence 98 RON E10 (€/L)</t>
         </is>
       </c>
       <c r="E230" s="2" t="n">
-        <v>1.7052258064516184</v>
+        <v>1.7033000000000056</v>
       </c>
     </row>
     <row r="231">
       <c r="A231" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="B231" t="inlineStr">
         <is>
-          <t xml:space="preserve"> 3</t>
+          <t xml:space="preserve"> 4</t>
         </is>
       </c>
       <c r="C231" t="inlineStr">
         <is>
           <t>Gasoil Diesel routier</t>
         </is>
       </c>
       <c r="D231" t="inlineStr">
         <is>
           <t>Diesel B7 (€/L)</t>
         </is>
       </c>
       <c r="E231" s="2" t="n">
-        <v>1.7444838709677477</v>
+        <v>1.6859666666666715</v>
       </c>
     </row>
     <row r="232">
       <c r="A232" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="B232" t="inlineStr">
         <is>
-          <t xml:space="preserve"> 3</t>
+          <t xml:space="preserve"> 4</t>
         </is>
       </c>
       <c r="C232" t="inlineStr">
         <is>
           <t>Gasoil Diesel routier</t>
         </is>
       </c>
       <c r="D232" t="inlineStr">
         <is>
           <t>Diesel B10 (€/L)</t>
         </is>
       </c>
       <c r="E232" s="2" t="n">
-        <v>1.743387096774201</v>
+        <v>1.6845000000000063</v>
       </c>
     </row>
     <row r="233">
       <c r="A233" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="B233" t="inlineStr">
         <is>
-          <t xml:space="preserve"> 3</t>
+          <t xml:space="preserve"> 4</t>
         </is>
       </c>
       <c r="C233" t="inlineStr">
         <is>
           <t>Gasoil Diesel routier</t>
         </is>
       </c>
       <c r="D233" t="inlineStr">
         <is>
           <t>Diesel B20 (€/L)</t>
         </is>
       </c>
       <c r="E233" s="2" t="n">
-        <v>1.7661935483871025</v>
+        <v>1.7078333333333398</v>
       </c>
     </row>
     <row r="234">
       <c r="A234" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="B234" t="inlineStr">
         <is>
-          <t xml:space="preserve"> 3</t>
+          <t xml:space="preserve"> 4</t>
         </is>
       </c>
       <c r="C234" t="inlineStr">
         <is>
           <t>Gasoil Diesel routier</t>
         </is>
       </c>
       <c r="D234" t="inlineStr">
         <is>
           <t>Diesel B30 (€/L)</t>
         </is>
       </c>
       <c r="E234" s="2" t="n">
-        <v>1.8305806451612967</v>
+        <v>1.7754333333333396</v>
       </c>
     </row>
     <row r="235">
       <c r="A235" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="B235" t="inlineStr">
         <is>
-          <t xml:space="preserve"> 3</t>
+          <t xml:space="preserve"> 4</t>
         </is>
       </c>
       <c r="C235" t="inlineStr">
         <is>
           <t>Gasoil Diesel routier</t>
         </is>
       </c>
       <c r="D235" t="inlineStr">
         <is>
           <t>Diesel XTL (€/L)</t>
         </is>
       </c>
       <c r="E235" s="2" t="n">
-        <v>2.535741935483881</v>
+        <v>2.5333333333333443</v>
       </c>
     </row>
     <row r="236">
       <c r="A236" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="B236" t="inlineStr">
         <is>
-          <t xml:space="preserve"> 3</t>
+          <t xml:space="preserve"> 4</t>
         </is>
       </c>
       <c r="C236" t="inlineStr">
         <is>
           <t>Gasoil Diesel (application chauffage)</t>
         </is>
       </c>
       <c r="D236" t="inlineStr">
         <is>
           <t>Gasoil Diesel Chauffage (à partir de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E236" s="2" t="n">
-        <v>0.8176967741935512</v>
+        <v>0.7511366666666697</v>
       </c>
     </row>
     <row r="237">
       <c r="A237" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="B237" t="inlineStr">
         <is>
-          <t xml:space="preserve"> 3</t>
+          <t xml:space="preserve"> 4</t>
         </is>
       </c>
       <c r="C237" t="inlineStr">
         <is>
           <t>Gasoil Diesel (application chauffage)</t>
         </is>
       </c>
       <c r="D237" t="inlineStr">
         <is>
           <t>Gasoil Diesel Chauffage (moins de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E237" s="2" t="n">
-        <v>0.8574000000000028</v>
+        <v>0.7909566666666694</v>
       </c>
     </row>
     <row r="238">
       <c r="A238" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="B238" t="inlineStr">
         <is>
-          <t xml:space="preserve"> 3</t>
+          <t xml:space="preserve"> 4</t>
         </is>
       </c>
       <c r="C238" t="inlineStr">
         <is>
           <t>Gasoil de chauffage</t>
         </is>
       </c>
       <c r="D238" t="inlineStr">
         <is>
           <t>Gasoil chauffage (H0/H7) (à partir de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E238" s="2" t="n">
-        <v>0.8176967741935512</v>
+        <v>0.7511366666666697</v>
       </c>
     </row>
     <row r="239">
       <c r="A239" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="B239" t="inlineStr">
         <is>
-          <t xml:space="preserve"> 3</t>
+          <t xml:space="preserve"> 4</t>
         </is>
       </c>
       <c r="C239" t="inlineStr">
         <is>
           <t>Gasoil de chauffage</t>
         </is>
       </c>
       <c r="D239" t="inlineStr">
         <is>
           <t>Gasoil chauffage (H0/H7) (moins de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E239" s="2" t="n">
-        <v>0.8574000000000028</v>
+        <v>0.7909566666666694</v>
       </c>
     </row>
     <row r="240">
       <c r="A240" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="B240" t="inlineStr">
         <is>
-          <t xml:space="preserve"> 3</t>
+          <t xml:space="preserve"> 4</t>
         </is>
       </c>
       <c r="C240" t="inlineStr">
         <is>
           <t>Gasoil de chauffage</t>
         </is>
       </c>
       <c r="D240" t="inlineStr">
         <is>
           <t>Gasoil chauffage (H0/H7) (à la pompe) (€/L)</t>
         </is>
       </c>
       <c r="E240" s="2" t="n">
-        <v>0.9721935483871</v>
+        <v>0.9079666666666697</v>
       </c>
     </row>
     <row r="241">
       <c r="A241" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="B241" t="inlineStr">
         <is>
-          <t xml:space="preserve"> 3</t>
+          <t xml:space="preserve"> 4</t>
         </is>
       </c>
       <c r="C241" t="inlineStr">
         <is>
           <t>Butane + LPG</t>
         </is>
       </c>
       <c r="D241" t="inlineStr">
         <is>
           <t>Autogas LPG (à la pompe) (€/L)</t>
         </is>
       </c>
       <c r="E241" s="2" t="n">
-        <v>0.8441935483871003</v>
+        <v>0.7532666666666696</v>
       </c>
     </row>
     <row r="242">
       <c r="A242" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="B242" t="inlineStr">
         <is>
-          <t xml:space="preserve"> 4</t>
+          <t xml:space="preserve"> 5</t>
         </is>
       </c>
       <c r="C242" t="inlineStr">
         <is>
           <t>Essences</t>
         </is>
       </c>
       <c r="D242" t="inlineStr">
         <is>
           <t>Essence 95 RON E5 (€/L)</t>
         </is>
       </c>
       <c r="E242" s="2" t="n">
-        <v>1.634933333333339</v>
+        <v>1.6288709677419424</v>
       </c>
     </row>
     <row r="243">
       <c r="A243" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="B243" t="inlineStr">
         <is>
-          <t xml:space="preserve"> 4</t>
+          <t xml:space="preserve"> 5</t>
         </is>
       </c>
       <c r="C243" t="inlineStr">
         <is>
           <t>Essences</t>
         </is>
       </c>
       <c r="D243" t="inlineStr">
         <is>
           <t>Essence 95 RON E10 (€/L)</t>
         </is>
       </c>
       <c r="E243" s="2" t="n">
-        <v>1.6286000000000054</v>
+        <v>1.6202903225806504</v>
       </c>
     </row>
     <row r="244">
       <c r="A244" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="B244" t="inlineStr">
         <is>
-          <t xml:space="preserve"> 4</t>
+          <t xml:space="preserve"> 5</t>
         </is>
       </c>
       <c r="C244" t="inlineStr">
         <is>
           <t>Essences</t>
         </is>
       </c>
       <c r="D244" t="inlineStr">
         <is>
           <t>Essence 98 RON E5 (€/L)</t>
         </is>
       </c>
       <c r="E244" s="2" t="n">
-        <v>1.6980666666666717</v>
+        <v>1.6988064516129104</v>
       </c>
     </row>
     <row r="245">
       <c r="A245" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="B245" t="inlineStr">
         <is>
-          <t xml:space="preserve"> 4</t>
+          <t xml:space="preserve"> 5</t>
         </is>
       </c>
       <c r="C245" t="inlineStr">
         <is>
           <t>Essences</t>
         </is>
       </c>
       <c r="D245" t="inlineStr">
         <is>
           <t>Essence 98 RON E10 (€/L)</t>
         </is>
       </c>
       <c r="E245" s="2" t="n">
-        <v>1.7033000000000056</v>
+        <v>1.7028064516129091</v>
       </c>
     </row>
     <row r="246">
       <c r="A246" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="B246" t="inlineStr">
         <is>
-          <t xml:space="preserve"> 4</t>
+          <t xml:space="preserve"> 5</t>
         </is>
       </c>
       <c r="C246" t="inlineStr">
         <is>
           <t>Gasoil Diesel routier</t>
         </is>
       </c>
       <c r="D246" t="inlineStr">
         <is>
           <t>Diesel B7 (€/L)</t>
         </is>
       </c>
       <c r="E246" s="2" t="n">
-        <v>1.6859666666666715</v>
+        <v>1.665645161290329</v>
       </c>
     </row>
     <row r="247">
       <c r="A247" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="B247" t="inlineStr">
         <is>
-          <t xml:space="preserve"> 4</t>
+          <t xml:space="preserve"> 5</t>
         </is>
       </c>
       <c r="C247" t="inlineStr">
         <is>
           <t>Gasoil Diesel routier</t>
         </is>
       </c>
       <c r="D247" t="inlineStr">
         <is>
           <t>Diesel B10 (€/L)</t>
         </is>
       </c>
       <c r="E247" s="2" t="n">
-        <v>1.6845000000000063</v>
+        <v>1.663225806451619</v>
       </c>
     </row>
     <row r="248">
       <c r="A248" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="B248" t="inlineStr">
         <is>
-          <t xml:space="preserve"> 4</t>
+          <t xml:space="preserve"> 5</t>
         </is>
       </c>
       <c r="C248" t="inlineStr">
         <is>
           <t>Gasoil Diesel routier</t>
         </is>
       </c>
       <c r="D248" t="inlineStr">
         <is>
           <t>Diesel B20 (€/L)</t>
         </is>
       </c>
       <c r="E248" s="2" t="n">
-        <v>1.7078333333333398</v>
+        <v>1.6881612903225867</v>
       </c>
     </row>
     <row r="249">
       <c r="A249" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="B249" t="inlineStr">
         <is>
-          <t xml:space="preserve"> 4</t>
+          <t xml:space="preserve"> 5</t>
         </is>
       </c>
       <c r="C249" t="inlineStr">
         <is>
           <t>Gasoil Diesel routier</t>
         </is>
       </c>
       <c r="D249" t="inlineStr">
         <is>
           <t>Diesel B30 (€/L)</t>
         </is>
       </c>
       <c r="E249" s="2" t="n">
-        <v>1.7754333333333396</v>
+        <v>1.7587741935483927</v>
       </c>
     </row>
     <row r="250">
       <c r="A250" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="B250" t="inlineStr">
         <is>
-          <t xml:space="preserve"> 4</t>
+          <t xml:space="preserve"> 5</t>
         </is>
       </c>
       <c r="C250" t="inlineStr">
         <is>
           <t>Gasoil Diesel routier</t>
         </is>
       </c>
       <c r="D250" t="inlineStr">
         <is>
           <t>Diesel XTL (€/L)</t>
         </is>
       </c>
       <c r="E250" s="2" t="n">
-        <v>2.5333333333333443</v>
+        <v>2.6066451612903303</v>
       </c>
     </row>
     <row r="251">
       <c r="A251" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="B251" t="inlineStr">
         <is>
-          <t xml:space="preserve"> 4</t>
+          <t xml:space="preserve"> 5</t>
         </is>
       </c>
       <c r="C251" t="inlineStr">
         <is>
           <t>Gasoil Diesel (application chauffage)</t>
         </is>
       </c>
       <c r="D251" t="inlineStr">
         <is>
           <t>Gasoil Diesel Chauffage (à partir de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E251" s="2" t="n">
-        <v>0.7511366666666697</v>
+        <v>0.727287096774196</v>
       </c>
     </row>
     <row r="252">
       <c r="A252" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="B252" t="inlineStr">
         <is>
-          <t xml:space="preserve"> 4</t>
+          <t xml:space="preserve"> 5</t>
         </is>
       </c>
       <c r="C252" t="inlineStr">
         <is>
           <t>Gasoil Diesel (application chauffage)</t>
         </is>
       </c>
       <c r="D252" t="inlineStr">
         <is>
           <t>Gasoil Diesel Chauffage (moins de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E252" s="2" t="n">
-        <v>0.7909566666666694</v>
+        <v>0.7671032258064545</v>
       </c>
     </row>
     <row r="253">
       <c r="A253" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="B253" t="inlineStr">
         <is>
-          <t xml:space="preserve"> 4</t>
+          <t xml:space="preserve"> 5</t>
         </is>
       </c>
       <c r="C253" t="inlineStr">
         <is>
           <t>Gasoil de chauffage</t>
         </is>
       </c>
       <c r="D253" t="inlineStr">
         <is>
           <t>Gasoil chauffage (H0/H7) (à partir de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E253" s="2" t="n">
-        <v>0.7511366666666697</v>
+        <v>0.727287096774196</v>
       </c>
     </row>
     <row r="254">
       <c r="A254" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="B254" t="inlineStr">
         <is>
-          <t xml:space="preserve"> 4</t>
+          <t xml:space="preserve"> 5</t>
         </is>
       </c>
       <c r="C254" t="inlineStr">
         <is>
           <t>Gasoil de chauffage</t>
         </is>
       </c>
       <c r="D254" t="inlineStr">
         <is>
           <t>Gasoil chauffage (H0/H7) (moins de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E254" s="2" t="n">
-        <v>0.7909566666666694</v>
+        <v>0.7671032258064545</v>
       </c>
     </row>
     <row r="255">
       <c r="A255" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="B255" t="inlineStr">
         <is>
-          <t xml:space="preserve"> 4</t>
+          <t xml:space="preserve"> 5</t>
         </is>
       </c>
       <c r="C255" t="inlineStr">
         <is>
           <t>Gasoil de chauffage</t>
         </is>
       </c>
       <c r="D255" t="inlineStr">
         <is>
           <t>Gasoil chauffage (H0/H7) (à la pompe) (€/L)</t>
         </is>
       </c>
       <c r="E255" s="2" t="n">
-        <v>0.9079666666666697</v>
+        <v>0.8840967741935516</v>
       </c>
     </row>
     <row r="256">
       <c r="A256" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="B256" t="inlineStr">
         <is>
-          <t xml:space="preserve"> 4</t>
+          <t xml:space="preserve"> 5</t>
         </is>
       </c>
       <c r="C256" t="inlineStr">
         <is>
           <t>Butane + LPG</t>
         </is>
       </c>
       <c r="D256" t="inlineStr">
         <is>
           <t>Autogas LPG (à la pompe) (€/L)</t>
         </is>
       </c>
       <c r="E256" s="2" t="n">
-        <v>0.7532666666666696</v>
+        <v>0.7312903225806476</v>
       </c>
     </row>
     <row r="257">
       <c r="A257" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="B257" t="inlineStr">
         <is>
-          <t xml:space="preserve"> 5</t>
+          <t xml:space="preserve"> 6</t>
         </is>
       </c>
       <c r="C257" t="inlineStr">
         <is>
           <t>Essences</t>
         </is>
       </c>
       <c r="D257" t="inlineStr">
         <is>
           <t>Essence 95 RON E5 (€/L)</t>
         </is>
       </c>
       <c r="E257" s="2" t="n">
-        <v>1.6288709677419424</v>
+        <v>1.6471666666666718</v>
       </c>
     </row>
     <row r="258">
       <c r="A258" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="B258" t="inlineStr">
         <is>
-          <t xml:space="preserve"> 5</t>
+          <t xml:space="preserve"> 6</t>
         </is>
       </c>
       <c r="C258" t="inlineStr">
         <is>
           <t>Essences</t>
         </is>
       </c>
       <c r="D258" t="inlineStr">
         <is>
           <t>Essence 95 RON E10 (€/L)</t>
         </is>
       </c>
       <c r="E258" s="2" t="n">
-        <v>1.6202903225806504</v>
+        <v>1.6323666666666719</v>
       </c>
     </row>
     <row r="259">
       <c r="A259" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="B259" t="inlineStr">
         <is>
-          <t xml:space="preserve"> 5</t>
+          <t xml:space="preserve"> 6</t>
         </is>
       </c>
       <c r="C259" t="inlineStr">
         <is>
           <t>Essences</t>
         </is>
       </c>
       <c r="D259" t="inlineStr">
         <is>
           <t>Essence 98 RON E5 (€/L)</t>
         </is>
       </c>
       <c r="E259" s="2" t="n">
-        <v>1.6988064516129104</v>
+        <v>1.7135666666666722</v>
       </c>
     </row>
     <row r="260">
       <c r="A260" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="B260" t="inlineStr">
         <is>
-          <t xml:space="preserve"> 5</t>
+          <t xml:space="preserve"> 6</t>
         </is>
       </c>
       <c r="C260" t="inlineStr">
         <is>
           <t>Essences</t>
         </is>
       </c>
       <c r="D260" t="inlineStr">
         <is>
           <t>Essence 98 RON E10 (€/L)</t>
         </is>
       </c>
       <c r="E260" s="2" t="n">
-        <v>1.7028064516129091</v>
+        <v>1.7163000000000068</v>
       </c>
     </row>
     <row r="261">
       <c r="A261" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="B261" t="inlineStr">
         <is>
-          <t xml:space="preserve"> 5</t>
+          <t xml:space="preserve"> 6</t>
         </is>
       </c>
       <c r="C261" t="inlineStr">
         <is>
           <t>Gasoil Diesel routier</t>
         </is>
       </c>
       <c r="D261" t="inlineStr">
         <is>
           <t>Diesel B7 (€/L)</t>
         </is>
       </c>
       <c r="E261" s="2" t="n">
-        <v>1.665645161290329</v>
+        <v>1.7140666666666722</v>
       </c>
     </row>
     <row r="262">
       <c r="A262" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="B262" t="inlineStr">
         <is>
-          <t xml:space="preserve"> 5</t>
+          <t xml:space="preserve"> 6</t>
         </is>
       </c>
       <c r="C262" t="inlineStr">
         <is>
           <t>Gasoil Diesel routier</t>
         </is>
       </c>
       <c r="D262" t="inlineStr">
         <is>
           <t>Diesel B10 (€/L)</t>
         </is>
       </c>
       <c r="E262" s="2" t="n">
-        <v>1.663225806451619</v>
+        <v>1.710400000000006</v>
       </c>
     </row>
     <row r="263">
       <c r="A263" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="B263" t="inlineStr">
         <is>
-          <t xml:space="preserve"> 5</t>
+          <t xml:space="preserve"> 6</t>
         </is>
       </c>
       <c r="C263" t="inlineStr">
         <is>
           <t>Gasoil Diesel routier</t>
         </is>
       </c>
       <c r="D263" t="inlineStr">
         <is>
           <t>Diesel B20 (€/L)</t>
         </is>
       </c>
       <c r="E263" s="2" t="n">
-        <v>1.6881612903225867</v>
+        <v>1.7355333333333383</v>
       </c>
     </row>
     <row r="264">
       <c r="A264" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="B264" t="inlineStr">
         <is>
-          <t xml:space="preserve"> 5</t>
+          <t xml:space="preserve"> 6</t>
         </is>
       </c>
       <c r="C264" t="inlineStr">
         <is>
           <t>Gasoil Diesel routier</t>
         </is>
       </c>
       <c r="D264" t="inlineStr">
         <is>
           <t>Diesel B30 (€/L)</t>
         </is>
       </c>
       <c r="E264" s="2" t="n">
-        <v>1.7587741935483927</v>
+        <v>1.8062000000000074</v>
       </c>
     </row>
     <row r="265">
       <c r="A265" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="B265" t="inlineStr">
         <is>
-          <t xml:space="preserve"> 5</t>
+          <t xml:space="preserve"> 6</t>
         </is>
       </c>
       <c r="C265" t="inlineStr">
         <is>
           <t>Gasoil Diesel routier</t>
         </is>
       </c>
       <c r="D265" t="inlineStr">
         <is>
           <t>Diesel XTL (€/L)</t>
         </is>
       </c>
       <c r="E265" s="2" t="n">
-        <v>2.6066451612903303</v>
+        <v>2.686333333333342</v>
       </c>
     </row>
     <row r="266">
       <c r="A266" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="B266" t="inlineStr">
         <is>
-          <t xml:space="preserve"> 5</t>
+          <t xml:space="preserve"> 6</t>
         </is>
       </c>
       <c r="C266" t="inlineStr">
         <is>
           <t>Gasoil Diesel (application chauffage)</t>
         </is>
       </c>
       <c r="D266" t="inlineStr">
         <is>
           <t>Gasoil Diesel Chauffage (à partir de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E266" s="2" t="n">
-        <v>0.727287096774196</v>
+        <v>0.7844866666666693</v>
       </c>
     </row>
     <row r="267">
       <c r="A267" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="B267" t="inlineStr">
         <is>
-          <t xml:space="preserve"> 5</t>
+          <t xml:space="preserve"> 6</t>
         </is>
       </c>
       <c r="C267" t="inlineStr">
         <is>
           <t>Gasoil Diesel (application chauffage)</t>
         </is>
       </c>
       <c r="D267" t="inlineStr">
         <is>
           <t>Gasoil Diesel Chauffage (moins de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E267" s="2" t="n">
-        <v>0.7671032258064545</v>
+        <v>0.824290000000003</v>
       </c>
     </row>
     <row r="268">
       <c r="A268" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="B268" t="inlineStr">
         <is>
-          <t xml:space="preserve"> 5</t>
+          <t xml:space="preserve"> 6</t>
         </is>
       </c>
       <c r="C268" t="inlineStr">
         <is>
           <t>Gasoil de chauffage</t>
         </is>
       </c>
       <c r="D268" t="inlineStr">
         <is>
           <t>Gasoil chauffage (H0/H7) (à partir de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E268" s="2" t="n">
-        <v>0.727287096774196</v>
+        <v>0.7844866666666693</v>
       </c>
     </row>
     <row r="269">
       <c r="A269" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="B269" t="inlineStr">
         <is>
-          <t xml:space="preserve"> 5</t>
+          <t xml:space="preserve"> 6</t>
         </is>
       </c>
       <c r="C269" t="inlineStr">
         <is>
           <t>Gasoil de chauffage</t>
         </is>
       </c>
       <c r="D269" t="inlineStr">
         <is>
           <t>Gasoil chauffage (H0/H7) (moins de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E269" s="2" t="n">
-        <v>0.7671032258064545</v>
+        <v>0.824290000000003</v>
       </c>
     </row>
     <row r="270">
       <c r="A270" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="B270" t="inlineStr">
         <is>
-          <t xml:space="preserve"> 5</t>
+          <t xml:space="preserve"> 6</t>
         </is>
       </c>
       <c r="C270" t="inlineStr">
         <is>
           <t>Gasoil de chauffage</t>
         </is>
       </c>
       <c r="D270" t="inlineStr">
         <is>
           <t>Gasoil chauffage (H0/H7) (à la pompe) (€/L)</t>
         </is>
       </c>
       <c r="E270" s="2" t="n">
-        <v>0.8840967741935516</v>
+        <v>0.9412666666666699</v>
       </c>
     </row>
     <row r="271">
       <c r="A271" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="B271" t="inlineStr">
         <is>
-          <t xml:space="preserve"> 5</t>
+          <t xml:space="preserve"> 6</t>
         </is>
       </c>
       <c r="C271" t="inlineStr">
         <is>
           <t>Butane + LPG</t>
         </is>
       </c>
       <c r="D271" t="inlineStr">
         <is>
           <t>Autogas LPG (à la pompe) (€/L)</t>
         </is>
       </c>
       <c r="E271" s="2" t="n">
-        <v>0.7312903225806476</v>
+        <v>0.7460000000000025</v>
       </c>
     </row>
     <row r="272">
       <c r="A272" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="B272" t="inlineStr">
         <is>
-          <t xml:space="preserve"> 6</t>
+          <t xml:space="preserve"> 7</t>
         </is>
       </c>
       <c r="C272" t="inlineStr">
         <is>
           <t>Essences</t>
         </is>
       </c>
       <c r="D272" t="inlineStr">
         <is>
           <t>Essence 95 RON E5 (€/L)</t>
         </is>
       </c>
       <c r="E272" s="2" t="n">
-        <v>1.6471666666666718</v>
+        <v>1.6351612903225867</v>
       </c>
     </row>
     <row r="273">
       <c r="A273" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="B273" t="inlineStr">
         <is>
-          <t xml:space="preserve"> 6</t>
+          <t xml:space="preserve"> 7</t>
         </is>
       </c>
       <c r="C273" t="inlineStr">
         <is>
           <t>Essences</t>
         </is>
       </c>
       <c r="D273" t="inlineStr">
         <is>
           <t>Essence 95 RON E10 (€/L)</t>
         </is>
       </c>
       <c r="E273" s="2" t="n">
-        <v>1.6323666666666719</v>
+        <v>1.6206129032258128</v>
       </c>
     </row>
     <row r="274">
       <c r="A274" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="B274" t="inlineStr">
         <is>
-          <t xml:space="preserve"> 6</t>
+          <t xml:space="preserve"> 7</t>
         </is>
       </c>
       <c r="C274" t="inlineStr">
         <is>
           <t>Essences</t>
         </is>
       </c>
       <c r="D274" t="inlineStr">
         <is>
           <t>Essence 98 RON E5 (€/L)</t>
         </is>
       </c>
       <c r="E274" s="2" t="n">
-        <v>1.7135666666666722</v>
+        <v>1.6995806451612954</v>
       </c>
     </row>
     <row r="275">
       <c r="A275" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="B275" t="inlineStr">
         <is>
-          <t xml:space="preserve"> 6</t>
+          <t xml:space="preserve"> 7</t>
         </is>
       </c>
       <c r="C275" t="inlineStr">
         <is>
           <t>Essences</t>
         </is>
       </c>
       <c r="D275" t="inlineStr">
         <is>
           <t>Essence 98 RON E10 (€/L)</t>
         </is>
       </c>
       <c r="E275" s="2" t="n">
-        <v>1.7163000000000068</v>
+        <v>1.7005806451612975</v>
       </c>
     </row>
     <row r="276">
       <c r="A276" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="B276" t="inlineStr">
         <is>
-          <t xml:space="preserve"> 6</t>
+          <t xml:space="preserve"> 7</t>
         </is>
       </c>
       <c r="C276" t="inlineStr">
         <is>
           <t>Gasoil Diesel routier</t>
         </is>
       </c>
       <c r="D276" t="inlineStr">
         <is>
           <t>Diesel B7 (€/L)</t>
         </is>
       </c>
       <c r="E276" s="2" t="n">
-        <v>1.7140666666666722</v>
+        <v>1.7468064516129083</v>
       </c>
     </row>
     <row r="277">
       <c r="A277" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="B277" t="inlineStr">
         <is>
-          <t xml:space="preserve"> 6</t>
+          <t xml:space="preserve"> 7</t>
         </is>
       </c>
       <c r="C277" t="inlineStr">
         <is>
           <t>Gasoil Diesel routier</t>
         </is>
       </c>
       <c r="D277" t="inlineStr">
         <is>
           <t>Diesel B10 (€/L)</t>
         </is>
       </c>
       <c r="E277" s="2" t="n">
-        <v>1.710400000000006</v>
+        <v>1.7430322580645223</v>
       </c>
     </row>
     <row r="278">
       <c r="A278" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="B278" t="inlineStr">
         <is>
-          <t xml:space="preserve"> 6</t>
+          <t xml:space="preserve"> 7</t>
         </is>
       </c>
       <c r="C278" t="inlineStr">
         <is>
           <t>Gasoil Diesel routier</t>
         </is>
       </c>
       <c r="D278" t="inlineStr">
         <is>
           <t>Diesel B20 (€/L)</t>
         </is>
       </c>
       <c r="E278" s="2" t="n">
-        <v>1.7355333333333383</v>
+        <v>1.7617741935483935</v>
       </c>
     </row>
     <row r="279">
       <c r="A279" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="B279" t="inlineStr">
         <is>
-          <t xml:space="preserve"> 6</t>
+          <t xml:space="preserve"> 7</t>
         </is>
       </c>
       <c r="C279" t="inlineStr">
         <is>
           <t>Gasoil Diesel routier</t>
         </is>
       </c>
       <c r="D279" t="inlineStr">
         <is>
           <t>Diesel B30 (€/L)</t>
         </is>
       </c>
       <c r="E279" s="2" t="n">
-        <v>1.8062000000000074</v>
+        <v>1.824774193548393</v>
       </c>
     </row>
     <row r="280">
       <c r="A280" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="B280" t="inlineStr">
         <is>
-          <t xml:space="preserve"> 6</t>
+          <t xml:space="preserve"> 7</t>
         </is>
       </c>
       <c r="C280" t="inlineStr">
         <is>
           <t>Gasoil Diesel routier</t>
         </is>
       </c>
       <c r="D280" t="inlineStr">
         <is>
           <t>Diesel XTL (€/L)</t>
         </is>
       </c>
       <c r="E280" s="2" t="n">
-        <v>2.686333333333342</v>
+        <v>2.736290322580656</v>
       </c>
     </row>
     <row r="281">
       <c r="A281" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="B281" t="inlineStr">
         <is>
-          <t xml:space="preserve"> 6</t>
+          <t xml:space="preserve"> 7</t>
         </is>
       </c>
       <c r="C281" t="inlineStr">
         <is>
           <t>Gasoil Diesel (application chauffage)</t>
         </is>
       </c>
       <c r="D281" t="inlineStr">
         <is>
           <t>Gasoil Diesel Chauffage (à partir de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E281" s="2" t="n">
-        <v>0.7844866666666693</v>
+        <v>0.821096774193551</v>
       </c>
     </row>
     <row r="282">
       <c r="A282" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="B282" t="inlineStr">
         <is>
-          <t xml:space="preserve"> 6</t>
+          <t xml:space="preserve"> 7</t>
         </is>
       </c>
       <c r="C282" t="inlineStr">
         <is>
           <t>Gasoil Diesel (application chauffage)</t>
         </is>
       </c>
       <c r="D282" t="inlineStr">
         <is>
           <t>Gasoil Diesel Chauffage (moins de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E282" s="2" t="n">
-        <v>0.824290000000003</v>
+        <v>0.8609096774193578</v>
       </c>
     </row>
     <row r="283">
       <c r="A283" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="B283" t="inlineStr">
         <is>
-          <t xml:space="preserve"> 6</t>
+          <t xml:space="preserve"> 7</t>
         </is>
       </c>
       <c r="C283" t="inlineStr">
         <is>
           <t>Gasoil de chauffage</t>
         </is>
       </c>
       <c r="D283" t="inlineStr">
         <is>
           <t>Gasoil chauffage (H0/H7) (à partir de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E283" s="2" t="n">
-        <v>0.7844866666666693</v>
+        <v>0.821096774193551</v>
       </c>
     </row>
     <row r="284">
       <c r="A284" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="B284" t="inlineStr">
         <is>
-          <t xml:space="preserve"> 6</t>
+          <t xml:space="preserve"> 7</t>
         </is>
       </c>
       <c r="C284" t="inlineStr">
         <is>
           <t>Gasoil de chauffage</t>
         </is>
       </c>
       <c r="D284" t="inlineStr">
         <is>
           <t>Gasoil chauffage (H0/H7) (moins de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E284" s="2" t="n">
-        <v>0.824290000000003</v>
+        <v>0.8609096774193578</v>
       </c>
     </row>
     <row r="285">
       <c r="A285" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="B285" t="inlineStr">
         <is>
-          <t xml:space="preserve"> 6</t>
+          <t xml:space="preserve"> 7</t>
         </is>
       </c>
       <c r="C285" t="inlineStr">
         <is>
           <t>Gasoil de chauffage</t>
         </is>
       </c>
       <c r="D285" t="inlineStr">
         <is>
           <t>Gasoil chauffage (H0/H7) (à la pompe) (€/L)</t>
         </is>
       </c>
       <c r="E285" s="2" t="n">
-        <v>0.9412666666666699</v>
+        <v>0.9780967741935518</v>
       </c>
     </row>
     <row r="286">
       <c r="A286" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="B286" t="inlineStr">
         <is>
-          <t xml:space="preserve"> 6</t>
+          <t xml:space="preserve"> 7</t>
         </is>
       </c>
       <c r="C286" t="inlineStr">
         <is>
           <t>Butane + LPG</t>
         </is>
       </c>
       <c r="D286" t="inlineStr">
         <is>
           <t>Autogas LPG (à la pompe) (€/L)</t>
         </is>
       </c>
       <c r="E286" s="2" t="n">
-        <v>0.7460000000000025</v>
+        <v>0.7420645161290343</v>
       </c>
     </row>
     <row r="287">
       <c r="A287" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="B287" t="inlineStr">
         <is>
-          <t xml:space="preserve"> 7</t>
+          <t xml:space="preserve"> 8</t>
         </is>
       </c>
       <c r="C287" t="inlineStr">
         <is>
           <t>Essences</t>
         </is>
       </c>
       <c r="D287" t="inlineStr">
         <is>
           <t>Essence 95 RON E5 (€/L)</t>
         </is>
       </c>
       <c r="E287" s="2" t="n">
-        <v>1.6351612903225867</v>
+        <v>1.6430000000000062</v>
       </c>
     </row>
     <row r="288">
       <c r="A288" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="B288" t="inlineStr">
         <is>
-          <t xml:space="preserve"> 7</t>
+          <t xml:space="preserve"> 8</t>
         </is>
       </c>
       <c r="C288" t="inlineStr">
         <is>
           <t>Essences</t>
         </is>
       </c>
       <c r="D288" t="inlineStr">
         <is>
           <t>Essence 95 RON E10 (€/L)</t>
         </is>
       </c>
       <c r="E288" s="2" t="n">
-        <v>1.6206129032258128</v>
+        <v>1.6270000000000064</v>
       </c>
     </row>
     <row r="289">
       <c r="A289" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="B289" t="inlineStr">
         <is>
-          <t xml:space="preserve"> 7</t>
+          <t xml:space="preserve"> 8</t>
         </is>
       </c>
       <c r="C289" t="inlineStr">
         <is>
           <t>Essences</t>
         </is>
       </c>
       <c r="D289" t="inlineStr">
         <is>
           <t>Essence 98 RON E5 (€/L)</t>
         </is>
       </c>
       <c r="E289" s="2" t="n">
-        <v>1.6995806451612954</v>
+        <v>1.7080000000000048</v>
       </c>
     </row>
     <row r="290">
       <c r="A290" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="B290" t="inlineStr">
         <is>
-          <t xml:space="preserve"> 7</t>
+          <t xml:space="preserve"> 8</t>
         </is>
       </c>
       <c r="C290" t="inlineStr">
         <is>
           <t>Essences</t>
         </is>
       </c>
       <c r="D290" t="inlineStr">
         <is>
           <t>Essence 98 RON E10 (€/L)</t>
         </is>
       </c>
       <c r="E290" s="2" t="n">
-        <v>1.7005806451612975</v>
+        <v>1.7090000000000072</v>
       </c>
     </row>
     <row r="291">
       <c r="A291" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="B291" t="inlineStr">
         <is>
-          <t xml:space="preserve"> 7</t>
+          <t xml:space="preserve"> 8</t>
         </is>
       </c>
       <c r="C291" t="inlineStr">
         <is>
           <t>Gasoil Diesel routier</t>
         </is>
       </c>
       <c r="D291" t="inlineStr">
         <is>
           <t>Diesel B7 (€/L)</t>
         </is>
       </c>
       <c r="E291" s="2" t="n">
-        <v>1.7468064516129083</v>
+        <v>1.7143548387096836</v>
       </c>
     </row>
     <row r="292">
       <c r="A292" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="B292" t="inlineStr">
         <is>
-          <t xml:space="preserve"> 7</t>
+          <t xml:space="preserve"> 8</t>
         </is>
       </c>
       <c r="C292" t="inlineStr">
         <is>
           <t>Gasoil Diesel routier</t>
         </is>
       </c>
       <c r="D292" t="inlineStr">
         <is>
           <t>Diesel B10 (€/L)</t>
         </is>
       </c>
       <c r="E292" s="2" t="n">
-        <v>1.7430322580645223</v>
+        <v>1.7098709677419421</v>
       </c>
     </row>
     <row r="293">
       <c r="A293" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="B293" t="inlineStr">
         <is>
-          <t xml:space="preserve"> 7</t>
+          <t xml:space="preserve"> 8</t>
         </is>
       </c>
       <c r="C293" t="inlineStr">
         <is>
           <t>Gasoil Diesel routier</t>
         </is>
       </c>
       <c r="D293" t="inlineStr">
         <is>
           <t>Diesel B20 (€/L)</t>
         </is>
       </c>
       <c r="E293" s="2" t="n">
-        <v>1.7617741935483935</v>
+        <v>1.7280967741935538</v>
       </c>
     </row>
     <row r="294">
       <c r="A294" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="B294" t="inlineStr">
         <is>
-          <t xml:space="preserve"> 7</t>
+          <t xml:space="preserve"> 8</t>
         </is>
       </c>
       <c r="C294" t="inlineStr">
         <is>
           <t>Gasoil Diesel routier</t>
         </is>
       </c>
       <c r="D294" t="inlineStr">
         <is>
           <t>Diesel B30 (€/L)</t>
         </is>
       </c>
       <c r="E294" s="2" t="n">
-        <v>1.824774193548393</v>
+        <v>1.7942903225806526</v>
       </c>
     </row>
     <row r="295">
       <c r="A295" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="B295" t="inlineStr">
         <is>
-          <t xml:space="preserve"> 7</t>
+          <t xml:space="preserve"> 8</t>
         </is>
       </c>
       <c r="C295" t="inlineStr">
         <is>
           <t>Gasoil Diesel routier</t>
         </is>
       </c>
       <c r="D295" t="inlineStr">
         <is>
           <t>Diesel XTL (€/L)</t>
         </is>
       </c>
       <c r="E295" s="2" t="n">
-        <v>2.736290322580656</v>
+        <v>2.8495806451613035</v>
       </c>
     </row>
     <row r="296">
       <c r="A296" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="B296" t="inlineStr">
         <is>
-          <t xml:space="preserve"> 7</t>
+          <t xml:space="preserve"> 8</t>
         </is>
       </c>
       <c r="C296" t="inlineStr">
         <is>
           <t>Gasoil Diesel (application chauffage)</t>
         </is>
       </c>
       <c r="D296" t="inlineStr">
         <is>
           <t>Gasoil Diesel Chauffage (à partir de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E296" s="2" t="n">
-        <v>0.821096774193551</v>
+        <v>0.7714290322580672</v>
       </c>
     </row>
     <row r="297">
       <c r="A297" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="B297" t="inlineStr">
         <is>
-          <t xml:space="preserve"> 7</t>
+          <t xml:space="preserve"> 8</t>
         </is>
       </c>
       <c r="C297" t="inlineStr">
         <is>
           <t>Gasoil Diesel (application chauffage)</t>
         </is>
       </c>
       <c r="D297" t="inlineStr">
         <is>
           <t>Gasoil Diesel Chauffage (moins de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E297" s="2" t="n">
-        <v>0.8609096774193578</v>
+        <v>0.8112290322580674</v>
       </c>
     </row>
     <row r="298">
       <c r="A298" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="B298" t="inlineStr">
         <is>
-          <t xml:space="preserve"> 7</t>
+          <t xml:space="preserve"> 8</t>
         </is>
       </c>
       <c r="C298" t="inlineStr">
         <is>
           <t>Gasoil de chauffage</t>
         </is>
       </c>
       <c r="D298" t="inlineStr">
         <is>
           <t>Gasoil chauffage (H0/H7) (à partir de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E298" s="2" t="n">
-        <v>0.821096774193551</v>
+        <v>0.7714290322580672</v>
       </c>
     </row>
     <row r="299">
       <c r="A299" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="B299" t="inlineStr">
         <is>
-          <t xml:space="preserve"> 7</t>
+          <t xml:space="preserve"> 8</t>
         </is>
       </c>
       <c r="C299" t="inlineStr">
         <is>
           <t>Gasoil de chauffage</t>
         </is>
       </c>
       <c r="D299" t="inlineStr">
         <is>
           <t>Gasoil chauffage (H0/H7) (moins de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E299" s="2" t="n">
-        <v>0.8609096774193578</v>
+        <v>0.8112290322580674</v>
       </c>
     </row>
     <row r="300">
       <c r="A300" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="B300" t="inlineStr">
         <is>
-          <t xml:space="preserve"> 7</t>
+          <t xml:space="preserve"> 8</t>
         </is>
       </c>
       <c r="C300" t="inlineStr">
         <is>
           <t>Gasoil de chauffage</t>
         </is>
       </c>
       <c r="D300" t="inlineStr">
         <is>
           <t>Gasoil chauffage (H0/H7) (à la pompe) (€/L)</t>
         </is>
       </c>
       <c r="E300" s="2" t="n">
-        <v>0.9780967741935518</v>
+        <v>0.9283225806451645</v>
       </c>
     </row>
     <row r="301">
       <c r="A301" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="B301" t="inlineStr">
         <is>
-          <t xml:space="preserve"> 7</t>
+          <t xml:space="preserve"> 8</t>
         </is>
       </c>
       <c r="C301" t="inlineStr">
         <is>
           <t>Butane + LPG</t>
         </is>
       </c>
       <c r="D301" t="inlineStr">
         <is>
           <t>Autogas LPG (à la pompe) (€/L)</t>
         </is>
       </c>
       <c r="E301" s="2" t="n">
-        <v>0.7420645161290343</v>
+        <v>0.7613225806451634</v>
       </c>
     </row>
     <row r="302">
       <c r="A302" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="B302" t="inlineStr">
         <is>
-          <t xml:space="preserve"> 8</t>
+          <t xml:space="preserve"> 9</t>
         </is>
       </c>
       <c r="C302" t="inlineStr">
         <is>
           <t>Essences</t>
         </is>
       </c>
       <c r="D302" t="inlineStr">
         <is>
           <t>Essence 95 RON E5 (€/L)</t>
         </is>
       </c>
       <c r="E302" s="2" t="n">
-        <v>1.6430000000000062</v>
+        <v>1.6690000000000071</v>
       </c>
     </row>
     <row r="303">
       <c r="A303" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="B303" t="inlineStr">
         <is>
-          <t xml:space="preserve"> 8</t>
+          <t xml:space="preserve"> 9</t>
         </is>
       </c>
       <c r="C303" t="inlineStr">
         <is>
           <t>Essences</t>
         </is>
       </c>
       <c r="D303" t="inlineStr">
         <is>
           <t>Essence 95 RON E10 (€/L)</t>
         </is>
       </c>
       <c r="E303" s="2" t="n">
-        <v>1.6270000000000064</v>
+        <v>1.6478000000000068</v>
       </c>
     </row>
     <row r="304">
       <c r="A304" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="B304" t="inlineStr">
         <is>
-          <t xml:space="preserve"> 8</t>
+          <t xml:space="preserve"> 9</t>
         </is>
       </c>
       <c r="C304" t="inlineStr">
         <is>
           <t>Essences</t>
         </is>
       </c>
       <c r="D304" t="inlineStr">
         <is>
           <t>Essence 98 RON E5 (€/L)</t>
         </is>
       </c>
       <c r="E304" s="2" t="n">
-        <v>1.7080000000000048</v>
+        <v>1.7071333333333398</v>
       </c>
     </row>
     <row r="305">
       <c r="A305" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="B305" t="inlineStr">
         <is>
-          <t xml:space="preserve"> 8</t>
+          <t xml:space="preserve"> 9</t>
         </is>
       </c>
       <c r="C305" t="inlineStr">
         <is>
           <t>Essences</t>
         </is>
       </c>
       <c r="D305" t="inlineStr">
         <is>
           <t>Essence 98 RON E10 (€/L)</t>
         </is>
       </c>
       <c r="E305" s="2" t="n">
-        <v>1.7090000000000072</v>
+        <v>1.7046666666666732</v>
       </c>
     </row>
     <row r="306">
       <c r="A306" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="B306" t="inlineStr">
         <is>
-          <t xml:space="preserve"> 8</t>
+          <t xml:space="preserve"> 9</t>
         </is>
       </c>
       <c r="C306" t="inlineStr">
         <is>
           <t>Gasoil Diesel routier</t>
         </is>
       </c>
       <c r="D306" t="inlineStr">
         <is>
           <t>Diesel B7 (€/L)</t>
         </is>
       </c>
       <c r="E306" s="2" t="n">
-        <v>1.7143548387096836</v>
+        <v>1.7301666666666728</v>
       </c>
     </row>
     <row r="307">
       <c r="A307" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="B307" t="inlineStr">
         <is>
-          <t xml:space="preserve"> 8</t>
+          <t xml:space="preserve"> 9</t>
         </is>
       </c>
       <c r="C307" t="inlineStr">
         <is>
           <t>Gasoil Diesel routier</t>
         </is>
       </c>
       <c r="D307" t="inlineStr">
         <is>
           <t>Diesel B10 (€/L)</t>
         </is>
       </c>
       <c r="E307" s="2" t="n">
-        <v>1.7098709677419421</v>
+        <v>1.7247000000000068</v>
       </c>
     </row>
     <row r="308">
       <c r="A308" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="B308" t="inlineStr">
         <is>
-          <t xml:space="preserve"> 8</t>
+          <t xml:space="preserve"> 9</t>
         </is>
       </c>
       <c r="C308" t="inlineStr">
         <is>
           <t>Gasoil Diesel routier</t>
         </is>
       </c>
       <c r="D308" t="inlineStr">
         <is>
           <t>Diesel B20 (€/L)</t>
         </is>
       </c>
       <c r="E308" s="2" t="n">
-        <v>1.7280967741935538</v>
+        <v>1.7443333333333395</v>
       </c>
     </row>
     <row r="309">
       <c r="A309" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="B309" t="inlineStr">
         <is>
-          <t xml:space="preserve"> 8</t>
+          <t xml:space="preserve"> 9</t>
         </is>
       </c>
       <c r="C309" t="inlineStr">
         <is>
           <t>Gasoil Diesel routier</t>
         </is>
       </c>
       <c r="D309" t="inlineStr">
         <is>
           <t>Diesel B30 (€/L)</t>
         </is>
       </c>
       <c r="E309" s="2" t="n">
-        <v>1.7942903225806526</v>
+        <v>1.8145000000000067</v>
       </c>
     </row>
     <row r="310">
       <c r="A310" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="B310" t="inlineStr">
         <is>
-          <t xml:space="preserve"> 8</t>
+          <t xml:space="preserve"> 9</t>
         </is>
       </c>
       <c r="C310" t="inlineStr">
         <is>
           <t>Gasoil Diesel routier</t>
         </is>
       </c>
       <c r="D310" t="inlineStr">
         <is>
           <t>Diesel XTL (€/L)</t>
         </is>
       </c>
       <c r="E310" s="2" t="n">
-        <v>2.8495806451613035</v>
+        <v>2.983633333333345</v>
       </c>
     </row>
     <row r="311">
       <c r="A311" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="B311" t="inlineStr">
         <is>
-          <t xml:space="preserve"> 8</t>
+          <t xml:space="preserve"> 9</t>
         </is>
       </c>
       <c r="C311" t="inlineStr">
         <is>
           <t>Gasoil Diesel (application chauffage)</t>
         </is>
       </c>
       <c r="D311" t="inlineStr">
         <is>
           <t>Gasoil Diesel Chauffage (à partir de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E311" s="2" t="n">
-        <v>0.7714290322580672</v>
+        <v>0.7890600000000028</v>
       </c>
     </row>
     <row r="312">
       <c r="A312" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="B312" t="inlineStr">
         <is>
-          <t xml:space="preserve"> 8</t>
+          <t xml:space="preserve"> 9</t>
         </is>
       </c>
       <c r="C312" t="inlineStr">
         <is>
           <t>Gasoil Diesel (application chauffage)</t>
         </is>
       </c>
       <c r="D312" t="inlineStr">
         <is>
           <t>Gasoil Diesel Chauffage (moins de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E312" s="2" t="n">
-        <v>0.8112290322580674</v>
+        <v>0.8288633333333362</v>
       </c>
     </row>
     <row r="313">
       <c r="A313" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="B313" t="inlineStr">
         <is>
-          <t xml:space="preserve"> 8</t>
+          <t xml:space="preserve"> 9</t>
         </is>
       </c>
       <c r="C313" t="inlineStr">
         <is>
           <t>Gasoil de chauffage</t>
         </is>
       </c>
       <c r="D313" t="inlineStr">
         <is>
           <t>Gasoil chauffage (H0/H7) (à partir de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E313" s="2" t="n">
-        <v>0.7714290322580672</v>
+        <v>0.7890600000000028</v>
       </c>
     </row>
     <row r="314">
       <c r="A314" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="B314" t="inlineStr">
         <is>
-          <t xml:space="preserve"> 8</t>
+          <t xml:space="preserve"> 9</t>
         </is>
       </c>
       <c r="C314" t="inlineStr">
         <is>
           <t>Gasoil de chauffage</t>
         </is>
       </c>
       <c r="D314" t="inlineStr">
         <is>
           <t>Gasoil chauffage (H0/H7) (moins de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E314" s="2" t="n">
-        <v>0.8112290322580674</v>
+        <v>0.8288633333333362</v>
       </c>
     </row>
     <row r="315">
       <c r="A315" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="B315" t="inlineStr">
         <is>
-          <t xml:space="preserve"> 8</t>
+          <t xml:space="preserve"> 9</t>
         </is>
       </c>
       <c r="C315" t="inlineStr">
         <is>
           <t>Gasoil de chauffage</t>
         </is>
       </c>
       <c r="D315" t="inlineStr">
         <is>
           <t>Gasoil chauffage (H0/H7) (à la pompe) (€/L)</t>
         </is>
       </c>
       <c r="E315" s="2" t="n">
-        <v>0.9283225806451645</v>
+        <v>0.9460000000000036</v>
       </c>
     </row>
     <row r="316">
       <c r="A316" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="B316" t="inlineStr">
         <is>
-          <t xml:space="preserve"> 8</t>
+          <t xml:space="preserve"> 9</t>
         </is>
       </c>
       <c r="C316" t="inlineStr">
         <is>
           <t>Butane + LPG</t>
         </is>
       </c>
       <c r="D316" t="inlineStr">
         <is>
           <t>Autogas LPG (à la pompe) (€/L)</t>
         </is>
       </c>
       <c r="E316" s="2" t="n">
-        <v>0.7613225806451634</v>
+        <v>0.7838333333333365</v>
       </c>
     </row>
     <row r="317">
       <c r="A317" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="B317" t="inlineStr">
         <is>
-          <t xml:space="preserve"> 9</t>
+          <t>10</t>
         </is>
       </c>
       <c r="C317" t="inlineStr">
         <is>
           <t>Essences</t>
         </is>
       </c>
       <c r="D317" t="inlineStr">
         <is>
           <t>Essence 95 RON E5 (€/L)</t>
         </is>
       </c>
       <c r="E317" s="2" t="n">
-        <v>1.6690000000000071</v>
+        <v>1.6604838709677472</v>
       </c>
     </row>
     <row r="318">
       <c r="A318" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="B318" t="inlineStr">
         <is>
-          <t xml:space="preserve"> 9</t>
+          <t>10</t>
         </is>
       </c>
       <c r="C318" t="inlineStr">
         <is>
           <t>Essences</t>
         </is>
       </c>
       <c r="D318" t="inlineStr">
         <is>
           <t>Essence 95 RON E10 (€/L)</t>
         </is>
       </c>
       <c r="E318" s="2" t="n">
-        <v>1.6478000000000068</v>
+        <v>1.6452903225806503</v>
       </c>
     </row>
     <row r="319">
       <c r="A319" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="B319" t="inlineStr">
         <is>
-          <t xml:space="preserve"> 9</t>
+          <t>10</t>
         </is>
       </c>
       <c r="C319" t="inlineStr">
         <is>
           <t>Essences</t>
         </is>
       </c>
       <c r="D319" t="inlineStr">
         <is>
           <t>Essence 98 RON E5 (€/L)</t>
         </is>
       </c>
       <c r="E319" s="2" t="n">
-        <v>1.7071333333333398</v>
+        <v>1.69722580645162</v>
       </c>
     </row>
     <row r="320">
       <c r="A320" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="B320" t="inlineStr">
         <is>
-          <t xml:space="preserve"> 9</t>
+          <t>10</t>
         </is>
       </c>
       <c r="C320" t="inlineStr">
         <is>
           <t>Essences</t>
         </is>
       </c>
       <c r="D320" t="inlineStr">
         <is>
           <t>Essence 98 RON E10 (€/L)</t>
         </is>
       </c>
       <c r="E320" s="2" t="n">
-        <v>1.7046666666666732</v>
+        <v>1.6938064516129083</v>
       </c>
     </row>
     <row r="321">
       <c r="A321" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="B321" t="inlineStr">
         <is>
-          <t xml:space="preserve"> 9</t>
+          <t>10</t>
         </is>
       </c>
       <c r="C321" t="inlineStr">
         <is>
           <t>Gasoil Diesel routier</t>
         </is>
       </c>
       <c r="D321" t="inlineStr">
         <is>
           <t>Diesel B7 (€/L)</t>
         </is>
       </c>
       <c r="E321" s="2" t="n">
-        <v>1.7301666666666728</v>
+        <v>1.72180645161291</v>
       </c>
     </row>
     <row r="322">
       <c r="A322" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="B322" t="inlineStr">
         <is>
-          <t xml:space="preserve"> 9</t>
+          <t>10</t>
         </is>
       </c>
       <c r="C322" t="inlineStr">
         <is>
           <t>Gasoil Diesel routier</t>
         </is>
       </c>
       <c r="D322" t="inlineStr">
         <is>
           <t>Diesel B10 (€/L)</t>
         </is>
       </c>
       <c r="E322" s="2" t="n">
-        <v>1.7247000000000068</v>
+        <v>1.715129032258071</v>
       </c>
     </row>
     <row r="323">
       <c r="A323" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="B323" t="inlineStr">
         <is>
-          <t xml:space="preserve"> 9</t>
+          <t>10</t>
         </is>
       </c>
       <c r="C323" t="inlineStr">
         <is>
           <t>Gasoil Diesel routier</t>
         </is>
       </c>
       <c r="D323" t="inlineStr">
         <is>
           <t>Diesel B20 (€/L)</t>
         </is>
       </c>
       <c r="E323" s="2" t="n">
-        <v>1.7443333333333395</v>
+        <v>1.7320322580645213</v>
       </c>
     </row>
     <row r="324">
       <c r="A324" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="B324" t="inlineStr">
         <is>
-          <t xml:space="preserve"> 9</t>
+          <t>10</t>
         </is>
       </c>
       <c r="C324" t="inlineStr">
         <is>
           <t>Gasoil Diesel routier</t>
         </is>
       </c>
       <c r="D324" t="inlineStr">
         <is>
           <t>Diesel B30 (€/L)</t>
         </is>
       </c>
       <c r="E324" s="2" t="n">
-        <v>1.8145000000000067</v>
+        <v>1.8045161290322642</v>
       </c>
     </row>
     <row r="325">
       <c r="A325" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="B325" t="inlineStr">
         <is>
-          <t xml:space="preserve"> 9</t>
+          <t>10</t>
         </is>
       </c>
       <c r="C325" t="inlineStr">
         <is>
           <t>Gasoil Diesel routier</t>
         </is>
       </c>
       <c r="D325" t="inlineStr">
         <is>
           <t>Diesel XTL (€/L)</t>
         </is>
       </c>
       <c r="E325" s="2" t="n">
-        <v>2.983633333333345</v>
+        <v>3.139967741935496</v>
       </c>
     </row>
     <row r="326">
       <c r="A326" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="B326" t="inlineStr">
         <is>
-          <t xml:space="preserve"> 9</t>
+          <t>10</t>
         </is>
       </c>
       <c r="C326" t="inlineStr">
         <is>
           <t>Gasoil Diesel (application chauffage)</t>
         </is>
       </c>
       <c r="D326" t="inlineStr">
         <is>
           <t>Gasoil Diesel Chauffage (à partir de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E326" s="2" t="n">
-        <v>0.7890600000000028</v>
+        <v>0.7729548387096797</v>
       </c>
     </row>
     <row r="327">
       <c r="A327" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="B327" t="inlineStr">
         <is>
-          <t xml:space="preserve"> 9</t>
+          <t>10</t>
         </is>
       </c>
       <c r="C327" t="inlineStr">
         <is>
           <t>Gasoil Diesel (application chauffage)</t>
         </is>
       </c>
       <c r="D327" t="inlineStr">
         <is>
           <t>Gasoil Diesel Chauffage (moins de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E327" s="2" t="n">
-        <v>0.8288633333333362</v>
+        <v>0.8132161290322613</v>
       </c>
     </row>
     <row r="328">
       <c r="A328" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="B328" t="inlineStr">
         <is>
-          <t xml:space="preserve"> 9</t>
+          <t>10</t>
         </is>
       </c>
       <c r="C328" t="inlineStr">
         <is>
           <t>Gasoil de chauffage</t>
         </is>
       </c>
       <c r="D328" t="inlineStr">
         <is>
           <t>Gasoil chauffage (H0/H7) (à partir de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E328" s="2" t="n">
-        <v>0.7890600000000028</v>
+        <v>0.7729548387096797</v>
       </c>
     </row>
     <row r="329">
       <c r="A329" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="B329" t="inlineStr">
         <is>
-          <t xml:space="preserve"> 9</t>
+          <t>10</t>
         </is>
       </c>
       <c r="C329" t="inlineStr">
         <is>
           <t>Gasoil de chauffage</t>
         </is>
       </c>
       <c r="D329" t="inlineStr">
         <is>
           <t>Gasoil chauffage (H0/H7) (moins de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E329" s="2" t="n">
-        <v>0.8288633333333362</v>
+        <v>0.8132161290322613</v>
       </c>
     </row>
     <row r="330">
       <c r="A330" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="B330" t="inlineStr">
         <is>
-          <t xml:space="preserve"> 9</t>
+          <t>10</t>
         </is>
       </c>
       <c r="C330" t="inlineStr">
         <is>
           <t>Gasoil de chauffage</t>
         </is>
       </c>
       <c r="D330" t="inlineStr">
         <is>
           <t>Gasoil chauffage (H0/H7) (à la pompe) (€/L)</t>
         </is>
       </c>
       <c r="E330" s="2" t="n">
-        <v>0.9460000000000036</v>
+        <v>0.9308709677419392</v>
       </c>
     </row>
     <row r="331">
       <c r="A331" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="B331" t="inlineStr">
         <is>
-          <t xml:space="preserve"> 9</t>
+          <t>10</t>
         </is>
       </c>
       <c r="C331" t="inlineStr">
         <is>
           <t>Butane + LPG</t>
         </is>
       </c>
       <c r="D331" t="inlineStr">
         <is>
           <t>Autogas LPG (à la pompe) (€/L)</t>
         </is>
       </c>
       <c r="E331" s="2" t="n">
-        <v>0.7838333333333365</v>
+        <v>0.8217096774193572</v>
       </c>
     </row>
     <row r="332">
       <c r="A332" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="B332" t="inlineStr">
         <is>
-          <t>10</t>
+          <t>11</t>
         </is>
       </c>
       <c r="C332" t="inlineStr">
         <is>
           <t>Essences</t>
         </is>
       </c>
       <c r="D332" t="inlineStr">
         <is>
           <t>Essence 95 RON E5 (€/L)</t>
         </is>
       </c>
       <c r="E332" s="2" t="n">
-        <v>1.6604838709677472</v>
+        <v>1.6695333333333406</v>
       </c>
     </row>
     <row r="333">
       <c r="A333" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="B333" t="inlineStr">
         <is>
-          <t>10</t>
+          <t>11</t>
         </is>
       </c>
       <c r="C333" t="inlineStr">
         <is>
           <t>Essences</t>
         </is>
       </c>
       <c r="D333" t="inlineStr">
         <is>
           <t>Essence 95 RON E10 (€/L)</t>
         </is>
       </c>
       <c r="E333" s="2" t="n">
-        <v>1.6452903225806503</v>
+        <v>1.6567333333333396</v>
       </c>
     </row>
     <row r="334">
       <c r="A334" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="B334" t="inlineStr">
         <is>
-          <t>10</t>
+          <t>11</t>
         </is>
       </c>
       <c r="C334" t="inlineStr">
         <is>
           <t>Essences</t>
         </is>
       </c>
       <c r="D334" t="inlineStr">
         <is>
           <t>Essence 98 RON E5 (€/L)</t>
         </is>
       </c>
       <c r="E334" s="2" t="n">
-        <v>1.69722580645162</v>
+        <v>1.7449333333333392</v>
       </c>
     </row>
     <row r="335">
       <c r="A335" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="B335" t="inlineStr">
         <is>
-          <t>10</t>
+          <t>11</t>
         </is>
       </c>
       <c r="C335" t="inlineStr">
         <is>
           <t>Essences</t>
         </is>
       </c>
       <c r="D335" t="inlineStr">
         <is>
           <t>Essence 98 RON E10 (€/L)</t>
         </is>
       </c>
       <c r="E335" s="2" t="n">
-        <v>1.6938064516129083</v>
+        <v>1.7436000000000067</v>
       </c>
     </row>
     <row r="336">
       <c r="A336" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="B336" t="inlineStr">
         <is>
-          <t>10</t>
+          <t>11</t>
         </is>
       </c>
       <c r="C336" t="inlineStr">
         <is>
           <t>Gasoil Diesel routier</t>
         </is>
       </c>
       <c r="D336" t="inlineStr">
         <is>
           <t>Diesel B7 (€/L)</t>
         </is>
       </c>
       <c r="E336" s="2" t="n">
-        <v>1.72180645161291</v>
+        <v>1.7923333333333396</v>
       </c>
     </row>
     <row r="337">
       <c r="A337" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="B337" t="inlineStr">
         <is>
-          <t>10</t>
+          <t>11</t>
         </is>
       </c>
       <c r="C337" t="inlineStr">
         <is>
           <t>Gasoil Diesel routier</t>
         </is>
       </c>
       <c r="D337" t="inlineStr">
         <is>
           <t>Diesel B10 (€/L)</t>
         </is>
       </c>
       <c r="E337" s="2" t="n">
-        <v>1.715129032258071</v>
+        <v>1.7870000000000055</v>
       </c>
     </row>
     <row r="338">
       <c r="A338" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="B338" t="inlineStr">
         <is>
-          <t>10</t>
+          <t>11</t>
         </is>
       </c>
       <c r="C338" t="inlineStr">
         <is>
           <t>Gasoil Diesel routier</t>
         </is>
       </c>
       <c r="D338" t="inlineStr">
         <is>
           <t>Diesel B20 (€/L)</t>
         </is>
       </c>
       <c r="E338" s="2" t="n">
-        <v>1.7320322580645213</v>
+        <v>1.8010666666666728</v>
       </c>
     </row>
     <row r="339">
       <c r="A339" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="B339" t="inlineStr">
         <is>
-          <t>10</t>
+          <t>11</t>
         </is>
       </c>
       <c r="C339" t="inlineStr">
         <is>
           <t>Gasoil Diesel routier</t>
         </is>
       </c>
       <c r="D339" t="inlineStr">
         <is>
           <t>Diesel B30 (€/L)</t>
         </is>
       </c>
       <c r="E339" s="2" t="n">
-        <v>1.8045161290322642</v>
+        <v>1.8686666666666731</v>
       </c>
     </row>
     <row r="340">
       <c r="A340" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="B340" t="inlineStr">
         <is>
-          <t>10</t>
+          <t>11</t>
         </is>
       </c>
       <c r="C340" t="inlineStr">
         <is>
           <t>Gasoil Diesel routier</t>
         </is>
       </c>
       <c r="D340" t="inlineStr">
         <is>
           <t>Diesel XTL (€/L)</t>
         </is>
       </c>
       <c r="E340" s="2" t="n">
-        <v>3.139967741935496</v>
+        <v>3.1140666666666785</v>
       </c>
     </row>
     <row r="341">
       <c r="A341" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="B341" t="inlineStr">
         <is>
-          <t>10</t>
+          <t>11</t>
         </is>
       </c>
       <c r="C341" t="inlineStr">
         <is>
           <t>Gasoil Diesel (application chauffage)</t>
         </is>
       </c>
       <c r="D341" t="inlineStr">
         <is>
           <t>Gasoil Diesel Chauffage (à partir de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E341" s="2" t="n">
-        <v>0.7729548387096797</v>
+        <v>0.8448266666666696</v>
       </c>
     </row>
     <row r="342">
       <c r="A342" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="B342" t="inlineStr">
         <is>
-          <t>10</t>
+          <t>11</t>
         </is>
       </c>
       <c r="C342" t="inlineStr">
         <is>
           <t>Gasoil Diesel (application chauffage)</t>
         </is>
       </c>
       <c r="D342" t="inlineStr">
         <is>
           <t>Gasoil Diesel Chauffage (moins de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E342" s="2" t="n">
-        <v>0.8132161290322613</v>
+        <v>0.8850833333333364</v>
       </c>
     </row>
     <row r="343">
       <c r="A343" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="B343" t="inlineStr">
         <is>
-          <t>10</t>
+          <t>11</t>
         </is>
       </c>
       <c r="C343" t="inlineStr">
         <is>
           <t>Gasoil de chauffage</t>
         </is>
       </c>
       <c r="D343" t="inlineStr">
         <is>
           <t>Gasoil chauffage (H0/H7) (à partir de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E343" s="2" t="n">
-        <v>0.7729548387096797</v>
+        <v>0.8448266666666696</v>
       </c>
     </row>
     <row r="344">
       <c r="A344" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="B344" t="inlineStr">
         <is>
-          <t>10</t>
+          <t>11</t>
         </is>
       </c>
       <c r="C344" t="inlineStr">
         <is>
           <t>Gasoil de chauffage</t>
         </is>
       </c>
       <c r="D344" t="inlineStr">
         <is>
           <t>Gasoil chauffage (H0/H7) (moins de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E344" s="2" t="n">
-        <v>0.8132161290322613</v>
+        <v>0.8850833333333364</v>
       </c>
     </row>
     <row r="345">
       <c r="A345" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="B345" t="inlineStr">
         <is>
-          <t>10</t>
+          <t>11</t>
         </is>
       </c>
       <c r="C345" t="inlineStr">
         <is>
           <t>Gasoil de chauffage</t>
         </is>
       </c>
       <c r="D345" t="inlineStr">
         <is>
           <t>Gasoil chauffage (H0/H7) (à la pompe) (€/L)</t>
         </is>
       </c>
       <c r="E345" s="2" t="n">
-        <v>0.9308709677419392</v>
+        <v>1.0029666666666701</v>
       </c>
     </row>
     <row r="346">
       <c r="A346" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="B346" t="inlineStr">
         <is>
-          <t>10</t>
+          <t>11</t>
         </is>
       </c>
       <c r="C346" t="inlineStr">
         <is>
           <t>Butane + LPG</t>
         </is>
       </c>
       <c r="D346" t="inlineStr">
         <is>
           <t>Autogas LPG (à la pompe) (€/L)</t>
         </is>
       </c>
       <c r="E346" s="2" t="n">
-        <v>0.8217096774193572</v>
+        <v>0.8338000000000028</v>
       </c>
     </row>
     <row r="347">
       <c r="A347" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="B347" t="inlineStr">
         <is>
-          <t>11</t>
+          <t>12</t>
         </is>
       </c>
       <c r="C347" t="inlineStr">
         <is>
           <t>Essences</t>
         </is>
       </c>
       <c r="D347" t="inlineStr">
         <is>
           <t>Essence 95 RON E5 (€/L)</t>
         </is>
       </c>
       <c r="E347" s="2" t="n">
-        <v>1.6695333333333406</v>
+        <v>1.6126129032258136</v>
       </c>
     </row>
     <row r="348">
       <c r="A348" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="B348" t="inlineStr">
         <is>
-          <t>11</t>
+          <t>12</t>
         </is>
       </c>
       <c r="C348" t="inlineStr">
         <is>
           <t>Essences</t>
         </is>
       </c>
       <c r="D348" t="inlineStr">
         <is>
           <t>Essence 95 RON E10 (€/L)</t>
         </is>
       </c>
       <c r="E348" s="2" t="n">
-        <v>1.6567333333333396</v>
+        <v>1.597516129032264</v>
       </c>
     </row>
     <row r="349">
       <c r="A349" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="B349" t="inlineStr">
         <is>
-          <t>11</t>
+          <t>12</t>
         </is>
       </c>
       <c r="C349" t="inlineStr">
         <is>
           <t>Essences</t>
         </is>
       </c>
       <c r="D349" t="inlineStr">
         <is>
           <t>Essence 98 RON E5 (€/L)</t>
         </is>
       </c>
       <c r="E349" s="2" t="n">
-        <v>1.7449333333333392</v>
+        <v>1.691032258064522</v>
       </c>
     </row>
     <row r="350">
       <c r="A350" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="B350" t="inlineStr">
         <is>
-          <t>11</t>
+          <t>12</t>
         </is>
       </c>
       <c r="C350" t="inlineStr">
         <is>
           <t>Essences</t>
         </is>
       </c>
       <c r="D350" t="inlineStr">
         <is>
           <t>Essence 98 RON E10 (€/L)</t>
         </is>
       </c>
       <c r="E350" s="2" t="n">
-        <v>1.7436000000000067</v>
+        <v>1.688645161290328</v>
       </c>
     </row>
     <row r="351">
       <c r="A351" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="B351" t="inlineStr">
         <is>
-          <t>11</t>
+          <t>12</t>
         </is>
       </c>
       <c r="C351" t="inlineStr">
         <is>
           <t>Gasoil Diesel routier</t>
         </is>
       </c>
       <c r="D351" t="inlineStr">
         <is>
           <t>Diesel B7 (€/L)</t>
         </is>
       </c>
       <c r="E351" s="2" t="n">
-        <v>1.7923333333333396</v>
+        <v>1.7018709677419401</v>
       </c>
     </row>
     <row r="352">
       <c r="A352" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="B352" t="inlineStr">
         <is>
-          <t>11</t>
+          <t>12</t>
         </is>
       </c>
       <c r="C352" t="inlineStr">
         <is>
           <t>Gasoil Diesel routier</t>
         </is>
       </c>
       <c r="D352" t="inlineStr">
         <is>
           <t>Diesel B10 (€/L)</t>
         </is>
       </c>
       <c r="E352" s="2" t="n">
-        <v>1.7870000000000055</v>
+        <v>1.6961935483871013</v>
       </c>
     </row>
     <row r="353">
       <c r="A353" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="B353" t="inlineStr">
         <is>
-          <t>11</t>
+          <t>12</t>
         </is>
       </c>
       <c r="C353" t="inlineStr">
         <is>
           <t>Gasoil Diesel routier</t>
         </is>
       </c>
       <c r="D353" t="inlineStr">
         <is>
           <t>Diesel B20 (€/L)</t>
         </is>
       </c>
       <c r="E353" s="2" t="n">
-        <v>1.8010666666666728</v>
+        <v>1.715322580645166</v>
       </c>
     </row>
     <row r="354">
       <c r="A354" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="B354" t="inlineStr">
         <is>
-          <t>11</t>
+          <t>12</t>
         </is>
       </c>
       <c r="C354" t="inlineStr">
         <is>
           <t>Gasoil Diesel routier</t>
         </is>
       </c>
       <c r="D354" t="inlineStr">
         <is>
           <t>Diesel B30 (€/L)</t>
         </is>
       </c>
       <c r="E354" s="2" t="n">
-        <v>1.8686666666666731</v>
+        <v>1.7928064516129092</v>
       </c>
     </row>
     <row r="355">
       <c r="A355" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="B355" t="inlineStr">
         <is>
-          <t>11</t>
+          <t>12</t>
         </is>
       </c>
       <c r="C355" t="inlineStr">
         <is>
           <t>Gasoil Diesel routier</t>
         </is>
       </c>
       <c r="D355" t="inlineStr">
         <is>
           <t>Diesel XTL (€/L)</t>
         </is>
       </c>
       <c r="E355" s="2" t="n">
-        <v>3.1140666666666785</v>
+        <v>3.158580645161301</v>
       </c>
     </row>
     <row r="356">
       <c r="A356" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="B356" t="inlineStr">
         <is>
-          <t>11</t>
+          <t>12</t>
         </is>
       </c>
       <c r="C356" t="inlineStr">
         <is>
           <t>Gasoil Diesel (application chauffage)</t>
         </is>
       </c>
       <c r="D356" t="inlineStr">
         <is>
           <t>Gasoil Diesel Chauffage (à partir de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E356" s="2" t="n">
-        <v>0.8448266666666696</v>
+        <v>0.7402774193548415</v>
       </c>
     </row>
     <row r="357">
       <c r="A357" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="B357" t="inlineStr">
         <is>
-          <t>11</t>
+          <t>12</t>
         </is>
       </c>
       <c r="C357" t="inlineStr">
         <is>
           <t>Gasoil Diesel (application chauffage)</t>
         </is>
       </c>
       <c r="D357" t="inlineStr">
         <is>
           <t>Gasoil Diesel Chauffage (moins de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E357" s="2" t="n">
-        <v>0.8850833333333364</v>
+        <v>0.7805258064516154</v>
       </c>
     </row>
     <row r="358">
       <c r="A358" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="B358" t="inlineStr">
         <is>
-          <t>11</t>
+          <t>12</t>
         </is>
       </c>
       <c r="C358" t="inlineStr">
         <is>
           <t>Gasoil de chauffage</t>
         </is>
       </c>
       <c r="D358" t="inlineStr">
         <is>
           <t>Gasoil chauffage (H0/H7) (à partir de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E358" s="2" t="n">
-        <v>0.8448266666666696</v>
+        <v>0.7402774193548415</v>
       </c>
     </row>
     <row r="359">
       <c r="A359" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="B359" t="inlineStr">
         <is>
-          <t>11</t>
+          <t>12</t>
         </is>
       </c>
       <c r="C359" t="inlineStr">
         <is>
           <t>Gasoil de chauffage</t>
         </is>
       </c>
       <c r="D359" t="inlineStr">
         <is>
           <t>Gasoil chauffage (H0/H7) (moins de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E359" s="2" t="n">
-        <v>0.8850833333333364</v>
+        <v>0.7805258064516154</v>
       </c>
     </row>
     <row r="360">
       <c r="A360" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="B360" t="inlineStr">
         <is>
-          <t>11</t>
+          <t>12</t>
         </is>
       </c>
       <c r="C360" t="inlineStr">
         <is>
           <t>Gasoil de chauffage</t>
         </is>
       </c>
       <c r="D360" t="inlineStr">
         <is>
           <t>Gasoil chauffage (H0/H7) (à la pompe) (€/L)</t>
         </is>
       </c>
       <c r="E360" s="2" t="n">
-        <v>1.0029666666666701</v>
+        <v>0.8983225806451647</v>
       </c>
     </row>
     <row r="361">
       <c r="A361" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="B361" t="inlineStr">
         <is>
-          <t>11</t>
+          <t>12</t>
         </is>
       </c>
       <c r="C361" t="inlineStr">
         <is>
           <t>Butane + LPG</t>
         </is>
       </c>
       <c r="D361" t="inlineStr">
         <is>
           <t>Autogas LPG (à la pompe) (€/L)</t>
         </is>
       </c>
       <c r="E361" s="2" t="n">
-        <v>0.8338000000000028</v>
+        <v>0.8307419354838733</v>
       </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <coreProperties xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </coreProperties>
 </file>