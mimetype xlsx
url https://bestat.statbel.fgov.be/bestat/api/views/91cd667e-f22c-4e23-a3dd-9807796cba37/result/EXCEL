--- v0 (2025-10-30)
+++ v1 (2026-03-18)
@@ -107,102 +107,102 @@
   <cols>
     <col min="1" max="1" width="11.02734375" customWidth="true"/>
     <col min="2" max="2" width="159.34765625" customWidth="true"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" t="inlineStr">
         <is>
           <t>Data source:</t>
         </is>
       </c>
       <c r="B1" t="inlineStr">
         <is>
           <t>Faillissementen en banenverlies in België per maand, gemeente, economische activiteit (NACE 2008), type onderneming, rechtsvorm, grootteklasse van het aantal werknemers (RSZ) en levensduur</t>
         </is>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="inlineStr">
         <is>
           <t>Filters:</t>
         </is>
       </c>
       <c r="B2" t="inlineStr">
         <is>
-          <t xml:space="preserve">Datum : 2024
+          <t xml:space="preserve">Datum : 2026
 </t>
         </is>
       </c>
     </row>
     <row r="3">
 </row>
     <row r="4">
       <c r="A4" t="inlineStr">
         <is>
           <t xml:space="preserve">Bron: </t>
         </is>
       </c>
       <c r="B4" t="inlineStr">
         <is>
           <t>Statbel (Algemene Directie Statistiek - Statistics Belgium)</t>
         </is>
       </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <cols>
     <col min="1" max="1" width="24.78515625" customWidth="true"/>
-    <col min="2" max="2" width="103.61328125" customWidth="true"/>
+    <col min="2" max="2" width="55.88671875" customWidth="true"/>
     <col min="3" max="3" width="6.93359375" customWidth="true"/>
     <col min="4" max="4" width="19.0625" customWidth="true"/>
     <col min="5" max="5" width="26.68359375" customWidth="true"/>
     <col min="6" max="6" width="19.0625" customWidth="true"/>
     <col min="7" max="7" width="19.0625" customWidth="true"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1"/>
       <c r="B1"/>
       <c r="C1" t="inlineStr">
         <is>
           <t>Jaar</t>
         </is>
       </c>
       <c r="D1" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2026</t>
         </is>
       </c>
       <c r="E1"/>
       <c r="F1"/>
       <c r="G1"/>
     </row>
     <row r="2">
       <c r="A2"/>
       <c r="B2"/>
       <c r="C2" t="inlineStr">
         <is>
           <t>België</t>
         </is>
       </c>
       <c r="D2" t="inlineStr">
         <is>
           <t>België</t>
         </is>
       </c>
       <c r="E2"/>
       <c r="F2"/>
       <c r="G2" t="inlineStr">
         <is>
           <t>België</t>
         </is>
@@ -260,485 +260,407 @@
     <row r="5">
       <c r="A5" t="inlineStr">
         <is>
           <t>Alle economische activiteiten</t>
         </is>
       </c>
       <c r="B5" t="inlineStr">
         <is>
           <t>Sectie</t>
         </is>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="inlineStr">
         <is>
           <t>Alle economische activiteiten</t>
         </is>
       </c>
       <c r="B6" t="inlineStr">
         <is>
           <t>A Landbouw, bosbouw en visserij</t>
         </is>
       </c>
       <c r="C6"/>
       <c r="D6" s="1" t="n">
-        <v>37.0</v>
-[...1 lines deleted...]
-      <c r="E6" s="1" t="n">
+        <v>9.0</v>
+      </c>
+      <c r="E6"/>
+      <c r="F6" s="1" t="n">
         <v>3.0</v>
       </c>
-      <c r="F6" s="1" t="n">
-[...1 lines deleted...]
-      </c>
       <c r="G6" s="1" t="n">
-        <v>75.0</v>
+        <v>12.0</v>
       </c>
     </row>
     <row r="7">
       <c r="A7"/>
       <c r="B7" t="inlineStr">
         <is>
-          <t>B Winning van delfstoffen</t>
+          <t>C Industrie</t>
         </is>
       </c>
       <c r="C7"/>
-      <c r="D7"/>
-      <c r="E7"/>
+      <c r="D7" s="1" t="n">
+        <v>61.0</v>
+      </c>
+      <c r="E7" s="1" t="n">
+        <v>8.0</v>
+      </c>
       <c r="F7" s="1" t="n">
-        <v>1.0</v>
+        <v>15.0</v>
       </c>
       <c r="G7" s="1" t="n">
-        <v>1.0</v>
+        <v>84.0</v>
       </c>
     </row>
     <row r="8">
       <c r="A8"/>
       <c r="B8" t="inlineStr">
         <is>
-          <t>C Industrie</t>
+          <t>E Distributie van water/ afval- en afvalwaterbeheer en sanering</t>
         </is>
       </c>
       <c r="C8"/>
       <c r="D8" s="1" t="n">
-        <v>276.0</v>
-[...6 lines deleted...]
-      </c>
+        <v>3.0</v>
+      </c>
+      <c r="E8"/>
+      <c r="F8"/>
       <c r="G8" s="1" t="n">
-        <v>472.0</v>
+        <v>3.0</v>
       </c>
     </row>
     <row r="9">
       <c r="A9"/>
       <c r="B9" t="inlineStr">
         <is>
-          <t>D Productie en distributie van elektriciteit, gas, stoom en gekoelde lucht</t>
+          <t>F Bouwnijverheid</t>
         </is>
       </c>
       <c r="C9"/>
       <c r="D9" s="1" t="n">
-        <v>4.0</v>
-[...1 lines deleted...]
-      <c r="E9"/>
+        <v>298.0</v>
+      </c>
+      <c r="E9" s="1" t="n">
+        <v>53.0</v>
+      </c>
       <c r="F9" s="1" t="n">
-        <v>2.0</v>
+        <v>99.0</v>
       </c>
       <c r="G9" s="1" t="n">
-        <v>6.0</v>
+        <v>450.0</v>
       </c>
     </row>
     <row r="10">
       <c r="A10"/>
       <c r="B10" t="inlineStr">
         <is>
-          <t>E Distributie van water/ afval- en afvalwaterbeheer en sanering</t>
+          <t>G Groot- en detailhandel/ reparatie van auto’s en motorfietsen</t>
         </is>
       </c>
       <c r="C10"/>
       <c r="D10" s="1" t="n">
-        <v>13.0</v>
+        <v>223.0</v>
       </c>
       <c r="E10" s="1" t="n">
-        <v>2.0</v>
+        <v>76.0</v>
       </c>
       <c r="F10" s="1" t="n">
-        <v>3.0</v>
+        <v>94.0</v>
       </c>
       <c r="G10" s="1" t="n">
-        <v>18.0</v>
+        <v>393.0</v>
       </c>
     </row>
     <row r="11">
       <c r="A11"/>
       <c r="B11" t="inlineStr">
         <is>
-          <t>F Bouwnijverheid</t>
+          <t>H Vervoer en opslag</t>
         </is>
       </c>
       <c r="C11"/>
       <c r="D11" s="1" t="n">
-        <v>1640.0</v>
+        <v>100.0</v>
       </c>
       <c r="E11" s="1" t="n">
-        <v>405.0</v>
+        <v>42.0</v>
       </c>
       <c r="F11" s="1" t="n">
-        <v>574.0</v>
+        <v>14.0</v>
       </c>
       <c r="G11" s="1" t="n">
-        <v>2619.0</v>
+        <v>156.0</v>
       </c>
     </row>
     <row r="12">
       <c r="A12"/>
       <c r="B12" t="inlineStr">
         <is>
-          <t>G Groot- en detailhandel/ reparatie van auto’s en motorfietsen</t>
+          <t>I Verschaffen van accommodatie en maaltijden</t>
         </is>
       </c>
       <c r="C12"/>
       <c r="D12" s="1" t="n">
-        <v>1232.0</v>
+        <v>208.0</v>
       </c>
       <c r="E12" s="1" t="n">
-        <v>455.0</v>
+        <v>54.0</v>
       </c>
       <c r="F12" s="1" t="n">
-        <v>650.0</v>
+        <v>72.0</v>
       </c>
       <c r="G12" s="1" t="n">
-        <v>2337.0</v>
+        <v>334.0</v>
       </c>
     </row>
     <row r="13">
       <c r="A13"/>
       <c r="B13" t="inlineStr">
         <is>
-          <t>H Vervoer en opslag</t>
+          <t>J Informatie en communicatie</t>
         </is>
       </c>
       <c r="C13"/>
       <c r="D13" s="1" t="n">
-        <v>431.0</v>
+        <v>39.0</v>
       </c>
       <c r="E13" s="1" t="n">
-        <v>195.0</v>
+        <v>10.0</v>
       </c>
       <c r="F13" s="1" t="n">
-        <v>98.0</v>
+        <v>19.0</v>
       </c>
       <c r="G13" s="1" t="n">
-        <v>724.0</v>
+        <v>68.0</v>
       </c>
     </row>
     <row r="14">
       <c r="A14"/>
       <c r="B14" t="inlineStr">
         <is>
-          <t>I Verschaffen van accommodatie en maaltijden</t>
+          <t>K Financiële activiteiten en verzekeringen</t>
         </is>
       </c>
       <c r="C14"/>
       <c r="D14" s="1" t="n">
-        <v>1106.0</v>
+        <v>5.0</v>
       </c>
       <c r="E14" s="1" t="n">
-        <v>311.0</v>
+        <v>2.0</v>
       </c>
       <c r="F14" s="1" t="n">
-        <v>533.0</v>
+        <v>1.0</v>
       </c>
       <c r="G14" s="1" t="n">
-        <v>1950.0</v>
+        <v>8.0</v>
       </c>
     </row>
     <row r="15">
       <c r="A15"/>
       <c r="B15" t="inlineStr">
         <is>
-          <t>J Informatie en communicatie</t>
+          <t>L Exploitatie van en handel in onroerend goed</t>
         </is>
       </c>
       <c r="C15"/>
       <c r="D15" s="1" t="n">
-        <v>183.0</v>
+        <v>24.0</v>
       </c>
       <c r="E15" s="1" t="n">
-        <v>70.0</v>
+        <v>6.0</v>
       </c>
       <c r="F15" s="1" t="n">
-        <v>84.0</v>
+        <v>9.0</v>
       </c>
       <c r="G15" s="1" t="n">
-        <v>337.0</v>
+        <v>39.0</v>
       </c>
     </row>
     <row r="16">
       <c r="A16"/>
       <c r="B16" t="inlineStr">
         <is>
-          <t>K Financiële activiteiten en verzekeringen</t>
+          <t>M Vrije beroepen en wetenschappelijke en technische activiteiten</t>
         </is>
       </c>
       <c r="C16"/>
       <c r="D16" s="1" t="n">
-        <v>28.0</v>
+        <v>94.0</v>
       </c>
       <c r="E16" s="1" t="n">
-        <v>10.0</v>
+        <v>25.0</v>
       </c>
       <c r="F16" s="1" t="n">
-        <v>21.0</v>
+        <v>19.0</v>
       </c>
       <c r="G16" s="1" t="n">
-        <v>59.0</v>
+        <v>138.0</v>
       </c>
     </row>
     <row r="17">
       <c r="A17"/>
       <c r="B17" t="inlineStr">
         <is>
-          <t>L Exploitatie van en handel in onroerend goed</t>
+          <t>N Administratieve en ondersteunende diensten</t>
         </is>
       </c>
       <c r="C17"/>
       <c r="D17" s="1" t="n">
-        <v>93.0</v>
+        <v>65.0</v>
       </c>
       <c r="E17" s="1" t="n">
-        <v>36.0</v>
+        <v>21.0</v>
       </c>
       <c r="F17" s="1" t="n">
-        <v>50.0</v>
+        <v>28.0</v>
       </c>
       <c r="G17" s="1" t="n">
-        <v>179.0</v>
+        <v>114.0</v>
       </c>
     </row>
     <row r="18">
       <c r="A18"/>
       <c r="B18" t="inlineStr">
         <is>
-          <t>M Vrije beroepen en wetenschappelijke en technische activiteiten</t>
+          <t>P Onderwijs</t>
         </is>
       </c>
       <c r="C18"/>
       <c r="D18" s="1" t="n">
-        <v>481.0</v>
+        <v>9.0</v>
       </c>
       <c r="E18" s="1" t="n">
-        <v>118.0</v>
+        <v>2.0</v>
       </c>
       <c r="F18" s="1" t="n">
-        <v>217.0</v>
+        <v>5.0</v>
       </c>
       <c r="G18" s="1" t="n">
-        <v>816.0</v>
+        <v>16.0</v>
       </c>
     </row>
     <row r="19">
       <c r="A19"/>
       <c r="B19" t="inlineStr">
         <is>
-          <t>N Administratieve en ondersteunende diensten</t>
+          <t>Q Menselijke gezondheidszorg en maatschappelijke dienstverlening</t>
         </is>
       </c>
       <c r="C19"/>
       <c r="D19" s="1" t="n">
-        <v>393.0</v>
+        <v>14.0</v>
       </c>
       <c r="E19" s="1" t="n">
-        <v>120.0</v>
+        <v>3.0</v>
       </c>
       <c r="F19" s="1" t="n">
-        <v>152.0</v>
+        <v>14.0</v>
       </c>
       <c r="G19" s="1" t="n">
-        <v>665.0</v>
+        <v>31.0</v>
       </c>
     </row>
     <row r="20">
       <c r="A20"/>
       <c r="B20" t="inlineStr">
         <is>
-          <t>O Openbaar bestuur en defensie/ verplichte sociale verzekeringen</t>
+          <t>R Kunst, amusement en recreatie</t>
         </is>
       </c>
       <c r="C20"/>
       <c r="D20" s="1" t="n">
-        <v>2.0</v>
-[...2 lines deleted...]
-      <c r="F20"/>
+        <v>14.0</v>
+      </c>
+      <c r="E20" s="1" t="n">
+        <v>7.0</v>
+      </c>
+      <c r="F20" s="1" t="n">
+        <v>9.0</v>
+      </c>
       <c r="G20" s="1" t="n">
-        <v>2.0</v>
+        <v>30.0</v>
       </c>
     </row>
     <row r="21">
       <c r="A21"/>
       <c r="B21" t="inlineStr">
         <is>
-          <t>P Onderwijs</t>
+          <t>S Overige diensten</t>
         </is>
       </c>
       <c r="C21"/>
       <c r="D21" s="1" t="n">
-        <v>36.0</v>
+        <v>42.0</v>
       </c>
       <c r="E21" s="1" t="n">
         <v>7.0</v>
       </c>
       <c r="F21" s="1" t="n">
-        <v>19.0</v>
+        <v>15.0</v>
       </c>
       <c r="G21" s="1" t="n">
-        <v>62.0</v>
+        <v>64.0</v>
       </c>
     </row>
     <row r="22">
-      <c r="A22"/>
-[...4 lines deleted...]
-      </c>
+      <c r="A22" t="inlineStr">
+        <is>
+          <t>Alle economische activiteiten</t>
+        </is>
+      </c>
+      <c r="B22"/>
       <c r="C22"/>
       <c r="D22" s="1" t="n">
-        <v>76.0</v>
+        <v>1208.0</v>
       </c>
       <c r="E22" s="1" t="n">
-        <v>36.0</v>
+        <v>316.0</v>
       </c>
       <c r="F22" s="1" t="n">
-        <v>69.0</v>
+        <v>416.0</v>
       </c>
       <c r="G22" s="1" t="n">
-        <v>181.0</v>
-[...81 lines deleted...]
-        <v>11067.0</v>
+        <v>1940.0</v>
       </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <cols>
     <col min="1" max="1" width="24.78515625" customWidth="true"/>
-    <col min="2" max="2" width="103.61328125" customWidth="true"/>
+    <col min="2" max="2" width="55.88671875" customWidth="true"/>
     <col min="3" max="3" width="4.96484375" customWidth="true"/>
     <col min="4" max="4" width="5.78125" customWidth="true"/>
     <col min="5" max="5" width="26.68359375" customWidth="true"/>
     <col min="6" max="6" width="19.0625" customWidth="true"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" t="inlineStr">
         <is>
           <t>Alle economische activiteiten</t>
         </is>
       </c>
       <c r="B1" t="inlineStr">
         <is>
           <t>Sectie</t>
         </is>
       </c>
       <c r="C1" t="inlineStr">
         <is>
           <t>Jaar</t>
         </is>
       </c>
       <c r="D1" t="inlineStr">
         <is>
           <t>België</t>
@@ -746,2437 +668,1979 @@
       </c>
       <c r="E1" t="inlineStr">
         <is>
           <t>Gewest</t>
         </is>
       </c>
       <c r="F1" t="inlineStr">
         <is>
           <t>Aantal faillissementen</t>
         </is>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="inlineStr">
         <is>
           <t>Alle economische activiteiten</t>
         </is>
       </c>
       <c r="B2" t="inlineStr">
         <is>
           <t>A Landbouw, bosbouw en visserij</t>
         </is>
       </c>
       <c r="C2" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2026</t>
         </is>
       </c>
       <c r="D2" t="inlineStr">
         <is>
           <t>België</t>
         </is>
       </c>
       <c r="E2" t="inlineStr">
         <is>
           <t>Vlaams Gewest</t>
         </is>
       </c>
       <c r="F2" s="1" t="n">
-        <v>37.0</v>
+        <v>9.0</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="inlineStr">
         <is>
           <t>Alle economische activiteiten</t>
         </is>
       </c>
       <c r="B3" t="inlineStr">
         <is>
           <t>A Landbouw, bosbouw en visserij</t>
         </is>
       </c>
       <c r="C3" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2026</t>
         </is>
       </c>
       <c r="D3" t="inlineStr">
         <is>
           <t>België</t>
         </is>
       </c>
       <c r="E3" t="inlineStr">
         <is>
           <t>Brussels Hoofdstedelijk Gewest</t>
         </is>
       </c>
-      <c r="F3" s="1" t="n">
-[...1 lines deleted...]
-      </c>
+      <c r="F3"/>
     </row>
     <row r="4">
       <c r="A4" t="inlineStr">
         <is>
           <t>Alle economische activiteiten</t>
         </is>
       </c>
       <c r="B4" t="inlineStr">
         <is>
           <t>A Landbouw, bosbouw en visserij</t>
         </is>
       </c>
       <c r="C4" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2026</t>
         </is>
       </c>
       <c r="D4" t="inlineStr">
         <is>
           <t>België</t>
         </is>
       </c>
       <c r="E4" t="inlineStr">
         <is>
           <t>Waals Gewest</t>
         </is>
       </c>
       <c r="F4" s="1" t="n">
-        <v>35.0</v>
+        <v>3.0</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="inlineStr">
         <is>
           <t>Alle economische activiteiten</t>
         </is>
       </c>
       <c r="B5" t="inlineStr">
         <is>
           <t>A Landbouw, bosbouw en visserij</t>
         </is>
       </c>
       <c r="C5" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2026</t>
         </is>
       </c>
       <c r="D5" t="inlineStr">
         <is>
           <t>België</t>
         </is>
       </c>
       <c r="E5"/>
       <c r="F5" s="1" t="n">
-        <v>75.0</v>
+        <v>12.0</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="inlineStr">
         <is>
           <t>Alle economische activiteiten</t>
         </is>
       </c>
       <c r="B6" t="inlineStr">
         <is>
-          <t>B Winning van delfstoffen</t>
+          <t>C Industrie</t>
         </is>
       </c>
       <c r="C6" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2026</t>
         </is>
       </c>
       <c r="D6" t="inlineStr">
         <is>
           <t>België</t>
         </is>
       </c>
       <c r="E6" t="inlineStr">
         <is>
           <t>Vlaams Gewest</t>
         </is>
       </c>
-      <c r="F6"/>
+      <c r="F6" s="1" t="n">
+        <v>61.0</v>
+      </c>
     </row>
     <row r="7">
       <c r="A7" t="inlineStr">
         <is>
           <t>Alle economische activiteiten</t>
         </is>
       </c>
       <c r="B7" t="inlineStr">
         <is>
-          <t>B Winning van delfstoffen</t>
+          <t>C Industrie</t>
         </is>
       </c>
       <c r="C7" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2026</t>
         </is>
       </c>
       <c r="D7" t="inlineStr">
         <is>
           <t>België</t>
         </is>
       </c>
       <c r="E7" t="inlineStr">
         <is>
           <t>Brussels Hoofdstedelijk Gewest</t>
         </is>
       </c>
-      <c r="F7"/>
+      <c r="F7" s="1" t="n">
+        <v>8.0</v>
+      </c>
     </row>
     <row r="8">
       <c r="A8" t="inlineStr">
         <is>
           <t>Alle economische activiteiten</t>
         </is>
       </c>
       <c r="B8" t="inlineStr">
         <is>
-          <t>B Winning van delfstoffen</t>
+          <t>C Industrie</t>
         </is>
       </c>
       <c r="C8" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2026</t>
         </is>
       </c>
       <c r="D8" t="inlineStr">
         <is>
           <t>België</t>
         </is>
       </c>
       <c r="E8" t="inlineStr">
         <is>
           <t>Waals Gewest</t>
         </is>
       </c>
       <c r="F8" s="1" t="n">
-        <v>1.0</v>
+        <v>15.0</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="inlineStr">
         <is>
           <t>Alle economische activiteiten</t>
         </is>
       </c>
       <c r="B9" t="inlineStr">
         <is>
-          <t>B Winning van delfstoffen</t>
+          <t>C Industrie</t>
         </is>
       </c>
       <c r="C9" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2026</t>
         </is>
       </c>
       <c r="D9" t="inlineStr">
         <is>
           <t>België</t>
         </is>
       </c>
       <c r="E9"/>
       <c r="F9" s="1" t="n">
-        <v>1.0</v>
+        <v>84.0</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="inlineStr">
         <is>
           <t>Alle economische activiteiten</t>
         </is>
       </c>
       <c r="B10" t="inlineStr">
         <is>
-          <t>C Industrie</t>
+          <t>E Distributie van water/ afval- en afvalwaterbeheer en sanering</t>
         </is>
       </c>
       <c r="C10" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2026</t>
         </is>
       </c>
       <c r="D10" t="inlineStr">
         <is>
           <t>België</t>
         </is>
       </c>
       <c r="E10" t="inlineStr">
         <is>
           <t>Vlaams Gewest</t>
         </is>
       </c>
       <c r="F10" s="1" t="n">
-        <v>276.0</v>
+        <v>3.0</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="inlineStr">
         <is>
           <t>Alle economische activiteiten</t>
         </is>
       </c>
       <c r="B11" t="inlineStr">
         <is>
-          <t>C Industrie</t>
+          <t>E Distributie van water/ afval- en afvalwaterbeheer en sanering</t>
         </is>
       </c>
       <c r="C11" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2026</t>
         </is>
       </c>
       <c r="D11" t="inlineStr">
         <is>
           <t>België</t>
         </is>
       </c>
       <c r="E11" t="inlineStr">
         <is>
           <t>Brussels Hoofdstedelijk Gewest</t>
         </is>
       </c>
-      <c r="F11" s="1" t="n">
-[...1 lines deleted...]
-      </c>
+      <c r="F11"/>
     </row>
     <row r="12">
       <c r="A12" t="inlineStr">
         <is>
           <t>Alle economische activiteiten</t>
         </is>
       </c>
       <c r="B12" t="inlineStr">
         <is>
-          <t>C Industrie</t>
+          <t>E Distributie van water/ afval- en afvalwaterbeheer en sanering</t>
         </is>
       </c>
       <c r="C12" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2026</t>
         </is>
       </c>
       <c r="D12" t="inlineStr">
         <is>
           <t>België</t>
         </is>
       </c>
       <c r="E12" t="inlineStr">
         <is>
           <t>Waals Gewest</t>
         </is>
       </c>
-      <c r="F12" s="1" t="n">
-[...1 lines deleted...]
-      </c>
+      <c r="F12"/>
     </row>
     <row r="13">
       <c r="A13" t="inlineStr">
         <is>
           <t>Alle economische activiteiten</t>
         </is>
       </c>
       <c r="B13" t="inlineStr">
         <is>
-          <t>C Industrie</t>
+          <t>E Distributie van water/ afval- en afvalwaterbeheer en sanering</t>
         </is>
       </c>
       <c r="C13" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2026</t>
         </is>
       </c>
       <c r="D13" t="inlineStr">
         <is>
           <t>België</t>
         </is>
       </c>
       <c r="E13"/>
       <c r="F13" s="1" t="n">
-        <v>472.0</v>
+        <v>3.0</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="inlineStr">
         <is>
           <t>Alle economische activiteiten</t>
         </is>
       </c>
       <c r="B14" t="inlineStr">
         <is>
-          <t>D Productie en distributie van elektriciteit, gas, stoom en gekoelde lucht</t>
+          <t>F Bouwnijverheid</t>
         </is>
       </c>
       <c r="C14" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2026</t>
         </is>
       </c>
       <c r="D14" t="inlineStr">
         <is>
           <t>België</t>
         </is>
       </c>
       <c r="E14" t="inlineStr">
         <is>
           <t>Vlaams Gewest</t>
         </is>
       </c>
       <c r="F14" s="1" t="n">
-        <v>4.0</v>
+        <v>298.0</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="inlineStr">
         <is>
           <t>Alle economische activiteiten</t>
         </is>
       </c>
       <c r="B15" t="inlineStr">
         <is>
-          <t>D Productie en distributie van elektriciteit, gas, stoom en gekoelde lucht</t>
+          <t>F Bouwnijverheid</t>
         </is>
       </c>
       <c r="C15" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2026</t>
         </is>
       </c>
       <c r="D15" t="inlineStr">
         <is>
           <t>België</t>
         </is>
       </c>
       <c r="E15" t="inlineStr">
         <is>
           <t>Brussels Hoofdstedelijk Gewest</t>
         </is>
       </c>
-      <c r="F15"/>
+      <c r="F15" s="1" t="n">
+        <v>53.0</v>
+      </c>
     </row>
     <row r="16">
       <c r="A16" t="inlineStr">
         <is>
           <t>Alle economische activiteiten</t>
         </is>
       </c>
       <c r="B16" t="inlineStr">
         <is>
-          <t>D Productie en distributie van elektriciteit, gas, stoom en gekoelde lucht</t>
+          <t>F Bouwnijverheid</t>
         </is>
       </c>
       <c r="C16" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2026</t>
         </is>
       </c>
       <c r="D16" t="inlineStr">
         <is>
           <t>België</t>
         </is>
       </c>
       <c r="E16" t="inlineStr">
         <is>
           <t>Waals Gewest</t>
         </is>
       </c>
       <c r="F16" s="1" t="n">
-        <v>2.0</v>
+        <v>99.0</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="inlineStr">
         <is>
           <t>Alle economische activiteiten</t>
         </is>
       </c>
       <c r="B17" t="inlineStr">
         <is>
-          <t>D Productie en distributie van elektriciteit, gas, stoom en gekoelde lucht</t>
+          <t>F Bouwnijverheid</t>
         </is>
       </c>
       <c r="C17" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2026</t>
         </is>
       </c>
       <c r="D17" t="inlineStr">
         <is>
           <t>België</t>
         </is>
       </c>
       <c r="E17"/>
       <c r="F17" s="1" t="n">
-        <v>6.0</v>
+        <v>450.0</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="inlineStr">
         <is>
           <t>Alle economische activiteiten</t>
         </is>
       </c>
       <c r="B18" t="inlineStr">
         <is>
-          <t>E Distributie van water/ afval- en afvalwaterbeheer en sanering</t>
+          <t>G Groot- en detailhandel/ reparatie van auto’s en motorfietsen</t>
         </is>
       </c>
       <c r="C18" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2026</t>
         </is>
       </c>
       <c r="D18" t="inlineStr">
         <is>
           <t>België</t>
         </is>
       </c>
       <c r="E18" t="inlineStr">
         <is>
           <t>Vlaams Gewest</t>
         </is>
       </c>
       <c r="F18" s="1" t="n">
-        <v>13.0</v>
+        <v>223.0</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="inlineStr">
         <is>
           <t>Alle economische activiteiten</t>
         </is>
       </c>
       <c r="B19" t="inlineStr">
         <is>
-          <t>E Distributie van water/ afval- en afvalwaterbeheer en sanering</t>
+          <t>G Groot- en detailhandel/ reparatie van auto’s en motorfietsen</t>
         </is>
       </c>
       <c r="C19" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2026</t>
         </is>
       </c>
       <c r="D19" t="inlineStr">
         <is>
           <t>België</t>
         </is>
       </c>
       <c r="E19" t="inlineStr">
         <is>
           <t>Brussels Hoofdstedelijk Gewest</t>
         </is>
       </c>
       <c r="F19" s="1" t="n">
-        <v>2.0</v>
+        <v>76.0</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="inlineStr">
         <is>
           <t>Alle economische activiteiten</t>
         </is>
       </c>
       <c r="B20" t="inlineStr">
         <is>
-          <t>E Distributie van water/ afval- en afvalwaterbeheer en sanering</t>
+          <t>G Groot- en detailhandel/ reparatie van auto’s en motorfietsen</t>
         </is>
       </c>
       <c r="C20" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2026</t>
         </is>
       </c>
       <c r="D20" t="inlineStr">
         <is>
           <t>België</t>
         </is>
       </c>
       <c r="E20" t="inlineStr">
         <is>
           <t>Waals Gewest</t>
         </is>
       </c>
       <c r="F20" s="1" t="n">
-        <v>3.0</v>
+        <v>94.0</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="inlineStr">
         <is>
           <t>Alle economische activiteiten</t>
         </is>
       </c>
       <c r="B21" t="inlineStr">
         <is>
-          <t>E Distributie van water/ afval- en afvalwaterbeheer en sanering</t>
+          <t>G Groot- en detailhandel/ reparatie van auto’s en motorfietsen</t>
         </is>
       </c>
       <c r="C21" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2026</t>
         </is>
       </c>
       <c r="D21" t="inlineStr">
         <is>
           <t>België</t>
         </is>
       </c>
       <c r="E21"/>
       <c r="F21" s="1" t="n">
-        <v>18.0</v>
+        <v>393.0</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="inlineStr">
         <is>
           <t>Alle economische activiteiten</t>
         </is>
       </c>
       <c r="B22" t="inlineStr">
         <is>
-          <t>F Bouwnijverheid</t>
+          <t>H Vervoer en opslag</t>
         </is>
       </c>
       <c r="C22" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2026</t>
         </is>
       </c>
       <c r="D22" t="inlineStr">
         <is>
           <t>België</t>
         </is>
       </c>
       <c r="E22" t="inlineStr">
         <is>
           <t>Vlaams Gewest</t>
         </is>
       </c>
       <c r="F22" s="1" t="n">
-        <v>1640.0</v>
+        <v>100.0</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="inlineStr">
         <is>
           <t>Alle economische activiteiten</t>
         </is>
       </c>
       <c r="B23" t="inlineStr">
         <is>
-          <t>F Bouwnijverheid</t>
+          <t>H Vervoer en opslag</t>
         </is>
       </c>
       <c r="C23" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2026</t>
         </is>
       </c>
       <c r="D23" t="inlineStr">
         <is>
           <t>België</t>
         </is>
       </c>
       <c r="E23" t="inlineStr">
         <is>
           <t>Brussels Hoofdstedelijk Gewest</t>
         </is>
       </c>
       <c r="F23" s="1" t="n">
-        <v>405.0</v>
+        <v>42.0</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="inlineStr">
         <is>
           <t>Alle economische activiteiten</t>
         </is>
       </c>
       <c r="B24" t="inlineStr">
         <is>
-          <t>F Bouwnijverheid</t>
+          <t>H Vervoer en opslag</t>
         </is>
       </c>
       <c r="C24" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2026</t>
         </is>
       </c>
       <c r="D24" t="inlineStr">
         <is>
           <t>België</t>
         </is>
       </c>
       <c r="E24" t="inlineStr">
         <is>
           <t>Waals Gewest</t>
         </is>
       </c>
       <c r="F24" s="1" t="n">
-        <v>574.0</v>
+        <v>14.0</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="inlineStr">
         <is>
           <t>Alle economische activiteiten</t>
         </is>
       </c>
       <c r="B25" t="inlineStr">
         <is>
-          <t>F Bouwnijverheid</t>
+          <t>H Vervoer en opslag</t>
         </is>
       </c>
       <c r="C25" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2026</t>
         </is>
       </c>
       <c r="D25" t="inlineStr">
         <is>
           <t>België</t>
         </is>
       </c>
       <c r="E25"/>
       <c r="F25" s="1" t="n">
-        <v>2619.0</v>
+        <v>156.0</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="inlineStr">
         <is>
           <t>Alle economische activiteiten</t>
         </is>
       </c>
       <c r="B26" t="inlineStr">
         <is>
-          <t>G Groot- en detailhandel/ reparatie van auto’s en motorfietsen</t>
+          <t>I Verschaffen van accommodatie en maaltijden</t>
         </is>
       </c>
       <c r="C26" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2026</t>
         </is>
       </c>
       <c r="D26" t="inlineStr">
         <is>
           <t>België</t>
         </is>
       </c>
       <c r="E26" t="inlineStr">
         <is>
           <t>Vlaams Gewest</t>
         </is>
       </c>
       <c r="F26" s="1" t="n">
-        <v>1232.0</v>
+        <v>208.0</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="inlineStr">
         <is>
           <t>Alle economische activiteiten</t>
         </is>
       </c>
       <c r="B27" t="inlineStr">
         <is>
-          <t>G Groot- en detailhandel/ reparatie van auto’s en motorfietsen</t>
+          <t>I Verschaffen van accommodatie en maaltijden</t>
         </is>
       </c>
       <c r="C27" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2026</t>
         </is>
       </c>
       <c r="D27" t="inlineStr">
         <is>
           <t>België</t>
         </is>
       </c>
       <c r="E27" t="inlineStr">
         <is>
           <t>Brussels Hoofdstedelijk Gewest</t>
         </is>
       </c>
       <c r="F27" s="1" t="n">
-        <v>455.0</v>
+        <v>54.0</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="inlineStr">
         <is>
           <t>Alle economische activiteiten</t>
         </is>
       </c>
       <c r="B28" t="inlineStr">
         <is>
-          <t>G Groot- en detailhandel/ reparatie van auto’s en motorfietsen</t>
+          <t>I Verschaffen van accommodatie en maaltijden</t>
         </is>
       </c>
       <c r="C28" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2026</t>
         </is>
       </c>
       <c r="D28" t="inlineStr">
         <is>
           <t>België</t>
         </is>
       </c>
       <c r="E28" t="inlineStr">
         <is>
           <t>Waals Gewest</t>
         </is>
       </c>
       <c r="F28" s="1" t="n">
-        <v>650.0</v>
+        <v>72.0</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="inlineStr">
         <is>
           <t>Alle economische activiteiten</t>
         </is>
       </c>
       <c r="B29" t="inlineStr">
         <is>
-          <t>G Groot- en detailhandel/ reparatie van auto’s en motorfietsen</t>
+          <t>I Verschaffen van accommodatie en maaltijden</t>
         </is>
       </c>
       <c r="C29" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2026</t>
         </is>
       </c>
       <c r="D29" t="inlineStr">
         <is>
           <t>België</t>
         </is>
       </c>
       <c r="E29"/>
       <c r="F29" s="1" t="n">
-        <v>2337.0</v>
+        <v>334.0</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="inlineStr">
         <is>
           <t>Alle economische activiteiten</t>
         </is>
       </c>
       <c r="B30" t="inlineStr">
         <is>
-          <t>H Vervoer en opslag</t>
+          <t>J Informatie en communicatie</t>
         </is>
       </c>
       <c r="C30" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2026</t>
         </is>
       </c>
       <c r="D30" t="inlineStr">
         <is>
           <t>België</t>
         </is>
       </c>
       <c r="E30" t="inlineStr">
         <is>
           <t>Vlaams Gewest</t>
         </is>
       </c>
       <c r="F30" s="1" t="n">
-        <v>431.0</v>
+        <v>39.0</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="inlineStr">
         <is>
           <t>Alle economische activiteiten</t>
         </is>
       </c>
       <c r="B31" t="inlineStr">
         <is>
-          <t>H Vervoer en opslag</t>
+          <t>J Informatie en communicatie</t>
         </is>
       </c>
       <c r="C31" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2026</t>
         </is>
       </c>
       <c r="D31" t="inlineStr">
         <is>
           <t>België</t>
         </is>
       </c>
       <c r="E31" t="inlineStr">
         <is>
           <t>Brussels Hoofdstedelijk Gewest</t>
         </is>
       </c>
       <c r="F31" s="1" t="n">
-        <v>195.0</v>
+        <v>10.0</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="inlineStr">
         <is>
           <t>Alle economische activiteiten</t>
         </is>
       </c>
       <c r="B32" t="inlineStr">
         <is>
-          <t>H Vervoer en opslag</t>
+          <t>J Informatie en communicatie</t>
         </is>
       </c>
       <c r="C32" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2026</t>
         </is>
       </c>
       <c r="D32" t="inlineStr">
         <is>
           <t>België</t>
         </is>
       </c>
       <c r="E32" t="inlineStr">
         <is>
           <t>Waals Gewest</t>
         </is>
       </c>
       <c r="F32" s="1" t="n">
-        <v>98.0</v>
+        <v>19.0</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" t="inlineStr">
         <is>
           <t>Alle economische activiteiten</t>
         </is>
       </c>
       <c r="B33" t="inlineStr">
         <is>
-          <t>H Vervoer en opslag</t>
+          <t>J Informatie en communicatie</t>
         </is>
       </c>
       <c r="C33" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2026</t>
         </is>
       </c>
       <c r="D33" t="inlineStr">
         <is>
           <t>België</t>
         </is>
       </c>
       <c r="E33"/>
       <c r="F33" s="1" t="n">
-        <v>724.0</v>
+        <v>68.0</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" t="inlineStr">
         <is>
           <t>Alle economische activiteiten</t>
         </is>
       </c>
       <c r="B34" t="inlineStr">
         <is>
-          <t>I Verschaffen van accommodatie en maaltijden</t>
+          <t>K Financiële activiteiten en verzekeringen</t>
         </is>
       </c>
       <c r="C34" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2026</t>
         </is>
       </c>
       <c r="D34" t="inlineStr">
         <is>
           <t>België</t>
         </is>
       </c>
       <c r="E34" t="inlineStr">
         <is>
           <t>Vlaams Gewest</t>
         </is>
       </c>
       <c r="F34" s="1" t="n">
-        <v>1106.0</v>
+        <v>5.0</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" t="inlineStr">
         <is>
           <t>Alle economische activiteiten</t>
         </is>
       </c>
       <c r="B35" t="inlineStr">
         <is>
-          <t>I Verschaffen van accommodatie en maaltijden</t>
+          <t>K Financiële activiteiten en verzekeringen</t>
         </is>
       </c>
       <c r="C35" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2026</t>
         </is>
       </c>
       <c r="D35" t="inlineStr">
         <is>
           <t>België</t>
         </is>
       </c>
       <c r="E35" t="inlineStr">
         <is>
           <t>Brussels Hoofdstedelijk Gewest</t>
         </is>
       </c>
       <c r="F35" s="1" t="n">
-        <v>311.0</v>
+        <v>2.0</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" t="inlineStr">
         <is>
           <t>Alle economische activiteiten</t>
         </is>
       </c>
       <c r="B36" t="inlineStr">
         <is>
-          <t>I Verschaffen van accommodatie en maaltijden</t>
+          <t>K Financiële activiteiten en verzekeringen</t>
         </is>
       </c>
       <c r="C36" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2026</t>
         </is>
       </c>
       <c r="D36" t="inlineStr">
         <is>
           <t>België</t>
         </is>
       </c>
       <c r="E36" t="inlineStr">
         <is>
           <t>Waals Gewest</t>
         </is>
       </c>
       <c r="F36" s="1" t="n">
-        <v>533.0</v>
+        <v>1.0</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" t="inlineStr">
         <is>
           <t>Alle economische activiteiten</t>
         </is>
       </c>
       <c r="B37" t="inlineStr">
         <is>
-          <t>I Verschaffen van accommodatie en maaltijden</t>
+          <t>K Financiële activiteiten en verzekeringen</t>
         </is>
       </c>
       <c r="C37" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2026</t>
         </is>
       </c>
       <c r="D37" t="inlineStr">
         <is>
           <t>België</t>
         </is>
       </c>
       <c r="E37"/>
       <c r="F37" s="1" t="n">
-        <v>1950.0</v>
+        <v>8.0</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" t="inlineStr">
         <is>
           <t>Alle economische activiteiten</t>
         </is>
       </c>
       <c r="B38" t="inlineStr">
         <is>
-          <t>J Informatie en communicatie</t>
+          <t>L Exploitatie van en handel in onroerend goed</t>
         </is>
       </c>
       <c r="C38" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2026</t>
         </is>
       </c>
       <c r="D38" t="inlineStr">
         <is>
           <t>België</t>
         </is>
       </c>
       <c r="E38" t="inlineStr">
         <is>
           <t>Vlaams Gewest</t>
         </is>
       </c>
       <c r="F38" s="1" t="n">
-        <v>183.0</v>
+        <v>24.0</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" t="inlineStr">
         <is>
           <t>Alle economische activiteiten</t>
         </is>
       </c>
       <c r="B39" t="inlineStr">
         <is>
-          <t>J Informatie en communicatie</t>
+          <t>L Exploitatie van en handel in onroerend goed</t>
         </is>
       </c>
       <c r="C39" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2026</t>
         </is>
       </c>
       <c r="D39" t="inlineStr">
         <is>
           <t>België</t>
         </is>
       </c>
       <c r="E39" t="inlineStr">
         <is>
           <t>Brussels Hoofdstedelijk Gewest</t>
         </is>
       </c>
       <c r="F39" s="1" t="n">
-        <v>70.0</v>
+        <v>6.0</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" t="inlineStr">
         <is>
           <t>Alle economische activiteiten</t>
         </is>
       </c>
       <c r="B40" t="inlineStr">
         <is>
-          <t>J Informatie en communicatie</t>
+          <t>L Exploitatie van en handel in onroerend goed</t>
         </is>
       </c>
       <c r="C40" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2026</t>
         </is>
       </c>
       <c r="D40" t="inlineStr">
         <is>
           <t>België</t>
         </is>
       </c>
       <c r="E40" t="inlineStr">
         <is>
           <t>Waals Gewest</t>
         </is>
       </c>
       <c r="F40" s="1" t="n">
-        <v>84.0</v>
+        <v>9.0</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" t="inlineStr">
         <is>
           <t>Alle economische activiteiten</t>
         </is>
       </c>
       <c r="B41" t="inlineStr">
         <is>
-          <t>J Informatie en communicatie</t>
+          <t>L Exploitatie van en handel in onroerend goed</t>
         </is>
       </c>
       <c r="C41" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2026</t>
         </is>
       </c>
       <c r="D41" t="inlineStr">
         <is>
           <t>België</t>
         </is>
       </c>
       <c r="E41"/>
       <c r="F41" s="1" t="n">
-        <v>337.0</v>
+        <v>39.0</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" t="inlineStr">
         <is>
           <t>Alle economische activiteiten</t>
         </is>
       </c>
       <c r="B42" t="inlineStr">
         <is>
-          <t>K Financiële activiteiten en verzekeringen</t>
+          <t>M Vrije beroepen en wetenschappelijke en technische activiteiten</t>
         </is>
       </c>
       <c r="C42" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2026</t>
         </is>
       </c>
       <c r="D42" t="inlineStr">
         <is>
           <t>België</t>
         </is>
       </c>
       <c r="E42" t="inlineStr">
         <is>
           <t>Vlaams Gewest</t>
         </is>
       </c>
       <c r="F42" s="1" t="n">
-        <v>28.0</v>
+        <v>94.0</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" t="inlineStr">
         <is>
           <t>Alle economische activiteiten</t>
         </is>
       </c>
       <c r="B43" t="inlineStr">
         <is>
-          <t>K Financiële activiteiten en verzekeringen</t>
+          <t>M Vrije beroepen en wetenschappelijke en technische activiteiten</t>
         </is>
       </c>
       <c r="C43" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2026</t>
         </is>
       </c>
       <c r="D43" t="inlineStr">
         <is>
           <t>België</t>
         </is>
       </c>
       <c r="E43" t="inlineStr">
         <is>
           <t>Brussels Hoofdstedelijk Gewest</t>
         </is>
       </c>
       <c r="F43" s="1" t="n">
-        <v>10.0</v>
+        <v>25.0</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" t="inlineStr">
         <is>
           <t>Alle economische activiteiten</t>
         </is>
       </c>
       <c r="B44" t="inlineStr">
         <is>
-          <t>K Financiële activiteiten en verzekeringen</t>
+          <t>M Vrije beroepen en wetenschappelijke en technische activiteiten</t>
         </is>
       </c>
       <c r="C44" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2026</t>
         </is>
       </c>
       <c r="D44" t="inlineStr">
         <is>
           <t>België</t>
         </is>
       </c>
       <c r="E44" t="inlineStr">
         <is>
           <t>Waals Gewest</t>
         </is>
       </c>
       <c r="F44" s="1" t="n">
-        <v>21.0</v>
+        <v>19.0</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" t="inlineStr">
         <is>
           <t>Alle economische activiteiten</t>
         </is>
       </c>
       <c r="B45" t="inlineStr">
         <is>
-          <t>K Financiële activiteiten en verzekeringen</t>
+          <t>M Vrije beroepen en wetenschappelijke en technische activiteiten</t>
         </is>
       </c>
       <c r="C45" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2026</t>
         </is>
       </c>
       <c r="D45" t="inlineStr">
         <is>
           <t>België</t>
         </is>
       </c>
       <c r="E45"/>
       <c r="F45" s="1" t="n">
-        <v>59.0</v>
+        <v>138.0</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" t="inlineStr">
         <is>
           <t>Alle economische activiteiten</t>
         </is>
       </c>
       <c r="B46" t="inlineStr">
         <is>
-          <t>L Exploitatie van en handel in onroerend goed</t>
+          <t>N Administratieve en ondersteunende diensten</t>
         </is>
       </c>
       <c r="C46" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2026</t>
         </is>
       </c>
       <c r="D46" t="inlineStr">
         <is>
           <t>België</t>
         </is>
       </c>
       <c r="E46" t="inlineStr">
         <is>
           <t>Vlaams Gewest</t>
         </is>
       </c>
       <c r="F46" s="1" t="n">
-        <v>93.0</v>
+        <v>65.0</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" t="inlineStr">
         <is>
           <t>Alle economische activiteiten</t>
         </is>
       </c>
       <c r="B47" t="inlineStr">
         <is>
-          <t>L Exploitatie van en handel in onroerend goed</t>
+          <t>N Administratieve en ondersteunende diensten</t>
         </is>
       </c>
       <c r="C47" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2026</t>
         </is>
       </c>
       <c r="D47" t="inlineStr">
         <is>
           <t>België</t>
         </is>
       </c>
       <c r="E47" t="inlineStr">
         <is>
           <t>Brussels Hoofdstedelijk Gewest</t>
         </is>
       </c>
       <c r="F47" s="1" t="n">
-        <v>36.0</v>
+        <v>21.0</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" t="inlineStr">
         <is>
           <t>Alle economische activiteiten</t>
         </is>
       </c>
       <c r="B48" t="inlineStr">
         <is>
-          <t>L Exploitatie van en handel in onroerend goed</t>
+          <t>N Administratieve en ondersteunende diensten</t>
         </is>
       </c>
       <c r="C48" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2026</t>
         </is>
       </c>
       <c r="D48" t="inlineStr">
         <is>
           <t>België</t>
         </is>
       </c>
       <c r="E48" t="inlineStr">
         <is>
           <t>Waals Gewest</t>
         </is>
       </c>
       <c r="F48" s="1" t="n">
-        <v>50.0</v>
+        <v>28.0</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" t="inlineStr">
         <is>
           <t>Alle economische activiteiten</t>
         </is>
       </c>
       <c r="B49" t="inlineStr">
         <is>
-          <t>L Exploitatie van en handel in onroerend goed</t>
+          <t>N Administratieve en ondersteunende diensten</t>
         </is>
       </c>
       <c r="C49" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2026</t>
         </is>
       </c>
       <c r="D49" t="inlineStr">
         <is>
           <t>België</t>
         </is>
       </c>
       <c r="E49"/>
       <c r="F49" s="1" t="n">
-        <v>179.0</v>
+        <v>114.0</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" t="inlineStr">
         <is>
           <t>Alle economische activiteiten</t>
         </is>
       </c>
       <c r="B50" t="inlineStr">
         <is>
-          <t>M Vrije beroepen en wetenschappelijke en technische activiteiten</t>
+          <t>P Onderwijs</t>
         </is>
       </c>
       <c r="C50" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2026</t>
         </is>
       </c>
       <c r="D50" t="inlineStr">
         <is>
           <t>België</t>
         </is>
       </c>
       <c r="E50" t="inlineStr">
         <is>
           <t>Vlaams Gewest</t>
         </is>
       </c>
       <c r="F50" s="1" t="n">
-        <v>481.0</v>
+        <v>9.0</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" t="inlineStr">
         <is>
           <t>Alle economische activiteiten</t>
         </is>
       </c>
       <c r="B51" t="inlineStr">
         <is>
-          <t>M Vrije beroepen en wetenschappelijke en technische activiteiten</t>
+          <t>P Onderwijs</t>
         </is>
       </c>
       <c r="C51" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2026</t>
         </is>
       </c>
       <c r="D51" t="inlineStr">
         <is>
           <t>België</t>
         </is>
       </c>
       <c r="E51" t="inlineStr">
         <is>
           <t>Brussels Hoofdstedelijk Gewest</t>
         </is>
       </c>
       <c r="F51" s="1" t="n">
-        <v>118.0</v>
+        <v>2.0</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" t="inlineStr">
         <is>
           <t>Alle economische activiteiten</t>
         </is>
       </c>
       <c r="B52" t="inlineStr">
         <is>
-          <t>M Vrije beroepen en wetenschappelijke en technische activiteiten</t>
+          <t>P Onderwijs</t>
         </is>
       </c>
       <c r="C52" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2026</t>
         </is>
       </c>
       <c r="D52" t="inlineStr">
         <is>
           <t>België</t>
         </is>
       </c>
       <c r="E52" t="inlineStr">
         <is>
           <t>Waals Gewest</t>
         </is>
       </c>
       <c r="F52" s="1" t="n">
-        <v>217.0</v>
+        <v>5.0</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" t="inlineStr">
         <is>
           <t>Alle economische activiteiten</t>
         </is>
       </c>
       <c r="B53" t="inlineStr">
         <is>
-          <t>M Vrije beroepen en wetenschappelijke en technische activiteiten</t>
+          <t>P Onderwijs</t>
         </is>
       </c>
       <c r="C53" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2026</t>
         </is>
       </c>
       <c r="D53" t="inlineStr">
         <is>
           <t>België</t>
         </is>
       </c>
       <c r="E53"/>
       <c r="F53" s="1" t="n">
-        <v>816.0</v>
+        <v>16.0</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" t="inlineStr">
         <is>
           <t>Alle economische activiteiten</t>
         </is>
       </c>
       <c r="B54" t="inlineStr">
         <is>
-          <t>N Administratieve en ondersteunende diensten</t>
+          <t>Q Menselijke gezondheidszorg en maatschappelijke dienstverlening</t>
         </is>
       </c>
       <c r="C54" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2026</t>
         </is>
       </c>
       <c r="D54" t="inlineStr">
         <is>
           <t>België</t>
         </is>
       </c>
       <c r="E54" t="inlineStr">
         <is>
           <t>Vlaams Gewest</t>
         </is>
       </c>
       <c r="F54" s="1" t="n">
-        <v>393.0</v>
+        <v>14.0</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" t="inlineStr">
         <is>
           <t>Alle economische activiteiten</t>
         </is>
       </c>
       <c r="B55" t="inlineStr">
         <is>
-          <t>N Administratieve en ondersteunende diensten</t>
+          <t>Q Menselijke gezondheidszorg en maatschappelijke dienstverlening</t>
         </is>
       </c>
       <c r="C55" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2026</t>
         </is>
       </c>
       <c r="D55" t="inlineStr">
         <is>
           <t>België</t>
         </is>
       </c>
       <c r="E55" t="inlineStr">
         <is>
           <t>Brussels Hoofdstedelijk Gewest</t>
         </is>
       </c>
       <c r="F55" s="1" t="n">
-        <v>120.0</v>
+        <v>3.0</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" t="inlineStr">
         <is>
           <t>Alle economische activiteiten</t>
         </is>
       </c>
       <c r="B56" t="inlineStr">
         <is>
-          <t>N Administratieve en ondersteunende diensten</t>
+          <t>Q Menselijke gezondheidszorg en maatschappelijke dienstverlening</t>
         </is>
       </c>
       <c r="C56" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2026</t>
         </is>
       </c>
       <c r="D56" t="inlineStr">
         <is>
           <t>België</t>
         </is>
       </c>
       <c r="E56" t="inlineStr">
         <is>
           <t>Waals Gewest</t>
         </is>
       </c>
       <c r="F56" s="1" t="n">
-        <v>152.0</v>
+        <v>14.0</v>
       </c>
     </row>
     <row r="57">
       <c r="A57" t="inlineStr">
         <is>
           <t>Alle economische activiteiten</t>
         </is>
       </c>
       <c r="B57" t="inlineStr">
         <is>
-          <t>N Administratieve en ondersteunende diensten</t>
+          <t>Q Menselijke gezondheidszorg en maatschappelijke dienstverlening</t>
         </is>
       </c>
       <c r="C57" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2026</t>
         </is>
       </c>
       <c r="D57" t="inlineStr">
         <is>
           <t>België</t>
         </is>
       </c>
       <c r="E57"/>
       <c r="F57" s="1" t="n">
-        <v>665.0</v>
+        <v>31.0</v>
       </c>
     </row>
     <row r="58">
       <c r="A58" t="inlineStr">
         <is>
           <t>Alle economische activiteiten</t>
         </is>
       </c>
       <c r="B58" t="inlineStr">
         <is>
-          <t>O Openbaar bestuur en defensie/ verplichte sociale verzekeringen</t>
+          <t>R Kunst, amusement en recreatie</t>
         </is>
       </c>
       <c r="C58" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2026</t>
         </is>
       </c>
       <c r="D58" t="inlineStr">
         <is>
           <t>België</t>
         </is>
       </c>
       <c r="E58" t="inlineStr">
         <is>
           <t>Vlaams Gewest</t>
         </is>
       </c>
       <c r="F58" s="1" t="n">
-        <v>2.0</v>
+        <v>14.0</v>
       </c>
     </row>
     <row r="59">
       <c r="A59" t="inlineStr">
         <is>
           <t>Alle economische activiteiten</t>
         </is>
       </c>
       <c r="B59" t="inlineStr">
         <is>
-          <t>O Openbaar bestuur en defensie/ verplichte sociale verzekeringen</t>
+          <t>R Kunst, amusement en recreatie</t>
         </is>
       </c>
       <c r="C59" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2026</t>
         </is>
       </c>
       <c r="D59" t="inlineStr">
         <is>
           <t>België</t>
         </is>
       </c>
       <c r="E59" t="inlineStr">
         <is>
           <t>Brussels Hoofdstedelijk Gewest</t>
         </is>
       </c>
-      <c r="F59"/>
+      <c r="F59" s="1" t="n">
+        <v>7.0</v>
+      </c>
     </row>
     <row r="60">
       <c r="A60" t="inlineStr">
         <is>
           <t>Alle economische activiteiten</t>
         </is>
       </c>
       <c r="B60" t="inlineStr">
         <is>
-          <t>O Openbaar bestuur en defensie/ verplichte sociale verzekeringen</t>
+          <t>R Kunst, amusement en recreatie</t>
         </is>
       </c>
       <c r="C60" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2026</t>
         </is>
       </c>
       <c r="D60" t="inlineStr">
         <is>
           <t>België</t>
         </is>
       </c>
       <c r="E60" t="inlineStr">
         <is>
           <t>Waals Gewest</t>
         </is>
       </c>
-      <c r="F60"/>
+      <c r="F60" s="1" t="n">
+        <v>9.0</v>
+      </c>
     </row>
     <row r="61">
       <c r="A61" t="inlineStr">
         <is>
           <t>Alle economische activiteiten</t>
         </is>
       </c>
       <c r="B61" t="inlineStr">
         <is>
-          <t>O Openbaar bestuur en defensie/ verplichte sociale verzekeringen</t>
+          <t>R Kunst, amusement en recreatie</t>
         </is>
       </c>
       <c r="C61" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2026</t>
         </is>
       </c>
       <c r="D61" t="inlineStr">
         <is>
           <t>België</t>
         </is>
       </c>
       <c r="E61"/>
       <c r="F61" s="1" t="n">
-        <v>2.0</v>
+        <v>30.0</v>
       </c>
     </row>
     <row r="62">
       <c r="A62" t="inlineStr">
         <is>
           <t>Alle economische activiteiten</t>
         </is>
       </c>
       <c r="B62" t="inlineStr">
         <is>
-          <t>P Onderwijs</t>
+          <t>S Overige diensten</t>
         </is>
       </c>
       <c r="C62" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2026</t>
         </is>
       </c>
       <c r="D62" t="inlineStr">
         <is>
           <t>België</t>
         </is>
       </c>
       <c r="E62" t="inlineStr">
         <is>
           <t>Vlaams Gewest</t>
         </is>
       </c>
       <c r="F62" s="1" t="n">
-        <v>36.0</v>
+        <v>42.0</v>
       </c>
     </row>
     <row r="63">
       <c r="A63" t="inlineStr">
         <is>
           <t>Alle economische activiteiten</t>
         </is>
       </c>
       <c r="B63" t="inlineStr">
         <is>
-          <t>P Onderwijs</t>
+          <t>S Overige diensten</t>
         </is>
       </c>
       <c r="C63" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2026</t>
         </is>
       </c>
       <c r="D63" t="inlineStr">
         <is>
           <t>België</t>
         </is>
       </c>
       <c r="E63" t="inlineStr">
         <is>
           <t>Brussels Hoofdstedelijk Gewest</t>
         </is>
       </c>
       <c r="F63" s="1" t="n">
         <v>7.0</v>
       </c>
     </row>
     <row r="64">
       <c r="A64" t="inlineStr">
         <is>
           <t>Alle economische activiteiten</t>
         </is>
       </c>
       <c r="B64" t="inlineStr">
         <is>
-          <t>P Onderwijs</t>
+          <t>S Overige diensten</t>
         </is>
       </c>
       <c r="C64" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2026</t>
         </is>
       </c>
       <c r="D64" t="inlineStr">
         <is>
           <t>België</t>
         </is>
       </c>
       <c r="E64" t="inlineStr">
         <is>
           <t>Waals Gewest</t>
         </is>
       </c>
       <c r="F64" s="1" t="n">
-        <v>19.0</v>
+        <v>15.0</v>
       </c>
     </row>
     <row r="65">
       <c r="A65" t="inlineStr">
         <is>
           <t>Alle economische activiteiten</t>
         </is>
       </c>
       <c r="B65" t="inlineStr">
         <is>
-          <t>P Onderwijs</t>
+          <t>S Overige diensten</t>
         </is>
       </c>
       <c r="C65" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2026</t>
         </is>
       </c>
       <c r="D65" t="inlineStr">
         <is>
           <t>België</t>
         </is>
       </c>
       <c r="E65"/>
       <c r="F65" s="1" t="n">
-        <v>62.0</v>
+        <v>64.0</v>
       </c>
     </row>
     <row r="66">
       <c r="A66" t="inlineStr">
         <is>
           <t>Alle economische activiteiten</t>
         </is>
       </c>
-      <c r="B66" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="B66"/>
       <c r="C66" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2026</t>
         </is>
       </c>
       <c r="D66" t="inlineStr">
         <is>
           <t>België</t>
         </is>
       </c>
       <c r="E66" t="inlineStr">
         <is>
           <t>Vlaams Gewest</t>
         </is>
       </c>
       <c r="F66" s="1" t="n">
-        <v>76.0</v>
+        <v>1208.0</v>
       </c>
     </row>
     <row r="67">
       <c r="A67" t="inlineStr">
         <is>
           <t>Alle economische activiteiten</t>
         </is>
       </c>
-      <c r="B67" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="B67"/>
       <c r="C67" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2026</t>
         </is>
       </c>
       <c r="D67" t="inlineStr">
         <is>
           <t>België</t>
         </is>
       </c>
       <c r="E67" t="inlineStr">
         <is>
           <t>Brussels Hoofdstedelijk Gewest</t>
         </is>
       </c>
       <c r="F67" s="1" t="n">
-        <v>36.0</v>
+        <v>316.0</v>
       </c>
     </row>
     <row r="68">
       <c r="A68" t="inlineStr">
         <is>
           <t>Alle economische activiteiten</t>
         </is>
       </c>
-      <c r="B68" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="B68"/>
       <c r="C68" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2026</t>
         </is>
       </c>
       <c r="D68" t="inlineStr">
         <is>
           <t>België</t>
         </is>
       </c>
       <c r="E68" t="inlineStr">
         <is>
           <t>Waals Gewest</t>
         </is>
       </c>
       <c r="F68" s="1" t="n">
-        <v>69.0</v>
+        <v>416.0</v>
       </c>
     </row>
     <row r="69">
       <c r="A69" t="inlineStr">
         <is>
           <t>Alle economische activiteiten</t>
         </is>
       </c>
-      <c r="B69" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="B69"/>
       <c r="C69" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2026</t>
         </is>
       </c>
       <c r="D69" t="inlineStr">
         <is>
           <t>België</t>
         </is>
       </c>
       <c r="E69"/>
       <c r="F69" s="1" t="n">
-        <v>181.0</v>
-[...445 lines deleted...]
-        <v>11067.0</v>
+        <v>1940.0</v>
       </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <coreProperties xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </coreProperties>
 </file>