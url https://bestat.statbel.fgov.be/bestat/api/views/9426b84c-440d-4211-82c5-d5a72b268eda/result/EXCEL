--- v0 (2025-10-25)
+++ v1 (2025-11-24)
@@ -84,975 +84,975 @@
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?>
 
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
   <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/>
   <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/>
   <Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/>
   <Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/>
   <Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/>
 </Relationships>
 
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <cols>
     <col min="1" max="1" width="28.515625" customWidth="true"/>
-    <col min="2" max="2" width="167.765625" customWidth="true"/>
+    <col min="2" max="2" width="167.19921875" customWidth="true"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" t="inlineStr">
         <is>
           <t>Data source:</t>
         </is>
       </c>
       <c r="B1" t="inlineStr">
         <is>
           <t>Maandelijkse zuivelstatistieken: geproduceerde zuivelproducten op basis van koemelk zoals consumptiemelk, room, boter, yoghurt, desserts, poeders, kaas, ijs,…</t>
         </is>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="inlineStr">
         <is>
           <t>Boter, kaas in kg.  Ijs, room in liter.</t>
         </is>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="inlineStr">
         <is>
           <t>Filters:</t>
         </is>
       </c>
       <c r="B3" t="inlineStr">
         <is>
-          <t>Periode : Laatste 13 Maand(Juni 2024, Juli 2024, Augustus 2024, September 2024, Oktober 2024, November 2024, December 2024, Januari 2025, Februari 2025, Maart 2025, April 2025, Mei 2025, Juni 2025)</t>
+          <t>Periode : Laatste 13 Maand(Juli 2024, Augustus 2024, September 2024, Oktober 2024, November 2024, December 2024, Januari 2025, Februari 2025, Maart 2025, April 2025, Mei 2025, Juni 2025, Juli 2025)</t>
         </is>
       </c>
     </row>
     <row r="4">
       <c r="B4" t="inlineStr">
         <is>
           <t xml:space="preserve">
 </t>
         </is>
       </c>
     </row>
     <row r="5">
 </row>
     <row r="6">
       <c r="A6" t="inlineStr">
         <is>
           <t xml:space="preserve">Bron: </t>
         </is>
       </c>
       <c r="B6" t="inlineStr">
         <is>
           <t>Statbel (Algemene Directie Statistiek - Statistics Belgium)</t>
         </is>
       </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <cols>
     <col min="1" max="1" width="23.9453125" customWidth="true"/>
     <col min="2" max="2" width="84.1875" customWidth="true"/>
     <col min="3" max="3" width="6.4140625" customWidth="true"/>
     <col min="4" max="4" width="18.05078125" customWidth="true"/>
-    <col min="5" max="5" width="9.8046875" customWidth="true"/>
-[...7 lines deleted...]
-    <col min="13" max="13" width="10.16796875" customWidth="true"/>
+    <col min="5" max="5" width="13.2265625" customWidth="true"/>
+    <col min="6" max="6" width="14.3203125" customWidth="true"/>
+    <col min="7" max="7" width="11.8515625" customWidth="true"/>
+    <col min="8" max="8" width="13.79296875" customWidth="true"/>
+    <col min="9" max="9" width="13.6875" customWidth="true"/>
+    <col min="10" max="10" width="11.55078125" customWidth="true"/>
+    <col min="11" max="11" width="12.0625" customWidth="true"/>
+    <col min="12" max="12" width="10.16796875" customWidth="true"/>
+    <col min="13" max="13" width="9.8046875" customWidth="true"/>
     <col min="14" max="14" width="9.8046875" customWidth="true"/>
     <col min="15" max="15" width="9.8046875" customWidth="true"/>
     <col min="16" max="16" width="9.8046875" customWidth="true"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1"/>
       <c r="B1"/>
       <c r="C1"/>
       <c r="D1" t="inlineStr">
         <is>
           <t>Hoeveelheid  product</t>
         </is>
       </c>
       <c r="E1"/>
       <c r="F1"/>
       <c r="G1"/>
       <c r="H1"/>
       <c r="I1"/>
       <c r="J1"/>
       <c r="K1"/>
       <c r="L1"/>
       <c r="M1"/>
       <c r="N1"/>
       <c r="O1"/>
       <c r="P1"/>
     </row>
     <row r="2">
       <c r="A2"/>
       <c r="B2"/>
       <c r="C2" t="inlineStr">
         <is>
           <t>Jaar</t>
         </is>
       </c>
       <c r="D2" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="E2"/>
       <c r="F2"/>
       <c r="G2"/>
       <c r="H2"/>
       <c r="I2"/>
-      <c r="J2"/>
-[...4 lines deleted...]
-      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t>2025</t>
+        </is>
+      </c>
+      <c r="K2"/>
       <c r="L2"/>
       <c r="M2"/>
       <c r="N2"/>
       <c r="O2"/>
       <c r="P2"/>
     </row>
     <row r="3">
       <c r="A3"/>
       <c r="B3"/>
       <c r="C3" t="inlineStr">
         <is>
           <t>Maand</t>
         </is>
       </c>
       <c r="D3" t="inlineStr">
         <is>
-          <t>Juni 2024</t>
+          <t>Juli 2024</t>
         </is>
       </c>
       <c r="E3" t="inlineStr">
         <is>
-          <t>Juli 2024</t>
+          <t>Augustus 2024</t>
         </is>
       </c>
       <c r="F3" t="inlineStr">
         <is>
-          <t>Augustus 2024</t>
+          <t>September 2024</t>
         </is>
       </c>
       <c r="G3" t="inlineStr">
         <is>
-          <t>September 2024</t>
+          <t>Oktober 2024</t>
         </is>
       </c>
       <c r="H3" t="inlineStr">
         <is>
-          <t>Oktober 2024</t>
+          <t>November 2024</t>
         </is>
       </c>
       <c r="I3" t="inlineStr">
         <is>
-          <t>November 2024</t>
+          <t>December 2024</t>
         </is>
       </c>
       <c r="J3" t="inlineStr">
         <is>
-          <t>December 2024</t>
+          <t>Januari 2025</t>
         </is>
       </c>
       <c r="K3" t="inlineStr">
         <is>
-          <t>Januari 2025</t>
+          <t>Februari 2025</t>
         </is>
       </c>
       <c r="L3" t="inlineStr">
         <is>
-          <t>Februari 2025</t>
+          <t>Maart 2025</t>
         </is>
       </c>
       <c r="M3" t="inlineStr">
         <is>
-          <t>Maart 2025</t>
+          <t>April 2025</t>
         </is>
       </c>
       <c r="N3" t="inlineStr">
         <is>
-          <t>April 2025</t>
+          <t>Mei 2025</t>
         </is>
       </c>
       <c r="O3" t="inlineStr">
         <is>
-          <t>Mei 2025</t>
+          <t>Juni 2025</t>
         </is>
       </c>
       <c r="P3" t="inlineStr">
         <is>
-          <t>Juni 2025</t>
+          <t>Juli 2025</t>
         </is>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="inlineStr">
         <is>
           <t>Soort zuivelproduct</t>
         </is>
       </c>
       <c r="B4" t="inlineStr">
         <is>
           <t>Vervaardigd product</t>
         </is>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="inlineStr">
         <is>
           <t>Consumptiemelk (in l)</t>
         </is>
       </c>
       <c r="B5" t="inlineStr">
         <is>
           <t>Volle melk</t>
         </is>
       </c>
       <c r="C5"/>
       <c r="D5"/>
       <c r="E5"/>
       <c r="F5"/>
       <c r="G5"/>
       <c r="H5"/>
       <c r="I5"/>
       <c r="J5"/>
       <c r="K5"/>
       <c r="L5"/>
       <c r="M5"/>
       <c r="N5"/>
       <c r="O5"/>
       <c r="P5"/>
     </row>
     <row r="6">
       <c r="A6"/>
       <c r="B6" t="inlineStr">
         <is>
           <t>Volle melk  gepasteuriseerd, gesteriliseerd en U.H.T.</t>
         </is>
       </c>
       <c r="C6"/>
       <c r="D6" s="1" t="n">
-        <v>1.7148494E7</v>
+        <v>1.8382006E7</v>
       </c>
       <c r="E6" s="1" t="n">
-        <v>1.8382006E7</v>
+        <v>1.7473012E7</v>
       </c>
       <c r="F6" s="1" t="n">
-        <v>1.7473012E7</v>
+        <v>1.8526789E7</v>
       </c>
       <c r="G6" s="1" t="n">
-        <v>1.8526789E7</v>
+        <v>2.0118704E7</v>
       </c>
       <c r="H6" s="1" t="n">
-        <v>2.0118704E7</v>
+        <v>2.0482469E7</v>
       </c>
       <c r="I6" s="1" t="n">
-        <v>2.0482469E7</v>
+        <v>1.9936818E7</v>
       </c>
       <c r="J6" s="1" t="n">
-        <v>1.9936818E7</v>
+        <v>1.8989035E7</v>
       </c>
       <c r="K6" s="1" t="n">
-        <v>1.8989035E7</v>
+        <v>1.7006756E7</v>
       </c>
       <c r="L6" s="1" t="n">
-        <v>1.7006756E7</v>
+        <v>1.9596243E7</v>
       </c>
       <c r="M6" s="1" t="n">
-        <v>1.9596243E7</v>
+        <v>1.9905792E7</v>
       </c>
       <c r="N6" s="1" t="n">
-        <v>1.9905792E7</v>
+        <v>1.9143207E7</v>
       </c>
       <c r="O6" s="1" t="n">
-        <v>1.9143207E7</v>
+        <v>1.9496454E7</v>
       </c>
       <c r="P6" s="1" t="n">
-        <v>1.9496454E7</v>
+        <v>1.5436065E7</v>
       </c>
     </row>
     <row r="7">
       <c r="A7"/>
       <c r="B7" t="inlineStr">
         <is>
           <t>Halfvolle melk</t>
         </is>
       </c>
       <c r="C7"/>
       <c r="D7"/>
       <c r="E7"/>
       <c r="F7"/>
       <c r="G7"/>
       <c r="H7"/>
       <c r="I7"/>
       <c r="J7"/>
       <c r="K7"/>
       <c r="L7"/>
       <c r="M7"/>
       <c r="N7"/>
       <c r="O7"/>
       <c r="P7"/>
     </row>
     <row r="8">
       <c r="A8"/>
       <c r="B8" t="inlineStr">
         <is>
           <t>Halfvolle melk  gepasteuriseerd, gesteriliseerd en U.H.T.</t>
         </is>
       </c>
       <c r="C8"/>
       <c r="D8" s="1" t="n">
-        <v>2.7558122E7</v>
+        <v>2.5165039E7</v>
       </c>
       <c r="E8" s="1" t="n">
-        <v>2.5165039E7</v>
+        <v>2.5146891E7</v>
       </c>
       <c r="F8" s="1" t="n">
-        <v>2.5146891E7</v>
+        <v>2.7582729E7</v>
       </c>
       <c r="G8" s="1" t="n">
-        <v>2.7582729E7</v>
+        <v>3.0675418E7</v>
       </c>
       <c r="H8" s="1" t="n">
-        <v>3.0675418E7</v>
+        <v>2.9343837E7</v>
       </c>
       <c r="I8" s="1" t="n">
-        <v>2.9343837E7</v>
+        <v>2.6864352E7</v>
       </c>
       <c r="J8" s="1" t="n">
-        <v>2.6864352E7</v>
+        <v>3.0251847E7</v>
       </c>
       <c r="K8" s="1" t="n">
-        <v>3.0251847E7</v>
+        <v>2.7156781E7</v>
       </c>
       <c r="L8" s="1" t="n">
-        <v>2.7156781E7</v>
+        <v>2.9006383E7</v>
       </c>
       <c r="M8" s="1" t="n">
-        <v>2.9006383E7</v>
+        <v>2.7350204E7</v>
       </c>
       <c r="N8" s="1" t="n">
-        <v>2.7350204E7</v>
+        <v>2.9470135E7</v>
       </c>
       <c r="O8" s="1" t="n">
-        <v>2.9470135E7</v>
+        <v>2.2643443E7</v>
       </c>
       <c r="P8" s="1" t="n">
-        <v>2.2643443E7</v>
+        <v>2.9249803E7</v>
       </c>
     </row>
     <row r="9">
       <c r="A9"/>
       <c r="B9" t="inlineStr">
         <is>
           <t>Magere melk</t>
         </is>
       </c>
       <c r="C9"/>
       <c r="D9"/>
       <c r="E9"/>
       <c r="F9"/>
       <c r="G9"/>
       <c r="H9"/>
       <c r="I9"/>
       <c r="J9"/>
       <c r="K9"/>
       <c r="L9"/>
       <c r="M9"/>
       <c r="N9"/>
       <c r="O9"/>
       <c r="P9"/>
     </row>
     <row r="10">
       <c r="A10"/>
       <c r="B10" t="inlineStr">
         <is>
           <t>Magere melk gepasteuriseerd, gesteriliseerd en U.H.T.</t>
         </is>
       </c>
       <c r="C10"/>
       <c r="D10" s="1" t="n">
-        <v>2726647.0</v>
+        <v>2833273.0</v>
       </c>
       <c r="E10" s="1" t="n">
-        <v>2833273.0</v>
+        <v>2594036.0</v>
       </c>
       <c r="F10" s="1" t="n">
-        <v>2594036.0</v>
+        <v>2697109.0</v>
       </c>
       <c r="G10" s="1" t="n">
-        <v>2697109.0</v>
+        <v>3011493.0</v>
       </c>
       <c r="H10" s="1" t="n">
-        <v>3011493.0</v>
+        <v>2578486.0</v>
       </c>
       <c r="I10" s="1" t="n">
-        <v>2578486.0</v>
+        <v>2856255.0</v>
       </c>
       <c r="J10" s="1" t="n">
-        <v>2856255.0</v>
+        <v>2523252.0</v>
       </c>
       <c r="K10" s="1" t="n">
-        <v>2523252.0</v>
+        <v>2631778.0</v>
       </c>
       <c r="L10" s="1" t="n">
-        <v>2631778.0</v>
+        <v>3212953.0</v>
       </c>
       <c r="M10" s="1" t="n">
-        <v>3212953.0</v>
+        <v>2501809.0</v>
       </c>
       <c r="N10" s="1" t="n">
-        <v>2501809.0</v>
+        <v>2630507.0</v>
       </c>
       <c r="O10" s="1" t="n">
-        <v>2630507.0</v>
+        <v>2748147.0</v>
       </c>
       <c r="P10" s="1" t="n">
-        <v>2748147.0</v>
+        <v>2242722.0</v>
       </c>
     </row>
     <row r="11">
       <c r="A11"/>
       <c r="B11" t="inlineStr">
         <is>
           <t>Karnemelk (gesuikerd inbegrepen)</t>
         </is>
       </c>
       <c r="C11"/>
       <c r="D11" s="1" t="n">
-        <v>1818658.0</v>
+        <v>2032941.0</v>
       </c>
       <c r="E11" s="1" t="n">
-        <v>2032941.0</v>
+        <v>1850040.0</v>
       </c>
       <c r="F11" s="1" t="n">
-        <v>1850040.0</v>
+        <v>1475990.0</v>
       </c>
       <c r="G11" s="1" t="n">
-        <v>1475990.0</v>
+        <v>1410719.0</v>
       </c>
       <c r="H11" s="1" t="n">
-        <v>1410719.0</v>
+        <v>1043614.0</v>
       </c>
       <c r="I11" s="1" t="n">
-        <v>1043614.0</v>
+        <v>1164489.0</v>
       </c>
       <c r="J11" s="1" t="n">
-        <v>1164489.0</v>
+        <v>2056044.0</v>
       </c>
       <c r="K11" s="1" t="n">
-        <v>2056044.0</v>
+        <v>1747108.0</v>
       </c>
       <c r="L11" s="1" t="n">
-        <v>1747108.0</v>
+        <v>1811778.0</v>
       </c>
       <c r="M11" s="1" t="n">
-        <v>1811778.0</v>
+        <v>1812158.0</v>
       </c>
       <c r="N11" s="1" t="n">
-        <v>1812158.0</v>
+        <v>2094092.0</v>
       </c>
       <c r="O11" s="1" t="n">
-        <v>2094092.0</v>
+        <v>1813469.0</v>
       </c>
       <c r="P11" s="1" t="n">
-        <v>1813469.0</v>
+        <v>2231719.0</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="inlineStr">
         <is>
           <t>Melkdranken (in l)</t>
         </is>
       </c>
       <c r="B12" t="inlineStr">
         <is>
           <t>Chocolademelk</t>
         </is>
       </c>
       <c r="C12"/>
       <c r="D12" s="1" t="n">
-        <v>9574563.0</v>
+        <v>1.0880227E7</v>
       </c>
       <c r="E12" s="1" t="n">
-        <v>1.0880227E7</v>
+        <v>1.2796265E7</v>
       </c>
       <c r="F12" s="1" t="n">
-        <v>1.2796265E7</v>
+        <v>1.1568552E7</v>
       </c>
       <c r="G12" s="1" t="n">
-        <v>1.1568552E7</v>
+        <v>1.6204728E7</v>
       </c>
       <c r="H12" s="1" t="n">
-        <v>1.6204728E7</v>
+        <v>1.3902108E7</v>
       </c>
       <c r="I12" s="1" t="n">
-        <v>1.3902108E7</v>
+        <v>1.4391115E7</v>
       </c>
       <c r="J12" s="1" t="n">
-        <v>1.4391115E7</v>
+        <v>1.1930747E7</v>
       </c>
       <c r="K12" s="1" t="n">
-        <v>1.1930747E7</v>
+        <v>9398201.0</v>
       </c>
       <c r="L12" s="1" t="n">
-        <v>9398201.0</v>
+        <v>9076127.0</v>
       </c>
       <c r="M12" s="1" t="n">
-        <v>9076127.0</v>
+        <v>1.1630263E7</v>
       </c>
       <c r="N12" s="1" t="n">
-        <v>1.1630263E7</v>
+        <v>9659191.0</v>
       </c>
       <c r="O12" s="1" t="n">
-        <v>9659191.0</v>
+        <v>9171489.0</v>
       </c>
       <c r="P12" s="1" t="n">
-        <v>9171489.0</v>
+        <v>1.1214221E7</v>
       </c>
     </row>
     <row r="13">
       <c r="A13"/>
       <c r="B13" t="inlineStr">
         <is>
           <t>Andere melk en melkdranken</t>
         </is>
       </c>
       <c r="C13"/>
       <c r="D13" s="1" t="n">
-        <v>2325428.0</v>
+        <v>1708133.0</v>
       </c>
       <c r="E13" s="1" t="n">
-        <v>1708133.0</v>
+        <v>2168062.0</v>
       </c>
       <c r="F13" s="1" t="n">
-        <v>2168062.0</v>
+        <v>1508516.0</v>
       </c>
       <c r="G13" s="1" t="n">
-        <v>1508516.0</v>
+        <v>2056114.0</v>
       </c>
       <c r="H13" s="1" t="n">
-        <v>2056114.0</v>
+        <v>1885156.0</v>
       </c>
       <c r="I13" s="1" t="n">
-        <v>1885156.0</v>
+        <v>1881961.0</v>
       </c>
       <c r="J13" s="1" t="n">
-        <v>1881961.0</v>
+        <v>2629865.0</v>
       </c>
       <c r="K13" s="1" t="n">
-        <v>2629865.0</v>
+        <v>1901226.0</v>
       </c>
       <c r="L13" s="1" t="n">
-        <v>1901226.0</v>
+        <v>2067891.0</v>
       </c>
       <c r="M13" s="1" t="n">
-        <v>2067891.0</v>
+        <v>2263693.0</v>
       </c>
       <c r="N13" s="1" t="n">
-        <v>2263693.0</v>
+        <v>2694131.0</v>
       </c>
       <c r="O13" s="1" t="n">
-        <v>2694131.0</v>
+        <v>2515572.0</v>
       </c>
       <c r="P13" s="1" t="n">
-        <v>2515572.0</v>
+        <v>2333187.0</v>
       </c>
     </row>
     <row r="14">
       <c r="A14"/>
       <c r="B14" t="inlineStr">
         <is>
           <t>Mengsel van melk en plantaardige vetten</t>
         </is>
       </c>
       <c r="C14"/>
       <c r="D14"/>
       <c r="E14"/>
       <c r="F14"/>
       <c r="G14"/>
       <c r="H14"/>
       <c r="I14"/>
       <c r="J14"/>
       <c r="K14"/>
       <c r="L14"/>
       <c r="M14"/>
       <c r="N14"/>
       <c r="O14"/>
       <c r="P14"/>
     </row>
     <row r="15">
       <c r="A15" t="inlineStr">
         <is>
           <t>Verse zuivelproducten (in l)</t>
         </is>
       </c>
       <c r="B15" t="inlineStr">
         <is>
           <t>Room met een melkvetgehalte : hoger dan 29 %</t>
         </is>
       </c>
       <c r="C15"/>
       <c r="D15" s="1" t="n">
-        <v>1.1806966E7</v>
+        <v>1.1446336E7</v>
       </c>
       <c r="E15" s="1" t="n">
-        <v>1.1446336E7</v>
+        <v>9351027.0</v>
       </c>
       <c r="F15" s="1" t="n">
-        <v>9351027.0</v>
+        <v>8960403.0</v>
       </c>
       <c r="G15" s="1" t="n">
-        <v>8960403.0</v>
+        <v>1.215755E7</v>
       </c>
       <c r="H15" s="1" t="n">
-        <v>1.215755E7</v>
+        <v>9465078.0</v>
       </c>
       <c r="I15" s="1" t="n">
-        <v>9465078.0</v>
+        <v>9840117.0</v>
       </c>
       <c r="J15" s="1" t="n">
-        <v>9840117.0</v>
+        <v>1.0413104E7</v>
       </c>
       <c r="K15" s="1" t="n">
-        <v>1.0413104E7</v>
+        <v>9489645.0</v>
       </c>
       <c r="L15" s="1" t="n">
-        <v>9489645.0</v>
+        <v>9852074.0</v>
       </c>
       <c r="M15" s="1" t="n">
-        <v>9852074.0</v>
+        <v>9273821.0</v>
       </c>
       <c r="N15" s="1" t="n">
-        <v>9273821.0</v>
+        <v>1.0202609E7</v>
       </c>
       <c r="O15" s="1" t="n">
-        <v>1.0202609E7</v>
+        <v>9337657.0</v>
       </c>
       <c r="P15" s="1" t="n">
-        <v>9337657.0</v>
+        <v>9829537.0</v>
       </c>
     </row>
     <row r="16">
       <c r="A16"/>
       <c r="B16" t="inlineStr">
         <is>
           <t>Room met een melkvetgehalte: lager dan of gelijk aan 29 %</t>
         </is>
       </c>
       <c r="C16"/>
       <c r="D16" s="1" t="n">
-        <v>1.2041473E7</v>
+        <v>1.1752793E7</v>
       </c>
       <c r="E16" s="1" t="n">
-        <v>1.1752793E7</v>
+        <v>9713169.0</v>
       </c>
       <c r="F16" s="1" t="n">
-        <v>9713169.0</v>
+        <v>9563340.0</v>
       </c>
       <c r="G16" s="1" t="n">
-        <v>9563340.0</v>
+        <v>1.3698403E7</v>
       </c>
       <c r="H16" s="1" t="n">
-        <v>1.3698403E7</v>
+        <v>1.2947446E7</v>
       </c>
       <c r="I16" s="1" t="n">
-        <v>1.2947446E7</v>
+        <v>1.1107597E7</v>
       </c>
       <c r="J16" s="1" t="n">
-        <v>1.1107597E7</v>
+        <v>1.2988397E7</v>
       </c>
       <c r="K16" s="1" t="n">
-        <v>1.2988397E7</v>
+        <v>1.1624431E7</v>
       </c>
       <c r="L16" s="1" t="n">
-        <v>1.1624431E7</v>
+        <v>1.4026266E7</v>
       </c>
       <c r="M16" s="1" t="n">
-        <v>1.4026266E7</v>
+        <v>1.4349815E7</v>
       </c>
       <c r="N16" s="1" t="n">
-        <v>1.4349815E7</v>
+        <v>1.2598894E7</v>
       </c>
       <c r="O16" s="1" t="n">
-        <v>1.2598894E7</v>
+        <v>1.1401163E7</v>
       </c>
       <c r="P16" s="1" t="n">
-        <v>1.1401163E7</v>
+        <v>1.2131115E7</v>
       </c>
     </row>
     <row r="17">
       <c r="A17"/>
       <c r="B17" t="inlineStr">
         <is>
           <t>Bereidingen op basis van room (sauzen, ...)</t>
         </is>
       </c>
       <c r="C17"/>
       <c r="D17"/>
       <c r="E17"/>
       <c r="F17"/>
       <c r="G17"/>
       <c r="H17"/>
       <c r="I17"/>
       <c r="J17"/>
       <c r="K17"/>
       <c r="L17"/>
       <c r="M17"/>
       <c r="N17"/>
       <c r="O17"/>
       <c r="P17"/>
     </row>
     <row r="18">
       <c r="A18"/>
       <c r="B18" t="inlineStr">
         <is>
           <t>Yoghurt</t>
         </is>
       </c>
       <c r="C18"/>
       <c r="D18" s="1" t="n">
-        <v>3725755.0</v>
+        <v>3953567.0</v>
       </c>
       <c r="E18" s="1" t="n">
-        <v>3953567.0</v>
+        <v>4040253.0</v>
       </c>
       <c r="F18" s="1" t="n">
-        <v>4040253.0</v>
+        <v>4685286.0</v>
       </c>
       <c r="G18" s="1" t="n">
-        <v>4685286.0</v>
+        <v>5065988.0</v>
       </c>
       <c r="H18" s="1" t="n">
-        <v>5065988.0</v>
+        <v>4259720.0</v>
       </c>
       <c r="I18" s="1" t="n">
-        <v>4259720.0</v>
+        <v>4178650.0</v>
       </c>
       <c r="J18" s="1" t="n">
-        <v>4178650.0</v>
+        <v>4358494.0</v>
       </c>
       <c r="K18" s="1" t="n">
-        <v>4358494.0</v>
+        <v>4235887.0</v>
       </c>
       <c r="L18" s="1" t="n">
-        <v>4235887.0</v>
+        <v>4275635.0</v>
       </c>
       <c r="M18" s="1" t="n">
-        <v>4275635.0</v>
+        <v>4478321.0</v>
       </c>
       <c r="N18" s="1" t="n">
-        <v>4478321.0</v>
+        <v>4409982.0</v>
       </c>
       <c r="O18" s="1" t="n">
-        <v>4409982.0</v>
+        <v>4576801.0</v>
       </c>
       <c r="P18" s="1" t="n">
-        <v>4576801.0</v>
+        <v>4996162.0</v>
       </c>
     </row>
     <row r="19">
       <c r="A19"/>
       <c r="B19" t="inlineStr">
         <is>
           <t>Gefermenteerde melk</t>
         </is>
       </c>
       <c r="C19"/>
       <c r="D19" s="1" t="n">
-        <v>2.1772647E7</v>
+        <v>2.3087157E7</v>
       </c>
       <c r="E19" s="1" t="n">
-        <v>2.3087157E7</v>
+        <v>2.3308489E7</v>
       </c>
       <c r="F19" s="1" t="n">
-        <v>2.3308489E7</v>
+        <v>2.3469205E7</v>
       </c>
       <c r="G19" s="1" t="n">
-        <v>2.3469205E7</v>
+        <v>2.4544419E7</v>
       </c>
       <c r="H19" s="1" t="n">
-        <v>2.4544419E7</v>
+        <v>2.4177047E7</v>
       </c>
       <c r="I19" s="1" t="n">
-        <v>2.4177047E7</v>
+        <v>2.6764413E7</v>
       </c>
       <c r="J19" s="1" t="n">
-        <v>2.6764413E7</v>
+        <v>2.4825874E7</v>
       </c>
       <c r="K19" s="1" t="n">
-        <v>2.4825874E7</v>
+        <v>2.5401859E7</v>
       </c>
       <c r="L19" s="1" t="n">
-        <v>2.5401859E7</v>
+        <v>2.4884535E7</v>
       </c>
       <c r="M19" s="1" t="n">
-        <v>2.4884535E7</v>
+        <v>2.4172803E7</v>
       </c>
       <c r="N19" s="1" t="n">
-        <v>2.4172803E7</v>
+        <v>2.3065474E7</v>
       </c>
       <c r="O19" s="1" t="n">
-        <v>2.3065474E7</v>
+        <v>2.181669E7</v>
       </c>
       <c r="P19" s="1" t="n">
-        <v>2.181669E7</v>
+        <v>2.2292384E7</v>
       </c>
     </row>
     <row r="20">
       <c r="A20"/>
       <c r="B20" t="inlineStr">
         <is>
           <t>Desserts op basis van melk/room</t>
         </is>
       </c>
       <c r="C20"/>
       <c r="D20" s="1" t="n">
-        <v>1.2331682E7</v>
+        <v>1.2441688E7</v>
       </c>
       <c r="E20" s="1" t="n">
-        <v>1.2441688E7</v>
+        <v>1.0510888E7</v>
       </c>
       <c r="F20" s="1" t="n">
-        <v>1.0510888E7</v>
+        <v>9241361.0</v>
       </c>
       <c r="G20" s="1" t="n">
-        <v>9241361.0</v>
+        <v>7558291.0</v>
       </c>
       <c r="H20" s="1" t="n">
-        <v>7558291.0</v>
+        <v>8489259.0</v>
       </c>
       <c r="I20" s="1" t="n">
-        <v>8489259.0</v>
+        <v>7158006.0</v>
       </c>
       <c r="J20" s="1" t="n">
-        <v>7158006.0</v>
+        <v>1.0209E7</v>
       </c>
       <c r="K20" s="1" t="n">
-        <v>1.0209E7</v>
+        <v>9103072.0</v>
       </c>
       <c r="L20" s="1" t="n">
-        <v>9103072.0</v>
+        <v>9781741.0</v>
       </c>
       <c r="M20" s="1" t="n">
-        <v>9781741.0</v>
+        <v>1.5687199E7</v>
       </c>
       <c r="N20" s="1" t="n">
-        <v>1.5687199E7</v>
+        <v>1.4809159E7</v>
       </c>
       <c r="O20" s="1" t="n">
-        <v>1.4809159E7</v>
+        <v>1.2504694E7</v>
       </c>
       <c r="P20" s="1" t="n">
-        <v>1.2504694E7</v>
+        <v>1.3664264E7</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="inlineStr">
         <is>
           <t>Boter (in kg)</t>
         </is>
       </c>
       <c r="B21" t="inlineStr">
         <is>
           <t>Melkerijboter (melkvet: 80-89 %)</t>
         </is>
       </c>
       <c r="C21"/>
       <c r="D21" s="1" t="n">
-        <v>5630026.0</v>
+        <v>5318296.0</v>
       </c>
       <c r="E21" s="1" t="n">
-        <v>5318296.0</v>
+        <v>5055041.0</v>
       </c>
       <c r="F21" s="1" t="n">
-        <v>5055041.0</v>
+        <v>4499215.0</v>
       </c>
       <c r="G21" s="1" t="n">
-        <v>4499215.0</v>
+        <v>3923480.0</v>
       </c>
       <c r="H21" s="1" t="n">
-        <v>3923480.0</v>
+        <v>4805010.0</v>
       </c>
       <c r="I21" s="1" t="n">
-        <v>4805010.0</v>
+        <v>5064606.0</v>
       </c>
       <c r="J21" s="1" t="n">
-        <v>5064606.0</v>
+        <v>5761554.0</v>
       </c>
       <c r="K21" s="1" t="n">
-        <v>5761554.0</v>
+        <v>4986385.0</v>
       </c>
       <c r="L21" s="1" t="n">
-        <v>4986385.0</v>
+        <v>6213865.0</v>
       </c>
       <c r="M21" s="1" t="n">
-        <v>6213865.0</v>
+        <v>6212830.0</v>
       </c>
       <c r="N21" s="1" t="n">
-        <v>6212830.0</v>
+        <v>6066543.0</v>
       </c>
       <c r="O21" s="1" t="n">
-        <v>6066543.0</v>
+        <v>5590169.0</v>
       </c>
       <c r="P21" s="1" t="n">
-        <v>5588244.0</v>
+        <v>5748568.0</v>
       </c>
     </row>
     <row r="22">
       <c r="A22"/>
       <c r="B22" t="inlineStr">
         <is>
           <t>Herwerkte boter (melkvet: 80-89 %)</t>
         </is>
       </c>
       <c r="C22"/>
       <c r="D22"/>
       <c r="E22"/>
       <c r="F22"/>
       <c r="G22"/>
       <c r="H22"/>
       <c r="I22"/>
       <c r="J22"/>
       <c r="K22"/>
       <c r="L22"/>
       <c r="M22"/>
       <c r="N22"/>
       <c r="O22"/>
       <c r="P22"/>
     </row>
     <row r="23">
@@ -1068,135 +1068,135 @@
       <c r="F23"/>
       <c r="G23"/>
       <c r="H23"/>
       <c r="I23"/>
       <c r="J23"/>
       <c r="K23"/>
       <c r="L23"/>
       <c r="M23"/>
       <c r="N23"/>
       <c r="O23"/>
       <c r="P23"/>
     </row>
     <row r="24">
       <c r="A24" t="inlineStr">
         <is>
           <t>Melkpoeder (in kg)</t>
         </is>
       </c>
       <c r="B24" t="inlineStr">
         <is>
           <t>Room , Volle melk, Halfvolle melk</t>
         </is>
       </c>
       <c r="C24"/>
       <c r="D24" s="1" t="n">
-        <v>3808398.0</v>
+        <v>3055009.0</v>
       </c>
       <c r="E24" s="1" t="n">
-        <v>3055009.0</v>
+        <v>1054809.0</v>
       </c>
       <c r="F24" s="1" t="n">
-        <v>1054809.0</v>
+        <v>1719757.0</v>
       </c>
       <c r="G24" s="1" t="n">
-        <v>1719757.0</v>
+        <v>1453057.0</v>
       </c>
       <c r="H24" s="1" t="n">
-        <v>1453057.0</v>
+        <v>1703757.0</v>
       </c>
       <c r="I24" s="1" t="n">
-        <v>1703757.0</v>
+        <v>2985572.0</v>
       </c>
       <c r="J24" s="1" t="n">
-        <v>2985572.0</v>
+        <v>3178720.0</v>
       </c>
       <c r="K24" s="1" t="n">
-        <v>3178720.0</v>
+        <v>1974568.0</v>
       </c>
       <c r="L24" s="1" t="n">
-        <v>1974568.0</v>
+        <v>4074125.0</v>
       </c>
       <c r="M24" s="1" t="n">
-        <v>4074125.0</v>
+        <v>2283430.0</v>
       </c>
       <c r="N24" s="1" t="n">
-        <v>2283430.0</v>
+        <v>2986552.0</v>
       </c>
       <c r="O24" s="1" t="n">
-        <v>2986552.0</v>
+        <v>3184766.0</v>
       </c>
       <c r="P24" s="1" t="n">
-        <v>3184766.0</v>
+        <v>2949268.0</v>
       </c>
     </row>
     <row r="25">
       <c r="A25"/>
       <c r="B25" t="inlineStr">
         <is>
           <t>Magere melk (vet: 1,5% max.)</t>
         </is>
       </c>
       <c r="C25"/>
       <c r="D25" s="1" t="n">
-        <v>1.5898674E7</v>
+        <v>1.3183937E7</v>
       </c>
       <c r="E25" s="1" t="n">
-        <v>1.3183937E7</v>
+        <v>1.1367268E7</v>
       </c>
       <c r="F25" s="1" t="n">
-        <v>1.1367268E7</v>
+        <v>8753163.0</v>
       </c>
       <c r="G25" s="1" t="n">
-        <v>8753163.0</v>
+        <v>1.0163912E7</v>
       </c>
       <c r="H25" s="1" t="n">
-        <v>1.0163912E7</v>
+        <v>1.071552E7</v>
       </c>
       <c r="I25" s="1" t="n">
-        <v>1.071552E7</v>
+        <v>1.4497668E7</v>
       </c>
       <c r="J25" s="1" t="n">
-        <v>1.4497668E7</v>
+        <v>1.3699508E7</v>
       </c>
       <c r="K25" s="1" t="n">
-        <v>1.3699508E7</v>
+        <v>1.7468486E7</v>
       </c>
       <c r="L25" s="1" t="n">
-        <v>1.7468486E7</v>
+        <v>1.5301384E7</v>
       </c>
       <c r="M25" s="1" t="n">
-        <v>1.5301384E7</v>
+        <v>1.8797681E7</v>
       </c>
       <c r="N25" s="1" t="n">
-        <v>1.8797681E7</v>
+        <v>1.7488573E7</v>
       </c>
       <c r="O25" s="1" t="n">
-        <v>1.7488573E7</v>
+        <v>1.5244077E7</v>
       </c>
       <c r="P25" s="1" t="n">
-        <v>1.5244077E7</v>
+        <v>1.2717698E7</v>
       </c>
     </row>
     <row r="26">
       <c r="A26"/>
       <c r="B26" t="inlineStr">
         <is>
           <t>Karnemelk</t>
         </is>
       </c>
       <c r="C26"/>
       <c r="D26"/>
       <c r="E26"/>
       <c r="F26"/>
       <c r="G26"/>
       <c r="H26"/>
       <c r="I26"/>
       <c r="J26"/>
       <c r="K26"/>
       <c r="L26"/>
       <c r="M26"/>
       <c r="N26"/>
       <c r="O26"/>
       <c r="P26"/>
     </row>
     <row r="27">
@@ -1234,257 +1234,257 @@
       <c r="F28"/>
       <c r="G28"/>
       <c r="H28"/>
       <c r="I28"/>
       <c r="J28"/>
       <c r="K28"/>
       <c r="L28"/>
       <c r="M28"/>
       <c r="N28"/>
       <c r="O28"/>
       <c r="P28"/>
     </row>
     <row r="29">
       <c r="A29" t="inlineStr">
         <is>
           <t>Ingedikte melk en wei (in kg)</t>
         </is>
       </c>
       <c r="B29" t="inlineStr">
         <is>
           <t>Geëvaporeerde  en gecondenseerde melk</t>
         </is>
       </c>
       <c r="C29"/>
       <c r="D29" s="1" t="n">
-        <v>2901222.0</v>
+        <v>9017411.0</v>
       </c>
       <c r="E29" s="1" t="n">
-        <v>9017411.0</v>
+        <v>9112541.0</v>
       </c>
       <c r="F29" s="1" t="n">
-        <v>9112541.0</v>
+        <v>9452161.0</v>
       </c>
       <c r="G29" s="1" t="n">
-        <v>9452161.0</v>
+        <v>8549078.0</v>
       </c>
       <c r="H29" s="1" t="n">
-        <v>8549078.0</v>
+        <v>7485503.0</v>
       </c>
       <c r="I29" s="1" t="n">
-        <v>7485503.0</v>
+        <v>3409112.0</v>
       </c>
       <c r="J29" s="1" t="n">
-        <v>3409112.0</v>
+        <v>5806456.0</v>
       </c>
       <c r="K29" s="1" t="n">
-        <v>5806456.0</v>
+        <v>4274117.0</v>
       </c>
       <c r="L29" s="1" t="n">
-        <v>4274117.0</v>
+        <v>4054327.0</v>
       </c>
       <c r="M29" s="1" t="n">
-        <v>4054327.0</v>
+        <v>2847492.0</v>
       </c>
       <c r="N29" s="1" t="n">
-        <v>2847492.0</v>
+        <v>2676282.0</v>
       </c>
       <c r="O29" s="1" t="n">
-        <v>2676282.0</v>
+        <v>3737490.0</v>
       </c>
       <c r="P29" s="1" t="n">
-        <v>3737490.0</v>
+        <v>7411548.0</v>
       </c>
     </row>
     <row r="30">
       <c r="A30"/>
       <c r="B30" t="inlineStr">
         <is>
           <t>Weiroom/ingedikte wei</t>
         </is>
       </c>
       <c r="C30"/>
       <c r="D30"/>
       <c r="E30"/>
       <c r="F30"/>
       <c r="G30"/>
       <c r="H30"/>
       <c r="I30"/>
       <c r="J30"/>
       <c r="K30"/>
       <c r="L30"/>
       <c r="M30"/>
       <c r="N30"/>
       <c r="O30"/>
       <c r="P30"/>
     </row>
     <row r="31">
       <c r="A31" t="inlineStr">
         <is>
           <t>Kaas (in kg)</t>
         </is>
       </c>
       <c r="B31" t="inlineStr">
         <is>
           <t>Verse kaas: natuur</t>
         </is>
       </c>
       <c r="C31"/>
       <c r="D31" s="1" t="n">
-        <v>1999186.0</v>
+        <v>1827188.0</v>
       </c>
       <c r="E31" s="1" t="n">
-        <v>1827188.0</v>
+        <v>1827912.0</v>
       </c>
       <c r="F31" s="1" t="n">
-        <v>1827912.0</v>
+        <v>1834842.0</v>
       </c>
       <c r="G31" s="1" t="n">
-        <v>1834842.0</v>
+        <v>2141978.0</v>
       </c>
       <c r="H31" s="1" t="n">
-        <v>2141978.0</v>
+        <v>1952048.0</v>
       </c>
       <c r="I31" s="1" t="n">
-        <v>1952048.0</v>
+        <v>1744153.0</v>
       </c>
       <c r="J31" s="1" t="n">
-        <v>1744153.0</v>
+        <v>1989056.0</v>
       </c>
       <c r="K31" s="1" t="n">
-        <v>1989056.0</v>
+        <v>1916808.0</v>
       </c>
       <c r="L31" s="1" t="n">
-        <v>1916808.0</v>
+        <v>2142502.0</v>
       </c>
       <c r="M31" s="1" t="n">
-        <v>2142502.0</v>
+        <v>2230564.0</v>
       </c>
       <c r="N31" s="1" t="n">
-        <v>2230564.0</v>
+        <v>2223166.0</v>
       </c>
       <c r="O31" s="1" t="n">
-        <v>2223166.0</v>
+        <v>2192544.0</v>
       </c>
       <c r="P31" s="1" t="n">
-        <v>2192538.0</v>
+        <v>2175955.0</v>
       </c>
     </row>
     <row r="32">
       <c r="A32"/>
       <c r="B32" t="inlineStr">
         <is>
           <t>Verse kaas: ricotta</t>
         </is>
       </c>
       <c r="C32"/>
       <c r="D32" s="1" t="n">
-        <v>8637.0</v>
+        <v>2491.0</v>
       </c>
       <c r="E32" s="1" t="n">
-        <v>2491.0</v>
+        <v>4365.0</v>
       </c>
       <c r="F32" s="1" t="n">
-        <v>4365.0</v>
+        <v>10441.0</v>
       </c>
       <c r="G32" s="1" t="n">
-        <v>10441.0</v>
+        <v>7556.0</v>
       </c>
       <c r="H32" s="1" t="n">
-        <v>7556.0</v>
+        <v>7895.0</v>
       </c>
       <c r="I32" s="1" t="n">
-        <v>7895.0</v>
+        <v>10525.0</v>
       </c>
       <c r="J32" s="1" t="n">
-        <v>10525.0</v>
+        <v>7876.0</v>
       </c>
       <c r="K32" s="1" t="n">
-        <v>7876.0</v>
+        <v>7975.0</v>
       </c>
       <c r="L32" s="1" t="n">
-        <v>7975.0</v>
+        <v>8731.0</v>
       </c>
       <c r="M32" s="1" t="n">
-        <v>8731.0</v>
+        <v>10265.0</v>
       </c>
       <c r="N32" s="1" t="n">
-        <v>10265.0</v>
+        <v>8200.0</v>
       </c>
       <c r="O32" s="1" t="n">
-        <v>8200.0</v>
+        <v>7769.0</v>
       </c>
       <c r="P32" s="1" t="n">
-        <v>7769.0</v>
+        <v>2568.0</v>
       </c>
     </row>
     <row r="33">
       <c r="A33"/>
       <c r="B33" t="inlineStr">
         <is>
           <t>Verse kaas: andere</t>
         </is>
       </c>
       <c r="C33"/>
       <c r="D33" s="1" t="n">
-        <v>10618.0</v>
+        <v>12316.0</v>
       </c>
       <c r="E33" s="1" t="n">
-        <v>12316.0</v>
+        <v>9674.0</v>
       </c>
       <c r="F33" s="1" t="n">
-        <v>9674.0</v>
+        <v>10299.0</v>
       </c>
       <c r="G33" s="1" t="n">
-        <v>10299.0</v>
+        <v>9828.0</v>
       </c>
       <c r="H33" s="1" t="n">
-        <v>9828.0</v>
+        <v>12542.0</v>
       </c>
       <c r="I33" s="1" t="n">
-        <v>12542.0</v>
+        <v>10590.0</v>
       </c>
       <c r="J33" s="1" t="n">
-        <v>10590.0</v>
+        <v>9966.0</v>
       </c>
       <c r="K33" s="1" t="n">
-        <v>9966.0</v>
+        <v>11987.0</v>
       </c>
       <c r="L33" s="1" t="n">
-        <v>11987.0</v>
+        <v>10816.0</v>
       </c>
       <c r="M33" s="1" t="n">
-        <v>10816.0</v>
+        <v>11185.0</v>
       </c>
       <c r="N33" s="1" t="n">
-        <v>11185.0</v>
+        <v>9816.0</v>
       </c>
       <c r="O33" s="1" t="n">
-        <v>9816.0</v>
+        <v>9638.0</v>
       </c>
       <c r="P33" s="1" t="n">
-        <v>9638.0</v>
+        <v>8945.0</v>
       </c>
     </row>
     <row r="34">
       <c r="A34"/>
       <c r="B34" t="inlineStr">
         <is>
           <t>Wrongel</t>
         </is>
       </c>
       <c r="C34"/>
       <c r="D34"/>
       <c r="E34"/>
       <c r="F34"/>
       <c r="G34"/>
       <c r="H34"/>
       <c r="I34"/>
       <c r="J34"/>
       <c r="K34"/>
       <c r="L34"/>
       <c r="M34"/>
       <c r="N34"/>
       <c r="O34"/>
       <c r="P34"/>
     </row>
     <row r="35">
@@ -1496,401 +1496,401 @@
       </c>
       <c r="C35"/>
       <c r="D35"/>
       <c r="E35"/>
       <c r="F35"/>
       <c r="G35"/>
       <c r="H35"/>
       <c r="I35"/>
       <c r="J35"/>
       <c r="K35"/>
       <c r="L35"/>
       <c r="M35"/>
       <c r="N35"/>
       <c r="O35"/>
       <c r="P35"/>
     </row>
     <row r="36">
       <c r="A36"/>
       <c r="B36" t="inlineStr">
         <is>
           <t>Gouda</t>
         </is>
       </c>
       <c r="C36"/>
       <c r="D36" s="1" t="n">
-        <v>868866.0</v>
+        <v>743133.0</v>
       </c>
       <c r="E36" s="1" t="n">
-        <v>743133.0</v>
+        <v>878227.0</v>
       </c>
       <c r="F36" s="1" t="n">
-        <v>878227.0</v>
+        <v>735261.0</v>
       </c>
       <c r="G36" s="1" t="n">
-        <v>735261.0</v>
+        <v>1018661.0</v>
       </c>
       <c r="H36" s="1" t="n">
-        <v>1018661.0</v>
+        <v>764475.0</v>
       </c>
       <c r="I36" s="1" t="n">
-        <v>764475.0</v>
+        <v>719814.0</v>
       </c>
       <c r="J36" s="1" t="n">
-        <v>719814.0</v>
+        <v>958308.0</v>
       </c>
       <c r="K36" s="1" t="n">
-        <v>958308.0</v>
+        <v>735365.0</v>
       </c>
       <c r="L36" s="1" t="n">
-        <v>735365.0</v>
+        <v>962502.0</v>
       </c>
       <c r="M36" s="1" t="n">
-        <v>962502.0</v>
+        <v>857773.0</v>
       </c>
       <c r="N36" s="1" t="n">
-        <v>857773.0</v>
+        <v>793781.0</v>
       </c>
       <c r="O36" s="1" t="n">
-        <v>793781.0</v>
+        <v>799204.0</v>
       </c>
       <c r="P36" s="1" t="n">
-        <v>799204.0</v>
+        <v>858749.0</v>
       </c>
     </row>
     <row r="37">
       <c r="A37"/>
       <c r="B37" t="inlineStr">
         <is>
           <t>Herve</t>
         </is>
       </c>
       <c r="C37"/>
       <c r="D37"/>
       <c r="E37"/>
       <c r="F37"/>
       <c r="G37"/>
       <c r="H37"/>
       <c r="I37"/>
       <c r="J37"/>
       <c r="K37"/>
       <c r="L37"/>
       <c r="M37"/>
       <c r="N37"/>
       <c r="O37"/>
       <c r="P37"/>
     </row>
     <row r="38">
       <c r="A38"/>
       <c r="B38" t="inlineStr">
         <is>
           <t>Mozzarella</t>
         </is>
       </c>
       <c r="C38"/>
       <c r="D38" s="1" t="n">
-        <v>7595459.0</v>
+        <v>7254064.0</v>
       </c>
       <c r="E38" s="1" t="n">
-        <v>7254064.0</v>
+        <v>6796454.0</v>
       </c>
       <c r="F38" s="1" t="n">
-        <v>6796454.0</v>
+        <v>7604407.0</v>
       </c>
       <c r="G38" s="1" t="n">
-        <v>7604407.0</v>
+        <v>7365209.0</v>
       </c>
       <c r="H38" s="1" t="n">
-        <v>7365209.0</v>
+        <v>6795830.0</v>
       </c>
       <c r="I38" s="1" t="n">
-        <v>6795830.0</v>
+        <v>7563391.0</v>
       </c>
       <c r="J38" s="1" t="n">
-        <v>7563391.0</v>
+        <v>6820263.0</v>
       </c>
       <c r="K38" s="1" t="n">
-        <v>6820263.0</v>
+        <v>7095282.0</v>
       </c>
       <c r="L38" s="1" t="n">
-        <v>7095282.0</v>
+        <v>7610517.0</v>
       </c>
       <c r="M38" s="1" t="n">
-        <v>7610517.0</v>
+        <v>7564915.0</v>
       </c>
       <c r="N38" s="1" t="n">
-        <v>7564915.0</v>
+        <v>7658340.0</v>
       </c>
       <c r="O38" s="1" t="n">
-        <v>7658340.0</v>
+        <v>6706670.0</v>
       </c>
       <c r="P38" s="1" t="n">
-        <v>6706670.0</v>
+        <v>7703518.0</v>
       </c>
     </row>
     <row r="39">
       <c r="A39"/>
       <c r="B39" t="inlineStr">
         <is>
           <t>Andere Italiaanse kazen</t>
         </is>
       </c>
       <c r="C39"/>
       <c r="D39" s="1" t="n">
-        <v>3051.0</v>
+        <v>2174.0</v>
       </c>
       <c r="E39" s="1" t="n">
-        <v>2174.0</v>
+        <v>1934.0</v>
       </c>
       <c r="F39" s="1" t="n">
-        <v>1934.0</v>
+        <v>3275.0</v>
       </c>
       <c r="G39" s="1" t="n">
-        <v>3275.0</v>
+        <v>2704.0</v>
       </c>
       <c r="H39" s="1" t="n">
-        <v>2704.0</v>
+        <v>2761.0</v>
       </c>
       <c r="I39" s="1" t="n">
-        <v>2761.0</v>
+        <v>2721.0</v>
       </c>
       <c r="J39" s="1" t="n">
-        <v>2721.0</v>
+        <v>2468.0</v>
       </c>
       <c r="K39" s="1" t="n">
-        <v>2468.0</v>
+        <v>3071.0</v>
       </c>
       <c r="L39" s="1" t="n">
-        <v>3071.0</v>
+        <v>3385.0</v>
       </c>
       <c r="M39" s="1" t="n">
-        <v>3385.0</v>
+        <v>4417.0</v>
       </c>
       <c r="N39" s="1" t="n">
-        <v>4417.0</v>
+        <v>2473.0</v>
       </c>
       <c r="O39" s="1" t="n">
-        <v>2473.0</v>
+        <v>5297.0</v>
       </c>
       <c r="P39" s="1" t="n">
-        <v>5297.0</v>
+        <v>2292.0</v>
       </c>
     </row>
     <row r="40">
       <c r="A40"/>
       <c r="B40" t="inlineStr">
         <is>
           <t>Andere kazen</t>
         </is>
       </c>
       <c r="C40"/>
       <c r="D40" s="1" t="n">
-        <v>1614017.0</v>
+        <v>1705832.0</v>
       </c>
       <c r="E40" s="1" t="n">
-        <v>1705832.0</v>
+        <v>1559641.0</v>
       </c>
       <c r="F40" s="1" t="n">
-        <v>1559641.0</v>
+        <v>1463721.0</v>
       </c>
       <c r="G40" s="1" t="n">
-        <v>1463721.0</v>
+        <v>1491045.0</v>
       </c>
       <c r="H40" s="1" t="n">
-        <v>1491045.0</v>
+        <v>1351577.0</v>
       </c>
       <c r="I40" s="1" t="n">
-        <v>1351577.0</v>
+        <v>1288199.0</v>
       </c>
       <c r="J40" s="1" t="n">
-        <v>1288199.0</v>
+        <v>1687111.0</v>
       </c>
       <c r="K40" s="1" t="n">
-        <v>1687111.0</v>
+        <v>1252941.0</v>
       </c>
       <c r="L40" s="1" t="n">
-        <v>1252941.0</v>
+        <v>1621784.0</v>
       </c>
       <c r="M40" s="1" t="n">
-        <v>1621784.0</v>
+        <v>1584161.0</v>
       </c>
       <c r="N40" s="1" t="n">
-        <v>1584252.0</v>
+        <v>1507441.0</v>
       </c>
       <c r="O40" s="1" t="n">
-        <v>1507497.0</v>
+        <v>1514764.0</v>
       </c>
       <c r="P40" s="1" t="n">
-        <v>1511521.0</v>
+        <v>1538280.0</v>
       </c>
     </row>
     <row r="41">
       <c r="A41"/>
       <c r="B41" t="inlineStr">
         <is>
           <t>Smeltkaas</t>
         </is>
       </c>
       <c r="C41"/>
       <c r="D41" s="1" t="n">
-        <v>1114785.0</v>
+        <v>1089461.0</v>
       </c>
       <c r="E41" s="1" t="n">
-        <v>1089461.0</v>
+        <v>716937.0</v>
       </c>
       <c r="F41" s="1" t="n">
-        <v>716937.0</v>
+        <v>973201.0</v>
       </c>
       <c r="G41" s="1" t="n">
-        <v>973201.0</v>
+        <v>1058849.0</v>
       </c>
       <c r="H41" s="1" t="n">
-        <v>1058849.0</v>
+        <v>863920.0</v>
       </c>
       <c r="I41" s="1" t="n">
-        <v>863920.0</v>
+        <v>820621.0</v>
       </c>
       <c r="J41" s="1" t="n">
-        <v>820621.0</v>
+        <v>786848.0</v>
       </c>
       <c r="K41" s="1" t="n">
-        <v>786848.0</v>
+        <v>842728.0</v>
       </c>
       <c r="L41" s="1" t="n">
-        <v>842728.0</v>
+        <v>859379.0</v>
       </c>
       <c r="M41" s="1" t="n">
-        <v>859379.0</v>
+        <v>904707.0</v>
       </c>
       <c r="N41" s="1" t="n">
-        <v>904707.0</v>
+        <v>814487.0</v>
       </c>
       <c r="O41" s="1" t="n">
-        <v>814487.0</v>
+        <v>799979.0</v>
       </c>
       <c r="P41" s="1" t="n">
-        <v>799979.0</v>
+        <v>701933.0</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" t="inlineStr">
         <is>
           <t>Ijs (in kg)</t>
         </is>
       </c>
       <c r="B42" t="inlineStr">
         <is>
           <t>ijs</t>
         </is>
       </c>
       <c r="C42"/>
       <c r="D42" s="1" t="n">
-        <v>6770075.0</v>
+        <v>5926242.0</v>
       </c>
       <c r="E42" s="1" t="n">
-        <v>5926242.0</v>
+        <v>4773298.0</v>
       </c>
       <c r="F42" s="1" t="n">
-        <v>4773298.0</v>
+        <v>4671564.0</v>
       </c>
       <c r="G42" s="1" t="n">
-        <v>4671564.0</v>
+        <v>3799797.0</v>
       </c>
       <c r="H42" s="1" t="n">
-        <v>3799797.0</v>
+        <v>3389761.0</v>
       </c>
       <c r="I42" s="1" t="n">
-        <v>3389761.0</v>
+        <v>2561473.0</v>
       </c>
       <c r="J42" s="1" t="n">
-        <v>2561473.0</v>
+        <v>5508177.0</v>
       </c>
       <c r="K42" s="1" t="n">
-        <v>5508177.0</v>
+        <v>4556533.0</v>
       </c>
       <c r="L42" s="1" t="n">
-        <v>4556533.0</v>
+        <v>5091233.0</v>
       </c>
       <c r="M42" s="1" t="n">
-        <v>5091233.0</v>
+        <v>6713664.0</v>
       </c>
       <c r="N42" s="1" t="n">
-        <v>6713664.0</v>
+        <v>5929590.0</v>
       </c>
       <c r="O42" s="1" t="n">
-        <v>5929590.0</v>
+        <v>6591202.0</v>
       </c>
       <c r="P42" s="1" t="n">
-        <v>6591202.0</v>
+        <v>3038313.0</v>
       </c>
     </row>
     <row r="43">
       <c r="A43"/>
       <c r="B43" t="inlineStr">
         <is>
           <t>Basisbereidingen voor consumptie-ijs</t>
         </is>
       </c>
       <c r="C43"/>
       <c r="D43" s="1" t="n">
-        <v>420661.0</v>
+        <v>184443.0</v>
       </c>
       <c r="E43" s="1" t="n">
-        <v>184443.0</v>
+        <v>270091.0</v>
       </c>
       <c r="F43" s="1" t="n">
-        <v>270091.0</v>
+        <v>110469.0</v>
       </c>
       <c r="G43" s="1" t="n">
-        <v>110469.0</v>
+        <v>90697.0</v>
       </c>
       <c r="H43" s="1" t="n">
-        <v>90697.0</v>
+        <v>47799.0</v>
       </c>
       <c r="I43" s="1" t="n">
-        <v>47799.0</v>
+        <v>99541.0</v>
       </c>
       <c r="J43" s="1" t="n">
-        <v>99541.0</v>
+        <v>287082.0</v>
       </c>
       <c r="K43" s="1" t="n">
-        <v>287082.0</v>
+        <v>221590.0</v>
       </c>
       <c r="L43" s="1" t="n">
-        <v>221590.0</v>
+        <v>160197.0</v>
       </c>
       <c r="M43" s="1" t="n">
-        <v>160197.0</v>
+        <v>228032.0</v>
       </c>
       <c r="N43" s="1" t="n">
-        <v>228032.0</v>
+        <v>183677.0</v>
       </c>
       <c r="O43" s="1" t="n">
-        <v>183677.0</v>
+        <v>383048.0</v>
       </c>
       <c r="P43" s="1" t="n">
-        <v>383048.0</v>
+        <v>235706.0</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" t="inlineStr">
         <is>
           <t>Andere (in kg)</t>
         </is>
       </c>
       <c r="B44" t="inlineStr">
         <is>
           <t>Caseïne/Caseïnaten</t>
         </is>
       </c>
       <c r="C44"/>
       <c r="D44"/>
       <c r="E44"/>
       <c r="F44"/>
       <c r="G44"/>
       <c r="H44"/>
       <c r="I44"/>
       <c r="J44"/>
       <c r="K44"/>
       <c r="L44"/>
       <c r="M44"/>
       <c r="N44"/>
@@ -1905,87 +1905,85 @@
         </is>
       </c>
       <c r="C45"/>
       <c r="D45"/>
       <c r="E45"/>
       <c r="F45"/>
       <c r="G45"/>
       <c r="H45"/>
       <c r="I45"/>
       <c r="J45"/>
       <c r="K45"/>
       <c r="L45"/>
       <c r="M45"/>
       <c r="N45"/>
       <c r="O45"/>
       <c r="P45"/>
     </row>
     <row r="46">
       <c r="A46"/>
       <c r="B46" t="inlineStr">
         <is>
           <t>Andere afgeleide zuivelproducten (matten, ...)</t>
         </is>
       </c>
       <c r="C46"/>
-      <c r="D46" s="1" t="n">
-[...2 lines deleted...]
-      <c r="E46"/>
+      <c r="D46"/>
+      <c r="E46" s="1" t="n">
+        <v>22403.0</v>
+      </c>
       <c r="F46" s="1" t="n">
-        <v>22403.0</v>
+        <v>25238.0</v>
       </c>
       <c r="G46" s="1" t="n">
-        <v>25238.0</v>
+        <v>29279.0</v>
       </c>
       <c r="H46" s="1" t="n">
-        <v>29279.0</v>
+        <v>69350.0</v>
       </c>
       <c r="I46" s="1" t="n">
-        <v>69350.0</v>
+        <v>17387.0</v>
       </c>
       <c r="J46" s="1" t="n">
-        <v>17387.0</v>
+        <v>119.0</v>
       </c>
       <c r="K46" s="1" t="n">
-        <v>119.0</v>
+        <v>177.0</v>
       </c>
       <c r="L46" s="1" t="n">
-        <v>177.0</v>
+        <v>1205.0</v>
       </c>
       <c r="M46" s="1" t="n">
-        <v>1205.0</v>
+        <v>28463.0</v>
       </c>
       <c r="N46" s="1" t="n">
-        <v>28463.0</v>
+        <v>97910.0</v>
       </c>
       <c r="O46" s="1" t="n">
-        <v>97910.0</v>
-[...1 lines deleted...]
-      <c r="P46" s="1" t="n">
         <v>1993.0</v>
       </c>
+      <c r="P46"/>
     </row>
     <row r="47">
       <c r="A47"/>
       <c r="B47" t="inlineStr">
         <is>
           <t>Teruggave aan de veehouders (Magere melk, karnemelk)</t>
         </is>
       </c>
       <c r="C47"/>
       <c r="D47"/>
       <c r="E47"/>
       <c r="F47"/>
       <c r="G47"/>
       <c r="H47"/>
       <c r="I47"/>
       <c r="J47"/>
       <c r="K47"/>
       <c r="L47"/>
       <c r="M47"/>
       <c r="N47"/>
       <c r="O47"/>
       <c r="P47"/>
     </row>
     <row r="48">
       <c r="A48"/>
@@ -1996,84 +1994,84 @@
       </c>
       <c r="C48"/>
       <c r="D48"/>
       <c r="E48"/>
       <c r="F48"/>
       <c r="G48"/>
       <c r="H48"/>
       <c r="I48"/>
       <c r="J48"/>
       <c r="K48"/>
       <c r="L48"/>
       <c r="M48"/>
       <c r="N48"/>
       <c r="O48"/>
       <c r="P48"/>
     </row>
     <row r="49">
       <c r="A49"/>
       <c r="B49" t="inlineStr">
         <is>
           <t>Melk bestemd voor veevoeders</t>
         </is>
       </c>
       <c r="C49"/>
       <c r="D49" s="1" t="n">
-        <v>1143225.0</v>
+        <v>1486968.0</v>
       </c>
       <c r="E49" s="1" t="n">
-        <v>1486968.0</v>
+        <v>1396325.0</v>
       </c>
       <c r="F49" s="1" t="n">
-        <v>1396325.0</v>
+        <v>1909549.0</v>
       </c>
       <c r="G49" s="1" t="n">
-        <v>1909549.0</v>
+        <v>1688395.0</v>
       </c>
       <c r="H49" s="1" t="n">
-        <v>1688395.0</v>
+        <v>1505087.0</v>
       </c>
       <c r="I49" s="1" t="n">
-        <v>1505087.0</v>
+        <v>1073097.0</v>
       </c>
       <c r="J49" s="1" t="n">
-        <v>1073097.0</v>
+        <v>1139064.0</v>
       </c>
       <c r="K49" s="1" t="n">
-        <v>1139064.0</v>
+        <v>1212496.0</v>
       </c>
       <c r="L49" s="1" t="n">
-        <v>1212496.0</v>
+        <v>1332671.0</v>
       </c>
       <c r="M49" s="1" t="n">
-        <v>1332671.0</v>
-[...1 lines deleted...]
-      <c r="N49" s="1" t="n">
         <v>1164906.0</v>
       </c>
+      <c r="N49"/>
       <c r="O49"/>
-      <c r="P49"/>
+      <c r="P49" s="1" t="n">
+        <v>995254.0</v>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <cols>
     <col min="1" max="1" width="12.30078125" customWidth="true"/>
     <col min="2" max="2" width="60.31640625" customWidth="true"/>
     <col min="3" max="3" width="4.96484375" customWidth="true"/>
     <col min="4" max="4" width="14.3203125" customWidth="true"/>
     <col min="5" max="5" width="8.8125" customWidth="true"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" t="inlineStr">
         <is>
           <t>Soort zuivelproduct</t>
@@ -2096,14175 +2094,14173 @@
       </c>
       <c r="E1" t="inlineStr">
         <is>
           <t>Hoeveelheid  product</t>
         </is>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="inlineStr">
         <is>
           <t>Consumptiemelk (in l)</t>
         </is>
       </c>
       <c r="B2" t="inlineStr">
         <is>
           <t>Volle melk</t>
         </is>
       </c>
       <c r="C2" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="D2" t="inlineStr">
         <is>
-          <t>Juni 2024</t>
+          <t>Juli 2024</t>
         </is>
       </c>
       <c r="E2"/>
     </row>
     <row r="3">
       <c r="A3" t="inlineStr">
         <is>
           <t>Consumptiemelk (in l)</t>
         </is>
       </c>
       <c r="B3" t="inlineStr">
         <is>
           <t>Volle melk</t>
         </is>
       </c>
       <c r="C3" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="D3" t="inlineStr">
         <is>
-          <t>Juli 2024</t>
+          <t>Augustus 2024</t>
         </is>
       </c>
       <c r="E3"/>
     </row>
     <row r="4">
       <c r="A4" t="inlineStr">
         <is>
           <t>Consumptiemelk (in l)</t>
         </is>
       </c>
       <c r="B4" t="inlineStr">
         <is>
           <t>Volle melk</t>
         </is>
       </c>
       <c r="C4" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="D4" t="inlineStr">
         <is>
-          <t>Augustus 2024</t>
+          <t>September 2024</t>
         </is>
       </c>
       <c r="E4"/>
     </row>
     <row r="5">
       <c r="A5" t="inlineStr">
         <is>
           <t>Consumptiemelk (in l)</t>
         </is>
       </c>
       <c r="B5" t="inlineStr">
         <is>
           <t>Volle melk</t>
         </is>
       </c>
       <c r="C5" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="D5" t="inlineStr">
         <is>
-          <t>September 2024</t>
+          <t>Oktober 2024</t>
         </is>
       </c>
       <c r="E5"/>
     </row>
     <row r="6">
       <c r="A6" t="inlineStr">
         <is>
           <t>Consumptiemelk (in l)</t>
         </is>
       </c>
       <c r="B6" t="inlineStr">
         <is>
           <t>Volle melk</t>
         </is>
       </c>
       <c r="C6" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="D6" t="inlineStr">
         <is>
-          <t>Oktober 2024</t>
+          <t>November 2024</t>
         </is>
       </c>
       <c r="E6"/>
     </row>
     <row r="7">
       <c r="A7" t="inlineStr">
         <is>
           <t>Consumptiemelk (in l)</t>
         </is>
       </c>
       <c r="B7" t="inlineStr">
         <is>
           <t>Volle melk</t>
         </is>
       </c>
       <c r="C7" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="D7" t="inlineStr">
         <is>
-          <t>November 2024</t>
+          <t>December 2024</t>
         </is>
       </c>
       <c r="E7"/>
     </row>
     <row r="8">
       <c r="A8" t="inlineStr">
         <is>
           <t>Consumptiemelk (in l)</t>
         </is>
       </c>
       <c r="B8" t="inlineStr">
         <is>
           <t>Volle melk</t>
         </is>
       </c>
       <c r="C8" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="D8" t="inlineStr">
         <is>
-          <t>December 2024</t>
+          <t>Januari 2025</t>
         </is>
       </c>
       <c r="E8"/>
     </row>
     <row r="9">
       <c r="A9" t="inlineStr">
         <is>
           <t>Consumptiemelk (in l)</t>
         </is>
       </c>
       <c r="B9" t="inlineStr">
         <is>
           <t>Volle melk</t>
         </is>
       </c>
       <c r="C9" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D9" t="inlineStr">
         <is>
-          <t>Januari 2025</t>
+          <t>Februari 2025</t>
         </is>
       </c>
       <c r="E9"/>
     </row>
     <row r="10">
       <c r="A10" t="inlineStr">
         <is>
           <t>Consumptiemelk (in l)</t>
         </is>
       </c>
       <c r="B10" t="inlineStr">
         <is>
           <t>Volle melk</t>
         </is>
       </c>
       <c r="C10" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D10" t="inlineStr">
         <is>
-          <t>Februari 2025</t>
+          <t>Maart 2025</t>
         </is>
       </c>
       <c r="E10"/>
     </row>
     <row r="11">
       <c r="A11" t="inlineStr">
         <is>
           <t>Consumptiemelk (in l)</t>
         </is>
       </c>
       <c r="B11" t="inlineStr">
         <is>
           <t>Volle melk</t>
         </is>
       </c>
       <c r="C11" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D11" t="inlineStr">
         <is>
-          <t>Maart 2025</t>
+          <t>April 2025</t>
         </is>
       </c>
       <c r="E11"/>
     </row>
     <row r="12">
       <c r="A12" t="inlineStr">
         <is>
           <t>Consumptiemelk (in l)</t>
         </is>
       </c>
       <c r="B12" t="inlineStr">
         <is>
           <t>Volle melk</t>
         </is>
       </c>
       <c r="C12" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D12" t="inlineStr">
         <is>
-          <t>April 2025</t>
+          <t>Mei 2025</t>
         </is>
       </c>
       <c r="E12"/>
     </row>
     <row r="13">
       <c r="A13" t="inlineStr">
         <is>
           <t>Consumptiemelk (in l)</t>
         </is>
       </c>
       <c r="B13" t="inlineStr">
         <is>
           <t>Volle melk</t>
         </is>
       </c>
       <c r="C13" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D13" t="inlineStr">
         <is>
-          <t>Mei 2025</t>
+          <t>Juni 2025</t>
         </is>
       </c>
       <c r="E13"/>
     </row>
     <row r="14">
       <c r="A14" t="inlineStr">
         <is>
           <t>Consumptiemelk (in l)</t>
         </is>
       </c>
       <c r="B14" t="inlineStr">
         <is>
           <t>Volle melk</t>
         </is>
       </c>
       <c r="C14" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D14" t="inlineStr">
         <is>
-          <t>Juni 2025</t>
+          <t>Juli 2025</t>
         </is>
       </c>
       <c r="E14"/>
     </row>
     <row r="15">
       <c r="A15" t="inlineStr">
         <is>
           <t>Consumptiemelk (in l)</t>
         </is>
       </c>
       <c r="B15" t="inlineStr">
         <is>
           <t>Volle melk  gepasteuriseerd, gesteriliseerd en U.H.T.</t>
         </is>
       </c>
       <c r="C15" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="D15" t="inlineStr">
         <is>
-          <t>Juni 2024</t>
+          <t>Juli 2024</t>
         </is>
       </c>
       <c r="E15" s="1" t="n">
-        <v>1.7148494E7</v>
+        <v>1.8382006E7</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="inlineStr">
         <is>
           <t>Consumptiemelk (in l)</t>
         </is>
       </c>
       <c r="B16" t="inlineStr">
         <is>
           <t>Volle melk  gepasteuriseerd, gesteriliseerd en U.H.T.</t>
         </is>
       </c>
       <c r="C16" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="D16" t="inlineStr">
         <is>
-          <t>Juli 2024</t>
+          <t>Augustus 2024</t>
         </is>
       </c>
       <c r="E16" s="1" t="n">
-        <v>1.8382006E7</v>
+        <v>1.7473012E7</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="inlineStr">
         <is>
           <t>Consumptiemelk (in l)</t>
         </is>
       </c>
       <c r="B17" t="inlineStr">
         <is>
           <t>Volle melk  gepasteuriseerd, gesteriliseerd en U.H.T.</t>
         </is>
       </c>
       <c r="C17" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="D17" t="inlineStr">
         <is>
-          <t>Augustus 2024</t>
+          <t>September 2024</t>
         </is>
       </c>
       <c r="E17" s="1" t="n">
-        <v>1.7473012E7</v>
+        <v>1.8526789E7</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="inlineStr">
         <is>
           <t>Consumptiemelk (in l)</t>
         </is>
       </c>
       <c r="B18" t="inlineStr">
         <is>
           <t>Volle melk  gepasteuriseerd, gesteriliseerd en U.H.T.</t>
         </is>
       </c>
       <c r="C18" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="D18" t="inlineStr">
         <is>
-          <t>September 2024</t>
+          <t>Oktober 2024</t>
         </is>
       </c>
       <c r="E18" s="1" t="n">
-        <v>1.8526789E7</v>
+        <v>2.0118704E7</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="inlineStr">
         <is>
           <t>Consumptiemelk (in l)</t>
         </is>
       </c>
       <c r="B19" t="inlineStr">
         <is>
           <t>Volle melk  gepasteuriseerd, gesteriliseerd en U.H.T.</t>
         </is>
       </c>
       <c r="C19" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="D19" t="inlineStr">
         <is>
-          <t>Oktober 2024</t>
+          <t>November 2024</t>
         </is>
       </c>
       <c r="E19" s="1" t="n">
-        <v>2.0118704E7</v>
+        <v>2.0482469E7</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="inlineStr">
         <is>
           <t>Consumptiemelk (in l)</t>
         </is>
       </c>
       <c r="B20" t="inlineStr">
         <is>
           <t>Volle melk  gepasteuriseerd, gesteriliseerd en U.H.T.</t>
         </is>
       </c>
       <c r="C20" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="D20" t="inlineStr">
         <is>
-          <t>November 2024</t>
+          <t>December 2024</t>
         </is>
       </c>
       <c r="E20" s="1" t="n">
-        <v>2.0482469E7</v>
+        <v>1.9936818E7</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="inlineStr">
         <is>
           <t>Consumptiemelk (in l)</t>
         </is>
       </c>
       <c r="B21" t="inlineStr">
         <is>
           <t>Volle melk  gepasteuriseerd, gesteriliseerd en U.H.T.</t>
         </is>
       </c>
       <c r="C21" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="D21" t="inlineStr">
         <is>
-          <t>December 2024</t>
+          <t>Januari 2025</t>
         </is>
       </c>
       <c r="E21" s="1" t="n">
-        <v>1.9936818E7</v>
+        <v>1.8989035E7</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="inlineStr">
         <is>
           <t>Consumptiemelk (in l)</t>
         </is>
       </c>
       <c r="B22" t="inlineStr">
         <is>
           <t>Volle melk  gepasteuriseerd, gesteriliseerd en U.H.T.</t>
         </is>
       </c>
       <c r="C22" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D22" t="inlineStr">
         <is>
-          <t>Januari 2025</t>
+          <t>Februari 2025</t>
         </is>
       </c>
       <c r="E22" s="1" t="n">
-        <v>1.8989035E7</v>
+        <v>1.7006756E7</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="inlineStr">
         <is>
           <t>Consumptiemelk (in l)</t>
         </is>
       </c>
       <c r="B23" t="inlineStr">
         <is>
           <t>Volle melk  gepasteuriseerd, gesteriliseerd en U.H.T.</t>
         </is>
       </c>
       <c r="C23" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D23" t="inlineStr">
         <is>
-          <t>Februari 2025</t>
+          <t>Maart 2025</t>
         </is>
       </c>
       <c r="E23" s="1" t="n">
-        <v>1.7006756E7</v>
+        <v>1.9596243E7</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="inlineStr">
         <is>
           <t>Consumptiemelk (in l)</t>
         </is>
       </c>
       <c r="B24" t="inlineStr">
         <is>
           <t>Volle melk  gepasteuriseerd, gesteriliseerd en U.H.T.</t>
         </is>
       </c>
       <c r="C24" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D24" t="inlineStr">
         <is>
-          <t>Maart 2025</t>
+          <t>April 2025</t>
         </is>
       </c>
       <c r="E24" s="1" t="n">
-        <v>1.9596243E7</v>
+        <v>1.9905792E7</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="inlineStr">
         <is>
           <t>Consumptiemelk (in l)</t>
         </is>
       </c>
       <c r="B25" t="inlineStr">
         <is>
           <t>Volle melk  gepasteuriseerd, gesteriliseerd en U.H.T.</t>
         </is>
       </c>
       <c r="C25" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D25" t="inlineStr">
         <is>
-          <t>April 2025</t>
+          <t>Mei 2025</t>
         </is>
       </c>
       <c r="E25" s="1" t="n">
-        <v>1.9905792E7</v>
+        <v>1.9143207E7</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="inlineStr">
         <is>
           <t>Consumptiemelk (in l)</t>
         </is>
       </c>
       <c r="B26" t="inlineStr">
         <is>
           <t>Volle melk  gepasteuriseerd, gesteriliseerd en U.H.T.</t>
         </is>
       </c>
       <c r="C26" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D26" t="inlineStr">
         <is>
-          <t>Mei 2025</t>
+          <t>Juni 2025</t>
         </is>
       </c>
       <c r="E26" s="1" t="n">
-        <v>1.9143207E7</v>
+        <v>1.9496454E7</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="inlineStr">
         <is>
           <t>Consumptiemelk (in l)</t>
         </is>
       </c>
       <c r="B27" t="inlineStr">
         <is>
           <t>Volle melk  gepasteuriseerd, gesteriliseerd en U.H.T.</t>
         </is>
       </c>
       <c r="C27" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D27" t="inlineStr">
         <is>
-          <t>Juni 2025</t>
+          <t>Juli 2025</t>
         </is>
       </c>
       <c r="E27" s="1" t="n">
-        <v>1.9496454E7</v>
+        <v>1.5436065E7</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="inlineStr">
         <is>
           <t>Consumptiemelk (in l)</t>
         </is>
       </c>
       <c r="B28" t="inlineStr">
         <is>
           <t>Halfvolle melk</t>
         </is>
       </c>
       <c r="C28" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="D28" t="inlineStr">
         <is>
-          <t>Juni 2024</t>
+          <t>Juli 2024</t>
         </is>
       </c>
       <c r="E28"/>
     </row>
     <row r="29">
       <c r="A29" t="inlineStr">
         <is>
           <t>Consumptiemelk (in l)</t>
         </is>
       </c>
       <c r="B29" t="inlineStr">
         <is>
           <t>Halfvolle melk</t>
         </is>
       </c>
       <c r="C29" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="D29" t="inlineStr">
         <is>
-          <t>Juli 2024</t>
+          <t>Augustus 2024</t>
         </is>
       </c>
       <c r="E29"/>
     </row>
     <row r="30">
       <c r="A30" t="inlineStr">
         <is>
           <t>Consumptiemelk (in l)</t>
         </is>
       </c>
       <c r="B30" t="inlineStr">
         <is>
           <t>Halfvolle melk</t>
         </is>
       </c>
       <c r="C30" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="D30" t="inlineStr">
         <is>
-          <t>Augustus 2024</t>
+          <t>September 2024</t>
         </is>
       </c>
       <c r="E30"/>
     </row>
     <row r="31">
       <c r="A31" t="inlineStr">
         <is>
           <t>Consumptiemelk (in l)</t>
         </is>
       </c>
       <c r="B31" t="inlineStr">
         <is>
           <t>Halfvolle melk</t>
         </is>
       </c>
       <c r="C31" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="D31" t="inlineStr">
         <is>
-          <t>September 2024</t>
+          <t>Oktober 2024</t>
         </is>
       </c>
       <c r="E31"/>
     </row>
     <row r="32">
       <c r="A32" t="inlineStr">
         <is>
           <t>Consumptiemelk (in l)</t>
         </is>
       </c>
       <c r="B32" t="inlineStr">
         <is>
           <t>Halfvolle melk</t>
         </is>
       </c>
       <c r="C32" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="D32" t="inlineStr">
         <is>
-          <t>Oktober 2024</t>
+          <t>November 2024</t>
         </is>
       </c>
       <c r="E32"/>
     </row>
     <row r="33">
       <c r="A33" t="inlineStr">
         <is>
           <t>Consumptiemelk (in l)</t>
         </is>
       </c>
       <c r="B33" t="inlineStr">
         <is>
           <t>Halfvolle melk</t>
         </is>
       </c>
       <c r="C33" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="D33" t="inlineStr">
         <is>
-          <t>November 2024</t>
+          <t>December 2024</t>
         </is>
       </c>
       <c r="E33"/>
     </row>
     <row r="34">
       <c r="A34" t="inlineStr">
         <is>
           <t>Consumptiemelk (in l)</t>
         </is>
       </c>
       <c r="B34" t="inlineStr">
         <is>
           <t>Halfvolle melk</t>
         </is>
       </c>
       <c r="C34" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="D34" t="inlineStr">
         <is>
-          <t>December 2024</t>
+          <t>Januari 2025</t>
         </is>
       </c>
       <c r="E34"/>
     </row>
     <row r="35">
       <c r="A35" t="inlineStr">
         <is>
           <t>Consumptiemelk (in l)</t>
         </is>
       </c>
       <c r="B35" t="inlineStr">
         <is>
           <t>Halfvolle melk</t>
         </is>
       </c>
       <c r="C35" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D35" t="inlineStr">
         <is>
-          <t>Januari 2025</t>
+          <t>Februari 2025</t>
         </is>
       </c>
       <c r="E35"/>
     </row>
     <row r="36">
       <c r="A36" t="inlineStr">
         <is>
           <t>Consumptiemelk (in l)</t>
         </is>
       </c>
       <c r="B36" t="inlineStr">
         <is>
           <t>Halfvolle melk</t>
         </is>
       </c>
       <c r="C36" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D36" t="inlineStr">
         <is>
-          <t>Februari 2025</t>
+          <t>Maart 2025</t>
         </is>
       </c>
       <c r="E36"/>
     </row>
     <row r="37">
       <c r="A37" t="inlineStr">
         <is>
           <t>Consumptiemelk (in l)</t>
         </is>
       </c>
       <c r="B37" t="inlineStr">
         <is>
           <t>Halfvolle melk</t>
         </is>
       </c>
       <c r="C37" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D37" t="inlineStr">
         <is>
-          <t>Maart 2025</t>
+          <t>April 2025</t>
         </is>
       </c>
       <c r="E37"/>
     </row>
     <row r="38">
       <c r="A38" t="inlineStr">
         <is>
           <t>Consumptiemelk (in l)</t>
         </is>
       </c>
       <c r="B38" t="inlineStr">
         <is>
           <t>Halfvolle melk</t>
         </is>
       </c>
       <c r="C38" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D38" t="inlineStr">
         <is>
-          <t>April 2025</t>
+          <t>Mei 2025</t>
         </is>
       </c>
       <c r="E38"/>
     </row>
     <row r="39">
       <c r="A39" t="inlineStr">
         <is>
           <t>Consumptiemelk (in l)</t>
         </is>
       </c>
       <c r="B39" t="inlineStr">
         <is>
           <t>Halfvolle melk</t>
         </is>
       </c>
       <c r="C39" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D39" t="inlineStr">
         <is>
-          <t>Mei 2025</t>
+          <t>Juni 2025</t>
         </is>
       </c>
       <c r="E39"/>
     </row>
     <row r="40">
       <c r="A40" t="inlineStr">
         <is>
           <t>Consumptiemelk (in l)</t>
         </is>
       </c>
       <c r="B40" t="inlineStr">
         <is>
           <t>Halfvolle melk</t>
         </is>
       </c>
       <c r="C40" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D40" t="inlineStr">
         <is>
-          <t>Juni 2025</t>
+          <t>Juli 2025</t>
         </is>
       </c>
       <c r="E40"/>
     </row>
     <row r="41">
       <c r="A41" t="inlineStr">
         <is>
           <t>Consumptiemelk (in l)</t>
         </is>
       </c>
       <c r="B41" t="inlineStr">
         <is>
           <t>Halfvolle melk  gepasteuriseerd, gesteriliseerd en U.H.T.</t>
         </is>
       </c>
       <c r="C41" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="D41" t="inlineStr">
         <is>
-          <t>Juni 2024</t>
+          <t>Juli 2024</t>
         </is>
       </c>
       <c r="E41" s="1" t="n">
-        <v>2.7558122E7</v>
+        <v>2.5165039E7</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" t="inlineStr">
         <is>
           <t>Consumptiemelk (in l)</t>
         </is>
       </c>
       <c r="B42" t="inlineStr">
         <is>
           <t>Halfvolle melk  gepasteuriseerd, gesteriliseerd en U.H.T.</t>
         </is>
       </c>
       <c r="C42" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="D42" t="inlineStr">
         <is>
-          <t>Juli 2024</t>
+          <t>Augustus 2024</t>
         </is>
       </c>
       <c r="E42" s="1" t="n">
-        <v>2.5165039E7</v>
+        <v>2.5146891E7</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" t="inlineStr">
         <is>
           <t>Consumptiemelk (in l)</t>
         </is>
       </c>
       <c r="B43" t="inlineStr">
         <is>
           <t>Halfvolle melk  gepasteuriseerd, gesteriliseerd en U.H.T.</t>
         </is>
       </c>
       <c r="C43" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="D43" t="inlineStr">
         <is>
-          <t>Augustus 2024</t>
+          <t>September 2024</t>
         </is>
       </c>
       <c r="E43" s="1" t="n">
-        <v>2.5146891E7</v>
+        <v>2.7582729E7</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" t="inlineStr">
         <is>
           <t>Consumptiemelk (in l)</t>
         </is>
       </c>
       <c r="B44" t="inlineStr">
         <is>
           <t>Halfvolle melk  gepasteuriseerd, gesteriliseerd en U.H.T.</t>
         </is>
       </c>
       <c r="C44" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="D44" t="inlineStr">
         <is>
-          <t>September 2024</t>
+          <t>Oktober 2024</t>
         </is>
       </c>
       <c r="E44" s="1" t="n">
-        <v>2.7582729E7</v>
+        <v>3.0675418E7</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" t="inlineStr">
         <is>
           <t>Consumptiemelk (in l)</t>
         </is>
       </c>
       <c r="B45" t="inlineStr">
         <is>
           <t>Halfvolle melk  gepasteuriseerd, gesteriliseerd en U.H.T.</t>
         </is>
       </c>
       <c r="C45" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="D45" t="inlineStr">
         <is>
-          <t>Oktober 2024</t>
+          <t>November 2024</t>
         </is>
       </c>
       <c r="E45" s="1" t="n">
-        <v>3.0675418E7</v>
+        <v>2.9343837E7</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" t="inlineStr">
         <is>
           <t>Consumptiemelk (in l)</t>
         </is>
       </c>
       <c r="B46" t="inlineStr">
         <is>
           <t>Halfvolle melk  gepasteuriseerd, gesteriliseerd en U.H.T.</t>
         </is>
       </c>
       <c r="C46" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="D46" t="inlineStr">
         <is>
-          <t>November 2024</t>
+          <t>December 2024</t>
         </is>
       </c>
       <c r="E46" s="1" t="n">
-        <v>2.9343837E7</v>
+        <v>2.6864352E7</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" t="inlineStr">
         <is>
           <t>Consumptiemelk (in l)</t>
         </is>
       </c>
       <c r="B47" t="inlineStr">
         <is>
           <t>Halfvolle melk  gepasteuriseerd, gesteriliseerd en U.H.T.</t>
         </is>
       </c>
       <c r="C47" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="D47" t="inlineStr">
         <is>
-          <t>December 2024</t>
+          <t>Januari 2025</t>
         </is>
       </c>
       <c r="E47" s="1" t="n">
-        <v>2.6864352E7</v>
+        <v>3.0251847E7</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" t="inlineStr">
         <is>
           <t>Consumptiemelk (in l)</t>
         </is>
       </c>
       <c r="B48" t="inlineStr">
         <is>
           <t>Halfvolle melk  gepasteuriseerd, gesteriliseerd en U.H.T.</t>
         </is>
       </c>
       <c r="C48" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D48" t="inlineStr">
         <is>
-          <t>Januari 2025</t>
+          <t>Februari 2025</t>
         </is>
       </c>
       <c r="E48" s="1" t="n">
-        <v>3.0251847E7</v>
+        <v>2.7156781E7</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" t="inlineStr">
         <is>
           <t>Consumptiemelk (in l)</t>
         </is>
       </c>
       <c r="B49" t="inlineStr">
         <is>
           <t>Halfvolle melk  gepasteuriseerd, gesteriliseerd en U.H.T.</t>
         </is>
       </c>
       <c r="C49" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D49" t="inlineStr">
         <is>
-          <t>Februari 2025</t>
+          <t>Maart 2025</t>
         </is>
       </c>
       <c r="E49" s="1" t="n">
-        <v>2.7156781E7</v>
+        <v>2.9006383E7</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" t="inlineStr">
         <is>
           <t>Consumptiemelk (in l)</t>
         </is>
       </c>
       <c r="B50" t="inlineStr">
         <is>
           <t>Halfvolle melk  gepasteuriseerd, gesteriliseerd en U.H.T.</t>
         </is>
       </c>
       <c r="C50" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D50" t="inlineStr">
         <is>
-          <t>Maart 2025</t>
+          <t>April 2025</t>
         </is>
       </c>
       <c r="E50" s="1" t="n">
-        <v>2.9006383E7</v>
+        <v>2.7350204E7</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" t="inlineStr">
         <is>
           <t>Consumptiemelk (in l)</t>
         </is>
       </c>
       <c r="B51" t="inlineStr">
         <is>
           <t>Halfvolle melk  gepasteuriseerd, gesteriliseerd en U.H.T.</t>
         </is>
       </c>
       <c r="C51" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D51" t="inlineStr">
         <is>
-          <t>April 2025</t>
+          <t>Mei 2025</t>
         </is>
       </c>
       <c r="E51" s="1" t="n">
-        <v>2.7350204E7</v>
+        <v>2.9470135E7</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" t="inlineStr">
         <is>
           <t>Consumptiemelk (in l)</t>
         </is>
       </c>
       <c r="B52" t="inlineStr">
         <is>
           <t>Halfvolle melk  gepasteuriseerd, gesteriliseerd en U.H.T.</t>
         </is>
       </c>
       <c r="C52" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D52" t="inlineStr">
         <is>
-          <t>Mei 2025</t>
+          <t>Juni 2025</t>
         </is>
       </c>
       <c r="E52" s="1" t="n">
-        <v>2.9470135E7</v>
+        <v>2.2643443E7</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" t="inlineStr">
         <is>
           <t>Consumptiemelk (in l)</t>
         </is>
       </c>
       <c r="B53" t="inlineStr">
         <is>
           <t>Halfvolle melk  gepasteuriseerd, gesteriliseerd en U.H.T.</t>
         </is>
       </c>
       <c r="C53" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D53" t="inlineStr">
         <is>
-          <t>Juni 2025</t>
+          <t>Juli 2025</t>
         </is>
       </c>
       <c r="E53" s="1" t="n">
-        <v>2.2643443E7</v>
+        <v>2.9249803E7</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" t="inlineStr">
         <is>
           <t>Consumptiemelk (in l)</t>
         </is>
       </c>
       <c r="B54" t="inlineStr">
         <is>
           <t>Magere melk</t>
         </is>
       </c>
       <c r="C54" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="D54" t="inlineStr">
         <is>
-          <t>Juni 2024</t>
+          <t>Juli 2024</t>
         </is>
       </c>
       <c r="E54"/>
     </row>
     <row r="55">
       <c r="A55" t="inlineStr">
         <is>
           <t>Consumptiemelk (in l)</t>
         </is>
       </c>
       <c r="B55" t="inlineStr">
         <is>
           <t>Magere melk</t>
         </is>
       </c>
       <c r="C55" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="D55" t="inlineStr">
         <is>
-          <t>Juli 2024</t>
+          <t>Augustus 2024</t>
         </is>
       </c>
       <c r="E55"/>
     </row>
     <row r="56">
       <c r="A56" t="inlineStr">
         <is>
           <t>Consumptiemelk (in l)</t>
         </is>
       </c>
       <c r="B56" t="inlineStr">
         <is>
           <t>Magere melk</t>
         </is>
       </c>
       <c r="C56" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="D56" t="inlineStr">
         <is>
-          <t>Augustus 2024</t>
+          <t>September 2024</t>
         </is>
       </c>
       <c r="E56"/>
     </row>
     <row r="57">
       <c r="A57" t="inlineStr">
         <is>
           <t>Consumptiemelk (in l)</t>
         </is>
       </c>
       <c r="B57" t="inlineStr">
         <is>
           <t>Magere melk</t>
         </is>
       </c>
       <c r="C57" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="D57" t="inlineStr">
         <is>
-          <t>September 2024</t>
+          <t>Oktober 2024</t>
         </is>
       </c>
       <c r="E57"/>
     </row>
     <row r="58">
       <c r="A58" t="inlineStr">
         <is>
           <t>Consumptiemelk (in l)</t>
         </is>
       </c>
       <c r="B58" t="inlineStr">
         <is>
           <t>Magere melk</t>
         </is>
       </c>
       <c r="C58" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="D58" t="inlineStr">
         <is>
-          <t>Oktober 2024</t>
+          <t>November 2024</t>
         </is>
       </c>
       <c r="E58"/>
     </row>
     <row r="59">
       <c r="A59" t="inlineStr">
         <is>
           <t>Consumptiemelk (in l)</t>
         </is>
       </c>
       <c r="B59" t="inlineStr">
         <is>
           <t>Magere melk</t>
         </is>
       </c>
       <c r="C59" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="D59" t="inlineStr">
         <is>
-          <t>November 2024</t>
+          <t>December 2024</t>
         </is>
       </c>
       <c r="E59"/>
     </row>
     <row r="60">
       <c r="A60" t="inlineStr">
         <is>
           <t>Consumptiemelk (in l)</t>
         </is>
       </c>
       <c r="B60" t="inlineStr">
         <is>
           <t>Magere melk</t>
         </is>
       </c>
       <c r="C60" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="D60" t="inlineStr">
         <is>
-          <t>December 2024</t>
+          <t>Januari 2025</t>
         </is>
       </c>
       <c r="E60"/>
     </row>
     <row r="61">
       <c r="A61" t="inlineStr">
         <is>
           <t>Consumptiemelk (in l)</t>
         </is>
       </c>
       <c r="B61" t="inlineStr">
         <is>
           <t>Magere melk</t>
         </is>
       </c>
       <c r="C61" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D61" t="inlineStr">
         <is>
-          <t>Januari 2025</t>
+          <t>Februari 2025</t>
         </is>
       </c>
       <c r="E61"/>
     </row>
     <row r="62">
       <c r="A62" t="inlineStr">
         <is>
           <t>Consumptiemelk (in l)</t>
         </is>
       </c>
       <c r="B62" t="inlineStr">
         <is>
           <t>Magere melk</t>
         </is>
       </c>
       <c r="C62" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D62" t="inlineStr">
         <is>
-          <t>Februari 2025</t>
+          <t>Maart 2025</t>
         </is>
       </c>
       <c r="E62"/>
     </row>
     <row r="63">
       <c r="A63" t="inlineStr">
         <is>
           <t>Consumptiemelk (in l)</t>
         </is>
       </c>
       <c r="B63" t="inlineStr">
         <is>
           <t>Magere melk</t>
         </is>
       </c>
       <c r="C63" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D63" t="inlineStr">
         <is>
-          <t>Maart 2025</t>
+          <t>April 2025</t>
         </is>
       </c>
       <c r="E63"/>
     </row>
     <row r="64">
       <c r="A64" t="inlineStr">
         <is>
           <t>Consumptiemelk (in l)</t>
         </is>
       </c>
       <c r="B64" t="inlineStr">
         <is>
           <t>Magere melk</t>
         </is>
       </c>
       <c r="C64" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D64" t="inlineStr">
         <is>
-          <t>April 2025</t>
+          <t>Mei 2025</t>
         </is>
       </c>
       <c r="E64"/>
     </row>
     <row r="65">
       <c r="A65" t="inlineStr">
         <is>
           <t>Consumptiemelk (in l)</t>
         </is>
       </c>
       <c r="B65" t="inlineStr">
         <is>
           <t>Magere melk</t>
         </is>
       </c>
       <c r="C65" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D65" t="inlineStr">
         <is>
-          <t>Mei 2025</t>
+          <t>Juni 2025</t>
         </is>
       </c>
       <c r="E65"/>
     </row>
     <row r="66">
       <c r="A66" t="inlineStr">
         <is>
           <t>Consumptiemelk (in l)</t>
         </is>
       </c>
       <c r="B66" t="inlineStr">
         <is>
           <t>Magere melk</t>
         </is>
       </c>
       <c r="C66" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D66" t="inlineStr">
         <is>
-          <t>Juni 2025</t>
+          <t>Juli 2025</t>
         </is>
       </c>
       <c r="E66"/>
     </row>
     <row r="67">
       <c r="A67" t="inlineStr">
         <is>
           <t>Consumptiemelk (in l)</t>
         </is>
       </c>
       <c r="B67" t="inlineStr">
         <is>
           <t>Magere melk gepasteuriseerd, gesteriliseerd en U.H.T.</t>
         </is>
       </c>
       <c r="C67" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="D67" t="inlineStr">
         <is>
-          <t>Juni 2024</t>
+          <t>Juli 2024</t>
         </is>
       </c>
       <c r="E67" s="1" t="n">
-        <v>2726647.0</v>
+        <v>2833273.0</v>
       </c>
     </row>
     <row r="68">
       <c r="A68" t="inlineStr">
         <is>
           <t>Consumptiemelk (in l)</t>
         </is>
       </c>
       <c r="B68" t="inlineStr">
         <is>
           <t>Magere melk gepasteuriseerd, gesteriliseerd en U.H.T.</t>
         </is>
       </c>
       <c r="C68" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="D68" t="inlineStr">
         <is>
-          <t>Juli 2024</t>
+          <t>Augustus 2024</t>
         </is>
       </c>
       <c r="E68" s="1" t="n">
-        <v>2833273.0</v>
+        <v>2594036.0</v>
       </c>
     </row>
     <row r="69">
       <c r="A69" t="inlineStr">
         <is>
           <t>Consumptiemelk (in l)</t>
         </is>
       </c>
       <c r="B69" t="inlineStr">
         <is>
           <t>Magere melk gepasteuriseerd, gesteriliseerd en U.H.T.</t>
         </is>
       </c>
       <c r="C69" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="D69" t="inlineStr">
         <is>
-          <t>Augustus 2024</t>
+          <t>September 2024</t>
         </is>
       </c>
       <c r="E69" s="1" t="n">
-        <v>2594036.0</v>
+        <v>2697109.0</v>
       </c>
     </row>
     <row r="70">
       <c r="A70" t="inlineStr">
         <is>
           <t>Consumptiemelk (in l)</t>
         </is>
       </c>
       <c r="B70" t="inlineStr">
         <is>
           <t>Magere melk gepasteuriseerd, gesteriliseerd en U.H.T.</t>
         </is>
       </c>
       <c r="C70" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="D70" t="inlineStr">
         <is>
-          <t>September 2024</t>
+          <t>Oktober 2024</t>
         </is>
       </c>
       <c r="E70" s="1" t="n">
-        <v>2697109.0</v>
+        <v>3011493.0</v>
       </c>
     </row>
     <row r="71">
       <c r="A71" t="inlineStr">
         <is>
           <t>Consumptiemelk (in l)</t>
         </is>
       </c>
       <c r="B71" t="inlineStr">
         <is>
           <t>Magere melk gepasteuriseerd, gesteriliseerd en U.H.T.</t>
         </is>
       </c>
       <c r="C71" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="D71" t="inlineStr">
         <is>
-          <t>Oktober 2024</t>
+          <t>November 2024</t>
         </is>
       </c>
       <c r="E71" s="1" t="n">
-        <v>3011493.0</v>
+        <v>2578486.0</v>
       </c>
     </row>
     <row r="72">
       <c r="A72" t="inlineStr">
         <is>
           <t>Consumptiemelk (in l)</t>
         </is>
       </c>
       <c r="B72" t="inlineStr">
         <is>
           <t>Magere melk gepasteuriseerd, gesteriliseerd en U.H.T.</t>
         </is>
       </c>
       <c r="C72" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="D72" t="inlineStr">
         <is>
-          <t>November 2024</t>
+          <t>December 2024</t>
         </is>
       </c>
       <c r="E72" s="1" t="n">
-        <v>2578486.0</v>
+        <v>2856255.0</v>
       </c>
     </row>
     <row r="73">
       <c r="A73" t="inlineStr">
         <is>
           <t>Consumptiemelk (in l)</t>
         </is>
       </c>
       <c r="B73" t="inlineStr">
         <is>
           <t>Magere melk gepasteuriseerd, gesteriliseerd en U.H.T.</t>
         </is>
       </c>
       <c r="C73" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="D73" t="inlineStr">
         <is>
-          <t>December 2024</t>
+          <t>Januari 2025</t>
         </is>
       </c>
       <c r="E73" s="1" t="n">
-        <v>2856255.0</v>
+        <v>2523252.0</v>
       </c>
     </row>
     <row r="74">
       <c r="A74" t="inlineStr">
         <is>
           <t>Consumptiemelk (in l)</t>
         </is>
       </c>
       <c r="B74" t="inlineStr">
         <is>
           <t>Magere melk gepasteuriseerd, gesteriliseerd en U.H.T.</t>
         </is>
       </c>
       <c r="C74" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D74" t="inlineStr">
         <is>
-          <t>Januari 2025</t>
+          <t>Februari 2025</t>
         </is>
       </c>
       <c r="E74" s="1" t="n">
-        <v>2523252.0</v>
+        <v>2631778.0</v>
       </c>
     </row>
     <row r="75">
       <c r="A75" t="inlineStr">
         <is>
           <t>Consumptiemelk (in l)</t>
         </is>
       </c>
       <c r="B75" t="inlineStr">
         <is>
           <t>Magere melk gepasteuriseerd, gesteriliseerd en U.H.T.</t>
         </is>
       </c>
       <c r="C75" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D75" t="inlineStr">
         <is>
-          <t>Februari 2025</t>
+          <t>Maart 2025</t>
         </is>
       </c>
       <c r="E75" s="1" t="n">
-        <v>2631778.0</v>
+        <v>3212953.0</v>
       </c>
     </row>
     <row r="76">
       <c r="A76" t="inlineStr">
         <is>
           <t>Consumptiemelk (in l)</t>
         </is>
       </c>
       <c r="B76" t="inlineStr">
         <is>
           <t>Magere melk gepasteuriseerd, gesteriliseerd en U.H.T.</t>
         </is>
       </c>
       <c r="C76" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D76" t="inlineStr">
         <is>
-          <t>Maart 2025</t>
+          <t>April 2025</t>
         </is>
       </c>
       <c r="E76" s="1" t="n">
-        <v>3212953.0</v>
+        <v>2501809.0</v>
       </c>
     </row>
     <row r="77">
       <c r="A77" t="inlineStr">
         <is>
           <t>Consumptiemelk (in l)</t>
         </is>
       </c>
       <c r="B77" t="inlineStr">
         <is>
           <t>Magere melk gepasteuriseerd, gesteriliseerd en U.H.T.</t>
         </is>
       </c>
       <c r="C77" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D77" t="inlineStr">
         <is>
-          <t>April 2025</t>
+          <t>Mei 2025</t>
         </is>
       </c>
       <c r="E77" s="1" t="n">
-        <v>2501809.0</v>
+        <v>2630507.0</v>
       </c>
     </row>
     <row r="78">
       <c r="A78" t="inlineStr">
         <is>
           <t>Consumptiemelk (in l)</t>
         </is>
       </c>
       <c r="B78" t="inlineStr">
         <is>
           <t>Magere melk gepasteuriseerd, gesteriliseerd en U.H.T.</t>
         </is>
       </c>
       <c r="C78" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D78" t="inlineStr">
         <is>
-          <t>Mei 2025</t>
+          <t>Juni 2025</t>
         </is>
       </c>
       <c r="E78" s="1" t="n">
-        <v>2630507.0</v>
+        <v>2748147.0</v>
       </c>
     </row>
     <row r="79">
       <c r="A79" t="inlineStr">
         <is>
           <t>Consumptiemelk (in l)</t>
         </is>
       </c>
       <c r="B79" t="inlineStr">
         <is>
           <t>Magere melk gepasteuriseerd, gesteriliseerd en U.H.T.</t>
         </is>
       </c>
       <c r="C79" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D79" t="inlineStr">
         <is>
-          <t>Juni 2025</t>
+          <t>Juli 2025</t>
         </is>
       </c>
       <c r="E79" s="1" t="n">
-        <v>2748147.0</v>
+        <v>2242722.0</v>
       </c>
     </row>
     <row r="80">
       <c r="A80" t="inlineStr">
         <is>
           <t>Consumptiemelk (in l)</t>
         </is>
       </c>
       <c r="B80" t="inlineStr">
         <is>
           <t>Karnemelk (gesuikerd inbegrepen)</t>
         </is>
       </c>
       <c r="C80" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="D80" t="inlineStr">
         <is>
-          <t>Juni 2024</t>
+          <t>Juli 2024</t>
         </is>
       </c>
       <c r="E80" s="1" t="n">
-        <v>1818658.0</v>
+        <v>2032941.0</v>
       </c>
     </row>
     <row r="81">
       <c r="A81" t="inlineStr">
         <is>
           <t>Consumptiemelk (in l)</t>
         </is>
       </c>
       <c r="B81" t="inlineStr">
         <is>
           <t>Karnemelk (gesuikerd inbegrepen)</t>
         </is>
       </c>
       <c r="C81" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="D81" t="inlineStr">
         <is>
-          <t>Juli 2024</t>
+          <t>Augustus 2024</t>
         </is>
       </c>
       <c r="E81" s="1" t="n">
-        <v>2032941.0</v>
+        <v>1850040.0</v>
       </c>
     </row>
     <row r="82">
       <c r="A82" t="inlineStr">
         <is>
           <t>Consumptiemelk (in l)</t>
         </is>
       </c>
       <c r="B82" t="inlineStr">
         <is>
           <t>Karnemelk (gesuikerd inbegrepen)</t>
         </is>
       </c>
       <c r="C82" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="D82" t="inlineStr">
         <is>
-          <t>Augustus 2024</t>
+          <t>September 2024</t>
         </is>
       </c>
       <c r="E82" s="1" t="n">
-        <v>1850040.0</v>
+        <v>1475990.0</v>
       </c>
     </row>
     <row r="83">
       <c r="A83" t="inlineStr">
         <is>
           <t>Consumptiemelk (in l)</t>
         </is>
       </c>
       <c r="B83" t="inlineStr">
         <is>
           <t>Karnemelk (gesuikerd inbegrepen)</t>
         </is>
       </c>
       <c r="C83" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="D83" t="inlineStr">
         <is>
-          <t>September 2024</t>
+          <t>Oktober 2024</t>
         </is>
       </c>
       <c r="E83" s="1" t="n">
-        <v>1475990.0</v>
+        <v>1410719.0</v>
       </c>
     </row>
     <row r="84">
       <c r="A84" t="inlineStr">
         <is>
           <t>Consumptiemelk (in l)</t>
         </is>
       </c>
       <c r="B84" t="inlineStr">
         <is>
           <t>Karnemelk (gesuikerd inbegrepen)</t>
         </is>
       </c>
       <c r="C84" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="D84" t="inlineStr">
         <is>
-          <t>Oktober 2024</t>
+          <t>November 2024</t>
         </is>
       </c>
       <c r="E84" s="1" t="n">
-        <v>1410719.0</v>
+        <v>1043614.0</v>
       </c>
     </row>
     <row r="85">
       <c r="A85" t="inlineStr">
         <is>
           <t>Consumptiemelk (in l)</t>
         </is>
       </c>
       <c r="B85" t="inlineStr">
         <is>
           <t>Karnemelk (gesuikerd inbegrepen)</t>
         </is>
       </c>
       <c r="C85" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="D85" t="inlineStr">
         <is>
-          <t>November 2024</t>
+          <t>December 2024</t>
         </is>
       </c>
       <c r="E85" s="1" t="n">
-        <v>1043614.0</v>
+        <v>1164489.0</v>
       </c>
     </row>
     <row r="86">
       <c r="A86" t="inlineStr">
         <is>
           <t>Consumptiemelk (in l)</t>
         </is>
       </c>
       <c r="B86" t="inlineStr">
         <is>
           <t>Karnemelk (gesuikerd inbegrepen)</t>
         </is>
       </c>
       <c r="C86" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="D86" t="inlineStr">
         <is>
-          <t>December 2024</t>
+          <t>Januari 2025</t>
         </is>
       </c>
       <c r="E86" s="1" t="n">
-        <v>1164489.0</v>
+        <v>2056044.0</v>
       </c>
     </row>
     <row r="87">
       <c r="A87" t="inlineStr">
         <is>
           <t>Consumptiemelk (in l)</t>
         </is>
       </c>
       <c r="B87" t="inlineStr">
         <is>
           <t>Karnemelk (gesuikerd inbegrepen)</t>
         </is>
       </c>
       <c r="C87" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D87" t="inlineStr">
         <is>
-          <t>Januari 2025</t>
+          <t>Februari 2025</t>
         </is>
       </c>
       <c r="E87" s="1" t="n">
-        <v>2056044.0</v>
+        <v>1747108.0</v>
       </c>
     </row>
     <row r="88">
       <c r="A88" t="inlineStr">
         <is>
           <t>Consumptiemelk (in l)</t>
         </is>
       </c>
       <c r="B88" t="inlineStr">
         <is>
           <t>Karnemelk (gesuikerd inbegrepen)</t>
         </is>
       </c>
       <c r="C88" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D88" t="inlineStr">
         <is>
-          <t>Februari 2025</t>
+          <t>Maart 2025</t>
         </is>
       </c>
       <c r="E88" s="1" t="n">
-        <v>1747108.0</v>
+        <v>1811778.0</v>
       </c>
     </row>
     <row r="89">
       <c r="A89" t="inlineStr">
         <is>
           <t>Consumptiemelk (in l)</t>
         </is>
       </c>
       <c r="B89" t="inlineStr">
         <is>
           <t>Karnemelk (gesuikerd inbegrepen)</t>
         </is>
       </c>
       <c r="C89" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D89" t="inlineStr">
         <is>
-          <t>Maart 2025</t>
+          <t>April 2025</t>
         </is>
       </c>
       <c r="E89" s="1" t="n">
-        <v>1811778.0</v>
+        <v>1812158.0</v>
       </c>
     </row>
     <row r="90">
       <c r="A90" t="inlineStr">
         <is>
           <t>Consumptiemelk (in l)</t>
         </is>
       </c>
       <c r="B90" t="inlineStr">
         <is>
           <t>Karnemelk (gesuikerd inbegrepen)</t>
         </is>
       </c>
       <c r="C90" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D90" t="inlineStr">
         <is>
-          <t>April 2025</t>
+          <t>Mei 2025</t>
         </is>
       </c>
       <c r="E90" s="1" t="n">
-        <v>1812158.0</v>
+        <v>2094092.0</v>
       </c>
     </row>
     <row r="91">
       <c r="A91" t="inlineStr">
         <is>
           <t>Consumptiemelk (in l)</t>
         </is>
       </c>
       <c r="B91" t="inlineStr">
         <is>
           <t>Karnemelk (gesuikerd inbegrepen)</t>
         </is>
       </c>
       <c r="C91" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D91" t="inlineStr">
         <is>
-          <t>Mei 2025</t>
+          <t>Juni 2025</t>
         </is>
       </c>
       <c r="E91" s="1" t="n">
-        <v>2094092.0</v>
+        <v>1813469.0</v>
       </c>
     </row>
     <row r="92">
       <c r="A92" t="inlineStr">
         <is>
           <t>Consumptiemelk (in l)</t>
         </is>
       </c>
       <c r="B92" t="inlineStr">
         <is>
           <t>Karnemelk (gesuikerd inbegrepen)</t>
         </is>
       </c>
       <c r="C92" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D92" t="inlineStr">
         <is>
-          <t>Juni 2025</t>
+          <t>Juli 2025</t>
         </is>
       </c>
       <c r="E92" s="1" t="n">
-        <v>1813469.0</v>
+        <v>2231719.0</v>
       </c>
     </row>
     <row r="93">
       <c r="A93" t="inlineStr">
         <is>
           <t>Melkdranken (in l)</t>
         </is>
       </c>
       <c r="B93" t="inlineStr">
         <is>
           <t>Chocolademelk</t>
         </is>
       </c>
       <c r="C93" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="D93" t="inlineStr">
         <is>
-          <t>Juni 2024</t>
+          <t>Juli 2024</t>
         </is>
       </c>
       <c r="E93" s="1" t="n">
-        <v>9574563.0</v>
+        <v>1.0880227E7</v>
       </c>
     </row>
     <row r="94">
       <c r="A94" t="inlineStr">
         <is>
           <t>Melkdranken (in l)</t>
         </is>
       </c>
       <c r="B94" t="inlineStr">
         <is>
           <t>Chocolademelk</t>
         </is>
       </c>
       <c r="C94" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="D94" t="inlineStr">
         <is>
-          <t>Juli 2024</t>
+          <t>Augustus 2024</t>
         </is>
       </c>
       <c r="E94" s="1" t="n">
-        <v>1.0880227E7</v>
+        <v>1.2796265E7</v>
       </c>
     </row>
     <row r="95">
       <c r="A95" t="inlineStr">
         <is>
           <t>Melkdranken (in l)</t>
         </is>
       </c>
       <c r="B95" t="inlineStr">
         <is>
           <t>Chocolademelk</t>
         </is>
       </c>
       <c r="C95" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="D95" t="inlineStr">
         <is>
-          <t>Augustus 2024</t>
+          <t>September 2024</t>
         </is>
       </c>
       <c r="E95" s="1" t="n">
-        <v>1.2796265E7</v>
+        <v>1.1568552E7</v>
       </c>
     </row>
     <row r="96">
       <c r="A96" t="inlineStr">
         <is>
           <t>Melkdranken (in l)</t>
         </is>
       </c>
       <c r="B96" t="inlineStr">
         <is>
           <t>Chocolademelk</t>
         </is>
       </c>
       <c r="C96" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="D96" t="inlineStr">
         <is>
-          <t>September 2024</t>
+          <t>Oktober 2024</t>
         </is>
       </c>
       <c r="E96" s="1" t="n">
-        <v>1.1568552E7</v>
+        <v>1.6204728E7</v>
       </c>
     </row>
     <row r="97">
       <c r="A97" t="inlineStr">
         <is>
           <t>Melkdranken (in l)</t>
         </is>
       </c>
       <c r="B97" t="inlineStr">
         <is>
           <t>Chocolademelk</t>
         </is>
       </c>
       <c r="C97" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="D97" t="inlineStr">
         <is>
-          <t>Oktober 2024</t>
+          <t>November 2024</t>
         </is>
       </c>
       <c r="E97" s="1" t="n">
-        <v>1.6204728E7</v>
+        <v>1.3902108E7</v>
       </c>
     </row>
     <row r="98">
       <c r="A98" t="inlineStr">
         <is>
           <t>Melkdranken (in l)</t>
         </is>
       </c>
       <c r="B98" t="inlineStr">
         <is>
           <t>Chocolademelk</t>
         </is>
       </c>
       <c r="C98" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="D98" t="inlineStr">
         <is>
-          <t>November 2024</t>
+          <t>December 2024</t>
         </is>
       </c>
       <c r="E98" s="1" t="n">
-        <v>1.3902108E7</v>
+        <v>1.4391115E7</v>
       </c>
     </row>
     <row r="99">
       <c r="A99" t="inlineStr">
         <is>
           <t>Melkdranken (in l)</t>
         </is>
       </c>
       <c r="B99" t="inlineStr">
         <is>
           <t>Chocolademelk</t>
         </is>
       </c>
       <c r="C99" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="D99" t="inlineStr">
         <is>
-          <t>December 2024</t>
+          <t>Januari 2025</t>
         </is>
       </c>
       <c r="E99" s="1" t="n">
-        <v>1.4391115E7</v>
+        <v>1.1930747E7</v>
       </c>
     </row>
     <row r="100">
       <c r="A100" t="inlineStr">
         <is>
           <t>Melkdranken (in l)</t>
         </is>
       </c>
       <c r="B100" t="inlineStr">
         <is>
           <t>Chocolademelk</t>
         </is>
       </c>
       <c r="C100" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D100" t="inlineStr">
         <is>
-          <t>Januari 2025</t>
+          <t>Februari 2025</t>
         </is>
       </c>
       <c r="E100" s="1" t="n">
-        <v>1.1930747E7</v>
+        <v>9398201.0</v>
       </c>
     </row>
     <row r="101">
       <c r="A101" t="inlineStr">
         <is>
           <t>Melkdranken (in l)</t>
         </is>
       </c>
       <c r="B101" t="inlineStr">
         <is>
           <t>Chocolademelk</t>
         </is>
       </c>
       <c r="C101" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D101" t="inlineStr">
         <is>
-          <t>Februari 2025</t>
+          <t>Maart 2025</t>
         </is>
       </c>
       <c r="E101" s="1" t="n">
-        <v>9398201.0</v>
+        <v>9076127.0</v>
       </c>
     </row>
     <row r="102">
       <c r="A102" t="inlineStr">
         <is>
           <t>Melkdranken (in l)</t>
         </is>
       </c>
       <c r="B102" t="inlineStr">
         <is>
           <t>Chocolademelk</t>
         </is>
       </c>
       <c r="C102" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D102" t="inlineStr">
         <is>
-          <t>Maart 2025</t>
+          <t>April 2025</t>
         </is>
       </c>
       <c r="E102" s="1" t="n">
-        <v>9076127.0</v>
+        <v>1.1630263E7</v>
       </c>
     </row>
     <row r="103">
       <c r="A103" t="inlineStr">
         <is>
           <t>Melkdranken (in l)</t>
         </is>
       </c>
       <c r="B103" t="inlineStr">
         <is>
           <t>Chocolademelk</t>
         </is>
       </c>
       <c r="C103" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D103" t="inlineStr">
         <is>
-          <t>April 2025</t>
+          <t>Mei 2025</t>
         </is>
       </c>
       <c r="E103" s="1" t="n">
-        <v>1.1630263E7</v>
+        <v>9659191.0</v>
       </c>
     </row>
     <row r="104">
       <c r="A104" t="inlineStr">
         <is>
           <t>Melkdranken (in l)</t>
         </is>
       </c>
       <c r="B104" t="inlineStr">
         <is>
           <t>Chocolademelk</t>
         </is>
       </c>
       <c r="C104" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D104" t="inlineStr">
         <is>
-          <t>Mei 2025</t>
+          <t>Juni 2025</t>
         </is>
       </c>
       <c r="E104" s="1" t="n">
-        <v>9659191.0</v>
+        <v>9171489.0</v>
       </c>
     </row>
     <row r="105">
       <c r="A105" t="inlineStr">
         <is>
           <t>Melkdranken (in l)</t>
         </is>
       </c>
       <c r="B105" t="inlineStr">
         <is>
           <t>Chocolademelk</t>
         </is>
       </c>
       <c r="C105" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D105" t="inlineStr">
         <is>
-          <t>Juni 2025</t>
+          <t>Juli 2025</t>
         </is>
       </c>
       <c r="E105" s="1" t="n">
-        <v>9171489.0</v>
+        <v>1.1214221E7</v>
       </c>
     </row>
     <row r="106">
       <c r="A106" t="inlineStr">
         <is>
           <t>Melkdranken (in l)</t>
         </is>
       </c>
       <c r="B106" t="inlineStr">
         <is>
           <t>Andere melk en melkdranken</t>
         </is>
       </c>
       <c r="C106" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="D106" t="inlineStr">
         <is>
-          <t>Juni 2024</t>
+          <t>Juli 2024</t>
         </is>
       </c>
       <c r="E106" s="1" t="n">
-        <v>2325428.0</v>
+        <v>1708133.0</v>
       </c>
     </row>
     <row r="107">
       <c r="A107" t="inlineStr">
         <is>
           <t>Melkdranken (in l)</t>
         </is>
       </c>
       <c r="B107" t="inlineStr">
         <is>
           <t>Andere melk en melkdranken</t>
         </is>
       </c>
       <c r="C107" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="D107" t="inlineStr">
         <is>
-          <t>Juli 2024</t>
+          <t>Augustus 2024</t>
         </is>
       </c>
       <c r="E107" s="1" t="n">
-        <v>1708133.0</v>
+        <v>2168062.0</v>
       </c>
     </row>
     <row r="108">
       <c r="A108" t="inlineStr">
         <is>
           <t>Melkdranken (in l)</t>
         </is>
       </c>
       <c r="B108" t="inlineStr">
         <is>
           <t>Andere melk en melkdranken</t>
         </is>
       </c>
       <c r="C108" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="D108" t="inlineStr">
         <is>
-          <t>Augustus 2024</t>
+          <t>September 2024</t>
         </is>
       </c>
       <c r="E108" s="1" t="n">
-        <v>2168062.0</v>
+        <v>1508516.0</v>
       </c>
     </row>
     <row r="109">
       <c r="A109" t="inlineStr">
         <is>
           <t>Melkdranken (in l)</t>
         </is>
       </c>
       <c r="B109" t="inlineStr">
         <is>
           <t>Andere melk en melkdranken</t>
         </is>
       </c>
       <c r="C109" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="D109" t="inlineStr">
         <is>
-          <t>September 2024</t>
+          <t>Oktober 2024</t>
         </is>
       </c>
       <c r="E109" s="1" t="n">
-        <v>1508516.0</v>
+        <v>2056114.0</v>
       </c>
     </row>
     <row r="110">
       <c r="A110" t="inlineStr">
         <is>
           <t>Melkdranken (in l)</t>
         </is>
       </c>
       <c r="B110" t="inlineStr">
         <is>
           <t>Andere melk en melkdranken</t>
         </is>
       </c>
       <c r="C110" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="D110" t="inlineStr">
         <is>
-          <t>Oktober 2024</t>
+          <t>November 2024</t>
         </is>
       </c>
       <c r="E110" s="1" t="n">
-        <v>2056114.0</v>
+        <v>1885156.0</v>
       </c>
     </row>
     <row r="111">
       <c r="A111" t="inlineStr">
         <is>
           <t>Melkdranken (in l)</t>
         </is>
       </c>
       <c r="B111" t="inlineStr">
         <is>
           <t>Andere melk en melkdranken</t>
         </is>
       </c>
       <c r="C111" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="D111" t="inlineStr">
         <is>
-          <t>November 2024</t>
+          <t>December 2024</t>
         </is>
       </c>
       <c r="E111" s="1" t="n">
-        <v>1885156.0</v>
+        <v>1881961.0</v>
       </c>
     </row>
     <row r="112">
       <c r="A112" t="inlineStr">
         <is>
           <t>Melkdranken (in l)</t>
         </is>
       </c>
       <c r="B112" t="inlineStr">
         <is>
           <t>Andere melk en melkdranken</t>
         </is>
       </c>
       <c r="C112" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="D112" t="inlineStr">
         <is>
-          <t>December 2024</t>
+          <t>Januari 2025</t>
         </is>
       </c>
       <c r="E112" s="1" t="n">
-        <v>1881961.0</v>
+        <v>2629865.0</v>
       </c>
     </row>
     <row r="113">
       <c r="A113" t="inlineStr">
         <is>
           <t>Melkdranken (in l)</t>
         </is>
       </c>
       <c r="B113" t="inlineStr">
         <is>
           <t>Andere melk en melkdranken</t>
         </is>
       </c>
       <c r="C113" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D113" t="inlineStr">
         <is>
-          <t>Januari 2025</t>
+          <t>Februari 2025</t>
         </is>
       </c>
       <c r="E113" s="1" t="n">
-        <v>2629865.0</v>
+        <v>1901226.0</v>
       </c>
     </row>
     <row r="114">
       <c r="A114" t="inlineStr">
         <is>
           <t>Melkdranken (in l)</t>
         </is>
       </c>
       <c r="B114" t="inlineStr">
         <is>
           <t>Andere melk en melkdranken</t>
         </is>
       </c>
       <c r="C114" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D114" t="inlineStr">
         <is>
-          <t>Februari 2025</t>
+          <t>Maart 2025</t>
         </is>
       </c>
       <c r="E114" s="1" t="n">
-        <v>1901226.0</v>
+        <v>2067891.0</v>
       </c>
     </row>
     <row r="115">
       <c r="A115" t="inlineStr">
         <is>
           <t>Melkdranken (in l)</t>
         </is>
       </c>
       <c r="B115" t="inlineStr">
         <is>
           <t>Andere melk en melkdranken</t>
         </is>
       </c>
       <c r="C115" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D115" t="inlineStr">
         <is>
-          <t>Maart 2025</t>
+          <t>April 2025</t>
         </is>
       </c>
       <c r="E115" s="1" t="n">
-        <v>2067891.0</v>
+        <v>2263693.0</v>
       </c>
     </row>
     <row r="116">
       <c r="A116" t="inlineStr">
         <is>
           <t>Melkdranken (in l)</t>
         </is>
       </c>
       <c r="B116" t="inlineStr">
         <is>
           <t>Andere melk en melkdranken</t>
         </is>
       </c>
       <c r="C116" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D116" t="inlineStr">
         <is>
-          <t>April 2025</t>
+          <t>Mei 2025</t>
         </is>
       </c>
       <c r="E116" s="1" t="n">
-        <v>2263693.0</v>
+        <v>2694131.0</v>
       </c>
     </row>
     <row r="117">
       <c r="A117" t="inlineStr">
         <is>
           <t>Melkdranken (in l)</t>
         </is>
       </c>
       <c r="B117" t="inlineStr">
         <is>
           <t>Andere melk en melkdranken</t>
         </is>
       </c>
       <c r="C117" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D117" t="inlineStr">
         <is>
-          <t>Mei 2025</t>
+          <t>Juni 2025</t>
         </is>
       </c>
       <c r="E117" s="1" t="n">
-        <v>2694131.0</v>
+        <v>2515572.0</v>
       </c>
     </row>
     <row r="118">
       <c r="A118" t="inlineStr">
         <is>
           <t>Melkdranken (in l)</t>
         </is>
       </c>
       <c r="B118" t="inlineStr">
         <is>
           <t>Andere melk en melkdranken</t>
         </is>
       </c>
       <c r="C118" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D118" t="inlineStr">
         <is>
-          <t>Juni 2025</t>
+          <t>Juli 2025</t>
         </is>
       </c>
       <c r="E118" s="1" t="n">
-        <v>2515572.0</v>
+        <v>2333187.0</v>
       </c>
     </row>
     <row r="119">
       <c r="A119" t="inlineStr">
         <is>
           <t>Melkdranken (in l)</t>
         </is>
       </c>
       <c r="B119" t="inlineStr">
         <is>
           <t>Mengsel van melk en plantaardige vetten</t>
         </is>
       </c>
       <c r="C119" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="D119" t="inlineStr">
         <is>
-          <t>Juni 2024</t>
+          <t>Juli 2024</t>
         </is>
       </c>
       <c r="E119"/>
     </row>
     <row r="120">
       <c r="A120" t="inlineStr">
         <is>
           <t>Melkdranken (in l)</t>
         </is>
       </c>
       <c r="B120" t="inlineStr">
         <is>
           <t>Mengsel van melk en plantaardige vetten</t>
         </is>
       </c>
       <c r="C120" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="D120" t="inlineStr">
         <is>
-          <t>Juli 2024</t>
+          <t>Augustus 2024</t>
         </is>
       </c>
       <c r="E120"/>
     </row>
     <row r="121">
       <c r="A121" t="inlineStr">
         <is>
           <t>Melkdranken (in l)</t>
         </is>
       </c>
       <c r="B121" t="inlineStr">
         <is>
           <t>Mengsel van melk en plantaardige vetten</t>
         </is>
       </c>
       <c r="C121" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="D121" t="inlineStr">
         <is>
-          <t>Augustus 2024</t>
+          <t>September 2024</t>
         </is>
       </c>
       <c r="E121"/>
     </row>
     <row r="122">
       <c r="A122" t="inlineStr">
         <is>
           <t>Melkdranken (in l)</t>
         </is>
       </c>
       <c r="B122" t="inlineStr">
         <is>
           <t>Mengsel van melk en plantaardige vetten</t>
         </is>
       </c>
       <c r="C122" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="D122" t="inlineStr">
         <is>
-          <t>September 2024</t>
+          <t>Oktober 2024</t>
         </is>
       </c>
       <c r="E122"/>
     </row>
     <row r="123">
       <c r="A123" t="inlineStr">
         <is>
           <t>Melkdranken (in l)</t>
         </is>
       </c>
       <c r="B123" t="inlineStr">
         <is>
           <t>Mengsel van melk en plantaardige vetten</t>
         </is>
       </c>
       <c r="C123" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="D123" t="inlineStr">
         <is>
-          <t>Oktober 2024</t>
+          <t>November 2024</t>
         </is>
       </c>
       <c r="E123"/>
     </row>
     <row r="124">
       <c r="A124" t="inlineStr">
         <is>
           <t>Melkdranken (in l)</t>
         </is>
       </c>
       <c r="B124" t="inlineStr">
         <is>
           <t>Mengsel van melk en plantaardige vetten</t>
         </is>
       </c>
       <c r="C124" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="D124" t="inlineStr">
         <is>
-          <t>November 2024</t>
+          <t>December 2024</t>
         </is>
       </c>
       <c r="E124"/>
     </row>
     <row r="125">
       <c r="A125" t="inlineStr">
         <is>
           <t>Melkdranken (in l)</t>
         </is>
       </c>
       <c r="B125" t="inlineStr">
         <is>
           <t>Mengsel van melk en plantaardige vetten</t>
         </is>
       </c>
       <c r="C125" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="D125" t="inlineStr">
         <is>
-          <t>December 2024</t>
+          <t>Januari 2025</t>
         </is>
       </c>
       <c r="E125"/>
     </row>
     <row r="126">
       <c r="A126" t="inlineStr">
         <is>
           <t>Melkdranken (in l)</t>
         </is>
       </c>
       <c r="B126" t="inlineStr">
         <is>
           <t>Mengsel van melk en plantaardige vetten</t>
         </is>
       </c>
       <c r="C126" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D126" t="inlineStr">
         <is>
-          <t>Januari 2025</t>
+          <t>Februari 2025</t>
         </is>
       </c>
       <c r="E126"/>
     </row>
     <row r="127">
       <c r="A127" t="inlineStr">
         <is>
           <t>Melkdranken (in l)</t>
         </is>
       </c>
       <c r="B127" t="inlineStr">
         <is>
           <t>Mengsel van melk en plantaardige vetten</t>
         </is>
       </c>
       <c r="C127" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D127" t="inlineStr">
         <is>
-          <t>Februari 2025</t>
+          <t>Maart 2025</t>
         </is>
       </c>
       <c r="E127"/>
     </row>
     <row r="128">
       <c r="A128" t="inlineStr">
         <is>
           <t>Melkdranken (in l)</t>
         </is>
       </c>
       <c r="B128" t="inlineStr">
         <is>
           <t>Mengsel van melk en plantaardige vetten</t>
         </is>
       </c>
       <c r="C128" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D128" t="inlineStr">
         <is>
-          <t>Maart 2025</t>
+          <t>April 2025</t>
         </is>
       </c>
       <c r="E128"/>
     </row>
     <row r="129">
       <c r="A129" t="inlineStr">
         <is>
           <t>Melkdranken (in l)</t>
         </is>
       </c>
       <c r="B129" t="inlineStr">
         <is>
           <t>Mengsel van melk en plantaardige vetten</t>
         </is>
       </c>
       <c r="C129" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D129" t="inlineStr">
         <is>
-          <t>April 2025</t>
+          <t>Mei 2025</t>
         </is>
       </c>
       <c r="E129"/>
     </row>
     <row r="130">
       <c r="A130" t="inlineStr">
         <is>
           <t>Melkdranken (in l)</t>
         </is>
       </c>
       <c r="B130" t="inlineStr">
         <is>
           <t>Mengsel van melk en plantaardige vetten</t>
         </is>
       </c>
       <c r="C130" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D130" t="inlineStr">
         <is>
-          <t>Mei 2025</t>
+          <t>Juni 2025</t>
         </is>
       </c>
       <c r="E130"/>
     </row>
     <row r="131">
       <c r="A131" t="inlineStr">
         <is>
           <t>Melkdranken (in l)</t>
         </is>
       </c>
       <c r="B131" t="inlineStr">
         <is>
           <t>Mengsel van melk en plantaardige vetten</t>
         </is>
       </c>
       <c r="C131" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D131" t="inlineStr">
         <is>
-          <t>Juni 2025</t>
+          <t>Juli 2025</t>
         </is>
       </c>
       <c r="E131"/>
     </row>
     <row r="132">
       <c r="A132" t="inlineStr">
         <is>
           <t>Verse zuivelproducten (in l)</t>
         </is>
       </c>
       <c r="B132" t="inlineStr">
         <is>
           <t>Room met een melkvetgehalte : hoger dan 29 %</t>
         </is>
       </c>
       <c r="C132" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="D132" t="inlineStr">
         <is>
-          <t>Juni 2024</t>
+          <t>Juli 2024</t>
         </is>
       </c>
       <c r="E132" s="1" t="n">
-        <v>1.1806966E7</v>
+        <v>1.1446336E7</v>
       </c>
     </row>
     <row r="133">
       <c r="A133" t="inlineStr">
         <is>
           <t>Verse zuivelproducten (in l)</t>
         </is>
       </c>
       <c r="B133" t="inlineStr">
         <is>
           <t>Room met een melkvetgehalte : hoger dan 29 %</t>
         </is>
       </c>
       <c r="C133" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="D133" t="inlineStr">
         <is>
-          <t>Juli 2024</t>
+          <t>Augustus 2024</t>
         </is>
       </c>
       <c r="E133" s="1" t="n">
-        <v>1.1446336E7</v>
+        <v>9351027.0</v>
       </c>
     </row>
     <row r="134">
       <c r="A134" t="inlineStr">
         <is>
           <t>Verse zuivelproducten (in l)</t>
         </is>
       </c>
       <c r="B134" t="inlineStr">
         <is>
           <t>Room met een melkvetgehalte : hoger dan 29 %</t>
         </is>
       </c>
       <c r="C134" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="D134" t="inlineStr">
         <is>
-          <t>Augustus 2024</t>
+          <t>September 2024</t>
         </is>
       </c>
       <c r="E134" s="1" t="n">
-        <v>9351027.0</v>
+        <v>8960403.0</v>
       </c>
     </row>
     <row r="135">
       <c r="A135" t="inlineStr">
         <is>
           <t>Verse zuivelproducten (in l)</t>
         </is>
       </c>
       <c r="B135" t="inlineStr">
         <is>
           <t>Room met een melkvetgehalte : hoger dan 29 %</t>
         </is>
       </c>
       <c r="C135" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="D135" t="inlineStr">
         <is>
-          <t>September 2024</t>
+          <t>Oktober 2024</t>
         </is>
       </c>
       <c r="E135" s="1" t="n">
-        <v>8960403.0</v>
+        <v>1.215755E7</v>
       </c>
     </row>
     <row r="136">
       <c r="A136" t="inlineStr">
         <is>
           <t>Verse zuivelproducten (in l)</t>
         </is>
       </c>
       <c r="B136" t="inlineStr">
         <is>
           <t>Room met een melkvetgehalte : hoger dan 29 %</t>
         </is>
       </c>
       <c r="C136" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="D136" t="inlineStr">
         <is>
-          <t>Oktober 2024</t>
+          <t>November 2024</t>
         </is>
       </c>
       <c r="E136" s="1" t="n">
-        <v>1.215755E7</v>
+        <v>9465078.0</v>
       </c>
     </row>
     <row r="137">
       <c r="A137" t="inlineStr">
         <is>
           <t>Verse zuivelproducten (in l)</t>
         </is>
       </c>
       <c r="B137" t="inlineStr">
         <is>
           <t>Room met een melkvetgehalte : hoger dan 29 %</t>
         </is>
       </c>
       <c r="C137" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="D137" t="inlineStr">
         <is>
-          <t>November 2024</t>
+          <t>December 2024</t>
         </is>
       </c>
       <c r="E137" s="1" t="n">
-        <v>9465078.0</v>
+        <v>9840117.0</v>
       </c>
     </row>
     <row r="138">
       <c r="A138" t="inlineStr">
         <is>
           <t>Verse zuivelproducten (in l)</t>
         </is>
       </c>
       <c r="B138" t="inlineStr">
         <is>
           <t>Room met een melkvetgehalte : hoger dan 29 %</t>
         </is>
       </c>
       <c r="C138" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="D138" t="inlineStr">
         <is>
-          <t>December 2024</t>
+          <t>Januari 2025</t>
         </is>
       </c>
       <c r="E138" s="1" t="n">
-        <v>9840117.0</v>
+        <v>1.0413104E7</v>
       </c>
     </row>
     <row r="139">
       <c r="A139" t="inlineStr">
         <is>
           <t>Verse zuivelproducten (in l)</t>
         </is>
       </c>
       <c r="B139" t="inlineStr">
         <is>
           <t>Room met een melkvetgehalte : hoger dan 29 %</t>
         </is>
       </c>
       <c r="C139" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D139" t="inlineStr">
         <is>
-          <t>Januari 2025</t>
+          <t>Februari 2025</t>
         </is>
       </c>
       <c r="E139" s="1" t="n">
-        <v>1.0413104E7</v>
+        <v>9489645.0</v>
       </c>
     </row>
     <row r="140">
       <c r="A140" t="inlineStr">
         <is>
           <t>Verse zuivelproducten (in l)</t>
         </is>
       </c>
       <c r="B140" t="inlineStr">
         <is>
           <t>Room met een melkvetgehalte : hoger dan 29 %</t>
         </is>
       </c>
       <c r="C140" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D140" t="inlineStr">
         <is>
-          <t>Februari 2025</t>
+          <t>Maart 2025</t>
         </is>
       </c>
       <c r="E140" s="1" t="n">
-        <v>9489645.0</v>
+        <v>9852074.0</v>
       </c>
     </row>
     <row r="141">
       <c r="A141" t="inlineStr">
         <is>
           <t>Verse zuivelproducten (in l)</t>
         </is>
       </c>
       <c r="B141" t="inlineStr">
         <is>
           <t>Room met een melkvetgehalte : hoger dan 29 %</t>
         </is>
       </c>
       <c r="C141" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D141" t="inlineStr">
         <is>
-          <t>Maart 2025</t>
+          <t>April 2025</t>
         </is>
       </c>
       <c r="E141" s="1" t="n">
-        <v>9852074.0</v>
+        <v>9273821.0</v>
       </c>
     </row>
     <row r="142">
       <c r="A142" t="inlineStr">
         <is>
           <t>Verse zuivelproducten (in l)</t>
         </is>
       </c>
       <c r="B142" t="inlineStr">
         <is>
           <t>Room met een melkvetgehalte : hoger dan 29 %</t>
         </is>
       </c>
       <c r="C142" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D142" t="inlineStr">
         <is>
-          <t>April 2025</t>
+          <t>Mei 2025</t>
         </is>
       </c>
       <c r="E142" s="1" t="n">
-        <v>9273821.0</v>
+        <v>1.0202609E7</v>
       </c>
     </row>
     <row r="143">
       <c r="A143" t="inlineStr">
         <is>
           <t>Verse zuivelproducten (in l)</t>
         </is>
       </c>
       <c r="B143" t="inlineStr">
         <is>
           <t>Room met een melkvetgehalte : hoger dan 29 %</t>
         </is>
       </c>
       <c r="C143" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D143" t="inlineStr">
         <is>
-          <t>Mei 2025</t>
+          <t>Juni 2025</t>
         </is>
       </c>
       <c r="E143" s="1" t="n">
-        <v>1.0202609E7</v>
+        <v>9337657.0</v>
       </c>
     </row>
     <row r="144">
       <c r="A144" t="inlineStr">
         <is>
           <t>Verse zuivelproducten (in l)</t>
         </is>
       </c>
       <c r="B144" t="inlineStr">
         <is>
           <t>Room met een melkvetgehalte : hoger dan 29 %</t>
         </is>
       </c>
       <c r="C144" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D144" t="inlineStr">
         <is>
-          <t>Juni 2025</t>
+          <t>Juli 2025</t>
         </is>
       </c>
       <c r="E144" s="1" t="n">
-        <v>9337657.0</v>
+        <v>9829537.0</v>
       </c>
     </row>
     <row r="145">
       <c r="A145" t="inlineStr">
         <is>
           <t>Verse zuivelproducten (in l)</t>
         </is>
       </c>
       <c r="B145" t="inlineStr">
         <is>
           <t>Room met een melkvetgehalte: lager dan of gelijk aan 29 %</t>
         </is>
       </c>
       <c r="C145" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="D145" t="inlineStr">
         <is>
-          <t>Juni 2024</t>
+          <t>Juli 2024</t>
         </is>
       </c>
       <c r="E145" s="1" t="n">
-        <v>1.2041473E7</v>
+        <v>1.1752793E7</v>
       </c>
     </row>
     <row r="146">
       <c r="A146" t="inlineStr">
         <is>
           <t>Verse zuivelproducten (in l)</t>
         </is>
       </c>
       <c r="B146" t="inlineStr">
         <is>
           <t>Room met een melkvetgehalte: lager dan of gelijk aan 29 %</t>
         </is>
       </c>
       <c r="C146" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="D146" t="inlineStr">
         <is>
-          <t>Juli 2024</t>
+          <t>Augustus 2024</t>
         </is>
       </c>
       <c r="E146" s="1" t="n">
-        <v>1.1752793E7</v>
+        <v>9713169.0</v>
       </c>
     </row>
     <row r="147">
       <c r="A147" t="inlineStr">
         <is>
           <t>Verse zuivelproducten (in l)</t>
         </is>
       </c>
       <c r="B147" t="inlineStr">
         <is>
           <t>Room met een melkvetgehalte: lager dan of gelijk aan 29 %</t>
         </is>
       </c>
       <c r="C147" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="D147" t="inlineStr">
         <is>
-          <t>Augustus 2024</t>
+          <t>September 2024</t>
         </is>
       </c>
       <c r="E147" s="1" t="n">
-        <v>9713169.0</v>
+        <v>9563340.0</v>
       </c>
     </row>
     <row r="148">
       <c r="A148" t="inlineStr">
         <is>
           <t>Verse zuivelproducten (in l)</t>
         </is>
       </c>
       <c r="B148" t="inlineStr">
         <is>
           <t>Room met een melkvetgehalte: lager dan of gelijk aan 29 %</t>
         </is>
       </c>
       <c r="C148" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="D148" t="inlineStr">
         <is>
-          <t>September 2024</t>
+          <t>Oktober 2024</t>
         </is>
       </c>
       <c r="E148" s="1" t="n">
-        <v>9563340.0</v>
+        <v>1.3698403E7</v>
       </c>
     </row>
     <row r="149">
       <c r="A149" t="inlineStr">
         <is>
           <t>Verse zuivelproducten (in l)</t>
         </is>
       </c>
       <c r="B149" t="inlineStr">
         <is>
           <t>Room met een melkvetgehalte: lager dan of gelijk aan 29 %</t>
         </is>
       </c>
       <c r="C149" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="D149" t="inlineStr">
         <is>
-          <t>Oktober 2024</t>
+          <t>November 2024</t>
         </is>
       </c>
       <c r="E149" s="1" t="n">
-        <v>1.3698403E7</v>
+        <v>1.2947446E7</v>
       </c>
     </row>
     <row r="150">
       <c r="A150" t="inlineStr">
         <is>
           <t>Verse zuivelproducten (in l)</t>
         </is>
       </c>
       <c r="B150" t="inlineStr">
         <is>
           <t>Room met een melkvetgehalte: lager dan of gelijk aan 29 %</t>
         </is>
       </c>
       <c r="C150" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="D150" t="inlineStr">
         <is>
-          <t>November 2024</t>
+          <t>December 2024</t>
         </is>
       </c>
       <c r="E150" s="1" t="n">
-        <v>1.2947446E7</v>
+        <v>1.1107597E7</v>
       </c>
     </row>
     <row r="151">
       <c r="A151" t="inlineStr">
         <is>
           <t>Verse zuivelproducten (in l)</t>
         </is>
       </c>
       <c r="B151" t="inlineStr">
         <is>
           <t>Room met een melkvetgehalte: lager dan of gelijk aan 29 %</t>
         </is>
       </c>
       <c r="C151" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="D151" t="inlineStr">
         <is>
-          <t>December 2024</t>
+          <t>Januari 2025</t>
         </is>
       </c>
       <c r="E151" s="1" t="n">
-        <v>1.1107597E7</v>
+        <v>1.2988397E7</v>
       </c>
     </row>
     <row r="152">
       <c r="A152" t="inlineStr">
         <is>
           <t>Verse zuivelproducten (in l)</t>
         </is>
       </c>
       <c r="B152" t="inlineStr">
         <is>
           <t>Room met een melkvetgehalte: lager dan of gelijk aan 29 %</t>
         </is>
       </c>
       <c r="C152" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D152" t="inlineStr">
         <is>
-          <t>Januari 2025</t>
+          <t>Februari 2025</t>
         </is>
       </c>
       <c r="E152" s="1" t="n">
-        <v>1.2988397E7</v>
+        <v>1.1624431E7</v>
       </c>
     </row>
     <row r="153">
       <c r="A153" t="inlineStr">
         <is>
           <t>Verse zuivelproducten (in l)</t>
         </is>
       </c>
       <c r="B153" t="inlineStr">
         <is>
           <t>Room met een melkvetgehalte: lager dan of gelijk aan 29 %</t>
         </is>
       </c>
       <c r="C153" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D153" t="inlineStr">
         <is>
-          <t>Februari 2025</t>
+          <t>Maart 2025</t>
         </is>
       </c>
       <c r="E153" s="1" t="n">
-        <v>1.1624431E7</v>
+        <v>1.4026266E7</v>
       </c>
     </row>
     <row r="154">
       <c r="A154" t="inlineStr">
         <is>
           <t>Verse zuivelproducten (in l)</t>
         </is>
       </c>
       <c r="B154" t="inlineStr">
         <is>
           <t>Room met een melkvetgehalte: lager dan of gelijk aan 29 %</t>
         </is>
       </c>
       <c r="C154" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D154" t="inlineStr">
         <is>
-          <t>Maart 2025</t>
+          <t>April 2025</t>
         </is>
       </c>
       <c r="E154" s="1" t="n">
-        <v>1.4026266E7</v>
+        <v>1.4349815E7</v>
       </c>
     </row>
     <row r="155">
       <c r="A155" t="inlineStr">
         <is>
           <t>Verse zuivelproducten (in l)</t>
         </is>
       </c>
       <c r="B155" t="inlineStr">
         <is>
           <t>Room met een melkvetgehalte: lager dan of gelijk aan 29 %</t>
         </is>
       </c>
       <c r="C155" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D155" t="inlineStr">
         <is>
-          <t>April 2025</t>
+          <t>Mei 2025</t>
         </is>
       </c>
       <c r="E155" s="1" t="n">
-        <v>1.4349815E7</v>
+        <v>1.2598894E7</v>
       </c>
     </row>
     <row r="156">
       <c r="A156" t="inlineStr">
         <is>
           <t>Verse zuivelproducten (in l)</t>
         </is>
       </c>
       <c r="B156" t="inlineStr">
         <is>
           <t>Room met een melkvetgehalte: lager dan of gelijk aan 29 %</t>
         </is>
       </c>
       <c r="C156" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D156" t="inlineStr">
         <is>
-          <t>Mei 2025</t>
+          <t>Juni 2025</t>
         </is>
       </c>
       <c r="E156" s="1" t="n">
-        <v>1.2598894E7</v>
+        <v>1.1401163E7</v>
       </c>
     </row>
     <row r="157">
       <c r="A157" t="inlineStr">
         <is>
           <t>Verse zuivelproducten (in l)</t>
         </is>
       </c>
       <c r="B157" t="inlineStr">
         <is>
           <t>Room met een melkvetgehalte: lager dan of gelijk aan 29 %</t>
         </is>
       </c>
       <c r="C157" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D157" t="inlineStr">
         <is>
-          <t>Juni 2025</t>
+          <t>Juli 2025</t>
         </is>
       </c>
       <c r="E157" s="1" t="n">
-        <v>1.1401163E7</v>
+        <v>1.2131115E7</v>
       </c>
     </row>
     <row r="158">
       <c r="A158" t="inlineStr">
         <is>
           <t>Verse zuivelproducten (in l)</t>
         </is>
       </c>
       <c r="B158" t="inlineStr">
         <is>
           <t>Bereidingen op basis van room (sauzen, ...)</t>
         </is>
       </c>
       <c r="C158" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="D158" t="inlineStr">
         <is>
-          <t>Juni 2024</t>
+          <t>Juli 2024</t>
         </is>
       </c>
       <c r="E158"/>
     </row>
     <row r="159">
       <c r="A159" t="inlineStr">
         <is>
           <t>Verse zuivelproducten (in l)</t>
         </is>
       </c>
       <c r="B159" t="inlineStr">
         <is>
           <t>Bereidingen op basis van room (sauzen, ...)</t>
         </is>
       </c>
       <c r="C159" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="D159" t="inlineStr">
         <is>
-          <t>Juli 2024</t>
+          <t>Augustus 2024</t>
         </is>
       </c>
       <c r="E159"/>
     </row>
     <row r="160">
       <c r="A160" t="inlineStr">
         <is>
           <t>Verse zuivelproducten (in l)</t>
         </is>
       </c>
       <c r="B160" t="inlineStr">
         <is>
           <t>Bereidingen op basis van room (sauzen, ...)</t>
         </is>
       </c>
       <c r="C160" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="D160" t="inlineStr">
         <is>
-          <t>Augustus 2024</t>
+          <t>September 2024</t>
         </is>
       </c>
       <c r="E160"/>
     </row>
     <row r="161">
       <c r="A161" t="inlineStr">
         <is>
           <t>Verse zuivelproducten (in l)</t>
         </is>
       </c>
       <c r="B161" t="inlineStr">
         <is>
           <t>Bereidingen op basis van room (sauzen, ...)</t>
         </is>
       </c>
       <c r="C161" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="D161" t="inlineStr">
         <is>
-          <t>September 2024</t>
+          <t>Oktober 2024</t>
         </is>
       </c>
       <c r="E161"/>
     </row>
     <row r="162">
       <c r="A162" t="inlineStr">
         <is>
           <t>Verse zuivelproducten (in l)</t>
         </is>
       </c>
       <c r="B162" t="inlineStr">
         <is>
           <t>Bereidingen op basis van room (sauzen, ...)</t>
         </is>
       </c>
       <c r="C162" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="D162" t="inlineStr">
         <is>
-          <t>Oktober 2024</t>
+          <t>November 2024</t>
         </is>
       </c>
       <c r="E162"/>
     </row>
     <row r="163">
       <c r="A163" t="inlineStr">
         <is>
           <t>Verse zuivelproducten (in l)</t>
         </is>
       </c>
       <c r="B163" t="inlineStr">
         <is>
           <t>Bereidingen op basis van room (sauzen, ...)</t>
         </is>
       </c>
       <c r="C163" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="D163" t="inlineStr">
         <is>
-          <t>November 2024</t>
+          <t>December 2024</t>
         </is>
       </c>
       <c r="E163"/>
     </row>
     <row r="164">
       <c r="A164" t="inlineStr">
         <is>
           <t>Verse zuivelproducten (in l)</t>
         </is>
       </c>
       <c r="B164" t="inlineStr">
         <is>
           <t>Bereidingen op basis van room (sauzen, ...)</t>
         </is>
       </c>
       <c r="C164" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="D164" t="inlineStr">
         <is>
-          <t>December 2024</t>
+          <t>Januari 2025</t>
         </is>
       </c>
       <c r="E164"/>
     </row>
     <row r="165">
       <c r="A165" t="inlineStr">
         <is>
           <t>Verse zuivelproducten (in l)</t>
         </is>
       </c>
       <c r="B165" t="inlineStr">
         <is>
           <t>Bereidingen op basis van room (sauzen, ...)</t>
         </is>
       </c>
       <c r="C165" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D165" t="inlineStr">
         <is>
-          <t>Januari 2025</t>
+          <t>Februari 2025</t>
         </is>
       </c>
       <c r="E165"/>
     </row>
     <row r="166">
       <c r="A166" t="inlineStr">
         <is>
           <t>Verse zuivelproducten (in l)</t>
         </is>
       </c>
       <c r="B166" t="inlineStr">
         <is>
           <t>Bereidingen op basis van room (sauzen, ...)</t>
         </is>
       </c>
       <c r="C166" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D166" t="inlineStr">
         <is>
-          <t>Februari 2025</t>
+          <t>Maart 2025</t>
         </is>
       </c>
       <c r="E166"/>
     </row>
     <row r="167">
       <c r="A167" t="inlineStr">
         <is>
           <t>Verse zuivelproducten (in l)</t>
         </is>
       </c>
       <c r="B167" t="inlineStr">
         <is>
           <t>Bereidingen op basis van room (sauzen, ...)</t>
         </is>
       </c>
       <c r="C167" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D167" t="inlineStr">
         <is>
-          <t>Maart 2025</t>
+          <t>April 2025</t>
         </is>
       </c>
       <c r="E167"/>
     </row>
     <row r="168">
       <c r="A168" t="inlineStr">
         <is>
           <t>Verse zuivelproducten (in l)</t>
         </is>
       </c>
       <c r="B168" t="inlineStr">
         <is>
           <t>Bereidingen op basis van room (sauzen, ...)</t>
         </is>
       </c>
       <c r="C168" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D168" t="inlineStr">
         <is>
-          <t>April 2025</t>
+          <t>Mei 2025</t>
         </is>
       </c>
       <c r="E168"/>
     </row>
     <row r="169">
       <c r="A169" t="inlineStr">
         <is>
           <t>Verse zuivelproducten (in l)</t>
         </is>
       </c>
       <c r="B169" t="inlineStr">
         <is>
           <t>Bereidingen op basis van room (sauzen, ...)</t>
         </is>
       </c>
       <c r="C169" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D169" t="inlineStr">
         <is>
-          <t>Mei 2025</t>
+          <t>Juni 2025</t>
         </is>
       </c>
       <c r="E169"/>
     </row>
     <row r="170">
       <c r="A170" t="inlineStr">
         <is>
           <t>Verse zuivelproducten (in l)</t>
         </is>
       </c>
       <c r="B170" t="inlineStr">
         <is>
           <t>Bereidingen op basis van room (sauzen, ...)</t>
         </is>
       </c>
       <c r="C170" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D170" t="inlineStr">
         <is>
-          <t>Juni 2025</t>
+          <t>Juli 2025</t>
         </is>
       </c>
       <c r="E170"/>
     </row>
     <row r="171">
       <c r="A171" t="inlineStr">
         <is>
           <t>Verse zuivelproducten (in l)</t>
         </is>
       </c>
       <c r="B171" t="inlineStr">
         <is>
           <t>Yoghurt</t>
         </is>
       </c>
       <c r="C171" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="D171" t="inlineStr">
         <is>
-          <t>Juni 2024</t>
+          <t>Juli 2024</t>
         </is>
       </c>
       <c r="E171" s="1" t="n">
-        <v>3725755.0</v>
+        <v>3953567.0</v>
       </c>
     </row>
     <row r="172">
       <c r="A172" t="inlineStr">
         <is>
           <t>Verse zuivelproducten (in l)</t>
         </is>
       </c>
       <c r="B172" t="inlineStr">
         <is>
           <t>Yoghurt</t>
         </is>
       </c>
       <c r="C172" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="D172" t="inlineStr">
         <is>
-          <t>Juli 2024</t>
+          <t>Augustus 2024</t>
         </is>
       </c>
       <c r="E172" s="1" t="n">
-        <v>3953567.0</v>
+        <v>4040253.0</v>
       </c>
     </row>
     <row r="173">
       <c r="A173" t="inlineStr">
         <is>
           <t>Verse zuivelproducten (in l)</t>
         </is>
       </c>
       <c r="B173" t="inlineStr">
         <is>
           <t>Yoghurt</t>
         </is>
       </c>
       <c r="C173" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="D173" t="inlineStr">
         <is>
-          <t>Augustus 2024</t>
+          <t>September 2024</t>
         </is>
       </c>
       <c r="E173" s="1" t="n">
-        <v>4040253.0</v>
+        <v>4685286.0</v>
       </c>
     </row>
     <row r="174">
       <c r="A174" t="inlineStr">
         <is>
           <t>Verse zuivelproducten (in l)</t>
         </is>
       </c>
       <c r="B174" t="inlineStr">
         <is>
           <t>Yoghurt</t>
         </is>
       </c>
       <c r="C174" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="D174" t="inlineStr">
         <is>
-          <t>September 2024</t>
+          <t>Oktober 2024</t>
         </is>
       </c>
       <c r="E174" s="1" t="n">
-        <v>4685286.0</v>
+        <v>5065988.0</v>
       </c>
     </row>
     <row r="175">
       <c r="A175" t="inlineStr">
         <is>
           <t>Verse zuivelproducten (in l)</t>
         </is>
       </c>
       <c r="B175" t="inlineStr">
         <is>
           <t>Yoghurt</t>
         </is>
       </c>
       <c r="C175" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="D175" t="inlineStr">
         <is>
-          <t>Oktober 2024</t>
+          <t>November 2024</t>
         </is>
       </c>
       <c r="E175" s="1" t="n">
-        <v>5065988.0</v>
+        <v>4259720.0</v>
       </c>
     </row>
     <row r="176">
       <c r="A176" t="inlineStr">
         <is>
           <t>Verse zuivelproducten (in l)</t>
         </is>
       </c>
       <c r="B176" t="inlineStr">
         <is>
           <t>Yoghurt</t>
         </is>
       </c>
       <c r="C176" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="D176" t="inlineStr">
         <is>
-          <t>November 2024</t>
+          <t>December 2024</t>
         </is>
       </c>
       <c r="E176" s="1" t="n">
-        <v>4259720.0</v>
+        <v>4178650.0</v>
       </c>
     </row>
     <row r="177">
       <c r="A177" t="inlineStr">
         <is>
           <t>Verse zuivelproducten (in l)</t>
         </is>
       </c>
       <c r="B177" t="inlineStr">
         <is>
           <t>Yoghurt</t>
         </is>
       </c>
       <c r="C177" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="D177" t="inlineStr">
         <is>
-          <t>December 2024</t>
+          <t>Januari 2025</t>
         </is>
       </c>
       <c r="E177" s="1" t="n">
-        <v>4178650.0</v>
+        <v>4358494.0</v>
       </c>
     </row>
     <row r="178">
       <c r="A178" t="inlineStr">
         <is>
           <t>Verse zuivelproducten (in l)</t>
         </is>
       </c>
       <c r="B178" t="inlineStr">
         <is>
           <t>Yoghurt</t>
         </is>
       </c>
       <c r="C178" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D178" t="inlineStr">
         <is>
-          <t>Januari 2025</t>
+          <t>Februari 2025</t>
         </is>
       </c>
       <c r="E178" s="1" t="n">
-        <v>4358494.0</v>
+        <v>4235887.0</v>
       </c>
     </row>
     <row r="179">
       <c r="A179" t="inlineStr">
         <is>
           <t>Verse zuivelproducten (in l)</t>
         </is>
       </c>
       <c r="B179" t="inlineStr">
         <is>
           <t>Yoghurt</t>
         </is>
       </c>
       <c r="C179" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D179" t="inlineStr">
         <is>
-          <t>Februari 2025</t>
+          <t>Maart 2025</t>
         </is>
       </c>
       <c r="E179" s="1" t="n">
-        <v>4235887.0</v>
+        <v>4275635.0</v>
       </c>
     </row>
     <row r="180">
       <c r="A180" t="inlineStr">
         <is>
           <t>Verse zuivelproducten (in l)</t>
         </is>
       </c>
       <c r="B180" t="inlineStr">
         <is>
           <t>Yoghurt</t>
         </is>
       </c>
       <c r="C180" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D180" t="inlineStr">
         <is>
-          <t>Maart 2025</t>
+          <t>April 2025</t>
         </is>
       </c>
       <c r="E180" s="1" t="n">
-        <v>4275635.0</v>
+        <v>4478321.0</v>
       </c>
     </row>
     <row r="181">
       <c r="A181" t="inlineStr">
         <is>
           <t>Verse zuivelproducten (in l)</t>
         </is>
       </c>
       <c r="B181" t="inlineStr">
         <is>
           <t>Yoghurt</t>
         </is>
       </c>
       <c r="C181" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D181" t="inlineStr">
         <is>
-          <t>April 2025</t>
+          <t>Mei 2025</t>
         </is>
       </c>
       <c r="E181" s="1" t="n">
-        <v>4478321.0</v>
+        <v>4409982.0</v>
       </c>
     </row>
     <row r="182">
       <c r="A182" t="inlineStr">
         <is>
           <t>Verse zuivelproducten (in l)</t>
         </is>
       </c>
       <c r="B182" t="inlineStr">
         <is>
           <t>Yoghurt</t>
         </is>
       </c>
       <c r="C182" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D182" t="inlineStr">
         <is>
-          <t>Mei 2025</t>
+          <t>Juni 2025</t>
         </is>
       </c>
       <c r="E182" s="1" t="n">
-        <v>4409982.0</v>
+        <v>4576801.0</v>
       </c>
     </row>
     <row r="183">
       <c r="A183" t="inlineStr">
         <is>
           <t>Verse zuivelproducten (in l)</t>
         </is>
       </c>
       <c r="B183" t="inlineStr">
         <is>
           <t>Yoghurt</t>
         </is>
       </c>
       <c r="C183" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D183" t="inlineStr">
         <is>
-          <t>Juni 2025</t>
+          <t>Juli 2025</t>
         </is>
       </c>
       <c r="E183" s="1" t="n">
-        <v>4576801.0</v>
+        <v>4996162.0</v>
       </c>
     </row>
     <row r="184">
       <c r="A184" t="inlineStr">
         <is>
           <t>Verse zuivelproducten (in l)</t>
         </is>
       </c>
       <c r="B184" t="inlineStr">
         <is>
           <t>Gefermenteerde melk</t>
         </is>
       </c>
       <c r="C184" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="D184" t="inlineStr">
         <is>
-          <t>Juni 2024</t>
+          <t>Juli 2024</t>
         </is>
       </c>
       <c r="E184" s="1" t="n">
-        <v>2.1772647E7</v>
+        <v>2.3087157E7</v>
       </c>
     </row>
     <row r="185">
       <c r="A185" t="inlineStr">
         <is>
           <t>Verse zuivelproducten (in l)</t>
         </is>
       </c>
       <c r="B185" t="inlineStr">
         <is>
           <t>Gefermenteerde melk</t>
         </is>
       </c>
       <c r="C185" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="D185" t="inlineStr">
         <is>
-          <t>Juli 2024</t>
+          <t>Augustus 2024</t>
         </is>
       </c>
       <c r="E185" s="1" t="n">
-        <v>2.3087157E7</v>
+        <v>2.3308489E7</v>
       </c>
     </row>
     <row r="186">
       <c r="A186" t="inlineStr">
         <is>
           <t>Verse zuivelproducten (in l)</t>
         </is>
       </c>
       <c r="B186" t="inlineStr">
         <is>
           <t>Gefermenteerde melk</t>
         </is>
       </c>
       <c r="C186" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="D186" t="inlineStr">
         <is>
-          <t>Augustus 2024</t>
+          <t>September 2024</t>
         </is>
       </c>
       <c r="E186" s="1" t="n">
-        <v>2.3308489E7</v>
+        <v>2.3469205E7</v>
       </c>
     </row>
     <row r="187">
       <c r="A187" t="inlineStr">
         <is>
           <t>Verse zuivelproducten (in l)</t>
         </is>
       </c>
       <c r="B187" t="inlineStr">
         <is>
           <t>Gefermenteerde melk</t>
         </is>
       </c>
       <c r="C187" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="D187" t="inlineStr">
         <is>
-          <t>September 2024</t>
+          <t>Oktober 2024</t>
         </is>
       </c>
       <c r="E187" s="1" t="n">
-        <v>2.3469205E7</v>
+        <v>2.4544419E7</v>
       </c>
     </row>
     <row r="188">
       <c r="A188" t="inlineStr">
         <is>
           <t>Verse zuivelproducten (in l)</t>
         </is>
       </c>
       <c r="B188" t="inlineStr">
         <is>
           <t>Gefermenteerde melk</t>
         </is>
       </c>
       <c r="C188" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="D188" t="inlineStr">
         <is>
-          <t>Oktober 2024</t>
+          <t>November 2024</t>
         </is>
       </c>
       <c r="E188" s="1" t="n">
-        <v>2.4544419E7</v>
+        <v>2.4177047E7</v>
       </c>
     </row>
     <row r="189">
       <c r="A189" t="inlineStr">
         <is>
           <t>Verse zuivelproducten (in l)</t>
         </is>
       </c>
       <c r="B189" t="inlineStr">
         <is>
           <t>Gefermenteerde melk</t>
         </is>
       </c>
       <c r="C189" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="D189" t="inlineStr">
         <is>
-          <t>November 2024</t>
+          <t>December 2024</t>
         </is>
       </c>
       <c r="E189" s="1" t="n">
-        <v>2.4177047E7</v>
+        <v>2.6764413E7</v>
       </c>
     </row>
     <row r="190">
       <c r="A190" t="inlineStr">
         <is>
           <t>Verse zuivelproducten (in l)</t>
         </is>
       </c>
       <c r="B190" t="inlineStr">
         <is>
           <t>Gefermenteerde melk</t>
         </is>
       </c>
       <c r="C190" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="D190" t="inlineStr">
         <is>
-          <t>December 2024</t>
+          <t>Januari 2025</t>
         </is>
       </c>
       <c r="E190" s="1" t="n">
-        <v>2.6764413E7</v>
+        <v>2.4825874E7</v>
       </c>
     </row>
     <row r="191">
       <c r="A191" t="inlineStr">
         <is>
           <t>Verse zuivelproducten (in l)</t>
         </is>
       </c>
       <c r="B191" t="inlineStr">
         <is>
           <t>Gefermenteerde melk</t>
         </is>
       </c>
       <c r="C191" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D191" t="inlineStr">
         <is>
-          <t>Januari 2025</t>
+          <t>Februari 2025</t>
         </is>
       </c>
       <c r="E191" s="1" t="n">
-        <v>2.4825874E7</v>
+        <v>2.5401859E7</v>
       </c>
     </row>
     <row r="192">
       <c r="A192" t="inlineStr">
         <is>
           <t>Verse zuivelproducten (in l)</t>
         </is>
       </c>
       <c r="B192" t="inlineStr">
         <is>
           <t>Gefermenteerde melk</t>
         </is>
       </c>
       <c r="C192" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D192" t="inlineStr">
         <is>
-          <t>Februari 2025</t>
+          <t>Maart 2025</t>
         </is>
       </c>
       <c r="E192" s="1" t="n">
-        <v>2.5401859E7</v>
+        <v>2.4884535E7</v>
       </c>
     </row>
     <row r="193">
       <c r="A193" t="inlineStr">
         <is>
           <t>Verse zuivelproducten (in l)</t>
         </is>
       </c>
       <c r="B193" t="inlineStr">
         <is>
           <t>Gefermenteerde melk</t>
         </is>
       </c>
       <c r="C193" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D193" t="inlineStr">
         <is>
-          <t>Maart 2025</t>
+          <t>April 2025</t>
         </is>
       </c>
       <c r="E193" s="1" t="n">
-        <v>2.4884535E7</v>
+        <v>2.4172803E7</v>
       </c>
     </row>
     <row r="194">
       <c r="A194" t="inlineStr">
         <is>
           <t>Verse zuivelproducten (in l)</t>
         </is>
       </c>
       <c r="B194" t="inlineStr">
         <is>
           <t>Gefermenteerde melk</t>
         </is>
       </c>
       <c r="C194" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D194" t="inlineStr">
         <is>
-          <t>April 2025</t>
+          <t>Mei 2025</t>
         </is>
       </c>
       <c r="E194" s="1" t="n">
-        <v>2.4172803E7</v>
+        <v>2.3065474E7</v>
       </c>
     </row>
     <row r="195">
       <c r="A195" t="inlineStr">
         <is>
           <t>Verse zuivelproducten (in l)</t>
         </is>
       </c>
       <c r="B195" t="inlineStr">
         <is>
           <t>Gefermenteerde melk</t>
         </is>
       </c>
       <c r="C195" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D195" t="inlineStr">
         <is>
-          <t>Mei 2025</t>
+          <t>Juni 2025</t>
         </is>
       </c>
       <c r="E195" s="1" t="n">
-        <v>2.3065474E7</v>
+        <v>2.181669E7</v>
       </c>
     </row>
     <row r="196">
       <c r="A196" t="inlineStr">
         <is>
           <t>Verse zuivelproducten (in l)</t>
         </is>
       </c>
       <c r="B196" t="inlineStr">
         <is>
           <t>Gefermenteerde melk</t>
         </is>
       </c>
       <c r="C196" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D196" t="inlineStr">
         <is>
-          <t>Juni 2025</t>
+          <t>Juli 2025</t>
         </is>
       </c>
       <c r="E196" s="1" t="n">
-        <v>2.181669E7</v>
+        <v>2.2292384E7</v>
       </c>
     </row>
     <row r="197">
       <c r="A197" t="inlineStr">
         <is>
           <t>Verse zuivelproducten (in l)</t>
         </is>
       </c>
       <c r="B197" t="inlineStr">
         <is>
           <t>Desserts op basis van melk/room</t>
         </is>
       </c>
       <c r="C197" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="D197" t="inlineStr">
         <is>
-          <t>Juni 2024</t>
+          <t>Juli 2024</t>
         </is>
       </c>
       <c r="E197" s="1" t="n">
-        <v>1.2331682E7</v>
+        <v>1.2441688E7</v>
       </c>
     </row>
     <row r="198">
       <c r="A198" t="inlineStr">
         <is>
           <t>Verse zuivelproducten (in l)</t>
         </is>
       </c>
       <c r="B198" t="inlineStr">
         <is>
           <t>Desserts op basis van melk/room</t>
         </is>
       </c>
       <c r="C198" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="D198" t="inlineStr">
         <is>
-          <t>Juli 2024</t>
+          <t>Augustus 2024</t>
         </is>
       </c>
       <c r="E198" s="1" t="n">
-        <v>1.2441688E7</v>
+        <v>1.0510888E7</v>
       </c>
     </row>
     <row r="199">
       <c r="A199" t="inlineStr">
         <is>
           <t>Verse zuivelproducten (in l)</t>
         </is>
       </c>
       <c r="B199" t="inlineStr">
         <is>
           <t>Desserts op basis van melk/room</t>
         </is>
       </c>
       <c r="C199" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="D199" t="inlineStr">
         <is>
-          <t>Augustus 2024</t>
+          <t>September 2024</t>
         </is>
       </c>
       <c r="E199" s="1" t="n">
-        <v>1.0510888E7</v>
+        <v>9241361.0</v>
       </c>
     </row>
     <row r="200">
       <c r="A200" t="inlineStr">
         <is>
           <t>Verse zuivelproducten (in l)</t>
         </is>
       </c>
       <c r="B200" t="inlineStr">
         <is>
           <t>Desserts op basis van melk/room</t>
         </is>
       </c>
       <c r="C200" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="D200" t="inlineStr">
         <is>
-          <t>September 2024</t>
+          <t>Oktober 2024</t>
         </is>
       </c>
       <c r="E200" s="1" t="n">
-        <v>9241361.0</v>
+        <v>7558291.0</v>
       </c>
     </row>
     <row r="201">
       <c r="A201" t="inlineStr">
         <is>
           <t>Verse zuivelproducten (in l)</t>
         </is>
       </c>
       <c r="B201" t="inlineStr">
         <is>
           <t>Desserts op basis van melk/room</t>
         </is>
       </c>
       <c r="C201" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="D201" t="inlineStr">
         <is>
-          <t>Oktober 2024</t>
+          <t>November 2024</t>
         </is>
       </c>
       <c r="E201" s="1" t="n">
-        <v>7558291.0</v>
+        <v>8489259.0</v>
       </c>
     </row>
     <row r="202">
       <c r="A202" t="inlineStr">
         <is>
           <t>Verse zuivelproducten (in l)</t>
         </is>
       </c>
       <c r="B202" t="inlineStr">
         <is>
           <t>Desserts op basis van melk/room</t>
         </is>
       </c>
       <c r="C202" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="D202" t="inlineStr">
         <is>
-          <t>November 2024</t>
+          <t>December 2024</t>
         </is>
       </c>
       <c r="E202" s="1" t="n">
-        <v>8489259.0</v>
+        <v>7158006.0</v>
       </c>
     </row>
     <row r="203">
       <c r="A203" t="inlineStr">
         <is>
           <t>Verse zuivelproducten (in l)</t>
         </is>
       </c>
       <c r="B203" t="inlineStr">
         <is>
           <t>Desserts op basis van melk/room</t>
         </is>
       </c>
       <c r="C203" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="D203" t="inlineStr">
         <is>
-          <t>December 2024</t>
+          <t>Januari 2025</t>
         </is>
       </c>
       <c r="E203" s="1" t="n">
-        <v>7158006.0</v>
+        <v>1.0209E7</v>
       </c>
     </row>
     <row r="204">
       <c r="A204" t="inlineStr">
         <is>
           <t>Verse zuivelproducten (in l)</t>
         </is>
       </c>
       <c r="B204" t="inlineStr">
         <is>
           <t>Desserts op basis van melk/room</t>
         </is>
       </c>
       <c r="C204" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D204" t="inlineStr">
         <is>
-          <t>Januari 2025</t>
+          <t>Februari 2025</t>
         </is>
       </c>
       <c r="E204" s="1" t="n">
-        <v>1.0209E7</v>
+        <v>9103072.0</v>
       </c>
     </row>
     <row r="205">
       <c r="A205" t="inlineStr">
         <is>
           <t>Verse zuivelproducten (in l)</t>
         </is>
       </c>
       <c r="B205" t="inlineStr">
         <is>
           <t>Desserts op basis van melk/room</t>
         </is>
       </c>
       <c r="C205" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D205" t="inlineStr">
         <is>
-          <t>Februari 2025</t>
+          <t>Maart 2025</t>
         </is>
       </c>
       <c r="E205" s="1" t="n">
-        <v>9103072.0</v>
+        <v>9781741.0</v>
       </c>
     </row>
     <row r="206">
       <c r="A206" t="inlineStr">
         <is>
           <t>Verse zuivelproducten (in l)</t>
         </is>
       </c>
       <c r="B206" t="inlineStr">
         <is>
           <t>Desserts op basis van melk/room</t>
         </is>
       </c>
       <c r="C206" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D206" t="inlineStr">
         <is>
-          <t>Maart 2025</t>
+          <t>April 2025</t>
         </is>
       </c>
       <c r="E206" s="1" t="n">
-        <v>9781741.0</v>
+        <v>1.5687199E7</v>
       </c>
     </row>
     <row r="207">
       <c r="A207" t="inlineStr">
         <is>
           <t>Verse zuivelproducten (in l)</t>
         </is>
       </c>
       <c r="B207" t="inlineStr">
         <is>
           <t>Desserts op basis van melk/room</t>
         </is>
       </c>
       <c r="C207" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D207" t="inlineStr">
         <is>
-          <t>April 2025</t>
+          <t>Mei 2025</t>
         </is>
       </c>
       <c r="E207" s="1" t="n">
-        <v>1.5687199E7</v>
+        <v>1.4809159E7</v>
       </c>
     </row>
     <row r="208">
       <c r="A208" t="inlineStr">
         <is>
           <t>Verse zuivelproducten (in l)</t>
         </is>
       </c>
       <c r="B208" t="inlineStr">
         <is>
           <t>Desserts op basis van melk/room</t>
         </is>
       </c>
       <c r="C208" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D208" t="inlineStr">
         <is>
-          <t>Mei 2025</t>
+          <t>Juni 2025</t>
         </is>
       </c>
       <c r="E208" s="1" t="n">
-        <v>1.4809159E7</v>
+        <v>1.2504694E7</v>
       </c>
     </row>
     <row r="209">
       <c r="A209" t="inlineStr">
         <is>
           <t>Verse zuivelproducten (in l)</t>
         </is>
       </c>
       <c r="B209" t="inlineStr">
         <is>
           <t>Desserts op basis van melk/room</t>
         </is>
       </c>
       <c r="C209" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D209" t="inlineStr">
         <is>
-          <t>Juni 2025</t>
+          <t>Juli 2025</t>
         </is>
       </c>
       <c r="E209" s="1" t="n">
-        <v>1.2504694E7</v>
+        <v>1.3664264E7</v>
       </c>
     </row>
     <row r="210">
       <c r="A210" t="inlineStr">
         <is>
           <t>Boter (in kg)</t>
         </is>
       </c>
       <c r="B210" t="inlineStr">
         <is>
           <t>Melkerijboter (melkvet: 80-89 %)</t>
         </is>
       </c>
       <c r="C210" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="D210" t="inlineStr">
         <is>
-          <t>Juni 2024</t>
+          <t>Juli 2024</t>
         </is>
       </c>
       <c r="E210" s="1" t="n">
-        <v>5630026.0</v>
+        <v>5318296.0</v>
       </c>
     </row>
     <row r="211">
       <c r="A211" t="inlineStr">
         <is>
           <t>Boter (in kg)</t>
         </is>
       </c>
       <c r="B211" t="inlineStr">
         <is>
           <t>Melkerijboter (melkvet: 80-89 %)</t>
         </is>
       </c>
       <c r="C211" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="D211" t="inlineStr">
         <is>
-          <t>Juli 2024</t>
+          <t>Augustus 2024</t>
         </is>
       </c>
       <c r="E211" s="1" t="n">
-        <v>5318296.0</v>
+        <v>5055041.0</v>
       </c>
     </row>
     <row r="212">
       <c r="A212" t="inlineStr">
         <is>
           <t>Boter (in kg)</t>
         </is>
       </c>
       <c r="B212" t="inlineStr">
         <is>
           <t>Melkerijboter (melkvet: 80-89 %)</t>
         </is>
       </c>
       <c r="C212" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="D212" t="inlineStr">
         <is>
-          <t>Augustus 2024</t>
+          <t>September 2024</t>
         </is>
       </c>
       <c r="E212" s="1" t="n">
-        <v>5055041.0</v>
+        <v>4499215.0</v>
       </c>
     </row>
     <row r="213">
       <c r="A213" t="inlineStr">
         <is>
           <t>Boter (in kg)</t>
         </is>
       </c>
       <c r="B213" t="inlineStr">
         <is>
           <t>Melkerijboter (melkvet: 80-89 %)</t>
         </is>
       </c>
       <c r="C213" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="D213" t="inlineStr">
         <is>
-          <t>September 2024</t>
+          <t>Oktober 2024</t>
         </is>
       </c>
       <c r="E213" s="1" t="n">
-        <v>4499215.0</v>
+        <v>3923480.0</v>
       </c>
     </row>
     <row r="214">
       <c r="A214" t="inlineStr">
         <is>
           <t>Boter (in kg)</t>
         </is>
       </c>
       <c r="B214" t="inlineStr">
         <is>
           <t>Melkerijboter (melkvet: 80-89 %)</t>
         </is>
       </c>
       <c r="C214" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="D214" t="inlineStr">
         <is>
-          <t>Oktober 2024</t>
+          <t>November 2024</t>
         </is>
       </c>
       <c r="E214" s="1" t="n">
-        <v>3923480.0</v>
+        <v>4805010.0</v>
       </c>
     </row>
     <row r="215">
       <c r="A215" t="inlineStr">
         <is>
           <t>Boter (in kg)</t>
         </is>
       </c>
       <c r="B215" t="inlineStr">
         <is>
           <t>Melkerijboter (melkvet: 80-89 %)</t>
         </is>
       </c>
       <c r="C215" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="D215" t="inlineStr">
         <is>
-          <t>November 2024</t>
+          <t>December 2024</t>
         </is>
       </c>
       <c r="E215" s="1" t="n">
-        <v>4805010.0</v>
+        <v>5064606.0</v>
       </c>
     </row>
     <row r="216">
       <c r="A216" t="inlineStr">
         <is>
           <t>Boter (in kg)</t>
         </is>
       </c>
       <c r="B216" t="inlineStr">
         <is>
           <t>Melkerijboter (melkvet: 80-89 %)</t>
         </is>
       </c>
       <c r="C216" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="D216" t="inlineStr">
         <is>
-          <t>December 2024</t>
+          <t>Januari 2025</t>
         </is>
       </c>
       <c r="E216" s="1" t="n">
-        <v>5064606.0</v>
+        <v>5761554.0</v>
       </c>
     </row>
     <row r="217">
       <c r="A217" t="inlineStr">
         <is>
           <t>Boter (in kg)</t>
         </is>
       </c>
       <c r="B217" t="inlineStr">
         <is>
           <t>Melkerijboter (melkvet: 80-89 %)</t>
         </is>
       </c>
       <c r="C217" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D217" t="inlineStr">
         <is>
-          <t>Januari 2025</t>
+          <t>Februari 2025</t>
         </is>
       </c>
       <c r="E217" s="1" t="n">
-        <v>5761554.0</v>
+        <v>4986385.0</v>
       </c>
     </row>
     <row r="218">
       <c r="A218" t="inlineStr">
         <is>
           <t>Boter (in kg)</t>
         </is>
       </c>
       <c r="B218" t="inlineStr">
         <is>
           <t>Melkerijboter (melkvet: 80-89 %)</t>
         </is>
       </c>
       <c r="C218" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D218" t="inlineStr">
         <is>
-          <t>Februari 2025</t>
+          <t>Maart 2025</t>
         </is>
       </c>
       <c r="E218" s="1" t="n">
-        <v>4986385.0</v>
+        <v>6213865.0</v>
       </c>
     </row>
     <row r="219">
       <c r="A219" t="inlineStr">
         <is>
           <t>Boter (in kg)</t>
         </is>
       </c>
       <c r="B219" t="inlineStr">
         <is>
           <t>Melkerijboter (melkvet: 80-89 %)</t>
         </is>
       </c>
       <c r="C219" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D219" t="inlineStr">
         <is>
-          <t>Maart 2025</t>
+          <t>April 2025</t>
         </is>
       </c>
       <c r="E219" s="1" t="n">
-        <v>6213865.0</v>
+        <v>6212830.0</v>
       </c>
     </row>
     <row r="220">
       <c r="A220" t="inlineStr">
         <is>
           <t>Boter (in kg)</t>
         </is>
       </c>
       <c r="B220" t="inlineStr">
         <is>
           <t>Melkerijboter (melkvet: 80-89 %)</t>
         </is>
       </c>
       <c r="C220" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D220" t="inlineStr">
         <is>
-          <t>April 2025</t>
+          <t>Mei 2025</t>
         </is>
       </c>
       <c r="E220" s="1" t="n">
-        <v>6212830.0</v>
+        <v>6066543.0</v>
       </c>
     </row>
     <row r="221">
       <c r="A221" t="inlineStr">
         <is>
           <t>Boter (in kg)</t>
         </is>
       </c>
       <c r="B221" t="inlineStr">
         <is>
           <t>Melkerijboter (melkvet: 80-89 %)</t>
         </is>
       </c>
       <c r="C221" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D221" t="inlineStr">
         <is>
-          <t>Mei 2025</t>
+          <t>Juni 2025</t>
         </is>
       </c>
       <c r="E221" s="1" t="n">
-        <v>6066543.0</v>
+        <v>5590169.0</v>
       </c>
     </row>
     <row r="222">
       <c r="A222" t="inlineStr">
         <is>
           <t>Boter (in kg)</t>
         </is>
       </c>
       <c r="B222" t="inlineStr">
         <is>
           <t>Melkerijboter (melkvet: 80-89 %)</t>
         </is>
       </c>
       <c r="C222" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D222" t="inlineStr">
         <is>
-          <t>Juni 2025</t>
+          <t>Juli 2025</t>
         </is>
       </c>
       <c r="E222" s="1" t="n">
-        <v>5588244.0</v>
+        <v>5748568.0</v>
       </c>
     </row>
     <row r="223">
       <c r="A223" t="inlineStr">
         <is>
           <t>Boter (in kg)</t>
         </is>
       </c>
       <c r="B223" t="inlineStr">
         <is>
           <t>Herwerkte boter (melkvet: 80-89 %)</t>
         </is>
       </c>
       <c r="C223" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="D223" t="inlineStr">
         <is>
-          <t>Juni 2024</t>
+          <t>Juli 2024</t>
         </is>
       </c>
       <c r="E223"/>
     </row>
     <row r="224">
       <c r="A224" t="inlineStr">
         <is>
           <t>Boter (in kg)</t>
         </is>
       </c>
       <c r="B224" t="inlineStr">
         <is>
           <t>Herwerkte boter (melkvet: 80-89 %)</t>
         </is>
       </c>
       <c r="C224" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="D224" t="inlineStr">
         <is>
-          <t>Juli 2024</t>
+          <t>Augustus 2024</t>
         </is>
       </c>
       <c r="E224"/>
     </row>
     <row r="225">
       <c r="A225" t="inlineStr">
         <is>
           <t>Boter (in kg)</t>
         </is>
       </c>
       <c r="B225" t="inlineStr">
         <is>
           <t>Herwerkte boter (melkvet: 80-89 %)</t>
         </is>
       </c>
       <c r="C225" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="D225" t="inlineStr">
         <is>
-          <t>Augustus 2024</t>
+          <t>September 2024</t>
         </is>
       </c>
       <c r="E225"/>
     </row>
     <row r="226">
       <c r="A226" t="inlineStr">
         <is>
           <t>Boter (in kg)</t>
         </is>
       </c>
       <c r="B226" t="inlineStr">
         <is>
           <t>Herwerkte boter (melkvet: 80-89 %)</t>
         </is>
       </c>
       <c r="C226" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="D226" t="inlineStr">
         <is>
-          <t>September 2024</t>
+          <t>Oktober 2024</t>
         </is>
       </c>
       <c r="E226"/>
     </row>
     <row r="227">
       <c r="A227" t="inlineStr">
         <is>
           <t>Boter (in kg)</t>
         </is>
       </c>
       <c r="B227" t="inlineStr">
         <is>
           <t>Herwerkte boter (melkvet: 80-89 %)</t>
         </is>
       </c>
       <c r="C227" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="D227" t="inlineStr">
         <is>
-          <t>Oktober 2024</t>
+          <t>November 2024</t>
         </is>
       </c>
       <c r="E227"/>
     </row>
     <row r="228">
       <c r="A228" t="inlineStr">
         <is>
           <t>Boter (in kg)</t>
         </is>
       </c>
       <c r="B228" t="inlineStr">
         <is>
           <t>Herwerkte boter (melkvet: 80-89 %)</t>
         </is>
       </c>
       <c r="C228" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="D228" t="inlineStr">
         <is>
-          <t>November 2024</t>
+          <t>December 2024</t>
         </is>
       </c>
       <c r="E228"/>
     </row>
     <row r="229">
       <c r="A229" t="inlineStr">
         <is>
           <t>Boter (in kg)</t>
         </is>
       </c>
       <c r="B229" t="inlineStr">
         <is>
           <t>Herwerkte boter (melkvet: 80-89 %)</t>
         </is>
       </c>
       <c r="C229" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="D229" t="inlineStr">
         <is>
-          <t>December 2024</t>
+          <t>Januari 2025</t>
         </is>
       </c>
       <c r="E229"/>
     </row>
     <row r="230">
       <c r="A230" t="inlineStr">
         <is>
           <t>Boter (in kg)</t>
         </is>
       </c>
       <c r="B230" t="inlineStr">
         <is>
           <t>Herwerkte boter (melkvet: 80-89 %)</t>
         </is>
       </c>
       <c r="C230" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D230" t="inlineStr">
         <is>
-          <t>Januari 2025</t>
+          <t>Februari 2025</t>
         </is>
       </c>
       <c r="E230"/>
     </row>
     <row r="231">
       <c r="A231" t="inlineStr">
         <is>
           <t>Boter (in kg)</t>
         </is>
       </c>
       <c r="B231" t="inlineStr">
         <is>
           <t>Herwerkte boter (melkvet: 80-89 %)</t>
         </is>
       </c>
       <c r="C231" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D231" t="inlineStr">
         <is>
-          <t>Februari 2025</t>
+          <t>Maart 2025</t>
         </is>
       </c>
       <c r="E231"/>
     </row>
     <row r="232">
       <c r="A232" t="inlineStr">
         <is>
           <t>Boter (in kg)</t>
         </is>
       </c>
       <c r="B232" t="inlineStr">
         <is>
           <t>Herwerkte boter (melkvet: 80-89 %)</t>
         </is>
       </c>
       <c r="C232" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D232" t="inlineStr">
         <is>
-          <t>Maart 2025</t>
+          <t>April 2025</t>
         </is>
       </c>
       <c r="E232"/>
     </row>
     <row r="233">
       <c r="A233" t="inlineStr">
         <is>
           <t>Boter (in kg)</t>
         </is>
       </c>
       <c r="B233" t="inlineStr">
         <is>
           <t>Herwerkte boter (melkvet: 80-89 %)</t>
         </is>
       </c>
       <c r="C233" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D233" t="inlineStr">
         <is>
-          <t>April 2025</t>
+          <t>Mei 2025</t>
         </is>
       </c>
       <c r="E233"/>
     </row>
     <row r="234">
       <c r="A234" t="inlineStr">
         <is>
           <t>Boter (in kg)</t>
         </is>
       </c>
       <c r="B234" t="inlineStr">
         <is>
           <t>Herwerkte boter (melkvet: 80-89 %)</t>
         </is>
       </c>
       <c r="C234" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D234" t="inlineStr">
         <is>
-          <t>Mei 2025</t>
+          <t>Juni 2025</t>
         </is>
       </c>
       <c r="E234"/>
     </row>
     <row r="235">
       <c r="A235" t="inlineStr">
         <is>
           <t>Boter (in kg)</t>
         </is>
       </c>
       <c r="B235" t="inlineStr">
         <is>
           <t>Herwerkte boter (melkvet: 80-89 %)</t>
         </is>
       </c>
       <c r="C235" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D235" t="inlineStr">
         <is>
-          <t>Juni 2025</t>
+          <t>Juli 2025</t>
         </is>
       </c>
       <c r="E235"/>
     </row>
     <row r="236">
       <c r="A236" t="inlineStr">
         <is>
           <t>Boter (in kg)</t>
         </is>
       </c>
       <c r="B236" t="inlineStr">
         <is>
           <t>Andere melkvetten , Boterbereidingen , Mengsels van dierlijke of plantaardige vetten en van melkvetten</t>
         </is>
       </c>
       <c r="C236" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="D236" t="inlineStr">
         <is>
-          <t>Juni 2024</t>
+          <t>Juli 2024</t>
         </is>
       </c>
       <c r="E236"/>
     </row>
     <row r="237">
       <c r="A237" t="inlineStr">
         <is>
           <t>Boter (in kg)</t>
         </is>
       </c>
       <c r="B237" t="inlineStr">
         <is>
           <t>Andere melkvetten , Boterbereidingen , Mengsels van dierlijke of plantaardige vetten en van melkvetten</t>
         </is>
       </c>
       <c r="C237" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="D237" t="inlineStr">
         <is>
-          <t>Juli 2024</t>
+          <t>Augustus 2024</t>
         </is>
       </c>
       <c r="E237"/>
     </row>
     <row r="238">
       <c r="A238" t="inlineStr">
         <is>
           <t>Boter (in kg)</t>
         </is>
       </c>
       <c r="B238" t="inlineStr">
         <is>
           <t>Andere melkvetten , Boterbereidingen , Mengsels van dierlijke of plantaardige vetten en van melkvetten</t>
         </is>
       </c>
       <c r="C238" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="D238" t="inlineStr">
         <is>
-          <t>Augustus 2024</t>
+          <t>September 2024</t>
         </is>
       </c>
       <c r="E238"/>
     </row>
     <row r="239">
       <c r="A239" t="inlineStr">
         <is>
           <t>Boter (in kg)</t>
         </is>
       </c>
       <c r="B239" t="inlineStr">
         <is>
           <t>Andere melkvetten , Boterbereidingen , Mengsels van dierlijke of plantaardige vetten en van melkvetten</t>
         </is>
       </c>
       <c r="C239" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="D239" t="inlineStr">
         <is>
-          <t>September 2024</t>
+          <t>Oktober 2024</t>
         </is>
       </c>
       <c r="E239"/>
     </row>
     <row r="240">
       <c r="A240" t="inlineStr">
         <is>
           <t>Boter (in kg)</t>
         </is>
       </c>
       <c r="B240" t="inlineStr">
         <is>
           <t>Andere melkvetten , Boterbereidingen , Mengsels van dierlijke of plantaardige vetten en van melkvetten</t>
         </is>
       </c>
       <c r="C240" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="D240" t="inlineStr">
         <is>
-          <t>Oktober 2024</t>
+          <t>November 2024</t>
         </is>
       </c>
       <c r="E240"/>
     </row>
     <row r="241">
       <c r="A241" t="inlineStr">
         <is>
           <t>Boter (in kg)</t>
         </is>
       </c>
       <c r="B241" t="inlineStr">
         <is>
           <t>Andere melkvetten , Boterbereidingen , Mengsels van dierlijke of plantaardige vetten en van melkvetten</t>
         </is>
       </c>
       <c r="C241" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="D241" t="inlineStr">
         <is>
-          <t>November 2024</t>
+          <t>December 2024</t>
         </is>
       </c>
       <c r="E241"/>
     </row>
     <row r="242">
       <c r="A242" t="inlineStr">
         <is>
           <t>Boter (in kg)</t>
         </is>
       </c>
       <c r="B242" t="inlineStr">
         <is>
           <t>Andere melkvetten , Boterbereidingen , Mengsels van dierlijke of plantaardige vetten en van melkvetten</t>
         </is>
       </c>
       <c r="C242" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="D242" t="inlineStr">
         <is>
-          <t>December 2024</t>
+          <t>Januari 2025</t>
         </is>
       </c>
       <c r="E242"/>
     </row>
     <row r="243">
       <c r="A243" t="inlineStr">
         <is>
           <t>Boter (in kg)</t>
         </is>
       </c>
       <c r="B243" t="inlineStr">
         <is>
           <t>Andere melkvetten , Boterbereidingen , Mengsels van dierlijke of plantaardige vetten en van melkvetten</t>
         </is>
       </c>
       <c r="C243" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D243" t="inlineStr">
         <is>
-          <t>Januari 2025</t>
+          <t>Februari 2025</t>
         </is>
       </c>
       <c r="E243"/>
     </row>
     <row r="244">
       <c r="A244" t="inlineStr">
         <is>
           <t>Boter (in kg)</t>
         </is>
       </c>
       <c r="B244" t="inlineStr">
         <is>
           <t>Andere melkvetten , Boterbereidingen , Mengsels van dierlijke of plantaardige vetten en van melkvetten</t>
         </is>
       </c>
       <c r="C244" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D244" t="inlineStr">
         <is>
-          <t>Februari 2025</t>
+          <t>Maart 2025</t>
         </is>
       </c>
       <c r="E244"/>
     </row>
     <row r="245">
       <c r="A245" t="inlineStr">
         <is>
           <t>Boter (in kg)</t>
         </is>
       </c>
       <c r="B245" t="inlineStr">
         <is>
           <t>Andere melkvetten , Boterbereidingen , Mengsels van dierlijke of plantaardige vetten en van melkvetten</t>
         </is>
       </c>
       <c r="C245" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D245" t="inlineStr">
         <is>
-          <t>Maart 2025</t>
+          <t>April 2025</t>
         </is>
       </c>
       <c r="E245"/>
     </row>
     <row r="246">
       <c r="A246" t="inlineStr">
         <is>
           <t>Boter (in kg)</t>
         </is>
       </c>
       <c r="B246" t="inlineStr">
         <is>
           <t>Andere melkvetten , Boterbereidingen , Mengsels van dierlijke of plantaardige vetten en van melkvetten</t>
         </is>
       </c>
       <c r="C246" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D246" t="inlineStr">
         <is>
-          <t>April 2025</t>
+          <t>Mei 2025</t>
         </is>
       </c>
       <c r="E246"/>
     </row>
     <row r="247">
       <c r="A247" t="inlineStr">
         <is>
           <t>Boter (in kg)</t>
         </is>
       </c>
       <c r="B247" t="inlineStr">
         <is>
           <t>Andere melkvetten , Boterbereidingen , Mengsels van dierlijke of plantaardige vetten en van melkvetten</t>
         </is>
       </c>
       <c r="C247" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D247" t="inlineStr">
         <is>
-          <t>Mei 2025</t>
+          <t>Juni 2025</t>
         </is>
       </c>
       <c r="E247"/>
     </row>
     <row r="248">
       <c r="A248" t="inlineStr">
         <is>
           <t>Boter (in kg)</t>
         </is>
       </c>
       <c r="B248" t="inlineStr">
         <is>
           <t>Andere melkvetten , Boterbereidingen , Mengsels van dierlijke of plantaardige vetten en van melkvetten</t>
         </is>
       </c>
       <c r="C248" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D248" t="inlineStr">
         <is>
-          <t>Juni 2025</t>
+          <t>Juli 2025</t>
         </is>
       </c>
       <c r="E248"/>
     </row>
     <row r="249">
       <c r="A249" t="inlineStr">
         <is>
           <t>Melkpoeder (in kg)</t>
         </is>
       </c>
       <c r="B249" t="inlineStr">
         <is>
           <t>Room , Volle melk, Halfvolle melk</t>
         </is>
       </c>
       <c r="C249" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="D249" t="inlineStr">
         <is>
-          <t>Juni 2024</t>
+          <t>Juli 2024</t>
         </is>
       </c>
       <c r="E249" s="1" t="n">
-        <v>3808398.0</v>
+        <v>3055009.0</v>
       </c>
     </row>
     <row r="250">
       <c r="A250" t="inlineStr">
         <is>
           <t>Melkpoeder (in kg)</t>
         </is>
       </c>
       <c r="B250" t="inlineStr">
         <is>
           <t>Room , Volle melk, Halfvolle melk</t>
         </is>
       </c>
       <c r="C250" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="D250" t="inlineStr">
         <is>
-          <t>Juli 2024</t>
+          <t>Augustus 2024</t>
         </is>
       </c>
       <c r="E250" s="1" t="n">
-        <v>3055009.0</v>
+        <v>1054809.0</v>
       </c>
     </row>
     <row r="251">
       <c r="A251" t="inlineStr">
         <is>
           <t>Melkpoeder (in kg)</t>
         </is>
       </c>
       <c r="B251" t="inlineStr">
         <is>
           <t>Room , Volle melk, Halfvolle melk</t>
         </is>
       </c>
       <c r="C251" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="D251" t="inlineStr">
         <is>
-          <t>Augustus 2024</t>
+          <t>September 2024</t>
         </is>
       </c>
       <c r="E251" s="1" t="n">
-        <v>1054809.0</v>
+        <v>1719757.0</v>
       </c>
     </row>
     <row r="252">
       <c r="A252" t="inlineStr">
         <is>
           <t>Melkpoeder (in kg)</t>
         </is>
       </c>
       <c r="B252" t="inlineStr">
         <is>
           <t>Room , Volle melk, Halfvolle melk</t>
         </is>
       </c>
       <c r="C252" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="D252" t="inlineStr">
         <is>
-          <t>September 2024</t>
+          <t>Oktober 2024</t>
         </is>
       </c>
       <c r="E252" s="1" t="n">
-        <v>1719757.0</v>
+        <v>1453057.0</v>
       </c>
     </row>
     <row r="253">
       <c r="A253" t="inlineStr">
         <is>
           <t>Melkpoeder (in kg)</t>
         </is>
       </c>
       <c r="B253" t="inlineStr">
         <is>
           <t>Room , Volle melk, Halfvolle melk</t>
         </is>
       </c>
       <c r="C253" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="D253" t="inlineStr">
         <is>
-          <t>Oktober 2024</t>
+          <t>November 2024</t>
         </is>
       </c>
       <c r="E253" s="1" t="n">
-        <v>1453057.0</v>
+        <v>1703757.0</v>
       </c>
     </row>
     <row r="254">
       <c r="A254" t="inlineStr">
         <is>
           <t>Melkpoeder (in kg)</t>
         </is>
       </c>
       <c r="B254" t="inlineStr">
         <is>
           <t>Room , Volle melk, Halfvolle melk</t>
         </is>
       </c>
       <c r="C254" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="D254" t="inlineStr">
         <is>
-          <t>November 2024</t>
+          <t>December 2024</t>
         </is>
       </c>
       <c r="E254" s="1" t="n">
-        <v>1703757.0</v>
+        <v>2985572.0</v>
       </c>
     </row>
     <row r="255">
       <c r="A255" t="inlineStr">
         <is>
           <t>Melkpoeder (in kg)</t>
         </is>
       </c>
       <c r="B255" t="inlineStr">
         <is>
           <t>Room , Volle melk, Halfvolle melk</t>
         </is>
       </c>
       <c r="C255" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="D255" t="inlineStr">
         <is>
-          <t>December 2024</t>
+          <t>Januari 2025</t>
         </is>
       </c>
       <c r="E255" s="1" t="n">
-        <v>2985572.0</v>
+        <v>3178720.0</v>
       </c>
     </row>
     <row r="256">
       <c r="A256" t="inlineStr">
         <is>
           <t>Melkpoeder (in kg)</t>
         </is>
       </c>
       <c r="B256" t="inlineStr">
         <is>
           <t>Room , Volle melk, Halfvolle melk</t>
         </is>
       </c>
       <c r="C256" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D256" t="inlineStr">
         <is>
-          <t>Januari 2025</t>
+          <t>Februari 2025</t>
         </is>
       </c>
       <c r="E256" s="1" t="n">
-        <v>3178720.0</v>
+        <v>1974568.0</v>
       </c>
     </row>
     <row r="257">
       <c r="A257" t="inlineStr">
         <is>
           <t>Melkpoeder (in kg)</t>
         </is>
       </c>
       <c r="B257" t="inlineStr">
         <is>
           <t>Room , Volle melk, Halfvolle melk</t>
         </is>
       </c>
       <c r="C257" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D257" t="inlineStr">
         <is>
-          <t>Februari 2025</t>
+          <t>Maart 2025</t>
         </is>
       </c>
       <c r="E257" s="1" t="n">
-        <v>1974568.0</v>
+        <v>4074125.0</v>
       </c>
     </row>
     <row r="258">
       <c r="A258" t="inlineStr">
         <is>
           <t>Melkpoeder (in kg)</t>
         </is>
       </c>
       <c r="B258" t="inlineStr">
         <is>
           <t>Room , Volle melk, Halfvolle melk</t>
         </is>
       </c>
       <c r="C258" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D258" t="inlineStr">
         <is>
-          <t>Maart 2025</t>
+          <t>April 2025</t>
         </is>
       </c>
       <c r="E258" s="1" t="n">
-        <v>4074125.0</v>
+        <v>2283430.0</v>
       </c>
     </row>
     <row r="259">
       <c r="A259" t="inlineStr">
         <is>
           <t>Melkpoeder (in kg)</t>
         </is>
       </c>
       <c r="B259" t="inlineStr">
         <is>
           <t>Room , Volle melk, Halfvolle melk</t>
         </is>
       </c>
       <c r="C259" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D259" t="inlineStr">
         <is>
-          <t>April 2025</t>
+          <t>Mei 2025</t>
         </is>
       </c>
       <c r="E259" s="1" t="n">
-        <v>2283430.0</v>
+        <v>2986552.0</v>
       </c>
     </row>
     <row r="260">
       <c r="A260" t="inlineStr">
         <is>
           <t>Melkpoeder (in kg)</t>
         </is>
       </c>
       <c r="B260" t="inlineStr">
         <is>
           <t>Room , Volle melk, Halfvolle melk</t>
         </is>
       </c>
       <c r="C260" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D260" t="inlineStr">
         <is>
-          <t>Mei 2025</t>
+          <t>Juni 2025</t>
         </is>
       </c>
       <c r="E260" s="1" t="n">
-        <v>2986552.0</v>
+        <v>3184766.0</v>
       </c>
     </row>
     <row r="261">
       <c r="A261" t="inlineStr">
         <is>
           <t>Melkpoeder (in kg)</t>
         </is>
       </c>
       <c r="B261" t="inlineStr">
         <is>
           <t>Room , Volle melk, Halfvolle melk</t>
         </is>
       </c>
       <c r="C261" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D261" t="inlineStr">
         <is>
-          <t>Juni 2025</t>
+          <t>Juli 2025</t>
         </is>
       </c>
       <c r="E261" s="1" t="n">
-        <v>3184766.0</v>
+        <v>2949268.0</v>
       </c>
     </row>
     <row r="262">
       <c r="A262" t="inlineStr">
         <is>
           <t>Melkpoeder (in kg)</t>
         </is>
       </c>
       <c r="B262" t="inlineStr">
         <is>
           <t>Magere melk (vet: 1,5% max.)</t>
         </is>
       </c>
       <c r="C262" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="D262" t="inlineStr">
         <is>
-          <t>Juni 2024</t>
+          <t>Juli 2024</t>
         </is>
       </c>
       <c r="E262" s="1" t="n">
-        <v>1.5898674E7</v>
+        <v>1.3183937E7</v>
       </c>
     </row>
     <row r="263">
       <c r="A263" t="inlineStr">
         <is>
           <t>Melkpoeder (in kg)</t>
         </is>
       </c>
       <c r="B263" t="inlineStr">
         <is>
           <t>Magere melk (vet: 1,5% max.)</t>
         </is>
       </c>
       <c r="C263" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="D263" t="inlineStr">
         <is>
-          <t>Juli 2024</t>
+          <t>Augustus 2024</t>
         </is>
       </c>
       <c r="E263" s="1" t="n">
-        <v>1.3183937E7</v>
+        <v>1.1367268E7</v>
       </c>
     </row>
     <row r="264">
       <c r="A264" t="inlineStr">
         <is>
           <t>Melkpoeder (in kg)</t>
         </is>
       </c>
       <c r="B264" t="inlineStr">
         <is>
           <t>Magere melk (vet: 1,5% max.)</t>
         </is>
       </c>
       <c r="C264" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="D264" t="inlineStr">
         <is>
-          <t>Augustus 2024</t>
+          <t>September 2024</t>
         </is>
       </c>
       <c r="E264" s="1" t="n">
-        <v>1.1367268E7</v>
+        <v>8753163.0</v>
       </c>
     </row>
     <row r="265">
       <c r="A265" t="inlineStr">
         <is>
           <t>Melkpoeder (in kg)</t>
         </is>
       </c>
       <c r="B265" t="inlineStr">
         <is>
           <t>Magere melk (vet: 1,5% max.)</t>
         </is>
       </c>
       <c r="C265" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="D265" t="inlineStr">
         <is>
-          <t>September 2024</t>
+          <t>Oktober 2024</t>
         </is>
       </c>
       <c r="E265" s="1" t="n">
-        <v>8753163.0</v>
+        <v>1.0163912E7</v>
       </c>
     </row>
     <row r="266">
       <c r="A266" t="inlineStr">
         <is>
           <t>Melkpoeder (in kg)</t>
         </is>
       </c>
       <c r="B266" t="inlineStr">
         <is>
           <t>Magere melk (vet: 1,5% max.)</t>
         </is>
       </c>
       <c r="C266" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="D266" t="inlineStr">
         <is>
-          <t>Oktober 2024</t>
+          <t>November 2024</t>
         </is>
       </c>
       <c r="E266" s="1" t="n">
-        <v>1.0163912E7</v>
+        <v>1.071552E7</v>
       </c>
     </row>
     <row r="267">
       <c r="A267" t="inlineStr">
         <is>
           <t>Melkpoeder (in kg)</t>
         </is>
       </c>
       <c r="B267" t="inlineStr">
         <is>
           <t>Magere melk (vet: 1,5% max.)</t>
         </is>
       </c>
       <c r="C267" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="D267" t="inlineStr">
         <is>
-          <t>November 2024</t>
+          <t>December 2024</t>
         </is>
       </c>
       <c r="E267" s="1" t="n">
-        <v>1.071552E7</v>
+        <v>1.4497668E7</v>
       </c>
     </row>
     <row r="268">
       <c r="A268" t="inlineStr">
         <is>
           <t>Melkpoeder (in kg)</t>
         </is>
       </c>
       <c r="B268" t="inlineStr">
         <is>
           <t>Magere melk (vet: 1,5% max.)</t>
         </is>
       </c>
       <c r="C268" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="D268" t="inlineStr">
         <is>
-          <t>December 2024</t>
+          <t>Januari 2025</t>
         </is>
       </c>
       <c r="E268" s="1" t="n">
-        <v>1.4497668E7</v>
+        <v>1.3699508E7</v>
       </c>
     </row>
     <row r="269">
       <c r="A269" t="inlineStr">
         <is>
           <t>Melkpoeder (in kg)</t>
         </is>
       </c>
       <c r="B269" t="inlineStr">
         <is>
           <t>Magere melk (vet: 1,5% max.)</t>
         </is>
       </c>
       <c r="C269" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D269" t="inlineStr">
         <is>
-          <t>Januari 2025</t>
+          <t>Februari 2025</t>
         </is>
       </c>
       <c r="E269" s="1" t="n">
-        <v>1.3699508E7</v>
+        <v>1.7468486E7</v>
       </c>
     </row>
     <row r="270">
       <c r="A270" t="inlineStr">
         <is>
           <t>Melkpoeder (in kg)</t>
         </is>
       </c>
       <c r="B270" t="inlineStr">
         <is>
           <t>Magere melk (vet: 1,5% max.)</t>
         </is>
       </c>
       <c r="C270" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D270" t="inlineStr">
         <is>
-          <t>Februari 2025</t>
+          <t>Maart 2025</t>
         </is>
       </c>
       <c r="E270" s="1" t="n">
-        <v>1.7468486E7</v>
+        <v>1.5301384E7</v>
       </c>
     </row>
     <row r="271">
       <c r="A271" t="inlineStr">
         <is>
           <t>Melkpoeder (in kg)</t>
         </is>
       </c>
       <c r="B271" t="inlineStr">
         <is>
           <t>Magere melk (vet: 1,5% max.)</t>
         </is>
       </c>
       <c r="C271" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D271" t="inlineStr">
         <is>
-          <t>Maart 2025</t>
+          <t>April 2025</t>
         </is>
       </c>
       <c r="E271" s="1" t="n">
-        <v>1.5301384E7</v>
+        <v>1.8797681E7</v>
       </c>
     </row>
     <row r="272">
       <c r="A272" t="inlineStr">
         <is>
           <t>Melkpoeder (in kg)</t>
         </is>
       </c>
       <c r="B272" t="inlineStr">
         <is>
           <t>Magere melk (vet: 1,5% max.)</t>
         </is>
       </c>
       <c r="C272" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D272" t="inlineStr">
         <is>
-          <t>April 2025</t>
+          <t>Mei 2025</t>
         </is>
       </c>
       <c r="E272" s="1" t="n">
-        <v>1.8797681E7</v>
+        <v>1.7488573E7</v>
       </c>
     </row>
     <row r="273">
       <c r="A273" t="inlineStr">
         <is>
           <t>Melkpoeder (in kg)</t>
         </is>
       </c>
       <c r="B273" t="inlineStr">
         <is>
           <t>Magere melk (vet: 1,5% max.)</t>
         </is>
       </c>
       <c r="C273" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D273" t="inlineStr">
         <is>
-          <t>Mei 2025</t>
+          <t>Juni 2025</t>
         </is>
       </c>
       <c r="E273" s="1" t="n">
-        <v>1.7488573E7</v>
+        <v>1.5244077E7</v>
       </c>
     </row>
     <row r="274">
       <c r="A274" t="inlineStr">
         <is>
           <t>Melkpoeder (in kg)</t>
         </is>
       </c>
       <c r="B274" t="inlineStr">
         <is>
           <t>Magere melk (vet: 1,5% max.)</t>
         </is>
       </c>
       <c r="C274" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D274" t="inlineStr">
         <is>
-          <t>Juni 2025</t>
+          <t>Juli 2025</t>
         </is>
       </c>
       <c r="E274" s="1" t="n">
-        <v>1.5244077E7</v>
+        <v>1.2717698E7</v>
       </c>
     </row>
     <row r="275">
       <c r="A275" t="inlineStr">
         <is>
           <t>Melkpoeder (in kg)</t>
         </is>
       </c>
       <c r="B275" t="inlineStr">
         <is>
           <t>Karnemelk</t>
         </is>
       </c>
       <c r="C275" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="D275" t="inlineStr">
         <is>
-          <t>Juni 2024</t>
+          <t>Juli 2024</t>
         </is>
       </c>
       <c r="E275"/>
     </row>
     <row r="276">
       <c r="A276" t="inlineStr">
         <is>
           <t>Melkpoeder (in kg)</t>
         </is>
       </c>
       <c r="B276" t="inlineStr">
         <is>
           <t>Karnemelk</t>
         </is>
       </c>
       <c r="C276" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="D276" t="inlineStr">
         <is>
-          <t>Juli 2024</t>
+          <t>Augustus 2024</t>
         </is>
       </c>
       <c r="E276"/>
     </row>
     <row r="277">
       <c r="A277" t="inlineStr">
         <is>
           <t>Melkpoeder (in kg)</t>
         </is>
       </c>
       <c r="B277" t="inlineStr">
         <is>
           <t>Karnemelk</t>
         </is>
       </c>
       <c r="C277" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="D277" t="inlineStr">
         <is>
-          <t>Augustus 2024</t>
+          <t>September 2024</t>
         </is>
       </c>
       <c r="E277"/>
     </row>
     <row r="278">
       <c r="A278" t="inlineStr">
         <is>
           <t>Melkpoeder (in kg)</t>
         </is>
       </c>
       <c r="B278" t="inlineStr">
         <is>
           <t>Karnemelk</t>
         </is>
       </c>
       <c r="C278" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="D278" t="inlineStr">
         <is>
-          <t>September 2024</t>
+          <t>Oktober 2024</t>
         </is>
       </c>
       <c r="E278"/>
     </row>
     <row r="279">
       <c r="A279" t="inlineStr">
         <is>
           <t>Melkpoeder (in kg)</t>
         </is>
       </c>
       <c r="B279" t="inlineStr">
         <is>
           <t>Karnemelk</t>
         </is>
       </c>
       <c r="C279" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="D279" t="inlineStr">
         <is>
-          <t>Oktober 2024</t>
+          <t>November 2024</t>
         </is>
       </c>
       <c r="E279"/>
     </row>
     <row r="280">
       <c r="A280" t="inlineStr">
         <is>
           <t>Melkpoeder (in kg)</t>
         </is>
       </c>
       <c r="B280" t="inlineStr">
         <is>
           <t>Karnemelk</t>
         </is>
       </c>
       <c r="C280" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="D280" t="inlineStr">
         <is>
-          <t>November 2024</t>
+          <t>December 2024</t>
         </is>
       </c>
       <c r="E280"/>
     </row>
     <row r="281">
       <c r="A281" t="inlineStr">
         <is>
           <t>Melkpoeder (in kg)</t>
         </is>
       </c>
       <c r="B281" t="inlineStr">
         <is>
           <t>Karnemelk</t>
         </is>
       </c>
       <c r="C281" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="D281" t="inlineStr">
         <is>
-          <t>December 2024</t>
+          <t>Januari 2025</t>
         </is>
       </c>
       <c r="E281"/>
     </row>
     <row r="282">
       <c r="A282" t="inlineStr">
         <is>
           <t>Melkpoeder (in kg)</t>
         </is>
       </c>
       <c r="B282" t="inlineStr">
         <is>
           <t>Karnemelk</t>
         </is>
       </c>
       <c r="C282" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D282" t="inlineStr">
         <is>
-          <t>Januari 2025</t>
+          <t>Februari 2025</t>
         </is>
       </c>
       <c r="E282"/>
     </row>
     <row r="283">
       <c r="A283" t="inlineStr">
         <is>
           <t>Melkpoeder (in kg)</t>
         </is>
       </c>
       <c r="B283" t="inlineStr">
         <is>
           <t>Karnemelk</t>
         </is>
       </c>
       <c r="C283" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D283" t="inlineStr">
         <is>
-          <t>Februari 2025</t>
+          <t>Maart 2025</t>
         </is>
       </c>
       <c r="E283"/>
     </row>
     <row r="284">
       <c r="A284" t="inlineStr">
         <is>
           <t>Melkpoeder (in kg)</t>
         </is>
       </c>
       <c r="B284" t="inlineStr">
         <is>
           <t>Karnemelk</t>
         </is>
       </c>
       <c r="C284" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D284" t="inlineStr">
         <is>
-          <t>Maart 2025</t>
+          <t>April 2025</t>
         </is>
       </c>
       <c r="E284"/>
     </row>
     <row r="285">
       <c r="A285" t="inlineStr">
         <is>
           <t>Melkpoeder (in kg)</t>
         </is>
       </c>
       <c r="B285" t="inlineStr">
         <is>
           <t>Karnemelk</t>
         </is>
       </c>
       <c r="C285" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D285" t="inlineStr">
         <is>
-          <t>April 2025</t>
+          <t>Mei 2025</t>
         </is>
       </c>
       <c r="E285"/>
     </row>
     <row r="286">
       <c r="A286" t="inlineStr">
         <is>
           <t>Melkpoeder (in kg)</t>
         </is>
       </c>
       <c r="B286" t="inlineStr">
         <is>
           <t>Karnemelk</t>
         </is>
       </c>
       <c r="C286" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D286" t="inlineStr">
         <is>
-          <t>Mei 2025</t>
+          <t>Juni 2025</t>
         </is>
       </c>
       <c r="E286"/>
     </row>
     <row r="287">
       <c r="A287" t="inlineStr">
         <is>
           <t>Melkpoeder (in kg)</t>
         </is>
       </c>
       <c r="B287" t="inlineStr">
         <is>
           <t>Karnemelk</t>
         </is>
       </c>
       <c r="C287" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D287" t="inlineStr">
         <is>
-          <t>Juni 2025</t>
+          <t>Juli 2025</t>
         </is>
       </c>
       <c r="E287"/>
     </row>
     <row r="288">
       <c r="A288" t="inlineStr">
         <is>
           <t>Melkpoeder (in kg)</t>
         </is>
       </c>
       <c r="B288" t="inlineStr">
         <is>
           <t>Wei</t>
         </is>
       </c>
       <c r="C288" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="D288" t="inlineStr">
         <is>
-          <t>Juni 2024</t>
+          <t>Juli 2024</t>
         </is>
       </c>
       <c r="E288"/>
     </row>
     <row r="289">
       <c r="A289" t="inlineStr">
         <is>
           <t>Melkpoeder (in kg)</t>
         </is>
       </c>
       <c r="B289" t="inlineStr">
         <is>
           <t>Wei</t>
         </is>
       </c>
       <c r="C289" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="D289" t="inlineStr">
         <is>
-          <t>Juli 2024</t>
+          <t>Augustus 2024</t>
         </is>
       </c>
       <c r="E289"/>
     </row>
     <row r="290">
       <c r="A290" t="inlineStr">
         <is>
           <t>Melkpoeder (in kg)</t>
         </is>
       </c>
       <c r="B290" t="inlineStr">
         <is>
           <t>Wei</t>
         </is>
       </c>
       <c r="C290" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="D290" t="inlineStr">
         <is>
-          <t>Augustus 2024</t>
+          <t>September 2024</t>
         </is>
       </c>
       <c r="E290"/>
     </row>
     <row r="291">
       <c r="A291" t="inlineStr">
         <is>
           <t>Melkpoeder (in kg)</t>
         </is>
       </c>
       <c r="B291" t="inlineStr">
         <is>
           <t>Wei</t>
         </is>
       </c>
       <c r="C291" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="D291" t="inlineStr">
         <is>
-          <t>September 2024</t>
+          <t>Oktober 2024</t>
         </is>
       </c>
       <c r="E291"/>
     </row>
     <row r="292">
       <c r="A292" t="inlineStr">
         <is>
           <t>Melkpoeder (in kg)</t>
         </is>
       </c>
       <c r="B292" t="inlineStr">
         <is>
           <t>Wei</t>
         </is>
       </c>
       <c r="C292" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="D292" t="inlineStr">
         <is>
-          <t>Oktober 2024</t>
+          <t>November 2024</t>
         </is>
       </c>
       <c r="E292"/>
     </row>
     <row r="293">
       <c r="A293" t="inlineStr">
         <is>
           <t>Melkpoeder (in kg)</t>
         </is>
       </c>
       <c r="B293" t="inlineStr">
         <is>
           <t>Wei</t>
         </is>
       </c>
       <c r="C293" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="D293" t="inlineStr">
         <is>
-          <t>November 2024</t>
+          <t>December 2024</t>
         </is>
       </c>
       <c r="E293"/>
     </row>
     <row r="294">
       <c r="A294" t="inlineStr">
         <is>
           <t>Melkpoeder (in kg)</t>
         </is>
       </c>
       <c r="B294" t="inlineStr">
         <is>
           <t>Wei</t>
         </is>
       </c>
       <c r="C294" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="D294" t="inlineStr">
         <is>
-          <t>December 2024</t>
+          <t>Januari 2025</t>
         </is>
       </c>
       <c r="E294"/>
     </row>
     <row r="295">
       <c r="A295" t="inlineStr">
         <is>
           <t>Melkpoeder (in kg)</t>
         </is>
       </c>
       <c r="B295" t="inlineStr">
         <is>
           <t>Wei</t>
         </is>
       </c>
       <c r="C295" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D295" t="inlineStr">
         <is>
-          <t>Januari 2025</t>
+          <t>Februari 2025</t>
         </is>
       </c>
       <c r="E295"/>
     </row>
     <row r="296">
       <c r="A296" t="inlineStr">
         <is>
           <t>Melkpoeder (in kg)</t>
         </is>
       </c>
       <c r="B296" t="inlineStr">
         <is>
           <t>Wei</t>
         </is>
       </c>
       <c r="C296" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D296" t="inlineStr">
         <is>
-          <t>Februari 2025</t>
+          <t>Maart 2025</t>
         </is>
       </c>
       <c r="E296"/>
     </row>
     <row r="297">
       <c r="A297" t="inlineStr">
         <is>
           <t>Melkpoeder (in kg)</t>
         </is>
       </c>
       <c r="B297" t="inlineStr">
         <is>
           <t>Wei</t>
         </is>
       </c>
       <c r="C297" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D297" t="inlineStr">
         <is>
-          <t>Maart 2025</t>
+          <t>April 2025</t>
         </is>
       </c>
       <c r="E297"/>
     </row>
     <row r="298">
       <c r="A298" t="inlineStr">
         <is>
           <t>Melkpoeder (in kg)</t>
         </is>
       </c>
       <c r="B298" t="inlineStr">
         <is>
           <t>Wei</t>
         </is>
       </c>
       <c r="C298" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D298" t="inlineStr">
         <is>
-          <t>April 2025</t>
+          <t>Mei 2025</t>
         </is>
       </c>
       <c r="E298"/>
     </row>
     <row r="299">
       <c r="A299" t="inlineStr">
         <is>
           <t>Melkpoeder (in kg)</t>
         </is>
       </c>
       <c r="B299" t="inlineStr">
         <is>
           <t>Wei</t>
         </is>
       </c>
       <c r="C299" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D299" t="inlineStr">
         <is>
-          <t>Mei 2025</t>
+          <t>Juni 2025</t>
         </is>
       </c>
       <c r="E299"/>
     </row>
     <row r="300">
       <c r="A300" t="inlineStr">
         <is>
           <t>Melkpoeder (in kg)</t>
         </is>
       </c>
       <c r="B300" t="inlineStr">
         <is>
           <t>Wei</t>
         </is>
       </c>
       <c r="C300" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D300" t="inlineStr">
         <is>
-          <t>Juni 2025</t>
+          <t>Juli 2025</t>
         </is>
       </c>
       <c r="E300"/>
     </row>
     <row r="301">
       <c r="A301" t="inlineStr">
         <is>
           <t>Melkpoeder (in kg)</t>
         </is>
       </c>
       <c r="B301" t="inlineStr">
         <is>
           <t>Andere melkproducten</t>
         </is>
       </c>
       <c r="C301" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="D301" t="inlineStr">
         <is>
-          <t>Juni 2024</t>
+          <t>Juli 2024</t>
         </is>
       </c>
       <c r="E301"/>
     </row>
     <row r="302">
       <c r="A302" t="inlineStr">
         <is>
           <t>Melkpoeder (in kg)</t>
         </is>
       </c>
       <c r="B302" t="inlineStr">
         <is>
           <t>Andere melkproducten</t>
         </is>
       </c>
       <c r="C302" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="D302" t="inlineStr">
         <is>
-          <t>Juli 2024</t>
+          <t>Augustus 2024</t>
         </is>
       </c>
       <c r="E302"/>
     </row>
     <row r="303">
       <c r="A303" t="inlineStr">
         <is>
           <t>Melkpoeder (in kg)</t>
         </is>
       </c>
       <c r="B303" t="inlineStr">
         <is>
           <t>Andere melkproducten</t>
         </is>
       </c>
       <c r="C303" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="D303" t="inlineStr">
         <is>
-          <t>Augustus 2024</t>
+          <t>September 2024</t>
         </is>
       </c>
       <c r="E303"/>
     </row>
     <row r="304">
       <c r="A304" t="inlineStr">
         <is>
           <t>Melkpoeder (in kg)</t>
         </is>
       </c>
       <c r="B304" t="inlineStr">
         <is>
           <t>Andere melkproducten</t>
         </is>
       </c>
       <c r="C304" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="D304" t="inlineStr">
         <is>
-          <t>September 2024</t>
+          <t>Oktober 2024</t>
         </is>
       </c>
       <c r="E304"/>
     </row>
     <row r="305">
       <c r="A305" t="inlineStr">
         <is>
           <t>Melkpoeder (in kg)</t>
         </is>
       </c>
       <c r="B305" t="inlineStr">
         <is>
           <t>Andere melkproducten</t>
         </is>
       </c>
       <c r="C305" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="D305" t="inlineStr">
         <is>
-          <t>Oktober 2024</t>
+          <t>November 2024</t>
         </is>
       </c>
       <c r="E305"/>
     </row>
     <row r="306">
       <c r="A306" t="inlineStr">
         <is>
           <t>Melkpoeder (in kg)</t>
         </is>
       </c>
       <c r="B306" t="inlineStr">
         <is>
           <t>Andere melkproducten</t>
         </is>
       </c>
       <c r="C306" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="D306" t="inlineStr">
         <is>
-          <t>November 2024</t>
+          <t>December 2024</t>
         </is>
       </c>
       <c r="E306"/>
     </row>
     <row r="307">
       <c r="A307" t="inlineStr">
         <is>
           <t>Melkpoeder (in kg)</t>
         </is>
       </c>
       <c r="B307" t="inlineStr">
         <is>
           <t>Andere melkproducten</t>
         </is>
       </c>
       <c r="C307" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="D307" t="inlineStr">
         <is>
-          <t>December 2024</t>
+          <t>Januari 2025</t>
         </is>
       </c>
       <c r="E307"/>
     </row>
     <row r="308">
       <c r="A308" t="inlineStr">
         <is>
           <t>Melkpoeder (in kg)</t>
         </is>
       </c>
       <c r="B308" t="inlineStr">
         <is>
           <t>Andere melkproducten</t>
         </is>
       </c>
       <c r="C308" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D308" t="inlineStr">
         <is>
-          <t>Januari 2025</t>
+          <t>Februari 2025</t>
         </is>
       </c>
       <c r="E308"/>
     </row>
     <row r="309">
       <c r="A309" t="inlineStr">
         <is>
           <t>Melkpoeder (in kg)</t>
         </is>
       </c>
       <c r="B309" t="inlineStr">
         <is>
           <t>Andere melkproducten</t>
         </is>
       </c>
       <c r="C309" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D309" t="inlineStr">
         <is>
-          <t>Februari 2025</t>
+          <t>Maart 2025</t>
         </is>
       </c>
       <c r="E309"/>
     </row>
     <row r="310">
       <c r="A310" t="inlineStr">
         <is>
           <t>Melkpoeder (in kg)</t>
         </is>
       </c>
       <c r="B310" t="inlineStr">
         <is>
           <t>Andere melkproducten</t>
         </is>
       </c>
       <c r="C310" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D310" t="inlineStr">
         <is>
-          <t>Maart 2025</t>
+          <t>April 2025</t>
         </is>
       </c>
       <c r="E310"/>
     </row>
     <row r="311">
       <c r="A311" t="inlineStr">
         <is>
           <t>Melkpoeder (in kg)</t>
         </is>
       </c>
       <c r="B311" t="inlineStr">
         <is>
           <t>Andere melkproducten</t>
         </is>
       </c>
       <c r="C311" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D311" t="inlineStr">
         <is>
-          <t>April 2025</t>
+          <t>Mei 2025</t>
         </is>
       </c>
       <c r="E311"/>
     </row>
     <row r="312">
       <c r="A312" t="inlineStr">
         <is>
           <t>Melkpoeder (in kg)</t>
         </is>
       </c>
       <c r="B312" t="inlineStr">
         <is>
           <t>Andere melkproducten</t>
         </is>
       </c>
       <c r="C312" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D312" t="inlineStr">
         <is>
-          <t>Mei 2025</t>
+          <t>Juni 2025</t>
         </is>
       </c>
       <c r="E312"/>
     </row>
     <row r="313">
       <c r="A313" t="inlineStr">
         <is>
           <t>Melkpoeder (in kg)</t>
         </is>
       </c>
       <c r="B313" t="inlineStr">
         <is>
           <t>Andere melkproducten</t>
         </is>
       </c>
       <c r="C313" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D313" t="inlineStr">
         <is>
-          <t>Juni 2025</t>
+          <t>Juli 2025</t>
         </is>
       </c>
       <c r="E313"/>
     </row>
     <row r="314">
       <c r="A314" t="inlineStr">
         <is>
           <t>Ingedikte melk en wei (in kg)</t>
         </is>
       </c>
       <c r="B314" t="inlineStr">
         <is>
           <t>Geëvaporeerde  en gecondenseerde melk</t>
         </is>
       </c>
       <c r="C314" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="D314" t="inlineStr">
         <is>
-          <t>Juni 2024</t>
+          <t>Juli 2024</t>
         </is>
       </c>
       <c r="E314" s="1" t="n">
-        <v>2901222.0</v>
+        <v>9017411.0</v>
       </c>
     </row>
     <row r="315">
       <c r="A315" t="inlineStr">
         <is>
           <t>Ingedikte melk en wei (in kg)</t>
         </is>
       </c>
       <c r="B315" t="inlineStr">
         <is>
           <t>Geëvaporeerde  en gecondenseerde melk</t>
         </is>
       </c>
       <c r="C315" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="D315" t="inlineStr">
         <is>
-          <t>Juli 2024</t>
+          <t>Augustus 2024</t>
         </is>
       </c>
       <c r="E315" s="1" t="n">
-        <v>9017411.0</v>
+        <v>9112541.0</v>
       </c>
     </row>
     <row r="316">
       <c r="A316" t="inlineStr">
         <is>
           <t>Ingedikte melk en wei (in kg)</t>
         </is>
       </c>
       <c r="B316" t="inlineStr">
         <is>
           <t>Geëvaporeerde  en gecondenseerde melk</t>
         </is>
       </c>
       <c r="C316" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="D316" t="inlineStr">
         <is>
-          <t>Augustus 2024</t>
+          <t>September 2024</t>
         </is>
       </c>
       <c r="E316" s="1" t="n">
-        <v>9112541.0</v>
+        <v>9452161.0</v>
       </c>
     </row>
     <row r="317">
       <c r="A317" t="inlineStr">
         <is>
           <t>Ingedikte melk en wei (in kg)</t>
         </is>
       </c>
       <c r="B317" t="inlineStr">
         <is>
           <t>Geëvaporeerde  en gecondenseerde melk</t>
         </is>
       </c>
       <c r="C317" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="D317" t="inlineStr">
         <is>
-          <t>September 2024</t>
+          <t>Oktober 2024</t>
         </is>
       </c>
       <c r="E317" s="1" t="n">
-        <v>9452161.0</v>
+        <v>8549078.0</v>
       </c>
     </row>
     <row r="318">
       <c r="A318" t="inlineStr">
         <is>
           <t>Ingedikte melk en wei (in kg)</t>
         </is>
       </c>
       <c r="B318" t="inlineStr">
         <is>
           <t>Geëvaporeerde  en gecondenseerde melk</t>
         </is>
       </c>
       <c r="C318" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="D318" t="inlineStr">
         <is>
-          <t>Oktober 2024</t>
+          <t>November 2024</t>
         </is>
       </c>
       <c r="E318" s="1" t="n">
-        <v>8549078.0</v>
+        <v>7485503.0</v>
       </c>
     </row>
     <row r="319">
       <c r="A319" t="inlineStr">
         <is>
           <t>Ingedikte melk en wei (in kg)</t>
         </is>
       </c>
       <c r="B319" t="inlineStr">
         <is>
           <t>Geëvaporeerde  en gecondenseerde melk</t>
         </is>
       </c>
       <c r="C319" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="D319" t="inlineStr">
         <is>
-          <t>November 2024</t>
+          <t>December 2024</t>
         </is>
       </c>
       <c r="E319" s="1" t="n">
-        <v>7485503.0</v>
+        <v>3409112.0</v>
       </c>
     </row>
     <row r="320">
       <c r="A320" t="inlineStr">
         <is>
           <t>Ingedikte melk en wei (in kg)</t>
         </is>
       </c>
       <c r="B320" t="inlineStr">
         <is>
           <t>Geëvaporeerde  en gecondenseerde melk</t>
         </is>
       </c>
       <c r="C320" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="D320" t="inlineStr">
         <is>
-          <t>December 2024</t>
+          <t>Januari 2025</t>
         </is>
       </c>
       <c r="E320" s="1" t="n">
-        <v>3409112.0</v>
+        <v>5806456.0</v>
       </c>
     </row>
     <row r="321">
       <c r="A321" t="inlineStr">
         <is>
           <t>Ingedikte melk en wei (in kg)</t>
         </is>
       </c>
       <c r="B321" t="inlineStr">
         <is>
           <t>Geëvaporeerde  en gecondenseerde melk</t>
         </is>
       </c>
       <c r="C321" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D321" t="inlineStr">
         <is>
-          <t>Januari 2025</t>
+          <t>Februari 2025</t>
         </is>
       </c>
       <c r="E321" s="1" t="n">
-        <v>5806456.0</v>
+        <v>4274117.0</v>
       </c>
     </row>
     <row r="322">
       <c r="A322" t="inlineStr">
         <is>
           <t>Ingedikte melk en wei (in kg)</t>
         </is>
       </c>
       <c r="B322" t="inlineStr">
         <is>
           <t>Geëvaporeerde  en gecondenseerde melk</t>
         </is>
       </c>
       <c r="C322" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D322" t="inlineStr">
         <is>
-          <t>Februari 2025</t>
+          <t>Maart 2025</t>
         </is>
       </c>
       <c r="E322" s="1" t="n">
-        <v>4274117.0</v>
+        <v>4054327.0</v>
       </c>
     </row>
     <row r="323">
       <c r="A323" t="inlineStr">
         <is>
           <t>Ingedikte melk en wei (in kg)</t>
         </is>
       </c>
       <c r="B323" t="inlineStr">
         <is>
           <t>Geëvaporeerde  en gecondenseerde melk</t>
         </is>
       </c>
       <c r="C323" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D323" t="inlineStr">
         <is>
-          <t>Maart 2025</t>
+          <t>April 2025</t>
         </is>
       </c>
       <c r="E323" s="1" t="n">
-        <v>4054327.0</v>
+        <v>2847492.0</v>
       </c>
     </row>
     <row r="324">
       <c r="A324" t="inlineStr">
         <is>
           <t>Ingedikte melk en wei (in kg)</t>
         </is>
       </c>
       <c r="B324" t="inlineStr">
         <is>
           <t>Geëvaporeerde  en gecondenseerde melk</t>
         </is>
       </c>
       <c r="C324" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D324" t="inlineStr">
         <is>
-          <t>April 2025</t>
+          <t>Mei 2025</t>
         </is>
       </c>
       <c r="E324" s="1" t="n">
-        <v>2847492.0</v>
+        <v>2676282.0</v>
       </c>
     </row>
     <row r="325">
       <c r="A325" t="inlineStr">
         <is>
           <t>Ingedikte melk en wei (in kg)</t>
         </is>
       </c>
       <c r="B325" t="inlineStr">
         <is>
           <t>Geëvaporeerde  en gecondenseerde melk</t>
         </is>
       </c>
       <c r="C325" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D325" t="inlineStr">
         <is>
-          <t>Mei 2025</t>
+          <t>Juni 2025</t>
         </is>
       </c>
       <c r="E325" s="1" t="n">
-        <v>2676282.0</v>
+        <v>3737490.0</v>
       </c>
     </row>
     <row r="326">
       <c r="A326" t="inlineStr">
         <is>
           <t>Ingedikte melk en wei (in kg)</t>
         </is>
       </c>
       <c r="B326" t="inlineStr">
         <is>
           <t>Geëvaporeerde  en gecondenseerde melk</t>
         </is>
       </c>
       <c r="C326" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D326" t="inlineStr">
         <is>
-          <t>Juni 2025</t>
+          <t>Juli 2025</t>
         </is>
       </c>
       <c r="E326" s="1" t="n">
-        <v>3737490.0</v>
+        <v>7411548.0</v>
       </c>
     </row>
     <row r="327">
       <c r="A327" t="inlineStr">
         <is>
           <t>Ingedikte melk en wei (in kg)</t>
         </is>
       </c>
       <c r="B327" t="inlineStr">
         <is>
           <t>Weiroom/ingedikte wei</t>
         </is>
       </c>
       <c r="C327" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="D327" t="inlineStr">
         <is>
-          <t>Juni 2024</t>
+          <t>Juli 2024</t>
         </is>
       </c>
       <c r="E327"/>
     </row>
     <row r="328">
       <c r="A328" t="inlineStr">
         <is>
           <t>Ingedikte melk en wei (in kg)</t>
         </is>
       </c>
       <c r="B328" t="inlineStr">
         <is>
           <t>Weiroom/ingedikte wei</t>
         </is>
       </c>
       <c r="C328" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="D328" t="inlineStr">
         <is>
-          <t>Juli 2024</t>
+          <t>Augustus 2024</t>
         </is>
       </c>
       <c r="E328"/>
     </row>
     <row r="329">
       <c r="A329" t="inlineStr">
         <is>
           <t>Ingedikte melk en wei (in kg)</t>
         </is>
       </c>
       <c r="B329" t="inlineStr">
         <is>
           <t>Weiroom/ingedikte wei</t>
         </is>
       </c>
       <c r="C329" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="D329" t="inlineStr">
         <is>
-          <t>Augustus 2024</t>
+          <t>September 2024</t>
         </is>
       </c>
       <c r="E329"/>
     </row>
     <row r="330">
       <c r="A330" t="inlineStr">
         <is>
           <t>Ingedikte melk en wei (in kg)</t>
         </is>
       </c>
       <c r="B330" t="inlineStr">
         <is>
           <t>Weiroom/ingedikte wei</t>
         </is>
       </c>
       <c r="C330" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="D330" t="inlineStr">
         <is>
-          <t>September 2024</t>
+          <t>Oktober 2024</t>
         </is>
       </c>
       <c r="E330"/>
     </row>
     <row r="331">
       <c r="A331" t="inlineStr">
         <is>
           <t>Ingedikte melk en wei (in kg)</t>
         </is>
       </c>
       <c r="B331" t="inlineStr">
         <is>
           <t>Weiroom/ingedikte wei</t>
         </is>
       </c>
       <c r="C331" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="D331" t="inlineStr">
         <is>
-          <t>Oktober 2024</t>
+          <t>November 2024</t>
         </is>
       </c>
       <c r="E331"/>
     </row>
     <row r="332">
       <c r="A332" t="inlineStr">
         <is>
           <t>Ingedikte melk en wei (in kg)</t>
         </is>
       </c>
       <c r="B332" t="inlineStr">
         <is>
           <t>Weiroom/ingedikte wei</t>
         </is>
       </c>
       <c r="C332" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="D332" t="inlineStr">
         <is>
-          <t>November 2024</t>
+          <t>December 2024</t>
         </is>
       </c>
       <c r="E332"/>
     </row>
     <row r="333">
       <c r="A333" t="inlineStr">
         <is>
           <t>Ingedikte melk en wei (in kg)</t>
         </is>
       </c>
       <c r="B333" t="inlineStr">
         <is>
           <t>Weiroom/ingedikte wei</t>
         </is>
       </c>
       <c r="C333" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="D333" t="inlineStr">
         <is>
-          <t>December 2024</t>
+          <t>Januari 2025</t>
         </is>
       </c>
       <c r="E333"/>
     </row>
     <row r="334">
       <c r="A334" t="inlineStr">
         <is>
           <t>Ingedikte melk en wei (in kg)</t>
         </is>
       </c>
       <c r="B334" t="inlineStr">
         <is>
           <t>Weiroom/ingedikte wei</t>
         </is>
       </c>
       <c r="C334" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D334" t="inlineStr">
         <is>
-          <t>Januari 2025</t>
+          <t>Februari 2025</t>
         </is>
       </c>
       <c r="E334"/>
     </row>
     <row r="335">
       <c r="A335" t="inlineStr">
         <is>
           <t>Ingedikte melk en wei (in kg)</t>
         </is>
       </c>
       <c r="B335" t="inlineStr">
         <is>
           <t>Weiroom/ingedikte wei</t>
         </is>
       </c>
       <c r="C335" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D335" t="inlineStr">
         <is>
-          <t>Februari 2025</t>
+          <t>Maart 2025</t>
         </is>
       </c>
       <c r="E335"/>
     </row>
     <row r="336">
       <c r="A336" t="inlineStr">
         <is>
           <t>Ingedikte melk en wei (in kg)</t>
         </is>
       </c>
       <c r="B336" t="inlineStr">
         <is>
           <t>Weiroom/ingedikte wei</t>
         </is>
       </c>
       <c r="C336" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D336" t="inlineStr">
         <is>
-          <t>Maart 2025</t>
+          <t>April 2025</t>
         </is>
       </c>
       <c r="E336"/>
     </row>
     <row r="337">
       <c r="A337" t="inlineStr">
         <is>
           <t>Ingedikte melk en wei (in kg)</t>
         </is>
       </c>
       <c r="B337" t="inlineStr">
         <is>
           <t>Weiroom/ingedikte wei</t>
         </is>
       </c>
       <c r="C337" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D337" t="inlineStr">
         <is>
-          <t>April 2025</t>
+          <t>Mei 2025</t>
         </is>
       </c>
       <c r="E337"/>
     </row>
     <row r="338">
       <c r="A338" t="inlineStr">
         <is>
           <t>Ingedikte melk en wei (in kg)</t>
         </is>
       </c>
       <c r="B338" t="inlineStr">
         <is>
           <t>Weiroom/ingedikte wei</t>
         </is>
       </c>
       <c r="C338" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D338" t="inlineStr">
         <is>
-          <t>Mei 2025</t>
+          <t>Juni 2025</t>
         </is>
       </c>
       <c r="E338"/>
     </row>
     <row r="339">
       <c r="A339" t="inlineStr">
         <is>
           <t>Ingedikte melk en wei (in kg)</t>
         </is>
       </c>
       <c r="B339" t="inlineStr">
         <is>
           <t>Weiroom/ingedikte wei</t>
         </is>
       </c>
       <c r="C339" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D339" t="inlineStr">
         <is>
-          <t>Juni 2025</t>
+          <t>Juli 2025</t>
         </is>
       </c>
       <c r="E339"/>
     </row>
     <row r="340">
       <c r="A340" t="inlineStr">
         <is>
           <t>Kaas (in kg)</t>
         </is>
       </c>
       <c r="B340" t="inlineStr">
         <is>
           <t>Verse kaas: natuur</t>
         </is>
       </c>
       <c r="C340" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="D340" t="inlineStr">
         <is>
-          <t>Juni 2024</t>
+          <t>Juli 2024</t>
         </is>
       </c>
       <c r="E340" s="1" t="n">
-        <v>1999186.0</v>
+        <v>1827188.0</v>
       </c>
     </row>
     <row r="341">
       <c r="A341" t="inlineStr">
         <is>
           <t>Kaas (in kg)</t>
         </is>
       </c>
       <c r="B341" t="inlineStr">
         <is>
           <t>Verse kaas: natuur</t>
         </is>
       </c>
       <c r="C341" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="D341" t="inlineStr">
         <is>
-          <t>Juli 2024</t>
+          <t>Augustus 2024</t>
         </is>
       </c>
       <c r="E341" s="1" t="n">
-        <v>1827188.0</v>
+        <v>1827912.0</v>
       </c>
     </row>
     <row r="342">
       <c r="A342" t="inlineStr">
         <is>
           <t>Kaas (in kg)</t>
         </is>
       </c>
       <c r="B342" t="inlineStr">
         <is>
           <t>Verse kaas: natuur</t>
         </is>
       </c>
       <c r="C342" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="D342" t="inlineStr">
         <is>
-          <t>Augustus 2024</t>
+          <t>September 2024</t>
         </is>
       </c>
       <c r="E342" s="1" t="n">
-        <v>1827912.0</v>
+        <v>1834842.0</v>
       </c>
     </row>
     <row r="343">
       <c r="A343" t="inlineStr">
         <is>
           <t>Kaas (in kg)</t>
         </is>
       </c>
       <c r="B343" t="inlineStr">
         <is>
           <t>Verse kaas: natuur</t>
         </is>
       </c>
       <c r="C343" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="D343" t="inlineStr">
         <is>
-          <t>September 2024</t>
+          <t>Oktober 2024</t>
         </is>
       </c>
       <c r="E343" s="1" t="n">
-        <v>1834842.0</v>
+        <v>2141978.0</v>
       </c>
     </row>
     <row r="344">
       <c r="A344" t="inlineStr">
         <is>
           <t>Kaas (in kg)</t>
         </is>
       </c>
       <c r="B344" t="inlineStr">
         <is>
           <t>Verse kaas: natuur</t>
         </is>
       </c>
       <c r="C344" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="D344" t="inlineStr">
         <is>
-          <t>Oktober 2024</t>
+          <t>November 2024</t>
         </is>
       </c>
       <c r="E344" s="1" t="n">
-        <v>2141978.0</v>
+        <v>1952048.0</v>
       </c>
     </row>
     <row r="345">
       <c r="A345" t="inlineStr">
         <is>
           <t>Kaas (in kg)</t>
         </is>
       </c>
       <c r="B345" t="inlineStr">
         <is>
           <t>Verse kaas: natuur</t>
         </is>
       </c>
       <c r="C345" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="D345" t="inlineStr">
         <is>
-          <t>November 2024</t>
+          <t>December 2024</t>
         </is>
       </c>
       <c r="E345" s="1" t="n">
-        <v>1952048.0</v>
+        <v>1744153.0</v>
       </c>
     </row>
     <row r="346">
       <c r="A346" t="inlineStr">
         <is>
           <t>Kaas (in kg)</t>
         </is>
       </c>
       <c r="B346" t="inlineStr">
         <is>
           <t>Verse kaas: natuur</t>
         </is>
       </c>
       <c r="C346" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="D346" t="inlineStr">
         <is>
-          <t>December 2024</t>
+          <t>Januari 2025</t>
         </is>
       </c>
       <c r="E346" s="1" t="n">
-        <v>1744153.0</v>
+        <v>1989056.0</v>
       </c>
     </row>
     <row r="347">
       <c r="A347" t="inlineStr">
         <is>
           <t>Kaas (in kg)</t>
         </is>
       </c>
       <c r="B347" t="inlineStr">
         <is>
           <t>Verse kaas: natuur</t>
         </is>
       </c>
       <c r="C347" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D347" t="inlineStr">
         <is>
-          <t>Januari 2025</t>
+          <t>Februari 2025</t>
         </is>
       </c>
       <c r="E347" s="1" t="n">
-        <v>1989056.0</v>
+        <v>1916808.0</v>
       </c>
     </row>
     <row r="348">
       <c r="A348" t="inlineStr">
         <is>
           <t>Kaas (in kg)</t>
         </is>
       </c>
       <c r="B348" t="inlineStr">
         <is>
           <t>Verse kaas: natuur</t>
         </is>
       </c>
       <c r="C348" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D348" t="inlineStr">
         <is>
-          <t>Februari 2025</t>
+          <t>Maart 2025</t>
         </is>
       </c>
       <c r="E348" s="1" t="n">
-        <v>1916808.0</v>
+        <v>2142502.0</v>
       </c>
     </row>
     <row r="349">
       <c r="A349" t="inlineStr">
         <is>
           <t>Kaas (in kg)</t>
         </is>
       </c>
       <c r="B349" t="inlineStr">
         <is>
           <t>Verse kaas: natuur</t>
         </is>
       </c>
       <c r="C349" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D349" t="inlineStr">
         <is>
-          <t>Maart 2025</t>
+          <t>April 2025</t>
         </is>
       </c>
       <c r="E349" s="1" t="n">
-        <v>2142502.0</v>
+        <v>2230564.0</v>
       </c>
     </row>
     <row r="350">
       <c r="A350" t="inlineStr">
         <is>
           <t>Kaas (in kg)</t>
         </is>
       </c>
       <c r="B350" t="inlineStr">
         <is>
           <t>Verse kaas: natuur</t>
         </is>
       </c>
       <c r="C350" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D350" t="inlineStr">
         <is>
-          <t>April 2025</t>
+          <t>Mei 2025</t>
         </is>
       </c>
       <c r="E350" s="1" t="n">
-        <v>2230564.0</v>
+        <v>2223166.0</v>
       </c>
     </row>
     <row r="351">
       <c r="A351" t="inlineStr">
         <is>
           <t>Kaas (in kg)</t>
         </is>
       </c>
       <c r="B351" t="inlineStr">
         <is>
           <t>Verse kaas: natuur</t>
         </is>
       </c>
       <c r="C351" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D351" t="inlineStr">
         <is>
-          <t>Mei 2025</t>
+          <t>Juni 2025</t>
         </is>
       </c>
       <c r="E351" s="1" t="n">
-        <v>2223166.0</v>
+        <v>2192544.0</v>
       </c>
     </row>
     <row r="352">
       <c r="A352" t="inlineStr">
         <is>
           <t>Kaas (in kg)</t>
         </is>
       </c>
       <c r="B352" t="inlineStr">
         <is>
           <t>Verse kaas: natuur</t>
         </is>
       </c>
       <c r="C352" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D352" t="inlineStr">
         <is>
-          <t>Juni 2025</t>
+          <t>Juli 2025</t>
         </is>
       </c>
       <c r="E352" s="1" t="n">
-        <v>2192538.0</v>
+        <v>2175955.0</v>
       </c>
     </row>
     <row r="353">
       <c r="A353" t="inlineStr">
         <is>
           <t>Kaas (in kg)</t>
         </is>
       </c>
       <c r="B353" t="inlineStr">
         <is>
           <t>Verse kaas: ricotta</t>
         </is>
       </c>
       <c r="C353" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="D353" t="inlineStr">
         <is>
-          <t>Juni 2024</t>
+          <t>Juli 2024</t>
         </is>
       </c>
       <c r="E353" s="1" t="n">
-        <v>8637.0</v>
+        <v>2491.0</v>
       </c>
     </row>
     <row r="354">
       <c r="A354" t="inlineStr">
         <is>
           <t>Kaas (in kg)</t>
         </is>
       </c>
       <c r="B354" t="inlineStr">
         <is>
           <t>Verse kaas: ricotta</t>
         </is>
       </c>
       <c r="C354" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="D354" t="inlineStr">
         <is>
-          <t>Juli 2024</t>
+          <t>Augustus 2024</t>
         </is>
       </c>
       <c r="E354" s="1" t="n">
-        <v>2491.0</v>
+        <v>4365.0</v>
       </c>
     </row>
     <row r="355">
       <c r="A355" t="inlineStr">
         <is>
           <t>Kaas (in kg)</t>
         </is>
       </c>
       <c r="B355" t="inlineStr">
         <is>
           <t>Verse kaas: ricotta</t>
         </is>
       </c>
       <c r="C355" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="D355" t="inlineStr">
         <is>
-          <t>Augustus 2024</t>
+          <t>September 2024</t>
         </is>
       </c>
       <c r="E355" s="1" t="n">
-        <v>4365.0</v>
+        <v>10441.0</v>
       </c>
     </row>
     <row r="356">
       <c r="A356" t="inlineStr">
         <is>
           <t>Kaas (in kg)</t>
         </is>
       </c>
       <c r="B356" t="inlineStr">
         <is>
           <t>Verse kaas: ricotta</t>
         </is>
       </c>
       <c r="C356" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="D356" t="inlineStr">
         <is>
-          <t>September 2024</t>
+          <t>Oktober 2024</t>
         </is>
       </c>
       <c r="E356" s="1" t="n">
-        <v>10441.0</v>
+        <v>7556.0</v>
       </c>
     </row>
     <row r="357">
       <c r="A357" t="inlineStr">
         <is>
           <t>Kaas (in kg)</t>
         </is>
       </c>
       <c r="B357" t="inlineStr">
         <is>
           <t>Verse kaas: ricotta</t>
         </is>
       </c>
       <c r="C357" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="D357" t="inlineStr">
         <is>
-          <t>Oktober 2024</t>
+          <t>November 2024</t>
         </is>
       </c>
       <c r="E357" s="1" t="n">
-        <v>7556.0</v>
+        <v>7895.0</v>
       </c>
     </row>
     <row r="358">
       <c r="A358" t="inlineStr">
         <is>
           <t>Kaas (in kg)</t>
         </is>
       </c>
       <c r="B358" t="inlineStr">
         <is>
           <t>Verse kaas: ricotta</t>
         </is>
       </c>
       <c r="C358" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="D358" t="inlineStr">
         <is>
-          <t>November 2024</t>
+          <t>December 2024</t>
         </is>
       </c>
       <c r="E358" s="1" t="n">
-        <v>7895.0</v>
+        <v>10525.0</v>
       </c>
     </row>
     <row r="359">
       <c r="A359" t="inlineStr">
         <is>
           <t>Kaas (in kg)</t>
         </is>
       </c>
       <c r="B359" t="inlineStr">
         <is>
           <t>Verse kaas: ricotta</t>
         </is>
       </c>
       <c r="C359" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="D359" t="inlineStr">
         <is>
-          <t>December 2024</t>
+          <t>Januari 2025</t>
         </is>
       </c>
       <c r="E359" s="1" t="n">
-        <v>10525.0</v>
+        <v>7876.0</v>
       </c>
     </row>
     <row r="360">
       <c r="A360" t="inlineStr">
         <is>
           <t>Kaas (in kg)</t>
         </is>
       </c>
       <c r="B360" t="inlineStr">
         <is>
           <t>Verse kaas: ricotta</t>
         </is>
       </c>
       <c r="C360" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D360" t="inlineStr">
         <is>
-          <t>Januari 2025</t>
+          <t>Februari 2025</t>
         </is>
       </c>
       <c r="E360" s="1" t="n">
-        <v>7876.0</v>
+        <v>7975.0</v>
       </c>
     </row>
     <row r="361">
       <c r="A361" t="inlineStr">
         <is>
           <t>Kaas (in kg)</t>
         </is>
       </c>
       <c r="B361" t="inlineStr">
         <is>
           <t>Verse kaas: ricotta</t>
         </is>
       </c>
       <c r="C361" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D361" t="inlineStr">
         <is>
-          <t>Februari 2025</t>
+          <t>Maart 2025</t>
         </is>
       </c>
       <c r="E361" s="1" t="n">
-        <v>7975.0</v>
+        <v>8731.0</v>
       </c>
     </row>
     <row r="362">
       <c r="A362" t="inlineStr">
         <is>
           <t>Kaas (in kg)</t>
         </is>
       </c>
       <c r="B362" t="inlineStr">
         <is>
           <t>Verse kaas: ricotta</t>
         </is>
       </c>
       <c r="C362" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D362" t="inlineStr">
         <is>
-          <t>Maart 2025</t>
+          <t>April 2025</t>
         </is>
       </c>
       <c r="E362" s="1" t="n">
-        <v>8731.0</v>
+        <v>10265.0</v>
       </c>
     </row>
     <row r="363">
       <c r="A363" t="inlineStr">
         <is>
           <t>Kaas (in kg)</t>
         </is>
       </c>
       <c r="B363" t="inlineStr">
         <is>
           <t>Verse kaas: ricotta</t>
         </is>
       </c>
       <c r="C363" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D363" t="inlineStr">
         <is>
-          <t>April 2025</t>
+          <t>Mei 2025</t>
         </is>
       </c>
       <c r="E363" s="1" t="n">
-        <v>10265.0</v>
+        <v>8200.0</v>
       </c>
     </row>
     <row r="364">
       <c r="A364" t="inlineStr">
         <is>
           <t>Kaas (in kg)</t>
         </is>
       </c>
       <c r="B364" t="inlineStr">
         <is>
           <t>Verse kaas: ricotta</t>
         </is>
       </c>
       <c r="C364" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D364" t="inlineStr">
         <is>
-          <t>Mei 2025</t>
+          <t>Juni 2025</t>
         </is>
       </c>
       <c r="E364" s="1" t="n">
-        <v>8200.0</v>
+        <v>7769.0</v>
       </c>
     </row>
     <row r="365">
       <c r="A365" t="inlineStr">
         <is>
           <t>Kaas (in kg)</t>
         </is>
       </c>
       <c r="B365" t="inlineStr">
         <is>
           <t>Verse kaas: ricotta</t>
         </is>
       </c>
       <c r="C365" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D365" t="inlineStr">
         <is>
-          <t>Juni 2025</t>
+          <t>Juli 2025</t>
         </is>
       </c>
       <c r="E365" s="1" t="n">
-        <v>7769.0</v>
+        <v>2568.0</v>
       </c>
     </row>
     <row r="366">
       <c r="A366" t="inlineStr">
         <is>
           <t>Kaas (in kg)</t>
         </is>
       </c>
       <c r="B366" t="inlineStr">
         <is>
           <t>Verse kaas: andere</t>
         </is>
       </c>
       <c r="C366" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="D366" t="inlineStr">
         <is>
-          <t>Juni 2024</t>
+          <t>Juli 2024</t>
         </is>
       </c>
       <c r="E366" s="1" t="n">
-        <v>10618.0</v>
+        <v>12316.0</v>
       </c>
     </row>
     <row r="367">
       <c r="A367" t="inlineStr">
         <is>
           <t>Kaas (in kg)</t>
         </is>
       </c>
       <c r="B367" t="inlineStr">
         <is>
           <t>Verse kaas: andere</t>
         </is>
       </c>
       <c r="C367" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="D367" t="inlineStr">
         <is>
-          <t>Juli 2024</t>
+          <t>Augustus 2024</t>
         </is>
       </c>
       <c r="E367" s="1" t="n">
-        <v>12316.0</v>
+        <v>9674.0</v>
       </c>
     </row>
     <row r="368">
       <c r="A368" t="inlineStr">
         <is>
           <t>Kaas (in kg)</t>
         </is>
       </c>
       <c r="B368" t="inlineStr">
         <is>
           <t>Verse kaas: andere</t>
         </is>
       </c>
       <c r="C368" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="D368" t="inlineStr">
         <is>
-          <t>Augustus 2024</t>
+          <t>September 2024</t>
         </is>
       </c>
       <c r="E368" s="1" t="n">
-        <v>9674.0</v>
+        <v>10299.0</v>
       </c>
     </row>
     <row r="369">
       <c r="A369" t="inlineStr">
         <is>
           <t>Kaas (in kg)</t>
         </is>
       </c>
       <c r="B369" t="inlineStr">
         <is>
           <t>Verse kaas: andere</t>
         </is>
       </c>
       <c r="C369" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="D369" t="inlineStr">
         <is>
-          <t>September 2024</t>
+          <t>Oktober 2024</t>
         </is>
       </c>
       <c r="E369" s="1" t="n">
-        <v>10299.0</v>
+        <v>9828.0</v>
       </c>
     </row>
     <row r="370">
       <c r="A370" t="inlineStr">
         <is>
           <t>Kaas (in kg)</t>
         </is>
       </c>
       <c r="B370" t="inlineStr">
         <is>
           <t>Verse kaas: andere</t>
         </is>
       </c>
       <c r="C370" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="D370" t="inlineStr">
         <is>
-          <t>Oktober 2024</t>
+          <t>November 2024</t>
         </is>
       </c>
       <c r="E370" s="1" t="n">
-        <v>9828.0</v>
+        <v>12542.0</v>
       </c>
     </row>
     <row r="371">
       <c r="A371" t="inlineStr">
         <is>
           <t>Kaas (in kg)</t>
         </is>
       </c>
       <c r="B371" t="inlineStr">
         <is>
           <t>Verse kaas: andere</t>
         </is>
       </c>
       <c r="C371" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="D371" t="inlineStr">
         <is>
-          <t>November 2024</t>
+          <t>December 2024</t>
         </is>
       </c>
       <c r="E371" s="1" t="n">
-        <v>12542.0</v>
+        <v>10590.0</v>
       </c>
     </row>
     <row r="372">
       <c r="A372" t="inlineStr">
         <is>
           <t>Kaas (in kg)</t>
         </is>
       </c>
       <c r="B372" t="inlineStr">
         <is>
           <t>Verse kaas: andere</t>
         </is>
       </c>
       <c r="C372" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="D372" t="inlineStr">
         <is>
-          <t>December 2024</t>
+          <t>Januari 2025</t>
         </is>
       </c>
       <c r="E372" s="1" t="n">
-        <v>10590.0</v>
+        <v>9966.0</v>
       </c>
     </row>
     <row r="373">
       <c r="A373" t="inlineStr">
         <is>
           <t>Kaas (in kg)</t>
         </is>
       </c>
       <c r="B373" t="inlineStr">
         <is>
           <t>Verse kaas: andere</t>
         </is>
       </c>
       <c r="C373" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D373" t="inlineStr">
         <is>
-          <t>Januari 2025</t>
+          <t>Februari 2025</t>
         </is>
       </c>
       <c r="E373" s="1" t="n">
-        <v>9966.0</v>
+        <v>11987.0</v>
       </c>
     </row>
     <row r="374">
       <c r="A374" t="inlineStr">
         <is>
           <t>Kaas (in kg)</t>
         </is>
       </c>
       <c r="B374" t="inlineStr">
         <is>
           <t>Verse kaas: andere</t>
         </is>
       </c>
       <c r="C374" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D374" t="inlineStr">
         <is>
-          <t>Februari 2025</t>
+          <t>Maart 2025</t>
         </is>
       </c>
       <c r="E374" s="1" t="n">
-        <v>11987.0</v>
+        <v>10816.0</v>
       </c>
     </row>
     <row r="375">
       <c r="A375" t="inlineStr">
         <is>
           <t>Kaas (in kg)</t>
         </is>
       </c>
       <c r="B375" t="inlineStr">
         <is>
           <t>Verse kaas: andere</t>
         </is>
       </c>
       <c r="C375" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D375" t="inlineStr">
         <is>
-          <t>Maart 2025</t>
+          <t>April 2025</t>
         </is>
       </c>
       <c r="E375" s="1" t="n">
-        <v>10816.0</v>
+        <v>11185.0</v>
       </c>
     </row>
     <row r="376">
       <c r="A376" t="inlineStr">
         <is>
           <t>Kaas (in kg)</t>
         </is>
       </c>
       <c r="B376" t="inlineStr">
         <is>
           <t>Verse kaas: andere</t>
         </is>
       </c>
       <c r="C376" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D376" t="inlineStr">
         <is>
-          <t>April 2025</t>
+          <t>Mei 2025</t>
         </is>
       </c>
       <c r="E376" s="1" t="n">
-        <v>11185.0</v>
+        <v>9816.0</v>
       </c>
     </row>
     <row r="377">
       <c r="A377" t="inlineStr">
         <is>
           <t>Kaas (in kg)</t>
         </is>
       </c>
       <c r="B377" t="inlineStr">
         <is>
           <t>Verse kaas: andere</t>
         </is>
       </c>
       <c r="C377" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D377" t="inlineStr">
         <is>
-          <t>Mei 2025</t>
+          <t>Juni 2025</t>
         </is>
       </c>
       <c r="E377" s="1" t="n">
-        <v>9816.0</v>
+        <v>9638.0</v>
       </c>
     </row>
     <row r="378">
       <c r="A378" t="inlineStr">
         <is>
           <t>Kaas (in kg)</t>
         </is>
       </c>
       <c r="B378" t="inlineStr">
         <is>
           <t>Verse kaas: andere</t>
         </is>
       </c>
       <c r="C378" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D378" t="inlineStr">
         <is>
-          <t>Juni 2025</t>
+          <t>Juli 2025</t>
         </is>
       </c>
       <c r="E378" s="1" t="n">
-        <v>9638.0</v>
+        <v>8945.0</v>
       </c>
     </row>
     <row r="379">
       <c r="A379" t="inlineStr">
         <is>
           <t>Kaas (in kg)</t>
         </is>
       </c>
       <c r="B379" t="inlineStr">
         <is>
           <t>Wrongel</t>
         </is>
       </c>
       <c r="C379" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="D379" t="inlineStr">
         <is>
-          <t>Juni 2024</t>
+          <t>Juli 2024</t>
         </is>
       </c>
       <c r="E379"/>
     </row>
     <row r="380">
       <c r="A380" t="inlineStr">
         <is>
           <t>Kaas (in kg)</t>
         </is>
       </c>
       <c r="B380" t="inlineStr">
         <is>
           <t>Wrongel</t>
         </is>
       </c>
       <c r="C380" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="D380" t="inlineStr">
         <is>
-          <t>Juli 2024</t>
+          <t>Augustus 2024</t>
         </is>
       </c>
       <c r="E380"/>
     </row>
     <row r="381">
       <c r="A381" t="inlineStr">
         <is>
           <t>Kaas (in kg)</t>
         </is>
       </c>
       <c r="B381" t="inlineStr">
         <is>
           <t>Wrongel</t>
         </is>
       </c>
       <c r="C381" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="D381" t="inlineStr">
         <is>
-          <t>Augustus 2024</t>
+          <t>September 2024</t>
         </is>
       </c>
       <c r="E381"/>
     </row>
     <row r="382">
       <c r="A382" t="inlineStr">
         <is>
           <t>Kaas (in kg)</t>
         </is>
       </c>
       <c r="B382" t="inlineStr">
         <is>
           <t>Wrongel</t>
         </is>
       </c>
       <c r="C382" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="D382" t="inlineStr">
         <is>
-          <t>September 2024</t>
+          <t>Oktober 2024</t>
         </is>
       </c>
       <c r="E382"/>
     </row>
     <row r="383">
       <c r="A383" t="inlineStr">
         <is>
           <t>Kaas (in kg)</t>
         </is>
       </c>
       <c r="B383" t="inlineStr">
         <is>
           <t>Wrongel</t>
         </is>
       </c>
       <c r="C383" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="D383" t="inlineStr">
         <is>
-          <t>Oktober 2024</t>
+          <t>November 2024</t>
         </is>
       </c>
       <c r="E383"/>
     </row>
     <row r="384">
       <c r="A384" t="inlineStr">
         <is>
           <t>Kaas (in kg)</t>
         </is>
       </c>
       <c r="B384" t="inlineStr">
         <is>
           <t>Wrongel</t>
         </is>
       </c>
       <c r="C384" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="D384" t="inlineStr">
         <is>
-          <t>November 2024</t>
+          <t>December 2024</t>
         </is>
       </c>
       <c r="E384"/>
     </row>
     <row r="385">
       <c r="A385" t="inlineStr">
         <is>
           <t>Kaas (in kg)</t>
         </is>
       </c>
       <c r="B385" t="inlineStr">
         <is>
           <t>Wrongel</t>
         </is>
       </c>
       <c r="C385" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="D385" t="inlineStr">
         <is>
-          <t>December 2024</t>
+          <t>Januari 2025</t>
         </is>
       </c>
       <c r="E385"/>
     </row>
     <row r="386">
       <c r="A386" t="inlineStr">
         <is>
           <t>Kaas (in kg)</t>
         </is>
       </c>
       <c r="B386" t="inlineStr">
         <is>
           <t>Wrongel</t>
         </is>
       </c>
       <c r="C386" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D386" t="inlineStr">
         <is>
-          <t>Januari 2025</t>
+          <t>Februari 2025</t>
         </is>
       </c>
       <c r="E386"/>
     </row>
     <row r="387">
       <c r="A387" t="inlineStr">
         <is>
           <t>Kaas (in kg)</t>
         </is>
       </c>
       <c r="B387" t="inlineStr">
         <is>
           <t>Wrongel</t>
         </is>
       </c>
       <c r="C387" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D387" t="inlineStr">
         <is>
-          <t>Februari 2025</t>
+          <t>Maart 2025</t>
         </is>
       </c>
       <c r="E387"/>
     </row>
     <row r="388">
       <c r="A388" t="inlineStr">
         <is>
           <t>Kaas (in kg)</t>
         </is>
       </c>
       <c r="B388" t="inlineStr">
         <is>
           <t>Wrongel</t>
         </is>
       </c>
       <c r="C388" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D388" t="inlineStr">
         <is>
-          <t>Maart 2025</t>
+          <t>April 2025</t>
         </is>
       </c>
       <c r="E388"/>
     </row>
     <row r="389">
       <c r="A389" t="inlineStr">
         <is>
           <t>Kaas (in kg)</t>
         </is>
       </c>
       <c r="B389" t="inlineStr">
         <is>
           <t>Wrongel</t>
         </is>
       </c>
       <c r="C389" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D389" t="inlineStr">
         <is>
-          <t>April 2025</t>
+          <t>Mei 2025</t>
         </is>
       </c>
       <c r="E389"/>
     </row>
     <row r="390">
       <c r="A390" t="inlineStr">
         <is>
           <t>Kaas (in kg)</t>
         </is>
       </c>
       <c r="B390" t="inlineStr">
         <is>
           <t>Wrongel</t>
         </is>
       </c>
       <c r="C390" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D390" t="inlineStr">
         <is>
-          <t>Mei 2025</t>
+          <t>Juni 2025</t>
         </is>
       </c>
       <c r="E390"/>
     </row>
     <row r="391">
       <c r="A391" t="inlineStr">
         <is>
           <t>Kaas (in kg)</t>
         </is>
       </c>
       <c r="B391" t="inlineStr">
         <is>
           <t>Wrongel</t>
         </is>
       </c>
       <c r="C391" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D391" t="inlineStr">
         <is>
-          <t>Juni 2025</t>
+          <t>Juli 2025</t>
         </is>
       </c>
       <c r="E391"/>
     </row>
     <row r="392">
       <c r="A392" t="inlineStr">
         <is>
           <t>Kaas (in kg)</t>
         </is>
       </c>
       <c r="B392" t="inlineStr">
         <is>
           <t>Cheddar</t>
         </is>
       </c>
       <c r="C392" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="D392" t="inlineStr">
         <is>
-          <t>Juni 2024</t>
+          <t>Juli 2024</t>
         </is>
       </c>
       <c r="E392"/>
     </row>
     <row r="393">
       <c r="A393" t="inlineStr">
         <is>
           <t>Kaas (in kg)</t>
         </is>
       </c>
       <c r="B393" t="inlineStr">
         <is>
           <t>Cheddar</t>
         </is>
       </c>
       <c r="C393" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="D393" t="inlineStr">
         <is>
-          <t>Juli 2024</t>
+          <t>Augustus 2024</t>
         </is>
       </c>
       <c r="E393"/>
     </row>
     <row r="394">
       <c r="A394" t="inlineStr">
         <is>
           <t>Kaas (in kg)</t>
         </is>
       </c>
       <c r="B394" t="inlineStr">
         <is>
           <t>Cheddar</t>
         </is>
       </c>
       <c r="C394" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="D394" t="inlineStr">
         <is>
-          <t>Augustus 2024</t>
+          <t>September 2024</t>
         </is>
       </c>
       <c r="E394"/>
     </row>
     <row r="395">
       <c r="A395" t="inlineStr">
         <is>
           <t>Kaas (in kg)</t>
         </is>
       </c>
       <c r="B395" t="inlineStr">
         <is>
           <t>Cheddar</t>
         </is>
       </c>
       <c r="C395" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="D395" t="inlineStr">
         <is>
-          <t>September 2024</t>
+          <t>Oktober 2024</t>
         </is>
       </c>
       <c r="E395"/>
     </row>
     <row r="396">
       <c r="A396" t="inlineStr">
         <is>
           <t>Kaas (in kg)</t>
         </is>
       </c>
       <c r="B396" t="inlineStr">
         <is>
           <t>Cheddar</t>
         </is>
       </c>
       <c r="C396" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="D396" t="inlineStr">
         <is>
-          <t>Oktober 2024</t>
+          <t>November 2024</t>
         </is>
       </c>
       <c r="E396"/>
     </row>
     <row r="397">
       <c r="A397" t="inlineStr">
         <is>
           <t>Kaas (in kg)</t>
         </is>
       </c>
       <c r="B397" t="inlineStr">
         <is>
           <t>Cheddar</t>
         </is>
       </c>
       <c r="C397" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="D397" t="inlineStr">
         <is>
-          <t>November 2024</t>
+          <t>December 2024</t>
         </is>
       </c>
       <c r="E397"/>
     </row>
     <row r="398">
       <c r="A398" t="inlineStr">
         <is>
           <t>Kaas (in kg)</t>
         </is>
       </c>
       <c r="B398" t="inlineStr">
         <is>
           <t>Cheddar</t>
         </is>
       </c>
       <c r="C398" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="D398" t="inlineStr">
         <is>
-          <t>December 2024</t>
+          <t>Januari 2025</t>
         </is>
       </c>
       <c r="E398"/>
     </row>
     <row r="399">
       <c r="A399" t="inlineStr">
         <is>
           <t>Kaas (in kg)</t>
         </is>
       </c>
       <c r="B399" t="inlineStr">
         <is>
           <t>Cheddar</t>
         </is>
       </c>
       <c r="C399" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D399" t="inlineStr">
         <is>
-          <t>Januari 2025</t>
+          <t>Februari 2025</t>
         </is>
       </c>
       <c r="E399"/>
     </row>
     <row r="400">
       <c r="A400" t="inlineStr">
         <is>
           <t>Kaas (in kg)</t>
         </is>
       </c>
       <c r="B400" t="inlineStr">
         <is>
           <t>Cheddar</t>
         </is>
       </c>
       <c r="C400" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D400" t="inlineStr">
         <is>
-          <t>Februari 2025</t>
+          <t>Maart 2025</t>
         </is>
       </c>
       <c r="E400"/>
     </row>
     <row r="401">
       <c r="A401" t="inlineStr">
         <is>
           <t>Kaas (in kg)</t>
         </is>
       </c>
       <c r="B401" t="inlineStr">
         <is>
           <t>Cheddar</t>
         </is>
       </c>
       <c r="C401" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D401" t="inlineStr">
         <is>
-          <t>Maart 2025</t>
+          <t>April 2025</t>
         </is>
       </c>
       <c r="E401"/>
     </row>
     <row r="402">
       <c r="A402" t="inlineStr">
         <is>
           <t>Kaas (in kg)</t>
         </is>
       </c>
       <c r="B402" t="inlineStr">
         <is>
           <t>Cheddar</t>
         </is>
       </c>
       <c r="C402" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D402" t="inlineStr">
         <is>
-          <t>April 2025</t>
+          <t>Mei 2025</t>
         </is>
       </c>
       <c r="E402"/>
     </row>
     <row r="403">
       <c r="A403" t="inlineStr">
         <is>
           <t>Kaas (in kg)</t>
         </is>
       </c>
       <c r="B403" t="inlineStr">
         <is>
           <t>Cheddar</t>
         </is>
       </c>
       <c r="C403" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D403" t="inlineStr">
         <is>
-          <t>Mei 2025</t>
+          <t>Juni 2025</t>
         </is>
       </c>
       <c r="E403"/>
     </row>
     <row r="404">
       <c r="A404" t="inlineStr">
         <is>
           <t>Kaas (in kg)</t>
         </is>
       </c>
       <c r="B404" t="inlineStr">
         <is>
           <t>Cheddar</t>
         </is>
       </c>
       <c r="C404" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D404" t="inlineStr">
         <is>
-          <t>Juni 2025</t>
+          <t>Juli 2025</t>
         </is>
       </c>
       <c r="E404"/>
     </row>
     <row r="405">
       <c r="A405" t="inlineStr">
         <is>
           <t>Kaas (in kg)</t>
         </is>
       </c>
       <c r="B405" t="inlineStr">
         <is>
           <t>Gouda</t>
         </is>
       </c>
       <c r="C405" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="D405" t="inlineStr">
         <is>
-          <t>Juni 2024</t>
+          <t>Juli 2024</t>
         </is>
       </c>
       <c r="E405" s="1" t="n">
-        <v>868866.0</v>
+        <v>743133.0</v>
       </c>
     </row>
     <row r="406">
       <c r="A406" t="inlineStr">
         <is>
           <t>Kaas (in kg)</t>
         </is>
       </c>
       <c r="B406" t="inlineStr">
         <is>
           <t>Gouda</t>
         </is>
       </c>
       <c r="C406" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="D406" t="inlineStr">
         <is>
-          <t>Juli 2024</t>
+          <t>Augustus 2024</t>
         </is>
       </c>
       <c r="E406" s="1" t="n">
-        <v>743133.0</v>
+        <v>878227.0</v>
       </c>
     </row>
     <row r="407">
       <c r="A407" t="inlineStr">
         <is>
           <t>Kaas (in kg)</t>
         </is>
       </c>
       <c r="B407" t="inlineStr">
         <is>
           <t>Gouda</t>
         </is>
       </c>
       <c r="C407" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="D407" t="inlineStr">
         <is>
-          <t>Augustus 2024</t>
+          <t>September 2024</t>
         </is>
       </c>
       <c r="E407" s="1" t="n">
-        <v>878227.0</v>
+        <v>735261.0</v>
       </c>
     </row>
     <row r="408">
       <c r="A408" t="inlineStr">
         <is>
           <t>Kaas (in kg)</t>
         </is>
       </c>
       <c r="B408" t="inlineStr">
         <is>
           <t>Gouda</t>
         </is>
       </c>
       <c r="C408" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="D408" t="inlineStr">
         <is>
-          <t>September 2024</t>
+          <t>Oktober 2024</t>
         </is>
       </c>
       <c r="E408" s="1" t="n">
-        <v>735261.0</v>
+        <v>1018661.0</v>
       </c>
     </row>
     <row r="409">
       <c r="A409" t="inlineStr">
         <is>
           <t>Kaas (in kg)</t>
         </is>
       </c>
       <c r="B409" t="inlineStr">
         <is>
           <t>Gouda</t>
         </is>
       </c>
       <c r="C409" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="D409" t="inlineStr">
         <is>
-          <t>Oktober 2024</t>
+          <t>November 2024</t>
         </is>
       </c>
       <c r="E409" s="1" t="n">
-        <v>1018661.0</v>
+        <v>764475.0</v>
       </c>
     </row>
     <row r="410">
       <c r="A410" t="inlineStr">
         <is>
           <t>Kaas (in kg)</t>
         </is>
       </c>
       <c r="B410" t="inlineStr">
         <is>
           <t>Gouda</t>
         </is>
       </c>
       <c r="C410" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="D410" t="inlineStr">
         <is>
-          <t>November 2024</t>
+          <t>December 2024</t>
         </is>
       </c>
       <c r="E410" s="1" t="n">
-        <v>764475.0</v>
+        <v>719814.0</v>
       </c>
     </row>
     <row r="411">
       <c r="A411" t="inlineStr">
         <is>
           <t>Kaas (in kg)</t>
         </is>
       </c>
       <c r="B411" t="inlineStr">
         <is>
           <t>Gouda</t>
         </is>
       </c>
       <c r="C411" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="D411" t="inlineStr">
         <is>
-          <t>December 2024</t>
+          <t>Januari 2025</t>
         </is>
       </c>
       <c r="E411" s="1" t="n">
-        <v>719814.0</v>
+        <v>958308.0</v>
       </c>
     </row>
     <row r="412">
       <c r="A412" t="inlineStr">
         <is>
           <t>Kaas (in kg)</t>
         </is>
       </c>
       <c r="B412" t="inlineStr">
         <is>
           <t>Gouda</t>
         </is>
       </c>
       <c r="C412" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D412" t="inlineStr">
         <is>
-          <t>Januari 2025</t>
+          <t>Februari 2025</t>
         </is>
       </c>
       <c r="E412" s="1" t="n">
-        <v>958308.0</v>
+        <v>735365.0</v>
       </c>
     </row>
     <row r="413">
       <c r="A413" t="inlineStr">
         <is>
           <t>Kaas (in kg)</t>
         </is>
       </c>
       <c r="B413" t="inlineStr">
         <is>
           <t>Gouda</t>
         </is>
       </c>
       <c r="C413" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D413" t="inlineStr">
         <is>
-          <t>Februari 2025</t>
+          <t>Maart 2025</t>
         </is>
       </c>
       <c r="E413" s="1" t="n">
-        <v>735365.0</v>
+        <v>962502.0</v>
       </c>
     </row>
     <row r="414">
       <c r="A414" t="inlineStr">
         <is>
           <t>Kaas (in kg)</t>
         </is>
       </c>
       <c r="B414" t="inlineStr">
         <is>
           <t>Gouda</t>
         </is>
       </c>
       <c r="C414" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D414" t="inlineStr">
         <is>
-          <t>Maart 2025</t>
+          <t>April 2025</t>
         </is>
       </c>
       <c r="E414" s="1" t="n">
-        <v>962502.0</v>
+        <v>857773.0</v>
       </c>
     </row>
     <row r="415">
       <c r="A415" t="inlineStr">
         <is>
           <t>Kaas (in kg)</t>
         </is>
       </c>
       <c r="B415" t="inlineStr">
         <is>
           <t>Gouda</t>
         </is>
       </c>
       <c r="C415" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D415" t="inlineStr">
         <is>
-          <t>April 2025</t>
+          <t>Mei 2025</t>
         </is>
       </c>
       <c r="E415" s="1" t="n">
-        <v>857773.0</v>
+        <v>793781.0</v>
       </c>
     </row>
     <row r="416">
       <c r="A416" t="inlineStr">
         <is>
           <t>Kaas (in kg)</t>
         </is>
       </c>
       <c r="B416" t="inlineStr">
         <is>
           <t>Gouda</t>
         </is>
       </c>
       <c r="C416" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D416" t="inlineStr">
         <is>
-          <t>Mei 2025</t>
+          <t>Juni 2025</t>
         </is>
       </c>
       <c r="E416" s="1" t="n">
-        <v>793781.0</v>
+        <v>799204.0</v>
       </c>
     </row>
     <row r="417">
       <c r="A417" t="inlineStr">
         <is>
           <t>Kaas (in kg)</t>
         </is>
       </c>
       <c r="B417" t="inlineStr">
         <is>
           <t>Gouda</t>
         </is>
       </c>
       <c r="C417" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D417" t="inlineStr">
         <is>
-          <t>Juni 2025</t>
+          <t>Juli 2025</t>
         </is>
       </c>
       <c r="E417" s="1" t="n">
-        <v>799204.0</v>
+        <v>858749.0</v>
       </c>
     </row>
     <row r="418">
       <c r="A418" t="inlineStr">
         <is>
           <t>Kaas (in kg)</t>
         </is>
       </c>
       <c r="B418" t="inlineStr">
         <is>
           <t>Herve</t>
         </is>
       </c>
       <c r="C418" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="D418" t="inlineStr">
         <is>
-          <t>Juni 2024</t>
+          <t>Juli 2024</t>
         </is>
       </c>
       <c r="E418"/>
     </row>
     <row r="419">
       <c r="A419" t="inlineStr">
         <is>
           <t>Kaas (in kg)</t>
         </is>
       </c>
       <c r="B419" t="inlineStr">
         <is>
           <t>Herve</t>
         </is>
       </c>
       <c r="C419" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="D419" t="inlineStr">
         <is>
-          <t>Juli 2024</t>
+          <t>Augustus 2024</t>
         </is>
       </c>
       <c r="E419"/>
     </row>
     <row r="420">
       <c r="A420" t="inlineStr">
         <is>
           <t>Kaas (in kg)</t>
         </is>
       </c>
       <c r="B420" t="inlineStr">
         <is>
           <t>Herve</t>
         </is>
       </c>
       <c r="C420" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="D420" t="inlineStr">
         <is>
-          <t>Augustus 2024</t>
+          <t>September 2024</t>
         </is>
       </c>
       <c r="E420"/>
     </row>
     <row r="421">
       <c r="A421" t="inlineStr">
         <is>
           <t>Kaas (in kg)</t>
         </is>
       </c>
       <c r="B421" t="inlineStr">
         <is>
           <t>Herve</t>
         </is>
       </c>
       <c r="C421" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="D421" t="inlineStr">
         <is>
-          <t>September 2024</t>
+          <t>Oktober 2024</t>
         </is>
       </c>
       <c r="E421"/>
     </row>
     <row r="422">
       <c r="A422" t="inlineStr">
         <is>
           <t>Kaas (in kg)</t>
         </is>
       </c>
       <c r="B422" t="inlineStr">
         <is>
           <t>Herve</t>
         </is>
       </c>
       <c r="C422" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="D422" t="inlineStr">
         <is>
-          <t>Oktober 2024</t>
+          <t>November 2024</t>
         </is>
       </c>
       <c r="E422"/>
     </row>
     <row r="423">
       <c r="A423" t="inlineStr">
         <is>
           <t>Kaas (in kg)</t>
         </is>
       </c>
       <c r="B423" t="inlineStr">
         <is>
           <t>Herve</t>
         </is>
       </c>
       <c r="C423" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="D423" t="inlineStr">
         <is>
-          <t>November 2024</t>
+          <t>December 2024</t>
         </is>
       </c>
       <c r="E423"/>
     </row>
     <row r="424">
       <c r="A424" t="inlineStr">
         <is>
           <t>Kaas (in kg)</t>
         </is>
       </c>
       <c r="B424" t="inlineStr">
         <is>
           <t>Herve</t>
         </is>
       </c>
       <c r="C424" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="D424" t="inlineStr">
         <is>
-          <t>December 2024</t>
+          <t>Januari 2025</t>
         </is>
       </c>
       <c r="E424"/>
     </row>
     <row r="425">
       <c r="A425" t="inlineStr">
         <is>
           <t>Kaas (in kg)</t>
         </is>
       </c>
       <c r="B425" t="inlineStr">
         <is>
           <t>Herve</t>
         </is>
       </c>
       <c r="C425" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D425" t="inlineStr">
         <is>
-          <t>Januari 2025</t>
+          <t>Februari 2025</t>
         </is>
       </c>
       <c r="E425"/>
     </row>
     <row r="426">
       <c r="A426" t="inlineStr">
         <is>
           <t>Kaas (in kg)</t>
         </is>
       </c>
       <c r="B426" t="inlineStr">
         <is>
           <t>Herve</t>
         </is>
       </c>
       <c r="C426" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D426" t="inlineStr">
         <is>
-          <t>Februari 2025</t>
+          <t>Maart 2025</t>
         </is>
       </c>
       <c r="E426"/>
     </row>
     <row r="427">
       <c r="A427" t="inlineStr">
         <is>
           <t>Kaas (in kg)</t>
         </is>
       </c>
       <c r="B427" t="inlineStr">
         <is>
           <t>Herve</t>
         </is>
       </c>
       <c r="C427" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D427" t="inlineStr">
         <is>
-          <t>Maart 2025</t>
+          <t>April 2025</t>
         </is>
       </c>
       <c r="E427"/>
     </row>
     <row r="428">
       <c r="A428" t="inlineStr">
         <is>
           <t>Kaas (in kg)</t>
         </is>
       </c>
       <c r="B428" t="inlineStr">
         <is>
           <t>Herve</t>
         </is>
       </c>
       <c r="C428" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D428" t="inlineStr">
         <is>
-          <t>April 2025</t>
+          <t>Mei 2025</t>
         </is>
       </c>
       <c r="E428"/>
     </row>
     <row r="429">
       <c r="A429" t="inlineStr">
         <is>
           <t>Kaas (in kg)</t>
         </is>
       </c>
       <c r="B429" t="inlineStr">
         <is>
           <t>Herve</t>
         </is>
       </c>
       <c r="C429" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D429" t="inlineStr">
         <is>
-          <t>Mei 2025</t>
+          <t>Juni 2025</t>
         </is>
       </c>
       <c r="E429"/>
     </row>
     <row r="430">
       <c r="A430" t="inlineStr">
         <is>
           <t>Kaas (in kg)</t>
         </is>
       </c>
       <c r="B430" t="inlineStr">
         <is>
           <t>Herve</t>
         </is>
       </c>
       <c r="C430" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D430" t="inlineStr">
         <is>
-          <t>Juni 2025</t>
+          <t>Juli 2025</t>
         </is>
       </c>
       <c r="E430"/>
     </row>
     <row r="431">
       <c r="A431" t="inlineStr">
         <is>
           <t>Kaas (in kg)</t>
         </is>
       </c>
       <c r="B431" t="inlineStr">
         <is>
           <t>Mozzarella</t>
         </is>
       </c>
       <c r="C431" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="D431" t="inlineStr">
         <is>
-          <t>Juni 2024</t>
+          <t>Juli 2024</t>
         </is>
       </c>
       <c r="E431" s="1" t="n">
-        <v>7595459.0</v>
+        <v>7254064.0</v>
       </c>
     </row>
     <row r="432">
       <c r="A432" t="inlineStr">
         <is>
           <t>Kaas (in kg)</t>
         </is>
       </c>
       <c r="B432" t="inlineStr">
         <is>
           <t>Mozzarella</t>
         </is>
       </c>
       <c r="C432" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="D432" t="inlineStr">
         <is>
-          <t>Juli 2024</t>
+          <t>Augustus 2024</t>
         </is>
       </c>
       <c r="E432" s="1" t="n">
-        <v>7254064.0</v>
+        <v>6796454.0</v>
       </c>
     </row>
     <row r="433">
       <c r="A433" t="inlineStr">
         <is>
           <t>Kaas (in kg)</t>
         </is>
       </c>
       <c r="B433" t="inlineStr">
         <is>
           <t>Mozzarella</t>
         </is>
       </c>
       <c r="C433" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="D433" t="inlineStr">
         <is>
-          <t>Augustus 2024</t>
+          <t>September 2024</t>
         </is>
       </c>
       <c r="E433" s="1" t="n">
-        <v>6796454.0</v>
+        <v>7604407.0</v>
       </c>
     </row>
     <row r="434">
       <c r="A434" t="inlineStr">
         <is>
           <t>Kaas (in kg)</t>
         </is>
       </c>
       <c r="B434" t="inlineStr">
         <is>
           <t>Mozzarella</t>
         </is>
       </c>
       <c r="C434" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="D434" t="inlineStr">
         <is>
-          <t>September 2024</t>
+          <t>Oktober 2024</t>
         </is>
       </c>
       <c r="E434" s="1" t="n">
-        <v>7604407.0</v>
+        <v>7365209.0</v>
       </c>
     </row>
     <row r="435">
       <c r="A435" t="inlineStr">
         <is>
           <t>Kaas (in kg)</t>
         </is>
       </c>
       <c r="B435" t="inlineStr">
         <is>
           <t>Mozzarella</t>
         </is>
       </c>
       <c r="C435" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="D435" t="inlineStr">
         <is>
-          <t>Oktober 2024</t>
+          <t>November 2024</t>
         </is>
       </c>
       <c r="E435" s="1" t="n">
-        <v>7365209.0</v>
+        <v>6795830.0</v>
       </c>
     </row>
     <row r="436">
       <c r="A436" t="inlineStr">
         <is>
           <t>Kaas (in kg)</t>
         </is>
       </c>
       <c r="B436" t="inlineStr">
         <is>
           <t>Mozzarella</t>
         </is>
       </c>
       <c r="C436" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="D436" t="inlineStr">
         <is>
-          <t>November 2024</t>
+          <t>December 2024</t>
         </is>
       </c>
       <c r="E436" s="1" t="n">
-        <v>6795830.0</v>
+        <v>7563391.0</v>
       </c>
     </row>
     <row r="437">
       <c r="A437" t="inlineStr">
         <is>
           <t>Kaas (in kg)</t>
         </is>
       </c>
       <c r="B437" t="inlineStr">
         <is>
           <t>Mozzarella</t>
         </is>
       </c>
       <c r="C437" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="D437" t="inlineStr">
         <is>
-          <t>December 2024</t>
+          <t>Januari 2025</t>
         </is>
       </c>
       <c r="E437" s="1" t="n">
-        <v>7563391.0</v>
+        <v>6820263.0</v>
       </c>
     </row>
     <row r="438">
       <c r="A438" t="inlineStr">
         <is>
           <t>Kaas (in kg)</t>
         </is>
       </c>
       <c r="B438" t="inlineStr">
         <is>
           <t>Mozzarella</t>
         </is>
       </c>
       <c r="C438" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D438" t="inlineStr">
         <is>
-          <t>Januari 2025</t>
+          <t>Februari 2025</t>
         </is>
       </c>
       <c r="E438" s="1" t="n">
-        <v>6820263.0</v>
+        <v>7095282.0</v>
       </c>
     </row>
     <row r="439">
       <c r="A439" t="inlineStr">
         <is>
           <t>Kaas (in kg)</t>
         </is>
       </c>
       <c r="B439" t="inlineStr">
         <is>
           <t>Mozzarella</t>
         </is>
       </c>
       <c r="C439" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D439" t="inlineStr">
         <is>
-          <t>Februari 2025</t>
+          <t>Maart 2025</t>
         </is>
       </c>
       <c r="E439" s="1" t="n">
-        <v>7095282.0</v>
+        <v>7610517.0</v>
       </c>
     </row>
     <row r="440">
       <c r="A440" t="inlineStr">
         <is>
           <t>Kaas (in kg)</t>
         </is>
       </c>
       <c r="B440" t="inlineStr">
         <is>
           <t>Mozzarella</t>
         </is>
       </c>
       <c r="C440" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D440" t="inlineStr">
         <is>
-          <t>Maart 2025</t>
+          <t>April 2025</t>
         </is>
       </c>
       <c r="E440" s="1" t="n">
-        <v>7610517.0</v>
+        <v>7564915.0</v>
       </c>
     </row>
     <row r="441">
       <c r="A441" t="inlineStr">
         <is>
           <t>Kaas (in kg)</t>
         </is>
       </c>
       <c r="B441" t="inlineStr">
         <is>
           <t>Mozzarella</t>
         </is>
       </c>
       <c r="C441" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D441" t="inlineStr">
         <is>
-          <t>April 2025</t>
+          <t>Mei 2025</t>
         </is>
       </c>
       <c r="E441" s="1" t="n">
-        <v>7564915.0</v>
+        <v>7658340.0</v>
       </c>
     </row>
     <row r="442">
       <c r="A442" t="inlineStr">
         <is>
           <t>Kaas (in kg)</t>
         </is>
       </c>
       <c r="B442" t="inlineStr">
         <is>
           <t>Mozzarella</t>
         </is>
       </c>
       <c r="C442" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D442" t="inlineStr">
         <is>
-          <t>Mei 2025</t>
+          <t>Juni 2025</t>
         </is>
       </c>
       <c r="E442" s="1" t="n">
-        <v>7658340.0</v>
+        <v>6706670.0</v>
       </c>
     </row>
     <row r="443">
       <c r="A443" t="inlineStr">
         <is>
           <t>Kaas (in kg)</t>
         </is>
       </c>
       <c r="B443" t="inlineStr">
         <is>
           <t>Mozzarella</t>
         </is>
       </c>
       <c r="C443" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D443" t="inlineStr">
         <is>
-          <t>Juni 2025</t>
+          <t>Juli 2025</t>
         </is>
       </c>
       <c r="E443" s="1" t="n">
-        <v>6706670.0</v>
+        <v>7703518.0</v>
       </c>
     </row>
     <row r="444">
       <c r="A444" t="inlineStr">
         <is>
           <t>Kaas (in kg)</t>
         </is>
       </c>
       <c r="B444" t="inlineStr">
         <is>
           <t>Andere Italiaanse kazen</t>
         </is>
       </c>
       <c r="C444" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="D444" t="inlineStr">
         <is>
-          <t>Juni 2024</t>
+          <t>Juli 2024</t>
         </is>
       </c>
       <c r="E444" s="1" t="n">
-        <v>3051.0</v>
+        <v>2174.0</v>
       </c>
     </row>
     <row r="445">
       <c r="A445" t="inlineStr">
         <is>
           <t>Kaas (in kg)</t>
         </is>
       </c>
       <c r="B445" t="inlineStr">
         <is>
           <t>Andere Italiaanse kazen</t>
         </is>
       </c>
       <c r="C445" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="D445" t="inlineStr">
         <is>
-          <t>Juli 2024</t>
+          <t>Augustus 2024</t>
         </is>
       </c>
       <c r="E445" s="1" t="n">
-        <v>2174.0</v>
+        <v>1934.0</v>
       </c>
     </row>
     <row r="446">
       <c r="A446" t="inlineStr">
         <is>
           <t>Kaas (in kg)</t>
         </is>
       </c>
       <c r="B446" t="inlineStr">
         <is>
           <t>Andere Italiaanse kazen</t>
         </is>
       </c>
       <c r="C446" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="D446" t="inlineStr">
         <is>
-          <t>Augustus 2024</t>
+          <t>September 2024</t>
         </is>
       </c>
       <c r="E446" s="1" t="n">
-        <v>1934.0</v>
+        <v>3275.0</v>
       </c>
     </row>
     <row r="447">
       <c r="A447" t="inlineStr">
         <is>
           <t>Kaas (in kg)</t>
         </is>
       </c>
       <c r="B447" t="inlineStr">
         <is>
           <t>Andere Italiaanse kazen</t>
         </is>
       </c>
       <c r="C447" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="D447" t="inlineStr">
         <is>
-          <t>September 2024</t>
+          <t>Oktober 2024</t>
         </is>
       </c>
       <c r="E447" s="1" t="n">
-        <v>3275.0</v>
+        <v>2704.0</v>
       </c>
     </row>
     <row r="448">
       <c r="A448" t="inlineStr">
         <is>
           <t>Kaas (in kg)</t>
         </is>
       </c>
       <c r="B448" t="inlineStr">
         <is>
           <t>Andere Italiaanse kazen</t>
         </is>
       </c>
       <c r="C448" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="D448" t="inlineStr">
         <is>
-          <t>Oktober 2024</t>
+          <t>November 2024</t>
         </is>
       </c>
       <c r="E448" s="1" t="n">
-        <v>2704.0</v>
+        <v>2761.0</v>
       </c>
     </row>
     <row r="449">
       <c r="A449" t="inlineStr">
         <is>
           <t>Kaas (in kg)</t>
         </is>
       </c>
       <c r="B449" t="inlineStr">
         <is>
           <t>Andere Italiaanse kazen</t>
         </is>
       </c>
       <c r="C449" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="D449" t="inlineStr">
         <is>
-          <t>November 2024</t>
+          <t>December 2024</t>
         </is>
       </c>
       <c r="E449" s="1" t="n">
-        <v>2761.0</v>
+        <v>2721.0</v>
       </c>
     </row>
     <row r="450">
       <c r="A450" t="inlineStr">
         <is>
           <t>Kaas (in kg)</t>
         </is>
       </c>
       <c r="B450" t="inlineStr">
         <is>
           <t>Andere Italiaanse kazen</t>
         </is>
       </c>
       <c r="C450" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="D450" t="inlineStr">
         <is>
-          <t>December 2024</t>
+          <t>Januari 2025</t>
         </is>
       </c>
       <c r="E450" s="1" t="n">
-        <v>2721.0</v>
+        <v>2468.0</v>
       </c>
     </row>
     <row r="451">
       <c r="A451" t="inlineStr">
         <is>
           <t>Kaas (in kg)</t>
         </is>
       </c>
       <c r="B451" t="inlineStr">
         <is>
           <t>Andere Italiaanse kazen</t>
         </is>
       </c>
       <c r="C451" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D451" t="inlineStr">
         <is>
-          <t>Januari 2025</t>
+          <t>Februari 2025</t>
         </is>
       </c>
       <c r="E451" s="1" t="n">
-        <v>2468.0</v>
+        <v>3071.0</v>
       </c>
     </row>
     <row r="452">
       <c r="A452" t="inlineStr">
         <is>
           <t>Kaas (in kg)</t>
         </is>
       </c>
       <c r="B452" t="inlineStr">
         <is>
           <t>Andere Italiaanse kazen</t>
         </is>
       </c>
       <c r="C452" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D452" t="inlineStr">
         <is>
-          <t>Februari 2025</t>
+          <t>Maart 2025</t>
         </is>
       </c>
       <c r="E452" s="1" t="n">
-        <v>3071.0</v>
+        <v>3385.0</v>
       </c>
     </row>
     <row r="453">
       <c r="A453" t="inlineStr">
         <is>
           <t>Kaas (in kg)</t>
         </is>
       </c>
       <c r="B453" t="inlineStr">
         <is>
           <t>Andere Italiaanse kazen</t>
         </is>
       </c>
       <c r="C453" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D453" t="inlineStr">
         <is>
-          <t>Maart 2025</t>
+          <t>April 2025</t>
         </is>
       </c>
       <c r="E453" s="1" t="n">
-        <v>3385.0</v>
+        <v>4417.0</v>
       </c>
     </row>
     <row r="454">
       <c r="A454" t="inlineStr">
         <is>
           <t>Kaas (in kg)</t>
         </is>
       </c>
       <c r="B454" t="inlineStr">
         <is>
           <t>Andere Italiaanse kazen</t>
         </is>
       </c>
       <c r="C454" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D454" t="inlineStr">
         <is>
-          <t>April 2025</t>
+          <t>Mei 2025</t>
         </is>
       </c>
       <c r="E454" s="1" t="n">
-        <v>4417.0</v>
+        <v>2473.0</v>
       </c>
     </row>
     <row r="455">
       <c r="A455" t="inlineStr">
         <is>
           <t>Kaas (in kg)</t>
         </is>
       </c>
       <c r="B455" t="inlineStr">
         <is>
           <t>Andere Italiaanse kazen</t>
         </is>
       </c>
       <c r="C455" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D455" t="inlineStr">
         <is>
-          <t>Mei 2025</t>
+          <t>Juni 2025</t>
         </is>
       </c>
       <c r="E455" s="1" t="n">
-        <v>2473.0</v>
+        <v>5297.0</v>
       </c>
     </row>
     <row r="456">
       <c r="A456" t="inlineStr">
         <is>
           <t>Kaas (in kg)</t>
         </is>
       </c>
       <c r="B456" t="inlineStr">
         <is>
           <t>Andere Italiaanse kazen</t>
         </is>
       </c>
       <c r="C456" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D456" t="inlineStr">
         <is>
-          <t>Juni 2025</t>
+          <t>Juli 2025</t>
         </is>
       </c>
       <c r="E456" s="1" t="n">
-        <v>5297.0</v>
+        <v>2292.0</v>
       </c>
     </row>
     <row r="457">
       <c r="A457" t="inlineStr">
         <is>
           <t>Kaas (in kg)</t>
         </is>
       </c>
       <c r="B457" t="inlineStr">
         <is>
           <t>Andere kazen</t>
         </is>
       </c>
       <c r="C457" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="D457" t="inlineStr">
         <is>
-          <t>Juni 2024</t>
+          <t>Juli 2024</t>
         </is>
       </c>
       <c r="E457" s="1" t="n">
-        <v>1614017.0</v>
+        <v>1705832.0</v>
       </c>
     </row>
     <row r="458">
       <c r="A458" t="inlineStr">
         <is>
           <t>Kaas (in kg)</t>
         </is>
       </c>
       <c r="B458" t="inlineStr">
         <is>
           <t>Andere kazen</t>
         </is>
       </c>
       <c r="C458" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="D458" t="inlineStr">
         <is>
-          <t>Juli 2024</t>
+          <t>Augustus 2024</t>
         </is>
       </c>
       <c r="E458" s="1" t="n">
-        <v>1705832.0</v>
+        <v>1559641.0</v>
       </c>
     </row>
     <row r="459">
       <c r="A459" t="inlineStr">
         <is>
           <t>Kaas (in kg)</t>
         </is>
       </c>
       <c r="B459" t="inlineStr">
         <is>
           <t>Andere kazen</t>
         </is>
       </c>
       <c r="C459" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="D459" t="inlineStr">
         <is>
-          <t>Augustus 2024</t>
+          <t>September 2024</t>
         </is>
       </c>
       <c r="E459" s="1" t="n">
-        <v>1559641.0</v>
+        <v>1463721.0</v>
       </c>
     </row>
     <row r="460">
       <c r="A460" t="inlineStr">
         <is>
           <t>Kaas (in kg)</t>
         </is>
       </c>
       <c r="B460" t="inlineStr">
         <is>
           <t>Andere kazen</t>
         </is>
       </c>
       <c r="C460" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="D460" t="inlineStr">
         <is>
-          <t>September 2024</t>
+          <t>Oktober 2024</t>
         </is>
       </c>
       <c r="E460" s="1" t="n">
-        <v>1463721.0</v>
+        <v>1491045.0</v>
       </c>
     </row>
     <row r="461">
       <c r="A461" t="inlineStr">
         <is>
           <t>Kaas (in kg)</t>
         </is>
       </c>
       <c r="B461" t="inlineStr">
         <is>
           <t>Andere kazen</t>
         </is>
       </c>
       <c r="C461" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="D461" t="inlineStr">
         <is>
-          <t>Oktober 2024</t>
+          <t>November 2024</t>
         </is>
       </c>
       <c r="E461" s="1" t="n">
-        <v>1491045.0</v>
+        <v>1351577.0</v>
       </c>
     </row>
     <row r="462">
       <c r="A462" t="inlineStr">
         <is>
           <t>Kaas (in kg)</t>
         </is>
       </c>
       <c r="B462" t="inlineStr">
         <is>
           <t>Andere kazen</t>
         </is>
       </c>
       <c r="C462" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="D462" t="inlineStr">
         <is>
-          <t>November 2024</t>
+          <t>December 2024</t>
         </is>
       </c>
       <c r="E462" s="1" t="n">
-        <v>1351577.0</v>
+        <v>1288199.0</v>
       </c>
     </row>
     <row r="463">
       <c r="A463" t="inlineStr">
         <is>
           <t>Kaas (in kg)</t>
         </is>
       </c>
       <c r="B463" t="inlineStr">
         <is>
           <t>Andere kazen</t>
         </is>
       </c>
       <c r="C463" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="D463" t="inlineStr">
         <is>
-          <t>December 2024</t>
+          <t>Januari 2025</t>
         </is>
       </c>
       <c r="E463" s="1" t="n">
-        <v>1288199.0</v>
+        <v>1687111.0</v>
       </c>
     </row>
     <row r="464">
       <c r="A464" t="inlineStr">
         <is>
           <t>Kaas (in kg)</t>
         </is>
       </c>
       <c r="B464" t="inlineStr">
         <is>
           <t>Andere kazen</t>
         </is>
       </c>
       <c r="C464" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D464" t="inlineStr">
         <is>
-          <t>Januari 2025</t>
+          <t>Februari 2025</t>
         </is>
       </c>
       <c r="E464" s="1" t="n">
-        <v>1687111.0</v>
+        <v>1252941.0</v>
       </c>
     </row>
     <row r="465">
       <c r="A465" t="inlineStr">
         <is>
           <t>Kaas (in kg)</t>
         </is>
       </c>
       <c r="B465" t="inlineStr">
         <is>
           <t>Andere kazen</t>
         </is>
       </c>
       <c r="C465" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D465" t="inlineStr">
         <is>
-          <t>Februari 2025</t>
+          <t>Maart 2025</t>
         </is>
       </c>
       <c r="E465" s="1" t="n">
-        <v>1252941.0</v>
+        <v>1621784.0</v>
       </c>
     </row>
     <row r="466">
       <c r="A466" t="inlineStr">
         <is>
           <t>Kaas (in kg)</t>
         </is>
       </c>
       <c r="B466" t="inlineStr">
         <is>
           <t>Andere kazen</t>
         </is>
       </c>
       <c r="C466" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D466" t="inlineStr">
         <is>
-          <t>Maart 2025</t>
+          <t>April 2025</t>
         </is>
       </c>
       <c r="E466" s="1" t="n">
-        <v>1621784.0</v>
+        <v>1584161.0</v>
       </c>
     </row>
     <row r="467">
       <c r="A467" t="inlineStr">
         <is>
           <t>Kaas (in kg)</t>
         </is>
       </c>
       <c r="B467" t="inlineStr">
         <is>
           <t>Andere kazen</t>
         </is>
       </c>
       <c r="C467" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D467" t="inlineStr">
         <is>
-          <t>April 2025</t>
+          <t>Mei 2025</t>
         </is>
       </c>
       <c r="E467" s="1" t="n">
-        <v>1584252.0</v>
+        <v>1507441.0</v>
       </c>
     </row>
     <row r="468">
       <c r="A468" t="inlineStr">
         <is>
           <t>Kaas (in kg)</t>
         </is>
       </c>
       <c r="B468" t="inlineStr">
         <is>
           <t>Andere kazen</t>
         </is>
       </c>
       <c r="C468" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D468" t="inlineStr">
         <is>
-          <t>Mei 2025</t>
+          <t>Juni 2025</t>
         </is>
       </c>
       <c r="E468" s="1" t="n">
-        <v>1507497.0</v>
+        <v>1514764.0</v>
       </c>
     </row>
     <row r="469">
       <c r="A469" t="inlineStr">
         <is>
           <t>Kaas (in kg)</t>
         </is>
       </c>
       <c r="B469" t="inlineStr">
         <is>
           <t>Andere kazen</t>
         </is>
       </c>
       <c r="C469" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D469" t="inlineStr">
         <is>
-          <t>Juni 2025</t>
+          <t>Juli 2025</t>
         </is>
       </c>
       <c r="E469" s="1" t="n">
-        <v>1511521.0</v>
+        <v>1538280.0</v>
       </c>
     </row>
     <row r="470">
       <c r="A470" t="inlineStr">
         <is>
           <t>Kaas (in kg)</t>
         </is>
       </c>
       <c r="B470" t="inlineStr">
         <is>
           <t>Smeltkaas</t>
         </is>
       </c>
       <c r="C470" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="D470" t="inlineStr">
         <is>
-          <t>Juni 2024</t>
+          <t>Juli 2024</t>
         </is>
       </c>
       <c r="E470" s="1" t="n">
-        <v>1114785.0</v>
+        <v>1089461.0</v>
       </c>
     </row>
     <row r="471">
       <c r="A471" t="inlineStr">
         <is>
           <t>Kaas (in kg)</t>
         </is>
       </c>
       <c r="B471" t="inlineStr">
         <is>
           <t>Smeltkaas</t>
         </is>
       </c>
       <c r="C471" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="D471" t="inlineStr">
         <is>
-          <t>Juli 2024</t>
+          <t>Augustus 2024</t>
         </is>
       </c>
       <c r="E471" s="1" t="n">
-        <v>1089461.0</v>
+        <v>716937.0</v>
       </c>
     </row>
     <row r="472">
       <c r="A472" t="inlineStr">
         <is>
           <t>Kaas (in kg)</t>
         </is>
       </c>
       <c r="B472" t="inlineStr">
         <is>
           <t>Smeltkaas</t>
         </is>
       </c>
       <c r="C472" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="D472" t="inlineStr">
         <is>
-          <t>Augustus 2024</t>
+          <t>September 2024</t>
         </is>
       </c>
       <c r="E472" s="1" t="n">
-        <v>716937.0</v>
+        <v>973201.0</v>
       </c>
     </row>
     <row r="473">
       <c r="A473" t="inlineStr">
         <is>
           <t>Kaas (in kg)</t>
         </is>
       </c>
       <c r="B473" t="inlineStr">
         <is>
           <t>Smeltkaas</t>
         </is>
       </c>
       <c r="C473" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="D473" t="inlineStr">
         <is>
-          <t>September 2024</t>
+          <t>Oktober 2024</t>
         </is>
       </c>
       <c r="E473" s="1" t="n">
-        <v>973201.0</v>
+        <v>1058849.0</v>
       </c>
     </row>
     <row r="474">
       <c r="A474" t="inlineStr">
         <is>
           <t>Kaas (in kg)</t>
         </is>
       </c>
       <c r="B474" t="inlineStr">
         <is>
           <t>Smeltkaas</t>
         </is>
       </c>
       <c r="C474" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="D474" t="inlineStr">
         <is>
-          <t>Oktober 2024</t>
+          <t>November 2024</t>
         </is>
       </c>
       <c r="E474" s="1" t="n">
-        <v>1058849.0</v>
+        <v>863920.0</v>
       </c>
     </row>
     <row r="475">
       <c r="A475" t="inlineStr">
         <is>
           <t>Kaas (in kg)</t>
         </is>
       </c>
       <c r="B475" t="inlineStr">
         <is>
           <t>Smeltkaas</t>
         </is>
       </c>
       <c r="C475" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="D475" t="inlineStr">
         <is>
-          <t>November 2024</t>
+          <t>December 2024</t>
         </is>
       </c>
       <c r="E475" s="1" t="n">
-        <v>863920.0</v>
+        <v>820621.0</v>
       </c>
     </row>
     <row r="476">
       <c r="A476" t="inlineStr">
         <is>
           <t>Kaas (in kg)</t>
         </is>
       </c>
       <c r="B476" t="inlineStr">
         <is>
           <t>Smeltkaas</t>
         </is>
       </c>
       <c r="C476" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="D476" t="inlineStr">
         <is>
-          <t>December 2024</t>
+          <t>Januari 2025</t>
         </is>
       </c>
       <c r="E476" s="1" t="n">
-        <v>820621.0</v>
+        <v>786848.0</v>
       </c>
     </row>
     <row r="477">
       <c r="A477" t="inlineStr">
         <is>
           <t>Kaas (in kg)</t>
         </is>
       </c>
       <c r="B477" t="inlineStr">
         <is>
           <t>Smeltkaas</t>
         </is>
       </c>
       <c r="C477" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D477" t="inlineStr">
         <is>
-          <t>Januari 2025</t>
+          <t>Februari 2025</t>
         </is>
       </c>
       <c r="E477" s="1" t="n">
-        <v>786848.0</v>
+        <v>842728.0</v>
       </c>
     </row>
     <row r="478">
       <c r="A478" t="inlineStr">
         <is>
           <t>Kaas (in kg)</t>
         </is>
       </c>
       <c r="B478" t="inlineStr">
         <is>
           <t>Smeltkaas</t>
         </is>
       </c>
       <c r="C478" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D478" t="inlineStr">
         <is>
-          <t>Februari 2025</t>
+          <t>Maart 2025</t>
         </is>
       </c>
       <c r="E478" s="1" t="n">
-        <v>842728.0</v>
+        <v>859379.0</v>
       </c>
     </row>
     <row r="479">
       <c r="A479" t="inlineStr">
         <is>
           <t>Kaas (in kg)</t>
         </is>
       </c>
       <c r="B479" t="inlineStr">
         <is>
           <t>Smeltkaas</t>
         </is>
       </c>
       <c r="C479" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D479" t="inlineStr">
         <is>
-          <t>Maart 2025</t>
+          <t>April 2025</t>
         </is>
       </c>
       <c r="E479" s="1" t="n">
-        <v>859379.0</v>
+        <v>904707.0</v>
       </c>
     </row>
     <row r="480">
       <c r="A480" t="inlineStr">
         <is>
           <t>Kaas (in kg)</t>
         </is>
       </c>
       <c r="B480" t="inlineStr">
         <is>
           <t>Smeltkaas</t>
         </is>
       </c>
       <c r="C480" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D480" t="inlineStr">
         <is>
-          <t>April 2025</t>
+          <t>Mei 2025</t>
         </is>
       </c>
       <c r="E480" s="1" t="n">
-        <v>904707.0</v>
+        <v>814487.0</v>
       </c>
     </row>
     <row r="481">
       <c r="A481" t="inlineStr">
         <is>
           <t>Kaas (in kg)</t>
         </is>
       </c>
       <c r="B481" t="inlineStr">
         <is>
           <t>Smeltkaas</t>
         </is>
       </c>
       <c r="C481" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D481" t="inlineStr">
         <is>
-          <t>Mei 2025</t>
+          <t>Juni 2025</t>
         </is>
       </c>
       <c r="E481" s="1" t="n">
-        <v>814487.0</v>
+        <v>799979.0</v>
       </c>
     </row>
     <row r="482">
       <c r="A482" t="inlineStr">
         <is>
           <t>Kaas (in kg)</t>
         </is>
       </c>
       <c r="B482" t="inlineStr">
         <is>
           <t>Smeltkaas</t>
         </is>
       </c>
       <c r="C482" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D482" t="inlineStr">
         <is>
-          <t>Juni 2025</t>
+          <t>Juli 2025</t>
         </is>
       </c>
       <c r="E482" s="1" t="n">
-        <v>799979.0</v>
+        <v>701933.0</v>
       </c>
     </row>
     <row r="483">
       <c r="A483" t="inlineStr">
         <is>
           <t>Ijs (in kg)</t>
         </is>
       </c>
       <c r="B483" t="inlineStr">
         <is>
           <t>ijs</t>
         </is>
       </c>
       <c r="C483" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="D483" t="inlineStr">
         <is>
-          <t>Juni 2024</t>
+          <t>Juli 2024</t>
         </is>
       </c>
       <c r="E483" s="1" t="n">
-        <v>6770075.0</v>
+        <v>5926242.0</v>
       </c>
     </row>
     <row r="484">
       <c r="A484" t="inlineStr">
         <is>
           <t>Ijs (in kg)</t>
         </is>
       </c>
       <c r="B484" t="inlineStr">
         <is>
           <t>ijs</t>
         </is>
       </c>
       <c r="C484" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="D484" t="inlineStr">
         <is>
-          <t>Juli 2024</t>
+          <t>Augustus 2024</t>
         </is>
       </c>
       <c r="E484" s="1" t="n">
-        <v>5926242.0</v>
+        <v>4773298.0</v>
       </c>
     </row>
     <row r="485">
       <c r="A485" t="inlineStr">
         <is>
           <t>Ijs (in kg)</t>
         </is>
       </c>
       <c r="B485" t="inlineStr">
         <is>
           <t>ijs</t>
         </is>
       </c>
       <c r="C485" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="D485" t="inlineStr">
         <is>
-          <t>Augustus 2024</t>
+          <t>September 2024</t>
         </is>
       </c>
       <c r="E485" s="1" t="n">
-        <v>4773298.0</v>
+        <v>4671564.0</v>
       </c>
     </row>
     <row r="486">
       <c r="A486" t="inlineStr">
         <is>
           <t>Ijs (in kg)</t>
         </is>
       </c>
       <c r="B486" t="inlineStr">
         <is>
           <t>ijs</t>
         </is>
       </c>
       <c r="C486" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="D486" t="inlineStr">
         <is>
-          <t>September 2024</t>
+          <t>Oktober 2024</t>
         </is>
       </c>
       <c r="E486" s="1" t="n">
-        <v>4671564.0</v>
+        <v>3799797.0</v>
       </c>
     </row>
     <row r="487">
       <c r="A487" t="inlineStr">
         <is>
           <t>Ijs (in kg)</t>
         </is>
       </c>
       <c r="B487" t="inlineStr">
         <is>
           <t>ijs</t>
         </is>
       </c>
       <c r="C487" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="D487" t="inlineStr">
         <is>
-          <t>Oktober 2024</t>
+          <t>November 2024</t>
         </is>
       </c>
       <c r="E487" s="1" t="n">
-        <v>3799797.0</v>
+        <v>3389761.0</v>
       </c>
     </row>
     <row r="488">
       <c r="A488" t="inlineStr">
         <is>
           <t>Ijs (in kg)</t>
         </is>
       </c>
       <c r="B488" t="inlineStr">
         <is>
           <t>ijs</t>
         </is>
       </c>
       <c r="C488" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="D488" t="inlineStr">
         <is>
-          <t>November 2024</t>
+          <t>December 2024</t>
         </is>
       </c>
       <c r="E488" s="1" t="n">
-        <v>3389761.0</v>
+        <v>2561473.0</v>
       </c>
     </row>
     <row r="489">
       <c r="A489" t="inlineStr">
         <is>
           <t>Ijs (in kg)</t>
         </is>
       </c>
       <c r="B489" t="inlineStr">
         <is>
           <t>ijs</t>
         </is>
       </c>
       <c r="C489" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="D489" t="inlineStr">
         <is>
-          <t>December 2024</t>
+          <t>Januari 2025</t>
         </is>
       </c>
       <c r="E489" s="1" t="n">
-        <v>2561473.0</v>
+        <v>5508177.0</v>
       </c>
     </row>
     <row r="490">
       <c r="A490" t="inlineStr">
         <is>
           <t>Ijs (in kg)</t>
         </is>
       </c>
       <c r="B490" t="inlineStr">
         <is>
           <t>ijs</t>
         </is>
       </c>
       <c r="C490" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D490" t="inlineStr">
         <is>
-          <t>Januari 2025</t>
+          <t>Februari 2025</t>
         </is>
       </c>
       <c r="E490" s="1" t="n">
-        <v>5508177.0</v>
+        <v>4556533.0</v>
       </c>
     </row>
     <row r="491">
       <c r="A491" t="inlineStr">
         <is>
           <t>Ijs (in kg)</t>
         </is>
       </c>
       <c r="B491" t="inlineStr">
         <is>
           <t>ijs</t>
         </is>
       </c>
       <c r="C491" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D491" t="inlineStr">
         <is>
-          <t>Februari 2025</t>
+          <t>Maart 2025</t>
         </is>
       </c>
       <c r="E491" s="1" t="n">
-        <v>4556533.0</v>
+        <v>5091233.0</v>
       </c>
     </row>
     <row r="492">
       <c r="A492" t="inlineStr">
         <is>
           <t>Ijs (in kg)</t>
         </is>
       </c>
       <c r="B492" t="inlineStr">
         <is>
           <t>ijs</t>
         </is>
       </c>
       <c r="C492" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D492" t="inlineStr">
         <is>
-          <t>Maart 2025</t>
+          <t>April 2025</t>
         </is>
       </c>
       <c r="E492" s="1" t="n">
-        <v>5091233.0</v>
+        <v>6713664.0</v>
       </c>
     </row>
     <row r="493">
       <c r="A493" t="inlineStr">
         <is>
           <t>Ijs (in kg)</t>
         </is>
       </c>
       <c r="B493" t="inlineStr">
         <is>
           <t>ijs</t>
         </is>
       </c>
       <c r="C493" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D493" t="inlineStr">
         <is>
-          <t>April 2025</t>
+          <t>Mei 2025</t>
         </is>
       </c>
       <c r="E493" s="1" t="n">
-        <v>6713664.0</v>
+        <v>5929590.0</v>
       </c>
     </row>
     <row r="494">
       <c r="A494" t="inlineStr">
         <is>
           <t>Ijs (in kg)</t>
         </is>
       </c>
       <c r="B494" t="inlineStr">
         <is>
           <t>ijs</t>
         </is>
       </c>
       <c r="C494" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D494" t="inlineStr">
         <is>
-          <t>Mei 2025</t>
+          <t>Juni 2025</t>
         </is>
       </c>
       <c r="E494" s="1" t="n">
-        <v>5929590.0</v>
+        <v>6591202.0</v>
       </c>
     </row>
     <row r="495">
       <c r="A495" t="inlineStr">
         <is>
           <t>Ijs (in kg)</t>
         </is>
       </c>
       <c r="B495" t="inlineStr">
         <is>
           <t>ijs</t>
         </is>
       </c>
       <c r="C495" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D495" t="inlineStr">
         <is>
-          <t>Juni 2025</t>
+          <t>Juli 2025</t>
         </is>
       </c>
       <c r="E495" s="1" t="n">
-        <v>6591202.0</v>
+        <v>3038313.0</v>
       </c>
     </row>
     <row r="496">
       <c r="A496" t="inlineStr">
         <is>
           <t>Ijs (in kg)</t>
         </is>
       </c>
       <c r="B496" t="inlineStr">
         <is>
           <t>Basisbereidingen voor consumptie-ijs</t>
         </is>
       </c>
       <c r="C496" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="D496" t="inlineStr">
         <is>
-          <t>Juni 2024</t>
+          <t>Juli 2024</t>
         </is>
       </c>
       <c r="E496" s="1" t="n">
-        <v>420661.0</v>
+        <v>184443.0</v>
       </c>
     </row>
     <row r="497">
       <c r="A497" t="inlineStr">
         <is>
           <t>Ijs (in kg)</t>
         </is>
       </c>
       <c r="B497" t="inlineStr">
         <is>
           <t>Basisbereidingen voor consumptie-ijs</t>
         </is>
       </c>
       <c r="C497" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="D497" t="inlineStr">
         <is>
-          <t>Juli 2024</t>
+          <t>Augustus 2024</t>
         </is>
       </c>
       <c r="E497" s="1" t="n">
-        <v>184443.0</v>
+        <v>270091.0</v>
       </c>
     </row>
     <row r="498">
       <c r="A498" t="inlineStr">
         <is>
           <t>Ijs (in kg)</t>
         </is>
       </c>
       <c r="B498" t="inlineStr">
         <is>
           <t>Basisbereidingen voor consumptie-ijs</t>
         </is>
       </c>
       <c r="C498" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="D498" t="inlineStr">
         <is>
-          <t>Augustus 2024</t>
+          <t>September 2024</t>
         </is>
       </c>
       <c r="E498" s="1" t="n">
-        <v>270091.0</v>
+        <v>110469.0</v>
       </c>
     </row>
     <row r="499">
       <c r="A499" t="inlineStr">
         <is>
           <t>Ijs (in kg)</t>
         </is>
       </c>
       <c r="B499" t="inlineStr">
         <is>
           <t>Basisbereidingen voor consumptie-ijs</t>
         </is>
       </c>
       <c r="C499" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="D499" t="inlineStr">
         <is>
-          <t>September 2024</t>
+          <t>Oktober 2024</t>
         </is>
       </c>
       <c r="E499" s="1" t="n">
-        <v>110469.0</v>
+        <v>90697.0</v>
       </c>
     </row>
     <row r="500">
       <c r="A500" t="inlineStr">
         <is>
           <t>Ijs (in kg)</t>
         </is>
       </c>
       <c r="B500" t="inlineStr">
         <is>
           <t>Basisbereidingen voor consumptie-ijs</t>
         </is>
       </c>
       <c r="C500" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="D500" t="inlineStr">
         <is>
-          <t>Oktober 2024</t>
+          <t>November 2024</t>
         </is>
       </c>
       <c r="E500" s="1" t="n">
-        <v>90697.0</v>
+        <v>47799.0</v>
       </c>
     </row>
     <row r="501">
       <c r="A501" t="inlineStr">
         <is>
           <t>Ijs (in kg)</t>
         </is>
       </c>
       <c r="B501" t="inlineStr">
         <is>
           <t>Basisbereidingen voor consumptie-ijs</t>
         </is>
       </c>
       <c r="C501" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="D501" t="inlineStr">
         <is>
-          <t>November 2024</t>
+          <t>December 2024</t>
         </is>
       </c>
       <c r="E501" s="1" t="n">
-        <v>47799.0</v>
+        <v>99541.0</v>
       </c>
     </row>
     <row r="502">
       <c r="A502" t="inlineStr">
         <is>
           <t>Ijs (in kg)</t>
         </is>
       </c>
       <c r="B502" t="inlineStr">
         <is>
           <t>Basisbereidingen voor consumptie-ijs</t>
         </is>
       </c>
       <c r="C502" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="D502" t="inlineStr">
         <is>
-          <t>December 2024</t>
+          <t>Januari 2025</t>
         </is>
       </c>
       <c r="E502" s="1" t="n">
-        <v>99541.0</v>
+        <v>287082.0</v>
       </c>
     </row>
     <row r="503">
       <c r="A503" t="inlineStr">
         <is>
           <t>Ijs (in kg)</t>
         </is>
       </c>
       <c r="B503" t="inlineStr">
         <is>
           <t>Basisbereidingen voor consumptie-ijs</t>
         </is>
       </c>
       <c r="C503" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D503" t="inlineStr">
         <is>
-          <t>Januari 2025</t>
+          <t>Februari 2025</t>
         </is>
       </c>
       <c r="E503" s="1" t="n">
-        <v>287082.0</v>
+        <v>221590.0</v>
       </c>
     </row>
     <row r="504">
       <c r="A504" t="inlineStr">
         <is>
           <t>Ijs (in kg)</t>
         </is>
       </c>
       <c r="B504" t="inlineStr">
         <is>
           <t>Basisbereidingen voor consumptie-ijs</t>
         </is>
       </c>
       <c r="C504" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D504" t="inlineStr">
         <is>
-          <t>Februari 2025</t>
+          <t>Maart 2025</t>
         </is>
       </c>
       <c r="E504" s="1" t="n">
-        <v>221590.0</v>
+        <v>160197.0</v>
       </c>
     </row>
     <row r="505">
       <c r="A505" t="inlineStr">
         <is>
           <t>Ijs (in kg)</t>
         </is>
       </c>
       <c r="B505" t="inlineStr">
         <is>
           <t>Basisbereidingen voor consumptie-ijs</t>
         </is>
       </c>
       <c r="C505" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D505" t="inlineStr">
         <is>
-          <t>Maart 2025</t>
+          <t>April 2025</t>
         </is>
       </c>
       <c r="E505" s="1" t="n">
-        <v>160197.0</v>
+        <v>228032.0</v>
       </c>
     </row>
     <row r="506">
       <c r="A506" t="inlineStr">
         <is>
           <t>Ijs (in kg)</t>
         </is>
       </c>
       <c r="B506" t="inlineStr">
         <is>
           <t>Basisbereidingen voor consumptie-ijs</t>
         </is>
       </c>
       <c r="C506" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D506" t="inlineStr">
         <is>
-          <t>April 2025</t>
+          <t>Mei 2025</t>
         </is>
       </c>
       <c r="E506" s="1" t="n">
-        <v>228032.0</v>
+        <v>183677.0</v>
       </c>
     </row>
     <row r="507">
       <c r="A507" t="inlineStr">
         <is>
           <t>Ijs (in kg)</t>
         </is>
       </c>
       <c r="B507" t="inlineStr">
         <is>
           <t>Basisbereidingen voor consumptie-ijs</t>
         </is>
       </c>
       <c r="C507" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D507" t="inlineStr">
         <is>
-          <t>Mei 2025</t>
+          <t>Juni 2025</t>
         </is>
       </c>
       <c r="E507" s="1" t="n">
-        <v>183677.0</v>
+        <v>383048.0</v>
       </c>
     </row>
     <row r="508">
       <c r="A508" t="inlineStr">
         <is>
           <t>Ijs (in kg)</t>
         </is>
       </c>
       <c r="B508" t="inlineStr">
         <is>
           <t>Basisbereidingen voor consumptie-ijs</t>
         </is>
       </c>
       <c r="C508" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D508" t="inlineStr">
         <is>
-          <t>Juni 2025</t>
+          <t>Juli 2025</t>
         </is>
       </c>
       <c r="E508" s="1" t="n">
-        <v>383048.0</v>
+        <v>235706.0</v>
       </c>
     </row>
     <row r="509">
       <c r="A509" t="inlineStr">
         <is>
           <t>Andere (in kg)</t>
         </is>
       </c>
       <c r="B509" t="inlineStr">
         <is>
           <t>Caseïne/Caseïnaten</t>
         </is>
       </c>
       <c r="C509" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="D509" t="inlineStr">
         <is>
-          <t>Juni 2024</t>
+          <t>Juli 2024</t>
         </is>
       </c>
       <c r="E509"/>
     </row>
     <row r="510">
       <c r="A510" t="inlineStr">
         <is>
           <t>Andere (in kg)</t>
         </is>
       </c>
       <c r="B510" t="inlineStr">
         <is>
           <t>Caseïne/Caseïnaten</t>
         </is>
       </c>
       <c r="C510" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="D510" t="inlineStr">
         <is>
-          <t>Juli 2024</t>
+          <t>Augustus 2024</t>
         </is>
       </c>
       <c r="E510"/>
     </row>
     <row r="511">
       <c r="A511" t="inlineStr">
         <is>
           <t>Andere (in kg)</t>
         </is>
       </c>
       <c r="B511" t="inlineStr">
         <is>
           <t>Caseïne/Caseïnaten</t>
         </is>
       </c>
       <c r="C511" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="D511" t="inlineStr">
         <is>
-          <t>Augustus 2024</t>
+          <t>September 2024</t>
         </is>
       </c>
       <c r="E511"/>
     </row>
     <row r="512">
       <c r="A512" t="inlineStr">
         <is>
           <t>Andere (in kg)</t>
         </is>
       </c>
       <c r="B512" t="inlineStr">
         <is>
           <t>Caseïne/Caseïnaten</t>
         </is>
       </c>
       <c r="C512" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="D512" t="inlineStr">
         <is>
-          <t>September 2024</t>
+          <t>Oktober 2024</t>
         </is>
       </c>
       <c r="E512"/>
     </row>
     <row r="513">
       <c r="A513" t="inlineStr">
         <is>
           <t>Andere (in kg)</t>
         </is>
       </c>
       <c r="B513" t="inlineStr">
         <is>
           <t>Caseïne/Caseïnaten</t>
         </is>
       </c>
       <c r="C513" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="D513" t="inlineStr">
         <is>
-          <t>Oktober 2024</t>
+          <t>November 2024</t>
         </is>
       </c>
       <c r="E513"/>
     </row>
     <row r="514">
       <c r="A514" t="inlineStr">
         <is>
           <t>Andere (in kg)</t>
         </is>
       </c>
       <c r="B514" t="inlineStr">
         <is>
           <t>Caseïne/Caseïnaten</t>
         </is>
       </c>
       <c r="C514" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="D514" t="inlineStr">
         <is>
-          <t>November 2024</t>
+          <t>December 2024</t>
         </is>
       </c>
       <c r="E514"/>
     </row>
     <row r="515">
       <c r="A515" t="inlineStr">
         <is>
           <t>Andere (in kg)</t>
         </is>
       </c>
       <c r="B515" t="inlineStr">
         <is>
           <t>Caseïne/Caseïnaten</t>
         </is>
       </c>
       <c r="C515" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="D515" t="inlineStr">
         <is>
-          <t>December 2024</t>
+          <t>Januari 2025</t>
         </is>
       </c>
       <c r="E515"/>
     </row>
     <row r="516">
       <c r="A516" t="inlineStr">
         <is>
           <t>Andere (in kg)</t>
         </is>
       </c>
       <c r="B516" t="inlineStr">
         <is>
           <t>Caseïne/Caseïnaten</t>
         </is>
       </c>
       <c r="C516" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D516" t="inlineStr">
         <is>
-          <t>Januari 2025</t>
+          <t>Februari 2025</t>
         </is>
       </c>
       <c r="E516"/>
     </row>
     <row r="517">
       <c r="A517" t="inlineStr">
         <is>
           <t>Andere (in kg)</t>
         </is>
       </c>
       <c r="B517" t="inlineStr">
         <is>
           <t>Caseïne/Caseïnaten</t>
         </is>
       </c>
       <c r="C517" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D517" t="inlineStr">
         <is>
-          <t>Februari 2025</t>
+          <t>Maart 2025</t>
         </is>
       </c>
       <c r="E517"/>
     </row>
     <row r="518">
       <c r="A518" t="inlineStr">
         <is>
           <t>Andere (in kg)</t>
         </is>
       </c>
       <c r="B518" t="inlineStr">
         <is>
           <t>Caseïne/Caseïnaten</t>
         </is>
       </c>
       <c r="C518" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D518" t="inlineStr">
         <is>
-          <t>Maart 2025</t>
+          <t>April 2025</t>
         </is>
       </c>
       <c r="E518"/>
     </row>
     <row r="519">
       <c r="A519" t="inlineStr">
         <is>
           <t>Andere (in kg)</t>
         </is>
       </c>
       <c r="B519" t="inlineStr">
         <is>
           <t>Caseïne/Caseïnaten</t>
         </is>
       </c>
       <c r="C519" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D519" t="inlineStr">
         <is>
-          <t>April 2025</t>
+          <t>Mei 2025</t>
         </is>
       </c>
       <c r="E519"/>
     </row>
     <row r="520">
       <c r="A520" t="inlineStr">
         <is>
           <t>Andere (in kg)</t>
         </is>
       </c>
       <c r="B520" t="inlineStr">
         <is>
           <t>Caseïne/Caseïnaten</t>
         </is>
       </c>
       <c r="C520" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D520" t="inlineStr">
         <is>
-          <t>Mei 2025</t>
+          <t>Juni 2025</t>
         </is>
       </c>
       <c r="E520"/>
     </row>
     <row r="521">
       <c r="A521" t="inlineStr">
         <is>
           <t>Andere (in kg)</t>
         </is>
       </c>
       <c r="B521" t="inlineStr">
         <is>
           <t>Caseïne/Caseïnaten</t>
         </is>
       </c>
       <c r="C521" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D521" t="inlineStr">
         <is>
-          <t>Juni 2025</t>
+          <t>Juli 2025</t>
         </is>
       </c>
       <c r="E521"/>
     </row>
     <row r="522">
       <c r="A522" t="inlineStr">
         <is>
           <t>Andere (in kg)</t>
         </is>
       </c>
       <c r="B522" t="inlineStr">
         <is>
           <t>Andere melkeiwitten</t>
         </is>
       </c>
       <c r="C522" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="D522" t="inlineStr">
         <is>
-          <t>Juni 2024</t>
+          <t>Juli 2024</t>
         </is>
       </c>
       <c r="E522"/>
     </row>
     <row r="523">
       <c r="A523" t="inlineStr">
         <is>
           <t>Andere (in kg)</t>
         </is>
       </c>
       <c r="B523" t="inlineStr">
         <is>
           <t>Andere melkeiwitten</t>
         </is>
       </c>
       <c r="C523" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="D523" t="inlineStr">
         <is>
-          <t>Juli 2024</t>
+          <t>Augustus 2024</t>
         </is>
       </c>
       <c r="E523"/>
     </row>
     <row r="524">
       <c r="A524" t="inlineStr">
         <is>
           <t>Andere (in kg)</t>
         </is>
       </c>
       <c r="B524" t="inlineStr">
         <is>
           <t>Andere melkeiwitten</t>
         </is>
       </c>
       <c r="C524" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="D524" t="inlineStr">
         <is>
-          <t>Augustus 2024</t>
+          <t>September 2024</t>
         </is>
       </c>
       <c r="E524"/>
     </row>
     <row r="525">
       <c r="A525" t="inlineStr">
         <is>
           <t>Andere (in kg)</t>
         </is>
       </c>
       <c r="B525" t="inlineStr">
         <is>
           <t>Andere melkeiwitten</t>
         </is>
       </c>
       <c r="C525" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="D525" t="inlineStr">
         <is>
-          <t>September 2024</t>
+          <t>Oktober 2024</t>
         </is>
       </c>
       <c r="E525"/>
     </row>
     <row r="526">
       <c r="A526" t="inlineStr">
         <is>
           <t>Andere (in kg)</t>
         </is>
       </c>
       <c r="B526" t="inlineStr">
         <is>
           <t>Andere melkeiwitten</t>
         </is>
       </c>
       <c r="C526" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="D526" t="inlineStr">
         <is>
-          <t>Oktober 2024</t>
+          <t>November 2024</t>
         </is>
       </c>
       <c r="E526"/>
     </row>
     <row r="527">
       <c r="A527" t="inlineStr">
         <is>
           <t>Andere (in kg)</t>
         </is>
       </c>
       <c r="B527" t="inlineStr">
         <is>
           <t>Andere melkeiwitten</t>
         </is>
       </c>
       <c r="C527" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="D527" t="inlineStr">
         <is>
-          <t>November 2024</t>
+          <t>December 2024</t>
         </is>
       </c>
       <c r="E527"/>
     </row>
     <row r="528">
       <c r="A528" t="inlineStr">
         <is>
           <t>Andere (in kg)</t>
         </is>
       </c>
       <c r="B528" t="inlineStr">
         <is>
           <t>Andere melkeiwitten</t>
         </is>
       </c>
       <c r="C528" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="D528" t="inlineStr">
         <is>
-          <t>December 2024</t>
+          <t>Januari 2025</t>
         </is>
       </c>
       <c r="E528"/>
     </row>
     <row r="529">
       <c r="A529" t="inlineStr">
         <is>
           <t>Andere (in kg)</t>
         </is>
       </c>
       <c r="B529" t="inlineStr">
         <is>
           <t>Andere melkeiwitten</t>
         </is>
       </c>
       <c r="C529" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D529" t="inlineStr">
         <is>
-          <t>Januari 2025</t>
+          <t>Februari 2025</t>
         </is>
       </c>
       <c r="E529"/>
     </row>
     <row r="530">
       <c r="A530" t="inlineStr">
         <is>
           <t>Andere (in kg)</t>
         </is>
       </c>
       <c r="B530" t="inlineStr">
         <is>
           <t>Andere melkeiwitten</t>
         </is>
       </c>
       <c r="C530" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D530" t="inlineStr">
         <is>
-          <t>Februari 2025</t>
+          <t>Maart 2025</t>
         </is>
       </c>
       <c r="E530"/>
     </row>
     <row r="531">
       <c r="A531" t="inlineStr">
         <is>
           <t>Andere (in kg)</t>
         </is>
       </c>
       <c r="B531" t="inlineStr">
         <is>
           <t>Andere melkeiwitten</t>
         </is>
       </c>
       <c r="C531" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D531" t="inlineStr">
         <is>
-          <t>Maart 2025</t>
+          <t>April 2025</t>
         </is>
       </c>
       <c r="E531"/>
     </row>
     <row r="532">
       <c r="A532" t="inlineStr">
         <is>
           <t>Andere (in kg)</t>
         </is>
       </c>
       <c r="B532" t="inlineStr">
         <is>
           <t>Andere melkeiwitten</t>
         </is>
       </c>
       <c r="C532" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D532" t="inlineStr">
         <is>
-          <t>April 2025</t>
+          <t>Mei 2025</t>
         </is>
       </c>
       <c r="E532"/>
     </row>
     <row r="533">
       <c r="A533" t="inlineStr">
         <is>
           <t>Andere (in kg)</t>
         </is>
       </c>
       <c r="B533" t="inlineStr">
         <is>
           <t>Andere melkeiwitten</t>
         </is>
       </c>
       <c r="C533" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D533" t="inlineStr">
         <is>
-          <t>Mei 2025</t>
+          <t>Juni 2025</t>
         </is>
       </c>
       <c r="E533"/>
     </row>
     <row r="534">
       <c r="A534" t="inlineStr">
         <is>
           <t>Andere (in kg)</t>
         </is>
       </c>
       <c r="B534" t="inlineStr">
         <is>
           <t>Andere melkeiwitten</t>
         </is>
       </c>
       <c r="C534" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D534" t="inlineStr">
         <is>
-          <t>Juni 2025</t>
+          <t>Juli 2025</t>
         </is>
       </c>
       <c r="E534"/>
     </row>
     <row r="535">
       <c r="A535" t="inlineStr">
         <is>
           <t>Andere (in kg)</t>
         </is>
       </c>
       <c r="B535" t="inlineStr">
         <is>
           <t>Andere afgeleide zuivelproducten (matten, ...)</t>
         </is>
       </c>
       <c r="C535" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="D535" t="inlineStr">
         <is>
-          <t>Juni 2024</t>
-[...4 lines deleted...]
-      </c>
+          <t>Juli 2024</t>
+        </is>
+      </c>
+      <c r="E535"/>
     </row>
     <row r="536">
       <c r="A536" t="inlineStr">
         <is>
           <t>Andere (in kg)</t>
         </is>
       </c>
       <c r="B536" t="inlineStr">
         <is>
           <t>Andere afgeleide zuivelproducten (matten, ...)</t>
         </is>
       </c>
       <c r="C536" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="D536" t="inlineStr">
         <is>
-          <t>Juli 2024</t>
-[...2 lines deleted...]
-      <c r="E536"/>
+          <t>Augustus 2024</t>
+        </is>
+      </c>
+      <c r="E536" s="1" t="n">
+        <v>22403.0</v>
+      </c>
     </row>
     <row r="537">
       <c r="A537" t="inlineStr">
         <is>
           <t>Andere (in kg)</t>
         </is>
       </c>
       <c r="B537" t="inlineStr">
         <is>
           <t>Andere afgeleide zuivelproducten (matten, ...)</t>
         </is>
       </c>
       <c r="C537" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="D537" t="inlineStr">
         <is>
-          <t>Augustus 2024</t>
+          <t>September 2024</t>
         </is>
       </c>
       <c r="E537" s="1" t="n">
-        <v>22403.0</v>
+        <v>25238.0</v>
       </c>
     </row>
     <row r="538">
       <c r="A538" t="inlineStr">
         <is>
           <t>Andere (in kg)</t>
         </is>
       </c>
       <c r="B538" t="inlineStr">
         <is>
           <t>Andere afgeleide zuivelproducten (matten, ...)</t>
         </is>
       </c>
       <c r="C538" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="D538" t="inlineStr">
         <is>
-          <t>September 2024</t>
+          <t>Oktober 2024</t>
         </is>
       </c>
       <c r="E538" s="1" t="n">
-        <v>25238.0</v>
+        <v>29279.0</v>
       </c>
     </row>
     <row r="539">
       <c r="A539" t="inlineStr">
         <is>
           <t>Andere (in kg)</t>
         </is>
       </c>
       <c r="B539" t="inlineStr">
         <is>
           <t>Andere afgeleide zuivelproducten (matten, ...)</t>
         </is>
       </c>
       <c r="C539" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="D539" t="inlineStr">
         <is>
-          <t>Oktober 2024</t>
+          <t>November 2024</t>
         </is>
       </c>
       <c r="E539" s="1" t="n">
-        <v>29279.0</v>
+        <v>69350.0</v>
       </c>
     </row>
     <row r="540">
       <c r="A540" t="inlineStr">
         <is>
           <t>Andere (in kg)</t>
         </is>
       </c>
       <c r="B540" t="inlineStr">
         <is>
           <t>Andere afgeleide zuivelproducten (matten, ...)</t>
         </is>
       </c>
       <c r="C540" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="D540" t="inlineStr">
         <is>
-          <t>November 2024</t>
+          <t>December 2024</t>
         </is>
       </c>
       <c r="E540" s="1" t="n">
-        <v>69350.0</v>
+        <v>17387.0</v>
       </c>
     </row>
     <row r="541">
       <c r="A541" t="inlineStr">
         <is>
           <t>Andere (in kg)</t>
         </is>
       </c>
       <c r="B541" t="inlineStr">
         <is>
           <t>Andere afgeleide zuivelproducten (matten, ...)</t>
         </is>
       </c>
       <c r="C541" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="D541" t="inlineStr">
         <is>
-          <t>December 2024</t>
+          <t>Januari 2025</t>
         </is>
       </c>
       <c r="E541" s="1" t="n">
-        <v>17387.0</v>
+        <v>119.0</v>
       </c>
     </row>
     <row r="542">
       <c r="A542" t="inlineStr">
         <is>
           <t>Andere (in kg)</t>
         </is>
       </c>
       <c r="B542" t="inlineStr">
         <is>
           <t>Andere afgeleide zuivelproducten (matten, ...)</t>
         </is>
       </c>
       <c r="C542" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D542" t="inlineStr">
         <is>
-          <t>Januari 2025</t>
+          <t>Februari 2025</t>
         </is>
       </c>
       <c r="E542" s="1" t="n">
-        <v>119.0</v>
+        <v>177.0</v>
       </c>
     </row>
     <row r="543">
       <c r="A543" t="inlineStr">
         <is>
           <t>Andere (in kg)</t>
         </is>
       </c>
       <c r="B543" t="inlineStr">
         <is>
           <t>Andere afgeleide zuivelproducten (matten, ...)</t>
         </is>
       </c>
       <c r="C543" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D543" t="inlineStr">
         <is>
-          <t>Februari 2025</t>
+          <t>Maart 2025</t>
         </is>
       </c>
       <c r="E543" s="1" t="n">
-        <v>177.0</v>
+        <v>1205.0</v>
       </c>
     </row>
     <row r="544">
       <c r="A544" t="inlineStr">
         <is>
           <t>Andere (in kg)</t>
         </is>
       </c>
       <c r="B544" t="inlineStr">
         <is>
           <t>Andere afgeleide zuivelproducten (matten, ...)</t>
         </is>
       </c>
       <c r="C544" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D544" t="inlineStr">
         <is>
-          <t>Maart 2025</t>
+          <t>April 2025</t>
         </is>
       </c>
       <c r="E544" s="1" t="n">
-        <v>1205.0</v>
+        <v>28463.0</v>
       </c>
     </row>
     <row r="545">
       <c r="A545" t="inlineStr">
         <is>
           <t>Andere (in kg)</t>
         </is>
       </c>
       <c r="B545" t="inlineStr">
         <is>
           <t>Andere afgeleide zuivelproducten (matten, ...)</t>
         </is>
       </c>
       <c r="C545" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D545" t="inlineStr">
         <is>
-          <t>April 2025</t>
+          <t>Mei 2025</t>
         </is>
       </c>
       <c r="E545" s="1" t="n">
-        <v>28463.0</v>
+        <v>97910.0</v>
       </c>
     </row>
     <row r="546">
       <c r="A546" t="inlineStr">
         <is>
           <t>Andere (in kg)</t>
         </is>
       </c>
       <c r="B546" t="inlineStr">
         <is>
           <t>Andere afgeleide zuivelproducten (matten, ...)</t>
         </is>
       </c>
       <c r="C546" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D546" t="inlineStr">
         <is>
-          <t>Mei 2025</t>
+          <t>Juni 2025</t>
         </is>
       </c>
       <c r="E546" s="1" t="n">
-        <v>97910.0</v>
+        <v>1993.0</v>
       </c>
     </row>
     <row r="547">
       <c r="A547" t="inlineStr">
         <is>
           <t>Andere (in kg)</t>
         </is>
       </c>
       <c r="B547" t="inlineStr">
         <is>
           <t>Andere afgeleide zuivelproducten (matten, ...)</t>
         </is>
       </c>
       <c r="C547" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D547" t="inlineStr">
         <is>
-          <t>Juni 2025</t>
-[...4 lines deleted...]
-      </c>
+          <t>Juli 2025</t>
+        </is>
+      </c>
+      <c r="E547"/>
     </row>
     <row r="548">
       <c r="A548" t="inlineStr">
         <is>
           <t>Andere (in kg)</t>
         </is>
       </c>
       <c r="B548" t="inlineStr">
         <is>
           <t>Teruggave aan de veehouders (Magere melk, karnemelk)</t>
         </is>
       </c>
       <c r="C548" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="D548" t="inlineStr">
         <is>
-          <t>Juni 2024</t>
+          <t>Juli 2024</t>
         </is>
       </c>
       <c r="E548"/>
     </row>
     <row r="549">
       <c r="A549" t="inlineStr">
         <is>
           <t>Andere (in kg)</t>
         </is>
       </c>
       <c r="B549" t="inlineStr">
         <is>
           <t>Teruggave aan de veehouders (Magere melk, karnemelk)</t>
         </is>
       </c>
       <c r="C549" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="D549" t="inlineStr">
         <is>
-          <t>Juli 2024</t>
+          <t>Augustus 2024</t>
         </is>
       </c>
       <c r="E549"/>
     </row>
     <row r="550">
       <c r="A550" t="inlineStr">
         <is>
           <t>Andere (in kg)</t>
         </is>
       </c>
       <c r="B550" t="inlineStr">
         <is>
           <t>Teruggave aan de veehouders (Magere melk, karnemelk)</t>
         </is>
       </c>
       <c r="C550" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="D550" t="inlineStr">
         <is>
-          <t>Augustus 2024</t>
+          <t>September 2024</t>
         </is>
       </c>
       <c r="E550"/>
     </row>
     <row r="551">
       <c r="A551" t="inlineStr">
         <is>
           <t>Andere (in kg)</t>
         </is>
       </c>
       <c r="B551" t="inlineStr">
         <is>
           <t>Teruggave aan de veehouders (Magere melk, karnemelk)</t>
         </is>
       </c>
       <c r="C551" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="D551" t="inlineStr">
         <is>
-          <t>September 2024</t>
+          <t>Oktober 2024</t>
         </is>
       </c>
       <c r="E551"/>
     </row>
     <row r="552">
       <c r="A552" t="inlineStr">
         <is>
           <t>Andere (in kg)</t>
         </is>
       </c>
       <c r="B552" t="inlineStr">
         <is>
           <t>Teruggave aan de veehouders (Magere melk, karnemelk)</t>
         </is>
       </c>
       <c r="C552" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="D552" t="inlineStr">
         <is>
-          <t>Oktober 2024</t>
+          <t>November 2024</t>
         </is>
       </c>
       <c r="E552"/>
     </row>
     <row r="553">
       <c r="A553" t="inlineStr">
         <is>
           <t>Andere (in kg)</t>
         </is>
       </c>
       <c r="B553" t="inlineStr">
         <is>
           <t>Teruggave aan de veehouders (Magere melk, karnemelk)</t>
         </is>
       </c>
       <c r="C553" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="D553" t="inlineStr">
         <is>
-          <t>November 2024</t>
+          <t>December 2024</t>
         </is>
       </c>
       <c r="E553"/>
     </row>
     <row r="554">
       <c r="A554" t="inlineStr">
         <is>
           <t>Andere (in kg)</t>
         </is>
       </c>
       <c r="B554" t="inlineStr">
         <is>
           <t>Teruggave aan de veehouders (Magere melk, karnemelk)</t>
         </is>
       </c>
       <c r="C554" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="D554" t="inlineStr">
         <is>
-          <t>December 2024</t>
+          <t>Januari 2025</t>
         </is>
       </c>
       <c r="E554"/>
     </row>
     <row r="555">
       <c r="A555" t="inlineStr">
         <is>
           <t>Andere (in kg)</t>
         </is>
       </c>
       <c r="B555" t="inlineStr">
         <is>
           <t>Teruggave aan de veehouders (Magere melk, karnemelk)</t>
         </is>
       </c>
       <c r="C555" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D555" t="inlineStr">
         <is>
-          <t>Januari 2025</t>
+          <t>Februari 2025</t>
         </is>
       </c>
       <c r="E555"/>
     </row>
     <row r="556">
       <c r="A556" t="inlineStr">
         <is>
           <t>Andere (in kg)</t>
         </is>
       </c>
       <c r="B556" t="inlineStr">
         <is>
           <t>Teruggave aan de veehouders (Magere melk, karnemelk)</t>
         </is>
       </c>
       <c r="C556" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D556" t="inlineStr">
         <is>
-          <t>Februari 2025</t>
+          <t>Maart 2025</t>
         </is>
       </c>
       <c r="E556"/>
     </row>
     <row r="557">
       <c r="A557" t="inlineStr">
         <is>
           <t>Andere (in kg)</t>
         </is>
       </c>
       <c r="B557" t="inlineStr">
         <is>
           <t>Teruggave aan de veehouders (Magere melk, karnemelk)</t>
         </is>
       </c>
       <c r="C557" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D557" t="inlineStr">
         <is>
-          <t>Maart 2025</t>
+          <t>April 2025</t>
         </is>
       </c>
       <c r="E557"/>
     </row>
     <row r="558">
       <c r="A558" t="inlineStr">
         <is>
           <t>Andere (in kg)</t>
         </is>
       </c>
       <c r="B558" t="inlineStr">
         <is>
           <t>Teruggave aan de veehouders (Magere melk, karnemelk)</t>
         </is>
       </c>
       <c r="C558" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D558" t="inlineStr">
         <is>
-          <t>April 2025</t>
+          <t>Mei 2025</t>
         </is>
       </c>
       <c r="E558"/>
     </row>
     <row r="559">
       <c r="A559" t="inlineStr">
         <is>
           <t>Andere (in kg)</t>
         </is>
       </c>
       <c r="B559" t="inlineStr">
         <is>
           <t>Teruggave aan de veehouders (Magere melk, karnemelk)</t>
         </is>
       </c>
       <c r="C559" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D559" t="inlineStr">
         <is>
-          <t>Mei 2025</t>
+          <t>Juni 2025</t>
         </is>
       </c>
       <c r="E559"/>
     </row>
     <row r="560">
       <c r="A560" t="inlineStr">
         <is>
           <t>Andere (in kg)</t>
         </is>
       </c>
       <c r="B560" t="inlineStr">
         <is>
           <t>Teruggave aan de veehouders (Magere melk, karnemelk)</t>
         </is>
       </c>
       <c r="C560" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D560" t="inlineStr">
         <is>
-          <t>Juni 2025</t>
+          <t>Juli 2025</t>
         </is>
       </c>
       <c r="E560"/>
     </row>
     <row r="561">
       <c r="A561" t="inlineStr">
         <is>
           <t>Andere (in kg)</t>
         </is>
       </c>
       <c r="B561" t="inlineStr">
         <is>
           <t>Kunstmatig aangezuurde producten (karnemelk, magere melk, mengsels)</t>
         </is>
       </c>
       <c r="C561" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="D561" t="inlineStr">
         <is>
-          <t>Juni 2024</t>
+          <t>Juli 2024</t>
         </is>
       </c>
       <c r="E561"/>
     </row>
     <row r="562">
       <c r="A562" t="inlineStr">
         <is>
           <t>Andere (in kg)</t>
         </is>
       </c>
       <c r="B562" t="inlineStr">
         <is>
           <t>Kunstmatig aangezuurde producten (karnemelk, magere melk, mengsels)</t>
         </is>
       </c>
       <c r="C562" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="D562" t="inlineStr">
         <is>
-          <t>Juli 2024</t>
+          <t>Augustus 2024</t>
         </is>
       </c>
       <c r="E562"/>
     </row>
     <row r="563">
       <c r="A563" t="inlineStr">
         <is>
           <t>Andere (in kg)</t>
         </is>
       </c>
       <c r="B563" t="inlineStr">
         <is>
           <t>Kunstmatig aangezuurde producten (karnemelk, magere melk, mengsels)</t>
         </is>
       </c>
       <c r="C563" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="D563" t="inlineStr">
         <is>
-          <t>Augustus 2024</t>
+          <t>September 2024</t>
         </is>
       </c>
       <c r="E563"/>
     </row>
     <row r="564">
       <c r="A564" t="inlineStr">
         <is>
           <t>Andere (in kg)</t>
         </is>
       </c>
       <c r="B564" t="inlineStr">
         <is>
           <t>Kunstmatig aangezuurde producten (karnemelk, magere melk, mengsels)</t>
         </is>
       </c>
       <c r="C564" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="D564" t="inlineStr">
         <is>
-          <t>September 2024</t>
+          <t>Oktober 2024</t>
         </is>
       </c>
       <c r="E564"/>
     </row>
     <row r="565">
       <c r="A565" t="inlineStr">
         <is>
           <t>Andere (in kg)</t>
         </is>
       </c>
       <c r="B565" t="inlineStr">
         <is>
           <t>Kunstmatig aangezuurde producten (karnemelk, magere melk, mengsels)</t>
         </is>
       </c>
       <c r="C565" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="D565" t="inlineStr">
         <is>
-          <t>Oktober 2024</t>
+          <t>November 2024</t>
         </is>
       </c>
       <c r="E565"/>
     </row>
     <row r="566">
       <c r="A566" t="inlineStr">
         <is>
           <t>Andere (in kg)</t>
         </is>
       </c>
       <c r="B566" t="inlineStr">
         <is>
           <t>Kunstmatig aangezuurde producten (karnemelk, magere melk, mengsels)</t>
         </is>
       </c>
       <c r="C566" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="D566" t="inlineStr">
         <is>
-          <t>November 2024</t>
+          <t>December 2024</t>
         </is>
       </c>
       <c r="E566"/>
     </row>
     <row r="567">
       <c r="A567" t="inlineStr">
         <is>
           <t>Andere (in kg)</t>
         </is>
       </c>
       <c r="B567" t="inlineStr">
         <is>
           <t>Kunstmatig aangezuurde producten (karnemelk, magere melk, mengsels)</t>
         </is>
       </c>
       <c r="C567" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="D567" t="inlineStr">
         <is>
-          <t>December 2024</t>
+          <t>Januari 2025</t>
         </is>
       </c>
       <c r="E567"/>
     </row>
     <row r="568">
       <c r="A568" t="inlineStr">
         <is>
           <t>Andere (in kg)</t>
         </is>
       </c>
       <c r="B568" t="inlineStr">
         <is>
           <t>Kunstmatig aangezuurde producten (karnemelk, magere melk, mengsels)</t>
         </is>
       </c>
       <c r="C568" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D568" t="inlineStr">
         <is>
-          <t>Januari 2025</t>
+          <t>Februari 2025</t>
         </is>
       </c>
       <c r="E568"/>
     </row>
     <row r="569">
       <c r="A569" t="inlineStr">
         <is>
           <t>Andere (in kg)</t>
         </is>
       </c>
       <c r="B569" t="inlineStr">
         <is>
           <t>Kunstmatig aangezuurde producten (karnemelk, magere melk, mengsels)</t>
         </is>
       </c>
       <c r="C569" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D569" t="inlineStr">
         <is>
-          <t>Februari 2025</t>
+          <t>Maart 2025</t>
         </is>
       </c>
       <c r="E569"/>
     </row>
     <row r="570">
       <c r="A570" t="inlineStr">
         <is>
           <t>Andere (in kg)</t>
         </is>
       </c>
       <c r="B570" t="inlineStr">
         <is>
           <t>Kunstmatig aangezuurde producten (karnemelk, magere melk, mengsels)</t>
         </is>
       </c>
       <c r="C570" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D570" t="inlineStr">
         <is>
-          <t>Maart 2025</t>
+          <t>April 2025</t>
         </is>
       </c>
       <c r="E570"/>
     </row>
     <row r="571">
       <c r="A571" t="inlineStr">
         <is>
           <t>Andere (in kg)</t>
         </is>
       </c>
       <c r="B571" t="inlineStr">
         <is>
           <t>Kunstmatig aangezuurde producten (karnemelk, magere melk, mengsels)</t>
         </is>
       </c>
       <c r="C571" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D571" t="inlineStr">
         <is>
-          <t>April 2025</t>
+          <t>Mei 2025</t>
         </is>
       </c>
       <c r="E571"/>
     </row>
     <row r="572">
       <c r="A572" t="inlineStr">
         <is>
           <t>Andere (in kg)</t>
         </is>
       </c>
       <c r="B572" t="inlineStr">
         <is>
           <t>Kunstmatig aangezuurde producten (karnemelk, magere melk, mengsels)</t>
         </is>
       </c>
       <c r="C572" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D572" t="inlineStr">
         <is>
-          <t>Mei 2025</t>
+          <t>Juni 2025</t>
         </is>
       </c>
       <c r="E572"/>
     </row>
     <row r="573">
       <c r="A573" t="inlineStr">
         <is>
           <t>Andere (in kg)</t>
         </is>
       </c>
       <c r="B573" t="inlineStr">
         <is>
           <t>Kunstmatig aangezuurde producten (karnemelk, magere melk, mengsels)</t>
         </is>
       </c>
       <c r="C573" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D573" t="inlineStr">
         <is>
-          <t>Juni 2025</t>
+          <t>Juli 2025</t>
         </is>
       </c>
       <c r="E573"/>
     </row>
     <row r="574">
       <c r="A574" t="inlineStr">
         <is>
           <t>Andere (in kg)</t>
         </is>
       </c>
       <c r="B574" t="inlineStr">
         <is>
           <t>Melk bestemd voor veevoeders</t>
         </is>
       </c>
       <c r="C574" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="D574" t="inlineStr">
         <is>
-          <t>Juni 2024</t>
+          <t>Juli 2024</t>
         </is>
       </c>
       <c r="E574" s="1" t="n">
-        <v>1143225.0</v>
+        <v>1486968.0</v>
       </c>
     </row>
     <row r="575">
       <c r="A575" t="inlineStr">
         <is>
           <t>Andere (in kg)</t>
         </is>
       </c>
       <c r="B575" t="inlineStr">
         <is>
           <t>Melk bestemd voor veevoeders</t>
         </is>
       </c>
       <c r="C575" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="D575" t="inlineStr">
         <is>
-          <t>Juli 2024</t>
+          <t>Augustus 2024</t>
         </is>
       </c>
       <c r="E575" s="1" t="n">
-        <v>1486968.0</v>
+        <v>1396325.0</v>
       </c>
     </row>
     <row r="576">
       <c r="A576" t="inlineStr">
         <is>
           <t>Andere (in kg)</t>
         </is>
       </c>
       <c r="B576" t="inlineStr">
         <is>
           <t>Melk bestemd voor veevoeders</t>
         </is>
       </c>
       <c r="C576" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="D576" t="inlineStr">
         <is>
-          <t>Augustus 2024</t>
+          <t>September 2024</t>
         </is>
       </c>
       <c r="E576" s="1" t="n">
-        <v>1396325.0</v>
+        <v>1909549.0</v>
       </c>
     </row>
     <row r="577">
       <c r="A577" t="inlineStr">
         <is>
           <t>Andere (in kg)</t>
         </is>
       </c>
       <c r="B577" t="inlineStr">
         <is>
           <t>Melk bestemd voor veevoeders</t>
         </is>
       </c>
       <c r="C577" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="D577" t="inlineStr">
         <is>
-          <t>September 2024</t>
+          <t>Oktober 2024</t>
         </is>
       </c>
       <c r="E577" s="1" t="n">
-        <v>1909549.0</v>
+        <v>1688395.0</v>
       </c>
     </row>
     <row r="578">
       <c r="A578" t="inlineStr">
         <is>
           <t>Andere (in kg)</t>
         </is>
       </c>
       <c r="B578" t="inlineStr">
         <is>
           <t>Melk bestemd voor veevoeders</t>
         </is>
       </c>
       <c r="C578" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="D578" t="inlineStr">
         <is>
-          <t>Oktober 2024</t>
+          <t>November 2024</t>
         </is>
       </c>
       <c r="E578" s="1" t="n">
-        <v>1688395.0</v>
+        <v>1505087.0</v>
       </c>
     </row>
     <row r="579">
       <c r="A579" t="inlineStr">
         <is>
           <t>Andere (in kg)</t>
         </is>
       </c>
       <c r="B579" t="inlineStr">
         <is>
           <t>Melk bestemd voor veevoeders</t>
         </is>
       </c>
       <c r="C579" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="D579" t="inlineStr">
         <is>
-          <t>November 2024</t>
+          <t>December 2024</t>
         </is>
       </c>
       <c r="E579" s="1" t="n">
-        <v>1505087.0</v>
+        <v>1073097.0</v>
       </c>
     </row>
     <row r="580">
       <c r="A580" t="inlineStr">
         <is>
           <t>Andere (in kg)</t>
         </is>
       </c>
       <c r="B580" t="inlineStr">
         <is>
           <t>Melk bestemd voor veevoeders</t>
         </is>
       </c>
       <c r="C580" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="D580" t="inlineStr">
         <is>
-          <t>December 2024</t>
+          <t>Januari 2025</t>
         </is>
       </c>
       <c r="E580" s="1" t="n">
-        <v>1073097.0</v>
+        <v>1139064.0</v>
       </c>
     </row>
     <row r="581">
       <c r="A581" t="inlineStr">
         <is>
           <t>Andere (in kg)</t>
         </is>
       </c>
       <c r="B581" t="inlineStr">
         <is>
           <t>Melk bestemd voor veevoeders</t>
         </is>
       </c>
       <c r="C581" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D581" t="inlineStr">
         <is>
-          <t>Januari 2025</t>
+          <t>Februari 2025</t>
         </is>
       </c>
       <c r="E581" s="1" t="n">
-        <v>1139064.0</v>
+        <v>1212496.0</v>
       </c>
     </row>
     <row r="582">
       <c r="A582" t="inlineStr">
         <is>
           <t>Andere (in kg)</t>
         </is>
       </c>
       <c r="B582" t="inlineStr">
         <is>
           <t>Melk bestemd voor veevoeders</t>
         </is>
       </c>
       <c r="C582" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D582" t="inlineStr">
         <is>
-          <t>Februari 2025</t>
+          <t>Maart 2025</t>
         </is>
       </c>
       <c r="E582" s="1" t="n">
-        <v>1212496.0</v>
+        <v>1332671.0</v>
       </c>
     </row>
     <row r="583">
       <c r="A583" t="inlineStr">
         <is>
           <t>Andere (in kg)</t>
         </is>
       </c>
       <c r="B583" t="inlineStr">
         <is>
           <t>Melk bestemd voor veevoeders</t>
         </is>
       </c>
       <c r="C583" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D583" t="inlineStr">
         <is>
-          <t>Maart 2025</t>
+          <t>April 2025</t>
         </is>
       </c>
       <c r="E583" s="1" t="n">
-        <v>1332671.0</v>
+        <v>1164906.0</v>
       </c>
     </row>
     <row r="584">
       <c r="A584" t="inlineStr">
         <is>
           <t>Andere (in kg)</t>
         </is>
       </c>
       <c r="B584" t="inlineStr">
         <is>
           <t>Melk bestemd voor veevoeders</t>
         </is>
       </c>
       <c r="C584" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D584" t="inlineStr">
         <is>
-          <t>April 2025</t>
-[...4 lines deleted...]
-      </c>
+          <t>Mei 2025</t>
+        </is>
+      </c>
+      <c r="E584"/>
     </row>
     <row r="585">
       <c r="A585" t="inlineStr">
         <is>
           <t>Andere (in kg)</t>
         </is>
       </c>
       <c r="B585" t="inlineStr">
         <is>
           <t>Melk bestemd voor veevoeders</t>
         </is>
       </c>
       <c r="C585" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D585" t="inlineStr">
         <is>
-          <t>Mei 2025</t>
+          <t>Juni 2025</t>
         </is>
       </c>
       <c r="E585"/>
     </row>
     <row r="586">
       <c r="A586" t="inlineStr">
         <is>
           <t>Andere (in kg)</t>
         </is>
       </c>
       <c r="B586" t="inlineStr">
         <is>
           <t>Melk bestemd voor veevoeders</t>
         </is>
       </c>
       <c r="C586" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D586" t="inlineStr">
         <is>
-          <t>Juni 2025</t>
-[...2 lines deleted...]
-      <c r="E586"/>
+          <t>Juli 2025</t>
+        </is>
+      </c>
+      <c r="E586" s="1" t="n">
+        <v>995254.0</v>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <coreProperties xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </coreProperties>
 </file>