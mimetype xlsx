--- v0 (2025-10-19)
+++ v1 (2026-03-05)
@@ -343,51 +343,51 @@
       <c r="D14" s="2" t="n">
         <v>130.1224259109663</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="B15"/>
       <c r="C15"/>
       <c r="D15" s="2" t="n">
         <v>132.42135273511715</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="B16"/>
       <c r="C16"/>
       <c r="D16" s="2" t="n">
-        <v>135.55024880814204</v>
+        <v>135.99482270798995</v>
       </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <cols>
     <col min="1" max="1" width="4.96484375" customWidth="true"/>
     <col min="2" max="2" width="14.3203125" customWidth="true"/>
     <col min="3" max="3" width="25.36328125" customWidth="true"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" t="inlineStr">
         <is>
           <t>Year</t>
         </is>
@@ -580,45 +580,45 @@
         </is>
       </c>
       <c r="C13" s="2" t="n">
         <v>130.1224259109663</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="B14"/>
       <c r="C14" s="2" t="n">
         <v>132.42135273511715</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="B15"/>
       <c r="C15" s="2" t="n">
-        <v>135.55024880814204</v>
+        <v>135.99482270798995</v>
       </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <coreProperties xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </coreProperties>
 </file>