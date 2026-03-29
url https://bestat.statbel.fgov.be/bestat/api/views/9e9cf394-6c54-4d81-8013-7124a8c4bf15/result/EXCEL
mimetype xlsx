--- v0 (2025-12-28)
+++ v1 (2026-03-29)
@@ -107,51 +107,51 @@
   <cols>
     <col min="1" max="1" width="11.02734375" customWidth="true"/>
     <col min="2" max="2" width="255.0" customWidth="true"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" t="inlineStr">
         <is>
           <t>Data source:</t>
         </is>
       </c>
       <c r="B1" t="inlineStr">
         <is>
           <t>Tarif officiel des produits pétroliers en euros</t>
         </is>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="inlineStr">
         <is>
           <t>Filtres:</t>
         </is>
       </c>
       <c r="B2" t="inlineStr">
         <is>
-          <t>Date : Dernières 1 Jour(24DEC25)</t>
+          <t>Date : Dernières 1 Jour(27MAR26)</t>
         </is>
       </c>
     </row>
     <row r="3">
       <c r="B3" t="inlineStr">
         <is>
           <t xml:space="preserve">
 Produits : Essence 95 RON E5 (€/L), Essence 95 RON E10 (€/L), Essence 98 RON E5 (€/L), Essence 98 RON E10 (€/L), Diesel B7 (€/L), Diesel B10 (€/L), Diesel B20 (€/L), Diesel B30 (€/L), Diesel XTL (€/L), Gasoil Diesel Chauffage (à partir de 2000 l) (€/L), Gasoil Diesel Chauffage (moins de 2000 l) (€/L), Gasoil Diesel Agriculture (à partir de 2000 l) (€/L), Gasoil Diesel Agriculture (moins de 2000 l) (€/L), Gasoil Diesel I&amp;C (à partir de 2000 l) (€/L), Gasoil Diesel I&amp;C (moins de 2000 l) (€/L), Gasoil Diesel I&amp;C (à la pompe) (€/L), Gasoil chauffage (H0/H7) (à partir de 2000 l) (€/L), Gasoil chauffage (H0/H7) (moins de 2000 l) (€/L), Gasoil chauffage (H0/H7) (à la pompe) (€/L), Petrole lampant type B (moins de 2000 l) (€/L), Petrole lampant type B (à partir de 2000 l) (€/L), Petrole lampant type B (à la pompe) (€/L), Petrole lampant type C (moins de 2000 l) (€/L), Petrole lampant type C (à partir de 2000 l) (€/L), Petrole lampant type C (à la pompe) (€/L), Propane en vrac (à partir de 2000 l) (€/L), Propane en vrac (moins de 2000 l) (€/L), Autogas LPG (à la pompe) (€/L), Autogas LPG (moins de 2000 l) (€/L), Autogas LPG (à partir de 2000 l) (€/L), Fuel oil extra lourd 1% S (en camion citerne) (€/T)
 </t>
         </is>
       </c>
     </row>
     <row r="4">
 </row>
     <row r="5">
       <c r="A5" t="inlineStr">
         <is>
           <t xml:space="preserve">Source: </t>
         </is>
       </c>
       <c r="B5" t="inlineStr">
         <is>
           <t>Direction générale de l’Energie -   SPF Economie</t>
         </is>
       </c>
@@ -165,1465 +165,1465 @@
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <cols>
     <col min="1" max="1" width="31.28125" customWidth="true"/>
     <col min="2" max="2" width="41.72265625" customWidth="true"/>
     <col min="3" max="3" width="4.56640625" customWidth="true"/>
     <col min="4" max="4" width="12.04296875" customWidth="true"/>
     <col min="5" max="5" width="16.921875" customWidth="true"/>
     <col min="6" max="6" width="11.62109375" customWidth="true"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1"/>
       <c r="B1"/>
       <c r="C1" t="inlineStr">
         <is>
           <t>Jour</t>
         </is>
       </c>
       <c r="D1" t="inlineStr">
         <is>
-          <t>24DEC25</t>
+          <t>27MAR26</t>
         </is>
       </c>
       <c r="E1"/>
       <c r="F1"/>
     </row>
     <row r="2">
       <c r="A2"/>
       <c r="B2"/>
       <c r="C2"/>
       <c r="D2" t="inlineStr">
         <is>
           <t>Prix TVA excl.</t>
         </is>
       </c>
       <c r="E2" t="inlineStr">
         <is>
           <t>Difference TVA incl.</t>
         </is>
       </c>
       <c r="F2" t="inlineStr">
         <is>
           <t>Prix TVA incl.</t>
         </is>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="inlineStr">
         <is>
           <t>Groupe de produits</t>
         </is>
       </c>
       <c r="B3" t="inlineStr">
         <is>
           <t>Produit</t>
         </is>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="inlineStr">
         <is>
           <t>Essences</t>
         </is>
       </c>
       <c r="B4" t="inlineStr">
         <is>
           <t>Essence 95 RON E5 (€/L)</t>
         </is>
       </c>
       <c r="C4"/>
       <c r="D4" s="2" t="n">
-        <v>1.3116000000000048</v>
+        <v>1.5504000000000056</v>
       </c>
       <c r="E4"/>
       <c r="F4" s="2" t="n">
-        <v>1.5870000000000055</v>
+        <v>1.8760000000000066</v>
       </c>
     </row>
     <row r="5">
       <c r="A5"/>
       <c r="B5" t="inlineStr">
         <is>
           <t>Essence 95 RON E10 (€/L)</t>
         </is>
       </c>
       <c r="C5"/>
       <c r="D5" s="2" t="n">
-        <v>1.3000000000000047</v>
+        <v>1.5397000000000056</v>
       </c>
       <c r="E5"/>
       <c r="F5" s="2" t="n">
-        <v>1.5730000000000055</v>
+        <v>1.8630000000000067</v>
       </c>
     </row>
     <row r="6">
       <c r="A6"/>
       <c r="B6" t="inlineStr">
         <is>
           <t>Essence 98 RON E5 (€/L)</t>
         </is>
       </c>
       <c r="C6"/>
       <c r="D6" s="2" t="n">
-        <v>1.3760000000000048</v>
+        <v>1.5942000000000058</v>
       </c>
       <c r="E6"/>
       <c r="F6" s="2" t="n">
-        <v>1.665000000000006</v>
+        <v>1.929000000000007</v>
       </c>
     </row>
     <row r="7">
       <c r="A7"/>
       <c r="B7" t="inlineStr">
         <is>
           <t>Essence 98 RON E10 (€/L)</t>
         </is>
       </c>
       <c r="C7"/>
       <c r="D7" s="2" t="n">
-        <v>1.3736000000000048</v>
+        <v>1.5917000000000054</v>
       </c>
       <c r="E7"/>
       <c r="F7" s="2" t="n">
-        <v>1.662000000000006</v>
+        <v>1.9260000000000068</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="inlineStr">
         <is>
           <t>Gasoil Diesel routier</t>
         </is>
       </c>
       <c r="B8" t="inlineStr">
         <is>
           <t>Diesel B7 (€/L)</t>
         </is>
       </c>
       <c r="C8"/>
       <c r="D8" s="2" t="n">
-        <v>1.386800000000005</v>
-[...1 lines deleted...]
-      <c r="E8"/>
+        <v>1.7876000000000065</v>
+      </c>
+      <c r="E8" s="2" t="n">
+        <v>-0.12600000000000078</v>
+      </c>
       <c r="F8" s="2" t="n">
-        <v>1.678000000000006</v>
+        <v>2.1630000000000074</v>
       </c>
     </row>
     <row r="9">
       <c r="A9"/>
       <c r="B9" t="inlineStr">
         <is>
           <t>Diesel B10 (€/L)</t>
         </is>
       </c>
       <c r="C9"/>
       <c r="D9" s="2" t="n">
-        <v>1.3818000000000048</v>
-[...1 lines deleted...]
-      <c r="E9"/>
+        <v>1.7802000000000062</v>
+      </c>
+      <c r="E9" s="2" t="n">
+        <v>-0.12700000000000067</v>
+      </c>
       <c r="F9" s="2" t="n">
-        <v>1.672000000000006</v>
+        <v>2.1540000000000075</v>
       </c>
     </row>
     <row r="10">
       <c r="A10"/>
       <c r="B10" t="inlineStr">
         <is>
           <t>Diesel B20 (€/L)</t>
         </is>
       </c>
       <c r="C10"/>
       <c r="D10" s="2" t="n">
-        <v>1.3992000000000049</v>
-[...1 lines deleted...]
-      <c r="E10"/>
+        <v>1.7669000000000061</v>
+      </c>
+      <c r="E10" s="2" t="n">
+        <v>-0.13000000000000037</v>
+      </c>
       <c r="F10" s="2" t="n">
-        <v>1.693000000000006</v>
+        <v>2.1380000000000075</v>
       </c>
     </row>
     <row r="11">
       <c r="A11"/>
       <c r="B11" t="inlineStr">
         <is>
           <t>Diesel B30 (€/L)</t>
         </is>
       </c>
       <c r="C11"/>
       <c r="D11" s="2" t="n">
-        <v>1.4669000000000052</v>
-[...1 lines deleted...]
-      <c r="E11"/>
+        <v>1.7843000000000064</v>
+      </c>
+      <c r="E11" s="2" t="n">
+        <v>-0.12300000000000065</v>
+      </c>
       <c r="F11" s="2" t="n">
-        <v>1.7750000000000061</v>
+        <v>2.1590000000000074</v>
       </c>
     </row>
     <row r="12">
       <c r="A12"/>
       <c r="B12" t="inlineStr">
         <is>
           <t>Diesel XTL (€/L)</t>
         </is>
       </c>
       <c r="C12"/>
       <c r="D12" s="2" t="n">
-        <v>2.6562000000000094</v>
-[...1 lines deleted...]
-      <c r="E12"/>
+        <v>2.8736000000000104</v>
+      </c>
+      <c r="E12" s="2" t="n">
+        <v>0.11300000000000039</v>
+      </c>
       <c r="F12" s="2" t="n">
-        <v>3.2140000000000115</v>
+        <v>3.4770000000000123</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="inlineStr">
         <is>
           <t>Gasoil Diesel (application chauffage)</t>
         </is>
       </c>
       <c r="B13" t="inlineStr">
         <is>
           <t>Gasoil Diesel Chauffage (à partir de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="C13"/>
       <c r="D13" s="2" t="n">
-        <v>0.5921000000000021</v>
+        <v>1.0377000000000038</v>
       </c>
       <c r="E13" s="2" t="n">
-        <v>0.006600000000000074</v>
+        <v>-0.12520000000000042</v>
       </c>
       <c r="F13" s="2" t="n">
-        <v>0.7164000000000026</v>
+        <v>1.2556000000000045</v>
       </c>
     </row>
     <row r="14">
       <c r="A14"/>
       <c r="B14" t="inlineStr">
         <is>
           <t>Gasoil Diesel Chauffage (moins de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="C14"/>
       <c r="D14" s="2" t="n">
-        <v>0.6254000000000022</v>
+        <v>1.0709000000000037</v>
       </c>
       <c r="E14" s="2" t="n">
-        <v>0.006600000000000074</v>
+        <v>-0.12520000000000042</v>
       </c>
       <c r="F14" s="2" t="n">
-        <v>0.7567000000000027</v>
+        <v>1.2958000000000047</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="inlineStr">
         <is>
           <t>Gasoil Diesel (application agriculture)</t>
         </is>
       </c>
       <c r="B15" t="inlineStr">
         <is>
           <t>Gasoil Diesel Agriculture (à partir de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="C15"/>
       <c r="D15" s="2" t="n">
-        <v>0.573200000000002</v>
+        <v>1.0168000000000035</v>
       </c>
       <c r="E15" s="2" t="n">
-        <v>0.006599999999999963</v>
+        <v>-0.12520000000000042</v>
       </c>
       <c r="F15" s="2" t="n">
-        <v>0.6936000000000024</v>
+        <v>1.2303000000000044</v>
       </c>
     </row>
     <row r="16">
       <c r="A16"/>
       <c r="B16" t="inlineStr">
         <is>
           <t>Gasoil Diesel Agriculture (moins de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="C16"/>
       <c r="D16" s="2" t="n">
-        <v>0.6065000000000021</v>
+        <v>1.0501000000000038</v>
       </c>
       <c r="E16" s="2" t="n">
-        <v>0.006600000000000074</v>
+        <v>-0.12520000000000042</v>
       </c>
       <c r="F16" s="2" t="n">
-        <v>0.7339000000000026</v>
+        <v>1.2706000000000044</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="inlineStr">
         <is>
           <t>Gasoil Diesel (application I&amp;C)</t>
         </is>
       </c>
       <c r="B17" t="inlineStr">
         <is>
           <t>Gasoil Diesel I&amp;C (à partir de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="C17"/>
       <c r="D17" s="2" t="n">
-        <v>0.5961000000000021</v>
+        <v>1.0397000000000038</v>
       </c>
       <c r="E17" s="2" t="n">
-        <v>0.006600000000000074</v>
+        <v>-0.12520000000000042</v>
       </c>
       <c r="F17" s="2" t="n">
-        <v>0.7213000000000026</v>
+        <v>1.2580000000000044</v>
       </c>
     </row>
     <row r="18">
       <c r="A18"/>
       <c r="B18" t="inlineStr">
         <is>
           <t>Gasoil Diesel I&amp;C (moins de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="C18"/>
       <c r="D18" s="2" t="n">
-        <v>0.6294000000000022</v>
+        <v>1.0729000000000037</v>
       </c>
       <c r="E18" s="2" t="n">
-        <v>0.006600000000000074</v>
+        <v>-0.12520000000000042</v>
       </c>
       <c r="F18" s="2" t="n">
-        <v>0.7616000000000027</v>
+        <v>1.2983000000000047</v>
       </c>
     </row>
     <row r="19">
       <c r="A19"/>
       <c r="B19" t="inlineStr">
         <is>
           <t>Gasoil Diesel I&amp;C (à la pompe) (€/L)</t>
         </is>
       </c>
       <c r="C19"/>
       <c r="D19" s="2" t="n">
-        <v>0.7215000000000026</v>
+        <v>1.1645000000000043</v>
       </c>
       <c r="E19" s="2" t="n">
-        <v>0.007000000000000031</v>
+        <v>-0.12500000000000044</v>
       </c>
       <c r="F19" s="2" t="n">
-        <v>0.8730000000000031</v>
+        <v>1.4090000000000051</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="inlineStr">
         <is>
           <t>Gasoil de chauffage</t>
         </is>
       </c>
       <c r="B20" t="inlineStr">
         <is>
           <t>Gasoil chauffage (H0/H7) (à partir de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="C20"/>
       <c r="D20" s="2" t="n">
-        <v>0.5921000000000021</v>
+        <v>1.0377000000000038</v>
       </c>
       <c r="E20" s="2" t="n">
-        <v>0.006600000000000074</v>
+        <v>-0.11400000000000028</v>
       </c>
       <c r="F20" s="2" t="n">
-        <v>0.7164000000000026</v>
+        <v>1.2556000000000045</v>
       </c>
     </row>
     <row r="21">
       <c r="A21"/>
       <c r="B21" t="inlineStr">
         <is>
           <t>Gasoil chauffage (H0/H7) (moins de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="C21"/>
       <c r="D21" s="2" t="n">
-        <v>0.6254000000000022</v>
+        <v>1.0709000000000037</v>
       </c>
       <c r="E21" s="2" t="n">
-        <v>0.006600000000000074</v>
+        <v>-0.11410000000000027</v>
       </c>
       <c r="F21" s="2" t="n">
-        <v>0.7567000000000027</v>
+        <v>1.2958000000000047</v>
       </c>
     </row>
     <row r="22">
       <c r="A22"/>
       <c r="B22" t="inlineStr">
         <is>
           <t>Gasoil chauffage (H0/H7) (à la pompe) (€/L)</t>
         </is>
       </c>
       <c r="C22"/>
       <c r="D22" s="2" t="n">
-        <v>0.7223000000000026</v>
+        <v>1.1686000000000043</v>
       </c>
       <c r="E22" s="2" t="n">
-        <v>0.006000000000000027</v>
+        <v>-0.1140000000000005</v>
       </c>
       <c r="F22" s="2" t="n">
-        <v>0.8740000000000031</v>
+        <v>1.414000000000005</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="inlineStr">
         <is>
           <t>Pétrole lampant</t>
         </is>
       </c>
       <c r="B23" t="inlineStr">
         <is>
           <t>Petrole lampant type B (moins de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="C23"/>
       <c r="D23" s="2" t="n">
-        <v>0.6862000000000025</v>
+        <v>1.364500000000005</v>
       </c>
       <c r="E23"/>
       <c r="F23" s="2" t="n">
-        <v>0.830300000000003</v>
+        <v>1.6510000000000058</v>
       </c>
     </row>
     <row r="24">
       <c r="A24"/>
       <c r="B24" t="inlineStr">
         <is>
           <t>Petrole lampant type B (à partir de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="C24"/>
       <c r="D24" s="2" t="n">
-        <v>0.6530000000000024</v>
+        <v>1.3312000000000046</v>
       </c>
       <c r="E24"/>
       <c r="F24" s="2" t="n">
-        <v>0.7901000000000028</v>
+        <v>1.6107000000000058</v>
       </c>
     </row>
     <row r="25">
       <c r="A25"/>
       <c r="B25" t="inlineStr">
         <is>
           <t>Petrole lampant type B (à la pompe) (€/L)</t>
         </is>
       </c>
       <c r="C25"/>
       <c r="D25" s="2" t="n">
-        <v>0.7802000000000028</v>
+        <v>1.4587000000000052</v>
       </c>
       <c r="E25"/>
       <c r="F25" s="2" t="n">
-        <v>0.9440000000000033</v>
+        <v>1.7650000000000061</v>
       </c>
     </row>
     <row r="26">
       <c r="A26"/>
       <c r="B26" t="inlineStr">
         <is>
           <t>Petrole lampant type C (moins de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="C26"/>
       <c r="D26" s="2" t="n">
-        <v>0.7095000000000026</v>
+        <v>1.4186000000000052</v>
       </c>
       <c r="E26"/>
       <c r="F26" s="2" t="n">
-        <v>0.858500000000003</v>
+        <v>1.716500000000006</v>
       </c>
     </row>
     <row r="27">
       <c r="A27"/>
       <c r="B27" t="inlineStr">
         <is>
           <t>Petrole lampant type C (à partir de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="C27"/>
       <c r="D27" s="2" t="n">
-        <v>0.6763000000000025</v>
+        <v>1.3853000000000049</v>
       </c>
       <c r="E27"/>
       <c r="F27" s="2" t="n">
-        <v>0.8183000000000029</v>
+        <v>1.676200000000006</v>
       </c>
     </row>
     <row r="28">
       <c r="A28"/>
       <c r="B28" t="inlineStr">
         <is>
           <t>Petrole lampant type C (à la pompe) (€/L)</t>
         </is>
       </c>
       <c r="C28"/>
       <c r="D28" s="2" t="n">
-        <v>0.8033000000000029</v>
+        <v>1.5124000000000053</v>
       </c>
       <c r="E28"/>
       <c r="F28" s="2" t="n">
-        <v>0.9720000000000034</v>
+        <v>1.8300000000000065</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="inlineStr">
         <is>
           <t>Propane</t>
         </is>
       </c>
       <c r="B29" t="inlineStr">
         <is>
           <t>Propane en vrac (à partir de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="C29"/>
       <c r="D29" s="2" t="n">
-        <v>0.571400000000002</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.7581000000000027</v>
+      </c>
+      <c r="E29"/>
       <c r="F29" s="2" t="n">
-        <v>0.6914000000000025</v>
+        <v>0.9173000000000032</v>
       </c>
     </row>
     <row r="30">
       <c r="A30"/>
       <c r="B30" t="inlineStr">
         <is>
           <t>Propane en vrac (moins de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="C30"/>
       <c r="D30" s="2" t="n">
-        <v>0.6458000000000024</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.832500000000003</v>
+      </c>
+      <c r="E30"/>
       <c r="F30" s="2" t="n">
-        <v>0.7815000000000027</v>
+        <v>1.0073000000000036</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="inlineStr">
         <is>
           <t>Butane + LPG</t>
         </is>
       </c>
       <c r="B31" t="inlineStr">
         <is>
           <t>Autogas LPG (à la pompe) (€/L)</t>
         </is>
       </c>
       <c r="C31"/>
       <c r="D31" s="2" t="n">
-        <v>0.6860000000000025</v>
-[...5 lines deleted...]
-        <v>0.830000000000003</v>
+        <v>0.8264000000000029</v>
+      </c>
+      <c r="E31"/>
+      <c r="F31" s="1" t="n">
+        <v>1.0</v>
       </c>
     </row>
     <row r="32">
       <c r="A32"/>
       <c r="B32" t="inlineStr">
         <is>
           <t>Autogas LPG (moins de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="C32"/>
       <c r="D32" s="2" t="n">
-        <v>0.6720000000000025</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.8684000000000031</v>
+      </c>
+      <c r="E32"/>
       <c r="F32" s="2" t="n">
-        <v>0.8131000000000029</v>
+        <v>1.0507000000000037</v>
       </c>
     </row>
     <row r="33">
       <c r="A33"/>
       <c r="B33" t="inlineStr">
         <is>
           <t>Autogas LPG (à partir de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="C33"/>
       <c r="D33" s="2" t="n">
-        <v>0.5976000000000021</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.7940000000000028</v>
+      </c>
+      <c r="E33"/>
       <c r="F33" s="2" t="n">
-        <v>0.7231000000000025</v>
+        <v>0.9607000000000034</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" t="inlineStr">
         <is>
           <t>Fuel Oil</t>
         </is>
       </c>
       <c r="B34" t="inlineStr">
         <is>
           <t>Fuel oil extra lourd 1% S (en camion citerne) (€/T)</t>
         </is>
       </c>
       <c r="C34"/>
       <c r="D34"/>
       <c r="E34"/>
       <c r="F34"/>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <cols>
     <col min="1" max="1" width="31.28125" customWidth="true"/>
     <col min="2" max="2" width="41.72265625" customWidth="true"/>
-    <col min="3" max="3" width="8.40234375" customWidth="true"/>
+    <col min="3" max="3" width="8.890625" customWidth="true"/>
     <col min="4" max="4" width="12.04296875" customWidth="true"/>
     <col min="5" max="5" width="16.921875" customWidth="true"/>
     <col min="6" max="6" width="11.62109375" customWidth="true"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" t="inlineStr">
         <is>
           <t>Groupe de produits</t>
         </is>
       </c>
       <c r="B1" t="inlineStr">
         <is>
           <t>Produit</t>
         </is>
       </c>
       <c r="C1" t="inlineStr">
         <is>
           <t>Jour</t>
         </is>
       </c>
       <c r="D1" t="inlineStr">
         <is>
           <t>Prix TVA excl.</t>
         </is>
       </c>
       <c r="E1" t="inlineStr">
         <is>
           <t>Difference TVA incl.</t>
         </is>
       </c>
       <c r="F1" t="inlineStr">
         <is>
           <t>Prix TVA incl.</t>
         </is>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="inlineStr">
         <is>
           <t>Essences</t>
         </is>
       </c>
       <c r="B2" t="inlineStr">
         <is>
           <t>Essence 95 RON E5 (€/L)</t>
         </is>
       </c>
       <c r="C2" t="inlineStr">
         <is>
-          <t>24DEC25</t>
+          <t>27MAR26</t>
         </is>
       </c>
       <c r="D2" s="2" t="n">
-        <v>1.3116000000000048</v>
+        <v>1.5504000000000056</v>
       </c>
       <c r="E2"/>
       <c r="F2" s="2" t="n">
-        <v>1.5870000000000055</v>
+        <v>1.8760000000000066</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="inlineStr">
         <is>
           <t>Essences</t>
         </is>
       </c>
       <c r="B3" t="inlineStr">
         <is>
           <t>Essence 95 RON E10 (€/L)</t>
         </is>
       </c>
       <c r="C3" t="inlineStr">
         <is>
-          <t>24DEC25</t>
+          <t>27MAR26</t>
         </is>
       </c>
       <c r="D3" s="2" t="n">
-        <v>1.3000000000000047</v>
+        <v>1.5397000000000056</v>
       </c>
       <c r="E3"/>
       <c r="F3" s="2" t="n">
-        <v>1.5730000000000055</v>
+        <v>1.8630000000000067</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="inlineStr">
         <is>
           <t>Essences</t>
         </is>
       </c>
       <c r="B4" t="inlineStr">
         <is>
           <t>Essence 98 RON E5 (€/L)</t>
         </is>
       </c>
       <c r="C4" t="inlineStr">
         <is>
-          <t>24DEC25</t>
+          <t>27MAR26</t>
         </is>
       </c>
       <c r="D4" s="2" t="n">
-        <v>1.3760000000000048</v>
+        <v>1.5942000000000058</v>
       </c>
       <c r="E4"/>
       <c r="F4" s="2" t="n">
-        <v>1.665000000000006</v>
+        <v>1.929000000000007</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="inlineStr">
         <is>
           <t>Essences</t>
         </is>
       </c>
       <c r="B5" t="inlineStr">
         <is>
           <t>Essence 98 RON E10 (€/L)</t>
         </is>
       </c>
       <c r="C5" t="inlineStr">
         <is>
-          <t>24DEC25</t>
+          <t>27MAR26</t>
         </is>
       </c>
       <c r="D5" s="2" t="n">
-        <v>1.3736000000000048</v>
+        <v>1.5917000000000054</v>
       </c>
       <c r="E5"/>
       <c r="F5" s="2" t="n">
-        <v>1.662000000000006</v>
+        <v>1.9260000000000068</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="inlineStr">
         <is>
           <t>Gasoil Diesel routier</t>
         </is>
       </c>
       <c r="B6" t="inlineStr">
         <is>
           <t>Diesel B7 (€/L)</t>
         </is>
       </c>
       <c r="C6" t="inlineStr">
         <is>
-          <t>24DEC25</t>
+          <t>27MAR26</t>
         </is>
       </c>
       <c r="D6" s="2" t="n">
-        <v>1.386800000000005</v>
-[...1 lines deleted...]
-      <c r="E6"/>
+        <v>1.7876000000000065</v>
+      </c>
+      <c r="E6" s="2" t="n">
+        <v>-0.12600000000000078</v>
+      </c>
       <c r="F6" s="2" t="n">
-        <v>1.678000000000006</v>
+        <v>2.1630000000000074</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="inlineStr">
         <is>
           <t>Gasoil Diesel routier</t>
         </is>
       </c>
       <c r="B7" t="inlineStr">
         <is>
           <t>Diesel B10 (€/L)</t>
         </is>
       </c>
       <c r="C7" t="inlineStr">
         <is>
-          <t>24DEC25</t>
+          <t>27MAR26</t>
         </is>
       </c>
       <c r="D7" s="2" t="n">
-        <v>1.3818000000000048</v>
-[...1 lines deleted...]
-      <c r="E7"/>
+        <v>1.7802000000000062</v>
+      </c>
+      <c r="E7" s="2" t="n">
+        <v>-0.12700000000000067</v>
+      </c>
       <c r="F7" s="2" t="n">
-        <v>1.672000000000006</v>
+        <v>2.1540000000000075</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="inlineStr">
         <is>
           <t>Gasoil Diesel routier</t>
         </is>
       </c>
       <c r="B8" t="inlineStr">
         <is>
           <t>Diesel B20 (€/L)</t>
         </is>
       </c>
       <c r="C8" t="inlineStr">
         <is>
-          <t>24DEC25</t>
+          <t>27MAR26</t>
         </is>
       </c>
       <c r="D8" s="2" t="n">
-        <v>1.3992000000000049</v>
-[...1 lines deleted...]
-      <c r="E8"/>
+        <v>1.7669000000000061</v>
+      </c>
+      <c r="E8" s="2" t="n">
+        <v>-0.13000000000000037</v>
+      </c>
       <c r="F8" s="2" t="n">
-        <v>1.693000000000006</v>
+        <v>2.1380000000000075</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="inlineStr">
         <is>
           <t>Gasoil Diesel routier</t>
         </is>
       </c>
       <c r="B9" t="inlineStr">
         <is>
           <t>Diesel B30 (€/L)</t>
         </is>
       </c>
       <c r="C9" t="inlineStr">
         <is>
-          <t>24DEC25</t>
+          <t>27MAR26</t>
         </is>
       </c>
       <c r="D9" s="2" t="n">
-        <v>1.4669000000000052</v>
-[...1 lines deleted...]
-      <c r="E9"/>
+        <v>1.7843000000000064</v>
+      </c>
+      <c r="E9" s="2" t="n">
+        <v>-0.12300000000000065</v>
+      </c>
       <c r="F9" s="2" t="n">
-        <v>1.7750000000000061</v>
+        <v>2.1590000000000074</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="inlineStr">
         <is>
           <t>Gasoil Diesel routier</t>
         </is>
       </c>
       <c r="B10" t="inlineStr">
         <is>
           <t>Diesel XTL (€/L)</t>
         </is>
       </c>
       <c r="C10" t="inlineStr">
         <is>
-          <t>24DEC25</t>
+          <t>27MAR26</t>
         </is>
       </c>
       <c r="D10" s="2" t="n">
-        <v>2.6562000000000094</v>
-[...1 lines deleted...]
-      <c r="E10"/>
+        <v>2.8736000000000104</v>
+      </c>
+      <c r="E10" s="2" t="n">
+        <v>0.11300000000000039</v>
+      </c>
       <c r="F10" s="2" t="n">
-        <v>3.2140000000000115</v>
+        <v>3.4770000000000123</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="inlineStr">
         <is>
           <t>Gasoil Diesel (application chauffage)</t>
         </is>
       </c>
       <c r="B11" t="inlineStr">
         <is>
           <t>Gasoil Diesel Chauffage (à partir de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="C11" t="inlineStr">
         <is>
-          <t>24DEC25</t>
+          <t>27MAR26</t>
         </is>
       </c>
       <c r="D11" s="2" t="n">
-        <v>0.5921000000000021</v>
+        <v>1.0377000000000038</v>
       </c>
       <c r="E11" s="2" t="n">
-        <v>0.006600000000000074</v>
+        <v>-0.12520000000000042</v>
       </c>
       <c r="F11" s="2" t="n">
-        <v>0.7164000000000026</v>
+        <v>1.2556000000000045</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="inlineStr">
         <is>
           <t>Gasoil Diesel (application chauffage)</t>
         </is>
       </c>
       <c r="B12" t="inlineStr">
         <is>
           <t>Gasoil Diesel Chauffage (moins de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="C12" t="inlineStr">
         <is>
-          <t>24DEC25</t>
+          <t>27MAR26</t>
         </is>
       </c>
       <c r="D12" s="2" t="n">
-        <v>0.6254000000000022</v>
+        <v>1.0709000000000037</v>
       </c>
       <c r="E12" s="2" t="n">
-        <v>0.006600000000000074</v>
+        <v>-0.12520000000000042</v>
       </c>
       <c r="F12" s="2" t="n">
-        <v>0.7567000000000027</v>
+        <v>1.2958000000000047</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="inlineStr">
         <is>
           <t>Gasoil Diesel (application agriculture)</t>
         </is>
       </c>
       <c r="B13" t="inlineStr">
         <is>
           <t>Gasoil Diesel Agriculture (à partir de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="C13" t="inlineStr">
         <is>
-          <t>24DEC25</t>
+          <t>27MAR26</t>
         </is>
       </c>
       <c r="D13" s="2" t="n">
-        <v>0.573200000000002</v>
+        <v>1.0168000000000035</v>
       </c>
       <c r="E13" s="2" t="n">
-        <v>0.006599999999999963</v>
+        <v>-0.12520000000000042</v>
       </c>
       <c r="F13" s="2" t="n">
-        <v>0.6936000000000024</v>
+        <v>1.2303000000000044</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="inlineStr">
         <is>
           <t>Gasoil Diesel (application agriculture)</t>
         </is>
       </c>
       <c r="B14" t="inlineStr">
         <is>
           <t>Gasoil Diesel Agriculture (moins de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="C14" t="inlineStr">
         <is>
-          <t>24DEC25</t>
+          <t>27MAR26</t>
         </is>
       </c>
       <c r="D14" s="2" t="n">
-        <v>0.6065000000000021</v>
+        <v>1.0501000000000038</v>
       </c>
       <c r="E14" s="2" t="n">
-        <v>0.006600000000000074</v>
+        <v>-0.12520000000000042</v>
       </c>
       <c r="F14" s="2" t="n">
-        <v>0.7339000000000026</v>
+        <v>1.2706000000000044</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="inlineStr">
         <is>
           <t>Gasoil Diesel (application I&amp;C)</t>
         </is>
       </c>
       <c r="B15" t="inlineStr">
         <is>
           <t>Gasoil Diesel I&amp;C (à partir de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="C15" t="inlineStr">
         <is>
-          <t>24DEC25</t>
+          <t>27MAR26</t>
         </is>
       </c>
       <c r="D15" s="2" t="n">
-        <v>0.5961000000000021</v>
+        <v>1.0397000000000038</v>
       </c>
       <c r="E15" s="2" t="n">
-        <v>0.006600000000000074</v>
+        <v>-0.12520000000000042</v>
       </c>
       <c r="F15" s="2" t="n">
-        <v>0.7213000000000026</v>
+        <v>1.2580000000000044</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="inlineStr">
         <is>
           <t>Gasoil Diesel (application I&amp;C)</t>
         </is>
       </c>
       <c r="B16" t="inlineStr">
         <is>
           <t>Gasoil Diesel I&amp;C (moins de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="C16" t="inlineStr">
         <is>
-          <t>24DEC25</t>
+          <t>27MAR26</t>
         </is>
       </c>
       <c r="D16" s="2" t="n">
-        <v>0.6294000000000022</v>
+        <v>1.0729000000000037</v>
       </c>
       <c r="E16" s="2" t="n">
-        <v>0.006600000000000074</v>
+        <v>-0.12520000000000042</v>
       </c>
       <c r="F16" s="2" t="n">
-        <v>0.7616000000000027</v>
+        <v>1.2983000000000047</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="inlineStr">
         <is>
           <t>Gasoil Diesel (application I&amp;C)</t>
         </is>
       </c>
       <c r="B17" t="inlineStr">
         <is>
           <t>Gasoil Diesel I&amp;C (à la pompe) (€/L)</t>
         </is>
       </c>
       <c r="C17" t="inlineStr">
         <is>
-          <t>24DEC25</t>
+          <t>27MAR26</t>
         </is>
       </c>
       <c r="D17" s="2" t="n">
-        <v>0.7215000000000026</v>
+        <v>1.1645000000000043</v>
       </c>
       <c r="E17" s="2" t="n">
-        <v>0.007000000000000031</v>
+        <v>-0.12500000000000044</v>
       </c>
       <c r="F17" s="2" t="n">
-        <v>0.8730000000000031</v>
+        <v>1.4090000000000051</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="inlineStr">
         <is>
           <t>Gasoil de chauffage</t>
         </is>
       </c>
       <c r="B18" t="inlineStr">
         <is>
           <t>Gasoil chauffage (H0/H7) (à partir de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="C18" t="inlineStr">
         <is>
-          <t>24DEC25</t>
+          <t>27MAR26</t>
         </is>
       </c>
       <c r="D18" s="2" t="n">
-        <v>0.5921000000000021</v>
+        <v>1.0377000000000038</v>
       </c>
       <c r="E18" s="2" t="n">
-        <v>0.006600000000000074</v>
+        <v>-0.11400000000000028</v>
       </c>
       <c r="F18" s="2" t="n">
-        <v>0.7164000000000026</v>
+        <v>1.2556000000000045</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="inlineStr">
         <is>
           <t>Gasoil de chauffage</t>
         </is>
       </c>
       <c r="B19" t="inlineStr">
         <is>
           <t>Gasoil chauffage (H0/H7) (moins de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="C19" t="inlineStr">
         <is>
-          <t>24DEC25</t>
+          <t>27MAR26</t>
         </is>
       </c>
       <c r="D19" s="2" t="n">
-        <v>0.6254000000000022</v>
+        <v>1.0709000000000037</v>
       </c>
       <c r="E19" s="2" t="n">
-        <v>0.006600000000000074</v>
+        <v>-0.11410000000000027</v>
       </c>
       <c r="F19" s="2" t="n">
-        <v>0.7567000000000027</v>
+        <v>1.2958000000000047</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="inlineStr">
         <is>
           <t>Gasoil de chauffage</t>
         </is>
       </c>
       <c r="B20" t="inlineStr">
         <is>
           <t>Gasoil chauffage (H0/H7) (à la pompe) (€/L)</t>
         </is>
       </c>
       <c r="C20" t="inlineStr">
         <is>
-          <t>24DEC25</t>
+          <t>27MAR26</t>
         </is>
       </c>
       <c r="D20" s="2" t="n">
-        <v>0.7223000000000026</v>
+        <v>1.1686000000000043</v>
       </c>
       <c r="E20" s="2" t="n">
-        <v>0.006000000000000027</v>
+        <v>-0.1140000000000005</v>
       </c>
       <c r="F20" s="2" t="n">
-        <v>0.8740000000000031</v>
+        <v>1.414000000000005</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="inlineStr">
         <is>
           <t>Pétrole lampant</t>
         </is>
       </c>
       <c r="B21" t="inlineStr">
         <is>
           <t>Petrole lampant type B (moins de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="C21" t="inlineStr">
         <is>
-          <t>24DEC25</t>
+          <t>27MAR26</t>
         </is>
       </c>
       <c r="D21" s="2" t="n">
-        <v>0.6862000000000025</v>
+        <v>1.364500000000005</v>
       </c>
       <c r="E21"/>
       <c r="F21" s="2" t="n">
-        <v>0.830300000000003</v>
+        <v>1.6510000000000058</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="inlineStr">
         <is>
           <t>Pétrole lampant</t>
         </is>
       </c>
       <c r="B22" t="inlineStr">
         <is>
           <t>Petrole lampant type B (à partir de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="C22" t="inlineStr">
         <is>
-          <t>24DEC25</t>
+          <t>27MAR26</t>
         </is>
       </c>
       <c r="D22" s="2" t="n">
-        <v>0.6530000000000024</v>
+        <v>1.3312000000000046</v>
       </c>
       <c r="E22"/>
       <c r="F22" s="2" t="n">
-        <v>0.7901000000000028</v>
+        <v>1.6107000000000058</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="inlineStr">
         <is>
           <t>Pétrole lampant</t>
         </is>
       </c>
       <c r="B23" t="inlineStr">
         <is>
           <t>Petrole lampant type B (à la pompe) (€/L)</t>
         </is>
       </c>
       <c r="C23" t="inlineStr">
         <is>
-          <t>24DEC25</t>
+          <t>27MAR26</t>
         </is>
       </c>
       <c r="D23" s="2" t="n">
-        <v>0.7802000000000028</v>
+        <v>1.4587000000000052</v>
       </c>
       <c r="E23"/>
       <c r="F23" s="2" t="n">
-        <v>0.9440000000000033</v>
+        <v>1.7650000000000061</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="inlineStr">
         <is>
           <t>Pétrole lampant</t>
         </is>
       </c>
       <c r="B24" t="inlineStr">
         <is>
           <t>Petrole lampant type C (moins de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="C24" t="inlineStr">
         <is>
-          <t>24DEC25</t>
+          <t>27MAR26</t>
         </is>
       </c>
       <c r="D24" s="2" t="n">
-        <v>0.7095000000000026</v>
+        <v>1.4186000000000052</v>
       </c>
       <c r="E24"/>
       <c r="F24" s="2" t="n">
-        <v>0.858500000000003</v>
+        <v>1.716500000000006</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="inlineStr">
         <is>
           <t>Pétrole lampant</t>
         </is>
       </c>
       <c r="B25" t="inlineStr">
         <is>
           <t>Petrole lampant type C (à partir de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="C25" t="inlineStr">
         <is>
-          <t>24DEC25</t>
+          <t>27MAR26</t>
         </is>
       </c>
       <c r="D25" s="2" t="n">
-        <v>0.6763000000000025</v>
+        <v>1.3853000000000049</v>
       </c>
       <c r="E25"/>
       <c r="F25" s="2" t="n">
-        <v>0.8183000000000029</v>
+        <v>1.676200000000006</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="inlineStr">
         <is>
           <t>Pétrole lampant</t>
         </is>
       </c>
       <c r="B26" t="inlineStr">
         <is>
           <t>Petrole lampant type C (à la pompe) (€/L)</t>
         </is>
       </c>
       <c r="C26" t="inlineStr">
         <is>
-          <t>24DEC25</t>
+          <t>27MAR26</t>
         </is>
       </c>
       <c r="D26" s="2" t="n">
-        <v>0.8033000000000029</v>
+        <v>1.5124000000000053</v>
       </c>
       <c r="E26"/>
       <c r="F26" s="2" t="n">
-        <v>0.9720000000000034</v>
+        <v>1.8300000000000065</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="inlineStr">
         <is>
           <t>Propane</t>
         </is>
       </c>
       <c r="B27" t="inlineStr">
         <is>
           <t>Propane en vrac (à partir de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="C27" t="inlineStr">
         <is>
-          <t>24DEC25</t>
+          <t>27MAR26</t>
         </is>
       </c>
       <c r="D27" s="2" t="n">
-        <v>0.571400000000002</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.7581000000000027</v>
+      </c>
+      <c r="E27"/>
       <c r="F27" s="2" t="n">
-        <v>0.6914000000000025</v>
+        <v>0.9173000000000032</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="inlineStr">
         <is>
           <t>Propane</t>
         </is>
       </c>
       <c r="B28" t="inlineStr">
         <is>
           <t>Propane en vrac (moins de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="C28" t="inlineStr">
         <is>
-          <t>24DEC25</t>
+          <t>27MAR26</t>
         </is>
       </c>
       <c r="D28" s="2" t="n">
-        <v>0.6458000000000024</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.832500000000003</v>
+      </c>
+      <c r="E28"/>
       <c r="F28" s="2" t="n">
-        <v>0.7815000000000027</v>
+        <v>1.0073000000000036</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="inlineStr">
         <is>
           <t>Butane + LPG</t>
         </is>
       </c>
       <c r="B29" t="inlineStr">
         <is>
           <t>Autogas LPG (à la pompe) (€/L)</t>
         </is>
       </c>
       <c r="C29" t="inlineStr">
         <is>
-          <t>24DEC25</t>
+          <t>27MAR26</t>
         </is>
       </c>
       <c r="D29" s="2" t="n">
-        <v>0.6860000000000025</v>
-[...5 lines deleted...]
-        <v>0.830000000000003</v>
+        <v>0.8264000000000029</v>
+      </c>
+      <c r="E29"/>
+      <c r="F29" s="1" t="n">
+        <v>1.0</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="inlineStr">
         <is>
           <t>Butane + LPG</t>
         </is>
       </c>
       <c r="B30" t="inlineStr">
         <is>
           <t>Autogas LPG (moins de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="C30" t="inlineStr">
         <is>
-          <t>24DEC25</t>
+          <t>27MAR26</t>
         </is>
       </c>
       <c r="D30" s="2" t="n">
-        <v>0.6720000000000025</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.8684000000000031</v>
+      </c>
+      <c r="E30"/>
       <c r="F30" s="2" t="n">
-        <v>0.8131000000000029</v>
+        <v>1.0507000000000037</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="inlineStr">
         <is>
           <t>Butane + LPG</t>
         </is>
       </c>
       <c r="B31" t="inlineStr">
         <is>
           <t>Autogas LPG (à partir de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="C31" t="inlineStr">
         <is>
-          <t>24DEC25</t>
+          <t>27MAR26</t>
         </is>
       </c>
       <c r="D31" s="2" t="n">
-        <v>0.5976000000000021</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.7940000000000028</v>
+      </c>
+      <c r="E31"/>
       <c r="F31" s="2" t="n">
-        <v>0.7231000000000025</v>
+        <v>0.9607000000000034</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="inlineStr">
         <is>
           <t>Fuel Oil</t>
         </is>
       </c>
       <c r="B32" t="inlineStr">
         <is>
           <t>Fuel oil extra lourd 1% S (en camion citerne) (€/T)</t>
         </is>
       </c>
       <c r="C32" t="inlineStr">
         <is>
-          <t>24DEC25</t>
+          <t>27MAR26</t>
         </is>
       </c>
       <c r="D32"/>
       <c r="E32"/>
       <c r="F32"/>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <coreProperties xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </coreProperties>
 </file>