--- v0 (2025-12-08)
+++ v1 (2026-02-21)
@@ -107,51 +107,51 @@
   <cols>
     <col min="1" max="1" width="11.02734375" customWidth="true"/>
     <col min="2" max="2" width="150.859375" customWidth="true"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" t="inlineStr">
         <is>
           <t>Data source:</t>
         </is>
       </c>
       <c r="B1" t="inlineStr">
         <is>
           <t>Actieve (werkende en werkloze) en inactieve bevolking sinds 2017 op basis van de hervormde Enquête naar de ArbeidsKrachten, per kwartaal, gewest, leeftijdsklasse en onderwijsniveau</t>
         </is>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="inlineStr">
         <is>
           <t>Filters:</t>
         </is>
       </c>
       <c r="B2" t="inlineStr">
         <is>
-          <t>Referentie periode : Laatste 1 Kwartaal(2de kwartaal 2025)</t>
+          <t>Referentie periode : Laatste 1 Kwartaal(3de kwartaal 2025)</t>
         </is>
       </c>
     </row>
     <row r="3">
       <c r="B3" t="inlineStr">
         <is>
           <t xml:space="preserve">
 </t>
         </is>
       </c>
     </row>
     <row r="4">
 </row>
     <row r="5">
       <c r="A5" t="inlineStr">
         <is>
           <t xml:space="preserve">Bron: </t>
         </is>
       </c>
       <c r="B5" t="inlineStr">
         <is>
           <t>Statbel (Algemene Directie Statistiek - Statistics Belgium)</t>
         </is>
       </c>
     </row>
@@ -163,273 +163,273 @@
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <cols>
     <col min="1" max="1" width="6.05859375" customWidth="true"/>
     <col min="2" max="2" width="14.25390625" customWidth="true"/>
     <col min="3" max="3" width="7.9609375" customWidth="true"/>
     <col min="4" max="4" width="20.5390625" customWidth="true"/>
     <col min="5" max="5" width="17.58984375" customWidth="true"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1"/>
       <c r="B1"/>
       <c r="C1" t="inlineStr">
         <is>
           <t>Kwartaal</t>
         </is>
       </c>
       <c r="D1" t="inlineStr">
         <is>
-          <t>2de kwartaal 2025</t>
+          <t>3de kwartaal 2025</t>
         </is>
       </c>
       <c r="E1"/>
     </row>
     <row r="2">
       <c r="A2"/>
       <c r="B2"/>
       <c r="C2"/>
       <c r="D2" t="inlineStr">
         <is>
           <t>Werkgelegenheidsgraad</t>
         </is>
       </c>
       <c r="E2" t="inlineStr">
         <is>
           <t>Werkloosheidsgraad</t>
         </is>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="inlineStr">
         <is>
           <t>Totaal</t>
         </is>
       </c>
       <c r="B3" t="inlineStr">
         <is>
           <t>Onderwijsniveau</t>
         </is>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="inlineStr">
         <is>
           <t>Totaal</t>
         </is>
       </c>
       <c r="B4" t="inlineStr">
         <is>
           <t>Laag</t>
         </is>
       </c>
       <c r="C4"/>
       <c r="D4" s="2" t="n">
-        <v>0.3490000000000012</v>
+        <v>0.36200000000000127</v>
       </c>
       <c r="E4" s="2" t="n">
-        <v>0.14500000000000052</v>
+        <v>0.15500000000000055</v>
       </c>
     </row>
     <row r="5">
       <c r="A5"/>
       <c r="B5" t="inlineStr">
         <is>
           <t>Midden</t>
         </is>
       </c>
       <c r="C5"/>
       <c r="D5" s="2" t="n">
-        <v>0.6580000000000024</v>
+        <v>0.6560000000000024</v>
       </c>
       <c r="E5" s="2" t="n">
-        <v>0.06400000000000022</v>
+        <v>0.06700000000000024</v>
       </c>
     </row>
     <row r="6">
       <c r="A6"/>
       <c r="B6" t="inlineStr">
         <is>
           <t>Hoog</t>
         </is>
       </c>
       <c r="C6"/>
       <c r="D6" s="2" t="n">
-        <v>0.8650000000000031</v>
+        <v>0.854000000000003</v>
       </c>
       <c r="E6" s="2" t="n">
-        <v>0.03400000000000012</v>
+        <v>0.04100000000000015</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="inlineStr">
         <is>
           <t>Totaal</t>
         </is>
       </c>
       <c r="B7"/>
       <c r="C7"/>
       <c r="D7" s="2" t="n">
-        <v>0.6770000000000025</v>
+        <v>0.6750000000000025</v>
       </c>
       <c r="E7" s="2" t="n">
-        <v>0.059000000000000205</v>
+        <v>0.06500000000000024</v>
       </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <cols>
     <col min="1" max="1" width="6.05859375" customWidth="true"/>
     <col min="2" max="2" width="14.25390625" customWidth="true"/>
-    <col min="3" max="3" width="15.875" customWidth="true"/>
+    <col min="3" max="3" width="15.87109375" customWidth="true"/>
     <col min="4" max="4" width="20.5390625" customWidth="true"/>
     <col min="5" max="5" width="17.58984375" customWidth="true"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" t="inlineStr">
         <is>
           <t>Totaal</t>
         </is>
       </c>
       <c r="B1" t="inlineStr">
         <is>
           <t>Onderwijsniveau</t>
         </is>
       </c>
       <c r="C1" t="inlineStr">
         <is>
           <t>Kwartaal</t>
         </is>
       </c>
       <c r="D1" t="inlineStr">
         <is>
           <t>Werkgelegenheidsgraad</t>
         </is>
       </c>
       <c r="E1" t="inlineStr">
         <is>
           <t>Werkloosheidsgraad</t>
         </is>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="inlineStr">
         <is>
           <t>Totaal</t>
         </is>
       </c>
       <c r="B2" t="inlineStr">
         <is>
           <t>Laag</t>
         </is>
       </c>
       <c r="C2" t="inlineStr">
         <is>
-          <t>2de kwartaal 2025</t>
+          <t>3de kwartaal 2025</t>
         </is>
       </c>
       <c r="D2" s="2" t="n">
-        <v>0.3490000000000012</v>
+        <v>0.36200000000000127</v>
       </c>
       <c r="E2" s="2" t="n">
-        <v>0.14500000000000052</v>
+        <v>0.15500000000000055</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="inlineStr">
         <is>
           <t>Totaal</t>
         </is>
       </c>
       <c r="B3" t="inlineStr">
         <is>
           <t>Midden</t>
         </is>
       </c>
       <c r="C3" t="inlineStr">
         <is>
-          <t>2de kwartaal 2025</t>
+          <t>3de kwartaal 2025</t>
         </is>
       </c>
       <c r="D3" s="2" t="n">
-        <v>0.6580000000000024</v>
+        <v>0.6560000000000024</v>
       </c>
       <c r="E3" s="2" t="n">
-        <v>0.06400000000000022</v>
+        <v>0.06700000000000024</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="inlineStr">
         <is>
           <t>Totaal</t>
         </is>
       </c>
       <c r="B4" t="inlineStr">
         <is>
           <t>Hoog</t>
         </is>
       </c>
       <c r="C4" t="inlineStr">
         <is>
-          <t>2de kwartaal 2025</t>
+          <t>3de kwartaal 2025</t>
         </is>
       </c>
       <c r="D4" s="2" t="n">
-        <v>0.8650000000000031</v>
+        <v>0.854000000000003</v>
       </c>
       <c r="E4" s="2" t="n">
-        <v>0.03400000000000012</v>
+        <v>0.04100000000000015</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="inlineStr">
         <is>
           <t>Totaal</t>
         </is>
       </c>
       <c r="B5"/>
       <c r="C5" t="inlineStr">
         <is>
-          <t>2de kwartaal 2025</t>
+          <t>3de kwartaal 2025</t>
         </is>
       </c>
       <c r="D5" s="2" t="n">
-        <v>0.6770000000000025</v>
+        <v>0.6750000000000025</v>
       </c>
       <c r="E5" s="2" t="n">
-        <v>0.059000000000000205</v>
+        <v>0.06500000000000024</v>
       </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <coreProperties xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </coreProperties>
 </file>