--- v0 (2025-10-28)
+++ v1 (2026-01-11)
@@ -84,154 +84,154 @@
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?>
 
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
   <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/>
   <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/>
   <Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/>
   <Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/>
   <Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/>
 </Relationships>
 
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <cols>
     <col min="1" max="1" width="11.02734375" customWidth="true"/>
-    <col min="2" max="2" width="168.4453125" customWidth="true"/>
+    <col min="2" max="2" width="167.99609375" customWidth="true"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" t="inlineStr">
         <is>
           <t>Data source:</t>
         </is>
       </c>
       <c r="B1" t="inlineStr">
         <is>
           <t>Number of Bankruptcies and job losses in Belgium per month, municipality, economic activity (NACE 2008), type of enterprise, legal form, size class of the number of employees, lifespan</t>
         </is>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="inlineStr">
         <is>
           <t>Filters:</t>
         </is>
       </c>
       <c r="B2" t="inlineStr">
         <is>
-          <t>Date : Last 13 Month(September 2024, October 2024, November 2024, December 2024, January 2025, February 2025, March 2025, April 2025, May 2025, June 2025, July 2025, August 2025, September 2025)</t>
+          <t>Date : Last 13 Month(November 2024, December 2024, January 2025, February 2025, March 2025, April 2025, May 2025, June 2025, July 2025, August 2025, September 2025, October 2025, November 2025)</t>
         </is>
       </c>
     </row>
     <row r="3">
       <c r="B3" t="inlineStr">
         <is>
           <t xml:space="preserve">
 </t>
         </is>
       </c>
     </row>
     <row r="4">
 </row>
     <row r="5">
       <c r="A5" t="inlineStr">
         <is>
           <t xml:space="preserve">Source: </t>
         </is>
       </c>
       <c r="B5" t="inlineStr">
         <is>
           <t>Statbel (Directorate-general Statistics - Statistics Belgium)</t>
         </is>
       </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <cols>
     <col min="1" max="1" width="13.3828125" customWidth="true"/>
     <col min="2" max="2" width="27.1796875" customWidth="true"/>
     <col min="3" max="3" width="6.04296875" customWidth="true"/>
     <col min="4" max="4" width="19.796875" customWidth="true"/>
-    <col min="5" max="5" width="11.8828125" customWidth="true"/>
-[...10 lines deleted...]
-    <col min="16" max="16" width="14.3203125" customWidth="true"/>
+    <col min="5" max="5" width="13.6875" customWidth="true"/>
+    <col min="6" max="6" width="11.97265625" customWidth="true"/>
+    <col min="7" max="7" width="12.484375" customWidth="true"/>
+    <col min="8" max="8" width="10.5390625" customWidth="true"/>
+    <col min="9" max="9" width="9.21484375" customWidth="true"/>
+    <col min="10" max="10" width="8.81640625" customWidth="true"/>
+    <col min="11" max="11" width="9.4609375" customWidth="true"/>
+    <col min="12" max="12" width="8.7890625" customWidth="true"/>
+    <col min="13" max="13" width="11.26953125" customWidth="true"/>
+    <col min="14" max="14" width="14.3203125" customWidth="true"/>
+    <col min="15" max="15" width="11.8828125" customWidth="true"/>
+    <col min="16" max="16" width="13.79296875" customWidth="true"/>
     <col min="17" max="17" width="20.50390625" customWidth="true"/>
-    <col min="18" max="18" width="11.8828125" customWidth="true"/>
-[...23 lines deleted...]
-    <col min="42" max="42" width="14.3203125" customWidth="true"/>
+    <col min="18" max="18" width="13.6875" customWidth="true"/>
+    <col min="19" max="19" width="11.97265625" customWidth="true"/>
+    <col min="20" max="20" width="12.484375" customWidth="true"/>
+    <col min="21" max="21" width="10.5390625" customWidth="true"/>
+    <col min="22" max="22" width="9.21484375" customWidth="true"/>
+    <col min="23" max="23" width="8.81640625" customWidth="true"/>
+    <col min="24" max="24" width="9.4609375" customWidth="true"/>
+    <col min="25" max="25" width="8.7890625" customWidth="true"/>
+    <col min="26" max="26" width="11.26953125" customWidth="true"/>
+    <col min="27" max="27" width="14.3203125" customWidth="true"/>
+    <col min="28" max="28" width="11.8828125" customWidth="true"/>
+    <col min="29" max="29" width="13.79296875" customWidth="true"/>
+    <col min="30" max="30" width="13.79296875" customWidth="true"/>
+    <col min="31" max="31" width="13.6875" customWidth="true"/>
+    <col min="32" max="32" width="11.97265625" customWidth="true"/>
+    <col min="33" max="33" width="12.484375" customWidth="true"/>
+    <col min="34" max="34" width="10.5390625" customWidth="true"/>
+    <col min="35" max="35" width="9.21484375" customWidth="true"/>
+    <col min="36" max="36" width="8.81640625" customWidth="true"/>
+    <col min="37" max="37" width="9.4609375" customWidth="true"/>
+    <col min="38" max="38" width="8.7890625" customWidth="true"/>
+    <col min="39" max="39" width="11.26953125" customWidth="true"/>
+    <col min="40" max="40" width="14.3203125" customWidth="true"/>
+    <col min="41" max="41" width="11.8828125" customWidth="true"/>
+    <col min="42" max="42" width="13.79296875" customWidth="true"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1"/>
       <c r="B1"/>
       <c r="C1"/>
       <c r="D1" t="inlineStr">
         <is>
           <t>Losses of full-time jobs</t>
         </is>
       </c>
       <c r="E1"/>
       <c r="F1"/>
       <c r="G1"/>
       <c r="H1"/>
       <c r="I1"/>
       <c r="J1"/>
       <c r="K1"/>
       <c r="L1"/>
       <c r="M1"/>
       <c r="N1"/>
       <c r="O1"/>
       <c r="P1"/>
       <c r="Q1" t="inlineStr">
         <is>
@@ -260,1225 +260,1213 @@
       <c r="AG1"/>
       <c r="AH1"/>
       <c r="AI1"/>
       <c r="AJ1"/>
       <c r="AK1"/>
       <c r="AL1"/>
       <c r="AM1"/>
       <c r="AN1"/>
       <c r="AO1"/>
       <c r="AP1"/>
     </row>
     <row r="2">
       <c r="A2"/>
       <c r="B2"/>
       <c r="C2" t="inlineStr">
         <is>
           <t>Year</t>
         </is>
       </c>
       <c r="D2" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="E2"/>
-      <c r="F2"/>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t>2025</t>
+        </is>
+      </c>
       <c r="G2"/>
-      <c r="H2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="H2"/>
       <c r="I2"/>
       <c r="J2"/>
       <c r="K2"/>
       <c r="L2"/>
       <c r="M2"/>
       <c r="N2"/>
       <c r="O2"/>
       <c r="P2"/>
       <c r="Q2" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="R2"/>
-      <c r="S2"/>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t>2025</t>
+        </is>
+      </c>
       <c r="T2"/>
-      <c r="U2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="U2"/>
       <c r="V2"/>
       <c r="W2"/>
       <c r="X2"/>
       <c r="Y2"/>
       <c r="Z2"/>
       <c r="AA2"/>
       <c r="AB2"/>
       <c r="AC2"/>
       <c r="AD2" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="AE2"/>
-      <c r="AF2"/>
+      <c r="AF2" t="inlineStr">
+        <is>
+          <t>2025</t>
+        </is>
+      </c>
       <c r="AG2"/>
-      <c r="AH2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="AH2"/>
       <c r="AI2"/>
       <c r="AJ2"/>
       <c r="AK2"/>
       <c r="AL2"/>
       <c r="AM2"/>
       <c r="AN2"/>
       <c r="AO2"/>
       <c r="AP2"/>
     </row>
     <row r="3">
       <c r="A3"/>
       <c r="B3"/>
       <c r="C3" t="inlineStr">
         <is>
           <t>Month</t>
         </is>
       </c>
       <c r="D3" t="inlineStr">
         <is>
-          <t>September 2024</t>
+          <t>November 2024</t>
         </is>
       </c>
       <c r="E3" t="inlineStr">
         <is>
-          <t>October 2024</t>
+          <t>December 2024</t>
         </is>
       </c>
       <c r="F3" t="inlineStr">
         <is>
+          <t>January 2025</t>
+        </is>
+      </c>
+      <c r="G3" t="inlineStr">
+        <is>
+          <t>February 2025</t>
+        </is>
+      </c>
+      <c r="H3" t="inlineStr">
+        <is>
+          <t>March 2025</t>
+        </is>
+      </c>
+      <c r="I3" t="inlineStr">
+        <is>
+          <t>April 2025</t>
+        </is>
+      </c>
+      <c r="J3" t="inlineStr">
+        <is>
+          <t>May 2025</t>
+        </is>
+      </c>
+      <c r="K3" t="inlineStr">
+        <is>
+          <t>June 2025</t>
+        </is>
+      </c>
+      <c r="L3" t="inlineStr">
+        <is>
+          <t>July 2025</t>
+        </is>
+      </c>
+      <c r="M3" t="inlineStr">
+        <is>
+          <t>August 2025</t>
+        </is>
+      </c>
+      <c r="N3" t="inlineStr">
+        <is>
+          <t>September 2025</t>
+        </is>
+      </c>
+      <c r="O3" t="inlineStr">
+        <is>
+          <t>October 2025</t>
+        </is>
+      </c>
+      <c r="P3" t="inlineStr">
+        <is>
+          <t>November 2025</t>
+        </is>
+      </c>
+      <c r="Q3" t="inlineStr">
+        <is>
           <t>November 2024</t>
         </is>
       </c>
-      <c r="G3" t="inlineStr">
+      <c r="R3" t="inlineStr">
         <is>
           <t>December 2024</t>
         </is>
       </c>
-      <c r="H3" t="inlineStr">
+      <c r="S3" t="inlineStr">
         <is>
           <t>January 2025</t>
         </is>
       </c>
-      <c r="I3" t="inlineStr">
+      <c r="T3" t="inlineStr">
         <is>
           <t>February 2025</t>
         </is>
       </c>
-      <c r="J3" t="inlineStr">
+      <c r="U3" t="inlineStr">
         <is>
           <t>March 2025</t>
         </is>
       </c>
-      <c r="K3" t="inlineStr">
+      <c r="V3" t="inlineStr">
         <is>
           <t>April 2025</t>
         </is>
       </c>
-      <c r="L3" t="inlineStr">
+      <c r="W3" t="inlineStr">
         <is>
           <t>May 2025</t>
         </is>
       </c>
-      <c r="M3" t="inlineStr">
+      <c r="X3" t="inlineStr">
         <is>
           <t>June 2025</t>
         </is>
       </c>
-      <c r="N3" t="inlineStr">
+      <c r="Y3" t="inlineStr">
         <is>
           <t>July 2025</t>
         </is>
       </c>
-      <c r="O3" t="inlineStr">
+      <c r="Z3" t="inlineStr">
         <is>
           <t>August 2025</t>
         </is>
       </c>
-      <c r="P3" t="inlineStr">
+      <c r="AA3" t="inlineStr">
         <is>
           <t>September 2025</t>
         </is>
       </c>
-      <c r="Q3" t="inlineStr">
-[...9 lines deleted...]
-      <c r="S3" t="inlineStr">
+      <c r="AB3" t="inlineStr">
+        <is>
+          <t>October 2025</t>
+        </is>
+      </c>
+      <c r="AC3" t="inlineStr">
+        <is>
+          <t>November 2025</t>
+        </is>
+      </c>
+      <c r="AD3" t="inlineStr">
         <is>
           <t>November 2024</t>
         </is>
       </c>
-      <c r="T3" t="inlineStr">
+      <c r="AE3" t="inlineStr">
         <is>
           <t>December 2024</t>
         </is>
       </c>
-      <c r="U3" t="inlineStr">
+      <c r="AF3" t="inlineStr">
         <is>
           <t>January 2025</t>
         </is>
       </c>
-      <c r="V3" t="inlineStr">
+      <c r="AG3" t="inlineStr">
         <is>
           <t>February 2025</t>
         </is>
       </c>
-      <c r="W3" t="inlineStr">
+      <c r="AH3" t="inlineStr">
         <is>
           <t>March 2025</t>
         </is>
       </c>
-      <c r="X3" t="inlineStr">
+      <c r="AI3" t="inlineStr">
         <is>
           <t>April 2025</t>
         </is>
       </c>
-      <c r="Y3" t="inlineStr">
+      <c r="AJ3" t="inlineStr">
         <is>
           <t>May 2025</t>
         </is>
       </c>
-      <c r="Z3" t="inlineStr">
+      <c r="AK3" t="inlineStr">
         <is>
           <t>June 2025</t>
         </is>
       </c>
-      <c r="AA3" t="inlineStr">
+      <c r="AL3" t="inlineStr">
         <is>
           <t>July 2025</t>
         </is>
       </c>
-      <c r="AB3" t="inlineStr">
+      <c r="AM3" t="inlineStr">
         <is>
           <t>August 2025</t>
         </is>
       </c>
-      <c r="AC3" t="inlineStr">
+      <c r="AN3" t="inlineStr">
         <is>
           <t>September 2025</t>
         </is>
       </c>
-      <c r="AD3" t="inlineStr">
-[...53 lines deleted...]
-      </c>
       <c r="AO3" t="inlineStr">
         <is>
-          <t>August 2025</t>
+          <t>October 2025</t>
         </is>
       </c>
       <c r="AP3" t="inlineStr">
         <is>
-          <t>September 2025</t>
+          <t>November 2025</t>
         </is>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="inlineStr">
         <is>
           <t>All size classes</t>
         </is>
       </c>
       <c r="B4" t="inlineStr">
         <is>
           <t>Size class number of employees</t>
         </is>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="inlineStr">
         <is>
           <t>All size classes</t>
         </is>
       </c>
       <c r="B5" t="inlineStr">
         <is>
           <t>0 - 4 employees</t>
         </is>
       </c>
       <c r="C5"/>
       <c r="D5" s="1" t="n">
-        <v>339.0</v>
+        <v>214.0</v>
       </c>
       <c r="E5" s="1" t="n">
-        <v>273.0</v>
+        <v>263.0</v>
       </c>
       <c r="F5" s="1" t="n">
-        <v>214.0</v>
+        <v>257.0</v>
       </c>
       <c r="G5" s="1" t="n">
-        <v>263.0</v>
+        <v>280.0</v>
       </c>
       <c r="H5" s="1" t="n">
-        <v>257.0</v>
+        <v>253.0</v>
       </c>
       <c r="I5" s="1" t="n">
-        <v>280.0</v>
+        <v>291.0</v>
       </c>
       <c r="J5" s="1" t="n">
-        <v>253.0</v>
+        <v>217.0</v>
       </c>
       <c r="K5" s="1" t="n">
-        <v>291.0</v>
+        <v>287.0</v>
       </c>
       <c r="L5" s="1" t="n">
-        <v>217.0</v>
+        <v>199.0</v>
       </c>
       <c r="M5" s="1" t="n">
-        <v>287.0</v>
+        <v>147.0</v>
       </c>
       <c r="N5" s="1" t="n">
-        <v>199.0</v>
+        <v>318.0</v>
       </c>
       <c r="O5" s="1" t="n">
-        <v>147.0</v>
+        <v>299.0</v>
       </c>
       <c r="P5" s="1" t="n">
-        <v>318.0</v>
+        <v>251.0</v>
       </c>
       <c r="Q5" s="1" t="n">
-        <v>213.0</v>
+        <v>149.0</v>
       </c>
       <c r="R5" s="1" t="n">
-        <v>165.0</v>
+        <v>137.0</v>
       </c>
       <c r="S5" s="1" t="n">
-        <v>149.0</v>
+        <v>141.0</v>
       </c>
       <c r="T5" s="1" t="n">
-        <v>137.0</v>
+        <v>155.0</v>
       </c>
       <c r="U5" s="1" t="n">
-        <v>141.0</v>
+        <v>181.0</v>
       </c>
       <c r="V5" s="1" t="n">
-        <v>155.0</v>
+        <v>187.0</v>
       </c>
       <c r="W5" s="1" t="n">
-        <v>181.0</v>
+        <v>144.0</v>
       </c>
       <c r="X5" s="1" t="n">
-        <v>187.0</v>
+        <v>182.0</v>
       </c>
       <c r="Y5" s="1" t="n">
-        <v>144.0</v>
+        <v>121.0</v>
       </c>
       <c r="Z5" s="1" t="n">
-        <v>182.0</v>
+        <v>100.0</v>
       </c>
       <c r="AA5" s="1" t="n">
-        <v>121.0</v>
+        <v>228.0</v>
       </c>
       <c r="AB5" s="1" t="n">
-        <v>100.0</v>
+        <v>195.0</v>
       </c>
       <c r="AC5" s="1" t="n">
-        <v>228.0</v>
+        <v>175.0</v>
       </c>
       <c r="AD5" s="1" t="n">
-        <v>1517.0</v>
+        <v>1003.0</v>
       </c>
       <c r="AE5" s="1" t="n">
-        <v>1263.0</v>
+        <v>1213.0</v>
       </c>
       <c r="AF5" s="1" t="n">
-        <v>1003.0</v>
+        <v>1156.0</v>
       </c>
       <c r="AG5" s="1" t="n">
-        <v>1213.0</v>
+        <v>1197.0</v>
       </c>
       <c r="AH5" s="1" t="n">
-        <v>1156.0</v>
+        <v>1296.0</v>
       </c>
       <c r="AI5" s="1" t="n">
-        <v>1197.0</v>
+        <v>1241.0</v>
       </c>
       <c r="AJ5" s="1" t="n">
-        <v>1296.0</v>
+        <v>1080.0</v>
       </c>
       <c r="AK5" s="1" t="n">
-        <v>1241.0</v>
+        <v>1412.0</v>
       </c>
       <c r="AL5" s="1" t="n">
-        <v>1080.0</v>
+        <v>884.0</v>
       </c>
       <c r="AM5" s="1" t="n">
-        <v>1412.0</v>
+        <v>612.0</v>
       </c>
       <c r="AN5" s="1" t="n">
-        <v>884.0</v>
+        <v>1498.0</v>
       </c>
       <c r="AO5" s="1" t="n">
-        <v>613.0</v>
+        <v>1352.0</v>
       </c>
       <c r="AP5" s="1" t="n">
-        <v>1495.0</v>
+        <v>1164.0</v>
       </c>
     </row>
     <row r="6">
       <c r="A6"/>
       <c r="B6" t="inlineStr">
         <is>
           <t>5 - 9 employees</t>
         </is>
       </c>
       <c r="C6"/>
       <c r="D6" s="1" t="n">
-        <v>153.0</v>
+        <v>190.0</v>
       </c>
       <c r="E6" s="1" t="n">
-        <v>238.0</v>
+        <v>207.0</v>
       </c>
       <c r="F6" s="1" t="n">
-        <v>190.0</v>
+        <v>130.0</v>
       </c>
       <c r="G6" s="1" t="n">
-        <v>207.0</v>
+        <v>181.0</v>
       </c>
       <c r="H6" s="1" t="n">
-        <v>130.0</v>
+        <v>157.0</v>
       </c>
       <c r="I6" s="1" t="n">
-        <v>181.0</v>
+        <v>187.0</v>
       </c>
       <c r="J6" s="1" t="n">
-        <v>157.0</v>
+        <v>170.0</v>
       </c>
       <c r="K6" s="1" t="n">
-        <v>187.0</v>
+        <v>194.0</v>
       </c>
       <c r="L6" s="1" t="n">
-        <v>170.0</v>
+        <v>182.0</v>
       </c>
       <c r="M6" s="1" t="n">
-        <v>194.0</v>
+        <v>134.0</v>
       </c>
       <c r="N6" s="1" t="n">
-        <v>182.0</v>
+        <v>260.0</v>
       </c>
       <c r="O6" s="1" t="n">
-        <v>134.0</v>
+        <v>186.0</v>
       </c>
       <c r="P6" s="1" t="n">
-        <v>257.0</v>
+        <v>178.0</v>
       </c>
       <c r="Q6" s="1" t="n">
-        <v>96.0</v>
+        <v>108.0</v>
       </c>
       <c r="R6" s="1" t="n">
-        <v>172.0</v>
+        <v>88.0</v>
       </c>
       <c r="S6" s="1" t="n">
-        <v>108.0</v>
+        <v>61.0</v>
       </c>
       <c r="T6" s="1" t="n">
-        <v>88.0</v>
+        <v>136.0</v>
       </c>
       <c r="U6" s="1" t="n">
-        <v>61.0</v>
+        <v>95.0</v>
       </c>
       <c r="V6" s="1" t="n">
-        <v>136.0</v>
+        <v>142.0</v>
       </c>
       <c r="W6" s="1" t="n">
-        <v>95.0</v>
+        <v>78.0</v>
       </c>
       <c r="X6" s="1" t="n">
-        <v>142.0</v>
+        <v>132.0</v>
       </c>
       <c r="Y6" s="1" t="n">
-        <v>78.0</v>
+        <v>124.0</v>
       </c>
       <c r="Z6" s="1" t="n">
-        <v>132.0</v>
+        <v>70.0</v>
       </c>
       <c r="AA6" s="1" t="n">
-        <v>124.0</v>
+        <v>126.0</v>
       </c>
       <c r="AB6" s="1" t="n">
-        <v>70.0</v>
+        <v>131.0</v>
       </c>
       <c r="AC6" s="1" t="n">
-        <v>121.0</v>
+        <v>119.0</v>
       </c>
       <c r="AD6" s="1" t="n">
-        <v>252.0</v>
+        <v>308.0</v>
       </c>
       <c r="AE6" s="1" t="n">
-        <v>416.0</v>
+        <v>311.0</v>
       </c>
       <c r="AF6" s="1" t="n">
-        <v>308.0</v>
+        <v>198.0</v>
       </c>
       <c r="AG6" s="1" t="n">
-        <v>311.0</v>
+        <v>322.0</v>
       </c>
       <c r="AH6" s="1" t="n">
-        <v>198.0</v>
+        <v>266.0</v>
       </c>
       <c r="AI6" s="1" t="n">
-        <v>322.0</v>
+        <v>341.0</v>
       </c>
       <c r="AJ6" s="1" t="n">
-        <v>266.0</v>
+        <v>253.0</v>
       </c>
       <c r="AK6" s="1" t="n">
-        <v>341.0</v>
+        <v>331.0</v>
       </c>
       <c r="AL6" s="1" t="n">
-        <v>253.0</v>
+        <v>307.0</v>
       </c>
       <c r="AM6" s="1" t="n">
-        <v>331.0</v>
+        <v>206.0</v>
       </c>
       <c r="AN6" s="1" t="n">
-        <v>307.0</v>
+        <v>401.0</v>
       </c>
       <c r="AO6" s="1" t="n">
-        <v>206.0</v>
+        <v>328.0</v>
       </c>
       <c r="AP6" s="1" t="n">
-        <v>393.0</v>
+        <v>302.0</v>
       </c>
     </row>
     <row r="7">
       <c r="A7"/>
       <c r="B7" t="inlineStr">
         <is>
           <t>10 - 19 employees</t>
         </is>
       </c>
       <c r="C7"/>
       <c r="D7" s="1" t="n">
-        <v>182.0</v>
+        <v>122.0</v>
       </c>
       <c r="E7" s="1" t="n">
-        <v>207.0</v>
+        <v>134.0</v>
       </c>
       <c r="F7" s="1" t="n">
-        <v>122.0</v>
+        <v>135.0</v>
       </c>
       <c r="G7" s="1" t="n">
-        <v>134.0</v>
+        <v>230.0</v>
       </c>
       <c r="H7" s="1" t="n">
-        <v>135.0</v>
+        <v>100.0</v>
       </c>
       <c r="I7" s="1" t="n">
-        <v>230.0</v>
+        <v>162.0</v>
       </c>
       <c r="J7" s="1" t="n">
-        <v>100.0</v>
+        <v>145.0</v>
       </c>
       <c r="K7" s="1" t="n">
-        <v>162.0</v>
+        <v>186.0</v>
       </c>
       <c r="L7" s="1" t="n">
-        <v>145.0</v>
+        <v>61.0</v>
       </c>
       <c r="M7" s="1" t="n">
-        <v>186.0</v>
+        <v>148.0</v>
       </c>
       <c r="N7" s="1" t="n">
-        <v>61.0</v>
+        <v>195.0</v>
       </c>
       <c r="O7" s="1" t="n">
-        <v>148.0</v>
+        <v>126.0</v>
       </c>
       <c r="P7" s="1" t="n">
-        <v>187.0</v>
+        <v>150.0</v>
       </c>
       <c r="Q7" s="1" t="n">
-        <v>57.0</v>
+        <v>88.0</v>
       </c>
       <c r="R7" s="1" t="n">
-        <v>76.0</v>
+        <v>93.0</v>
       </c>
       <c r="S7" s="1" t="n">
-        <v>88.0</v>
+        <v>35.0</v>
       </c>
       <c r="T7" s="1" t="n">
-        <v>93.0</v>
+        <v>115.0</v>
       </c>
       <c r="U7" s="1" t="n">
-        <v>35.0</v>
+        <v>89.0</v>
       </c>
       <c r="V7" s="1" t="n">
-        <v>115.0</v>
+        <v>79.0</v>
       </c>
       <c r="W7" s="1" t="n">
-        <v>89.0</v>
+        <v>43.0</v>
       </c>
       <c r="X7" s="1" t="n">
+        <v>108.0</v>
+      </c>
+      <c r="Y7" s="1" t="n">
+        <v>42.0</v>
+      </c>
+      <c r="Z7" s="1" t="n">
+        <v>66.0</v>
+      </c>
+      <c r="AA7" s="1" t="n">
+        <v>177.0</v>
+      </c>
+      <c r="AB7" s="1" t="n">
+        <v>97.0</v>
+      </c>
+      <c r="AC7" s="1" t="n">
         <v>79.0</v>
       </c>
-      <c r="Y7" s="1" t="n">
-[...13 lines deleted...]
-      </c>
       <c r="AD7" s="1" t="n">
-        <v>241.0</v>
+        <v>210.0</v>
       </c>
       <c r="AE7" s="1" t="n">
-        <v>283.0</v>
+        <v>227.0</v>
       </c>
       <c r="AF7" s="1" t="n">
-        <v>210.0</v>
+        <v>170.0</v>
       </c>
       <c r="AG7" s="1" t="n">
-        <v>227.0</v>
+        <v>345.0</v>
       </c>
       <c r="AH7" s="1" t="n">
-        <v>170.0</v>
+        <v>191.0</v>
       </c>
       <c r="AI7" s="1" t="n">
-        <v>345.0</v>
+        <v>243.0</v>
       </c>
       <c r="AJ7" s="1" t="n">
-        <v>191.0</v>
+        <v>190.0</v>
       </c>
       <c r="AK7" s="1" t="n">
-        <v>243.0</v>
+        <v>300.0</v>
       </c>
       <c r="AL7" s="1" t="n">
-        <v>190.0</v>
+        <v>106.0</v>
       </c>
       <c r="AM7" s="1" t="n">
-        <v>300.0</v>
+        <v>215.0</v>
       </c>
       <c r="AN7" s="1" t="n">
-        <v>106.0</v>
+        <v>375.0</v>
       </c>
       <c r="AO7" s="1" t="n">
-        <v>215.0</v>
+        <v>224.0</v>
       </c>
       <c r="AP7" s="1" t="n">
-        <v>365.0</v>
+        <v>229.0</v>
       </c>
     </row>
     <row r="8">
       <c r="A8"/>
       <c r="B8" t="inlineStr">
         <is>
           <t>20 - 49 employees</t>
         </is>
       </c>
       <c r="C8"/>
       <c r="D8" s="1" t="n">
-        <v>176.0</v>
+        <v>132.0</v>
       </c>
       <c r="E8" s="1" t="n">
-        <v>178.0</v>
+        <v>300.0</v>
       </c>
       <c r="F8" s="1" t="n">
-        <v>132.0</v>
+        <v>128.0</v>
       </c>
       <c r="G8" s="1" t="n">
-        <v>300.0</v>
+        <v>229.0</v>
       </c>
       <c r="H8" s="1" t="n">
-        <v>128.0</v>
+        <v>124.0</v>
       </c>
       <c r="I8" s="1" t="n">
-        <v>229.0</v>
+        <v>182.0</v>
       </c>
       <c r="J8" s="1" t="n">
-        <v>124.0</v>
+        <v>23.0</v>
       </c>
       <c r="K8" s="1" t="n">
-        <v>182.0</v>
+        <v>498.0</v>
       </c>
       <c r="L8" s="1" t="n">
-        <v>23.0</v>
+        <v>147.0</v>
       </c>
       <c r="M8" s="1" t="n">
-        <v>498.0</v>
+        <v>236.0</v>
       </c>
       <c r="N8" s="1" t="n">
-        <v>147.0</v>
+        <v>115.0</v>
       </c>
       <c r="O8" s="1" t="n">
-        <v>236.0</v>
+        <v>259.0</v>
       </c>
       <c r="P8" s="1" t="n">
-        <v>115.0</v>
+        <v>213.0</v>
       </c>
       <c r="Q8" s="1" t="n">
-        <v>90.0</v>
+        <v>48.0</v>
       </c>
       <c r="R8" s="1" t="n">
-        <v>93.0</v>
+        <v>94.0</v>
       </c>
       <c r="S8" s="1" t="n">
-        <v>48.0</v>
+        <v>32.0</v>
       </c>
       <c r="T8" s="1" t="n">
-        <v>94.0</v>
+        <v>44.0</v>
       </c>
       <c r="U8" s="1" t="n">
-        <v>32.0</v>
+        <v>83.0</v>
       </c>
       <c r="V8" s="1" t="n">
-        <v>44.0</v>
+        <v>85.0</v>
       </c>
       <c r="W8" s="1" t="n">
-        <v>83.0</v>
+        <v>37.0</v>
       </c>
       <c r="X8" s="1" t="n">
-        <v>85.0</v>
+        <v>189.0</v>
       </c>
       <c r="Y8" s="1" t="n">
-        <v>37.0</v>
+        <v>27.0</v>
       </c>
       <c r="Z8" s="1" t="n">
-        <v>189.0</v>
+        <v>43.0</v>
       </c>
       <c r="AA8" s="1" t="n">
-        <v>27.0</v>
+        <v>75.0</v>
       </c>
       <c r="AB8" s="1" t="n">
-        <v>43.0</v>
+        <v>82.0</v>
       </c>
       <c r="AC8" s="1" t="n">
-        <v>75.0</v>
+        <v>62.0</v>
       </c>
       <c r="AD8" s="1" t="n">
-        <v>266.0</v>
+        <v>181.0</v>
       </c>
       <c r="AE8" s="1" t="n">
-        <v>271.0</v>
+        <v>395.0</v>
       </c>
       <c r="AF8" s="1" t="n">
-        <v>181.0</v>
+        <v>162.0</v>
       </c>
       <c r="AG8" s="1" t="n">
-        <v>395.0</v>
+        <v>275.0</v>
       </c>
       <c r="AH8" s="1" t="n">
-        <v>162.0</v>
+        <v>207.0</v>
       </c>
       <c r="AI8" s="1" t="n">
-        <v>275.0</v>
+        <v>267.0</v>
       </c>
       <c r="AJ8" s="1" t="n">
-        <v>207.0</v>
+        <v>60.0</v>
       </c>
       <c r="AK8" s="1" t="n">
-        <v>267.0</v>
+        <v>689.0</v>
       </c>
       <c r="AL8" s="1" t="n">
-        <v>60.0</v>
+        <v>174.0</v>
       </c>
       <c r="AM8" s="1" t="n">
-        <v>689.0</v>
+        <v>279.0</v>
       </c>
       <c r="AN8" s="1" t="n">
-        <v>174.0</v>
+        <v>190.0</v>
       </c>
       <c r="AO8" s="1" t="n">
-        <v>279.0</v>
+        <v>343.0</v>
       </c>
       <c r="AP8" s="1" t="n">
-        <v>190.0</v>
+        <v>276.0</v>
       </c>
     </row>
     <row r="9">
       <c r="A9"/>
       <c r="B9" t="inlineStr">
         <is>
           <t>50 - 99 employees</t>
         </is>
       </c>
       <c r="C9"/>
       <c r="D9" s="1" t="n">
+        <v>156.0</v>
+      </c>
+      <c r="E9" s="1" t="n">
         <v>110.0</v>
       </c>
-      <c r="E9" s="1" t="n">
+      <c r="F9" s="1" t="n">
+        <v>24.0</v>
+      </c>
+      <c r="G9" s="1" t="n">
+        <v>192.0</v>
+      </c>
+      <c r="H9" s="1" t="n">
+        <v>67.0</v>
+      </c>
+      <c r="I9" s="1" t="n">
+        <v>13.0</v>
+      </c>
+      <c r="J9" s="1" t="n">
+        <v>112.0</v>
+      </c>
+      <c r="K9"/>
+      <c r="L9"/>
+      <c r="M9" s="1" t="n">
+        <v>46.0</v>
+      </c>
+      <c r="N9" s="1" t="n">
+        <v>75.0</v>
+      </c>
+      <c r="O9" s="1" t="n">
+        <v>88.0</v>
+      </c>
+      <c r="P9" s="1" t="n">
+        <v>86.0</v>
+      </c>
+      <c r="Q9" s="1" t="n">
         <v>74.0</v>
       </c>
-      <c r="F9" s="1" t="n">
-[...5 lines deleted...]
-      <c r="H9" s="1" t="n">
+      <c r="R9" s="1" t="n">
+        <v>43.0</v>
+      </c>
+      <c r="S9" s="1" t="n">
+        <v>31.0</v>
+      </c>
+      <c r="T9" s="1" t="n">
+        <v>20.0</v>
+      </c>
+      <c r="U9" s="1" t="n">
+        <v>7.0</v>
+      </c>
+      <c r="V9" s="1" t="n">
+        <v>40.0</v>
+      </c>
+      <c r="W9" s="1" t="n">
+        <v>53.0</v>
+      </c>
+      <c r="X9"/>
+      <c r="Y9"/>
+      <c r="Z9" s="1" t="n">
+        <v>105.0</v>
+      </c>
+      <c r="AA9" s="1" t="n">
         <v>24.0</v>
       </c>
-      <c r="I9" s="1" t="n">
-[...25 lines deleted...]
-      <c r="S9" s="1" t="n">
+      <c r="AB9" s="1" t="n">
+        <v>36.0</v>
+      </c>
+      <c r="AC9" s="1" t="n">
+        <v>49.0</v>
+      </c>
+      <c r="AD9" s="1" t="n">
+        <v>230.0</v>
+      </c>
+      <c r="AE9" s="1" t="n">
+        <v>153.0</v>
+      </c>
+      <c r="AF9" s="1" t="n">
+        <v>55.0</v>
+      </c>
+      <c r="AG9" s="1" t="n">
+        <v>212.0</v>
+      </c>
+      <c r="AH9" s="1" t="n">
         <v>74.0</v>
       </c>
-      <c r="T9" s="1" t="n">
-[...14 lines deleted...]
-      <c r="Y9" s="1" t="n">
+      <c r="AI9" s="1" t="n">
         <v>53.0</v>
       </c>
-      <c r="Z9"/>
-[...24 lines deleted...]
-      </c>
       <c r="AJ9" s="1" t="n">
-        <v>74.0</v>
-[...4 lines deleted...]
-      <c r="AL9" s="1" t="n">
         <v>165.0</v>
       </c>
-      <c r="AM9"/>
-      <c r="AN9"/>
+      <c r="AK9"/>
+      <c r="AL9"/>
+      <c r="AM9" s="1" t="n">
+        <v>151.0</v>
+      </c>
+      <c r="AN9" s="1" t="n">
+        <v>99.0</v>
+      </c>
       <c r="AO9" s="1" t="n">
-        <v>151.0</v>
+        <v>124.0</v>
       </c>
       <c r="AP9" s="1" t="n">
-        <v>99.0</v>
+        <v>135.0</v>
       </c>
     </row>
     <row r="10">
       <c r="A10"/>
       <c r="B10" t="inlineStr">
         <is>
           <t>100 - 199 employees</t>
         </is>
       </c>
       <c r="C10"/>
-      <c r="D10" s="1" t="n">
-[...4 lines deleted...]
-      </c>
+      <c r="D10"/>
+      <c r="E10"/>
       <c r="F10"/>
       <c r="G10"/>
-      <c r="H10"/>
-[...1 lines deleted...]
-      <c r="J10" s="1" t="n">
+      <c r="H10" s="1" t="n">
         <v>241.0</v>
       </c>
-      <c r="K10" s="1" t="n">
+      <c r="I10" s="1" t="n">
         <v>134.0</v>
       </c>
-      <c r="L10"/>
-[...1 lines deleted...]
-      <c r="N10" s="1" t="n">
+      <c r="J10"/>
+      <c r="K10"/>
+      <c r="L10" s="1" t="n">
         <v>133.0</v>
       </c>
+      <c r="M10" s="1" t="n">
+        <v>140.0</v>
+      </c>
+      <c r="N10"/>
       <c r="O10" s="1" t="n">
-        <v>140.0</v>
+        <v>3.0</v>
       </c>
       <c r="P10"/>
-      <c r="Q10" s="1" t="n">
-[...4 lines deleted...]
-      </c>
+      <c r="Q10"/>
+      <c r="R10"/>
       <c r="S10"/>
       <c r="T10"/>
-      <c r="U10"/>
-[...1 lines deleted...]
-      <c r="W10" s="1" t="n">
+      <c r="U10" s="1" t="n">
         <v>37.0</v>
       </c>
-      <c r="X10" s="1" t="n">
+      <c r="V10" s="1" t="n">
         <v>103.0</v>
       </c>
-      <c r="Y10"/>
-[...1 lines deleted...]
-      <c r="AA10" s="1" t="n">
+      <c r="W10"/>
+      <c r="X10"/>
+      <c r="Y10" s="1" t="n">
         <v>87.0</v>
       </c>
+      <c r="Z10" s="1" t="n">
+        <v>85.0</v>
+      </c>
+      <c r="AA10"/>
       <c r="AB10" s="1" t="n">
-        <v>85.0</v>
+        <v>122.0</v>
       </c>
       <c r="AC10"/>
-      <c r="AD10" s="1" t="n">
-[...4 lines deleted...]
-      </c>
+      <c r="AD10"/>
+      <c r="AE10"/>
       <c r="AF10"/>
       <c r="AG10"/>
-      <c r="AH10"/>
-[...1 lines deleted...]
-      <c r="AJ10" s="1" t="n">
+      <c r="AH10" s="1" t="n">
         <v>278.0</v>
       </c>
-      <c r="AK10" s="1" t="n">
+      <c r="AI10" s="1" t="n">
         <v>237.0</v>
       </c>
-      <c r="AL10"/>
-[...1 lines deleted...]
-      <c r="AN10" s="1" t="n">
+      <c r="AJ10"/>
+      <c r="AK10"/>
+      <c r="AL10" s="1" t="n">
         <v>220.0</v>
       </c>
+      <c r="AM10" s="1" t="n">
+        <v>225.0</v>
+      </c>
+      <c r="AN10"/>
       <c r="AO10" s="1" t="n">
-        <v>225.0</v>
+        <v>125.0</v>
       </c>
       <c r="AP10"/>
     </row>
     <row r="11">
       <c r="A11"/>
       <c r="B11" t="inlineStr">
         <is>
           <t>200 - 249 employees</t>
         </is>
       </c>
       <c r="C11"/>
       <c r="D11"/>
-      <c r="E11" s="1" t="n">
-[...1 lines deleted...]
-      </c>
+      <c r="E11"/>
       <c r="F11"/>
-      <c r="G11"/>
+      <c r="G11" s="1" t="n">
+        <v>166.0</v>
+      </c>
       <c r="H11"/>
-      <c r="I11" s="1" t="n">
-[...1 lines deleted...]
-      </c>
+      <c r="I11"/>
       <c r="J11"/>
       <c r="K11"/>
       <c r="L11"/>
-      <c r="M11"/>
+      <c r="M11" s="1" t="n">
+        <v>218.0</v>
+      </c>
       <c r="N11"/>
-      <c r="O11" s="1" t="n">
-[...1 lines deleted...]
-      </c>
+      <c r="O11"/>
       <c r="P11"/>
       <c r="Q11"/>
-      <c r="R11" s="1" t="n">
-[...1 lines deleted...]
-      </c>
+      <c r="R11"/>
       <c r="S11"/>
-      <c r="T11"/>
+      <c r="T11" s="1" t="n">
+        <v>71.0</v>
+      </c>
       <c r="U11"/>
-      <c r="V11" s="1" t="n">
-[...1 lines deleted...]
-      </c>
+      <c r="V11"/>
       <c r="W11"/>
       <c r="X11"/>
       <c r="Y11"/>
-      <c r="Z11"/>
+      <c r="Z11" s="1" t="n">
+        <v>24.0</v>
+      </c>
       <c r="AA11"/>
-      <c r="AB11" s="1" t="n">
-[...1 lines deleted...]
-      </c>
+      <c r="AB11"/>
       <c r="AC11"/>
       <c r="AD11"/>
-      <c r="AE11" s="1" t="n">
-[...1 lines deleted...]
-      </c>
+      <c r="AE11"/>
       <c r="AF11"/>
-      <c r="AG11"/>
+      <c r="AG11" s="1" t="n">
+        <v>237.0</v>
+      </c>
       <c r="AH11"/>
-      <c r="AI11" s="1" t="n">
-[...1 lines deleted...]
-      </c>
+      <c r="AI11"/>
       <c r="AJ11"/>
       <c r="AK11"/>
       <c r="AL11"/>
-      <c r="AM11"/>
+      <c r="AM11" s="1" t="n">
+        <v>242.0</v>
+      </c>
       <c r="AN11"/>
-      <c r="AO11" s="1" t="n">
-[...1 lines deleted...]
-      </c>
+      <c r="AO11"/>
       <c r="AP11"/>
     </row>
     <row r="12">
       <c r="A12"/>
       <c r="B12" t="inlineStr">
         <is>
           <t>250 - 499 employees</t>
         </is>
       </c>
       <c r="C12"/>
       <c r="D12"/>
-      <c r="E12"/>
+      <c r="E12" s="1" t="n">
+        <v>252.0</v>
+      </c>
       <c r="F12"/>
-      <c r="G12" s="1" t="n">
-[...4 lines deleted...]
-      <c r="J12" s="1" t="n">
+      <c r="G12"/>
+      <c r="H12" s="1" t="n">
         <v>226.0</v>
       </c>
-      <c r="K12" s="1" t="n">
+      <c r="I12" s="1" t="n">
         <v>299.0</v>
       </c>
+      <c r="J12"/>
+      <c r="K12"/>
       <c r="L12"/>
       <c r="M12"/>
       <c r="N12"/>
       <c r="O12"/>
       <c r="P12"/>
       <c r="Q12"/>
-      <c r="R12"/>
+      <c r="R12" s="1" t="n">
+        <v>28.0</v>
+      </c>
       <c r="S12"/>
-      <c r="T12" s="1" t="n">
-[...4 lines deleted...]
-      <c r="W12" s="1" t="n">
+      <c r="T12"/>
+      <c r="U12" s="1" t="n">
         <v>209.0</v>
       </c>
-      <c r="X12" s="1" t="n">
+      <c r="V12" s="1" t="n">
         <v>11.0</v>
       </c>
+      <c r="W12"/>
+      <c r="X12"/>
       <c r="Y12"/>
       <c r="Z12"/>
       <c r="AA12"/>
       <c r="AB12"/>
       <c r="AC12"/>
       <c r="AD12"/>
-      <c r="AE12"/>
+      <c r="AE12" s="1" t="n">
+        <v>280.0</v>
+      </c>
       <c r="AF12"/>
-      <c r="AG12" s="1" t="n">
-[...4 lines deleted...]
-      <c r="AJ12" s="1" t="n">
+      <c r="AG12"/>
+      <c r="AH12" s="1" t="n">
         <v>435.0</v>
       </c>
-      <c r="AK12" s="1" t="n">
+      <c r="AI12" s="1" t="n">
         <v>310.0</v>
       </c>
+      <c r="AJ12"/>
+      <c r="AK12"/>
       <c r="AL12"/>
       <c r="AM12"/>
       <c r="AN12"/>
       <c r="AO12"/>
       <c r="AP12"/>
     </row>
     <row r="13">
       <c r="A13"/>
       <c r="B13" t="inlineStr">
         <is>
           <t>500 - 999 employees</t>
         </is>
       </c>
       <c r="C13"/>
       <c r="D13"/>
       <c r="E13"/>
-      <c r="F13"/>
+      <c r="F13" s="1" t="n">
+        <v>362.0</v>
+      </c>
       <c r="G13"/>
-      <c r="H13" s="1" t="n">
-[...2 lines deleted...]
-      <c r="I13"/>
+      <c r="H13"/>
+      <c r="I13" s="1" t="n">
+        <v>497.0</v>
+      </c>
       <c r="J13"/>
-      <c r="K13" s="1" t="n">
-[...2 lines deleted...]
-      <c r="L13"/>
+      <c r="K13"/>
+      <c r="L13" s="1" t="n">
+        <v>822.0</v>
+      </c>
       <c r="M13"/>
-      <c r="N13" s="1" t="n">
-[...1 lines deleted...]
-      </c>
+      <c r="N13"/>
       <c r="O13"/>
       <c r="P13"/>
       <c r="Q13"/>
       <c r="R13"/>
-      <c r="S13"/>
+      <c r="S13" s="1" t="n">
+        <v>357.0</v>
+      </c>
       <c r="T13"/>
-      <c r="U13" s="1" t="n">
-[...2 lines deleted...]
-      <c r="V13"/>
+      <c r="U13"/>
+      <c r="V13" s="1" t="n">
+        <v>12.0</v>
+      </c>
       <c r="W13"/>
-      <c r="X13" s="1" t="n">
-[...2 lines deleted...]
-      <c r="Y13"/>
+      <c r="X13"/>
+      <c r="Y13" s="1" t="n">
+        <v>35.0</v>
+      </c>
       <c r="Z13"/>
-      <c r="AA13" s="1" t="n">
-[...1 lines deleted...]
-      </c>
+      <c r="AA13"/>
       <c r="AB13"/>
       <c r="AC13"/>
       <c r="AD13"/>
       <c r="AE13"/>
-      <c r="AF13"/>
+      <c r="AF13" s="1" t="n">
+        <v>721.0</v>
+      </c>
       <c r="AG13"/>
-      <c r="AH13" s="1" t="n">
-[...2 lines deleted...]
-      <c r="AI13"/>
+      <c r="AH13"/>
+      <c r="AI13" s="1" t="n">
+        <v>511.0</v>
+      </c>
       <c r="AJ13"/>
-      <c r="AK13" s="1" t="n">
-[...2 lines deleted...]
-      <c r="AL13"/>
+      <c r="AK13"/>
+      <c r="AL13" s="1" t="n">
+        <v>857.0</v>
+      </c>
       <c r="AM13"/>
-      <c r="AN13" s="1" t="n">
-[...1 lines deleted...]
-      </c>
+      <c r="AN13"/>
       <c r="AO13"/>
       <c r="AP13"/>
     </row>
     <row r="14">
       <c r="A14"/>
       <c r="B14" t="inlineStr">
         <is>
           <t>1000 employees and more</t>
         </is>
       </c>
       <c r="C14"/>
       <c r="D14"/>
       <c r="E14"/>
       <c r="F14"/>
       <c r="G14"/>
       <c r="H14"/>
       <c r="I14"/>
       <c r="J14"/>
       <c r="K14"/>
       <c r="L14"/>
       <c r="M14"/>
       <c r="N14"/>
       <c r="O14"/>
       <c r="P14"/>
       <c r="Q14"/>
@@ -1495,165 +1483,165 @@
       <c r="AB14"/>
       <c r="AC14"/>
       <c r="AD14"/>
       <c r="AE14"/>
       <c r="AF14"/>
       <c r="AG14"/>
       <c r="AH14"/>
       <c r="AI14"/>
       <c r="AJ14"/>
       <c r="AK14"/>
       <c r="AL14"/>
       <c r="AM14"/>
       <c r="AN14"/>
       <c r="AO14"/>
       <c r="AP14"/>
     </row>
     <row r="15">
       <c r="A15" t="inlineStr">
         <is>
           <t>All size classes</t>
         </is>
       </c>
       <c r="B15"/>
       <c r="C15"/>
       <c r="D15" s="1" t="n">
-        <v>1172.0</v>
+        <v>814.0</v>
       </c>
       <c r="E15" s="1" t="n">
-        <v>1078.0</v>
+        <v>1266.0</v>
       </c>
       <c r="F15" s="1" t="n">
-        <v>814.0</v>
+        <v>1036.0</v>
       </c>
       <c r="G15" s="1" t="n">
-        <v>1266.0</v>
+        <v>1278.0</v>
       </c>
       <c r="H15" s="1" t="n">
-        <v>1036.0</v>
+        <v>1168.0</v>
       </c>
       <c r="I15" s="1" t="n">
-        <v>1278.0</v>
+        <v>1765.0</v>
       </c>
       <c r="J15" s="1" t="n">
-        <v>1168.0</v>
+        <v>667.0</v>
       </c>
       <c r="K15" s="1" t="n">
-        <v>1765.0</v>
+        <v>1165.0</v>
       </c>
       <c r="L15" s="1" t="n">
-        <v>667.0</v>
+        <v>1544.0</v>
       </c>
       <c r="M15" s="1" t="n">
-        <v>1165.0</v>
+        <v>1069.0</v>
       </c>
       <c r="N15" s="1" t="n">
-        <v>1544.0</v>
+        <v>963.0</v>
       </c>
       <c r="O15" s="1" t="n">
-        <v>1069.0</v>
+        <v>961.0</v>
       </c>
       <c r="P15" s="1" t="n">
-        <v>952.0</v>
+        <v>878.0</v>
       </c>
       <c r="Q15" s="1" t="n">
-        <v>586.0</v>
+        <v>467.0</v>
       </c>
       <c r="R15" s="1" t="n">
-        <v>794.0</v>
+        <v>483.0</v>
       </c>
       <c r="S15" s="1" t="n">
-        <v>467.0</v>
+        <v>657.0</v>
       </c>
       <c r="T15" s="1" t="n">
-        <v>483.0</v>
+        <v>541.0</v>
       </c>
       <c r="U15" s="1" t="n">
-        <v>657.0</v>
+        <v>701.0</v>
       </c>
       <c r="V15" s="1" t="n">
-        <v>541.0</v>
+        <v>659.0</v>
       </c>
       <c r="W15" s="1" t="n">
-        <v>701.0</v>
+        <v>355.0</v>
       </c>
       <c r="X15" s="1" t="n">
-        <v>659.0</v>
+        <v>611.0</v>
       </c>
       <c r="Y15" s="1" t="n">
-        <v>355.0</v>
+        <v>436.0</v>
       </c>
       <c r="Z15" s="1" t="n">
-        <v>611.0</v>
+        <v>493.0</v>
       </c>
       <c r="AA15" s="1" t="n">
-        <v>436.0</v>
+        <v>630.0</v>
       </c>
       <c r="AB15" s="1" t="n">
-        <v>493.0</v>
+        <v>663.0</v>
       </c>
       <c r="AC15" s="1" t="n">
-        <v>623.0</v>
+        <v>484.0</v>
       </c>
       <c r="AD15" s="1" t="n">
-        <v>2728.0</v>
+        <v>1932.0</v>
       </c>
       <c r="AE15" s="1" t="n">
-        <v>2703.0</v>
+        <v>2579.0</v>
       </c>
       <c r="AF15" s="1" t="n">
-        <v>1932.0</v>
+        <v>2462.0</v>
       </c>
       <c r="AG15" s="1" t="n">
-        <v>2579.0</v>
+        <v>2588.0</v>
       </c>
       <c r="AH15" s="1" t="n">
-        <v>2462.0</v>
+        <v>2747.0</v>
       </c>
       <c r="AI15" s="1" t="n">
-        <v>2588.0</v>
+        <v>3203.0</v>
       </c>
       <c r="AJ15" s="1" t="n">
-        <v>2747.0</v>
+        <v>1748.0</v>
       </c>
       <c r="AK15" s="1" t="n">
-        <v>3203.0</v>
+        <v>2732.0</v>
       </c>
       <c r="AL15" s="1" t="n">
-        <v>1748.0</v>
+        <v>2548.0</v>
       </c>
       <c r="AM15" s="1" t="n">
-        <v>2732.0</v>
+        <v>1930.0</v>
       </c>
       <c r="AN15" s="1" t="n">
-        <v>2548.0</v>
+        <v>2563.0</v>
       </c>
       <c r="AO15" s="1" t="n">
-        <v>1931.0</v>
+        <v>2496.0</v>
       </c>
       <c r="AP15" s="1" t="n">
-        <v>2542.0</v>
+        <v>2106.0</v>
       </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <cols>
     <col min="1" max="1" width="13.3828125" customWidth="true"/>
     <col min="2" max="2" width="22.40625" customWidth="true"/>
     <col min="3" max="3" width="4.96484375" customWidth="true"/>
     <col min="4" max="4" width="14.3203125" customWidth="true"/>
     <col min="5" max="5" width="5.25390625" customWidth="true"/>
     <col min="6" max="6" width="3.96875" customWidth="true"/>
     <col min="7" max="7" width="5.32421875" customWidth="true"/>
   </cols>
   <sheetData>
     <row r="1">
@@ -1689,4093 +1677,4081 @@
       </c>
       <c r="G1" t="inlineStr">
         <is>
           <t>Total job losses</t>
         </is>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="inlineStr">
         <is>
           <t>All size classes</t>
         </is>
       </c>
       <c r="B2" t="inlineStr">
         <is>
           <t>0 - 4 employees</t>
         </is>
       </c>
       <c r="C2" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="D2" t="inlineStr">
         <is>
-          <t>September 2024</t>
+          <t>November 2024</t>
         </is>
       </c>
       <c r="E2" s="1" t="n">
-        <v>339.0</v>
+        <v>214.0</v>
       </c>
       <c r="F2" s="1" t="n">
-        <v>213.0</v>
+        <v>149.0</v>
       </c>
       <c r="G2" s="1" t="n">
-        <v>1517.0</v>
+        <v>1003.0</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="inlineStr">
         <is>
           <t>All size classes</t>
         </is>
       </c>
       <c r="B3" t="inlineStr">
         <is>
           <t>0 - 4 employees</t>
         </is>
       </c>
       <c r="C3" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="D3" t="inlineStr">
         <is>
-          <t>October 2024</t>
+          <t>December 2024</t>
         </is>
       </c>
       <c r="E3" s="1" t="n">
-        <v>273.0</v>
+        <v>263.0</v>
       </c>
       <c r="F3" s="1" t="n">
-        <v>165.0</v>
+        <v>137.0</v>
       </c>
       <c r="G3" s="1" t="n">
-        <v>1263.0</v>
+        <v>1213.0</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="inlineStr">
         <is>
           <t>All size classes</t>
         </is>
       </c>
       <c r="B4" t="inlineStr">
         <is>
           <t>0 - 4 employees</t>
         </is>
       </c>
       <c r="C4" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="D4" t="inlineStr">
         <is>
-          <t>November 2024</t>
+          <t>January 2025</t>
         </is>
       </c>
       <c r="E4" s="1" t="n">
-        <v>214.0</v>
+        <v>257.0</v>
       </c>
       <c r="F4" s="1" t="n">
-        <v>149.0</v>
+        <v>141.0</v>
       </c>
       <c r="G4" s="1" t="n">
-        <v>1003.0</v>
+        <v>1156.0</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="inlineStr">
         <is>
           <t>All size classes</t>
         </is>
       </c>
       <c r="B5" t="inlineStr">
         <is>
           <t>0 - 4 employees</t>
         </is>
       </c>
       <c r="C5" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="D5" t="inlineStr">
         <is>
-          <t>December 2024</t>
+          <t>February 2025</t>
         </is>
       </c>
       <c r="E5" s="1" t="n">
-        <v>263.0</v>
+        <v>280.0</v>
       </c>
       <c r="F5" s="1" t="n">
-        <v>137.0</v>
+        <v>155.0</v>
       </c>
       <c r="G5" s="1" t="n">
-        <v>1213.0</v>
+        <v>1197.0</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="inlineStr">
         <is>
           <t>All size classes</t>
         </is>
       </c>
       <c r="B6" t="inlineStr">
         <is>
           <t>0 - 4 employees</t>
         </is>
       </c>
       <c r="C6" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D6" t="inlineStr">
         <is>
-          <t>January 2025</t>
+          <t>March 2025</t>
         </is>
       </c>
       <c r="E6" s="1" t="n">
-        <v>257.0</v>
+        <v>253.0</v>
       </c>
       <c r="F6" s="1" t="n">
-        <v>141.0</v>
+        <v>181.0</v>
       </c>
       <c r="G6" s="1" t="n">
-        <v>1156.0</v>
+        <v>1296.0</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="inlineStr">
         <is>
           <t>All size classes</t>
         </is>
       </c>
       <c r="B7" t="inlineStr">
         <is>
           <t>0 - 4 employees</t>
         </is>
       </c>
       <c r="C7" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D7" t="inlineStr">
         <is>
-          <t>February 2025</t>
+          <t>April 2025</t>
         </is>
       </c>
       <c r="E7" s="1" t="n">
-        <v>280.0</v>
+        <v>291.0</v>
       </c>
       <c r="F7" s="1" t="n">
-        <v>155.0</v>
+        <v>187.0</v>
       </c>
       <c r="G7" s="1" t="n">
-        <v>1197.0</v>
+        <v>1241.0</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="inlineStr">
         <is>
           <t>All size classes</t>
         </is>
       </c>
       <c r="B8" t="inlineStr">
         <is>
           <t>0 - 4 employees</t>
         </is>
       </c>
       <c r="C8" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D8" t="inlineStr">
         <is>
-          <t>March 2025</t>
+          <t>May 2025</t>
         </is>
       </c>
       <c r="E8" s="1" t="n">
-        <v>253.0</v>
+        <v>217.0</v>
       </c>
       <c r="F8" s="1" t="n">
-        <v>181.0</v>
+        <v>144.0</v>
       </c>
       <c r="G8" s="1" t="n">
-        <v>1296.0</v>
+        <v>1080.0</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="inlineStr">
         <is>
           <t>All size classes</t>
         </is>
       </c>
       <c r="B9" t="inlineStr">
         <is>
           <t>0 - 4 employees</t>
         </is>
       </c>
       <c r="C9" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D9" t="inlineStr">
         <is>
-          <t>April 2025</t>
+          <t>June 2025</t>
         </is>
       </c>
       <c r="E9" s="1" t="n">
-        <v>291.0</v>
+        <v>287.0</v>
       </c>
       <c r="F9" s="1" t="n">
-        <v>187.0</v>
+        <v>182.0</v>
       </c>
       <c r="G9" s="1" t="n">
-        <v>1241.0</v>
+        <v>1412.0</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="inlineStr">
         <is>
           <t>All size classes</t>
         </is>
       </c>
       <c r="B10" t="inlineStr">
         <is>
           <t>0 - 4 employees</t>
         </is>
       </c>
       <c r="C10" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D10" t="inlineStr">
         <is>
-          <t>May 2025</t>
+          <t>July 2025</t>
         </is>
       </c>
       <c r="E10" s="1" t="n">
-        <v>217.0</v>
+        <v>199.0</v>
       </c>
       <c r="F10" s="1" t="n">
-        <v>144.0</v>
+        <v>121.0</v>
       </c>
       <c r="G10" s="1" t="n">
-        <v>1080.0</v>
+        <v>884.0</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="inlineStr">
         <is>
           <t>All size classes</t>
         </is>
       </c>
       <c r="B11" t="inlineStr">
         <is>
           <t>0 - 4 employees</t>
         </is>
       </c>
       <c r="C11" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D11" t="inlineStr">
         <is>
-          <t>June 2025</t>
+          <t>August 2025</t>
         </is>
       </c>
       <c r="E11" s="1" t="n">
-        <v>287.0</v>
+        <v>147.0</v>
       </c>
       <c r="F11" s="1" t="n">
-        <v>182.0</v>
+        <v>100.0</v>
       </c>
       <c r="G11" s="1" t="n">
-        <v>1412.0</v>
+        <v>612.0</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="inlineStr">
         <is>
           <t>All size classes</t>
         </is>
       </c>
       <c r="B12" t="inlineStr">
         <is>
           <t>0 - 4 employees</t>
         </is>
       </c>
       <c r="C12" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D12" t="inlineStr">
         <is>
-          <t>July 2025</t>
+          <t>September 2025</t>
         </is>
       </c>
       <c r="E12" s="1" t="n">
-        <v>199.0</v>
+        <v>318.0</v>
       </c>
       <c r="F12" s="1" t="n">
-        <v>121.0</v>
+        <v>228.0</v>
       </c>
       <c r="G12" s="1" t="n">
-        <v>884.0</v>
+        <v>1498.0</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="inlineStr">
         <is>
           <t>All size classes</t>
         </is>
       </c>
       <c r="B13" t="inlineStr">
         <is>
           <t>0 - 4 employees</t>
         </is>
       </c>
       <c r="C13" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D13" t="inlineStr">
         <is>
-          <t>August 2025</t>
+          <t>October 2025</t>
         </is>
       </c>
       <c r="E13" s="1" t="n">
-        <v>147.0</v>
+        <v>299.0</v>
       </c>
       <c r="F13" s="1" t="n">
-        <v>100.0</v>
+        <v>195.0</v>
       </c>
       <c r="G13" s="1" t="n">
-        <v>613.0</v>
+        <v>1352.0</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="inlineStr">
         <is>
           <t>All size classes</t>
         </is>
       </c>
       <c r="B14" t="inlineStr">
         <is>
           <t>0 - 4 employees</t>
         </is>
       </c>
       <c r="C14" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D14" t="inlineStr">
         <is>
-          <t>September 2025</t>
+          <t>November 2025</t>
         </is>
       </c>
       <c r="E14" s="1" t="n">
-        <v>318.0</v>
+        <v>251.0</v>
       </c>
       <c r="F14" s="1" t="n">
-        <v>228.0</v>
+        <v>175.0</v>
       </c>
       <c r="G14" s="1" t="n">
-        <v>1495.0</v>
+        <v>1164.0</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="inlineStr">
         <is>
           <t>All size classes</t>
         </is>
       </c>
       <c r="B15" t="inlineStr">
         <is>
           <t>5 - 9 employees</t>
         </is>
       </c>
       <c r="C15" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="D15" t="inlineStr">
         <is>
-          <t>September 2024</t>
+          <t>November 2024</t>
         </is>
       </c>
       <c r="E15" s="1" t="n">
-        <v>153.0</v>
+        <v>190.0</v>
       </c>
       <c r="F15" s="1" t="n">
-        <v>96.0</v>
+        <v>108.0</v>
       </c>
       <c r="G15" s="1" t="n">
-        <v>252.0</v>
+        <v>308.0</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="inlineStr">
         <is>
           <t>All size classes</t>
         </is>
       </c>
       <c r="B16" t="inlineStr">
         <is>
           <t>5 - 9 employees</t>
         </is>
       </c>
       <c r="C16" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="D16" t="inlineStr">
         <is>
-          <t>October 2024</t>
+          <t>December 2024</t>
         </is>
       </c>
       <c r="E16" s="1" t="n">
-        <v>238.0</v>
+        <v>207.0</v>
       </c>
       <c r="F16" s="1" t="n">
-        <v>172.0</v>
+        <v>88.0</v>
       </c>
       <c r="G16" s="1" t="n">
-        <v>416.0</v>
+        <v>311.0</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="inlineStr">
         <is>
           <t>All size classes</t>
         </is>
       </c>
       <c r="B17" t="inlineStr">
         <is>
           <t>5 - 9 employees</t>
         </is>
       </c>
       <c r="C17" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="D17" t="inlineStr">
         <is>
-          <t>November 2024</t>
+          <t>January 2025</t>
         </is>
       </c>
       <c r="E17" s="1" t="n">
-        <v>190.0</v>
+        <v>130.0</v>
       </c>
       <c r="F17" s="1" t="n">
-        <v>108.0</v>
+        <v>61.0</v>
       </c>
       <c r="G17" s="1" t="n">
-        <v>308.0</v>
+        <v>198.0</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="inlineStr">
         <is>
           <t>All size classes</t>
         </is>
       </c>
       <c r="B18" t="inlineStr">
         <is>
           <t>5 - 9 employees</t>
         </is>
       </c>
       <c r="C18" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="D18" t="inlineStr">
         <is>
-          <t>December 2024</t>
+          <t>February 2025</t>
         </is>
       </c>
       <c r="E18" s="1" t="n">
-        <v>207.0</v>
+        <v>181.0</v>
       </c>
       <c r="F18" s="1" t="n">
-        <v>88.0</v>
+        <v>136.0</v>
       </c>
       <c r="G18" s="1" t="n">
-        <v>311.0</v>
+        <v>322.0</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="inlineStr">
         <is>
           <t>All size classes</t>
         </is>
       </c>
       <c r="B19" t="inlineStr">
         <is>
           <t>5 - 9 employees</t>
         </is>
       </c>
       <c r="C19" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D19" t="inlineStr">
         <is>
-          <t>January 2025</t>
+          <t>March 2025</t>
         </is>
       </c>
       <c r="E19" s="1" t="n">
-        <v>130.0</v>
+        <v>157.0</v>
       </c>
       <c r="F19" s="1" t="n">
-        <v>61.0</v>
+        <v>95.0</v>
       </c>
       <c r="G19" s="1" t="n">
-        <v>198.0</v>
+        <v>266.0</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="inlineStr">
         <is>
           <t>All size classes</t>
         </is>
       </c>
       <c r="B20" t="inlineStr">
         <is>
           <t>5 - 9 employees</t>
         </is>
       </c>
       <c r="C20" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D20" t="inlineStr">
         <is>
-          <t>February 2025</t>
+          <t>April 2025</t>
         </is>
       </c>
       <c r="E20" s="1" t="n">
-        <v>181.0</v>
+        <v>187.0</v>
       </c>
       <c r="F20" s="1" t="n">
-        <v>136.0</v>
+        <v>142.0</v>
       </c>
       <c r="G20" s="1" t="n">
-        <v>322.0</v>
+        <v>341.0</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="inlineStr">
         <is>
           <t>All size classes</t>
         </is>
       </c>
       <c r="B21" t="inlineStr">
         <is>
           <t>5 - 9 employees</t>
         </is>
       </c>
       <c r="C21" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D21" t="inlineStr">
         <is>
-          <t>March 2025</t>
+          <t>May 2025</t>
         </is>
       </c>
       <c r="E21" s="1" t="n">
-        <v>157.0</v>
+        <v>170.0</v>
       </c>
       <c r="F21" s="1" t="n">
-        <v>95.0</v>
+        <v>78.0</v>
       </c>
       <c r="G21" s="1" t="n">
-        <v>266.0</v>
+        <v>253.0</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="inlineStr">
         <is>
           <t>All size classes</t>
         </is>
       </c>
       <c r="B22" t="inlineStr">
         <is>
           <t>5 - 9 employees</t>
         </is>
       </c>
       <c r="C22" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D22" t="inlineStr">
         <is>
-          <t>April 2025</t>
+          <t>June 2025</t>
         </is>
       </c>
       <c r="E22" s="1" t="n">
-        <v>187.0</v>
+        <v>194.0</v>
       </c>
       <c r="F22" s="1" t="n">
-        <v>142.0</v>
+        <v>132.0</v>
       </c>
       <c r="G22" s="1" t="n">
-        <v>341.0</v>
+        <v>331.0</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="inlineStr">
         <is>
           <t>All size classes</t>
         </is>
       </c>
       <c r="B23" t="inlineStr">
         <is>
           <t>5 - 9 employees</t>
         </is>
       </c>
       <c r="C23" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D23" t="inlineStr">
         <is>
-          <t>May 2025</t>
+          <t>July 2025</t>
         </is>
       </c>
       <c r="E23" s="1" t="n">
-        <v>170.0</v>
+        <v>182.0</v>
       </c>
       <c r="F23" s="1" t="n">
-        <v>78.0</v>
+        <v>124.0</v>
       </c>
       <c r="G23" s="1" t="n">
-        <v>253.0</v>
+        <v>307.0</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="inlineStr">
         <is>
           <t>All size classes</t>
         </is>
       </c>
       <c r="B24" t="inlineStr">
         <is>
           <t>5 - 9 employees</t>
         </is>
       </c>
       <c r="C24" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D24" t="inlineStr">
         <is>
-          <t>June 2025</t>
+          <t>August 2025</t>
         </is>
       </c>
       <c r="E24" s="1" t="n">
-        <v>194.0</v>
+        <v>134.0</v>
       </c>
       <c r="F24" s="1" t="n">
-        <v>132.0</v>
+        <v>70.0</v>
       </c>
       <c r="G24" s="1" t="n">
-        <v>331.0</v>
+        <v>206.0</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="inlineStr">
         <is>
           <t>All size classes</t>
         </is>
       </c>
       <c r="B25" t="inlineStr">
         <is>
           <t>5 - 9 employees</t>
         </is>
       </c>
       <c r="C25" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D25" t="inlineStr">
         <is>
-          <t>July 2025</t>
+          <t>September 2025</t>
         </is>
       </c>
       <c r="E25" s="1" t="n">
-        <v>182.0</v>
+        <v>260.0</v>
       </c>
       <c r="F25" s="1" t="n">
-        <v>124.0</v>
+        <v>126.0</v>
       </c>
       <c r="G25" s="1" t="n">
-        <v>307.0</v>
+        <v>401.0</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="inlineStr">
         <is>
           <t>All size classes</t>
         </is>
       </c>
       <c r="B26" t="inlineStr">
         <is>
           <t>5 - 9 employees</t>
         </is>
       </c>
       <c r="C26" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D26" t="inlineStr">
         <is>
-          <t>August 2025</t>
+          <t>October 2025</t>
         </is>
       </c>
       <c r="E26" s="1" t="n">
-        <v>134.0</v>
+        <v>186.0</v>
       </c>
       <c r="F26" s="1" t="n">
-        <v>70.0</v>
+        <v>131.0</v>
       </c>
       <c r="G26" s="1" t="n">
-        <v>206.0</v>
+        <v>328.0</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="inlineStr">
         <is>
           <t>All size classes</t>
         </is>
       </c>
       <c r="B27" t="inlineStr">
         <is>
           <t>5 - 9 employees</t>
         </is>
       </c>
       <c r="C27" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D27" t="inlineStr">
         <is>
-          <t>September 2025</t>
+          <t>November 2025</t>
         </is>
       </c>
       <c r="E27" s="1" t="n">
-        <v>257.0</v>
+        <v>178.0</v>
       </c>
       <c r="F27" s="1" t="n">
-        <v>121.0</v>
+        <v>119.0</v>
       </c>
       <c r="G27" s="1" t="n">
-        <v>393.0</v>
+        <v>302.0</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="inlineStr">
         <is>
           <t>All size classes</t>
         </is>
       </c>
       <c r="B28" t="inlineStr">
         <is>
           <t>10 - 19 employees</t>
         </is>
       </c>
       <c r="C28" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="D28" t="inlineStr">
         <is>
-          <t>September 2024</t>
+          <t>November 2024</t>
         </is>
       </c>
       <c r="E28" s="1" t="n">
-        <v>182.0</v>
+        <v>122.0</v>
       </c>
       <c r="F28" s="1" t="n">
-        <v>57.0</v>
+        <v>88.0</v>
       </c>
       <c r="G28" s="1" t="n">
-        <v>241.0</v>
+        <v>210.0</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="inlineStr">
         <is>
           <t>All size classes</t>
         </is>
       </c>
       <c r="B29" t="inlineStr">
         <is>
           <t>10 - 19 employees</t>
         </is>
       </c>
       <c r="C29" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="D29" t="inlineStr">
         <is>
-          <t>October 2024</t>
+          <t>December 2024</t>
         </is>
       </c>
       <c r="E29" s="1" t="n">
-        <v>207.0</v>
+        <v>134.0</v>
       </c>
       <c r="F29" s="1" t="n">
-        <v>76.0</v>
+        <v>93.0</v>
       </c>
       <c r="G29" s="1" t="n">
-        <v>283.0</v>
+        <v>227.0</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="inlineStr">
         <is>
           <t>All size classes</t>
         </is>
       </c>
       <c r="B30" t="inlineStr">
         <is>
           <t>10 - 19 employees</t>
         </is>
       </c>
       <c r="C30" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="D30" t="inlineStr">
         <is>
-          <t>November 2024</t>
+          <t>January 2025</t>
         </is>
       </c>
       <c r="E30" s="1" t="n">
-        <v>122.0</v>
+        <v>135.0</v>
       </c>
       <c r="F30" s="1" t="n">
-        <v>88.0</v>
+        <v>35.0</v>
       </c>
       <c r="G30" s="1" t="n">
-        <v>210.0</v>
+        <v>170.0</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="inlineStr">
         <is>
           <t>All size classes</t>
         </is>
       </c>
       <c r="B31" t="inlineStr">
         <is>
           <t>10 - 19 employees</t>
         </is>
       </c>
       <c r="C31" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="D31" t="inlineStr">
         <is>
-          <t>December 2024</t>
+          <t>February 2025</t>
         </is>
       </c>
       <c r="E31" s="1" t="n">
-        <v>134.0</v>
+        <v>230.0</v>
       </c>
       <c r="F31" s="1" t="n">
-        <v>93.0</v>
+        <v>115.0</v>
       </c>
       <c r="G31" s="1" t="n">
-        <v>227.0</v>
+        <v>345.0</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="inlineStr">
         <is>
           <t>All size classes</t>
         </is>
       </c>
       <c r="B32" t="inlineStr">
         <is>
           <t>10 - 19 employees</t>
         </is>
       </c>
       <c r="C32" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D32" t="inlineStr">
         <is>
-          <t>January 2025</t>
+          <t>March 2025</t>
         </is>
       </c>
       <c r="E32" s="1" t="n">
-        <v>135.0</v>
+        <v>100.0</v>
       </c>
       <c r="F32" s="1" t="n">
-        <v>35.0</v>
+        <v>89.0</v>
       </c>
       <c r="G32" s="1" t="n">
-        <v>170.0</v>
+        <v>191.0</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" t="inlineStr">
         <is>
           <t>All size classes</t>
         </is>
       </c>
       <c r="B33" t="inlineStr">
         <is>
           <t>10 - 19 employees</t>
         </is>
       </c>
       <c r="C33" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D33" t="inlineStr">
         <is>
-          <t>February 2025</t>
+          <t>April 2025</t>
         </is>
       </c>
       <c r="E33" s="1" t="n">
-        <v>230.0</v>
+        <v>162.0</v>
       </c>
       <c r="F33" s="1" t="n">
-        <v>115.0</v>
+        <v>79.0</v>
       </c>
       <c r="G33" s="1" t="n">
-        <v>345.0</v>
+        <v>243.0</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" t="inlineStr">
         <is>
           <t>All size classes</t>
         </is>
       </c>
       <c r="B34" t="inlineStr">
         <is>
           <t>10 - 19 employees</t>
         </is>
       </c>
       <c r="C34" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D34" t="inlineStr">
         <is>
-          <t>March 2025</t>
+          <t>May 2025</t>
         </is>
       </c>
       <c r="E34" s="1" t="n">
-        <v>100.0</v>
+        <v>145.0</v>
       </c>
       <c r="F34" s="1" t="n">
-        <v>89.0</v>
+        <v>43.0</v>
       </c>
       <c r="G34" s="1" t="n">
-        <v>191.0</v>
+        <v>190.0</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" t="inlineStr">
         <is>
           <t>All size classes</t>
         </is>
       </c>
       <c r="B35" t="inlineStr">
         <is>
           <t>10 - 19 employees</t>
         </is>
       </c>
       <c r="C35" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D35" t="inlineStr">
         <is>
-          <t>April 2025</t>
+          <t>June 2025</t>
         </is>
       </c>
       <c r="E35" s="1" t="n">
-        <v>162.0</v>
+        <v>186.0</v>
       </c>
       <c r="F35" s="1" t="n">
-        <v>79.0</v>
+        <v>108.0</v>
       </c>
       <c r="G35" s="1" t="n">
-        <v>243.0</v>
+        <v>300.0</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" t="inlineStr">
         <is>
           <t>All size classes</t>
         </is>
       </c>
       <c r="B36" t="inlineStr">
         <is>
           <t>10 - 19 employees</t>
         </is>
       </c>
       <c r="C36" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D36" t="inlineStr">
         <is>
-          <t>May 2025</t>
+          <t>July 2025</t>
         </is>
       </c>
       <c r="E36" s="1" t="n">
-        <v>145.0</v>
+        <v>61.0</v>
       </c>
       <c r="F36" s="1" t="n">
-        <v>43.0</v>
+        <v>42.0</v>
       </c>
       <c r="G36" s="1" t="n">
-        <v>190.0</v>
+        <v>106.0</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" t="inlineStr">
         <is>
           <t>All size classes</t>
         </is>
       </c>
       <c r="B37" t="inlineStr">
         <is>
           <t>10 - 19 employees</t>
         </is>
       </c>
       <c r="C37" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D37" t="inlineStr">
         <is>
-          <t>June 2025</t>
+          <t>August 2025</t>
         </is>
       </c>
       <c r="E37" s="1" t="n">
-        <v>186.0</v>
+        <v>148.0</v>
       </c>
       <c r="F37" s="1" t="n">
-        <v>108.0</v>
+        <v>66.0</v>
       </c>
       <c r="G37" s="1" t="n">
-        <v>300.0</v>
+        <v>215.0</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" t="inlineStr">
         <is>
           <t>All size classes</t>
         </is>
       </c>
       <c r="B38" t="inlineStr">
         <is>
           <t>10 - 19 employees</t>
         </is>
       </c>
       <c r="C38" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D38" t="inlineStr">
         <is>
-          <t>July 2025</t>
+          <t>September 2025</t>
         </is>
       </c>
       <c r="E38" s="1" t="n">
-        <v>61.0</v>
+        <v>195.0</v>
       </c>
       <c r="F38" s="1" t="n">
-        <v>42.0</v>
+        <v>177.0</v>
       </c>
       <c r="G38" s="1" t="n">
-        <v>106.0</v>
+        <v>375.0</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" t="inlineStr">
         <is>
           <t>All size classes</t>
         </is>
       </c>
       <c r="B39" t="inlineStr">
         <is>
           <t>10 - 19 employees</t>
         </is>
       </c>
       <c r="C39" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D39" t="inlineStr">
         <is>
-          <t>August 2025</t>
+          <t>October 2025</t>
         </is>
       </c>
       <c r="E39" s="1" t="n">
-        <v>148.0</v>
+        <v>126.0</v>
       </c>
       <c r="F39" s="1" t="n">
-        <v>66.0</v>
+        <v>97.0</v>
       </c>
       <c r="G39" s="1" t="n">
-        <v>215.0</v>
+        <v>224.0</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" t="inlineStr">
         <is>
           <t>All size classes</t>
         </is>
       </c>
       <c r="B40" t="inlineStr">
         <is>
           <t>10 - 19 employees</t>
         </is>
       </c>
       <c r="C40" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D40" t="inlineStr">
         <is>
-          <t>September 2025</t>
+          <t>November 2025</t>
         </is>
       </c>
       <c r="E40" s="1" t="n">
-        <v>187.0</v>
+        <v>150.0</v>
       </c>
       <c r="F40" s="1" t="n">
-        <v>175.0</v>
+        <v>79.0</v>
       </c>
       <c r="G40" s="1" t="n">
-        <v>365.0</v>
+        <v>229.0</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" t="inlineStr">
         <is>
           <t>All size classes</t>
         </is>
       </c>
       <c r="B41" t="inlineStr">
         <is>
           <t>20 - 49 employees</t>
         </is>
       </c>
       <c r="C41" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="D41" t="inlineStr">
         <is>
-          <t>September 2024</t>
+          <t>November 2024</t>
         </is>
       </c>
       <c r="E41" s="1" t="n">
-        <v>176.0</v>
+        <v>132.0</v>
       </c>
       <c r="F41" s="1" t="n">
-        <v>90.0</v>
+        <v>48.0</v>
       </c>
       <c r="G41" s="1" t="n">
-        <v>266.0</v>
+        <v>181.0</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" t="inlineStr">
         <is>
           <t>All size classes</t>
         </is>
       </c>
       <c r="B42" t="inlineStr">
         <is>
           <t>20 - 49 employees</t>
         </is>
       </c>
       <c r="C42" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="D42" t="inlineStr">
         <is>
-          <t>October 2024</t>
+          <t>December 2024</t>
         </is>
       </c>
       <c r="E42" s="1" t="n">
-        <v>178.0</v>
+        <v>300.0</v>
       </c>
       <c r="F42" s="1" t="n">
-        <v>93.0</v>
+        <v>94.0</v>
       </c>
       <c r="G42" s="1" t="n">
-        <v>271.0</v>
+        <v>395.0</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" t="inlineStr">
         <is>
           <t>All size classes</t>
         </is>
       </c>
       <c r="B43" t="inlineStr">
         <is>
           <t>20 - 49 employees</t>
         </is>
       </c>
       <c r="C43" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="D43" t="inlineStr">
         <is>
-          <t>November 2024</t>
+          <t>January 2025</t>
         </is>
       </c>
       <c r="E43" s="1" t="n">
-        <v>132.0</v>
+        <v>128.0</v>
       </c>
       <c r="F43" s="1" t="n">
-        <v>48.0</v>
+        <v>32.0</v>
       </c>
       <c r="G43" s="1" t="n">
-        <v>181.0</v>
+        <v>162.0</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" t="inlineStr">
         <is>
           <t>All size classes</t>
         </is>
       </c>
       <c r="B44" t="inlineStr">
         <is>
           <t>20 - 49 employees</t>
         </is>
       </c>
       <c r="C44" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="D44" t="inlineStr">
         <is>
-          <t>December 2024</t>
+          <t>February 2025</t>
         </is>
       </c>
       <c r="E44" s="1" t="n">
-        <v>300.0</v>
+        <v>229.0</v>
       </c>
       <c r="F44" s="1" t="n">
-        <v>94.0</v>
+        <v>44.0</v>
       </c>
       <c r="G44" s="1" t="n">
-        <v>395.0</v>
+        <v>275.0</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" t="inlineStr">
         <is>
           <t>All size classes</t>
         </is>
       </c>
       <c r="B45" t="inlineStr">
         <is>
           <t>20 - 49 employees</t>
         </is>
       </c>
       <c r="C45" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D45" t="inlineStr">
         <is>
-          <t>January 2025</t>
+          <t>March 2025</t>
         </is>
       </c>
       <c r="E45" s="1" t="n">
-        <v>128.0</v>
+        <v>124.0</v>
       </c>
       <c r="F45" s="1" t="n">
-        <v>32.0</v>
+        <v>83.0</v>
       </c>
       <c r="G45" s="1" t="n">
-        <v>162.0</v>
+        <v>207.0</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" t="inlineStr">
         <is>
           <t>All size classes</t>
         </is>
       </c>
       <c r="B46" t="inlineStr">
         <is>
           <t>20 - 49 employees</t>
         </is>
       </c>
       <c r="C46" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D46" t="inlineStr">
         <is>
-          <t>February 2025</t>
+          <t>April 2025</t>
         </is>
       </c>
       <c r="E46" s="1" t="n">
-        <v>229.0</v>
+        <v>182.0</v>
       </c>
       <c r="F46" s="1" t="n">
-        <v>44.0</v>
+        <v>85.0</v>
       </c>
       <c r="G46" s="1" t="n">
-        <v>275.0</v>
+        <v>267.0</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" t="inlineStr">
         <is>
           <t>All size classes</t>
         </is>
       </c>
       <c r="B47" t="inlineStr">
         <is>
           <t>20 - 49 employees</t>
         </is>
       </c>
       <c r="C47" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D47" t="inlineStr">
         <is>
-          <t>March 2025</t>
+          <t>May 2025</t>
         </is>
       </c>
       <c r="E47" s="1" t="n">
-        <v>124.0</v>
+        <v>23.0</v>
       </c>
       <c r="F47" s="1" t="n">
-        <v>83.0</v>
+        <v>37.0</v>
       </c>
       <c r="G47" s="1" t="n">
-        <v>207.0</v>
+        <v>60.0</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" t="inlineStr">
         <is>
           <t>All size classes</t>
         </is>
       </c>
       <c r="B48" t="inlineStr">
         <is>
           <t>20 - 49 employees</t>
         </is>
       </c>
       <c r="C48" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D48" t="inlineStr">
         <is>
-          <t>April 2025</t>
+          <t>June 2025</t>
         </is>
       </c>
       <c r="E48" s="1" t="n">
-        <v>182.0</v>
+        <v>498.0</v>
       </c>
       <c r="F48" s="1" t="n">
-        <v>85.0</v>
+        <v>189.0</v>
       </c>
       <c r="G48" s="1" t="n">
-        <v>267.0</v>
+        <v>689.0</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" t="inlineStr">
         <is>
           <t>All size classes</t>
         </is>
       </c>
       <c r="B49" t="inlineStr">
         <is>
           <t>20 - 49 employees</t>
         </is>
       </c>
       <c r="C49" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D49" t="inlineStr">
         <is>
-          <t>May 2025</t>
+          <t>July 2025</t>
         </is>
       </c>
       <c r="E49" s="1" t="n">
-        <v>23.0</v>
+        <v>147.0</v>
       </c>
       <c r="F49" s="1" t="n">
-        <v>37.0</v>
+        <v>27.0</v>
       </c>
       <c r="G49" s="1" t="n">
-        <v>60.0</v>
+        <v>174.0</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" t="inlineStr">
         <is>
           <t>All size classes</t>
         </is>
       </c>
       <c r="B50" t="inlineStr">
         <is>
           <t>20 - 49 employees</t>
         </is>
       </c>
       <c r="C50" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D50" t="inlineStr">
         <is>
-          <t>June 2025</t>
+          <t>August 2025</t>
         </is>
       </c>
       <c r="E50" s="1" t="n">
-        <v>498.0</v>
+        <v>236.0</v>
       </c>
       <c r="F50" s="1" t="n">
-        <v>189.0</v>
+        <v>43.0</v>
       </c>
       <c r="G50" s="1" t="n">
-        <v>689.0</v>
+        <v>279.0</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" t="inlineStr">
         <is>
           <t>All size classes</t>
         </is>
       </c>
       <c r="B51" t="inlineStr">
         <is>
           <t>20 - 49 employees</t>
         </is>
       </c>
       <c r="C51" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D51" t="inlineStr">
         <is>
-          <t>July 2025</t>
+          <t>September 2025</t>
         </is>
       </c>
       <c r="E51" s="1" t="n">
-        <v>147.0</v>
+        <v>115.0</v>
       </c>
       <c r="F51" s="1" t="n">
-        <v>27.0</v>
+        <v>75.0</v>
       </c>
       <c r="G51" s="1" t="n">
-        <v>174.0</v>
+        <v>190.0</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" t="inlineStr">
         <is>
           <t>All size classes</t>
         </is>
       </c>
       <c r="B52" t="inlineStr">
         <is>
           <t>20 - 49 employees</t>
         </is>
       </c>
       <c r="C52" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D52" t="inlineStr">
         <is>
-          <t>August 2025</t>
+          <t>October 2025</t>
         </is>
       </c>
       <c r="E52" s="1" t="n">
-        <v>236.0</v>
+        <v>259.0</v>
       </c>
       <c r="F52" s="1" t="n">
-        <v>43.0</v>
+        <v>82.0</v>
       </c>
       <c r="G52" s="1" t="n">
-        <v>279.0</v>
+        <v>343.0</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" t="inlineStr">
         <is>
           <t>All size classes</t>
         </is>
       </c>
       <c r="B53" t="inlineStr">
         <is>
           <t>20 - 49 employees</t>
         </is>
       </c>
       <c r="C53" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D53" t="inlineStr">
         <is>
-          <t>September 2025</t>
+          <t>November 2025</t>
         </is>
       </c>
       <c r="E53" s="1" t="n">
-        <v>115.0</v>
+        <v>213.0</v>
       </c>
       <c r="F53" s="1" t="n">
-        <v>75.0</v>
+        <v>62.0</v>
       </c>
       <c r="G53" s="1" t="n">
-        <v>190.0</v>
+        <v>276.0</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" t="inlineStr">
         <is>
           <t>All size classes</t>
         </is>
       </c>
       <c r="B54" t="inlineStr">
         <is>
           <t>50 - 99 employees</t>
         </is>
       </c>
       <c r="C54" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="D54" t="inlineStr">
         <is>
-          <t>September 2024</t>
+          <t>November 2024</t>
         </is>
       </c>
       <c r="E54" s="1" t="n">
-        <v>110.0</v>
+        <v>156.0</v>
       </c>
       <c r="F54" s="1" t="n">
-        <v>75.0</v>
+        <v>74.0</v>
       </c>
       <c r="G54" s="1" t="n">
-        <v>185.0</v>
+        <v>230.0</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" t="inlineStr">
         <is>
           <t>All size classes</t>
         </is>
       </c>
       <c r="B55" t="inlineStr">
         <is>
           <t>50 - 99 employees</t>
         </is>
       </c>
       <c r="C55" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="D55" t="inlineStr">
         <is>
-          <t>October 2024</t>
+          <t>December 2024</t>
         </is>
       </c>
       <c r="E55" s="1" t="n">
-        <v>74.0</v>
+        <v>110.0</v>
       </c>
       <c r="F55" s="1" t="n">
-        <v>80.0</v>
+        <v>43.0</v>
       </c>
       <c r="G55" s="1" t="n">
-        <v>154.0</v>
+        <v>153.0</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" t="inlineStr">
         <is>
           <t>All size classes</t>
         </is>
       </c>
       <c r="B56" t="inlineStr">
         <is>
           <t>50 - 99 employees</t>
         </is>
       </c>
       <c r="C56" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="D56" t="inlineStr">
         <is>
-          <t>November 2024</t>
+          <t>January 2025</t>
         </is>
       </c>
       <c r="E56" s="1" t="n">
-        <v>156.0</v>
+        <v>24.0</v>
       </c>
       <c r="F56" s="1" t="n">
-        <v>74.0</v>
+        <v>31.0</v>
       </c>
       <c r="G56" s="1" t="n">
-        <v>230.0</v>
+        <v>55.0</v>
       </c>
     </row>
     <row r="57">
       <c r="A57" t="inlineStr">
         <is>
           <t>All size classes</t>
         </is>
       </c>
       <c r="B57" t="inlineStr">
         <is>
           <t>50 - 99 employees</t>
         </is>
       </c>
       <c r="C57" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="D57" t="inlineStr">
         <is>
-          <t>December 2024</t>
+          <t>February 2025</t>
         </is>
       </c>
       <c r="E57" s="1" t="n">
-        <v>110.0</v>
+        <v>192.0</v>
       </c>
       <c r="F57" s="1" t="n">
-        <v>43.0</v>
+        <v>20.0</v>
       </c>
       <c r="G57" s="1" t="n">
-        <v>153.0</v>
+        <v>212.0</v>
       </c>
     </row>
     <row r="58">
       <c r="A58" t="inlineStr">
         <is>
           <t>All size classes</t>
         </is>
       </c>
       <c r="B58" t="inlineStr">
         <is>
           <t>50 - 99 employees</t>
         </is>
       </c>
       <c r="C58" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D58" t="inlineStr">
         <is>
-          <t>January 2025</t>
+          <t>March 2025</t>
         </is>
       </c>
       <c r="E58" s="1" t="n">
-        <v>24.0</v>
+        <v>67.0</v>
       </c>
       <c r="F58" s="1" t="n">
-        <v>31.0</v>
+        <v>7.0</v>
       </c>
       <c r="G58" s="1" t="n">
-        <v>55.0</v>
+        <v>74.0</v>
       </c>
     </row>
     <row r="59">
       <c r="A59" t="inlineStr">
         <is>
           <t>All size classes</t>
         </is>
       </c>
       <c r="B59" t="inlineStr">
         <is>
           <t>50 - 99 employees</t>
         </is>
       </c>
       <c r="C59" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D59" t="inlineStr">
         <is>
-          <t>February 2025</t>
+          <t>April 2025</t>
         </is>
       </c>
       <c r="E59" s="1" t="n">
-        <v>192.0</v>
+        <v>13.0</v>
       </c>
       <c r="F59" s="1" t="n">
-        <v>20.0</v>
+        <v>40.0</v>
       </c>
       <c r="G59" s="1" t="n">
-        <v>212.0</v>
+        <v>53.0</v>
       </c>
     </row>
     <row r="60">
       <c r="A60" t="inlineStr">
         <is>
           <t>All size classes</t>
         </is>
       </c>
       <c r="B60" t="inlineStr">
         <is>
           <t>50 - 99 employees</t>
         </is>
       </c>
       <c r="C60" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D60" t="inlineStr">
         <is>
-          <t>March 2025</t>
+          <t>May 2025</t>
         </is>
       </c>
       <c r="E60" s="1" t="n">
-        <v>67.0</v>
+        <v>112.0</v>
       </c>
       <c r="F60" s="1" t="n">
-        <v>7.0</v>
+        <v>53.0</v>
       </c>
       <c r="G60" s="1" t="n">
-        <v>74.0</v>
+        <v>165.0</v>
       </c>
     </row>
     <row r="61">
       <c r="A61" t="inlineStr">
         <is>
           <t>All size classes</t>
         </is>
       </c>
       <c r="B61" t="inlineStr">
         <is>
           <t>50 - 99 employees</t>
         </is>
       </c>
       <c r="C61" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D61" t="inlineStr">
         <is>
-          <t>April 2025</t>
-[...10 lines deleted...]
-      </c>
+          <t>June 2025</t>
+        </is>
+      </c>
+      <c r="E61"/>
+      <c r="F61"/>
+      <c r="G61"/>
     </row>
     <row r="62">
       <c r="A62" t="inlineStr">
         <is>
           <t>All size classes</t>
         </is>
       </c>
       <c r="B62" t="inlineStr">
         <is>
           <t>50 - 99 employees</t>
         </is>
       </c>
       <c r="C62" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D62" t="inlineStr">
         <is>
-          <t>May 2025</t>
-[...10 lines deleted...]
-      </c>
+          <t>July 2025</t>
+        </is>
+      </c>
+      <c r="E62"/>
+      <c r="F62"/>
+      <c r="G62"/>
     </row>
     <row r="63">
       <c r="A63" t="inlineStr">
         <is>
           <t>All size classes</t>
         </is>
       </c>
       <c r="B63" t="inlineStr">
         <is>
           <t>50 - 99 employees</t>
         </is>
       </c>
       <c r="C63" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D63" t="inlineStr">
         <is>
-          <t>June 2025</t>
-[...4 lines deleted...]
-      <c r="G63"/>
+          <t>August 2025</t>
+        </is>
+      </c>
+      <c r="E63" s="1" t="n">
+        <v>46.0</v>
+      </c>
+      <c r="F63" s="1" t="n">
+        <v>105.0</v>
+      </c>
+      <c r="G63" s="1" t="n">
+        <v>151.0</v>
+      </c>
     </row>
     <row r="64">
       <c r="A64" t="inlineStr">
         <is>
           <t>All size classes</t>
         </is>
       </c>
       <c r="B64" t="inlineStr">
         <is>
           <t>50 - 99 employees</t>
         </is>
       </c>
       <c r="C64" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D64" t="inlineStr">
         <is>
-          <t>July 2025</t>
-[...4 lines deleted...]
-      <c r="G64"/>
+          <t>September 2025</t>
+        </is>
+      </c>
+      <c r="E64" s="1" t="n">
+        <v>75.0</v>
+      </c>
+      <c r="F64" s="1" t="n">
+        <v>24.0</v>
+      </c>
+      <c r="G64" s="1" t="n">
+        <v>99.0</v>
+      </c>
     </row>
     <row r="65">
       <c r="A65" t="inlineStr">
         <is>
           <t>All size classes</t>
         </is>
       </c>
       <c r="B65" t="inlineStr">
         <is>
           <t>50 - 99 employees</t>
         </is>
       </c>
       <c r="C65" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D65" t="inlineStr">
         <is>
-          <t>August 2025</t>
+          <t>October 2025</t>
         </is>
       </c>
       <c r="E65" s="1" t="n">
-        <v>46.0</v>
+        <v>88.0</v>
       </c>
       <c r="F65" s="1" t="n">
-        <v>105.0</v>
+        <v>36.0</v>
       </c>
       <c r="G65" s="1" t="n">
-        <v>151.0</v>
+        <v>124.0</v>
       </c>
     </row>
     <row r="66">
       <c r="A66" t="inlineStr">
         <is>
           <t>All size classes</t>
         </is>
       </c>
       <c r="B66" t="inlineStr">
         <is>
           <t>50 - 99 employees</t>
         </is>
       </c>
       <c r="C66" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D66" t="inlineStr">
         <is>
-          <t>September 2025</t>
+          <t>November 2025</t>
         </is>
       </c>
       <c r="E66" s="1" t="n">
-        <v>75.0</v>
+        <v>86.0</v>
       </c>
       <c r="F66" s="1" t="n">
-        <v>24.0</v>
+        <v>49.0</v>
       </c>
       <c r="G66" s="1" t="n">
-        <v>99.0</v>
+        <v>135.0</v>
       </c>
     </row>
     <row r="67">
       <c r="A67" t="inlineStr">
         <is>
           <t>All size classes</t>
         </is>
       </c>
       <c r="B67" t="inlineStr">
         <is>
           <t>100 - 199 employees</t>
         </is>
       </c>
       <c r="C67" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="D67" t="inlineStr">
         <is>
-          <t>September 2024</t>
-[...10 lines deleted...]
-      </c>
+          <t>November 2024</t>
+        </is>
+      </c>
+      <c r="E67"/>
+      <c r="F67"/>
+      <c r="G67"/>
     </row>
     <row r="68">
       <c r="A68" t="inlineStr">
         <is>
           <t>All size classes</t>
         </is>
       </c>
       <c r="B68" t="inlineStr">
         <is>
           <t>100 - 199 employees</t>
         </is>
       </c>
       <c r="C68" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="D68" t="inlineStr">
         <is>
-          <t>October 2024</t>
-[...10 lines deleted...]
-      </c>
+          <t>December 2024</t>
+        </is>
+      </c>
+      <c r="E68"/>
+      <c r="F68"/>
+      <c r="G68"/>
     </row>
     <row r="69">
       <c r="A69" t="inlineStr">
         <is>
           <t>All size classes</t>
         </is>
       </c>
       <c r="B69" t="inlineStr">
         <is>
           <t>100 - 199 employees</t>
         </is>
       </c>
       <c r="C69" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="D69" t="inlineStr">
         <is>
-          <t>November 2024</t>
+          <t>January 2025</t>
         </is>
       </c>
       <c r="E69"/>
       <c r="F69"/>
       <c r="G69"/>
     </row>
     <row r="70">
       <c r="A70" t="inlineStr">
         <is>
           <t>All size classes</t>
         </is>
       </c>
       <c r="B70" t="inlineStr">
         <is>
           <t>100 - 199 employees</t>
         </is>
       </c>
       <c r="C70" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="D70" t="inlineStr">
         <is>
-          <t>December 2024</t>
+          <t>February 2025</t>
         </is>
       </c>
       <c r="E70"/>
       <c r="F70"/>
       <c r="G70"/>
     </row>
     <row r="71">
       <c r="A71" t="inlineStr">
         <is>
           <t>All size classes</t>
         </is>
       </c>
       <c r="B71" t="inlineStr">
         <is>
           <t>100 - 199 employees</t>
         </is>
       </c>
       <c r="C71" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D71" t="inlineStr">
         <is>
-          <t>January 2025</t>
-[...4 lines deleted...]
-      <c r="G71"/>
+          <t>March 2025</t>
+        </is>
+      </c>
+      <c r="E71" s="1" t="n">
+        <v>241.0</v>
+      </c>
+      <c r="F71" s="1" t="n">
+        <v>37.0</v>
+      </c>
+      <c r="G71" s="1" t="n">
+        <v>278.0</v>
+      </c>
     </row>
     <row r="72">
       <c r="A72" t="inlineStr">
         <is>
           <t>All size classes</t>
         </is>
       </c>
       <c r="B72" t="inlineStr">
         <is>
           <t>100 - 199 employees</t>
         </is>
       </c>
       <c r="C72" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D72" t="inlineStr">
         <is>
-          <t>February 2025</t>
-[...4 lines deleted...]
-      <c r="G72"/>
+          <t>April 2025</t>
+        </is>
+      </c>
+      <c r="E72" s="1" t="n">
+        <v>134.0</v>
+      </c>
+      <c r="F72" s="1" t="n">
+        <v>103.0</v>
+      </c>
+      <c r="G72" s="1" t="n">
+        <v>237.0</v>
+      </c>
     </row>
     <row r="73">
       <c r="A73" t="inlineStr">
         <is>
           <t>All size classes</t>
         </is>
       </c>
       <c r="B73" t="inlineStr">
         <is>
           <t>100 - 199 employees</t>
         </is>
       </c>
       <c r="C73" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D73" t="inlineStr">
         <is>
-          <t>March 2025</t>
-[...10 lines deleted...]
-      </c>
+          <t>May 2025</t>
+        </is>
+      </c>
+      <c r="E73"/>
+      <c r="F73"/>
+      <c r="G73"/>
     </row>
     <row r="74">
       <c r="A74" t="inlineStr">
         <is>
           <t>All size classes</t>
         </is>
       </c>
       <c r="B74" t="inlineStr">
         <is>
           <t>100 - 199 employees</t>
         </is>
       </c>
       <c r="C74" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D74" t="inlineStr">
         <is>
-          <t>April 2025</t>
-[...10 lines deleted...]
-      </c>
+          <t>June 2025</t>
+        </is>
+      </c>
+      <c r="E74"/>
+      <c r="F74"/>
+      <c r="G74"/>
     </row>
     <row r="75">
       <c r="A75" t="inlineStr">
         <is>
           <t>All size classes</t>
         </is>
       </c>
       <c r="B75" t="inlineStr">
         <is>
           <t>100 - 199 employees</t>
         </is>
       </c>
       <c r="C75" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D75" t="inlineStr">
         <is>
-          <t>May 2025</t>
-[...4 lines deleted...]
-      <c r="G75"/>
+          <t>July 2025</t>
+        </is>
+      </c>
+      <c r="E75" s="1" t="n">
+        <v>133.0</v>
+      </c>
+      <c r="F75" s="1" t="n">
+        <v>87.0</v>
+      </c>
+      <c r="G75" s="1" t="n">
+        <v>220.0</v>
+      </c>
     </row>
     <row r="76">
       <c r="A76" t="inlineStr">
         <is>
           <t>All size classes</t>
         </is>
       </c>
       <c r="B76" t="inlineStr">
         <is>
           <t>100 - 199 employees</t>
         </is>
       </c>
       <c r="C76" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D76" t="inlineStr">
         <is>
-          <t>June 2025</t>
-[...4 lines deleted...]
-      <c r="G76"/>
+          <t>August 2025</t>
+        </is>
+      </c>
+      <c r="E76" s="1" t="n">
+        <v>140.0</v>
+      </c>
+      <c r="F76" s="1" t="n">
+        <v>85.0</v>
+      </c>
+      <c r="G76" s="1" t="n">
+        <v>225.0</v>
+      </c>
     </row>
     <row r="77">
       <c r="A77" t="inlineStr">
         <is>
           <t>All size classes</t>
         </is>
       </c>
       <c r="B77" t="inlineStr">
         <is>
           <t>100 - 199 employees</t>
         </is>
       </c>
       <c r="C77" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D77" t="inlineStr">
         <is>
-          <t>July 2025</t>
-[...10 lines deleted...]
-      </c>
+          <t>September 2025</t>
+        </is>
+      </c>
+      <c r="E77"/>
+      <c r="F77"/>
+      <c r="G77"/>
     </row>
     <row r="78">
       <c r="A78" t="inlineStr">
         <is>
           <t>All size classes</t>
         </is>
       </c>
       <c r="B78" t="inlineStr">
         <is>
           <t>100 - 199 employees</t>
         </is>
       </c>
       <c r="C78" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D78" t="inlineStr">
         <is>
-          <t>August 2025</t>
+          <t>October 2025</t>
         </is>
       </c>
       <c r="E78" s="1" t="n">
-        <v>140.0</v>
+        <v>3.0</v>
       </c>
       <c r="F78" s="1" t="n">
-        <v>85.0</v>
+        <v>122.0</v>
       </c>
       <c r="G78" s="1" t="n">
-        <v>225.0</v>
+        <v>125.0</v>
       </c>
     </row>
     <row r="79">
       <c r="A79" t="inlineStr">
         <is>
           <t>All size classes</t>
         </is>
       </c>
       <c r="B79" t="inlineStr">
         <is>
           <t>100 - 199 employees</t>
         </is>
       </c>
       <c r="C79" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D79" t="inlineStr">
         <is>
-          <t>September 2025</t>
+          <t>November 2025</t>
         </is>
       </c>
       <c r="E79"/>
       <c r="F79"/>
       <c r="G79"/>
     </row>
     <row r="80">
       <c r="A80" t="inlineStr">
         <is>
           <t>All size classes</t>
         </is>
       </c>
       <c r="B80" t="inlineStr">
         <is>
           <t>200 - 249 employees</t>
         </is>
       </c>
       <c r="C80" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="D80" t="inlineStr">
         <is>
-          <t>September 2024</t>
+          <t>November 2024</t>
         </is>
       </c>
       <c r="E80"/>
       <c r="F80"/>
       <c r="G80"/>
     </row>
     <row r="81">
       <c r="A81" t="inlineStr">
         <is>
           <t>All size classes</t>
         </is>
       </c>
       <c r="B81" t="inlineStr">
         <is>
           <t>200 - 249 employees</t>
         </is>
       </c>
       <c r="C81" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="D81" t="inlineStr">
         <is>
-          <t>October 2024</t>
-[...10 lines deleted...]
-      </c>
+          <t>December 2024</t>
+        </is>
+      </c>
+      <c r="E81"/>
+      <c r="F81"/>
+      <c r="G81"/>
     </row>
     <row r="82">
       <c r="A82" t="inlineStr">
         <is>
           <t>All size classes</t>
         </is>
       </c>
       <c r="B82" t="inlineStr">
         <is>
           <t>200 - 249 employees</t>
         </is>
       </c>
       <c r="C82" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="D82" t="inlineStr">
         <is>
-          <t>November 2024</t>
+          <t>January 2025</t>
         </is>
       </c>
       <c r="E82"/>
       <c r="F82"/>
       <c r="G82"/>
     </row>
     <row r="83">
       <c r="A83" t="inlineStr">
         <is>
           <t>All size classes</t>
         </is>
       </c>
       <c r="B83" t="inlineStr">
         <is>
           <t>200 - 249 employees</t>
         </is>
       </c>
       <c r="C83" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="D83" t="inlineStr">
         <is>
-          <t>December 2024</t>
-[...4 lines deleted...]
-      <c r="G83"/>
+          <t>February 2025</t>
+        </is>
+      </c>
+      <c r="E83" s="1" t="n">
+        <v>166.0</v>
+      </c>
+      <c r="F83" s="1" t="n">
+        <v>71.0</v>
+      </c>
+      <c r="G83" s="1" t="n">
+        <v>237.0</v>
+      </c>
     </row>
     <row r="84">
       <c r="A84" t="inlineStr">
         <is>
           <t>All size classes</t>
         </is>
       </c>
       <c r="B84" t="inlineStr">
         <is>
           <t>200 - 249 employees</t>
         </is>
       </c>
       <c r="C84" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D84" t="inlineStr">
         <is>
-          <t>January 2025</t>
+          <t>March 2025</t>
         </is>
       </c>
       <c r="E84"/>
       <c r="F84"/>
       <c r="G84"/>
     </row>
     <row r="85">
       <c r="A85" t="inlineStr">
         <is>
           <t>All size classes</t>
         </is>
       </c>
       <c r="B85" t="inlineStr">
         <is>
           <t>200 - 249 employees</t>
         </is>
       </c>
       <c r="C85" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D85" t="inlineStr">
         <is>
-          <t>February 2025</t>
-[...10 lines deleted...]
-      </c>
+          <t>April 2025</t>
+        </is>
+      </c>
+      <c r="E85"/>
+      <c r="F85"/>
+      <c r="G85"/>
     </row>
     <row r="86">
       <c r="A86" t="inlineStr">
         <is>
           <t>All size classes</t>
         </is>
       </c>
       <c r="B86" t="inlineStr">
         <is>
           <t>200 - 249 employees</t>
         </is>
       </c>
       <c r="C86" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D86" t="inlineStr">
         <is>
-          <t>March 2025</t>
+          <t>May 2025</t>
         </is>
       </c>
       <c r="E86"/>
       <c r="F86"/>
       <c r="G86"/>
     </row>
     <row r="87">
       <c r="A87" t="inlineStr">
         <is>
           <t>All size classes</t>
         </is>
       </c>
       <c r="B87" t="inlineStr">
         <is>
           <t>200 - 249 employees</t>
         </is>
       </c>
       <c r="C87" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D87" t="inlineStr">
         <is>
-          <t>April 2025</t>
+          <t>June 2025</t>
         </is>
       </c>
       <c r="E87"/>
       <c r="F87"/>
       <c r="G87"/>
     </row>
     <row r="88">
       <c r="A88" t="inlineStr">
         <is>
           <t>All size classes</t>
         </is>
       </c>
       <c r="B88" t="inlineStr">
         <is>
           <t>200 - 249 employees</t>
         </is>
       </c>
       <c r="C88" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D88" t="inlineStr">
         <is>
-          <t>May 2025</t>
+          <t>July 2025</t>
         </is>
       </c>
       <c r="E88"/>
       <c r="F88"/>
       <c r="G88"/>
     </row>
     <row r="89">
       <c r="A89" t="inlineStr">
         <is>
           <t>All size classes</t>
         </is>
       </c>
       <c r="B89" t="inlineStr">
         <is>
           <t>200 - 249 employees</t>
         </is>
       </c>
       <c r="C89" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D89" t="inlineStr">
         <is>
-          <t>June 2025</t>
-[...4 lines deleted...]
-      <c r="G89"/>
+          <t>August 2025</t>
+        </is>
+      </c>
+      <c r="E89" s="1" t="n">
+        <v>218.0</v>
+      </c>
+      <c r="F89" s="1" t="n">
+        <v>24.0</v>
+      </c>
+      <c r="G89" s="1" t="n">
+        <v>242.0</v>
+      </c>
     </row>
     <row r="90">
       <c r="A90" t="inlineStr">
         <is>
           <t>All size classes</t>
         </is>
       </c>
       <c r="B90" t="inlineStr">
         <is>
           <t>200 - 249 employees</t>
         </is>
       </c>
       <c r="C90" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D90" t="inlineStr">
         <is>
-          <t>July 2025</t>
+          <t>September 2025</t>
         </is>
       </c>
       <c r="E90"/>
       <c r="F90"/>
       <c r="G90"/>
     </row>
     <row r="91">
       <c r="A91" t="inlineStr">
         <is>
           <t>All size classes</t>
         </is>
       </c>
       <c r="B91" t="inlineStr">
         <is>
           <t>200 - 249 employees</t>
         </is>
       </c>
       <c r="C91" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D91" t="inlineStr">
         <is>
-          <t>August 2025</t>
-[...10 lines deleted...]
-      </c>
+          <t>October 2025</t>
+        </is>
+      </c>
+      <c r="E91"/>
+      <c r="F91"/>
+      <c r="G91"/>
     </row>
     <row r="92">
       <c r="A92" t="inlineStr">
         <is>
           <t>All size classes</t>
         </is>
       </c>
       <c r="B92" t="inlineStr">
         <is>
           <t>200 - 249 employees</t>
         </is>
       </c>
       <c r="C92" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D92" t="inlineStr">
         <is>
-          <t>September 2025</t>
+          <t>November 2025</t>
         </is>
       </c>
       <c r="E92"/>
       <c r="F92"/>
       <c r="G92"/>
     </row>
     <row r="93">
       <c r="A93" t="inlineStr">
         <is>
           <t>All size classes</t>
         </is>
       </c>
       <c r="B93" t="inlineStr">
         <is>
           <t>250 - 499 employees</t>
         </is>
       </c>
       <c r="C93" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="D93" t="inlineStr">
         <is>
-          <t>September 2024</t>
+          <t>November 2024</t>
         </is>
       </c>
       <c r="E93"/>
       <c r="F93"/>
       <c r="G93"/>
     </row>
     <row r="94">
       <c r="A94" t="inlineStr">
         <is>
           <t>All size classes</t>
         </is>
       </c>
       <c r="B94" t="inlineStr">
         <is>
           <t>250 - 499 employees</t>
         </is>
       </c>
       <c r="C94" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="D94" t="inlineStr">
         <is>
-          <t>October 2024</t>
-[...4 lines deleted...]
-      <c r="G94"/>
+          <t>December 2024</t>
+        </is>
+      </c>
+      <c r="E94" s="1" t="n">
+        <v>252.0</v>
+      </c>
+      <c r="F94" s="1" t="n">
+        <v>28.0</v>
+      </c>
+      <c r="G94" s="1" t="n">
+        <v>280.0</v>
+      </c>
     </row>
     <row r="95">
       <c r="A95" t="inlineStr">
         <is>
           <t>All size classes</t>
         </is>
       </c>
       <c r="B95" t="inlineStr">
         <is>
           <t>250 - 499 employees</t>
         </is>
       </c>
       <c r="C95" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="D95" t="inlineStr">
         <is>
-          <t>November 2024</t>
+          <t>January 2025</t>
         </is>
       </c>
       <c r="E95"/>
       <c r="F95"/>
       <c r="G95"/>
     </row>
     <row r="96">
       <c r="A96" t="inlineStr">
         <is>
           <t>All size classes</t>
         </is>
       </c>
       <c r="B96" t="inlineStr">
         <is>
           <t>250 - 499 employees</t>
         </is>
       </c>
       <c r="C96" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="D96" t="inlineStr">
         <is>
-          <t>December 2024</t>
-[...10 lines deleted...]
-      </c>
+          <t>February 2025</t>
+        </is>
+      </c>
+      <c r="E96"/>
+      <c r="F96"/>
+      <c r="G96"/>
     </row>
     <row r="97">
       <c r="A97" t="inlineStr">
         <is>
           <t>All size classes</t>
         </is>
       </c>
       <c r="B97" t="inlineStr">
         <is>
           <t>250 - 499 employees</t>
         </is>
       </c>
       <c r="C97" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D97" t="inlineStr">
         <is>
-          <t>January 2025</t>
-[...4 lines deleted...]
-      <c r="G97"/>
+          <t>March 2025</t>
+        </is>
+      </c>
+      <c r="E97" s="1" t="n">
+        <v>226.0</v>
+      </c>
+      <c r="F97" s="1" t="n">
+        <v>209.0</v>
+      </c>
+      <c r="G97" s="1" t="n">
+        <v>435.0</v>
+      </c>
     </row>
     <row r="98">
       <c r="A98" t="inlineStr">
         <is>
           <t>All size classes</t>
         </is>
       </c>
       <c r="B98" t="inlineStr">
         <is>
           <t>250 - 499 employees</t>
         </is>
       </c>
       <c r="C98" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D98" t="inlineStr">
         <is>
-          <t>February 2025</t>
-[...4 lines deleted...]
-      <c r="G98"/>
+          <t>April 2025</t>
+        </is>
+      </c>
+      <c r="E98" s="1" t="n">
+        <v>299.0</v>
+      </c>
+      <c r="F98" s="1" t="n">
+        <v>11.0</v>
+      </c>
+      <c r="G98" s="1" t="n">
+        <v>310.0</v>
+      </c>
     </row>
     <row r="99">
       <c r="A99" t="inlineStr">
         <is>
           <t>All size classes</t>
         </is>
       </c>
       <c r="B99" t="inlineStr">
         <is>
           <t>250 - 499 employees</t>
         </is>
       </c>
       <c r="C99" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D99" t="inlineStr">
         <is>
-          <t>March 2025</t>
-[...10 lines deleted...]
-      </c>
+          <t>May 2025</t>
+        </is>
+      </c>
+      <c r="E99"/>
+      <c r="F99"/>
+      <c r="G99"/>
     </row>
     <row r="100">
       <c r="A100" t="inlineStr">
         <is>
           <t>All size classes</t>
         </is>
       </c>
       <c r="B100" t="inlineStr">
         <is>
           <t>250 - 499 employees</t>
         </is>
       </c>
       <c r="C100" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D100" t="inlineStr">
         <is>
-          <t>April 2025</t>
-[...10 lines deleted...]
-      </c>
+          <t>June 2025</t>
+        </is>
+      </c>
+      <c r="E100"/>
+      <c r="F100"/>
+      <c r="G100"/>
     </row>
     <row r="101">
       <c r="A101" t="inlineStr">
         <is>
           <t>All size classes</t>
         </is>
       </c>
       <c r="B101" t="inlineStr">
         <is>
           <t>250 - 499 employees</t>
         </is>
       </c>
       <c r="C101" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D101" t="inlineStr">
         <is>
-          <t>May 2025</t>
+          <t>July 2025</t>
         </is>
       </c>
       <c r="E101"/>
       <c r="F101"/>
       <c r="G101"/>
     </row>
     <row r="102">
       <c r="A102" t="inlineStr">
         <is>
           <t>All size classes</t>
         </is>
       </c>
       <c r="B102" t="inlineStr">
         <is>
           <t>250 - 499 employees</t>
         </is>
       </c>
       <c r="C102" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D102" t="inlineStr">
         <is>
-          <t>June 2025</t>
+          <t>August 2025</t>
         </is>
       </c>
       <c r="E102"/>
       <c r="F102"/>
       <c r="G102"/>
     </row>
     <row r="103">
       <c r="A103" t="inlineStr">
         <is>
           <t>All size classes</t>
         </is>
       </c>
       <c r="B103" t="inlineStr">
         <is>
           <t>250 - 499 employees</t>
         </is>
       </c>
       <c r="C103" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D103" t="inlineStr">
         <is>
-          <t>July 2025</t>
+          <t>September 2025</t>
         </is>
       </c>
       <c r="E103"/>
       <c r="F103"/>
       <c r="G103"/>
     </row>
     <row r="104">
       <c r="A104" t="inlineStr">
         <is>
           <t>All size classes</t>
         </is>
       </c>
       <c r="B104" t="inlineStr">
         <is>
           <t>250 - 499 employees</t>
         </is>
       </c>
       <c r="C104" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D104" t="inlineStr">
         <is>
-          <t>August 2025</t>
+          <t>October 2025</t>
         </is>
       </c>
       <c r="E104"/>
       <c r="F104"/>
       <c r="G104"/>
     </row>
     <row r="105">
       <c r="A105" t="inlineStr">
         <is>
           <t>All size classes</t>
         </is>
       </c>
       <c r="B105" t="inlineStr">
         <is>
           <t>250 - 499 employees</t>
         </is>
       </c>
       <c r="C105" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D105" t="inlineStr">
         <is>
-          <t>September 2025</t>
+          <t>November 2025</t>
         </is>
       </c>
       <c r="E105"/>
       <c r="F105"/>
       <c r="G105"/>
     </row>
     <row r="106">
       <c r="A106" t="inlineStr">
         <is>
           <t>All size classes</t>
         </is>
       </c>
       <c r="B106" t="inlineStr">
         <is>
           <t>500 - 999 employees</t>
         </is>
       </c>
       <c r="C106" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="D106" t="inlineStr">
         <is>
-          <t>September 2024</t>
+          <t>November 2024</t>
         </is>
       </c>
       <c r="E106"/>
       <c r="F106"/>
       <c r="G106"/>
     </row>
     <row r="107">
       <c r="A107" t="inlineStr">
         <is>
           <t>All size classes</t>
         </is>
       </c>
       <c r="B107" t="inlineStr">
         <is>
           <t>500 - 999 employees</t>
         </is>
       </c>
       <c r="C107" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="D107" t="inlineStr">
         <is>
-          <t>October 2024</t>
+          <t>December 2024</t>
         </is>
       </c>
       <c r="E107"/>
       <c r="F107"/>
       <c r="G107"/>
     </row>
     <row r="108">
       <c r="A108" t="inlineStr">
         <is>
           <t>All size classes</t>
         </is>
       </c>
       <c r="B108" t="inlineStr">
         <is>
           <t>500 - 999 employees</t>
         </is>
       </c>
       <c r="C108" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="D108" t="inlineStr">
         <is>
-          <t>November 2024</t>
-[...4 lines deleted...]
-      <c r="G108"/>
+          <t>January 2025</t>
+        </is>
+      </c>
+      <c r="E108" s="1" t="n">
+        <v>362.0</v>
+      </c>
+      <c r="F108" s="1" t="n">
+        <v>357.0</v>
+      </c>
+      <c r="G108" s="1" t="n">
+        <v>721.0</v>
+      </c>
     </row>
     <row r="109">
       <c r="A109" t="inlineStr">
         <is>
           <t>All size classes</t>
         </is>
       </c>
       <c r="B109" t="inlineStr">
         <is>
           <t>500 - 999 employees</t>
         </is>
       </c>
       <c r="C109" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="D109" t="inlineStr">
         <is>
-          <t>December 2024</t>
+          <t>February 2025</t>
         </is>
       </c>
       <c r="E109"/>
       <c r="F109"/>
       <c r="G109"/>
     </row>
     <row r="110">
       <c r="A110" t="inlineStr">
         <is>
           <t>All size classes</t>
         </is>
       </c>
       <c r="B110" t="inlineStr">
         <is>
           <t>500 - 999 employees</t>
         </is>
       </c>
       <c r="C110" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D110" t="inlineStr">
         <is>
-          <t>January 2025</t>
-[...10 lines deleted...]
-      </c>
+          <t>March 2025</t>
+        </is>
+      </c>
+      <c r="E110"/>
+      <c r="F110"/>
+      <c r="G110"/>
     </row>
     <row r="111">
       <c r="A111" t="inlineStr">
         <is>
           <t>All size classes</t>
         </is>
       </c>
       <c r="B111" t="inlineStr">
         <is>
           <t>500 - 999 employees</t>
         </is>
       </c>
       <c r="C111" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D111" t="inlineStr">
         <is>
-          <t>February 2025</t>
-[...4 lines deleted...]
-      <c r="G111"/>
+          <t>April 2025</t>
+        </is>
+      </c>
+      <c r="E111" s="1" t="n">
+        <v>497.0</v>
+      </c>
+      <c r="F111" s="1" t="n">
+        <v>12.0</v>
+      </c>
+      <c r="G111" s="1" t="n">
+        <v>511.0</v>
+      </c>
     </row>
     <row r="112">
       <c r="A112" t="inlineStr">
         <is>
           <t>All size classes</t>
         </is>
       </c>
       <c r="B112" t="inlineStr">
         <is>
           <t>500 - 999 employees</t>
         </is>
       </c>
       <c r="C112" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D112" t="inlineStr">
         <is>
-          <t>March 2025</t>
+          <t>May 2025</t>
         </is>
       </c>
       <c r="E112"/>
       <c r="F112"/>
       <c r="G112"/>
     </row>
     <row r="113">
       <c r="A113" t="inlineStr">
         <is>
           <t>All size classes</t>
         </is>
       </c>
       <c r="B113" t="inlineStr">
         <is>
           <t>500 - 999 employees</t>
         </is>
       </c>
       <c r="C113" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D113" t="inlineStr">
         <is>
-          <t>April 2025</t>
-[...10 lines deleted...]
-      </c>
+          <t>June 2025</t>
+        </is>
+      </c>
+      <c r="E113"/>
+      <c r="F113"/>
+      <c r="G113"/>
     </row>
     <row r="114">
       <c r="A114" t="inlineStr">
         <is>
           <t>All size classes</t>
         </is>
       </c>
       <c r="B114" t="inlineStr">
         <is>
           <t>500 - 999 employees</t>
         </is>
       </c>
       <c r="C114" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D114" t="inlineStr">
         <is>
-          <t>May 2025</t>
-[...4 lines deleted...]
-      <c r="G114"/>
+          <t>July 2025</t>
+        </is>
+      </c>
+      <c r="E114" s="1" t="n">
+        <v>822.0</v>
+      </c>
+      <c r="F114" s="1" t="n">
+        <v>35.0</v>
+      </c>
+      <c r="G114" s="1" t="n">
+        <v>857.0</v>
+      </c>
     </row>
     <row r="115">
       <c r="A115" t="inlineStr">
         <is>
           <t>All size classes</t>
         </is>
       </c>
       <c r="B115" t="inlineStr">
         <is>
           <t>500 - 999 employees</t>
         </is>
       </c>
       <c r="C115" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D115" t="inlineStr">
         <is>
-          <t>June 2025</t>
+          <t>August 2025</t>
         </is>
       </c>
       <c r="E115"/>
       <c r="F115"/>
       <c r="G115"/>
     </row>
     <row r="116">
       <c r="A116" t="inlineStr">
         <is>
           <t>All size classes</t>
         </is>
       </c>
       <c r="B116" t="inlineStr">
         <is>
           <t>500 - 999 employees</t>
         </is>
       </c>
       <c r="C116" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D116" t="inlineStr">
         <is>
-          <t>July 2025</t>
-[...10 lines deleted...]
-      </c>
+          <t>September 2025</t>
+        </is>
+      </c>
+      <c r="E116"/>
+      <c r="F116"/>
+      <c r="G116"/>
     </row>
     <row r="117">
       <c r="A117" t="inlineStr">
         <is>
           <t>All size classes</t>
         </is>
       </c>
       <c r="B117" t="inlineStr">
         <is>
           <t>500 - 999 employees</t>
         </is>
       </c>
       <c r="C117" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D117" t="inlineStr">
         <is>
-          <t>August 2025</t>
+          <t>October 2025</t>
         </is>
       </c>
       <c r="E117"/>
       <c r="F117"/>
       <c r="G117"/>
     </row>
     <row r="118">
       <c r="A118" t="inlineStr">
         <is>
           <t>All size classes</t>
         </is>
       </c>
       <c r="B118" t="inlineStr">
         <is>
           <t>500 - 999 employees</t>
         </is>
       </c>
       <c r="C118" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D118" t="inlineStr">
         <is>
-          <t>September 2025</t>
+          <t>November 2025</t>
         </is>
       </c>
       <c r="E118"/>
       <c r="F118"/>
       <c r="G118"/>
     </row>
     <row r="119">
       <c r="A119" t="inlineStr">
         <is>
           <t>All size classes</t>
         </is>
       </c>
       <c r="B119" t="inlineStr">
         <is>
           <t>1000 employees and more</t>
         </is>
       </c>
       <c r="C119" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="D119" t="inlineStr">
         <is>
-          <t>September 2024</t>
+          <t>November 2024</t>
         </is>
       </c>
       <c r="E119"/>
       <c r="F119"/>
       <c r="G119"/>
     </row>
     <row r="120">
       <c r="A120" t="inlineStr">
         <is>
           <t>All size classes</t>
         </is>
       </c>
       <c r="B120" t="inlineStr">
         <is>
           <t>1000 employees and more</t>
         </is>
       </c>
       <c r="C120" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="D120" t="inlineStr">
         <is>
-          <t>October 2024</t>
+          <t>December 2024</t>
         </is>
       </c>
       <c r="E120"/>
       <c r="F120"/>
       <c r="G120"/>
     </row>
     <row r="121">
       <c r="A121" t="inlineStr">
         <is>
           <t>All size classes</t>
         </is>
       </c>
       <c r="B121" t="inlineStr">
         <is>
           <t>1000 employees and more</t>
         </is>
       </c>
       <c r="C121" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="D121" t="inlineStr">
         <is>
-          <t>November 2024</t>
+          <t>January 2025</t>
         </is>
       </c>
       <c r="E121"/>
       <c r="F121"/>
       <c r="G121"/>
     </row>
     <row r="122">
       <c r="A122" t="inlineStr">
         <is>
           <t>All size classes</t>
         </is>
       </c>
       <c r="B122" t="inlineStr">
         <is>
           <t>1000 employees and more</t>
         </is>
       </c>
       <c r="C122" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="D122" t="inlineStr">
         <is>
-          <t>December 2024</t>
+          <t>February 2025</t>
         </is>
       </c>
       <c r="E122"/>
       <c r="F122"/>
       <c r="G122"/>
     </row>
     <row r="123">
       <c r="A123" t="inlineStr">
         <is>
           <t>All size classes</t>
         </is>
       </c>
       <c r="B123" t="inlineStr">
         <is>
           <t>1000 employees and more</t>
         </is>
       </c>
       <c r="C123" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D123" t="inlineStr">
         <is>
-          <t>January 2025</t>
+          <t>March 2025</t>
         </is>
       </c>
       <c r="E123"/>
       <c r="F123"/>
       <c r="G123"/>
     </row>
     <row r="124">
       <c r="A124" t="inlineStr">
         <is>
           <t>All size classes</t>
         </is>
       </c>
       <c r="B124" t="inlineStr">
         <is>
           <t>1000 employees and more</t>
         </is>
       </c>
       <c r="C124" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D124" t="inlineStr">
         <is>
-          <t>February 2025</t>
+          <t>April 2025</t>
         </is>
       </c>
       <c r="E124"/>
       <c r="F124"/>
       <c r="G124"/>
     </row>
     <row r="125">
       <c r="A125" t="inlineStr">
         <is>
           <t>All size classes</t>
         </is>
       </c>
       <c r="B125" t="inlineStr">
         <is>
           <t>1000 employees and more</t>
         </is>
       </c>
       <c r="C125" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D125" t="inlineStr">
         <is>
-          <t>March 2025</t>
+          <t>May 2025</t>
         </is>
       </c>
       <c r="E125"/>
       <c r="F125"/>
       <c r="G125"/>
     </row>
     <row r="126">
       <c r="A126" t="inlineStr">
         <is>
           <t>All size classes</t>
         </is>
       </c>
       <c r="B126" t="inlineStr">
         <is>
           <t>1000 employees and more</t>
         </is>
       </c>
       <c r="C126" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D126" t="inlineStr">
         <is>
-          <t>April 2025</t>
+          <t>June 2025</t>
         </is>
       </c>
       <c r="E126"/>
       <c r="F126"/>
       <c r="G126"/>
     </row>
     <row r="127">
       <c r="A127" t="inlineStr">
         <is>
           <t>All size classes</t>
         </is>
       </c>
       <c r="B127" t="inlineStr">
         <is>
           <t>1000 employees and more</t>
         </is>
       </c>
       <c r="C127" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D127" t="inlineStr">
         <is>
-          <t>May 2025</t>
+          <t>July 2025</t>
         </is>
       </c>
       <c r="E127"/>
       <c r="F127"/>
       <c r="G127"/>
     </row>
     <row r="128">
       <c r="A128" t="inlineStr">
         <is>
           <t>All size classes</t>
         </is>
       </c>
       <c r="B128" t="inlineStr">
         <is>
           <t>1000 employees and more</t>
         </is>
       </c>
       <c r="C128" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D128" t="inlineStr">
         <is>
-          <t>June 2025</t>
+          <t>August 2025</t>
         </is>
       </c>
       <c r="E128"/>
       <c r="F128"/>
       <c r="G128"/>
     </row>
     <row r="129">
       <c r="A129" t="inlineStr">
         <is>
           <t>All size classes</t>
         </is>
       </c>
       <c r="B129" t="inlineStr">
         <is>
           <t>1000 employees and more</t>
         </is>
       </c>
       <c r="C129" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D129" t="inlineStr">
         <is>
-          <t>July 2025</t>
+          <t>September 2025</t>
         </is>
       </c>
       <c r="E129"/>
       <c r="F129"/>
       <c r="G129"/>
     </row>
     <row r="130">
       <c r="A130" t="inlineStr">
         <is>
           <t>All size classes</t>
         </is>
       </c>
       <c r="B130" t="inlineStr">
         <is>
           <t>1000 employees and more</t>
         </is>
       </c>
       <c r="C130" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D130" t="inlineStr">
         <is>
-          <t>August 2025</t>
+          <t>October 2025</t>
         </is>
       </c>
       <c r="E130"/>
       <c r="F130"/>
       <c r="G130"/>
     </row>
     <row r="131">
       <c r="A131" t="inlineStr">
         <is>
           <t>All size classes</t>
         </is>
       </c>
       <c r="B131" t="inlineStr">
         <is>
           <t>1000 employees and more</t>
         </is>
       </c>
       <c r="C131" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D131" t="inlineStr">
         <is>
-          <t>September 2025</t>
+          <t>November 2025</t>
         </is>
       </c>
       <c r="E131"/>
       <c r="F131"/>
       <c r="G131"/>
     </row>
     <row r="132">
       <c r="A132" t="inlineStr">
         <is>
           <t>All size classes</t>
         </is>
       </c>
       <c r="B132"/>
       <c r="C132" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="D132" t="inlineStr">
         <is>
-          <t>September 2024</t>
+          <t>November 2024</t>
         </is>
       </c>
       <c r="E132" s="1" t="n">
-        <v>1172.0</v>
+        <v>814.0</v>
       </c>
       <c r="F132" s="1" t="n">
-        <v>586.0</v>
+        <v>467.0</v>
       </c>
       <c r="G132" s="1" t="n">
-        <v>2728.0</v>
+        <v>1932.0</v>
       </c>
     </row>
     <row r="133">
       <c r="A133" t="inlineStr">
         <is>
           <t>All size classes</t>
         </is>
       </c>
       <c r="B133"/>
       <c r="C133" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="D133" t="inlineStr">
         <is>
-          <t>October 2024</t>
+          <t>December 2024</t>
         </is>
       </c>
       <c r="E133" s="1" t="n">
-        <v>1078.0</v>
+        <v>1266.0</v>
       </c>
       <c r="F133" s="1" t="n">
-        <v>794.0</v>
+        <v>483.0</v>
       </c>
       <c r="G133" s="1" t="n">
-        <v>2703.0</v>
+        <v>2579.0</v>
       </c>
     </row>
     <row r="134">
       <c r="A134" t="inlineStr">
         <is>
           <t>All size classes</t>
         </is>
       </c>
       <c r="B134"/>
       <c r="C134" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="D134" t="inlineStr">
         <is>
-          <t>November 2024</t>
+          <t>January 2025</t>
         </is>
       </c>
       <c r="E134" s="1" t="n">
-        <v>814.0</v>
+        <v>1036.0</v>
       </c>
       <c r="F134" s="1" t="n">
-        <v>467.0</v>
+        <v>657.0</v>
       </c>
       <c r="G134" s="1" t="n">
-        <v>1932.0</v>
+        <v>2462.0</v>
       </c>
     </row>
     <row r="135">
       <c r="A135" t="inlineStr">
         <is>
           <t>All size classes</t>
         </is>
       </c>
       <c r="B135"/>
       <c r="C135" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="D135" t="inlineStr">
         <is>
-          <t>December 2024</t>
+          <t>February 2025</t>
         </is>
       </c>
       <c r="E135" s="1" t="n">
-        <v>1266.0</v>
+        <v>1278.0</v>
       </c>
       <c r="F135" s="1" t="n">
-        <v>483.0</v>
+        <v>541.0</v>
       </c>
       <c r="G135" s="1" t="n">
-        <v>2579.0</v>
+        <v>2588.0</v>
       </c>
     </row>
     <row r="136">
       <c r="A136" t="inlineStr">
         <is>
           <t>All size classes</t>
         </is>
       </c>
       <c r="B136"/>
       <c r="C136" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D136" t="inlineStr">
         <is>
-          <t>January 2025</t>
+          <t>March 2025</t>
         </is>
       </c>
       <c r="E136" s="1" t="n">
-        <v>1036.0</v>
+        <v>1168.0</v>
       </c>
       <c r="F136" s="1" t="n">
-        <v>657.0</v>
+        <v>701.0</v>
       </c>
       <c r="G136" s="1" t="n">
-        <v>2462.0</v>
+        <v>2747.0</v>
       </c>
     </row>
     <row r="137">
       <c r="A137" t="inlineStr">
         <is>
           <t>All size classes</t>
         </is>
       </c>
       <c r="B137"/>
       <c r="C137" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D137" t="inlineStr">
         <is>
-          <t>February 2025</t>
+          <t>April 2025</t>
         </is>
       </c>
       <c r="E137" s="1" t="n">
-        <v>1278.0</v>
+        <v>1765.0</v>
       </c>
       <c r="F137" s="1" t="n">
-        <v>541.0</v>
+        <v>659.0</v>
       </c>
       <c r="G137" s="1" t="n">
-        <v>2588.0</v>
+        <v>3203.0</v>
       </c>
     </row>
     <row r="138">
       <c r="A138" t="inlineStr">
         <is>
           <t>All size classes</t>
         </is>
       </c>
       <c r="B138"/>
       <c r="C138" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D138" t="inlineStr">
         <is>
-          <t>March 2025</t>
+          <t>May 2025</t>
         </is>
       </c>
       <c r="E138" s="1" t="n">
-        <v>1168.0</v>
+        <v>667.0</v>
       </c>
       <c r="F138" s="1" t="n">
-        <v>701.0</v>
+        <v>355.0</v>
       </c>
       <c r="G138" s="1" t="n">
-        <v>2747.0</v>
+        <v>1748.0</v>
       </c>
     </row>
     <row r="139">
       <c r="A139" t="inlineStr">
         <is>
           <t>All size classes</t>
         </is>
       </c>
       <c r="B139"/>
       <c r="C139" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D139" t="inlineStr">
         <is>
-          <t>April 2025</t>
+          <t>June 2025</t>
         </is>
       </c>
       <c r="E139" s="1" t="n">
-        <v>1765.0</v>
+        <v>1165.0</v>
       </c>
       <c r="F139" s="1" t="n">
-        <v>659.0</v>
+        <v>611.0</v>
       </c>
       <c r="G139" s="1" t="n">
-        <v>3203.0</v>
+        <v>2732.0</v>
       </c>
     </row>
     <row r="140">
       <c r="A140" t="inlineStr">
         <is>
           <t>All size classes</t>
         </is>
       </c>
       <c r="B140"/>
       <c r="C140" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D140" t="inlineStr">
         <is>
-          <t>May 2025</t>
+          <t>July 2025</t>
         </is>
       </c>
       <c r="E140" s="1" t="n">
-        <v>667.0</v>
+        <v>1544.0</v>
       </c>
       <c r="F140" s="1" t="n">
-        <v>355.0</v>
+        <v>436.0</v>
       </c>
       <c r="G140" s="1" t="n">
-        <v>1748.0</v>
+        <v>2548.0</v>
       </c>
     </row>
     <row r="141">
       <c r="A141" t="inlineStr">
         <is>
           <t>All size classes</t>
         </is>
       </c>
       <c r="B141"/>
       <c r="C141" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D141" t="inlineStr">
         <is>
-          <t>June 2025</t>
+          <t>August 2025</t>
         </is>
       </c>
       <c r="E141" s="1" t="n">
-        <v>1165.0</v>
+        <v>1069.0</v>
       </c>
       <c r="F141" s="1" t="n">
-        <v>611.0</v>
+        <v>493.0</v>
       </c>
       <c r="G141" s="1" t="n">
-        <v>2732.0</v>
+        <v>1930.0</v>
       </c>
     </row>
     <row r="142">
       <c r="A142" t="inlineStr">
         <is>
           <t>All size classes</t>
         </is>
       </c>
       <c r="B142"/>
       <c r="C142" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D142" t="inlineStr">
         <is>
-          <t>July 2025</t>
+          <t>September 2025</t>
         </is>
       </c>
       <c r="E142" s="1" t="n">
-        <v>1544.0</v>
+        <v>963.0</v>
       </c>
       <c r="F142" s="1" t="n">
-        <v>436.0</v>
+        <v>630.0</v>
       </c>
       <c r="G142" s="1" t="n">
-        <v>2548.0</v>
+        <v>2563.0</v>
       </c>
     </row>
     <row r="143">
       <c r="A143" t="inlineStr">
         <is>
           <t>All size classes</t>
         </is>
       </c>
       <c r="B143"/>
       <c r="C143" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D143" t="inlineStr">
         <is>
-          <t>August 2025</t>
+          <t>October 2025</t>
         </is>
       </c>
       <c r="E143" s="1" t="n">
-        <v>1069.0</v>
+        <v>961.0</v>
       </c>
       <c r="F143" s="1" t="n">
-        <v>493.0</v>
+        <v>663.0</v>
       </c>
       <c r="G143" s="1" t="n">
-        <v>1931.0</v>
+        <v>2496.0</v>
       </c>
     </row>
     <row r="144">
       <c r="A144" t="inlineStr">
         <is>
           <t>All size classes</t>
         </is>
       </c>
       <c r="B144"/>
       <c r="C144" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D144" t="inlineStr">
         <is>
-          <t>September 2025</t>
+          <t>November 2025</t>
         </is>
       </c>
       <c r="E144" s="1" t="n">
-        <v>952.0</v>
+        <v>878.0</v>
       </c>
       <c r="F144" s="1" t="n">
-        <v>623.0</v>
+        <v>484.0</v>
       </c>
       <c r="G144" s="1" t="n">
-        <v>2542.0</v>
+        <v>2106.0</v>
       </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <coreProperties xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </coreProperties>
 </file>