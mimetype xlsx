--- v1 (2026-01-11)
+++ v2 (2026-03-12)
@@ -84,154 +84,154 @@
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?>
 
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
   <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/>
   <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/>
   <Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/>
   <Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/>
   <Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/>
 </Relationships>
 
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <cols>
     <col min="1" max="1" width="11.02734375" customWidth="true"/>
-    <col min="2" max="2" width="167.99609375" customWidth="true"/>
+    <col min="2" max="2" width="166.0703125" customWidth="true"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" t="inlineStr">
         <is>
           <t>Data source:</t>
         </is>
       </c>
       <c r="B1" t="inlineStr">
         <is>
           <t>Number of Bankruptcies and job losses in Belgium per month, municipality, economic activity (NACE 2008), type of enterprise, legal form, size class of the number of employees, lifespan</t>
         </is>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="inlineStr">
         <is>
           <t>Filters:</t>
         </is>
       </c>
       <c r="B2" t="inlineStr">
         <is>
-          <t>Date : Last 13 Month(November 2024, December 2024, January 2025, February 2025, March 2025, April 2025, May 2025, June 2025, July 2025, August 2025, September 2025, October 2025, November 2025)</t>
+          <t>Date : Last 13 Month(January 2025, February 2025, March 2025, April 2025, May 2025, June 2025, July 2025, August 2025, September 2025, October 2025, November 2025, December 2025, January 2026)</t>
         </is>
       </c>
     </row>
     <row r="3">
       <c r="B3" t="inlineStr">
         <is>
           <t xml:space="preserve">
 </t>
         </is>
       </c>
     </row>
     <row r="4">
 </row>
     <row r="5">
       <c r="A5" t="inlineStr">
         <is>
           <t xml:space="preserve">Source: </t>
         </is>
       </c>
       <c r="B5" t="inlineStr">
         <is>
           <t>Statbel (Directorate-general Statistics - Statistics Belgium)</t>
         </is>
       </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <cols>
     <col min="1" max="1" width="13.3828125" customWidth="true"/>
     <col min="2" max="2" width="27.1796875" customWidth="true"/>
     <col min="3" max="3" width="6.04296875" customWidth="true"/>
     <col min="4" max="4" width="19.796875" customWidth="true"/>
-    <col min="5" max="5" width="13.6875" customWidth="true"/>
-[...10 lines deleted...]
-    <col min="16" max="16" width="13.79296875" customWidth="true"/>
+    <col min="5" max="5" width="12.484375" customWidth="true"/>
+    <col min="6" max="6" width="10.5390625" customWidth="true"/>
+    <col min="7" max="7" width="9.21484375" customWidth="true"/>
+    <col min="8" max="8" width="8.81640625" customWidth="true"/>
+    <col min="9" max="9" width="9.4609375" customWidth="true"/>
+    <col min="10" max="10" width="8.7890625" customWidth="true"/>
+    <col min="11" max="11" width="11.26953125" customWidth="true"/>
+    <col min="12" max="12" width="14.3203125" customWidth="true"/>
+    <col min="13" max="13" width="11.8828125" customWidth="true"/>
+    <col min="14" max="14" width="13.79296875" customWidth="true"/>
+    <col min="15" max="15" width="13.6875" customWidth="true"/>
+    <col min="16" max="16" width="11.97265625" customWidth="true"/>
     <col min="17" max="17" width="20.50390625" customWidth="true"/>
-    <col min="18" max="18" width="13.6875" customWidth="true"/>
-[...23 lines deleted...]
-    <col min="42" max="42" width="13.79296875" customWidth="true"/>
+    <col min="18" max="18" width="12.484375" customWidth="true"/>
+    <col min="19" max="19" width="10.5390625" customWidth="true"/>
+    <col min="20" max="20" width="9.21484375" customWidth="true"/>
+    <col min="21" max="21" width="8.81640625" customWidth="true"/>
+    <col min="22" max="22" width="9.4609375" customWidth="true"/>
+    <col min="23" max="23" width="8.7890625" customWidth="true"/>
+    <col min="24" max="24" width="11.26953125" customWidth="true"/>
+    <col min="25" max="25" width="14.3203125" customWidth="true"/>
+    <col min="26" max="26" width="11.8828125" customWidth="true"/>
+    <col min="27" max="27" width="13.79296875" customWidth="true"/>
+    <col min="28" max="28" width="13.6875" customWidth="true"/>
+    <col min="29" max="29" width="11.97265625" customWidth="true"/>
+    <col min="30" max="30" width="13.7890625" customWidth="true"/>
+    <col min="31" max="31" width="12.484375" customWidth="true"/>
+    <col min="32" max="32" width="10.5390625" customWidth="true"/>
+    <col min="33" max="33" width="9.21484375" customWidth="true"/>
+    <col min="34" max="34" width="8.81640625" customWidth="true"/>
+    <col min="35" max="35" width="9.4609375" customWidth="true"/>
+    <col min="36" max="36" width="8.7890625" customWidth="true"/>
+    <col min="37" max="37" width="11.26953125" customWidth="true"/>
+    <col min="38" max="38" width="14.3203125" customWidth="true"/>
+    <col min="39" max="39" width="11.8828125" customWidth="true"/>
+    <col min="40" max="40" width="13.79296875" customWidth="true"/>
+    <col min="41" max="41" width="13.6875" customWidth="true"/>
+    <col min="42" max="42" width="11.97265625" customWidth="true"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1"/>
       <c r="B1"/>
       <c r="C1"/>
       <c r="D1" t="inlineStr">
         <is>
           <t>Losses of full-time jobs</t>
         </is>
       </c>
       <c r="E1"/>
       <c r="F1"/>
       <c r="G1"/>
       <c r="H1"/>
       <c r="I1"/>
       <c r="J1"/>
       <c r="K1"/>
       <c r="L1"/>
       <c r="M1"/>
       <c r="N1"/>
       <c r="O1"/>
       <c r="P1"/>
       <c r="Q1" t="inlineStr">
         <is>
@@ -256,1215 +256,1221 @@
         </is>
       </c>
       <c r="AE1"/>
       <c r="AF1"/>
       <c r="AG1"/>
       <c r="AH1"/>
       <c r="AI1"/>
       <c r="AJ1"/>
       <c r="AK1"/>
       <c r="AL1"/>
       <c r="AM1"/>
       <c r="AN1"/>
       <c r="AO1"/>
       <c r="AP1"/>
     </row>
     <row r="2">
       <c r="A2"/>
       <c r="B2"/>
       <c r="C2" t="inlineStr">
         <is>
           <t>Year</t>
         </is>
       </c>
       <c r="D2" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="E2"/>
-      <c r="F2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="F2"/>
       <c r="G2"/>
       <c r="H2"/>
       <c r="I2"/>
       <c r="J2"/>
       <c r="K2"/>
       <c r="L2"/>
       <c r="M2"/>
       <c r="N2"/>
       <c r="O2"/>
-      <c r="P2"/>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>2026</t>
+        </is>
+      </c>
       <c r="Q2" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="R2"/>
-      <c r="S2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="S2"/>
       <c r="T2"/>
       <c r="U2"/>
       <c r="V2"/>
       <c r="W2"/>
       <c r="X2"/>
       <c r="Y2"/>
       <c r="Z2"/>
       <c r="AA2"/>
       <c r="AB2"/>
-      <c r="AC2"/>
+      <c r="AC2" t="inlineStr">
+        <is>
+          <t>2026</t>
+        </is>
+      </c>
       <c r="AD2" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="AE2"/>
-      <c r="AF2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="AF2"/>
       <c r="AG2"/>
       <c r="AH2"/>
       <c r="AI2"/>
       <c r="AJ2"/>
       <c r="AK2"/>
       <c r="AL2"/>
       <c r="AM2"/>
       <c r="AN2"/>
       <c r="AO2"/>
-      <c r="AP2"/>
+      <c r="AP2" t="inlineStr">
+        <is>
+          <t>2026</t>
+        </is>
+      </c>
     </row>
     <row r="3">
       <c r="A3"/>
       <c r="B3"/>
       <c r="C3" t="inlineStr">
         <is>
           <t>Month</t>
         </is>
       </c>
       <c r="D3" t="inlineStr">
         <is>
-          <t>November 2024</t>
+          <t>January 2025</t>
         </is>
       </c>
       <c r="E3" t="inlineStr">
         <is>
-          <t>December 2024</t>
+          <t>February 2025</t>
         </is>
       </c>
       <c r="F3" t="inlineStr">
         <is>
+          <t>March 2025</t>
+        </is>
+      </c>
+      <c r="G3" t="inlineStr">
+        <is>
+          <t>April 2025</t>
+        </is>
+      </c>
+      <c r="H3" t="inlineStr">
+        <is>
+          <t>May 2025</t>
+        </is>
+      </c>
+      <c r="I3" t="inlineStr">
+        <is>
+          <t>June 2025</t>
+        </is>
+      </c>
+      <c r="J3" t="inlineStr">
+        <is>
+          <t>July 2025</t>
+        </is>
+      </c>
+      <c r="K3" t="inlineStr">
+        <is>
+          <t>August 2025</t>
+        </is>
+      </c>
+      <c r="L3" t="inlineStr">
+        <is>
+          <t>September 2025</t>
+        </is>
+      </c>
+      <c r="M3" t="inlineStr">
+        <is>
+          <t>October 2025</t>
+        </is>
+      </c>
+      <c r="N3" t="inlineStr">
+        <is>
+          <t>November 2025</t>
+        </is>
+      </c>
+      <c r="O3" t="inlineStr">
+        <is>
+          <t>December 2025</t>
+        </is>
+      </c>
+      <c r="P3" t="inlineStr">
+        <is>
+          <t>January 2026</t>
+        </is>
+      </c>
+      <c r="Q3" t="inlineStr">
+        <is>
           <t>January 2025</t>
         </is>
       </c>
-      <c r="G3" t="inlineStr">
+      <c r="R3" t="inlineStr">
         <is>
           <t>February 2025</t>
         </is>
       </c>
-      <c r="H3" t="inlineStr">
+      <c r="S3" t="inlineStr">
         <is>
           <t>March 2025</t>
         </is>
       </c>
-      <c r="I3" t="inlineStr">
+      <c r="T3" t="inlineStr">
         <is>
           <t>April 2025</t>
         </is>
       </c>
-      <c r="J3" t="inlineStr">
+      <c r="U3" t="inlineStr">
         <is>
           <t>May 2025</t>
         </is>
       </c>
-      <c r="K3" t="inlineStr">
+      <c r="V3" t="inlineStr">
         <is>
           <t>June 2025</t>
         </is>
       </c>
-      <c r="L3" t="inlineStr">
+      <c r="W3" t="inlineStr">
         <is>
           <t>July 2025</t>
         </is>
       </c>
-      <c r="M3" t="inlineStr">
+      <c r="X3" t="inlineStr">
         <is>
           <t>August 2025</t>
         </is>
       </c>
-      <c r="N3" t="inlineStr">
+      <c r="Y3" t="inlineStr">
         <is>
           <t>September 2025</t>
         </is>
       </c>
-      <c r="O3" t="inlineStr">
+      <c r="Z3" t="inlineStr">
         <is>
           <t>October 2025</t>
         </is>
       </c>
-      <c r="P3" t="inlineStr">
+      <c r="AA3" t="inlineStr">
         <is>
           <t>November 2025</t>
         </is>
       </c>
-      <c r="Q3" t="inlineStr">
-[...9 lines deleted...]
-      <c r="S3" t="inlineStr">
+      <c r="AB3" t="inlineStr">
+        <is>
+          <t>December 2025</t>
+        </is>
+      </c>
+      <c r="AC3" t="inlineStr">
+        <is>
+          <t>January 2026</t>
+        </is>
+      </c>
+      <c r="AD3" t="inlineStr">
         <is>
           <t>January 2025</t>
         </is>
       </c>
-      <c r="T3" t="inlineStr">
+      <c r="AE3" t="inlineStr">
         <is>
           <t>February 2025</t>
         </is>
       </c>
-      <c r="U3" t="inlineStr">
+      <c r="AF3" t="inlineStr">
         <is>
           <t>March 2025</t>
         </is>
       </c>
-      <c r="V3" t="inlineStr">
+      <c r="AG3" t="inlineStr">
         <is>
           <t>April 2025</t>
         </is>
       </c>
-      <c r="W3" t="inlineStr">
+      <c r="AH3" t="inlineStr">
         <is>
           <t>May 2025</t>
         </is>
       </c>
-      <c r="X3" t="inlineStr">
+      <c r="AI3" t="inlineStr">
         <is>
           <t>June 2025</t>
         </is>
       </c>
-      <c r="Y3" t="inlineStr">
+      <c r="AJ3" t="inlineStr">
         <is>
           <t>July 2025</t>
         </is>
       </c>
-      <c r="Z3" t="inlineStr">
+      <c r="AK3" t="inlineStr">
         <is>
           <t>August 2025</t>
         </is>
       </c>
-      <c r="AA3" t="inlineStr">
+      <c r="AL3" t="inlineStr">
         <is>
           <t>September 2025</t>
         </is>
       </c>
-      <c r="AB3" t="inlineStr">
+      <c r="AM3" t="inlineStr">
         <is>
           <t>October 2025</t>
         </is>
       </c>
-      <c r="AC3" t="inlineStr">
+      <c r="AN3" t="inlineStr">
         <is>
           <t>November 2025</t>
         </is>
       </c>
-      <c r="AD3" t="inlineStr">
-[...53 lines deleted...]
-      </c>
       <c r="AO3" t="inlineStr">
         <is>
-          <t>October 2025</t>
+          <t>December 2025</t>
         </is>
       </c>
       <c r="AP3" t="inlineStr">
         <is>
-          <t>November 2025</t>
+          <t>January 2026</t>
         </is>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="inlineStr">
         <is>
           <t>All size classes</t>
         </is>
       </c>
       <c r="B4" t="inlineStr">
         <is>
           <t>Size class number of employees</t>
         </is>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="inlineStr">
         <is>
           <t>All size classes</t>
         </is>
       </c>
       <c r="B5" t="inlineStr">
         <is>
           <t>0 - 4 employees</t>
         </is>
       </c>
       <c r="C5"/>
       <c r="D5" s="1" t="n">
-        <v>214.0</v>
+        <v>257.0</v>
       </c>
       <c r="E5" s="1" t="n">
-        <v>263.0</v>
+        <v>280.0</v>
       </c>
       <c r="F5" s="1" t="n">
-        <v>257.0</v>
+        <v>253.0</v>
       </c>
       <c r="G5" s="1" t="n">
-        <v>280.0</v>
+        <v>291.0</v>
       </c>
       <c r="H5" s="1" t="n">
-        <v>253.0</v>
+        <v>217.0</v>
       </c>
       <c r="I5" s="1" t="n">
-        <v>291.0</v>
+        <v>287.0</v>
       </c>
       <c r="J5" s="1" t="n">
-        <v>217.0</v>
+        <v>199.0</v>
       </c>
       <c r="K5" s="1" t="n">
-        <v>287.0</v>
+        <v>147.0</v>
       </c>
       <c r="L5" s="1" t="n">
-        <v>199.0</v>
+        <v>318.0</v>
       </c>
       <c r="M5" s="1" t="n">
-        <v>147.0</v>
+        <v>299.0</v>
       </c>
       <c r="N5" s="1" t="n">
-        <v>318.0</v>
+        <v>251.0</v>
       </c>
       <c r="O5" s="1" t="n">
-        <v>299.0</v>
+        <v>282.0</v>
       </c>
       <c r="P5" s="1" t="n">
-        <v>251.0</v>
+        <v>236.0</v>
       </c>
       <c r="Q5" s="1" t="n">
-        <v>149.0</v>
+        <v>141.0</v>
       </c>
       <c r="R5" s="1" t="n">
-        <v>137.0</v>
+        <v>155.0</v>
       </c>
       <c r="S5" s="1" t="n">
-        <v>141.0</v>
+        <v>181.0</v>
       </c>
       <c r="T5" s="1" t="n">
-        <v>155.0</v>
+        <v>187.0</v>
       </c>
       <c r="U5" s="1" t="n">
-        <v>181.0</v>
+        <v>144.0</v>
       </c>
       <c r="V5" s="1" t="n">
-        <v>187.0</v>
+        <v>182.0</v>
       </c>
       <c r="W5" s="1" t="n">
-        <v>144.0</v>
+        <v>121.0</v>
       </c>
       <c r="X5" s="1" t="n">
-        <v>182.0</v>
+        <v>100.0</v>
       </c>
       <c r="Y5" s="1" t="n">
-        <v>121.0</v>
+        <v>228.0</v>
       </c>
       <c r="Z5" s="1" t="n">
-        <v>100.0</v>
+        <v>195.0</v>
       </c>
       <c r="AA5" s="1" t="n">
-        <v>228.0</v>
+        <v>175.0</v>
       </c>
       <c r="AB5" s="1" t="n">
-        <v>195.0</v>
+        <v>171.0</v>
       </c>
       <c r="AC5" s="1" t="n">
-        <v>175.0</v>
+        <v>158.0</v>
       </c>
       <c r="AD5" s="1" t="n">
-        <v>1003.0</v>
+        <v>1156.0</v>
       </c>
       <c r="AE5" s="1" t="n">
-        <v>1213.0</v>
+        <v>1197.0</v>
       </c>
       <c r="AF5" s="1" t="n">
-        <v>1156.0</v>
+        <v>1296.0</v>
       </c>
       <c r="AG5" s="1" t="n">
-        <v>1197.0</v>
+        <v>1241.0</v>
       </c>
       <c r="AH5" s="1" t="n">
-        <v>1296.0</v>
+        <v>1080.0</v>
       </c>
       <c r="AI5" s="1" t="n">
-        <v>1241.0</v>
+        <v>1412.0</v>
       </c>
       <c r="AJ5" s="1" t="n">
-        <v>1080.0</v>
+        <v>884.0</v>
       </c>
       <c r="AK5" s="1" t="n">
-        <v>1412.0</v>
+        <v>612.0</v>
       </c>
       <c r="AL5" s="1" t="n">
-        <v>884.0</v>
+        <v>1498.0</v>
       </c>
       <c r="AM5" s="1" t="n">
-        <v>612.0</v>
+        <v>1352.0</v>
       </c>
       <c r="AN5" s="1" t="n">
-        <v>1498.0</v>
+        <v>1163.0</v>
       </c>
       <c r="AO5" s="1" t="n">
-        <v>1352.0</v>
+        <v>1348.0</v>
       </c>
       <c r="AP5" s="1" t="n">
-        <v>1164.0</v>
+        <v>1154.0</v>
       </c>
     </row>
     <row r="6">
       <c r="A6"/>
       <c r="B6" t="inlineStr">
         <is>
           <t>5 - 9 employees</t>
         </is>
       </c>
       <c r="C6"/>
       <c r="D6" s="1" t="n">
-        <v>190.0</v>
+        <v>130.0</v>
       </c>
       <c r="E6" s="1" t="n">
-        <v>207.0</v>
+        <v>181.0</v>
       </c>
       <c r="F6" s="1" t="n">
-        <v>130.0</v>
+        <v>157.0</v>
       </c>
       <c r="G6" s="1" t="n">
+        <v>187.0</v>
+      </c>
+      <c r="H6" s="1" t="n">
+        <v>170.0</v>
+      </c>
+      <c r="I6" s="1" t="n">
+        <v>194.0</v>
+      </c>
+      <c r="J6" s="1" t="n">
+        <v>182.0</v>
+      </c>
+      <c r="K6" s="1" t="n">
+        <v>134.0</v>
+      </c>
+      <c r="L6" s="1" t="n">
+        <v>260.0</v>
+      </c>
+      <c r="M6" s="1" t="n">
+        <v>186.0</v>
+      </c>
+      <c r="N6" s="1" t="n">
+        <v>178.0</v>
+      </c>
+      <c r="O6" s="1" t="n">
         <v>181.0</v>
       </c>
-      <c r="H6" s="1" t="n">
-[...22 lines deleted...]
-      </c>
       <c r="P6" s="1" t="n">
-        <v>178.0</v>
+        <v>212.0</v>
       </c>
       <c r="Q6" s="1" t="n">
-        <v>108.0</v>
+        <v>61.0</v>
       </c>
       <c r="R6" s="1" t="n">
-        <v>88.0</v>
+        <v>136.0</v>
       </c>
       <c r="S6" s="1" t="n">
-        <v>61.0</v>
+        <v>95.0</v>
       </c>
       <c r="T6" s="1" t="n">
-        <v>136.0</v>
+        <v>142.0</v>
       </c>
       <c r="U6" s="1" t="n">
-        <v>95.0</v>
+        <v>78.0</v>
       </c>
       <c r="V6" s="1" t="n">
-        <v>142.0</v>
+        <v>132.0</v>
       </c>
       <c r="W6" s="1" t="n">
-        <v>78.0</v>
+        <v>124.0</v>
       </c>
       <c r="X6" s="1" t="n">
-        <v>132.0</v>
+        <v>70.0</v>
       </c>
       <c r="Y6" s="1" t="n">
-        <v>124.0</v>
+        <v>126.0</v>
       </c>
       <c r="Z6" s="1" t="n">
-        <v>70.0</v>
+        <v>131.0</v>
       </c>
       <c r="AA6" s="1" t="n">
-        <v>126.0</v>
+        <v>119.0</v>
       </c>
       <c r="AB6" s="1" t="n">
-        <v>131.0</v>
+        <v>94.0</v>
       </c>
       <c r="AC6" s="1" t="n">
-        <v>119.0</v>
+        <v>100.0</v>
       </c>
       <c r="AD6" s="1" t="n">
-        <v>308.0</v>
+        <v>198.0</v>
       </c>
       <c r="AE6" s="1" t="n">
-        <v>311.0</v>
+        <v>322.0</v>
       </c>
       <c r="AF6" s="1" t="n">
-        <v>198.0</v>
+        <v>266.0</v>
       </c>
       <c r="AG6" s="1" t="n">
-        <v>322.0</v>
+        <v>341.0</v>
       </c>
       <c r="AH6" s="1" t="n">
-        <v>266.0</v>
+        <v>253.0</v>
       </c>
       <c r="AI6" s="1" t="n">
-        <v>341.0</v>
+        <v>331.0</v>
       </c>
       <c r="AJ6" s="1" t="n">
-        <v>253.0</v>
+        <v>307.0</v>
       </c>
       <c r="AK6" s="1" t="n">
-        <v>331.0</v>
+        <v>206.0</v>
       </c>
       <c r="AL6" s="1" t="n">
-        <v>307.0</v>
+        <v>401.0</v>
       </c>
       <c r="AM6" s="1" t="n">
-        <v>206.0</v>
+        <v>328.0</v>
       </c>
       <c r="AN6" s="1" t="n">
-        <v>401.0</v>
+        <v>302.0</v>
       </c>
       <c r="AO6" s="1" t="n">
-        <v>328.0</v>
+        <v>285.0</v>
       </c>
       <c r="AP6" s="1" t="n">
-        <v>302.0</v>
+        <v>320.0</v>
       </c>
     </row>
     <row r="7">
       <c r="A7"/>
       <c r="B7" t="inlineStr">
         <is>
           <t>10 - 19 employees</t>
         </is>
       </c>
       <c r="C7"/>
       <c r="D7" s="1" t="n">
-        <v>122.0</v>
+        <v>135.0</v>
       </c>
       <c r="E7" s="1" t="n">
-        <v>134.0</v>
+        <v>230.0</v>
       </c>
       <c r="F7" s="1" t="n">
-        <v>135.0</v>
+        <v>100.0</v>
       </c>
       <c r="G7" s="1" t="n">
-        <v>230.0</v>
+        <v>162.0</v>
       </c>
       <c r="H7" s="1" t="n">
-        <v>100.0</v>
+        <v>145.0</v>
       </c>
       <c r="I7" s="1" t="n">
-        <v>162.0</v>
+        <v>186.0</v>
       </c>
       <c r="J7" s="1" t="n">
-        <v>145.0</v>
+        <v>61.0</v>
       </c>
       <c r="K7" s="1" t="n">
-        <v>186.0</v>
+        <v>148.0</v>
       </c>
       <c r="L7" s="1" t="n">
-        <v>61.0</v>
+        <v>195.0</v>
       </c>
       <c r="M7" s="1" t="n">
-        <v>148.0</v>
+        <v>126.0</v>
       </c>
       <c r="N7" s="1" t="n">
-        <v>195.0</v>
+        <v>150.0</v>
       </c>
       <c r="O7" s="1" t="n">
-        <v>126.0</v>
+        <v>194.0</v>
       </c>
       <c r="P7" s="1" t="n">
-        <v>150.0</v>
+        <v>157.0</v>
       </c>
       <c r="Q7" s="1" t="n">
-        <v>88.0</v>
+        <v>35.0</v>
       </c>
       <c r="R7" s="1" t="n">
-        <v>93.0</v>
+        <v>115.0</v>
       </c>
       <c r="S7" s="1" t="n">
-        <v>35.0</v>
+        <v>89.0</v>
       </c>
       <c r="T7" s="1" t="n">
-        <v>115.0</v>
+        <v>79.0</v>
       </c>
       <c r="U7" s="1" t="n">
-        <v>89.0</v>
+        <v>43.0</v>
       </c>
       <c r="V7" s="1" t="n">
+        <v>108.0</v>
+      </c>
+      <c r="W7" s="1" t="n">
+        <v>42.0</v>
+      </c>
+      <c r="X7" s="1" t="n">
+        <v>66.0</v>
+      </c>
+      <c r="Y7" s="1" t="n">
+        <v>177.0</v>
+      </c>
+      <c r="Z7" s="1" t="n">
+        <v>97.0</v>
+      </c>
+      <c r="AA7" s="1" t="n">
         <v>79.0</v>
       </c>
-      <c r="W7" s="1" t="n">
-[...13 lines deleted...]
-      </c>
       <c r="AB7" s="1" t="n">
-        <v>97.0</v>
+        <v>58.0</v>
       </c>
       <c r="AC7" s="1" t="n">
-        <v>79.0</v>
+        <v>125.0</v>
       </c>
       <c r="AD7" s="1" t="n">
-        <v>210.0</v>
+        <v>170.0</v>
       </c>
       <c r="AE7" s="1" t="n">
-        <v>227.0</v>
+        <v>345.0</v>
       </c>
       <c r="AF7" s="1" t="n">
-        <v>170.0</v>
+        <v>191.0</v>
       </c>
       <c r="AG7" s="1" t="n">
-        <v>345.0</v>
+        <v>243.0</v>
       </c>
       <c r="AH7" s="1" t="n">
-        <v>191.0</v>
+        <v>190.0</v>
       </c>
       <c r="AI7" s="1" t="n">
-        <v>243.0</v>
+        <v>300.0</v>
       </c>
       <c r="AJ7" s="1" t="n">
-        <v>190.0</v>
+        <v>106.0</v>
       </c>
       <c r="AK7" s="1" t="n">
-        <v>300.0</v>
+        <v>215.0</v>
       </c>
       <c r="AL7" s="1" t="n">
-        <v>106.0</v>
+        <v>375.0</v>
       </c>
       <c r="AM7" s="1" t="n">
-        <v>215.0</v>
+        <v>224.0</v>
       </c>
       <c r="AN7" s="1" t="n">
-        <v>375.0</v>
+        <v>229.0</v>
       </c>
       <c r="AO7" s="1" t="n">
-        <v>224.0</v>
+        <v>252.0</v>
       </c>
       <c r="AP7" s="1" t="n">
-        <v>229.0</v>
+        <v>287.0</v>
       </c>
     </row>
     <row r="8">
       <c r="A8"/>
       <c r="B8" t="inlineStr">
         <is>
           <t>20 - 49 employees</t>
         </is>
       </c>
       <c r="C8"/>
       <c r="D8" s="1" t="n">
-        <v>132.0</v>
+        <v>128.0</v>
       </c>
       <c r="E8" s="1" t="n">
-        <v>300.0</v>
+        <v>229.0</v>
       </c>
       <c r="F8" s="1" t="n">
-        <v>128.0</v>
+        <v>124.0</v>
       </c>
       <c r="G8" s="1" t="n">
-        <v>229.0</v>
+        <v>182.0</v>
       </c>
       <c r="H8" s="1" t="n">
-        <v>124.0</v>
+        <v>23.0</v>
       </c>
       <c r="I8" s="1" t="n">
-        <v>182.0</v>
+        <v>498.0</v>
       </c>
       <c r="J8" s="1" t="n">
-        <v>23.0</v>
+        <v>147.0</v>
       </c>
       <c r="K8" s="1" t="n">
-        <v>498.0</v>
+        <v>236.0</v>
       </c>
       <c r="L8" s="1" t="n">
-        <v>147.0</v>
+        <v>115.0</v>
       </c>
       <c r="M8" s="1" t="n">
-        <v>236.0</v>
+        <v>259.0</v>
       </c>
       <c r="N8" s="1" t="n">
-        <v>115.0</v>
+        <v>213.0</v>
       </c>
       <c r="O8" s="1" t="n">
-        <v>259.0</v>
+        <v>261.0</v>
       </c>
       <c r="P8" s="1" t="n">
-        <v>213.0</v>
+        <v>81.0</v>
       </c>
       <c r="Q8" s="1" t="n">
-        <v>48.0</v>
+        <v>32.0</v>
       </c>
       <c r="R8" s="1" t="n">
-        <v>94.0</v>
+        <v>44.0</v>
       </c>
       <c r="S8" s="1" t="n">
-        <v>32.0</v>
+        <v>83.0</v>
       </c>
       <c r="T8" s="1" t="n">
-        <v>44.0</v>
+        <v>85.0</v>
       </c>
       <c r="U8" s="1" t="n">
-        <v>83.0</v>
+        <v>37.0</v>
       </c>
       <c r="V8" s="1" t="n">
-        <v>85.0</v>
+        <v>189.0</v>
       </c>
       <c r="W8" s="1" t="n">
-        <v>37.0</v>
+        <v>27.0</v>
       </c>
       <c r="X8" s="1" t="n">
-        <v>189.0</v>
+        <v>43.0</v>
       </c>
       <c r="Y8" s="1" t="n">
+        <v>75.0</v>
+      </c>
+      <c r="Z8" s="1" t="n">
+        <v>82.0</v>
+      </c>
+      <c r="AA8" s="1" t="n">
+        <v>62.0</v>
+      </c>
+      <c r="AB8" s="1" t="n">
+        <v>125.0</v>
+      </c>
+      <c r="AC8" s="1" t="n">
         <v>27.0</v>
       </c>
-      <c r="Z8" s="1" t="n">
-[...10 lines deleted...]
-      </c>
       <c r="AD8" s="1" t="n">
-        <v>181.0</v>
+        <v>162.0</v>
       </c>
       <c r="AE8" s="1" t="n">
-        <v>395.0</v>
+        <v>275.0</v>
       </c>
       <c r="AF8" s="1" t="n">
-        <v>162.0</v>
+        <v>207.0</v>
       </c>
       <c r="AG8" s="1" t="n">
-        <v>275.0</v>
+        <v>267.0</v>
       </c>
       <c r="AH8" s="1" t="n">
-        <v>207.0</v>
+        <v>60.0</v>
       </c>
       <c r="AI8" s="1" t="n">
-        <v>267.0</v>
+        <v>689.0</v>
       </c>
       <c r="AJ8" s="1" t="n">
-        <v>60.0</v>
+        <v>174.0</v>
       </c>
       <c r="AK8" s="1" t="n">
-        <v>689.0</v>
+        <v>279.0</v>
       </c>
       <c r="AL8" s="1" t="n">
-        <v>174.0</v>
+        <v>190.0</v>
       </c>
       <c r="AM8" s="1" t="n">
-        <v>279.0</v>
+        <v>343.0</v>
       </c>
       <c r="AN8" s="1" t="n">
-        <v>190.0</v>
+        <v>276.0</v>
       </c>
       <c r="AO8" s="1" t="n">
-        <v>343.0</v>
+        <v>386.0</v>
       </c>
       <c r="AP8" s="1" t="n">
-        <v>276.0</v>
+        <v>108.0</v>
       </c>
     </row>
     <row r="9">
       <c r="A9"/>
       <c r="B9" t="inlineStr">
         <is>
           <t>50 - 99 employees</t>
         </is>
       </c>
       <c r="C9"/>
       <c r="D9" s="1" t="n">
-        <v>156.0</v>
+        <v>24.0</v>
       </c>
       <c r="E9" s="1" t="n">
-        <v>110.0</v>
+        <v>192.0</v>
       </c>
       <c r="F9" s="1" t="n">
+        <v>67.0</v>
+      </c>
+      <c r="G9" s="1" t="n">
+        <v>13.0</v>
+      </c>
+      <c r="H9" s="1" t="n">
+        <v>112.0</v>
+      </c>
+      <c r="I9"/>
+      <c r="J9"/>
+      <c r="K9" s="1" t="n">
+        <v>46.0</v>
+      </c>
+      <c r="L9" s="1" t="n">
+        <v>75.0</v>
+      </c>
+      <c r="M9" s="1" t="n">
+        <v>88.0</v>
+      </c>
+      <c r="N9" s="1" t="n">
+        <v>86.0</v>
+      </c>
+      <c r="O9" s="1" t="n">
+        <v>101.0</v>
+      </c>
+      <c r="P9" s="1" t="n">
+        <v>159.0</v>
+      </c>
+      <c r="Q9" s="1" t="n">
+        <v>31.0</v>
+      </c>
+      <c r="R9" s="1" t="n">
+        <v>20.0</v>
+      </c>
+      <c r="S9" s="1" t="n">
+        <v>7.0</v>
+      </c>
+      <c r="T9" s="1" t="n">
+        <v>40.0</v>
+      </c>
+      <c r="U9" s="1" t="n">
+        <v>53.0</v>
+      </c>
+      <c r="V9"/>
+      <c r="W9"/>
+      <c r="X9" s="1" t="n">
+        <v>105.0</v>
+      </c>
+      <c r="Y9" s="1" t="n">
         <v>24.0</v>
       </c>
-      <c r="G9" s="1" t="n">
-[...25 lines deleted...]
-      <c r="Q9" s="1" t="n">
+      <c r="Z9" s="1" t="n">
+        <v>36.0</v>
+      </c>
+      <c r="AA9" s="1" t="n">
+        <v>49.0</v>
+      </c>
+      <c r="AB9" s="1" t="n">
+        <v>68.0</v>
+      </c>
+      <c r="AC9" s="1" t="n">
+        <v>159.0</v>
+      </c>
+      <c r="AD9" s="1" t="n">
+        <v>55.0</v>
+      </c>
+      <c r="AE9" s="1" t="n">
+        <v>212.0</v>
+      </c>
+      <c r="AF9" s="1" t="n">
         <v>74.0</v>
       </c>
-      <c r="R9" s="1" t="n">
-[...14 lines deleted...]
-      <c r="W9" s="1" t="n">
+      <c r="AG9" s="1" t="n">
         <v>53.0</v>
       </c>
-      <c r="X9"/>
-[...24 lines deleted...]
-      </c>
       <c r="AH9" s="1" t="n">
-        <v>74.0</v>
-[...4 lines deleted...]
-      <c r="AJ9" s="1" t="n">
         <v>165.0</v>
       </c>
-      <c r="AK9"/>
-      <c r="AL9"/>
+      <c r="AI9"/>
+      <c r="AJ9"/>
+      <c r="AK9" s="1" t="n">
+        <v>151.0</v>
+      </c>
+      <c r="AL9" s="1" t="n">
+        <v>99.0</v>
+      </c>
       <c r="AM9" s="1" t="n">
-        <v>151.0</v>
+        <v>124.0</v>
       </c>
       <c r="AN9" s="1" t="n">
-        <v>99.0</v>
+        <v>135.0</v>
       </c>
       <c r="AO9" s="1" t="n">
-        <v>124.0</v>
+        <v>169.0</v>
       </c>
       <c r="AP9" s="1" t="n">
-        <v>135.0</v>
+        <v>318.0</v>
       </c>
     </row>
     <row r="10">
       <c r="A10"/>
       <c r="B10" t="inlineStr">
         <is>
           <t>100 - 199 employees</t>
         </is>
       </c>
       <c r="C10"/>
       <c r="D10"/>
       <c r="E10"/>
-      <c r="F10"/>
-[...1 lines deleted...]
-      <c r="H10" s="1" t="n">
+      <c r="F10" s="1" t="n">
         <v>241.0</v>
       </c>
-      <c r="I10" s="1" t="n">
+      <c r="G10" s="1" t="n">
         <v>134.0</v>
       </c>
-      <c r="J10"/>
-[...1 lines deleted...]
-      <c r="L10" s="1" t="n">
+      <c r="H10"/>
+      <c r="I10"/>
+      <c r="J10" s="1" t="n">
         <v>133.0</v>
       </c>
+      <c r="K10" s="1" t="n">
+        <v>140.0</v>
+      </c>
+      <c r="L10"/>
       <c r="M10" s="1" t="n">
-        <v>140.0</v>
+        <v>3.0</v>
       </c>
       <c r="N10"/>
-      <c r="O10" s="1" t="n">
-[...2 lines deleted...]
-      <c r="P10"/>
+      <c r="O10"/>
+      <c r="P10" s="1" t="n">
+        <v>90.0</v>
+      </c>
       <c r="Q10"/>
       <c r="R10"/>
-      <c r="S10"/>
-[...1 lines deleted...]
-      <c r="U10" s="1" t="n">
+      <c r="S10" s="1" t="n">
         <v>37.0</v>
       </c>
-      <c r="V10" s="1" t="n">
+      <c r="T10" s="1" t="n">
         <v>103.0</v>
       </c>
-      <c r="W10"/>
-[...1 lines deleted...]
-      <c r="Y10" s="1" t="n">
+      <c r="U10"/>
+      <c r="V10"/>
+      <c r="W10" s="1" t="n">
         <v>87.0</v>
       </c>
+      <c r="X10" s="1" t="n">
+        <v>85.0</v>
+      </c>
+      <c r="Y10"/>
       <c r="Z10" s="1" t="n">
-        <v>85.0</v>
+        <v>122.0</v>
       </c>
       <c r="AA10"/>
-      <c r="AB10" s="1" t="n">
-[...2 lines deleted...]
-      <c r="AC10"/>
+      <c r="AB10"/>
+      <c r="AC10" s="1" t="n">
+        <v>49.0</v>
+      </c>
       <c r="AD10"/>
       <c r="AE10"/>
-      <c r="AF10"/>
-[...1 lines deleted...]
-      <c r="AH10" s="1" t="n">
+      <c r="AF10" s="1" t="n">
         <v>278.0</v>
       </c>
-      <c r="AI10" s="1" t="n">
+      <c r="AG10" s="1" t="n">
         <v>237.0</v>
       </c>
-      <c r="AJ10"/>
-[...1 lines deleted...]
-      <c r="AL10" s="1" t="n">
+      <c r="AH10"/>
+      <c r="AI10"/>
+      <c r="AJ10" s="1" t="n">
         <v>220.0</v>
       </c>
+      <c r="AK10" s="1" t="n">
+        <v>225.0</v>
+      </c>
+      <c r="AL10"/>
       <c r="AM10" s="1" t="n">
-        <v>225.0</v>
+        <v>125.0</v>
       </c>
       <c r="AN10"/>
-      <c r="AO10" s="1" t="n">
-[...2 lines deleted...]
-      <c r="AP10"/>
+      <c r="AO10"/>
+      <c r="AP10" s="1" t="n">
+        <v>139.0</v>
+      </c>
     </row>
     <row r="11">
       <c r="A11"/>
       <c r="B11" t="inlineStr">
         <is>
           <t>200 - 249 employees</t>
         </is>
       </c>
       <c r="C11"/>
       <c r="D11"/>
-      <c r="E11"/>
+      <c r="E11" s="1" t="n">
+        <v>166.0</v>
+      </c>
       <c r="F11"/>
-      <c r="G11" s="1" t="n">
-[...1 lines deleted...]
-      </c>
+      <c r="G11"/>
       <c r="H11"/>
       <c r="I11"/>
       <c r="J11"/>
-      <c r="K11"/>
+      <c r="K11" s="1" t="n">
+        <v>218.0</v>
+      </c>
       <c r="L11"/>
-      <c r="M11" s="1" t="n">
-[...1 lines deleted...]
-      </c>
+      <c r="M11"/>
       <c r="N11"/>
       <c r="O11"/>
       <c r="P11"/>
       <c r="Q11"/>
-      <c r="R11"/>
+      <c r="R11" s="1" t="n">
+        <v>71.0</v>
+      </c>
       <c r="S11"/>
-      <c r="T11" s="1" t="n">
-[...1 lines deleted...]
-      </c>
+      <c r="T11"/>
       <c r="U11"/>
       <c r="V11"/>
       <c r="W11"/>
-      <c r="X11"/>
+      <c r="X11" s="1" t="n">
+        <v>24.0</v>
+      </c>
       <c r="Y11"/>
-      <c r="Z11" s="1" t="n">
-[...1 lines deleted...]
-      </c>
+      <c r="Z11"/>
       <c r="AA11"/>
       <c r="AB11"/>
       <c r="AC11"/>
       <c r="AD11"/>
-      <c r="AE11"/>
+      <c r="AE11" s="1" t="n">
+        <v>237.0</v>
+      </c>
       <c r="AF11"/>
-      <c r="AG11" s="1" t="n">
-[...1 lines deleted...]
-      </c>
+      <c r="AG11"/>
       <c r="AH11"/>
       <c r="AI11"/>
       <c r="AJ11"/>
-      <c r="AK11"/>
+      <c r="AK11" s="1" t="n">
+        <v>242.0</v>
+      </c>
       <c r="AL11"/>
-      <c r="AM11" s="1" t="n">
-[...1 lines deleted...]
-      </c>
+      <c r="AM11"/>
       <c r="AN11"/>
       <c r="AO11"/>
       <c r="AP11"/>
     </row>
     <row r="12">
       <c r="A12"/>
       <c r="B12" t="inlineStr">
         <is>
           <t>250 - 499 employees</t>
         </is>
       </c>
       <c r="C12"/>
       <c r="D12"/>
-      <c r="E12" s="1" t="n">
-[...4 lines deleted...]
-      <c r="H12" s="1" t="n">
+      <c r="E12"/>
+      <c r="F12" s="1" t="n">
         <v>226.0</v>
       </c>
-      <c r="I12" s="1" t="n">
+      <c r="G12" s="1" t="n">
         <v>299.0</v>
       </c>
+      <c r="H12"/>
+      <c r="I12"/>
       <c r="J12"/>
       <c r="K12"/>
       <c r="L12"/>
       <c r="M12"/>
       <c r="N12"/>
-      <c r="O12"/>
+      <c r="O12" s="1" t="n">
+        <v>172.0</v>
+      </c>
       <c r="P12"/>
       <c r="Q12"/>
-      <c r="R12" s="1" t="n">
-[...4 lines deleted...]
-      <c r="U12" s="1" t="n">
+      <c r="R12"/>
+      <c r="S12" s="1" t="n">
         <v>209.0</v>
       </c>
-      <c r="V12" s="1" t="n">
+      <c r="T12" s="1" t="n">
         <v>11.0</v>
       </c>
+      <c r="U12"/>
+      <c r="V12"/>
       <c r="W12"/>
       <c r="X12"/>
       <c r="Y12"/>
       <c r="Z12"/>
       <c r="AA12"/>
-      <c r="AB12"/>
+      <c r="AB12" s="1" t="n">
+        <v>124.0</v>
+      </c>
       <c r="AC12"/>
       <c r="AD12"/>
-      <c r="AE12" s="1" t="n">
-[...4 lines deleted...]
-      <c r="AH12" s="1" t="n">
+      <c r="AE12"/>
+      <c r="AF12" s="1" t="n">
         <v>435.0</v>
       </c>
-      <c r="AI12" s="1" t="n">
+      <c r="AG12" s="1" t="n">
         <v>310.0</v>
       </c>
+      <c r="AH12"/>
+      <c r="AI12"/>
       <c r="AJ12"/>
       <c r="AK12"/>
       <c r="AL12"/>
       <c r="AM12"/>
       <c r="AN12"/>
-      <c r="AO12"/>
+      <c r="AO12" s="1" t="n">
+        <v>296.0</v>
+      </c>
       <c r="AP12"/>
     </row>
     <row r="13">
       <c r="A13"/>
       <c r="B13" t="inlineStr">
         <is>
           <t>500 - 999 employees</t>
         </is>
       </c>
       <c r="C13"/>
-      <c r="D13"/>
+      <c r="D13" s="1" t="n">
+        <v>362.0</v>
+      </c>
       <c r="E13"/>
-      <c r="F13" s="1" t="n">
-[...2 lines deleted...]
-      <c r="G13"/>
+      <c r="F13"/>
+      <c r="G13" s="1" t="n">
+        <v>497.0</v>
+      </c>
       <c r="H13"/>
-      <c r="I13" s="1" t="n">
-[...2 lines deleted...]
-      <c r="J13"/>
+      <c r="I13"/>
+      <c r="J13" s="1" t="n">
+        <v>822.0</v>
+      </c>
       <c r="K13"/>
-      <c r="L13" s="1" t="n">
-[...1 lines deleted...]
-      </c>
+      <c r="L13"/>
       <c r="M13"/>
       <c r="N13"/>
       <c r="O13"/>
       <c r="P13"/>
-      <c r="Q13"/>
+      <c r="Q13" s="1" t="n">
+        <v>357.0</v>
+      </c>
       <c r="R13"/>
-      <c r="S13" s="1" t="n">
-[...2 lines deleted...]
-      <c r="T13"/>
+      <c r="S13"/>
+      <c r="T13" s="1" t="n">
+        <v>12.0</v>
+      </c>
       <c r="U13"/>
-      <c r="V13" s="1" t="n">
-[...2 lines deleted...]
-      <c r="W13"/>
+      <c r="V13"/>
+      <c r="W13" s="1" t="n">
+        <v>35.0</v>
+      </c>
       <c r="X13"/>
-      <c r="Y13" s="1" t="n">
-[...1 lines deleted...]
-      </c>
+      <c r="Y13"/>
       <c r="Z13"/>
       <c r="AA13"/>
       <c r="AB13"/>
       <c r="AC13"/>
-      <c r="AD13"/>
+      <c r="AD13" s="1" t="n">
+        <v>721.0</v>
+      </c>
       <c r="AE13"/>
-      <c r="AF13" s="1" t="n">
-[...2 lines deleted...]
-      <c r="AG13"/>
+      <c r="AF13"/>
+      <c r="AG13" s="1" t="n">
+        <v>511.0</v>
+      </c>
       <c r="AH13"/>
-      <c r="AI13" s="1" t="n">
-[...2 lines deleted...]
-      <c r="AJ13"/>
+      <c r="AI13"/>
+      <c r="AJ13" s="1" t="n">
+        <v>857.0</v>
+      </c>
       <c r="AK13"/>
-      <c r="AL13" s="1" t="n">
-[...1 lines deleted...]
-      </c>
+      <c r="AL13"/>
       <c r="AM13"/>
       <c r="AN13"/>
       <c r="AO13"/>
       <c r="AP13"/>
     </row>
     <row r="14">
       <c r="A14"/>
       <c r="B14" t="inlineStr">
         <is>
           <t>1000 employees and more</t>
         </is>
       </c>
       <c r="C14"/>
       <c r="D14"/>
       <c r="E14"/>
       <c r="F14"/>
       <c r="G14"/>
       <c r="H14"/>
       <c r="I14"/>
       <c r="J14"/>
       <c r="K14"/>
       <c r="L14"/>
       <c r="M14"/>
       <c r="N14"/>
       <c r="O14"/>
@@ -1483,165 +1489,165 @@
       <c r="AB14"/>
       <c r="AC14"/>
       <c r="AD14"/>
       <c r="AE14"/>
       <c r="AF14"/>
       <c r="AG14"/>
       <c r="AH14"/>
       <c r="AI14"/>
       <c r="AJ14"/>
       <c r="AK14"/>
       <c r="AL14"/>
       <c r="AM14"/>
       <c r="AN14"/>
       <c r="AO14"/>
       <c r="AP14"/>
     </row>
     <row r="15">
       <c r="A15" t="inlineStr">
         <is>
           <t>All size classes</t>
         </is>
       </c>
       <c r="B15"/>
       <c r="C15"/>
       <c r="D15" s="1" t="n">
-        <v>814.0</v>
+        <v>1036.0</v>
       </c>
       <c r="E15" s="1" t="n">
-        <v>1266.0</v>
+        <v>1278.0</v>
       </c>
       <c r="F15" s="1" t="n">
-        <v>1036.0</v>
+        <v>1168.0</v>
       </c>
       <c r="G15" s="1" t="n">
-        <v>1278.0</v>
+        <v>1765.0</v>
       </c>
       <c r="H15" s="1" t="n">
-        <v>1168.0</v>
+        <v>667.0</v>
       </c>
       <c r="I15" s="1" t="n">
-        <v>1765.0</v>
+        <v>1165.0</v>
       </c>
       <c r="J15" s="1" t="n">
-        <v>667.0</v>
+        <v>1544.0</v>
       </c>
       <c r="K15" s="1" t="n">
-        <v>1165.0</v>
+        <v>1069.0</v>
       </c>
       <c r="L15" s="1" t="n">
-        <v>1544.0</v>
+        <v>963.0</v>
       </c>
       <c r="M15" s="1" t="n">
-        <v>1069.0</v>
+        <v>961.0</v>
       </c>
       <c r="N15" s="1" t="n">
-        <v>963.0</v>
+        <v>878.0</v>
       </c>
       <c r="O15" s="1" t="n">
-        <v>961.0</v>
+        <v>1191.0</v>
       </c>
       <c r="P15" s="1" t="n">
-        <v>878.0</v>
+        <v>935.0</v>
       </c>
       <c r="Q15" s="1" t="n">
-        <v>467.0</v>
+        <v>657.0</v>
       </c>
       <c r="R15" s="1" t="n">
-        <v>483.0</v>
+        <v>541.0</v>
       </c>
       <c r="S15" s="1" t="n">
-        <v>657.0</v>
+        <v>701.0</v>
       </c>
       <c r="T15" s="1" t="n">
-        <v>541.0</v>
+        <v>659.0</v>
       </c>
       <c r="U15" s="1" t="n">
-        <v>701.0</v>
+        <v>355.0</v>
       </c>
       <c r="V15" s="1" t="n">
-        <v>659.0</v>
+        <v>611.0</v>
       </c>
       <c r="W15" s="1" t="n">
-        <v>355.0</v>
+        <v>436.0</v>
       </c>
       <c r="X15" s="1" t="n">
-        <v>611.0</v>
+        <v>493.0</v>
       </c>
       <c r="Y15" s="1" t="n">
-        <v>436.0</v>
+        <v>630.0</v>
       </c>
       <c r="Z15" s="1" t="n">
-        <v>493.0</v>
+        <v>663.0</v>
       </c>
       <c r="AA15" s="1" t="n">
-        <v>630.0</v>
+        <v>484.0</v>
       </c>
       <c r="AB15" s="1" t="n">
-        <v>663.0</v>
+        <v>640.0</v>
       </c>
       <c r="AC15" s="1" t="n">
-        <v>484.0</v>
+        <v>618.0</v>
       </c>
       <c r="AD15" s="1" t="n">
-        <v>1932.0</v>
+        <v>2462.0</v>
       </c>
       <c r="AE15" s="1" t="n">
-        <v>2579.0</v>
+        <v>2588.0</v>
       </c>
       <c r="AF15" s="1" t="n">
-        <v>2462.0</v>
+        <v>2747.0</v>
       </c>
       <c r="AG15" s="1" t="n">
-        <v>2588.0</v>
+        <v>3203.0</v>
       </c>
       <c r="AH15" s="1" t="n">
-        <v>2747.0</v>
+        <v>1748.0</v>
       </c>
       <c r="AI15" s="1" t="n">
-        <v>3203.0</v>
+        <v>2732.0</v>
       </c>
       <c r="AJ15" s="1" t="n">
-        <v>1748.0</v>
+        <v>2548.0</v>
       </c>
       <c r="AK15" s="1" t="n">
-        <v>2732.0</v>
+        <v>1930.0</v>
       </c>
       <c r="AL15" s="1" t="n">
-        <v>2548.0</v>
+        <v>2563.0</v>
       </c>
       <c r="AM15" s="1" t="n">
-        <v>1930.0</v>
+        <v>2496.0</v>
       </c>
       <c r="AN15" s="1" t="n">
-        <v>2563.0</v>
+        <v>2105.0</v>
       </c>
       <c r="AO15" s="1" t="n">
-        <v>2496.0</v>
+        <v>2736.0</v>
       </c>
       <c r="AP15" s="1" t="n">
-        <v>2106.0</v>
+        <v>2326.0</v>
       </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <cols>
     <col min="1" max="1" width="13.3828125" customWidth="true"/>
     <col min="2" max="2" width="22.40625" customWidth="true"/>
     <col min="3" max="3" width="4.96484375" customWidth="true"/>
     <col min="4" max="4" width="14.3203125" customWidth="true"/>
     <col min="5" max="5" width="5.25390625" customWidth="true"/>
     <col min="6" max="6" width="3.96875" customWidth="true"/>
     <col min="7" max="7" width="5.32421875" customWidth="true"/>
   </cols>
   <sheetData>
     <row r="1">
@@ -1672,4086 +1678,4092 @@
       </c>
       <c r="F1" t="inlineStr">
         <is>
           <t>Losses of part-time jobs</t>
         </is>
       </c>
       <c r="G1" t="inlineStr">
         <is>
           <t>Total job losses</t>
         </is>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="inlineStr">
         <is>
           <t>All size classes</t>
         </is>
       </c>
       <c r="B2" t="inlineStr">
         <is>
           <t>0 - 4 employees</t>
         </is>
       </c>
       <c r="C2" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="D2" t="inlineStr">
         <is>
-          <t>November 2024</t>
+          <t>January 2025</t>
         </is>
       </c>
       <c r="E2" s="1" t="n">
-        <v>214.0</v>
+        <v>257.0</v>
       </c>
       <c r="F2" s="1" t="n">
-        <v>149.0</v>
+        <v>141.0</v>
       </c>
       <c r="G2" s="1" t="n">
-        <v>1003.0</v>
+        <v>1156.0</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="inlineStr">
         <is>
           <t>All size classes</t>
         </is>
       </c>
       <c r="B3" t="inlineStr">
         <is>
           <t>0 - 4 employees</t>
         </is>
       </c>
       <c r="C3" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="D3" t="inlineStr">
         <is>
-          <t>December 2024</t>
+          <t>February 2025</t>
         </is>
       </c>
       <c r="E3" s="1" t="n">
-        <v>263.0</v>
+        <v>280.0</v>
       </c>
       <c r="F3" s="1" t="n">
-        <v>137.0</v>
+        <v>155.0</v>
       </c>
       <c r="G3" s="1" t="n">
-        <v>1213.0</v>
+        <v>1197.0</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="inlineStr">
         <is>
           <t>All size classes</t>
         </is>
       </c>
       <c r="B4" t="inlineStr">
         <is>
           <t>0 - 4 employees</t>
         </is>
       </c>
       <c r="C4" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D4" t="inlineStr">
         <is>
-          <t>January 2025</t>
+          <t>March 2025</t>
         </is>
       </c>
       <c r="E4" s="1" t="n">
-        <v>257.0</v>
+        <v>253.0</v>
       </c>
       <c r="F4" s="1" t="n">
-        <v>141.0</v>
+        <v>181.0</v>
       </c>
       <c r="G4" s="1" t="n">
-        <v>1156.0</v>
+        <v>1296.0</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="inlineStr">
         <is>
           <t>All size classes</t>
         </is>
       </c>
       <c r="B5" t="inlineStr">
         <is>
           <t>0 - 4 employees</t>
         </is>
       </c>
       <c r="C5" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D5" t="inlineStr">
         <is>
-          <t>February 2025</t>
+          <t>April 2025</t>
         </is>
       </c>
       <c r="E5" s="1" t="n">
-        <v>280.0</v>
+        <v>291.0</v>
       </c>
       <c r="F5" s="1" t="n">
-        <v>155.0</v>
+        <v>187.0</v>
       </c>
       <c r="G5" s="1" t="n">
-        <v>1197.0</v>
+        <v>1241.0</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="inlineStr">
         <is>
           <t>All size classes</t>
         </is>
       </c>
       <c r="B6" t="inlineStr">
         <is>
           <t>0 - 4 employees</t>
         </is>
       </c>
       <c r="C6" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D6" t="inlineStr">
         <is>
-          <t>March 2025</t>
+          <t>May 2025</t>
         </is>
       </c>
       <c r="E6" s="1" t="n">
-        <v>253.0</v>
+        <v>217.0</v>
       </c>
       <c r="F6" s="1" t="n">
-        <v>181.0</v>
+        <v>144.0</v>
       </c>
       <c r="G6" s="1" t="n">
-        <v>1296.0</v>
+        <v>1080.0</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="inlineStr">
         <is>
           <t>All size classes</t>
         </is>
       </c>
       <c r="B7" t="inlineStr">
         <is>
           <t>0 - 4 employees</t>
         </is>
       </c>
       <c r="C7" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D7" t="inlineStr">
         <is>
-          <t>April 2025</t>
+          <t>June 2025</t>
         </is>
       </c>
       <c r="E7" s="1" t="n">
-        <v>291.0</v>
+        <v>287.0</v>
       </c>
       <c r="F7" s="1" t="n">
-        <v>187.0</v>
+        <v>182.0</v>
       </c>
       <c r="G7" s="1" t="n">
-        <v>1241.0</v>
+        <v>1412.0</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="inlineStr">
         <is>
           <t>All size classes</t>
         </is>
       </c>
       <c r="B8" t="inlineStr">
         <is>
           <t>0 - 4 employees</t>
         </is>
       </c>
       <c r="C8" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D8" t="inlineStr">
         <is>
-          <t>May 2025</t>
+          <t>July 2025</t>
         </is>
       </c>
       <c r="E8" s="1" t="n">
-        <v>217.0</v>
+        <v>199.0</v>
       </c>
       <c r="F8" s="1" t="n">
-        <v>144.0</v>
+        <v>121.0</v>
       </c>
       <c r="G8" s="1" t="n">
-        <v>1080.0</v>
+        <v>884.0</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="inlineStr">
         <is>
           <t>All size classes</t>
         </is>
       </c>
       <c r="B9" t="inlineStr">
         <is>
           <t>0 - 4 employees</t>
         </is>
       </c>
       <c r="C9" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D9" t="inlineStr">
         <is>
-          <t>June 2025</t>
+          <t>August 2025</t>
         </is>
       </c>
       <c r="E9" s="1" t="n">
-        <v>287.0</v>
+        <v>147.0</v>
       </c>
       <c r="F9" s="1" t="n">
-        <v>182.0</v>
+        <v>100.0</v>
       </c>
       <c r="G9" s="1" t="n">
-        <v>1412.0</v>
+        <v>612.0</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="inlineStr">
         <is>
           <t>All size classes</t>
         </is>
       </c>
       <c r="B10" t="inlineStr">
         <is>
           <t>0 - 4 employees</t>
         </is>
       </c>
       <c r="C10" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D10" t="inlineStr">
         <is>
-          <t>July 2025</t>
+          <t>September 2025</t>
         </is>
       </c>
       <c r="E10" s="1" t="n">
-        <v>199.0</v>
+        <v>318.0</v>
       </c>
       <c r="F10" s="1" t="n">
-        <v>121.0</v>
+        <v>228.0</v>
       </c>
       <c r="G10" s="1" t="n">
-        <v>884.0</v>
+        <v>1498.0</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="inlineStr">
         <is>
           <t>All size classes</t>
         </is>
       </c>
       <c r="B11" t="inlineStr">
         <is>
           <t>0 - 4 employees</t>
         </is>
       </c>
       <c r="C11" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D11" t="inlineStr">
         <is>
-          <t>August 2025</t>
+          <t>October 2025</t>
         </is>
       </c>
       <c r="E11" s="1" t="n">
-        <v>147.0</v>
+        <v>299.0</v>
       </c>
       <c r="F11" s="1" t="n">
-        <v>100.0</v>
+        <v>195.0</v>
       </c>
       <c r="G11" s="1" t="n">
-        <v>612.0</v>
+        <v>1352.0</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="inlineStr">
         <is>
           <t>All size classes</t>
         </is>
       </c>
       <c r="B12" t="inlineStr">
         <is>
           <t>0 - 4 employees</t>
         </is>
       </c>
       <c r="C12" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D12" t="inlineStr">
         <is>
-          <t>September 2025</t>
+          <t>November 2025</t>
         </is>
       </c>
       <c r="E12" s="1" t="n">
-        <v>318.0</v>
+        <v>251.0</v>
       </c>
       <c r="F12" s="1" t="n">
-        <v>228.0</v>
+        <v>175.0</v>
       </c>
       <c r="G12" s="1" t="n">
-        <v>1498.0</v>
+        <v>1163.0</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="inlineStr">
         <is>
           <t>All size classes</t>
         </is>
       </c>
       <c r="B13" t="inlineStr">
         <is>
           <t>0 - 4 employees</t>
         </is>
       </c>
       <c r="C13" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D13" t="inlineStr">
         <is>
-          <t>October 2025</t>
+          <t>December 2025</t>
         </is>
       </c>
       <c r="E13" s="1" t="n">
-        <v>299.0</v>
+        <v>282.0</v>
       </c>
       <c r="F13" s="1" t="n">
-        <v>195.0</v>
+        <v>171.0</v>
       </c>
       <c r="G13" s="1" t="n">
-        <v>1352.0</v>
+        <v>1348.0</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="inlineStr">
         <is>
           <t>All size classes</t>
         </is>
       </c>
       <c r="B14" t="inlineStr">
         <is>
           <t>0 - 4 employees</t>
         </is>
       </c>
       <c r="C14" t="inlineStr">
         <is>
-          <t>2025</t>
+          <t>2026</t>
         </is>
       </c>
       <c r="D14" t="inlineStr">
         <is>
-          <t>November 2025</t>
+          <t>January 2026</t>
         </is>
       </c>
       <c r="E14" s="1" t="n">
-        <v>251.0</v>
+        <v>236.0</v>
       </c>
       <c r="F14" s="1" t="n">
-        <v>175.0</v>
+        <v>158.0</v>
       </c>
       <c r="G14" s="1" t="n">
-        <v>1164.0</v>
+        <v>1154.0</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="inlineStr">
         <is>
           <t>All size classes</t>
         </is>
       </c>
       <c r="B15" t="inlineStr">
         <is>
           <t>5 - 9 employees</t>
         </is>
       </c>
       <c r="C15" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="D15" t="inlineStr">
         <is>
-          <t>November 2024</t>
+          <t>January 2025</t>
         </is>
       </c>
       <c r="E15" s="1" t="n">
-        <v>190.0</v>
+        <v>130.0</v>
       </c>
       <c r="F15" s="1" t="n">
-        <v>108.0</v>
+        <v>61.0</v>
       </c>
       <c r="G15" s="1" t="n">
-        <v>308.0</v>
+        <v>198.0</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="inlineStr">
         <is>
           <t>All size classes</t>
         </is>
       </c>
       <c r="B16" t="inlineStr">
         <is>
           <t>5 - 9 employees</t>
         </is>
       </c>
       <c r="C16" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="D16" t="inlineStr">
         <is>
-          <t>December 2024</t>
+          <t>February 2025</t>
         </is>
       </c>
       <c r="E16" s="1" t="n">
-        <v>207.0</v>
+        <v>181.0</v>
       </c>
       <c r="F16" s="1" t="n">
-        <v>88.0</v>
+        <v>136.0</v>
       </c>
       <c r="G16" s="1" t="n">
-        <v>311.0</v>
+        <v>322.0</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="inlineStr">
         <is>
           <t>All size classes</t>
         </is>
       </c>
       <c r="B17" t="inlineStr">
         <is>
           <t>5 - 9 employees</t>
         </is>
       </c>
       <c r="C17" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D17" t="inlineStr">
         <is>
-          <t>January 2025</t>
+          <t>March 2025</t>
         </is>
       </c>
       <c r="E17" s="1" t="n">
-        <v>130.0</v>
+        <v>157.0</v>
       </c>
       <c r="F17" s="1" t="n">
-        <v>61.0</v>
+        <v>95.0</v>
       </c>
       <c r="G17" s="1" t="n">
-        <v>198.0</v>
+        <v>266.0</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="inlineStr">
         <is>
           <t>All size classes</t>
         </is>
       </c>
       <c r="B18" t="inlineStr">
         <is>
           <t>5 - 9 employees</t>
         </is>
       </c>
       <c r="C18" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D18" t="inlineStr">
         <is>
-          <t>February 2025</t>
+          <t>April 2025</t>
         </is>
       </c>
       <c r="E18" s="1" t="n">
-        <v>181.0</v>
+        <v>187.0</v>
       </c>
       <c r="F18" s="1" t="n">
-        <v>136.0</v>
+        <v>142.0</v>
       </c>
       <c r="G18" s="1" t="n">
-        <v>322.0</v>
+        <v>341.0</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="inlineStr">
         <is>
           <t>All size classes</t>
         </is>
       </c>
       <c r="B19" t="inlineStr">
         <is>
           <t>5 - 9 employees</t>
         </is>
       </c>
       <c r="C19" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D19" t="inlineStr">
         <is>
-          <t>March 2025</t>
+          <t>May 2025</t>
         </is>
       </c>
       <c r="E19" s="1" t="n">
-        <v>157.0</v>
+        <v>170.0</v>
       </c>
       <c r="F19" s="1" t="n">
-        <v>95.0</v>
+        <v>78.0</v>
       </c>
       <c r="G19" s="1" t="n">
-        <v>266.0</v>
+        <v>253.0</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="inlineStr">
         <is>
           <t>All size classes</t>
         </is>
       </c>
       <c r="B20" t="inlineStr">
         <is>
           <t>5 - 9 employees</t>
         </is>
       </c>
       <c r="C20" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D20" t="inlineStr">
         <is>
-          <t>April 2025</t>
+          <t>June 2025</t>
         </is>
       </c>
       <c r="E20" s="1" t="n">
-        <v>187.0</v>
+        <v>194.0</v>
       </c>
       <c r="F20" s="1" t="n">
-        <v>142.0</v>
+        <v>132.0</v>
       </c>
       <c r="G20" s="1" t="n">
-        <v>341.0</v>
+        <v>331.0</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="inlineStr">
         <is>
           <t>All size classes</t>
         </is>
       </c>
       <c r="B21" t="inlineStr">
         <is>
           <t>5 - 9 employees</t>
         </is>
       </c>
       <c r="C21" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D21" t="inlineStr">
         <is>
-          <t>May 2025</t>
+          <t>July 2025</t>
         </is>
       </c>
       <c r="E21" s="1" t="n">
-        <v>170.0</v>
+        <v>182.0</v>
       </c>
       <c r="F21" s="1" t="n">
-        <v>78.0</v>
+        <v>124.0</v>
       </c>
       <c r="G21" s="1" t="n">
-        <v>253.0</v>
+        <v>307.0</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="inlineStr">
         <is>
           <t>All size classes</t>
         </is>
       </c>
       <c r="B22" t="inlineStr">
         <is>
           <t>5 - 9 employees</t>
         </is>
       </c>
       <c r="C22" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D22" t="inlineStr">
         <is>
-          <t>June 2025</t>
+          <t>August 2025</t>
         </is>
       </c>
       <c r="E22" s="1" t="n">
-        <v>194.0</v>
+        <v>134.0</v>
       </c>
       <c r="F22" s="1" t="n">
-        <v>132.0</v>
+        <v>70.0</v>
       </c>
       <c r="G22" s="1" t="n">
-        <v>331.0</v>
+        <v>206.0</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="inlineStr">
         <is>
           <t>All size classes</t>
         </is>
       </c>
       <c r="B23" t="inlineStr">
         <is>
           <t>5 - 9 employees</t>
         </is>
       </c>
       <c r="C23" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D23" t="inlineStr">
         <is>
-          <t>July 2025</t>
+          <t>September 2025</t>
         </is>
       </c>
       <c r="E23" s="1" t="n">
-        <v>182.0</v>
+        <v>260.0</v>
       </c>
       <c r="F23" s="1" t="n">
-        <v>124.0</v>
+        <v>126.0</v>
       </c>
       <c r="G23" s="1" t="n">
-        <v>307.0</v>
+        <v>401.0</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="inlineStr">
         <is>
           <t>All size classes</t>
         </is>
       </c>
       <c r="B24" t="inlineStr">
         <is>
           <t>5 - 9 employees</t>
         </is>
       </c>
       <c r="C24" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D24" t="inlineStr">
         <is>
-          <t>August 2025</t>
+          <t>October 2025</t>
         </is>
       </c>
       <c r="E24" s="1" t="n">
-        <v>134.0</v>
+        <v>186.0</v>
       </c>
       <c r="F24" s="1" t="n">
-        <v>70.0</v>
+        <v>131.0</v>
       </c>
       <c r="G24" s="1" t="n">
-        <v>206.0</v>
+        <v>328.0</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="inlineStr">
         <is>
           <t>All size classes</t>
         </is>
       </c>
       <c r="B25" t="inlineStr">
         <is>
           <t>5 - 9 employees</t>
         </is>
       </c>
       <c r="C25" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D25" t="inlineStr">
         <is>
-          <t>September 2025</t>
+          <t>November 2025</t>
         </is>
       </c>
       <c r="E25" s="1" t="n">
-        <v>260.0</v>
+        <v>178.0</v>
       </c>
       <c r="F25" s="1" t="n">
-        <v>126.0</v>
+        <v>119.0</v>
       </c>
       <c r="G25" s="1" t="n">
-        <v>401.0</v>
+        <v>302.0</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="inlineStr">
         <is>
           <t>All size classes</t>
         </is>
       </c>
       <c r="B26" t="inlineStr">
         <is>
           <t>5 - 9 employees</t>
         </is>
       </c>
       <c r="C26" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D26" t="inlineStr">
         <is>
-          <t>October 2025</t>
+          <t>December 2025</t>
         </is>
       </c>
       <c r="E26" s="1" t="n">
-        <v>186.0</v>
+        <v>181.0</v>
       </c>
       <c r="F26" s="1" t="n">
-        <v>131.0</v>
+        <v>94.0</v>
       </c>
       <c r="G26" s="1" t="n">
-        <v>328.0</v>
+        <v>285.0</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="inlineStr">
         <is>
           <t>All size classes</t>
         </is>
       </c>
       <c r="B27" t="inlineStr">
         <is>
           <t>5 - 9 employees</t>
         </is>
       </c>
       <c r="C27" t="inlineStr">
         <is>
-          <t>2025</t>
+          <t>2026</t>
         </is>
       </c>
       <c r="D27" t="inlineStr">
         <is>
-          <t>November 2025</t>
+          <t>January 2026</t>
         </is>
       </c>
       <c r="E27" s="1" t="n">
-        <v>178.0</v>
+        <v>212.0</v>
       </c>
       <c r="F27" s="1" t="n">
-        <v>119.0</v>
+        <v>100.0</v>
       </c>
       <c r="G27" s="1" t="n">
-        <v>302.0</v>
+        <v>320.0</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="inlineStr">
         <is>
           <t>All size classes</t>
         </is>
       </c>
       <c r="B28" t="inlineStr">
         <is>
           <t>10 - 19 employees</t>
         </is>
       </c>
       <c r="C28" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="D28" t="inlineStr">
         <is>
-          <t>November 2024</t>
+          <t>January 2025</t>
         </is>
       </c>
       <c r="E28" s="1" t="n">
-        <v>122.0</v>
+        <v>135.0</v>
       </c>
       <c r="F28" s="1" t="n">
-        <v>88.0</v>
+        <v>35.0</v>
       </c>
       <c r="G28" s="1" t="n">
-        <v>210.0</v>
+        <v>170.0</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="inlineStr">
         <is>
           <t>All size classes</t>
         </is>
       </c>
       <c r="B29" t="inlineStr">
         <is>
           <t>10 - 19 employees</t>
         </is>
       </c>
       <c r="C29" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="D29" t="inlineStr">
         <is>
-          <t>December 2024</t>
+          <t>February 2025</t>
         </is>
       </c>
       <c r="E29" s="1" t="n">
-        <v>134.0</v>
+        <v>230.0</v>
       </c>
       <c r="F29" s="1" t="n">
-        <v>93.0</v>
+        <v>115.0</v>
       </c>
       <c r="G29" s="1" t="n">
-        <v>227.0</v>
+        <v>345.0</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="inlineStr">
         <is>
           <t>All size classes</t>
         </is>
       </c>
       <c r="B30" t="inlineStr">
         <is>
           <t>10 - 19 employees</t>
         </is>
       </c>
       <c r="C30" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D30" t="inlineStr">
         <is>
-          <t>January 2025</t>
+          <t>March 2025</t>
         </is>
       </c>
       <c r="E30" s="1" t="n">
-        <v>135.0</v>
+        <v>100.0</v>
       </c>
       <c r="F30" s="1" t="n">
-        <v>35.0</v>
+        <v>89.0</v>
       </c>
       <c r="G30" s="1" t="n">
-        <v>170.0</v>
+        <v>191.0</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="inlineStr">
         <is>
           <t>All size classes</t>
         </is>
       </c>
       <c r="B31" t="inlineStr">
         <is>
           <t>10 - 19 employees</t>
         </is>
       </c>
       <c r="C31" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D31" t="inlineStr">
         <is>
-          <t>February 2025</t>
+          <t>April 2025</t>
         </is>
       </c>
       <c r="E31" s="1" t="n">
-        <v>230.0</v>
+        <v>162.0</v>
       </c>
       <c r="F31" s="1" t="n">
-        <v>115.0</v>
+        <v>79.0</v>
       </c>
       <c r="G31" s="1" t="n">
-        <v>345.0</v>
+        <v>243.0</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="inlineStr">
         <is>
           <t>All size classes</t>
         </is>
       </c>
       <c r="B32" t="inlineStr">
         <is>
           <t>10 - 19 employees</t>
         </is>
       </c>
       <c r="C32" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D32" t="inlineStr">
         <is>
-          <t>March 2025</t>
+          <t>May 2025</t>
         </is>
       </c>
       <c r="E32" s="1" t="n">
-        <v>100.0</v>
+        <v>145.0</v>
       </c>
       <c r="F32" s="1" t="n">
-        <v>89.0</v>
+        <v>43.0</v>
       </c>
       <c r="G32" s="1" t="n">
-        <v>191.0</v>
+        <v>190.0</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" t="inlineStr">
         <is>
           <t>All size classes</t>
         </is>
       </c>
       <c r="B33" t="inlineStr">
         <is>
           <t>10 - 19 employees</t>
         </is>
       </c>
       <c r="C33" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D33" t="inlineStr">
         <is>
-          <t>April 2025</t>
+          <t>June 2025</t>
         </is>
       </c>
       <c r="E33" s="1" t="n">
-        <v>162.0</v>
+        <v>186.0</v>
       </c>
       <c r="F33" s="1" t="n">
-        <v>79.0</v>
+        <v>108.0</v>
       </c>
       <c r="G33" s="1" t="n">
-        <v>243.0</v>
+        <v>300.0</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" t="inlineStr">
         <is>
           <t>All size classes</t>
         </is>
       </c>
       <c r="B34" t="inlineStr">
         <is>
           <t>10 - 19 employees</t>
         </is>
       </c>
       <c r="C34" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D34" t="inlineStr">
         <is>
-          <t>May 2025</t>
+          <t>July 2025</t>
         </is>
       </c>
       <c r="E34" s="1" t="n">
-        <v>145.0</v>
+        <v>61.0</v>
       </c>
       <c r="F34" s="1" t="n">
-        <v>43.0</v>
+        <v>42.0</v>
       </c>
       <c r="G34" s="1" t="n">
-        <v>190.0</v>
+        <v>106.0</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" t="inlineStr">
         <is>
           <t>All size classes</t>
         </is>
       </c>
       <c r="B35" t="inlineStr">
         <is>
           <t>10 - 19 employees</t>
         </is>
       </c>
       <c r="C35" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D35" t="inlineStr">
         <is>
-          <t>June 2025</t>
+          <t>August 2025</t>
         </is>
       </c>
       <c r="E35" s="1" t="n">
-        <v>186.0</v>
+        <v>148.0</v>
       </c>
       <c r="F35" s="1" t="n">
-        <v>108.0</v>
+        <v>66.0</v>
       </c>
       <c r="G35" s="1" t="n">
-        <v>300.0</v>
+        <v>215.0</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" t="inlineStr">
         <is>
           <t>All size classes</t>
         </is>
       </c>
       <c r="B36" t="inlineStr">
         <is>
           <t>10 - 19 employees</t>
         </is>
       </c>
       <c r="C36" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D36" t="inlineStr">
         <is>
-          <t>July 2025</t>
+          <t>September 2025</t>
         </is>
       </c>
       <c r="E36" s="1" t="n">
-        <v>61.0</v>
+        <v>195.0</v>
       </c>
       <c r="F36" s="1" t="n">
-        <v>42.0</v>
+        <v>177.0</v>
       </c>
       <c r="G36" s="1" t="n">
-        <v>106.0</v>
+        <v>375.0</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" t="inlineStr">
         <is>
           <t>All size classes</t>
         </is>
       </c>
       <c r="B37" t="inlineStr">
         <is>
           <t>10 - 19 employees</t>
         </is>
       </c>
       <c r="C37" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D37" t="inlineStr">
         <is>
-          <t>August 2025</t>
+          <t>October 2025</t>
         </is>
       </c>
       <c r="E37" s="1" t="n">
-        <v>148.0</v>
+        <v>126.0</v>
       </c>
       <c r="F37" s="1" t="n">
-        <v>66.0</v>
+        <v>97.0</v>
       </c>
       <c r="G37" s="1" t="n">
-        <v>215.0</v>
+        <v>224.0</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" t="inlineStr">
         <is>
           <t>All size classes</t>
         </is>
       </c>
       <c r="B38" t="inlineStr">
         <is>
           <t>10 - 19 employees</t>
         </is>
       </c>
       <c r="C38" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D38" t="inlineStr">
         <is>
-          <t>September 2025</t>
+          <t>November 2025</t>
         </is>
       </c>
       <c r="E38" s="1" t="n">
-        <v>195.0</v>
+        <v>150.0</v>
       </c>
       <c r="F38" s="1" t="n">
-        <v>177.0</v>
+        <v>79.0</v>
       </c>
       <c r="G38" s="1" t="n">
-        <v>375.0</v>
+        <v>229.0</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" t="inlineStr">
         <is>
           <t>All size classes</t>
         </is>
       </c>
       <c r="B39" t="inlineStr">
         <is>
           <t>10 - 19 employees</t>
         </is>
       </c>
       <c r="C39" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D39" t="inlineStr">
         <is>
-          <t>October 2025</t>
+          <t>December 2025</t>
         </is>
       </c>
       <c r="E39" s="1" t="n">
-        <v>126.0</v>
+        <v>194.0</v>
       </c>
       <c r="F39" s="1" t="n">
-        <v>97.0</v>
+        <v>58.0</v>
       </c>
       <c r="G39" s="1" t="n">
-        <v>224.0</v>
+        <v>252.0</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" t="inlineStr">
         <is>
           <t>All size classes</t>
         </is>
       </c>
       <c r="B40" t="inlineStr">
         <is>
           <t>10 - 19 employees</t>
         </is>
       </c>
       <c r="C40" t="inlineStr">
         <is>
-          <t>2025</t>
+          <t>2026</t>
         </is>
       </c>
       <c r="D40" t="inlineStr">
         <is>
-          <t>November 2025</t>
+          <t>January 2026</t>
         </is>
       </c>
       <c r="E40" s="1" t="n">
-        <v>150.0</v>
+        <v>157.0</v>
       </c>
       <c r="F40" s="1" t="n">
-        <v>79.0</v>
+        <v>125.0</v>
       </c>
       <c r="G40" s="1" t="n">
-        <v>229.0</v>
+        <v>287.0</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" t="inlineStr">
         <is>
           <t>All size classes</t>
         </is>
       </c>
       <c r="B41" t="inlineStr">
         <is>
           <t>20 - 49 employees</t>
         </is>
       </c>
       <c r="C41" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="D41" t="inlineStr">
         <is>
-          <t>November 2024</t>
+          <t>January 2025</t>
         </is>
       </c>
       <c r="E41" s="1" t="n">
-        <v>132.0</v>
+        <v>128.0</v>
       </c>
       <c r="F41" s="1" t="n">
-        <v>48.0</v>
+        <v>32.0</v>
       </c>
       <c r="G41" s="1" t="n">
-        <v>181.0</v>
+        <v>162.0</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" t="inlineStr">
         <is>
           <t>All size classes</t>
         </is>
       </c>
       <c r="B42" t="inlineStr">
         <is>
           <t>20 - 49 employees</t>
         </is>
       </c>
       <c r="C42" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="D42" t="inlineStr">
         <is>
-          <t>December 2024</t>
+          <t>February 2025</t>
         </is>
       </c>
       <c r="E42" s="1" t="n">
-        <v>300.0</v>
+        <v>229.0</v>
       </c>
       <c r="F42" s="1" t="n">
-        <v>94.0</v>
+        <v>44.0</v>
       </c>
       <c r="G42" s="1" t="n">
-        <v>395.0</v>
+        <v>275.0</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" t="inlineStr">
         <is>
           <t>All size classes</t>
         </is>
       </c>
       <c r="B43" t="inlineStr">
         <is>
           <t>20 - 49 employees</t>
         </is>
       </c>
       <c r="C43" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D43" t="inlineStr">
         <is>
-          <t>January 2025</t>
+          <t>March 2025</t>
         </is>
       </c>
       <c r="E43" s="1" t="n">
-        <v>128.0</v>
+        <v>124.0</v>
       </c>
       <c r="F43" s="1" t="n">
-        <v>32.0</v>
+        <v>83.0</v>
       </c>
       <c r="G43" s="1" t="n">
-        <v>162.0</v>
+        <v>207.0</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" t="inlineStr">
         <is>
           <t>All size classes</t>
         </is>
       </c>
       <c r="B44" t="inlineStr">
         <is>
           <t>20 - 49 employees</t>
         </is>
       </c>
       <c r="C44" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D44" t="inlineStr">
         <is>
-          <t>February 2025</t>
+          <t>April 2025</t>
         </is>
       </c>
       <c r="E44" s="1" t="n">
-        <v>229.0</v>
+        <v>182.0</v>
       </c>
       <c r="F44" s="1" t="n">
-        <v>44.0</v>
+        <v>85.0</v>
       </c>
       <c r="G44" s="1" t="n">
-        <v>275.0</v>
+        <v>267.0</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" t="inlineStr">
         <is>
           <t>All size classes</t>
         </is>
       </c>
       <c r="B45" t="inlineStr">
         <is>
           <t>20 - 49 employees</t>
         </is>
       </c>
       <c r="C45" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D45" t="inlineStr">
         <is>
-          <t>March 2025</t>
+          <t>May 2025</t>
         </is>
       </c>
       <c r="E45" s="1" t="n">
-        <v>124.0</v>
+        <v>23.0</v>
       </c>
       <c r="F45" s="1" t="n">
-        <v>83.0</v>
+        <v>37.0</v>
       </c>
       <c r="G45" s="1" t="n">
-        <v>207.0</v>
+        <v>60.0</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" t="inlineStr">
         <is>
           <t>All size classes</t>
         </is>
       </c>
       <c r="B46" t="inlineStr">
         <is>
           <t>20 - 49 employees</t>
         </is>
       </c>
       <c r="C46" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D46" t="inlineStr">
         <is>
-          <t>April 2025</t>
+          <t>June 2025</t>
         </is>
       </c>
       <c r="E46" s="1" t="n">
-        <v>182.0</v>
+        <v>498.0</v>
       </c>
       <c r="F46" s="1" t="n">
-        <v>85.0</v>
+        <v>189.0</v>
       </c>
       <c r="G46" s="1" t="n">
-        <v>267.0</v>
+        <v>689.0</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" t="inlineStr">
         <is>
           <t>All size classes</t>
         </is>
       </c>
       <c r="B47" t="inlineStr">
         <is>
           <t>20 - 49 employees</t>
         </is>
       </c>
       <c r="C47" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D47" t="inlineStr">
         <is>
-          <t>May 2025</t>
+          <t>July 2025</t>
         </is>
       </c>
       <c r="E47" s="1" t="n">
-        <v>23.0</v>
+        <v>147.0</v>
       </c>
       <c r="F47" s="1" t="n">
-        <v>37.0</v>
+        <v>27.0</v>
       </c>
       <c r="G47" s="1" t="n">
-        <v>60.0</v>
+        <v>174.0</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" t="inlineStr">
         <is>
           <t>All size classes</t>
         </is>
       </c>
       <c r="B48" t="inlineStr">
         <is>
           <t>20 - 49 employees</t>
         </is>
       </c>
       <c r="C48" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D48" t="inlineStr">
         <is>
-          <t>June 2025</t>
+          <t>August 2025</t>
         </is>
       </c>
       <c r="E48" s="1" t="n">
-        <v>498.0</v>
+        <v>236.0</v>
       </c>
       <c r="F48" s="1" t="n">
-        <v>189.0</v>
+        <v>43.0</v>
       </c>
       <c r="G48" s="1" t="n">
-        <v>689.0</v>
+        <v>279.0</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" t="inlineStr">
         <is>
           <t>All size classes</t>
         </is>
       </c>
       <c r="B49" t="inlineStr">
         <is>
           <t>20 - 49 employees</t>
         </is>
       </c>
       <c r="C49" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D49" t="inlineStr">
         <is>
-          <t>July 2025</t>
+          <t>September 2025</t>
         </is>
       </c>
       <c r="E49" s="1" t="n">
-        <v>147.0</v>
+        <v>115.0</v>
       </c>
       <c r="F49" s="1" t="n">
-        <v>27.0</v>
+        <v>75.0</v>
       </c>
       <c r="G49" s="1" t="n">
-        <v>174.0</v>
+        <v>190.0</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" t="inlineStr">
         <is>
           <t>All size classes</t>
         </is>
       </c>
       <c r="B50" t="inlineStr">
         <is>
           <t>20 - 49 employees</t>
         </is>
       </c>
       <c r="C50" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D50" t="inlineStr">
         <is>
-          <t>August 2025</t>
+          <t>October 2025</t>
         </is>
       </c>
       <c r="E50" s="1" t="n">
-        <v>236.0</v>
+        <v>259.0</v>
       </c>
       <c r="F50" s="1" t="n">
-        <v>43.0</v>
+        <v>82.0</v>
       </c>
       <c r="G50" s="1" t="n">
-        <v>279.0</v>
+        <v>343.0</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" t="inlineStr">
         <is>
           <t>All size classes</t>
         </is>
       </c>
       <c r="B51" t="inlineStr">
         <is>
           <t>20 - 49 employees</t>
         </is>
       </c>
       <c r="C51" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D51" t="inlineStr">
         <is>
-          <t>September 2025</t>
+          <t>November 2025</t>
         </is>
       </c>
       <c r="E51" s="1" t="n">
-        <v>115.0</v>
+        <v>213.0</v>
       </c>
       <c r="F51" s="1" t="n">
-        <v>75.0</v>
+        <v>62.0</v>
       </c>
       <c r="G51" s="1" t="n">
-        <v>190.0</v>
+        <v>276.0</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" t="inlineStr">
         <is>
           <t>All size classes</t>
         </is>
       </c>
       <c r="B52" t="inlineStr">
         <is>
           <t>20 - 49 employees</t>
         </is>
       </c>
       <c r="C52" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D52" t="inlineStr">
         <is>
-          <t>October 2025</t>
+          <t>December 2025</t>
         </is>
       </c>
       <c r="E52" s="1" t="n">
-        <v>259.0</v>
+        <v>261.0</v>
       </c>
       <c r="F52" s="1" t="n">
-        <v>82.0</v>
+        <v>125.0</v>
       </c>
       <c r="G52" s="1" t="n">
-        <v>343.0</v>
+        <v>386.0</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" t="inlineStr">
         <is>
           <t>All size classes</t>
         </is>
       </c>
       <c r="B53" t="inlineStr">
         <is>
           <t>20 - 49 employees</t>
         </is>
       </c>
       <c r="C53" t="inlineStr">
         <is>
-          <t>2025</t>
+          <t>2026</t>
         </is>
       </c>
       <c r="D53" t="inlineStr">
         <is>
-          <t>November 2025</t>
+          <t>January 2026</t>
         </is>
       </c>
       <c r="E53" s="1" t="n">
-        <v>213.0</v>
+        <v>81.0</v>
       </c>
       <c r="F53" s="1" t="n">
-        <v>62.0</v>
+        <v>27.0</v>
       </c>
       <c r="G53" s="1" t="n">
-        <v>276.0</v>
+        <v>108.0</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" t="inlineStr">
         <is>
           <t>All size classes</t>
         </is>
       </c>
       <c r="B54" t="inlineStr">
         <is>
           <t>50 - 99 employees</t>
         </is>
       </c>
       <c r="C54" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="D54" t="inlineStr">
         <is>
-          <t>November 2024</t>
+          <t>January 2025</t>
         </is>
       </c>
       <c r="E54" s="1" t="n">
-        <v>156.0</v>
+        <v>24.0</v>
       </c>
       <c r="F54" s="1" t="n">
-        <v>74.0</v>
+        <v>31.0</v>
       </c>
       <c r="G54" s="1" t="n">
-        <v>230.0</v>
+        <v>55.0</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" t="inlineStr">
         <is>
           <t>All size classes</t>
         </is>
       </c>
       <c r="B55" t="inlineStr">
         <is>
           <t>50 - 99 employees</t>
         </is>
       </c>
       <c r="C55" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="D55" t="inlineStr">
         <is>
-          <t>December 2024</t>
+          <t>February 2025</t>
         </is>
       </c>
       <c r="E55" s="1" t="n">
-        <v>110.0</v>
+        <v>192.0</v>
       </c>
       <c r="F55" s="1" t="n">
-        <v>43.0</v>
+        <v>20.0</v>
       </c>
       <c r="G55" s="1" t="n">
-        <v>153.0</v>
+        <v>212.0</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" t="inlineStr">
         <is>
           <t>All size classes</t>
         </is>
       </c>
       <c r="B56" t="inlineStr">
         <is>
           <t>50 - 99 employees</t>
         </is>
       </c>
       <c r="C56" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D56" t="inlineStr">
         <is>
-          <t>January 2025</t>
+          <t>March 2025</t>
         </is>
       </c>
       <c r="E56" s="1" t="n">
-        <v>24.0</v>
+        <v>67.0</v>
       </c>
       <c r="F56" s="1" t="n">
-        <v>31.0</v>
+        <v>7.0</v>
       </c>
       <c r="G56" s="1" t="n">
-        <v>55.0</v>
+        <v>74.0</v>
       </c>
     </row>
     <row r="57">
       <c r="A57" t="inlineStr">
         <is>
           <t>All size classes</t>
         </is>
       </c>
       <c r="B57" t="inlineStr">
         <is>
           <t>50 - 99 employees</t>
         </is>
       </c>
       <c r="C57" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D57" t="inlineStr">
         <is>
-          <t>February 2025</t>
+          <t>April 2025</t>
         </is>
       </c>
       <c r="E57" s="1" t="n">
-        <v>192.0</v>
+        <v>13.0</v>
       </c>
       <c r="F57" s="1" t="n">
-        <v>20.0</v>
+        <v>40.0</v>
       </c>
       <c r="G57" s="1" t="n">
-        <v>212.0</v>
+        <v>53.0</v>
       </c>
     </row>
     <row r="58">
       <c r="A58" t="inlineStr">
         <is>
           <t>All size classes</t>
         </is>
       </c>
       <c r="B58" t="inlineStr">
         <is>
           <t>50 - 99 employees</t>
         </is>
       </c>
       <c r="C58" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D58" t="inlineStr">
         <is>
-          <t>March 2025</t>
+          <t>May 2025</t>
         </is>
       </c>
       <c r="E58" s="1" t="n">
-        <v>67.0</v>
+        <v>112.0</v>
       </c>
       <c r="F58" s="1" t="n">
-        <v>7.0</v>
+        <v>53.0</v>
       </c>
       <c r="G58" s="1" t="n">
-        <v>74.0</v>
+        <v>165.0</v>
       </c>
     </row>
     <row r="59">
       <c r="A59" t="inlineStr">
         <is>
           <t>All size classes</t>
         </is>
       </c>
       <c r="B59" t="inlineStr">
         <is>
           <t>50 - 99 employees</t>
         </is>
       </c>
       <c r="C59" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D59" t="inlineStr">
         <is>
-          <t>April 2025</t>
-[...10 lines deleted...]
-      </c>
+          <t>June 2025</t>
+        </is>
+      </c>
+      <c r="E59"/>
+      <c r="F59"/>
+      <c r="G59"/>
     </row>
     <row r="60">
       <c r="A60" t="inlineStr">
         <is>
           <t>All size classes</t>
         </is>
       </c>
       <c r="B60" t="inlineStr">
         <is>
           <t>50 - 99 employees</t>
         </is>
       </c>
       <c r="C60" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D60" t="inlineStr">
         <is>
-          <t>May 2025</t>
-[...10 lines deleted...]
-      </c>
+          <t>July 2025</t>
+        </is>
+      </c>
+      <c r="E60"/>
+      <c r="F60"/>
+      <c r="G60"/>
     </row>
     <row r="61">
       <c r="A61" t="inlineStr">
         <is>
           <t>All size classes</t>
         </is>
       </c>
       <c r="B61" t="inlineStr">
         <is>
           <t>50 - 99 employees</t>
         </is>
       </c>
       <c r="C61" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D61" t="inlineStr">
         <is>
-          <t>June 2025</t>
-[...4 lines deleted...]
-      <c r="G61"/>
+          <t>August 2025</t>
+        </is>
+      </c>
+      <c r="E61" s="1" t="n">
+        <v>46.0</v>
+      </c>
+      <c r="F61" s="1" t="n">
+        <v>105.0</v>
+      </c>
+      <c r="G61" s="1" t="n">
+        <v>151.0</v>
+      </c>
     </row>
     <row r="62">
       <c r="A62" t="inlineStr">
         <is>
           <t>All size classes</t>
         </is>
       </c>
       <c r="B62" t="inlineStr">
         <is>
           <t>50 - 99 employees</t>
         </is>
       </c>
       <c r="C62" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D62" t="inlineStr">
         <is>
-          <t>July 2025</t>
-[...4 lines deleted...]
-      <c r="G62"/>
+          <t>September 2025</t>
+        </is>
+      </c>
+      <c r="E62" s="1" t="n">
+        <v>75.0</v>
+      </c>
+      <c r="F62" s="1" t="n">
+        <v>24.0</v>
+      </c>
+      <c r="G62" s="1" t="n">
+        <v>99.0</v>
+      </c>
     </row>
     <row r="63">
       <c r="A63" t="inlineStr">
         <is>
           <t>All size classes</t>
         </is>
       </c>
       <c r="B63" t="inlineStr">
         <is>
           <t>50 - 99 employees</t>
         </is>
       </c>
       <c r="C63" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D63" t="inlineStr">
         <is>
-          <t>August 2025</t>
+          <t>October 2025</t>
         </is>
       </c>
       <c r="E63" s="1" t="n">
-        <v>46.0</v>
+        <v>88.0</v>
       </c>
       <c r="F63" s="1" t="n">
-        <v>105.0</v>
+        <v>36.0</v>
       </c>
       <c r="G63" s="1" t="n">
-        <v>151.0</v>
+        <v>124.0</v>
       </c>
     </row>
     <row r="64">
       <c r="A64" t="inlineStr">
         <is>
           <t>All size classes</t>
         </is>
       </c>
       <c r="B64" t="inlineStr">
         <is>
           <t>50 - 99 employees</t>
         </is>
       </c>
       <c r="C64" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D64" t="inlineStr">
         <is>
-          <t>September 2025</t>
+          <t>November 2025</t>
         </is>
       </c>
       <c r="E64" s="1" t="n">
-        <v>75.0</v>
+        <v>86.0</v>
       </c>
       <c r="F64" s="1" t="n">
-        <v>24.0</v>
+        <v>49.0</v>
       </c>
       <c r="G64" s="1" t="n">
-        <v>99.0</v>
+        <v>135.0</v>
       </c>
     </row>
     <row r="65">
       <c r="A65" t="inlineStr">
         <is>
           <t>All size classes</t>
         </is>
       </c>
       <c r="B65" t="inlineStr">
         <is>
           <t>50 - 99 employees</t>
         </is>
       </c>
       <c r="C65" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D65" t="inlineStr">
         <is>
-          <t>October 2025</t>
+          <t>December 2025</t>
         </is>
       </c>
       <c r="E65" s="1" t="n">
-        <v>88.0</v>
+        <v>101.0</v>
       </c>
       <c r="F65" s="1" t="n">
-        <v>36.0</v>
+        <v>68.0</v>
       </c>
       <c r="G65" s="1" t="n">
-        <v>124.0</v>
+        <v>169.0</v>
       </c>
     </row>
     <row r="66">
       <c r="A66" t="inlineStr">
         <is>
           <t>All size classes</t>
         </is>
       </c>
       <c r="B66" t="inlineStr">
         <is>
           <t>50 - 99 employees</t>
         </is>
       </c>
       <c r="C66" t="inlineStr">
         <is>
-          <t>2025</t>
+          <t>2026</t>
         </is>
       </c>
       <c r="D66" t="inlineStr">
         <is>
-          <t>November 2025</t>
+          <t>January 2026</t>
         </is>
       </c>
       <c r="E66" s="1" t="n">
-        <v>86.0</v>
+        <v>159.0</v>
       </c>
       <c r="F66" s="1" t="n">
-        <v>49.0</v>
+        <v>159.0</v>
       </c>
       <c r="G66" s="1" t="n">
-        <v>135.0</v>
+        <v>318.0</v>
       </c>
     </row>
     <row r="67">
       <c r="A67" t="inlineStr">
         <is>
           <t>All size classes</t>
         </is>
       </c>
       <c r="B67" t="inlineStr">
         <is>
           <t>100 - 199 employees</t>
         </is>
       </c>
       <c r="C67" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="D67" t="inlineStr">
         <is>
-          <t>November 2024</t>
+          <t>January 2025</t>
         </is>
       </c>
       <c r="E67"/>
       <c r="F67"/>
       <c r="G67"/>
     </row>
     <row r="68">
       <c r="A68" t="inlineStr">
         <is>
           <t>All size classes</t>
         </is>
       </c>
       <c r="B68" t="inlineStr">
         <is>
           <t>100 - 199 employees</t>
         </is>
       </c>
       <c r="C68" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="D68" t="inlineStr">
         <is>
-          <t>December 2024</t>
+          <t>February 2025</t>
         </is>
       </c>
       <c r="E68"/>
       <c r="F68"/>
       <c r="G68"/>
     </row>
     <row r="69">
       <c r="A69" t="inlineStr">
         <is>
           <t>All size classes</t>
         </is>
       </c>
       <c r="B69" t="inlineStr">
         <is>
           <t>100 - 199 employees</t>
         </is>
       </c>
       <c r="C69" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D69" t="inlineStr">
         <is>
-          <t>January 2025</t>
-[...4 lines deleted...]
-      <c r="G69"/>
+          <t>March 2025</t>
+        </is>
+      </c>
+      <c r="E69" s="1" t="n">
+        <v>241.0</v>
+      </c>
+      <c r="F69" s="1" t="n">
+        <v>37.0</v>
+      </c>
+      <c r="G69" s="1" t="n">
+        <v>278.0</v>
+      </c>
     </row>
     <row r="70">
       <c r="A70" t="inlineStr">
         <is>
           <t>All size classes</t>
         </is>
       </c>
       <c r="B70" t="inlineStr">
         <is>
           <t>100 - 199 employees</t>
         </is>
       </c>
       <c r="C70" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D70" t="inlineStr">
         <is>
-          <t>February 2025</t>
-[...4 lines deleted...]
-      <c r="G70"/>
+          <t>April 2025</t>
+        </is>
+      </c>
+      <c r="E70" s="1" t="n">
+        <v>134.0</v>
+      </c>
+      <c r="F70" s="1" t="n">
+        <v>103.0</v>
+      </c>
+      <c r="G70" s="1" t="n">
+        <v>237.0</v>
+      </c>
     </row>
     <row r="71">
       <c r="A71" t="inlineStr">
         <is>
           <t>All size classes</t>
         </is>
       </c>
       <c r="B71" t="inlineStr">
         <is>
           <t>100 - 199 employees</t>
         </is>
       </c>
       <c r="C71" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D71" t="inlineStr">
         <is>
-          <t>March 2025</t>
-[...10 lines deleted...]
-      </c>
+          <t>May 2025</t>
+        </is>
+      </c>
+      <c r="E71"/>
+      <c r="F71"/>
+      <c r="G71"/>
     </row>
     <row r="72">
       <c r="A72" t="inlineStr">
         <is>
           <t>All size classes</t>
         </is>
       </c>
       <c r="B72" t="inlineStr">
         <is>
           <t>100 - 199 employees</t>
         </is>
       </c>
       <c r="C72" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D72" t="inlineStr">
         <is>
-          <t>April 2025</t>
-[...10 lines deleted...]
-      </c>
+          <t>June 2025</t>
+        </is>
+      </c>
+      <c r="E72"/>
+      <c r="F72"/>
+      <c r="G72"/>
     </row>
     <row r="73">
       <c r="A73" t="inlineStr">
         <is>
           <t>All size classes</t>
         </is>
       </c>
       <c r="B73" t="inlineStr">
         <is>
           <t>100 - 199 employees</t>
         </is>
       </c>
       <c r="C73" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D73" t="inlineStr">
         <is>
-          <t>May 2025</t>
-[...4 lines deleted...]
-      <c r="G73"/>
+          <t>July 2025</t>
+        </is>
+      </c>
+      <c r="E73" s="1" t="n">
+        <v>133.0</v>
+      </c>
+      <c r="F73" s="1" t="n">
+        <v>87.0</v>
+      </c>
+      <c r="G73" s="1" t="n">
+        <v>220.0</v>
+      </c>
     </row>
     <row r="74">
       <c r="A74" t="inlineStr">
         <is>
           <t>All size classes</t>
         </is>
       </c>
       <c r="B74" t="inlineStr">
         <is>
           <t>100 - 199 employees</t>
         </is>
       </c>
       <c r="C74" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D74" t="inlineStr">
         <is>
-          <t>June 2025</t>
-[...4 lines deleted...]
-      <c r="G74"/>
+          <t>August 2025</t>
+        </is>
+      </c>
+      <c r="E74" s="1" t="n">
+        <v>140.0</v>
+      </c>
+      <c r="F74" s="1" t="n">
+        <v>85.0</v>
+      </c>
+      <c r="G74" s="1" t="n">
+        <v>225.0</v>
+      </c>
     </row>
     <row r="75">
       <c r="A75" t="inlineStr">
         <is>
           <t>All size classes</t>
         </is>
       </c>
       <c r="B75" t="inlineStr">
         <is>
           <t>100 - 199 employees</t>
         </is>
       </c>
       <c r="C75" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D75" t="inlineStr">
         <is>
-          <t>July 2025</t>
-[...10 lines deleted...]
-      </c>
+          <t>September 2025</t>
+        </is>
+      </c>
+      <c r="E75"/>
+      <c r="F75"/>
+      <c r="G75"/>
     </row>
     <row r="76">
       <c r="A76" t="inlineStr">
         <is>
           <t>All size classes</t>
         </is>
       </c>
       <c r="B76" t="inlineStr">
         <is>
           <t>100 - 199 employees</t>
         </is>
       </c>
       <c r="C76" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D76" t="inlineStr">
         <is>
-          <t>August 2025</t>
+          <t>October 2025</t>
         </is>
       </c>
       <c r="E76" s="1" t="n">
-        <v>140.0</v>
+        <v>3.0</v>
       </c>
       <c r="F76" s="1" t="n">
-        <v>85.0</v>
+        <v>122.0</v>
       </c>
       <c r="G76" s="1" t="n">
-        <v>225.0</v>
+        <v>125.0</v>
       </c>
     </row>
     <row r="77">
       <c r="A77" t="inlineStr">
         <is>
           <t>All size classes</t>
         </is>
       </c>
       <c r="B77" t="inlineStr">
         <is>
           <t>100 - 199 employees</t>
         </is>
       </c>
       <c r="C77" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D77" t="inlineStr">
         <is>
-          <t>September 2025</t>
+          <t>November 2025</t>
         </is>
       </c>
       <c r="E77"/>
       <c r="F77"/>
       <c r="G77"/>
     </row>
     <row r="78">
       <c r="A78" t="inlineStr">
         <is>
           <t>All size classes</t>
         </is>
       </c>
       <c r="B78" t="inlineStr">
         <is>
           <t>100 - 199 employees</t>
         </is>
       </c>
       <c r="C78" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D78" t="inlineStr">
         <is>
-          <t>October 2025</t>
-[...10 lines deleted...]
-      </c>
+          <t>December 2025</t>
+        </is>
+      </c>
+      <c r="E78"/>
+      <c r="F78"/>
+      <c r="G78"/>
     </row>
     <row r="79">
       <c r="A79" t="inlineStr">
         <is>
           <t>All size classes</t>
         </is>
       </c>
       <c r="B79" t="inlineStr">
         <is>
           <t>100 - 199 employees</t>
         </is>
       </c>
       <c r="C79" t="inlineStr">
         <is>
-          <t>2025</t>
+          <t>2026</t>
         </is>
       </c>
       <c r="D79" t="inlineStr">
         <is>
-          <t>November 2025</t>
-[...4 lines deleted...]
-      <c r="G79"/>
+          <t>January 2026</t>
+        </is>
+      </c>
+      <c r="E79" s="1" t="n">
+        <v>90.0</v>
+      </c>
+      <c r="F79" s="1" t="n">
+        <v>49.0</v>
+      </c>
+      <c r="G79" s="1" t="n">
+        <v>139.0</v>
+      </c>
     </row>
     <row r="80">
       <c r="A80" t="inlineStr">
         <is>
           <t>All size classes</t>
         </is>
       </c>
       <c r="B80" t="inlineStr">
         <is>
           <t>200 - 249 employees</t>
         </is>
       </c>
       <c r="C80" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="D80" t="inlineStr">
         <is>
-          <t>November 2024</t>
+          <t>January 2025</t>
         </is>
       </c>
       <c r="E80"/>
       <c r="F80"/>
       <c r="G80"/>
     </row>
     <row r="81">
       <c r="A81" t="inlineStr">
         <is>
           <t>All size classes</t>
         </is>
       </c>
       <c r="B81" t="inlineStr">
         <is>
           <t>200 - 249 employees</t>
         </is>
       </c>
       <c r="C81" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="D81" t="inlineStr">
         <is>
-          <t>December 2024</t>
-[...4 lines deleted...]
-      <c r="G81"/>
+          <t>February 2025</t>
+        </is>
+      </c>
+      <c r="E81" s="1" t="n">
+        <v>166.0</v>
+      </c>
+      <c r="F81" s="1" t="n">
+        <v>71.0</v>
+      </c>
+      <c r="G81" s="1" t="n">
+        <v>237.0</v>
+      </c>
     </row>
     <row r="82">
       <c r="A82" t="inlineStr">
         <is>
           <t>All size classes</t>
         </is>
       </c>
       <c r="B82" t="inlineStr">
         <is>
           <t>200 - 249 employees</t>
         </is>
       </c>
       <c r="C82" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D82" t="inlineStr">
         <is>
-          <t>January 2025</t>
+          <t>March 2025</t>
         </is>
       </c>
       <c r="E82"/>
       <c r="F82"/>
       <c r="G82"/>
     </row>
     <row r="83">
       <c r="A83" t="inlineStr">
         <is>
           <t>All size classes</t>
         </is>
       </c>
       <c r="B83" t="inlineStr">
         <is>
           <t>200 - 249 employees</t>
         </is>
       </c>
       <c r="C83" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D83" t="inlineStr">
         <is>
-          <t>February 2025</t>
-[...10 lines deleted...]
-      </c>
+          <t>April 2025</t>
+        </is>
+      </c>
+      <c r="E83"/>
+      <c r="F83"/>
+      <c r="G83"/>
     </row>
     <row r="84">
       <c r="A84" t="inlineStr">
         <is>
           <t>All size classes</t>
         </is>
       </c>
       <c r="B84" t="inlineStr">
         <is>
           <t>200 - 249 employees</t>
         </is>
       </c>
       <c r="C84" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D84" t="inlineStr">
         <is>
-          <t>March 2025</t>
+          <t>May 2025</t>
         </is>
       </c>
       <c r="E84"/>
       <c r="F84"/>
       <c r="G84"/>
     </row>
     <row r="85">
       <c r="A85" t="inlineStr">
         <is>
           <t>All size classes</t>
         </is>
       </c>
       <c r="B85" t="inlineStr">
         <is>
           <t>200 - 249 employees</t>
         </is>
       </c>
       <c r="C85" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D85" t="inlineStr">
         <is>
-          <t>April 2025</t>
+          <t>June 2025</t>
         </is>
       </c>
       <c r="E85"/>
       <c r="F85"/>
       <c r="G85"/>
     </row>
     <row r="86">
       <c r="A86" t="inlineStr">
         <is>
           <t>All size classes</t>
         </is>
       </c>
       <c r="B86" t="inlineStr">
         <is>
           <t>200 - 249 employees</t>
         </is>
       </c>
       <c r="C86" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D86" t="inlineStr">
         <is>
-          <t>May 2025</t>
+          <t>July 2025</t>
         </is>
       </c>
       <c r="E86"/>
       <c r="F86"/>
       <c r="G86"/>
     </row>
     <row r="87">
       <c r="A87" t="inlineStr">
         <is>
           <t>All size classes</t>
         </is>
       </c>
       <c r="B87" t="inlineStr">
         <is>
           <t>200 - 249 employees</t>
         </is>
       </c>
       <c r="C87" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D87" t="inlineStr">
         <is>
-          <t>June 2025</t>
-[...4 lines deleted...]
-      <c r="G87"/>
+          <t>August 2025</t>
+        </is>
+      </c>
+      <c r="E87" s="1" t="n">
+        <v>218.0</v>
+      </c>
+      <c r="F87" s="1" t="n">
+        <v>24.0</v>
+      </c>
+      <c r="G87" s="1" t="n">
+        <v>242.0</v>
+      </c>
     </row>
     <row r="88">
       <c r="A88" t="inlineStr">
         <is>
           <t>All size classes</t>
         </is>
       </c>
       <c r="B88" t="inlineStr">
         <is>
           <t>200 - 249 employees</t>
         </is>
       </c>
       <c r="C88" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D88" t="inlineStr">
         <is>
-          <t>July 2025</t>
+          <t>September 2025</t>
         </is>
       </c>
       <c r="E88"/>
       <c r="F88"/>
       <c r="G88"/>
     </row>
     <row r="89">
       <c r="A89" t="inlineStr">
         <is>
           <t>All size classes</t>
         </is>
       </c>
       <c r="B89" t="inlineStr">
         <is>
           <t>200 - 249 employees</t>
         </is>
       </c>
       <c r="C89" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D89" t="inlineStr">
         <is>
-          <t>August 2025</t>
-[...10 lines deleted...]
-      </c>
+          <t>October 2025</t>
+        </is>
+      </c>
+      <c r="E89"/>
+      <c r="F89"/>
+      <c r="G89"/>
     </row>
     <row r="90">
       <c r="A90" t="inlineStr">
         <is>
           <t>All size classes</t>
         </is>
       </c>
       <c r="B90" t="inlineStr">
         <is>
           <t>200 - 249 employees</t>
         </is>
       </c>
       <c r="C90" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D90" t="inlineStr">
         <is>
-          <t>September 2025</t>
+          <t>November 2025</t>
         </is>
       </c>
       <c r="E90"/>
       <c r="F90"/>
       <c r="G90"/>
     </row>
     <row r="91">
       <c r="A91" t="inlineStr">
         <is>
           <t>All size classes</t>
         </is>
       </c>
       <c r="B91" t="inlineStr">
         <is>
           <t>200 - 249 employees</t>
         </is>
       </c>
       <c r="C91" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D91" t="inlineStr">
         <is>
-          <t>October 2025</t>
+          <t>December 2025</t>
         </is>
       </c>
       <c r="E91"/>
       <c r="F91"/>
       <c r="G91"/>
     </row>
     <row r="92">
       <c r="A92" t="inlineStr">
         <is>
           <t>All size classes</t>
         </is>
       </c>
       <c r="B92" t="inlineStr">
         <is>
           <t>200 - 249 employees</t>
         </is>
       </c>
       <c r="C92" t="inlineStr">
         <is>
-          <t>2025</t>
+          <t>2026</t>
         </is>
       </c>
       <c r="D92" t="inlineStr">
         <is>
-          <t>November 2025</t>
+          <t>January 2026</t>
         </is>
       </c>
       <c r="E92"/>
       <c r="F92"/>
       <c r="G92"/>
     </row>
     <row r="93">
       <c r="A93" t="inlineStr">
         <is>
           <t>All size classes</t>
         </is>
       </c>
       <c r="B93" t="inlineStr">
         <is>
           <t>250 - 499 employees</t>
         </is>
       </c>
       <c r="C93" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="D93" t="inlineStr">
         <is>
-          <t>November 2024</t>
+          <t>January 2025</t>
         </is>
       </c>
       <c r="E93"/>
       <c r="F93"/>
       <c r="G93"/>
     </row>
     <row r="94">
       <c r="A94" t="inlineStr">
         <is>
           <t>All size classes</t>
         </is>
       </c>
       <c r="B94" t="inlineStr">
         <is>
           <t>250 - 499 employees</t>
         </is>
       </c>
       <c r="C94" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="D94" t="inlineStr">
         <is>
-          <t>December 2024</t>
-[...10 lines deleted...]
-      </c>
+          <t>February 2025</t>
+        </is>
+      </c>
+      <c r="E94"/>
+      <c r="F94"/>
+      <c r="G94"/>
     </row>
     <row r="95">
       <c r="A95" t="inlineStr">
         <is>
           <t>All size classes</t>
         </is>
       </c>
       <c r="B95" t="inlineStr">
         <is>
           <t>250 - 499 employees</t>
         </is>
       </c>
       <c r="C95" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D95" t="inlineStr">
         <is>
-          <t>January 2025</t>
-[...4 lines deleted...]
-      <c r="G95"/>
+          <t>March 2025</t>
+        </is>
+      </c>
+      <c r="E95" s="1" t="n">
+        <v>226.0</v>
+      </c>
+      <c r="F95" s="1" t="n">
+        <v>209.0</v>
+      </c>
+      <c r="G95" s="1" t="n">
+        <v>435.0</v>
+      </c>
     </row>
     <row r="96">
       <c r="A96" t="inlineStr">
         <is>
           <t>All size classes</t>
         </is>
       </c>
       <c r="B96" t="inlineStr">
         <is>
           <t>250 - 499 employees</t>
         </is>
       </c>
       <c r="C96" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D96" t="inlineStr">
         <is>
-          <t>February 2025</t>
-[...4 lines deleted...]
-      <c r="G96"/>
+          <t>April 2025</t>
+        </is>
+      </c>
+      <c r="E96" s="1" t="n">
+        <v>299.0</v>
+      </c>
+      <c r="F96" s="1" t="n">
+        <v>11.0</v>
+      </c>
+      <c r="G96" s="1" t="n">
+        <v>310.0</v>
+      </c>
     </row>
     <row r="97">
       <c r="A97" t="inlineStr">
         <is>
           <t>All size classes</t>
         </is>
       </c>
       <c r="B97" t="inlineStr">
         <is>
           <t>250 - 499 employees</t>
         </is>
       </c>
       <c r="C97" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D97" t="inlineStr">
         <is>
-          <t>March 2025</t>
-[...10 lines deleted...]
-      </c>
+          <t>May 2025</t>
+        </is>
+      </c>
+      <c r="E97"/>
+      <c r="F97"/>
+      <c r="G97"/>
     </row>
     <row r="98">
       <c r="A98" t="inlineStr">
         <is>
           <t>All size classes</t>
         </is>
       </c>
       <c r="B98" t="inlineStr">
         <is>
           <t>250 - 499 employees</t>
         </is>
       </c>
       <c r="C98" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D98" t="inlineStr">
         <is>
-          <t>April 2025</t>
-[...10 lines deleted...]
-      </c>
+          <t>June 2025</t>
+        </is>
+      </c>
+      <c r="E98"/>
+      <c r="F98"/>
+      <c r="G98"/>
     </row>
     <row r="99">
       <c r="A99" t="inlineStr">
         <is>
           <t>All size classes</t>
         </is>
       </c>
       <c r="B99" t="inlineStr">
         <is>
           <t>250 - 499 employees</t>
         </is>
       </c>
       <c r="C99" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D99" t="inlineStr">
         <is>
-          <t>May 2025</t>
+          <t>July 2025</t>
         </is>
       </c>
       <c r="E99"/>
       <c r="F99"/>
       <c r="G99"/>
     </row>
     <row r="100">
       <c r="A100" t="inlineStr">
         <is>
           <t>All size classes</t>
         </is>
       </c>
       <c r="B100" t="inlineStr">
         <is>
           <t>250 - 499 employees</t>
         </is>
       </c>
       <c r="C100" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D100" t="inlineStr">
         <is>
-          <t>June 2025</t>
+          <t>August 2025</t>
         </is>
       </c>
       <c r="E100"/>
       <c r="F100"/>
       <c r="G100"/>
     </row>
     <row r="101">
       <c r="A101" t="inlineStr">
         <is>
           <t>All size classes</t>
         </is>
       </c>
       <c r="B101" t="inlineStr">
         <is>
           <t>250 - 499 employees</t>
         </is>
       </c>
       <c r="C101" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D101" t="inlineStr">
         <is>
-          <t>July 2025</t>
+          <t>September 2025</t>
         </is>
       </c>
       <c r="E101"/>
       <c r="F101"/>
       <c r="G101"/>
     </row>
     <row r="102">
       <c r="A102" t="inlineStr">
         <is>
           <t>All size classes</t>
         </is>
       </c>
       <c r="B102" t="inlineStr">
         <is>
           <t>250 - 499 employees</t>
         </is>
       </c>
       <c r="C102" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D102" t="inlineStr">
         <is>
-          <t>August 2025</t>
+          <t>October 2025</t>
         </is>
       </c>
       <c r="E102"/>
       <c r="F102"/>
       <c r="G102"/>
     </row>
     <row r="103">
       <c r="A103" t="inlineStr">
         <is>
           <t>All size classes</t>
         </is>
       </c>
       <c r="B103" t="inlineStr">
         <is>
           <t>250 - 499 employees</t>
         </is>
       </c>
       <c r="C103" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D103" t="inlineStr">
         <is>
-          <t>September 2025</t>
+          <t>November 2025</t>
         </is>
       </c>
       <c r="E103"/>
       <c r="F103"/>
       <c r="G103"/>
     </row>
     <row r="104">
       <c r="A104" t="inlineStr">
         <is>
           <t>All size classes</t>
         </is>
       </c>
       <c r="B104" t="inlineStr">
         <is>
           <t>250 - 499 employees</t>
         </is>
       </c>
       <c r="C104" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D104" t="inlineStr">
         <is>
-          <t>October 2025</t>
-[...4 lines deleted...]
-      <c r="G104"/>
+          <t>December 2025</t>
+        </is>
+      </c>
+      <c r="E104" s="1" t="n">
+        <v>172.0</v>
+      </c>
+      <c r="F104" s="1" t="n">
+        <v>124.0</v>
+      </c>
+      <c r="G104" s="1" t="n">
+        <v>296.0</v>
+      </c>
     </row>
     <row r="105">
       <c r="A105" t="inlineStr">
         <is>
           <t>All size classes</t>
         </is>
       </c>
       <c r="B105" t="inlineStr">
         <is>
           <t>250 - 499 employees</t>
         </is>
       </c>
       <c r="C105" t="inlineStr">
         <is>
-          <t>2025</t>
+          <t>2026</t>
         </is>
       </c>
       <c r="D105" t="inlineStr">
         <is>
-          <t>November 2025</t>
+          <t>January 2026</t>
         </is>
       </c>
       <c r="E105"/>
       <c r="F105"/>
       <c r="G105"/>
     </row>
     <row r="106">
       <c r="A106" t="inlineStr">
         <is>
           <t>All size classes</t>
         </is>
       </c>
       <c r="B106" t="inlineStr">
         <is>
           <t>500 - 999 employees</t>
         </is>
       </c>
       <c r="C106" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="D106" t="inlineStr">
         <is>
-          <t>November 2024</t>
-[...4 lines deleted...]
-      <c r="G106"/>
+          <t>January 2025</t>
+        </is>
+      </c>
+      <c r="E106" s="1" t="n">
+        <v>362.0</v>
+      </c>
+      <c r="F106" s="1" t="n">
+        <v>357.0</v>
+      </c>
+      <c r="G106" s="1" t="n">
+        <v>721.0</v>
+      </c>
     </row>
     <row r="107">
       <c r="A107" t="inlineStr">
         <is>
           <t>All size classes</t>
         </is>
       </c>
       <c r="B107" t="inlineStr">
         <is>
           <t>500 - 999 employees</t>
         </is>
       </c>
       <c r="C107" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="D107" t="inlineStr">
         <is>
-          <t>December 2024</t>
+          <t>February 2025</t>
         </is>
       </c>
       <c r="E107"/>
       <c r="F107"/>
       <c r="G107"/>
     </row>
     <row r="108">
       <c r="A108" t="inlineStr">
         <is>
           <t>All size classes</t>
         </is>
       </c>
       <c r="B108" t="inlineStr">
         <is>
           <t>500 - 999 employees</t>
         </is>
       </c>
       <c r="C108" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D108" t="inlineStr">
         <is>
-          <t>January 2025</t>
-[...10 lines deleted...]
-      </c>
+          <t>March 2025</t>
+        </is>
+      </c>
+      <c r="E108"/>
+      <c r="F108"/>
+      <c r="G108"/>
     </row>
     <row r="109">
       <c r="A109" t="inlineStr">
         <is>
           <t>All size classes</t>
         </is>
       </c>
       <c r="B109" t="inlineStr">
         <is>
           <t>500 - 999 employees</t>
         </is>
       </c>
       <c r="C109" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D109" t="inlineStr">
         <is>
-          <t>February 2025</t>
-[...4 lines deleted...]
-      <c r="G109"/>
+          <t>April 2025</t>
+        </is>
+      </c>
+      <c r="E109" s="1" t="n">
+        <v>497.0</v>
+      </c>
+      <c r="F109" s="1" t="n">
+        <v>12.0</v>
+      </c>
+      <c r="G109" s="1" t="n">
+        <v>511.0</v>
+      </c>
     </row>
     <row r="110">
       <c r="A110" t="inlineStr">
         <is>
           <t>All size classes</t>
         </is>
       </c>
       <c r="B110" t="inlineStr">
         <is>
           <t>500 - 999 employees</t>
         </is>
       </c>
       <c r="C110" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D110" t="inlineStr">
         <is>
-          <t>March 2025</t>
+          <t>May 2025</t>
         </is>
       </c>
       <c r="E110"/>
       <c r="F110"/>
       <c r="G110"/>
     </row>
     <row r="111">
       <c r="A111" t="inlineStr">
         <is>
           <t>All size classes</t>
         </is>
       </c>
       <c r="B111" t="inlineStr">
         <is>
           <t>500 - 999 employees</t>
         </is>
       </c>
       <c r="C111" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D111" t="inlineStr">
         <is>
-          <t>April 2025</t>
-[...10 lines deleted...]
-      </c>
+          <t>June 2025</t>
+        </is>
+      </c>
+      <c r="E111"/>
+      <c r="F111"/>
+      <c r="G111"/>
     </row>
     <row r="112">
       <c r="A112" t="inlineStr">
         <is>
           <t>All size classes</t>
         </is>
       </c>
       <c r="B112" t="inlineStr">
         <is>
           <t>500 - 999 employees</t>
         </is>
       </c>
       <c r="C112" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D112" t="inlineStr">
         <is>
-          <t>May 2025</t>
-[...4 lines deleted...]
-      <c r="G112"/>
+          <t>July 2025</t>
+        </is>
+      </c>
+      <c r="E112" s="1" t="n">
+        <v>822.0</v>
+      </c>
+      <c r="F112" s="1" t="n">
+        <v>35.0</v>
+      </c>
+      <c r="G112" s="1" t="n">
+        <v>857.0</v>
+      </c>
     </row>
     <row r="113">
       <c r="A113" t="inlineStr">
         <is>
           <t>All size classes</t>
         </is>
       </c>
       <c r="B113" t="inlineStr">
         <is>
           <t>500 - 999 employees</t>
         </is>
       </c>
       <c r="C113" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D113" t="inlineStr">
         <is>
-          <t>June 2025</t>
+          <t>August 2025</t>
         </is>
       </c>
       <c r="E113"/>
       <c r="F113"/>
       <c r="G113"/>
     </row>
     <row r="114">
       <c r="A114" t="inlineStr">
         <is>
           <t>All size classes</t>
         </is>
       </c>
       <c r="B114" t="inlineStr">
         <is>
           <t>500 - 999 employees</t>
         </is>
       </c>
       <c r="C114" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D114" t="inlineStr">
         <is>
-          <t>July 2025</t>
-[...10 lines deleted...]
-      </c>
+          <t>September 2025</t>
+        </is>
+      </c>
+      <c r="E114"/>
+      <c r="F114"/>
+      <c r="G114"/>
     </row>
     <row r="115">
       <c r="A115" t="inlineStr">
         <is>
           <t>All size classes</t>
         </is>
       </c>
       <c r="B115" t="inlineStr">
         <is>
           <t>500 - 999 employees</t>
         </is>
       </c>
       <c r="C115" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D115" t="inlineStr">
         <is>
-          <t>August 2025</t>
+          <t>October 2025</t>
         </is>
       </c>
       <c r="E115"/>
       <c r="F115"/>
       <c r="G115"/>
     </row>
     <row r="116">
       <c r="A116" t="inlineStr">
         <is>
           <t>All size classes</t>
         </is>
       </c>
       <c r="B116" t="inlineStr">
         <is>
           <t>500 - 999 employees</t>
         </is>
       </c>
       <c r="C116" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D116" t="inlineStr">
         <is>
-          <t>September 2025</t>
+          <t>November 2025</t>
         </is>
       </c>
       <c r="E116"/>
       <c r="F116"/>
       <c r="G116"/>
     </row>
     <row r="117">
       <c r="A117" t="inlineStr">
         <is>
           <t>All size classes</t>
         </is>
       </c>
       <c r="B117" t="inlineStr">
         <is>
           <t>500 - 999 employees</t>
         </is>
       </c>
       <c r="C117" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D117" t="inlineStr">
         <is>
-          <t>October 2025</t>
+          <t>December 2025</t>
         </is>
       </c>
       <c r="E117"/>
       <c r="F117"/>
       <c r="G117"/>
     </row>
     <row r="118">
       <c r="A118" t="inlineStr">
         <is>
           <t>All size classes</t>
         </is>
       </c>
       <c r="B118" t="inlineStr">
         <is>
           <t>500 - 999 employees</t>
         </is>
       </c>
       <c r="C118" t="inlineStr">
         <is>
-          <t>2025</t>
+          <t>2026</t>
         </is>
       </c>
       <c r="D118" t="inlineStr">
         <is>
-          <t>November 2025</t>
+          <t>January 2026</t>
         </is>
       </c>
       <c r="E118"/>
       <c r="F118"/>
       <c r="G118"/>
     </row>
     <row r="119">
       <c r="A119" t="inlineStr">
         <is>
           <t>All size classes</t>
         </is>
       </c>
       <c r="B119" t="inlineStr">
         <is>
           <t>1000 employees and more</t>
         </is>
       </c>
       <c r="C119" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="D119" t="inlineStr">
         <is>
-          <t>November 2024</t>
+          <t>January 2025</t>
         </is>
       </c>
       <c r="E119"/>
       <c r="F119"/>
       <c r="G119"/>
     </row>
     <row r="120">
       <c r="A120" t="inlineStr">
         <is>
           <t>All size classes</t>
         </is>
       </c>
       <c r="B120" t="inlineStr">
         <is>
           <t>1000 employees and more</t>
         </is>
       </c>
       <c r="C120" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="D120" t="inlineStr">
         <is>
-          <t>December 2024</t>
+          <t>February 2025</t>
         </is>
       </c>
       <c r="E120"/>
       <c r="F120"/>
       <c r="G120"/>
     </row>
     <row r="121">
       <c r="A121" t="inlineStr">
         <is>
           <t>All size classes</t>
         </is>
       </c>
       <c r="B121" t="inlineStr">
         <is>
           <t>1000 employees and more</t>
         </is>
       </c>
       <c r="C121" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D121" t="inlineStr">
         <is>
-          <t>January 2025</t>
+          <t>March 2025</t>
         </is>
       </c>
       <c r="E121"/>
       <c r="F121"/>
       <c r="G121"/>
     </row>
     <row r="122">
       <c r="A122" t="inlineStr">
         <is>
           <t>All size classes</t>
         </is>
       </c>
       <c r="B122" t="inlineStr">
         <is>
           <t>1000 employees and more</t>
         </is>
       </c>
       <c r="C122" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D122" t="inlineStr">
         <is>
-          <t>February 2025</t>
+          <t>April 2025</t>
         </is>
       </c>
       <c r="E122"/>
       <c r="F122"/>
       <c r="G122"/>
     </row>
     <row r="123">
       <c r="A123" t="inlineStr">
         <is>
           <t>All size classes</t>
         </is>
       </c>
       <c r="B123" t="inlineStr">
         <is>
           <t>1000 employees and more</t>
         </is>
       </c>
       <c r="C123" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D123" t="inlineStr">
         <is>
-          <t>March 2025</t>
+          <t>May 2025</t>
         </is>
       </c>
       <c r="E123"/>
       <c r="F123"/>
       <c r="G123"/>
     </row>
     <row r="124">
       <c r="A124" t="inlineStr">
         <is>
           <t>All size classes</t>
         </is>
       </c>
       <c r="B124" t="inlineStr">
         <is>
           <t>1000 employees and more</t>
         </is>
       </c>
       <c r="C124" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D124" t="inlineStr">
         <is>
-          <t>April 2025</t>
+          <t>June 2025</t>
         </is>
       </c>
       <c r="E124"/>
       <c r="F124"/>
       <c r="G124"/>
     </row>
     <row r="125">
       <c r="A125" t="inlineStr">
         <is>
           <t>All size classes</t>
         </is>
       </c>
       <c r="B125" t="inlineStr">
         <is>
           <t>1000 employees and more</t>
         </is>
       </c>
       <c r="C125" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D125" t="inlineStr">
         <is>
-          <t>May 2025</t>
+          <t>July 2025</t>
         </is>
       </c>
       <c r="E125"/>
       <c r="F125"/>
       <c r="G125"/>
     </row>
     <row r="126">
       <c r="A126" t="inlineStr">
         <is>
           <t>All size classes</t>
         </is>
       </c>
       <c r="B126" t="inlineStr">
         <is>
           <t>1000 employees and more</t>
         </is>
       </c>
       <c r="C126" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D126" t="inlineStr">
         <is>
-          <t>June 2025</t>
+          <t>August 2025</t>
         </is>
       </c>
       <c r="E126"/>
       <c r="F126"/>
       <c r="G126"/>
     </row>
     <row r="127">
       <c r="A127" t="inlineStr">
         <is>
           <t>All size classes</t>
         </is>
       </c>
       <c r="B127" t="inlineStr">
         <is>
           <t>1000 employees and more</t>
         </is>
       </c>
       <c r="C127" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D127" t="inlineStr">
         <is>
-          <t>July 2025</t>
+          <t>September 2025</t>
         </is>
       </c>
       <c r="E127"/>
       <c r="F127"/>
       <c r="G127"/>
     </row>
     <row r="128">
       <c r="A128" t="inlineStr">
         <is>
           <t>All size classes</t>
         </is>
       </c>
       <c r="B128" t="inlineStr">
         <is>
           <t>1000 employees and more</t>
         </is>
       </c>
       <c r="C128" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D128" t="inlineStr">
         <is>
-          <t>August 2025</t>
+          <t>October 2025</t>
         </is>
       </c>
       <c r="E128"/>
       <c r="F128"/>
       <c r="G128"/>
     </row>
     <row r="129">
       <c r="A129" t="inlineStr">
         <is>
           <t>All size classes</t>
         </is>
       </c>
       <c r="B129" t="inlineStr">
         <is>
           <t>1000 employees and more</t>
         </is>
       </c>
       <c r="C129" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D129" t="inlineStr">
         <is>
-          <t>September 2025</t>
+          <t>November 2025</t>
         </is>
       </c>
       <c r="E129"/>
       <c r="F129"/>
       <c r="G129"/>
     </row>
     <row r="130">
       <c r="A130" t="inlineStr">
         <is>
           <t>All size classes</t>
         </is>
       </c>
       <c r="B130" t="inlineStr">
         <is>
           <t>1000 employees and more</t>
         </is>
       </c>
       <c r="C130" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D130" t="inlineStr">
         <is>
-          <t>October 2025</t>
+          <t>December 2025</t>
         </is>
       </c>
       <c r="E130"/>
       <c r="F130"/>
       <c r="G130"/>
     </row>
     <row r="131">
       <c r="A131" t="inlineStr">
         <is>
           <t>All size classes</t>
         </is>
       </c>
       <c r="B131" t="inlineStr">
         <is>
           <t>1000 employees and more</t>
         </is>
       </c>
       <c r="C131" t="inlineStr">
         <is>
-          <t>2025</t>
+          <t>2026</t>
         </is>
       </c>
       <c r="D131" t="inlineStr">
         <is>
-          <t>November 2025</t>
+          <t>January 2026</t>
         </is>
       </c>
       <c r="E131"/>
       <c r="F131"/>
       <c r="G131"/>
     </row>
     <row r="132">
       <c r="A132" t="inlineStr">
         <is>
           <t>All size classes</t>
         </is>
       </c>
       <c r="B132"/>
       <c r="C132" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="D132" t="inlineStr">
         <is>
-          <t>November 2024</t>
+          <t>January 2025</t>
         </is>
       </c>
       <c r="E132" s="1" t="n">
-        <v>814.0</v>
+        <v>1036.0</v>
       </c>
       <c r="F132" s="1" t="n">
-        <v>467.0</v>
+        <v>657.0</v>
       </c>
       <c r="G132" s="1" t="n">
-        <v>1932.0</v>
+        <v>2462.0</v>
       </c>
     </row>
     <row r="133">
       <c r="A133" t="inlineStr">
         <is>
           <t>All size classes</t>
         </is>
       </c>
       <c r="B133"/>
       <c r="C133" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="D133" t="inlineStr">
         <is>
-          <t>December 2024</t>
+          <t>February 2025</t>
         </is>
       </c>
       <c r="E133" s="1" t="n">
-        <v>1266.0</v>
+        <v>1278.0</v>
       </c>
       <c r="F133" s="1" t="n">
-        <v>483.0</v>
+        <v>541.0</v>
       </c>
       <c r="G133" s="1" t="n">
-        <v>2579.0</v>
+        <v>2588.0</v>
       </c>
     </row>
     <row r="134">
       <c r="A134" t="inlineStr">
         <is>
           <t>All size classes</t>
         </is>
       </c>
       <c r="B134"/>
       <c r="C134" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D134" t="inlineStr">
         <is>
-          <t>January 2025</t>
+          <t>March 2025</t>
         </is>
       </c>
       <c r="E134" s="1" t="n">
-        <v>1036.0</v>
+        <v>1168.0</v>
       </c>
       <c r="F134" s="1" t="n">
-        <v>657.0</v>
+        <v>701.0</v>
       </c>
       <c r="G134" s="1" t="n">
-        <v>2462.0</v>
+        <v>2747.0</v>
       </c>
     </row>
     <row r="135">
       <c r="A135" t="inlineStr">
         <is>
           <t>All size classes</t>
         </is>
       </c>
       <c r="B135"/>
       <c r="C135" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D135" t="inlineStr">
         <is>
-          <t>February 2025</t>
+          <t>April 2025</t>
         </is>
       </c>
       <c r="E135" s="1" t="n">
-        <v>1278.0</v>
+        <v>1765.0</v>
       </c>
       <c r="F135" s="1" t="n">
-        <v>541.0</v>
+        <v>659.0</v>
       </c>
       <c r="G135" s="1" t="n">
-        <v>2588.0</v>
+        <v>3203.0</v>
       </c>
     </row>
     <row r="136">
       <c r="A136" t="inlineStr">
         <is>
           <t>All size classes</t>
         </is>
       </c>
       <c r="B136"/>
       <c r="C136" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D136" t="inlineStr">
         <is>
-          <t>March 2025</t>
+          <t>May 2025</t>
         </is>
       </c>
       <c r="E136" s="1" t="n">
-        <v>1168.0</v>
+        <v>667.0</v>
       </c>
       <c r="F136" s="1" t="n">
-        <v>701.0</v>
+        <v>355.0</v>
       </c>
       <c r="G136" s="1" t="n">
-        <v>2747.0</v>
+        <v>1748.0</v>
       </c>
     </row>
     <row r="137">
       <c r="A137" t="inlineStr">
         <is>
           <t>All size classes</t>
         </is>
       </c>
       <c r="B137"/>
       <c r="C137" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D137" t="inlineStr">
         <is>
-          <t>April 2025</t>
+          <t>June 2025</t>
         </is>
       </c>
       <c r="E137" s="1" t="n">
-        <v>1765.0</v>
+        <v>1165.0</v>
       </c>
       <c r="F137" s="1" t="n">
-        <v>659.0</v>
+        <v>611.0</v>
       </c>
       <c r="G137" s="1" t="n">
-        <v>3203.0</v>
+        <v>2732.0</v>
       </c>
     </row>
     <row r="138">
       <c r="A138" t="inlineStr">
         <is>
           <t>All size classes</t>
         </is>
       </c>
       <c r="B138"/>
       <c r="C138" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D138" t="inlineStr">
         <is>
-          <t>May 2025</t>
+          <t>July 2025</t>
         </is>
       </c>
       <c r="E138" s="1" t="n">
-        <v>667.0</v>
+        <v>1544.0</v>
       </c>
       <c r="F138" s="1" t="n">
-        <v>355.0</v>
+        <v>436.0</v>
       </c>
       <c r="G138" s="1" t="n">
-        <v>1748.0</v>
+        <v>2548.0</v>
       </c>
     </row>
     <row r="139">
       <c r="A139" t="inlineStr">
         <is>
           <t>All size classes</t>
         </is>
       </c>
       <c r="B139"/>
       <c r="C139" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D139" t="inlineStr">
         <is>
-          <t>June 2025</t>
+          <t>August 2025</t>
         </is>
       </c>
       <c r="E139" s="1" t="n">
-        <v>1165.0</v>
+        <v>1069.0</v>
       </c>
       <c r="F139" s="1" t="n">
-        <v>611.0</v>
+        <v>493.0</v>
       </c>
       <c r="G139" s="1" t="n">
-        <v>2732.0</v>
+        <v>1930.0</v>
       </c>
     </row>
     <row r="140">
       <c r="A140" t="inlineStr">
         <is>
           <t>All size classes</t>
         </is>
       </c>
       <c r="B140"/>
       <c r="C140" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D140" t="inlineStr">
         <is>
-          <t>July 2025</t>
+          <t>September 2025</t>
         </is>
       </c>
       <c r="E140" s="1" t="n">
-        <v>1544.0</v>
+        <v>963.0</v>
       </c>
       <c r="F140" s="1" t="n">
-        <v>436.0</v>
+        <v>630.0</v>
       </c>
       <c r="G140" s="1" t="n">
-        <v>2548.0</v>
+        <v>2563.0</v>
       </c>
     </row>
     <row r="141">
       <c r="A141" t="inlineStr">
         <is>
           <t>All size classes</t>
         </is>
       </c>
       <c r="B141"/>
       <c r="C141" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D141" t="inlineStr">
         <is>
-          <t>August 2025</t>
+          <t>October 2025</t>
         </is>
       </c>
       <c r="E141" s="1" t="n">
-        <v>1069.0</v>
+        <v>961.0</v>
       </c>
       <c r="F141" s="1" t="n">
-        <v>493.0</v>
+        <v>663.0</v>
       </c>
       <c r="G141" s="1" t="n">
-        <v>1930.0</v>
+        <v>2496.0</v>
       </c>
     </row>
     <row r="142">
       <c r="A142" t="inlineStr">
         <is>
           <t>All size classes</t>
         </is>
       </c>
       <c r="B142"/>
       <c r="C142" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D142" t="inlineStr">
         <is>
-          <t>September 2025</t>
+          <t>November 2025</t>
         </is>
       </c>
       <c r="E142" s="1" t="n">
-        <v>963.0</v>
+        <v>878.0</v>
       </c>
       <c r="F142" s="1" t="n">
-        <v>630.0</v>
+        <v>484.0</v>
       </c>
       <c r="G142" s="1" t="n">
-        <v>2563.0</v>
+        <v>2105.0</v>
       </c>
     </row>
     <row r="143">
       <c r="A143" t="inlineStr">
         <is>
           <t>All size classes</t>
         </is>
       </c>
       <c r="B143"/>
       <c r="C143" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D143" t="inlineStr">
         <is>
-          <t>October 2025</t>
+          <t>December 2025</t>
         </is>
       </c>
       <c r="E143" s="1" t="n">
-        <v>961.0</v>
+        <v>1191.0</v>
       </c>
       <c r="F143" s="1" t="n">
-        <v>663.0</v>
+        <v>640.0</v>
       </c>
       <c r="G143" s="1" t="n">
-        <v>2496.0</v>
+        <v>2736.0</v>
       </c>
     </row>
     <row r="144">
       <c r="A144" t="inlineStr">
         <is>
           <t>All size classes</t>
         </is>
       </c>
       <c r="B144"/>
       <c r="C144" t="inlineStr">
         <is>
-          <t>2025</t>
+          <t>2026</t>
         </is>
       </c>
       <c r="D144" t="inlineStr">
         <is>
-          <t>November 2025</t>
+          <t>January 2026</t>
         </is>
       </c>
       <c r="E144" s="1" t="n">
-        <v>878.0</v>
+        <v>935.0</v>
       </c>
       <c r="F144" s="1" t="n">
-        <v>484.0</v>
+        <v>618.0</v>
       </c>
       <c r="G144" s="1" t="n">
-        <v>2106.0</v>
+        <v>2326.0</v>
       </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <coreProperties xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </coreProperties>
 </file>