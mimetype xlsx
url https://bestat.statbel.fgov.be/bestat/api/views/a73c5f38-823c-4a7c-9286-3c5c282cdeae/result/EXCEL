--- v0 (2025-10-18)
+++ v1 (2026-03-05)
@@ -107,383 +107,383 @@
   <cols>
     <col min="1" max="1" width="11.02734375" customWidth="true"/>
     <col min="2" max="2" width="159.34765625" customWidth="true"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" t="inlineStr">
         <is>
           <t>Data source:</t>
         </is>
       </c>
       <c r="B1" t="inlineStr">
         <is>
           <t>Faillissementen en banenverlies in België per maand, gemeente, economische activiteit (NACE 2008), type onderneming, rechtsvorm, grootteklasse van het aantal werknemers (RSZ) en levensduur</t>
         </is>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="inlineStr">
         <is>
           <t>Filters:</t>
         </is>
       </c>
       <c r="B2" t="inlineStr">
         <is>
-          <t xml:space="preserve">Datum : 2013, 2014, 2015, 2016, 2017, 2018, 2019, 2020, 2021, 2022, 2023, 2024
+          <t xml:space="preserve">Datum : 2015, 2016, 2017, 2018, 2019, 2020, 2021, 2022, 2023, 2024, 2025, 2026
 </t>
         </is>
       </c>
     </row>
     <row r="3">
 </row>
     <row r="4">
       <c r="A4" t="inlineStr">
         <is>
           <t xml:space="preserve">Bron: </t>
         </is>
       </c>
       <c r="B4" t="inlineStr">
         <is>
           <t>Statbel (Algemene Directie Statistiek - Statistics Belgium)</t>
         </is>
       </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <cols>
     <col min="1" max="1" width="5.78125" customWidth="true"/>
     <col min="2" max="2" width="26.68359375" customWidth="true"/>
     <col min="3" max="3" width="4.50390625" customWidth="true"/>
     <col min="4" max="4" width="19.0625" customWidth="true"/>
-    <col min="5" max="5" width="6.28515625" customWidth="true"/>
+    <col min="5" max="5" width="5.359375" customWidth="true"/>
     <col min="6" max="6" width="5.359375" customWidth="true"/>
     <col min="7" max="7" width="5.359375" customWidth="true"/>
-    <col min="8" max="8" width="5.359375" customWidth="true"/>
-[...4 lines deleted...]
-    <col min="13" max="13" width="5.32421875" customWidth="true"/>
+    <col min="8" max="8" width="6.28515625" customWidth="true"/>
+    <col min="9" max="9" width="5.3359375" customWidth="true"/>
+    <col min="10" max="10" width="5.3203125" customWidth="true"/>
+    <col min="11" max="11" width="5.32421875" customWidth="true"/>
+    <col min="12" max="12" width="6.28515625" customWidth="true"/>
+    <col min="13" max="13" width="6.28515625" customWidth="true"/>
     <col min="14" max="14" width="6.28515625" customWidth="true"/>
-    <col min="15" max="15" width="6.28515625" customWidth="true"/>
+    <col min="15" max="15" width="4.96484375" customWidth="true"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1"/>
       <c r="B1"/>
       <c r="C1"/>
       <c r="D1" t="inlineStr">
         <is>
           <t>Aantal faillissementen</t>
         </is>
       </c>
       <c r="E1"/>
       <c r="F1"/>
       <c r="G1"/>
       <c r="H1"/>
       <c r="I1"/>
       <c r="J1"/>
       <c r="K1"/>
       <c r="L1"/>
       <c r="M1"/>
       <c r="N1"/>
       <c r="O1"/>
     </row>
     <row r="2">
       <c r="A2"/>
       <c r="B2"/>
       <c r="C2" t="inlineStr">
         <is>
           <t>Jaar</t>
         </is>
       </c>
       <c r="D2" t="inlineStr">
         <is>
-          <t>2013</t>
+          <t>2015</t>
         </is>
       </c>
       <c r="E2" t="inlineStr">
         <is>
-          <t>2014</t>
+          <t>2016</t>
         </is>
       </c>
       <c r="F2" t="inlineStr">
         <is>
-          <t>2015</t>
+          <t>2017</t>
         </is>
       </c>
       <c r="G2" t="inlineStr">
         <is>
-          <t>2016</t>
+          <t>2018</t>
         </is>
       </c>
       <c r="H2" t="inlineStr">
         <is>
-          <t>2017</t>
+          <t>2019</t>
         </is>
       </c>
       <c r="I2" t="inlineStr">
         <is>
-          <t>2018</t>
+          <t>2020</t>
         </is>
       </c>
       <c r="J2" t="inlineStr">
         <is>
-          <t>2019</t>
+          <t>2021</t>
         </is>
       </c>
       <c r="K2" t="inlineStr">
         <is>
-          <t>2020</t>
+          <t>2022</t>
         </is>
       </c>
       <c r="L2" t="inlineStr">
         <is>
-          <t>2021</t>
+          <t>2023</t>
         </is>
       </c>
       <c r="M2" t="inlineStr">
         <is>
-          <t>2022</t>
+          <t>2024</t>
         </is>
       </c>
       <c r="N2" t="inlineStr">
         <is>
-          <t>2023</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="O2" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2026</t>
         </is>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="inlineStr">
         <is>
           <t>België</t>
         </is>
       </c>
       <c r="B3" t="inlineStr">
         <is>
           <t>Gewest</t>
         </is>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="inlineStr">
         <is>
           <t>België</t>
         </is>
       </c>
       <c r="B4" t="inlineStr">
         <is>
           <t>Vlaams Gewest</t>
         </is>
       </c>
       <c r="C4"/>
       <c r="D4" s="1" t="n">
-        <v>5742.0</v>
+        <v>4769.0</v>
       </c>
       <c r="E4" s="1" t="n">
-        <v>5285.0</v>
+        <v>4760.0</v>
       </c>
       <c r="F4" s="1" t="n">
-        <v>4769.0</v>
+        <v>4688.0</v>
       </c>
       <c r="G4" s="1" t="n">
-        <v>4760.0</v>
+        <v>4415.0</v>
       </c>
       <c r="H4" s="1" t="n">
-        <v>4688.0</v>
+        <v>4920.0</v>
       </c>
       <c r="I4" s="1" t="n">
-        <v>4415.0</v>
+        <v>3744.0</v>
       </c>
       <c r="J4" s="1" t="n">
-        <v>4920.0</v>
+        <v>3427.0</v>
       </c>
       <c r="K4" s="1" t="n">
-        <v>3744.0</v>
+        <v>5287.0</v>
       </c>
       <c r="L4" s="1" t="n">
-        <v>3427.0</v>
+        <v>5908.0</v>
       </c>
       <c r="M4" s="1" t="n">
-        <v>5287.0</v>
+        <v>6323.0</v>
       </c>
       <c r="N4" s="1" t="n">
-        <v>5908.0</v>
+        <v>6745.0</v>
       </c>
       <c r="O4" s="1" t="n">
-        <v>6323.0</v>
+        <v>606.0</v>
       </c>
     </row>
     <row r="5">
       <c r="A5"/>
       <c r="B5" t="inlineStr">
         <is>
           <t>Brussels Hoofdstedelijk Gewest</t>
         </is>
       </c>
       <c r="C5"/>
       <c r="D5" s="1" t="n">
-        <v>2652.0</v>
+        <v>2142.0</v>
       </c>
       <c r="E5" s="1" t="n">
-        <v>2203.0</v>
+        <v>1954.0</v>
       </c>
       <c r="F5" s="1" t="n">
-        <v>2142.0</v>
+        <v>2639.0</v>
       </c>
       <c r="G5" s="1" t="n">
-        <v>1954.0</v>
+        <v>3033.0</v>
       </c>
       <c r="H5" s="1" t="n">
-        <v>2639.0</v>
+        <v>2978.0</v>
       </c>
       <c r="I5" s="1" t="n">
-        <v>3033.0</v>
+        <v>1502.0</v>
       </c>
       <c r="J5" s="1" t="n">
-        <v>2978.0</v>
+        <v>1332.0</v>
       </c>
       <c r="K5" s="1" t="n">
-        <v>1502.0</v>
+        <v>1776.0</v>
       </c>
       <c r="L5" s="1" t="n">
-        <v>1332.0</v>
+        <v>1679.0</v>
       </c>
       <c r="M5" s="1" t="n">
-        <v>1776.0</v>
+        <v>1923.0</v>
       </c>
       <c r="N5" s="1" t="n">
-        <v>1679.0</v>
+        <v>2187.0</v>
       </c>
       <c r="O5" s="1" t="n">
-        <v>1923.0</v>
+        <v>161.0</v>
       </c>
     </row>
     <row r="6">
       <c r="A6"/>
       <c r="B6" t="inlineStr">
         <is>
           <t>Waals Gewest</t>
         </is>
       </c>
       <c r="C6"/>
       <c r="D6" s="1" t="n">
-        <v>3346.0</v>
+        <v>2851.0</v>
       </c>
       <c r="E6" s="1" t="n">
-        <v>3248.0</v>
+        <v>2456.0</v>
       </c>
       <c r="F6" s="1" t="n">
-        <v>2851.0</v>
+        <v>2641.0</v>
       </c>
       <c r="G6" s="1" t="n">
-        <v>2456.0</v>
+        <v>2430.0</v>
       </c>
       <c r="H6" s="1" t="n">
-        <v>2641.0</v>
+        <v>2700.0</v>
       </c>
       <c r="I6" s="1" t="n">
-        <v>2430.0</v>
+        <v>1957.0</v>
       </c>
       <c r="J6" s="1" t="n">
-        <v>2700.0</v>
+        <v>1774.0</v>
       </c>
       <c r="K6" s="1" t="n">
-        <v>1957.0</v>
+        <v>2202.0</v>
       </c>
       <c r="L6" s="1" t="n">
-        <v>1774.0</v>
+        <v>2656.0</v>
       </c>
       <c r="M6" s="1" t="n">
-        <v>2202.0</v>
+        <v>2821.0</v>
       </c>
       <c r="N6" s="1" t="n">
-        <v>2656.0</v>
+        <v>2740.0</v>
       </c>
       <c r="O6" s="1" t="n">
-        <v>2821.0</v>
+        <v>214.0</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="inlineStr">
         <is>
           <t>België</t>
         </is>
       </c>
       <c r="B7"/>
       <c r="C7"/>
       <c r="D7" s="1" t="n">
-        <v>11740.0</v>
+        <v>9762.0</v>
       </c>
       <c r="E7" s="1" t="n">
-        <v>10736.0</v>
+        <v>9170.0</v>
       </c>
       <c r="F7" s="1" t="n">
-        <v>9762.0</v>
+        <v>9968.0</v>
       </c>
       <c r="G7" s="1" t="n">
-        <v>9170.0</v>
+        <v>9878.0</v>
       </c>
       <c r="H7" s="1" t="n">
-        <v>9968.0</v>
+        <v>10598.0</v>
       </c>
       <c r="I7" s="1" t="n">
-        <v>9878.0</v>
+        <v>7203.0</v>
       </c>
       <c r="J7" s="1" t="n">
-        <v>10598.0</v>
+        <v>6533.0</v>
       </c>
       <c r="K7" s="1" t="n">
-        <v>7203.0</v>
+        <v>9265.0</v>
       </c>
       <c r="L7" s="1" t="n">
-        <v>6533.0</v>
+        <v>10243.0</v>
       </c>
       <c r="M7" s="1" t="n">
-        <v>9265.0</v>
+        <v>11067.0</v>
       </c>
       <c r="N7" s="1" t="n">
-        <v>10243.0</v>
+        <v>11672.0</v>
       </c>
       <c r="O7" s="1" t="n">
-        <v>11067.0</v>
+        <v>981.0</v>
       </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <cols>
     <col min="1" max="1" width="5.78125" customWidth="true"/>
     <col min="2" max="2" width="26.68359375" customWidth="true"/>
     <col min="3" max="3" width="4.96484375" customWidth="true"/>
     <col min="4" max="4" width="19.0625" customWidth="true"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" t="inlineStr">
         <is>
           <t>België</t>
@@ -496,941 +496,941 @@
       </c>
       <c r="C1" t="inlineStr">
         <is>
           <t>Jaar</t>
         </is>
       </c>
       <c r="D1" t="inlineStr">
         <is>
           <t>Aantal faillissementen</t>
         </is>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="inlineStr">
         <is>
           <t>België</t>
         </is>
       </c>
       <c r="B2" t="inlineStr">
         <is>
           <t>Vlaams Gewest</t>
         </is>
       </c>
       <c r="C2" t="inlineStr">
         <is>
-          <t>2013</t>
+          <t>2015</t>
         </is>
       </c>
       <c r="D2" s="1" t="n">
-        <v>5742.0</v>
+        <v>4769.0</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="inlineStr">
         <is>
           <t>België</t>
         </is>
       </c>
       <c r="B3" t="inlineStr">
         <is>
           <t>Vlaams Gewest</t>
         </is>
       </c>
       <c r="C3" t="inlineStr">
         <is>
-          <t>2014</t>
+          <t>2016</t>
         </is>
       </c>
       <c r="D3" s="1" t="n">
-        <v>5285.0</v>
+        <v>4760.0</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="inlineStr">
         <is>
           <t>België</t>
         </is>
       </c>
       <c r="B4" t="inlineStr">
         <is>
           <t>Vlaams Gewest</t>
         </is>
       </c>
       <c r="C4" t="inlineStr">
         <is>
-          <t>2015</t>
+          <t>2017</t>
         </is>
       </c>
       <c r="D4" s="1" t="n">
-        <v>4769.0</v>
+        <v>4688.0</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="inlineStr">
         <is>
           <t>België</t>
         </is>
       </c>
       <c r="B5" t="inlineStr">
         <is>
           <t>Vlaams Gewest</t>
         </is>
       </c>
       <c r="C5" t="inlineStr">
         <is>
-          <t>2016</t>
+          <t>2018</t>
         </is>
       </c>
       <c r="D5" s="1" t="n">
-        <v>4760.0</v>
+        <v>4415.0</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="inlineStr">
         <is>
           <t>België</t>
         </is>
       </c>
       <c r="B6" t="inlineStr">
         <is>
           <t>Vlaams Gewest</t>
         </is>
       </c>
       <c r="C6" t="inlineStr">
         <is>
-          <t>2017</t>
+          <t>2019</t>
         </is>
       </c>
       <c r="D6" s="1" t="n">
-        <v>4688.0</v>
+        <v>4920.0</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="inlineStr">
         <is>
           <t>België</t>
         </is>
       </c>
       <c r="B7" t="inlineStr">
         <is>
           <t>Vlaams Gewest</t>
         </is>
       </c>
       <c r="C7" t="inlineStr">
         <is>
-          <t>2018</t>
+          <t>2020</t>
         </is>
       </c>
       <c r="D7" s="1" t="n">
-        <v>4415.0</v>
+        <v>3744.0</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="inlineStr">
         <is>
           <t>België</t>
         </is>
       </c>
       <c r="B8" t="inlineStr">
         <is>
           <t>Vlaams Gewest</t>
         </is>
       </c>
       <c r="C8" t="inlineStr">
         <is>
-          <t>2019</t>
+          <t>2021</t>
         </is>
       </c>
       <c r="D8" s="1" t="n">
-        <v>4920.0</v>
+        <v>3427.0</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="inlineStr">
         <is>
           <t>België</t>
         </is>
       </c>
       <c r="B9" t="inlineStr">
         <is>
           <t>Vlaams Gewest</t>
         </is>
       </c>
       <c r="C9" t="inlineStr">
         <is>
-          <t>2020</t>
+          <t>2022</t>
         </is>
       </c>
       <c r="D9" s="1" t="n">
-        <v>3744.0</v>
+        <v>5287.0</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="inlineStr">
         <is>
           <t>België</t>
         </is>
       </c>
       <c r="B10" t="inlineStr">
         <is>
           <t>Vlaams Gewest</t>
         </is>
       </c>
       <c r="C10" t="inlineStr">
         <is>
-          <t>2021</t>
+          <t>2023</t>
         </is>
       </c>
       <c r="D10" s="1" t="n">
-        <v>3427.0</v>
+        <v>5908.0</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="inlineStr">
         <is>
           <t>België</t>
         </is>
       </c>
       <c r="B11" t="inlineStr">
         <is>
           <t>Vlaams Gewest</t>
         </is>
       </c>
       <c r="C11" t="inlineStr">
         <is>
-          <t>2022</t>
+          <t>2024</t>
         </is>
       </c>
       <c r="D11" s="1" t="n">
-        <v>5287.0</v>
+        <v>6323.0</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="inlineStr">
         <is>
           <t>België</t>
         </is>
       </c>
       <c r="B12" t="inlineStr">
         <is>
           <t>Vlaams Gewest</t>
         </is>
       </c>
       <c r="C12" t="inlineStr">
         <is>
-          <t>2023</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="D12" s="1" t="n">
-        <v>5908.0</v>
+        <v>6745.0</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="inlineStr">
         <is>
           <t>België</t>
         </is>
       </c>
       <c r="B13" t="inlineStr">
         <is>
           <t>Vlaams Gewest</t>
         </is>
       </c>
       <c r="C13" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2026</t>
         </is>
       </c>
       <c r="D13" s="1" t="n">
-        <v>6323.0</v>
+        <v>606.0</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="inlineStr">
         <is>
           <t>België</t>
         </is>
       </c>
       <c r="B14" t="inlineStr">
         <is>
           <t>Brussels Hoofdstedelijk Gewest</t>
         </is>
       </c>
       <c r="C14" t="inlineStr">
         <is>
-          <t>2013</t>
+          <t>2015</t>
         </is>
       </c>
       <c r="D14" s="1" t="n">
-        <v>2652.0</v>
+        <v>2142.0</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="inlineStr">
         <is>
           <t>België</t>
         </is>
       </c>
       <c r="B15" t="inlineStr">
         <is>
           <t>Brussels Hoofdstedelijk Gewest</t>
         </is>
       </c>
       <c r="C15" t="inlineStr">
         <is>
-          <t>2014</t>
+          <t>2016</t>
         </is>
       </c>
       <c r="D15" s="1" t="n">
-        <v>2203.0</v>
+        <v>1954.0</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="inlineStr">
         <is>
           <t>België</t>
         </is>
       </c>
       <c r="B16" t="inlineStr">
         <is>
           <t>Brussels Hoofdstedelijk Gewest</t>
         </is>
       </c>
       <c r="C16" t="inlineStr">
         <is>
-          <t>2015</t>
+          <t>2017</t>
         </is>
       </c>
       <c r="D16" s="1" t="n">
-        <v>2142.0</v>
+        <v>2639.0</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="inlineStr">
         <is>
           <t>België</t>
         </is>
       </c>
       <c r="B17" t="inlineStr">
         <is>
           <t>Brussels Hoofdstedelijk Gewest</t>
         </is>
       </c>
       <c r="C17" t="inlineStr">
         <is>
-          <t>2016</t>
+          <t>2018</t>
         </is>
       </c>
       <c r="D17" s="1" t="n">
-        <v>1954.0</v>
+        <v>3033.0</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="inlineStr">
         <is>
           <t>België</t>
         </is>
       </c>
       <c r="B18" t="inlineStr">
         <is>
           <t>Brussels Hoofdstedelijk Gewest</t>
         </is>
       </c>
       <c r="C18" t="inlineStr">
         <is>
-          <t>2017</t>
+          <t>2019</t>
         </is>
       </c>
       <c r="D18" s="1" t="n">
-        <v>2639.0</v>
+        <v>2978.0</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="inlineStr">
         <is>
           <t>België</t>
         </is>
       </c>
       <c r="B19" t="inlineStr">
         <is>
           <t>Brussels Hoofdstedelijk Gewest</t>
         </is>
       </c>
       <c r="C19" t="inlineStr">
         <is>
-          <t>2018</t>
+          <t>2020</t>
         </is>
       </c>
       <c r="D19" s="1" t="n">
-        <v>3033.0</v>
+        <v>1502.0</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="inlineStr">
         <is>
           <t>België</t>
         </is>
       </c>
       <c r="B20" t="inlineStr">
         <is>
           <t>Brussels Hoofdstedelijk Gewest</t>
         </is>
       </c>
       <c r="C20" t="inlineStr">
         <is>
-          <t>2019</t>
+          <t>2021</t>
         </is>
       </c>
       <c r="D20" s="1" t="n">
-        <v>2978.0</v>
+        <v>1332.0</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="inlineStr">
         <is>
           <t>België</t>
         </is>
       </c>
       <c r="B21" t="inlineStr">
         <is>
           <t>Brussels Hoofdstedelijk Gewest</t>
         </is>
       </c>
       <c r="C21" t="inlineStr">
         <is>
-          <t>2020</t>
+          <t>2022</t>
         </is>
       </c>
       <c r="D21" s="1" t="n">
-        <v>1502.0</v>
+        <v>1776.0</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="inlineStr">
         <is>
           <t>België</t>
         </is>
       </c>
       <c r="B22" t="inlineStr">
         <is>
           <t>Brussels Hoofdstedelijk Gewest</t>
         </is>
       </c>
       <c r="C22" t="inlineStr">
         <is>
-          <t>2021</t>
+          <t>2023</t>
         </is>
       </c>
       <c r="D22" s="1" t="n">
-        <v>1332.0</v>
+        <v>1679.0</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="inlineStr">
         <is>
           <t>België</t>
         </is>
       </c>
       <c r="B23" t="inlineStr">
         <is>
           <t>Brussels Hoofdstedelijk Gewest</t>
         </is>
       </c>
       <c r="C23" t="inlineStr">
         <is>
-          <t>2022</t>
+          <t>2024</t>
         </is>
       </c>
       <c r="D23" s="1" t="n">
-        <v>1776.0</v>
+        <v>1923.0</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="inlineStr">
         <is>
           <t>België</t>
         </is>
       </c>
       <c r="B24" t="inlineStr">
         <is>
           <t>Brussels Hoofdstedelijk Gewest</t>
         </is>
       </c>
       <c r="C24" t="inlineStr">
         <is>
-          <t>2023</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="D24" s="1" t="n">
-        <v>1679.0</v>
+        <v>2187.0</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="inlineStr">
         <is>
           <t>België</t>
         </is>
       </c>
       <c r="B25" t="inlineStr">
         <is>
           <t>Brussels Hoofdstedelijk Gewest</t>
         </is>
       </c>
       <c r="C25" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2026</t>
         </is>
       </c>
       <c r="D25" s="1" t="n">
-        <v>1923.0</v>
+        <v>161.0</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="inlineStr">
         <is>
           <t>België</t>
         </is>
       </c>
       <c r="B26" t="inlineStr">
         <is>
           <t>Waals Gewest</t>
         </is>
       </c>
       <c r="C26" t="inlineStr">
         <is>
-          <t>2013</t>
+          <t>2015</t>
         </is>
       </c>
       <c r="D26" s="1" t="n">
-        <v>3346.0</v>
+        <v>2851.0</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="inlineStr">
         <is>
           <t>België</t>
         </is>
       </c>
       <c r="B27" t="inlineStr">
         <is>
           <t>Waals Gewest</t>
         </is>
       </c>
       <c r="C27" t="inlineStr">
         <is>
-          <t>2014</t>
+          <t>2016</t>
         </is>
       </c>
       <c r="D27" s="1" t="n">
-        <v>3248.0</v>
+        <v>2456.0</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="inlineStr">
         <is>
           <t>België</t>
         </is>
       </c>
       <c r="B28" t="inlineStr">
         <is>
           <t>Waals Gewest</t>
         </is>
       </c>
       <c r="C28" t="inlineStr">
         <is>
-          <t>2015</t>
+          <t>2017</t>
         </is>
       </c>
       <c r="D28" s="1" t="n">
-        <v>2851.0</v>
+        <v>2641.0</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="inlineStr">
         <is>
           <t>België</t>
         </is>
       </c>
       <c r="B29" t="inlineStr">
         <is>
           <t>Waals Gewest</t>
         </is>
       </c>
       <c r="C29" t="inlineStr">
         <is>
-          <t>2016</t>
+          <t>2018</t>
         </is>
       </c>
       <c r="D29" s="1" t="n">
-        <v>2456.0</v>
+        <v>2430.0</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="inlineStr">
         <is>
           <t>België</t>
         </is>
       </c>
       <c r="B30" t="inlineStr">
         <is>
           <t>Waals Gewest</t>
         </is>
       </c>
       <c r="C30" t="inlineStr">
         <is>
-          <t>2017</t>
+          <t>2019</t>
         </is>
       </c>
       <c r="D30" s="1" t="n">
-        <v>2641.0</v>
+        <v>2700.0</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="inlineStr">
         <is>
           <t>België</t>
         </is>
       </c>
       <c r="B31" t="inlineStr">
         <is>
           <t>Waals Gewest</t>
         </is>
       </c>
       <c r="C31" t="inlineStr">
         <is>
-          <t>2018</t>
+          <t>2020</t>
         </is>
       </c>
       <c r="D31" s="1" t="n">
-        <v>2430.0</v>
+        <v>1957.0</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="inlineStr">
         <is>
           <t>België</t>
         </is>
       </c>
       <c r="B32" t="inlineStr">
         <is>
           <t>Waals Gewest</t>
         </is>
       </c>
       <c r="C32" t="inlineStr">
         <is>
-          <t>2019</t>
+          <t>2021</t>
         </is>
       </c>
       <c r="D32" s="1" t="n">
-        <v>2700.0</v>
+        <v>1774.0</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" t="inlineStr">
         <is>
           <t>België</t>
         </is>
       </c>
       <c r="B33" t="inlineStr">
         <is>
           <t>Waals Gewest</t>
         </is>
       </c>
       <c r="C33" t="inlineStr">
         <is>
-          <t>2020</t>
+          <t>2022</t>
         </is>
       </c>
       <c r="D33" s="1" t="n">
-        <v>1957.0</v>
+        <v>2202.0</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" t="inlineStr">
         <is>
           <t>België</t>
         </is>
       </c>
       <c r="B34" t="inlineStr">
         <is>
           <t>Waals Gewest</t>
         </is>
       </c>
       <c r="C34" t="inlineStr">
         <is>
-          <t>2021</t>
+          <t>2023</t>
         </is>
       </c>
       <c r="D34" s="1" t="n">
-        <v>1774.0</v>
+        <v>2656.0</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" t="inlineStr">
         <is>
           <t>België</t>
         </is>
       </c>
       <c r="B35" t="inlineStr">
         <is>
           <t>Waals Gewest</t>
         </is>
       </c>
       <c r="C35" t="inlineStr">
         <is>
-          <t>2022</t>
+          <t>2024</t>
         </is>
       </c>
       <c r="D35" s="1" t="n">
-        <v>2202.0</v>
+        <v>2821.0</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" t="inlineStr">
         <is>
           <t>België</t>
         </is>
       </c>
       <c r="B36" t="inlineStr">
         <is>
           <t>Waals Gewest</t>
         </is>
       </c>
       <c r="C36" t="inlineStr">
         <is>
-          <t>2023</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="D36" s="1" t="n">
-        <v>2656.0</v>
+        <v>2740.0</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" t="inlineStr">
         <is>
           <t>België</t>
         </is>
       </c>
       <c r="B37" t="inlineStr">
         <is>
           <t>Waals Gewest</t>
         </is>
       </c>
       <c r="C37" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2026</t>
         </is>
       </c>
       <c r="D37" s="1" t="n">
-        <v>2821.0</v>
+        <v>214.0</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" t="inlineStr">
         <is>
           <t>België</t>
         </is>
       </c>
       <c r="B38"/>
       <c r="C38" t="inlineStr">
         <is>
-          <t>2013</t>
+          <t>2015</t>
         </is>
       </c>
       <c r="D38" s="1" t="n">
-        <v>11740.0</v>
+        <v>9762.0</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" t="inlineStr">
         <is>
           <t>België</t>
         </is>
       </c>
       <c r="B39"/>
       <c r="C39" t="inlineStr">
         <is>
-          <t>2014</t>
+          <t>2016</t>
         </is>
       </c>
       <c r="D39" s="1" t="n">
-        <v>10736.0</v>
+        <v>9170.0</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" t="inlineStr">
         <is>
           <t>België</t>
         </is>
       </c>
       <c r="B40"/>
       <c r="C40" t="inlineStr">
         <is>
-          <t>2015</t>
+          <t>2017</t>
         </is>
       </c>
       <c r="D40" s="1" t="n">
-        <v>9762.0</v>
+        <v>9968.0</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" t="inlineStr">
         <is>
           <t>België</t>
         </is>
       </c>
       <c r="B41"/>
       <c r="C41" t="inlineStr">
         <is>
-          <t>2016</t>
+          <t>2018</t>
         </is>
       </c>
       <c r="D41" s="1" t="n">
-        <v>9170.0</v>
+        <v>9878.0</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" t="inlineStr">
         <is>
           <t>België</t>
         </is>
       </c>
       <c r="B42"/>
       <c r="C42" t="inlineStr">
         <is>
-          <t>2017</t>
+          <t>2019</t>
         </is>
       </c>
       <c r="D42" s="1" t="n">
-        <v>9968.0</v>
+        <v>10598.0</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" t="inlineStr">
         <is>
           <t>België</t>
         </is>
       </c>
       <c r="B43"/>
       <c r="C43" t="inlineStr">
         <is>
-          <t>2018</t>
+          <t>2020</t>
         </is>
       </c>
       <c r="D43" s="1" t="n">
-        <v>9878.0</v>
+        <v>7203.0</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" t="inlineStr">
         <is>
           <t>België</t>
         </is>
       </c>
       <c r="B44"/>
       <c r="C44" t="inlineStr">
         <is>
-          <t>2019</t>
+          <t>2021</t>
         </is>
       </c>
       <c r="D44" s="1" t="n">
-        <v>10598.0</v>
+        <v>6533.0</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" t="inlineStr">
         <is>
           <t>België</t>
         </is>
       </c>
       <c r="B45"/>
       <c r="C45" t="inlineStr">
         <is>
-          <t>2020</t>
+          <t>2022</t>
         </is>
       </c>
       <c r="D45" s="1" t="n">
-        <v>7203.0</v>
+        <v>9265.0</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" t="inlineStr">
         <is>
           <t>België</t>
         </is>
       </c>
       <c r="B46"/>
       <c r="C46" t="inlineStr">
         <is>
-          <t>2021</t>
+          <t>2023</t>
         </is>
       </c>
       <c r="D46" s="1" t="n">
-        <v>6533.0</v>
+        <v>10243.0</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" t="inlineStr">
         <is>
           <t>België</t>
         </is>
       </c>
       <c r="B47"/>
       <c r="C47" t="inlineStr">
         <is>
-          <t>2022</t>
+          <t>2024</t>
         </is>
       </c>
       <c r="D47" s="1" t="n">
-        <v>9265.0</v>
+        <v>11067.0</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" t="inlineStr">
         <is>
           <t>België</t>
         </is>
       </c>
       <c r="B48"/>
       <c r="C48" t="inlineStr">
         <is>
-          <t>2023</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="D48" s="1" t="n">
-        <v>10243.0</v>
+        <v>11672.0</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" t="inlineStr">
         <is>
           <t>België</t>
         </is>
       </c>
       <c r="B49"/>
       <c r="C49" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2026</t>
         </is>
       </c>
       <c r="D49" s="1" t="n">
-        <v>11067.0</v>
+        <v>981.0</v>
       </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <coreProperties xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </coreProperties>
 </file>