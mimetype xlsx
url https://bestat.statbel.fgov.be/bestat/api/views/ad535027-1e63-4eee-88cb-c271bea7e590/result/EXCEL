--- v0 (2026-01-28)
+++ v1 (2026-03-03)
@@ -84,741 +84,741 @@
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?>
 
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
   <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/>
   <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/>
   <Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/>
   <Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/>
   <Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/>
 </Relationships>
 
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <cols>
     <col min="1" max="1" width="11.02734375" customWidth="true"/>
-    <col min="2" max="2" width="172.73046875" customWidth="true"/>
+    <col min="2" max="2" width="172.625" customWidth="true"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" t="inlineStr">
         <is>
           <t>Data source:</t>
         </is>
       </c>
       <c r="B1" t="inlineStr">
         <is>
           <t>Maandelijkse stroom van Btw-plichtige ondernemingen volgens economische activiteit, plaatselijke zetel, activiteit en ondernemingstype</t>
         </is>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="inlineStr">
         <is>
           <t>Filters:</t>
         </is>
       </c>
       <c r="B2" t="inlineStr">
         <is>
-          <t>Periode : Laatste 13 Maand(November 2024, December 2024, Januari 2025, Februari 2025, Maart 2025, April 2025, Mei 2025, Juni 2025, Juli 2025, Augustus 2025, September 2025, Oktober 2025, November 2025)</t>
+          <t>Periode : Laatste 13 Maand(December 2024, Januari 2025, Februari 2025, Maart 2025, April 2025, Mei 2025, Juni 2025, Juli 2025, Augustus 2025, September 2025, Oktober 2025, November 2025, December 2025)</t>
         </is>
       </c>
     </row>
     <row r="3">
       <c r="B3" t="inlineStr">
         <is>
           <t xml:space="preserve">
 </t>
         </is>
       </c>
     </row>
     <row r="4">
 </row>
     <row r="5">
       <c r="A5" t="inlineStr">
         <is>
           <t xml:space="preserve">Bron: </t>
         </is>
       </c>
       <c r="B5" t="inlineStr">
         <is>
           <t>Statbel (Algemene Directie Statistiek - Statistics Belgium)</t>
         </is>
       </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <cols>
     <col min="1" max="1" width="17.62109375" customWidth="true"/>
     <col min="2" max="2" width="6.4140625" customWidth="true"/>
     <col min="3" max="3" width="37.703125" customWidth="true"/>
-    <col min="4" max="4" width="13.6875" customWidth="true"/>
-[...10 lines deleted...]
-    <col min="15" max="15" width="13.79296875" customWidth="true"/>
+    <col min="4" max="4" width="11.55078125" customWidth="true"/>
+    <col min="5" max="5" width="12.0625" customWidth="true"/>
+    <col min="6" max="6" width="10.16796875" customWidth="true"/>
+    <col min="7" max="7" width="9.21484375" customWidth="true"/>
+    <col min="8" max="8" width="8.3671875" customWidth="true"/>
+    <col min="9" max="9" width="8.93359375" customWidth="true"/>
+    <col min="10" max="10" width="8.3671875" customWidth="true"/>
+    <col min="11" max="11" width="13.2265625" customWidth="true"/>
+    <col min="12" max="12" width="14.3203125" customWidth="true"/>
+    <col min="13" max="13" width="11.8515625" customWidth="true"/>
+    <col min="14" max="14" width="13.79296875" customWidth="true"/>
+    <col min="15" max="15" width="13.6875" customWidth="true"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1"/>
       <c r="B1"/>
       <c r="C1" t="inlineStr">
         <is>
           <t>Btw-plichtig ond. aan het einde van de maand</t>
         </is>
       </c>
       <c r="D1"/>
       <c r="E1"/>
       <c r="F1"/>
       <c r="G1"/>
       <c r="H1"/>
       <c r="I1"/>
       <c r="J1"/>
       <c r="K1"/>
       <c r="L1"/>
       <c r="M1"/>
       <c r="N1"/>
       <c r="O1"/>
     </row>
     <row r="2">
       <c r="A2"/>
       <c r="B2" t="inlineStr">
         <is>
           <t>Maand</t>
         </is>
       </c>
       <c r="C2" t="inlineStr">
         <is>
-          <t>November 2024</t>
+          <t>December 2024</t>
         </is>
       </c>
       <c r="D2" t="inlineStr">
         <is>
-          <t>December 2024</t>
+          <t>Januari 2025</t>
         </is>
       </c>
       <c r="E2" t="inlineStr">
         <is>
-          <t>Januari 2025</t>
+          <t>Februari 2025</t>
         </is>
       </c>
       <c r="F2" t="inlineStr">
         <is>
-          <t>Februari 2025</t>
+          <t>Maart 2025</t>
         </is>
       </c>
       <c r="G2" t="inlineStr">
         <is>
-          <t>Maart 2025</t>
+          <t>April 2025</t>
         </is>
       </c>
       <c r="H2" t="inlineStr">
         <is>
-          <t>April 2025</t>
+          <t>Mei 2025</t>
         </is>
       </c>
       <c r="I2" t="inlineStr">
         <is>
-          <t>Mei 2025</t>
+          <t>Juni 2025</t>
         </is>
       </c>
       <c r="J2" t="inlineStr">
         <is>
-          <t>Juni 2025</t>
+          <t>Juli 2025</t>
         </is>
       </c>
       <c r="K2" t="inlineStr">
         <is>
-          <t>Juli 2025</t>
+          <t>Augustus 2025</t>
         </is>
       </c>
       <c r="L2" t="inlineStr">
         <is>
-          <t>Augustus 2025</t>
+          <t>September 2025</t>
         </is>
       </c>
       <c r="M2" t="inlineStr">
         <is>
-          <t>September 2025</t>
+          <t>Oktober 2025</t>
         </is>
       </c>
       <c r="N2" t="inlineStr">
         <is>
-          <t>Oktober 2025</t>
+          <t>November 2025</t>
         </is>
       </c>
       <c r="O2" t="inlineStr">
         <is>
-          <t>November 2025</t>
+          <t>December 2025</t>
         </is>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="inlineStr">
         <is>
           <t>Natuurlijke personen</t>
         </is>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="inlineStr">
         <is>
           <t>Natuurlijke persoon</t>
         </is>
       </c>
       <c r="B4"/>
       <c r="C4" s="1" t="n">
-        <v>517201.0</v>
+        <v>510194.0</v>
       </c>
       <c r="D4" s="1" t="n">
-        <v>510194.0</v>
+        <v>509791.0</v>
       </c>
       <c r="E4" s="1" t="n">
-        <v>509791.0</v>
+        <v>510472.0</v>
       </c>
       <c r="F4" s="1" t="n">
-        <v>510453.0</v>
+        <v>509353.0</v>
       </c>
       <c r="G4" s="1" t="n">
-        <v>509353.0</v>
+        <v>509939.0</v>
       </c>
       <c r="H4" s="1" t="n">
-        <v>509938.0</v>
+        <v>511085.0</v>
       </c>
       <c r="I4" s="1" t="n">
-        <v>511085.0</v>
+        <v>508344.0</v>
       </c>
       <c r="J4" s="1" t="n">
-        <v>508344.0</v>
+        <v>510097.0</v>
       </c>
       <c r="K4" s="1" t="n">
-        <v>510097.0</v>
+        <v>511145.0</v>
       </c>
       <c r="L4" s="1" t="n">
-        <v>511145.0</v>
+        <v>509860.0</v>
       </c>
       <c r="M4" s="1" t="n">
-        <v>509859.0</v>
+        <v>515117.0</v>
       </c>
       <c r="N4" s="1" t="n">
-        <v>515117.0</v>
+        <v>515938.0</v>
       </c>
       <c r="O4" s="1" t="n">
-        <v>515938.0</v>
+        <v>503117.0</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="inlineStr">
         <is>
           <t>Rechtspersoon</t>
         </is>
       </c>
       <c r="B5"/>
       <c r="C5" s="1" t="n">
-        <v>677583.0</v>
+        <v>677625.0</v>
       </c>
       <c r="D5" s="1" t="n">
-        <v>677625.0</v>
+        <v>681872.0</v>
       </c>
       <c r="E5" s="1" t="n">
-        <v>681872.0</v>
+        <v>684400.0</v>
       </c>
       <c r="F5" s="1" t="n">
-        <v>684419.0</v>
+        <v>685559.0</v>
       </c>
       <c r="G5" s="1" t="n">
-        <v>685559.0</v>
+        <v>688189.0</v>
       </c>
       <c r="H5" s="1" t="n">
-        <v>688190.0</v>
+        <v>690014.0</v>
       </c>
       <c r="I5" s="1" t="n">
-        <v>690014.0</v>
+        <v>690612.0</v>
       </c>
       <c r="J5" s="1" t="n">
-        <v>690612.0</v>
+        <v>693163.0</v>
       </c>
       <c r="K5" s="1" t="n">
-        <v>693163.0</v>
+        <v>694797.0</v>
       </c>
       <c r="L5" s="1" t="n">
-        <v>694797.0</v>
+        <v>695250.0</v>
       </c>
       <c r="M5" s="1" t="n">
-        <v>695251.0</v>
+        <v>697786.0</v>
       </c>
       <c r="N5" s="1" t="n">
-        <v>697786.0</v>
+        <v>700076.0</v>
       </c>
       <c r="O5" s="1" t="n">
-        <v>700076.0</v>
+        <v>699022.0</v>
       </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <cols>
     <col min="1" max="1" width="17.62109375" customWidth="true"/>
     <col min="2" max="2" width="14.3203125" customWidth="true"/>
     <col min="3" max="3" width="37.703125" customWidth="true"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" t="inlineStr">
         <is>
           <t>Natuurlijke personen</t>
         </is>
       </c>
       <c r="B1" t="inlineStr">
         <is>
           <t>Maand</t>
         </is>
       </c>
       <c r="C1" t="inlineStr">
         <is>
           <t>Btw-plichtig ond. aan het einde van de maand</t>
         </is>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="inlineStr">
         <is>
           <t>Natuurlijke persoon</t>
         </is>
       </c>
       <c r="B2" t="inlineStr">
         <is>
-          <t>November 2024</t>
+          <t>December 2024</t>
         </is>
       </c>
       <c r="C2" s="1" t="n">
-        <v>517201.0</v>
+        <v>510194.0</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="inlineStr">
         <is>
           <t>Natuurlijke persoon</t>
         </is>
       </c>
       <c r="B3" t="inlineStr">
         <is>
-          <t>December 2024</t>
+          <t>Januari 2025</t>
         </is>
       </c>
       <c r="C3" s="1" t="n">
-        <v>510194.0</v>
+        <v>509791.0</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="inlineStr">
         <is>
           <t>Natuurlijke persoon</t>
         </is>
       </c>
       <c r="B4" t="inlineStr">
         <is>
-          <t>Januari 2025</t>
+          <t>Februari 2025</t>
         </is>
       </c>
       <c r="C4" s="1" t="n">
-        <v>509791.0</v>
+        <v>510472.0</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="inlineStr">
         <is>
           <t>Natuurlijke persoon</t>
         </is>
       </c>
       <c r="B5" t="inlineStr">
         <is>
-          <t>Februari 2025</t>
+          <t>Maart 2025</t>
         </is>
       </c>
       <c r="C5" s="1" t="n">
-        <v>510453.0</v>
+        <v>509353.0</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="inlineStr">
         <is>
           <t>Natuurlijke persoon</t>
         </is>
       </c>
       <c r="B6" t="inlineStr">
         <is>
-          <t>Maart 2025</t>
+          <t>April 2025</t>
         </is>
       </c>
       <c r="C6" s="1" t="n">
-        <v>509353.0</v>
+        <v>509939.0</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="inlineStr">
         <is>
           <t>Natuurlijke persoon</t>
         </is>
       </c>
       <c r="B7" t="inlineStr">
         <is>
-          <t>April 2025</t>
+          <t>Mei 2025</t>
         </is>
       </c>
       <c r="C7" s="1" t="n">
-        <v>509938.0</v>
+        <v>511085.0</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="inlineStr">
         <is>
           <t>Natuurlijke persoon</t>
         </is>
       </c>
       <c r="B8" t="inlineStr">
         <is>
-          <t>Mei 2025</t>
+          <t>Juni 2025</t>
         </is>
       </c>
       <c r="C8" s="1" t="n">
-        <v>511085.0</v>
+        <v>508344.0</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="inlineStr">
         <is>
           <t>Natuurlijke persoon</t>
         </is>
       </c>
       <c r="B9" t="inlineStr">
         <is>
-          <t>Juni 2025</t>
+          <t>Juli 2025</t>
         </is>
       </c>
       <c r="C9" s="1" t="n">
-        <v>508344.0</v>
+        <v>510097.0</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="inlineStr">
         <is>
           <t>Natuurlijke persoon</t>
         </is>
       </c>
       <c r="B10" t="inlineStr">
         <is>
-          <t>Juli 2025</t>
+          <t>Augustus 2025</t>
         </is>
       </c>
       <c r="C10" s="1" t="n">
-        <v>510097.0</v>
+        <v>511145.0</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="inlineStr">
         <is>
           <t>Natuurlijke persoon</t>
         </is>
       </c>
       <c r="B11" t="inlineStr">
         <is>
-          <t>Augustus 2025</t>
+          <t>September 2025</t>
         </is>
       </c>
       <c r="C11" s="1" t="n">
-        <v>511145.0</v>
+        <v>509860.0</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="inlineStr">
         <is>
           <t>Natuurlijke persoon</t>
         </is>
       </c>
       <c r="B12" t="inlineStr">
         <is>
-          <t>September 2025</t>
+          <t>Oktober 2025</t>
         </is>
       </c>
       <c r="C12" s="1" t="n">
-        <v>509859.0</v>
+        <v>515117.0</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="inlineStr">
         <is>
           <t>Natuurlijke persoon</t>
         </is>
       </c>
       <c r="B13" t="inlineStr">
         <is>
-          <t>Oktober 2025</t>
+          <t>November 2025</t>
         </is>
       </c>
       <c r="C13" s="1" t="n">
-        <v>515117.0</v>
+        <v>515938.0</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="inlineStr">
         <is>
           <t>Natuurlijke persoon</t>
         </is>
       </c>
       <c r="B14" t="inlineStr">
         <is>
-          <t>November 2025</t>
+          <t>December 2025</t>
         </is>
       </c>
       <c r="C14" s="1" t="n">
-        <v>515938.0</v>
+        <v>503117.0</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="inlineStr">
         <is>
           <t>Rechtspersoon</t>
         </is>
       </c>
       <c r="B15" t="inlineStr">
         <is>
-          <t>November 2024</t>
+          <t>December 2024</t>
         </is>
       </c>
       <c r="C15" s="1" t="n">
-        <v>677583.0</v>
+        <v>677625.0</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="inlineStr">
         <is>
           <t>Rechtspersoon</t>
         </is>
       </c>
       <c r="B16" t="inlineStr">
         <is>
-          <t>December 2024</t>
+          <t>Januari 2025</t>
         </is>
       </c>
       <c r="C16" s="1" t="n">
-        <v>677625.0</v>
+        <v>681872.0</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="inlineStr">
         <is>
           <t>Rechtspersoon</t>
         </is>
       </c>
       <c r="B17" t="inlineStr">
         <is>
-          <t>Januari 2025</t>
+          <t>Februari 2025</t>
         </is>
       </c>
       <c r="C17" s="1" t="n">
-        <v>681872.0</v>
+        <v>684400.0</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="inlineStr">
         <is>
           <t>Rechtspersoon</t>
         </is>
       </c>
       <c r="B18" t="inlineStr">
         <is>
-          <t>Februari 2025</t>
+          <t>Maart 2025</t>
         </is>
       </c>
       <c r="C18" s="1" t="n">
-        <v>684419.0</v>
+        <v>685559.0</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="inlineStr">
         <is>
           <t>Rechtspersoon</t>
         </is>
       </c>
       <c r="B19" t="inlineStr">
         <is>
-          <t>Maart 2025</t>
+          <t>April 2025</t>
         </is>
       </c>
       <c r="C19" s="1" t="n">
-        <v>685559.0</v>
+        <v>688189.0</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="inlineStr">
         <is>
           <t>Rechtspersoon</t>
         </is>
       </c>
       <c r="B20" t="inlineStr">
         <is>
-          <t>April 2025</t>
+          <t>Mei 2025</t>
         </is>
       </c>
       <c r="C20" s="1" t="n">
-        <v>688190.0</v>
+        <v>690014.0</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="inlineStr">
         <is>
           <t>Rechtspersoon</t>
         </is>
       </c>
       <c r="B21" t="inlineStr">
         <is>
-          <t>Mei 2025</t>
+          <t>Juni 2025</t>
         </is>
       </c>
       <c r="C21" s="1" t="n">
-        <v>690014.0</v>
+        <v>690612.0</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="inlineStr">
         <is>
           <t>Rechtspersoon</t>
         </is>
       </c>
       <c r="B22" t="inlineStr">
         <is>
-          <t>Juni 2025</t>
+          <t>Juli 2025</t>
         </is>
       </c>
       <c r="C22" s="1" t="n">
-        <v>690612.0</v>
+        <v>693163.0</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="inlineStr">
         <is>
           <t>Rechtspersoon</t>
         </is>
       </c>
       <c r="B23" t="inlineStr">
         <is>
-          <t>Juli 2025</t>
+          <t>Augustus 2025</t>
         </is>
       </c>
       <c r="C23" s="1" t="n">
-        <v>693163.0</v>
+        <v>694797.0</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="inlineStr">
         <is>
           <t>Rechtspersoon</t>
         </is>
       </c>
       <c r="B24" t="inlineStr">
         <is>
-          <t>Augustus 2025</t>
+          <t>September 2025</t>
         </is>
       </c>
       <c r="C24" s="1" t="n">
-        <v>694797.0</v>
+        <v>695250.0</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="inlineStr">
         <is>
           <t>Rechtspersoon</t>
         </is>
       </c>
       <c r="B25" t="inlineStr">
         <is>
-          <t>September 2025</t>
+          <t>Oktober 2025</t>
         </is>
       </c>
       <c r="C25" s="1" t="n">
-        <v>695251.0</v>
+        <v>697786.0</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="inlineStr">
         <is>
           <t>Rechtspersoon</t>
         </is>
       </c>
       <c r="B26" t="inlineStr">
         <is>
-          <t>Oktober 2025</t>
+          <t>November 2025</t>
         </is>
       </c>
       <c r="C26" s="1" t="n">
-        <v>697786.0</v>
+        <v>700076.0</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="inlineStr">
         <is>
           <t>Rechtspersoon</t>
         </is>
       </c>
       <c r="B27" t="inlineStr">
         <is>
-          <t>November 2025</t>
+          <t>December 2025</t>
         </is>
       </c>
       <c r="C27" s="1" t="n">
-        <v>700076.0</v>
+        <v>699022.0</v>
       </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <coreProperties xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </coreProperties>
 </file>