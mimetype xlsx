--- v0 (2025-10-31)
+++ v1 (2025-12-30)
@@ -219,60 +219,60 @@
           <t>2024</t>
         </is>
       </c>
       <c r="B3"/>
       <c r="C3" s="2" t="n">
         <v>131.51660917788126</v>
       </c>
       <c r="D3" s="2" t="n">
         <v>0.04321579215520568</v>
       </c>
       <c r="E3" s="2" t="n">
         <v>127.35493972249002</v>
       </c>
       <c r="F3" s="2" t="n">
         <v>0.02964889052825748</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="B4"/>
       <c r="C4" s="2" t="n">
-        <v>135.1129965910449</v>
+        <v>135.35345435434868</v>
       </c>
       <c r="D4" s="2" t="n">
-        <v>0.032258453684043044</v>
+        <v>0.031068010317345143</v>
       </c>
       <c r="E4" s="2" t="n">
-        <v>130.40388774536711</v>
+        <v>130.63869841304216</v>
       </c>
       <c r="F4" s="2" t="n">
-        <v>0.027575771024274526</v>
+        <v>0.02733672145992427</v>
       </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <cols>
     <col min="1" max="1" width="4.96484375" customWidth="true"/>
     <col min="2" max="2" width="9.8125" customWidth="true"/>
     <col min="3" max="3" width="13.33203125" customWidth="true"/>
     <col min="4" max="4" width="27.04296875" customWidth="true"/>
     <col min="5" max="5" width="30.56640625" customWidth="true"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" t="inlineStr">
         <is>
@@ -304,54 +304,54 @@
       <c r="A2" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="B2" s="2" t="n">
         <v>131.51660917788126</v>
       </c>
       <c r="C2" s="2" t="n">
         <v>0.04321579215520568</v>
       </c>
       <c r="D2" s="2" t="n">
         <v>127.35493972249002</v>
       </c>
       <c r="E2" s="2" t="n">
         <v>0.02964889052825748</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="B3" s="2" t="n">
-        <v>135.1129965910449</v>
+        <v>135.35345435434868</v>
       </c>
       <c r="C3" s="2" t="n">
-        <v>0.032258453684043044</v>
+        <v>0.031068010317345143</v>
       </c>
       <c r="D3" s="2" t="n">
-        <v>130.40388774536711</v>
+        <v>130.63869841304216</v>
       </c>
       <c r="E3" s="2" t="n">
-        <v>0.027575771024274526</v>
+        <v>0.02733672145992427</v>
       </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <coreProperties xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </coreProperties>
 </file>