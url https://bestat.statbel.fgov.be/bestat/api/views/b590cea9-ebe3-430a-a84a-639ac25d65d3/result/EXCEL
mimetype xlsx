--- v1 (2025-12-30)
+++ v2 (2026-03-31)
@@ -219,60 +219,60 @@
           <t>2024</t>
         </is>
       </c>
       <c r="B3"/>
       <c r="C3" s="2" t="n">
         <v>131.51660917788126</v>
       </c>
       <c r="D3" s="2" t="n">
         <v>0.04321579215520568</v>
       </c>
       <c r="E3" s="2" t="n">
         <v>127.35493972249002</v>
       </c>
       <c r="F3" s="2" t="n">
         <v>0.02964889052825748</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="B4"/>
       <c r="C4" s="2" t="n">
-        <v>135.35345435434868</v>
+        <v>135.49359207614566</v>
       </c>
       <c r="D4" s="2" t="n">
-        <v>0.031068010317345143</v>
+        <v>0.030293305113198162</v>
       </c>
       <c r="E4" s="2" t="n">
-        <v>130.63869841304216</v>
+        <v>130.77453507606972</v>
       </c>
       <c r="F4" s="2" t="n">
-        <v>0.02733672145992427</v>
+        <v>0.026893771831232562</v>
       </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <cols>
     <col min="1" max="1" width="4.96484375" customWidth="true"/>
     <col min="2" max="2" width="9.8125" customWidth="true"/>
     <col min="3" max="3" width="13.33203125" customWidth="true"/>
     <col min="4" max="4" width="27.04296875" customWidth="true"/>
     <col min="5" max="5" width="30.56640625" customWidth="true"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" t="inlineStr">
         <is>
@@ -304,54 +304,54 @@
       <c r="A2" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="B2" s="2" t="n">
         <v>131.51660917788126</v>
       </c>
       <c r="C2" s="2" t="n">
         <v>0.04321579215520568</v>
       </c>
       <c r="D2" s="2" t="n">
         <v>127.35493972249002</v>
       </c>
       <c r="E2" s="2" t="n">
         <v>0.02964889052825748</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="B3" s="2" t="n">
-        <v>135.35345435434868</v>
+        <v>135.49359207614566</v>
       </c>
       <c r="C3" s="2" t="n">
-        <v>0.031068010317345143</v>
+        <v>0.030293305113198162</v>
       </c>
       <c r="D3" s="2" t="n">
-        <v>130.63869841304216</v>
+        <v>130.77453507606972</v>
       </c>
       <c r="E3" s="2" t="n">
-        <v>0.02733672145992427</v>
+        <v>0.026893771831232562</v>
       </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <coreProperties xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </coreProperties>
 </file>