--- v0 (2025-12-03)
+++ v1 (2026-03-05)
@@ -84,1532 +84,1983 @@
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?>
 
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
   <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/>
   <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/>
   <Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/>
   <Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/>
   <Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/>
 </Relationships>
 
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <cols>
     <col min="1" max="1" width="11.02734375" customWidth="true"/>
-    <col min="2" max="2" width="136.5546875" customWidth="true"/>
+    <col min="2" max="2" width="147.21875" customWidth="true"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" t="inlineStr">
         <is>
           <t>Data source:</t>
         </is>
       </c>
       <c r="B1" t="inlineStr">
         <is>
-          <t>Employer business demography: active enterprises, births, deaths per year in Belgium, economic activity (NACE-BEL), legal form, size class of the number of employees</t>
+          <t>Employer business demography (from 2021) : active enterprises, births, deaths per year in Belgium, economic activity (NACE-BEL), legal form, size class of the number of employees</t>
         </is>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="inlineStr">
         <is>
           <t>Filters:</t>
         </is>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="inlineStr">
         <is>
           <t xml:space="preserve">Source: </t>
         </is>
       </c>
       <c r="B3" t="inlineStr">
         <is>
           <t>Statbel (Directorate-general Statistics - Statistics Belgium)</t>
         </is>
       </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <cols>
     <col min="1" max="1" width="46.375" customWidth="true"/>
     <col min="2" max="2" width="194.34765625" customWidth="true"/>
     <col min="3" max="3" width="9.94921875" customWidth="true"/>
     <col min="4" max="4" width="21.01953125" customWidth="true"/>
     <col min="5" max="5" width="28.046875" customWidth="true"/>
     <col min="6" max="6" width="12.890625" customWidth="true"/>
     <col min="7" max="7" width="21.01953125" customWidth="true"/>
     <col min="8" max="8" width="28.046875" customWidth="true"/>
     <col min="9" max="9" width="12.890625" customWidth="true"/>
+    <col min="10" max="10" width="21.01953125" customWidth="true"/>
+    <col min="11" max="11" width="28.046875" customWidth="true"/>
+    <col min="12" max="12" width="12.890625" customWidth="true"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1"/>
       <c r="B1"/>
       <c r="C1" t="inlineStr">
         <is>
           <t>Year</t>
         </is>
       </c>
       <c r="D1" t="inlineStr">
         <is>
           <t>2021</t>
         </is>
       </c>
       <c r="E1"/>
       <c r="F1"/>
       <c r="G1" t="inlineStr">
         <is>
           <t>2022</t>
         </is>
       </c>
       <c r="H1"/>
       <c r="I1"/>
+      <c r="J1" t="inlineStr">
+        <is>
+          <t>2023</t>
+        </is>
+      </c>
+      <c r="K1"/>
+      <c r="L1"/>
     </row>
     <row r="2">
       <c r="A2"/>
       <c r="B2"/>
       <c r="C2" t="inlineStr">
         <is>
           <t>Legal Form</t>
         </is>
       </c>
       <c r="D2" t="inlineStr">
         <is>
           <t>Limited liability company</t>
         </is>
       </c>
       <c r="E2" t="inlineStr">
         <is>
           <t>Partnership and other legal forms</t>
         </is>
       </c>
       <c r="F2" t="inlineStr">
         <is>
           <t>Sole proprietor</t>
         </is>
       </c>
       <c r="G2" t="inlineStr">
         <is>
           <t>Limited liability company</t>
         </is>
       </c>
       <c r="H2" t="inlineStr">
         <is>
           <t>Partnership and other legal forms</t>
         </is>
       </c>
       <c r="I2" t="inlineStr">
         <is>
           <t>Sole proprietor</t>
         </is>
       </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t>Limited liability company</t>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>Partnership and other legal forms</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>Sole proprietor</t>
+        </is>
+      </c>
     </row>
     <row r="3">
       <c r="A3"/>
       <c r="B3" t="inlineStr">
         <is>
           <t>Aggregate level 1</t>
         </is>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="inlineStr">
         <is>
           <t>Nb. of active enterprises in t</t>
         </is>
       </c>
       <c r="B4" t="inlineStr">
         <is>
           <t>B: Mining and quarrying</t>
         </is>
       </c>
       <c r="C4"/>
       <c r="D4" s="1" t="n">
         <v>75.0</v>
       </c>
       <c r="E4" s="1" t="n">
         <v>0.0</v>
       </c>
       <c r="F4" s="1" t="n">
         <v>0.0</v>
       </c>
       <c r="G4" s="1" t="n">
         <v>76.0</v>
       </c>
       <c r="H4" s="1" t="n">
         <v>0.0</v>
       </c>
       <c r="I4" s="1" t="n">
         <v>1.0</v>
       </c>
+      <c r="J4" s="1" t="n">
+        <v>75.0</v>
+      </c>
+      <c r="K4" s="1" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="L4" s="1" t="n">
+        <v>1.0</v>
+      </c>
     </row>
     <row r="5">
       <c r="A5"/>
       <c r="B5" t="inlineStr">
         <is>
           <t>D: Electricity, gas, steam and air conditioning supply</t>
         </is>
       </c>
       <c r="C5"/>
       <c r="D5" s="1" t="n">
         <v>110.0</v>
       </c>
       <c r="E5" s="1" t="n">
         <v>6.0</v>
       </c>
       <c r="F5" s="1" t="n">
         <v>9.0</v>
       </c>
       <c r="G5" s="1" t="n">
         <v>96.0</v>
       </c>
       <c r="H5" s="1" t="n">
         <v>13.0</v>
       </c>
       <c r="I5" s="1" t="n">
         <v>2.0</v>
       </c>
+      <c r="J5" s="1" t="n">
+        <v>101.0</v>
+      </c>
+      <c r="K5" s="1" t="n">
+        <v>15.0</v>
+      </c>
+      <c r="L5" s="1" t="n">
+        <v>1.0</v>
+      </c>
     </row>
     <row r="6">
       <c r="A6"/>
       <c r="B6" t="inlineStr">
         <is>
           <t>E: Water supply/ sewerage, waste management and remediation activities</t>
         </is>
       </c>
       <c r="C6"/>
       <c r="D6" s="1" t="n">
         <v>647.0</v>
       </c>
       <c r="E6" s="1" t="n">
         <v>24.0</v>
       </c>
       <c r="F6" s="1" t="n">
         <v>1.0</v>
       </c>
       <c r="G6" s="1" t="n">
         <v>632.0</v>
       </c>
       <c r="H6" s="1" t="n">
         <v>38.0</v>
       </c>
       <c r="I6" s="1" t="n">
         <v>33.0</v>
       </c>
+      <c r="J6" s="1" t="n">
+        <v>637.0</v>
+      </c>
+      <c r="K6" s="1" t="n">
+        <v>36.0</v>
+      </c>
+      <c r="L6" s="1" t="n">
+        <v>33.0</v>
+      </c>
     </row>
     <row r="7">
       <c r="A7"/>
       <c r="B7" t="inlineStr">
         <is>
           <t>F: Construction</t>
         </is>
       </c>
       <c r="C7"/>
       <c r="D7" s="1" t="n">
         <v>25590.0</v>
       </c>
       <c r="E7" s="1" t="n">
         <v>842.0</v>
       </c>
       <c r="F7" s="1" t="n">
         <v>2522.0</v>
       </c>
       <c r="G7" s="1" t="n">
         <v>24703.0</v>
       </c>
       <c r="H7" s="1" t="n">
         <v>928.0</v>
       </c>
       <c r="I7" s="1" t="n">
         <v>3710.0</v>
       </c>
+      <c r="J7" s="1" t="n">
+        <v>26426.0</v>
+      </c>
+      <c r="K7" s="1" t="n">
+        <v>939.0</v>
+      </c>
+      <c r="L7" s="1" t="n">
+        <v>3561.0</v>
+      </c>
     </row>
     <row r="8">
       <c r="A8"/>
       <c r="B8" t="inlineStr">
         <is>
           <t>C: Manufacturing</t>
         </is>
       </c>
       <c r="C8"/>
       <c r="D8" s="1" t="n">
         <v>12692.0</v>
       </c>
       <c r="E8" s="1" t="n">
         <v>249.0</v>
       </c>
       <c r="F8" s="1" t="n">
         <v>1270.0</v>
       </c>
       <c r="G8" s="1" t="n">
         <v>12336.0</v>
       </c>
       <c r="H8" s="1" t="n">
         <v>402.0</v>
       </c>
       <c r="I8" s="1" t="n">
         <v>1602.0</v>
       </c>
+      <c r="J8" s="1" t="n">
+        <v>12889.0</v>
+      </c>
+      <c r="K8" s="1" t="n">
+        <v>399.0</v>
+      </c>
+      <c r="L8" s="1" t="n">
+        <v>1471.0</v>
+      </c>
     </row>
     <row r="9">
       <c r="A9"/>
       <c r="B9" t="inlineStr">
         <is>
           <t>GTSXO_S94 : Service activities (except : public administration and defense, compulsory social security / activities of membership organisations / activities of households as employers / activities of extraterritorial organisations and bodies)</t>
         </is>
       </c>
       <c r="C9"/>
       <c r="D9" s="1" t="n">
         <v>133275.0</v>
       </c>
       <c r="E9" s="1" t="n">
         <v>9252.0</v>
       </c>
       <c r="F9" s="1" t="n">
         <v>19493.0</v>
       </c>
       <c r="G9" s="1" t="n">
         <v>125337.0</v>
       </c>
       <c r="H9" s="1" t="n">
         <v>13632.0</v>
       </c>
       <c r="I9" s="1" t="n">
         <v>19066.0</v>
+      </c>
+      <c r="J9" s="1" t="n">
+        <v>128475.0</v>
+      </c>
+      <c r="K9" s="1" t="n">
+        <v>13477.0</v>
+      </c>
+      <c r="L9" s="1" t="n">
+        <v>17981.0</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="inlineStr">
         <is>
           <t>Nb. of employees in the active enterprises in t</t>
         </is>
       </c>
       <c r="B10" t="inlineStr">
         <is>
           <t>B: Mining and quarrying</t>
         </is>
       </c>
       <c r="C10"/>
       <c r="D10"/>
       <c r="E10"/>
       <c r="F10"/>
       <c r="G10"/>
       <c r="H10" s="1" t="n">
         <v>0.0</v>
       </c>
       <c r="I10"/>
+      <c r="J10"/>
+      <c r="K10" s="1" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="L10"/>
     </row>
     <row r="11">
       <c r="A11"/>
       <c r="B11" t="inlineStr">
         <is>
           <t>D: Electricity, gas, steam and air conditioning supply</t>
         </is>
       </c>
       <c r="C11"/>
       <c r="D11" s="1" t="n">
         <v>20930.0</v>
       </c>
       <c r="E11"/>
       <c r="F11"/>
       <c r="G11"/>
       <c r="H11" s="1" t="n">
         <v>176.0</v>
       </c>
       <c r="I11"/>
+      <c r="J11"/>
+      <c r="K11" s="1" t="n">
+        <v>186.0</v>
+      </c>
+      <c r="L11"/>
     </row>
     <row r="12">
       <c r="A12"/>
       <c r="B12" t="inlineStr">
         <is>
           <t>E: Water supply/ sewerage, waste management and remediation activities</t>
         </is>
       </c>
       <c r="C12"/>
       <c r="D12"/>
       <c r="E12" s="1" t="n">
         <v>3122.0</v>
       </c>
       <c r="F12"/>
       <c r="G12" s="1" t="n">
         <v>22037.0</v>
       </c>
       <c r="H12" s="1" t="n">
         <v>3287.0</v>
       </c>
       <c r="I12" s="1" t="n">
         <v>64.0</v>
       </c>
+      <c r="J12" s="1" t="n">
+        <v>23796.0</v>
+      </c>
+      <c r="K12" s="1" t="n">
+        <v>3365.0</v>
+      </c>
+      <c r="L12" s="1" t="n">
+        <v>65.0</v>
+      </c>
     </row>
     <row r="13">
       <c r="A13"/>
       <c r="B13" t="inlineStr">
         <is>
           <t>F: Construction</t>
         </is>
       </c>
       <c r="C13"/>
       <c r="D13" s="1" t="n">
         <v>210050.0</v>
       </c>
       <c r="E13" s="1" t="n">
         <v>2522.0</v>
       </c>
       <c r="F13" s="1" t="n">
         <v>3828.0</v>
       </c>
       <c r="G13" s="1" t="n">
         <v>212552.0</v>
       </c>
       <c r="H13" s="1" t="n">
         <v>2724.0</v>
       </c>
       <c r="I13" s="1" t="n">
         <v>5752.0</v>
       </c>
+      <c r="J13" s="1" t="n">
+        <v>219744.0</v>
+      </c>
+      <c r="K13" s="1" t="n">
+        <v>2662.0</v>
+      </c>
+      <c r="L13" s="1" t="n">
+        <v>5210.0</v>
+      </c>
     </row>
     <row r="14">
       <c r="A14"/>
       <c r="B14" t="inlineStr">
         <is>
           <t>C: Manufacturing</t>
         </is>
       </c>
       <c r="C14"/>
       <c r="D14" s="1" t="n">
         <v>465800.0</v>
       </c>
       <c r="E14" s="1" t="n">
         <v>4816.0</v>
       </c>
       <c r="F14" s="1" t="n">
         <v>3388.0</v>
       </c>
       <c r="G14" s="1" t="n">
         <v>472534.0</v>
       </c>
       <c r="H14" s="1" t="n">
         <v>4729.0</v>
       </c>
       <c r="I14" s="1" t="n">
         <v>4195.0</v>
       </c>
+      <c r="J14" s="1" t="n">
+        <v>477486.0</v>
+      </c>
+      <c r="K14" s="1" t="n">
+        <v>4984.0</v>
+      </c>
+      <c r="L14" s="1" t="n">
+        <v>3679.0</v>
+      </c>
     </row>
     <row r="15">
       <c r="A15"/>
       <c r="B15" t="inlineStr">
         <is>
           <t>GTSXO_S94 : Service activities (except : public administration and defense, compulsory social security / activities of membership organisations / activities of households as employers / activities of extraterritorial organisations and bodies)</t>
         </is>
       </c>
       <c r="C15"/>
       <c r="D15" s="1" t="n">
         <v>2032111.0</v>
       </c>
       <c r="E15" s="1" t="n">
         <v>207487.0</v>
       </c>
       <c r="F15" s="1" t="n">
         <v>36650.0</v>
       </c>
       <c r="G15" s="1" t="n">
         <v>2138027.0</v>
       </c>
       <c r="H15" s="1" t="n">
         <v>172348.0</v>
       </c>
       <c r="I15" s="1" t="n">
         <v>39284.0</v>
       </c>
+      <c r="J15" s="1" t="n">
+        <v>2168782.0</v>
+      </c>
+      <c r="K15" s="1" t="n">
+        <v>168175.0</v>
+      </c>
+      <c r="L15" s="1" t="n">
+        <v>36132.0</v>
+      </c>
     </row>
     <row r="16">
       <c r="A16" t="inlineStr">
         <is>
           <t>Nb. of persons employed in the active enterprises in t</t>
         </is>
       </c>
       <c r="B16" t="inlineStr">
         <is>
           <t>B: Mining and quarrying</t>
         </is>
       </c>
       <c r="C16"/>
       <c r="D16"/>
       <c r="E16" s="1" t="n">
         <v>0.0</v>
       </c>
       <c r="F16"/>
       <c r="G16"/>
       <c r="H16" s="1" t="n">
         <v>0.0</v>
       </c>
       <c r="I16"/>
+      <c r="J16"/>
+      <c r="K16" s="1" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="L16"/>
     </row>
     <row r="17">
       <c r="A17"/>
       <c r="B17" t="inlineStr">
         <is>
           <t>D: Electricity, gas, steam and air conditioning supply</t>
         </is>
       </c>
       <c r="C17"/>
       <c r="D17" s="1" t="n">
         <v>21074.0</v>
       </c>
       <c r="E17" s="1" t="n">
         <v>134.0</v>
       </c>
       <c r="F17" s="1" t="n">
         <v>13.0</v>
       </c>
       <c r="G17"/>
       <c r="H17" s="1" t="n">
         <v>258.0</v>
       </c>
       <c r="I17"/>
+      <c r="J17"/>
+      <c r="K17" s="1" t="n">
+        <v>258.0</v>
+      </c>
+      <c r="L17"/>
     </row>
     <row r="18">
       <c r="A18"/>
       <c r="B18" t="inlineStr">
         <is>
           <t>E: Water supply/ sewerage, waste management and remediation activities</t>
         </is>
       </c>
       <c r="C18"/>
       <c r="D18"/>
       <c r="E18" s="1" t="n">
         <v>3173.0</v>
       </c>
       <c r="F18"/>
       <c r="G18" s="1" t="n">
         <v>22037.0</v>
       </c>
       <c r="H18" s="1" t="n">
         <v>3399.0</v>
       </c>
       <c r="I18" s="1" t="n">
         <v>113.0</v>
       </c>
+      <c r="J18"/>
+      <c r="K18" s="1" t="n">
+        <v>3469.0</v>
+      </c>
+      <c r="L18"/>
     </row>
     <row r="19">
       <c r="A19"/>
       <c r="B19" t="inlineStr">
         <is>
           <t>F: Construction</t>
         </is>
       </c>
       <c r="C19"/>
       <c r="D19" s="1" t="n">
         <v>211737.0</v>
       </c>
       <c r="E19" s="1" t="n">
         <v>4184.0</v>
       </c>
       <c r="F19" s="1" t="n">
         <v>6225.0</v>
       </c>
       <c r="G19" s="1" t="n">
         <v>212552.0</v>
       </c>
       <c r="H19" s="1" t="n">
         <v>4763.0</v>
       </c>
       <c r="I19" s="1" t="n">
         <v>9827.0</v>
       </c>
+      <c r="J19" s="1" t="n">
+        <v>219744.0</v>
+      </c>
+      <c r="K19" s="1" t="n">
+        <v>4789.0</v>
+      </c>
+      <c r="L19" s="1" t="n">
+        <v>9244.0</v>
+      </c>
     </row>
     <row r="20">
       <c r="A20"/>
       <c r="B20" t="inlineStr">
         <is>
           <t>C: Manufacturing</t>
         </is>
       </c>
       <c r="C20"/>
       <c r="D20" s="1" t="n">
         <v>467250.0</v>
       </c>
       <c r="E20" s="1" t="n">
         <v>5299.0</v>
       </c>
       <c r="F20" s="1" t="n">
         <v>4604.0</v>
       </c>
       <c r="G20" s="1" t="n">
         <v>472538.0</v>
       </c>
       <c r="H20" s="1" t="n">
         <v>5944.0</v>
       </c>
       <c r="I20" s="1" t="n">
         <v>6175.0</v>
       </c>
+      <c r="J20" s="1" t="n">
+        <v>477491.0</v>
+      </c>
+      <c r="K20" s="1" t="n">
+        <v>6429.0</v>
+      </c>
+      <c r="L20" s="1" t="n">
+        <v>5917.0</v>
+      </c>
     </row>
     <row r="21">
       <c r="A21"/>
       <c r="B21" t="inlineStr">
         <is>
           <t>GTSXO_S94 : Service activities (except : public administration and defense, compulsory social security / activities of membership organisations / activities of households as employers / activities of extraterritorial organisations and bodies)</t>
         </is>
       </c>
       <c r="C21"/>
       <c r="D21" s="1" t="n">
         <v>2042712.0</v>
       </c>
       <c r="E21" s="1" t="n">
         <v>224578.0</v>
       </c>
       <c r="F21" s="1" t="n">
         <v>55028.0</v>
       </c>
       <c r="G21" s="1" t="n">
         <v>2138027.0</v>
       </c>
       <c r="H21" s="1" t="n">
         <v>191275.0</v>
       </c>
       <c r="I21" s="1" t="n">
         <v>55560.0</v>
       </c>
+      <c r="J21" s="1" t="n">
+        <v>2168782.0</v>
+      </c>
+      <c r="K21" s="1" t="n">
+        <v>189198.0</v>
+      </c>
+      <c r="L21" s="1" t="n">
+        <v>54409.0</v>
+      </c>
     </row>
     <row r="22">
       <c r="A22" t="inlineStr">
         <is>
           <t>Number of births of enterprises in t</t>
         </is>
       </c>
       <c r="B22" t="inlineStr">
         <is>
           <t>B: Mining and quarrying</t>
         </is>
       </c>
       <c r="C22"/>
       <c r="D22" s="1" t="n">
         <v>3.0</v>
       </c>
       <c r="E22" s="1" t="n">
         <v>0.0</v>
       </c>
       <c r="F22" s="1" t="n">
         <v>0.0</v>
       </c>
       <c r="G22" s="1" t="n">
         <v>1.0</v>
       </c>
       <c r="H22" s="1" t="n">
         <v>0.0</v>
       </c>
       <c r="I22" s="1" t="n">
         <v>0.0</v>
       </c>
+      <c r="J22" s="1" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="K22" s="1" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="L22" s="1" t="n">
+        <v>0.0</v>
+      </c>
     </row>
     <row r="23">
       <c r="A23"/>
       <c r="B23" t="inlineStr">
         <is>
           <t>D: Electricity, gas, steam and air conditioning supply</t>
         </is>
       </c>
       <c r="C23"/>
       <c r="D23" s="1" t="n">
         <v>3.0</v>
       </c>
       <c r="E23" s="1" t="n">
         <v>4.0</v>
       </c>
       <c r="F23" s="1" t="n">
         <v>0.0</v>
       </c>
       <c r="G23" s="1" t="n">
         <v>8.0</v>
       </c>
       <c r="H23" s="1" t="n">
         <v>0.0</v>
       </c>
       <c r="I23" s="1" t="n">
         <v>0.0</v>
       </c>
+      <c r="J23" s="1" t="n">
+        <v>1.0</v>
+      </c>
+      <c r="K23" s="1" t="n">
+        <v>2.0</v>
+      </c>
+      <c r="L23" s="1" t="n">
+        <v>1.0</v>
+      </c>
     </row>
     <row r="24">
       <c r="A24"/>
       <c r="B24" t="inlineStr">
         <is>
           <t>E: Water supply/ sewerage, waste management and remediation activities</t>
         </is>
       </c>
       <c r="C24"/>
       <c r="D24" s="1" t="n">
         <v>10.0</v>
       </c>
       <c r="E24" s="1" t="n">
         <v>3.0</v>
       </c>
       <c r="F24" s="1" t="n">
         <v>0.0</v>
       </c>
       <c r="G24" s="1" t="n">
         <v>11.0</v>
       </c>
       <c r="H24" s="1" t="n">
         <v>1.0</v>
       </c>
       <c r="I24" s="1" t="n">
         <v>1.0</v>
       </c>
+      <c r="J24" s="1" t="n">
+        <v>13.0</v>
+      </c>
+      <c r="K24" s="1" t="n">
+        <v>1.0</v>
+      </c>
+      <c r="L24" s="1" t="n">
+        <v>2.0</v>
+      </c>
     </row>
     <row r="25">
       <c r="A25"/>
       <c r="B25" t="inlineStr">
         <is>
           <t>F: Construction</t>
         </is>
       </c>
       <c r="C25"/>
       <c r="D25" s="1" t="n">
         <v>1023.0</v>
       </c>
       <c r="E25" s="1" t="n">
         <v>69.0</v>
       </c>
       <c r="F25" s="1" t="n">
         <v>136.0</v>
       </c>
       <c r="G25" s="1" t="n">
         <v>870.0</v>
       </c>
       <c r="H25" s="1" t="n">
         <v>67.0</v>
       </c>
       <c r="I25" s="1" t="n">
         <v>101.0</v>
       </c>
+      <c r="J25" s="1" t="n">
+        <v>815.0</v>
+      </c>
+      <c r="K25" s="1" t="n">
+        <v>44.0</v>
+      </c>
+      <c r="L25" s="1" t="n">
+        <v>89.0</v>
+      </c>
     </row>
     <row r="26">
       <c r="A26"/>
       <c r="B26" t="inlineStr">
         <is>
           <t>C: Manufacturing</t>
         </is>
       </c>
       <c r="C26"/>
       <c r="D26" s="1" t="n">
         <v>318.0</v>
       </c>
       <c r="E26" s="1" t="n">
         <v>37.0</v>
       </c>
       <c r="F26" s="1" t="n">
         <v>41.0</v>
       </c>
       <c r="G26" s="1" t="n">
         <v>238.0</v>
       </c>
       <c r="H26" s="1" t="n">
         <v>32.0</v>
       </c>
       <c r="I26" s="1" t="n">
         <v>35.0</v>
       </c>
+      <c r="J26" s="1" t="n">
+        <v>262.0</v>
+      </c>
+      <c r="K26" s="1" t="n">
+        <v>38.0</v>
+      </c>
+      <c r="L26" s="1" t="n">
+        <v>25.0</v>
+      </c>
     </row>
     <row r="27">
       <c r="A27"/>
       <c r="B27" t="inlineStr">
         <is>
           <t>GTSXO_S94 : Service activities (except : public administration and defense, compulsory social security / activities of membership organisations / activities of households as employers / activities of extraterritorial organisations and bodies)</t>
         </is>
       </c>
       <c r="C27"/>
       <c r="D27" s="1" t="n">
         <v>4862.0</v>
       </c>
       <c r="E27" s="1" t="n">
         <v>1150.0</v>
       </c>
       <c r="F27" s="1" t="n">
         <v>915.0</v>
       </c>
       <c r="G27" s="1" t="n">
         <v>4469.0</v>
       </c>
       <c r="H27" s="1" t="n">
         <v>1031.0</v>
       </c>
       <c r="I27" s="1" t="n">
         <v>948.0</v>
       </c>
+      <c r="J27" s="1" t="n">
+        <v>4557.0</v>
+      </c>
+      <c r="K27" s="1" t="n">
+        <v>903.0</v>
+      </c>
+      <c r="L27" s="1" t="n">
+        <v>865.0</v>
+      </c>
     </row>
     <row r="28">
       <c r="A28" t="inlineStr">
         <is>
           <t>Nb of employees in the population of births in t</t>
         </is>
       </c>
       <c r="B28" t="inlineStr">
         <is>
           <t>B: Mining and quarrying</t>
         </is>
       </c>
       <c r="C28"/>
       <c r="D28"/>
       <c r="E28" s="1" t="n">
         <v>0.0</v>
       </c>
       <c r="F28" s="1" t="n">
         <v>0.0</v>
       </c>
       <c r="G28"/>
       <c r="H28" s="1" t="n">
         <v>0.0</v>
       </c>
       <c r="I28" s="1" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="J28" s="1" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="K28" s="1" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="L28" s="1" t="n">
         <v>0.0</v>
       </c>
     </row>
     <row r="29">
       <c r="A29"/>
       <c r="B29" t="inlineStr">
         <is>
           <t>D: Electricity, gas, steam and air conditioning supply</t>
         </is>
       </c>
       <c r="C29"/>
       <c r="D29"/>
       <c r="E29"/>
       <c r="F29" s="1" t="n">
         <v>0.0</v>
       </c>
       <c r="G29"/>
       <c r="H29" s="1" t="n">
         <v>0.0</v>
       </c>
       <c r="I29" s="1" t="n">
         <v>0.0</v>
       </c>
+      <c r="J29"/>
+      <c r="K29"/>
+      <c r="L29"/>
     </row>
     <row r="30">
       <c r="A30"/>
       <c r="B30" t="inlineStr">
         <is>
           <t>E: Water supply/ sewerage, waste management and remediation activities</t>
         </is>
       </c>
       <c r="C30"/>
       <c r="D30"/>
       <c r="E30"/>
       <c r="F30" s="1" t="n">
         <v>0.0</v>
       </c>
       <c r="G30"/>
       <c r="H30"/>
       <c r="I30"/>
+      <c r="J30"/>
+      <c r="K30"/>
+      <c r="L30"/>
     </row>
     <row r="31">
       <c r="A31"/>
       <c r="B31" t="inlineStr">
         <is>
           <t>F: Construction</t>
         </is>
       </c>
       <c r="C31"/>
       <c r="D31" s="1" t="n">
         <v>1793.0</v>
       </c>
       <c r="E31" s="1" t="n">
         <v>198.0</v>
       </c>
       <c r="F31" s="1" t="n">
         <v>151.0</v>
       </c>
       <c r="G31" s="1" t="n">
         <v>1732.0</v>
       </c>
       <c r="H31" s="1" t="n">
         <v>149.0</v>
       </c>
       <c r="I31"/>
+      <c r="J31" s="1" t="n">
+        <v>1755.0</v>
+      </c>
+      <c r="K31" s="1" t="n">
+        <v>83.0</v>
+      </c>
+      <c r="L31" s="1" t="n">
+        <v>91.0</v>
+      </c>
     </row>
     <row r="32">
       <c r="A32"/>
       <c r="B32" t="inlineStr">
         <is>
           <t>C: Manufacturing</t>
         </is>
       </c>
       <c r="C32"/>
       <c r="D32" s="1" t="n">
         <v>1633.0</v>
       </c>
       <c r="E32" s="1" t="n">
         <v>50.0</v>
       </c>
       <c r="F32" s="1" t="n">
         <v>68.0</v>
       </c>
       <c r="G32" s="1" t="n">
         <v>1710.0</v>
       </c>
       <c r="H32"/>
       <c r="I32"/>
+      <c r="J32"/>
+      <c r="K32"/>
+      <c r="L32" s="1" t="n">
+        <v>30.0</v>
+      </c>
     </row>
     <row r="33">
       <c r="A33"/>
       <c r="B33" t="inlineStr">
         <is>
           <t>GTSXO_S94 : Service activities (except : public administration and defense, compulsory social security / activities of membership organisations / activities of households as employers / activities of extraterritorial organisations and bodies)</t>
         </is>
       </c>
       <c r="C33"/>
       <c r="D33" s="1" t="n">
         <v>14964.0</v>
       </c>
       <c r="E33" s="1" t="n">
         <v>1887.0</v>
       </c>
       <c r="F33" s="1" t="n">
         <v>1249.0</v>
       </c>
       <c r="G33" s="1" t="n">
         <v>13498.0</v>
       </c>
       <c r="H33" s="1" t="n">
         <v>1910.0</v>
       </c>
       <c r="I33" s="1" t="n">
         <v>1175.0</v>
       </c>
+      <c r="J33" s="1" t="n">
+        <v>21764.0</v>
+      </c>
+      <c r="K33" s="1" t="n">
+        <v>1579.0</v>
+      </c>
+      <c r="L33" s="1" t="n">
+        <v>1169.0</v>
+      </c>
     </row>
     <row r="34">
       <c r="A34" t="inlineStr">
         <is>
           <t>Nb. of persons employed in the population of births in t</t>
         </is>
       </c>
       <c r="B34" t="inlineStr">
         <is>
           <t>B: Mining and quarrying</t>
         </is>
       </c>
       <c r="C34"/>
       <c r="D34"/>
       <c r="E34" s="1" t="n">
         <v>0.0</v>
       </c>
       <c r="F34" s="1" t="n">
         <v>0.0</v>
       </c>
       <c r="G34"/>
       <c r="H34" s="1" t="n">
         <v>0.0</v>
       </c>
       <c r="I34" s="1" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="J34" s="1" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="K34" s="1" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="L34" s="1" t="n">
         <v>0.0</v>
       </c>
     </row>
     <row r="35">
       <c r="A35"/>
       <c r="B35" t="inlineStr">
         <is>
           <t>D: Electricity, gas, steam and air conditioning supply</t>
         </is>
       </c>
       <c r="C35"/>
       <c r="D35"/>
       <c r="E35"/>
       <c r="F35" s="1" t="n">
         <v>0.0</v>
       </c>
       <c r="G35"/>
       <c r="H35" s="1" t="n">
         <v>0.0</v>
       </c>
       <c r="I35" s="1" t="n">
         <v>0.0</v>
       </c>
+      <c r="J35"/>
+      <c r="K35"/>
+      <c r="L35"/>
     </row>
     <row r="36">
       <c r="A36"/>
       <c r="B36" t="inlineStr">
         <is>
           <t>E: Water supply/ sewerage, waste management and remediation activities</t>
         </is>
       </c>
       <c r="C36"/>
       <c r="D36"/>
       <c r="E36"/>
       <c r="F36" s="1" t="n">
         <v>0.0</v>
       </c>
       <c r="G36"/>
       <c r="H36"/>
       <c r="I36"/>
+      <c r="J36"/>
+      <c r="K36"/>
+      <c r="L36"/>
     </row>
     <row r="37">
       <c r="A37"/>
       <c r="B37" t="inlineStr">
         <is>
           <t>F: Construction</t>
         </is>
       </c>
       <c r="C37"/>
       <c r="D37" s="1" t="n">
         <v>1793.0</v>
       </c>
       <c r="E37" s="1" t="n">
         <v>336.0</v>
       </c>
       <c r="F37" s="1" t="n">
         <v>287.0</v>
       </c>
       <c r="G37" s="1" t="n">
         <v>1732.0</v>
       </c>
       <c r="H37" s="1" t="n">
         <v>283.0</v>
       </c>
       <c r="I37"/>
+      <c r="J37" s="1" t="n">
+        <v>1756.0</v>
+      </c>
+      <c r="K37" s="1" t="n">
+        <v>171.0</v>
+      </c>
+      <c r="L37" s="1" t="n">
+        <v>180.0</v>
+      </c>
     </row>
     <row r="38">
       <c r="A38"/>
       <c r="B38" t="inlineStr">
         <is>
           <t>C: Manufacturing</t>
         </is>
       </c>
       <c r="C38"/>
       <c r="D38" s="1" t="n">
         <v>1634.0</v>
       </c>
       <c r="E38" s="1" t="n">
         <v>124.0</v>
       </c>
       <c r="F38" s="1" t="n">
         <v>109.0</v>
       </c>
       <c r="G38" s="1" t="n">
         <v>1710.0</v>
       </c>
       <c r="H38"/>
       <c r="I38"/>
+      <c r="J38"/>
+      <c r="K38"/>
+      <c r="L38" s="1" t="n">
+        <v>55.0</v>
+      </c>
     </row>
     <row r="39">
       <c r="A39"/>
       <c r="B39" t="inlineStr">
         <is>
           <t>GTSXO_S94 : Service activities (except : public administration and defense, compulsory social security / activities of membership organisations / activities of households as employers / activities of extraterritorial organisations and bodies)</t>
         </is>
       </c>
       <c r="C39"/>
       <c r="D39" s="1" t="n">
         <v>14967.0</v>
       </c>
       <c r="E39" s="1" t="n">
         <v>4193.0</v>
       </c>
       <c r="F39" s="1" t="n">
         <v>2190.0</v>
       </c>
       <c r="G39" s="1" t="n">
         <v>13500.0</v>
       </c>
       <c r="H39" s="1" t="n">
         <v>3972.0</v>
       </c>
       <c r="I39" s="1" t="n">
         <v>2123.0</v>
       </c>
+      <c r="J39" s="1" t="n">
+        <v>21764.0</v>
+      </c>
+      <c r="K39" s="1" t="n">
+        <v>3377.0</v>
+      </c>
+      <c r="L39" s="1" t="n">
+        <v>2032.0</v>
+      </c>
     </row>
     <row r="40">
       <c r="A40" t="inlineStr">
         <is>
           <t>Number of deaths of enterprises in t</t>
         </is>
       </c>
       <c r="B40" t="inlineStr">
         <is>
           <t>B: Mining and quarrying</t>
         </is>
       </c>
       <c r="C40"/>
       <c r="D40" s="1" t="n">
         <v>1.0</v>
       </c>
       <c r="E40" s="1" t="n">
         <v>0.0</v>
       </c>
       <c r="F40" s="1" t="n">
         <v>1.0</v>
       </c>
       <c r="G40" s="1" t="n">
         <v>0.0</v>
       </c>
       <c r="H40" s="1" t="n">
         <v>0.0</v>
       </c>
       <c r="I40" s="1" t="n">
         <v>0.0</v>
       </c>
+      <c r="J40" s="1" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="K40" s="1" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="L40" s="1" t="n">
+        <v>0.0</v>
+      </c>
     </row>
     <row r="41">
       <c r="A41"/>
       <c r="B41" t="inlineStr">
         <is>
           <t>D: Electricity, gas, steam and air conditioning supply</t>
         </is>
       </c>
       <c r="C41"/>
       <c r="D41" s="1" t="n">
         <v>1.0</v>
       </c>
       <c r="E41" s="1" t="n">
         <v>0.0</v>
       </c>
       <c r="F41" s="1" t="n">
         <v>0.0</v>
       </c>
       <c r="G41" s="1" t="n">
         <v>0.0</v>
       </c>
       <c r="H41" s="1" t="n">
-        <v>4.0</v>
+        <v>2.0</v>
       </c>
       <c r="I41" s="1" t="n">
         <v>1.0</v>
+      </c>
+      <c r="J41" s="1" t="n">
+        <v>2.0</v>
+      </c>
+      <c r="K41" s="1" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="L41" s="1" t="n">
+        <v>0.0</v>
       </c>
     </row>
     <row r="42">
       <c r="A42"/>
       <c r="B42" t="inlineStr">
         <is>
           <t>E: Water supply/ sewerage, waste management and remediation activities</t>
         </is>
       </c>
       <c r="C42"/>
       <c r="D42" s="1" t="n">
         <v>4.0</v>
       </c>
       <c r="E42" s="1" t="n">
         <v>1.0</v>
       </c>
       <c r="F42" s="1" t="n">
         <v>0.0</v>
       </c>
       <c r="G42" s="1" t="n">
         <v>0.0</v>
       </c>
       <c r="H42" s="1" t="n">
         <v>0.0</v>
       </c>
       <c r="I42" s="1" t="n">
         <v>0.0</v>
       </c>
+      <c r="J42" s="1" t="n">
+        <v>4.0</v>
+      </c>
+      <c r="K42" s="1" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="L42" s="1" t="n">
+        <v>0.0</v>
+      </c>
     </row>
     <row r="43">
       <c r="A43"/>
       <c r="B43" t="inlineStr">
         <is>
           <t>F: Construction</t>
         </is>
       </c>
       <c r="C43"/>
       <c r="D43" s="1" t="n">
         <v>123.0</v>
       </c>
       <c r="E43" s="1" t="n">
         <v>16.0</v>
       </c>
       <c r="F43" s="1" t="n">
-        <v>137.0</v>
+        <v>136.0</v>
       </c>
       <c r="G43" s="1" t="n">
-        <v>242.0</v>
+        <v>116.0</v>
       </c>
       <c r="H43" s="1" t="n">
-        <v>34.0</v>
+        <v>16.0</v>
       </c>
       <c r="I43" s="1" t="n">
-        <v>183.0</v>
+        <v>126.0</v>
+      </c>
+      <c r="J43" s="1" t="n">
+        <v>160.0</v>
+      </c>
+      <c r="K43" s="1" t="n">
+        <v>21.0</v>
+      </c>
+      <c r="L43" s="1" t="n">
+        <v>136.0</v>
       </c>
     </row>
     <row r="44">
       <c r="A44"/>
       <c r="B44" t="inlineStr">
         <is>
           <t>C: Manufacturing</t>
         </is>
       </c>
       <c r="C44"/>
       <c r="D44" s="1" t="n">
         <v>60.0</v>
       </c>
       <c r="E44" s="1" t="n">
         <v>8.0</v>
       </c>
       <c r="F44" s="1" t="n">
         <v>51.0</v>
       </c>
       <c r="G44" s="1" t="n">
-        <v>71.0</v>
+        <v>45.0</v>
       </c>
       <c r="H44" s="1" t="n">
-        <v>27.0</v>
+        <v>14.0</v>
       </c>
       <c r="I44" s="1" t="n">
-        <v>85.0</v>
+        <v>60.0</v>
+      </c>
+      <c r="J44" s="1" t="n">
+        <v>107.0</v>
+      </c>
+      <c r="K44" s="1" t="n">
+        <v>14.0</v>
+      </c>
+      <c r="L44" s="1" t="n">
+        <v>54.0</v>
       </c>
     </row>
     <row r="45">
       <c r="A45"/>
       <c r="B45" t="inlineStr">
         <is>
           <t>GTSXO_S94 : Service activities (except : public administration and defense, compulsory social security / activities of membership organisations / activities of households as employers / activities of extraterritorial organisations and bodies)</t>
         </is>
       </c>
       <c r="C45"/>
       <c r="D45" s="1" t="n">
-        <v>906.0</v>
+        <v>903.0</v>
       </c>
       <c r="E45" s="1" t="n">
         <v>321.0</v>
       </c>
       <c r="F45" s="1" t="n">
-        <v>779.0</v>
+        <v>778.0</v>
       </c>
       <c r="G45" s="1" t="n">
-        <v>1327.0</v>
+        <v>672.0</v>
       </c>
       <c r="H45" s="1" t="n">
-        <v>630.0</v>
+        <v>362.0</v>
       </c>
       <c r="I45" s="1" t="n">
-        <v>1186.0</v>
+        <v>828.0</v>
+      </c>
+      <c r="J45" s="1" t="n">
+        <v>1218.0</v>
+      </c>
+      <c r="K45" s="1" t="n">
+        <v>393.0</v>
+      </c>
+      <c r="L45" s="1" t="n">
+        <v>851.0</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" t="inlineStr">
         <is>
           <t>Nb. of employees in the population of deaths in t</t>
         </is>
       </c>
       <c r="B46" t="inlineStr">
         <is>
           <t>B: Mining and quarrying</t>
         </is>
       </c>
       <c r="C46"/>
       <c r="D46"/>
       <c r="E46" s="1" t="n">
         <v>0.0</v>
       </c>
       <c r="F46"/>
       <c r="G46" s="1" t="n">
         <v>0.0</v>
       </c>
       <c r="H46" s="1" t="n">
         <v>0.0</v>
       </c>
       <c r="I46" s="1" t="n">
         <v>0.0</v>
       </c>
+      <c r="J46" s="1" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="K46" s="1" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="L46" s="1" t="n">
+        <v>0.0</v>
+      </c>
     </row>
     <row r="47">
       <c r="A47"/>
       <c r="B47" t="inlineStr">
         <is>
           <t>D: Electricity, gas, steam and air conditioning supply</t>
         </is>
       </c>
       <c r="C47"/>
       <c r="D47"/>
       <c r="E47" s="1" t="n">
         <v>0.0</v>
       </c>
       <c r="F47" s="1" t="n">
         <v>0.0</v>
       </c>
       <c r="G47" s="1" t="n">
         <v>0.0</v>
       </c>
       <c r="H47"/>
       <c r="I47"/>
+      <c r="J47"/>
+      <c r="K47" s="1" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="L47" s="1" t="n">
+        <v>0.0</v>
+      </c>
     </row>
     <row r="48">
       <c r="A48"/>
       <c r="B48" t="inlineStr">
         <is>
           <t>E: Water supply/ sewerage, waste management and remediation activities</t>
         </is>
       </c>
       <c r="C48"/>
       <c r="D48"/>
       <c r="E48"/>
       <c r="F48" s="1" t="n">
         <v>0.0</v>
       </c>
       <c r="G48" s="1" t="n">
         <v>0.0</v>
       </c>
       <c r="H48" s="1" t="n">
         <v>0.0</v>
       </c>
       <c r="I48" s="1" t="n">
         <v>0.0</v>
       </c>
+      <c r="J48"/>
+      <c r="K48" s="1" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="L48" s="1" t="n">
+        <v>0.0</v>
+      </c>
     </row>
     <row r="49">
       <c r="A49"/>
       <c r="B49" t="inlineStr">
         <is>
           <t>F: Construction</t>
         </is>
       </c>
       <c r="C49"/>
       <c r="D49" s="1" t="n">
         <v>749.0</v>
       </c>
       <c r="E49" s="1" t="n">
         <v>53.0</v>
       </c>
       <c r="F49" s="1" t="n">
-        <v>148.0</v>
+        <v>147.0</v>
       </c>
       <c r="G49" s="1" t="n">
-        <v>502.0</v>
+        <v>205.0</v>
       </c>
       <c r="H49" s="1" t="n">
-        <v>54.0</v>
+        <v>21.0</v>
       </c>
       <c r="I49" s="1" t="n">
-        <v>197.0</v>
+        <v>137.0</v>
+      </c>
+      <c r="J49" s="1" t="n">
+        <v>1313.0</v>
+      </c>
+      <c r="K49" s="1" t="n">
+        <v>34.0</v>
+      </c>
+      <c r="L49" s="1" t="n">
+        <v>137.0</v>
       </c>
     </row>
     <row r="50">
       <c r="A50"/>
       <c r="B50" t="inlineStr">
         <is>
           <t>C: Manufacturing</t>
         </is>
       </c>
       <c r="C50"/>
       <c r="D50"/>
       <c r="E50"/>
       <c r="F50"/>
       <c r="G50" s="1" t="n">
-        <v>300.0</v>
+        <v>159.0</v>
       </c>
       <c r="H50"/>
       <c r="I50"/>
+      <c r="J50" s="1" t="n">
+        <v>2143.0</v>
+      </c>
+      <c r="K50" s="1" t="n">
+        <v>20.0</v>
+      </c>
+      <c r="L50" s="1" t="n">
+        <v>109.0</v>
+      </c>
     </row>
     <row r="51">
       <c r="A51"/>
       <c r="B51" t="inlineStr">
         <is>
           <t>GTSXO_S94 : Service activities (except : public administration and defense, compulsory social security / activities of membership organisations / activities of households as employers / activities of extraterritorial organisations and bodies)</t>
         </is>
       </c>
       <c r="C51"/>
       <c r="D51" s="1" t="n">
-        <v>5402.0</v>
+        <v>5400.0</v>
       </c>
       <c r="E51" s="1" t="n">
         <v>945.0</v>
       </c>
       <c r="F51" s="1" t="n">
-        <v>1243.0</v>
+        <v>1242.0</v>
       </c>
       <c r="G51" s="1" t="n">
-        <v>3700.0</v>
+        <v>1842.0</v>
       </c>
       <c r="H51" s="1" t="n">
-        <v>1290.0</v>
+        <v>622.0</v>
       </c>
       <c r="I51" s="1" t="n">
-        <v>1564.0</v>
+        <v>1112.0</v>
+      </c>
+      <c r="J51" s="1" t="n">
+        <v>12275.0</v>
+      </c>
+      <c r="K51" s="1" t="n">
+        <v>605.0</v>
+      </c>
+      <c r="L51" s="1" t="n">
+        <v>1250.0</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" t="inlineStr">
         <is>
           <t>Nb. of persons employed in the population of deaths in t</t>
         </is>
       </c>
       <c r="B52" t="inlineStr">
         <is>
           <t>B: Mining and quarrying</t>
         </is>
       </c>
       <c r="C52"/>
       <c r="D52"/>
       <c r="E52" s="1" t="n">
         <v>0.0</v>
       </c>
       <c r="F52"/>
       <c r="G52" s="1" t="n">
         <v>0.0</v>
       </c>
       <c r="H52" s="1" t="n">
         <v>0.0</v>
       </c>
       <c r="I52" s="1" t="n">
         <v>0.0</v>
       </c>
+      <c r="J52" s="1" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="K52" s="1" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="L52" s="1" t="n">
+        <v>0.0</v>
+      </c>
     </row>
     <row r="53">
       <c r="A53"/>
       <c r="B53" t="inlineStr">
         <is>
           <t>D: Electricity, gas, steam and air conditioning supply</t>
         </is>
       </c>
       <c r="C53"/>
       <c r="D53"/>
       <c r="E53" s="1" t="n">
         <v>0.0</v>
       </c>
       <c r="F53" s="1" t="n">
         <v>0.0</v>
       </c>
       <c r="G53" s="1" t="n">
         <v>0.0</v>
       </c>
       <c r="H53"/>
       <c r="I53"/>
+      <c r="J53"/>
+      <c r="K53" s="1" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="L53" s="1" t="n">
+        <v>0.0</v>
+      </c>
     </row>
     <row r="54">
       <c r="A54"/>
       <c r="B54" t="inlineStr">
         <is>
           <t>E: Water supply/ sewerage, waste management and remediation activities</t>
         </is>
       </c>
       <c r="C54"/>
       <c r="D54"/>
       <c r="E54"/>
       <c r="F54" s="1" t="n">
         <v>0.0</v>
       </c>
       <c r="G54" s="1" t="n">
         <v>0.0</v>
       </c>
       <c r="H54" s="1" t="n">
         <v>0.0</v>
       </c>
       <c r="I54" s="1" t="n">
         <v>0.0</v>
       </c>
+      <c r="J54"/>
+      <c r="K54" s="1" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="L54" s="1" t="n">
+        <v>0.0</v>
+      </c>
     </row>
     <row r="55">
       <c r="A55"/>
       <c r="B55" t="inlineStr">
         <is>
           <t>F: Construction</t>
         </is>
       </c>
       <c r="C55"/>
       <c r="D55" s="1" t="n">
         <v>749.0</v>
       </c>
       <c r="E55" s="1" t="n">
         <v>85.0</v>
       </c>
       <c r="F55" s="1" t="n">
-        <v>285.0</v>
+        <v>283.0</v>
       </c>
       <c r="G55" s="1" t="n">
-        <v>502.0</v>
+        <v>205.0</v>
       </c>
       <c r="H55" s="1" t="n">
-        <v>122.0</v>
+        <v>53.0</v>
       </c>
       <c r="I55" s="1" t="n">
-        <v>380.0</v>
+        <v>263.0</v>
+      </c>
+      <c r="J55" s="1" t="n">
+        <v>1313.0</v>
+      </c>
+      <c r="K55" s="1" t="n">
+        <v>76.0</v>
+      </c>
+      <c r="L55" s="1" t="n">
+        <v>273.0</v>
       </c>
     </row>
     <row r="56">
       <c r="A56"/>
       <c r="B56" t="inlineStr">
         <is>
           <t>C: Manufacturing</t>
         </is>
       </c>
       <c r="C56"/>
       <c r="D56"/>
       <c r="E56"/>
       <c r="F56"/>
       <c r="G56" s="1" t="n">
-        <v>300.0</v>
+        <v>160.0</v>
       </c>
       <c r="H56"/>
       <c r="I56"/>
+      <c r="J56" s="1" t="n">
+        <v>2144.0</v>
+      </c>
+      <c r="K56" s="1" t="n">
+        <v>48.0</v>
+      </c>
+      <c r="L56" s="1" t="n">
+        <v>163.0</v>
+      </c>
     </row>
     <row r="57">
       <c r="A57"/>
       <c r="B57" t="inlineStr">
         <is>
           <t>GTSXO_S94 : Service activities (except : public administration and defense, compulsory social security / activities of membership organisations / activities of households as employers / activities of extraterritorial organisations and bodies)</t>
         </is>
       </c>
       <c r="C57"/>
       <c r="D57" s="1" t="n">
-        <v>5405.0</v>
+        <v>5402.0</v>
       </c>
       <c r="E57" s="1" t="n">
         <v>1587.0</v>
       </c>
       <c r="F57" s="1" t="n">
-        <v>2022.0</v>
+        <v>2020.0</v>
       </c>
       <c r="G57" s="1" t="n">
-        <v>3701.0</v>
+        <v>1843.0</v>
       </c>
       <c r="H57" s="1" t="n">
-        <v>2550.0</v>
+        <v>1346.0</v>
       </c>
       <c r="I57" s="1" t="n">
-        <v>2750.0</v>
+        <v>1940.0</v>
+      </c>
+      <c r="J57" s="1" t="n">
+        <v>12278.0</v>
+      </c>
+      <c r="K57" s="1" t="n">
+        <v>1391.0</v>
+      </c>
+      <c r="L57" s="1" t="n">
+        <v>2099.0</v>
       </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <cols>
     <col min="1" max="1" width="194.34765625" customWidth="true"/>
     <col min="2" max="2" width="4.96484375" customWidth="true"/>
     <col min="3" max="3" width="28.046875" customWidth="true"/>
     <col min="4" max="4" width="23.609375" customWidth="true"/>
     <col min="5" max="5" width="37.875" customWidth="true"/>
     <col min="6" max="6" width="44.01953125" customWidth="true"/>
     <col min="7" max="7" width="29.265625" customWidth="true"/>
     <col min="8" max="8" width="38.83984375" customWidth="true"/>
     <col min="9" max="9" width="45.46875" customWidth="true"/>
     <col min="10" max="10" width="30.171875" customWidth="true"/>
@@ -1890,1255 +2341,1987 @@
       </c>
       <c r="E7"/>
       <c r="F7"/>
       <c r="G7" s="1" t="n">
         <v>0.0</v>
       </c>
       <c r="H7" s="1" t="n">
         <v>0.0</v>
       </c>
       <c r="I7" s="1" t="n">
         <v>0.0</v>
       </c>
       <c r="J7" s="1" t="n">
         <v>0.0</v>
       </c>
       <c r="K7" s="1" t="n">
         <v>0.0</v>
       </c>
       <c r="L7" s="1" t="n">
         <v>0.0</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="inlineStr">
         <is>
-          <t>D: Electricity, gas, steam and air conditioning supply</t>
+          <t>B: Mining and quarrying</t>
         </is>
       </c>
       <c r="B8" t="inlineStr">
         <is>
-          <t>2021</t>
+          <t>2023</t>
         </is>
       </c>
       <c r="C8" t="inlineStr">
         <is>
           <t>Limited liability company</t>
         </is>
       </c>
       <c r="D8" s="1" t="n">
-        <v>110.0</v>
-[...6 lines deleted...]
-      </c>
+        <v>75.0</v>
+      </c>
+      <c r="E8"/>
+      <c r="F8"/>
       <c r="G8" s="1" t="n">
-        <v>3.0</v>
-[...2 lines deleted...]
-      <c r="I8"/>
+        <v>0.0</v>
+      </c>
+      <c r="H8" s="1" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="I8" s="1" t="n">
+        <v>0.0</v>
+      </c>
       <c r="J8" s="1" t="n">
-        <v>1.0</v>
-[...2 lines deleted...]
-      <c r="L8"/>
+        <v>0.0</v>
+      </c>
+      <c r="K8" s="1" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="L8" s="1" t="n">
+        <v>0.0</v>
+      </c>
     </row>
     <row r="9">
       <c r="A9" t="inlineStr">
         <is>
-          <t>D: Electricity, gas, steam and air conditioning supply</t>
+          <t>B: Mining and quarrying</t>
         </is>
       </c>
       <c r="B9" t="inlineStr">
         <is>
-          <t>2021</t>
+          <t>2023</t>
         </is>
       </c>
       <c r="C9" t="inlineStr">
         <is>
           <t>Partnership and other legal forms</t>
         </is>
       </c>
       <c r="D9" s="1" t="n">
-        <v>6.0</v>
-[...1 lines deleted...]
-      <c r="E9"/>
+        <v>0.0</v>
+      </c>
+      <c r="E9" s="1" t="n">
+        <v>0.0</v>
+      </c>
       <c r="F9" s="1" t="n">
-        <v>134.0</v>
+        <v>0.0</v>
       </c>
       <c r="G9" s="1" t="n">
-        <v>4.0</v>
-[...2 lines deleted...]
-      <c r="I9"/>
+        <v>0.0</v>
+      </c>
+      <c r="H9" s="1" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="I9" s="1" t="n">
+        <v>0.0</v>
+      </c>
       <c r="J9" s="1" t="n">
         <v>0.0</v>
       </c>
       <c r="K9" s="1" t="n">
         <v>0.0</v>
       </c>
       <c r="L9" s="1" t="n">
         <v>0.0</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="inlineStr">
         <is>
-          <t>D: Electricity, gas, steam and air conditioning supply</t>
+          <t>B: Mining and quarrying</t>
         </is>
       </c>
       <c r="B10" t="inlineStr">
         <is>
-          <t>2021</t>
+          <t>2023</t>
         </is>
       </c>
       <c r="C10" t="inlineStr">
         <is>
           <t>Sole proprietor</t>
         </is>
       </c>
       <c r="D10" s="1" t="n">
-        <v>9.0</v>
+        <v>1.0</v>
       </c>
       <c r="E10"/>
-      <c r="F10" s="1" t="n">
-[...1 lines deleted...]
-      </c>
+      <c r="F10"/>
       <c r="G10" s="1" t="n">
         <v>0.0</v>
       </c>
       <c r="H10" s="1" t="n">
         <v>0.0</v>
       </c>
       <c r="I10" s="1" t="n">
         <v>0.0</v>
       </c>
       <c r="J10" s="1" t="n">
         <v>0.0</v>
       </c>
       <c r="K10" s="1" t="n">
         <v>0.0</v>
       </c>
       <c r="L10" s="1" t="n">
         <v>0.0</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="inlineStr">
         <is>
           <t>D: Electricity, gas, steam and air conditioning supply</t>
         </is>
       </c>
       <c r="B11" t="inlineStr">
         <is>
-          <t>2022</t>
+          <t>2021</t>
         </is>
       </c>
       <c r="C11" t="inlineStr">
         <is>
           <t>Limited liability company</t>
         </is>
       </c>
       <c r="D11" s="1" t="n">
-        <v>96.0</v>
-[...2 lines deleted...]
-      <c r="F11"/>
+        <v>110.0</v>
+      </c>
+      <c r="E11" s="1" t="n">
+        <v>20930.0</v>
+      </c>
+      <c r="F11" s="1" t="n">
+        <v>21074.0</v>
+      </c>
       <c r="G11" s="1" t="n">
-        <v>8.0</v>
+        <v>3.0</v>
       </c>
       <c r="H11"/>
       <c r="I11"/>
       <c r="J11" s="1" t="n">
-        <v>0.0</v>
-[...6 lines deleted...]
-      </c>
+        <v>1.0</v>
+      </c>
+      <c r="K11"/>
+      <c r="L11"/>
     </row>
     <row r="12">
       <c r="A12" t="inlineStr">
         <is>
           <t>D: Electricity, gas, steam and air conditioning supply</t>
         </is>
       </c>
       <c r="B12" t="inlineStr">
         <is>
-          <t>2022</t>
+          <t>2021</t>
         </is>
       </c>
       <c r="C12" t="inlineStr">
         <is>
           <t>Partnership and other legal forms</t>
         </is>
       </c>
       <c r="D12" s="1" t="n">
-        <v>13.0</v>
-[...3 lines deleted...]
-      </c>
+        <v>6.0</v>
+      </c>
+      <c r="E12"/>
       <c r="F12" s="1" t="n">
-        <v>258.0</v>
+        <v>134.0</v>
       </c>
       <c r="G12" s="1" t="n">
-        <v>0.0</v>
-[...6 lines deleted...]
-      </c>
+        <v>4.0</v>
+      </c>
+      <c r="H12"/>
+      <c r="I12"/>
       <c r="J12" s="1" t="n">
-        <v>4.0</v>
-[...2 lines deleted...]
-      <c r="L12"/>
+        <v>0.0</v>
+      </c>
+      <c r="K12" s="1" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="L12" s="1" t="n">
+        <v>0.0</v>
+      </c>
     </row>
     <row r="13">
       <c r="A13" t="inlineStr">
         <is>
           <t>D: Electricity, gas, steam and air conditioning supply</t>
         </is>
       </c>
       <c r="B13" t="inlineStr">
         <is>
-          <t>2022</t>
+          <t>2021</t>
         </is>
       </c>
       <c r="C13" t="inlineStr">
         <is>
           <t>Sole proprietor</t>
         </is>
       </c>
       <c r="D13" s="1" t="n">
-        <v>2.0</v>
+        <v>9.0</v>
       </c>
       <c r="E13"/>
-      <c r="F13"/>
+      <c r="F13" s="1" t="n">
+        <v>13.0</v>
+      </c>
       <c r="G13" s="1" t="n">
         <v>0.0</v>
       </c>
       <c r="H13" s="1" t="n">
         <v>0.0</v>
       </c>
       <c r="I13" s="1" t="n">
         <v>0.0</v>
       </c>
       <c r="J13" s="1" t="n">
-        <v>1.0</v>
-[...2 lines deleted...]
-      <c r="L13"/>
+        <v>0.0</v>
+      </c>
+      <c r="K13" s="1" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="L13" s="1" t="n">
+        <v>0.0</v>
+      </c>
     </row>
     <row r="14">
       <c r="A14" t="inlineStr">
         <is>
-          <t>E: Water supply/ sewerage, waste management and remediation activities</t>
+          <t>D: Electricity, gas, steam and air conditioning supply</t>
         </is>
       </c>
       <c r="B14" t="inlineStr">
         <is>
-          <t>2021</t>
+          <t>2022</t>
         </is>
       </c>
       <c r="C14" t="inlineStr">
         <is>
           <t>Limited liability company</t>
         </is>
       </c>
       <c r="D14" s="1" t="n">
-        <v>647.0</v>
+        <v>96.0</v>
       </c>
       <c r="E14"/>
       <c r="F14"/>
       <c r="G14" s="1" t="n">
-        <v>10.0</v>
+        <v>8.0</v>
       </c>
       <c r="H14"/>
       <c r="I14"/>
       <c r="J14" s="1" t="n">
-        <v>4.0</v>
-[...2 lines deleted...]
-      <c r="L14"/>
+        <v>0.0</v>
+      </c>
+      <c r="K14" s="1" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="L14" s="1" t="n">
+        <v>0.0</v>
+      </c>
     </row>
     <row r="15">
       <c r="A15" t="inlineStr">
         <is>
-          <t>E: Water supply/ sewerage, waste management and remediation activities</t>
+          <t>D: Electricity, gas, steam and air conditioning supply</t>
         </is>
       </c>
       <c r="B15" t="inlineStr">
         <is>
-          <t>2021</t>
+          <t>2022</t>
         </is>
       </c>
       <c r="C15" t="inlineStr">
         <is>
           <t>Partnership and other legal forms</t>
         </is>
       </c>
       <c r="D15" s="1" t="n">
-        <v>24.0</v>
+        <v>13.0</v>
       </c>
       <c r="E15" s="1" t="n">
-        <v>3122.0</v>
+        <v>176.0</v>
       </c>
       <c r="F15" s="1" t="n">
-        <v>3173.0</v>
+        <v>258.0</v>
       </c>
       <c r="G15" s="1" t="n">
-        <v>3.0</v>
-[...2 lines deleted...]
-      <c r="I15"/>
+        <v>0.0</v>
+      </c>
+      <c r="H15" s="1" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="I15" s="1" t="n">
+        <v>0.0</v>
+      </c>
       <c r="J15" s="1" t="n">
-        <v>1.0</v>
+        <v>2.0</v>
       </c>
       <c r="K15"/>
       <c r="L15"/>
     </row>
     <row r="16">
       <c r="A16" t="inlineStr">
         <is>
-          <t>E: Water supply/ sewerage, waste management and remediation activities</t>
+          <t>D: Electricity, gas, steam and air conditioning supply</t>
         </is>
       </c>
       <c r="B16" t="inlineStr">
         <is>
-          <t>2021</t>
+          <t>2022</t>
         </is>
       </c>
       <c r="C16" t="inlineStr">
         <is>
           <t>Sole proprietor</t>
         </is>
       </c>
       <c r="D16" s="1" t="n">
-        <v>1.0</v>
+        <v>2.0</v>
       </c>
       <c r="E16"/>
       <c r="F16"/>
       <c r="G16" s="1" t="n">
         <v>0.0</v>
       </c>
       <c r="H16" s="1" t="n">
         <v>0.0</v>
       </c>
       <c r="I16" s="1" t="n">
         <v>0.0</v>
       </c>
       <c r="J16" s="1" t="n">
-        <v>0.0</v>
-[...6 lines deleted...]
-      </c>
+        <v>1.0</v>
+      </c>
+      <c r="K16"/>
+      <c r="L16"/>
     </row>
     <row r="17">
       <c r="A17" t="inlineStr">
         <is>
-          <t>E: Water supply/ sewerage, waste management and remediation activities</t>
+          <t>D: Electricity, gas, steam and air conditioning supply</t>
         </is>
       </c>
       <c r="B17" t="inlineStr">
         <is>
-          <t>2022</t>
+          <t>2023</t>
         </is>
       </c>
       <c r="C17" t="inlineStr">
         <is>
           <t>Limited liability company</t>
         </is>
       </c>
       <c r="D17" s="1" t="n">
-        <v>632.0</v>
-[...6 lines deleted...]
-      </c>
+        <v>101.0</v>
+      </c>
+      <c r="E17"/>
+      <c r="F17"/>
       <c r="G17" s="1" t="n">
-        <v>11.0</v>
+        <v>1.0</v>
       </c>
       <c r="H17"/>
       <c r="I17"/>
       <c r="J17" s="1" t="n">
-        <v>0.0</v>
-[...6 lines deleted...]
-      </c>
+        <v>2.0</v>
+      </c>
+      <c r="K17"/>
+      <c r="L17"/>
     </row>
     <row r="18">
       <c r="A18" t="inlineStr">
         <is>
-          <t>E: Water supply/ sewerage, waste management and remediation activities</t>
+          <t>D: Electricity, gas, steam and air conditioning supply</t>
         </is>
       </c>
       <c r="B18" t="inlineStr">
         <is>
-          <t>2022</t>
+          <t>2023</t>
         </is>
       </c>
       <c r="C18" t="inlineStr">
         <is>
           <t>Partnership and other legal forms</t>
         </is>
       </c>
       <c r="D18" s="1" t="n">
-        <v>38.0</v>
+        <v>15.0</v>
       </c>
       <c r="E18" s="1" t="n">
-        <v>3287.0</v>
+        <v>186.0</v>
       </c>
       <c r="F18" s="1" t="n">
-        <v>3399.0</v>
+        <v>258.0</v>
       </c>
       <c r="G18" s="1" t="n">
-        <v>1.0</v>
+        <v>2.0</v>
       </c>
       <c r="H18"/>
       <c r="I18"/>
       <c r="J18" s="1" t="n">
         <v>0.0</v>
       </c>
       <c r="K18" s="1" t="n">
         <v>0.0</v>
       </c>
       <c r="L18" s="1" t="n">
         <v>0.0</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="inlineStr">
         <is>
-          <t>E: Water supply/ sewerage, waste management and remediation activities</t>
+          <t>D: Electricity, gas, steam and air conditioning supply</t>
         </is>
       </c>
       <c r="B19" t="inlineStr">
         <is>
-          <t>2022</t>
+          <t>2023</t>
         </is>
       </c>
       <c r="C19" t="inlineStr">
         <is>
           <t>Sole proprietor</t>
         </is>
       </c>
       <c r="D19" s="1" t="n">
-        <v>33.0</v>
-[...6 lines deleted...]
-      </c>
+        <v>1.0</v>
+      </c>
+      <c r="E19"/>
+      <c r="F19"/>
       <c r="G19" s="1" t="n">
         <v>1.0</v>
       </c>
       <c r="H19"/>
       <c r="I19"/>
       <c r="J19" s="1" t="n">
         <v>0.0</v>
       </c>
       <c r="K19" s="1" t="n">
         <v>0.0</v>
       </c>
       <c r="L19" s="1" t="n">
         <v>0.0</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="inlineStr">
         <is>
-          <t>F: Construction</t>
+          <t>E: Water supply/ sewerage, waste management and remediation activities</t>
         </is>
       </c>
       <c r="B20" t="inlineStr">
         <is>
           <t>2021</t>
         </is>
       </c>
       <c r="C20" t="inlineStr">
         <is>
           <t>Limited liability company</t>
         </is>
       </c>
       <c r="D20" s="1" t="n">
-        <v>25590.0</v>
-[...6 lines deleted...]
-      </c>
+        <v>647.0</v>
+      </c>
+      <c r="E20"/>
+      <c r="F20"/>
       <c r="G20" s="1" t="n">
-        <v>1023.0</v>
-[...6 lines deleted...]
-      </c>
+        <v>10.0</v>
+      </c>
+      <c r="H20"/>
+      <c r="I20"/>
       <c r="J20" s="1" t="n">
-        <v>123.0</v>
-[...6 lines deleted...]
-      </c>
+        <v>4.0</v>
+      </c>
+      <c r="K20"/>
+      <c r="L20"/>
     </row>
     <row r="21">
       <c r="A21" t="inlineStr">
         <is>
-          <t>F: Construction</t>
+          <t>E: Water supply/ sewerage, waste management and remediation activities</t>
         </is>
       </c>
       <c r="B21" t="inlineStr">
         <is>
           <t>2021</t>
         </is>
       </c>
       <c r="C21" t="inlineStr">
         <is>
           <t>Partnership and other legal forms</t>
         </is>
       </c>
       <c r="D21" s="1" t="n">
-        <v>842.0</v>
+        <v>24.0</v>
       </c>
       <c r="E21" s="1" t="n">
-        <v>2522.0</v>
+        <v>3122.0</v>
       </c>
       <c r="F21" s="1" t="n">
-        <v>4184.0</v>
+        <v>3173.0</v>
       </c>
       <c r="G21" s="1" t="n">
-        <v>69.0</v>
-[...6 lines deleted...]
-      </c>
+        <v>3.0</v>
+      </c>
+      <c r="H21"/>
+      <c r="I21"/>
       <c r="J21" s="1" t="n">
-        <v>16.0</v>
-[...6 lines deleted...]
-      </c>
+        <v>1.0</v>
+      </c>
+      <c r="K21"/>
+      <c r="L21"/>
     </row>
     <row r="22">
       <c r="A22" t="inlineStr">
         <is>
-          <t>F: Construction</t>
+          <t>E: Water supply/ sewerage, waste management and remediation activities</t>
         </is>
       </c>
       <c r="B22" t="inlineStr">
         <is>
           <t>2021</t>
         </is>
       </c>
       <c r="C22" t="inlineStr">
         <is>
           <t>Sole proprietor</t>
         </is>
       </c>
       <c r="D22" s="1" t="n">
-        <v>2522.0</v>
-[...6 lines deleted...]
-      </c>
+        <v>1.0</v>
+      </c>
+      <c r="E22"/>
+      <c r="F22"/>
       <c r="G22" s="1" t="n">
-        <v>136.0</v>
+        <v>0.0</v>
       </c>
       <c r="H22" s="1" t="n">
-        <v>151.0</v>
+        <v>0.0</v>
       </c>
       <c r="I22" s="1" t="n">
-        <v>287.0</v>
+        <v>0.0</v>
       </c>
       <c r="J22" s="1" t="n">
-        <v>137.0</v>
+        <v>0.0</v>
       </c>
       <c r="K22" s="1" t="n">
-        <v>148.0</v>
+        <v>0.0</v>
       </c>
       <c r="L22" s="1" t="n">
-        <v>285.0</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="inlineStr">
         <is>
-          <t>F: Construction</t>
+          <t>E: Water supply/ sewerage, waste management and remediation activities</t>
         </is>
       </c>
       <c r="B23" t="inlineStr">
         <is>
           <t>2022</t>
         </is>
       </c>
       <c r="C23" t="inlineStr">
         <is>
           <t>Limited liability company</t>
         </is>
       </c>
       <c r="D23" s="1" t="n">
-        <v>24703.0</v>
+        <v>632.0</v>
       </c>
       <c r="E23" s="1" t="n">
-        <v>212552.0</v>
+        <v>22037.0</v>
       </c>
       <c r="F23" s="1" t="n">
-        <v>212552.0</v>
+        <v>22037.0</v>
       </c>
       <c r="G23" s="1" t="n">
-        <v>870.0</v>
-[...6 lines deleted...]
-      </c>
+        <v>11.0</v>
+      </c>
+      <c r="H23"/>
+      <c r="I23"/>
       <c r="J23" s="1" t="n">
-        <v>242.0</v>
+        <v>0.0</v>
       </c>
       <c r="K23" s="1" t="n">
-        <v>502.0</v>
+        <v>0.0</v>
       </c>
       <c r="L23" s="1" t="n">
-        <v>502.0</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="inlineStr">
         <is>
-          <t>F: Construction</t>
+          <t>E: Water supply/ sewerage, waste management and remediation activities</t>
         </is>
       </c>
       <c r="B24" t="inlineStr">
         <is>
           <t>2022</t>
         </is>
       </c>
       <c r="C24" t="inlineStr">
         <is>
           <t>Partnership and other legal forms</t>
         </is>
       </c>
       <c r="D24" s="1" t="n">
-        <v>928.0</v>
+        <v>38.0</v>
       </c>
       <c r="E24" s="1" t="n">
-        <v>2724.0</v>
+        <v>3287.0</v>
       </c>
       <c r="F24" s="1" t="n">
-        <v>4763.0</v>
+        <v>3399.0</v>
       </c>
       <c r="G24" s="1" t="n">
-        <v>67.0</v>
-[...6 lines deleted...]
-      </c>
+        <v>1.0</v>
+      </c>
+      <c r="H24"/>
+      <c r="I24"/>
       <c r="J24" s="1" t="n">
-        <v>34.0</v>
+        <v>0.0</v>
       </c>
       <c r="K24" s="1" t="n">
-        <v>54.0</v>
+        <v>0.0</v>
       </c>
       <c r="L24" s="1" t="n">
-        <v>122.0</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="inlineStr">
         <is>
-          <t>F: Construction</t>
+          <t>E: Water supply/ sewerage, waste management and remediation activities</t>
         </is>
       </c>
       <c r="B25" t="inlineStr">
         <is>
           <t>2022</t>
         </is>
       </c>
       <c r="C25" t="inlineStr">
         <is>
           <t>Sole proprietor</t>
         </is>
       </c>
       <c r="D25" s="1" t="n">
-        <v>3710.0</v>
+        <v>33.0</v>
       </c>
       <c r="E25" s="1" t="n">
-        <v>5752.0</v>
+        <v>64.0</v>
       </c>
       <c r="F25" s="1" t="n">
-        <v>9827.0</v>
+        <v>113.0</v>
       </c>
       <c r="G25" s="1" t="n">
-        <v>101.0</v>
+        <v>1.0</v>
       </c>
       <c r="H25"/>
       <c r="I25"/>
       <c r="J25" s="1" t="n">
-        <v>183.0</v>
+        <v>0.0</v>
       </c>
       <c r="K25" s="1" t="n">
-        <v>197.0</v>
+        <v>0.0</v>
       </c>
       <c r="L25" s="1" t="n">
-        <v>380.0</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="inlineStr">
         <is>
-          <t>C: Manufacturing</t>
+          <t>E: Water supply/ sewerage, waste management and remediation activities</t>
         </is>
       </c>
       <c r="B26" t="inlineStr">
         <is>
-          <t>2021</t>
+          <t>2023</t>
         </is>
       </c>
       <c r="C26" t="inlineStr">
         <is>
           <t>Limited liability company</t>
         </is>
       </c>
       <c r="D26" s="1" t="n">
-        <v>12692.0</v>
+        <v>637.0</v>
       </c>
       <c r="E26" s="1" t="n">
-        <v>465800.0</v>
-[...3 lines deleted...]
-      </c>
+        <v>23796.0</v>
+      </c>
+      <c r="F26"/>
       <c r="G26" s="1" t="n">
-        <v>318.0</v>
-[...6 lines deleted...]
-      </c>
+        <v>13.0</v>
+      </c>
+      <c r="H26"/>
+      <c r="I26"/>
       <c r="J26" s="1" t="n">
-        <v>60.0</v>
+        <v>4.0</v>
       </c>
       <c r="K26"/>
       <c r="L26"/>
     </row>
     <row r="27">
       <c r="A27" t="inlineStr">
         <is>
-          <t>C: Manufacturing</t>
+          <t>E: Water supply/ sewerage, waste management and remediation activities</t>
         </is>
       </c>
       <c r="B27" t="inlineStr">
         <is>
-          <t>2021</t>
+          <t>2023</t>
         </is>
       </c>
       <c r="C27" t="inlineStr">
         <is>
           <t>Partnership and other legal forms</t>
         </is>
       </c>
       <c r="D27" s="1" t="n">
-        <v>249.0</v>
+        <v>36.0</v>
       </c>
       <c r="E27" s="1" t="n">
-        <v>4816.0</v>
+        <v>3365.0</v>
       </c>
       <c r="F27" s="1" t="n">
-        <v>5299.0</v>
+        <v>3469.0</v>
       </c>
       <c r="G27" s="1" t="n">
-        <v>37.0</v>
-[...6 lines deleted...]
-      </c>
+        <v>1.0</v>
+      </c>
+      <c r="H27"/>
+      <c r="I27"/>
       <c r="J27" s="1" t="n">
-        <v>8.0</v>
-[...2 lines deleted...]
-      <c r="L27"/>
+        <v>0.0</v>
+      </c>
+      <c r="K27" s="1" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="L27" s="1" t="n">
+        <v>0.0</v>
+      </c>
     </row>
     <row r="28">
       <c r="A28" t="inlineStr">
         <is>
-          <t>C: Manufacturing</t>
+          <t>E: Water supply/ sewerage, waste management and remediation activities</t>
         </is>
       </c>
       <c r="B28" t="inlineStr">
         <is>
-          <t>2021</t>
+          <t>2023</t>
         </is>
       </c>
       <c r="C28" t="inlineStr">
         <is>
           <t>Sole proprietor</t>
         </is>
       </c>
       <c r="D28" s="1" t="n">
-        <v>1270.0</v>
+        <v>33.0</v>
       </c>
       <c r="E28" s="1" t="n">
-        <v>3388.0</v>
-[...3 lines deleted...]
-      </c>
+        <v>65.0</v>
+      </c>
+      <c r="F28"/>
       <c r="G28" s="1" t="n">
-        <v>41.0</v>
-[...6 lines deleted...]
-      </c>
+        <v>2.0</v>
+      </c>
+      <c r="H28"/>
+      <c r="I28"/>
       <c r="J28" s="1" t="n">
-        <v>51.0</v>
-[...2 lines deleted...]
-      <c r="L28"/>
+        <v>0.0</v>
+      </c>
+      <c r="K28" s="1" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="L28" s="1" t="n">
+        <v>0.0</v>
+      </c>
     </row>
     <row r="29">
       <c r="A29" t="inlineStr">
         <is>
-          <t>C: Manufacturing</t>
+          <t>F: Construction</t>
         </is>
       </c>
       <c r="B29" t="inlineStr">
         <is>
-          <t>2022</t>
+          <t>2021</t>
         </is>
       </c>
       <c r="C29" t="inlineStr">
         <is>
           <t>Limited liability company</t>
         </is>
       </c>
       <c r="D29" s="1" t="n">
-        <v>12336.0</v>
+        <v>25590.0</v>
       </c>
       <c r="E29" s="1" t="n">
-        <v>472534.0</v>
+        <v>210050.0</v>
       </c>
       <c r="F29" s="1" t="n">
-        <v>472538.0</v>
+        <v>211737.0</v>
       </c>
       <c r="G29" s="1" t="n">
-        <v>238.0</v>
+        <v>1023.0</v>
       </c>
       <c r="H29" s="1" t="n">
-        <v>1710.0</v>
+        <v>1793.0</v>
       </c>
       <c r="I29" s="1" t="n">
-        <v>1710.0</v>
+        <v>1793.0</v>
       </c>
       <c r="J29" s="1" t="n">
-        <v>71.0</v>
+        <v>123.0</v>
       </c>
       <c r="K29" s="1" t="n">
-        <v>300.0</v>
+        <v>749.0</v>
       </c>
       <c r="L29" s="1" t="n">
-        <v>300.0</v>
+        <v>749.0</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="inlineStr">
         <is>
-          <t>C: Manufacturing</t>
+          <t>F: Construction</t>
         </is>
       </c>
       <c r="B30" t="inlineStr">
         <is>
-          <t>2022</t>
+          <t>2021</t>
         </is>
       </c>
       <c r="C30" t="inlineStr">
         <is>
           <t>Partnership and other legal forms</t>
         </is>
       </c>
       <c r="D30" s="1" t="n">
-        <v>402.0</v>
+        <v>842.0</v>
       </c>
       <c r="E30" s="1" t="n">
-        <v>4729.0</v>
+        <v>2522.0</v>
       </c>
       <c r="F30" s="1" t="n">
-        <v>5944.0</v>
+        <v>4184.0</v>
       </c>
       <c r="G30" s="1" t="n">
-        <v>32.0</v>
-[...2 lines deleted...]
-      <c r="I30"/>
+        <v>69.0</v>
+      </c>
+      <c r="H30" s="1" t="n">
+        <v>198.0</v>
+      </c>
+      <c r="I30" s="1" t="n">
+        <v>336.0</v>
+      </c>
       <c r="J30" s="1" t="n">
-        <v>27.0</v>
-[...2 lines deleted...]
-      <c r="L30"/>
+        <v>16.0</v>
+      </c>
+      <c r="K30" s="1" t="n">
+        <v>53.0</v>
+      </c>
+      <c r="L30" s="1" t="n">
+        <v>85.0</v>
+      </c>
     </row>
     <row r="31">
       <c r="A31" t="inlineStr">
         <is>
-          <t>C: Manufacturing</t>
+          <t>F: Construction</t>
         </is>
       </c>
       <c r="B31" t="inlineStr">
         <is>
-          <t>2022</t>
+          <t>2021</t>
         </is>
       </c>
       <c r="C31" t="inlineStr">
         <is>
           <t>Sole proprietor</t>
         </is>
       </c>
       <c r="D31" s="1" t="n">
-        <v>1602.0</v>
+        <v>2522.0</v>
       </c>
       <c r="E31" s="1" t="n">
-        <v>4195.0</v>
+        <v>3828.0</v>
       </c>
       <c r="F31" s="1" t="n">
-        <v>6175.0</v>
+        <v>6225.0</v>
       </c>
       <c r="G31" s="1" t="n">
-        <v>35.0</v>
-[...2 lines deleted...]
-      <c r="I31"/>
+        <v>136.0</v>
+      </c>
+      <c r="H31" s="1" t="n">
+        <v>151.0</v>
+      </c>
+      <c r="I31" s="1" t="n">
+        <v>287.0</v>
+      </c>
       <c r="J31" s="1" t="n">
-        <v>85.0</v>
-[...2 lines deleted...]
-      <c r="L31"/>
+        <v>136.0</v>
+      </c>
+      <c r="K31" s="1" t="n">
+        <v>147.0</v>
+      </c>
+      <c r="L31" s="1" t="n">
+        <v>283.0</v>
+      </c>
     </row>
     <row r="32">
       <c r="A32" t="inlineStr">
         <is>
-          <t>GTSXO_S94 : Service activities (except : public administration and defense, compulsory social security / activities of membership organisations / activities of households as employers / activities of extraterritorial organisations and bodies)</t>
+          <t>F: Construction</t>
         </is>
       </c>
       <c r="B32" t="inlineStr">
         <is>
-          <t>2021</t>
+          <t>2022</t>
         </is>
       </c>
       <c r="C32" t="inlineStr">
         <is>
           <t>Limited liability company</t>
         </is>
       </c>
       <c r="D32" s="1" t="n">
-        <v>133275.0</v>
+        <v>24703.0</v>
       </c>
       <c r="E32" s="1" t="n">
-        <v>2032111.0</v>
+        <v>212552.0</v>
       </c>
       <c r="F32" s="1" t="n">
-        <v>2042712.0</v>
+        <v>212552.0</v>
       </c>
       <c r="G32" s="1" t="n">
-        <v>4862.0</v>
+        <v>870.0</v>
       </c>
       <c r="H32" s="1" t="n">
-        <v>14964.0</v>
+        <v>1732.0</v>
       </c>
       <c r="I32" s="1" t="n">
-        <v>14967.0</v>
+        <v>1732.0</v>
       </c>
       <c r="J32" s="1" t="n">
-        <v>906.0</v>
+        <v>116.0</v>
       </c>
       <c r="K32" s="1" t="n">
-        <v>5402.0</v>
+        <v>205.0</v>
       </c>
       <c r="L32" s="1" t="n">
-        <v>5405.0</v>
+        <v>205.0</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" t="inlineStr">
         <is>
-          <t>GTSXO_S94 : Service activities (except : public administration and defense, compulsory social security / activities of membership organisations / activities of households as employers / activities of extraterritorial organisations and bodies)</t>
+          <t>F: Construction</t>
         </is>
       </c>
       <c r="B33" t="inlineStr">
         <is>
-          <t>2021</t>
+          <t>2022</t>
         </is>
       </c>
       <c r="C33" t="inlineStr">
         <is>
           <t>Partnership and other legal forms</t>
         </is>
       </c>
       <c r="D33" s="1" t="n">
-        <v>9252.0</v>
+        <v>928.0</v>
       </c>
       <c r="E33" s="1" t="n">
-        <v>207487.0</v>
+        <v>2724.0</v>
       </c>
       <c r="F33" s="1" t="n">
-        <v>224578.0</v>
+        <v>4763.0</v>
       </c>
       <c r="G33" s="1" t="n">
-        <v>1150.0</v>
+        <v>67.0</v>
       </c>
       <c r="H33" s="1" t="n">
-        <v>1887.0</v>
+        <v>149.0</v>
       </c>
       <c r="I33" s="1" t="n">
-        <v>4193.0</v>
+        <v>283.0</v>
       </c>
       <c r="J33" s="1" t="n">
-        <v>321.0</v>
+        <v>16.0</v>
       </c>
       <c r="K33" s="1" t="n">
-        <v>945.0</v>
+        <v>21.0</v>
       </c>
       <c r="L33" s="1" t="n">
-        <v>1587.0</v>
+        <v>53.0</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" t="inlineStr">
         <is>
-          <t>GTSXO_S94 : Service activities (except : public administration and defense, compulsory social security / activities of membership organisations / activities of households as employers / activities of extraterritorial organisations and bodies)</t>
+          <t>F: Construction</t>
         </is>
       </c>
       <c r="B34" t="inlineStr">
         <is>
-          <t>2021</t>
+          <t>2022</t>
         </is>
       </c>
       <c r="C34" t="inlineStr">
         <is>
           <t>Sole proprietor</t>
         </is>
       </c>
       <c r="D34" s="1" t="n">
-        <v>19493.0</v>
+        <v>3710.0</v>
       </c>
       <c r="E34" s="1" t="n">
-        <v>36650.0</v>
+        <v>5752.0</v>
       </c>
       <c r="F34" s="1" t="n">
-        <v>55028.0</v>
+        <v>9827.0</v>
       </c>
       <c r="G34" s="1" t="n">
-        <v>915.0</v>
-[...6 lines deleted...]
-      </c>
+        <v>101.0</v>
+      </c>
+      <c r="H34"/>
+      <c r="I34"/>
       <c r="J34" s="1" t="n">
-        <v>779.0</v>
+        <v>126.0</v>
       </c>
       <c r="K34" s="1" t="n">
-        <v>1243.0</v>
+        <v>137.0</v>
       </c>
       <c r="L34" s="1" t="n">
-        <v>2022.0</v>
+        <v>263.0</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" t="inlineStr">
         <is>
-          <t>GTSXO_S94 : Service activities (except : public administration and defense, compulsory social security / activities of membership organisations / activities of households as employers / activities of extraterritorial organisations and bodies)</t>
+          <t>F: Construction</t>
         </is>
       </c>
       <c r="B35" t="inlineStr">
         <is>
-          <t>2022</t>
+          <t>2023</t>
         </is>
       </c>
       <c r="C35" t="inlineStr">
         <is>
           <t>Limited liability company</t>
         </is>
       </c>
       <c r="D35" s="1" t="n">
-        <v>125337.0</v>
+        <v>26426.0</v>
       </c>
       <c r="E35" s="1" t="n">
-        <v>2138027.0</v>
+        <v>219744.0</v>
       </c>
       <c r="F35" s="1" t="n">
-        <v>2138027.0</v>
+        <v>219744.0</v>
       </c>
       <c r="G35" s="1" t="n">
-        <v>4469.0</v>
+        <v>815.0</v>
       </c>
       <c r="H35" s="1" t="n">
-        <v>13498.0</v>
+        <v>1755.0</v>
       </c>
       <c r="I35" s="1" t="n">
-        <v>13500.0</v>
+        <v>1756.0</v>
       </c>
       <c r="J35" s="1" t="n">
-        <v>1327.0</v>
+        <v>160.0</v>
       </c>
       <c r="K35" s="1" t="n">
-        <v>3700.0</v>
+        <v>1313.0</v>
       </c>
       <c r="L35" s="1" t="n">
-        <v>3701.0</v>
+        <v>1313.0</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" t="inlineStr">
         <is>
-          <t>GTSXO_S94 : Service activities (except : public administration and defense, compulsory social security / activities of membership organisations / activities of households as employers / activities of extraterritorial organisations and bodies)</t>
+          <t>F: Construction</t>
         </is>
       </c>
       <c r="B36" t="inlineStr">
         <is>
-          <t>2022</t>
+          <t>2023</t>
         </is>
       </c>
       <c r="C36" t="inlineStr">
         <is>
           <t>Partnership and other legal forms</t>
         </is>
       </c>
       <c r="D36" s="1" t="n">
-        <v>13632.0</v>
+        <v>939.0</v>
       </c>
       <c r="E36" s="1" t="n">
-        <v>172348.0</v>
+        <v>2662.0</v>
       </c>
       <c r="F36" s="1" t="n">
-        <v>191275.0</v>
+        <v>4789.0</v>
       </c>
       <c r="G36" s="1" t="n">
-        <v>1031.0</v>
+        <v>44.0</v>
       </c>
       <c r="H36" s="1" t="n">
-        <v>1910.0</v>
+        <v>83.0</v>
       </c>
       <c r="I36" s="1" t="n">
-        <v>3972.0</v>
+        <v>171.0</v>
       </c>
       <c r="J36" s="1" t="n">
-        <v>630.0</v>
+        <v>21.0</v>
       </c>
       <c r="K36" s="1" t="n">
-        <v>1290.0</v>
+        <v>34.0</v>
       </c>
       <c r="L36" s="1" t="n">
-        <v>2550.0</v>
+        <v>76.0</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" t="inlineStr">
         <is>
+          <t>F: Construction</t>
+        </is>
+      </c>
+      <c r="B37" t="inlineStr">
+        <is>
+          <t>2023</t>
+        </is>
+      </c>
+      <c r="C37" t="inlineStr">
+        <is>
+          <t>Sole proprietor</t>
+        </is>
+      </c>
+      <c r="D37" s="1" t="n">
+        <v>3561.0</v>
+      </c>
+      <c r="E37" s="1" t="n">
+        <v>5210.0</v>
+      </c>
+      <c r="F37" s="1" t="n">
+        <v>9244.0</v>
+      </c>
+      <c r="G37" s="1" t="n">
+        <v>89.0</v>
+      </c>
+      <c r="H37" s="1" t="n">
+        <v>91.0</v>
+      </c>
+      <c r="I37" s="1" t="n">
+        <v>180.0</v>
+      </c>
+      <c r="J37" s="1" t="n">
+        <v>136.0</v>
+      </c>
+      <c r="K37" s="1" t="n">
+        <v>137.0</v>
+      </c>
+      <c r="L37" s="1" t="n">
+        <v>273.0</v>
+      </c>
+    </row>
+    <row r="38">
+      <c r="A38" t="inlineStr">
+        <is>
+          <t>C: Manufacturing</t>
+        </is>
+      </c>
+      <c r="B38" t="inlineStr">
+        <is>
+          <t>2021</t>
+        </is>
+      </c>
+      <c r="C38" t="inlineStr">
+        <is>
+          <t>Limited liability company</t>
+        </is>
+      </c>
+      <c r="D38" s="1" t="n">
+        <v>12692.0</v>
+      </c>
+      <c r="E38" s="1" t="n">
+        <v>465800.0</v>
+      </c>
+      <c r="F38" s="1" t="n">
+        <v>467250.0</v>
+      </c>
+      <c r="G38" s="1" t="n">
+        <v>318.0</v>
+      </c>
+      <c r="H38" s="1" t="n">
+        <v>1633.0</v>
+      </c>
+      <c r="I38" s="1" t="n">
+        <v>1634.0</v>
+      </c>
+      <c r="J38" s="1" t="n">
+        <v>60.0</v>
+      </c>
+      <c r="K38"/>
+      <c r="L38"/>
+    </row>
+    <row r="39">
+      <c r="A39" t="inlineStr">
+        <is>
+          <t>C: Manufacturing</t>
+        </is>
+      </c>
+      <c r="B39" t="inlineStr">
+        <is>
+          <t>2021</t>
+        </is>
+      </c>
+      <c r="C39" t="inlineStr">
+        <is>
+          <t>Partnership and other legal forms</t>
+        </is>
+      </c>
+      <c r="D39" s="1" t="n">
+        <v>249.0</v>
+      </c>
+      <c r="E39" s="1" t="n">
+        <v>4816.0</v>
+      </c>
+      <c r="F39" s="1" t="n">
+        <v>5299.0</v>
+      </c>
+      <c r="G39" s="1" t="n">
+        <v>37.0</v>
+      </c>
+      <c r="H39" s="1" t="n">
+        <v>50.0</v>
+      </c>
+      <c r="I39" s="1" t="n">
+        <v>124.0</v>
+      </c>
+      <c r="J39" s="1" t="n">
+        <v>8.0</v>
+      </c>
+      <c r="K39"/>
+      <c r="L39"/>
+    </row>
+    <row r="40">
+      <c r="A40" t="inlineStr">
+        <is>
+          <t>C: Manufacturing</t>
+        </is>
+      </c>
+      <c r="B40" t="inlineStr">
+        <is>
+          <t>2021</t>
+        </is>
+      </c>
+      <c r="C40" t="inlineStr">
+        <is>
+          <t>Sole proprietor</t>
+        </is>
+      </c>
+      <c r="D40" s="1" t="n">
+        <v>1270.0</v>
+      </c>
+      <c r="E40" s="1" t="n">
+        <v>3388.0</v>
+      </c>
+      <c r="F40" s="1" t="n">
+        <v>4604.0</v>
+      </c>
+      <c r="G40" s="1" t="n">
+        <v>41.0</v>
+      </c>
+      <c r="H40" s="1" t="n">
+        <v>68.0</v>
+      </c>
+      <c r="I40" s="1" t="n">
+        <v>109.0</v>
+      </c>
+      <c r="J40" s="1" t="n">
+        <v>51.0</v>
+      </c>
+      <c r="K40"/>
+      <c r="L40"/>
+    </row>
+    <row r="41">
+      <c r="A41" t="inlineStr">
+        <is>
+          <t>C: Manufacturing</t>
+        </is>
+      </c>
+      <c r="B41" t="inlineStr">
+        <is>
+          <t>2022</t>
+        </is>
+      </c>
+      <c r="C41" t="inlineStr">
+        <is>
+          <t>Limited liability company</t>
+        </is>
+      </c>
+      <c r="D41" s="1" t="n">
+        <v>12336.0</v>
+      </c>
+      <c r="E41" s="1" t="n">
+        <v>472534.0</v>
+      </c>
+      <c r="F41" s="1" t="n">
+        <v>472538.0</v>
+      </c>
+      <c r="G41" s="1" t="n">
+        <v>238.0</v>
+      </c>
+      <c r="H41" s="1" t="n">
+        <v>1710.0</v>
+      </c>
+      <c r="I41" s="1" t="n">
+        <v>1710.0</v>
+      </c>
+      <c r="J41" s="1" t="n">
+        <v>45.0</v>
+      </c>
+      <c r="K41" s="1" t="n">
+        <v>159.0</v>
+      </c>
+      <c r="L41" s="1" t="n">
+        <v>160.0</v>
+      </c>
+    </row>
+    <row r="42">
+      <c r="A42" t="inlineStr">
+        <is>
+          <t>C: Manufacturing</t>
+        </is>
+      </c>
+      <c r="B42" t="inlineStr">
+        <is>
+          <t>2022</t>
+        </is>
+      </c>
+      <c r="C42" t="inlineStr">
+        <is>
+          <t>Partnership and other legal forms</t>
+        </is>
+      </c>
+      <c r="D42" s="1" t="n">
+        <v>402.0</v>
+      </c>
+      <c r="E42" s="1" t="n">
+        <v>4729.0</v>
+      </c>
+      <c r="F42" s="1" t="n">
+        <v>5944.0</v>
+      </c>
+      <c r="G42" s="1" t="n">
+        <v>32.0</v>
+      </c>
+      <c r="H42"/>
+      <c r="I42"/>
+      <c r="J42" s="1" t="n">
+        <v>14.0</v>
+      </c>
+      <c r="K42"/>
+      <c r="L42"/>
+    </row>
+    <row r="43">
+      <c r="A43" t="inlineStr">
+        <is>
+          <t>C: Manufacturing</t>
+        </is>
+      </c>
+      <c r="B43" t="inlineStr">
+        <is>
+          <t>2022</t>
+        </is>
+      </c>
+      <c r="C43" t="inlineStr">
+        <is>
+          <t>Sole proprietor</t>
+        </is>
+      </c>
+      <c r="D43" s="1" t="n">
+        <v>1602.0</v>
+      </c>
+      <c r="E43" s="1" t="n">
+        <v>4195.0</v>
+      </c>
+      <c r="F43" s="1" t="n">
+        <v>6175.0</v>
+      </c>
+      <c r="G43" s="1" t="n">
+        <v>35.0</v>
+      </c>
+      <c r="H43"/>
+      <c r="I43"/>
+      <c r="J43" s="1" t="n">
+        <v>60.0</v>
+      </c>
+      <c r="K43"/>
+      <c r="L43"/>
+    </row>
+    <row r="44">
+      <c r="A44" t="inlineStr">
+        <is>
+          <t>C: Manufacturing</t>
+        </is>
+      </c>
+      <c r="B44" t="inlineStr">
+        <is>
+          <t>2023</t>
+        </is>
+      </c>
+      <c r="C44" t="inlineStr">
+        <is>
+          <t>Limited liability company</t>
+        </is>
+      </c>
+      <c r="D44" s="1" t="n">
+        <v>12889.0</v>
+      </c>
+      <c r="E44" s="1" t="n">
+        <v>477486.0</v>
+      </c>
+      <c r="F44" s="1" t="n">
+        <v>477491.0</v>
+      </c>
+      <c r="G44" s="1" t="n">
+        <v>262.0</v>
+      </c>
+      <c r="H44"/>
+      <c r="I44"/>
+      <c r="J44" s="1" t="n">
+        <v>107.0</v>
+      </c>
+      <c r="K44" s="1" t="n">
+        <v>2143.0</v>
+      </c>
+      <c r="L44" s="1" t="n">
+        <v>2144.0</v>
+      </c>
+    </row>
+    <row r="45">
+      <c r="A45" t="inlineStr">
+        <is>
+          <t>C: Manufacturing</t>
+        </is>
+      </c>
+      <c r="B45" t="inlineStr">
+        <is>
+          <t>2023</t>
+        </is>
+      </c>
+      <c r="C45" t="inlineStr">
+        <is>
+          <t>Partnership and other legal forms</t>
+        </is>
+      </c>
+      <c r="D45" s="1" t="n">
+        <v>399.0</v>
+      </c>
+      <c r="E45" s="1" t="n">
+        <v>4984.0</v>
+      </c>
+      <c r="F45" s="1" t="n">
+        <v>6429.0</v>
+      </c>
+      <c r="G45" s="1" t="n">
+        <v>38.0</v>
+      </c>
+      <c r="H45"/>
+      <c r="I45"/>
+      <c r="J45" s="1" t="n">
+        <v>14.0</v>
+      </c>
+      <c r="K45" s="1" t="n">
+        <v>20.0</v>
+      </c>
+      <c r="L45" s="1" t="n">
+        <v>48.0</v>
+      </c>
+    </row>
+    <row r="46">
+      <c r="A46" t="inlineStr">
+        <is>
+          <t>C: Manufacturing</t>
+        </is>
+      </c>
+      <c r="B46" t="inlineStr">
+        <is>
+          <t>2023</t>
+        </is>
+      </c>
+      <c r="C46" t="inlineStr">
+        <is>
+          <t>Sole proprietor</t>
+        </is>
+      </c>
+      <c r="D46" s="1" t="n">
+        <v>1471.0</v>
+      </c>
+      <c r="E46" s="1" t="n">
+        <v>3679.0</v>
+      </c>
+      <c r="F46" s="1" t="n">
+        <v>5917.0</v>
+      </c>
+      <c r="G46" s="1" t="n">
+        <v>25.0</v>
+      </c>
+      <c r="H46" s="1" t="n">
+        <v>30.0</v>
+      </c>
+      <c r="I46" s="1" t="n">
+        <v>55.0</v>
+      </c>
+      <c r="J46" s="1" t="n">
+        <v>54.0</v>
+      </c>
+      <c r="K46" s="1" t="n">
+        <v>109.0</v>
+      </c>
+      <c r="L46" s="1" t="n">
+        <v>163.0</v>
+      </c>
+    </row>
+    <row r="47">
+      <c r="A47" t="inlineStr">
+        <is>
           <t>GTSXO_S94 : Service activities (except : public administration and defense, compulsory social security / activities of membership organisations / activities of households as employers / activities of extraterritorial organisations and bodies)</t>
         </is>
       </c>
-      <c r="B37" t="inlineStr">
+      <c r="B47" t="inlineStr">
+        <is>
+          <t>2021</t>
+        </is>
+      </c>
+      <c r="C47" t="inlineStr">
+        <is>
+          <t>Limited liability company</t>
+        </is>
+      </c>
+      <c r="D47" s="1" t="n">
+        <v>133275.0</v>
+      </c>
+      <c r="E47" s="1" t="n">
+        <v>2032111.0</v>
+      </c>
+      <c r="F47" s="1" t="n">
+        <v>2042712.0</v>
+      </c>
+      <c r="G47" s="1" t="n">
+        <v>4862.0</v>
+      </c>
+      <c r="H47" s="1" t="n">
+        <v>14964.0</v>
+      </c>
+      <c r="I47" s="1" t="n">
+        <v>14967.0</v>
+      </c>
+      <c r="J47" s="1" t="n">
+        <v>903.0</v>
+      </c>
+      <c r="K47" s="1" t="n">
+        <v>5400.0</v>
+      </c>
+      <c r="L47" s="1" t="n">
+        <v>5402.0</v>
+      </c>
+    </row>
+    <row r="48">
+      <c r="A48" t="inlineStr">
+        <is>
+          <t>GTSXO_S94 : Service activities (except : public administration and defense, compulsory social security / activities of membership organisations / activities of households as employers / activities of extraterritorial organisations and bodies)</t>
+        </is>
+      </c>
+      <c r="B48" t="inlineStr">
+        <is>
+          <t>2021</t>
+        </is>
+      </c>
+      <c r="C48" t="inlineStr">
+        <is>
+          <t>Partnership and other legal forms</t>
+        </is>
+      </c>
+      <c r="D48" s="1" t="n">
+        <v>9252.0</v>
+      </c>
+      <c r="E48" s="1" t="n">
+        <v>207487.0</v>
+      </c>
+      <c r="F48" s="1" t="n">
+        <v>224578.0</v>
+      </c>
+      <c r="G48" s="1" t="n">
+        <v>1150.0</v>
+      </c>
+      <c r="H48" s="1" t="n">
+        <v>1887.0</v>
+      </c>
+      <c r="I48" s="1" t="n">
+        <v>4193.0</v>
+      </c>
+      <c r="J48" s="1" t="n">
+        <v>321.0</v>
+      </c>
+      <c r="K48" s="1" t="n">
+        <v>945.0</v>
+      </c>
+      <c r="L48" s="1" t="n">
+        <v>1587.0</v>
+      </c>
+    </row>
+    <row r="49">
+      <c r="A49" t="inlineStr">
+        <is>
+          <t>GTSXO_S94 : Service activities (except : public administration and defense, compulsory social security / activities of membership organisations / activities of households as employers / activities of extraterritorial organisations and bodies)</t>
+        </is>
+      </c>
+      <c r="B49" t="inlineStr">
+        <is>
+          <t>2021</t>
+        </is>
+      </c>
+      <c r="C49" t="inlineStr">
+        <is>
+          <t>Sole proprietor</t>
+        </is>
+      </c>
+      <c r="D49" s="1" t="n">
+        <v>19493.0</v>
+      </c>
+      <c r="E49" s="1" t="n">
+        <v>36650.0</v>
+      </c>
+      <c r="F49" s="1" t="n">
+        <v>55028.0</v>
+      </c>
+      <c r="G49" s="1" t="n">
+        <v>915.0</v>
+      </c>
+      <c r="H49" s="1" t="n">
+        <v>1249.0</v>
+      </c>
+      <c r="I49" s="1" t="n">
+        <v>2190.0</v>
+      </c>
+      <c r="J49" s="1" t="n">
+        <v>778.0</v>
+      </c>
+      <c r="K49" s="1" t="n">
+        <v>1242.0</v>
+      </c>
+      <c r="L49" s="1" t="n">
+        <v>2020.0</v>
+      </c>
+    </row>
+    <row r="50">
+      <c r="A50" t="inlineStr">
+        <is>
+          <t>GTSXO_S94 : Service activities (except : public administration and defense, compulsory social security / activities of membership organisations / activities of households as employers / activities of extraterritorial organisations and bodies)</t>
+        </is>
+      </c>
+      <c r="B50" t="inlineStr">
         <is>
           <t>2022</t>
         </is>
       </c>
-      <c r="C37" t="inlineStr">
+      <c r="C50" t="inlineStr">
+        <is>
+          <t>Limited liability company</t>
+        </is>
+      </c>
+      <c r="D50" s="1" t="n">
+        <v>125337.0</v>
+      </c>
+      <c r="E50" s="1" t="n">
+        <v>2138027.0</v>
+      </c>
+      <c r="F50" s="1" t="n">
+        <v>2138027.0</v>
+      </c>
+      <c r="G50" s="1" t="n">
+        <v>4469.0</v>
+      </c>
+      <c r="H50" s="1" t="n">
+        <v>13498.0</v>
+      </c>
+      <c r="I50" s="1" t="n">
+        <v>13500.0</v>
+      </c>
+      <c r="J50" s="1" t="n">
+        <v>672.0</v>
+      </c>
+      <c r="K50" s="1" t="n">
+        <v>1842.0</v>
+      </c>
+      <c r="L50" s="1" t="n">
+        <v>1843.0</v>
+      </c>
+    </row>
+    <row r="51">
+      <c r="A51" t="inlineStr">
+        <is>
+          <t>GTSXO_S94 : Service activities (except : public administration and defense, compulsory social security / activities of membership organisations / activities of households as employers / activities of extraterritorial organisations and bodies)</t>
+        </is>
+      </c>
+      <c r="B51" t="inlineStr">
+        <is>
+          <t>2022</t>
+        </is>
+      </c>
+      <c r="C51" t="inlineStr">
+        <is>
+          <t>Partnership and other legal forms</t>
+        </is>
+      </c>
+      <c r="D51" s="1" t="n">
+        <v>13632.0</v>
+      </c>
+      <c r="E51" s="1" t="n">
+        <v>172348.0</v>
+      </c>
+      <c r="F51" s="1" t="n">
+        <v>191275.0</v>
+      </c>
+      <c r="G51" s="1" t="n">
+        <v>1031.0</v>
+      </c>
+      <c r="H51" s="1" t="n">
+        <v>1910.0</v>
+      </c>
+      <c r="I51" s="1" t="n">
+        <v>3972.0</v>
+      </c>
+      <c r="J51" s="1" t="n">
+        <v>362.0</v>
+      </c>
+      <c r="K51" s="1" t="n">
+        <v>622.0</v>
+      </c>
+      <c r="L51" s="1" t="n">
+        <v>1346.0</v>
+      </c>
+    </row>
+    <row r="52">
+      <c r="A52" t="inlineStr">
+        <is>
+          <t>GTSXO_S94 : Service activities (except : public administration and defense, compulsory social security / activities of membership organisations / activities of households as employers / activities of extraterritorial organisations and bodies)</t>
+        </is>
+      </c>
+      <c r="B52" t="inlineStr">
+        <is>
+          <t>2022</t>
+        </is>
+      </c>
+      <c r="C52" t="inlineStr">
         <is>
           <t>Sole proprietor</t>
         </is>
       </c>
-      <c r="D37" s="1" t="n">
+      <c r="D52" s="1" t="n">
         <v>19066.0</v>
       </c>
-      <c r="E37" s="1" t="n">
+      <c r="E52" s="1" t="n">
         <v>39284.0</v>
       </c>
-      <c r="F37" s="1" t="n">
+      <c r="F52" s="1" t="n">
         <v>55560.0</v>
       </c>
-      <c r="G37" s="1" t="n">
+      <c r="G52" s="1" t="n">
         <v>948.0</v>
       </c>
-      <c r="H37" s="1" t="n">
+      <c r="H52" s="1" t="n">
         <v>1175.0</v>
       </c>
-      <c r="I37" s="1" t="n">
+      <c r="I52" s="1" t="n">
         <v>2123.0</v>
       </c>
-      <c r="J37" s="1" t="n">
-[...6 lines deleted...]
-        <v>2750.0</v>
+      <c r="J52" s="1" t="n">
+        <v>828.0</v>
+      </c>
+      <c r="K52" s="1" t="n">
+        <v>1112.0</v>
+      </c>
+      <c r="L52" s="1" t="n">
+        <v>1940.0</v>
+      </c>
+    </row>
+    <row r="53">
+      <c r="A53" t="inlineStr">
+        <is>
+          <t>GTSXO_S94 : Service activities (except : public administration and defense, compulsory social security / activities of membership organisations / activities of households as employers / activities of extraterritorial organisations and bodies)</t>
+        </is>
+      </c>
+      <c r="B53" t="inlineStr">
+        <is>
+          <t>2023</t>
+        </is>
+      </c>
+      <c r="C53" t="inlineStr">
+        <is>
+          <t>Limited liability company</t>
+        </is>
+      </c>
+      <c r="D53" s="1" t="n">
+        <v>128475.0</v>
+      </c>
+      <c r="E53" s="1" t="n">
+        <v>2168782.0</v>
+      </c>
+      <c r="F53" s="1" t="n">
+        <v>2168782.0</v>
+      </c>
+      <c r="G53" s="1" t="n">
+        <v>4557.0</v>
+      </c>
+      <c r="H53" s="1" t="n">
+        <v>21764.0</v>
+      </c>
+      <c r="I53" s="1" t="n">
+        <v>21764.0</v>
+      </c>
+      <c r="J53" s="1" t="n">
+        <v>1218.0</v>
+      </c>
+      <c r="K53" s="1" t="n">
+        <v>12275.0</v>
+      </c>
+      <c r="L53" s="1" t="n">
+        <v>12278.0</v>
+      </c>
+    </row>
+    <row r="54">
+      <c r="A54" t="inlineStr">
+        <is>
+          <t>GTSXO_S94 : Service activities (except : public administration and defense, compulsory social security / activities of membership organisations / activities of households as employers / activities of extraterritorial organisations and bodies)</t>
+        </is>
+      </c>
+      <c r="B54" t="inlineStr">
+        <is>
+          <t>2023</t>
+        </is>
+      </c>
+      <c r="C54" t="inlineStr">
+        <is>
+          <t>Partnership and other legal forms</t>
+        </is>
+      </c>
+      <c r="D54" s="1" t="n">
+        <v>13477.0</v>
+      </c>
+      <c r="E54" s="1" t="n">
+        <v>168175.0</v>
+      </c>
+      <c r="F54" s="1" t="n">
+        <v>189198.0</v>
+      </c>
+      <c r="G54" s="1" t="n">
+        <v>903.0</v>
+      </c>
+      <c r="H54" s="1" t="n">
+        <v>1579.0</v>
+      </c>
+      <c r="I54" s="1" t="n">
+        <v>3377.0</v>
+      </c>
+      <c r="J54" s="1" t="n">
+        <v>393.0</v>
+      </c>
+      <c r="K54" s="1" t="n">
+        <v>605.0</v>
+      </c>
+      <c r="L54" s="1" t="n">
+        <v>1391.0</v>
+      </c>
+    </row>
+    <row r="55">
+      <c r="A55" t="inlineStr">
+        <is>
+          <t>GTSXO_S94 : Service activities (except : public administration and defense, compulsory social security / activities of membership organisations / activities of households as employers / activities of extraterritorial organisations and bodies)</t>
+        </is>
+      </c>
+      <c r="B55" t="inlineStr">
+        <is>
+          <t>2023</t>
+        </is>
+      </c>
+      <c r="C55" t="inlineStr">
+        <is>
+          <t>Sole proprietor</t>
+        </is>
+      </c>
+      <c r="D55" s="1" t="n">
+        <v>17981.0</v>
+      </c>
+      <c r="E55" s="1" t="n">
+        <v>36132.0</v>
+      </c>
+      <c r="F55" s="1" t="n">
+        <v>54409.0</v>
+      </c>
+      <c r="G55" s="1" t="n">
+        <v>865.0</v>
+      </c>
+      <c r="H55" s="1" t="n">
+        <v>1169.0</v>
+      </c>
+      <c r="I55" s="1" t="n">
+        <v>2032.0</v>
+      </c>
+      <c r="J55" s="1" t="n">
+        <v>851.0</v>
+      </c>
+      <c r="K55" s="1" t="n">
+        <v>1250.0</v>
+      </c>
+      <c r="L55" s="1" t="n">
+        <v>2099.0</v>
       </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <coreProperties xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </coreProperties>
 </file>