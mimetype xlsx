--- v0 (2025-10-29)
+++ v1 (2026-03-16)
@@ -107,166 +107,166 @@
   <cols>
     <col min="1" max="1" width="11.02734375" customWidth="true"/>
     <col min="2" max="2" width="141.10546875" customWidth="true"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" t="inlineStr">
         <is>
           <t>Data source:</t>
         </is>
       </c>
       <c r="B1" t="inlineStr">
         <is>
           <t>Population active (travailleurs et chômeurs) et inactive depuis 2017 basé sur l’Enquête sur les Forces de Travail, par année, province, sexe, classe d’âge et niveau d’éducation</t>
         </is>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="inlineStr">
         <is>
           <t>Filtres:</t>
         </is>
       </c>
       <c r="B2" t="inlineStr">
         <is>
-          <t>Période de référence : Dernières 2 Année(2023, 2024)</t>
+          <t>Période de référence : Dernières 2 Année(2024, 2025)</t>
         </is>
       </c>
     </row>
     <row r="3">
       <c r="B3" t="inlineStr">
         <is>
           <t xml:space="preserve">
 </t>
         </is>
       </c>
     </row>
     <row r="4">
 </row>
     <row r="5">
       <c r="A5" t="inlineStr">
         <is>
           <t xml:space="preserve">Source: </t>
         </is>
       </c>
       <c r="B5" t="inlineStr">
         <is>
           <t>Statbel (Direction générale Statistique - Statistics Belgium)</t>
         </is>
       </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <cols>
     <col min="1" max="1" width="23.9765625" customWidth="true"/>
     <col min="2" max="2" width="5.0625" customWidth="true"/>
     <col min="3" max="3" width="21.21484375" customWidth="true"/>
     <col min="4" max="4" width="27.65234375" customWidth="true"/>
     <col min="5" max="5" width="14.6796875" customWidth="true"/>
     <col min="6" max="6" width="9.96484375" customWidth="true"/>
-    <col min="7" max="7" width="9.94140625" customWidth="true"/>
-[...2 lines deleted...]
-    <col min="10" max="10" width="9.96484375" customWidth="true"/>
+    <col min="7" max="7" width="9.92578125" customWidth="true"/>
+    <col min="8" max="8" width="10.2890625" customWidth="true"/>
+    <col min="9" max="9" width="9.859375" customWidth="true"/>
+    <col min="10" max="10" width="9.94140625" customWidth="true"/>
     <col min="11" max="11" width="9.96484375" customWidth="true"/>
-    <col min="12" max="12" width="11.3203125" customWidth="true"/>
-[...1 lines deleted...]
-    <col min="14" max="14" width="9.96484375" customWidth="true"/>
+    <col min="12" max="12" width="11.25" customWidth="true"/>
+    <col min="13" max="13" width="11.3203125" customWidth="true"/>
+    <col min="14" max="14" width="9.859375" customWidth="true"/>
     <col min="15" max="15" width="9.96484375" customWidth="true"/>
-    <col min="16" max="16" width="9.92578125" customWidth="true"/>
-    <col min="17" max="17" width="10.2890625" customWidth="true"/>
+    <col min="16" max="16" width="9.94140625" customWidth="true"/>
+    <col min="17" max="17" width="11.3203125" customWidth="true"/>
     <col min="18" max="18" width="9.859375" customWidth="true"/>
-    <col min="19" max="19" width="9.94140625" customWidth="true"/>
-    <col min="20" max="20" width="9.96484375" customWidth="true"/>
+    <col min="19" max="19" width="9.96484375" customWidth="true"/>
+    <col min="20" max="20" width="9.92578125" customWidth="true"/>
     <col min="21" max="21" width="11.25" customWidth="true"/>
-    <col min="22" max="22" width="11.3203125" customWidth="true"/>
+    <col min="22" max="22" width="11.35546875" customWidth="true"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1"/>
       <c r="B1"/>
       <c r="C1"/>
       <c r="D1"/>
       <c r="E1" t="inlineStr">
         <is>
           <t>Population totale</t>
         </is>
       </c>
       <c r="F1"/>
       <c r="G1"/>
       <c r="H1"/>
       <c r="I1"/>
       <c r="J1"/>
       <c r="K1"/>
       <c r="L1"/>
       <c r="M1"/>
       <c r="N1"/>
       <c r="O1"/>
       <c r="P1"/>
       <c r="Q1"/>
       <c r="R1"/>
       <c r="S1"/>
       <c r="T1"/>
       <c r="U1"/>
       <c r="V1"/>
     </row>
     <row r="2">
       <c r="A2"/>
       <c r="B2"/>
       <c r="C2"/>
       <c r="D2" t="inlineStr">
         <is>
           <t>Année</t>
         </is>
       </c>
       <c r="E2" t="inlineStr">
         <is>
-          <t>2023</t>
+          <t>2024</t>
         </is>
       </c>
       <c r="F2"/>
       <c r="G2"/>
       <c r="H2"/>
       <c r="I2"/>
       <c r="J2"/>
       <c r="K2"/>
       <c r="L2"/>
       <c r="M2"/>
       <c r="N2" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="O2"/>
       <c r="P2"/>
       <c r="Q2"/>
       <c r="R2"/>
       <c r="S2"/>
       <c r="T2"/>
       <c r="U2"/>
       <c r="V2"/>
     </row>
     <row r="3">
       <c r="A3"/>
       <c r="B3"/>
       <c r="C3"/>
       <c r="D3" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="E3" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
@@ -493,844 +493,844 @@
       </c>
       <c r="C7" t="inlineStr">
         <is>
           <t>Age (15-24/25-54/55-64)</t>
         </is>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="inlineStr">
         <is>
           <t>Région de Bruxelles-Capitale</t>
         </is>
       </c>
       <c r="B8" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="C8" t="inlineStr">
         <is>
           <t>De 15 à 24 ans</t>
         </is>
       </c>
       <c r="D8"/>
       <c r="E8" s="2" t="n">
-        <v>37172.50000000013</v>
+        <v>45310.50000000016</v>
       </c>
       <c r="F8" s="2" t="n">
-        <v>33958.250000000124</v>
-[...3 lines deleted...]
-      </c>
+        <v>29111.250000000102</v>
+      </c>
+      <c r="G8"/>
       <c r="H8" s="2" t="n">
-        <v>77251.75000000028</v>
+        <v>79331.25000000028</v>
       </c>
       <c r="I8" s="2" t="n">
-        <v>34971.750000000124</v>
+        <v>35011.250000000124</v>
       </c>
       <c r="J8" s="1" t="n">
-        <v>30307.0</v>
+        <v>32827.0</v>
       </c>
       <c r="K8" s="2" t="n">
-        <v>12589.750000000045</v>
+        <v>12012.500000000042</v>
       </c>
       <c r="L8" s="2" t="n">
-        <v>77868.25000000028</v>
+        <v>79850.75000000028</v>
       </c>
       <c r="M8" s="1" t="n">
-        <v>155120.0</v>
+        <v>159182.0</v>
       </c>
       <c r="N8" s="2" t="n">
-        <v>45310.50000000016</v>
+        <v>42619.50000000015</v>
       </c>
       <c r="O8" s="2" t="n">
-        <v>29111.250000000102</v>
-[...1 lines deleted...]
-      <c r="P8"/>
+        <v>33131.50000000012</v>
+      </c>
+      <c r="P8" s="2" t="n">
+        <v>5194.500000000018</v>
+      </c>
       <c r="Q8" s="2" t="n">
-        <v>79331.25000000028</v>
+        <v>80945.25000000029</v>
       </c>
       <c r="R8" s="2" t="n">
-        <v>35011.250000000124</v>
-[...2 lines deleted...]
-        <v>32827.0</v>
+        <v>35615.500000000124</v>
+      </c>
+      <c r="S8" s="2" t="n">
+        <v>33230.50000000012</v>
       </c>
       <c r="T8" s="2" t="n">
-        <v>12012.500000000042</v>
+        <v>12343.750000000044</v>
       </c>
       <c r="U8" s="2" t="n">
-        <v>79850.75000000028</v>
+        <v>81189.75000000029</v>
       </c>
       <c r="V8" s="1" t="n">
-        <v>159182.0</v>
+        <v>162135.0</v>
       </c>
     </row>
     <row r="9">
       <c r="A9"/>
       <c r="B9"/>
       <c r="C9" t="inlineStr">
         <is>
           <t>De 25 à 54 ans</t>
         </is>
       </c>
       <c r="D9"/>
-      <c r="E9" s="2" t="n">
-        <v>48704.500000000175</v>
+      <c r="E9" s="1" t="n">
+        <v>52765.0</v>
       </c>
       <c r="F9" s="2" t="n">
-        <v>80360.25000000029</v>
+        <v>73856.25000000026</v>
       </c>
       <c r="G9" s="2" t="n">
-        <v>152765.25000000055</v>
+        <v>155224.75000000055</v>
       </c>
       <c r="H9" s="1" t="n">
-        <v>281830.0</v>
+        <v>281846.0</v>
       </c>
       <c r="I9" s="2" t="n">
-        <v>54738.5000000002</v>
-[...5 lines deleted...]
-        <v>166631.0</v>
+        <v>52944.25000000019</v>
+      </c>
+      <c r="J9" s="2" t="n">
+        <v>69547.25000000025</v>
+      </c>
+      <c r="K9" s="2" t="n">
+        <v>163637.25000000058</v>
       </c>
       <c r="L9" s="2" t="n">
-        <v>284319.250000001</v>
+        <v>286128.750000001</v>
       </c>
       <c r="M9" s="2" t="n">
-        <v>566149.250000002</v>
-[...2 lines deleted...]
-        <v>52765.0</v>
+        <v>567974.750000002</v>
+      </c>
+      <c r="N9" s="2" t="n">
+        <v>45169.50000000016</v>
       </c>
       <c r="O9" s="2" t="n">
-        <v>73856.25000000026</v>
+        <v>74070.50000000026</v>
       </c>
       <c r="P9" s="2" t="n">
-        <v>155224.75000000055</v>
-[...2 lines deleted...]
-        <v>281846.0</v>
+        <v>161683.75000000058</v>
+      </c>
+      <c r="Q9" s="2" t="n">
+        <v>280923.750000001</v>
       </c>
       <c r="R9" s="2" t="n">
-        <v>52944.25000000019</v>
-[...2 lines deleted...]
-        <v>69547.25000000025</v>
+        <v>44627.50000000016</v>
+      </c>
+      <c r="S9" s="1" t="n">
+        <v>65614.0</v>
       </c>
       <c r="T9" s="2" t="n">
-        <v>163637.25000000058</v>
+        <v>177153.75000000064</v>
       </c>
       <c r="U9" s="2" t="n">
-        <v>286128.750000001</v>
-[...2 lines deleted...]
-        <v>567974.750000002</v>
+        <v>287395.25000000105</v>
+      </c>
+      <c r="V9" s="1" t="n">
+        <v>568319.0</v>
       </c>
     </row>
     <row r="10">
       <c r="A10"/>
       <c r="B10"/>
       <c r="C10" t="inlineStr">
         <is>
           <t>De 55 à 64 ans</t>
         </is>
       </c>
       <c r="D10"/>
-      <c r="E10" s="1" t="n">
-[...3 lines deleted...]
-        <v>15949.0</v>
+      <c r="E10" s="2" t="n">
+        <v>19448.25000000007</v>
+      </c>
+      <c r="F10" s="2" t="n">
+        <v>17018.250000000062</v>
       </c>
       <c r="G10" s="2" t="n">
-        <v>27789.7500000001</v>
+        <v>29520.750000000106</v>
       </c>
       <c r="H10" s="2" t="n">
-        <v>64741.50000000023</v>
+        <v>65987.25000000023</v>
       </c>
       <c r="I10" s="2" t="n">
-        <v>23079.750000000084</v>
+        <v>21770.750000000076</v>
       </c>
       <c r="J10" s="2" t="n">
-        <v>14736.500000000053</v>
+        <v>15992.750000000056</v>
       </c>
       <c r="K10" s="2" t="n">
-        <v>26823.750000000095</v>
-[...5 lines deleted...]
-        <v>129381.50000000047</v>
+        <v>27200.2500000001</v>
+      </c>
+      <c r="L10" s="2" t="n">
+        <v>64963.75000000023</v>
+      </c>
+      <c r="M10" s="1" t="n">
+        <v>130951.0</v>
       </c>
       <c r="N10" s="2" t="n">
-        <v>19448.25000000007</v>
+        <v>17493.500000000062</v>
       </c>
       <c r="O10" s="2" t="n">
-        <v>17018.250000000062</v>
-[...2 lines deleted...]
-        <v>29520.750000000106</v>
+        <v>19280.75000000007</v>
+      </c>
+      <c r="P10" s="1" t="n">
+        <v>30223.0</v>
       </c>
       <c r="Q10" s="2" t="n">
-        <v>65987.25000000023</v>
+        <v>66997.25000000023</v>
       </c>
       <c r="R10" s="2" t="n">
-        <v>21770.750000000076</v>
-[...2 lines deleted...]
-        <v>15992.750000000056</v>
+        <v>18988.50000000007</v>
+      </c>
+      <c r="S10" s="1" t="n">
+        <v>16399.0</v>
       </c>
       <c r="T10" s="2" t="n">
-        <v>27200.2500000001</v>
+        <v>29884.500000000106</v>
       </c>
       <c r="U10" s="2" t="n">
-        <v>64963.75000000023</v>
-[...2 lines deleted...]
-        <v>130951.0</v>
+        <v>65272.25000000023</v>
+      </c>
+      <c r="V10" s="2" t="n">
+        <v>132269.50000000047</v>
       </c>
     </row>
     <row r="11">
       <c r="A11"/>
       <c r="B11" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="C11"/>
       <c r="D11"/>
-      <c r="E11" s="2" t="n">
-        <v>106879.75000000038</v>
+      <c r="E11" s="1" t="n">
+        <v>117524.0</v>
       </c>
       <c r="F11" s="2" t="n">
-        <v>130267.50000000047</v>
-[...2 lines deleted...]
-        <v>186676.0</v>
+        <v>119985.75000000042</v>
+      </c>
+      <c r="G11" s="2" t="n">
+        <v>189654.75000000067</v>
       </c>
       <c r="H11" s="2" t="n">
-        <v>423823.2500000015</v>
+        <v>427164.5000000015</v>
       </c>
       <c r="I11" s="2" t="n">
-        <v>112789.75000000041</v>
-[...5 lines deleted...]
-        <v>206044.25000000073</v>
+        <v>109726.2500000004</v>
+      </c>
+      <c r="J11" s="1" t="n">
+        <v>118367.0</v>
+      </c>
+      <c r="K11" s="1" t="n">
+        <v>202850.0</v>
       </c>
       <c r="L11" s="2" t="n">
-        <v>426827.5000000015</v>
+        <v>430943.2500000015</v>
       </c>
       <c r="M11" s="2" t="n">
-        <v>850650.750000003</v>
-[...2 lines deleted...]
-        <v>117524.0</v>
+        <v>858107.750000003</v>
+      </c>
+      <c r="N11" s="2" t="n">
+        <v>105282.50000000038</v>
       </c>
       <c r="O11" s="2" t="n">
-        <v>119985.75000000042</v>
+        <v>126482.50000000045</v>
       </c>
       <c r="P11" s="2" t="n">
-        <v>189654.75000000067</v>
+        <v>197101.2500000007</v>
       </c>
       <c r="Q11" s="2" t="n">
-        <v>427164.5000000015</v>
+        <v>428866.2500000015</v>
       </c>
       <c r="R11" s="2" t="n">
-        <v>109726.2500000004</v>
-[...2 lines deleted...]
-        <v>118367.0</v>
+        <v>99231.75000000035</v>
+      </c>
+      <c r="S11" s="2" t="n">
+        <v>115243.75000000041</v>
       </c>
       <c r="T11" s="1" t="n">
-        <v>202850.0</v>
+        <v>219382.0</v>
       </c>
       <c r="U11" s="2" t="n">
-        <v>430943.2500000015</v>
+        <v>433857.2500000015</v>
       </c>
       <c r="V11" s="2" t="n">
-        <v>858107.750000003</v>
+        <v>862723.500000003</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="inlineStr">
         <is>
           <t>Région flamande</t>
         </is>
       </c>
       <c r="B12" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="C12" t="inlineStr">
         <is>
           <t>De 15 à 24 ans</t>
         </is>
       </c>
       <c r="D12"/>
-      <c r="E12" s="2" t="n">
-        <v>163407.25000000058</v>
+      <c r="E12" s="1" t="n">
+        <v>179061.0</v>
       </c>
       <c r="F12" s="2" t="n">
-        <v>176026.5000000006</v>
+        <v>172497.5000000006</v>
       </c>
       <c r="G12" s="2" t="n">
-        <v>43182.25000000015</v>
-[...8 lines deleted...]
-        <v>149537.50000000052</v>
+        <v>38378.25000000014</v>
+      </c>
+      <c r="H12" s="2" t="n">
+        <v>389936.5000000014</v>
+      </c>
+      <c r="I12" s="1" t="n">
+        <v>153530.0</v>
+      </c>
+      <c r="J12" s="1" t="n">
+        <v>161941.0</v>
       </c>
       <c r="K12" s="2" t="n">
-        <v>67572.25000000023</v>
+        <v>56830.250000000204</v>
       </c>
       <c r="L12" s="2" t="n">
-        <v>366222.2500000013</v>
+        <v>372301.25000000134</v>
       </c>
       <c r="M12" s="2" t="n">
-        <v>748838.2500000027</v>
+        <v>762237.7500000027</v>
       </c>
       <c r="N12" s="1" t="n">
-        <v>179061.0</v>
+        <v>180703.0</v>
       </c>
       <c r="O12" s="2" t="n">
-        <v>172497.5000000006</v>
+        <v>173528.2500000006</v>
       </c>
       <c r="P12" s="2" t="n">
-        <v>38378.25000000014</v>
+        <v>42412.25000000015</v>
       </c>
       <c r="Q12" s="2" t="n">
-        <v>389936.5000000014</v>
-[...5 lines deleted...]
-        <v>161941.0</v>
+        <v>396643.5000000014</v>
+      </c>
+      <c r="R12" s="2" t="n">
+        <v>156357.75000000055</v>
+      </c>
+      <c r="S12" s="2" t="n">
+        <v>162709.25000000058</v>
       </c>
       <c r="T12" s="2" t="n">
-        <v>56830.250000000204</v>
+        <v>58674.50000000021</v>
       </c>
       <c r="U12" s="2" t="n">
-        <v>372301.25000000134</v>
+        <v>377741.25000000134</v>
       </c>
       <c r="V12" s="2" t="n">
-        <v>762237.7500000027</v>
+        <v>774384.7500000028</v>
       </c>
     </row>
     <row r="13">
       <c r="A13"/>
       <c r="B13"/>
       <c r="C13" t="inlineStr">
         <is>
           <t>De 25 à 54 ans</t>
         </is>
       </c>
       <c r="D13"/>
-      <c r="E13" s="1" t="n">
-[...3 lines deleted...]
-        <v>549563.250000002</v>
+      <c r="E13" s="2" t="n">
+        <v>170846.5000000006</v>
+      </c>
+      <c r="F13" s="1" t="n">
+        <v>565513.0</v>
       </c>
       <c r="G13" s="2" t="n">
-        <v>555134.750000002</v>
+        <v>551568.750000002</v>
       </c>
       <c r="H13" s="2" t="n">
-        <v>1287288.7500000047</v>
+        <v>1287928.5000000047</v>
       </c>
       <c r="I13" s="1" t="n">
-        <v>148745.0</v>
-[...5 lines deleted...]
-        <v>710424.0</v>
+        <v>146270.0</v>
+      </c>
+      <c r="J13" s="1" t="n">
+        <v>439782.0</v>
+      </c>
+      <c r="K13" s="2" t="n">
+        <v>699471.2500000024</v>
       </c>
       <c r="L13" s="2" t="n">
-        <v>1282413.7500000047</v>
+        <v>1285523.2500000047</v>
       </c>
       <c r="M13" s="2" t="n">
-        <v>2569702.5000000093</v>
+        <v>2573451.7500000093</v>
       </c>
       <c r="N13" s="2" t="n">
-        <v>170846.5000000006</v>
-[...2 lines deleted...]
-        <v>565513.0</v>
+        <v>148340.25000000052</v>
+      </c>
+      <c r="O13" s="2" t="n">
+        <v>572592.500000002</v>
       </c>
       <c r="P13" s="2" t="n">
-        <v>551568.750000002</v>
+        <v>565731.500000002</v>
       </c>
       <c r="Q13" s="2" t="n">
-        <v>1287928.5000000047</v>
-[...8 lines deleted...]
-        <v>699471.2500000024</v>
+        <v>1286664.2500000047</v>
+      </c>
+      <c r="R13" s="2" t="n">
+        <v>124954.75000000045</v>
+      </c>
+      <c r="S13" s="2" t="n">
+        <v>422688.2500000015</v>
+      </c>
+      <c r="T13" s="1" t="n">
+        <v>740322.0</v>
       </c>
       <c r="U13" s="2" t="n">
-        <v>1285523.2500000047</v>
-[...2 lines deleted...]
-        <v>2573451.7500000093</v>
+        <v>1287964.7500000047</v>
+      </c>
+      <c r="V13" s="1" t="n">
+        <v>2574629.0</v>
       </c>
     </row>
     <row r="14">
       <c r="A14"/>
       <c r="B14"/>
       <c r="C14" t="inlineStr">
         <is>
           <t>De 55 à 64 ans</t>
         </is>
       </c>
       <c r="D14"/>
       <c r="E14" s="2" t="n">
-        <v>111496.5000000004</v>
-[...8 lines deleted...]
-        <v>469069.0</v>
+        <v>114001.75000000041</v>
+      </c>
+      <c r="F14" s="1" t="n">
+        <v>187760.0</v>
+      </c>
+      <c r="G14" s="2" t="n">
+        <v>166127.75000000058</v>
+      </c>
+      <c r="H14" s="2" t="n">
+        <v>467889.5000000017</v>
       </c>
       <c r="I14" s="2" t="n">
-        <v>109009.2500000004</v>
-[...2 lines deleted...]
-        <v>192868.0</v>
+        <v>96613.25000000035</v>
+      </c>
+      <c r="J14" s="2" t="n">
+        <v>196542.2500000007</v>
       </c>
       <c r="K14" s="2" t="n">
-        <v>162481.25000000058</v>
+        <v>169219.7500000006</v>
       </c>
       <c r="L14" s="2" t="n">
-        <v>464358.75000000163</v>
-[...2 lines deleted...]
-        <v>933427.7500000033</v>
+        <v>462375.50000000163</v>
+      </c>
+      <c r="M14" s="1" t="n">
+        <v>930265.0</v>
       </c>
       <c r="N14" s="2" t="n">
-        <v>114001.75000000041</v>
-[...5 lines deleted...]
-        <v>166127.75000000058</v>
+        <v>88854.25000000032</v>
+      </c>
+      <c r="O14" s="2" t="n">
+        <v>199154.2500000007</v>
+      </c>
+      <c r="P14" s="1" t="n">
+        <v>178225.0</v>
       </c>
       <c r="Q14" s="2" t="n">
-        <v>467889.5000000017</v>
+        <v>466233.50000000163</v>
       </c>
       <c r="R14" s="2" t="n">
-        <v>96613.25000000035</v>
-[...2 lines deleted...]
-        <v>196542.2500000007</v>
+        <v>72207.25000000026</v>
+      </c>
+      <c r="S14" s="1" t="n">
+        <v>201006.0</v>
       </c>
       <c r="T14" s="2" t="n">
-        <v>169219.7500000006</v>
-[...5 lines deleted...]
-        <v>930265.0</v>
+        <v>187470.75000000067</v>
+      </c>
+      <c r="U14" s="1" t="n">
+        <v>460684.0</v>
+      </c>
+      <c r="V14" s="2" t="n">
+        <v>926917.5000000033</v>
       </c>
     </row>
     <row r="15">
       <c r="A15"/>
       <c r="B15" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="C15"/>
       <c r="D15"/>
       <c r="E15" s="2" t="n">
-        <v>457494.50000000163</v>
+        <v>463909.25000000163</v>
       </c>
       <c r="F15" s="2" t="n">
-        <v>922493.2500000033</v>
+        <v>925770.7500000033</v>
       </c>
       <c r="G15" s="2" t="n">
-        <v>758985.7500000027</v>
+        <v>756074.5000000027</v>
       </c>
       <c r="H15" s="2" t="n">
-        <v>2138973.7500000075</v>
+        <v>2145754.5000000075</v>
       </c>
       <c r="I15" s="2" t="n">
-        <v>406866.75000000146</v>
+        <v>396413.5000000014</v>
       </c>
       <c r="J15" s="2" t="n">
-        <v>765650.2500000027</v>
+        <v>798265.2500000028</v>
       </c>
       <c r="K15" s="2" t="n">
-        <v>940477.7500000034</v>
-[...2 lines deleted...]
-        <v>2112994.7500000075</v>
+        <v>925521.2500000033</v>
+      </c>
+      <c r="L15" s="1" t="n">
+        <v>2120200.0</v>
       </c>
       <c r="M15" s="2" t="n">
-        <v>4251968.500000015</v>
+        <v>4265954.500000015</v>
       </c>
       <c r="N15" s="2" t="n">
-        <v>463909.25000000163</v>
-[...2 lines deleted...]
-        <v>925770.7500000033</v>
+        <v>417897.5000000015</v>
+      </c>
+      <c r="O15" s="1" t="n">
+        <v>945275.0</v>
       </c>
       <c r="P15" s="2" t="n">
-        <v>756074.5000000027</v>
+        <v>786368.7500000028</v>
       </c>
       <c r="Q15" s="2" t="n">
-        <v>2145754.5000000075</v>
+        <v>2149541.2500000075</v>
       </c>
       <c r="R15" s="2" t="n">
-        <v>396413.5000000014</v>
+        <v>353519.5000000013</v>
       </c>
       <c r="S15" s="2" t="n">
-        <v>798265.2500000028</v>
-[...2 lines deleted...]
-        <v>925521.2500000033</v>
+        <v>786403.5000000028</v>
+      </c>
+      <c r="T15" s="1" t="n">
+        <v>986467.0</v>
       </c>
       <c r="U15" s="1" t="n">
-        <v>2120200.0</v>
+        <v>2126390.0</v>
       </c>
       <c r="V15" s="2" t="n">
-        <v>4265954.500000015</v>
+        <v>4275931.250000015</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="inlineStr">
         <is>
           <t>Région wallonne</t>
         </is>
       </c>
       <c r="B16" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="C16" t="inlineStr">
         <is>
           <t>De 15 à 24 ans</t>
         </is>
       </c>
       <c r="D16"/>
       <c r="E16" s="2" t="n">
-        <v>110958.2500000004</v>
-[...2 lines deleted...]
-        <v>97283.0</v>
+        <v>119596.75000000042</v>
+      </c>
+      <c r="F16" s="2" t="n">
+        <v>93789.25000000033</v>
       </c>
       <c r="G16" s="1" t="n">
-        <v>19079.0</v>
+        <v>15885.0</v>
       </c>
       <c r="H16" s="2" t="n">
-        <v>227320.50000000081</v>
+        <v>229270.75000000081</v>
       </c>
       <c r="I16" s="2" t="n">
-        <v>94917.25000000033</v>
+        <v>101635.75000000036</v>
       </c>
       <c r="J16" s="2" t="n">
-        <v>91682.50000000032</v>
+        <v>91908.75000000032</v>
       </c>
       <c r="K16" s="2" t="n">
-        <v>31645.500000000113</v>
-[...2 lines deleted...]
-        <v>218245.2500000008</v>
+        <v>25883.50000000009</v>
+      </c>
+      <c r="L16" s="1" t="n">
+        <v>219428.0</v>
       </c>
       <c r="M16" s="2" t="n">
-        <v>445565.7500000016</v>
+        <v>448698.7500000016</v>
       </c>
       <c r="N16" s="2" t="n">
-        <v>119596.75000000042</v>
-[...5 lines deleted...]
-        <v>15885.0</v>
+        <v>119717.75000000042</v>
+      </c>
+      <c r="O16" s="1" t="n">
+        <v>99354.0</v>
+      </c>
+      <c r="P16" s="2" t="n">
+        <v>11675.750000000042</v>
       </c>
       <c r="Q16" s="2" t="n">
-        <v>229270.75000000081</v>
-[...2 lines deleted...]
-        <v>101635.75000000036</v>
+        <v>230747.50000000081</v>
+      </c>
+      <c r="R16" s="1" t="n">
+        <v>101538.0</v>
       </c>
       <c r="S16" s="2" t="n">
-        <v>91908.75000000032</v>
+        <v>90881.75000000032</v>
       </c>
       <c r="T16" s="2" t="n">
-        <v>25883.50000000009</v>
-[...2 lines deleted...]
-        <v>219428.0</v>
+        <v>28311.500000000102</v>
+      </c>
+      <c r="U16" s="2" t="n">
+        <v>220731.2500000008</v>
       </c>
       <c r="V16" s="2" t="n">
-        <v>448698.7500000016</v>
+        <v>451478.75000000163</v>
       </c>
     </row>
     <row r="17">
       <c r="A17"/>
       <c r="B17"/>
       <c r="C17" t="inlineStr">
         <is>
           <t>De 25 à 54 ans</t>
         </is>
       </c>
       <c r="D17"/>
       <c r="E17" s="2" t="n">
-        <v>146053.25000000052</v>
-[...2 lines deleted...]
-        <v>301781.0</v>
+        <v>136490.5000000005</v>
+      </c>
+      <c r="F17" s="2" t="n">
+        <v>297161.25000000105</v>
       </c>
       <c r="G17" s="2" t="n">
-        <v>254276.5000000009</v>
+        <v>268179.50000000093</v>
       </c>
       <c r="H17" s="2" t="n">
-        <v>702110.7500000024</v>
+        <v>701831.2500000024</v>
       </c>
       <c r="I17" s="2" t="n">
-        <v>113781.25000000041</v>
+        <v>110970.5000000004</v>
       </c>
       <c r="J17" s="2" t="n">
-        <v>243552.75000000087</v>
+        <v>242057.25000000087</v>
       </c>
       <c r="K17" s="2" t="n">
-        <v>346357.2500000012</v>
-[...2 lines deleted...]
-        <v>703691.0</v>
+        <v>350145.7500000012</v>
+      </c>
+      <c r="L17" s="2" t="n">
+        <v>703173.5000000024</v>
       </c>
       <c r="M17" s="2" t="n">
-        <v>1405801.750000005</v>
+        <v>1405004.750000005</v>
       </c>
       <c r="N17" s="2" t="n">
-        <v>136490.5000000005</v>
+        <v>131165.50000000047</v>
       </c>
       <c r="O17" s="2" t="n">
-        <v>297161.25000000105</v>
+        <v>297376.50000000105</v>
       </c>
       <c r="P17" s="2" t="n">
-        <v>268179.50000000093</v>
-[...2 lines deleted...]
-        <v>701831.2500000024</v>
+        <v>273756.750000001</v>
+      </c>
+      <c r="Q17" s="1" t="n">
+        <v>702299.0</v>
       </c>
       <c r="R17" s="2" t="n">
-        <v>110970.5000000004</v>
+        <v>106952.75000000038</v>
       </c>
       <c r="S17" s="2" t="n">
-        <v>242057.25000000087</v>
+        <v>226231.50000000081</v>
       </c>
       <c r="T17" s="2" t="n">
-        <v>350145.7500000012</v>
+        <v>370151.25000000134</v>
       </c>
       <c r="U17" s="2" t="n">
-        <v>703173.5000000024</v>
+        <v>703335.5000000024</v>
       </c>
       <c r="V17" s="2" t="n">
-        <v>1405004.750000005</v>
+        <v>1405634.500000005</v>
       </c>
     </row>
     <row r="18">
       <c r="A18"/>
       <c r="B18"/>
       <c r="C18" t="inlineStr">
         <is>
           <t>De 55 à 64 ans</t>
         </is>
       </c>
       <c r="D18"/>
       <c r="E18" s="2" t="n">
-        <v>66874.50000000023</v>
+        <v>64032.250000000226</v>
       </c>
       <c r="F18" s="2" t="n">
-        <v>97603.50000000035</v>
+        <v>100994.50000000036</v>
       </c>
       <c r="G18" s="2" t="n">
-        <v>74955.25000000026</v>
+        <v>74146.75000000026</v>
       </c>
       <c r="H18" s="2" t="n">
-        <v>239433.50000000084</v>
+        <v>239173.50000000084</v>
       </c>
       <c r="I18" s="2" t="n">
-        <v>60510.75000000022</v>
+        <v>61667.75000000022</v>
       </c>
       <c r="J18" s="2" t="n">
-        <v>96075.50000000033</v>
+        <v>95429.50000000033</v>
       </c>
       <c r="K18" s="2" t="n">
-        <v>91246.50000000032</v>
-[...2 lines deleted...]
-        <v>247833.0</v>
+        <v>89687.50000000032</v>
+      </c>
+      <c r="L18" s="2" t="n">
+        <v>246784.75000000087</v>
       </c>
       <c r="M18" s="2" t="n">
-        <v>487266.50000000175</v>
+        <v>485958.25000000175</v>
       </c>
       <c r="N18" s="2" t="n">
-        <v>64032.250000000226</v>
+        <v>60741.25000000022</v>
       </c>
       <c r="O18" s="2" t="n">
-        <v>100994.50000000036</v>
-[...2 lines deleted...]
-        <v>74146.75000000026</v>
+        <v>97533.50000000035</v>
+      </c>
+      <c r="P18" s="1" t="n">
+        <v>80577.0</v>
       </c>
       <c r="Q18" s="2" t="n">
-        <v>239173.50000000084</v>
+        <v>238851.50000000084</v>
       </c>
       <c r="R18" s="2" t="n">
-        <v>61667.75000000022</v>
+        <v>58616.25000000021</v>
       </c>
       <c r="S18" s="2" t="n">
-        <v>95429.50000000033</v>
+        <v>91292.75000000032</v>
       </c>
       <c r="T18" s="2" t="n">
-        <v>89687.50000000032</v>
+        <v>95912.75000000033</v>
       </c>
       <c r="U18" s="2" t="n">
-        <v>246784.75000000087</v>
+        <v>245821.75000000087</v>
       </c>
       <c r="V18" s="2" t="n">
-        <v>485958.25000000175</v>
+        <v>484673.25000000175</v>
       </c>
     </row>
     <row r="19">
       <c r="A19"/>
       <c r="B19" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="C19"/>
       <c r="D19"/>
-      <c r="E19" s="1" t="n">
-        <v>323886.0</v>
+      <c r="E19" s="2" t="n">
+        <v>320119.50000000116</v>
       </c>
       <c r="F19" s="2" t="n">
-        <v>496667.75000000175</v>
-[...2 lines deleted...]
-        <v>348311.0</v>
+        <v>491944.75000000175</v>
+      </c>
+      <c r="G19" s="2" t="n">
+        <v>358211.2500000013</v>
       </c>
       <c r="H19" s="2" t="n">
-        <v>1168864.7500000042</v>
-[...2 lines deleted...]
-        <v>269209.25000000093</v>
+        <v>1170275.5000000042</v>
+      </c>
+      <c r="I19" s="1" t="n">
+        <v>274274.0</v>
       </c>
       <c r="J19" s="2" t="n">
-        <v>431310.7500000015</v>
+        <v>429395.5000000015</v>
       </c>
       <c r="K19" s="2" t="n">
-        <v>469249.2500000017</v>
+        <v>465716.75000000163</v>
       </c>
       <c r="L19" s="2" t="n">
-        <v>1169769.2500000042</v>
-[...2 lines deleted...]
-        <v>2338634.0</v>
+        <v>1169386.2500000042</v>
+      </c>
+      <c r="M19" s="2" t="n">
+        <v>2339661.7500000084</v>
       </c>
       <c r="N19" s="2" t="n">
-        <v>320119.50000000116</v>
+        <v>311624.5000000011</v>
       </c>
       <c r="O19" s="2" t="n">
-        <v>491944.75000000175</v>
+        <v>494264.25000000175</v>
       </c>
       <c r="P19" s="2" t="n">
-        <v>358211.2500000013</v>
-[...2 lines deleted...]
-        <v>1170275.5000000042</v>
+        <v>366009.5000000013</v>
+      </c>
+      <c r="Q19" s="1" t="n">
+        <v>1171898.0</v>
       </c>
       <c r="R19" s="1" t="n">
-        <v>274274.0</v>
-[...2 lines deleted...]
-        <v>429395.5000000015</v>
+        <v>267107.0</v>
+      </c>
+      <c r="S19" s="1" t="n">
+        <v>408406.0</v>
       </c>
       <c r="T19" s="2" t="n">
-        <v>465716.75000000163</v>
+        <v>494375.50000000175</v>
       </c>
       <c r="U19" s="2" t="n">
-        <v>1169386.2500000042</v>
+        <v>1169888.5000000042</v>
       </c>
       <c r="V19" s="2" t="n">
-        <v>2339661.7500000084</v>
+        <v>2341786.5000000084</v>
       </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <cols>
     <col min="1" max="1" width="14.56640625" customWidth="true"/>
     <col min="2" max="2" width="5.0625" customWidth="true"/>
     <col min="3" max="3" width="12.84375" customWidth="true"/>
     <col min="4" max="4" width="4.96484375" customWidth="true"/>
     <col min="5" max="5" width="5.0625" customWidth="true"/>
     <col min="6" max="6" width="8.26171875" customWidth="true"/>
     <col min="7" max="7" width="5.0625" customWidth="true"/>
     <col min="8" max="8" width="6.2734375" customWidth="true"/>
-    <col min="9" max="9" width="11.3203125" customWidth="true"/>
+    <col min="9" max="9" width="11.35546875" customWidth="true"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" t="inlineStr">
         <is>
           <t>Région</t>
         </is>
       </c>
       <c r="B1" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="C1" t="inlineStr">
         <is>
           <t>Age (15-24/25-54/55-64)</t>
         </is>
       </c>
       <c r="D1" t="inlineStr">
         <is>
           <t>Année</t>
         </is>
       </c>
       <c r="E1" t="inlineStr">
         <is>
@@ -1354,9142 +1354,9142 @@
       </c>
       <c r="I1" t="inlineStr">
         <is>
           <t>Population totale</t>
         </is>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="inlineStr">
         <is>
           <t>Région de Bruxelles-Capitale</t>
         </is>
       </c>
       <c r="B2" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="C2" t="inlineStr">
         <is>
           <t>De 15 à 24 ans</t>
         </is>
       </c>
       <c r="D2" t="inlineStr">
         <is>
-          <t>2023</t>
+          <t>2024</t>
         </is>
       </c>
       <c r="E2" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="F2" t="inlineStr">
         <is>
           <t>Hommes</t>
         </is>
       </c>
       <c r="G2" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="H2" t="inlineStr">
         <is>
           <t>Bas</t>
         </is>
       </c>
       <c r="I2" s="2" t="n">
-        <v>37172.50000000013</v>
+        <v>45310.50000000016</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="inlineStr">
         <is>
           <t>Région de Bruxelles-Capitale</t>
         </is>
       </c>
       <c r="B3" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="C3" t="inlineStr">
         <is>
           <t>De 15 à 24 ans</t>
         </is>
       </c>
       <c r="D3" t="inlineStr">
         <is>
-          <t>2023</t>
+          <t>2024</t>
         </is>
       </c>
       <c r="E3" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="F3" t="inlineStr">
         <is>
           <t>Hommes</t>
         </is>
       </c>
       <c r="G3" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="H3" t="inlineStr">
         <is>
           <t>Moyen</t>
         </is>
       </c>
       <c r="I3" s="2" t="n">
-        <v>33958.250000000124</v>
+        <v>29111.250000000102</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="inlineStr">
         <is>
           <t>Région de Bruxelles-Capitale</t>
         </is>
       </c>
       <c r="B4" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="C4" t="inlineStr">
         <is>
           <t>De 15 à 24 ans</t>
         </is>
       </c>
       <c r="D4" t="inlineStr">
         <is>
-          <t>2023</t>
+          <t>2024</t>
         </is>
       </c>
       <c r="E4" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="F4" t="inlineStr">
         <is>
           <t>Hommes</t>
         </is>
       </c>
       <c r="G4" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="H4" t="inlineStr">
         <is>
           <t>Haut</t>
         </is>
       </c>
-      <c r="I4" s="1" t="n">
-[...1 lines deleted...]
-      </c>
+      <c r="I4"/>
     </row>
     <row r="5">
       <c r="A5" t="inlineStr">
         <is>
           <t>Région de Bruxelles-Capitale</t>
         </is>
       </c>
       <c r="B5" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="C5" t="inlineStr">
         <is>
           <t>De 15 à 24 ans</t>
         </is>
       </c>
       <c r="D5" t="inlineStr">
         <is>
-          <t>2023</t>
+          <t>2024</t>
         </is>
       </c>
       <c r="E5" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="F5" t="inlineStr">
         <is>
           <t>Hommes</t>
         </is>
       </c>
       <c r="G5" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="H5"/>
       <c r="I5" s="2" t="n">
-        <v>77251.75000000028</v>
+        <v>79331.25000000028</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="inlineStr">
         <is>
           <t>Région de Bruxelles-Capitale</t>
         </is>
       </c>
       <c r="B6" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="C6" t="inlineStr">
         <is>
           <t>De 15 à 24 ans</t>
         </is>
       </c>
       <c r="D6" t="inlineStr">
         <is>
-          <t>2023</t>
+          <t>2024</t>
         </is>
       </c>
       <c r="E6" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="F6" t="inlineStr">
         <is>
           <t>Femmes</t>
         </is>
       </c>
       <c r="G6" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="H6" t="inlineStr">
         <is>
           <t>Bas</t>
         </is>
       </c>
       <c r="I6" s="2" t="n">
-        <v>34971.750000000124</v>
+        <v>35011.250000000124</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="inlineStr">
         <is>
           <t>Région de Bruxelles-Capitale</t>
         </is>
       </c>
       <c r="B7" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="C7" t="inlineStr">
         <is>
           <t>De 15 à 24 ans</t>
         </is>
       </c>
       <c r="D7" t="inlineStr">
         <is>
-          <t>2023</t>
+          <t>2024</t>
         </is>
       </c>
       <c r="E7" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="F7" t="inlineStr">
         <is>
           <t>Femmes</t>
         </is>
       </c>
       <c r="G7" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="H7" t="inlineStr">
         <is>
           <t>Moyen</t>
         </is>
       </c>
       <c r="I7" s="1" t="n">
-        <v>30307.0</v>
+        <v>32827.0</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="inlineStr">
         <is>
           <t>Région de Bruxelles-Capitale</t>
         </is>
       </c>
       <c r="B8" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="C8" t="inlineStr">
         <is>
           <t>De 15 à 24 ans</t>
         </is>
       </c>
       <c r="D8" t="inlineStr">
         <is>
-          <t>2023</t>
+          <t>2024</t>
         </is>
       </c>
       <c r="E8" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="F8" t="inlineStr">
         <is>
           <t>Femmes</t>
         </is>
       </c>
       <c r="G8" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="H8" t="inlineStr">
         <is>
           <t>Haut</t>
         </is>
       </c>
       <c r="I8" s="2" t="n">
-        <v>12589.750000000045</v>
+        <v>12012.500000000042</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="inlineStr">
         <is>
           <t>Région de Bruxelles-Capitale</t>
         </is>
       </c>
       <c r="B9" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="C9" t="inlineStr">
         <is>
           <t>De 15 à 24 ans</t>
         </is>
       </c>
       <c r="D9" t="inlineStr">
         <is>
-          <t>2023</t>
+          <t>2024</t>
         </is>
       </c>
       <c r="E9" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="F9" t="inlineStr">
         <is>
           <t>Femmes</t>
         </is>
       </c>
       <c r="G9" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="H9"/>
       <c r="I9" s="2" t="n">
-        <v>77868.25000000028</v>
+        <v>79850.75000000028</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="inlineStr">
         <is>
           <t>Région de Bruxelles-Capitale</t>
         </is>
       </c>
       <c r="B10" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="C10" t="inlineStr">
         <is>
           <t>De 15 à 24 ans</t>
         </is>
       </c>
       <c r="D10" t="inlineStr">
         <is>
-          <t>2023</t>
+          <t>2024</t>
         </is>
       </c>
       <c r="E10" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="F10"/>
       <c r="G10" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="H10"/>
       <c r="I10" s="1" t="n">
-        <v>155120.0</v>
+        <v>159182.0</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="inlineStr">
         <is>
           <t>Région de Bruxelles-Capitale</t>
         </is>
       </c>
       <c r="B11" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="C11" t="inlineStr">
         <is>
           <t>De 15 à 24 ans</t>
         </is>
       </c>
       <c r="D11" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="E11" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="F11" t="inlineStr">
         <is>
           <t>Hommes</t>
         </is>
       </c>
       <c r="G11" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="H11" t="inlineStr">
         <is>
           <t>Bas</t>
         </is>
       </c>
       <c r="I11" s="2" t="n">
-        <v>45310.50000000016</v>
+        <v>42619.50000000015</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="inlineStr">
         <is>
           <t>Région de Bruxelles-Capitale</t>
         </is>
       </c>
       <c r="B12" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="C12" t="inlineStr">
         <is>
           <t>De 15 à 24 ans</t>
         </is>
       </c>
       <c r="D12" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="E12" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="F12" t="inlineStr">
         <is>
           <t>Hommes</t>
         </is>
       </c>
       <c r="G12" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="H12" t="inlineStr">
         <is>
           <t>Moyen</t>
         </is>
       </c>
       <c r="I12" s="2" t="n">
-        <v>29111.250000000102</v>
+        <v>33131.50000000012</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="inlineStr">
         <is>
           <t>Région de Bruxelles-Capitale</t>
         </is>
       </c>
       <c r="B13" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="C13" t="inlineStr">
         <is>
           <t>De 15 à 24 ans</t>
         </is>
       </c>
       <c r="D13" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="E13" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="F13" t="inlineStr">
         <is>
           <t>Hommes</t>
         </is>
       </c>
       <c r="G13" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="H13" t="inlineStr">
         <is>
           <t>Haut</t>
         </is>
       </c>
-      <c r="I13"/>
+      <c r="I13" s="2" t="n">
+        <v>5194.500000000018</v>
+      </c>
     </row>
     <row r="14">
       <c r="A14" t="inlineStr">
         <is>
           <t>Région de Bruxelles-Capitale</t>
         </is>
       </c>
       <c r="B14" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="C14" t="inlineStr">
         <is>
           <t>De 15 à 24 ans</t>
         </is>
       </c>
       <c r="D14" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="E14" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="F14" t="inlineStr">
         <is>
           <t>Hommes</t>
         </is>
       </c>
       <c r="G14" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="H14"/>
       <c r="I14" s="2" t="n">
-        <v>79331.25000000028</v>
+        <v>80945.25000000029</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="inlineStr">
         <is>
           <t>Région de Bruxelles-Capitale</t>
         </is>
       </c>
       <c r="B15" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="C15" t="inlineStr">
         <is>
           <t>De 15 à 24 ans</t>
         </is>
       </c>
       <c r="D15" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="E15" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="F15" t="inlineStr">
         <is>
           <t>Femmes</t>
         </is>
       </c>
       <c r="G15" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="H15" t="inlineStr">
         <is>
           <t>Bas</t>
         </is>
       </c>
       <c r="I15" s="2" t="n">
-        <v>35011.250000000124</v>
+        <v>35615.500000000124</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="inlineStr">
         <is>
           <t>Région de Bruxelles-Capitale</t>
         </is>
       </c>
       <c r="B16" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="C16" t="inlineStr">
         <is>
           <t>De 15 à 24 ans</t>
         </is>
       </c>
       <c r="D16" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="E16" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="F16" t="inlineStr">
         <is>
           <t>Femmes</t>
         </is>
       </c>
       <c r="G16" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="H16" t="inlineStr">
         <is>
           <t>Moyen</t>
         </is>
       </c>
-      <c r="I16" s="1" t="n">
-        <v>32827.0</v>
+      <c r="I16" s="2" t="n">
+        <v>33230.50000000012</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="inlineStr">
         <is>
           <t>Région de Bruxelles-Capitale</t>
         </is>
       </c>
       <c r="B17" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="C17" t="inlineStr">
         <is>
           <t>De 15 à 24 ans</t>
         </is>
       </c>
       <c r="D17" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="E17" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="F17" t="inlineStr">
         <is>
           <t>Femmes</t>
         </is>
       </c>
       <c r="G17" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="H17" t="inlineStr">
         <is>
           <t>Haut</t>
         </is>
       </c>
       <c r="I17" s="2" t="n">
-        <v>12012.500000000042</v>
+        <v>12343.750000000044</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="inlineStr">
         <is>
           <t>Région de Bruxelles-Capitale</t>
         </is>
       </c>
       <c r="B18" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="C18" t="inlineStr">
         <is>
           <t>De 15 à 24 ans</t>
         </is>
       </c>
       <c r="D18" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="E18" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="F18" t="inlineStr">
         <is>
           <t>Femmes</t>
         </is>
       </c>
       <c r="G18" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="H18"/>
       <c r="I18" s="2" t="n">
-        <v>79850.75000000028</v>
+        <v>81189.75000000029</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="inlineStr">
         <is>
           <t>Région de Bruxelles-Capitale</t>
         </is>
       </c>
       <c r="B19" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="C19" t="inlineStr">
         <is>
           <t>De 15 à 24 ans</t>
         </is>
       </c>
       <c r="D19" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="E19" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="F19"/>
       <c r="G19" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="H19"/>
       <c r="I19" s="1" t="n">
-        <v>159182.0</v>
+        <v>162135.0</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="inlineStr">
         <is>
           <t>Région de Bruxelles-Capitale</t>
         </is>
       </c>
       <c r="B20" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="C20" t="inlineStr">
         <is>
           <t>De 25 à 54 ans</t>
         </is>
       </c>
       <c r="D20" t="inlineStr">
         <is>
-          <t>2023</t>
+          <t>2024</t>
         </is>
       </c>
       <c r="E20" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="F20" t="inlineStr">
         <is>
           <t>Hommes</t>
         </is>
       </c>
       <c r="G20" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="H20" t="inlineStr">
         <is>
           <t>Bas</t>
         </is>
       </c>
-      <c r="I20" s="2" t="n">
-        <v>48704.500000000175</v>
+      <c r="I20" s="1" t="n">
+        <v>52765.0</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="inlineStr">
         <is>
           <t>Région de Bruxelles-Capitale</t>
         </is>
       </c>
       <c r="B21" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="C21" t="inlineStr">
         <is>
           <t>De 25 à 54 ans</t>
         </is>
       </c>
       <c r="D21" t="inlineStr">
         <is>
-          <t>2023</t>
+          <t>2024</t>
         </is>
       </c>
       <c r="E21" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="F21" t="inlineStr">
         <is>
           <t>Hommes</t>
         </is>
       </c>
       <c r="G21" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="H21" t="inlineStr">
         <is>
           <t>Moyen</t>
         </is>
       </c>
       <c r="I21" s="2" t="n">
-        <v>80360.25000000029</v>
+        <v>73856.25000000026</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="inlineStr">
         <is>
           <t>Région de Bruxelles-Capitale</t>
         </is>
       </c>
       <c r="B22" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="C22" t="inlineStr">
         <is>
           <t>De 25 à 54 ans</t>
         </is>
       </c>
       <c r="D22" t="inlineStr">
         <is>
-          <t>2023</t>
+          <t>2024</t>
         </is>
       </c>
       <c r="E22" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="F22" t="inlineStr">
         <is>
           <t>Hommes</t>
         </is>
       </c>
       <c r="G22" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="H22" t="inlineStr">
         <is>
           <t>Haut</t>
         </is>
       </c>
       <c r="I22" s="2" t="n">
-        <v>152765.25000000055</v>
+        <v>155224.75000000055</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="inlineStr">
         <is>
           <t>Région de Bruxelles-Capitale</t>
         </is>
       </c>
       <c r="B23" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="C23" t="inlineStr">
         <is>
           <t>De 25 à 54 ans</t>
         </is>
       </c>
       <c r="D23" t="inlineStr">
         <is>
-          <t>2023</t>
+          <t>2024</t>
         </is>
       </c>
       <c r="E23" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="F23" t="inlineStr">
         <is>
           <t>Hommes</t>
         </is>
       </c>
       <c r="G23" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="H23"/>
       <c r="I23" s="1" t="n">
-        <v>281830.0</v>
+        <v>281846.0</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="inlineStr">
         <is>
           <t>Région de Bruxelles-Capitale</t>
         </is>
       </c>
       <c r="B24" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="C24" t="inlineStr">
         <is>
           <t>De 25 à 54 ans</t>
         </is>
       </c>
       <c r="D24" t="inlineStr">
         <is>
-          <t>2023</t>
+          <t>2024</t>
         </is>
       </c>
       <c r="E24" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="F24" t="inlineStr">
         <is>
           <t>Femmes</t>
         </is>
       </c>
       <c r="G24" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="H24" t="inlineStr">
         <is>
           <t>Bas</t>
         </is>
       </c>
       <c r="I24" s="2" t="n">
-        <v>54738.5000000002</v>
+        <v>52944.25000000019</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="inlineStr">
         <is>
           <t>Région de Bruxelles-Capitale</t>
         </is>
       </c>
       <c r="B25" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="C25" t="inlineStr">
         <is>
           <t>De 25 à 54 ans</t>
         </is>
       </c>
       <c r="D25" t="inlineStr">
         <is>
-          <t>2023</t>
+          <t>2024</t>
         </is>
       </c>
       <c r="E25" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="F25" t="inlineStr">
         <is>
           <t>Femmes</t>
         </is>
       </c>
       <c r="G25" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="H25" t="inlineStr">
         <is>
           <t>Moyen</t>
         </is>
       </c>
-      <c r="I25" s="1" t="n">
-        <v>62950.0</v>
+      <c r="I25" s="2" t="n">
+        <v>69547.25000000025</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="inlineStr">
         <is>
           <t>Région de Bruxelles-Capitale</t>
         </is>
       </c>
       <c r="B26" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="C26" t="inlineStr">
         <is>
           <t>De 25 à 54 ans</t>
         </is>
       </c>
       <c r="D26" t="inlineStr">
         <is>
-          <t>2023</t>
+          <t>2024</t>
         </is>
       </c>
       <c r="E26" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="F26" t="inlineStr">
         <is>
           <t>Femmes</t>
         </is>
       </c>
       <c r="G26" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="H26" t="inlineStr">
         <is>
           <t>Haut</t>
         </is>
       </c>
-      <c r="I26" s="1" t="n">
-        <v>166631.0</v>
+      <c r="I26" s="2" t="n">
+        <v>163637.25000000058</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="inlineStr">
         <is>
           <t>Région de Bruxelles-Capitale</t>
         </is>
       </c>
       <c r="B27" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="C27" t="inlineStr">
         <is>
           <t>De 25 à 54 ans</t>
         </is>
       </c>
       <c r="D27" t="inlineStr">
         <is>
-          <t>2023</t>
+          <t>2024</t>
         </is>
       </c>
       <c r="E27" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="F27" t="inlineStr">
         <is>
           <t>Femmes</t>
         </is>
       </c>
       <c r="G27" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="H27"/>
       <c r="I27" s="2" t="n">
-        <v>284319.250000001</v>
+        <v>286128.750000001</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="inlineStr">
         <is>
           <t>Région de Bruxelles-Capitale</t>
         </is>
       </c>
       <c r="B28" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="C28" t="inlineStr">
         <is>
           <t>De 25 à 54 ans</t>
         </is>
       </c>
       <c r="D28" t="inlineStr">
         <is>
-          <t>2023</t>
+          <t>2024</t>
         </is>
       </c>
       <c r="E28" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="F28"/>
       <c r="G28" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="H28"/>
       <c r="I28" s="2" t="n">
-        <v>566149.250000002</v>
+        <v>567974.750000002</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="inlineStr">
         <is>
           <t>Région de Bruxelles-Capitale</t>
         </is>
       </c>
       <c r="B29" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="C29" t="inlineStr">
         <is>
           <t>De 25 à 54 ans</t>
         </is>
       </c>
       <c r="D29" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="E29" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="F29" t="inlineStr">
         <is>
           <t>Hommes</t>
         </is>
       </c>
       <c r="G29" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="H29" t="inlineStr">
         <is>
           <t>Bas</t>
         </is>
       </c>
-      <c r="I29" s="1" t="n">
-        <v>52765.0</v>
+      <c r="I29" s="2" t="n">
+        <v>45169.50000000016</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="inlineStr">
         <is>
           <t>Région de Bruxelles-Capitale</t>
         </is>
       </c>
       <c r="B30" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="C30" t="inlineStr">
         <is>
           <t>De 25 à 54 ans</t>
         </is>
       </c>
       <c r="D30" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="E30" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="F30" t="inlineStr">
         <is>
           <t>Hommes</t>
         </is>
       </c>
       <c r="G30" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="H30" t="inlineStr">
         <is>
           <t>Moyen</t>
         </is>
       </c>
       <c r="I30" s="2" t="n">
-        <v>73856.25000000026</v>
+        <v>74070.50000000026</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="inlineStr">
         <is>
           <t>Région de Bruxelles-Capitale</t>
         </is>
       </c>
       <c r="B31" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="C31" t="inlineStr">
         <is>
           <t>De 25 à 54 ans</t>
         </is>
       </c>
       <c r="D31" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="E31" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="F31" t="inlineStr">
         <is>
           <t>Hommes</t>
         </is>
       </c>
       <c r="G31" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="H31" t="inlineStr">
         <is>
           <t>Haut</t>
         </is>
       </c>
       <c r="I31" s="2" t="n">
-        <v>155224.75000000055</v>
+        <v>161683.75000000058</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="inlineStr">
         <is>
           <t>Région de Bruxelles-Capitale</t>
         </is>
       </c>
       <c r="B32" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="C32" t="inlineStr">
         <is>
           <t>De 25 à 54 ans</t>
         </is>
       </c>
       <c r="D32" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="E32" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="F32" t="inlineStr">
         <is>
           <t>Hommes</t>
         </is>
       </c>
       <c r="G32" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="H32"/>
-      <c r="I32" s="1" t="n">
-        <v>281846.0</v>
+      <c r="I32" s="2" t="n">
+        <v>280923.750000001</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" t="inlineStr">
         <is>
           <t>Région de Bruxelles-Capitale</t>
         </is>
       </c>
       <c r="B33" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="C33" t="inlineStr">
         <is>
           <t>De 25 à 54 ans</t>
         </is>
       </c>
       <c r="D33" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="E33" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="F33" t="inlineStr">
         <is>
           <t>Femmes</t>
         </is>
       </c>
       <c r="G33" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="H33" t="inlineStr">
         <is>
           <t>Bas</t>
         </is>
       </c>
       <c r="I33" s="2" t="n">
-        <v>52944.25000000019</v>
+        <v>44627.50000000016</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" t="inlineStr">
         <is>
           <t>Région de Bruxelles-Capitale</t>
         </is>
       </c>
       <c r="B34" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="C34" t="inlineStr">
         <is>
           <t>De 25 à 54 ans</t>
         </is>
       </c>
       <c r="D34" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="E34" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="F34" t="inlineStr">
         <is>
           <t>Femmes</t>
         </is>
       </c>
       <c r="G34" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="H34" t="inlineStr">
         <is>
           <t>Moyen</t>
         </is>
       </c>
-      <c r="I34" s="2" t="n">
-        <v>69547.25000000025</v>
+      <c r="I34" s="1" t="n">
+        <v>65614.0</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" t="inlineStr">
         <is>
           <t>Région de Bruxelles-Capitale</t>
         </is>
       </c>
       <c r="B35" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="C35" t="inlineStr">
         <is>
           <t>De 25 à 54 ans</t>
         </is>
       </c>
       <c r="D35" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="E35" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="F35" t="inlineStr">
         <is>
           <t>Femmes</t>
         </is>
       </c>
       <c r="G35" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="H35" t="inlineStr">
         <is>
           <t>Haut</t>
         </is>
       </c>
       <c r="I35" s="2" t="n">
-        <v>163637.25000000058</v>
+        <v>177153.75000000064</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" t="inlineStr">
         <is>
           <t>Région de Bruxelles-Capitale</t>
         </is>
       </c>
       <c r="B36" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="C36" t="inlineStr">
         <is>
           <t>De 25 à 54 ans</t>
         </is>
       </c>
       <c r="D36" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="E36" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="F36" t="inlineStr">
         <is>
           <t>Femmes</t>
         </is>
       </c>
       <c r="G36" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="H36"/>
       <c r="I36" s="2" t="n">
-        <v>286128.750000001</v>
+        <v>287395.25000000105</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" t="inlineStr">
         <is>
           <t>Région de Bruxelles-Capitale</t>
         </is>
       </c>
       <c r="B37" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="C37" t="inlineStr">
         <is>
           <t>De 25 à 54 ans</t>
         </is>
       </c>
       <c r="D37" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="E37" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="F37"/>
       <c r="G37" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="H37"/>
-      <c r="I37" s="2" t="n">
-        <v>567974.750000002</v>
+      <c r="I37" s="1" t="n">
+        <v>568319.0</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" t="inlineStr">
         <is>
           <t>Région de Bruxelles-Capitale</t>
         </is>
       </c>
       <c r="B38" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="C38" t="inlineStr">
         <is>
           <t>De 55 à 64 ans</t>
         </is>
       </c>
       <c r="D38" t="inlineStr">
         <is>
-          <t>2023</t>
+          <t>2024</t>
         </is>
       </c>
       <c r="E38" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="F38" t="inlineStr">
         <is>
           <t>Hommes</t>
         </is>
       </c>
       <c r="G38" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="H38" t="inlineStr">
         <is>
           <t>Bas</t>
         </is>
       </c>
-      <c r="I38" s="1" t="n">
-        <v>21003.0</v>
+      <c r="I38" s="2" t="n">
+        <v>19448.25000000007</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" t="inlineStr">
         <is>
           <t>Région de Bruxelles-Capitale</t>
         </is>
       </c>
       <c r="B39" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="C39" t="inlineStr">
         <is>
           <t>De 55 à 64 ans</t>
         </is>
       </c>
       <c r="D39" t="inlineStr">
         <is>
-          <t>2023</t>
+          <t>2024</t>
         </is>
       </c>
       <c r="E39" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="F39" t="inlineStr">
         <is>
           <t>Hommes</t>
         </is>
       </c>
       <c r="G39" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="H39" t="inlineStr">
         <is>
           <t>Moyen</t>
         </is>
       </c>
-      <c r="I39" s="1" t="n">
-        <v>15949.0</v>
+      <c r="I39" s="2" t="n">
+        <v>17018.250000000062</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" t="inlineStr">
         <is>
           <t>Région de Bruxelles-Capitale</t>
         </is>
       </c>
       <c r="B40" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="C40" t="inlineStr">
         <is>
           <t>De 55 à 64 ans</t>
         </is>
       </c>
       <c r="D40" t="inlineStr">
         <is>
-          <t>2023</t>
+          <t>2024</t>
         </is>
       </c>
       <c r="E40" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="F40" t="inlineStr">
         <is>
           <t>Hommes</t>
         </is>
       </c>
       <c r="G40" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="H40" t="inlineStr">
         <is>
           <t>Haut</t>
         </is>
       </c>
       <c r="I40" s="2" t="n">
-        <v>27789.7500000001</v>
+        <v>29520.750000000106</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" t="inlineStr">
         <is>
           <t>Région de Bruxelles-Capitale</t>
         </is>
       </c>
       <c r="B41" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="C41" t="inlineStr">
         <is>
           <t>De 55 à 64 ans</t>
         </is>
       </c>
       <c r="D41" t="inlineStr">
         <is>
-          <t>2023</t>
+          <t>2024</t>
         </is>
       </c>
       <c r="E41" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="F41" t="inlineStr">
         <is>
           <t>Hommes</t>
         </is>
       </c>
       <c r="G41" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="H41"/>
       <c r="I41" s="2" t="n">
-        <v>64741.50000000023</v>
+        <v>65987.25000000023</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" t="inlineStr">
         <is>
           <t>Région de Bruxelles-Capitale</t>
         </is>
       </c>
       <c r="B42" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="C42" t="inlineStr">
         <is>
           <t>De 55 à 64 ans</t>
         </is>
       </c>
       <c r="D42" t="inlineStr">
         <is>
-          <t>2023</t>
+          <t>2024</t>
         </is>
       </c>
       <c r="E42" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="F42" t="inlineStr">
         <is>
           <t>Femmes</t>
         </is>
       </c>
       <c r="G42" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="H42" t="inlineStr">
         <is>
           <t>Bas</t>
         </is>
       </c>
       <c r="I42" s="2" t="n">
-        <v>23079.750000000084</v>
+        <v>21770.750000000076</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" t="inlineStr">
         <is>
           <t>Région de Bruxelles-Capitale</t>
         </is>
       </c>
       <c r="B43" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="C43" t="inlineStr">
         <is>
           <t>De 55 à 64 ans</t>
         </is>
       </c>
       <c r="D43" t="inlineStr">
         <is>
-          <t>2023</t>
+          <t>2024</t>
         </is>
       </c>
       <c r="E43" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="F43" t="inlineStr">
         <is>
           <t>Femmes</t>
         </is>
       </c>
       <c r="G43" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="H43" t="inlineStr">
         <is>
           <t>Moyen</t>
         </is>
       </c>
       <c r="I43" s="2" t="n">
-        <v>14736.500000000053</v>
+        <v>15992.750000000056</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" t="inlineStr">
         <is>
           <t>Région de Bruxelles-Capitale</t>
         </is>
       </c>
       <c r="B44" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="C44" t="inlineStr">
         <is>
           <t>De 55 à 64 ans</t>
         </is>
       </c>
       <c r="D44" t="inlineStr">
         <is>
-          <t>2023</t>
+          <t>2024</t>
         </is>
       </c>
       <c r="E44" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="F44" t="inlineStr">
         <is>
           <t>Femmes</t>
         </is>
       </c>
       <c r="G44" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="H44" t="inlineStr">
         <is>
           <t>Haut</t>
         </is>
       </c>
       <c r="I44" s="2" t="n">
-        <v>26823.750000000095</v>
+        <v>27200.2500000001</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" t="inlineStr">
         <is>
           <t>Région de Bruxelles-Capitale</t>
         </is>
       </c>
       <c r="B45" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="C45" t="inlineStr">
         <is>
           <t>De 55 à 64 ans</t>
         </is>
       </c>
       <c r="D45" t="inlineStr">
         <is>
-          <t>2023</t>
+          <t>2024</t>
         </is>
       </c>
       <c r="E45" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="F45" t="inlineStr">
         <is>
           <t>Femmes</t>
         </is>
       </c>
       <c r="G45" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="H45"/>
-      <c r="I45" s="1" t="n">
-        <v>64640.0</v>
+      <c r="I45" s="2" t="n">
+        <v>64963.75000000023</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" t="inlineStr">
         <is>
           <t>Région de Bruxelles-Capitale</t>
         </is>
       </c>
       <c r="B46" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="C46" t="inlineStr">
         <is>
           <t>De 55 à 64 ans</t>
         </is>
       </c>
       <c r="D46" t="inlineStr">
         <is>
-          <t>2023</t>
+          <t>2024</t>
         </is>
       </c>
       <c r="E46" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="F46"/>
       <c r="G46" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="H46"/>
-      <c r="I46" s="2" t="n">
-        <v>129381.50000000047</v>
+      <c r="I46" s="1" t="n">
+        <v>130951.0</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" t="inlineStr">
         <is>
           <t>Région de Bruxelles-Capitale</t>
         </is>
       </c>
       <c r="B47" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="C47" t="inlineStr">
         <is>
           <t>De 55 à 64 ans</t>
         </is>
       </c>
       <c r="D47" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="E47" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="F47" t="inlineStr">
         <is>
           <t>Hommes</t>
         </is>
       </c>
       <c r="G47" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="H47" t="inlineStr">
         <is>
           <t>Bas</t>
         </is>
       </c>
       <c r="I47" s="2" t="n">
-        <v>19448.25000000007</v>
+        <v>17493.500000000062</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" t="inlineStr">
         <is>
           <t>Région de Bruxelles-Capitale</t>
         </is>
       </c>
       <c r="B48" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="C48" t="inlineStr">
         <is>
           <t>De 55 à 64 ans</t>
         </is>
       </c>
       <c r="D48" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="E48" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="F48" t="inlineStr">
         <is>
           <t>Hommes</t>
         </is>
       </c>
       <c r="G48" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="H48" t="inlineStr">
         <is>
           <t>Moyen</t>
         </is>
       </c>
       <c r="I48" s="2" t="n">
-        <v>17018.250000000062</v>
+        <v>19280.75000000007</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" t="inlineStr">
         <is>
           <t>Région de Bruxelles-Capitale</t>
         </is>
       </c>
       <c r="B49" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="C49" t="inlineStr">
         <is>
           <t>De 55 à 64 ans</t>
         </is>
       </c>
       <c r="D49" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="E49" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="F49" t="inlineStr">
         <is>
           <t>Hommes</t>
         </is>
       </c>
       <c r="G49" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="H49" t="inlineStr">
         <is>
           <t>Haut</t>
         </is>
       </c>
-      <c r="I49" s="2" t="n">
-        <v>29520.750000000106</v>
+      <c r="I49" s="1" t="n">
+        <v>30223.0</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" t="inlineStr">
         <is>
           <t>Région de Bruxelles-Capitale</t>
         </is>
       </c>
       <c r="B50" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="C50" t="inlineStr">
         <is>
           <t>De 55 à 64 ans</t>
         </is>
       </c>
       <c r="D50" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="E50" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="F50" t="inlineStr">
         <is>
           <t>Hommes</t>
         </is>
       </c>
       <c r="G50" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="H50"/>
       <c r="I50" s="2" t="n">
-        <v>65987.25000000023</v>
+        <v>66997.25000000023</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" t="inlineStr">
         <is>
           <t>Région de Bruxelles-Capitale</t>
         </is>
       </c>
       <c r="B51" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="C51" t="inlineStr">
         <is>
           <t>De 55 à 64 ans</t>
         </is>
       </c>
       <c r="D51" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="E51" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="F51" t="inlineStr">
         <is>
           <t>Femmes</t>
         </is>
       </c>
       <c r="G51" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="H51" t="inlineStr">
         <is>
           <t>Bas</t>
         </is>
       </c>
       <c r="I51" s="2" t="n">
-        <v>21770.750000000076</v>
+        <v>18988.50000000007</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" t="inlineStr">
         <is>
           <t>Région de Bruxelles-Capitale</t>
         </is>
       </c>
       <c r="B52" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="C52" t="inlineStr">
         <is>
           <t>De 55 à 64 ans</t>
         </is>
       </c>
       <c r="D52" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="E52" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="F52" t="inlineStr">
         <is>
           <t>Femmes</t>
         </is>
       </c>
       <c r="G52" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="H52" t="inlineStr">
         <is>
           <t>Moyen</t>
         </is>
       </c>
-      <c r="I52" s="2" t="n">
-        <v>15992.750000000056</v>
+      <c r="I52" s="1" t="n">
+        <v>16399.0</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" t="inlineStr">
         <is>
           <t>Région de Bruxelles-Capitale</t>
         </is>
       </c>
       <c r="B53" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="C53" t="inlineStr">
         <is>
           <t>De 55 à 64 ans</t>
         </is>
       </c>
       <c r="D53" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="E53" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="F53" t="inlineStr">
         <is>
           <t>Femmes</t>
         </is>
       </c>
       <c r="G53" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="H53" t="inlineStr">
         <is>
           <t>Haut</t>
         </is>
       </c>
       <c r="I53" s="2" t="n">
-        <v>27200.2500000001</v>
+        <v>29884.500000000106</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" t="inlineStr">
         <is>
           <t>Région de Bruxelles-Capitale</t>
         </is>
       </c>
       <c r="B54" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="C54" t="inlineStr">
         <is>
           <t>De 55 à 64 ans</t>
         </is>
       </c>
       <c r="D54" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="E54" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="F54" t="inlineStr">
         <is>
           <t>Femmes</t>
         </is>
       </c>
       <c r="G54" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="H54"/>
       <c r="I54" s="2" t="n">
-        <v>64963.75000000023</v>
+        <v>65272.25000000023</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" t="inlineStr">
         <is>
           <t>Région de Bruxelles-Capitale</t>
         </is>
       </c>
       <c r="B55" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="C55" t="inlineStr">
         <is>
           <t>De 55 à 64 ans</t>
         </is>
       </c>
       <c r="D55" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="E55" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="F55"/>
       <c r="G55" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="H55"/>
-      <c r="I55" s="1" t="n">
-        <v>130951.0</v>
+      <c r="I55" s="2" t="n">
+        <v>132269.50000000047</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" t="inlineStr">
         <is>
           <t>Région de Bruxelles-Capitale</t>
         </is>
       </c>
       <c r="B56" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="C56"/>
       <c r="D56" t="inlineStr">
         <is>
-          <t>2023</t>
+          <t>2024</t>
         </is>
       </c>
       <c r="E56" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="F56" t="inlineStr">
         <is>
           <t>Hommes</t>
         </is>
       </c>
       <c r="G56" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="H56" t="inlineStr">
         <is>
           <t>Bas</t>
         </is>
       </c>
-      <c r="I56" s="2" t="n">
-        <v>106879.75000000038</v>
+      <c r="I56" s="1" t="n">
+        <v>117524.0</v>
       </c>
     </row>
     <row r="57">
       <c r="A57" t="inlineStr">
         <is>
           <t>Région de Bruxelles-Capitale</t>
         </is>
       </c>
       <c r="B57" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="C57"/>
       <c r="D57" t="inlineStr">
         <is>
-          <t>2023</t>
+          <t>2024</t>
         </is>
       </c>
       <c r="E57" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="F57" t="inlineStr">
         <is>
           <t>Hommes</t>
         </is>
       </c>
       <c r="G57" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="H57" t="inlineStr">
         <is>
           <t>Moyen</t>
         </is>
       </c>
       <c r="I57" s="2" t="n">
-        <v>130267.50000000047</v>
+        <v>119985.75000000042</v>
       </c>
     </row>
     <row r="58">
       <c r="A58" t="inlineStr">
         <is>
           <t>Région de Bruxelles-Capitale</t>
         </is>
       </c>
       <c r="B58" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="C58"/>
       <c r="D58" t="inlineStr">
         <is>
-          <t>2023</t>
+          <t>2024</t>
         </is>
       </c>
       <c r="E58" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="F58" t="inlineStr">
         <is>
           <t>Hommes</t>
         </is>
       </c>
       <c r="G58" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="H58" t="inlineStr">
         <is>
           <t>Haut</t>
         </is>
       </c>
-      <c r="I58" s="1" t="n">
-        <v>186676.0</v>
+      <c r="I58" s="2" t="n">
+        <v>189654.75000000067</v>
       </c>
     </row>
     <row r="59">
       <c r="A59" t="inlineStr">
         <is>
           <t>Région de Bruxelles-Capitale</t>
         </is>
       </c>
       <c r="B59" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="C59"/>
       <c r="D59" t="inlineStr">
         <is>
-          <t>2023</t>
+          <t>2024</t>
         </is>
       </c>
       <c r="E59" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="F59" t="inlineStr">
         <is>
           <t>Hommes</t>
         </is>
       </c>
       <c r="G59" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="H59"/>
       <c r="I59" s="2" t="n">
-        <v>423823.2500000015</v>
+        <v>427164.5000000015</v>
       </c>
     </row>
     <row r="60">
       <c r="A60" t="inlineStr">
         <is>
           <t>Région de Bruxelles-Capitale</t>
         </is>
       </c>
       <c r="B60" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="C60"/>
       <c r="D60" t="inlineStr">
         <is>
-          <t>2023</t>
+          <t>2024</t>
         </is>
       </c>
       <c r="E60" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="F60" t="inlineStr">
         <is>
           <t>Femmes</t>
         </is>
       </c>
       <c r="G60" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="H60" t="inlineStr">
         <is>
           <t>Bas</t>
         </is>
       </c>
       <c r="I60" s="2" t="n">
-        <v>112789.75000000041</v>
+        <v>109726.2500000004</v>
       </c>
     </row>
     <row r="61">
       <c r="A61" t="inlineStr">
         <is>
           <t>Région de Bruxelles-Capitale</t>
         </is>
       </c>
       <c r="B61" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="C61"/>
       <c r="D61" t="inlineStr">
         <is>
-          <t>2023</t>
+          <t>2024</t>
         </is>
       </c>
       <c r="E61" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="F61" t="inlineStr">
         <is>
           <t>Femmes</t>
         </is>
       </c>
       <c r="G61" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="H61" t="inlineStr">
         <is>
           <t>Moyen</t>
         </is>
       </c>
-      <c r="I61" s="2" t="n">
-        <v>107993.25000000038</v>
+      <c r="I61" s="1" t="n">
+        <v>118367.0</v>
       </c>
     </row>
     <row r="62">
       <c r="A62" t="inlineStr">
         <is>
           <t>Région de Bruxelles-Capitale</t>
         </is>
       </c>
       <c r="B62" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="C62"/>
       <c r="D62" t="inlineStr">
         <is>
-          <t>2023</t>
+          <t>2024</t>
         </is>
       </c>
       <c r="E62" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="F62" t="inlineStr">
         <is>
           <t>Femmes</t>
         </is>
       </c>
       <c r="G62" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="H62" t="inlineStr">
         <is>
           <t>Haut</t>
         </is>
       </c>
-      <c r="I62" s="2" t="n">
-        <v>206044.25000000073</v>
+      <c r="I62" s="1" t="n">
+        <v>202850.0</v>
       </c>
     </row>
     <row r="63">
       <c r="A63" t="inlineStr">
         <is>
           <t>Région de Bruxelles-Capitale</t>
         </is>
       </c>
       <c r="B63" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="C63"/>
       <c r="D63" t="inlineStr">
         <is>
-          <t>2023</t>
+          <t>2024</t>
         </is>
       </c>
       <c r="E63" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="F63" t="inlineStr">
         <is>
           <t>Femmes</t>
         </is>
       </c>
       <c r="G63" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="H63"/>
       <c r="I63" s="2" t="n">
-        <v>426827.5000000015</v>
+        <v>430943.2500000015</v>
       </c>
     </row>
     <row r="64">
       <c r="A64" t="inlineStr">
         <is>
           <t>Région de Bruxelles-Capitale</t>
         </is>
       </c>
       <c r="B64" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="C64"/>
       <c r="D64" t="inlineStr">
         <is>
-          <t>2023</t>
+          <t>2024</t>
         </is>
       </c>
       <c r="E64" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="F64"/>
       <c r="G64" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="H64"/>
       <c r="I64" s="2" t="n">
-        <v>850650.750000003</v>
+        <v>858107.750000003</v>
       </c>
     </row>
     <row r="65">
       <c r="A65" t="inlineStr">
         <is>
           <t>Région de Bruxelles-Capitale</t>
         </is>
       </c>
       <c r="B65" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="C65"/>
       <c r="D65" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="E65" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="F65" t="inlineStr">
         <is>
           <t>Hommes</t>
         </is>
       </c>
       <c r="G65" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="H65" t="inlineStr">
         <is>
           <t>Bas</t>
         </is>
       </c>
-      <c r="I65" s="1" t="n">
-        <v>117524.0</v>
+      <c r="I65" s="2" t="n">
+        <v>105282.50000000038</v>
       </c>
     </row>
     <row r="66">
       <c r="A66" t="inlineStr">
         <is>
           <t>Région de Bruxelles-Capitale</t>
         </is>
       </c>
       <c r="B66" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="C66"/>
       <c r="D66" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="E66" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="F66" t="inlineStr">
         <is>
           <t>Hommes</t>
         </is>
       </c>
       <c r="G66" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="H66" t="inlineStr">
         <is>
           <t>Moyen</t>
         </is>
       </c>
       <c r="I66" s="2" t="n">
-        <v>119985.75000000042</v>
+        <v>126482.50000000045</v>
       </c>
     </row>
     <row r="67">
       <c r="A67" t="inlineStr">
         <is>
           <t>Région de Bruxelles-Capitale</t>
         </is>
       </c>
       <c r="B67" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="C67"/>
       <c r="D67" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="E67" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="F67" t="inlineStr">
         <is>
           <t>Hommes</t>
         </is>
       </c>
       <c r="G67" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="H67" t="inlineStr">
         <is>
           <t>Haut</t>
         </is>
       </c>
       <c r="I67" s="2" t="n">
-        <v>189654.75000000067</v>
+        <v>197101.2500000007</v>
       </c>
     </row>
     <row r="68">
       <c r="A68" t="inlineStr">
         <is>
           <t>Région de Bruxelles-Capitale</t>
         </is>
       </c>
       <c r="B68" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="C68"/>
       <c r="D68" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="E68" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="F68" t="inlineStr">
         <is>
           <t>Hommes</t>
         </is>
       </c>
       <c r="G68" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="H68"/>
       <c r="I68" s="2" t="n">
-        <v>427164.5000000015</v>
+        <v>428866.2500000015</v>
       </c>
     </row>
     <row r="69">
       <c r="A69" t="inlineStr">
         <is>
           <t>Région de Bruxelles-Capitale</t>
         </is>
       </c>
       <c r="B69" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="C69"/>
       <c r="D69" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="E69" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="F69" t="inlineStr">
         <is>
           <t>Femmes</t>
         </is>
       </c>
       <c r="G69" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="H69" t="inlineStr">
         <is>
           <t>Bas</t>
         </is>
       </c>
       <c r="I69" s="2" t="n">
-        <v>109726.2500000004</v>
+        <v>99231.75000000035</v>
       </c>
     </row>
     <row r="70">
       <c r="A70" t="inlineStr">
         <is>
           <t>Région de Bruxelles-Capitale</t>
         </is>
       </c>
       <c r="B70" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="C70"/>
       <c r="D70" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="E70" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="F70" t="inlineStr">
         <is>
           <t>Femmes</t>
         </is>
       </c>
       <c r="G70" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="H70" t="inlineStr">
         <is>
           <t>Moyen</t>
         </is>
       </c>
-      <c r="I70" s="1" t="n">
-        <v>118367.0</v>
+      <c r="I70" s="2" t="n">
+        <v>115243.75000000041</v>
       </c>
     </row>
     <row r="71">
       <c r="A71" t="inlineStr">
         <is>
           <t>Région de Bruxelles-Capitale</t>
         </is>
       </c>
       <c r="B71" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="C71"/>
       <c r="D71" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="E71" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="F71" t="inlineStr">
         <is>
           <t>Femmes</t>
         </is>
       </c>
       <c r="G71" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="H71" t="inlineStr">
         <is>
           <t>Haut</t>
         </is>
       </c>
       <c r="I71" s="1" t="n">
-        <v>202850.0</v>
+        <v>219382.0</v>
       </c>
     </row>
     <row r="72">
       <c r="A72" t="inlineStr">
         <is>
           <t>Région de Bruxelles-Capitale</t>
         </is>
       </c>
       <c r="B72" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="C72"/>
       <c r="D72" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="E72" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="F72" t="inlineStr">
         <is>
           <t>Femmes</t>
         </is>
       </c>
       <c r="G72" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="H72"/>
       <c r="I72" s="2" t="n">
-        <v>430943.2500000015</v>
+        <v>433857.2500000015</v>
       </c>
     </row>
     <row r="73">
       <c r="A73" t="inlineStr">
         <is>
           <t>Région de Bruxelles-Capitale</t>
         </is>
       </c>
       <c r="B73" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="C73"/>
       <c r="D73" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="E73" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="F73"/>
       <c r="G73" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="H73"/>
       <c r="I73" s="2" t="n">
-        <v>858107.750000003</v>
+        <v>862723.500000003</v>
       </c>
     </row>
     <row r="74">
       <c r="A74" t="inlineStr">
         <is>
           <t>Région flamande</t>
         </is>
       </c>
       <c r="B74" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="C74" t="inlineStr">
         <is>
           <t>De 15 à 24 ans</t>
         </is>
       </c>
       <c r="D74" t="inlineStr">
         <is>
-          <t>2023</t>
+          <t>2024</t>
         </is>
       </c>
       <c r="E74" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="F74" t="inlineStr">
         <is>
           <t>Hommes</t>
         </is>
       </c>
       <c r="G74" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="H74" t="inlineStr">
         <is>
           <t>Bas</t>
         </is>
       </c>
-      <c r="I74" s="2" t="n">
-        <v>163407.25000000058</v>
+      <c r="I74" s="1" t="n">
+        <v>179061.0</v>
       </c>
     </row>
     <row r="75">
       <c r="A75" t="inlineStr">
         <is>
           <t>Région flamande</t>
         </is>
       </c>
       <c r="B75" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="C75" t="inlineStr">
         <is>
           <t>De 15 à 24 ans</t>
         </is>
       </c>
       <c r="D75" t="inlineStr">
         <is>
-          <t>2023</t>
+          <t>2024</t>
         </is>
       </c>
       <c r="E75" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="F75" t="inlineStr">
         <is>
           <t>Hommes</t>
         </is>
       </c>
       <c r="G75" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="H75" t="inlineStr">
         <is>
           <t>Moyen</t>
         </is>
       </c>
       <c r="I75" s="2" t="n">
-        <v>176026.5000000006</v>
+        <v>172497.5000000006</v>
       </c>
     </row>
     <row r="76">
       <c r="A76" t="inlineStr">
         <is>
           <t>Région flamande</t>
         </is>
       </c>
       <c r="B76" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="C76" t="inlineStr">
         <is>
           <t>De 15 à 24 ans</t>
         </is>
       </c>
       <c r="D76" t="inlineStr">
         <is>
-          <t>2023</t>
+          <t>2024</t>
         </is>
       </c>
       <c r="E76" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="F76" t="inlineStr">
         <is>
           <t>Hommes</t>
         </is>
       </c>
       <c r="G76" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="H76" t="inlineStr">
         <is>
           <t>Haut</t>
         </is>
       </c>
       <c r="I76" s="2" t="n">
-        <v>43182.25000000015</v>
+        <v>38378.25000000014</v>
       </c>
     </row>
     <row r="77">
       <c r="A77" t="inlineStr">
         <is>
           <t>Région flamande</t>
         </is>
       </c>
       <c r="B77" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="C77" t="inlineStr">
         <is>
           <t>De 15 à 24 ans</t>
         </is>
       </c>
       <c r="D77" t="inlineStr">
         <is>
-          <t>2023</t>
+          <t>2024</t>
         </is>
       </c>
       <c r="E77" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="F77" t="inlineStr">
         <is>
           <t>Hommes</t>
         </is>
       </c>
       <c r="G77" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="H77"/>
-      <c r="I77" s="1" t="n">
-        <v>382616.0</v>
+      <c r="I77" s="2" t="n">
+        <v>389936.5000000014</v>
       </c>
     </row>
     <row r="78">
       <c r="A78" t="inlineStr">
         <is>
           <t>Région flamande</t>
         </is>
       </c>
       <c r="B78" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="C78" t="inlineStr">
         <is>
           <t>De 15 à 24 ans</t>
         </is>
       </c>
       <c r="D78" t="inlineStr">
         <is>
-          <t>2023</t>
+          <t>2024</t>
         </is>
       </c>
       <c r="E78" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="F78" t="inlineStr">
         <is>
           <t>Femmes</t>
         </is>
       </c>
       <c r="G78" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="H78" t="inlineStr">
         <is>
           <t>Bas</t>
         </is>
       </c>
-      <c r="I78" s="2" t="n">
-        <v>149112.50000000052</v>
+      <c r="I78" s="1" t="n">
+        <v>153530.0</v>
       </c>
     </row>
     <row r="79">
       <c r="A79" t="inlineStr">
         <is>
           <t>Région flamande</t>
         </is>
       </c>
       <c r="B79" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="C79" t="inlineStr">
         <is>
           <t>De 15 à 24 ans</t>
         </is>
       </c>
       <c r="D79" t="inlineStr">
         <is>
-          <t>2023</t>
+          <t>2024</t>
         </is>
       </c>
       <c r="E79" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="F79" t="inlineStr">
         <is>
           <t>Femmes</t>
         </is>
       </c>
       <c r="G79" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="H79" t="inlineStr">
         <is>
           <t>Moyen</t>
         </is>
       </c>
-      <c r="I79" s="2" t="n">
-        <v>149537.50000000052</v>
+      <c r="I79" s="1" t="n">
+        <v>161941.0</v>
       </c>
     </row>
     <row r="80">
       <c r="A80" t="inlineStr">
         <is>
           <t>Région flamande</t>
         </is>
       </c>
       <c r="B80" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="C80" t="inlineStr">
         <is>
           <t>De 15 à 24 ans</t>
         </is>
       </c>
       <c r="D80" t="inlineStr">
         <is>
-          <t>2023</t>
+          <t>2024</t>
         </is>
       </c>
       <c r="E80" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="F80" t="inlineStr">
         <is>
           <t>Femmes</t>
         </is>
       </c>
       <c r="G80" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="H80" t="inlineStr">
         <is>
           <t>Haut</t>
         </is>
       </c>
       <c r="I80" s="2" t="n">
-        <v>67572.25000000023</v>
+        <v>56830.250000000204</v>
       </c>
     </row>
     <row r="81">
       <c r="A81" t="inlineStr">
         <is>
           <t>Région flamande</t>
         </is>
       </c>
       <c r="B81" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="C81" t="inlineStr">
         <is>
           <t>De 15 à 24 ans</t>
         </is>
       </c>
       <c r="D81" t="inlineStr">
         <is>
-          <t>2023</t>
+          <t>2024</t>
         </is>
       </c>
       <c r="E81" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="F81" t="inlineStr">
         <is>
           <t>Femmes</t>
         </is>
       </c>
       <c r="G81" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="H81"/>
       <c r="I81" s="2" t="n">
-        <v>366222.2500000013</v>
+        <v>372301.25000000134</v>
       </c>
     </row>
     <row r="82">
       <c r="A82" t="inlineStr">
         <is>
           <t>Région flamande</t>
         </is>
       </c>
       <c r="B82" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="C82" t="inlineStr">
         <is>
           <t>De 15 à 24 ans</t>
         </is>
       </c>
       <c r="D82" t="inlineStr">
         <is>
-          <t>2023</t>
+          <t>2024</t>
         </is>
       </c>
       <c r="E82" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="F82"/>
       <c r="G82" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="H82"/>
       <c r="I82" s="2" t="n">
-        <v>748838.2500000027</v>
+        <v>762237.7500000027</v>
       </c>
     </row>
     <row r="83">
       <c r="A83" t="inlineStr">
         <is>
           <t>Région flamande</t>
         </is>
       </c>
       <c r="B83" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="C83" t="inlineStr">
         <is>
           <t>De 15 à 24 ans</t>
         </is>
       </c>
       <c r="D83" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="E83" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="F83" t="inlineStr">
         <is>
           <t>Hommes</t>
         </is>
       </c>
       <c r="G83" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="H83" t="inlineStr">
         <is>
           <t>Bas</t>
         </is>
       </c>
       <c r="I83" s="1" t="n">
-        <v>179061.0</v>
+        <v>180703.0</v>
       </c>
     </row>
     <row r="84">
       <c r="A84" t="inlineStr">
         <is>
           <t>Région flamande</t>
         </is>
       </c>
       <c r="B84" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="C84" t="inlineStr">
         <is>
           <t>De 15 à 24 ans</t>
         </is>
       </c>
       <c r="D84" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="E84" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="F84" t="inlineStr">
         <is>
           <t>Hommes</t>
         </is>
       </c>
       <c r="G84" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="H84" t="inlineStr">
         <is>
           <t>Moyen</t>
         </is>
       </c>
       <c r="I84" s="2" t="n">
-        <v>172497.5000000006</v>
+        <v>173528.2500000006</v>
       </c>
     </row>
     <row r="85">
       <c r="A85" t="inlineStr">
         <is>
           <t>Région flamande</t>
         </is>
       </c>
       <c r="B85" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="C85" t="inlineStr">
         <is>
           <t>De 15 à 24 ans</t>
         </is>
       </c>
       <c r="D85" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="E85" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="F85" t="inlineStr">
         <is>
           <t>Hommes</t>
         </is>
       </c>
       <c r="G85" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="H85" t="inlineStr">
         <is>
           <t>Haut</t>
         </is>
       </c>
       <c r="I85" s="2" t="n">
-        <v>38378.25000000014</v>
+        <v>42412.25000000015</v>
       </c>
     </row>
     <row r="86">
       <c r="A86" t="inlineStr">
         <is>
           <t>Région flamande</t>
         </is>
       </c>
       <c r="B86" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="C86" t="inlineStr">
         <is>
           <t>De 15 à 24 ans</t>
         </is>
       </c>
       <c r="D86" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="E86" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="F86" t="inlineStr">
         <is>
           <t>Hommes</t>
         </is>
       </c>
       <c r="G86" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="H86"/>
       <c r="I86" s="2" t="n">
-        <v>389936.5000000014</v>
+        <v>396643.5000000014</v>
       </c>
     </row>
     <row r="87">
       <c r="A87" t="inlineStr">
         <is>
           <t>Région flamande</t>
         </is>
       </c>
       <c r="B87" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="C87" t="inlineStr">
         <is>
           <t>De 15 à 24 ans</t>
         </is>
       </c>
       <c r="D87" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="E87" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="F87" t="inlineStr">
         <is>
           <t>Femmes</t>
         </is>
       </c>
       <c r="G87" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="H87" t="inlineStr">
         <is>
           <t>Bas</t>
         </is>
       </c>
-      <c r="I87" s="1" t="n">
-        <v>153530.0</v>
+      <c r="I87" s="2" t="n">
+        <v>156357.75000000055</v>
       </c>
     </row>
     <row r="88">
       <c r="A88" t="inlineStr">
         <is>
           <t>Région flamande</t>
         </is>
       </c>
       <c r="B88" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="C88" t="inlineStr">
         <is>
           <t>De 15 à 24 ans</t>
         </is>
       </c>
       <c r="D88" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="E88" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="F88" t="inlineStr">
         <is>
           <t>Femmes</t>
         </is>
       </c>
       <c r="G88" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="H88" t="inlineStr">
         <is>
           <t>Moyen</t>
         </is>
       </c>
-      <c r="I88" s="1" t="n">
-        <v>161941.0</v>
+      <c r="I88" s="2" t="n">
+        <v>162709.25000000058</v>
       </c>
     </row>
     <row r="89">
       <c r="A89" t="inlineStr">
         <is>
           <t>Région flamande</t>
         </is>
       </c>
       <c r="B89" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="C89" t="inlineStr">
         <is>
           <t>De 15 à 24 ans</t>
         </is>
       </c>
       <c r="D89" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="E89" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="F89" t="inlineStr">
         <is>
           <t>Femmes</t>
         </is>
       </c>
       <c r="G89" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="H89" t="inlineStr">
         <is>
           <t>Haut</t>
         </is>
       </c>
       <c r="I89" s="2" t="n">
-        <v>56830.250000000204</v>
+        <v>58674.50000000021</v>
       </c>
     </row>
     <row r="90">
       <c r="A90" t="inlineStr">
         <is>
           <t>Région flamande</t>
         </is>
       </c>
       <c r="B90" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="C90" t="inlineStr">
         <is>
           <t>De 15 à 24 ans</t>
         </is>
       </c>
       <c r="D90" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="E90" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="F90" t="inlineStr">
         <is>
           <t>Femmes</t>
         </is>
       </c>
       <c r="G90" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="H90"/>
       <c r="I90" s="2" t="n">
-        <v>372301.25000000134</v>
+        <v>377741.25000000134</v>
       </c>
     </row>
     <row r="91">
       <c r="A91" t="inlineStr">
         <is>
           <t>Région flamande</t>
         </is>
       </c>
       <c r="B91" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="C91" t="inlineStr">
         <is>
           <t>De 15 à 24 ans</t>
         </is>
       </c>
       <c r="D91" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="E91" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="F91"/>
       <c r="G91" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="H91"/>
       <c r="I91" s="2" t="n">
-        <v>762237.7500000027</v>
+        <v>774384.7500000028</v>
       </c>
     </row>
     <row r="92">
       <c r="A92" t="inlineStr">
         <is>
           <t>Région flamande</t>
         </is>
       </c>
       <c r="B92" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="C92" t="inlineStr">
         <is>
           <t>De 25 à 54 ans</t>
         </is>
       </c>
       <c r="D92" t="inlineStr">
         <is>
-          <t>2023</t>
+          <t>2024</t>
         </is>
       </c>
       <c r="E92" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="F92" t="inlineStr">
         <is>
           <t>Hommes</t>
         </is>
       </c>
       <c r="G92" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="H92" t="inlineStr">
         <is>
           <t>Bas</t>
         </is>
       </c>
-      <c r="I92" s="1" t="n">
-        <v>182591.0</v>
+      <c r="I92" s="2" t="n">
+        <v>170846.5000000006</v>
       </c>
     </row>
     <row r="93">
       <c r="A93" t="inlineStr">
         <is>
           <t>Région flamande</t>
         </is>
       </c>
       <c r="B93" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="C93" t="inlineStr">
         <is>
           <t>De 25 à 54 ans</t>
         </is>
       </c>
       <c r="D93" t="inlineStr">
         <is>
-          <t>2023</t>
+          <t>2024</t>
         </is>
       </c>
       <c r="E93" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="F93" t="inlineStr">
         <is>
           <t>Hommes</t>
         </is>
       </c>
       <c r="G93" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="H93" t="inlineStr">
         <is>
           <t>Moyen</t>
         </is>
       </c>
-      <c r="I93" s="2" t="n">
-        <v>549563.250000002</v>
+      <c r="I93" s="1" t="n">
+        <v>565513.0</v>
       </c>
     </row>
     <row r="94">
       <c r="A94" t="inlineStr">
         <is>
           <t>Région flamande</t>
         </is>
       </c>
       <c r="B94" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="C94" t="inlineStr">
         <is>
           <t>De 25 à 54 ans</t>
         </is>
       </c>
       <c r="D94" t="inlineStr">
         <is>
-          <t>2023</t>
+          <t>2024</t>
         </is>
       </c>
       <c r="E94" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="F94" t="inlineStr">
         <is>
           <t>Hommes</t>
         </is>
       </c>
       <c r="G94" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="H94" t="inlineStr">
         <is>
           <t>Haut</t>
         </is>
       </c>
       <c r="I94" s="2" t="n">
-        <v>555134.750000002</v>
+        <v>551568.750000002</v>
       </c>
     </row>
     <row r="95">
       <c r="A95" t="inlineStr">
         <is>
           <t>Région flamande</t>
         </is>
       </c>
       <c r="B95" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="C95" t="inlineStr">
         <is>
           <t>De 25 à 54 ans</t>
         </is>
       </c>
       <c r="D95" t="inlineStr">
         <is>
-          <t>2023</t>
+          <t>2024</t>
         </is>
       </c>
       <c r="E95" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="F95" t="inlineStr">
         <is>
           <t>Hommes</t>
         </is>
       </c>
       <c r="G95" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="H95"/>
       <c r="I95" s="2" t="n">
-        <v>1287288.7500000047</v>
+        <v>1287928.5000000047</v>
       </c>
     </row>
     <row r="96">
       <c r="A96" t="inlineStr">
         <is>
           <t>Région flamande</t>
         </is>
       </c>
       <c r="B96" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="C96" t="inlineStr">
         <is>
           <t>De 25 à 54 ans</t>
         </is>
       </c>
       <c r="D96" t="inlineStr">
         <is>
-          <t>2023</t>
+          <t>2024</t>
         </is>
       </c>
       <c r="E96" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="F96" t="inlineStr">
         <is>
           <t>Femmes</t>
         </is>
       </c>
       <c r="G96" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="H96" t="inlineStr">
         <is>
           <t>Bas</t>
         </is>
       </c>
       <c r="I96" s="1" t="n">
-        <v>148745.0</v>
+        <v>146270.0</v>
       </c>
     </row>
     <row r="97">
       <c r="A97" t="inlineStr">
         <is>
           <t>Région flamande</t>
         </is>
       </c>
       <c r="B97" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="C97" t="inlineStr">
         <is>
           <t>De 25 à 54 ans</t>
         </is>
       </c>
       <c r="D97" t="inlineStr">
         <is>
-          <t>2023</t>
+          <t>2024</t>
         </is>
       </c>
       <c r="E97" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="F97" t="inlineStr">
         <is>
           <t>Femmes</t>
         </is>
       </c>
       <c r="G97" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="H97" t="inlineStr">
         <is>
           <t>Moyen</t>
         </is>
       </c>
-      <c r="I97" s="2" t="n">
-        <v>423244.7500000015</v>
+      <c r="I97" s="1" t="n">
+        <v>439782.0</v>
       </c>
     </row>
     <row r="98">
       <c r="A98" t="inlineStr">
         <is>
           <t>Région flamande</t>
         </is>
       </c>
       <c r="B98" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="C98" t="inlineStr">
         <is>
           <t>De 25 à 54 ans</t>
         </is>
       </c>
       <c r="D98" t="inlineStr">
         <is>
-          <t>2023</t>
+          <t>2024</t>
         </is>
       </c>
       <c r="E98" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="F98" t="inlineStr">
         <is>
           <t>Femmes</t>
         </is>
       </c>
       <c r="G98" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="H98" t="inlineStr">
         <is>
           <t>Haut</t>
         </is>
       </c>
-      <c r="I98" s="1" t="n">
-        <v>710424.0</v>
+      <c r="I98" s="2" t="n">
+        <v>699471.2500000024</v>
       </c>
     </row>
     <row r="99">
       <c r="A99" t="inlineStr">
         <is>
           <t>Région flamande</t>
         </is>
       </c>
       <c r="B99" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="C99" t="inlineStr">
         <is>
           <t>De 25 à 54 ans</t>
         </is>
       </c>
       <c r="D99" t="inlineStr">
         <is>
-          <t>2023</t>
+          <t>2024</t>
         </is>
       </c>
       <c r="E99" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="F99" t="inlineStr">
         <is>
           <t>Femmes</t>
         </is>
       </c>
       <c r="G99" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="H99"/>
       <c r="I99" s="2" t="n">
-        <v>1282413.7500000047</v>
+        <v>1285523.2500000047</v>
       </c>
     </row>
     <row r="100">
       <c r="A100" t="inlineStr">
         <is>
           <t>Région flamande</t>
         </is>
       </c>
       <c r="B100" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="C100" t="inlineStr">
         <is>
           <t>De 25 à 54 ans</t>
         </is>
       </c>
       <c r="D100" t="inlineStr">
         <is>
-          <t>2023</t>
+          <t>2024</t>
         </is>
       </c>
       <c r="E100" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="F100"/>
       <c r="G100" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="H100"/>
       <c r="I100" s="2" t="n">
-        <v>2569702.5000000093</v>
+        <v>2573451.7500000093</v>
       </c>
     </row>
     <row r="101">
       <c r="A101" t="inlineStr">
         <is>
           <t>Région flamande</t>
         </is>
       </c>
       <c r="B101" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="C101" t="inlineStr">
         <is>
           <t>De 25 à 54 ans</t>
         </is>
       </c>
       <c r="D101" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="E101" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="F101" t="inlineStr">
         <is>
           <t>Hommes</t>
         </is>
       </c>
       <c r="G101" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="H101" t="inlineStr">
         <is>
           <t>Bas</t>
         </is>
       </c>
       <c r="I101" s="2" t="n">
-        <v>170846.5000000006</v>
+        <v>148340.25000000052</v>
       </c>
     </row>
     <row r="102">
       <c r="A102" t="inlineStr">
         <is>
           <t>Région flamande</t>
         </is>
       </c>
       <c r="B102" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="C102" t="inlineStr">
         <is>
           <t>De 25 à 54 ans</t>
         </is>
       </c>
       <c r="D102" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="E102" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="F102" t="inlineStr">
         <is>
           <t>Hommes</t>
         </is>
       </c>
       <c r="G102" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="H102" t="inlineStr">
         <is>
           <t>Moyen</t>
         </is>
       </c>
-      <c r="I102" s="1" t="n">
-        <v>565513.0</v>
+      <c r="I102" s="2" t="n">
+        <v>572592.500000002</v>
       </c>
     </row>
     <row r="103">
       <c r="A103" t="inlineStr">
         <is>
           <t>Région flamande</t>
         </is>
       </c>
       <c r="B103" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="C103" t="inlineStr">
         <is>
           <t>De 25 à 54 ans</t>
         </is>
       </c>
       <c r="D103" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="E103" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="F103" t="inlineStr">
         <is>
           <t>Hommes</t>
         </is>
       </c>
       <c r="G103" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="H103" t="inlineStr">
         <is>
           <t>Haut</t>
         </is>
       </c>
       <c r="I103" s="2" t="n">
-        <v>551568.750000002</v>
+        <v>565731.500000002</v>
       </c>
     </row>
     <row r="104">
       <c r="A104" t="inlineStr">
         <is>
           <t>Région flamande</t>
         </is>
       </c>
       <c r="B104" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="C104" t="inlineStr">
         <is>
           <t>De 25 à 54 ans</t>
         </is>
       </c>
       <c r="D104" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="E104" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="F104" t="inlineStr">
         <is>
           <t>Hommes</t>
         </is>
       </c>
       <c r="G104" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="H104"/>
       <c r="I104" s="2" t="n">
-        <v>1287928.5000000047</v>
+        <v>1286664.2500000047</v>
       </c>
     </row>
     <row r="105">
       <c r="A105" t="inlineStr">
         <is>
           <t>Région flamande</t>
         </is>
       </c>
       <c r="B105" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="C105" t="inlineStr">
         <is>
           <t>De 25 à 54 ans</t>
         </is>
       </c>
       <c r="D105" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="E105" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="F105" t="inlineStr">
         <is>
           <t>Femmes</t>
         </is>
       </c>
       <c r="G105" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="H105" t="inlineStr">
         <is>
           <t>Bas</t>
         </is>
       </c>
-      <c r="I105" s="1" t="n">
-        <v>146270.0</v>
+      <c r="I105" s="2" t="n">
+        <v>124954.75000000045</v>
       </c>
     </row>
     <row r="106">
       <c r="A106" t="inlineStr">
         <is>
           <t>Région flamande</t>
         </is>
       </c>
       <c r="B106" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="C106" t="inlineStr">
         <is>
           <t>De 25 à 54 ans</t>
         </is>
       </c>
       <c r="D106" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="E106" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="F106" t="inlineStr">
         <is>
           <t>Femmes</t>
         </is>
       </c>
       <c r="G106" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="H106" t="inlineStr">
         <is>
           <t>Moyen</t>
         </is>
       </c>
-      <c r="I106" s="1" t="n">
-        <v>439782.0</v>
+      <c r="I106" s="2" t="n">
+        <v>422688.2500000015</v>
       </c>
     </row>
     <row r="107">
       <c r="A107" t="inlineStr">
         <is>
           <t>Région flamande</t>
         </is>
       </c>
       <c r="B107" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="C107" t="inlineStr">
         <is>
           <t>De 25 à 54 ans</t>
         </is>
       </c>
       <c r="D107" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="E107" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="F107" t="inlineStr">
         <is>
           <t>Femmes</t>
         </is>
       </c>
       <c r="G107" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="H107" t="inlineStr">
         <is>
           <t>Haut</t>
         </is>
       </c>
-      <c r="I107" s="2" t="n">
-        <v>699471.2500000024</v>
+      <c r="I107" s="1" t="n">
+        <v>740322.0</v>
       </c>
     </row>
     <row r="108">
       <c r="A108" t="inlineStr">
         <is>
           <t>Région flamande</t>
         </is>
       </c>
       <c r="B108" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="C108" t="inlineStr">
         <is>
           <t>De 25 à 54 ans</t>
         </is>
       </c>
       <c r="D108" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="E108" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="F108" t="inlineStr">
         <is>
           <t>Femmes</t>
         </is>
       </c>
       <c r="G108" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="H108"/>
       <c r="I108" s="2" t="n">
-        <v>1285523.2500000047</v>
+        <v>1287964.7500000047</v>
       </c>
     </row>
     <row r="109">
       <c r="A109" t="inlineStr">
         <is>
           <t>Région flamande</t>
         </is>
       </c>
       <c r="B109" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="C109" t="inlineStr">
         <is>
           <t>De 25 à 54 ans</t>
         </is>
       </c>
       <c r="D109" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="E109" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="F109"/>
       <c r="G109" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="H109"/>
-      <c r="I109" s="2" t="n">
-        <v>2573451.7500000093</v>
+      <c r="I109" s="1" t="n">
+        <v>2574629.0</v>
       </c>
     </row>
     <row r="110">
       <c r="A110" t="inlineStr">
         <is>
           <t>Région flamande</t>
         </is>
       </c>
       <c r="B110" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="C110" t="inlineStr">
         <is>
           <t>De 55 à 64 ans</t>
         </is>
       </c>
       <c r="D110" t="inlineStr">
         <is>
-          <t>2023</t>
+          <t>2024</t>
         </is>
       </c>
       <c r="E110" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="F110" t="inlineStr">
         <is>
           <t>Hommes</t>
         </is>
       </c>
       <c r="G110" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="H110" t="inlineStr">
         <is>
           <t>Bas</t>
         </is>
       </c>
       <c r="I110" s="2" t="n">
-        <v>111496.5000000004</v>
+        <v>114001.75000000041</v>
       </c>
     </row>
     <row r="111">
       <c r="A111" t="inlineStr">
         <is>
           <t>Région flamande</t>
         </is>
       </c>
       <c r="B111" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="C111" t="inlineStr">
         <is>
           <t>De 55 à 64 ans</t>
         </is>
       </c>
       <c r="D111" t="inlineStr">
         <is>
-          <t>2023</t>
+          <t>2024</t>
         </is>
       </c>
       <c r="E111" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="F111" t="inlineStr">
         <is>
           <t>Hommes</t>
         </is>
       </c>
       <c r="G111" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="H111" t="inlineStr">
         <is>
           <t>Moyen</t>
         </is>
       </c>
-      <c r="I111" s="2" t="n">
-        <v>196903.5000000007</v>
+      <c r="I111" s="1" t="n">
+        <v>187760.0</v>
       </c>
     </row>
     <row r="112">
       <c r="A112" t="inlineStr">
         <is>
           <t>Région flamande</t>
         </is>
       </c>
       <c r="B112" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="C112" t="inlineStr">
         <is>
           <t>De 55 à 64 ans</t>
         </is>
       </c>
       <c r="D112" t="inlineStr">
         <is>
-          <t>2023</t>
+          <t>2024</t>
         </is>
       </c>
       <c r="E112" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="F112" t="inlineStr">
         <is>
           <t>Hommes</t>
         </is>
       </c>
       <c r="G112" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="H112" t="inlineStr">
         <is>
           <t>Haut</t>
         </is>
       </c>
-      <c r="I112" s="1" t="n">
-        <v>160669.0</v>
+      <c r="I112" s="2" t="n">
+        <v>166127.75000000058</v>
       </c>
     </row>
     <row r="113">
       <c r="A113" t="inlineStr">
         <is>
           <t>Région flamande</t>
         </is>
       </c>
       <c r="B113" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="C113" t="inlineStr">
         <is>
           <t>De 55 à 64 ans</t>
         </is>
       </c>
       <c r="D113" t="inlineStr">
         <is>
-          <t>2023</t>
+          <t>2024</t>
         </is>
       </c>
       <c r="E113" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="F113" t="inlineStr">
         <is>
           <t>Hommes</t>
         </is>
       </c>
       <c r="G113" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="H113"/>
-      <c r="I113" s="1" t="n">
-        <v>469069.0</v>
+      <c r="I113" s="2" t="n">
+        <v>467889.5000000017</v>
       </c>
     </row>
     <row r="114">
       <c r="A114" t="inlineStr">
         <is>
           <t>Région flamande</t>
         </is>
       </c>
       <c r="B114" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="C114" t="inlineStr">
         <is>
           <t>De 55 à 64 ans</t>
         </is>
       </c>
       <c r="D114" t="inlineStr">
         <is>
-          <t>2023</t>
+          <t>2024</t>
         </is>
       </c>
       <c r="E114" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="F114" t="inlineStr">
         <is>
           <t>Femmes</t>
         </is>
       </c>
       <c r="G114" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="H114" t="inlineStr">
         <is>
           <t>Bas</t>
         </is>
       </c>
       <c r="I114" s="2" t="n">
-        <v>109009.2500000004</v>
+        <v>96613.25000000035</v>
       </c>
     </row>
     <row r="115">
       <c r="A115" t="inlineStr">
         <is>
           <t>Région flamande</t>
         </is>
       </c>
       <c r="B115" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="C115" t="inlineStr">
         <is>
           <t>De 55 à 64 ans</t>
         </is>
       </c>
       <c r="D115" t="inlineStr">
         <is>
-          <t>2023</t>
+          <t>2024</t>
         </is>
       </c>
       <c r="E115" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="F115" t="inlineStr">
         <is>
           <t>Femmes</t>
         </is>
       </c>
       <c r="G115" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="H115" t="inlineStr">
         <is>
           <t>Moyen</t>
         </is>
       </c>
-      <c r="I115" s="1" t="n">
-        <v>192868.0</v>
+      <c r="I115" s="2" t="n">
+        <v>196542.2500000007</v>
       </c>
     </row>
     <row r="116">
       <c r="A116" t="inlineStr">
         <is>
           <t>Région flamande</t>
         </is>
       </c>
       <c r="B116" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="C116" t="inlineStr">
         <is>
           <t>De 55 à 64 ans</t>
         </is>
       </c>
       <c r="D116" t="inlineStr">
         <is>
-          <t>2023</t>
+          <t>2024</t>
         </is>
       </c>
       <c r="E116" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="F116" t="inlineStr">
         <is>
           <t>Femmes</t>
         </is>
       </c>
       <c r="G116" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="H116" t="inlineStr">
         <is>
           <t>Haut</t>
         </is>
       </c>
       <c r="I116" s="2" t="n">
-        <v>162481.25000000058</v>
+        <v>169219.7500000006</v>
       </c>
     </row>
     <row r="117">
       <c r="A117" t="inlineStr">
         <is>
           <t>Région flamande</t>
         </is>
       </c>
       <c r="B117" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="C117" t="inlineStr">
         <is>
           <t>De 55 à 64 ans</t>
         </is>
       </c>
       <c r="D117" t="inlineStr">
         <is>
-          <t>2023</t>
+          <t>2024</t>
         </is>
       </c>
       <c r="E117" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="F117" t="inlineStr">
         <is>
           <t>Femmes</t>
         </is>
       </c>
       <c r="G117" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="H117"/>
       <c r="I117" s="2" t="n">
-        <v>464358.75000000163</v>
+        <v>462375.50000000163</v>
       </c>
     </row>
     <row r="118">
       <c r="A118" t="inlineStr">
         <is>
           <t>Région flamande</t>
         </is>
       </c>
       <c r="B118" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="C118" t="inlineStr">
         <is>
           <t>De 55 à 64 ans</t>
         </is>
       </c>
       <c r="D118" t="inlineStr">
         <is>
-          <t>2023</t>
+          <t>2024</t>
         </is>
       </c>
       <c r="E118" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="F118"/>
       <c r="G118" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="H118"/>
-      <c r="I118" s="2" t="n">
-        <v>933427.7500000033</v>
+      <c r="I118" s="1" t="n">
+        <v>930265.0</v>
       </c>
     </row>
     <row r="119">
       <c r="A119" t="inlineStr">
         <is>
           <t>Région flamande</t>
         </is>
       </c>
       <c r="B119" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="C119" t="inlineStr">
         <is>
           <t>De 55 à 64 ans</t>
         </is>
       </c>
       <c r="D119" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="E119" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="F119" t="inlineStr">
         <is>
           <t>Hommes</t>
         </is>
       </c>
       <c r="G119" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="H119" t="inlineStr">
         <is>
           <t>Bas</t>
         </is>
       </c>
       <c r="I119" s="2" t="n">
-        <v>114001.75000000041</v>
+        <v>88854.25000000032</v>
       </c>
     </row>
     <row r="120">
       <c r="A120" t="inlineStr">
         <is>
           <t>Région flamande</t>
         </is>
       </c>
       <c r="B120" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="C120" t="inlineStr">
         <is>
           <t>De 55 à 64 ans</t>
         </is>
       </c>
       <c r="D120" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="E120" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="F120" t="inlineStr">
         <is>
           <t>Hommes</t>
         </is>
       </c>
       <c r="G120" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="H120" t="inlineStr">
         <is>
           <t>Moyen</t>
         </is>
       </c>
-      <c r="I120" s="1" t="n">
-        <v>187760.0</v>
+      <c r="I120" s="2" t="n">
+        <v>199154.2500000007</v>
       </c>
     </row>
     <row r="121">
       <c r="A121" t="inlineStr">
         <is>
           <t>Région flamande</t>
         </is>
       </c>
       <c r="B121" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="C121" t="inlineStr">
         <is>
           <t>De 55 à 64 ans</t>
         </is>
       </c>
       <c r="D121" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="E121" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="F121" t="inlineStr">
         <is>
           <t>Hommes</t>
         </is>
       </c>
       <c r="G121" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="H121" t="inlineStr">
         <is>
           <t>Haut</t>
         </is>
       </c>
-      <c r="I121" s="2" t="n">
-        <v>166127.75000000058</v>
+      <c r="I121" s="1" t="n">
+        <v>178225.0</v>
       </c>
     </row>
     <row r="122">
       <c r="A122" t="inlineStr">
         <is>
           <t>Région flamande</t>
         </is>
       </c>
       <c r="B122" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="C122" t="inlineStr">
         <is>
           <t>De 55 à 64 ans</t>
         </is>
       </c>
       <c r="D122" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="E122" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="F122" t="inlineStr">
         <is>
           <t>Hommes</t>
         </is>
       </c>
       <c r="G122" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="H122"/>
       <c r="I122" s="2" t="n">
-        <v>467889.5000000017</v>
+        <v>466233.50000000163</v>
       </c>
     </row>
     <row r="123">
       <c r="A123" t="inlineStr">
         <is>
           <t>Région flamande</t>
         </is>
       </c>
       <c r="B123" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="C123" t="inlineStr">
         <is>
           <t>De 55 à 64 ans</t>
         </is>
       </c>
       <c r="D123" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="E123" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="F123" t="inlineStr">
         <is>
           <t>Femmes</t>
         </is>
       </c>
       <c r="G123" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="H123" t="inlineStr">
         <is>
           <t>Bas</t>
         </is>
       </c>
       <c r="I123" s="2" t="n">
-        <v>96613.25000000035</v>
+        <v>72207.25000000026</v>
       </c>
     </row>
     <row r="124">
       <c r="A124" t="inlineStr">
         <is>
           <t>Région flamande</t>
         </is>
       </c>
       <c r="B124" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="C124" t="inlineStr">
         <is>
           <t>De 55 à 64 ans</t>
         </is>
       </c>
       <c r="D124" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="E124" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="F124" t="inlineStr">
         <is>
           <t>Femmes</t>
         </is>
       </c>
       <c r="G124" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="H124" t="inlineStr">
         <is>
           <t>Moyen</t>
         </is>
       </c>
-      <c r="I124" s="2" t="n">
-        <v>196542.2500000007</v>
+      <c r="I124" s="1" t="n">
+        <v>201006.0</v>
       </c>
     </row>
     <row r="125">
       <c r="A125" t="inlineStr">
         <is>
           <t>Région flamande</t>
         </is>
       </c>
       <c r="B125" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="C125" t="inlineStr">
         <is>
           <t>De 55 à 64 ans</t>
         </is>
       </c>
       <c r="D125" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="E125" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="F125" t="inlineStr">
         <is>
           <t>Femmes</t>
         </is>
       </c>
       <c r="G125" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="H125" t="inlineStr">
         <is>
           <t>Haut</t>
         </is>
       </c>
       <c r="I125" s="2" t="n">
-        <v>169219.7500000006</v>
+        <v>187470.75000000067</v>
       </c>
     </row>
     <row r="126">
       <c r="A126" t="inlineStr">
         <is>
           <t>Région flamande</t>
         </is>
       </c>
       <c r="B126" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="C126" t="inlineStr">
         <is>
           <t>De 55 à 64 ans</t>
         </is>
       </c>
       <c r="D126" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="E126" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="F126" t="inlineStr">
         <is>
           <t>Femmes</t>
         </is>
       </c>
       <c r="G126" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="H126"/>
-      <c r="I126" s="2" t="n">
-        <v>462375.50000000163</v>
+      <c r="I126" s="1" t="n">
+        <v>460684.0</v>
       </c>
     </row>
     <row r="127">
       <c r="A127" t="inlineStr">
         <is>
           <t>Région flamande</t>
         </is>
       </c>
       <c r="B127" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="C127" t="inlineStr">
         <is>
           <t>De 55 à 64 ans</t>
         </is>
       </c>
       <c r="D127" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="E127" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="F127"/>
       <c r="G127" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="H127"/>
-      <c r="I127" s="1" t="n">
-        <v>930265.0</v>
+      <c r="I127" s="2" t="n">
+        <v>926917.5000000033</v>
       </c>
     </row>
     <row r="128">
       <c r="A128" t="inlineStr">
         <is>
           <t>Région flamande</t>
         </is>
       </c>
       <c r="B128" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="C128"/>
       <c r="D128" t="inlineStr">
         <is>
-          <t>2023</t>
+          <t>2024</t>
         </is>
       </c>
       <c r="E128" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="F128" t="inlineStr">
         <is>
           <t>Hommes</t>
         </is>
       </c>
       <c r="G128" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="H128" t="inlineStr">
         <is>
           <t>Bas</t>
         </is>
       </c>
       <c r="I128" s="2" t="n">
-        <v>457494.50000000163</v>
+        <v>463909.25000000163</v>
       </c>
     </row>
     <row r="129">
       <c r="A129" t="inlineStr">
         <is>
           <t>Région flamande</t>
         </is>
       </c>
       <c r="B129" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="C129"/>
       <c r="D129" t="inlineStr">
         <is>
-          <t>2023</t>
+          <t>2024</t>
         </is>
       </c>
       <c r="E129" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="F129" t="inlineStr">
         <is>
           <t>Hommes</t>
         </is>
       </c>
       <c r="G129" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="H129" t="inlineStr">
         <is>
           <t>Moyen</t>
         </is>
       </c>
       <c r="I129" s="2" t="n">
-        <v>922493.2500000033</v>
+        <v>925770.7500000033</v>
       </c>
     </row>
     <row r="130">
       <c r="A130" t="inlineStr">
         <is>
           <t>Région flamande</t>
         </is>
       </c>
       <c r="B130" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="C130"/>
       <c r="D130" t="inlineStr">
         <is>
-          <t>2023</t>
+          <t>2024</t>
         </is>
       </c>
       <c r="E130" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="F130" t="inlineStr">
         <is>
           <t>Hommes</t>
         </is>
       </c>
       <c r="G130" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="H130" t="inlineStr">
         <is>
           <t>Haut</t>
         </is>
       </c>
       <c r="I130" s="2" t="n">
-        <v>758985.7500000027</v>
+        <v>756074.5000000027</v>
       </c>
     </row>
     <row r="131">
       <c r="A131" t="inlineStr">
         <is>
           <t>Région flamande</t>
         </is>
       </c>
       <c r="B131" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="C131"/>
       <c r="D131" t="inlineStr">
         <is>
-          <t>2023</t>
+          <t>2024</t>
         </is>
       </c>
       <c r="E131" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="F131" t="inlineStr">
         <is>
           <t>Hommes</t>
         </is>
       </c>
       <c r="G131" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="H131"/>
       <c r="I131" s="2" t="n">
-        <v>2138973.7500000075</v>
+        <v>2145754.5000000075</v>
       </c>
     </row>
     <row r="132">
       <c r="A132" t="inlineStr">
         <is>
           <t>Région flamande</t>
         </is>
       </c>
       <c r="B132" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="C132"/>
       <c r="D132" t="inlineStr">
         <is>
-          <t>2023</t>
+          <t>2024</t>
         </is>
       </c>
       <c r="E132" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="F132" t="inlineStr">
         <is>
           <t>Femmes</t>
         </is>
       </c>
       <c r="G132" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="H132" t="inlineStr">
         <is>
           <t>Bas</t>
         </is>
       </c>
       <c r="I132" s="2" t="n">
-        <v>406866.75000000146</v>
+        <v>396413.5000000014</v>
       </c>
     </row>
     <row r="133">
       <c r="A133" t="inlineStr">
         <is>
           <t>Région flamande</t>
         </is>
       </c>
       <c r="B133" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="C133"/>
       <c r="D133" t="inlineStr">
         <is>
-          <t>2023</t>
+          <t>2024</t>
         </is>
       </c>
       <c r="E133" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="F133" t="inlineStr">
         <is>
           <t>Femmes</t>
         </is>
       </c>
       <c r="G133" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="H133" t="inlineStr">
         <is>
           <t>Moyen</t>
         </is>
       </c>
       <c r="I133" s="2" t="n">
-        <v>765650.2500000027</v>
+        <v>798265.2500000028</v>
       </c>
     </row>
     <row r="134">
       <c r="A134" t="inlineStr">
         <is>
           <t>Région flamande</t>
         </is>
       </c>
       <c r="B134" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="C134"/>
       <c r="D134" t="inlineStr">
         <is>
-          <t>2023</t>
+          <t>2024</t>
         </is>
       </c>
       <c r="E134" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="F134" t="inlineStr">
         <is>
           <t>Femmes</t>
         </is>
       </c>
       <c r="G134" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="H134" t="inlineStr">
         <is>
           <t>Haut</t>
         </is>
       </c>
       <c r="I134" s="2" t="n">
-        <v>940477.7500000034</v>
+        <v>925521.2500000033</v>
       </c>
     </row>
     <row r="135">
       <c r="A135" t="inlineStr">
         <is>
           <t>Région flamande</t>
         </is>
       </c>
       <c r="B135" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="C135"/>
       <c r="D135" t="inlineStr">
         <is>
-          <t>2023</t>
+          <t>2024</t>
         </is>
       </c>
       <c r="E135" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="F135" t="inlineStr">
         <is>
           <t>Femmes</t>
         </is>
       </c>
       <c r="G135" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="H135"/>
-      <c r="I135" s="2" t="n">
-        <v>2112994.7500000075</v>
+      <c r="I135" s="1" t="n">
+        <v>2120200.0</v>
       </c>
     </row>
     <row r="136">
       <c r="A136" t="inlineStr">
         <is>
           <t>Région flamande</t>
         </is>
       </c>
       <c r="B136" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="C136"/>
       <c r="D136" t="inlineStr">
         <is>
-          <t>2023</t>
+          <t>2024</t>
         </is>
       </c>
       <c r="E136" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="F136"/>
       <c r="G136" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="H136"/>
       <c r="I136" s="2" t="n">
-        <v>4251968.500000015</v>
+        <v>4265954.500000015</v>
       </c>
     </row>
     <row r="137">
       <c r="A137" t="inlineStr">
         <is>
           <t>Région flamande</t>
         </is>
       </c>
       <c r="B137" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="C137"/>
       <c r="D137" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="E137" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="F137" t="inlineStr">
         <is>
           <t>Hommes</t>
         </is>
       </c>
       <c r="G137" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="H137" t="inlineStr">
         <is>
           <t>Bas</t>
         </is>
       </c>
       <c r="I137" s="2" t="n">
-        <v>463909.25000000163</v>
+        <v>417897.5000000015</v>
       </c>
     </row>
     <row r="138">
       <c r="A138" t="inlineStr">
         <is>
           <t>Région flamande</t>
         </is>
       </c>
       <c r="B138" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="C138"/>
       <c r="D138" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="E138" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="F138" t="inlineStr">
         <is>
           <t>Hommes</t>
         </is>
       </c>
       <c r="G138" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="H138" t="inlineStr">
         <is>
           <t>Moyen</t>
         </is>
       </c>
-      <c r="I138" s="2" t="n">
-        <v>925770.7500000033</v>
+      <c r="I138" s="1" t="n">
+        <v>945275.0</v>
       </c>
     </row>
     <row r="139">
       <c r="A139" t="inlineStr">
         <is>
           <t>Région flamande</t>
         </is>
       </c>
       <c r="B139" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="C139"/>
       <c r="D139" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="E139" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="F139" t="inlineStr">
         <is>
           <t>Hommes</t>
         </is>
       </c>
       <c r="G139" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="H139" t="inlineStr">
         <is>
           <t>Haut</t>
         </is>
       </c>
       <c r="I139" s="2" t="n">
-        <v>756074.5000000027</v>
+        <v>786368.7500000028</v>
       </c>
     </row>
     <row r="140">
       <c r="A140" t="inlineStr">
         <is>
           <t>Région flamande</t>
         </is>
       </c>
       <c r="B140" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="C140"/>
       <c r="D140" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="E140" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="F140" t="inlineStr">
         <is>
           <t>Hommes</t>
         </is>
       </c>
       <c r="G140" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="H140"/>
       <c r="I140" s="2" t="n">
-        <v>2145754.5000000075</v>
+        <v>2149541.2500000075</v>
       </c>
     </row>
     <row r="141">
       <c r="A141" t="inlineStr">
         <is>
           <t>Région flamande</t>
         </is>
       </c>
       <c r="B141" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="C141"/>
       <c r="D141" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="E141" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="F141" t="inlineStr">
         <is>
           <t>Femmes</t>
         </is>
       </c>
       <c r="G141" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="H141" t="inlineStr">
         <is>
           <t>Bas</t>
         </is>
       </c>
       <c r="I141" s="2" t="n">
-        <v>396413.5000000014</v>
+        <v>353519.5000000013</v>
       </c>
     </row>
     <row r="142">
       <c r="A142" t="inlineStr">
         <is>
           <t>Région flamande</t>
         </is>
       </c>
       <c r="B142" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="C142"/>
       <c r="D142" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="E142" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="F142" t="inlineStr">
         <is>
           <t>Femmes</t>
         </is>
       </c>
       <c r="G142" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="H142" t="inlineStr">
         <is>
           <t>Moyen</t>
         </is>
       </c>
       <c r="I142" s="2" t="n">
-        <v>798265.2500000028</v>
+        <v>786403.5000000028</v>
       </c>
     </row>
     <row r="143">
       <c r="A143" t="inlineStr">
         <is>
           <t>Région flamande</t>
         </is>
       </c>
       <c r="B143" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="C143"/>
       <c r="D143" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="E143" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="F143" t="inlineStr">
         <is>
           <t>Femmes</t>
         </is>
       </c>
       <c r="G143" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="H143" t="inlineStr">
         <is>
           <t>Haut</t>
         </is>
       </c>
-      <c r="I143" s="2" t="n">
-        <v>925521.2500000033</v>
+      <c r="I143" s="1" t="n">
+        <v>986467.0</v>
       </c>
     </row>
     <row r="144">
       <c r="A144" t="inlineStr">
         <is>
           <t>Région flamande</t>
         </is>
       </c>
       <c r="B144" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="C144"/>
       <c r="D144" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="E144" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="F144" t="inlineStr">
         <is>
           <t>Femmes</t>
         </is>
       </c>
       <c r="G144" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="H144"/>
       <c r="I144" s="1" t="n">
-        <v>2120200.0</v>
+        <v>2126390.0</v>
       </c>
     </row>
     <row r="145">
       <c r="A145" t="inlineStr">
         <is>
           <t>Région flamande</t>
         </is>
       </c>
       <c r="B145" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="C145"/>
       <c r="D145" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="E145" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="F145"/>
       <c r="G145" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="H145"/>
       <c r="I145" s="2" t="n">
-        <v>4265954.500000015</v>
+        <v>4275931.250000015</v>
       </c>
     </row>
     <row r="146">
       <c r="A146" t="inlineStr">
         <is>
           <t>Région wallonne</t>
         </is>
       </c>
       <c r="B146" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="C146" t="inlineStr">
         <is>
           <t>De 15 à 24 ans</t>
         </is>
       </c>
       <c r="D146" t="inlineStr">
         <is>
-          <t>2023</t>
+          <t>2024</t>
         </is>
       </c>
       <c r="E146" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="F146" t="inlineStr">
         <is>
           <t>Hommes</t>
         </is>
       </c>
       <c r="G146" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="H146" t="inlineStr">
         <is>
           <t>Bas</t>
         </is>
       </c>
       <c r="I146" s="2" t="n">
-        <v>110958.2500000004</v>
+        <v>119596.75000000042</v>
       </c>
     </row>
     <row r="147">
       <c r="A147" t="inlineStr">
         <is>
           <t>Région wallonne</t>
         </is>
       </c>
       <c r="B147" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="C147" t="inlineStr">
         <is>
           <t>De 15 à 24 ans</t>
         </is>
       </c>
       <c r="D147" t="inlineStr">
         <is>
-          <t>2023</t>
+          <t>2024</t>
         </is>
       </c>
       <c r="E147" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="F147" t="inlineStr">
         <is>
           <t>Hommes</t>
         </is>
       </c>
       <c r="G147" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="H147" t="inlineStr">
         <is>
           <t>Moyen</t>
         </is>
       </c>
-      <c r="I147" s="1" t="n">
-        <v>97283.0</v>
+      <c r="I147" s="2" t="n">
+        <v>93789.25000000033</v>
       </c>
     </row>
     <row r="148">
       <c r="A148" t="inlineStr">
         <is>
           <t>Région wallonne</t>
         </is>
       </c>
       <c r="B148" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="C148" t="inlineStr">
         <is>
           <t>De 15 à 24 ans</t>
         </is>
       </c>
       <c r="D148" t="inlineStr">
         <is>
-          <t>2023</t>
+          <t>2024</t>
         </is>
       </c>
       <c r="E148" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="F148" t="inlineStr">
         <is>
           <t>Hommes</t>
         </is>
       </c>
       <c r="G148" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="H148" t="inlineStr">
         <is>
           <t>Haut</t>
         </is>
       </c>
       <c r="I148" s="1" t="n">
-        <v>19079.0</v>
+        <v>15885.0</v>
       </c>
     </row>
     <row r="149">
       <c r="A149" t="inlineStr">
         <is>
           <t>Région wallonne</t>
         </is>
       </c>
       <c r="B149" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="C149" t="inlineStr">
         <is>
           <t>De 15 à 24 ans</t>
         </is>
       </c>
       <c r="D149" t="inlineStr">
         <is>
-          <t>2023</t>
+          <t>2024</t>
         </is>
       </c>
       <c r="E149" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="F149" t="inlineStr">
         <is>
           <t>Hommes</t>
         </is>
       </c>
       <c r="G149" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="H149"/>
       <c r="I149" s="2" t="n">
-        <v>227320.50000000081</v>
+        <v>229270.75000000081</v>
       </c>
     </row>
     <row r="150">
       <c r="A150" t="inlineStr">
         <is>
           <t>Région wallonne</t>
         </is>
       </c>
       <c r="B150" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="C150" t="inlineStr">
         <is>
           <t>De 15 à 24 ans</t>
         </is>
       </c>
       <c r="D150" t="inlineStr">
         <is>
-          <t>2023</t>
+          <t>2024</t>
         </is>
       </c>
       <c r="E150" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="F150" t="inlineStr">
         <is>
           <t>Femmes</t>
         </is>
       </c>
       <c r="G150" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="H150" t="inlineStr">
         <is>
           <t>Bas</t>
         </is>
       </c>
       <c r="I150" s="2" t="n">
-        <v>94917.25000000033</v>
+        <v>101635.75000000036</v>
       </c>
     </row>
     <row r="151">
       <c r="A151" t="inlineStr">
         <is>
           <t>Région wallonne</t>
         </is>
       </c>
       <c r="B151" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="C151" t="inlineStr">
         <is>
           <t>De 15 à 24 ans</t>
         </is>
       </c>
       <c r="D151" t="inlineStr">
         <is>
-          <t>2023</t>
+          <t>2024</t>
         </is>
       </c>
       <c r="E151" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="F151" t="inlineStr">
         <is>
           <t>Femmes</t>
         </is>
       </c>
       <c r="G151" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="H151" t="inlineStr">
         <is>
           <t>Moyen</t>
         </is>
       </c>
       <c r="I151" s="2" t="n">
-        <v>91682.50000000032</v>
+        <v>91908.75000000032</v>
       </c>
     </row>
     <row r="152">
       <c r="A152" t="inlineStr">
         <is>
           <t>Région wallonne</t>
         </is>
       </c>
       <c r="B152" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="C152" t="inlineStr">
         <is>
           <t>De 15 à 24 ans</t>
         </is>
       </c>
       <c r="D152" t="inlineStr">
         <is>
-          <t>2023</t>
+          <t>2024</t>
         </is>
       </c>
       <c r="E152" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="F152" t="inlineStr">
         <is>
           <t>Femmes</t>
         </is>
       </c>
       <c r="G152" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="H152" t="inlineStr">
         <is>
           <t>Haut</t>
         </is>
       </c>
       <c r="I152" s="2" t="n">
-        <v>31645.500000000113</v>
+        <v>25883.50000000009</v>
       </c>
     </row>
     <row r="153">
       <c r="A153" t="inlineStr">
         <is>
           <t>Région wallonne</t>
         </is>
       </c>
       <c r="B153" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="C153" t="inlineStr">
         <is>
           <t>De 15 à 24 ans</t>
         </is>
       </c>
       <c r="D153" t="inlineStr">
         <is>
-          <t>2023</t>
+          <t>2024</t>
         </is>
       </c>
       <c r="E153" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="F153" t="inlineStr">
         <is>
           <t>Femmes</t>
         </is>
       </c>
       <c r="G153" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="H153"/>
-      <c r="I153" s="2" t="n">
-        <v>218245.2500000008</v>
+      <c r="I153" s="1" t="n">
+        <v>219428.0</v>
       </c>
     </row>
     <row r="154">
       <c r="A154" t="inlineStr">
         <is>
           <t>Région wallonne</t>
         </is>
       </c>
       <c r="B154" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="C154" t="inlineStr">
         <is>
           <t>De 15 à 24 ans</t>
         </is>
       </c>
       <c r="D154" t="inlineStr">
         <is>
-          <t>2023</t>
+          <t>2024</t>
         </is>
       </c>
       <c r="E154" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="F154"/>
       <c r="G154" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="H154"/>
       <c r="I154" s="2" t="n">
-        <v>445565.7500000016</v>
+        <v>448698.7500000016</v>
       </c>
     </row>
     <row r="155">
       <c r="A155" t="inlineStr">
         <is>
           <t>Région wallonne</t>
         </is>
       </c>
       <c r="B155" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="C155" t="inlineStr">
         <is>
           <t>De 15 à 24 ans</t>
         </is>
       </c>
       <c r="D155" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="E155" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="F155" t="inlineStr">
         <is>
           <t>Hommes</t>
         </is>
       </c>
       <c r="G155" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="H155" t="inlineStr">
         <is>
           <t>Bas</t>
         </is>
       </c>
       <c r="I155" s="2" t="n">
-        <v>119596.75000000042</v>
+        <v>119717.75000000042</v>
       </c>
     </row>
     <row r="156">
       <c r="A156" t="inlineStr">
         <is>
           <t>Région wallonne</t>
         </is>
       </c>
       <c r="B156" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="C156" t="inlineStr">
         <is>
           <t>De 15 à 24 ans</t>
         </is>
       </c>
       <c r="D156" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="E156" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="F156" t="inlineStr">
         <is>
           <t>Hommes</t>
         </is>
       </c>
       <c r="G156" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="H156" t="inlineStr">
         <is>
           <t>Moyen</t>
         </is>
       </c>
-      <c r="I156" s="2" t="n">
-        <v>93789.25000000033</v>
+      <c r="I156" s="1" t="n">
+        <v>99354.0</v>
       </c>
     </row>
     <row r="157">
       <c r="A157" t="inlineStr">
         <is>
           <t>Région wallonne</t>
         </is>
       </c>
       <c r="B157" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="C157" t="inlineStr">
         <is>
           <t>De 15 à 24 ans</t>
         </is>
       </c>
       <c r="D157" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="E157" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="F157" t="inlineStr">
         <is>
           <t>Hommes</t>
         </is>
       </c>
       <c r="G157" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="H157" t="inlineStr">
         <is>
           <t>Haut</t>
         </is>
       </c>
-      <c r="I157" s="1" t="n">
-        <v>15885.0</v>
+      <c r="I157" s="2" t="n">
+        <v>11675.750000000042</v>
       </c>
     </row>
     <row r="158">
       <c r="A158" t="inlineStr">
         <is>
           <t>Région wallonne</t>
         </is>
       </c>
       <c r="B158" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="C158" t="inlineStr">
         <is>
           <t>De 15 à 24 ans</t>
         </is>
       </c>
       <c r="D158" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="E158" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="F158" t="inlineStr">
         <is>
           <t>Hommes</t>
         </is>
       </c>
       <c r="G158" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="H158"/>
       <c r="I158" s="2" t="n">
-        <v>229270.75000000081</v>
+        <v>230747.50000000081</v>
       </c>
     </row>
     <row r="159">
       <c r="A159" t="inlineStr">
         <is>
           <t>Région wallonne</t>
         </is>
       </c>
       <c r="B159" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="C159" t="inlineStr">
         <is>
           <t>De 15 à 24 ans</t>
         </is>
       </c>
       <c r="D159" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="E159" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="F159" t="inlineStr">
         <is>
           <t>Femmes</t>
         </is>
       </c>
       <c r="G159" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="H159" t="inlineStr">
         <is>
           <t>Bas</t>
         </is>
       </c>
-      <c r="I159" s="2" t="n">
-        <v>101635.75000000036</v>
+      <c r="I159" s="1" t="n">
+        <v>101538.0</v>
       </c>
     </row>
     <row r="160">
       <c r="A160" t="inlineStr">
         <is>
           <t>Région wallonne</t>
         </is>
       </c>
       <c r="B160" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="C160" t="inlineStr">
         <is>
           <t>De 15 à 24 ans</t>
         </is>
       </c>
       <c r="D160" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="E160" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="F160" t="inlineStr">
         <is>
           <t>Femmes</t>
         </is>
       </c>
       <c r="G160" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="H160" t="inlineStr">
         <is>
           <t>Moyen</t>
         </is>
       </c>
       <c r="I160" s="2" t="n">
-        <v>91908.75000000032</v>
+        <v>90881.75000000032</v>
       </c>
     </row>
     <row r="161">
       <c r="A161" t="inlineStr">
         <is>
           <t>Région wallonne</t>
         </is>
       </c>
       <c r="B161" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="C161" t="inlineStr">
         <is>
           <t>De 15 à 24 ans</t>
         </is>
       </c>
       <c r="D161" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="E161" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="F161" t="inlineStr">
         <is>
           <t>Femmes</t>
         </is>
       </c>
       <c r="G161" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="H161" t="inlineStr">
         <is>
           <t>Haut</t>
         </is>
       </c>
       <c r="I161" s="2" t="n">
-        <v>25883.50000000009</v>
+        <v>28311.500000000102</v>
       </c>
     </row>
     <row r="162">
       <c r="A162" t="inlineStr">
         <is>
           <t>Région wallonne</t>
         </is>
       </c>
       <c r="B162" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="C162" t="inlineStr">
         <is>
           <t>De 15 à 24 ans</t>
         </is>
       </c>
       <c r="D162" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="E162" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="F162" t="inlineStr">
         <is>
           <t>Femmes</t>
         </is>
       </c>
       <c r="G162" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="H162"/>
-      <c r="I162" s="1" t="n">
-        <v>219428.0</v>
+      <c r="I162" s="2" t="n">
+        <v>220731.2500000008</v>
       </c>
     </row>
     <row r="163">
       <c r="A163" t="inlineStr">
         <is>
           <t>Région wallonne</t>
         </is>
       </c>
       <c r="B163" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="C163" t="inlineStr">
         <is>
           <t>De 15 à 24 ans</t>
         </is>
       </c>
       <c r="D163" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="E163" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="F163"/>
       <c r="G163" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="H163"/>
       <c r="I163" s="2" t="n">
-        <v>448698.7500000016</v>
+        <v>451478.75000000163</v>
       </c>
     </row>
     <row r="164">
       <c r="A164" t="inlineStr">
         <is>
           <t>Région wallonne</t>
         </is>
       </c>
       <c r="B164" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="C164" t="inlineStr">
         <is>
           <t>De 25 à 54 ans</t>
         </is>
       </c>
       <c r="D164" t="inlineStr">
         <is>
-          <t>2023</t>
+          <t>2024</t>
         </is>
       </c>
       <c r="E164" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="F164" t="inlineStr">
         <is>
           <t>Hommes</t>
         </is>
       </c>
       <c r="G164" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="H164" t="inlineStr">
         <is>
           <t>Bas</t>
         </is>
       </c>
       <c r="I164" s="2" t="n">
-        <v>146053.25000000052</v>
+        <v>136490.5000000005</v>
       </c>
     </row>
     <row r="165">
       <c r="A165" t="inlineStr">
         <is>
           <t>Région wallonne</t>
         </is>
       </c>
       <c r="B165" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="C165" t="inlineStr">
         <is>
           <t>De 25 à 54 ans</t>
         </is>
       </c>
       <c r="D165" t="inlineStr">
         <is>
-          <t>2023</t>
+          <t>2024</t>
         </is>
       </c>
       <c r="E165" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="F165" t="inlineStr">
         <is>
           <t>Hommes</t>
         </is>
       </c>
       <c r="G165" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="H165" t="inlineStr">
         <is>
           <t>Moyen</t>
         </is>
       </c>
-      <c r="I165" s="1" t="n">
-        <v>301781.0</v>
+      <c r="I165" s="2" t="n">
+        <v>297161.25000000105</v>
       </c>
     </row>
     <row r="166">
       <c r="A166" t="inlineStr">
         <is>
           <t>Région wallonne</t>
         </is>
       </c>
       <c r="B166" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="C166" t="inlineStr">
         <is>
           <t>De 25 à 54 ans</t>
         </is>
       </c>
       <c r="D166" t="inlineStr">
         <is>
-          <t>2023</t>
+          <t>2024</t>
         </is>
       </c>
       <c r="E166" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="F166" t="inlineStr">
         <is>
           <t>Hommes</t>
         </is>
       </c>
       <c r="G166" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="H166" t="inlineStr">
         <is>
           <t>Haut</t>
         </is>
       </c>
       <c r="I166" s="2" t="n">
-        <v>254276.5000000009</v>
+        <v>268179.50000000093</v>
       </c>
     </row>
     <row r="167">
       <c r="A167" t="inlineStr">
         <is>
           <t>Région wallonne</t>
         </is>
       </c>
       <c r="B167" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="C167" t="inlineStr">
         <is>
           <t>De 25 à 54 ans</t>
         </is>
       </c>
       <c r="D167" t="inlineStr">
         <is>
-          <t>2023</t>
+          <t>2024</t>
         </is>
       </c>
       <c r="E167" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="F167" t="inlineStr">
         <is>
           <t>Hommes</t>
         </is>
       </c>
       <c r="G167" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="H167"/>
       <c r="I167" s="2" t="n">
-        <v>702110.7500000024</v>
+        <v>701831.2500000024</v>
       </c>
     </row>
     <row r="168">
       <c r="A168" t="inlineStr">
         <is>
           <t>Région wallonne</t>
         </is>
       </c>
       <c r="B168" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="C168" t="inlineStr">
         <is>
           <t>De 25 à 54 ans</t>
         </is>
       </c>
       <c r="D168" t="inlineStr">
         <is>
-          <t>2023</t>
+          <t>2024</t>
         </is>
       </c>
       <c r="E168" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="F168" t="inlineStr">
         <is>
           <t>Femmes</t>
         </is>
       </c>
       <c r="G168" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="H168" t="inlineStr">
         <is>
           <t>Bas</t>
         </is>
       </c>
       <c r="I168" s="2" t="n">
-        <v>113781.25000000041</v>
+        <v>110970.5000000004</v>
       </c>
     </row>
     <row r="169">
       <c r="A169" t="inlineStr">
         <is>
           <t>Région wallonne</t>
         </is>
       </c>
       <c r="B169" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="C169" t="inlineStr">
         <is>
           <t>De 25 à 54 ans</t>
         </is>
       </c>
       <c r="D169" t="inlineStr">
         <is>
-          <t>2023</t>
+          <t>2024</t>
         </is>
       </c>
       <c r="E169" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="F169" t="inlineStr">
         <is>
           <t>Femmes</t>
         </is>
       </c>
       <c r="G169" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="H169" t="inlineStr">
         <is>
           <t>Moyen</t>
         </is>
       </c>
       <c r="I169" s="2" t="n">
-        <v>243552.75000000087</v>
+        <v>242057.25000000087</v>
       </c>
     </row>
     <row r="170">
       <c r="A170" t="inlineStr">
         <is>
           <t>Région wallonne</t>
         </is>
       </c>
       <c r="B170" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="C170" t="inlineStr">
         <is>
           <t>De 25 à 54 ans</t>
         </is>
       </c>
       <c r="D170" t="inlineStr">
         <is>
-          <t>2023</t>
+          <t>2024</t>
         </is>
       </c>
       <c r="E170" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="F170" t="inlineStr">
         <is>
           <t>Femmes</t>
         </is>
       </c>
       <c r="G170" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="H170" t="inlineStr">
         <is>
           <t>Haut</t>
         </is>
       </c>
       <c r="I170" s="2" t="n">
-        <v>346357.2500000012</v>
+        <v>350145.7500000012</v>
       </c>
     </row>
     <row r="171">
       <c r="A171" t="inlineStr">
         <is>
           <t>Région wallonne</t>
         </is>
       </c>
       <c r="B171" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="C171" t="inlineStr">
         <is>
           <t>De 25 à 54 ans</t>
         </is>
       </c>
       <c r="D171" t="inlineStr">
         <is>
-          <t>2023</t>
+          <t>2024</t>
         </is>
       </c>
       <c r="E171" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="F171" t="inlineStr">
         <is>
           <t>Femmes</t>
         </is>
       </c>
       <c r="G171" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="H171"/>
-      <c r="I171" s="1" t="n">
-        <v>703691.0</v>
+      <c r="I171" s="2" t="n">
+        <v>703173.5000000024</v>
       </c>
     </row>
     <row r="172">
       <c r="A172" t="inlineStr">
         <is>
           <t>Région wallonne</t>
         </is>
       </c>
       <c r="B172" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="C172" t="inlineStr">
         <is>
           <t>De 25 à 54 ans</t>
         </is>
       </c>
       <c r="D172" t="inlineStr">
         <is>
-          <t>2023</t>
+          <t>2024</t>
         </is>
       </c>
       <c r="E172" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="F172"/>
       <c r="G172" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="H172"/>
       <c r="I172" s="2" t="n">
-        <v>1405801.750000005</v>
+        <v>1405004.750000005</v>
       </c>
     </row>
     <row r="173">
       <c r="A173" t="inlineStr">
         <is>
           <t>Région wallonne</t>
         </is>
       </c>
       <c r="B173" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="C173" t="inlineStr">
         <is>
           <t>De 25 à 54 ans</t>
         </is>
       </c>
       <c r="D173" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="E173" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="F173" t="inlineStr">
         <is>
           <t>Hommes</t>
         </is>
       </c>
       <c r="G173" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="H173" t="inlineStr">
         <is>
           <t>Bas</t>
         </is>
       </c>
       <c r="I173" s="2" t="n">
-        <v>136490.5000000005</v>
+        <v>131165.50000000047</v>
       </c>
     </row>
     <row r="174">
       <c r="A174" t="inlineStr">
         <is>
           <t>Région wallonne</t>
         </is>
       </c>
       <c r="B174" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="C174" t="inlineStr">
         <is>
           <t>De 25 à 54 ans</t>
         </is>
       </c>
       <c r="D174" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="E174" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="F174" t="inlineStr">
         <is>
           <t>Hommes</t>
         </is>
       </c>
       <c r="G174" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="H174" t="inlineStr">
         <is>
           <t>Moyen</t>
         </is>
       </c>
       <c r="I174" s="2" t="n">
-        <v>297161.25000000105</v>
+        <v>297376.50000000105</v>
       </c>
     </row>
     <row r="175">
       <c r="A175" t="inlineStr">
         <is>
           <t>Région wallonne</t>
         </is>
       </c>
       <c r="B175" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="C175" t="inlineStr">
         <is>
           <t>De 25 à 54 ans</t>
         </is>
       </c>
       <c r="D175" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="E175" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="F175" t="inlineStr">
         <is>
           <t>Hommes</t>
         </is>
       </c>
       <c r="G175" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="H175" t="inlineStr">
         <is>
           <t>Haut</t>
         </is>
       </c>
       <c r="I175" s="2" t="n">
-        <v>268179.50000000093</v>
+        <v>273756.750000001</v>
       </c>
     </row>
     <row r="176">
       <c r="A176" t="inlineStr">
         <is>
           <t>Région wallonne</t>
         </is>
       </c>
       <c r="B176" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="C176" t="inlineStr">
         <is>
           <t>De 25 à 54 ans</t>
         </is>
       </c>
       <c r="D176" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="E176" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="F176" t="inlineStr">
         <is>
           <t>Hommes</t>
         </is>
       </c>
       <c r="G176" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="H176"/>
-      <c r="I176" s="2" t="n">
-        <v>701831.2500000024</v>
+      <c r="I176" s="1" t="n">
+        <v>702299.0</v>
       </c>
     </row>
     <row r="177">
       <c r="A177" t="inlineStr">
         <is>
           <t>Région wallonne</t>
         </is>
       </c>
       <c r="B177" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="C177" t="inlineStr">
         <is>
           <t>De 25 à 54 ans</t>
         </is>
       </c>
       <c r="D177" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="E177" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="F177" t="inlineStr">
         <is>
           <t>Femmes</t>
         </is>
       </c>
       <c r="G177" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="H177" t="inlineStr">
         <is>
           <t>Bas</t>
         </is>
       </c>
       <c r="I177" s="2" t="n">
-        <v>110970.5000000004</v>
+        <v>106952.75000000038</v>
       </c>
     </row>
     <row r="178">
       <c r="A178" t="inlineStr">
         <is>
           <t>Région wallonne</t>
         </is>
       </c>
       <c r="B178" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="C178" t="inlineStr">
         <is>
           <t>De 25 à 54 ans</t>
         </is>
       </c>
       <c r="D178" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="E178" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="F178" t="inlineStr">
         <is>
           <t>Femmes</t>
         </is>
       </c>
       <c r="G178" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="H178" t="inlineStr">
         <is>
           <t>Moyen</t>
         </is>
       </c>
       <c r="I178" s="2" t="n">
-        <v>242057.25000000087</v>
+        <v>226231.50000000081</v>
       </c>
     </row>
     <row r="179">
       <c r="A179" t="inlineStr">
         <is>
           <t>Région wallonne</t>
         </is>
       </c>
       <c r="B179" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="C179" t="inlineStr">
         <is>
           <t>De 25 à 54 ans</t>
         </is>
       </c>
       <c r="D179" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="E179" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="F179" t="inlineStr">
         <is>
           <t>Femmes</t>
         </is>
       </c>
       <c r="G179" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="H179" t="inlineStr">
         <is>
           <t>Haut</t>
         </is>
       </c>
       <c r="I179" s="2" t="n">
-        <v>350145.7500000012</v>
+        <v>370151.25000000134</v>
       </c>
     </row>
     <row r="180">
       <c r="A180" t="inlineStr">
         <is>
           <t>Région wallonne</t>
         </is>
       </c>
       <c r="B180" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="C180" t="inlineStr">
         <is>
           <t>De 25 à 54 ans</t>
         </is>
       </c>
       <c r="D180" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="E180" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="F180" t="inlineStr">
         <is>
           <t>Femmes</t>
         </is>
       </c>
       <c r="G180" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="H180"/>
       <c r="I180" s="2" t="n">
-        <v>703173.5000000024</v>
+        <v>703335.5000000024</v>
       </c>
     </row>
     <row r="181">
       <c r="A181" t="inlineStr">
         <is>
           <t>Région wallonne</t>
         </is>
       </c>
       <c r="B181" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="C181" t="inlineStr">
         <is>
           <t>De 25 à 54 ans</t>
         </is>
       </c>
       <c r="D181" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="E181" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="F181"/>
       <c r="G181" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="H181"/>
       <c r="I181" s="2" t="n">
-        <v>1405004.750000005</v>
+        <v>1405634.500000005</v>
       </c>
     </row>
     <row r="182">
       <c r="A182" t="inlineStr">
         <is>
           <t>Région wallonne</t>
         </is>
       </c>
       <c r="B182" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="C182" t="inlineStr">
         <is>
           <t>De 55 à 64 ans</t>
         </is>
       </c>
       <c r="D182" t="inlineStr">
         <is>
-          <t>2023</t>
+          <t>2024</t>
         </is>
       </c>
       <c r="E182" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="F182" t="inlineStr">
         <is>
           <t>Hommes</t>
         </is>
       </c>
       <c r="G182" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="H182" t="inlineStr">
         <is>
           <t>Bas</t>
         </is>
       </c>
       <c r="I182" s="2" t="n">
-        <v>66874.50000000023</v>
+        <v>64032.250000000226</v>
       </c>
     </row>
     <row r="183">
       <c r="A183" t="inlineStr">
         <is>
           <t>Région wallonne</t>
         </is>
       </c>
       <c r="B183" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="C183" t="inlineStr">
         <is>
           <t>De 55 à 64 ans</t>
         </is>
       </c>
       <c r="D183" t="inlineStr">
         <is>
-          <t>2023</t>
+          <t>2024</t>
         </is>
       </c>
       <c r="E183" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="F183" t="inlineStr">
         <is>
           <t>Hommes</t>
         </is>
       </c>
       <c r="G183" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="H183" t="inlineStr">
         <is>
           <t>Moyen</t>
         </is>
       </c>
       <c r="I183" s="2" t="n">
-        <v>97603.50000000035</v>
+        <v>100994.50000000036</v>
       </c>
     </row>
     <row r="184">
       <c r="A184" t="inlineStr">
         <is>
           <t>Région wallonne</t>
         </is>
       </c>
       <c r="B184" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="C184" t="inlineStr">
         <is>
           <t>De 55 à 64 ans</t>
         </is>
       </c>
       <c r="D184" t="inlineStr">
         <is>
-          <t>2023</t>
+          <t>2024</t>
         </is>
       </c>
       <c r="E184" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="F184" t="inlineStr">
         <is>
           <t>Hommes</t>
         </is>
       </c>
       <c r="G184" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="H184" t="inlineStr">
         <is>
           <t>Haut</t>
         </is>
       </c>
       <c r="I184" s="2" t="n">
-        <v>74955.25000000026</v>
+        <v>74146.75000000026</v>
       </c>
     </row>
     <row r="185">
       <c r="A185" t="inlineStr">
         <is>
           <t>Région wallonne</t>
         </is>
       </c>
       <c r="B185" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="C185" t="inlineStr">
         <is>
           <t>De 55 à 64 ans</t>
         </is>
       </c>
       <c r="D185" t="inlineStr">
         <is>
-          <t>2023</t>
+          <t>2024</t>
         </is>
       </c>
       <c r="E185" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="F185" t="inlineStr">
         <is>
           <t>Hommes</t>
         </is>
       </c>
       <c r="G185" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="H185"/>
       <c r="I185" s="2" t="n">
-        <v>239433.50000000084</v>
+        <v>239173.50000000084</v>
       </c>
     </row>
     <row r="186">
       <c r="A186" t="inlineStr">
         <is>
           <t>Région wallonne</t>
         </is>
       </c>
       <c r="B186" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="C186" t="inlineStr">
         <is>
           <t>De 55 à 64 ans</t>
         </is>
       </c>
       <c r="D186" t="inlineStr">
         <is>
-          <t>2023</t>
+          <t>2024</t>
         </is>
       </c>
       <c r="E186" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="F186" t="inlineStr">
         <is>
           <t>Femmes</t>
         </is>
       </c>
       <c r="G186" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="H186" t="inlineStr">
         <is>
           <t>Bas</t>
         </is>
       </c>
       <c r="I186" s="2" t="n">
-        <v>60510.75000000022</v>
+        <v>61667.75000000022</v>
       </c>
     </row>
     <row r="187">
       <c r="A187" t="inlineStr">
         <is>
           <t>Région wallonne</t>
         </is>
       </c>
       <c r="B187" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="C187" t="inlineStr">
         <is>
           <t>De 55 à 64 ans</t>
         </is>
       </c>
       <c r="D187" t="inlineStr">
         <is>
-          <t>2023</t>
+          <t>2024</t>
         </is>
       </c>
       <c r="E187" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="F187" t="inlineStr">
         <is>
           <t>Femmes</t>
         </is>
       </c>
       <c r="G187" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="H187" t="inlineStr">
         <is>
           <t>Moyen</t>
         </is>
       </c>
       <c r="I187" s="2" t="n">
-        <v>96075.50000000033</v>
+        <v>95429.50000000033</v>
       </c>
     </row>
     <row r="188">
       <c r="A188" t="inlineStr">
         <is>
           <t>Région wallonne</t>
         </is>
       </c>
       <c r="B188" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="C188" t="inlineStr">
         <is>
           <t>De 55 à 64 ans</t>
         </is>
       </c>
       <c r="D188" t="inlineStr">
         <is>
-          <t>2023</t>
+          <t>2024</t>
         </is>
       </c>
       <c r="E188" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="F188" t="inlineStr">
         <is>
           <t>Femmes</t>
         </is>
       </c>
       <c r="G188" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="H188" t="inlineStr">
         <is>
           <t>Haut</t>
         </is>
       </c>
       <c r="I188" s="2" t="n">
-        <v>91246.50000000032</v>
+        <v>89687.50000000032</v>
       </c>
     </row>
     <row r="189">
       <c r="A189" t="inlineStr">
         <is>
           <t>Région wallonne</t>
         </is>
       </c>
       <c r="B189" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="C189" t="inlineStr">
         <is>
           <t>De 55 à 64 ans</t>
         </is>
       </c>
       <c r="D189" t="inlineStr">
         <is>
-          <t>2023</t>
+          <t>2024</t>
         </is>
       </c>
       <c r="E189" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="F189" t="inlineStr">
         <is>
           <t>Femmes</t>
         </is>
       </c>
       <c r="G189" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="H189"/>
-      <c r="I189" s="1" t="n">
-        <v>247833.0</v>
+      <c r="I189" s="2" t="n">
+        <v>246784.75000000087</v>
       </c>
     </row>
     <row r="190">
       <c r="A190" t="inlineStr">
         <is>
           <t>Région wallonne</t>
         </is>
       </c>
       <c r="B190" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="C190" t="inlineStr">
         <is>
           <t>De 55 à 64 ans</t>
         </is>
       </c>
       <c r="D190" t="inlineStr">
         <is>
-          <t>2023</t>
+          <t>2024</t>
         </is>
       </c>
       <c r="E190" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="F190"/>
       <c r="G190" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="H190"/>
       <c r="I190" s="2" t="n">
-        <v>487266.50000000175</v>
+        <v>485958.25000000175</v>
       </c>
     </row>
     <row r="191">
       <c r="A191" t="inlineStr">
         <is>
           <t>Région wallonne</t>
         </is>
       </c>
       <c r="B191" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="C191" t="inlineStr">
         <is>
           <t>De 55 à 64 ans</t>
         </is>
       </c>
       <c r="D191" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="E191" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="F191" t="inlineStr">
         <is>
           <t>Hommes</t>
         </is>
       </c>
       <c r="G191" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="H191" t="inlineStr">
         <is>
           <t>Bas</t>
         </is>
       </c>
       <c r="I191" s="2" t="n">
-        <v>64032.250000000226</v>
+        <v>60741.25000000022</v>
       </c>
     </row>
     <row r="192">
       <c r="A192" t="inlineStr">
         <is>
           <t>Région wallonne</t>
         </is>
       </c>
       <c r="B192" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="C192" t="inlineStr">
         <is>
           <t>De 55 à 64 ans</t>
         </is>
       </c>
       <c r="D192" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="E192" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="F192" t="inlineStr">
         <is>
           <t>Hommes</t>
         </is>
       </c>
       <c r="G192" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="H192" t="inlineStr">
         <is>
           <t>Moyen</t>
         </is>
       </c>
       <c r="I192" s="2" t="n">
-        <v>100994.50000000036</v>
+        <v>97533.50000000035</v>
       </c>
     </row>
     <row r="193">
       <c r="A193" t="inlineStr">
         <is>
           <t>Région wallonne</t>
         </is>
       </c>
       <c r="B193" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="C193" t="inlineStr">
         <is>
           <t>De 55 à 64 ans</t>
         </is>
       </c>
       <c r="D193" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="E193" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="F193" t="inlineStr">
         <is>
           <t>Hommes</t>
         </is>
       </c>
       <c r="G193" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="H193" t="inlineStr">
         <is>
           <t>Haut</t>
         </is>
       </c>
-      <c r="I193" s="2" t="n">
-        <v>74146.75000000026</v>
+      <c r="I193" s="1" t="n">
+        <v>80577.0</v>
       </c>
     </row>
     <row r="194">
       <c r="A194" t="inlineStr">
         <is>
           <t>Région wallonne</t>
         </is>
       </c>
       <c r="B194" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="C194" t="inlineStr">
         <is>
           <t>De 55 à 64 ans</t>
         </is>
       </c>
       <c r="D194" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="E194" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="F194" t="inlineStr">
         <is>
           <t>Hommes</t>
         </is>
       </c>
       <c r="G194" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="H194"/>
       <c r="I194" s="2" t="n">
-        <v>239173.50000000084</v>
+        <v>238851.50000000084</v>
       </c>
     </row>
     <row r="195">
       <c r="A195" t="inlineStr">
         <is>
           <t>Région wallonne</t>
         </is>
       </c>
       <c r="B195" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="C195" t="inlineStr">
         <is>
           <t>De 55 à 64 ans</t>
         </is>
       </c>
       <c r="D195" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="E195" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="F195" t="inlineStr">
         <is>
           <t>Femmes</t>
         </is>
       </c>
       <c r="G195" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="H195" t="inlineStr">
         <is>
           <t>Bas</t>
         </is>
       </c>
       <c r="I195" s="2" t="n">
-        <v>61667.75000000022</v>
+        <v>58616.25000000021</v>
       </c>
     </row>
     <row r="196">
       <c r="A196" t="inlineStr">
         <is>
           <t>Région wallonne</t>
         </is>
       </c>
       <c r="B196" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="C196" t="inlineStr">
         <is>
           <t>De 55 à 64 ans</t>
         </is>
       </c>
       <c r="D196" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="E196" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="F196" t="inlineStr">
         <is>
           <t>Femmes</t>
         </is>
       </c>
       <c r="G196" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="H196" t="inlineStr">
         <is>
           <t>Moyen</t>
         </is>
       </c>
       <c r="I196" s="2" t="n">
-        <v>95429.50000000033</v>
+        <v>91292.75000000032</v>
       </c>
     </row>
     <row r="197">
       <c r="A197" t="inlineStr">
         <is>
           <t>Région wallonne</t>
         </is>
       </c>
       <c r="B197" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="C197" t="inlineStr">
         <is>
           <t>De 55 à 64 ans</t>
         </is>
       </c>
       <c r="D197" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="E197" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="F197" t="inlineStr">
         <is>
           <t>Femmes</t>
         </is>
       </c>
       <c r="G197" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="H197" t="inlineStr">
         <is>
           <t>Haut</t>
         </is>
       </c>
       <c r="I197" s="2" t="n">
-        <v>89687.50000000032</v>
+        <v>95912.75000000033</v>
       </c>
     </row>
     <row r="198">
       <c r="A198" t="inlineStr">
         <is>
           <t>Région wallonne</t>
         </is>
       </c>
       <c r="B198" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="C198" t="inlineStr">
         <is>
           <t>De 55 à 64 ans</t>
         </is>
       </c>
       <c r="D198" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="E198" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="F198" t="inlineStr">
         <is>
           <t>Femmes</t>
         </is>
       </c>
       <c r="G198" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="H198"/>
       <c r="I198" s="2" t="n">
-        <v>246784.75000000087</v>
+        <v>245821.75000000087</v>
       </c>
     </row>
     <row r="199">
       <c r="A199" t="inlineStr">
         <is>
           <t>Région wallonne</t>
         </is>
       </c>
       <c r="B199" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="C199" t="inlineStr">
         <is>
           <t>De 55 à 64 ans</t>
         </is>
       </c>
       <c r="D199" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="E199" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="F199"/>
       <c r="G199" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="H199"/>
       <c r="I199" s="2" t="n">
-        <v>485958.25000000175</v>
+        <v>484673.25000000175</v>
       </c>
     </row>
     <row r="200">
       <c r="A200" t="inlineStr">
         <is>
           <t>Région wallonne</t>
         </is>
       </c>
       <c r="B200" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="C200"/>
       <c r="D200" t="inlineStr">
         <is>
-          <t>2023</t>
+          <t>2024</t>
         </is>
       </c>
       <c r="E200" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="F200" t="inlineStr">
         <is>
           <t>Hommes</t>
         </is>
       </c>
       <c r="G200" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="H200" t="inlineStr">
         <is>
           <t>Bas</t>
         </is>
       </c>
-      <c r="I200" s="1" t="n">
-        <v>323886.0</v>
+      <c r="I200" s="2" t="n">
+        <v>320119.50000000116</v>
       </c>
     </row>
     <row r="201">
       <c r="A201" t="inlineStr">
         <is>
           <t>Région wallonne</t>
         </is>
       </c>
       <c r="B201" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="C201"/>
       <c r="D201" t="inlineStr">
         <is>
-          <t>2023</t>
+          <t>2024</t>
         </is>
       </c>
       <c r="E201" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="F201" t="inlineStr">
         <is>
           <t>Hommes</t>
         </is>
       </c>
       <c r="G201" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="H201" t="inlineStr">
         <is>
           <t>Moyen</t>
         </is>
       </c>
       <c r="I201" s="2" t="n">
-        <v>496667.75000000175</v>
+        <v>491944.75000000175</v>
       </c>
     </row>
     <row r="202">
       <c r="A202" t="inlineStr">
         <is>
           <t>Région wallonne</t>
         </is>
       </c>
       <c r="B202" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="C202"/>
       <c r="D202" t="inlineStr">
         <is>
-          <t>2023</t>
+          <t>2024</t>
         </is>
       </c>
       <c r="E202" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="F202" t="inlineStr">
         <is>
           <t>Hommes</t>
         </is>
       </c>
       <c r="G202" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="H202" t="inlineStr">
         <is>
           <t>Haut</t>
         </is>
       </c>
-      <c r="I202" s="1" t="n">
-        <v>348311.0</v>
+      <c r="I202" s="2" t="n">
+        <v>358211.2500000013</v>
       </c>
     </row>
     <row r="203">
       <c r="A203" t="inlineStr">
         <is>
           <t>Région wallonne</t>
         </is>
       </c>
       <c r="B203" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="C203"/>
       <c r="D203" t="inlineStr">
         <is>
-          <t>2023</t>
+          <t>2024</t>
         </is>
       </c>
       <c r="E203" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="F203" t="inlineStr">
         <is>
           <t>Hommes</t>
         </is>
       </c>
       <c r="G203" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="H203"/>
       <c r="I203" s="2" t="n">
-        <v>1168864.7500000042</v>
+        <v>1170275.5000000042</v>
       </c>
     </row>
     <row r="204">
       <c r="A204" t="inlineStr">
         <is>
           <t>Région wallonne</t>
         </is>
       </c>
       <c r="B204" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="C204"/>
       <c r="D204" t="inlineStr">
         <is>
-          <t>2023</t>
+          <t>2024</t>
         </is>
       </c>
       <c r="E204" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="F204" t="inlineStr">
         <is>
           <t>Femmes</t>
         </is>
       </c>
       <c r="G204" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="H204" t="inlineStr">
         <is>
           <t>Bas</t>
         </is>
       </c>
-      <c r="I204" s="2" t="n">
-        <v>269209.25000000093</v>
+      <c r="I204" s="1" t="n">
+        <v>274274.0</v>
       </c>
     </row>
     <row r="205">
       <c r="A205" t="inlineStr">
         <is>
           <t>Région wallonne</t>
         </is>
       </c>
       <c r="B205" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="C205"/>
       <c r="D205" t="inlineStr">
         <is>
-          <t>2023</t>
+          <t>2024</t>
         </is>
       </c>
       <c r="E205" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="F205" t="inlineStr">
         <is>
           <t>Femmes</t>
         </is>
       </c>
       <c r="G205" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="H205" t="inlineStr">
         <is>
           <t>Moyen</t>
         </is>
       </c>
       <c r="I205" s="2" t="n">
-        <v>431310.7500000015</v>
+        <v>429395.5000000015</v>
       </c>
     </row>
     <row r="206">
       <c r="A206" t="inlineStr">
         <is>
           <t>Région wallonne</t>
         </is>
       </c>
       <c r="B206" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="C206"/>
       <c r="D206" t="inlineStr">
         <is>
-          <t>2023</t>
+          <t>2024</t>
         </is>
       </c>
       <c r="E206" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="F206" t="inlineStr">
         <is>
           <t>Femmes</t>
         </is>
       </c>
       <c r="G206" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="H206" t="inlineStr">
         <is>
           <t>Haut</t>
         </is>
       </c>
       <c r="I206" s="2" t="n">
-        <v>469249.2500000017</v>
+        <v>465716.75000000163</v>
       </c>
     </row>
     <row r="207">
       <c r="A207" t="inlineStr">
         <is>
           <t>Région wallonne</t>
         </is>
       </c>
       <c r="B207" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="C207"/>
       <c r="D207" t="inlineStr">
         <is>
-          <t>2023</t>
+          <t>2024</t>
         </is>
       </c>
       <c r="E207" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="F207" t="inlineStr">
         <is>
           <t>Femmes</t>
         </is>
       </c>
       <c r="G207" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="H207"/>
       <c r="I207" s="2" t="n">
-        <v>1169769.2500000042</v>
+        <v>1169386.2500000042</v>
       </c>
     </row>
     <row r="208">
       <c r="A208" t="inlineStr">
         <is>
           <t>Région wallonne</t>
         </is>
       </c>
       <c r="B208" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="C208"/>
       <c r="D208" t="inlineStr">
         <is>
-          <t>2023</t>
+          <t>2024</t>
         </is>
       </c>
       <c r="E208" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="F208"/>
       <c r="G208" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="H208"/>
-      <c r="I208" s="1" t="n">
-        <v>2338634.0</v>
+      <c r="I208" s="2" t="n">
+        <v>2339661.7500000084</v>
       </c>
     </row>
     <row r="209">
       <c r="A209" t="inlineStr">
         <is>
           <t>Région wallonne</t>
         </is>
       </c>
       <c r="B209" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="C209"/>
       <c r="D209" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="E209" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="F209" t="inlineStr">
         <is>
           <t>Hommes</t>
         </is>
       </c>
       <c r="G209" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="H209" t="inlineStr">
         <is>
           <t>Bas</t>
         </is>
       </c>
       <c r="I209" s="2" t="n">
-        <v>320119.50000000116</v>
+        <v>311624.5000000011</v>
       </c>
     </row>
     <row r="210">
       <c r="A210" t="inlineStr">
         <is>
           <t>Région wallonne</t>
         </is>
       </c>
       <c r="B210" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="C210"/>
       <c r="D210" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="E210" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="F210" t="inlineStr">
         <is>
           <t>Hommes</t>
         </is>
       </c>
       <c r="G210" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="H210" t="inlineStr">
         <is>
           <t>Moyen</t>
         </is>
       </c>
       <c r="I210" s="2" t="n">
-        <v>491944.75000000175</v>
+        <v>494264.25000000175</v>
       </c>
     </row>
     <row r="211">
       <c r="A211" t="inlineStr">
         <is>
           <t>Région wallonne</t>
         </is>
       </c>
       <c r="B211" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="C211"/>
       <c r="D211" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="E211" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="F211" t="inlineStr">
         <is>
           <t>Hommes</t>
         </is>
       </c>
       <c r="G211" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="H211" t="inlineStr">
         <is>
           <t>Haut</t>
         </is>
       </c>
       <c r="I211" s="2" t="n">
-        <v>358211.2500000013</v>
+        <v>366009.5000000013</v>
       </c>
     </row>
     <row r="212">
       <c r="A212" t="inlineStr">
         <is>
           <t>Région wallonne</t>
         </is>
       </c>
       <c r="B212" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="C212"/>
       <c r="D212" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="E212" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="F212" t="inlineStr">
         <is>
           <t>Hommes</t>
         </is>
       </c>
       <c r="G212" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="H212"/>
-      <c r="I212" s="2" t="n">
-        <v>1170275.5000000042</v>
+      <c r="I212" s="1" t="n">
+        <v>1171898.0</v>
       </c>
     </row>
     <row r="213">
       <c r="A213" t="inlineStr">
         <is>
           <t>Région wallonne</t>
         </is>
       </c>
       <c r="B213" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="C213"/>
       <c r="D213" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="E213" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="F213" t="inlineStr">
         <is>
           <t>Femmes</t>
         </is>
       </c>
       <c r="G213" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="H213" t="inlineStr">
         <is>
           <t>Bas</t>
         </is>
       </c>
       <c r="I213" s="1" t="n">
-        <v>274274.0</v>
+        <v>267107.0</v>
       </c>
     </row>
     <row r="214">
       <c r="A214" t="inlineStr">
         <is>
           <t>Région wallonne</t>
         </is>
       </c>
       <c r="B214" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="C214"/>
       <c r="D214" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="E214" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="F214" t="inlineStr">
         <is>
           <t>Femmes</t>
         </is>
       </c>
       <c r="G214" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="H214" t="inlineStr">
         <is>
           <t>Moyen</t>
         </is>
       </c>
-      <c r="I214" s="2" t="n">
-        <v>429395.5000000015</v>
+      <c r="I214" s="1" t="n">
+        <v>408406.0</v>
       </c>
     </row>
     <row r="215">
       <c r="A215" t="inlineStr">
         <is>
           <t>Région wallonne</t>
         </is>
       </c>
       <c r="B215" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="C215"/>
       <c r="D215" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="E215" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="F215" t="inlineStr">
         <is>
           <t>Femmes</t>
         </is>
       </c>
       <c r="G215" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="H215" t="inlineStr">
         <is>
           <t>Haut</t>
         </is>
       </c>
       <c r="I215" s="2" t="n">
-        <v>465716.75000000163</v>
+        <v>494375.50000000175</v>
       </c>
     </row>
     <row r="216">
       <c r="A216" t="inlineStr">
         <is>
           <t>Région wallonne</t>
         </is>
       </c>
       <c r="B216" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="C216"/>
       <c r="D216" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="E216" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="F216" t="inlineStr">
         <is>
           <t>Femmes</t>
         </is>
       </c>
       <c r="G216" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="H216"/>
       <c r="I216" s="2" t="n">
-        <v>1169386.2500000042</v>
+        <v>1169888.5000000042</v>
       </c>
     </row>
     <row r="217">
       <c r="A217" t="inlineStr">
         <is>
           <t>Région wallonne</t>
         </is>
       </c>
       <c r="B217" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="C217"/>
       <c r="D217" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="E217" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="F217"/>
       <c r="G217" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="H217"/>
       <c r="I217" s="2" t="n">
-        <v>2339661.7500000084</v>
+        <v>2341786.5000000084</v>
       </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <coreProperties xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </coreProperties>
 </file>