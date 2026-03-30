--- v0 (2025-10-26)
+++ v1 (2026-03-30)
@@ -84,1407 +84,1255 @@
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?>
 
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
   <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/>
   <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/>
   <Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/>
   <Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/>
   <Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/>
 </Relationships>
 
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <cols>
     <col min="1" max="1" width="46.52734375" customWidth="true"/>
-    <col min="2" max="2" width="122.1328125" customWidth="true"/>
+    <col min="2" max="2" width="120.54296875" customWidth="true"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" t="inlineStr">
         <is>
           <t>Data source:</t>
         </is>
       </c>
       <c r="B1" t="inlineStr">
         <is>
           <t>Maandelijkse zuivelstatistieken: ontvangst van koemelk,  hoeveelheid, vet en eiwitgehalte</t>
         </is>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="inlineStr">
         <is>
           <t>Hoeveelheid ontvangen in liter. Vet- en Eiwitgehalte in %.</t>
         </is>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="inlineStr">
         <is>
           <t>Filters:</t>
         </is>
       </c>
       <c r="B3" t="inlineStr">
         <is>
-          <t>Periode : Laatste 9 Maand(Oktober 2024, November 2024, December 2024, Januari 2025, Februari 2025, Maart 2025, April 2025, Mei 2025, Juni 2025)</t>
+          <t>Periode : Laatste 9 Maand(Maart 2025, April 2025, Mei 2025, Juni 2025, Juli 2025, Augustus 2025, September 2025, Oktober 2025, November 2025)</t>
         </is>
       </c>
     </row>
     <row r="4">
       <c r="B4" t="inlineStr">
         <is>
           <t xml:space="preserve">
 Herkomst en bestemming : Ontvangst van houders van melkkoeien (België + invoer)
 </t>
         </is>
       </c>
     </row>
     <row r="5">
 </row>
     <row r="6">
       <c r="A6" t="inlineStr">
         <is>
           <t xml:space="preserve">Bron: </t>
         </is>
       </c>
       <c r="B6" t="inlineStr">
         <is>
           <t>Statbel (Algemene Directie Statistiek - Statistics Belgium)</t>
         </is>
       </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <cols>
     <col min="1" max="1" width="46.4140625" customWidth="true"/>
     <col min="2" max="2" width="25.703125" customWidth="true"/>
     <col min="3" max="3" width="10.83984375" customWidth="true"/>
     <col min="4" max="4" width="6.4140625" customWidth="true"/>
-    <col min="5" max="5" width="11.8515625" customWidth="true"/>
-[...7 lines deleted...]
-    <col min="13" max="13" width="10.83203125" customWidth="true"/>
+    <col min="5" max="5" width="10.83203125" customWidth="true"/>
+    <col min="6" max="6" width="10.83203125" customWidth="true"/>
+    <col min="7" max="7" width="10.83203125" customWidth="true"/>
+    <col min="8" max="8" width="10.83203125" customWidth="true"/>
+    <col min="9" max="9" width="10.83203125" customWidth="true"/>
+    <col min="10" max="10" width="13.2265625" customWidth="true"/>
+    <col min="11" max="11" width="14.3203125" customWidth="true"/>
+    <col min="12" max="12" width="11.8515625" customWidth="true"/>
+    <col min="13" max="13" width="13.79296875" customWidth="true"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1"/>
       <c r="B1"/>
       <c r="C1"/>
       <c r="D1" t="inlineStr">
         <is>
-          <t>Jaar</t>
+          <t>Maand</t>
         </is>
       </c>
       <c r="E1" t="inlineStr">
         <is>
-          <t>2024</t>
-[...3 lines deleted...]
-      <c r="G1"/>
+          <t>Maart 2025</t>
+        </is>
+      </c>
+      <c r="F1" t="inlineStr">
+        <is>
+          <t>April 2025</t>
+        </is>
+      </c>
+      <c r="G1" t="inlineStr">
+        <is>
+          <t>Mei 2025</t>
+        </is>
+      </c>
       <c r="H1" t="inlineStr">
         <is>
-          <t>2025</t>
-[...6 lines deleted...]
-      <c r="M1"/>
+          <t>Juni 2025</t>
+        </is>
+      </c>
+      <c r="I1" t="inlineStr">
+        <is>
+          <t>Juli 2025</t>
+        </is>
+      </c>
+      <c r="J1" t="inlineStr">
+        <is>
+          <t>Augustus 2025</t>
+        </is>
+      </c>
+      <c r="K1" t="inlineStr">
+        <is>
+          <t>September 2025</t>
+        </is>
+      </c>
+      <c r="L1" t="inlineStr">
+        <is>
+          <t>Oktober 2025</t>
+        </is>
+      </c>
+      <c r="M1" t="inlineStr">
+        <is>
+          <t>November 2025</t>
+        </is>
+      </c>
     </row>
     <row r="2">
-      <c r="A2"/>
-      <c r="B2"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>Herkomst en bestemming</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>Soort ontvangen zuivelproduct</t>
+        </is>
+      </c>
       <c r="C2"/>
-      <c r="D2" t="inlineStr">
-[...48 lines deleted...]
-      </c>
     </row>
     <row r="3">
       <c r="A3" t="inlineStr">
         <is>
-          <t>Herkomst en bestemming</t>
+          <t>Ontvangst van houders van melkkoeien (België + invoer)</t>
         </is>
       </c>
       <c r="B3" t="inlineStr">
         <is>
-          <t>Soort ontvangen zuivelproduct</t>
-[...2 lines deleted...]
-      <c r="C3"/>
+          <t>Melk</t>
+        </is>
+      </c>
+      <c r="C3" t="inlineStr">
+        <is>
+          <t>Hoeveelheid</t>
+        </is>
+      </c>
+      <c r="D3"/>
+      <c r="E3" s="1" t="n">
+        <v>3.83628402E8</v>
+      </c>
+      <c r="F3" s="1" t="n">
+        <v>3.82451678E8</v>
+      </c>
+      <c r="G3" s="1" t="n">
+        <v>3.91326807E8</v>
+      </c>
+      <c r="H3" s="1" t="n">
+        <v>3.64873337E8</v>
+      </c>
+      <c r="I3" s="1" t="n">
+        <v>3.71469423E8</v>
+      </c>
+      <c r="J3" s="1" t="n">
+        <v>3.76007004E8</v>
+      </c>
+      <c r="K3" s="1" t="n">
+        <v>3.68534314E8</v>
+      </c>
+      <c r="L3" s="1" t="n">
+        <v>3.9070285E8</v>
+      </c>
+      <c r="M3" s="1" t="n">
+        <v>3.76427073E8</v>
+      </c>
     </row>
     <row r="4">
-      <c r="A4" t="inlineStr">
-[...8 lines deleted...]
-      </c>
+      <c r="A4"/>
+      <c r="B4"/>
       <c r="C4" t="inlineStr">
         <is>
-          <t>Hoeveelheid</t>
+          <t>Vetgehalte</t>
         </is>
       </c>
       <c r="D4"/>
-      <c r="E4" s="1" t="n">
-[...9 lines deleted...]
-        <v>3.69394753E8</v>
+      <c r="E4" s="2" t="n">
+        <v>4.290000000000015</v>
+      </c>
+      <c r="F4" s="2" t="n">
+        <v>4.210000000000015</v>
+      </c>
+      <c r="G4" s="2" t="n">
+        <v>4.120000000000014</v>
+      </c>
+      <c r="H4" s="2" t="n">
+        <v>4.060000000000014</v>
       </c>
       <c r="I4" s="1" t="n">
-        <v>3.39835927E8</v>
-[...11 lines deleted...]
-        <v>3.64915119E8</v>
+        <v>4.0</v>
+      </c>
+      <c r="J4" s="2" t="n">
+        <v>4.060000000000014</v>
+      </c>
+      <c r="K4" s="2" t="n">
+        <v>4.170000000000015</v>
+      </c>
+      <c r="L4" s="2" t="n">
+        <v>4.260000000000015</v>
+      </c>
+      <c r="M4" s="2" t="n">
+        <v>4.310000000000015</v>
       </c>
     </row>
     <row r="5">
       <c r="A5"/>
       <c r="B5"/>
       <c r="C5" t="inlineStr">
         <is>
-          <t>Vetgehalte</t>
+          <t>Eiwitgehalte</t>
         </is>
       </c>
       <c r="D5"/>
       <c r="E5" s="2" t="n">
-        <v>4.240000000000015</v>
+        <v>3.5000000000000124</v>
       </c>
       <c r="F5" s="2" t="n">
-        <v>4.310000000000015</v>
+        <v>3.4700000000000126</v>
       </c>
       <c r="G5" s="2" t="n">
-        <v>4.340000000000015</v>
+        <v>3.4500000000000126</v>
       </c>
       <c r="H5" s="2" t="n">
-        <v>4.370000000000015</v>
+        <v>3.430000000000012</v>
       </c>
       <c r="I5" s="2" t="n">
-        <v>4.330000000000015</v>
+        <v>3.380000000000012</v>
       </c>
       <c r="J5" s="2" t="n">
-        <v>4.290000000000015</v>
+        <v>3.390000000000012</v>
       </c>
       <c r="K5" s="2" t="n">
-        <v>4.210000000000015</v>
+        <v>3.4700000000000126</v>
       </c>
       <c r="L5" s="2" t="n">
-        <v>4.120000000000014</v>
+        <v>3.5300000000000122</v>
       </c>
       <c r="M5" s="2" t="n">
-        <v>4.060000000000014</v>
+        <v>3.5400000000000125</v>
       </c>
     </row>
     <row r="6">
       <c r="A6"/>
-      <c r="B6"/>
+      <c r="B6" t="inlineStr">
+        <is>
+          <t>Room</t>
+        </is>
+      </c>
       <c r="C6" t="inlineStr">
         <is>
-          <t>Eiwitgehalte</t>
+          <t>Hoeveelheid</t>
         </is>
       </c>
       <c r="D6"/>
-      <c r="E6" s="2" t="n">
-[...24 lines deleted...]
-        <v>3.430000000000012</v>
+      <c r="E6" s="1" t="n">
+        <v>3179.0</v>
+      </c>
+      <c r="F6" s="1" t="n">
+        <v>4178.0</v>
+      </c>
+      <c r="G6" s="1" t="n">
+        <v>3480.0</v>
+      </c>
+      <c r="H6" s="1" t="n">
+        <v>3774.0</v>
+      </c>
+      <c r="I6" s="1" t="n">
+        <v>3527.0</v>
+      </c>
+      <c r="J6" s="1" t="n">
+        <v>2906.0</v>
+      </c>
+      <c r="K6" s="1" t="n">
+        <v>3038.0</v>
+      </c>
+      <c r="L6"/>
+      <c r="M6" s="1" t="n">
+        <v>2374.0</v>
       </c>
     </row>
     <row r="7">
       <c r="A7"/>
-      <c r="B7" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="B7"/>
       <c r="C7" t="inlineStr">
         <is>
-          <t>Hoeveelheid</t>
+          <t>Vetgehalte</t>
         </is>
       </c>
       <c r="D7"/>
-      <c r="E7"/>
-[...18 lines deleted...]
-        <v>3774.0</v>
+      <c r="E7" s="2" t="n">
+        <v>39.89000000000014</v>
+      </c>
+      <c r="F7" s="2" t="n">
+        <v>39.880000000000145</v>
+      </c>
+      <c r="G7" s="2" t="n">
+        <v>39.96000000000014</v>
+      </c>
+      <c r="H7" s="2" t="n">
+        <v>40.170000000000144</v>
+      </c>
+      <c r="I7" s="2" t="n">
+        <v>39.43000000000014</v>
+      </c>
+      <c r="J7" s="2" t="n">
+        <v>39.810000000000144</v>
+      </c>
+      <c r="K7" s="2" t="n">
+        <v>39.880000000000145</v>
+      </c>
+      <c r="L7"/>
+      <c r="M7" s="2" t="n">
+        <v>39.78000000000014</v>
       </c>
     </row>
     <row r="8">
       <c r="A8"/>
       <c r="B8"/>
       <c r="C8" t="inlineStr">
         <is>
-          <t>Vetgehalte</t>
+          <t>Eiwitgehalte</t>
         </is>
       </c>
       <c r="D8"/>
       <c r="E8"/>
-      <c r="F8" s="2" t="n">
-[...1 lines deleted...]
-      </c>
+      <c r="F8"/>
       <c r="G8"/>
-      <c r="H8" s="2" t="n">
-[...1 lines deleted...]
-      </c>
+      <c r="H8"/>
       <c r="I8"/>
-      <c r="J8" s="2" t="n">
-[...10 lines deleted...]
-      </c>
+      <c r="J8"/>
+      <c r="K8"/>
+      <c r="L8"/>
+      <c r="M8"/>
     </row>
     <row r="9">
       <c r="A9"/>
-      <c r="B9"/>
+      <c r="B9" t="inlineStr">
+        <is>
+          <t>Magere melk</t>
+        </is>
+      </c>
       <c r="C9" t="inlineStr">
         <is>
-          <t>Eiwitgehalte</t>
+          <t>Hoeveelheid</t>
         </is>
       </c>
       <c r="D9"/>
-      <c r="E9"/>
-[...7 lines deleted...]
-      <c r="M9"/>
+      <c r="E9" s="1" t="n">
+        <v>819812.0</v>
+      </c>
+      <c r="F9" s="1" t="n">
+        <v>830982.0</v>
+      </c>
+      <c r="G9" s="1" t="n">
+        <v>976316.0</v>
+      </c>
+      <c r="H9" s="1" t="n">
+        <v>889414.0</v>
+      </c>
+      <c r="I9" s="1" t="n">
+        <v>732629.0</v>
+      </c>
+      <c r="J9" s="1" t="n">
+        <v>763218.0</v>
+      </c>
+      <c r="K9" s="1" t="n">
+        <v>769045.0</v>
+      </c>
+      <c r="L9" s="1" t="n">
+        <v>805253.0</v>
+      </c>
+      <c r="M9" s="1" t="n">
+        <v>819614.0</v>
+      </c>
     </row>
     <row r="10">
       <c r="A10"/>
-      <c r="B10" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="B10"/>
       <c r="C10" t="inlineStr">
         <is>
-          <t>Hoeveelheid</t>
+          <t>Vetgehalte</t>
         </is>
       </c>
       <c r="D10"/>
-      <c r="E10" s="1" t="n">
-[...24 lines deleted...]
-        <v>889414.0</v>
+      <c r="E10" s="2" t="n">
+        <v>0.3200000000000011</v>
+      </c>
+      <c r="F10" s="2" t="n">
+        <v>0.27000000000000096</v>
+      </c>
+      <c r="G10" s="2" t="n">
+        <v>0.280000000000001</v>
+      </c>
+      <c r="H10" s="2" t="n">
+        <v>0.29000000000000103</v>
+      </c>
+      <c r="I10" s="2" t="n">
+        <v>0.3500000000000012</v>
+      </c>
+      <c r="J10" s="2" t="n">
+        <v>0.27000000000000096</v>
+      </c>
+      <c r="K10" s="2" t="n">
+        <v>0.24000000000000085</v>
+      </c>
+      <c r="L10" s="2" t="n">
+        <v>0.26000000000000095</v>
+      </c>
+      <c r="M10" s="2" t="n">
+        <v>0.26000000000000095</v>
       </c>
     </row>
     <row r="11">
       <c r="A11"/>
       <c r="B11"/>
       <c r="C11" t="inlineStr">
         <is>
-          <t>Vetgehalte</t>
+          <t>Eiwitgehalte</t>
         </is>
       </c>
       <c r="D11"/>
       <c r="E11" s="2" t="n">
-        <v>0.40000000000000147</v>
+        <v>3.4800000000000124</v>
       </c>
       <c r="F11" s="2" t="n">
-        <v>0.3100000000000011</v>
+        <v>3.4800000000000124</v>
       </c>
       <c r="G11" s="2" t="n">
-        <v>0.30000000000000104</v>
+        <v>3.4800000000000124</v>
       </c>
       <c r="H11" s="2" t="n">
-        <v>0.29000000000000103</v>
+        <v>3.4500000000000126</v>
       </c>
       <c r="I11" s="2" t="n">
-        <v>0.30000000000000104</v>
+        <v>3.380000000000012</v>
       </c>
       <c r="J11" s="2" t="n">
-        <v>0.3200000000000011</v>
+        <v>3.410000000000012</v>
       </c>
       <c r="K11" s="2" t="n">
-        <v>0.27000000000000096</v>
+        <v>3.5300000000000122</v>
       </c>
       <c r="L11" s="2" t="n">
-        <v>0.280000000000001</v>
+        <v>3.6100000000000128</v>
       </c>
       <c r="M11" s="2" t="n">
-        <v>0.29000000000000103</v>
-[...36 lines deleted...]
-        <v>3.4500000000000126</v>
+        <v>3.640000000000013</v>
       </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <cols>
     <col min="1" max="1" width="46.4140625" customWidth="true"/>
     <col min="2" max="2" width="25.703125" customWidth="true"/>
-    <col min="3" max="3" width="4.96484375" customWidth="true"/>
-[...3 lines deleted...]
-    <col min="7" max="7" width="10.7109375" customWidth="true"/>
+    <col min="3" max="3" width="14.3203125" customWidth="true"/>
+    <col min="4" max="4" width="10.83984375" customWidth="true"/>
+    <col min="5" max="5" width="9.6640625" customWidth="true"/>
+    <col min="6" max="6" width="10.7109375" customWidth="true"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" t="inlineStr">
         <is>
           <t>Herkomst en bestemming</t>
         </is>
       </c>
       <c r="B1" t="inlineStr">
         <is>
           <t>Soort ontvangen zuivelproduct</t>
         </is>
       </c>
       <c r="C1" t="inlineStr">
         <is>
-          <t>Jaar</t>
+          <t>Maand</t>
         </is>
       </c>
       <c r="D1" t="inlineStr">
         <is>
-          <t>Maand</t>
+          <t>Hoeveelheid</t>
         </is>
       </c>
       <c r="E1" t="inlineStr">
         <is>
-          <t>Hoeveelheid</t>
+          <t>Vetgehalte</t>
         </is>
       </c>
       <c r="F1" t="inlineStr">
-        <is>
-[...3 lines deleted...]
-      <c r="G1" t="inlineStr">
         <is>
           <t>Eiwitgehalte</t>
         </is>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="inlineStr">
         <is>
           <t>Ontvangst van houders van melkkoeien (België + invoer)</t>
         </is>
       </c>
       <c r="B2" t="inlineStr">
         <is>
           <t>Melk</t>
         </is>
       </c>
       <c r="C2" t="inlineStr">
         <is>
-          <t>2024</t>
-[...8 lines deleted...]
-        <v>3.53478056E8</v>
+          <t>Maart 2025</t>
+        </is>
+      </c>
+      <c r="D2" s="1" t="n">
+        <v>3.83628402E8</v>
+      </c>
+      <c r="E2" s="2" t="n">
+        <v>4.290000000000015</v>
       </c>
       <c r="F2" s="2" t="n">
-        <v>4.240000000000015</v>
-[...2 lines deleted...]
-        <v>3.5200000000000125</v>
+        <v>3.5000000000000124</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="inlineStr">
         <is>
           <t>Ontvangst van houders van melkkoeien (België + invoer)</t>
         </is>
       </c>
       <c r="B3" t="inlineStr">
         <is>
           <t>Melk</t>
         </is>
       </c>
       <c r="C3" t="inlineStr">
         <is>
-          <t>2024</t>
-[...8 lines deleted...]
-        <v>3.40309667E8</v>
+          <t>April 2025</t>
+        </is>
+      </c>
+      <c r="D3" s="1" t="n">
+        <v>3.82451678E8</v>
+      </c>
+      <c r="E3" s="2" t="n">
+        <v>4.210000000000015</v>
       </c>
       <c r="F3" s="2" t="n">
-        <v>4.310000000000015</v>
-[...2 lines deleted...]
-        <v>3.5400000000000125</v>
+        <v>3.4700000000000126</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="inlineStr">
         <is>
           <t>Ontvangst van houders van melkkoeien (België + invoer)</t>
         </is>
       </c>
       <c r="B4" t="inlineStr">
         <is>
           <t>Melk</t>
         </is>
       </c>
       <c r="C4" t="inlineStr">
         <is>
-          <t>2024</t>
-[...8 lines deleted...]
-        <v>3.60042269E8</v>
+          <t>Mei 2025</t>
+        </is>
+      </c>
+      <c r="D4" s="1" t="n">
+        <v>3.91326807E8</v>
+      </c>
+      <c r="E4" s="2" t="n">
+        <v>4.120000000000014</v>
       </c>
       <c r="F4" s="2" t="n">
-        <v>4.340000000000015</v>
-[...2 lines deleted...]
-        <v>3.5300000000000122</v>
+        <v>3.4500000000000126</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="inlineStr">
         <is>
           <t>Ontvangst van houders van melkkoeien (België + invoer)</t>
         </is>
       </c>
       <c r="B5" t="inlineStr">
         <is>
           <t>Melk</t>
         </is>
       </c>
       <c r="C5" t="inlineStr">
         <is>
-          <t>2025</t>
-[...8 lines deleted...]
-        <v>3.69394753E8</v>
+          <t>Juni 2025</t>
+        </is>
+      </c>
+      <c r="D5" s="1" t="n">
+        <v>3.64873337E8</v>
+      </c>
+      <c r="E5" s="2" t="n">
+        <v>4.060000000000014</v>
       </c>
       <c r="F5" s="2" t="n">
-        <v>4.370000000000015</v>
-[...2 lines deleted...]
-        <v>3.5400000000000125</v>
+        <v>3.430000000000012</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="inlineStr">
         <is>
           <t>Ontvangst van houders van melkkoeien (België + invoer)</t>
         </is>
       </c>
       <c r="B6" t="inlineStr">
         <is>
           <t>Melk</t>
         </is>
       </c>
       <c r="C6" t="inlineStr">
         <is>
-          <t>2025</t>
-[...5 lines deleted...]
-        </is>
+          <t>Juli 2025</t>
+        </is>
+      </c>
+      <c r="D6" s="1" t="n">
+        <v>3.71469423E8</v>
       </c>
       <c r="E6" s="1" t="n">
-        <v>3.39835927E8</v>
+        <v>4.0</v>
       </c>
       <c r="F6" s="2" t="n">
-        <v>4.330000000000015</v>
-[...2 lines deleted...]
-        <v>3.5300000000000122</v>
+        <v>3.380000000000012</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="inlineStr">
         <is>
           <t>Ontvangst van houders van melkkoeien (België + invoer)</t>
         </is>
       </c>
       <c r="B7" t="inlineStr">
         <is>
           <t>Melk</t>
         </is>
       </c>
       <c r="C7" t="inlineStr">
         <is>
-          <t>2025</t>
-[...8 lines deleted...]
-        <v>3.83703794E8</v>
+          <t>Augustus 2025</t>
+        </is>
+      </c>
+      <c r="D7" s="1" t="n">
+        <v>3.76007004E8</v>
+      </c>
+      <c r="E7" s="2" t="n">
+        <v>4.060000000000014</v>
       </c>
       <c r="F7" s="2" t="n">
-        <v>4.290000000000015</v>
-[...2 lines deleted...]
-        <v>3.5000000000000124</v>
+        <v>3.390000000000012</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="inlineStr">
         <is>
           <t>Ontvangst van houders van melkkoeien (België + invoer)</t>
         </is>
       </c>
       <c r="B8" t="inlineStr">
         <is>
           <t>Melk</t>
         </is>
       </c>
       <c r="C8" t="inlineStr">
         <is>
-          <t>2025</t>
-[...8 lines deleted...]
-        <v>3.82522788E8</v>
+          <t>September 2025</t>
+        </is>
+      </c>
+      <c r="D8" s="1" t="n">
+        <v>3.68534314E8</v>
+      </c>
+      <c r="E8" s="2" t="n">
+        <v>4.170000000000015</v>
       </c>
       <c r="F8" s="2" t="n">
-        <v>4.210000000000015</v>
-[...1 lines deleted...]
-      <c r="G8" s="2" t="n">
         <v>3.4700000000000126</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="inlineStr">
         <is>
           <t>Ontvangst van houders van melkkoeien (België + invoer)</t>
         </is>
       </c>
       <c r="B9" t="inlineStr">
         <is>
           <t>Melk</t>
         </is>
       </c>
       <c r="C9" t="inlineStr">
         <is>
-          <t>2025</t>
-[...8 lines deleted...]
-        <v>3.91400365E8</v>
+          <t>Oktober 2025</t>
+        </is>
+      </c>
+      <c r="D9" s="1" t="n">
+        <v>3.9070285E8</v>
+      </c>
+      <c r="E9" s="2" t="n">
+        <v>4.260000000000015</v>
       </c>
       <c r="F9" s="2" t="n">
-        <v>4.120000000000014</v>
-[...2 lines deleted...]
-        <v>3.4500000000000126</v>
+        <v>3.5300000000000122</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="inlineStr">
         <is>
           <t>Ontvangst van houders van melkkoeien (België + invoer)</t>
         </is>
       </c>
       <c r="B10" t="inlineStr">
         <is>
           <t>Melk</t>
         </is>
       </c>
       <c r="C10" t="inlineStr">
         <is>
-          <t>2025</t>
-[...8 lines deleted...]
-        <v>3.64915119E8</v>
+          <t>November 2025</t>
+        </is>
+      </c>
+      <c r="D10" s="1" t="n">
+        <v>3.76427073E8</v>
+      </c>
+      <c r="E10" s="2" t="n">
+        <v>4.310000000000015</v>
       </c>
       <c r="F10" s="2" t="n">
-        <v>4.060000000000014</v>
-[...2 lines deleted...]
-        <v>3.430000000000012</v>
+        <v>3.5400000000000125</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="inlineStr">
         <is>
           <t>Ontvangst van houders van melkkoeien (België + invoer)</t>
         </is>
       </c>
       <c r="B11" t="inlineStr">
         <is>
           <t>Room</t>
         </is>
       </c>
       <c r="C11" t="inlineStr">
         <is>
-          <t>2024</t>
-[...7 lines deleted...]
-      <c r="E11"/>
+          <t>Maart 2025</t>
+        </is>
+      </c>
+      <c r="D11" s="1" t="n">
+        <v>3179.0</v>
+      </c>
+      <c r="E11" s="2" t="n">
+        <v>39.89000000000014</v>
+      </c>
       <c r="F11"/>
-      <c r="G11"/>
     </row>
     <row r="12">
       <c r="A12" t="inlineStr">
         <is>
           <t>Ontvangst van houders van melkkoeien (België + invoer)</t>
         </is>
       </c>
       <c r="B12" t="inlineStr">
         <is>
           <t>Room</t>
         </is>
       </c>
       <c r="C12" t="inlineStr">
         <is>
-          <t>2024</t>
-[...13 lines deleted...]
-      <c r="G12"/>
+          <t>April 2025</t>
+        </is>
+      </c>
+      <c r="D12" s="1" t="n">
+        <v>4178.0</v>
+      </c>
+      <c r="E12" s="2" t="n">
+        <v>39.880000000000145</v>
+      </c>
+      <c r="F12"/>
     </row>
     <row r="13">
       <c r="A13" t="inlineStr">
         <is>
           <t>Ontvangst van houders van melkkoeien (België + invoer)</t>
         </is>
       </c>
       <c r="B13" t="inlineStr">
         <is>
           <t>Room</t>
         </is>
       </c>
       <c r="C13" t="inlineStr">
         <is>
-          <t>2024</t>
-[...7 lines deleted...]
-      <c r="E13"/>
+          <t>Mei 2025</t>
+        </is>
+      </c>
+      <c r="D13" s="1" t="n">
+        <v>3480.0</v>
+      </c>
+      <c r="E13" s="2" t="n">
+        <v>39.96000000000014</v>
+      </c>
       <c r="F13"/>
-      <c r="G13"/>
     </row>
     <row r="14">
       <c r="A14" t="inlineStr">
         <is>
           <t>Ontvangst van houders van melkkoeien (België + invoer)</t>
         </is>
       </c>
       <c r="B14" t="inlineStr">
         <is>
           <t>Room</t>
         </is>
       </c>
       <c r="C14" t="inlineStr">
         <is>
-          <t>2025</t>
-[...13 lines deleted...]
-      <c r="G14"/>
+          <t>Juni 2025</t>
+        </is>
+      </c>
+      <c r="D14" s="1" t="n">
+        <v>3774.0</v>
+      </c>
+      <c r="E14" s="2" t="n">
+        <v>40.170000000000144</v>
+      </c>
+      <c r="F14"/>
     </row>
     <row r="15">
       <c r="A15" t="inlineStr">
         <is>
           <t>Ontvangst van houders van melkkoeien (België + invoer)</t>
         </is>
       </c>
       <c r="B15" t="inlineStr">
         <is>
           <t>Room</t>
         </is>
       </c>
       <c r="C15" t="inlineStr">
         <is>
-          <t>2025</t>
-[...7 lines deleted...]
-      <c r="E15"/>
+          <t>Juli 2025</t>
+        </is>
+      </c>
+      <c r="D15" s="1" t="n">
+        <v>3527.0</v>
+      </c>
+      <c r="E15" s="2" t="n">
+        <v>39.43000000000014</v>
+      </c>
       <c r="F15"/>
-      <c r="G15"/>
     </row>
     <row r="16">
       <c r="A16" t="inlineStr">
         <is>
           <t>Ontvangst van houders van melkkoeien (België + invoer)</t>
         </is>
       </c>
       <c r="B16" t="inlineStr">
         <is>
           <t>Room</t>
         </is>
       </c>
       <c r="C16" t="inlineStr">
         <is>
-          <t>2025</t>
-[...13 lines deleted...]
-      <c r="G16"/>
+          <t>Augustus 2025</t>
+        </is>
+      </c>
+      <c r="D16" s="1" t="n">
+        <v>2906.0</v>
+      </c>
+      <c r="E16" s="2" t="n">
+        <v>39.810000000000144</v>
+      </c>
+      <c r="F16"/>
     </row>
     <row r="17">
       <c r="A17" t="inlineStr">
         <is>
           <t>Ontvangst van houders van melkkoeien (België + invoer)</t>
         </is>
       </c>
       <c r="B17" t="inlineStr">
         <is>
           <t>Room</t>
         </is>
       </c>
       <c r="C17" t="inlineStr">
         <is>
-          <t>2025</t>
-[...10 lines deleted...]
-      <c r="F17" s="2" t="n">
+          <t>September 2025</t>
+        </is>
+      </c>
+      <c r="D17" s="1" t="n">
+        <v>3038.0</v>
+      </c>
+      <c r="E17" s="2" t="n">
         <v>39.880000000000145</v>
       </c>
-      <c r="G17"/>
+      <c r="F17"/>
     </row>
     <row r="18">
       <c r="A18" t="inlineStr">
         <is>
           <t>Ontvangst van houders van melkkoeien (België + invoer)</t>
         </is>
       </c>
       <c r="B18" t="inlineStr">
         <is>
           <t>Room</t>
         </is>
       </c>
       <c r="C18" t="inlineStr">
         <is>
-          <t>2025</t>
-[...13 lines deleted...]
-      <c r="G18"/>
+          <t>Oktober 2025</t>
+        </is>
+      </c>
+      <c r="D18"/>
+      <c r="E18"/>
+      <c r="F18"/>
     </row>
     <row r="19">
       <c r="A19" t="inlineStr">
         <is>
           <t>Ontvangst van houders van melkkoeien (België + invoer)</t>
         </is>
       </c>
       <c r="B19" t="inlineStr">
         <is>
           <t>Room</t>
         </is>
       </c>
       <c r="C19" t="inlineStr">
         <is>
-          <t>2025</t>
-[...13 lines deleted...]
-      <c r="G19"/>
+          <t>November 2025</t>
+        </is>
+      </c>
+      <c r="D19" s="1" t="n">
+        <v>2374.0</v>
+      </c>
+      <c r="E19" s="2" t="n">
+        <v>39.78000000000014</v>
+      </c>
+      <c r="F19"/>
     </row>
     <row r="20">
       <c r="A20" t="inlineStr">
         <is>
           <t>Ontvangst van houders van melkkoeien (België + invoer)</t>
         </is>
       </c>
       <c r="B20" t="inlineStr">
         <is>
           <t>Magere melk</t>
         </is>
       </c>
       <c r="C20" t="inlineStr">
         <is>
-          <t>2024</t>
-[...8 lines deleted...]
-        <v>1053029.0</v>
+          <t>Maart 2025</t>
+        </is>
+      </c>
+      <c r="D20" s="1" t="n">
+        <v>819812.0</v>
+      </c>
+      <c r="E20" s="2" t="n">
+        <v>0.3200000000000011</v>
       </c>
       <c r="F20" s="2" t="n">
-        <v>0.40000000000000147</v>
-[...2 lines deleted...]
-        <v>3.600000000000013</v>
+        <v>3.4800000000000124</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="inlineStr">
         <is>
           <t>Ontvangst van houders van melkkoeien (België + invoer)</t>
         </is>
       </c>
       <c r="B21" t="inlineStr">
         <is>
           <t>Magere melk</t>
         </is>
       </c>
       <c r="C21" t="inlineStr">
         <is>
-          <t>2024</t>
-[...8 lines deleted...]
-        <v>1083514.0</v>
+          <t>April 2025</t>
+        </is>
+      </c>
+      <c r="D21" s="1" t="n">
+        <v>830982.0</v>
+      </c>
+      <c r="E21" s="2" t="n">
+        <v>0.27000000000000096</v>
       </c>
       <c r="F21" s="2" t="n">
-        <v>0.3100000000000011</v>
-[...2 lines deleted...]
-        <v>3.5700000000000127</v>
+        <v>3.4800000000000124</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="inlineStr">
         <is>
           <t>Ontvangst van houders van melkkoeien (België + invoer)</t>
         </is>
       </c>
       <c r="B22" t="inlineStr">
         <is>
           <t>Magere melk</t>
         </is>
       </c>
       <c r="C22" t="inlineStr">
         <is>
-          <t>2024</t>
-[...8 lines deleted...]
-        <v>1123097.0</v>
+          <t>Mei 2025</t>
+        </is>
+      </c>
+      <c r="D22" s="1" t="n">
+        <v>976316.0</v>
+      </c>
+      <c r="E22" s="2" t="n">
+        <v>0.280000000000001</v>
       </c>
       <c r="F22" s="2" t="n">
-        <v>0.30000000000000104</v>
-[...2 lines deleted...]
-        <v>3.5300000000000122</v>
+        <v>3.4800000000000124</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="inlineStr">
         <is>
           <t>Ontvangst van houders van melkkoeien (België + invoer)</t>
         </is>
       </c>
       <c r="B23" t="inlineStr">
         <is>
           <t>Magere melk</t>
         </is>
       </c>
       <c r="C23" t="inlineStr">
         <is>
-          <t>2025</t>
-[...8 lines deleted...]
-        <v>787759.0</v>
+          <t>Juni 2025</t>
+        </is>
+      </c>
+      <c r="D23" s="1" t="n">
+        <v>889414.0</v>
+      </c>
+      <c r="E23" s="2" t="n">
+        <v>0.29000000000000103</v>
       </c>
       <c r="F23" s="2" t="n">
-        <v>0.29000000000000103</v>
-[...2 lines deleted...]
-        <v>3.5300000000000122</v>
+        <v>3.4500000000000126</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="inlineStr">
         <is>
           <t>Ontvangst van houders van melkkoeien (België + invoer)</t>
         </is>
       </c>
       <c r="B24" t="inlineStr">
         <is>
           <t>Magere melk</t>
         </is>
       </c>
       <c r="C24" t="inlineStr">
         <is>
-          <t>2025</t>
-[...8 lines deleted...]
-        <v>712273.0</v>
+          <t>Juli 2025</t>
+        </is>
+      </c>
+      <c r="D24" s="1" t="n">
+        <v>732629.0</v>
+      </c>
+      <c r="E24" s="2" t="n">
+        <v>0.3500000000000012</v>
       </c>
       <c r="F24" s="2" t="n">
-        <v>0.30000000000000104</v>
-[...2 lines deleted...]
-        <v>3.5300000000000122</v>
+        <v>3.380000000000012</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="inlineStr">
         <is>
           <t>Ontvangst van houders van melkkoeien (België + invoer)</t>
         </is>
       </c>
       <c r="B25" t="inlineStr">
         <is>
           <t>Magere melk</t>
         </is>
       </c>
       <c r="C25" t="inlineStr">
         <is>
-          <t>2025</t>
-[...8 lines deleted...]
-        <v>819812.0</v>
+          <t>Augustus 2025</t>
+        </is>
+      </c>
+      <c r="D25" s="1" t="n">
+        <v>763218.0</v>
+      </c>
+      <c r="E25" s="2" t="n">
+        <v>0.27000000000000096</v>
       </c>
       <c r="F25" s="2" t="n">
-        <v>0.3200000000000011</v>
-[...2 lines deleted...]
-        <v>3.4800000000000124</v>
+        <v>3.410000000000012</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="inlineStr">
         <is>
           <t>Ontvangst van houders van melkkoeien (België + invoer)</t>
         </is>
       </c>
       <c r="B26" t="inlineStr">
         <is>
           <t>Magere melk</t>
         </is>
       </c>
       <c r="C26" t="inlineStr">
         <is>
-          <t>2025</t>
-[...8 lines deleted...]
-        <v>830982.0</v>
+          <t>September 2025</t>
+        </is>
+      </c>
+      <c r="D26" s="1" t="n">
+        <v>769045.0</v>
+      </c>
+      <c r="E26" s="2" t="n">
+        <v>0.24000000000000085</v>
       </c>
       <c r="F26" s="2" t="n">
-        <v>0.27000000000000096</v>
-[...2 lines deleted...]
-        <v>3.4800000000000124</v>
+        <v>3.5300000000000122</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="inlineStr">
         <is>
           <t>Ontvangst van houders van melkkoeien (België + invoer)</t>
         </is>
       </c>
       <c r="B27" t="inlineStr">
         <is>
           <t>Magere melk</t>
         </is>
       </c>
       <c r="C27" t="inlineStr">
         <is>
-          <t>2025</t>
-[...8 lines deleted...]
-        <v>976316.0</v>
+          <t>Oktober 2025</t>
+        </is>
+      </c>
+      <c r="D27" s="1" t="n">
+        <v>805253.0</v>
+      </c>
+      <c r="E27" s="2" t="n">
+        <v>0.26000000000000095</v>
       </c>
       <c r="F27" s="2" t="n">
-        <v>0.280000000000001</v>
-[...2 lines deleted...]
-        <v>3.4800000000000124</v>
+        <v>3.6100000000000128</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="inlineStr">
         <is>
           <t>Ontvangst van houders van melkkoeien (België + invoer)</t>
         </is>
       </c>
       <c r="B28" t="inlineStr">
         <is>
           <t>Magere melk</t>
         </is>
       </c>
       <c r="C28" t="inlineStr">
         <is>
-          <t>2025</t>
-[...8 lines deleted...]
-        <v>889414.0</v>
+          <t>November 2025</t>
+        </is>
+      </c>
+      <c r="D28" s="1" t="n">
+        <v>819614.0</v>
+      </c>
+      <c r="E28" s="2" t="n">
+        <v>0.26000000000000095</v>
       </c>
       <c r="F28" s="2" t="n">
-        <v>0.29000000000000103</v>
-[...2 lines deleted...]
-        <v>3.4500000000000126</v>
+        <v>3.640000000000013</v>
       </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <coreProperties xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </coreProperties>
 </file>