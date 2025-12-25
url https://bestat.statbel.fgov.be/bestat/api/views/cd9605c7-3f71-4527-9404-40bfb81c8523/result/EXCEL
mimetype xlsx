--- v0 (2025-10-23)
+++ v1 (2025-12-25)
@@ -345,229 +345,229 @@
         </is>
       </c>
       <c r="D6"/>
       <c r="E6" s="2" t="n">
         <v>90.90000000000033</v>
       </c>
       <c r="F6" s="2" t="n">
         <v>91.30000000000032</v>
       </c>
       <c r="G6" s="2" t="n">
         <v>93.90000000000033</v>
       </c>
       <c r="H6" s="2" t="n">
         <v>81.50000000000028</v>
       </c>
       <c r="I6" s="1" t="n">
         <v>44.0</v>
       </c>
       <c r="J6" s="2" t="n">
         <v>51.30000000000018</v>
       </c>
       <c r="K6" s="2" t="n">
         <v>40.10000000000014</v>
       </c>
       <c r="L6" s="2" t="n">
-        <v>22.400000000000077</v>
+        <v>12.700000000000044</v>
       </c>
     </row>
     <row r="7">
       <c r="A7"/>
       <c r="B7" t="inlineStr">
         <is>
           <t>Manufactered gases</t>
         </is>
       </c>
       <c r="C7" t="inlineStr">
         <is>
           <t>Coke oven gas</t>
         </is>
       </c>
       <c r="D7"/>
       <c r="E7" s="2" t="n">
         <v>6.4000000000000234</v>
       </c>
       <c r="F7" s="2" t="n">
         <v>8.100000000000028</v>
       </c>
       <c r="G7" s="2" t="n">
         <v>7.300000000000026</v>
       </c>
       <c r="H7" s="2" t="n">
         <v>10.90000000000004</v>
       </c>
       <c r="I7" s="2" t="n">
         <v>6.600000000000023</v>
       </c>
       <c r="J7" s="2" t="n">
         <v>12.100000000000042</v>
       </c>
       <c r="K7" s="2" t="n">
         <v>7.300000000000026</v>
       </c>
       <c r="L7" s="2" t="n">
-        <v>7.500000000000027</v>
+        <v>1.2000000000000042</v>
       </c>
     </row>
     <row r="8">
       <c r="A8"/>
       <c r="B8"/>
       <c r="C8" t="inlineStr">
         <is>
           <t>Blast furnace gas</t>
         </is>
       </c>
       <c r="D8"/>
       <c r="E8" s="2" t="n">
         <v>2184.5000000000077</v>
       </c>
       <c r="F8" s="2" t="n">
         <v>2102.700000000007</v>
       </c>
       <c r="G8" s="2" t="n">
         <v>2259.9000000000083</v>
       </c>
       <c r="H8" s="1" t="n">
         <v>1644.0</v>
       </c>
       <c r="I8" s="2" t="n">
         <v>1893.900000000007</v>
       </c>
       <c r="J8" s="2" t="n">
         <v>2146.2000000000075</v>
       </c>
       <c r="K8" s="2" t="n">
         <v>1709.4000000000062</v>
       </c>
-      <c r="L8" s="1" t="n">
-        <v>2047.0</v>
+      <c r="L8" s="2" t="n">
+        <v>2122.2000000000075</v>
       </c>
     </row>
     <row r="9">
       <c r="A9"/>
       <c r="B9"/>
       <c r="C9" t="inlineStr">
         <is>
           <t>Other recovered gases</t>
         </is>
       </c>
       <c r="D9"/>
       <c r="E9" s="2" t="n">
         <v>143.2000000000005</v>
       </c>
       <c r="F9" s="2" t="n">
         <v>142.7000000000005</v>
       </c>
       <c r="G9" s="2" t="n">
         <v>154.50000000000054</v>
       </c>
       <c r="H9" s="2" t="n">
         <v>140.7000000000005</v>
       </c>
       <c r="I9" s="2" t="n">
         <v>83.60000000000029</v>
       </c>
       <c r="J9" s="2" t="n">
         <v>108.40000000000039</v>
       </c>
       <c r="K9" s="2" t="n">
         <v>75.60000000000026</v>
       </c>
       <c r="L9" s="2" t="n">
-        <v>89.20000000000032</v>
+        <v>44.60000000000016</v>
       </c>
     </row>
     <row r="10">
       <c r="A10"/>
       <c r="B10" t="inlineStr">
         <is>
           <t>Oil and petroleum products</t>
         </is>
       </c>
       <c r="C10" t="inlineStr">
         <is>
           <t>Refinery gas</t>
         </is>
       </c>
       <c r="D10"/>
       <c r="E10" s="1" t="n">
         <v>142.0</v>
       </c>
       <c r="F10" s="2" t="n">
         <v>131.70000000000044</v>
       </c>
       <c r="G10" s="2" t="n">
         <v>47.50000000000017</v>
       </c>
       <c r="H10" s="1" t="n">
         <v>100.0</v>
       </c>
       <c r="I10" s="2" t="n">
         <v>152.30000000000055</v>
       </c>
       <c r="J10" s="2" t="n">
         <v>220.8000000000008</v>
       </c>
       <c r="K10" s="2" t="n">
         <v>147.7000000000005</v>
       </c>
-      <c r="L10" s="1" t="n">
-        <v>184.0</v>
+      <c r="L10" s="2" t="n">
+        <v>160.20000000000056</v>
       </c>
     </row>
     <row r="11">
       <c r="A11"/>
       <c r="B11"/>
       <c r="C11" t="inlineStr">
         <is>
           <t>LPG</t>
         </is>
       </c>
       <c r="D11"/>
       <c r="E11" s="2" t="n">
         <v>10.300000000000038</v>
       </c>
       <c r="F11" s="2" t="n">
         <v>8.50000000000003</v>
       </c>
       <c r="G11" s="2" t="n">
         <v>9.400000000000034</v>
       </c>
       <c r="H11" s="2" t="n">
         <v>5.80000000000002</v>
       </c>
       <c r="I11" s="2" t="n">
         <v>4.300000000000015</v>
       </c>
       <c r="J11" s="2" t="n">
         <v>5.5000000000000195</v>
       </c>
       <c r="K11" s="2" t="n">
-        <v>6.600000000000023</v>
+        <v>6.500000000000023</v>
       </c>
       <c r="L11" s="2" t="n">
-        <v>8.200000000000028</v>
+        <v>7.500000000000027</v>
       </c>
     </row>
     <row r="12">
       <c r="A12"/>
       <c r="B12"/>
       <c r="C12" t="inlineStr">
         <is>
           <t>Other kerosene</t>
         </is>
       </c>
       <c r="D12"/>
       <c r="E12" s="2" t="n">
         <v>11.100000000000039</v>
       </c>
       <c r="F12" s="2" t="n">
         <v>4.300000000000015</v>
       </c>
       <c r="G12" s="2" t="n">
         <v>2.1000000000000076</v>
       </c>
       <c r="H12" s="2" t="n">
         <v>1.3000000000000047</v>
       </c>
       <c r="I12" s="2" t="n">
         <v>3.800000000000013</v>
@@ -585,337 +585,337 @@
     <row r="13">
       <c r="A13"/>
       <c r="B13"/>
       <c r="C13" t="inlineStr">
         <is>
           <t>Gasoil/diesel</t>
         </is>
       </c>
       <c r="D13"/>
       <c r="E13" s="2" t="n">
         <v>9.600000000000033</v>
       </c>
       <c r="F13" s="2" t="n">
         <v>15.600000000000055</v>
       </c>
       <c r="G13" s="2" t="n">
         <v>10.600000000000037</v>
       </c>
       <c r="H13" s="2" t="n">
         <v>11.100000000000039</v>
       </c>
       <c r="I13" s="2" t="n">
         <v>19.50000000000007</v>
       </c>
       <c r="J13" s="2" t="n">
-        <v>42.300000000000146</v>
+        <v>42.20000000000015</v>
       </c>
       <c r="K13" s="2" t="n">
-        <v>36.800000000000125</v>
+        <v>21.500000000000078</v>
       </c>
       <c r="L13" s="2" t="n">
-        <v>45.90000000000016</v>
+        <v>28.300000000000097</v>
       </c>
     </row>
     <row r="14">
       <c r="A14"/>
       <c r="B14"/>
       <c r="C14" t="inlineStr">
         <is>
           <t>Heavy fuel oil</t>
         </is>
       </c>
       <c r="D14"/>
       <c r="E14" s="1" t="n">
         <v>3.0</v>
       </c>
       <c r="F14" s="2" t="n">
         <v>0.7000000000000024</v>
       </c>
       <c r="G14" s="2" t="n">
         <v>1.3000000000000047</v>
       </c>
       <c r="H14" s="2" t="n">
         <v>1.700000000000006</v>
       </c>
       <c r="I14" s="2" t="n">
         <v>0.9000000000000032</v>
       </c>
       <c r="J14" s="2" t="n">
         <v>14.600000000000051</v>
       </c>
       <c r="K14" s="2" t="n">
         <v>5.100000000000017</v>
       </c>
-      <c r="L14" s="2" t="n">
-        <v>6.4000000000000234</v>
+      <c r="L14" s="1" t="n">
+        <v>1.0</v>
       </c>
     </row>
     <row r="15">
       <c r="A15"/>
       <c r="B15" t="inlineStr">
         <is>
           <t>Natural gas</t>
         </is>
       </c>
       <c r="C15" t="inlineStr">
         <is>
           <t>Natural gas</t>
         </is>
       </c>
       <c r="D15"/>
       <c r="E15" s="2" t="n">
         <v>23013.90000000008</v>
       </c>
       <c r="F15" s="2" t="n">
         <v>23980.500000000084</v>
       </c>
       <c r="G15" s="2" t="n">
         <v>25528.800000000087</v>
       </c>
       <c r="H15" s="2" t="n">
         <v>26774.600000000093</v>
       </c>
-      <c r="I15" s="1" t="n">
-        <v>22520.0</v>
+      <c r="I15" s="2" t="n">
+        <v>22519.90000000008</v>
       </c>
       <c r="J15" s="2" t="n">
-        <v>21943.600000000075</v>
+        <v>21943.700000000077</v>
       </c>
       <c r="K15" s="2" t="n">
-        <v>18289.200000000066</v>
+        <v>18292.500000000065</v>
       </c>
       <c r="L15" s="2" t="n">
-        <v>13375.400000000047</v>
+        <v>14159.500000000051</v>
       </c>
     </row>
     <row r="16">
       <c r="A16"/>
       <c r="B16" t="inlineStr">
         <is>
           <t>Renewables and biofuels</t>
         </is>
       </c>
       <c r="C16" t="inlineStr">
         <is>
           <t>Natural hydro</t>
         </is>
       </c>
       <c r="D16"/>
       <c r="E16" s="2" t="n">
         <v>270.1000000000011</v>
       </c>
       <c r="F16" s="2" t="n">
         <v>292.300000000001</v>
       </c>
       <c r="G16" s="1" t="n">
         <v>301.0</v>
       </c>
       <c r="H16" s="2" t="n">
         <v>266.90000000000083</v>
       </c>
       <c r="I16" s="2" t="n">
         <v>418.1000000000014</v>
       </c>
       <c r="J16" s="2" t="n">
         <v>271.100000000001</v>
       </c>
       <c r="K16" s="2" t="n">
-        <v>406.60000000000144</v>
+        <v>402.30000000000143</v>
       </c>
       <c r="L16" s="2" t="n">
-        <v>552.5000000000019</v>
+        <v>545.700000000002</v>
       </c>
     </row>
     <row r="17">
       <c r="A17"/>
       <c r="B17"/>
       <c r="C17" t="inlineStr">
         <is>
           <t>Wind</t>
         </is>
       </c>
       <c r="D17"/>
       <c r="E17" s="2" t="n">
         <v>6520.700000000023</v>
       </c>
       <c r="F17" s="2" t="n">
         <v>7574.100000000028</v>
       </c>
       <c r="G17" s="2" t="n">
         <v>9755.400000000034</v>
       </c>
       <c r="H17" s="2" t="n">
         <v>12818.600000000046</v>
       </c>
       <c r="I17" s="2" t="n">
         <v>11997.600000000042</v>
       </c>
       <c r="J17" s="2" t="n">
         <v>12352.600000000044</v>
       </c>
       <c r="K17" s="2" t="n">
         <v>15443.900000000054</v>
       </c>
-      <c r="L17" s="1" t="n">
-        <v>13975.0</v>
+      <c r="L17" s="2" t="n">
+        <v>13824.50000000005</v>
       </c>
     </row>
     <row r="18">
       <c r="A18"/>
       <c r="B18"/>
       <c r="C18" t="inlineStr">
         <is>
           <t>Solar photovoltaic</t>
         </is>
       </c>
       <c r="D18"/>
       <c r="E18" s="1" t="n">
         <v>3308.0</v>
       </c>
       <c r="F18" s="2" t="n">
         <v>3903.5000000000136</v>
       </c>
       <c r="G18" s="2" t="n">
         <v>4252.400000000015</v>
       </c>
       <c r="H18" s="2" t="n">
         <v>5112.700000000019</v>
       </c>
-      <c r="I18" s="2" t="n">
-        <v>5622.70000000002</v>
+      <c r="I18" s="1" t="n">
+        <v>5623.0</v>
       </c>
       <c r="J18" s="2" t="n">
-        <v>6878.800000000024</v>
-[...5 lines deleted...]
-        <v>8000.0</v>
+        <v>6880.600000000024</v>
+      </c>
+      <c r="K18" s="2" t="n">
+        <v>7834.500000000028</v>
+      </c>
+      <c r="L18" s="2" t="n">
+        <v>8562.100000000031</v>
       </c>
     </row>
     <row r="19">
       <c r="A19"/>
       <c r="B19"/>
       <c r="C19" t="inlineStr">
         <is>
           <t>Solid biofuels</t>
         </is>
       </c>
       <c r="D19"/>
       <c r="E19" s="2" t="n">
         <v>3816.4000000000133</v>
       </c>
       <c r="F19" s="2" t="n">
         <v>3484.3000000000125</v>
       </c>
       <c r="G19" s="2" t="n">
         <v>3291.300000000012</v>
       </c>
       <c r="H19" s="2" t="n">
         <v>3319.300000000012</v>
       </c>
       <c r="I19" s="2" t="n">
         <v>2763.4000000000096</v>
       </c>
       <c r="J19" s="2" t="n">
         <v>2842.70000000001</v>
       </c>
       <c r="K19" s="2" t="n">
-        <v>1785.1000000000065</v>
+        <v>1748.4000000000062</v>
       </c>
       <c r="L19" s="2" t="n">
-        <v>1453.8000000000054</v>
+        <v>1578.2000000000055</v>
       </c>
     </row>
     <row r="20">
       <c r="A20"/>
       <c r="B20"/>
       <c r="C20" t="inlineStr">
         <is>
           <t>Biogas</t>
         </is>
       </c>
       <c r="D20"/>
       <c r="E20" s="2" t="n">
         <v>938.3000000000033</v>
       </c>
       <c r="F20" s="2" t="n">
         <v>944.9000000000033</v>
       </c>
       <c r="G20" s="2" t="n">
         <v>946.4000000000034</v>
       </c>
       <c r="H20" s="2" t="n">
         <v>1014.7000000000037</v>
       </c>
       <c r="I20" s="2" t="n">
         <v>983.1000000000034</v>
       </c>
-      <c r="J20" s="2" t="n">
-[...3 lines deleted...]
-        <v>1047.0</v>
+      <c r="J20" s="1" t="n">
+        <v>1012.0</v>
+      </c>
+      <c r="K20" s="2" t="n">
+        <v>1046.9000000000037</v>
       </c>
       <c r="L20" s="2" t="n">
-        <v>886.4000000000033</v>
+        <v>985.6000000000034</v>
       </c>
     </row>
     <row r="21">
       <c r="A21"/>
       <c r="B21"/>
       <c r="C21" t="inlineStr">
         <is>
           <t>Renewable municipal waste</t>
         </is>
       </c>
       <c r="D21"/>
       <c r="E21" s="2" t="n">
         <v>916.3000000000033</v>
       </c>
       <c r="F21" s="2" t="n">
         <v>909.1000000000032</v>
       </c>
       <c r="G21" s="2" t="n">
         <v>856.300000000003</v>
       </c>
       <c r="H21" s="2" t="n">
         <v>903.8000000000033</v>
       </c>
       <c r="I21" s="2" t="n">
-        <v>941.9000000000034</v>
+        <v>950.1000000000034</v>
       </c>
       <c r="J21" s="2" t="n">
-        <v>1000.1000000000034</v>
+        <v>1001.6000000000034</v>
       </c>
       <c r="K21" s="2" t="n">
-        <v>966.2000000000035</v>
+        <v>991.3000000000035</v>
       </c>
       <c r="L21" s="2" t="n">
-        <v>1046.5000000000036</v>
+        <v>1040.5000000000036</v>
       </c>
     </row>
     <row r="22">
       <c r="A22"/>
       <c r="B22"/>
       <c r="C22" t="inlineStr">
         <is>
           <t>Biodiesel</t>
         </is>
       </c>
       <c r="D22"/>
       <c r="E22" s="2" t="n">
         <v>11.200000000000038</v>
       </c>
       <c r="F22" s="2" t="n">
         <v>11.50000000000004</v>
       </c>
       <c r="G22" s="1" t="n">
         <v>12.0</v>
       </c>
       <c r="H22" s="2" t="n">
         <v>5.200000000000019</v>
       </c>
       <c r="I22" s="2" t="n">
         <v>0.40000000000000147</v>
@@ -939,161 +939,161 @@
         </is>
       </c>
       <c r="D23"/>
       <c r="E23" s="2" t="n">
         <v>24.400000000000084</v>
       </c>
       <c r="F23" s="2" t="n">
         <v>62.70000000000022</v>
       </c>
       <c r="G23" s="2" t="n">
         <v>59.40000000000021</v>
       </c>
       <c r="H23" s="2" t="n">
         <v>19.50000000000007</v>
       </c>
       <c r="I23" s="2" t="n">
         <v>14.200000000000049</v>
       </c>
       <c r="J23" s="2" t="n">
         <v>70.60000000000025</v>
       </c>
       <c r="K23" s="2" t="n">
         <v>3.800000000000013</v>
       </c>
       <c r="L23" s="2" t="n">
-        <v>2.300000000000008</v>
+        <v>0.8000000000000029</v>
       </c>
     </row>
     <row r="24">
       <c r="A24"/>
       <c r="B24" t="inlineStr">
         <is>
           <t>Non-renewable waste</t>
         </is>
       </c>
       <c r="C24" t="inlineStr">
         <is>
           <t>Non-renewable industrial waste</t>
         </is>
       </c>
       <c r="D24"/>
       <c r="E24" s="2" t="n">
         <v>434.9000000000015</v>
       </c>
       <c r="F24" s="2" t="n">
         <v>437.9000000000015</v>
       </c>
       <c r="G24" s="2" t="n">
         <v>419.1000000000015</v>
       </c>
       <c r="H24" s="2" t="n">
         <v>394.70000000000147</v>
       </c>
       <c r="I24" s="2" t="n">
         <v>324.7000000000011</v>
       </c>
       <c r="J24" s="2" t="n">
         <v>397.70000000000147</v>
       </c>
       <c r="K24" s="2" t="n">
         <v>429.80000000000155</v>
       </c>
       <c r="L24" s="2" t="n">
-        <v>461.10000000000167</v>
+        <v>461.8000000000016</v>
       </c>
     </row>
     <row r="25">
       <c r="A25"/>
       <c r="B25"/>
       <c r="C25" t="inlineStr">
         <is>
           <t>Non-renewable municipal waste</t>
         </is>
       </c>
       <c r="D25"/>
       <c r="E25" s="2" t="n">
         <v>858.800000000003</v>
       </c>
       <c r="F25" s="2" t="n">
         <v>834.1000000000029</v>
       </c>
       <c r="G25" s="2" t="n">
         <v>797.1000000000029</v>
       </c>
       <c r="H25" s="1" t="n">
         <v>846.0</v>
       </c>
       <c r="I25" s="2" t="n">
-        <v>920.5000000000033</v>
+        <v>912.3000000000033</v>
       </c>
       <c r="J25" s="2" t="n">
-        <v>895.7000000000032</v>
+        <v>894.1000000000031</v>
       </c>
       <c r="K25" s="2" t="n">
-        <v>855.6000000000031</v>
+        <v>830.600000000003</v>
       </c>
       <c r="L25" s="2" t="n">
-        <v>876.1000000000031</v>
+        <v>751.9000000000026</v>
       </c>
     </row>
     <row r="26">
       <c r="A26"/>
       <c r="B26" t="inlineStr">
         <is>
           <t>Other sources</t>
         </is>
       </c>
       <c r="C26" t="inlineStr">
         <is>
           <t>Recovered heat</t>
         </is>
       </c>
       <c r="D26"/>
       <c r="E26" s="2" t="n">
         <v>540.100000000002</v>
       </c>
       <c r="F26" s="2" t="n">
         <v>477.7000000000017</v>
       </c>
       <c r="G26" s="2" t="n">
         <v>424.9000000000015</v>
       </c>
       <c r="H26" s="2" t="n">
         <v>487.4000000000017</v>
       </c>
       <c r="I26" s="2" t="n">
         <v>497.7000000000018</v>
       </c>
       <c r="J26" s="2" t="n">
         <v>392.70000000000147</v>
       </c>
       <c r="K26" s="2" t="n">
         <v>310.3000000000011</v>
       </c>
       <c r="L26" s="1" t="n">
-        <v>197.0</v>
+        <v>383.0</v>
       </c>
     </row>
     <row r="27">
       <c r="A27"/>
       <c r="B27"/>
       <c r="C27" t="inlineStr">
         <is>
           <t>Pumped hydro</t>
         </is>
       </c>
       <c r="D27"/>
       <c r="E27" s="2" t="n">
         <v>1127.300000000004</v>
       </c>
       <c r="F27" s="2" t="n">
         <v>1015.3000000000036</v>
       </c>
       <c r="G27" s="2" t="n">
         <v>879.2000000000031</v>
       </c>
       <c r="H27" s="2" t="n">
         <v>1047.7000000000037</v>
       </c>
       <c r="I27" s="2" t="n">
         <v>931.7000000000033</v>
@@ -1111,91 +1111,91 @@
     <row r="28">
       <c r="A28"/>
       <c r="B28"/>
       <c r="C28" t="inlineStr">
         <is>
           <t>Other sources</t>
         </is>
       </c>
       <c r="D28"/>
       <c r="E28" s="2" t="n">
         <v>10.800000000000038</v>
       </c>
       <c r="F28" s="2" t="n">
         <v>9.400000000000034</v>
       </c>
       <c r="G28" s="2" t="n">
         <v>10.90000000000004</v>
       </c>
       <c r="H28" s="2" t="n">
         <v>10.80000000000004</v>
       </c>
       <c r="I28" s="2" t="n">
         <v>10.500000000000037</v>
       </c>
       <c r="J28" s="2" t="n">
-        <v>25.500000000000092</v>
+        <v>26.20000000000009</v>
       </c>
       <c r="K28" s="2" t="n">
-        <v>104.40000000000038</v>
-[...2 lines deleted...]
-        <v>118.0</v>
+        <v>136.60000000000048</v>
+      </c>
+      <c r="L28" s="2" t="n">
+        <v>162.30000000000055</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="inlineStr">
         <is>
           <t>All products</t>
         </is>
       </c>
       <c r="B29"/>
       <c r="C29"/>
       <c r="D29"/>
       <c r="E29" s="1" t="n">
         <v>86619.0</v>
       </c>
       <c r="F29" s="2" t="n">
         <v>75039.90000000026</v>
       </c>
       <c r="G29" s="2" t="n">
         <v>93644.30000000034</v>
       </c>
       <c r="H29" s="2" t="n">
         <v>89453.60000000037</v>
       </c>
       <c r="I29" s="2" t="n">
-        <v>100481.60000000037</v>
+        <v>100481.80000000035</v>
       </c>
       <c r="J29" s="2" t="n">
-        <v>95947.80000000031</v>
-[...2 lines deleted...]
-        <v>83669.4000000003</v>
+        <v>95950.30000000032</v>
+      </c>
+      <c r="K29" s="1" t="n">
+        <v>83663.0</v>
       </c>
       <c r="L29" s="2" t="n">
-        <v>75677.90000000027</v>
+        <v>77156.80000000028</v>
       </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <cols>
     <col min="1" max="1" width="10.6875" customWidth="true"/>
     <col min="2" max="2" width="21.1171875" customWidth="true"/>
     <col min="3" max="3" width="26.8046875" customWidth="true"/>
     <col min="4" max="4" width="23.2265625" customWidth="true"/>
     <col min="5" max="5" width="4.96484375" customWidth="true"/>
     <col min="6" max="6" width="8.828125" customWidth="true"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" t="inlineStr">
@@ -1684,51 +1684,51 @@
         <is>
           <t>All products</t>
         </is>
       </c>
       <c r="B17" t="inlineStr">
         <is>
           <t>Solid fossil fuels</t>
         </is>
       </c>
       <c r="C17" t="inlineStr">
         <is>
           <t>Other bituminous coal</t>
         </is>
       </c>
       <c r="D17" t="inlineStr">
         <is>
           <t>Gross electricity production</t>
         </is>
       </c>
       <c r="E17" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="F17" s="2" t="n">
-        <v>22.400000000000077</v>
+        <v>12.700000000000044</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="inlineStr">
         <is>
           <t>All products</t>
         </is>
       </c>
       <c r="B18" t="inlineStr">
         <is>
           <t>Manufactered gases</t>
         </is>
       </c>
       <c r="C18" t="inlineStr">
         <is>
           <t>Coke oven gas</t>
         </is>
       </c>
       <c r="D18" t="inlineStr">
         <is>
           <t>Gross electricity production</t>
         </is>
       </c>
       <c r="E18" t="inlineStr">
         <is>
@@ -1924,51 +1924,51 @@
         <is>
           <t>All products</t>
         </is>
       </c>
       <c r="B25" t="inlineStr">
         <is>
           <t>Manufactered gases</t>
         </is>
       </c>
       <c r="C25" t="inlineStr">
         <is>
           <t>Coke oven gas</t>
         </is>
       </c>
       <c r="D25" t="inlineStr">
         <is>
           <t>Gross electricity production</t>
         </is>
       </c>
       <c r="E25" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="F25" s="2" t="n">
-        <v>7.500000000000027</v>
+        <v>1.2000000000000042</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="inlineStr">
         <is>
           <t>All products</t>
         </is>
       </c>
       <c r="B26" t="inlineStr">
         <is>
           <t>Manufactered gases</t>
         </is>
       </c>
       <c r="C26" t="inlineStr">
         <is>
           <t>Blast furnace gas</t>
         </is>
       </c>
       <c r="D26" t="inlineStr">
         <is>
           <t>Gross electricity production</t>
         </is>
       </c>
       <c r="E26" t="inlineStr">
         <is>
@@ -2163,52 +2163,52 @@
       <c r="A33" t="inlineStr">
         <is>
           <t>All products</t>
         </is>
       </c>
       <c r="B33" t="inlineStr">
         <is>
           <t>Manufactered gases</t>
         </is>
       </c>
       <c r="C33" t="inlineStr">
         <is>
           <t>Blast furnace gas</t>
         </is>
       </c>
       <c r="D33" t="inlineStr">
         <is>
           <t>Gross electricity production</t>
         </is>
       </c>
       <c r="E33" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
-      <c r="F33" s="1" t="n">
-        <v>2047.0</v>
+      <c r="F33" s="2" t="n">
+        <v>2122.2000000000075</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" t="inlineStr">
         <is>
           <t>All products</t>
         </is>
       </c>
       <c r="B34" t="inlineStr">
         <is>
           <t>Manufactered gases</t>
         </is>
       </c>
       <c r="C34" t="inlineStr">
         <is>
           <t>Other recovered gases</t>
         </is>
       </c>
       <c r="D34" t="inlineStr">
         <is>
           <t>Gross electricity production</t>
         </is>
       </c>
       <c r="E34" t="inlineStr">
         <is>
@@ -2404,51 +2404,51 @@
         <is>
           <t>All products</t>
         </is>
       </c>
       <c r="B41" t="inlineStr">
         <is>
           <t>Manufactered gases</t>
         </is>
       </c>
       <c r="C41" t="inlineStr">
         <is>
           <t>Other recovered gases</t>
         </is>
       </c>
       <c r="D41" t="inlineStr">
         <is>
           <t>Gross electricity production</t>
         </is>
       </c>
       <c r="E41" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="F41" s="2" t="n">
-        <v>89.20000000000032</v>
+        <v>44.60000000000016</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" t="inlineStr">
         <is>
           <t>All products</t>
         </is>
       </c>
       <c r="B42" t="inlineStr">
         <is>
           <t>Oil and petroleum products</t>
         </is>
       </c>
       <c r="C42" t="inlineStr">
         <is>
           <t>Refinery gas</t>
         </is>
       </c>
       <c r="D42" t="inlineStr">
         <is>
           <t>Gross electricity production</t>
         </is>
       </c>
       <c r="E42" t="inlineStr">
         <is>
@@ -2643,52 +2643,52 @@
       <c r="A49" t="inlineStr">
         <is>
           <t>All products</t>
         </is>
       </c>
       <c r="B49" t="inlineStr">
         <is>
           <t>Oil and petroleum products</t>
         </is>
       </c>
       <c r="C49" t="inlineStr">
         <is>
           <t>Refinery gas</t>
         </is>
       </c>
       <c r="D49" t="inlineStr">
         <is>
           <t>Gross electricity production</t>
         </is>
       </c>
       <c r="E49" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
-      <c r="F49" s="1" t="n">
-        <v>184.0</v>
+      <c r="F49" s="2" t="n">
+        <v>160.20000000000056</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" t="inlineStr">
         <is>
           <t>All products</t>
         </is>
       </c>
       <c r="B50" t="inlineStr">
         <is>
           <t>Oil and petroleum products</t>
         </is>
       </c>
       <c r="C50" t="inlineStr">
         <is>
           <t>LPG</t>
         </is>
       </c>
       <c r="D50" t="inlineStr">
         <is>
           <t>Gross electricity production</t>
         </is>
       </c>
       <c r="E50" t="inlineStr">
         <is>
@@ -2854,81 +2854,81 @@
         <is>
           <t>All products</t>
         </is>
       </c>
       <c r="B56" t="inlineStr">
         <is>
           <t>Oil and petroleum products</t>
         </is>
       </c>
       <c r="C56" t="inlineStr">
         <is>
           <t>LPG</t>
         </is>
       </c>
       <c r="D56" t="inlineStr">
         <is>
           <t>Gross electricity production</t>
         </is>
       </c>
       <c r="E56" t="inlineStr">
         <is>
           <t>2023</t>
         </is>
       </c>
       <c r="F56" s="2" t="n">
-        <v>6.600000000000023</v>
+        <v>6.500000000000023</v>
       </c>
     </row>
     <row r="57">
       <c r="A57" t="inlineStr">
         <is>
           <t>All products</t>
         </is>
       </c>
       <c r="B57" t="inlineStr">
         <is>
           <t>Oil and petroleum products</t>
         </is>
       </c>
       <c r="C57" t="inlineStr">
         <is>
           <t>LPG</t>
         </is>
       </c>
       <c r="D57" t="inlineStr">
         <is>
           <t>Gross electricity production</t>
         </is>
       </c>
       <c r="E57" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="F57" s="2" t="n">
-        <v>8.200000000000028</v>
+        <v>7.500000000000027</v>
       </c>
     </row>
     <row r="58">
       <c r="A58" t="inlineStr">
         <is>
           <t>All products</t>
         </is>
       </c>
       <c r="B58" t="inlineStr">
         <is>
           <t>Oil and petroleum products</t>
         </is>
       </c>
       <c r="C58" t="inlineStr">
         <is>
           <t>Other kerosene</t>
         </is>
       </c>
       <c r="D58" t="inlineStr">
         <is>
           <t>Gross electricity production</t>
         </is>
       </c>
       <c r="E58" t="inlineStr">
         <is>
@@ -3304,111 +3304,111 @@
         <is>
           <t>All products</t>
         </is>
       </c>
       <c r="B71" t="inlineStr">
         <is>
           <t>Oil and petroleum products</t>
         </is>
       </c>
       <c r="C71" t="inlineStr">
         <is>
           <t>Gasoil/diesel</t>
         </is>
       </c>
       <c r="D71" t="inlineStr">
         <is>
           <t>Gross electricity production</t>
         </is>
       </c>
       <c r="E71" t="inlineStr">
         <is>
           <t>2022</t>
         </is>
       </c>
       <c r="F71" s="2" t="n">
-        <v>42.300000000000146</v>
+        <v>42.20000000000015</v>
       </c>
     </row>
     <row r="72">
       <c r="A72" t="inlineStr">
         <is>
           <t>All products</t>
         </is>
       </c>
       <c r="B72" t="inlineStr">
         <is>
           <t>Oil and petroleum products</t>
         </is>
       </c>
       <c r="C72" t="inlineStr">
         <is>
           <t>Gasoil/diesel</t>
         </is>
       </c>
       <c r="D72" t="inlineStr">
         <is>
           <t>Gross electricity production</t>
         </is>
       </c>
       <c r="E72" t="inlineStr">
         <is>
           <t>2023</t>
         </is>
       </c>
       <c r="F72" s="2" t="n">
-        <v>36.800000000000125</v>
+        <v>21.500000000000078</v>
       </c>
     </row>
     <row r="73">
       <c r="A73" t="inlineStr">
         <is>
           <t>All products</t>
         </is>
       </c>
       <c r="B73" t="inlineStr">
         <is>
           <t>Oil and petroleum products</t>
         </is>
       </c>
       <c r="C73" t="inlineStr">
         <is>
           <t>Gasoil/diesel</t>
         </is>
       </c>
       <c r="D73" t="inlineStr">
         <is>
           <t>Gross electricity production</t>
         </is>
       </c>
       <c r="E73" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="F73" s="2" t="n">
-        <v>45.90000000000016</v>
+        <v>28.300000000000097</v>
       </c>
     </row>
     <row r="74">
       <c r="A74" t="inlineStr">
         <is>
           <t>All products</t>
         </is>
       </c>
       <c r="B74" t="inlineStr">
         <is>
           <t>Oil and petroleum products</t>
         </is>
       </c>
       <c r="C74" t="inlineStr">
         <is>
           <t>Heavy fuel oil</t>
         </is>
       </c>
       <c r="D74" t="inlineStr">
         <is>
           <t>Gross electricity production</t>
         </is>
       </c>
       <c r="E74" t="inlineStr">
         <is>
@@ -3603,52 +3603,52 @@
       <c r="A81" t="inlineStr">
         <is>
           <t>All products</t>
         </is>
       </c>
       <c r="B81" t="inlineStr">
         <is>
           <t>Oil and petroleum products</t>
         </is>
       </c>
       <c r="C81" t="inlineStr">
         <is>
           <t>Heavy fuel oil</t>
         </is>
       </c>
       <c r="D81" t="inlineStr">
         <is>
           <t>Gross electricity production</t>
         </is>
       </c>
       <c r="E81" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
-      <c r="F81" s="2" t="n">
-        <v>6.4000000000000234</v>
+      <c r="F81" s="1" t="n">
+        <v>1.0</v>
       </c>
     </row>
     <row r="82">
       <c r="A82" t="inlineStr">
         <is>
           <t>All products</t>
         </is>
       </c>
       <c r="B82" t="inlineStr">
         <is>
           <t>Natural gas</t>
         </is>
       </c>
       <c r="C82" t="inlineStr">
         <is>
           <t>Natural gas</t>
         </is>
       </c>
       <c r="D82" t="inlineStr">
         <is>
           <t>Gross electricity production</t>
         </is>
       </c>
       <c r="E82" t="inlineStr">
         <is>
@@ -3753,142 +3753,142 @@
       <c r="A86" t="inlineStr">
         <is>
           <t>All products</t>
         </is>
       </c>
       <c r="B86" t="inlineStr">
         <is>
           <t>Natural gas</t>
         </is>
       </c>
       <c r="C86" t="inlineStr">
         <is>
           <t>Natural gas</t>
         </is>
       </c>
       <c r="D86" t="inlineStr">
         <is>
           <t>Gross electricity production</t>
         </is>
       </c>
       <c r="E86" t="inlineStr">
         <is>
           <t>2021</t>
         </is>
       </c>
-      <c r="F86" s="1" t="n">
-        <v>22520.0</v>
+      <c r="F86" s="2" t="n">
+        <v>22519.90000000008</v>
       </c>
     </row>
     <row r="87">
       <c r="A87" t="inlineStr">
         <is>
           <t>All products</t>
         </is>
       </c>
       <c r="B87" t="inlineStr">
         <is>
           <t>Natural gas</t>
         </is>
       </c>
       <c r="C87" t="inlineStr">
         <is>
           <t>Natural gas</t>
         </is>
       </c>
       <c r="D87" t="inlineStr">
         <is>
           <t>Gross electricity production</t>
         </is>
       </c>
       <c r="E87" t="inlineStr">
         <is>
           <t>2022</t>
         </is>
       </c>
       <c r="F87" s="2" t="n">
-        <v>21943.600000000075</v>
+        <v>21943.700000000077</v>
       </c>
     </row>
     <row r="88">
       <c r="A88" t="inlineStr">
         <is>
           <t>All products</t>
         </is>
       </c>
       <c r="B88" t="inlineStr">
         <is>
           <t>Natural gas</t>
         </is>
       </c>
       <c r="C88" t="inlineStr">
         <is>
           <t>Natural gas</t>
         </is>
       </c>
       <c r="D88" t="inlineStr">
         <is>
           <t>Gross electricity production</t>
         </is>
       </c>
       <c r="E88" t="inlineStr">
         <is>
           <t>2023</t>
         </is>
       </c>
       <c r="F88" s="2" t="n">
-        <v>18289.200000000066</v>
+        <v>18292.500000000065</v>
       </c>
     </row>
     <row r="89">
       <c r="A89" t="inlineStr">
         <is>
           <t>All products</t>
         </is>
       </c>
       <c r="B89" t="inlineStr">
         <is>
           <t>Natural gas</t>
         </is>
       </c>
       <c r="C89" t="inlineStr">
         <is>
           <t>Natural gas</t>
         </is>
       </c>
       <c r="D89" t="inlineStr">
         <is>
           <t>Gross electricity production</t>
         </is>
       </c>
       <c r="E89" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="F89" s="2" t="n">
-        <v>13375.400000000047</v>
+        <v>14159.500000000051</v>
       </c>
     </row>
     <row r="90">
       <c r="A90" t="inlineStr">
         <is>
           <t>All products</t>
         </is>
       </c>
       <c r="B90" t="inlineStr">
         <is>
           <t>Renewables and biofuels</t>
         </is>
       </c>
       <c r="C90" t="inlineStr">
         <is>
           <t>Natural hydro</t>
         </is>
       </c>
       <c r="D90" t="inlineStr">
         <is>
           <t>Gross electricity production</t>
         </is>
       </c>
       <c r="E90" t="inlineStr">
         <is>
@@ -4054,81 +4054,81 @@
         <is>
           <t>All products</t>
         </is>
       </c>
       <c r="B96" t="inlineStr">
         <is>
           <t>Renewables and biofuels</t>
         </is>
       </c>
       <c r="C96" t="inlineStr">
         <is>
           <t>Natural hydro</t>
         </is>
       </c>
       <c r="D96" t="inlineStr">
         <is>
           <t>Gross electricity production</t>
         </is>
       </c>
       <c r="E96" t="inlineStr">
         <is>
           <t>2023</t>
         </is>
       </c>
       <c r="F96" s="2" t="n">
-        <v>406.60000000000144</v>
+        <v>402.30000000000143</v>
       </c>
     </row>
     <row r="97">
       <c r="A97" t="inlineStr">
         <is>
           <t>All products</t>
         </is>
       </c>
       <c r="B97" t="inlineStr">
         <is>
           <t>Renewables and biofuels</t>
         </is>
       </c>
       <c r="C97" t="inlineStr">
         <is>
           <t>Natural hydro</t>
         </is>
       </c>
       <c r="D97" t="inlineStr">
         <is>
           <t>Gross electricity production</t>
         </is>
       </c>
       <c r="E97" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="F97" s="2" t="n">
-        <v>552.5000000000019</v>
+        <v>545.700000000002</v>
       </c>
     </row>
     <row r="98">
       <c r="A98" t="inlineStr">
         <is>
           <t>All products</t>
         </is>
       </c>
       <c r="B98" t="inlineStr">
         <is>
           <t>Renewables and biofuels</t>
         </is>
       </c>
       <c r="C98" t="inlineStr">
         <is>
           <t>Wind</t>
         </is>
       </c>
       <c r="D98" t="inlineStr">
         <is>
           <t>Gross electricity production</t>
         </is>
       </c>
       <c r="E98" t="inlineStr">
         <is>
@@ -4323,52 +4323,52 @@
       <c r="A105" t="inlineStr">
         <is>
           <t>All products</t>
         </is>
       </c>
       <c r="B105" t="inlineStr">
         <is>
           <t>Renewables and biofuels</t>
         </is>
       </c>
       <c r="C105" t="inlineStr">
         <is>
           <t>Wind</t>
         </is>
       </c>
       <c r="D105" t="inlineStr">
         <is>
           <t>Gross electricity production</t>
         </is>
       </c>
       <c r="E105" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
-      <c r="F105" s="1" t="n">
-        <v>13975.0</v>
+      <c r="F105" s="2" t="n">
+        <v>13824.50000000005</v>
       </c>
     </row>
     <row r="106">
       <c r="A106" t="inlineStr">
         <is>
           <t>All products</t>
         </is>
       </c>
       <c r="B106" t="inlineStr">
         <is>
           <t>Renewables and biofuels</t>
         </is>
       </c>
       <c r="C106" t="inlineStr">
         <is>
           <t>Solar photovoltaic</t>
         </is>
       </c>
       <c r="D106" t="inlineStr">
         <is>
           <t>Gross electricity production</t>
         </is>
       </c>
       <c r="E106" t="inlineStr">
         <is>
@@ -4473,142 +4473,142 @@
       <c r="A110" t="inlineStr">
         <is>
           <t>All products</t>
         </is>
       </c>
       <c r="B110" t="inlineStr">
         <is>
           <t>Renewables and biofuels</t>
         </is>
       </c>
       <c r="C110" t="inlineStr">
         <is>
           <t>Solar photovoltaic</t>
         </is>
       </c>
       <c r="D110" t="inlineStr">
         <is>
           <t>Gross electricity production</t>
         </is>
       </c>
       <c r="E110" t="inlineStr">
         <is>
           <t>2021</t>
         </is>
       </c>
-      <c r="F110" s="2" t="n">
-        <v>5622.70000000002</v>
+      <c r="F110" s="1" t="n">
+        <v>5623.0</v>
       </c>
     </row>
     <row r="111">
       <c r="A111" t="inlineStr">
         <is>
           <t>All products</t>
         </is>
       </c>
       <c r="B111" t="inlineStr">
         <is>
           <t>Renewables and biofuels</t>
         </is>
       </c>
       <c r="C111" t="inlineStr">
         <is>
           <t>Solar photovoltaic</t>
         </is>
       </c>
       <c r="D111" t="inlineStr">
         <is>
           <t>Gross electricity production</t>
         </is>
       </c>
       <c r="E111" t="inlineStr">
         <is>
           <t>2022</t>
         </is>
       </c>
       <c r="F111" s="2" t="n">
-        <v>6878.800000000024</v>
+        <v>6880.600000000024</v>
       </c>
     </row>
     <row r="112">
       <c r="A112" t="inlineStr">
         <is>
           <t>All products</t>
         </is>
       </c>
       <c r="B112" t="inlineStr">
         <is>
           <t>Renewables and biofuels</t>
         </is>
       </c>
       <c r="C112" t="inlineStr">
         <is>
           <t>Solar photovoltaic</t>
         </is>
       </c>
       <c r="D112" t="inlineStr">
         <is>
           <t>Gross electricity production</t>
         </is>
       </c>
       <c r="E112" t="inlineStr">
         <is>
           <t>2023</t>
         </is>
       </c>
-      <c r="F112" s="1" t="n">
-        <v>7820.0</v>
+      <c r="F112" s="2" t="n">
+        <v>7834.500000000028</v>
       </c>
     </row>
     <row r="113">
       <c r="A113" t="inlineStr">
         <is>
           <t>All products</t>
         </is>
       </c>
       <c r="B113" t="inlineStr">
         <is>
           <t>Renewables and biofuels</t>
         </is>
       </c>
       <c r="C113" t="inlineStr">
         <is>
           <t>Solar photovoltaic</t>
         </is>
       </c>
       <c r="D113" t="inlineStr">
         <is>
           <t>Gross electricity production</t>
         </is>
       </c>
       <c r="E113" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
-      <c r="F113" s="1" t="n">
-        <v>8000.0</v>
+      <c r="F113" s="2" t="n">
+        <v>8562.100000000031</v>
       </c>
     </row>
     <row r="114">
       <c r="A114" t="inlineStr">
         <is>
           <t>All products</t>
         </is>
       </c>
       <c r="B114" t="inlineStr">
         <is>
           <t>Renewables and biofuels</t>
         </is>
       </c>
       <c r="C114" t="inlineStr">
         <is>
           <t>Solid biofuels</t>
         </is>
       </c>
       <c r="D114" t="inlineStr">
         <is>
           <t>Gross electricity production</t>
         </is>
       </c>
       <c r="E114" t="inlineStr">
         <is>
@@ -4774,81 +4774,81 @@
         <is>
           <t>All products</t>
         </is>
       </c>
       <c r="B120" t="inlineStr">
         <is>
           <t>Renewables and biofuels</t>
         </is>
       </c>
       <c r="C120" t="inlineStr">
         <is>
           <t>Solid biofuels</t>
         </is>
       </c>
       <c r="D120" t="inlineStr">
         <is>
           <t>Gross electricity production</t>
         </is>
       </c>
       <c r="E120" t="inlineStr">
         <is>
           <t>2023</t>
         </is>
       </c>
       <c r="F120" s="2" t="n">
-        <v>1785.1000000000065</v>
+        <v>1748.4000000000062</v>
       </c>
     </row>
     <row r="121">
       <c r="A121" t="inlineStr">
         <is>
           <t>All products</t>
         </is>
       </c>
       <c r="B121" t="inlineStr">
         <is>
           <t>Renewables and biofuels</t>
         </is>
       </c>
       <c r="C121" t="inlineStr">
         <is>
           <t>Solid biofuels</t>
         </is>
       </c>
       <c r="D121" t="inlineStr">
         <is>
           <t>Gross electricity production</t>
         </is>
       </c>
       <c r="E121" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="F121" s="2" t="n">
-        <v>1453.8000000000054</v>
+        <v>1578.2000000000055</v>
       </c>
     </row>
     <row r="122">
       <c r="A122" t="inlineStr">
         <is>
           <t>All products</t>
         </is>
       </c>
       <c r="B122" t="inlineStr">
         <is>
           <t>Renewables and biofuels</t>
         </is>
       </c>
       <c r="C122" t="inlineStr">
         <is>
           <t>Biogas</t>
         </is>
       </c>
       <c r="D122" t="inlineStr">
         <is>
           <t>Gross electricity production</t>
         </is>
       </c>
       <c r="E122" t="inlineStr">
         <is>
@@ -4983,112 +4983,112 @@
       <c r="A127" t="inlineStr">
         <is>
           <t>All products</t>
         </is>
       </c>
       <c r="B127" t="inlineStr">
         <is>
           <t>Renewables and biofuels</t>
         </is>
       </c>
       <c r="C127" t="inlineStr">
         <is>
           <t>Biogas</t>
         </is>
       </c>
       <c r="D127" t="inlineStr">
         <is>
           <t>Gross electricity production</t>
         </is>
       </c>
       <c r="E127" t="inlineStr">
         <is>
           <t>2022</t>
         </is>
       </c>
-      <c r="F127" s="2" t="n">
-        <v>1011.9000000000035</v>
+      <c r="F127" s="1" t="n">
+        <v>1012.0</v>
       </c>
     </row>
     <row r="128">
       <c r="A128" t="inlineStr">
         <is>
           <t>All products</t>
         </is>
       </c>
       <c r="B128" t="inlineStr">
         <is>
           <t>Renewables and biofuels</t>
         </is>
       </c>
       <c r="C128" t="inlineStr">
         <is>
           <t>Biogas</t>
         </is>
       </c>
       <c r="D128" t="inlineStr">
         <is>
           <t>Gross electricity production</t>
         </is>
       </c>
       <c r="E128" t="inlineStr">
         <is>
           <t>2023</t>
         </is>
       </c>
-      <c r="F128" s="1" t="n">
-        <v>1047.0</v>
+      <c r="F128" s="2" t="n">
+        <v>1046.9000000000037</v>
       </c>
     </row>
     <row r="129">
       <c r="A129" t="inlineStr">
         <is>
           <t>All products</t>
         </is>
       </c>
       <c r="B129" t="inlineStr">
         <is>
           <t>Renewables and biofuels</t>
         </is>
       </c>
       <c r="C129" t="inlineStr">
         <is>
           <t>Biogas</t>
         </is>
       </c>
       <c r="D129" t="inlineStr">
         <is>
           <t>Gross electricity production</t>
         </is>
       </c>
       <c r="E129" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="F129" s="2" t="n">
-        <v>886.4000000000033</v>
+        <v>985.6000000000034</v>
       </c>
     </row>
     <row r="130">
       <c r="A130" t="inlineStr">
         <is>
           <t>All products</t>
         </is>
       </c>
       <c r="B130" t="inlineStr">
         <is>
           <t>Renewables and biofuels</t>
         </is>
       </c>
       <c r="C130" t="inlineStr">
         <is>
           <t>Renewable municipal waste</t>
         </is>
       </c>
       <c r="D130" t="inlineStr">
         <is>
           <t>Gross electricity production</t>
         </is>
       </c>
       <c r="E130" t="inlineStr">
         <is>
@@ -5194,141 +5194,141 @@
         <is>
           <t>All products</t>
         </is>
       </c>
       <c r="B134" t="inlineStr">
         <is>
           <t>Renewables and biofuels</t>
         </is>
       </c>
       <c r="C134" t="inlineStr">
         <is>
           <t>Renewable municipal waste</t>
         </is>
       </c>
       <c r="D134" t="inlineStr">
         <is>
           <t>Gross electricity production</t>
         </is>
       </c>
       <c r="E134" t="inlineStr">
         <is>
           <t>2021</t>
         </is>
       </c>
       <c r="F134" s="2" t="n">
-        <v>941.9000000000034</v>
+        <v>950.1000000000034</v>
       </c>
     </row>
     <row r="135">
       <c r="A135" t="inlineStr">
         <is>
           <t>All products</t>
         </is>
       </c>
       <c r="B135" t="inlineStr">
         <is>
           <t>Renewables and biofuels</t>
         </is>
       </c>
       <c r="C135" t="inlineStr">
         <is>
           <t>Renewable municipal waste</t>
         </is>
       </c>
       <c r="D135" t="inlineStr">
         <is>
           <t>Gross electricity production</t>
         </is>
       </c>
       <c r="E135" t="inlineStr">
         <is>
           <t>2022</t>
         </is>
       </c>
       <c r="F135" s="2" t="n">
-        <v>1000.1000000000034</v>
+        <v>1001.6000000000034</v>
       </c>
     </row>
     <row r="136">
       <c r="A136" t="inlineStr">
         <is>
           <t>All products</t>
         </is>
       </c>
       <c r="B136" t="inlineStr">
         <is>
           <t>Renewables and biofuels</t>
         </is>
       </c>
       <c r="C136" t="inlineStr">
         <is>
           <t>Renewable municipal waste</t>
         </is>
       </c>
       <c r="D136" t="inlineStr">
         <is>
           <t>Gross electricity production</t>
         </is>
       </c>
       <c r="E136" t="inlineStr">
         <is>
           <t>2023</t>
         </is>
       </c>
       <c r="F136" s="2" t="n">
-        <v>966.2000000000035</v>
+        <v>991.3000000000035</v>
       </c>
     </row>
     <row r="137">
       <c r="A137" t="inlineStr">
         <is>
           <t>All products</t>
         </is>
       </c>
       <c r="B137" t="inlineStr">
         <is>
           <t>Renewables and biofuels</t>
         </is>
       </c>
       <c r="C137" t="inlineStr">
         <is>
           <t>Renewable municipal waste</t>
         </is>
       </c>
       <c r="D137" t="inlineStr">
         <is>
           <t>Gross electricity production</t>
         </is>
       </c>
       <c r="E137" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="F137" s="2" t="n">
-        <v>1046.5000000000036</v>
+        <v>1040.5000000000036</v>
       </c>
     </row>
     <row r="138">
       <c r="A138" t="inlineStr">
         <is>
           <t>All products</t>
         </is>
       </c>
       <c r="B138" t="inlineStr">
         <is>
           <t>Renewables and biofuels</t>
         </is>
       </c>
       <c r="C138" t="inlineStr">
         <is>
           <t>Biodiesel</t>
         </is>
       </c>
       <c r="D138" t="inlineStr">
         <is>
           <t>Gross electricity production</t>
         </is>
       </c>
       <c r="E138" t="inlineStr">
         <is>
@@ -5764,51 +5764,51 @@
         <is>
           <t>All products</t>
         </is>
       </c>
       <c r="B153" t="inlineStr">
         <is>
           <t>Renewables and biofuels</t>
         </is>
       </c>
       <c r="C153" t="inlineStr">
         <is>
           <t>Other liquid biofuels</t>
         </is>
       </c>
       <c r="D153" t="inlineStr">
         <is>
           <t>Gross electricity production</t>
         </is>
       </c>
       <c r="E153" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="F153" s="2" t="n">
-        <v>2.300000000000008</v>
+        <v>0.8000000000000029</v>
       </c>
     </row>
     <row r="154">
       <c r="A154" t="inlineStr">
         <is>
           <t>All products</t>
         </is>
       </c>
       <c r="B154" t="inlineStr">
         <is>
           <t>Non-renewable waste</t>
         </is>
       </c>
       <c r="C154" t="inlineStr">
         <is>
           <t>Non-renewable industrial waste</t>
         </is>
       </c>
       <c r="D154" t="inlineStr">
         <is>
           <t>Gross electricity production</t>
         </is>
       </c>
       <c r="E154" t="inlineStr">
         <is>
@@ -6004,51 +6004,51 @@
         <is>
           <t>All products</t>
         </is>
       </c>
       <c r="B161" t="inlineStr">
         <is>
           <t>Non-renewable waste</t>
         </is>
       </c>
       <c r="C161" t="inlineStr">
         <is>
           <t>Non-renewable industrial waste</t>
         </is>
       </c>
       <c r="D161" t="inlineStr">
         <is>
           <t>Gross electricity production</t>
         </is>
       </c>
       <c r="E161" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="F161" s="2" t="n">
-        <v>461.10000000000167</v>
+        <v>461.8000000000016</v>
       </c>
     </row>
     <row r="162">
       <c r="A162" t="inlineStr">
         <is>
           <t>All products</t>
         </is>
       </c>
       <c r="B162" t="inlineStr">
         <is>
           <t>Non-renewable waste</t>
         </is>
       </c>
       <c r="C162" t="inlineStr">
         <is>
           <t>Non-renewable municipal waste</t>
         </is>
       </c>
       <c r="D162" t="inlineStr">
         <is>
           <t>Gross electricity production</t>
         </is>
       </c>
       <c r="E162" t="inlineStr">
         <is>
@@ -6154,141 +6154,141 @@
         <is>
           <t>All products</t>
         </is>
       </c>
       <c r="B166" t="inlineStr">
         <is>
           <t>Non-renewable waste</t>
         </is>
       </c>
       <c r="C166" t="inlineStr">
         <is>
           <t>Non-renewable municipal waste</t>
         </is>
       </c>
       <c r="D166" t="inlineStr">
         <is>
           <t>Gross electricity production</t>
         </is>
       </c>
       <c r="E166" t="inlineStr">
         <is>
           <t>2021</t>
         </is>
       </c>
       <c r="F166" s="2" t="n">
-        <v>920.5000000000033</v>
+        <v>912.3000000000033</v>
       </c>
     </row>
     <row r="167">
       <c r="A167" t="inlineStr">
         <is>
           <t>All products</t>
         </is>
       </c>
       <c r="B167" t="inlineStr">
         <is>
           <t>Non-renewable waste</t>
         </is>
       </c>
       <c r="C167" t="inlineStr">
         <is>
           <t>Non-renewable municipal waste</t>
         </is>
       </c>
       <c r="D167" t="inlineStr">
         <is>
           <t>Gross electricity production</t>
         </is>
       </c>
       <c r="E167" t="inlineStr">
         <is>
           <t>2022</t>
         </is>
       </c>
       <c r="F167" s="2" t="n">
-        <v>895.7000000000032</v>
+        <v>894.1000000000031</v>
       </c>
     </row>
     <row r="168">
       <c r="A168" t="inlineStr">
         <is>
           <t>All products</t>
         </is>
       </c>
       <c r="B168" t="inlineStr">
         <is>
           <t>Non-renewable waste</t>
         </is>
       </c>
       <c r="C168" t="inlineStr">
         <is>
           <t>Non-renewable municipal waste</t>
         </is>
       </c>
       <c r="D168" t="inlineStr">
         <is>
           <t>Gross electricity production</t>
         </is>
       </c>
       <c r="E168" t="inlineStr">
         <is>
           <t>2023</t>
         </is>
       </c>
       <c r="F168" s="2" t="n">
-        <v>855.6000000000031</v>
+        <v>830.600000000003</v>
       </c>
     </row>
     <row r="169">
       <c r="A169" t="inlineStr">
         <is>
           <t>All products</t>
         </is>
       </c>
       <c r="B169" t="inlineStr">
         <is>
           <t>Non-renewable waste</t>
         </is>
       </c>
       <c r="C169" t="inlineStr">
         <is>
           <t>Non-renewable municipal waste</t>
         </is>
       </c>
       <c r="D169" t="inlineStr">
         <is>
           <t>Gross electricity production</t>
         </is>
       </c>
       <c r="E169" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="F169" s="2" t="n">
-        <v>876.1000000000031</v>
+        <v>751.9000000000026</v>
       </c>
     </row>
     <row r="170">
       <c r="A170" t="inlineStr">
         <is>
           <t>All products</t>
         </is>
       </c>
       <c r="B170" t="inlineStr">
         <is>
           <t>Other sources</t>
         </is>
       </c>
       <c r="C170" t="inlineStr">
         <is>
           <t>Recovered heat</t>
         </is>
       </c>
       <c r="D170" t="inlineStr">
         <is>
           <t>Gross electricity production</t>
         </is>
       </c>
       <c r="E170" t="inlineStr">
         <is>
@@ -6484,51 +6484,51 @@
         <is>
           <t>All products</t>
         </is>
       </c>
       <c r="B177" t="inlineStr">
         <is>
           <t>Other sources</t>
         </is>
       </c>
       <c r="C177" t="inlineStr">
         <is>
           <t>Recovered heat</t>
         </is>
       </c>
       <c r="D177" t="inlineStr">
         <is>
           <t>Gross electricity production</t>
         </is>
       </c>
       <c r="E177" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="F177" s="1" t="n">
-        <v>197.0</v>
+        <v>383.0</v>
       </c>
     </row>
     <row r="178">
       <c r="A178" t="inlineStr">
         <is>
           <t>All products</t>
         </is>
       </c>
       <c r="B178" t="inlineStr">
         <is>
           <t>Other sources</t>
         </is>
       </c>
       <c r="C178" t="inlineStr">
         <is>
           <t>Pumped hydro</t>
         </is>
       </c>
       <c r="D178" t="inlineStr">
         <is>
           <t>Gross electricity production</t>
         </is>
       </c>
       <c r="E178" t="inlineStr">
         <is>
@@ -6904,111 +6904,111 @@
         <is>
           <t>All products</t>
         </is>
       </c>
       <c r="B191" t="inlineStr">
         <is>
           <t>Other sources</t>
         </is>
       </c>
       <c r="C191" t="inlineStr">
         <is>
           <t>Other sources</t>
         </is>
       </c>
       <c r="D191" t="inlineStr">
         <is>
           <t>Gross electricity production</t>
         </is>
       </c>
       <c r="E191" t="inlineStr">
         <is>
           <t>2022</t>
         </is>
       </c>
       <c r="F191" s="2" t="n">
-        <v>25.500000000000092</v>
+        <v>26.20000000000009</v>
       </c>
     </row>
     <row r="192">
       <c r="A192" t="inlineStr">
         <is>
           <t>All products</t>
         </is>
       </c>
       <c r="B192" t="inlineStr">
         <is>
           <t>Other sources</t>
         </is>
       </c>
       <c r="C192" t="inlineStr">
         <is>
           <t>Other sources</t>
         </is>
       </c>
       <c r="D192" t="inlineStr">
         <is>
           <t>Gross electricity production</t>
         </is>
       </c>
       <c r="E192" t="inlineStr">
         <is>
           <t>2023</t>
         </is>
       </c>
       <c r="F192" s="2" t="n">
-        <v>104.40000000000038</v>
+        <v>136.60000000000048</v>
       </c>
     </row>
     <row r="193">
       <c r="A193" t="inlineStr">
         <is>
           <t>All products</t>
         </is>
       </c>
       <c r="B193" t="inlineStr">
         <is>
           <t>Other sources</t>
         </is>
       </c>
       <c r="C193" t="inlineStr">
         <is>
           <t>Other sources</t>
         </is>
       </c>
       <c r="D193" t="inlineStr">
         <is>
           <t>Gross electricity production</t>
         </is>
       </c>
       <c r="E193" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
-      <c r="F193" s="1" t="n">
-        <v>118.0</v>
+      <c r="F193" s="2" t="n">
+        <v>162.30000000000055</v>
       </c>
     </row>
     <row r="194">
       <c r="A194" t="inlineStr">
         <is>
           <t>All products</t>
         </is>
       </c>
       <c r="B194"/>
       <c r="C194"/>
       <c r="D194" t="inlineStr">
         <is>
           <t>Gross electricity production</t>
         </is>
       </c>
       <c r="E194" t="inlineStr">
         <is>
           <t>2017</t>
         </is>
       </c>
       <c r="F194" s="1" t="n">
         <v>86619.0</v>
       </c>
     </row>
     <row r="195">
@@ -7074,111 +7074,111 @@
         </is>
       </c>
       <c r="F197" s="2" t="n">
         <v>89453.60000000037</v>
       </c>
     </row>
     <row r="198">
       <c r="A198" t="inlineStr">
         <is>
           <t>All products</t>
         </is>
       </c>
       <c r="B198"/>
       <c r="C198"/>
       <c r="D198" t="inlineStr">
         <is>
           <t>Gross electricity production</t>
         </is>
       </c>
       <c r="E198" t="inlineStr">
         <is>
           <t>2021</t>
         </is>
       </c>
       <c r="F198" s="2" t="n">
-        <v>100481.60000000037</v>
+        <v>100481.80000000035</v>
       </c>
     </row>
     <row r="199">
       <c r="A199" t="inlineStr">
         <is>
           <t>All products</t>
         </is>
       </c>
       <c r="B199"/>
       <c r="C199"/>
       <c r="D199" t="inlineStr">
         <is>
           <t>Gross electricity production</t>
         </is>
       </c>
       <c r="E199" t="inlineStr">
         <is>
           <t>2022</t>
         </is>
       </c>
       <c r="F199" s="2" t="n">
-        <v>95947.80000000031</v>
+        <v>95950.30000000032</v>
       </c>
     </row>
     <row r="200">
       <c r="A200" t="inlineStr">
         <is>
           <t>All products</t>
         </is>
       </c>
       <c r="B200"/>
       <c r="C200"/>
       <c r="D200" t="inlineStr">
         <is>
           <t>Gross electricity production</t>
         </is>
       </c>
       <c r="E200" t="inlineStr">
         <is>
           <t>2023</t>
         </is>
       </c>
-      <c r="F200" s="2" t="n">
-        <v>83669.4000000003</v>
+      <c r="F200" s="1" t="n">
+        <v>83663.0</v>
       </c>
     </row>
     <row r="201">
       <c r="A201" t="inlineStr">
         <is>
           <t>All products</t>
         </is>
       </c>
       <c r="B201"/>
       <c r="C201"/>
       <c r="D201" t="inlineStr">
         <is>
           <t>Gross electricity production</t>
         </is>
       </c>
       <c r="E201" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="F201" s="2" t="n">
-        <v>75677.90000000027</v>
+        <v>77156.80000000028</v>
       </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <coreProperties xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </coreProperties>
 </file>