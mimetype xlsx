--- v2 (2026-02-08)
+++ v3 (2026-03-26)
@@ -107,92 +107,92 @@
   <cols>
     <col min="1" max="1" width="11.02734375" customWidth="true"/>
     <col min="2" max="2" width="255.0" customWidth="true"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" t="inlineStr">
         <is>
           <t>Data source:</t>
         </is>
       </c>
       <c r="B1" t="inlineStr">
         <is>
           <t>Tarif officiel des produits pétroliers en euros</t>
         </is>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="inlineStr">
         <is>
           <t>Filtres:</t>
         </is>
       </c>
       <c r="B2" t="inlineStr">
         <is>
-          <t>Date : Dernières 30 Jour(11JAN26, 12JAN26, 13JAN26, 14JAN26, 15JAN26, 16JAN26, 17JAN26, 18JAN26, 19JAN26, 20JAN26, 21JAN26, 22JAN26, 23JAN26, 24JAN26, 25JAN26, 26JAN26, 27JAN26, 28JAN26, 29JAN26, 30JAN26, 31JAN26, 01FEB26, 02FEB26, 03FEB26, 04FEB26, 05FEB26, 06FEB26, 07FEB26, 08FEB26, 09FEB26)</t>
+          <t>Date : Dernières 30 Jour(26FEB26, 27FEB26, 28FEB26, 01MAR26, 02MAR26, 03MAR26, 04MAR26, 05MAR26, 06MAR26, 07MAR26, 08MAR26, 09MAR26, 10MAR26, 11MAR26, 12MAR26, 13MAR26, 14MAR26, 15MAR26, 16MAR26, 17MAR26, 18MAR26, 19MAR26, 20MAR26, 21MAR26, 22MAR26, 23MAR26, 24MAR26, 25MAR26, 26MAR26, 27MAR26)</t>
         </is>
       </c>
     </row>
     <row r="3">
       <c r="B3" t="inlineStr">
         <is>
           <t xml:space="preserve">
 Produits : Essence 95 RON E5 (€/L), Essence 95 RON E10 (€/L), Essence 98 RON E5 (€/L), Essence 98 RON E10 (€/L), Diesel B7 (€/L), Diesel B10 (€/L), Diesel B20 (€/L), Diesel B30 (€/L), Diesel XTL (€/L), Gasoil Diesel Chauffage (à partir de 2000 l) (€/L), Gasoil Diesel Chauffage (moins de 2000 l) (€/L), Gasoil Diesel Agriculture (à partir de 2000 l) (€/L), Gasoil Diesel Agriculture (moins de 2000 l) (€/L), Gasoil Diesel I&amp;C (à partir de 2000 l) (€/L), Gasoil Diesel I&amp;C (moins de 2000 l) (€/L), Gasoil Diesel I&amp;C (à la pompe) (€/L), Gasoil chauffage (H0/H7) (à partir de 2000 l) (€/L), Gasoil chauffage (H0/H7) (moins de 2000 l) (€/L), Gasoil chauffage (H0/H7) (à la pompe) (€/L), Petrole lampant type B (moins de 2000 l) (€/L), Petrole lampant type B (à partir de 2000 l) (€/L), Petrole lampant type B (à la pompe) (€/L), Petrole lampant type C (moins de 2000 l) (€/L), Petrole lampant type C (à partir de 2000 l) (€/L), Petrole lampant type C (à la pompe) (€/L), Propane en vrac (à partir de 2000 l) (€/L), Propane en vrac (moins de 2000 l) (€/L), Autogas LPG (à la pompe) (€/L), Autogas LPG (moins de 2000 l) (€/L), Autogas LPG (à partir de 2000 l) (€/L), Fuel oil extra lourd 1% S (en camion citerne) (€/T)
 </t>
         </is>
       </c>
     </row>
     <row r="4">
 </row>
     <row r="5">
       <c r="A5" t="inlineStr">
         <is>
           <t xml:space="preserve">Source: </t>
         </is>
       </c>
       <c r="B5" t="inlineStr">
         <is>
           <t>Direction générale de l’Energie -   SPF Economie</t>
         </is>
       </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <cols>
     <col min="1" max="1" width="10.734375" customWidth="true"/>
-    <col min="2" max="2" width="8.48046875" customWidth="true"/>
+    <col min="2" max="2" width="8.890625" customWidth="true"/>
     <col min="3" max="3" width="16.390625" customWidth="true"/>
     <col min="4" max="4" width="21.31640625" customWidth="true"/>
     <col min="5" max="5" width="22.34765625" customWidth="true"/>
     <col min="6" max="6" width="21.31640625" customWidth="true"/>
     <col min="7" max="7" width="22.34765625" customWidth="true"/>
     <col min="8" max="8" width="17.15625" customWidth="true"/>
     <col min="9" max="9" width="13.91015625" customWidth="true"/>
     <col min="10" max="10" width="13.91015625" customWidth="true"/>
     <col min="11" max="11" width="13.91015625" customWidth="true"/>
     <col min="12" max="12" width="13.94140625" customWidth="true"/>
     <col min="13" max="13" width="40.2421875" customWidth="true"/>
     <col min="14" max="14" width="39.53515625" customWidth="true"/>
     <col min="15" max="15" width="40.671875" customWidth="true"/>
     <col min="16" max="16" width="39.96484375" customWidth="true"/>
     <col min="17" max="17" width="34.59375" customWidth="true"/>
     <col min="18" max="18" width="33.8828125" customWidth="true"/>
     <col min="19" max="19" width="29.921875" customWidth="true"/>
     <col min="20" max="20" width="41.72265625" customWidth="true"/>
     <col min="21" max="21" width="41.015625" customWidth="true"/>
     <col min="22" max="22" width="37.0546875" customWidth="true"/>
     <col min="23" max="23" width="38.46484375" customWidth="true"/>
     <col min="24" max="24" width="39.171875" customWidth="true"/>
     <col min="25" max="25" width="34.5" customWidth="true"/>
     <col min="26" max="26" width="38.515625" customWidth="true"/>
     <col min="27" max="27" width="39.22265625" customWidth="true"/>
@@ -602,26278 +602,26278 @@
         <is>
           <t>Prix TVA incl.</t>
         </is>
       </c>
       <c r="AH3" t="inlineStr">
         <is>
           <t>Prix TVA incl.</t>
         </is>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="inlineStr">
         <is>
           <t>Mois/Année</t>
         </is>
       </c>
       <c r="B4" t="inlineStr">
         <is>
           <t>Jour</t>
         </is>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="inlineStr">
         <is>
-          <t>JAN26</t>
+          <t>FEB26</t>
         </is>
       </c>
       <c r="B5" t="inlineStr">
         <is>
-          <t>11JAN26</t>
+          <t>26FEB26</t>
         </is>
       </c>
       <c r="C5"/>
       <c r="D5" s="2" t="n">
-        <v>1.5870000000000055</v>
+        <v>1.6460000000000057</v>
       </c>
       <c r="E5" s="2" t="n">
-        <v>1.5730000000000055</v>
+        <v>1.6340000000000057</v>
       </c>
       <c r="F5" s="2" t="n">
-        <v>1.665000000000006</v>
+        <v>1.7230000000000063</v>
       </c>
       <c r="G5" s="2" t="n">
-        <v>1.662000000000006</v>
+        <v>1.7190000000000063</v>
       </c>
       <c r="H5" s="2" t="n">
-        <v>1.688000000000006</v>
+        <v>1.7580000000000062</v>
       </c>
       <c r="I5" s="2" t="n">
-        <v>1.681000000000006</v>
+        <v>1.751000000000006</v>
       </c>
       <c r="J5" s="2" t="n">
-        <v>1.697000000000006</v>
+        <v>1.7630000000000061</v>
       </c>
       <c r="K5" s="2" t="n">
-        <v>1.7760000000000062</v>
+        <v>1.8300000000000065</v>
       </c>
       <c r="L5" s="2" t="n">
-        <v>3.364000000000012</v>
+        <v>3.2900000000000116</v>
       </c>
       <c r="M5" s="2" t="n">
-        <v>0.7142000000000025</v>
+        <v>0.8163000000000029</v>
       </c>
       <c r="N5" s="2" t="n">
-        <v>0.7545000000000026</v>
+        <v>0.856600000000003</v>
       </c>
       <c r="O5" s="2" t="n">
-        <v>0.6890000000000024</v>
+        <v>0.7911000000000028</v>
       </c>
       <c r="P5" s="2" t="n">
-        <v>0.7292000000000025</v>
+        <v>0.831300000000003</v>
       </c>
       <c r="Q5" s="2" t="n">
-        <v>0.7167000000000026</v>
+        <v>0.8188000000000029</v>
       </c>
       <c r="R5" s="2" t="n">
-        <v>0.7569000000000027</v>
+        <v>0.859000000000003</v>
       </c>
       <c r="S5" s="2" t="n">
-        <v>0.8680000000000031</v>
+        <v>0.9700000000000034</v>
       </c>
       <c r="T5" s="2" t="n">
-        <v>0.7142000000000025</v>
+        <v>0.8163000000000029</v>
       </c>
       <c r="U5" s="2" t="n">
-        <v>0.7545000000000026</v>
+        <v>0.856600000000003</v>
       </c>
       <c r="V5" s="2" t="n">
-        <v>0.8720000000000031</v>
+        <v>0.9740000000000034</v>
       </c>
       <c r="W5" s="2" t="n">
-        <v>0.852500000000003</v>
+        <v>0.9453000000000034</v>
       </c>
       <c r="X5" s="2" t="n">
-        <v>0.8123000000000029</v>
+        <v>0.9051000000000032</v>
       </c>
       <c r="Y5" s="2" t="n">
-        <v>0.9660000000000034</v>
+        <v>1.0590000000000037</v>
       </c>
       <c r="Z5" s="2" t="n">
-        <v>0.8817000000000031</v>
+        <v>0.9788000000000034</v>
       </c>
       <c r="AA5" s="2" t="n">
-        <v>0.841500000000003</v>
+        <v>0.9385000000000033</v>
       </c>
       <c r="AB5" s="2" t="n">
-        <v>0.9960000000000035</v>
+        <v>1.0930000000000037</v>
       </c>
       <c r="AC5" s="2" t="n">
-        <v>0.6914000000000025</v>
+        <v>0.7385000000000027</v>
       </c>
       <c r="AD5" s="2" t="n">
-        <v>0.7815000000000027</v>
+        <v>0.828600000000003</v>
       </c>
       <c r="AE5" s="2" t="n">
-        <v>0.830000000000003</v>
+        <v>0.851000000000003</v>
       </c>
       <c r="AF5" s="2" t="n">
-        <v>0.8131000000000029</v>
+        <v>0.848600000000003</v>
       </c>
       <c r="AG5" s="2" t="n">
-        <v>0.7231000000000025</v>
+        <v>0.7586000000000027</v>
       </c>
       <c r="AH5"/>
     </row>
     <row r="6">
       <c r="A6"/>
       <c r="B6" t="inlineStr">
         <is>
-          <t>12JAN26</t>
+          <t>27FEB26</t>
         </is>
       </c>
       <c r="C6"/>
       <c r="D6" s="2" t="n">
-        <v>1.5870000000000055</v>
+        <v>1.6460000000000057</v>
       </c>
       <c r="E6" s="2" t="n">
-        <v>1.5730000000000055</v>
+        <v>1.6340000000000057</v>
       </c>
       <c r="F6" s="2" t="n">
-        <v>1.665000000000006</v>
+        <v>1.7230000000000063</v>
       </c>
       <c r="G6" s="2" t="n">
-        <v>1.662000000000006</v>
+        <v>1.7190000000000063</v>
       </c>
       <c r="H6" s="2" t="n">
-        <v>1.688000000000006</v>
+        <v>1.7580000000000062</v>
       </c>
       <c r="I6" s="2" t="n">
-        <v>1.681000000000006</v>
+        <v>1.751000000000006</v>
       </c>
       <c r="J6" s="2" t="n">
-        <v>1.697000000000006</v>
+        <v>1.7630000000000061</v>
       </c>
       <c r="K6" s="2" t="n">
-        <v>1.7760000000000062</v>
+        <v>1.8300000000000065</v>
       </c>
       <c r="L6" s="2" t="n">
-        <v>3.364000000000012</v>
+        <v>3.2900000000000116</v>
       </c>
       <c r="M6" s="2" t="n">
-        <v>0.7142000000000025</v>
+        <v>0.8142000000000029</v>
       </c>
       <c r="N6" s="2" t="n">
-        <v>0.7545000000000026</v>
+        <v>0.854500000000003</v>
       </c>
       <c r="O6" s="2" t="n">
-        <v>0.6890000000000024</v>
+        <v>0.7890000000000028</v>
       </c>
       <c r="P6" s="2" t="n">
-        <v>0.7292000000000025</v>
+        <v>0.829200000000003</v>
       </c>
       <c r="Q6" s="2" t="n">
-        <v>0.7167000000000026</v>
+        <v>0.8167000000000029</v>
       </c>
       <c r="R6" s="2" t="n">
-        <v>0.7569000000000027</v>
+        <v>0.856900000000003</v>
       </c>
       <c r="S6" s="2" t="n">
-        <v>0.8680000000000031</v>
+        <v>0.9680000000000034</v>
       </c>
       <c r="T6" s="2" t="n">
-        <v>0.7142000000000025</v>
+        <v>0.8142000000000029</v>
       </c>
       <c r="U6" s="2" t="n">
-        <v>0.7545000000000026</v>
+        <v>0.854500000000003</v>
       </c>
       <c r="V6" s="2" t="n">
-        <v>0.8720000000000031</v>
+        <v>0.9720000000000034</v>
       </c>
       <c r="W6" s="2" t="n">
-        <v>0.852500000000003</v>
+        <v>0.9453000000000034</v>
       </c>
       <c r="X6" s="2" t="n">
-        <v>0.8123000000000029</v>
+        <v>0.9051000000000032</v>
       </c>
       <c r="Y6" s="2" t="n">
-        <v>0.9660000000000034</v>
+        <v>1.0590000000000037</v>
       </c>
       <c r="Z6" s="2" t="n">
-        <v>0.8817000000000031</v>
+        <v>0.9788000000000034</v>
       </c>
       <c r="AA6" s="2" t="n">
-        <v>0.841500000000003</v>
+        <v>0.9385000000000033</v>
       </c>
       <c r="AB6" s="2" t="n">
-        <v>0.9960000000000035</v>
+        <v>1.0930000000000037</v>
       </c>
       <c r="AC6" s="2" t="n">
-        <v>0.6914000000000025</v>
+        <v>0.7385000000000027</v>
       </c>
       <c r="AD6" s="2" t="n">
-        <v>0.7815000000000027</v>
+        <v>0.828600000000003</v>
       </c>
       <c r="AE6" s="2" t="n">
-        <v>0.830000000000003</v>
+        <v>0.851000000000003</v>
       </c>
       <c r="AF6" s="2" t="n">
-        <v>0.8131000000000029</v>
+        <v>0.848600000000003</v>
       </c>
       <c r="AG6" s="2" t="n">
-        <v>0.7231000000000025</v>
+        <v>0.7586000000000027</v>
       </c>
       <c r="AH6"/>
     </row>
     <row r="7">
       <c r="A7"/>
       <c r="B7" t="inlineStr">
         <is>
-          <t>13JAN26</t>
+          <t>28FEB26</t>
         </is>
       </c>
       <c r="C7"/>
       <c r="D7" s="2" t="n">
-        <v>1.5870000000000055</v>
+        <v>1.6460000000000057</v>
       </c>
       <c r="E7" s="2" t="n">
-        <v>1.5730000000000055</v>
+        <v>1.6340000000000057</v>
       </c>
       <c r="F7" s="2" t="n">
-        <v>1.665000000000006</v>
+        <v>1.7230000000000063</v>
       </c>
       <c r="G7" s="2" t="n">
-        <v>1.662000000000006</v>
+        <v>1.7190000000000063</v>
       </c>
       <c r="H7" s="2" t="n">
-        <v>1.688000000000006</v>
+        <v>1.7580000000000062</v>
       </c>
       <c r="I7" s="2" t="n">
-        <v>1.681000000000006</v>
+        <v>1.751000000000006</v>
       </c>
       <c r="J7" s="2" t="n">
-        <v>1.697000000000006</v>
+        <v>1.7630000000000061</v>
       </c>
       <c r="K7" s="2" t="n">
-        <v>1.7760000000000062</v>
+        <v>1.8300000000000065</v>
       </c>
       <c r="L7" s="2" t="n">
-        <v>3.364000000000012</v>
+        <v>3.2900000000000116</v>
       </c>
       <c r="M7" s="2" t="n">
-        <v>0.7352000000000026</v>
+        <v>0.832200000000003</v>
       </c>
       <c r="N7" s="2" t="n">
-        <v>0.7754000000000028</v>
+        <v>0.8724000000000031</v>
       </c>
       <c r="O7" s="2" t="n">
-        <v>0.7099000000000025</v>
+        <v>0.8069000000000028</v>
       </c>
       <c r="P7" s="2" t="n">
-        <v>0.7502000000000026</v>
+        <v>0.847200000000003</v>
       </c>
       <c r="Q7" s="2" t="n">
-        <v>0.7376000000000027</v>
+        <v>0.834600000000003</v>
       </c>
       <c r="R7" s="2" t="n">
-        <v>0.7779000000000028</v>
+        <v>0.8749000000000031</v>
       </c>
       <c r="S7" s="2" t="n">
-        <v>0.8890000000000031</v>
+        <v>0.9860000000000035</v>
       </c>
       <c r="T7" s="2" t="n">
-        <v>0.7352000000000026</v>
+        <v>0.832200000000003</v>
       </c>
       <c r="U7" s="2" t="n">
-        <v>0.7754000000000028</v>
+        <v>0.8724000000000031</v>
       </c>
       <c r="V7" s="2" t="n">
-        <v>0.8930000000000032</v>
+        <v>0.9900000000000035</v>
       </c>
       <c r="W7" s="2" t="n">
-        <v>0.852500000000003</v>
+        <v>0.9453000000000034</v>
       </c>
       <c r="X7" s="2" t="n">
-        <v>0.8123000000000029</v>
+        <v>0.9051000000000032</v>
       </c>
       <c r="Y7" s="2" t="n">
-        <v>0.9660000000000034</v>
+        <v>1.0590000000000037</v>
       </c>
       <c r="Z7" s="2" t="n">
-        <v>0.8817000000000031</v>
+        <v>0.9788000000000034</v>
       </c>
       <c r="AA7" s="2" t="n">
-        <v>0.841500000000003</v>
+        <v>0.9385000000000033</v>
       </c>
       <c r="AB7" s="2" t="n">
-        <v>0.9960000000000035</v>
+        <v>1.0930000000000037</v>
       </c>
       <c r="AC7" s="2" t="n">
-        <v>0.6914000000000025</v>
+        <v>0.7385000000000027</v>
       </c>
       <c r="AD7" s="2" t="n">
-        <v>0.7815000000000027</v>
+        <v>0.828600000000003</v>
       </c>
       <c r="AE7" s="2" t="n">
-        <v>0.830000000000003</v>
+        <v>0.851000000000003</v>
       </c>
       <c r="AF7" s="2" t="n">
-        <v>0.8131000000000029</v>
+        <v>0.848600000000003</v>
       </c>
       <c r="AG7" s="2" t="n">
-        <v>0.7231000000000025</v>
+        <v>0.7586000000000027</v>
       </c>
       <c r="AH7"/>
     </row>
     <row r="8">
-      <c r="A8"/>
+      <c r="A8" t="inlineStr">
+        <is>
+          <t>MAR26</t>
+        </is>
+      </c>
       <c r="B8" t="inlineStr">
         <is>
-          <t>14JAN26</t>
+          <t>01MAR26</t>
         </is>
       </c>
       <c r="C8"/>
       <c r="D8" s="2" t="n">
-        <v>1.5870000000000055</v>
+        <v>1.6460000000000057</v>
       </c>
       <c r="E8" s="2" t="n">
-        <v>1.5730000000000055</v>
+        <v>1.6340000000000057</v>
       </c>
       <c r="F8" s="2" t="n">
-        <v>1.665000000000006</v>
+        <v>1.7230000000000063</v>
       </c>
       <c r="G8" s="2" t="n">
-        <v>1.662000000000006</v>
+        <v>1.7190000000000063</v>
       </c>
       <c r="H8" s="2" t="n">
-        <v>1.688000000000006</v>
+        <v>1.7580000000000062</v>
       </c>
       <c r="I8" s="2" t="n">
-        <v>1.681000000000006</v>
+        <v>1.751000000000006</v>
       </c>
       <c r="J8" s="2" t="n">
-        <v>1.697000000000006</v>
+        <v>1.7630000000000061</v>
       </c>
       <c r="K8" s="2" t="n">
-        <v>1.7760000000000062</v>
+        <v>1.8300000000000065</v>
       </c>
       <c r="L8" s="2" t="n">
-        <v>3.364000000000012</v>
+        <v>3.2900000000000116</v>
       </c>
       <c r="M8" s="2" t="n">
-        <v>0.7279000000000025</v>
+        <v>0.832200000000003</v>
       </c>
       <c r="N8" s="2" t="n">
-        <v>0.7682000000000028</v>
+        <v>0.8724000000000031</v>
       </c>
       <c r="O8" s="2" t="n">
-        <v>0.7027000000000024</v>
+        <v>0.8069000000000028</v>
       </c>
       <c r="P8" s="2" t="n">
-        <v>0.7430000000000027</v>
+        <v>0.847200000000003</v>
       </c>
       <c r="Q8" s="2" t="n">
-        <v>0.7304000000000026</v>
+        <v>0.834600000000003</v>
       </c>
       <c r="R8" s="2" t="n">
-        <v>0.7706000000000027</v>
+        <v>0.8749000000000031</v>
       </c>
       <c r="S8" s="2" t="n">
-        <v>0.8820000000000031</v>
+        <v>0.9860000000000035</v>
       </c>
       <c r="T8" s="2" t="n">
-        <v>0.7279000000000025</v>
+        <v>0.832200000000003</v>
       </c>
       <c r="U8" s="2" t="n">
-        <v>0.7682000000000028</v>
+        <v>0.8724000000000031</v>
       </c>
       <c r="V8" s="2" t="n">
-        <v>0.8860000000000031</v>
+        <v>0.9900000000000035</v>
       </c>
       <c r="W8" s="2" t="n">
-        <v>0.852500000000003</v>
+        <v>0.9453000000000034</v>
       </c>
       <c r="X8" s="2" t="n">
-        <v>0.8123000000000029</v>
+        <v>0.9051000000000032</v>
       </c>
       <c r="Y8" s="2" t="n">
-        <v>0.9660000000000034</v>
+        <v>1.0590000000000037</v>
       </c>
       <c r="Z8" s="2" t="n">
-        <v>0.8817000000000031</v>
+        <v>0.9788000000000034</v>
       </c>
       <c r="AA8" s="2" t="n">
-        <v>0.841500000000003</v>
+        <v>0.9385000000000033</v>
       </c>
       <c r="AB8" s="2" t="n">
-        <v>0.9960000000000035</v>
+        <v>1.0930000000000037</v>
       </c>
       <c r="AC8" s="2" t="n">
-        <v>0.6914000000000025</v>
+        <v>0.7385000000000027</v>
       </c>
       <c r="AD8" s="2" t="n">
-        <v>0.7815000000000027</v>
+        <v>0.828600000000003</v>
       </c>
       <c r="AE8" s="2" t="n">
-        <v>0.830000000000003</v>
+        <v>0.851000000000003</v>
       </c>
       <c r="AF8" s="2" t="n">
-        <v>0.8131000000000029</v>
+        <v>0.848600000000003</v>
       </c>
       <c r="AG8" s="2" t="n">
-        <v>0.7231000000000025</v>
+        <v>0.7586000000000027</v>
       </c>
       <c r="AH8"/>
     </row>
     <row r="9">
       <c r="A9"/>
       <c r="B9" t="inlineStr">
         <is>
-          <t>15JAN26</t>
+          <t>02MAR26</t>
         </is>
       </c>
       <c r="C9"/>
       <c r="D9" s="2" t="n">
-        <v>1.5870000000000055</v>
+        <v>1.6460000000000057</v>
       </c>
       <c r="E9" s="2" t="n">
-        <v>1.5730000000000055</v>
+        <v>1.6340000000000057</v>
       </c>
       <c r="F9" s="2" t="n">
-        <v>1.665000000000006</v>
+        <v>1.7230000000000063</v>
       </c>
       <c r="G9" s="2" t="n">
-        <v>1.662000000000006</v>
+        <v>1.7190000000000063</v>
       </c>
       <c r="H9" s="2" t="n">
-        <v>1.688000000000006</v>
+        <v>1.7580000000000062</v>
       </c>
       <c r="I9" s="2" t="n">
-        <v>1.681000000000006</v>
+        <v>1.751000000000006</v>
       </c>
       <c r="J9" s="2" t="n">
-        <v>1.697000000000006</v>
+        <v>1.7630000000000061</v>
       </c>
       <c r="K9" s="2" t="n">
-        <v>1.7760000000000062</v>
+        <v>1.8300000000000065</v>
       </c>
       <c r="L9" s="2" t="n">
-        <v>3.364000000000012</v>
+        <v>3.2900000000000116</v>
       </c>
       <c r="M9" s="2" t="n">
-        <v>0.7542000000000026</v>
+        <v>0.832200000000003</v>
       </c>
       <c r="N9" s="2" t="n">
-        <v>0.7945000000000028</v>
+        <v>0.8724000000000031</v>
       </c>
       <c r="O9" s="2" t="n">
-        <v>0.7290000000000025</v>
+        <v>0.8069000000000028</v>
       </c>
       <c r="P9" s="2" t="n">
-        <v>0.7692000000000028</v>
+        <v>0.847200000000003</v>
       </c>
       <c r="Q9" s="2" t="n">
-        <v>0.7567000000000027</v>
+        <v>0.834600000000003</v>
       </c>
       <c r="R9" s="2" t="n">
-        <v>0.7969000000000029</v>
+        <v>0.8749000000000031</v>
       </c>
       <c r="S9" s="2" t="n">
-        <v>0.9080000000000032</v>
+        <v>0.9860000000000035</v>
       </c>
       <c r="T9" s="2" t="n">
-        <v>0.7542000000000026</v>
+        <v>0.832200000000003</v>
       </c>
       <c r="U9" s="2" t="n">
-        <v>0.7945000000000028</v>
+        <v>0.8724000000000031</v>
       </c>
       <c r="V9" s="2" t="n">
-        <v>0.9120000000000033</v>
+        <v>0.9900000000000035</v>
       </c>
       <c r="W9" s="2" t="n">
-        <v>0.8982000000000032</v>
+        <v>0.9453000000000034</v>
       </c>
       <c r="X9" s="2" t="n">
-        <v>0.858000000000003</v>
+        <v>0.9051000000000032</v>
       </c>
       <c r="Y9" s="2" t="n">
-        <v>1.0120000000000036</v>
+        <v>1.0590000000000037</v>
       </c>
       <c r="Z9" s="2" t="n">
-        <v>0.9295000000000033</v>
+        <v>0.9788000000000034</v>
       </c>
       <c r="AA9" s="2" t="n">
-        <v>0.8892000000000031</v>
+        <v>0.9385000000000033</v>
       </c>
       <c r="AB9" s="2" t="n">
-        <v>1.0430000000000037</v>
+        <v>1.0930000000000037</v>
       </c>
       <c r="AC9" s="2" t="n">
-        <v>0.6914000000000025</v>
+        <v>0.7385000000000027</v>
       </c>
       <c r="AD9" s="2" t="n">
-        <v>0.7815000000000027</v>
+        <v>0.828600000000003</v>
       </c>
       <c r="AE9" s="2" t="n">
-        <v>0.830000000000003</v>
+        <v>0.851000000000003</v>
       </c>
       <c r="AF9" s="2" t="n">
-        <v>0.8131000000000029</v>
+        <v>0.848600000000003</v>
       </c>
       <c r="AG9" s="2" t="n">
-        <v>0.7231000000000025</v>
+        <v>0.7586000000000027</v>
       </c>
       <c r="AH9"/>
     </row>
     <row r="10">
       <c r="A10"/>
       <c r="B10" t="inlineStr">
         <is>
-          <t>16JAN26</t>
+          <t>03MAR26</t>
         </is>
       </c>
       <c r="C10"/>
       <c r="D10" s="2" t="n">
-        <v>1.5870000000000055</v>
+        <v>1.6460000000000057</v>
       </c>
       <c r="E10" s="2" t="n">
-        <v>1.5730000000000055</v>
+        <v>1.6340000000000057</v>
       </c>
       <c r="F10" s="2" t="n">
-        <v>1.665000000000006</v>
+        <v>1.7230000000000063</v>
       </c>
       <c r="G10" s="2" t="n">
-        <v>1.662000000000006</v>
+        <v>1.7190000000000063</v>
       </c>
       <c r="H10" s="2" t="n">
-        <v>1.688000000000006</v>
+        <v>1.7790000000000061</v>
       </c>
       <c r="I10" s="2" t="n">
-        <v>1.681000000000006</v>
+        <v>1.7700000000000062</v>
       </c>
       <c r="J10" s="2" t="n">
-        <v>1.697000000000006</v>
+        <v>1.7770000000000061</v>
       </c>
       <c r="K10" s="2" t="n">
-        <v>1.7760000000000062</v>
+        <v>1.8380000000000065</v>
       </c>
       <c r="L10" s="2" t="n">
-        <v>3.364000000000012</v>
+        <v>3.327000000000012</v>
       </c>
       <c r="M10" s="2" t="n">
-        <v>0.7586000000000027</v>
+        <v>0.833800000000003</v>
       </c>
       <c r="N10" s="2" t="n">
-        <v>0.7988000000000028</v>
+        <v>0.8740000000000031</v>
       </c>
       <c r="O10" s="2" t="n">
-        <v>0.7333000000000025</v>
+        <v>0.8085000000000029</v>
       </c>
       <c r="P10" s="2" t="n">
-        <v>0.7736000000000027</v>
+        <v>0.848800000000003</v>
       </c>
       <c r="Q10" s="2" t="n">
-        <v>0.7610000000000027</v>
+        <v>0.836200000000003</v>
       </c>
       <c r="R10" s="2" t="n">
-        <v>0.8013000000000029</v>
+        <v>0.876500000000003</v>
       </c>
       <c r="S10" s="2" t="n">
-        <v>0.9120000000000033</v>
+        <v>0.9870000000000035</v>
       </c>
       <c r="T10" s="2" t="n">
-        <v>0.7586000000000027</v>
+        <v>0.833800000000003</v>
       </c>
       <c r="U10" s="2" t="n">
-        <v>0.7988000000000028</v>
+        <v>0.8740000000000031</v>
       </c>
       <c r="V10" s="2" t="n">
-        <v>0.9170000000000033</v>
+        <v>0.9920000000000035</v>
       </c>
       <c r="W10" s="2" t="n">
-        <v>0.8982000000000032</v>
+        <v>0.9453000000000034</v>
       </c>
       <c r="X10" s="2" t="n">
-        <v>0.858000000000003</v>
+        <v>0.9051000000000032</v>
       </c>
       <c r="Y10" s="2" t="n">
-        <v>1.0120000000000036</v>
+        <v>1.0590000000000037</v>
       </c>
       <c r="Z10" s="2" t="n">
-        <v>0.9295000000000033</v>
+        <v>0.9788000000000034</v>
       </c>
       <c r="AA10" s="2" t="n">
-        <v>0.8892000000000031</v>
+        <v>0.9385000000000033</v>
       </c>
       <c r="AB10" s="2" t="n">
-        <v>1.0430000000000037</v>
+        <v>1.0930000000000037</v>
       </c>
       <c r="AC10" s="2" t="n">
-        <v>0.6914000000000025</v>
+        <v>0.7491000000000027</v>
       </c>
       <c r="AD10" s="2" t="n">
-        <v>0.7815000000000027</v>
+        <v>0.839100000000003</v>
       </c>
       <c r="AE10" s="2" t="n">
-        <v>0.830000000000003</v>
+        <v>0.8220000000000028</v>
       </c>
       <c r="AF10" s="2" t="n">
-        <v>0.8131000000000029</v>
+        <v>0.857500000000003</v>
       </c>
       <c r="AG10" s="2" t="n">
-        <v>0.7231000000000025</v>
+        <v>0.7675000000000027</v>
       </c>
       <c r="AH10"/>
     </row>
     <row r="11">
       <c r="A11"/>
       <c r="B11" t="inlineStr">
         <is>
-          <t>17JAN26</t>
+          <t>04MAR26</t>
         </is>
       </c>
       <c r="C11"/>
       <c r="D11" s="2" t="n">
-        <v>1.5870000000000055</v>
+        <v>1.6460000000000057</v>
       </c>
       <c r="E11" s="2" t="n">
-        <v>1.5730000000000055</v>
+        <v>1.6340000000000057</v>
       </c>
       <c r="F11" s="2" t="n">
-        <v>1.665000000000006</v>
+        <v>1.7230000000000063</v>
       </c>
       <c r="G11" s="2" t="n">
-        <v>1.662000000000006</v>
+        <v>1.7190000000000063</v>
       </c>
       <c r="H11" s="2" t="n">
-        <v>1.688000000000006</v>
+        <v>1.7790000000000061</v>
       </c>
       <c r="I11" s="2" t="n">
-        <v>1.681000000000006</v>
+        <v>1.7700000000000062</v>
       </c>
       <c r="J11" s="2" t="n">
-        <v>1.697000000000006</v>
+        <v>1.7770000000000061</v>
       </c>
       <c r="K11" s="2" t="n">
-        <v>1.7760000000000062</v>
+        <v>1.8380000000000065</v>
       </c>
       <c r="L11" s="2" t="n">
-        <v>3.364000000000012</v>
+        <v>3.327000000000012</v>
       </c>
       <c r="M11" s="2" t="n">
-        <v>0.7440000000000027</v>
+        <v>0.9563000000000035</v>
       </c>
       <c r="N11" s="2" t="n">
-        <v>0.7843000000000028</v>
+        <v>0.9965000000000036</v>
       </c>
       <c r="O11" s="2" t="n">
-        <v>0.7188000000000025</v>
+        <v>0.9310000000000034</v>
       </c>
       <c r="P11" s="2" t="n">
-        <v>0.7590000000000027</v>
+        <v>0.9713000000000035</v>
       </c>
       <c r="Q11" s="2" t="n">
-        <v>0.7465000000000027</v>
+        <v>0.9587000000000034</v>
       </c>
       <c r="R11" s="2" t="n">
-        <v>0.7867000000000027</v>
+        <v>0.9990000000000036</v>
       </c>
       <c r="S11" s="2" t="n">
-        <v>0.8980000000000032</v>
+        <v>1.110000000000004</v>
       </c>
       <c r="T11" s="2" t="n">
-        <v>0.7440000000000027</v>
+        <v>0.9563000000000035</v>
       </c>
       <c r="U11" s="2" t="n">
-        <v>0.7843000000000028</v>
+        <v>0.9965000000000036</v>
       </c>
       <c r="V11" s="2" t="n">
-        <v>0.9020000000000032</v>
+        <v>1.114000000000004</v>
       </c>
       <c r="W11" s="2" t="n">
-        <v>0.8739000000000031</v>
+        <v>1.120000000000004</v>
       </c>
       <c r="X11" s="2" t="n">
-        <v>0.833700000000003</v>
+        <v>1.0797000000000039</v>
       </c>
       <c r="Y11" s="2" t="n">
-        <v>0.9880000000000035</v>
+        <v>1.2340000000000044</v>
       </c>
       <c r="Z11" s="2" t="n">
-        <v>0.9041000000000032</v>
+        <v>1.1613000000000042</v>
       </c>
       <c r="AA11" s="2" t="n">
-        <v>0.8639000000000031</v>
+        <v>1.121100000000004</v>
       </c>
       <c r="AB11" s="2" t="n">
-        <v>1.0180000000000036</v>
+        <v>1.2750000000000044</v>
       </c>
       <c r="AC11" s="2" t="n">
-        <v>0.6914000000000025</v>
+        <v>0.7491000000000027</v>
       </c>
       <c r="AD11" s="2" t="n">
-        <v>0.7815000000000027</v>
+        <v>0.839100000000003</v>
       </c>
       <c r="AE11" s="2" t="n">
-        <v>0.830000000000003</v>
+        <v>0.8220000000000028</v>
       </c>
       <c r="AF11" s="2" t="n">
-        <v>0.8131000000000029</v>
+        <v>0.857500000000003</v>
       </c>
       <c r="AG11" s="2" t="n">
-        <v>0.7231000000000025</v>
+        <v>0.7675000000000027</v>
       </c>
       <c r="AH11"/>
     </row>
     <row r="12">
       <c r="A12"/>
       <c r="B12" t="inlineStr">
         <is>
-          <t>18JAN26</t>
+          <t>05MAR26</t>
         </is>
       </c>
       <c r="C12"/>
       <c r="D12" s="2" t="n">
-        <v>1.5870000000000055</v>
+        <v>1.6460000000000057</v>
       </c>
       <c r="E12" s="2" t="n">
-        <v>1.5730000000000055</v>
+        <v>1.6340000000000057</v>
       </c>
       <c r="F12" s="2" t="n">
-        <v>1.665000000000006</v>
+        <v>1.7230000000000063</v>
       </c>
       <c r="G12" s="2" t="n">
-        <v>1.662000000000006</v>
+        <v>1.7190000000000063</v>
       </c>
       <c r="H12" s="2" t="n">
-        <v>1.688000000000006</v>
+        <v>1.923000000000007</v>
       </c>
       <c r="I12" s="2" t="n">
-        <v>1.681000000000006</v>
+        <v>1.915000000000007</v>
       </c>
       <c r="J12" s="2" t="n">
-        <v>1.697000000000006</v>
+        <v>1.9120000000000068</v>
       </c>
       <c r="K12" s="2" t="n">
-        <v>1.7760000000000062</v>
+        <v>1.949000000000007</v>
       </c>
       <c r="L12" s="2" t="n">
-        <v>3.364000000000012</v>
+        <v>3.2660000000000116</v>
       </c>
       <c r="M12" s="2" t="n">
-        <v>0.7440000000000027</v>
+        <v>1.0055000000000036</v>
       </c>
       <c r="N12" s="2" t="n">
-        <v>0.7843000000000028</v>
+        <v>1.0458000000000038</v>
       </c>
       <c r="O12" s="2" t="n">
-        <v>0.7188000000000025</v>
+        <v>0.9803000000000034</v>
       </c>
       <c r="P12" s="2" t="n">
-        <v>0.7590000000000027</v>
+        <v>1.0206000000000035</v>
       </c>
       <c r="Q12" s="2" t="n">
-        <v>0.7465000000000027</v>
+        <v>1.0080000000000036</v>
       </c>
       <c r="R12" s="2" t="n">
-        <v>0.7867000000000027</v>
+        <v>1.0482000000000038</v>
       </c>
       <c r="S12" s="2" t="n">
-        <v>0.8980000000000032</v>
+        <v>1.1590000000000042</v>
       </c>
       <c r="T12" s="2" t="n">
-        <v>0.7440000000000027</v>
+        <v>1.0055000000000036</v>
       </c>
       <c r="U12" s="2" t="n">
-        <v>0.7843000000000028</v>
+        <v>1.0458000000000038</v>
       </c>
       <c r="V12" s="2" t="n">
-        <v>0.9020000000000032</v>
+        <v>1.1640000000000041</v>
       </c>
       <c r="W12" s="2" t="n">
-        <v>0.8739000000000031</v>
+        <v>1.120000000000004</v>
       </c>
       <c r="X12" s="2" t="n">
-        <v>0.833700000000003</v>
+        <v>1.0797000000000039</v>
       </c>
       <c r="Y12" s="2" t="n">
-        <v>0.9880000000000035</v>
+        <v>1.2340000000000044</v>
       </c>
       <c r="Z12" s="2" t="n">
-        <v>0.9041000000000032</v>
+        <v>1.1613000000000042</v>
       </c>
       <c r="AA12" s="2" t="n">
-        <v>0.8639000000000031</v>
+        <v>1.121100000000004</v>
       </c>
       <c r="AB12" s="2" t="n">
-        <v>1.0180000000000036</v>
+        <v>1.2750000000000044</v>
       </c>
       <c r="AC12" s="2" t="n">
-        <v>0.6914000000000025</v>
+        <v>0.7491000000000027</v>
       </c>
       <c r="AD12" s="2" t="n">
-        <v>0.7815000000000027</v>
+        <v>0.839100000000003</v>
       </c>
       <c r="AE12" s="2" t="n">
-        <v>0.830000000000003</v>
+        <v>0.8220000000000028</v>
       </c>
       <c r="AF12" s="2" t="n">
-        <v>0.8131000000000029</v>
+        <v>0.857500000000003</v>
       </c>
       <c r="AG12" s="2" t="n">
-        <v>0.7231000000000025</v>
+        <v>0.7675000000000027</v>
       </c>
       <c r="AH12"/>
     </row>
     <row r="13">
       <c r="A13"/>
       <c r="B13" t="inlineStr">
         <is>
-          <t>19JAN26</t>
+          <t>06MAR26</t>
         </is>
       </c>
       <c r="C13"/>
       <c r="D13" s="2" t="n">
-        <v>1.5870000000000055</v>
+        <v>1.684000000000006</v>
       </c>
       <c r="E13" s="2" t="n">
-        <v>1.5730000000000055</v>
+        <v>1.677000000000006</v>
       </c>
       <c r="F13" s="2" t="n">
-        <v>1.665000000000006</v>
+        <v>1.7400000000000062</v>
       </c>
       <c r="G13" s="2" t="n">
-        <v>1.662000000000006</v>
+        <v>1.7360000000000062</v>
       </c>
       <c r="H13" s="2" t="n">
-        <v>1.688000000000006</v>
+        <v>1.923000000000007</v>
       </c>
       <c r="I13" s="2" t="n">
-        <v>1.681000000000006</v>
+        <v>1.915000000000007</v>
       </c>
       <c r="J13" s="2" t="n">
-        <v>1.697000000000006</v>
+        <v>1.9120000000000068</v>
       </c>
       <c r="K13" s="2" t="n">
-        <v>1.7760000000000062</v>
+        <v>1.949000000000007</v>
       </c>
       <c r="L13" s="2" t="n">
-        <v>3.364000000000012</v>
+        <v>3.2660000000000116</v>
       </c>
       <c r="M13" s="2" t="n">
-        <v>0.7440000000000027</v>
+        <v>1.0149000000000035</v>
       </c>
       <c r="N13" s="2" t="n">
-        <v>0.7843000000000028</v>
+        <v>1.0551000000000037</v>
       </c>
       <c r="O13" s="2" t="n">
-        <v>0.7188000000000025</v>
+        <v>0.9896000000000036</v>
       </c>
       <c r="P13" s="2" t="n">
-        <v>0.7590000000000027</v>
+        <v>1.0299000000000036</v>
       </c>
       <c r="Q13" s="2" t="n">
-        <v>0.7465000000000027</v>
+        <v>1.0173000000000036</v>
       </c>
       <c r="R13" s="2" t="n">
-        <v>0.7867000000000027</v>
+        <v>1.0576000000000039</v>
       </c>
       <c r="S13" s="2" t="n">
-        <v>0.8980000000000032</v>
+        <v>1.1690000000000043</v>
       </c>
       <c r="T13" s="2" t="n">
-        <v>0.7440000000000027</v>
+        <v>1.0149000000000035</v>
       </c>
       <c r="U13" s="2" t="n">
-        <v>0.7843000000000028</v>
+        <v>1.0551000000000037</v>
       </c>
       <c r="V13" s="2" t="n">
-        <v>0.9020000000000032</v>
+        <v>1.1730000000000043</v>
       </c>
       <c r="W13" s="2" t="n">
-        <v>0.8739000000000031</v>
+        <v>1.120000000000004</v>
       </c>
       <c r="X13" s="2" t="n">
-        <v>0.833700000000003</v>
+        <v>1.0797000000000039</v>
       </c>
       <c r="Y13" s="2" t="n">
-        <v>0.9880000000000035</v>
+        <v>1.2340000000000044</v>
       </c>
       <c r="Z13" s="2" t="n">
-        <v>0.9041000000000032</v>
+        <v>1.1613000000000042</v>
       </c>
       <c r="AA13" s="2" t="n">
-        <v>0.8639000000000031</v>
+        <v>1.121100000000004</v>
       </c>
       <c r="AB13" s="2" t="n">
-        <v>1.0180000000000036</v>
+        <v>1.2750000000000044</v>
       </c>
       <c r="AC13" s="2" t="n">
-        <v>0.6914000000000025</v>
+        <v>0.7996000000000029</v>
       </c>
       <c r="AD13" s="2" t="n">
-        <v>0.7815000000000027</v>
+        <v>0.8897000000000032</v>
       </c>
       <c r="AE13" s="2" t="n">
-        <v>0.830000000000003</v>
+        <v>0.8710000000000031</v>
       </c>
       <c r="AF13" s="2" t="n">
-        <v>0.8131000000000029</v>
+        <v>0.9130000000000033</v>
       </c>
       <c r="AG13" s="2" t="n">
-        <v>0.7231000000000025</v>
+        <v>0.8229000000000029</v>
       </c>
       <c r="AH13"/>
     </row>
     <row r="14">
       <c r="A14"/>
       <c r="B14" t="inlineStr">
         <is>
-          <t>20JAN26</t>
+          <t>07MAR26</t>
         </is>
       </c>
       <c r="C14"/>
       <c r="D14" s="2" t="n">
-        <v>1.5870000000000055</v>
+        <v>1.684000000000006</v>
       </c>
       <c r="E14" s="2" t="n">
-        <v>1.5730000000000055</v>
+        <v>1.677000000000006</v>
       </c>
       <c r="F14" s="2" t="n">
-        <v>1.665000000000006</v>
+        <v>1.7400000000000062</v>
       </c>
       <c r="G14" s="2" t="n">
-        <v>1.662000000000006</v>
+        <v>1.7360000000000062</v>
       </c>
       <c r="H14" s="2" t="n">
-        <v>1.707000000000006</v>
+        <v>1.923000000000007</v>
       </c>
       <c r="I14" s="2" t="n">
-        <v>1.700000000000006</v>
+        <v>1.915000000000007</v>
       </c>
       <c r="J14" s="2" t="n">
-        <v>1.713000000000006</v>
+        <v>1.9120000000000068</v>
       </c>
       <c r="K14" s="2" t="n">
-        <v>1.7840000000000065</v>
+        <v>1.949000000000007</v>
       </c>
       <c r="L14" s="2" t="n">
-        <v>3.2640000000000113</v>
+        <v>3.2660000000000116</v>
       </c>
       <c r="M14" s="2" t="n">
-        <v>0.7565000000000026</v>
+        <v>1.0650000000000037</v>
       </c>
       <c r="N14" s="2" t="n">
-        <v>0.7968000000000027</v>
+        <v>1.105200000000004</v>
       </c>
       <c r="O14" s="2" t="n">
-        <v>0.7313000000000025</v>
+        <v>1.0398000000000038</v>
       </c>
       <c r="P14" s="2" t="n">
-        <v>0.7715000000000027</v>
+        <v>1.0800000000000038</v>
       </c>
       <c r="Q14" s="2" t="n">
-        <v>0.7590000000000027</v>
+        <v>1.0675000000000037</v>
       </c>
       <c r="R14" s="2" t="n">
-        <v>0.7992000000000029</v>
+        <v>1.107700000000004</v>
       </c>
       <c r="S14" s="2" t="n">
-        <v>0.9100000000000033</v>
+        <v>1.2190000000000045</v>
       </c>
       <c r="T14" s="2" t="n">
-        <v>0.7565000000000026</v>
+        <v>1.0650000000000037</v>
       </c>
       <c r="U14" s="2" t="n">
-        <v>0.7968000000000027</v>
+        <v>1.105200000000004</v>
       </c>
       <c r="V14" s="2" t="n">
-        <v>0.9150000000000033</v>
+        <v>1.2230000000000045</v>
       </c>
       <c r="W14" s="2" t="n">
-        <v>0.8739000000000031</v>
+        <v>1.4152000000000051</v>
       </c>
       <c r="X14" s="2" t="n">
-        <v>0.833700000000003</v>
+        <v>1.3750000000000049</v>
       </c>
       <c r="Y14" s="2" t="n">
-        <v>0.9880000000000035</v>
+        <v>1.5290000000000052</v>
       </c>
       <c r="Z14" s="2" t="n">
-        <v>0.9041000000000032</v>
+        <v>1.4700000000000053</v>
       </c>
       <c r="AA14" s="2" t="n">
-        <v>0.8639000000000031</v>
+        <v>1.429800000000005</v>
       </c>
       <c r="AB14" s="2" t="n">
-        <v>1.0180000000000036</v>
+        <v>1.5840000000000056</v>
       </c>
       <c r="AC14" s="2" t="n">
-        <v>0.6914000000000025</v>
+        <v>0.7996000000000029</v>
       </c>
       <c r="AD14" s="2" t="n">
-        <v>0.7815000000000027</v>
+        <v>0.8897000000000032</v>
       </c>
       <c r="AE14" s="2" t="n">
-        <v>0.830000000000003</v>
+        <v>0.8710000000000031</v>
       </c>
       <c r="AF14" s="2" t="n">
-        <v>0.8131000000000029</v>
+        <v>0.9130000000000033</v>
       </c>
       <c r="AG14" s="2" t="n">
-        <v>0.7231000000000025</v>
+        <v>0.8229000000000029</v>
       </c>
       <c r="AH14"/>
     </row>
     <row r="15">
       <c r="A15"/>
       <c r="B15" t="inlineStr">
         <is>
-          <t>21JAN26</t>
+          <t>08MAR26</t>
         </is>
       </c>
       <c r="C15"/>
       <c r="D15" s="2" t="n">
-        <v>1.5870000000000055</v>
+        <v>1.684000000000006</v>
       </c>
       <c r="E15" s="2" t="n">
-        <v>1.5730000000000055</v>
+        <v>1.677000000000006</v>
       </c>
       <c r="F15" s="2" t="n">
-        <v>1.665000000000006</v>
+        <v>1.7400000000000062</v>
       </c>
       <c r="G15" s="2" t="n">
-        <v>1.662000000000006</v>
+        <v>1.7360000000000062</v>
       </c>
       <c r="H15" s="2" t="n">
-        <v>1.707000000000006</v>
+        <v>1.923000000000007</v>
       </c>
       <c r="I15" s="2" t="n">
-        <v>1.700000000000006</v>
+        <v>1.915000000000007</v>
       </c>
       <c r="J15" s="2" t="n">
-        <v>1.713000000000006</v>
+        <v>1.9120000000000068</v>
       </c>
       <c r="K15" s="2" t="n">
-        <v>1.7840000000000065</v>
+        <v>1.949000000000007</v>
       </c>
       <c r="L15" s="2" t="n">
-        <v>3.2640000000000113</v>
+        <v>3.2660000000000116</v>
       </c>
       <c r="M15" s="2" t="n">
-        <v>0.7529000000000027</v>
+        <v>1.0650000000000037</v>
       </c>
       <c r="N15" s="2" t="n">
-        <v>0.7932000000000028</v>
+        <v>1.105200000000004</v>
       </c>
       <c r="O15" s="2" t="n">
-        <v>0.7277000000000026</v>
+        <v>1.0398000000000038</v>
       </c>
       <c r="P15" s="2" t="n">
-        <v>0.7680000000000028</v>
+        <v>1.0800000000000038</v>
       </c>
       <c r="Q15" s="2" t="n">
-        <v>0.7554000000000026</v>
+        <v>1.0675000000000037</v>
       </c>
       <c r="R15" s="2" t="n">
-        <v>0.7956000000000027</v>
+        <v>1.107700000000004</v>
       </c>
       <c r="S15" s="2" t="n">
-        <v>0.9070000000000032</v>
+        <v>1.2190000000000045</v>
       </c>
       <c r="T15" s="2" t="n">
-        <v>0.7529000000000027</v>
+        <v>1.0650000000000037</v>
       </c>
       <c r="U15" s="2" t="n">
-        <v>0.7932000000000028</v>
+        <v>1.105200000000004</v>
       </c>
       <c r="V15" s="2" t="n">
-        <v>0.9110000000000033</v>
+        <v>1.2230000000000045</v>
       </c>
       <c r="W15" s="2" t="n">
-        <v>0.8739000000000031</v>
+        <v>1.4152000000000051</v>
       </c>
       <c r="X15" s="2" t="n">
-        <v>0.833700000000003</v>
+        <v>1.3750000000000049</v>
       </c>
       <c r="Y15" s="2" t="n">
-        <v>0.9880000000000035</v>
+        <v>1.5290000000000052</v>
       </c>
       <c r="Z15" s="2" t="n">
-        <v>0.9041000000000032</v>
+        <v>1.4700000000000053</v>
       </c>
       <c r="AA15" s="2" t="n">
-        <v>0.8639000000000031</v>
+        <v>1.429800000000005</v>
       </c>
       <c r="AB15" s="2" t="n">
-        <v>1.0180000000000036</v>
+        <v>1.5840000000000056</v>
       </c>
       <c r="AC15" s="2" t="n">
-        <v>0.6914000000000025</v>
+        <v>0.7996000000000029</v>
       </c>
       <c r="AD15" s="2" t="n">
-        <v>0.7815000000000027</v>
+        <v>0.8897000000000032</v>
       </c>
       <c r="AE15" s="2" t="n">
-        <v>0.830000000000003</v>
+        <v>0.8710000000000031</v>
       </c>
       <c r="AF15" s="2" t="n">
-        <v>0.8131000000000029</v>
+        <v>0.9130000000000033</v>
       </c>
       <c r="AG15" s="2" t="n">
-        <v>0.7231000000000025</v>
+        <v>0.8229000000000029</v>
       </c>
       <c r="AH15"/>
     </row>
     <row r="16">
       <c r="A16"/>
       <c r="B16" t="inlineStr">
         <is>
-          <t>22JAN26</t>
+          <t>09MAR26</t>
         </is>
       </c>
       <c r="C16"/>
       <c r="D16" s="2" t="n">
-        <v>1.5980000000000059</v>
+        <v>1.684000000000006</v>
       </c>
       <c r="E16" s="2" t="n">
+        <v>1.677000000000006</v>
+      </c>
+      <c r="F16" s="2" t="n">
+        <v>1.7400000000000062</v>
+      </c>
+      <c r="G16" s="2" t="n">
+        <v>1.7360000000000062</v>
+      </c>
+      <c r="H16" s="2" t="n">
+        <v>1.923000000000007</v>
+      </c>
+      <c r="I16" s="2" t="n">
+        <v>1.915000000000007</v>
+      </c>
+      <c r="J16" s="2" t="n">
+        <v>1.9120000000000068</v>
+      </c>
+      <c r="K16" s="2" t="n">
+        <v>1.949000000000007</v>
+      </c>
+      <c r="L16" s="2" t="n">
+        <v>3.2660000000000116</v>
+      </c>
+      <c r="M16" s="2" t="n">
+        <v>1.0650000000000037</v>
+      </c>
+      <c r="N16" s="2" t="n">
+        <v>1.105200000000004</v>
+      </c>
+      <c r="O16" s="2" t="n">
+        <v>1.0398000000000038</v>
+      </c>
+      <c r="P16" s="2" t="n">
+        <v>1.0800000000000038</v>
+      </c>
+      <c r="Q16" s="2" t="n">
+        <v>1.0675000000000037</v>
+      </c>
+      <c r="R16" s="2" t="n">
+        <v>1.107700000000004</v>
+      </c>
+      <c r="S16" s="2" t="n">
+        <v>1.2190000000000045</v>
+      </c>
+      <c r="T16" s="2" t="n">
+        <v>1.0650000000000037</v>
+      </c>
+      <c r="U16" s="2" t="n">
+        <v>1.105200000000004</v>
+      </c>
+      <c r="V16" s="2" t="n">
+        <v>1.2230000000000045</v>
+      </c>
+      <c r="W16" s="2" t="n">
+        <v>1.4152000000000051</v>
+      </c>
+      <c r="X16" s="2" t="n">
+        <v>1.3750000000000049</v>
+      </c>
+      <c r="Y16" s="2" t="n">
+        <v>1.5290000000000052</v>
+      </c>
+      <c r="Z16" s="2" t="n">
+        <v>1.4700000000000053</v>
+      </c>
+      <c r="AA16" s="2" t="n">
+        <v>1.429800000000005</v>
+      </c>
+      <c r="AB16" s="2" t="n">
         <v>1.5840000000000056</v>
       </c>
-      <c r="F16" s="2" t="n">
-[...67 lines deleted...]
-      </c>
       <c r="AC16" s="2" t="n">
-        <v>0.7035000000000026</v>
+        <v>0.7996000000000029</v>
       </c>
       <c r="AD16" s="2" t="n">
-        <v>0.7935000000000028</v>
+        <v>0.8897000000000032</v>
       </c>
       <c r="AE16" s="2" t="n">
-        <v>0.8210000000000028</v>
+        <v>0.8710000000000031</v>
       </c>
       <c r="AF16" s="2" t="n">
-        <v>0.8158000000000029</v>
+        <v>0.9130000000000033</v>
       </c>
       <c r="AG16" s="2" t="n">
-        <v>0.7258000000000026</v>
+        <v>0.8229000000000029</v>
       </c>
       <c r="AH16"/>
     </row>
     <row r="17">
       <c r="A17"/>
       <c r="B17" t="inlineStr">
         <is>
-          <t>23JAN26</t>
+          <t>10MAR26</t>
         </is>
       </c>
       <c r="C17"/>
       <c r="D17" s="2" t="n">
-        <v>1.5980000000000059</v>
+        <v>1.684000000000006</v>
       </c>
       <c r="E17" s="2" t="n">
+        <v>1.677000000000006</v>
+      </c>
+      <c r="F17" s="2" t="n">
+        <v>1.7400000000000062</v>
+      </c>
+      <c r="G17" s="2" t="n">
+        <v>1.7360000000000062</v>
+      </c>
+      <c r="H17" s="2" t="n">
+        <v>1.923000000000007</v>
+      </c>
+      <c r="I17" s="2" t="n">
+        <v>1.915000000000007</v>
+      </c>
+      <c r="J17" s="2" t="n">
+        <v>1.9120000000000068</v>
+      </c>
+      <c r="K17" s="2" t="n">
+        <v>1.949000000000007</v>
+      </c>
+      <c r="L17" s="2" t="n">
+        <v>3.2660000000000116</v>
+      </c>
+      <c r="M17" s="2" t="n">
+        <v>1.0718000000000039</v>
+      </c>
+      <c r="N17" s="2" t="n">
+        <v>1.112000000000004</v>
+      </c>
+      <c r="O17" s="2" t="n">
+        <v>1.0465000000000038</v>
+      </c>
+      <c r="P17" s="2" t="n">
+        <v>1.0868000000000038</v>
+      </c>
+      <c r="Q17" s="2" t="n">
+        <v>1.0742000000000038</v>
+      </c>
+      <c r="R17" s="2" t="n">
+        <v>1.114500000000004</v>
+      </c>
+      <c r="S17" s="2" t="n">
+        <v>1.2250000000000045</v>
+      </c>
+      <c r="T17" s="2" t="n">
+        <v>1.0718000000000039</v>
+      </c>
+      <c r="U17" s="2" t="n">
+        <v>1.112000000000004</v>
+      </c>
+      <c r="V17" s="2" t="n">
+        <v>1.2300000000000044</v>
+      </c>
+      <c r="W17" s="2" t="n">
+        <v>1.4152000000000051</v>
+      </c>
+      <c r="X17" s="2" t="n">
+        <v>1.3750000000000049</v>
+      </c>
+      <c r="Y17" s="2" t="n">
+        <v>1.5290000000000052</v>
+      </c>
+      <c r="Z17" s="2" t="n">
+        <v>1.4700000000000053</v>
+      </c>
+      <c r="AA17" s="2" t="n">
+        <v>1.429800000000005</v>
+      </c>
+      <c r="AB17" s="2" t="n">
         <v>1.5840000000000056</v>
       </c>
-      <c r="F17" s="2" t="n">
-[...67 lines deleted...]
-      </c>
       <c r="AC17" s="2" t="n">
-        <v>0.7035000000000026</v>
+        <v>0.7996000000000029</v>
       </c>
       <c r="AD17" s="2" t="n">
-        <v>0.7935000000000028</v>
+        <v>0.8897000000000032</v>
       </c>
       <c r="AE17" s="2" t="n">
-        <v>0.8210000000000028</v>
+        <v>0.8710000000000031</v>
       </c>
       <c r="AF17" s="2" t="n">
-        <v>0.8158000000000029</v>
+        <v>0.9130000000000033</v>
       </c>
       <c r="AG17" s="2" t="n">
-        <v>0.7258000000000026</v>
+        <v>0.8229000000000029</v>
       </c>
       <c r="AH17"/>
     </row>
     <row r="18">
       <c r="A18"/>
       <c r="B18" t="inlineStr">
         <is>
-          <t>24JAN26</t>
+          <t>11MAR26</t>
         </is>
       </c>
       <c r="C18"/>
       <c r="D18" s="2" t="n">
-        <v>1.5980000000000059</v>
+        <v>1.684000000000006</v>
       </c>
       <c r="E18" s="2" t="n">
+        <v>1.677000000000006</v>
+      </c>
+      <c r="F18" s="2" t="n">
+        <v>1.7400000000000062</v>
+      </c>
+      <c r="G18" s="2" t="n">
+        <v>1.7360000000000062</v>
+      </c>
+      <c r="H18" s="2" t="n">
+        <v>1.923000000000007</v>
+      </c>
+      <c r="I18" s="2" t="n">
+        <v>1.915000000000007</v>
+      </c>
+      <c r="J18" s="2" t="n">
+        <v>1.9120000000000068</v>
+      </c>
+      <c r="K18" s="2" t="n">
+        <v>1.949000000000007</v>
+      </c>
+      <c r="L18" s="2" t="n">
+        <v>3.2660000000000116</v>
+      </c>
+      <c r="M18" s="2" t="n">
+        <v>1.0736000000000039</v>
+      </c>
+      <c r="N18" s="2" t="n">
+        <v>1.1139000000000039</v>
+      </c>
+      <c r="O18" s="2" t="n">
+        <v>1.0484000000000038</v>
+      </c>
+      <c r="P18" s="2" t="n">
+        <v>1.0887000000000038</v>
+      </c>
+      <c r="Q18" s="2" t="n">
+        <v>1.0761000000000038</v>
+      </c>
+      <c r="R18" s="2" t="n">
+        <v>1.116400000000004</v>
+      </c>
+      <c r="S18" s="2" t="n">
+        <v>1.2270000000000045</v>
+      </c>
+      <c r="T18" s="2" t="n">
+        <v>1.0736000000000039</v>
+      </c>
+      <c r="U18" s="2" t="n">
+        <v>1.1139000000000039</v>
+      </c>
+      <c r="V18" s="2" t="n">
+        <v>1.2320000000000044</v>
+      </c>
+      <c r="W18" s="2" t="n">
+        <v>1.4152000000000051</v>
+      </c>
+      <c r="X18" s="2" t="n">
+        <v>1.3750000000000049</v>
+      </c>
+      <c r="Y18" s="2" t="n">
+        <v>1.5290000000000052</v>
+      </c>
+      <c r="Z18" s="2" t="n">
+        <v>1.4700000000000053</v>
+      </c>
+      <c r="AA18" s="2" t="n">
+        <v>1.429800000000005</v>
+      </c>
+      <c r="AB18" s="2" t="n">
         <v>1.5840000000000056</v>
       </c>
-      <c r="F18" s="2" t="n">
-[...67 lines deleted...]
-      </c>
       <c r="AC18" s="2" t="n">
-        <v>0.7035000000000026</v>
+        <v>0.7996000000000029</v>
       </c>
       <c r="AD18" s="2" t="n">
-        <v>0.7935000000000028</v>
+        <v>0.8897000000000032</v>
       </c>
       <c r="AE18" s="2" t="n">
-        <v>0.8210000000000028</v>
+        <v>0.8710000000000031</v>
       </c>
       <c r="AF18" s="2" t="n">
-        <v>0.8158000000000029</v>
+        <v>0.9130000000000033</v>
       </c>
       <c r="AG18" s="2" t="n">
-        <v>0.7258000000000026</v>
+        <v>0.8229000000000029</v>
       </c>
       <c r="AH18"/>
     </row>
     <row r="19">
       <c r="A19"/>
       <c r="B19" t="inlineStr">
         <is>
-          <t>25JAN26</t>
+          <t>12MAR26</t>
         </is>
       </c>
       <c r="C19"/>
       <c r="D19" s="2" t="n">
-        <v>1.5980000000000059</v>
+        <v>1.684000000000006</v>
       </c>
       <c r="E19" s="2" t="n">
+        <v>1.677000000000006</v>
+      </c>
+      <c r="F19" s="2" t="n">
+        <v>1.7400000000000062</v>
+      </c>
+      <c r="G19" s="2" t="n">
+        <v>1.7360000000000062</v>
+      </c>
+      <c r="H19" s="2" t="n">
+        <v>2.0190000000000072</v>
+      </c>
+      <c r="I19" s="2" t="n">
+        <v>2.010000000000007</v>
+      </c>
+      <c r="J19" s="2" t="n">
+        <v>2.008000000000007</v>
+      </c>
+      <c r="K19" s="2" t="n">
+        <v>2.050000000000007</v>
+      </c>
+      <c r="L19" s="2" t="n">
+        <v>3.4510000000000125</v>
+      </c>
+      <c r="M19" s="2" t="n">
+        <v>1.097000000000004</v>
+      </c>
+      <c r="N19" s="2" t="n">
+        <v>1.137200000000004</v>
+      </c>
+      <c r="O19" s="2" t="n">
+        <v>1.0717000000000039</v>
+      </c>
+      <c r="P19" s="2" t="n">
+        <v>1.112000000000004</v>
+      </c>
+      <c r="Q19" s="2" t="n">
+        <v>1.099400000000004</v>
+      </c>
+      <c r="R19" s="2" t="n">
+        <v>1.139700000000004</v>
+      </c>
+      <c r="S19" s="2" t="n">
+        <v>1.2510000000000043</v>
+      </c>
+      <c r="T19" s="2" t="n">
+        <v>1.097000000000004</v>
+      </c>
+      <c r="U19" s="2" t="n">
+        <v>1.137200000000004</v>
+      </c>
+      <c r="V19" s="2" t="n">
+        <v>1.2550000000000043</v>
+      </c>
+      <c r="W19" s="2" t="n">
+        <v>1.4152000000000051</v>
+      </c>
+      <c r="X19" s="2" t="n">
+        <v>1.3750000000000049</v>
+      </c>
+      <c r="Y19" s="2" t="n">
+        <v>1.5290000000000052</v>
+      </c>
+      <c r="Z19" s="2" t="n">
+        <v>1.4700000000000053</v>
+      </c>
+      <c r="AA19" s="2" t="n">
+        <v>1.429800000000005</v>
+      </c>
+      <c r="AB19" s="2" t="n">
         <v>1.5840000000000056</v>
       </c>
-      <c r="F19" s="2" t="n">
-[...67 lines deleted...]
-      </c>
       <c r="AC19" s="2" t="n">
-        <v>0.7035000000000026</v>
+        <v>0.7996000000000029</v>
       </c>
       <c r="AD19" s="2" t="n">
-        <v>0.7935000000000028</v>
+        <v>0.8897000000000032</v>
       </c>
       <c r="AE19" s="2" t="n">
-        <v>0.8210000000000028</v>
+        <v>0.8710000000000031</v>
       </c>
       <c r="AF19" s="2" t="n">
-        <v>0.8158000000000029</v>
+        <v>0.9130000000000033</v>
       </c>
       <c r="AG19" s="2" t="n">
-        <v>0.7258000000000026</v>
+        <v>0.8229000000000029</v>
       </c>
       <c r="AH19"/>
     </row>
     <row r="20">
       <c r="A20"/>
       <c r="B20" t="inlineStr">
         <is>
-          <t>26JAN26</t>
+          <t>13MAR26</t>
         </is>
       </c>
       <c r="C20"/>
       <c r="D20" s="2" t="n">
-        <v>1.5980000000000059</v>
+        <v>1.7610000000000061</v>
       </c>
       <c r="E20" s="2" t="n">
+        <v>1.7500000000000062</v>
+      </c>
+      <c r="F20" s="2" t="n">
+        <v>1.8160000000000065</v>
+      </c>
+      <c r="G20" s="2" t="n">
+        <v>1.8110000000000064</v>
+      </c>
+      <c r="H20" s="2" t="n">
+        <v>2.0190000000000072</v>
+      </c>
+      <c r="I20" s="2" t="n">
+        <v>2.010000000000007</v>
+      </c>
+      <c r="J20" s="2" t="n">
+        <v>2.008000000000007</v>
+      </c>
+      <c r="K20" s="2" t="n">
+        <v>2.050000000000007</v>
+      </c>
+      <c r="L20" s="2" t="n">
+        <v>3.4510000000000125</v>
+      </c>
+      <c r="M20" s="2" t="n">
+        <v>1.129500000000004</v>
+      </c>
+      <c r="N20" s="2" t="n">
+        <v>1.1697000000000042</v>
+      </c>
+      <c r="O20" s="2" t="n">
+        <v>1.104200000000004</v>
+      </c>
+      <c r="P20" s="2" t="n">
+        <v>1.144500000000004</v>
+      </c>
+      <c r="Q20" s="2" t="n">
+        <v>1.131900000000004</v>
+      </c>
+      <c r="R20" s="2" t="n">
+        <v>1.1722000000000041</v>
+      </c>
+      <c r="S20" s="2" t="n">
+        <v>1.2830000000000046</v>
+      </c>
+      <c r="T20" s="2" t="n">
+        <v>1.127100000000004</v>
+      </c>
+      <c r="U20" s="2" t="n">
+        <v>1.1673000000000042</v>
+      </c>
+      <c r="V20" s="2" t="n">
+        <v>1.2850000000000046</v>
+      </c>
+      <c r="W20" s="2" t="n">
+        <v>1.4152000000000051</v>
+      </c>
+      <c r="X20" s="2" t="n">
+        <v>1.3750000000000049</v>
+      </c>
+      <c r="Y20" s="2" t="n">
+        <v>1.5290000000000052</v>
+      </c>
+      <c r="Z20" s="2" t="n">
+        <v>1.4700000000000053</v>
+      </c>
+      <c r="AA20" s="2" t="n">
+        <v>1.429800000000005</v>
+      </c>
+      <c r="AB20" s="2" t="n">
         <v>1.5840000000000056</v>
       </c>
-      <c r="F20" s="2" t="n">
-[...67 lines deleted...]
-      </c>
       <c r="AC20" s="2" t="n">
-        <v>0.7035000000000026</v>
+        <v>0.850900000000003</v>
       </c>
       <c r="AD20" s="2" t="n">
-        <v>0.7935000000000028</v>
+        <v>0.9409000000000033</v>
       </c>
       <c r="AE20" s="2" t="n">
-        <v>0.8210000000000028</v>
+        <v>0.9370000000000034</v>
       </c>
       <c r="AF20" s="2" t="n">
-        <v>0.8158000000000029</v>
+        <v>0.9747000000000035</v>
       </c>
       <c r="AG20" s="2" t="n">
-        <v>0.7258000000000026</v>
+        <v>0.8846000000000032</v>
       </c>
       <c r="AH20"/>
     </row>
     <row r="21">
       <c r="A21"/>
       <c r="B21" t="inlineStr">
         <is>
-          <t>27JAN26</t>
+          <t>14MAR26</t>
         </is>
       </c>
       <c r="C21"/>
       <c r="D21" s="2" t="n">
-        <v>1.5980000000000059</v>
+        <v>1.7610000000000061</v>
       </c>
       <c r="E21" s="2" t="n">
-        <v>1.5840000000000056</v>
+        <v>1.7500000000000062</v>
       </c>
       <c r="F21" s="2" t="n">
-        <v>1.6410000000000058</v>
+        <v>1.8160000000000065</v>
       </c>
       <c r="G21" s="2" t="n">
-        <v>1.6370000000000058</v>
+        <v>1.8110000000000064</v>
       </c>
       <c r="H21" s="2" t="n">
-        <v>1.707000000000006</v>
+        <v>2.0190000000000072</v>
       </c>
       <c r="I21" s="2" t="n">
-        <v>1.700000000000006</v>
+        <v>2.010000000000007</v>
       </c>
       <c r="J21" s="2" t="n">
-        <v>1.713000000000006</v>
+        <v>2.008000000000007</v>
       </c>
       <c r="K21" s="2" t="n">
-        <v>1.7840000000000065</v>
+        <v>2.050000000000007</v>
       </c>
       <c r="L21" s="2" t="n">
-        <v>3.2640000000000113</v>
+        <v>3.4510000000000125</v>
       </c>
       <c r="M21" s="2" t="n">
-        <v>0.7681000000000028</v>
+        <v>1.1794000000000042</v>
       </c>
       <c r="N21" s="2" t="n">
-        <v>0.8083000000000029</v>
+        <v>1.2197000000000044</v>
       </c>
       <c r="O21" s="2" t="n">
-        <v>0.7428000000000027</v>
+        <v>1.154200000000004</v>
       </c>
       <c r="P21" s="2" t="n">
-        <v>0.7831000000000028</v>
+        <v>1.1944000000000041</v>
       </c>
       <c r="Q21" s="2" t="n">
-        <v>0.7705000000000027</v>
+        <v>1.1819000000000042</v>
       </c>
       <c r="R21" s="2" t="n">
-        <v>0.8108000000000029</v>
+        <v>1.2221000000000044</v>
       </c>
       <c r="S21" s="2" t="n">
-        <v>0.9220000000000034</v>
+        <v>1.3330000000000046</v>
       </c>
       <c r="T21" s="2" t="n">
-        <v>0.7681000000000028</v>
+        <v>1.1771000000000043</v>
       </c>
       <c r="U21" s="2" t="n">
-        <v>0.8083000000000029</v>
+        <v>1.2173000000000043</v>
       </c>
       <c r="V21" s="2" t="n">
-        <v>0.9260000000000034</v>
+        <v>1.3350000000000046</v>
       </c>
       <c r="W21" s="2" t="n">
-        <v>0.8789000000000031</v>
+        <v>1.6008000000000058</v>
       </c>
       <c r="X21" s="2" t="n">
-        <v>0.838700000000003</v>
+        <v>1.5605000000000055</v>
       </c>
       <c r="Y21" s="2" t="n">
-        <v>0.9930000000000035</v>
+        <v>1.715000000000006</v>
       </c>
       <c r="Z21" s="2" t="n">
-        <v>0.9093000000000032</v>
+        <v>1.664000000000006</v>
       </c>
       <c r="AA21" s="2" t="n">
-        <v>0.8691000000000031</v>
+        <v>1.6238000000000057</v>
       </c>
       <c r="AB21" s="2" t="n">
-        <v>1.0230000000000035</v>
+        <v>1.7780000000000062</v>
       </c>
       <c r="AC21" s="2" t="n">
-        <v>0.7035000000000026</v>
+        <v>0.850900000000003</v>
       </c>
       <c r="AD21" s="2" t="n">
-        <v>0.7935000000000028</v>
+        <v>0.9409000000000033</v>
       </c>
       <c r="AE21" s="2" t="n">
-        <v>0.8210000000000028</v>
+        <v>0.9370000000000034</v>
       </c>
       <c r="AF21" s="2" t="n">
-        <v>0.8158000000000029</v>
+        <v>0.9747000000000035</v>
       </c>
       <c r="AG21" s="2" t="n">
-        <v>0.7258000000000026</v>
+        <v>0.8846000000000032</v>
       </c>
       <c r="AH21"/>
     </row>
     <row r="22">
       <c r="A22"/>
       <c r="B22" t="inlineStr">
         <is>
-          <t>28JAN26</t>
+          <t>15MAR26</t>
         </is>
       </c>
       <c r="C22"/>
       <c r="D22" s="2" t="n">
-        <v>1.5980000000000059</v>
+        <v>1.7610000000000061</v>
       </c>
       <c r="E22" s="2" t="n">
-        <v>1.5840000000000056</v>
+        <v>1.7500000000000062</v>
       </c>
       <c r="F22" s="2" t="n">
-        <v>1.6410000000000058</v>
+        <v>1.8160000000000065</v>
       </c>
       <c r="G22" s="2" t="n">
-        <v>1.6370000000000058</v>
+        <v>1.8110000000000064</v>
       </c>
       <c r="H22" s="2" t="n">
-        <v>1.707000000000006</v>
+        <v>2.0190000000000072</v>
       </c>
       <c r="I22" s="2" t="n">
-        <v>1.700000000000006</v>
+        <v>2.010000000000007</v>
       </c>
       <c r="J22" s="2" t="n">
-        <v>1.713000000000006</v>
+        <v>2.008000000000007</v>
       </c>
       <c r="K22" s="2" t="n">
-        <v>1.7840000000000065</v>
+        <v>2.050000000000007</v>
       </c>
       <c r="L22" s="2" t="n">
-        <v>3.2640000000000113</v>
+        <v>3.4510000000000125</v>
       </c>
       <c r="M22" s="2" t="n">
-        <v>0.7677000000000028</v>
+        <v>1.1794000000000042</v>
       </c>
       <c r="N22" s="2" t="n">
-        <v>0.8080000000000029</v>
+        <v>1.2197000000000044</v>
       </c>
       <c r="O22" s="2" t="n">
-        <v>0.7425000000000027</v>
+        <v>1.154200000000004</v>
       </c>
       <c r="P22" s="2" t="n">
-        <v>0.7827000000000027</v>
+        <v>1.1944000000000041</v>
       </c>
       <c r="Q22" s="2" t="n">
-        <v>0.7702000000000028</v>
+        <v>1.1819000000000042</v>
       </c>
       <c r="R22" s="2" t="n">
-        <v>0.8104000000000029</v>
+        <v>1.2221000000000044</v>
       </c>
       <c r="S22" s="2" t="n">
-        <v>0.9210000000000033</v>
+        <v>1.3330000000000046</v>
       </c>
       <c r="T22" s="2" t="n">
-        <v>0.7677000000000028</v>
+        <v>1.1771000000000043</v>
       </c>
       <c r="U22" s="2" t="n">
-        <v>0.8080000000000029</v>
+        <v>1.2173000000000043</v>
       </c>
       <c r="V22" s="2" t="n">
-        <v>0.9260000000000034</v>
+        <v>1.3350000000000046</v>
       </c>
       <c r="W22" s="2" t="n">
-        <v>0.8789000000000031</v>
+        <v>1.6008000000000058</v>
       </c>
       <c r="X22" s="2" t="n">
-        <v>0.838700000000003</v>
+        <v>1.5605000000000055</v>
       </c>
       <c r="Y22" s="2" t="n">
-        <v>0.9930000000000035</v>
+        <v>1.715000000000006</v>
       </c>
       <c r="Z22" s="2" t="n">
-        <v>0.9093000000000032</v>
+        <v>1.664000000000006</v>
       </c>
       <c r="AA22" s="2" t="n">
-        <v>0.8691000000000031</v>
+        <v>1.6238000000000057</v>
       </c>
       <c r="AB22" s="2" t="n">
-        <v>1.0230000000000035</v>
+        <v>1.7780000000000062</v>
       </c>
       <c r="AC22" s="2" t="n">
-        <v>0.7035000000000026</v>
+        <v>0.850900000000003</v>
       </c>
       <c r="AD22" s="2" t="n">
-        <v>0.7935000000000028</v>
+        <v>0.9409000000000033</v>
       </c>
       <c r="AE22" s="2" t="n">
-        <v>0.8210000000000028</v>
+        <v>0.9370000000000034</v>
       </c>
       <c r="AF22" s="2" t="n">
-        <v>0.8158000000000029</v>
+        <v>0.9747000000000035</v>
       </c>
       <c r="AG22" s="2" t="n">
-        <v>0.7258000000000026</v>
+        <v>0.8846000000000032</v>
       </c>
       <c r="AH22"/>
     </row>
     <row r="23">
       <c r="A23"/>
       <c r="B23" t="inlineStr">
         <is>
-          <t>29JAN26</t>
+          <t>16MAR26</t>
         </is>
       </c>
       <c r="C23"/>
       <c r="D23" s="2" t="n">
-        <v>1.5980000000000059</v>
+        <v>1.7610000000000061</v>
       </c>
       <c r="E23" s="2" t="n">
-        <v>1.5840000000000056</v>
+        <v>1.7500000000000062</v>
       </c>
       <c r="F23" s="2" t="n">
-        <v>1.6410000000000058</v>
+        <v>1.8160000000000065</v>
       </c>
       <c r="G23" s="2" t="n">
-        <v>1.6370000000000058</v>
+        <v>1.8110000000000064</v>
       </c>
       <c r="H23" s="2" t="n">
-        <v>1.707000000000006</v>
+        <v>2.0190000000000072</v>
       </c>
       <c r="I23" s="2" t="n">
-        <v>1.700000000000006</v>
+        <v>2.010000000000007</v>
       </c>
       <c r="J23" s="2" t="n">
-        <v>1.713000000000006</v>
+        <v>2.008000000000007</v>
       </c>
       <c r="K23" s="2" t="n">
-        <v>1.7840000000000065</v>
+        <v>2.050000000000007</v>
       </c>
       <c r="L23" s="2" t="n">
-        <v>3.2640000000000113</v>
+        <v>3.4510000000000125</v>
       </c>
       <c r="M23" s="2" t="n">
-        <v>0.7653000000000026</v>
+        <v>1.1794000000000042</v>
       </c>
       <c r="N23" s="2" t="n">
-        <v>0.8055000000000029</v>
+        <v>1.2197000000000044</v>
       </c>
       <c r="O23" s="2" t="n">
-        <v>0.7400000000000027</v>
+        <v>1.154200000000004</v>
       </c>
       <c r="P23" s="2" t="n">
-        <v>0.7803000000000028</v>
+        <v>1.1944000000000041</v>
       </c>
       <c r="Q23" s="2" t="n">
-        <v>0.7677000000000028</v>
+        <v>1.1819000000000042</v>
       </c>
       <c r="R23" s="2" t="n">
-        <v>0.8080000000000029</v>
+        <v>1.2221000000000044</v>
       </c>
       <c r="S23" s="2" t="n">
-        <v>0.9190000000000033</v>
+        <v>1.3330000000000046</v>
       </c>
       <c r="T23" s="2" t="n">
-        <v>0.7653000000000026</v>
+        <v>1.1771000000000043</v>
       </c>
       <c r="U23" s="2" t="n">
-        <v>0.8055000000000029</v>
+        <v>1.2173000000000043</v>
       </c>
       <c r="V23" s="2" t="n">
-        <v>0.9230000000000034</v>
+        <v>1.3350000000000046</v>
       </c>
       <c r="W23" s="2" t="n">
-        <v>0.8789000000000031</v>
+        <v>1.6008000000000058</v>
       </c>
       <c r="X23" s="2" t="n">
-        <v>0.838700000000003</v>
+        <v>1.5605000000000055</v>
       </c>
       <c r="Y23" s="2" t="n">
-        <v>0.9930000000000035</v>
+        <v>1.715000000000006</v>
       </c>
       <c r="Z23" s="2" t="n">
-        <v>0.9093000000000032</v>
+        <v>1.664000000000006</v>
       </c>
       <c r="AA23" s="2" t="n">
-        <v>0.8691000000000031</v>
+        <v>1.6238000000000057</v>
       </c>
       <c r="AB23" s="2" t="n">
-        <v>1.0230000000000035</v>
+        <v>1.7780000000000062</v>
       </c>
       <c r="AC23" s="2" t="n">
-        <v>0.7035000000000026</v>
+        <v>0.850900000000003</v>
       </c>
       <c r="AD23" s="2" t="n">
-        <v>0.7935000000000028</v>
+        <v>0.9409000000000033</v>
       </c>
       <c r="AE23" s="2" t="n">
-        <v>0.8210000000000028</v>
+        <v>0.9370000000000034</v>
       </c>
       <c r="AF23" s="2" t="n">
-        <v>0.8158000000000029</v>
+        <v>0.9747000000000035</v>
       </c>
       <c r="AG23" s="2" t="n">
-        <v>0.7258000000000026</v>
+        <v>0.8846000000000032</v>
       </c>
       <c r="AH23"/>
     </row>
     <row r="24">
       <c r="A24"/>
       <c r="B24" t="inlineStr">
         <is>
-          <t>30JAN26</t>
+          <t>17MAR26</t>
         </is>
       </c>
       <c r="C24"/>
       <c r="D24" s="2" t="n">
-        <v>1.5980000000000059</v>
+        <v>1.7610000000000061</v>
       </c>
       <c r="E24" s="2" t="n">
-        <v>1.5840000000000056</v>
+        <v>1.7500000000000062</v>
       </c>
       <c r="F24" s="2" t="n">
-        <v>1.6410000000000058</v>
+        <v>1.8160000000000065</v>
       </c>
       <c r="G24" s="2" t="n">
-        <v>1.6370000000000058</v>
+        <v>1.8110000000000064</v>
       </c>
       <c r="H24" s="2" t="n">
-        <v>1.7190000000000063</v>
+        <v>2.0190000000000072</v>
       </c>
       <c r="I24" s="2" t="n">
-        <v>1.713000000000006</v>
+        <v>2.010000000000007</v>
       </c>
       <c r="J24" s="2" t="n">
-        <v>1.7260000000000062</v>
+        <v>2.008000000000007</v>
       </c>
       <c r="K24" s="2" t="n">
-        <v>1.7910000000000064</v>
+        <v>2.050000000000007</v>
       </c>
       <c r="L24" s="2" t="n">
-        <v>3.141000000000011</v>
+        <v>3.4510000000000125</v>
       </c>
       <c r="M24" s="2" t="n">
-        <v>0.7770000000000028</v>
+        <v>1.1968000000000043</v>
       </c>
       <c r="N24" s="2" t="n">
-        <v>0.8173000000000029</v>
+        <v>1.2371000000000045</v>
       </c>
       <c r="O24" s="2" t="n">
-        <v>0.7518000000000027</v>
+        <v>1.1716000000000042</v>
       </c>
       <c r="P24" s="2" t="n">
-        <v>0.7920000000000028</v>
+        <v>1.2119000000000042</v>
       </c>
       <c r="Q24" s="2" t="n">
-        <v>0.7795000000000027</v>
+        <v>1.1993000000000043</v>
       </c>
       <c r="R24" s="2" t="n">
-        <v>0.8197000000000029</v>
+        <v>1.2395000000000045</v>
       </c>
       <c r="S24" s="2" t="n">
-        <v>0.9310000000000034</v>
+        <v>1.3510000000000049</v>
       </c>
       <c r="T24" s="2" t="n">
-        <v>0.7770000000000028</v>
+        <v>1.1945000000000041</v>
       </c>
       <c r="U24" s="2" t="n">
-        <v>0.8173000000000029</v>
+        <v>1.2347000000000043</v>
       </c>
       <c r="V24" s="2" t="n">
-        <v>0.9350000000000034</v>
+        <v>1.3530000000000049</v>
       </c>
       <c r="W24" s="2" t="n">
-        <v>0.8789000000000031</v>
+        <v>1.6008000000000058</v>
       </c>
       <c r="X24" s="2" t="n">
-        <v>0.838700000000003</v>
+        <v>1.5605000000000055</v>
       </c>
       <c r="Y24" s="2" t="n">
-        <v>0.9930000000000035</v>
+        <v>1.715000000000006</v>
       </c>
       <c r="Z24" s="2" t="n">
-        <v>0.9093000000000032</v>
+        <v>1.664000000000006</v>
       </c>
       <c r="AA24" s="2" t="n">
-        <v>0.8691000000000031</v>
+        <v>1.6238000000000057</v>
       </c>
       <c r="AB24" s="2" t="n">
-        <v>1.0230000000000035</v>
+        <v>1.7780000000000062</v>
       </c>
       <c r="AC24" s="2" t="n">
-        <v>0.7035000000000026</v>
+        <v>0.850900000000003</v>
       </c>
       <c r="AD24" s="2" t="n">
-        <v>0.7935000000000028</v>
+        <v>0.9409000000000033</v>
       </c>
       <c r="AE24" s="2" t="n">
-        <v>0.8210000000000028</v>
+        <v>0.9370000000000034</v>
       </c>
       <c r="AF24" s="2" t="n">
-        <v>0.8158000000000029</v>
+        <v>0.9747000000000035</v>
       </c>
       <c r="AG24" s="2" t="n">
-        <v>0.7258000000000026</v>
+        <v>0.8846000000000032</v>
       </c>
       <c r="AH24"/>
     </row>
     <row r="25">
       <c r="A25"/>
       <c r="B25" t="inlineStr">
         <is>
-          <t>31JAN26</t>
+          <t>18MAR26</t>
         </is>
       </c>
       <c r="C25"/>
       <c r="D25" s="2" t="n">
-        <v>1.5980000000000059</v>
+        <v>1.7610000000000061</v>
       </c>
       <c r="E25" s="2" t="n">
-        <v>1.5840000000000056</v>
+        <v>1.7500000000000062</v>
       </c>
       <c r="F25" s="2" t="n">
-        <v>1.6410000000000058</v>
+        <v>1.8160000000000065</v>
       </c>
       <c r="G25" s="2" t="n">
-        <v>1.6370000000000058</v>
+        <v>1.8110000000000064</v>
       </c>
       <c r="H25" s="2" t="n">
-        <v>1.7190000000000063</v>
+        <v>2.1070000000000078</v>
       </c>
       <c r="I25" s="2" t="n">
-        <v>1.713000000000006</v>
+        <v>2.0980000000000074</v>
       </c>
       <c r="J25" s="2" t="n">
-        <v>1.7260000000000062</v>
+        <v>2.0890000000000075</v>
       </c>
       <c r="K25" s="2" t="n">
-        <v>1.7910000000000064</v>
+        <v>2.1190000000000078</v>
       </c>
       <c r="L25" s="2" t="n">
-        <v>3.141000000000011</v>
+        <v>3.4590000000000125</v>
       </c>
       <c r="M25" s="2" t="n">
-        <v>0.7900000000000028</v>
+        <v>1.2334000000000045</v>
       </c>
       <c r="N25" s="2" t="n">
-        <v>0.830300000000003</v>
+        <v>1.2737000000000045</v>
       </c>
       <c r="O25" s="2" t="n">
-        <v>0.7648000000000027</v>
+        <v>1.2082000000000042</v>
       </c>
       <c r="P25" s="2" t="n">
-        <v>0.8050000000000029</v>
+        <v>1.2484000000000044</v>
       </c>
       <c r="Q25" s="2" t="n">
-        <v>0.7925000000000028</v>
+        <v>1.2359000000000044</v>
       </c>
       <c r="R25" s="2" t="n">
-        <v>0.832700000000003</v>
+        <v>1.2761000000000045</v>
       </c>
       <c r="S25" s="2" t="n">
-        <v>0.9440000000000033</v>
+        <v>1.387000000000005</v>
       </c>
       <c r="T25" s="2" t="n">
-        <v>0.7900000000000028</v>
+        <v>1.2311000000000045</v>
       </c>
       <c r="U25" s="2" t="n">
-        <v>0.830300000000003</v>
+        <v>1.2713000000000045</v>
       </c>
       <c r="V25" s="2" t="n">
-        <v>0.9480000000000033</v>
+        <v>1.389000000000005</v>
       </c>
       <c r="W25" s="2" t="n">
-        <v>0.8789000000000031</v>
+        <v>1.6008000000000058</v>
       </c>
       <c r="X25" s="2" t="n">
-        <v>0.838700000000003</v>
+        <v>1.5605000000000055</v>
       </c>
       <c r="Y25" s="2" t="n">
-        <v>0.9930000000000035</v>
+        <v>1.715000000000006</v>
       </c>
       <c r="Z25" s="2" t="n">
-        <v>0.9093000000000032</v>
+        <v>1.664000000000006</v>
       </c>
       <c r="AA25" s="2" t="n">
-        <v>0.8691000000000031</v>
+        <v>1.6238000000000057</v>
       </c>
       <c r="AB25" s="2" t="n">
-        <v>1.0230000000000035</v>
+        <v>1.7780000000000062</v>
       </c>
       <c r="AC25" s="2" t="n">
-        <v>0.7207000000000026</v>
+        <v>0.850900000000003</v>
       </c>
       <c r="AD25" s="2" t="n">
-        <v>0.8107000000000029</v>
+        <v>0.9409000000000033</v>
       </c>
       <c r="AE25" s="2" t="n">
-        <v>0.8260000000000028</v>
+        <v>0.9370000000000034</v>
       </c>
       <c r="AF25" s="2" t="n">
-        <v>0.830700000000003</v>
+        <v>0.9747000000000035</v>
       </c>
       <c r="AG25" s="2" t="n">
-        <v>0.7407000000000027</v>
+        <v>0.8846000000000032</v>
       </c>
       <c r="AH25"/>
     </row>
     <row r="26">
-      <c r="A26" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="A26"/>
       <c r="B26" t="inlineStr">
         <is>
-          <t>01FEB26</t>
+          <t>19MAR26</t>
         </is>
       </c>
       <c r="C26"/>
       <c r="D26" s="2" t="n">
-        <v>1.5980000000000059</v>
+        <v>1.8520000000000068</v>
       </c>
       <c r="E26" s="2" t="n">
-        <v>1.5840000000000056</v>
+        <v>1.8360000000000065</v>
       </c>
       <c r="F26" s="2" t="n">
-        <v>1.6410000000000058</v>
+        <v>1.9020000000000066</v>
       </c>
       <c r="G26" s="2" t="n">
-        <v>1.6370000000000058</v>
+        <v>1.8990000000000067</v>
       </c>
       <c r="H26" s="2" t="n">
-        <v>1.7190000000000063</v>
+        <v>2.1070000000000078</v>
       </c>
       <c r="I26" s="2" t="n">
-        <v>1.713000000000006</v>
+        <v>2.0980000000000074</v>
       </c>
       <c r="J26" s="2" t="n">
-        <v>1.7260000000000062</v>
+        <v>2.0890000000000075</v>
       </c>
       <c r="K26" s="2" t="n">
-        <v>1.7910000000000064</v>
+        <v>2.1190000000000078</v>
       </c>
       <c r="L26" s="2" t="n">
-        <v>3.141000000000011</v>
+        <v>3.4590000000000125</v>
       </c>
       <c r="M26" s="2" t="n">
-        <v>0.7900000000000028</v>
+        <v>1.2473000000000045</v>
       </c>
       <c r="N26" s="2" t="n">
-        <v>0.830300000000003</v>
+        <v>1.2875000000000048</v>
       </c>
       <c r="O26" s="2" t="n">
-        <v>0.7648000000000027</v>
+        <v>1.2221000000000044</v>
       </c>
       <c r="P26" s="2" t="n">
-        <v>0.8050000000000029</v>
+        <v>1.2623000000000044</v>
       </c>
       <c r="Q26" s="2" t="n">
-        <v>0.7925000000000028</v>
+        <v>1.2497000000000045</v>
       </c>
       <c r="R26" s="2" t="n">
-        <v>0.832700000000003</v>
+        <v>1.2900000000000047</v>
       </c>
       <c r="S26" s="2" t="n">
-        <v>0.9440000000000033</v>
+        <v>1.401000000000005</v>
       </c>
       <c r="T26" s="2" t="n">
-        <v>0.7900000000000028</v>
+        <v>1.2449000000000043</v>
       </c>
       <c r="U26" s="2" t="n">
-        <v>0.830300000000003</v>
+        <v>1.2851000000000046</v>
       </c>
       <c r="V26" s="2" t="n">
-        <v>0.9480000000000033</v>
+        <v>1.403000000000005</v>
       </c>
       <c r="W26" s="2" t="n">
-        <v>0.8789000000000031</v>
+        <v>1.6008000000000058</v>
       </c>
       <c r="X26" s="2" t="n">
-        <v>0.838700000000003</v>
+        <v>1.5605000000000055</v>
       </c>
       <c r="Y26" s="2" t="n">
-        <v>0.9930000000000035</v>
+        <v>1.715000000000006</v>
       </c>
       <c r="Z26" s="2" t="n">
-        <v>0.9093000000000032</v>
+        <v>1.664000000000006</v>
       </c>
       <c r="AA26" s="2" t="n">
-        <v>0.8691000000000031</v>
+        <v>1.6238000000000057</v>
       </c>
       <c r="AB26" s="2" t="n">
-        <v>1.0230000000000035</v>
+        <v>1.7780000000000062</v>
       </c>
       <c r="AC26" s="2" t="n">
-        <v>0.7207000000000026</v>
+        <v>0.850900000000003</v>
       </c>
       <c r="AD26" s="2" t="n">
-        <v>0.8107000000000029</v>
+        <v>0.9409000000000033</v>
       </c>
       <c r="AE26" s="2" t="n">
-        <v>0.8260000000000028</v>
+        <v>0.9370000000000034</v>
       </c>
       <c r="AF26" s="2" t="n">
-        <v>0.830700000000003</v>
+        <v>0.9747000000000035</v>
       </c>
       <c r="AG26" s="2" t="n">
-        <v>0.7407000000000027</v>
+        <v>0.8846000000000032</v>
       </c>
       <c r="AH26"/>
     </row>
     <row r="27">
       <c r="A27"/>
       <c r="B27" t="inlineStr">
         <is>
-          <t>02FEB26</t>
+          <t>20MAR26</t>
         </is>
       </c>
       <c r="C27"/>
       <c r="D27" s="2" t="n">
-        <v>1.5980000000000059</v>
+        <v>1.8520000000000068</v>
       </c>
       <c r="E27" s="2" t="n">
-        <v>1.5840000000000056</v>
+        <v>1.8360000000000065</v>
       </c>
       <c r="F27" s="2" t="n">
-        <v>1.6410000000000058</v>
+        <v>1.9020000000000066</v>
       </c>
       <c r="G27" s="2" t="n">
-        <v>1.6370000000000058</v>
+        <v>1.8990000000000067</v>
       </c>
       <c r="H27" s="2" t="n">
-        <v>1.7190000000000063</v>
+        <v>2.1070000000000078</v>
       </c>
       <c r="I27" s="2" t="n">
-        <v>1.713000000000006</v>
+        <v>2.0980000000000074</v>
       </c>
       <c r="J27" s="2" t="n">
-        <v>1.7260000000000062</v>
+        <v>2.0890000000000075</v>
       </c>
       <c r="K27" s="2" t="n">
-        <v>1.7910000000000064</v>
+        <v>2.1190000000000078</v>
       </c>
       <c r="L27" s="2" t="n">
-        <v>3.141000000000011</v>
+        <v>3.4590000000000125</v>
       </c>
       <c r="M27" s="2" t="n">
-        <v>0.7900000000000028</v>
+        <v>1.3533000000000048</v>
       </c>
       <c r="N27" s="2" t="n">
-        <v>0.830300000000003</v>
+        <v>1.3935000000000048</v>
       </c>
       <c r="O27" s="2" t="n">
-        <v>0.7648000000000027</v>
+        <v>1.3280000000000047</v>
       </c>
       <c r="P27" s="2" t="n">
-        <v>0.8050000000000029</v>
+        <v>1.368300000000005</v>
       </c>
       <c r="Q27" s="2" t="n">
-        <v>0.7925000000000028</v>
+        <v>1.3557000000000048</v>
       </c>
       <c r="R27" s="2" t="n">
-        <v>0.832700000000003</v>
+        <v>1.3960000000000048</v>
       </c>
       <c r="S27" s="2" t="n">
-        <v>0.9440000000000033</v>
+        <v>1.5070000000000052</v>
       </c>
       <c r="T27" s="2" t="n">
-        <v>0.7900000000000028</v>
+        <v>1.3087000000000046</v>
       </c>
       <c r="U27" s="2" t="n">
-        <v>0.830300000000003</v>
+        <v>1.3489000000000049</v>
       </c>
       <c r="V27" s="2" t="n">
-        <v>0.9480000000000033</v>
+        <v>1.4670000000000052</v>
       </c>
       <c r="W27" s="2" t="n">
-        <v>0.8789000000000031</v>
+        <v>1.6008000000000058</v>
       </c>
       <c r="X27" s="2" t="n">
-        <v>0.838700000000003</v>
+        <v>1.5605000000000055</v>
       </c>
       <c r="Y27" s="2" t="n">
-        <v>0.9930000000000035</v>
+        <v>1.715000000000006</v>
       </c>
       <c r="Z27" s="2" t="n">
-        <v>0.9093000000000032</v>
+        <v>1.664000000000006</v>
       </c>
       <c r="AA27" s="2" t="n">
-        <v>0.8691000000000031</v>
+        <v>1.6238000000000057</v>
       </c>
       <c r="AB27" s="2" t="n">
-        <v>1.0230000000000035</v>
+        <v>1.7780000000000062</v>
       </c>
       <c r="AC27" s="2" t="n">
-        <v>0.7207000000000026</v>
+        <v>0.9173000000000032</v>
       </c>
       <c r="AD27" s="2" t="n">
-        <v>0.8107000000000029</v>
-[...2 lines deleted...]
-        <v>0.8260000000000028</v>
+        <v>1.0073000000000036</v>
+      </c>
+      <c r="AE27" s="1" t="n">
+        <v>1.0</v>
       </c>
       <c r="AF27" s="2" t="n">
-        <v>0.830700000000003</v>
+        <v>1.0507000000000037</v>
       </c>
       <c r="AG27" s="2" t="n">
-        <v>0.7407000000000027</v>
+        <v>0.9607000000000034</v>
       </c>
       <c r="AH27"/>
     </row>
     <row r="28">
       <c r="A28"/>
       <c r="B28" t="inlineStr">
         <is>
-          <t>03FEB26</t>
+          <t>21MAR26</t>
         </is>
       </c>
       <c r="C28"/>
       <c r="D28" s="2" t="n">
-        <v>1.5980000000000059</v>
+        <v>1.8520000000000068</v>
       </c>
       <c r="E28" s="2" t="n">
-        <v>1.5840000000000056</v>
+        <v>1.8360000000000065</v>
       </c>
       <c r="F28" s="2" t="n">
-        <v>1.6410000000000058</v>
+        <v>1.9020000000000066</v>
       </c>
       <c r="G28" s="2" t="n">
-        <v>1.6370000000000058</v>
+        <v>1.8990000000000067</v>
       </c>
       <c r="H28" s="2" t="n">
-        <v>1.7190000000000063</v>
+        <v>2.1070000000000078</v>
       </c>
       <c r="I28" s="2" t="n">
-        <v>1.713000000000006</v>
+        <v>2.0980000000000074</v>
       </c>
       <c r="J28" s="2" t="n">
-        <v>1.7260000000000062</v>
+        <v>2.0890000000000075</v>
       </c>
       <c r="K28" s="2" t="n">
-        <v>1.7910000000000064</v>
+        <v>2.1190000000000078</v>
       </c>
       <c r="L28" s="2" t="n">
-        <v>3.141000000000011</v>
+        <v>3.4590000000000125</v>
       </c>
       <c r="M28" s="2" t="n">
-        <v>0.8176000000000029</v>
+        <v>1.4127000000000052</v>
       </c>
       <c r="N28" s="2" t="n">
-        <v>0.857800000000003</v>
+        <v>1.4529000000000052</v>
       </c>
       <c r="O28" s="2" t="n">
-        <v>0.7923000000000028</v>
+        <v>1.3874000000000049</v>
       </c>
       <c r="P28" s="2" t="n">
-        <v>0.832600000000003</v>
+        <v>1.427700000000005</v>
       </c>
       <c r="Q28" s="2" t="n">
-        <v>0.8200000000000028</v>
+        <v>1.4151000000000051</v>
       </c>
       <c r="R28" s="2" t="n">
-        <v>0.8603000000000031</v>
+        <v>1.4554000000000051</v>
       </c>
       <c r="S28" s="2" t="n">
-        <v>0.9710000000000034</v>
+        <v>1.5660000000000056</v>
       </c>
       <c r="T28" s="2" t="n">
-        <v>0.8176000000000029</v>
+        <v>1.3657000000000048</v>
       </c>
       <c r="U28" s="2" t="n">
-        <v>0.857800000000003</v>
+        <v>1.4059000000000048</v>
       </c>
       <c r="V28" s="2" t="n">
-        <v>0.9760000000000034</v>
+        <v>1.5240000000000054</v>
       </c>
       <c r="W28" s="2" t="n">
-        <v>0.9349000000000033</v>
+        <v>1.679000000000006</v>
       </c>
       <c r="X28" s="2" t="n">
-        <v>0.8947000000000033</v>
+        <v>1.6388000000000058</v>
       </c>
       <c r="Y28" s="2" t="n">
-        <v>1.0490000000000037</v>
+        <v>1.7930000000000064</v>
       </c>
       <c r="Z28" s="2" t="n">
-        <v>0.9678000000000034</v>
+        <v>1.7458000000000062</v>
       </c>
       <c r="AA28" s="2" t="n">
-        <v>0.9276000000000033</v>
+        <v>1.705500000000006</v>
       </c>
       <c r="AB28" s="2" t="n">
-        <v>1.0820000000000038</v>
+        <v>1.8600000000000068</v>
       </c>
       <c r="AC28" s="2" t="n">
-        <v>0.7207000000000026</v>
+        <v>0.9173000000000032</v>
       </c>
       <c r="AD28" s="2" t="n">
-        <v>0.8107000000000029</v>
-[...2 lines deleted...]
-        <v>0.8260000000000028</v>
+        <v>1.0073000000000036</v>
+      </c>
+      <c r="AE28" s="1" t="n">
+        <v>1.0</v>
       </c>
       <c r="AF28" s="2" t="n">
-        <v>0.830700000000003</v>
+        <v>1.0507000000000037</v>
       </c>
       <c r="AG28" s="2" t="n">
-        <v>0.7407000000000027</v>
+        <v>0.9607000000000034</v>
       </c>
       <c r="AH28"/>
     </row>
     <row r="29">
       <c r="A29"/>
       <c r="B29" t="inlineStr">
         <is>
-          <t>04FEB26</t>
+          <t>22MAR26</t>
         </is>
       </c>
       <c r="C29"/>
       <c r="D29" s="2" t="n">
-        <v>1.5980000000000059</v>
+        <v>1.8760000000000066</v>
       </c>
       <c r="E29" s="2" t="n">
-        <v>1.5840000000000056</v>
+        <v>1.8630000000000067</v>
       </c>
       <c r="F29" s="2" t="n">
-        <v>1.6410000000000058</v>
+        <v>1.929000000000007</v>
       </c>
       <c r="G29" s="2" t="n">
-        <v>1.6370000000000058</v>
+        <v>1.9260000000000068</v>
       </c>
       <c r="H29" s="2" t="n">
-        <v>1.7190000000000063</v>
+        <v>2.289000000000008</v>
       </c>
       <c r="I29" s="2" t="n">
-        <v>1.713000000000006</v>
+        <v>2.281000000000008</v>
       </c>
       <c r="J29" s="2" t="n">
-        <v>1.7260000000000062</v>
+        <v>2.268000000000008</v>
       </c>
       <c r="K29" s="2" t="n">
-        <v>1.7910000000000064</v>
+        <v>2.282000000000008</v>
       </c>
       <c r="L29" s="2" t="n">
-        <v>3.141000000000011</v>
+        <v>3.364000000000012</v>
       </c>
       <c r="M29" s="2" t="n">
-        <v>0.7710000000000028</v>
+        <v>1.438100000000005</v>
       </c>
       <c r="N29" s="2" t="n">
-        <v>0.8113000000000029</v>
+        <v>1.4784000000000053</v>
       </c>
       <c r="O29" s="2" t="n">
-        <v>0.7458000000000027</v>
+        <v>1.4129000000000052</v>
       </c>
       <c r="P29" s="2" t="n">
-        <v>0.7860000000000028</v>
+        <v>1.4531000000000052</v>
       </c>
       <c r="Q29" s="2" t="n">
-        <v>0.7735000000000027</v>
+        <v>1.4406000000000052</v>
       </c>
       <c r="R29" s="2" t="n">
-        <v>0.8137000000000029</v>
+        <v>1.4808000000000052</v>
       </c>
       <c r="S29" s="2" t="n">
-        <v>0.9250000000000034</v>
+        <v>1.5920000000000056</v>
       </c>
       <c r="T29" s="2" t="n">
-        <v>0.7710000000000028</v>
+        <v>1.390800000000005</v>
       </c>
       <c r="U29" s="2" t="n">
-        <v>0.8113000000000029</v>
+        <v>1.4310000000000052</v>
       </c>
       <c r="V29" s="2" t="n">
-        <v>0.9290000000000034</v>
+        <v>1.5490000000000055</v>
       </c>
       <c r="W29" s="2" t="n">
-        <v>0.9349000000000033</v>
+        <v>1.679000000000006</v>
       </c>
       <c r="X29" s="2" t="n">
-        <v>0.8947000000000033</v>
+        <v>1.6388000000000058</v>
       </c>
       <c r="Y29" s="2" t="n">
-        <v>1.0490000000000037</v>
+        <v>1.7930000000000064</v>
       </c>
       <c r="Z29" s="2" t="n">
-        <v>0.9678000000000034</v>
+        <v>1.7458000000000062</v>
       </c>
       <c r="AA29" s="2" t="n">
-        <v>0.9276000000000033</v>
+        <v>1.705500000000006</v>
       </c>
       <c r="AB29" s="2" t="n">
-        <v>1.0820000000000038</v>
+        <v>1.8600000000000068</v>
       </c>
       <c r="AC29" s="2" t="n">
-        <v>0.7207000000000026</v>
+        <v>0.9173000000000032</v>
       </c>
       <c r="AD29" s="2" t="n">
-        <v>0.8107000000000029</v>
-[...2 lines deleted...]
-        <v>0.8260000000000028</v>
+        <v>1.0073000000000036</v>
+      </c>
+      <c r="AE29" s="1" t="n">
+        <v>1.0</v>
       </c>
       <c r="AF29" s="2" t="n">
-        <v>0.830700000000003</v>
+        <v>1.0507000000000037</v>
       </c>
       <c r="AG29" s="2" t="n">
-        <v>0.7407000000000027</v>
+        <v>0.9607000000000034</v>
       </c>
       <c r="AH29"/>
     </row>
     <row r="30">
       <c r="A30"/>
       <c r="B30" t="inlineStr">
         <is>
-          <t>05FEB26</t>
+          <t>23MAR26</t>
         </is>
       </c>
       <c r="C30"/>
       <c r="D30" s="2" t="n">
-        <v>1.5980000000000059</v>
+        <v>1.8760000000000066</v>
       </c>
       <c r="E30" s="2" t="n">
-        <v>1.5840000000000056</v>
+        <v>1.8630000000000067</v>
       </c>
       <c r="F30" s="2" t="n">
-        <v>1.6410000000000058</v>
+        <v>1.929000000000007</v>
       </c>
       <c r="G30" s="2" t="n">
-        <v>1.6370000000000058</v>
+        <v>1.9260000000000068</v>
       </c>
       <c r="H30" s="2" t="n">
-        <v>1.7190000000000063</v>
+        <v>2.289000000000008</v>
       </c>
       <c r="I30" s="2" t="n">
-        <v>1.713000000000006</v>
+        <v>2.281000000000008</v>
       </c>
       <c r="J30" s="2" t="n">
-        <v>1.7260000000000062</v>
+        <v>2.268000000000008</v>
       </c>
       <c r="K30" s="2" t="n">
-        <v>1.7910000000000064</v>
+        <v>2.282000000000008</v>
       </c>
       <c r="L30" s="2" t="n">
-        <v>3.141000000000011</v>
+        <v>3.364000000000012</v>
       </c>
       <c r="M30" s="2" t="n">
-        <v>0.7762000000000028</v>
+        <v>1.438100000000005</v>
       </c>
       <c r="N30" s="2" t="n">
-        <v>0.8165000000000029</v>
+        <v>1.4784000000000053</v>
       </c>
       <c r="O30" s="2" t="n">
-        <v>0.7510000000000027</v>
+        <v>1.4129000000000052</v>
       </c>
       <c r="P30" s="2" t="n">
-        <v>0.7913000000000028</v>
+        <v>1.4531000000000052</v>
       </c>
       <c r="Q30" s="2" t="n">
-        <v>0.7787000000000027</v>
+        <v>1.4406000000000052</v>
       </c>
       <c r="R30" s="2" t="n">
-        <v>0.8189000000000028</v>
+        <v>1.4808000000000052</v>
       </c>
       <c r="S30" s="2" t="n">
-        <v>0.9300000000000034</v>
+        <v>1.5920000000000056</v>
       </c>
       <c r="T30" s="2" t="n">
-        <v>0.7762000000000028</v>
+        <v>1.390800000000005</v>
       </c>
       <c r="U30" s="2" t="n">
-        <v>0.8165000000000029</v>
+        <v>1.4310000000000052</v>
       </c>
       <c r="V30" s="2" t="n">
-        <v>0.9340000000000034</v>
+        <v>1.5490000000000055</v>
       </c>
       <c r="W30" s="2" t="n">
-        <v>0.8974000000000032</v>
+        <v>1.679000000000006</v>
       </c>
       <c r="X30" s="2" t="n">
-        <v>0.857200000000003</v>
+        <v>1.6388000000000058</v>
       </c>
       <c r="Y30" s="2" t="n">
-        <v>1.0110000000000035</v>
+        <v>1.7930000000000064</v>
       </c>
       <c r="Z30" s="2" t="n">
-        <v>0.9286000000000033</v>
+        <v>1.7458000000000062</v>
       </c>
       <c r="AA30" s="2" t="n">
-        <v>0.8884000000000031</v>
+        <v>1.705500000000006</v>
       </c>
       <c r="AB30" s="2" t="n">
-        <v>1.0430000000000037</v>
+        <v>1.8600000000000068</v>
       </c>
       <c r="AC30" s="2" t="n">
-        <v>0.7207000000000026</v>
+        <v>0.9173000000000032</v>
       </c>
       <c r="AD30" s="2" t="n">
-        <v>0.8107000000000029</v>
-[...2 lines deleted...]
-        <v>0.8260000000000028</v>
+        <v>1.0073000000000036</v>
+      </c>
+      <c r="AE30" s="1" t="n">
+        <v>1.0</v>
       </c>
       <c r="AF30" s="2" t="n">
-        <v>0.830700000000003</v>
+        <v>1.0507000000000037</v>
       </c>
       <c r="AG30" s="2" t="n">
-        <v>0.7407000000000027</v>
+        <v>0.9607000000000034</v>
       </c>
       <c r="AH30"/>
     </row>
     <row r="31">
       <c r="A31"/>
       <c r="B31" t="inlineStr">
         <is>
-          <t>06FEB26</t>
+          <t>24MAR26</t>
         </is>
       </c>
       <c r="C31"/>
       <c r="D31" s="2" t="n">
-        <v>1.5980000000000059</v>
+        <v>1.8760000000000066</v>
       </c>
       <c r="E31" s="2" t="n">
-        <v>1.5840000000000056</v>
+        <v>1.8630000000000067</v>
       </c>
       <c r="F31" s="2" t="n">
-        <v>1.6410000000000058</v>
+        <v>1.929000000000007</v>
       </c>
       <c r="G31" s="2" t="n">
-        <v>1.6370000000000058</v>
+        <v>1.9260000000000068</v>
       </c>
       <c r="H31" s="2" t="n">
-        <v>1.7190000000000063</v>
+        <v>2.289000000000008</v>
       </c>
       <c r="I31" s="2" t="n">
-        <v>1.713000000000006</v>
+        <v>2.281000000000008</v>
       </c>
       <c r="J31" s="2" t="n">
-        <v>1.7260000000000062</v>
+        <v>2.268000000000008</v>
       </c>
       <c r="K31" s="2" t="n">
-        <v>1.7910000000000064</v>
+        <v>2.282000000000008</v>
       </c>
       <c r="L31" s="2" t="n">
-        <v>3.141000000000011</v>
+        <v>3.364000000000012</v>
       </c>
       <c r="M31" s="2" t="n">
-        <v>0.7770000000000028</v>
+        <v>1.438100000000005</v>
       </c>
       <c r="N31" s="2" t="n">
-        <v>0.8173000000000029</v>
+        <v>1.4784000000000053</v>
       </c>
       <c r="O31" s="2" t="n">
-        <v>0.7518000000000027</v>
+        <v>1.4129000000000052</v>
       </c>
       <c r="P31" s="2" t="n">
-        <v>0.7920000000000028</v>
+        <v>1.4531000000000052</v>
       </c>
       <c r="Q31" s="2" t="n">
-        <v>0.7795000000000027</v>
+        <v>1.4406000000000052</v>
       </c>
       <c r="R31" s="2" t="n">
-        <v>0.8197000000000029</v>
+        <v>1.4808000000000052</v>
       </c>
       <c r="S31" s="2" t="n">
-        <v>0.9310000000000034</v>
+        <v>1.5920000000000056</v>
       </c>
       <c r="T31" s="2" t="n">
-        <v>0.7770000000000028</v>
+        <v>1.390800000000005</v>
       </c>
       <c r="U31" s="2" t="n">
-        <v>0.8173000000000029</v>
+        <v>1.4310000000000052</v>
       </c>
       <c r="V31" s="2" t="n">
-        <v>0.9350000000000034</v>
+        <v>1.5490000000000055</v>
       </c>
       <c r="W31" s="2" t="n">
-        <v>0.8974000000000032</v>
+        <v>1.679000000000006</v>
       </c>
       <c r="X31" s="2" t="n">
-        <v>0.857200000000003</v>
+        <v>1.6388000000000058</v>
       </c>
       <c r="Y31" s="2" t="n">
-        <v>1.0110000000000035</v>
+        <v>1.7930000000000064</v>
       </c>
       <c r="Z31" s="2" t="n">
-        <v>0.9286000000000033</v>
+        <v>1.7458000000000062</v>
       </c>
       <c r="AA31" s="2" t="n">
-        <v>0.8884000000000031</v>
+        <v>1.705500000000006</v>
       </c>
       <c r="AB31" s="2" t="n">
-        <v>1.0430000000000037</v>
+        <v>1.8600000000000068</v>
       </c>
       <c r="AC31" s="2" t="n">
-        <v>0.7207000000000026</v>
+        <v>0.9173000000000032</v>
       </c>
       <c r="AD31" s="2" t="n">
-        <v>0.8107000000000029</v>
-[...2 lines deleted...]
-        <v>0.8260000000000028</v>
+        <v>1.0073000000000036</v>
+      </c>
+      <c r="AE31" s="1" t="n">
+        <v>1.0</v>
       </c>
       <c r="AF31" s="2" t="n">
-        <v>0.830700000000003</v>
+        <v>1.0507000000000037</v>
       </c>
       <c r="AG31" s="2" t="n">
-        <v>0.7407000000000027</v>
+        <v>0.9607000000000034</v>
       </c>
       <c r="AH31"/>
     </row>
     <row r="32">
       <c r="A32"/>
       <c r="B32" t="inlineStr">
         <is>
-          <t>07FEB26</t>
+          <t>25MAR26</t>
         </is>
       </c>
       <c r="C32"/>
       <c r="D32" s="2" t="n">
-        <v>1.6160000000000059</v>
+        <v>1.8760000000000066</v>
       </c>
       <c r="E32" s="2" t="n">
-        <v>1.6060000000000059</v>
+        <v>1.8630000000000067</v>
       </c>
       <c r="F32" s="2" t="n">
-        <v>1.657000000000006</v>
+        <v>1.929000000000007</v>
       </c>
       <c r="G32" s="2" t="n">
-        <v>1.6550000000000058</v>
+        <v>1.9260000000000068</v>
       </c>
       <c r="H32" s="2" t="n">
-        <v>1.7190000000000063</v>
+        <v>2.289000000000008</v>
       </c>
       <c r="I32" s="2" t="n">
-        <v>1.713000000000006</v>
+        <v>2.281000000000008</v>
       </c>
       <c r="J32" s="2" t="n">
-        <v>1.7260000000000062</v>
+        <v>2.268000000000008</v>
       </c>
       <c r="K32" s="2" t="n">
-        <v>1.7910000000000064</v>
+        <v>2.282000000000008</v>
       </c>
       <c r="L32" s="2" t="n">
-        <v>3.141000000000011</v>
+        <v>3.364000000000012</v>
       </c>
       <c r="M32" s="2" t="n">
-        <v>0.7779000000000028</v>
+        <v>1.402700000000005</v>
       </c>
       <c r="N32" s="2" t="n">
-        <v>0.8182000000000029</v>
+        <v>1.4429000000000052</v>
       </c>
       <c r="O32" s="2" t="n">
-        <v>0.7527000000000027</v>
+        <v>1.3774000000000048</v>
       </c>
       <c r="P32" s="2" t="n">
-        <v>0.7929000000000028</v>
+        <v>1.417700000000005</v>
       </c>
       <c r="Q32" s="2" t="n">
-        <v>0.7804000000000028</v>
+        <v>1.405100000000005</v>
       </c>
       <c r="R32" s="2" t="n">
-        <v>0.8206000000000029</v>
+        <v>1.4454000000000051</v>
       </c>
       <c r="S32" s="2" t="n">
-        <v>0.9320000000000034</v>
+        <v>1.5560000000000056</v>
       </c>
       <c r="T32" s="2" t="n">
-        <v>0.7779000000000028</v>
+        <v>1.374000000000005</v>
       </c>
       <c r="U32" s="2" t="n">
-        <v>0.8182000000000029</v>
+        <v>1.414300000000005</v>
       </c>
       <c r="V32" s="2" t="n">
-        <v>0.9360000000000034</v>
+        <v>1.5320000000000056</v>
       </c>
       <c r="W32" s="2" t="n">
-        <v>0.8974000000000032</v>
+        <v>1.679000000000006</v>
       </c>
       <c r="X32" s="2" t="n">
-        <v>0.857200000000003</v>
+        <v>1.6388000000000058</v>
       </c>
       <c r="Y32" s="2" t="n">
-        <v>1.0110000000000035</v>
+        <v>1.7930000000000064</v>
       </c>
       <c r="Z32" s="2" t="n">
-        <v>0.9286000000000033</v>
+        <v>1.7458000000000062</v>
       </c>
       <c r="AA32" s="2" t="n">
-        <v>0.8884000000000031</v>
+        <v>1.705500000000006</v>
       </c>
       <c r="AB32" s="2" t="n">
-        <v>1.0430000000000037</v>
+        <v>1.8600000000000068</v>
       </c>
       <c r="AC32" s="2" t="n">
-        <v>0.7207000000000026</v>
+        <v>0.9173000000000032</v>
       </c>
       <c r="AD32" s="2" t="n">
-        <v>0.8107000000000029</v>
-[...2 lines deleted...]
-        <v>0.8260000000000028</v>
+        <v>1.0073000000000036</v>
+      </c>
+      <c r="AE32" s="1" t="n">
+        <v>1.0</v>
       </c>
       <c r="AF32" s="2" t="n">
-        <v>0.830700000000003</v>
+        <v>1.0507000000000037</v>
       </c>
       <c r="AG32" s="2" t="n">
-        <v>0.7407000000000027</v>
+        <v>0.9607000000000034</v>
       </c>
       <c r="AH32"/>
     </row>
     <row r="33">
       <c r="A33"/>
       <c r="B33" t="inlineStr">
         <is>
-          <t>08FEB26</t>
+          <t>26MAR26</t>
         </is>
       </c>
       <c r="C33"/>
       <c r="D33" s="2" t="n">
-        <v>1.6160000000000059</v>
+        <v>1.8760000000000066</v>
       </c>
       <c r="E33" s="2" t="n">
-        <v>1.6060000000000059</v>
+        <v>1.8630000000000067</v>
       </c>
       <c r="F33" s="2" t="n">
-        <v>1.657000000000006</v>
+        <v>1.929000000000007</v>
       </c>
       <c r="G33" s="2" t="n">
-        <v>1.6550000000000058</v>
+        <v>1.9260000000000068</v>
       </c>
       <c r="H33" s="2" t="n">
-        <v>1.7190000000000063</v>
+        <v>2.289000000000008</v>
       </c>
       <c r="I33" s="2" t="n">
-        <v>1.713000000000006</v>
+        <v>2.281000000000008</v>
       </c>
       <c r="J33" s="2" t="n">
-        <v>1.7260000000000062</v>
+        <v>2.268000000000008</v>
       </c>
       <c r="K33" s="2" t="n">
-        <v>1.7910000000000064</v>
+        <v>2.282000000000008</v>
       </c>
       <c r="L33" s="2" t="n">
-        <v>3.141000000000011</v>
+        <v>3.364000000000012</v>
       </c>
       <c r="M33" s="2" t="n">
-        <v>0.7779000000000028</v>
+        <v>1.380800000000005</v>
       </c>
       <c r="N33" s="2" t="n">
-        <v>0.8182000000000029</v>
+        <v>1.4210000000000051</v>
       </c>
       <c r="O33" s="2" t="n">
-        <v>0.7527000000000027</v>
+        <v>1.3555000000000048</v>
       </c>
       <c r="P33" s="2" t="n">
-        <v>0.7929000000000028</v>
+        <v>1.3958000000000048</v>
       </c>
       <c r="Q33" s="2" t="n">
-        <v>0.7804000000000028</v>
+        <v>1.3832000000000049</v>
       </c>
       <c r="R33" s="2" t="n">
-        <v>0.8206000000000029</v>
+        <v>1.423500000000005</v>
       </c>
       <c r="S33" s="2" t="n">
-        <v>0.9320000000000034</v>
+        <v>1.5340000000000056</v>
       </c>
       <c r="T33" s="2" t="n">
-        <v>0.7779000000000028</v>
+        <v>1.3696000000000048</v>
       </c>
       <c r="U33" s="2" t="n">
-        <v>0.8182000000000029</v>
+        <v>1.409900000000005</v>
       </c>
       <c r="V33" s="2" t="n">
-        <v>0.9360000000000034</v>
+        <v>1.5280000000000054</v>
       </c>
       <c r="W33" s="2" t="n">
-        <v>0.8974000000000032</v>
+        <v>1.6510000000000058</v>
       </c>
       <c r="X33" s="2" t="n">
-        <v>0.857200000000003</v>
+        <v>1.6107000000000058</v>
       </c>
       <c r="Y33" s="2" t="n">
-        <v>1.0110000000000035</v>
+        <v>1.7650000000000061</v>
       </c>
       <c r="Z33" s="2" t="n">
-        <v>0.9286000000000033</v>
+        <v>1.716500000000006</v>
       </c>
       <c r="AA33" s="2" t="n">
-        <v>0.8884000000000031</v>
+        <v>1.676200000000006</v>
       </c>
       <c r="AB33" s="2" t="n">
-        <v>1.0430000000000037</v>
+        <v>1.8300000000000065</v>
       </c>
       <c r="AC33" s="2" t="n">
-        <v>0.7207000000000026</v>
+        <v>0.9173000000000032</v>
       </c>
       <c r="AD33" s="2" t="n">
-        <v>0.8107000000000029</v>
-[...2 lines deleted...]
-        <v>0.8260000000000028</v>
+        <v>1.0073000000000036</v>
+      </c>
+      <c r="AE33" s="1" t="n">
+        <v>1.0</v>
       </c>
       <c r="AF33" s="2" t="n">
-        <v>0.830700000000003</v>
+        <v>1.0507000000000037</v>
       </c>
       <c r="AG33" s="2" t="n">
-        <v>0.7407000000000027</v>
+        <v>0.9607000000000034</v>
       </c>
       <c r="AH33"/>
     </row>
     <row r="34">
       <c r="A34"/>
       <c r="B34" t="inlineStr">
         <is>
-          <t>09FEB26</t>
+          <t>27MAR26</t>
         </is>
       </c>
       <c r="C34"/>
       <c r="D34" s="2" t="n">
-        <v>1.6160000000000059</v>
+        <v>1.8760000000000066</v>
       </c>
       <c r="E34" s="2" t="n">
-        <v>1.6060000000000059</v>
+        <v>1.8630000000000067</v>
       </c>
       <c r="F34" s="2" t="n">
-        <v>1.657000000000006</v>
+        <v>1.929000000000007</v>
       </c>
       <c r="G34" s="2" t="n">
-        <v>1.6550000000000058</v>
+        <v>1.9260000000000068</v>
       </c>
       <c r="H34" s="2" t="n">
-        <v>1.7190000000000063</v>
+        <v>2.1630000000000074</v>
       </c>
       <c r="I34" s="2" t="n">
-        <v>1.713000000000006</v>
+        <v>2.1540000000000075</v>
       </c>
       <c r="J34" s="2" t="n">
-        <v>1.7260000000000062</v>
+        <v>2.1380000000000075</v>
       </c>
       <c r="K34" s="2" t="n">
-        <v>1.7910000000000064</v>
+        <v>2.1590000000000074</v>
       </c>
       <c r="L34" s="2" t="n">
-        <v>3.141000000000011</v>
+        <v>3.4770000000000123</v>
       </c>
       <c r="M34" s="2" t="n">
-        <v>0.7779000000000028</v>
+        <v>1.2556000000000045</v>
       </c>
       <c r="N34" s="2" t="n">
-        <v>0.8182000000000029</v>
+        <v>1.2958000000000047</v>
       </c>
       <c r="O34" s="2" t="n">
-        <v>0.7527000000000027</v>
+        <v>1.2303000000000044</v>
       </c>
       <c r="P34" s="2" t="n">
-        <v>0.7929000000000028</v>
+        <v>1.2706000000000044</v>
       </c>
       <c r="Q34" s="2" t="n">
-        <v>0.7804000000000028</v>
+        <v>1.2580000000000044</v>
       </c>
       <c r="R34" s="2" t="n">
-        <v>0.8206000000000029</v>
+        <v>1.2983000000000047</v>
       </c>
       <c r="S34" s="2" t="n">
-        <v>0.9320000000000034</v>
+        <v>1.4090000000000051</v>
       </c>
       <c r="T34" s="2" t="n">
-        <v>0.7779000000000028</v>
+        <v>1.2556000000000045</v>
       </c>
       <c r="U34" s="2" t="n">
-        <v>0.8182000000000029</v>
+        <v>1.2958000000000047</v>
       </c>
       <c r="V34" s="2" t="n">
-        <v>0.9360000000000034</v>
+        <v>1.414000000000005</v>
       </c>
       <c r="W34" s="2" t="n">
-        <v>0.8974000000000032</v>
+        <v>1.6510000000000058</v>
       </c>
       <c r="X34" s="2" t="n">
-        <v>0.857200000000003</v>
+        <v>1.6107000000000058</v>
       </c>
       <c r="Y34" s="2" t="n">
-        <v>1.0110000000000035</v>
+        <v>1.7650000000000061</v>
       </c>
       <c r="Z34" s="2" t="n">
-        <v>0.9286000000000033</v>
+        <v>1.716500000000006</v>
       </c>
       <c r="AA34" s="2" t="n">
-        <v>0.8884000000000031</v>
+        <v>1.676200000000006</v>
       </c>
       <c r="AB34" s="2" t="n">
-        <v>1.0430000000000037</v>
+        <v>1.8300000000000065</v>
       </c>
       <c r="AC34" s="2" t="n">
-        <v>0.7207000000000026</v>
+        <v>0.9173000000000032</v>
       </c>
       <c r="AD34" s="2" t="n">
-        <v>0.8107000000000029</v>
-[...2 lines deleted...]
-        <v>0.8260000000000028</v>
+        <v>1.0073000000000036</v>
+      </c>
+      <c r="AE34" s="1" t="n">
+        <v>1.0</v>
       </c>
       <c r="AF34" s="2" t="n">
-        <v>0.830700000000003</v>
+        <v>1.0507000000000037</v>
       </c>
       <c r="AG34" s="2" t="n">
-        <v>0.7407000000000027</v>
+        <v>0.9607000000000034</v>
       </c>
       <c r="AH34"/>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <cols>
-    <col min="1" max="1" width="6.03125" customWidth="true"/>
-    <col min="2" max="2" width="8.140625" customWidth="true"/>
+    <col min="1" max="1" width="6.76171875" customWidth="true"/>
+    <col min="2" max="2" width="8.890625" customWidth="true"/>
     <col min="3" max="3" width="31.28125" customWidth="true"/>
     <col min="4" max="4" width="41.72265625" customWidth="true"/>
     <col min="5" max="5" width="5.4453125" customWidth="true"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" t="inlineStr">
         <is>
           <t>Mois/Année</t>
         </is>
       </c>
       <c r="B1" t="inlineStr">
         <is>
           <t>Jour</t>
         </is>
       </c>
       <c r="C1" t="inlineStr">
         <is>
           <t>Groupe de produits</t>
         </is>
       </c>
       <c r="D1" t="inlineStr">
         <is>
           <t>Produit</t>
         </is>
       </c>
       <c r="E1" t="inlineStr">
         <is>
           <t>Prix TVA incl.</t>
         </is>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="inlineStr">
         <is>
-          <t>JAN26</t>
+          <t>FEB26</t>
         </is>
       </c>
       <c r="B2" t="inlineStr">
         <is>
-          <t>11JAN26</t>
+          <t>26FEB26</t>
         </is>
       </c>
       <c r="C2" t="inlineStr">
         <is>
           <t>Essences</t>
         </is>
       </c>
       <c r="D2" t="inlineStr">
         <is>
           <t>Essence 95 RON E5 (€/L)</t>
         </is>
       </c>
       <c r="E2" s="2" t="n">
-        <v>1.5870000000000055</v>
+        <v>1.6460000000000057</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="inlineStr">
         <is>
-          <t>JAN26</t>
+          <t>FEB26</t>
         </is>
       </c>
       <c r="B3" t="inlineStr">
         <is>
-          <t>11JAN26</t>
+          <t>26FEB26</t>
         </is>
       </c>
       <c r="C3" t="inlineStr">
         <is>
           <t>Essences</t>
         </is>
       </c>
       <c r="D3" t="inlineStr">
         <is>
           <t>Essence 95 RON E10 (€/L)</t>
         </is>
       </c>
       <c r="E3" s="2" t="n">
-        <v>1.5730000000000055</v>
+        <v>1.6340000000000057</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="inlineStr">
         <is>
-          <t>JAN26</t>
+          <t>FEB26</t>
         </is>
       </c>
       <c r="B4" t="inlineStr">
         <is>
-          <t>11JAN26</t>
+          <t>26FEB26</t>
         </is>
       </c>
       <c r="C4" t="inlineStr">
         <is>
           <t>Essences</t>
         </is>
       </c>
       <c r="D4" t="inlineStr">
         <is>
           <t>Essence 98 RON E5 (€/L)</t>
         </is>
       </c>
       <c r="E4" s="2" t="n">
-        <v>1.665000000000006</v>
+        <v>1.7230000000000063</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="inlineStr">
         <is>
-          <t>JAN26</t>
+          <t>FEB26</t>
         </is>
       </c>
       <c r="B5" t="inlineStr">
         <is>
-          <t>11JAN26</t>
+          <t>26FEB26</t>
         </is>
       </c>
       <c r="C5" t="inlineStr">
         <is>
           <t>Essences</t>
         </is>
       </c>
       <c r="D5" t="inlineStr">
         <is>
           <t>Essence 98 RON E10 (€/L)</t>
         </is>
       </c>
       <c r="E5" s="2" t="n">
-        <v>1.662000000000006</v>
+        <v>1.7190000000000063</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="inlineStr">
         <is>
-          <t>JAN26</t>
+          <t>FEB26</t>
         </is>
       </c>
       <c r="B6" t="inlineStr">
         <is>
-          <t>11JAN26</t>
+          <t>26FEB26</t>
         </is>
       </c>
       <c r="C6" t="inlineStr">
         <is>
           <t>Gasoil Diesel routier</t>
         </is>
       </c>
       <c r="D6" t="inlineStr">
         <is>
           <t>Diesel B7 (€/L)</t>
         </is>
       </c>
       <c r="E6" s="2" t="n">
-        <v>1.688000000000006</v>
+        <v>1.7580000000000062</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="inlineStr">
         <is>
-          <t>JAN26</t>
+          <t>FEB26</t>
         </is>
       </c>
       <c r="B7" t="inlineStr">
         <is>
-          <t>11JAN26</t>
+          <t>26FEB26</t>
         </is>
       </c>
       <c r="C7" t="inlineStr">
         <is>
           <t>Gasoil Diesel routier</t>
         </is>
       </c>
       <c r="D7" t="inlineStr">
         <is>
           <t>Diesel B10 (€/L)</t>
         </is>
       </c>
       <c r="E7" s="2" t="n">
-        <v>1.681000000000006</v>
+        <v>1.751000000000006</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="inlineStr">
         <is>
-          <t>JAN26</t>
+          <t>FEB26</t>
         </is>
       </c>
       <c r="B8" t="inlineStr">
         <is>
-          <t>11JAN26</t>
+          <t>26FEB26</t>
         </is>
       </c>
       <c r="C8" t="inlineStr">
         <is>
           <t>Gasoil Diesel routier</t>
         </is>
       </c>
       <c r="D8" t="inlineStr">
         <is>
           <t>Diesel B20 (€/L)</t>
         </is>
       </c>
       <c r="E8" s="2" t="n">
-        <v>1.697000000000006</v>
+        <v>1.7630000000000061</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="inlineStr">
         <is>
-          <t>JAN26</t>
+          <t>FEB26</t>
         </is>
       </c>
       <c r="B9" t="inlineStr">
         <is>
-          <t>11JAN26</t>
+          <t>26FEB26</t>
         </is>
       </c>
       <c r="C9" t="inlineStr">
         <is>
           <t>Gasoil Diesel routier</t>
         </is>
       </c>
       <c r="D9" t="inlineStr">
         <is>
           <t>Diesel B30 (€/L)</t>
         </is>
       </c>
       <c r="E9" s="2" t="n">
-        <v>1.7760000000000062</v>
+        <v>1.8300000000000065</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="inlineStr">
         <is>
-          <t>JAN26</t>
+          <t>FEB26</t>
         </is>
       </c>
       <c r="B10" t="inlineStr">
         <is>
-          <t>11JAN26</t>
+          <t>26FEB26</t>
         </is>
       </c>
       <c r="C10" t="inlineStr">
         <is>
           <t>Gasoil Diesel routier</t>
         </is>
       </c>
       <c r="D10" t="inlineStr">
         <is>
           <t>Diesel XTL (€/L)</t>
         </is>
       </c>
       <c r="E10" s="2" t="n">
-        <v>3.364000000000012</v>
+        <v>3.2900000000000116</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="inlineStr">
         <is>
-          <t>JAN26</t>
+          <t>FEB26</t>
         </is>
       </c>
       <c r="B11" t="inlineStr">
         <is>
-          <t>11JAN26</t>
+          <t>26FEB26</t>
         </is>
       </c>
       <c r="C11" t="inlineStr">
         <is>
           <t>Gasoil Diesel (application chauffage)</t>
         </is>
       </c>
       <c r="D11" t="inlineStr">
         <is>
           <t>Gasoil Diesel Chauffage (à partir de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E11" s="2" t="n">
-        <v>0.7142000000000025</v>
+        <v>0.8163000000000029</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="inlineStr">
         <is>
-          <t>JAN26</t>
+          <t>FEB26</t>
         </is>
       </c>
       <c r="B12" t="inlineStr">
         <is>
-          <t>11JAN26</t>
+          <t>26FEB26</t>
         </is>
       </c>
       <c r="C12" t="inlineStr">
         <is>
           <t>Gasoil Diesel (application chauffage)</t>
         </is>
       </c>
       <c r="D12" t="inlineStr">
         <is>
           <t>Gasoil Diesel Chauffage (moins de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E12" s="2" t="n">
-        <v>0.7545000000000026</v>
+        <v>0.856600000000003</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="inlineStr">
         <is>
-          <t>JAN26</t>
+          <t>FEB26</t>
         </is>
       </c>
       <c r="B13" t="inlineStr">
         <is>
-          <t>11JAN26</t>
+          <t>26FEB26</t>
         </is>
       </c>
       <c r="C13" t="inlineStr">
         <is>
           <t>Gasoil Diesel (application agriculture)</t>
         </is>
       </c>
       <c r="D13" t="inlineStr">
         <is>
           <t>Gasoil Diesel Agriculture (à partir de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E13" s="2" t="n">
-        <v>0.6890000000000024</v>
+        <v>0.7911000000000028</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="inlineStr">
         <is>
-          <t>JAN26</t>
+          <t>FEB26</t>
         </is>
       </c>
       <c r="B14" t="inlineStr">
         <is>
-          <t>11JAN26</t>
+          <t>26FEB26</t>
         </is>
       </c>
       <c r="C14" t="inlineStr">
         <is>
           <t>Gasoil Diesel (application agriculture)</t>
         </is>
       </c>
       <c r="D14" t="inlineStr">
         <is>
           <t>Gasoil Diesel Agriculture (moins de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E14" s="2" t="n">
-        <v>0.7292000000000025</v>
+        <v>0.831300000000003</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="inlineStr">
         <is>
-          <t>JAN26</t>
+          <t>FEB26</t>
         </is>
       </c>
       <c r="B15" t="inlineStr">
         <is>
-          <t>11JAN26</t>
+          <t>26FEB26</t>
         </is>
       </c>
       <c r="C15" t="inlineStr">
         <is>
           <t>Gasoil Diesel (application I&amp;C)</t>
         </is>
       </c>
       <c r="D15" t="inlineStr">
         <is>
           <t>Gasoil Diesel I&amp;C (à partir de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E15" s="2" t="n">
-        <v>0.7167000000000026</v>
+        <v>0.8188000000000029</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="inlineStr">
         <is>
-          <t>JAN26</t>
+          <t>FEB26</t>
         </is>
       </c>
       <c r="B16" t="inlineStr">
         <is>
-          <t>11JAN26</t>
+          <t>26FEB26</t>
         </is>
       </c>
       <c r="C16" t="inlineStr">
         <is>
           <t>Gasoil Diesel (application I&amp;C)</t>
         </is>
       </c>
       <c r="D16" t="inlineStr">
         <is>
           <t>Gasoil Diesel I&amp;C (moins de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E16" s="2" t="n">
-        <v>0.7569000000000027</v>
+        <v>0.859000000000003</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="inlineStr">
         <is>
-          <t>JAN26</t>
+          <t>FEB26</t>
         </is>
       </c>
       <c r="B17" t="inlineStr">
         <is>
-          <t>11JAN26</t>
+          <t>26FEB26</t>
         </is>
       </c>
       <c r="C17" t="inlineStr">
         <is>
           <t>Gasoil Diesel (application I&amp;C)</t>
         </is>
       </c>
       <c r="D17" t="inlineStr">
         <is>
           <t>Gasoil Diesel I&amp;C (à la pompe) (€/L)</t>
         </is>
       </c>
       <c r="E17" s="2" t="n">
-        <v>0.8680000000000031</v>
+        <v>0.9700000000000034</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="inlineStr">
         <is>
-          <t>JAN26</t>
+          <t>FEB26</t>
         </is>
       </c>
       <c r="B18" t="inlineStr">
         <is>
-          <t>11JAN26</t>
+          <t>26FEB26</t>
         </is>
       </c>
       <c r="C18" t="inlineStr">
         <is>
           <t>Gasoil de chauffage</t>
         </is>
       </c>
       <c r="D18" t="inlineStr">
         <is>
           <t>Gasoil chauffage (H0/H7) (à partir de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E18" s="2" t="n">
-        <v>0.7142000000000025</v>
+        <v>0.8163000000000029</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="inlineStr">
         <is>
-          <t>JAN26</t>
+          <t>FEB26</t>
         </is>
       </c>
       <c r="B19" t="inlineStr">
         <is>
-          <t>11JAN26</t>
+          <t>26FEB26</t>
         </is>
       </c>
       <c r="C19" t="inlineStr">
         <is>
           <t>Gasoil de chauffage</t>
         </is>
       </c>
       <c r="D19" t="inlineStr">
         <is>
           <t>Gasoil chauffage (H0/H7) (moins de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E19" s="2" t="n">
-        <v>0.7545000000000026</v>
+        <v>0.856600000000003</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="inlineStr">
         <is>
-          <t>JAN26</t>
+          <t>FEB26</t>
         </is>
       </c>
       <c r="B20" t="inlineStr">
         <is>
-          <t>11JAN26</t>
+          <t>26FEB26</t>
         </is>
       </c>
       <c r="C20" t="inlineStr">
         <is>
           <t>Gasoil de chauffage</t>
         </is>
       </c>
       <c r="D20" t="inlineStr">
         <is>
           <t>Gasoil chauffage (H0/H7) (à la pompe) (€/L)</t>
         </is>
       </c>
       <c r="E20" s="2" t="n">
-        <v>0.8720000000000031</v>
+        <v>0.9740000000000034</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="inlineStr">
         <is>
-          <t>JAN26</t>
+          <t>FEB26</t>
         </is>
       </c>
       <c r="B21" t="inlineStr">
         <is>
-          <t>11JAN26</t>
+          <t>26FEB26</t>
         </is>
       </c>
       <c r="C21" t="inlineStr">
         <is>
           <t>Pétrole lampant</t>
         </is>
       </c>
       <c r="D21" t="inlineStr">
         <is>
           <t>Petrole lampant type B (moins de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E21" s="2" t="n">
-        <v>0.852500000000003</v>
+        <v>0.9453000000000034</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="inlineStr">
         <is>
-          <t>JAN26</t>
+          <t>FEB26</t>
         </is>
       </c>
       <c r="B22" t="inlineStr">
         <is>
-          <t>11JAN26</t>
+          <t>26FEB26</t>
         </is>
       </c>
       <c r="C22" t="inlineStr">
         <is>
           <t>Pétrole lampant</t>
         </is>
       </c>
       <c r="D22" t="inlineStr">
         <is>
           <t>Petrole lampant type B (à partir de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E22" s="2" t="n">
-        <v>0.8123000000000029</v>
+        <v>0.9051000000000032</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="inlineStr">
         <is>
-          <t>JAN26</t>
+          <t>FEB26</t>
         </is>
       </c>
       <c r="B23" t="inlineStr">
         <is>
-          <t>11JAN26</t>
+          <t>26FEB26</t>
         </is>
       </c>
       <c r="C23" t="inlineStr">
         <is>
           <t>Pétrole lampant</t>
         </is>
       </c>
       <c r="D23" t="inlineStr">
         <is>
           <t>Petrole lampant type B (à la pompe) (€/L)</t>
         </is>
       </c>
       <c r="E23" s="2" t="n">
-        <v>0.9660000000000034</v>
+        <v>1.0590000000000037</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="inlineStr">
         <is>
-          <t>JAN26</t>
+          <t>FEB26</t>
         </is>
       </c>
       <c r="B24" t="inlineStr">
         <is>
-          <t>11JAN26</t>
+          <t>26FEB26</t>
         </is>
       </c>
       <c r="C24" t="inlineStr">
         <is>
           <t>Pétrole lampant</t>
         </is>
       </c>
       <c r="D24" t="inlineStr">
         <is>
           <t>Petrole lampant type C (moins de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E24" s="2" t="n">
-        <v>0.8817000000000031</v>
+        <v>0.9788000000000034</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="inlineStr">
         <is>
-          <t>JAN26</t>
+          <t>FEB26</t>
         </is>
       </c>
       <c r="B25" t="inlineStr">
         <is>
-          <t>11JAN26</t>
+          <t>26FEB26</t>
         </is>
       </c>
       <c r="C25" t="inlineStr">
         <is>
           <t>Pétrole lampant</t>
         </is>
       </c>
       <c r="D25" t="inlineStr">
         <is>
           <t>Petrole lampant type C (à partir de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E25" s="2" t="n">
-        <v>0.841500000000003</v>
+        <v>0.9385000000000033</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="inlineStr">
         <is>
-          <t>JAN26</t>
+          <t>FEB26</t>
         </is>
       </c>
       <c r="B26" t="inlineStr">
         <is>
-          <t>11JAN26</t>
+          <t>26FEB26</t>
         </is>
       </c>
       <c r="C26" t="inlineStr">
         <is>
           <t>Pétrole lampant</t>
         </is>
       </c>
       <c r="D26" t="inlineStr">
         <is>
           <t>Petrole lampant type C (à la pompe) (€/L)</t>
         </is>
       </c>
       <c r="E26" s="2" t="n">
-        <v>0.9960000000000035</v>
+        <v>1.0930000000000037</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="inlineStr">
         <is>
-          <t>JAN26</t>
+          <t>FEB26</t>
         </is>
       </c>
       <c r="B27" t="inlineStr">
         <is>
-          <t>11JAN26</t>
+          <t>26FEB26</t>
         </is>
       </c>
       <c r="C27" t="inlineStr">
         <is>
           <t>Propane</t>
         </is>
       </c>
       <c r="D27" t="inlineStr">
         <is>
           <t>Propane en vrac (à partir de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E27" s="2" t="n">
-        <v>0.6914000000000025</v>
+        <v>0.7385000000000027</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="inlineStr">
         <is>
-          <t>JAN26</t>
+          <t>FEB26</t>
         </is>
       </c>
       <c r="B28" t="inlineStr">
         <is>
-          <t>11JAN26</t>
+          <t>26FEB26</t>
         </is>
       </c>
       <c r="C28" t="inlineStr">
         <is>
           <t>Propane</t>
         </is>
       </c>
       <c r="D28" t="inlineStr">
         <is>
           <t>Propane en vrac (moins de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E28" s="2" t="n">
-        <v>0.7815000000000027</v>
+        <v>0.828600000000003</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="inlineStr">
         <is>
-          <t>JAN26</t>
+          <t>FEB26</t>
         </is>
       </c>
       <c r="B29" t="inlineStr">
         <is>
-          <t>11JAN26</t>
+          <t>26FEB26</t>
         </is>
       </c>
       <c r="C29" t="inlineStr">
         <is>
           <t>Butane + LPG</t>
         </is>
       </c>
       <c r="D29" t="inlineStr">
         <is>
           <t>Autogas LPG (à la pompe) (€/L)</t>
         </is>
       </c>
       <c r="E29" s="2" t="n">
-        <v>0.830000000000003</v>
+        <v>0.851000000000003</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="inlineStr">
         <is>
-          <t>JAN26</t>
+          <t>FEB26</t>
         </is>
       </c>
       <c r="B30" t="inlineStr">
         <is>
-          <t>11JAN26</t>
+          <t>26FEB26</t>
         </is>
       </c>
       <c r="C30" t="inlineStr">
         <is>
           <t>Butane + LPG</t>
         </is>
       </c>
       <c r="D30" t="inlineStr">
         <is>
           <t>Autogas LPG (moins de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E30" s="2" t="n">
-        <v>0.8131000000000029</v>
+        <v>0.848600000000003</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="inlineStr">
         <is>
-          <t>JAN26</t>
+          <t>FEB26</t>
         </is>
       </c>
       <c r="B31" t="inlineStr">
         <is>
-          <t>11JAN26</t>
+          <t>26FEB26</t>
         </is>
       </c>
       <c r="C31" t="inlineStr">
         <is>
           <t>Butane + LPG</t>
         </is>
       </c>
       <c r="D31" t="inlineStr">
         <is>
           <t>Autogas LPG (à partir de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E31" s="2" t="n">
-        <v>0.7231000000000025</v>
+        <v>0.7586000000000027</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="inlineStr">
         <is>
-          <t>JAN26</t>
+          <t>FEB26</t>
         </is>
       </c>
       <c r="B32" t="inlineStr">
         <is>
-          <t>11JAN26</t>
+          <t>26FEB26</t>
         </is>
       </c>
       <c r="C32" t="inlineStr">
         <is>
           <t>Fuel Oil</t>
         </is>
       </c>
       <c r="D32" t="inlineStr">
         <is>
           <t>Fuel oil extra lourd 1% S (en camion citerne) (€/T)</t>
         </is>
       </c>
       <c r="E32"/>
     </row>
     <row r="33">
       <c r="A33" t="inlineStr">
         <is>
-          <t>JAN26</t>
+          <t>FEB26</t>
         </is>
       </c>
       <c r="B33" t="inlineStr">
         <is>
-          <t>12JAN26</t>
+          <t>27FEB26</t>
         </is>
       </c>
       <c r="C33" t="inlineStr">
         <is>
           <t>Essences</t>
         </is>
       </c>
       <c r="D33" t="inlineStr">
         <is>
           <t>Essence 95 RON E5 (€/L)</t>
         </is>
       </c>
       <c r="E33" s="2" t="n">
-        <v>1.5870000000000055</v>
+        <v>1.6460000000000057</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" t="inlineStr">
         <is>
-          <t>JAN26</t>
+          <t>FEB26</t>
         </is>
       </c>
       <c r="B34" t="inlineStr">
         <is>
-          <t>12JAN26</t>
+          <t>27FEB26</t>
         </is>
       </c>
       <c r="C34" t="inlineStr">
         <is>
           <t>Essences</t>
         </is>
       </c>
       <c r="D34" t="inlineStr">
         <is>
           <t>Essence 95 RON E10 (€/L)</t>
         </is>
       </c>
       <c r="E34" s="2" t="n">
-        <v>1.5730000000000055</v>
+        <v>1.6340000000000057</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" t="inlineStr">
         <is>
-          <t>JAN26</t>
+          <t>FEB26</t>
         </is>
       </c>
       <c r="B35" t="inlineStr">
         <is>
-          <t>12JAN26</t>
+          <t>27FEB26</t>
         </is>
       </c>
       <c r="C35" t="inlineStr">
         <is>
           <t>Essences</t>
         </is>
       </c>
       <c r="D35" t="inlineStr">
         <is>
           <t>Essence 98 RON E5 (€/L)</t>
         </is>
       </c>
       <c r="E35" s="2" t="n">
-        <v>1.665000000000006</v>
+        <v>1.7230000000000063</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" t="inlineStr">
         <is>
-          <t>JAN26</t>
+          <t>FEB26</t>
         </is>
       </c>
       <c r="B36" t="inlineStr">
         <is>
-          <t>12JAN26</t>
+          <t>27FEB26</t>
         </is>
       </c>
       <c r="C36" t="inlineStr">
         <is>
           <t>Essences</t>
         </is>
       </c>
       <c r="D36" t="inlineStr">
         <is>
           <t>Essence 98 RON E10 (€/L)</t>
         </is>
       </c>
       <c r="E36" s="2" t="n">
-        <v>1.662000000000006</v>
+        <v>1.7190000000000063</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" t="inlineStr">
         <is>
-          <t>JAN26</t>
+          <t>FEB26</t>
         </is>
       </c>
       <c r="B37" t="inlineStr">
         <is>
-          <t>12JAN26</t>
+          <t>27FEB26</t>
         </is>
       </c>
       <c r="C37" t="inlineStr">
         <is>
           <t>Gasoil Diesel routier</t>
         </is>
       </c>
       <c r="D37" t="inlineStr">
         <is>
           <t>Diesel B7 (€/L)</t>
         </is>
       </c>
       <c r="E37" s="2" t="n">
-        <v>1.688000000000006</v>
+        <v>1.7580000000000062</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" t="inlineStr">
         <is>
-          <t>JAN26</t>
+          <t>FEB26</t>
         </is>
       </c>
       <c r="B38" t="inlineStr">
         <is>
-          <t>12JAN26</t>
+          <t>27FEB26</t>
         </is>
       </c>
       <c r="C38" t="inlineStr">
         <is>
           <t>Gasoil Diesel routier</t>
         </is>
       </c>
       <c r="D38" t="inlineStr">
         <is>
           <t>Diesel B10 (€/L)</t>
         </is>
       </c>
       <c r="E38" s="2" t="n">
-        <v>1.681000000000006</v>
+        <v>1.751000000000006</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" t="inlineStr">
         <is>
-          <t>JAN26</t>
+          <t>FEB26</t>
         </is>
       </c>
       <c r="B39" t="inlineStr">
         <is>
-          <t>12JAN26</t>
+          <t>27FEB26</t>
         </is>
       </c>
       <c r="C39" t="inlineStr">
         <is>
           <t>Gasoil Diesel routier</t>
         </is>
       </c>
       <c r="D39" t="inlineStr">
         <is>
           <t>Diesel B20 (€/L)</t>
         </is>
       </c>
       <c r="E39" s="2" t="n">
-        <v>1.697000000000006</v>
+        <v>1.7630000000000061</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" t="inlineStr">
         <is>
-          <t>JAN26</t>
+          <t>FEB26</t>
         </is>
       </c>
       <c r="B40" t="inlineStr">
         <is>
-          <t>12JAN26</t>
+          <t>27FEB26</t>
         </is>
       </c>
       <c r="C40" t="inlineStr">
         <is>
           <t>Gasoil Diesel routier</t>
         </is>
       </c>
       <c r="D40" t="inlineStr">
         <is>
           <t>Diesel B30 (€/L)</t>
         </is>
       </c>
       <c r="E40" s="2" t="n">
-        <v>1.7760000000000062</v>
+        <v>1.8300000000000065</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" t="inlineStr">
         <is>
-          <t>JAN26</t>
+          <t>FEB26</t>
         </is>
       </c>
       <c r="B41" t="inlineStr">
         <is>
-          <t>12JAN26</t>
+          <t>27FEB26</t>
         </is>
       </c>
       <c r="C41" t="inlineStr">
         <is>
           <t>Gasoil Diesel routier</t>
         </is>
       </c>
       <c r="D41" t="inlineStr">
         <is>
           <t>Diesel XTL (€/L)</t>
         </is>
       </c>
       <c r="E41" s="2" t="n">
-        <v>3.364000000000012</v>
+        <v>3.2900000000000116</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" t="inlineStr">
         <is>
-          <t>JAN26</t>
+          <t>FEB26</t>
         </is>
       </c>
       <c r="B42" t="inlineStr">
         <is>
-          <t>12JAN26</t>
+          <t>27FEB26</t>
         </is>
       </c>
       <c r="C42" t="inlineStr">
         <is>
           <t>Gasoil Diesel (application chauffage)</t>
         </is>
       </c>
       <c r="D42" t="inlineStr">
         <is>
           <t>Gasoil Diesel Chauffage (à partir de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E42" s="2" t="n">
-        <v>0.7142000000000025</v>
+        <v>0.8142000000000029</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" t="inlineStr">
         <is>
-          <t>JAN26</t>
+          <t>FEB26</t>
         </is>
       </c>
       <c r="B43" t="inlineStr">
         <is>
-          <t>12JAN26</t>
+          <t>27FEB26</t>
         </is>
       </c>
       <c r="C43" t="inlineStr">
         <is>
           <t>Gasoil Diesel (application chauffage)</t>
         </is>
       </c>
       <c r="D43" t="inlineStr">
         <is>
           <t>Gasoil Diesel Chauffage (moins de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E43" s="2" t="n">
-        <v>0.7545000000000026</v>
+        <v>0.854500000000003</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" t="inlineStr">
         <is>
-          <t>JAN26</t>
+          <t>FEB26</t>
         </is>
       </c>
       <c r="B44" t="inlineStr">
         <is>
-          <t>12JAN26</t>
+          <t>27FEB26</t>
         </is>
       </c>
       <c r="C44" t="inlineStr">
         <is>
           <t>Gasoil Diesel (application agriculture)</t>
         </is>
       </c>
       <c r="D44" t="inlineStr">
         <is>
           <t>Gasoil Diesel Agriculture (à partir de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E44" s="2" t="n">
-        <v>0.6890000000000024</v>
+        <v>0.7890000000000028</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" t="inlineStr">
         <is>
-          <t>JAN26</t>
+          <t>FEB26</t>
         </is>
       </c>
       <c r="B45" t="inlineStr">
         <is>
-          <t>12JAN26</t>
+          <t>27FEB26</t>
         </is>
       </c>
       <c r="C45" t="inlineStr">
         <is>
           <t>Gasoil Diesel (application agriculture)</t>
         </is>
       </c>
       <c r="D45" t="inlineStr">
         <is>
           <t>Gasoil Diesel Agriculture (moins de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E45" s="2" t="n">
-        <v>0.7292000000000025</v>
+        <v>0.829200000000003</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" t="inlineStr">
         <is>
-          <t>JAN26</t>
+          <t>FEB26</t>
         </is>
       </c>
       <c r="B46" t="inlineStr">
         <is>
-          <t>12JAN26</t>
+          <t>27FEB26</t>
         </is>
       </c>
       <c r="C46" t="inlineStr">
         <is>
           <t>Gasoil Diesel (application I&amp;C)</t>
         </is>
       </c>
       <c r="D46" t="inlineStr">
         <is>
           <t>Gasoil Diesel I&amp;C (à partir de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E46" s="2" t="n">
-        <v>0.7167000000000026</v>
+        <v>0.8167000000000029</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" t="inlineStr">
         <is>
-          <t>JAN26</t>
+          <t>FEB26</t>
         </is>
       </c>
       <c r="B47" t="inlineStr">
         <is>
-          <t>12JAN26</t>
+          <t>27FEB26</t>
         </is>
       </c>
       <c r="C47" t="inlineStr">
         <is>
           <t>Gasoil Diesel (application I&amp;C)</t>
         </is>
       </c>
       <c r="D47" t="inlineStr">
         <is>
           <t>Gasoil Diesel I&amp;C (moins de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E47" s="2" t="n">
-        <v>0.7569000000000027</v>
+        <v>0.856900000000003</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" t="inlineStr">
         <is>
-          <t>JAN26</t>
+          <t>FEB26</t>
         </is>
       </c>
       <c r="B48" t="inlineStr">
         <is>
-          <t>12JAN26</t>
+          <t>27FEB26</t>
         </is>
       </c>
       <c r="C48" t="inlineStr">
         <is>
           <t>Gasoil Diesel (application I&amp;C)</t>
         </is>
       </c>
       <c r="D48" t="inlineStr">
         <is>
           <t>Gasoil Diesel I&amp;C (à la pompe) (€/L)</t>
         </is>
       </c>
       <c r="E48" s="2" t="n">
-        <v>0.8680000000000031</v>
+        <v>0.9680000000000034</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" t="inlineStr">
         <is>
-          <t>JAN26</t>
+          <t>FEB26</t>
         </is>
       </c>
       <c r="B49" t="inlineStr">
         <is>
-          <t>12JAN26</t>
+          <t>27FEB26</t>
         </is>
       </c>
       <c r="C49" t="inlineStr">
         <is>
           <t>Gasoil de chauffage</t>
         </is>
       </c>
       <c r="D49" t="inlineStr">
         <is>
           <t>Gasoil chauffage (H0/H7) (à partir de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E49" s="2" t="n">
-        <v>0.7142000000000025</v>
+        <v>0.8142000000000029</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" t="inlineStr">
         <is>
-          <t>JAN26</t>
+          <t>FEB26</t>
         </is>
       </c>
       <c r="B50" t="inlineStr">
         <is>
-          <t>12JAN26</t>
+          <t>27FEB26</t>
         </is>
       </c>
       <c r="C50" t="inlineStr">
         <is>
           <t>Gasoil de chauffage</t>
         </is>
       </c>
       <c r="D50" t="inlineStr">
         <is>
           <t>Gasoil chauffage (H0/H7) (moins de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E50" s="2" t="n">
-        <v>0.7545000000000026</v>
+        <v>0.854500000000003</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" t="inlineStr">
         <is>
-          <t>JAN26</t>
+          <t>FEB26</t>
         </is>
       </c>
       <c r="B51" t="inlineStr">
         <is>
-          <t>12JAN26</t>
+          <t>27FEB26</t>
         </is>
       </c>
       <c r="C51" t="inlineStr">
         <is>
           <t>Gasoil de chauffage</t>
         </is>
       </c>
       <c r="D51" t="inlineStr">
         <is>
           <t>Gasoil chauffage (H0/H7) (à la pompe) (€/L)</t>
         </is>
       </c>
       <c r="E51" s="2" t="n">
-        <v>0.8720000000000031</v>
+        <v>0.9720000000000034</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" t="inlineStr">
         <is>
-          <t>JAN26</t>
+          <t>FEB26</t>
         </is>
       </c>
       <c r="B52" t="inlineStr">
         <is>
-          <t>12JAN26</t>
+          <t>27FEB26</t>
         </is>
       </c>
       <c r="C52" t="inlineStr">
         <is>
           <t>Pétrole lampant</t>
         </is>
       </c>
       <c r="D52" t="inlineStr">
         <is>
           <t>Petrole lampant type B (moins de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E52" s="2" t="n">
-        <v>0.852500000000003</v>
+        <v>0.9453000000000034</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" t="inlineStr">
         <is>
-          <t>JAN26</t>
+          <t>FEB26</t>
         </is>
       </c>
       <c r="B53" t="inlineStr">
         <is>
-          <t>12JAN26</t>
+          <t>27FEB26</t>
         </is>
       </c>
       <c r="C53" t="inlineStr">
         <is>
           <t>Pétrole lampant</t>
         </is>
       </c>
       <c r="D53" t="inlineStr">
         <is>
           <t>Petrole lampant type B (à partir de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E53" s="2" t="n">
-        <v>0.8123000000000029</v>
+        <v>0.9051000000000032</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" t="inlineStr">
         <is>
-          <t>JAN26</t>
+          <t>FEB26</t>
         </is>
       </c>
       <c r="B54" t="inlineStr">
         <is>
-          <t>12JAN26</t>
+          <t>27FEB26</t>
         </is>
       </c>
       <c r="C54" t="inlineStr">
         <is>
           <t>Pétrole lampant</t>
         </is>
       </c>
       <c r="D54" t="inlineStr">
         <is>
           <t>Petrole lampant type B (à la pompe) (€/L)</t>
         </is>
       </c>
       <c r="E54" s="2" t="n">
-        <v>0.9660000000000034</v>
+        <v>1.0590000000000037</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" t="inlineStr">
         <is>
-          <t>JAN26</t>
+          <t>FEB26</t>
         </is>
       </c>
       <c r="B55" t="inlineStr">
         <is>
-          <t>12JAN26</t>
+          <t>27FEB26</t>
         </is>
       </c>
       <c r="C55" t="inlineStr">
         <is>
           <t>Pétrole lampant</t>
         </is>
       </c>
       <c r="D55" t="inlineStr">
         <is>
           <t>Petrole lampant type C (moins de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E55" s="2" t="n">
-        <v>0.8817000000000031</v>
+        <v>0.9788000000000034</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" t="inlineStr">
         <is>
-          <t>JAN26</t>
+          <t>FEB26</t>
         </is>
       </c>
       <c r="B56" t="inlineStr">
         <is>
-          <t>12JAN26</t>
+          <t>27FEB26</t>
         </is>
       </c>
       <c r="C56" t="inlineStr">
         <is>
           <t>Pétrole lampant</t>
         </is>
       </c>
       <c r="D56" t="inlineStr">
         <is>
           <t>Petrole lampant type C (à partir de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E56" s="2" t="n">
-        <v>0.841500000000003</v>
+        <v>0.9385000000000033</v>
       </c>
     </row>
     <row r="57">
       <c r="A57" t="inlineStr">
         <is>
-          <t>JAN26</t>
+          <t>FEB26</t>
         </is>
       </c>
       <c r="B57" t="inlineStr">
         <is>
-          <t>12JAN26</t>
+          <t>27FEB26</t>
         </is>
       </c>
       <c r="C57" t="inlineStr">
         <is>
           <t>Pétrole lampant</t>
         </is>
       </c>
       <c r="D57" t="inlineStr">
         <is>
           <t>Petrole lampant type C (à la pompe) (€/L)</t>
         </is>
       </c>
       <c r="E57" s="2" t="n">
-        <v>0.9960000000000035</v>
+        <v>1.0930000000000037</v>
       </c>
     </row>
     <row r="58">
       <c r="A58" t="inlineStr">
         <is>
-          <t>JAN26</t>
+          <t>FEB26</t>
         </is>
       </c>
       <c r="B58" t="inlineStr">
         <is>
-          <t>12JAN26</t>
+          <t>27FEB26</t>
         </is>
       </c>
       <c r="C58" t="inlineStr">
         <is>
           <t>Propane</t>
         </is>
       </c>
       <c r="D58" t="inlineStr">
         <is>
           <t>Propane en vrac (à partir de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E58" s="2" t="n">
-        <v>0.6914000000000025</v>
+        <v>0.7385000000000027</v>
       </c>
     </row>
     <row r="59">
       <c r="A59" t="inlineStr">
         <is>
-          <t>JAN26</t>
+          <t>FEB26</t>
         </is>
       </c>
       <c r="B59" t="inlineStr">
         <is>
-          <t>12JAN26</t>
+          <t>27FEB26</t>
         </is>
       </c>
       <c r="C59" t="inlineStr">
         <is>
           <t>Propane</t>
         </is>
       </c>
       <c r="D59" t="inlineStr">
         <is>
           <t>Propane en vrac (moins de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E59" s="2" t="n">
-        <v>0.7815000000000027</v>
+        <v>0.828600000000003</v>
       </c>
     </row>
     <row r="60">
       <c r="A60" t="inlineStr">
         <is>
-          <t>JAN26</t>
+          <t>FEB26</t>
         </is>
       </c>
       <c r="B60" t="inlineStr">
         <is>
-          <t>12JAN26</t>
+          <t>27FEB26</t>
         </is>
       </c>
       <c r="C60" t="inlineStr">
         <is>
           <t>Butane + LPG</t>
         </is>
       </c>
       <c r="D60" t="inlineStr">
         <is>
           <t>Autogas LPG (à la pompe) (€/L)</t>
         </is>
       </c>
       <c r="E60" s="2" t="n">
-        <v>0.830000000000003</v>
+        <v>0.851000000000003</v>
       </c>
     </row>
     <row r="61">
       <c r="A61" t="inlineStr">
         <is>
-          <t>JAN26</t>
+          <t>FEB26</t>
         </is>
       </c>
       <c r="B61" t="inlineStr">
         <is>
-          <t>12JAN26</t>
+          <t>27FEB26</t>
         </is>
       </c>
       <c r="C61" t="inlineStr">
         <is>
           <t>Butane + LPG</t>
         </is>
       </c>
       <c r="D61" t="inlineStr">
         <is>
           <t>Autogas LPG (moins de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E61" s="2" t="n">
-        <v>0.8131000000000029</v>
+        <v>0.848600000000003</v>
       </c>
     </row>
     <row r="62">
       <c r="A62" t="inlineStr">
         <is>
-          <t>JAN26</t>
+          <t>FEB26</t>
         </is>
       </c>
       <c r="B62" t="inlineStr">
         <is>
-          <t>12JAN26</t>
+          <t>27FEB26</t>
         </is>
       </c>
       <c r="C62" t="inlineStr">
         <is>
           <t>Butane + LPG</t>
         </is>
       </c>
       <c r="D62" t="inlineStr">
         <is>
           <t>Autogas LPG (à partir de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E62" s="2" t="n">
-        <v>0.7231000000000025</v>
+        <v>0.7586000000000027</v>
       </c>
     </row>
     <row r="63">
       <c r="A63" t="inlineStr">
         <is>
-          <t>JAN26</t>
+          <t>FEB26</t>
         </is>
       </c>
       <c r="B63" t="inlineStr">
         <is>
-          <t>12JAN26</t>
+          <t>27FEB26</t>
         </is>
       </c>
       <c r="C63" t="inlineStr">
         <is>
           <t>Fuel Oil</t>
         </is>
       </c>
       <c r="D63" t="inlineStr">
         <is>
           <t>Fuel oil extra lourd 1% S (en camion citerne) (€/T)</t>
         </is>
       </c>
       <c r="E63"/>
     </row>
     <row r="64">
       <c r="A64" t="inlineStr">
         <is>
-          <t>JAN26</t>
+          <t>FEB26</t>
         </is>
       </c>
       <c r="B64" t="inlineStr">
         <is>
-          <t>13JAN26</t>
+          <t>28FEB26</t>
         </is>
       </c>
       <c r="C64" t="inlineStr">
         <is>
           <t>Essences</t>
         </is>
       </c>
       <c r="D64" t="inlineStr">
         <is>
           <t>Essence 95 RON E5 (€/L)</t>
         </is>
       </c>
       <c r="E64" s="2" t="n">
-        <v>1.5870000000000055</v>
+        <v>1.6460000000000057</v>
       </c>
     </row>
     <row r="65">
       <c r="A65" t="inlineStr">
         <is>
-          <t>JAN26</t>
+          <t>FEB26</t>
         </is>
       </c>
       <c r="B65" t="inlineStr">
         <is>
-          <t>13JAN26</t>
+          <t>28FEB26</t>
         </is>
       </c>
       <c r="C65" t="inlineStr">
         <is>
           <t>Essences</t>
         </is>
       </c>
       <c r="D65" t="inlineStr">
         <is>
           <t>Essence 95 RON E10 (€/L)</t>
         </is>
       </c>
       <c r="E65" s="2" t="n">
-        <v>1.5730000000000055</v>
+        <v>1.6340000000000057</v>
       </c>
     </row>
     <row r="66">
       <c r="A66" t="inlineStr">
         <is>
-          <t>JAN26</t>
+          <t>FEB26</t>
         </is>
       </c>
       <c r="B66" t="inlineStr">
         <is>
-          <t>13JAN26</t>
+          <t>28FEB26</t>
         </is>
       </c>
       <c r="C66" t="inlineStr">
         <is>
           <t>Essences</t>
         </is>
       </c>
       <c r="D66" t="inlineStr">
         <is>
           <t>Essence 98 RON E5 (€/L)</t>
         </is>
       </c>
       <c r="E66" s="2" t="n">
-        <v>1.665000000000006</v>
+        <v>1.7230000000000063</v>
       </c>
     </row>
     <row r="67">
       <c r="A67" t="inlineStr">
         <is>
-          <t>JAN26</t>
+          <t>FEB26</t>
         </is>
       </c>
       <c r="B67" t="inlineStr">
         <is>
-          <t>13JAN26</t>
+          <t>28FEB26</t>
         </is>
       </c>
       <c r="C67" t="inlineStr">
         <is>
           <t>Essences</t>
         </is>
       </c>
       <c r="D67" t="inlineStr">
         <is>
           <t>Essence 98 RON E10 (€/L)</t>
         </is>
       </c>
       <c r="E67" s="2" t="n">
-        <v>1.662000000000006</v>
+        <v>1.7190000000000063</v>
       </c>
     </row>
     <row r="68">
       <c r="A68" t="inlineStr">
         <is>
-          <t>JAN26</t>
+          <t>FEB26</t>
         </is>
       </c>
       <c r="B68" t="inlineStr">
         <is>
-          <t>13JAN26</t>
+          <t>28FEB26</t>
         </is>
       </c>
       <c r="C68" t="inlineStr">
         <is>
           <t>Gasoil Diesel routier</t>
         </is>
       </c>
       <c r="D68" t="inlineStr">
         <is>
           <t>Diesel B7 (€/L)</t>
         </is>
       </c>
       <c r="E68" s="2" t="n">
-        <v>1.688000000000006</v>
+        <v>1.7580000000000062</v>
       </c>
     </row>
     <row r="69">
       <c r="A69" t="inlineStr">
         <is>
-          <t>JAN26</t>
+          <t>FEB26</t>
         </is>
       </c>
       <c r="B69" t="inlineStr">
         <is>
-          <t>13JAN26</t>
+          <t>28FEB26</t>
         </is>
       </c>
       <c r="C69" t="inlineStr">
         <is>
           <t>Gasoil Diesel routier</t>
         </is>
       </c>
       <c r="D69" t="inlineStr">
         <is>
           <t>Diesel B10 (€/L)</t>
         </is>
       </c>
       <c r="E69" s="2" t="n">
-        <v>1.681000000000006</v>
+        <v>1.751000000000006</v>
       </c>
     </row>
     <row r="70">
       <c r="A70" t="inlineStr">
         <is>
-          <t>JAN26</t>
+          <t>FEB26</t>
         </is>
       </c>
       <c r="B70" t="inlineStr">
         <is>
-          <t>13JAN26</t>
+          <t>28FEB26</t>
         </is>
       </c>
       <c r="C70" t="inlineStr">
         <is>
           <t>Gasoil Diesel routier</t>
         </is>
       </c>
       <c r="D70" t="inlineStr">
         <is>
           <t>Diesel B20 (€/L)</t>
         </is>
       </c>
       <c r="E70" s="2" t="n">
-        <v>1.697000000000006</v>
+        <v>1.7630000000000061</v>
       </c>
     </row>
     <row r="71">
       <c r="A71" t="inlineStr">
         <is>
-          <t>JAN26</t>
+          <t>FEB26</t>
         </is>
       </c>
       <c r="B71" t="inlineStr">
         <is>
-          <t>13JAN26</t>
+          <t>28FEB26</t>
         </is>
       </c>
       <c r="C71" t="inlineStr">
         <is>
           <t>Gasoil Diesel routier</t>
         </is>
       </c>
       <c r="D71" t="inlineStr">
         <is>
           <t>Diesel B30 (€/L)</t>
         </is>
       </c>
       <c r="E71" s="2" t="n">
-        <v>1.7760000000000062</v>
+        <v>1.8300000000000065</v>
       </c>
     </row>
     <row r="72">
       <c r="A72" t="inlineStr">
         <is>
-          <t>JAN26</t>
+          <t>FEB26</t>
         </is>
       </c>
       <c r="B72" t="inlineStr">
         <is>
-          <t>13JAN26</t>
+          <t>28FEB26</t>
         </is>
       </c>
       <c r="C72" t="inlineStr">
         <is>
           <t>Gasoil Diesel routier</t>
         </is>
       </c>
       <c r="D72" t="inlineStr">
         <is>
           <t>Diesel XTL (€/L)</t>
         </is>
       </c>
       <c r="E72" s="2" t="n">
-        <v>3.364000000000012</v>
+        <v>3.2900000000000116</v>
       </c>
     </row>
     <row r="73">
       <c r="A73" t="inlineStr">
         <is>
-          <t>JAN26</t>
+          <t>FEB26</t>
         </is>
       </c>
       <c r="B73" t="inlineStr">
         <is>
-          <t>13JAN26</t>
+          <t>28FEB26</t>
         </is>
       </c>
       <c r="C73" t="inlineStr">
         <is>
           <t>Gasoil Diesel (application chauffage)</t>
         </is>
       </c>
       <c r="D73" t="inlineStr">
         <is>
           <t>Gasoil Diesel Chauffage (à partir de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E73" s="2" t="n">
-        <v>0.7352000000000026</v>
+        <v>0.832200000000003</v>
       </c>
     </row>
     <row r="74">
       <c r="A74" t="inlineStr">
         <is>
-          <t>JAN26</t>
+          <t>FEB26</t>
         </is>
       </c>
       <c r="B74" t="inlineStr">
         <is>
-          <t>13JAN26</t>
+          <t>28FEB26</t>
         </is>
       </c>
       <c r="C74" t="inlineStr">
         <is>
           <t>Gasoil Diesel (application chauffage)</t>
         </is>
       </c>
       <c r="D74" t="inlineStr">
         <is>
           <t>Gasoil Diesel Chauffage (moins de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E74" s="2" t="n">
-        <v>0.7754000000000028</v>
+        <v>0.8724000000000031</v>
       </c>
     </row>
     <row r="75">
       <c r="A75" t="inlineStr">
         <is>
-          <t>JAN26</t>
+          <t>FEB26</t>
         </is>
       </c>
       <c r="B75" t="inlineStr">
         <is>
-          <t>13JAN26</t>
+          <t>28FEB26</t>
         </is>
       </c>
       <c r="C75" t="inlineStr">
         <is>
           <t>Gasoil Diesel (application agriculture)</t>
         </is>
       </c>
       <c r="D75" t="inlineStr">
         <is>
           <t>Gasoil Diesel Agriculture (à partir de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E75" s="2" t="n">
-        <v>0.7099000000000025</v>
+        <v>0.8069000000000028</v>
       </c>
     </row>
     <row r="76">
       <c r="A76" t="inlineStr">
         <is>
-          <t>JAN26</t>
+          <t>FEB26</t>
         </is>
       </c>
       <c r="B76" t="inlineStr">
         <is>
-          <t>13JAN26</t>
+          <t>28FEB26</t>
         </is>
       </c>
       <c r="C76" t="inlineStr">
         <is>
           <t>Gasoil Diesel (application agriculture)</t>
         </is>
       </c>
       <c r="D76" t="inlineStr">
         <is>
           <t>Gasoil Diesel Agriculture (moins de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E76" s="2" t="n">
-        <v>0.7502000000000026</v>
+        <v>0.847200000000003</v>
       </c>
     </row>
     <row r="77">
       <c r="A77" t="inlineStr">
         <is>
-          <t>JAN26</t>
+          <t>FEB26</t>
         </is>
       </c>
       <c r="B77" t="inlineStr">
         <is>
-          <t>13JAN26</t>
+          <t>28FEB26</t>
         </is>
       </c>
       <c r="C77" t="inlineStr">
         <is>
           <t>Gasoil Diesel (application I&amp;C)</t>
         </is>
       </c>
       <c r="D77" t="inlineStr">
         <is>
           <t>Gasoil Diesel I&amp;C (à partir de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E77" s="2" t="n">
-        <v>0.7376000000000027</v>
+        <v>0.834600000000003</v>
       </c>
     </row>
     <row r="78">
       <c r="A78" t="inlineStr">
         <is>
-          <t>JAN26</t>
+          <t>FEB26</t>
         </is>
       </c>
       <c r="B78" t="inlineStr">
         <is>
-          <t>13JAN26</t>
+          <t>28FEB26</t>
         </is>
       </c>
       <c r="C78" t="inlineStr">
         <is>
           <t>Gasoil Diesel (application I&amp;C)</t>
         </is>
       </c>
       <c r="D78" t="inlineStr">
         <is>
           <t>Gasoil Diesel I&amp;C (moins de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E78" s="2" t="n">
-        <v>0.7779000000000028</v>
+        <v>0.8749000000000031</v>
       </c>
     </row>
     <row r="79">
       <c r="A79" t="inlineStr">
         <is>
-          <t>JAN26</t>
+          <t>FEB26</t>
         </is>
       </c>
       <c r="B79" t="inlineStr">
         <is>
-          <t>13JAN26</t>
+          <t>28FEB26</t>
         </is>
       </c>
       <c r="C79" t="inlineStr">
         <is>
           <t>Gasoil Diesel (application I&amp;C)</t>
         </is>
       </c>
       <c r="D79" t="inlineStr">
         <is>
           <t>Gasoil Diesel I&amp;C (à la pompe) (€/L)</t>
         </is>
       </c>
       <c r="E79" s="2" t="n">
-        <v>0.8890000000000031</v>
+        <v>0.9860000000000035</v>
       </c>
     </row>
     <row r="80">
       <c r="A80" t="inlineStr">
         <is>
-          <t>JAN26</t>
+          <t>FEB26</t>
         </is>
       </c>
       <c r="B80" t="inlineStr">
         <is>
-          <t>13JAN26</t>
+          <t>28FEB26</t>
         </is>
       </c>
       <c r="C80" t="inlineStr">
         <is>
           <t>Gasoil de chauffage</t>
         </is>
       </c>
       <c r="D80" t="inlineStr">
         <is>
           <t>Gasoil chauffage (H0/H7) (à partir de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E80" s="2" t="n">
-        <v>0.7352000000000026</v>
+        <v>0.832200000000003</v>
       </c>
     </row>
     <row r="81">
       <c r="A81" t="inlineStr">
         <is>
-          <t>JAN26</t>
+          <t>FEB26</t>
         </is>
       </c>
       <c r="B81" t="inlineStr">
         <is>
-          <t>13JAN26</t>
+          <t>28FEB26</t>
         </is>
       </c>
       <c r="C81" t="inlineStr">
         <is>
           <t>Gasoil de chauffage</t>
         </is>
       </c>
       <c r="D81" t="inlineStr">
         <is>
           <t>Gasoil chauffage (H0/H7) (moins de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E81" s="2" t="n">
-        <v>0.7754000000000028</v>
+        <v>0.8724000000000031</v>
       </c>
     </row>
     <row r="82">
       <c r="A82" t="inlineStr">
         <is>
-          <t>JAN26</t>
+          <t>FEB26</t>
         </is>
       </c>
       <c r="B82" t="inlineStr">
         <is>
-          <t>13JAN26</t>
+          <t>28FEB26</t>
         </is>
       </c>
       <c r="C82" t="inlineStr">
         <is>
           <t>Gasoil de chauffage</t>
         </is>
       </c>
       <c r="D82" t="inlineStr">
         <is>
           <t>Gasoil chauffage (H0/H7) (à la pompe) (€/L)</t>
         </is>
       </c>
       <c r="E82" s="2" t="n">
-        <v>0.8930000000000032</v>
+        <v>0.9900000000000035</v>
       </c>
     </row>
     <row r="83">
       <c r="A83" t="inlineStr">
         <is>
-          <t>JAN26</t>
+          <t>FEB26</t>
         </is>
       </c>
       <c r="B83" t="inlineStr">
         <is>
-          <t>13JAN26</t>
+          <t>28FEB26</t>
         </is>
       </c>
       <c r="C83" t="inlineStr">
         <is>
           <t>Pétrole lampant</t>
         </is>
       </c>
       <c r="D83" t="inlineStr">
         <is>
           <t>Petrole lampant type B (moins de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E83" s="2" t="n">
-        <v>0.852500000000003</v>
+        <v>0.9453000000000034</v>
       </c>
     </row>
     <row r="84">
       <c r="A84" t="inlineStr">
         <is>
-          <t>JAN26</t>
+          <t>FEB26</t>
         </is>
       </c>
       <c r="B84" t="inlineStr">
         <is>
-          <t>13JAN26</t>
+          <t>28FEB26</t>
         </is>
       </c>
       <c r="C84" t="inlineStr">
         <is>
           <t>Pétrole lampant</t>
         </is>
       </c>
       <c r="D84" t="inlineStr">
         <is>
           <t>Petrole lampant type B (à partir de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E84" s="2" t="n">
-        <v>0.8123000000000029</v>
+        <v>0.9051000000000032</v>
       </c>
     </row>
     <row r="85">
       <c r="A85" t="inlineStr">
         <is>
-          <t>JAN26</t>
+          <t>FEB26</t>
         </is>
       </c>
       <c r="B85" t="inlineStr">
         <is>
-          <t>13JAN26</t>
+          <t>28FEB26</t>
         </is>
       </c>
       <c r="C85" t="inlineStr">
         <is>
           <t>Pétrole lampant</t>
         </is>
       </c>
       <c r="D85" t="inlineStr">
         <is>
           <t>Petrole lampant type B (à la pompe) (€/L)</t>
         </is>
       </c>
       <c r="E85" s="2" t="n">
-        <v>0.9660000000000034</v>
+        <v>1.0590000000000037</v>
       </c>
     </row>
     <row r="86">
       <c r="A86" t="inlineStr">
         <is>
-          <t>JAN26</t>
+          <t>FEB26</t>
         </is>
       </c>
       <c r="B86" t="inlineStr">
         <is>
-          <t>13JAN26</t>
+          <t>28FEB26</t>
         </is>
       </c>
       <c r="C86" t="inlineStr">
         <is>
           <t>Pétrole lampant</t>
         </is>
       </c>
       <c r="D86" t="inlineStr">
         <is>
           <t>Petrole lampant type C (moins de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E86" s="2" t="n">
-        <v>0.8817000000000031</v>
+        <v>0.9788000000000034</v>
       </c>
     </row>
     <row r="87">
       <c r="A87" t="inlineStr">
         <is>
-          <t>JAN26</t>
+          <t>FEB26</t>
         </is>
       </c>
       <c r="B87" t="inlineStr">
         <is>
-          <t>13JAN26</t>
+          <t>28FEB26</t>
         </is>
       </c>
       <c r="C87" t="inlineStr">
         <is>
           <t>Pétrole lampant</t>
         </is>
       </c>
       <c r="D87" t="inlineStr">
         <is>
           <t>Petrole lampant type C (à partir de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E87" s="2" t="n">
-        <v>0.841500000000003</v>
+        <v>0.9385000000000033</v>
       </c>
     </row>
     <row r="88">
       <c r="A88" t="inlineStr">
         <is>
-          <t>JAN26</t>
+          <t>FEB26</t>
         </is>
       </c>
       <c r="B88" t="inlineStr">
         <is>
-          <t>13JAN26</t>
+          <t>28FEB26</t>
         </is>
       </c>
       <c r="C88" t="inlineStr">
         <is>
           <t>Pétrole lampant</t>
         </is>
       </c>
       <c r="D88" t="inlineStr">
         <is>
           <t>Petrole lampant type C (à la pompe) (€/L)</t>
         </is>
       </c>
       <c r="E88" s="2" t="n">
-        <v>0.9960000000000035</v>
+        <v>1.0930000000000037</v>
       </c>
     </row>
     <row r="89">
       <c r="A89" t="inlineStr">
         <is>
-          <t>JAN26</t>
+          <t>FEB26</t>
         </is>
       </c>
       <c r="B89" t="inlineStr">
         <is>
-          <t>13JAN26</t>
+          <t>28FEB26</t>
         </is>
       </c>
       <c r="C89" t="inlineStr">
         <is>
           <t>Propane</t>
         </is>
       </c>
       <c r="D89" t="inlineStr">
         <is>
           <t>Propane en vrac (à partir de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E89" s="2" t="n">
-        <v>0.6914000000000025</v>
+        <v>0.7385000000000027</v>
       </c>
     </row>
     <row r="90">
       <c r="A90" t="inlineStr">
         <is>
-          <t>JAN26</t>
+          <t>FEB26</t>
         </is>
       </c>
       <c r="B90" t="inlineStr">
         <is>
-          <t>13JAN26</t>
+          <t>28FEB26</t>
         </is>
       </c>
       <c r="C90" t="inlineStr">
         <is>
           <t>Propane</t>
         </is>
       </c>
       <c r="D90" t="inlineStr">
         <is>
           <t>Propane en vrac (moins de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E90" s="2" t="n">
-        <v>0.7815000000000027</v>
+        <v>0.828600000000003</v>
       </c>
     </row>
     <row r="91">
       <c r="A91" t="inlineStr">
         <is>
-          <t>JAN26</t>
+          <t>FEB26</t>
         </is>
       </c>
       <c r="B91" t="inlineStr">
         <is>
-          <t>13JAN26</t>
+          <t>28FEB26</t>
         </is>
       </c>
       <c r="C91" t="inlineStr">
         <is>
           <t>Butane + LPG</t>
         </is>
       </c>
       <c r="D91" t="inlineStr">
         <is>
           <t>Autogas LPG (à la pompe) (€/L)</t>
         </is>
       </c>
       <c r="E91" s="2" t="n">
-        <v>0.830000000000003</v>
+        <v>0.851000000000003</v>
       </c>
     </row>
     <row r="92">
       <c r="A92" t="inlineStr">
         <is>
-          <t>JAN26</t>
+          <t>FEB26</t>
         </is>
       </c>
       <c r="B92" t="inlineStr">
         <is>
-          <t>13JAN26</t>
+          <t>28FEB26</t>
         </is>
       </c>
       <c r="C92" t="inlineStr">
         <is>
           <t>Butane + LPG</t>
         </is>
       </c>
       <c r="D92" t="inlineStr">
         <is>
           <t>Autogas LPG (moins de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E92" s="2" t="n">
-        <v>0.8131000000000029</v>
+        <v>0.848600000000003</v>
       </c>
     </row>
     <row r="93">
       <c r="A93" t="inlineStr">
         <is>
-          <t>JAN26</t>
+          <t>FEB26</t>
         </is>
       </c>
       <c r="B93" t="inlineStr">
         <is>
-          <t>13JAN26</t>
+          <t>28FEB26</t>
         </is>
       </c>
       <c r="C93" t="inlineStr">
         <is>
           <t>Butane + LPG</t>
         </is>
       </c>
       <c r="D93" t="inlineStr">
         <is>
           <t>Autogas LPG (à partir de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E93" s="2" t="n">
-        <v>0.7231000000000025</v>
+        <v>0.7586000000000027</v>
       </c>
     </row>
     <row r="94">
       <c r="A94" t="inlineStr">
         <is>
-          <t>JAN26</t>
+          <t>FEB26</t>
         </is>
       </c>
       <c r="B94" t="inlineStr">
         <is>
-          <t>13JAN26</t>
+          <t>28FEB26</t>
         </is>
       </c>
       <c r="C94" t="inlineStr">
         <is>
           <t>Fuel Oil</t>
         </is>
       </c>
       <c r="D94" t="inlineStr">
         <is>
           <t>Fuel oil extra lourd 1% S (en camion citerne) (€/T)</t>
         </is>
       </c>
       <c r="E94"/>
     </row>
     <row r="95">
       <c r="A95" t="inlineStr">
         <is>
-          <t>JAN26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B95" t="inlineStr">
         <is>
-          <t>14JAN26</t>
+          <t>01MAR26</t>
         </is>
       </c>
       <c r="C95" t="inlineStr">
         <is>
           <t>Essences</t>
         </is>
       </c>
       <c r="D95" t="inlineStr">
         <is>
           <t>Essence 95 RON E5 (€/L)</t>
         </is>
       </c>
       <c r="E95" s="2" t="n">
-        <v>1.5870000000000055</v>
+        <v>1.6460000000000057</v>
       </c>
     </row>
     <row r="96">
       <c r="A96" t="inlineStr">
         <is>
-          <t>JAN26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B96" t="inlineStr">
         <is>
-          <t>14JAN26</t>
+          <t>01MAR26</t>
         </is>
       </c>
       <c r="C96" t="inlineStr">
         <is>
           <t>Essences</t>
         </is>
       </c>
       <c r="D96" t="inlineStr">
         <is>
           <t>Essence 95 RON E10 (€/L)</t>
         </is>
       </c>
       <c r="E96" s="2" t="n">
-        <v>1.5730000000000055</v>
+        <v>1.6340000000000057</v>
       </c>
     </row>
     <row r="97">
       <c r="A97" t="inlineStr">
         <is>
-          <t>JAN26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B97" t="inlineStr">
         <is>
-          <t>14JAN26</t>
+          <t>01MAR26</t>
         </is>
       </c>
       <c r="C97" t="inlineStr">
         <is>
           <t>Essences</t>
         </is>
       </c>
       <c r="D97" t="inlineStr">
         <is>
           <t>Essence 98 RON E5 (€/L)</t>
         </is>
       </c>
       <c r="E97" s="2" t="n">
-        <v>1.665000000000006</v>
+        <v>1.7230000000000063</v>
       </c>
     </row>
     <row r="98">
       <c r="A98" t="inlineStr">
         <is>
-          <t>JAN26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B98" t="inlineStr">
         <is>
-          <t>14JAN26</t>
+          <t>01MAR26</t>
         </is>
       </c>
       <c r="C98" t="inlineStr">
         <is>
           <t>Essences</t>
         </is>
       </c>
       <c r="D98" t="inlineStr">
         <is>
           <t>Essence 98 RON E10 (€/L)</t>
         </is>
       </c>
       <c r="E98" s="2" t="n">
-        <v>1.662000000000006</v>
+        <v>1.7190000000000063</v>
       </c>
     </row>
     <row r="99">
       <c r="A99" t="inlineStr">
         <is>
-          <t>JAN26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B99" t="inlineStr">
         <is>
-          <t>14JAN26</t>
+          <t>01MAR26</t>
         </is>
       </c>
       <c r="C99" t="inlineStr">
         <is>
           <t>Gasoil Diesel routier</t>
         </is>
       </c>
       <c r="D99" t="inlineStr">
         <is>
           <t>Diesel B7 (€/L)</t>
         </is>
       </c>
       <c r="E99" s="2" t="n">
-        <v>1.688000000000006</v>
+        <v>1.7580000000000062</v>
       </c>
     </row>
     <row r="100">
       <c r="A100" t="inlineStr">
         <is>
-          <t>JAN26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B100" t="inlineStr">
         <is>
-          <t>14JAN26</t>
+          <t>01MAR26</t>
         </is>
       </c>
       <c r="C100" t="inlineStr">
         <is>
           <t>Gasoil Diesel routier</t>
         </is>
       </c>
       <c r="D100" t="inlineStr">
         <is>
           <t>Diesel B10 (€/L)</t>
         </is>
       </c>
       <c r="E100" s="2" t="n">
-        <v>1.681000000000006</v>
+        <v>1.751000000000006</v>
       </c>
     </row>
     <row r="101">
       <c r="A101" t="inlineStr">
         <is>
-          <t>JAN26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B101" t="inlineStr">
         <is>
-          <t>14JAN26</t>
+          <t>01MAR26</t>
         </is>
       </c>
       <c r="C101" t="inlineStr">
         <is>
           <t>Gasoil Diesel routier</t>
         </is>
       </c>
       <c r="D101" t="inlineStr">
         <is>
           <t>Diesel B20 (€/L)</t>
         </is>
       </c>
       <c r="E101" s="2" t="n">
-        <v>1.697000000000006</v>
+        <v>1.7630000000000061</v>
       </c>
     </row>
     <row r="102">
       <c r="A102" t="inlineStr">
         <is>
-          <t>JAN26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B102" t="inlineStr">
         <is>
-          <t>14JAN26</t>
+          <t>01MAR26</t>
         </is>
       </c>
       <c r="C102" t="inlineStr">
         <is>
           <t>Gasoil Diesel routier</t>
         </is>
       </c>
       <c r="D102" t="inlineStr">
         <is>
           <t>Diesel B30 (€/L)</t>
         </is>
       </c>
       <c r="E102" s="2" t="n">
-        <v>1.7760000000000062</v>
+        <v>1.8300000000000065</v>
       </c>
     </row>
     <row r="103">
       <c r="A103" t="inlineStr">
         <is>
-          <t>JAN26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B103" t="inlineStr">
         <is>
-          <t>14JAN26</t>
+          <t>01MAR26</t>
         </is>
       </c>
       <c r="C103" t="inlineStr">
         <is>
           <t>Gasoil Diesel routier</t>
         </is>
       </c>
       <c r="D103" t="inlineStr">
         <is>
           <t>Diesel XTL (€/L)</t>
         </is>
       </c>
       <c r="E103" s="2" t="n">
-        <v>3.364000000000012</v>
+        <v>3.2900000000000116</v>
       </c>
     </row>
     <row r="104">
       <c r="A104" t="inlineStr">
         <is>
-          <t>JAN26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B104" t="inlineStr">
         <is>
-          <t>14JAN26</t>
+          <t>01MAR26</t>
         </is>
       </c>
       <c r="C104" t="inlineStr">
         <is>
           <t>Gasoil Diesel (application chauffage)</t>
         </is>
       </c>
       <c r="D104" t="inlineStr">
         <is>
           <t>Gasoil Diesel Chauffage (à partir de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E104" s="2" t="n">
-        <v>0.7279000000000025</v>
+        <v>0.832200000000003</v>
       </c>
     </row>
     <row r="105">
       <c r="A105" t="inlineStr">
         <is>
-          <t>JAN26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B105" t="inlineStr">
         <is>
-          <t>14JAN26</t>
+          <t>01MAR26</t>
         </is>
       </c>
       <c r="C105" t="inlineStr">
         <is>
           <t>Gasoil Diesel (application chauffage)</t>
         </is>
       </c>
       <c r="D105" t="inlineStr">
         <is>
           <t>Gasoil Diesel Chauffage (moins de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E105" s="2" t="n">
-        <v>0.7682000000000028</v>
+        <v>0.8724000000000031</v>
       </c>
     </row>
     <row r="106">
       <c r="A106" t="inlineStr">
         <is>
-          <t>JAN26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B106" t="inlineStr">
         <is>
-          <t>14JAN26</t>
+          <t>01MAR26</t>
         </is>
       </c>
       <c r="C106" t="inlineStr">
         <is>
           <t>Gasoil Diesel (application agriculture)</t>
         </is>
       </c>
       <c r="D106" t="inlineStr">
         <is>
           <t>Gasoil Diesel Agriculture (à partir de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E106" s="2" t="n">
-        <v>0.7027000000000024</v>
+        <v>0.8069000000000028</v>
       </c>
     </row>
     <row r="107">
       <c r="A107" t="inlineStr">
         <is>
-          <t>JAN26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B107" t="inlineStr">
         <is>
-          <t>14JAN26</t>
+          <t>01MAR26</t>
         </is>
       </c>
       <c r="C107" t="inlineStr">
         <is>
           <t>Gasoil Diesel (application agriculture)</t>
         </is>
       </c>
       <c r="D107" t="inlineStr">
         <is>
           <t>Gasoil Diesel Agriculture (moins de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E107" s="2" t="n">
-        <v>0.7430000000000027</v>
+        <v>0.847200000000003</v>
       </c>
     </row>
     <row r="108">
       <c r="A108" t="inlineStr">
         <is>
-          <t>JAN26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B108" t="inlineStr">
         <is>
-          <t>14JAN26</t>
+          <t>01MAR26</t>
         </is>
       </c>
       <c r="C108" t="inlineStr">
         <is>
           <t>Gasoil Diesel (application I&amp;C)</t>
         </is>
       </c>
       <c r="D108" t="inlineStr">
         <is>
           <t>Gasoil Diesel I&amp;C (à partir de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E108" s="2" t="n">
-        <v>0.7304000000000026</v>
+        <v>0.834600000000003</v>
       </c>
     </row>
     <row r="109">
       <c r="A109" t="inlineStr">
         <is>
-          <t>JAN26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B109" t="inlineStr">
         <is>
-          <t>14JAN26</t>
+          <t>01MAR26</t>
         </is>
       </c>
       <c r="C109" t="inlineStr">
         <is>
           <t>Gasoil Diesel (application I&amp;C)</t>
         </is>
       </c>
       <c r="D109" t="inlineStr">
         <is>
           <t>Gasoil Diesel I&amp;C (moins de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E109" s="2" t="n">
-        <v>0.7706000000000027</v>
+        <v>0.8749000000000031</v>
       </c>
     </row>
     <row r="110">
       <c r="A110" t="inlineStr">
         <is>
-          <t>JAN26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B110" t="inlineStr">
         <is>
-          <t>14JAN26</t>
+          <t>01MAR26</t>
         </is>
       </c>
       <c r="C110" t="inlineStr">
         <is>
           <t>Gasoil Diesel (application I&amp;C)</t>
         </is>
       </c>
       <c r="D110" t="inlineStr">
         <is>
           <t>Gasoil Diesel I&amp;C (à la pompe) (€/L)</t>
         </is>
       </c>
       <c r="E110" s="2" t="n">
-        <v>0.8820000000000031</v>
+        <v>0.9860000000000035</v>
       </c>
     </row>
     <row r="111">
       <c r="A111" t="inlineStr">
         <is>
-          <t>JAN26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B111" t="inlineStr">
         <is>
-          <t>14JAN26</t>
+          <t>01MAR26</t>
         </is>
       </c>
       <c r="C111" t="inlineStr">
         <is>
           <t>Gasoil de chauffage</t>
         </is>
       </c>
       <c r="D111" t="inlineStr">
         <is>
           <t>Gasoil chauffage (H0/H7) (à partir de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E111" s="2" t="n">
-        <v>0.7279000000000025</v>
+        <v>0.832200000000003</v>
       </c>
     </row>
     <row r="112">
       <c r="A112" t="inlineStr">
         <is>
-          <t>JAN26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B112" t="inlineStr">
         <is>
-          <t>14JAN26</t>
+          <t>01MAR26</t>
         </is>
       </c>
       <c r="C112" t="inlineStr">
         <is>
           <t>Gasoil de chauffage</t>
         </is>
       </c>
       <c r="D112" t="inlineStr">
         <is>
           <t>Gasoil chauffage (H0/H7) (moins de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E112" s="2" t="n">
-        <v>0.7682000000000028</v>
+        <v>0.8724000000000031</v>
       </c>
     </row>
     <row r="113">
       <c r="A113" t="inlineStr">
         <is>
-          <t>JAN26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B113" t="inlineStr">
         <is>
-          <t>14JAN26</t>
+          <t>01MAR26</t>
         </is>
       </c>
       <c r="C113" t="inlineStr">
         <is>
           <t>Gasoil de chauffage</t>
         </is>
       </c>
       <c r="D113" t="inlineStr">
         <is>
           <t>Gasoil chauffage (H0/H7) (à la pompe) (€/L)</t>
         </is>
       </c>
       <c r="E113" s="2" t="n">
-        <v>0.8860000000000031</v>
+        <v>0.9900000000000035</v>
       </c>
     </row>
     <row r="114">
       <c r="A114" t="inlineStr">
         <is>
-          <t>JAN26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B114" t="inlineStr">
         <is>
-          <t>14JAN26</t>
+          <t>01MAR26</t>
         </is>
       </c>
       <c r="C114" t="inlineStr">
         <is>
           <t>Pétrole lampant</t>
         </is>
       </c>
       <c r="D114" t="inlineStr">
         <is>
           <t>Petrole lampant type B (moins de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E114" s="2" t="n">
-        <v>0.852500000000003</v>
+        <v>0.9453000000000034</v>
       </c>
     </row>
     <row r="115">
       <c r="A115" t="inlineStr">
         <is>
-          <t>JAN26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B115" t="inlineStr">
         <is>
-          <t>14JAN26</t>
+          <t>01MAR26</t>
         </is>
       </c>
       <c r="C115" t="inlineStr">
         <is>
           <t>Pétrole lampant</t>
         </is>
       </c>
       <c r="D115" t="inlineStr">
         <is>
           <t>Petrole lampant type B (à partir de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E115" s="2" t="n">
-        <v>0.8123000000000029</v>
+        <v>0.9051000000000032</v>
       </c>
     </row>
     <row r="116">
       <c r="A116" t="inlineStr">
         <is>
-          <t>JAN26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B116" t="inlineStr">
         <is>
-          <t>14JAN26</t>
+          <t>01MAR26</t>
         </is>
       </c>
       <c r="C116" t="inlineStr">
         <is>
           <t>Pétrole lampant</t>
         </is>
       </c>
       <c r="D116" t="inlineStr">
         <is>
           <t>Petrole lampant type B (à la pompe) (€/L)</t>
         </is>
       </c>
       <c r="E116" s="2" t="n">
-        <v>0.9660000000000034</v>
+        <v>1.0590000000000037</v>
       </c>
     </row>
     <row r="117">
       <c r="A117" t="inlineStr">
         <is>
-          <t>JAN26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B117" t="inlineStr">
         <is>
-          <t>14JAN26</t>
+          <t>01MAR26</t>
         </is>
       </c>
       <c r="C117" t="inlineStr">
         <is>
           <t>Pétrole lampant</t>
         </is>
       </c>
       <c r="D117" t="inlineStr">
         <is>
           <t>Petrole lampant type C (moins de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E117" s="2" t="n">
-        <v>0.8817000000000031</v>
+        <v>0.9788000000000034</v>
       </c>
     </row>
     <row r="118">
       <c r="A118" t="inlineStr">
         <is>
-          <t>JAN26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B118" t="inlineStr">
         <is>
-          <t>14JAN26</t>
+          <t>01MAR26</t>
         </is>
       </c>
       <c r="C118" t="inlineStr">
         <is>
           <t>Pétrole lampant</t>
         </is>
       </c>
       <c r="D118" t="inlineStr">
         <is>
           <t>Petrole lampant type C (à partir de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E118" s="2" t="n">
-        <v>0.841500000000003</v>
+        <v>0.9385000000000033</v>
       </c>
     </row>
     <row r="119">
       <c r="A119" t="inlineStr">
         <is>
-          <t>JAN26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B119" t="inlineStr">
         <is>
-          <t>14JAN26</t>
+          <t>01MAR26</t>
         </is>
       </c>
       <c r="C119" t="inlineStr">
         <is>
           <t>Pétrole lampant</t>
         </is>
       </c>
       <c r="D119" t="inlineStr">
         <is>
           <t>Petrole lampant type C (à la pompe) (€/L)</t>
         </is>
       </c>
       <c r="E119" s="2" t="n">
-        <v>0.9960000000000035</v>
+        <v>1.0930000000000037</v>
       </c>
     </row>
     <row r="120">
       <c r="A120" t="inlineStr">
         <is>
-          <t>JAN26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B120" t="inlineStr">
         <is>
-          <t>14JAN26</t>
+          <t>01MAR26</t>
         </is>
       </c>
       <c r="C120" t="inlineStr">
         <is>
           <t>Propane</t>
         </is>
       </c>
       <c r="D120" t="inlineStr">
         <is>
           <t>Propane en vrac (à partir de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E120" s="2" t="n">
-        <v>0.6914000000000025</v>
+        <v>0.7385000000000027</v>
       </c>
     </row>
     <row r="121">
       <c r="A121" t="inlineStr">
         <is>
-          <t>JAN26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B121" t="inlineStr">
         <is>
-          <t>14JAN26</t>
+          <t>01MAR26</t>
         </is>
       </c>
       <c r="C121" t="inlineStr">
         <is>
           <t>Propane</t>
         </is>
       </c>
       <c r="D121" t="inlineStr">
         <is>
           <t>Propane en vrac (moins de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E121" s="2" t="n">
-        <v>0.7815000000000027</v>
+        <v>0.828600000000003</v>
       </c>
     </row>
     <row r="122">
       <c r="A122" t="inlineStr">
         <is>
-          <t>JAN26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B122" t="inlineStr">
         <is>
-          <t>14JAN26</t>
+          <t>01MAR26</t>
         </is>
       </c>
       <c r="C122" t="inlineStr">
         <is>
           <t>Butane + LPG</t>
         </is>
       </c>
       <c r="D122" t="inlineStr">
         <is>
           <t>Autogas LPG (à la pompe) (€/L)</t>
         </is>
       </c>
       <c r="E122" s="2" t="n">
-        <v>0.830000000000003</v>
+        <v>0.851000000000003</v>
       </c>
     </row>
     <row r="123">
       <c r="A123" t="inlineStr">
         <is>
-          <t>JAN26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B123" t="inlineStr">
         <is>
-          <t>14JAN26</t>
+          <t>01MAR26</t>
         </is>
       </c>
       <c r="C123" t="inlineStr">
         <is>
           <t>Butane + LPG</t>
         </is>
       </c>
       <c r="D123" t="inlineStr">
         <is>
           <t>Autogas LPG (moins de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E123" s="2" t="n">
-        <v>0.8131000000000029</v>
+        <v>0.848600000000003</v>
       </c>
     </row>
     <row r="124">
       <c r="A124" t="inlineStr">
         <is>
-          <t>JAN26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B124" t="inlineStr">
         <is>
-          <t>14JAN26</t>
+          <t>01MAR26</t>
         </is>
       </c>
       <c r="C124" t="inlineStr">
         <is>
           <t>Butane + LPG</t>
         </is>
       </c>
       <c r="D124" t="inlineStr">
         <is>
           <t>Autogas LPG (à partir de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E124" s="2" t="n">
-        <v>0.7231000000000025</v>
+        <v>0.7586000000000027</v>
       </c>
     </row>
     <row r="125">
       <c r="A125" t="inlineStr">
         <is>
-          <t>JAN26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B125" t="inlineStr">
         <is>
-          <t>14JAN26</t>
+          <t>01MAR26</t>
         </is>
       </c>
       <c r="C125" t="inlineStr">
         <is>
           <t>Fuel Oil</t>
         </is>
       </c>
       <c r="D125" t="inlineStr">
         <is>
           <t>Fuel oil extra lourd 1% S (en camion citerne) (€/T)</t>
         </is>
       </c>
       <c r="E125"/>
     </row>
     <row r="126">
       <c r="A126" t="inlineStr">
         <is>
-          <t>JAN26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B126" t="inlineStr">
         <is>
-          <t>15JAN26</t>
+          <t>02MAR26</t>
         </is>
       </c>
       <c r="C126" t="inlineStr">
         <is>
           <t>Essences</t>
         </is>
       </c>
       <c r="D126" t="inlineStr">
         <is>
           <t>Essence 95 RON E5 (€/L)</t>
         </is>
       </c>
       <c r="E126" s="2" t="n">
-        <v>1.5870000000000055</v>
+        <v>1.6460000000000057</v>
       </c>
     </row>
     <row r="127">
       <c r="A127" t="inlineStr">
         <is>
-          <t>JAN26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B127" t="inlineStr">
         <is>
-          <t>15JAN26</t>
+          <t>02MAR26</t>
         </is>
       </c>
       <c r="C127" t="inlineStr">
         <is>
           <t>Essences</t>
         </is>
       </c>
       <c r="D127" t="inlineStr">
         <is>
           <t>Essence 95 RON E10 (€/L)</t>
         </is>
       </c>
       <c r="E127" s="2" t="n">
-        <v>1.5730000000000055</v>
+        <v>1.6340000000000057</v>
       </c>
     </row>
     <row r="128">
       <c r="A128" t="inlineStr">
         <is>
-          <t>JAN26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B128" t="inlineStr">
         <is>
-          <t>15JAN26</t>
+          <t>02MAR26</t>
         </is>
       </c>
       <c r="C128" t="inlineStr">
         <is>
           <t>Essences</t>
         </is>
       </c>
       <c r="D128" t="inlineStr">
         <is>
           <t>Essence 98 RON E5 (€/L)</t>
         </is>
       </c>
       <c r="E128" s="2" t="n">
-        <v>1.665000000000006</v>
+        <v>1.7230000000000063</v>
       </c>
     </row>
     <row r="129">
       <c r="A129" t="inlineStr">
         <is>
-          <t>JAN26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B129" t="inlineStr">
         <is>
-          <t>15JAN26</t>
+          <t>02MAR26</t>
         </is>
       </c>
       <c r="C129" t="inlineStr">
         <is>
           <t>Essences</t>
         </is>
       </c>
       <c r="D129" t="inlineStr">
         <is>
           <t>Essence 98 RON E10 (€/L)</t>
         </is>
       </c>
       <c r="E129" s="2" t="n">
-        <v>1.662000000000006</v>
+        <v>1.7190000000000063</v>
       </c>
     </row>
     <row r="130">
       <c r="A130" t="inlineStr">
         <is>
-          <t>JAN26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B130" t="inlineStr">
         <is>
-          <t>15JAN26</t>
+          <t>02MAR26</t>
         </is>
       </c>
       <c r="C130" t="inlineStr">
         <is>
           <t>Gasoil Diesel routier</t>
         </is>
       </c>
       <c r="D130" t="inlineStr">
         <is>
           <t>Diesel B7 (€/L)</t>
         </is>
       </c>
       <c r="E130" s="2" t="n">
-        <v>1.688000000000006</v>
+        <v>1.7580000000000062</v>
       </c>
     </row>
     <row r="131">
       <c r="A131" t="inlineStr">
         <is>
-          <t>JAN26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B131" t="inlineStr">
         <is>
-          <t>15JAN26</t>
+          <t>02MAR26</t>
         </is>
       </c>
       <c r="C131" t="inlineStr">
         <is>
           <t>Gasoil Diesel routier</t>
         </is>
       </c>
       <c r="D131" t="inlineStr">
         <is>
           <t>Diesel B10 (€/L)</t>
         </is>
       </c>
       <c r="E131" s="2" t="n">
-        <v>1.681000000000006</v>
+        <v>1.751000000000006</v>
       </c>
     </row>
     <row r="132">
       <c r="A132" t="inlineStr">
         <is>
-          <t>JAN26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B132" t="inlineStr">
         <is>
-          <t>15JAN26</t>
+          <t>02MAR26</t>
         </is>
       </c>
       <c r="C132" t="inlineStr">
         <is>
           <t>Gasoil Diesel routier</t>
         </is>
       </c>
       <c r="D132" t="inlineStr">
         <is>
           <t>Diesel B20 (€/L)</t>
         </is>
       </c>
       <c r="E132" s="2" t="n">
-        <v>1.697000000000006</v>
+        <v>1.7630000000000061</v>
       </c>
     </row>
     <row r="133">
       <c r="A133" t="inlineStr">
         <is>
-          <t>JAN26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B133" t="inlineStr">
         <is>
-          <t>15JAN26</t>
+          <t>02MAR26</t>
         </is>
       </c>
       <c r="C133" t="inlineStr">
         <is>
           <t>Gasoil Diesel routier</t>
         </is>
       </c>
       <c r="D133" t="inlineStr">
         <is>
           <t>Diesel B30 (€/L)</t>
         </is>
       </c>
       <c r="E133" s="2" t="n">
-        <v>1.7760000000000062</v>
+        <v>1.8300000000000065</v>
       </c>
     </row>
     <row r="134">
       <c r="A134" t="inlineStr">
         <is>
-          <t>JAN26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B134" t="inlineStr">
         <is>
-          <t>15JAN26</t>
+          <t>02MAR26</t>
         </is>
       </c>
       <c r="C134" t="inlineStr">
         <is>
           <t>Gasoil Diesel routier</t>
         </is>
       </c>
       <c r="D134" t="inlineStr">
         <is>
           <t>Diesel XTL (€/L)</t>
         </is>
       </c>
       <c r="E134" s="2" t="n">
-        <v>3.364000000000012</v>
+        <v>3.2900000000000116</v>
       </c>
     </row>
     <row r="135">
       <c r="A135" t="inlineStr">
         <is>
-          <t>JAN26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B135" t="inlineStr">
         <is>
-          <t>15JAN26</t>
+          <t>02MAR26</t>
         </is>
       </c>
       <c r="C135" t="inlineStr">
         <is>
           <t>Gasoil Diesel (application chauffage)</t>
         </is>
       </c>
       <c r="D135" t="inlineStr">
         <is>
           <t>Gasoil Diesel Chauffage (à partir de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E135" s="2" t="n">
-        <v>0.7542000000000026</v>
+        <v>0.832200000000003</v>
       </c>
     </row>
     <row r="136">
       <c r="A136" t="inlineStr">
         <is>
-          <t>JAN26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B136" t="inlineStr">
         <is>
-          <t>15JAN26</t>
+          <t>02MAR26</t>
         </is>
       </c>
       <c r="C136" t="inlineStr">
         <is>
           <t>Gasoil Diesel (application chauffage)</t>
         </is>
       </c>
       <c r="D136" t="inlineStr">
         <is>
           <t>Gasoil Diesel Chauffage (moins de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E136" s="2" t="n">
-        <v>0.7945000000000028</v>
+        <v>0.8724000000000031</v>
       </c>
     </row>
     <row r="137">
       <c r="A137" t="inlineStr">
         <is>
-          <t>JAN26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B137" t="inlineStr">
         <is>
-          <t>15JAN26</t>
+          <t>02MAR26</t>
         </is>
       </c>
       <c r="C137" t="inlineStr">
         <is>
           <t>Gasoil Diesel (application agriculture)</t>
         </is>
       </c>
       <c r="D137" t="inlineStr">
         <is>
           <t>Gasoil Diesel Agriculture (à partir de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E137" s="2" t="n">
-        <v>0.7290000000000025</v>
+        <v>0.8069000000000028</v>
       </c>
     </row>
     <row r="138">
       <c r="A138" t="inlineStr">
         <is>
-          <t>JAN26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B138" t="inlineStr">
         <is>
-          <t>15JAN26</t>
+          <t>02MAR26</t>
         </is>
       </c>
       <c r="C138" t="inlineStr">
         <is>
           <t>Gasoil Diesel (application agriculture)</t>
         </is>
       </c>
       <c r="D138" t="inlineStr">
         <is>
           <t>Gasoil Diesel Agriculture (moins de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E138" s="2" t="n">
-        <v>0.7692000000000028</v>
+        <v>0.847200000000003</v>
       </c>
     </row>
     <row r="139">
       <c r="A139" t="inlineStr">
         <is>
-          <t>JAN26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B139" t="inlineStr">
         <is>
-          <t>15JAN26</t>
+          <t>02MAR26</t>
         </is>
       </c>
       <c r="C139" t="inlineStr">
         <is>
           <t>Gasoil Diesel (application I&amp;C)</t>
         </is>
       </c>
       <c r="D139" t="inlineStr">
         <is>
           <t>Gasoil Diesel I&amp;C (à partir de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E139" s="2" t="n">
-        <v>0.7567000000000027</v>
+        <v>0.834600000000003</v>
       </c>
     </row>
     <row r="140">
       <c r="A140" t="inlineStr">
         <is>
-          <t>JAN26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B140" t="inlineStr">
         <is>
-          <t>15JAN26</t>
+          <t>02MAR26</t>
         </is>
       </c>
       <c r="C140" t="inlineStr">
         <is>
           <t>Gasoil Diesel (application I&amp;C)</t>
         </is>
       </c>
       <c r="D140" t="inlineStr">
         <is>
           <t>Gasoil Diesel I&amp;C (moins de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E140" s="2" t="n">
-        <v>0.7969000000000029</v>
+        <v>0.8749000000000031</v>
       </c>
     </row>
     <row r="141">
       <c r="A141" t="inlineStr">
         <is>
-          <t>JAN26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B141" t="inlineStr">
         <is>
-          <t>15JAN26</t>
+          <t>02MAR26</t>
         </is>
       </c>
       <c r="C141" t="inlineStr">
         <is>
           <t>Gasoil Diesel (application I&amp;C)</t>
         </is>
       </c>
       <c r="D141" t="inlineStr">
         <is>
           <t>Gasoil Diesel I&amp;C (à la pompe) (€/L)</t>
         </is>
       </c>
       <c r="E141" s="2" t="n">
-        <v>0.9080000000000032</v>
+        <v>0.9860000000000035</v>
       </c>
     </row>
     <row r="142">
       <c r="A142" t="inlineStr">
         <is>
-          <t>JAN26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B142" t="inlineStr">
         <is>
-          <t>15JAN26</t>
+          <t>02MAR26</t>
         </is>
       </c>
       <c r="C142" t="inlineStr">
         <is>
           <t>Gasoil de chauffage</t>
         </is>
       </c>
       <c r="D142" t="inlineStr">
         <is>
           <t>Gasoil chauffage (H0/H7) (à partir de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E142" s="2" t="n">
-        <v>0.7542000000000026</v>
+        <v>0.832200000000003</v>
       </c>
     </row>
     <row r="143">
       <c r="A143" t="inlineStr">
         <is>
-          <t>JAN26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B143" t="inlineStr">
         <is>
-          <t>15JAN26</t>
+          <t>02MAR26</t>
         </is>
       </c>
       <c r="C143" t="inlineStr">
         <is>
           <t>Gasoil de chauffage</t>
         </is>
       </c>
       <c r="D143" t="inlineStr">
         <is>
           <t>Gasoil chauffage (H0/H7) (moins de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E143" s="2" t="n">
-        <v>0.7945000000000028</v>
+        <v>0.8724000000000031</v>
       </c>
     </row>
     <row r="144">
       <c r="A144" t="inlineStr">
         <is>
-          <t>JAN26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B144" t="inlineStr">
         <is>
-          <t>15JAN26</t>
+          <t>02MAR26</t>
         </is>
       </c>
       <c r="C144" t="inlineStr">
         <is>
           <t>Gasoil de chauffage</t>
         </is>
       </c>
       <c r="D144" t="inlineStr">
         <is>
           <t>Gasoil chauffage (H0/H7) (à la pompe) (€/L)</t>
         </is>
       </c>
       <c r="E144" s="2" t="n">
-        <v>0.9120000000000033</v>
+        <v>0.9900000000000035</v>
       </c>
     </row>
     <row r="145">
       <c r="A145" t="inlineStr">
         <is>
-          <t>JAN26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B145" t="inlineStr">
         <is>
-          <t>15JAN26</t>
+          <t>02MAR26</t>
         </is>
       </c>
       <c r="C145" t="inlineStr">
         <is>
           <t>Pétrole lampant</t>
         </is>
       </c>
       <c r="D145" t="inlineStr">
         <is>
           <t>Petrole lampant type B (moins de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E145" s="2" t="n">
-        <v>0.8982000000000032</v>
+        <v>0.9453000000000034</v>
       </c>
     </row>
     <row r="146">
       <c r="A146" t="inlineStr">
         <is>
-          <t>JAN26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B146" t="inlineStr">
         <is>
-          <t>15JAN26</t>
+          <t>02MAR26</t>
         </is>
       </c>
       <c r="C146" t="inlineStr">
         <is>
           <t>Pétrole lampant</t>
         </is>
       </c>
       <c r="D146" t="inlineStr">
         <is>
           <t>Petrole lampant type B (à partir de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E146" s="2" t="n">
-        <v>0.858000000000003</v>
+        <v>0.9051000000000032</v>
       </c>
     </row>
     <row r="147">
       <c r="A147" t="inlineStr">
         <is>
-          <t>JAN26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B147" t="inlineStr">
         <is>
-          <t>15JAN26</t>
+          <t>02MAR26</t>
         </is>
       </c>
       <c r="C147" t="inlineStr">
         <is>
           <t>Pétrole lampant</t>
         </is>
       </c>
       <c r="D147" t="inlineStr">
         <is>
           <t>Petrole lampant type B (à la pompe) (€/L)</t>
         </is>
       </c>
       <c r="E147" s="2" t="n">
-        <v>1.0120000000000036</v>
+        <v>1.0590000000000037</v>
       </c>
     </row>
     <row r="148">
       <c r="A148" t="inlineStr">
         <is>
-          <t>JAN26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B148" t="inlineStr">
         <is>
-          <t>15JAN26</t>
+          <t>02MAR26</t>
         </is>
       </c>
       <c r="C148" t="inlineStr">
         <is>
           <t>Pétrole lampant</t>
         </is>
       </c>
       <c r="D148" t="inlineStr">
         <is>
           <t>Petrole lampant type C (moins de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E148" s="2" t="n">
-        <v>0.9295000000000033</v>
+        <v>0.9788000000000034</v>
       </c>
     </row>
     <row r="149">
       <c r="A149" t="inlineStr">
         <is>
-          <t>JAN26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B149" t="inlineStr">
         <is>
-          <t>15JAN26</t>
+          <t>02MAR26</t>
         </is>
       </c>
       <c r="C149" t="inlineStr">
         <is>
           <t>Pétrole lampant</t>
         </is>
       </c>
       <c r="D149" t="inlineStr">
         <is>
           <t>Petrole lampant type C (à partir de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E149" s="2" t="n">
-        <v>0.8892000000000031</v>
+        <v>0.9385000000000033</v>
       </c>
     </row>
     <row r="150">
       <c r="A150" t="inlineStr">
         <is>
-          <t>JAN26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B150" t="inlineStr">
         <is>
-          <t>15JAN26</t>
+          <t>02MAR26</t>
         </is>
       </c>
       <c r="C150" t="inlineStr">
         <is>
           <t>Pétrole lampant</t>
         </is>
       </c>
       <c r="D150" t="inlineStr">
         <is>
           <t>Petrole lampant type C (à la pompe) (€/L)</t>
         </is>
       </c>
       <c r="E150" s="2" t="n">
-        <v>1.0430000000000037</v>
+        <v>1.0930000000000037</v>
       </c>
     </row>
     <row r="151">
       <c r="A151" t="inlineStr">
         <is>
-          <t>JAN26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B151" t="inlineStr">
         <is>
-          <t>15JAN26</t>
+          <t>02MAR26</t>
         </is>
       </c>
       <c r="C151" t="inlineStr">
         <is>
           <t>Propane</t>
         </is>
       </c>
       <c r="D151" t="inlineStr">
         <is>
           <t>Propane en vrac (à partir de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E151" s="2" t="n">
-        <v>0.6914000000000025</v>
+        <v>0.7385000000000027</v>
       </c>
     </row>
     <row r="152">
       <c r="A152" t="inlineStr">
         <is>
-          <t>JAN26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B152" t="inlineStr">
         <is>
-          <t>15JAN26</t>
+          <t>02MAR26</t>
         </is>
       </c>
       <c r="C152" t="inlineStr">
         <is>
           <t>Propane</t>
         </is>
       </c>
       <c r="D152" t="inlineStr">
         <is>
           <t>Propane en vrac (moins de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E152" s="2" t="n">
-        <v>0.7815000000000027</v>
+        <v>0.828600000000003</v>
       </c>
     </row>
     <row r="153">
       <c r="A153" t="inlineStr">
         <is>
-          <t>JAN26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B153" t="inlineStr">
         <is>
-          <t>15JAN26</t>
+          <t>02MAR26</t>
         </is>
       </c>
       <c r="C153" t="inlineStr">
         <is>
           <t>Butane + LPG</t>
         </is>
       </c>
       <c r="D153" t="inlineStr">
         <is>
           <t>Autogas LPG (à la pompe) (€/L)</t>
         </is>
       </c>
       <c r="E153" s="2" t="n">
-        <v>0.830000000000003</v>
+        <v>0.851000000000003</v>
       </c>
     </row>
     <row r="154">
       <c r="A154" t="inlineStr">
         <is>
-          <t>JAN26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B154" t="inlineStr">
         <is>
-          <t>15JAN26</t>
+          <t>02MAR26</t>
         </is>
       </c>
       <c r="C154" t="inlineStr">
         <is>
           <t>Butane + LPG</t>
         </is>
       </c>
       <c r="D154" t="inlineStr">
         <is>
           <t>Autogas LPG (moins de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E154" s="2" t="n">
-        <v>0.8131000000000029</v>
+        <v>0.848600000000003</v>
       </c>
     </row>
     <row r="155">
       <c r="A155" t="inlineStr">
         <is>
-          <t>JAN26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B155" t="inlineStr">
         <is>
-          <t>15JAN26</t>
+          <t>02MAR26</t>
         </is>
       </c>
       <c r="C155" t="inlineStr">
         <is>
           <t>Butane + LPG</t>
         </is>
       </c>
       <c r="D155" t="inlineStr">
         <is>
           <t>Autogas LPG (à partir de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E155" s="2" t="n">
-        <v>0.7231000000000025</v>
+        <v>0.7586000000000027</v>
       </c>
     </row>
     <row r="156">
       <c r="A156" t="inlineStr">
         <is>
-          <t>JAN26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B156" t="inlineStr">
         <is>
-          <t>15JAN26</t>
+          <t>02MAR26</t>
         </is>
       </c>
       <c r="C156" t="inlineStr">
         <is>
           <t>Fuel Oil</t>
         </is>
       </c>
       <c r="D156" t="inlineStr">
         <is>
           <t>Fuel oil extra lourd 1% S (en camion citerne) (€/T)</t>
         </is>
       </c>
       <c r="E156"/>
     </row>
     <row r="157">
       <c r="A157" t="inlineStr">
         <is>
-          <t>JAN26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B157" t="inlineStr">
         <is>
-          <t>16JAN26</t>
+          <t>03MAR26</t>
         </is>
       </c>
       <c r="C157" t="inlineStr">
         <is>
           <t>Essences</t>
         </is>
       </c>
       <c r="D157" t="inlineStr">
         <is>
           <t>Essence 95 RON E5 (€/L)</t>
         </is>
       </c>
       <c r="E157" s="2" t="n">
-        <v>1.5870000000000055</v>
+        <v>1.6460000000000057</v>
       </c>
     </row>
     <row r="158">
       <c r="A158" t="inlineStr">
         <is>
-          <t>JAN26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B158" t="inlineStr">
         <is>
-          <t>16JAN26</t>
+          <t>03MAR26</t>
         </is>
       </c>
       <c r="C158" t="inlineStr">
         <is>
           <t>Essences</t>
         </is>
       </c>
       <c r="D158" t="inlineStr">
         <is>
           <t>Essence 95 RON E10 (€/L)</t>
         </is>
       </c>
       <c r="E158" s="2" t="n">
-        <v>1.5730000000000055</v>
+        <v>1.6340000000000057</v>
       </c>
     </row>
     <row r="159">
       <c r="A159" t="inlineStr">
         <is>
-          <t>JAN26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B159" t="inlineStr">
         <is>
-          <t>16JAN26</t>
+          <t>03MAR26</t>
         </is>
       </c>
       <c r="C159" t="inlineStr">
         <is>
           <t>Essences</t>
         </is>
       </c>
       <c r="D159" t="inlineStr">
         <is>
           <t>Essence 98 RON E5 (€/L)</t>
         </is>
       </c>
       <c r="E159" s="2" t="n">
-        <v>1.665000000000006</v>
+        <v>1.7230000000000063</v>
       </c>
     </row>
     <row r="160">
       <c r="A160" t="inlineStr">
         <is>
-          <t>JAN26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B160" t="inlineStr">
         <is>
-          <t>16JAN26</t>
+          <t>03MAR26</t>
         </is>
       </c>
       <c r="C160" t="inlineStr">
         <is>
           <t>Essences</t>
         </is>
       </c>
       <c r="D160" t="inlineStr">
         <is>
           <t>Essence 98 RON E10 (€/L)</t>
         </is>
       </c>
       <c r="E160" s="2" t="n">
-        <v>1.662000000000006</v>
+        <v>1.7190000000000063</v>
       </c>
     </row>
     <row r="161">
       <c r="A161" t="inlineStr">
         <is>
-          <t>JAN26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B161" t="inlineStr">
         <is>
-          <t>16JAN26</t>
+          <t>03MAR26</t>
         </is>
       </c>
       <c r="C161" t="inlineStr">
         <is>
           <t>Gasoil Diesel routier</t>
         </is>
       </c>
       <c r="D161" t="inlineStr">
         <is>
           <t>Diesel B7 (€/L)</t>
         </is>
       </c>
       <c r="E161" s="2" t="n">
-        <v>1.688000000000006</v>
+        <v>1.7790000000000061</v>
       </c>
     </row>
     <row r="162">
       <c r="A162" t="inlineStr">
         <is>
-          <t>JAN26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B162" t="inlineStr">
         <is>
-          <t>16JAN26</t>
+          <t>03MAR26</t>
         </is>
       </c>
       <c r="C162" t="inlineStr">
         <is>
           <t>Gasoil Diesel routier</t>
         </is>
       </c>
       <c r="D162" t="inlineStr">
         <is>
           <t>Diesel B10 (€/L)</t>
         </is>
       </c>
       <c r="E162" s="2" t="n">
-        <v>1.681000000000006</v>
+        <v>1.7700000000000062</v>
       </c>
     </row>
     <row r="163">
       <c r="A163" t="inlineStr">
         <is>
-          <t>JAN26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B163" t="inlineStr">
         <is>
-          <t>16JAN26</t>
+          <t>03MAR26</t>
         </is>
       </c>
       <c r="C163" t="inlineStr">
         <is>
           <t>Gasoil Diesel routier</t>
         </is>
       </c>
       <c r="D163" t="inlineStr">
         <is>
           <t>Diesel B20 (€/L)</t>
         </is>
       </c>
       <c r="E163" s="2" t="n">
-        <v>1.697000000000006</v>
+        <v>1.7770000000000061</v>
       </c>
     </row>
     <row r="164">
       <c r="A164" t="inlineStr">
         <is>
-          <t>JAN26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B164" t="inlineStr">
         <is>
-          <t>16JAN26</t>
+          <t>03MAR26</t>
         </is>
       </c>
       <c r="C164" t="inlineStr">
         <is>
           <t>Gasoil Diesel routier</t>
         </is>
       </c>
       <c r="D164" t="inlineStr">
         <is>
           <t>Diesel B30 (€/L)</t>
         </is>
       </c>
       <c r="E164" s="2" t="n">
-        <v>1.7760000000000062</v>
+        <v>1.8380000000000065</v>
       </c>
     </row>
     <row r="165">
       <c r="A165" t="inlineStr">
         <is>
-          <t>JAN26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B165" t="inlineStr">
         <is>
-          <t>16JAN26</t>
+          <t>03MAR26</t>
         </is>
       </c>
       <c r="C165" t="inlineStr">
         <is>
           <t>Gasoil Diesel routier</t>
         </is>
       </c>
       <c r="D165" t="inlineStr">
         <is>
           <t>Diesel XTL (€/L)</t>
         </is>
       </c>
       <c r="E165" s="2" t="n">
-        <v>3.364000000000012</v>
+        <v>3.327000000000012</v>
       </c>
     </row>
     <row r="166">
       <c r="A166" t="inlineStr">
         <is>
-          <t>JAN26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B166" t="inlineStr">
         <is>
-          <t>16JAN26</t>
+          <t>03MAR26</t>
         </is>
       </c>
       <c r="C166" t="inlineStr">
         <is>
           <t>Gasoil Diesel (application chauffage)</t>
         </is>
       </c>
       <c r="D166" t="inlineStr">
         <is>
           <t>Gasoil Diesel Chauffage (à partir de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E166" s="2" t="n">
-        <v>0.7586000000000027</v>
+        <v>0.833800000000003</v>
       </c>
     </row>
     <row r="167">
       <c r="A167" t="inlineStr">
         <is>
-          <t>JAN26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B167" t="inlineStr">
         <is>
-          <t>16JAN26</t>
+          <t>03MAR26</t>
         </is>
       </c>
       <c r="C167" t="inlineStr">
         <is>
           <t>Gasoil Diesel (application chauffage)</t>
         </is>
       </c>
       <c r="D167" t="inlineStr">
         <is>
           <t>Gasoil Diesel Chauffage (moins de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E167" s="2" t="n">
-        <v>0.7988000000000028</v>
+        <v>0.8740000000000031</v>
       </c>
     </row>
     <row r="168">
       <c r="A168" t="inlineStr">
         <is>
-          <t>JAN26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B168" t="inlineStr">
         <is>
-          <t>16JAN26</t>
+          <t>03MAR26</t>
         </is>
       </c>
       <c r="C168" t="inlineStr">
         <is>
           <t>Gasoil Diesel (application agriculture)</t>
         </is>
       </c>
       <c r="D168" t="inlineStr">
         <is>
           <t>Gasoil Diesel Agriculture (à partir de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E168" s="2" t="n">
-        <v>0.7333000000000025</v>
+        <v>0.8085000000000029</v>
       </c>
     </row>
     <row r="169">
       <c r="A169" t="inlineStr">
         <is>
-          <t>JAN26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B169" t="inlineStr">
         <is>
-          <t>16JAN26</t>
+          <t>03MAR26</t>
         </is>
       </c>
       <c r="C169" t="inlineStr">
         <is>
           <t>Gasoil Diesel (application agriculture)</t>
         </is>
       </c>
       <c r="D169" t="inlineStr">
         <is>
           <t>Gasoil Diesel Agriculture (moins de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E169" s="2" t="n">
-        <v>0.7736000000000027</v>
+        <v>0.848800000000003</v>
       </c>
     </row>
     <row r="170">
       <c r="A170" t="inlineStr">
         <is>
-          <t>JAN26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B170" t="inlineStr">
         <is>
-          <t>16JAN26</t>
+          <t>03MAR26</t>
         </is>
       </c>
       <c r="C170" t="inlineStr">
         <is>
           <t>Gasoil Diesel (application I&amp;C)</t>
         </is>
       </c>
       <c r="D170" t="inlineStr">
         <is>
           <t>Gasoil Diesel I&amp;C (à partir de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E170" s="2" t="n">
-        <v>0.7610000000000027</v>
+        <v>0.836200000000003</v>
       </c>
     </row>
     <row r="171">
       <c r="A171" t="inlineStr">
         <is>
-          <t>JAN26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B171" t="inlineStr">
         <is>
-          <t>16JAN26</t>
+          <t>03MAR26</t>
         </is>
       </c>
       <c r="C171" t="inlineStr">
         <is>
           <t>Gasoil Diesel (application I&amp;C)</t>
         </is>
       </c>
       <c r="D171" t="inlineStr">
         <is>
           <t>Gasoil Diesel I&amp;C (moins de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E171" s="2" t="n">
-        <v>0.8013000000000029</v>
+        <v>0.876500000000003</v>
       </c>
     </row>
     <row r="172">
       <c r="A172" t="inlineStr">
         <is>
-          <t>JAN26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B172" t="inlineStr">
         <is>
-          <t>16JAN26</t>
+          <t>03MAR26</t>
         </is>
       </c>
       <c r="C172" t="inlineStr">
         <is>
           <t>Gasoil Diesel (application I&amp;C)</t>
         </is>
       </c>
       <c r="D172" t="inlineStr">
         <is>
           <t>Gasoil Diesel I&amp;C (à la pompe) (€/L)</t>
         </is>
       </c>
       <c r="E172" s="2" t="n">
-        <v>0.9120000000000033</v>
+        <v>0.9870000000000035</v>
       </c>
     </row>
     <row r="173">
       <c r="A173" t="inlineStr">
         <is>
-          <t>JAN26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B173" t="inlineStr">
         <is>
-          <t>16JAN26</t>
+          <t>03MAR26</t>
         </is>
       </c>
       <c r="C173" t="inlineStr">
         <is>
           <t>Gasoil de chauffage</t>
         </is>
       </c>
       <c r="D173" t="inlineStr">
         <is>
           <t>Gasoil chauffage (H0/H7) (à partir de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E173" s="2" t="n">
-        <v>0.7586000000000027</v>
+        <v>0.833800000000003</v>
       </c>
     </row>
     <row r="174">
       <c r="A174" t="inlineStr">
         <is>
-          <t>JAN26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B174" t="inlineStr">
         <is>
-          <t>16JAN26</t>
+          <t>03MAR26</t>
         </is>
       </c>
       <c r="C174" t="inlineStr">
         <is>
           <t>Gasoil de chauffage</t>
         </is>
       </c>
       <c r="D174" t="inlineStr">
         <is>
           <t>Gasoil chauffage (H0/H7) (moins de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E174" s="2" t="n">
-        <v>0.7988000000000028</v>
+        <v>0.8740000000000031</v>
       </c>
     </row>
     <row r="175">
       <c r="A175" t="inlineStr">
         <is>
-          <t>JAN26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B175" t="inlineStr">
         <is>
-          <t>16JAN26</t>
+          <t>03MAR26</t>
         </is>
       </c>
       <c r="C175" t="inlineStr">
         <is>
           <t>Gasoil de chauffage</t>
         </is>
       </c>
       <c r="D175" t="inlineStr">
         <is>
           <t>Gasoil chauffage (H0/H7) (à la pompe) (€/L)</t>
         </is>
       </c>
       <c r="E175" s="2" t="n">
-        <v>0.9170000000000033</v>
+        <v>0.9920000000000035</v>
       </c>
     </row>
     <row r="176">
       <c r="A176" t="inlineStr">
         <is>
-          <t>JAN26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B176" t="inlineStr">
         <is>
-          <t>16JAN26</t>
+          <t>03MAR26</t>
         </is>
       </c>
       <c r="C176" t="inlineStr">
         <is>
           <t>Pétrole lampant</t>
         </is>
       </c>
       <c r="D176" t="inlineStr">
         <is>
           <t>Petrole lampant type B (moins de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E176" s="2" t="n">
-        <v>0.8982000000000032</v>
+        <v>0.9453000000000034</v>
       </c>
     </row>
     <row r="177">
       <c r="A177" t="inlineStr">
         <is>
-          <t>JAN26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B177" t="inlineStr">
         <is>
-          <t>16JAN26</t>
+          <t>03MAR26</t>
         </is>
       </c>
       <c r="C177" t="inlineStr">
         <is>
           <t>Pétrole lampant</t>
         </is>
       </c>
       <c r="D177" t="inlineStr">
         <is>
           <t>Petrole lampant type B (à partir de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E177" s="2" t="n">
-        <v>0.858000000000003</v>
+        <v>0.9051000000000032</v>
       </c>
     </row>
     <row r="178">
       <c r="A178" t="inlineStr">
         <is>
-          <t>JAN26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B178" t="inlineStr">
         <is>
-          <t>16JAN26</t>
+          <t>03MAR26</t>
         </is>
       </c>
       <c r="C178" t="inlineStr">
         <is>
           <t>Pétrole lampant</t>
         </is>
       </c>
       <c r="D178" t="inlineStr">
         <is>
           <t>Petrole lampant type B (à la pompe) (€/L)</t>
         </is>
       </c>
       <c r="E178" s="2" t="n">
-        <v>1.0120000000000036</v>
+        <v>1.0590000000000037</v>
       </c>
     </row>
     <row r="179">
       <c r="A179" t="inlineStr">
         <is>
-          <t>JAN26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B179" t="inlineStr">
         <is>
-          <t>16JAN26</t>
+          <t>03MAR26</t>
         </is>
       </c>
       <c r="C179" t="inlineStr">
         <is>
           <t>Pétrole lampant</t>
         </is>
       </c>
       <c r="D179" t="inlineStr">
         <is>
           <t>Petrole lampant type C (moins de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E179" s="2" t="n">
-        <v>0.9295000000000033</v>
+        <v>0.9788000000000034</v>
       </c>
     </row>
     <row r="180">
       <c r="A180" t="inlineStr">
         <is>
-          <t>JAN26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B180" t="inlineStr">
         <is>
-          <t>16JAN26</t>
+          <t>03MAR26</t>
         </is>
       </c>
       <c r="C180" t="inlineStr">
         <is>
           <t>Pétrole lampant</t>
         </is>
       </c>
       <c r="D180" t="inlineStr">
         <is>
           <t>Petrole lampant type C (à partir de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E180" s="2" t="n">
-        <v>0.8892000000000031</v>
+        <v>0.9385000000000033</v>
       </c>
     </row>
     <row r="181">
       <c r="A181" t="inlineStr">
         <is>
-          <t>JAN26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B181" t="inlineStr">
         <is>
-          <t>16JAN26</t>
+          <t>03MAR26</t>
         </is>
       </c>
       <c r="C181" t="inlineStr">
         <is>
           <t>Pétrole lampant</t>
         </is>
       </c>
       <c r="D181" t="inlineStr">
         <is>
           <t>Petrole lampant type C (à la pompe) (€/L)</t>
         </is>
       </c>
       <c r="E181" s="2" t="n">
-        <v>1.0430000000000037</v>
+        <v>1.0930000000000037</v>
       </c>
     </row>
     <row r="182">
       <c r="A182" t="inlineStr">
         <is>
-          <t>JAN26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B182" t="inlineStr">
         <is>
-          <t>16JAN26</t>
+          <t>03MAR26</t>
         </is>
       </c>
       <c r="C182" t="inlineStr">
         <is>
           <t>Propane</t>
         </is>
       </c>
       <c r="D182" t="inlineStr">
         <is>
           <t>Propane en vrac (à partir de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E182" s="2" t="n">
-        <v>0.6914000000000025</v>
+        <v>0.7491000000000027</v>
       </c>
     </row>
     <row r="183">
       <c r="A183" t="inlineStr">
         <is>
-          <t>JAN26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B183" t="inlineStr">
         <is>
-          <t>16JAN26</t>
+          <t>03MAR26</t>
         </is>
       </c>
       <c r="C183" t="inlineStr">
         <is>
           <t>Propane</t>
         </is>
       </c>
       <c r="D183" t="inlineStr">
         <is>
           <t>Propane en vrac (moins de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E183" s="2" t="n">
-        <v>0.7815000000000027</v>
+        <v>0.839100000000003</v>
       </c>
     </row>
     <row r="184">
       <c r="A184" t="inlineStr">
         <is>
-          <t>JAN26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B184" t="inlineStr">
         <is>
-          <t>16JAN26</t>
+          <t>03MAR26</t>
         </is>
       </c>
       <c r="C184" t="inlineStr">
         <is>
           <t>Butane + LPG</t>
         </is>
       </c>
       <c r="D184" t="inlineStr">
         <is>
           <t>Autogas LPG (à la pompe) (€/L)</t>
         </is>
       </c>
       <c r="E184" s="2" t="n">
-        <v>0.830000000000003</v>
+        <v>0.8220000000000028</v>
       </c>
     </row>
     <row r="185">
       <c r="A185" t="inlineStr">
         <is>
-          <t>JAN26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B185" t="inlineStr">
         <is>
-          <t>16JAN26</t>
+          <t>03MAR26</t>
         </is>
       </c>
       <c r="C185" t="inlineStr">
         <is>
           <t>Butane + LPG</t>
         </is>
       </c>
       <c r="D185" t="inlineStr">
         <is>
           <t>Autogas LPG (moins de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E185" s="2" t="n">
-        <v>0.8131000000000029</v>
+        <v>0.857500000000003</v>
       </c>
     </row>
     <row r="186">
       <c r="A186" t="inlineStr">
         <is>
-          <t>JAN26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B186" t="inlineStr">
         <is>
-          <t>16JAN26</t>
+          <t>03MAR26</t>
         </is>
       </c>
       <c r="C186" t="inlineStr">
         <is>
           <t>Butane + LPG</t>
         </is>
       </c>
       <c r="D186" t="inlineStr">
         <is>
           <t>Autogas LPG (à partir de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E186" s="2" t="n">
-        <v>0.7231000000000025</v>
+        <v>0.7675000000000027</v>
       </c>
     </row>
     <row r="187">
       <c r="A187" t="inlineStr">
         <is>
-          <t>JAN26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B187" t="inlineStr">
         <is>
-          <t>16JAN26</t>
+          <t>03MAR26</t>
         </is>
       </c>
       <c r="C187" t="inlineStr">
         <is>
           <t>Fuel Oil</t>
         </is>
       </c>
       <c r="D187" t="inlineStr">
         <is>
           <t>Fuel oil extra lourd 1% S (en camion citerne) (€/T)</t>
         </is>
       </c>
       <c r="E187"/>
     </row>
     <row r="188">
       <c r="A188" t="inlineStr">
         <is>
-          <t>JAN26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B188" t="inlineStr">
         <is>
-          <t>17JAN26</t>
+          <t>04MAR26</t>
         </is>
       </c>
       <c r="C188" t="inlineStr">
         <is>
           <t>Essences</t>
         </is>
       </c>
       <c r="D188" t="inlineStr">
         <is>
           <t>Essence 95 RON E5 (€/L)</t>
         </is>
       </c>
       <c r="E188" s="2" t="n">
-        <v>1.5870000000000055</v>
+        <v>1.6460000000000057</v>
       </c>
     </row>
     <row r="189">
       <c r="A189" t="inlineStr">
         <is>
-          <t>JAN26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B189" t="inlineStr">
         <is>
-          <t>17JAN26</t>
+          <t>04MAR26</t>
         </is>
       </c>
       <c r="C189" t="inlineStr">
         <is>
           <t>Essences</t>
         </is>
       </c>
       <c r="D189" t="inlineStr">
         <is>
           <t>Essence 95 RON E10 (€/L)</t>
         </is>
       </c>
       <c r="E189" s="2" t="n">
-        <v>1.5730000000000055</v>
+        <v>1.6340000000000057</v>
       </c>
     </row>
     <row r="190">
       <c r="A190" t="inlineStr">
         <is>
-          <t>JAN26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B190" t="inlineStr">
         <is>
-          <t>17JAN26</t>
+          <t>04MAR26</t>
         </is>
       </c>
       <c r="C190" t="inlineStr">
         <is>
           <t>Essences</t>
         </is>
       </c>
       <c r="D190" t="inlineStr">
         <is>
           <t>Essence 98 RON E5 (€/L)</t>
         </is>
       </c>
       <c r="E190" s="2" t="n">
-        <v>1.665000000000006</v>
+        <v>1.7230000000000063</v>
       </c>
     </row>
     <row r="191">
       <c r="A191" t="inlineStr">
         <is>
-          <t>JAN26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B191" t="inlineStr">
         <is>
-          <t>17JAN26</t>
+          <t>04MAR26</t>
         </is>
       </c>
       <c r="C191" t="inlineStr">
         <is>
           <t>Essences</t>
         </is>
       </c>
       <c r="D191" t="inlineStr">
         <is>
           <t>Essence 98 RON E10 (€/L)</t>
         </is>
       </c>
       <c r="E191" s="2" t="n">
-        <v>1.662000000000006</v>
+        <v>1.7190000000000063</v>
       </c>
     </row>
     <row r="192">
       <c r="A192" t="inlineStr">
         <is>
-          <t>JAN26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B192" t="inlineStr">
         <is>
-          <t>17JAN26</t>
+          <t>04MAR26</t>
         </is>
       </c>
       <c r="C192" t="inlineStr">
         <is>
           <t>Gasoil Diesel routier</t>
         </is>
       </c>
       <c r="D192" t="inlineStr">
         <is>
           <t>Diesel B7 (€/L)</t>
         </is>
       </c>
       <c r="E192" s="2" t="n">
-        <v>1.688000000000006</v>
+        <v>1.7790000000000061</v>
       </c>
     </row>
     <row r="193">
       <c r="A193" t="inlineStr">
         <is>
-          <t>JAN26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B193" t="inlineStr">
         <is>
-          <t>17JAN26</t>
+          <t>04MAR26</t>
         </is>
       </c>
       <c r="C193" t="inlineStr">
         <is>
           <t>Gasoil Diesel routier</t>
         </is>
       </c>
       <c r="D193" t="inlineStr">
         <is>
           <t>Diesel B10 (€/L)</t>
         </is>
       </c>
       <c r="E193" s="2" t="n">
-        <v>1.681000000000006</v>
+        <v>1.7700000000000062</v>
       </c>
     </row>
     <row r="194">
       <c r="A194" t="inlineStr">
         <is>
-          <t>JAN26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B194" t="inlineStr">
         <is>
-          <t>17JAN26</t>
+          <t>04MAR26</t>
         </is>
       </c>
       <c r="C194" t="inlineStr">
         <is>
           <t>Gasoil Diesel routier</t>
         </is>
       </c>
       <c r="D194" t="inlineStr">
         <is>
           <t>Diesel B20 (€/L)</t>
         </is>
       </c>
       <c r="E194" s="2" t="n">
-        <v>1.697000000000006</v>
+        <v>1.7770000000000061</v>
       </c>
     </row>
     <row r="195">
       <c r="A195" t="inlineStr">
         <is>
-          <t>JAN26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B195" t="inlineStr">
         <is>
-          <t>17JAN26</t>
+          <t>04MAR26</t>
         </is>
       </c>
       <c r="C195" t="inlineStr">
         <is>
           <t>Gasoil Diesel routier</t>
         </is>
       </c>
       <c r="D195" t="inlineStr">
         <is>
           <t>Diesel B30 (€/L)</t>
         </is>
       </c>
       <c r="E195" s="2" t="n">
-        <v>1.7760000000000062</v>
+        <v>1.8380000000000065</v>
       </c>
     </row>
     <row r="196">
       <c r="A196" t="inlineStr">
         <is>
-          <t>JAN26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B196" t="inlineStr">
         <is>
-          <t>17JAN26</t>
+          <t>04MAR26</t>
         </is>
       </c>
       <c r="C196" t="inlineStr">
         <is>
           <t>Gasoil Diesel routier</t>
         </is>
       </c>
       <c r="D196" t="inlineStr">
         <is>
           <t>Diesel XTL (€/L)</t>
         </is>
       </c>
       <c r="E196" s="2" t="n">
-        <v>3.364000000000012</v>
+        <v>3.327000000000012</v>
       </c>
     </row>
     <row r="197">
       <c r="A197" t="inlineStr">
         <is>
-          <t>JAN26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B197" t="inlineStr">
         <is>
-          <t>17JAN26</t>
+          <t>04MAR26</t>
         </is>
       </c>
       <c r="C197" t="inlineStr">
         <is>
           <t>Gasoil Diesel (application chauffage)</t>
         </is>
       </c>
       <c r="D197" t="inlineStr">
         <is>
           <t>Gasoil Diesel Chauffage (à partir de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E197" s="2" t="n">
-        <v>0.7440000000000027</v>
+        <v>0.9563000000000035</v>
       </c>
     </row>
     <row r="198">
       <c r="A198" t="inlineStr">
         <is>
-          <t>JAN26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B198" t="inlineStr">
         <is>
-          <t>17JAN26</t>
+          <t>04MAR26</t>
         </is>
       </c>
       <c r="C198" t="inlineStr">
         <is>
           <t>Gasoil Diesel (application chauffage)</t>
         </is>
       </c>
       <c r="D198" t="inlineStr">
         <is>
           <t>Gasoil Diesel Chauffage (moins de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E198" s="2" t="n">
-        <v>0.7843000000000028</v>
+        <v>0.9965000000000036</v>
       </c>
     </row>
     <row r="199">
       <c r="A199" t="inlineStr">
         <is>
-          <t>JAN26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B199" t="inlineStr">
         <is>
-          <t>17JAN26</t>
+          <t>04MAR26</t>
         </is>
       </c>
       <c r="C199" t="inlineStr">
         <is>
           <t>Gasoil Diesel (application agriculture)</t>
         </is>
       </c>
       <c r="D199" t="inlineStr">
         <is>
           <t>Gasoil Diesel Agriculture (à partir de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E199" s="2" t="n">
-        <v>0.7188000000000025</v>
+        <v>0.9310000000000034</v>
       </c>
     </row>
     <row r="200">
       <c r="A200" t="inlineStr">
         <is>
-          <t>JAN26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B200" t="inlineStr">
         <is>
-          <t>17JAN26</t>
+          <t>04MAR26</t>
         </is>
       </c>
       <c r="C200" t="inlineStr">
         <is>
           <t>Gasoil Diesel (application agriculture)</t>
         </is>
       </c>
       <c r="D200" t="inlineStr">
         <is>
           <t>Gasoil Diesel Agriculture (moins de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E200" s="2" t="n">
-        <v>0.7590000000000027</v>
+        <v>0.9713000000000035</v>
       </c>
     </row>
     <row r="201">
       <c r="A201" t="inlineStr">
         <is>
-          <t>JAN26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B201" t="inlineStr">
         <is>
-          <t>17JAN26</t>
+          <t>04MAR26</t>
         </is>
       </c>
       <c r="C201" t="inlineStr">
         <is>
           <t>Gasoil Diesel (application I&amp;C)</t>
         </is>
       </c>
       <c r="D201" t="inlineStr">
         <is>
           <t>Gasoil Diesel I&amp;C (à partir de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E201" s="2" t="n">
-        <v>0.7465000000000027</v>
+        <v>0.9587000000000034</v>
       </c>
     </row>
     <row r="202">
       <c r="A202" t="inlineStr">
         <is>
-          <t>JAN26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B202" t="inlineStr">
         <is>
-          <t>17JAN26</t>
+          <t>04MAR26</t>
         </is>
       </c>
       <c r="C202" t="inlineStr">
         <is>
           <t>Gasoil Diesel (application I&amp;C)</t>
         </is>
       </c>
       <c r="D202" t="inlineStr">
         <is>
           <t>Gasoil Diesel I&amp;C (moins de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E202" s="2" t="n">
-        <v>0.7867000000000027</v>
+        <v>0.9990000000000036</v>
       </c>
     </row>
     <row r="203">
       <c r="A203" t="inlineStr">
         <is>
-          <t>JAN26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B203" t="inlineStr">
         <is>
-          <t>17JAN26</t>
+          <t>04MAR26</t>
         </is>
       </c>
       <c r="C203" t="inlineStr">
         <is>
           <t>Gasoil Diesel (application I&amp;C)</t>
         </is>
       </c>
       <c r="D203" t="inlineStr">
         <is>
           <t>Gasoil Diesel I&amp;C (à la pompe) (€/L)</t>
         </is>
       </c>
       <c r="E203" s="2" t="n">
-        <v>0.8980000000000032</v>
+        <v>1.110000000000004</v>
       </c>
     </row>
     <row r="204">
       <c r="A204" t="inlineStr">
         <is>
-          <t>JAN26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B204" t="inlineStr">
         <is>
-          <t>17JAN26</t>
+          <t>04MAR26</t>
         </is>
       </c>
       <c r="C204" t="inlineStr">
         <is>
           <t>Gasoil de chauffage</t>
         </is>
       </c>
       <c r="D204" t="inlineStr">
         <is>
           <t>Gasoil chauffage (H0/H7) (à partir de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E204" s="2" t="n">
-        <v>0.7440000000000027</v>
+        <v>0.9563000000000035</v>
       </c>
     </row>
     <row r="205">
       <c r="A205" t="inlineStr">
         <is>
-          <t>JAN26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B205" t="inlineStr">
         <is>
-          <t>17JAN26</t>
+          <t>04MAR26</t>
         </is>
       </c>
       <c r="C205" t="inlineStr">
         <is>
           <t>Gasoil de chauffage</t>
         </is>
       </c>
       <c r="D205" t="inlineStr">
         <is>
           <t>Gasoil chauffage (H0/H7) (moins de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E205" s="2" t="n">
-        <v>0.7843000000000028</v>
+        <v>0.9965000000000036</v>
       </c>
     </row>
     <row r="206">
       <c r="A206" t="inlineStr">
         <is>
-          <t>JAN26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B206" t="inlineStr">
         <is>
-          <t>17JAN26</t>
+          <t>04MAR26</t>
         </is>
       </c>
       <c r="C206" t="inlineStr">
         <is>
           <t>Gasoil de chauffage</t>
         </is>
       </c>
       <c r="D206" t="inlineStr">
         <is>
           <t>Gasoil chauffage (H0/H7) (à la pompe) (€/L)</t>
         </is>
       </c>
       <c r="E206" s="2" t="n">
-        <v>0.9020000000000032</v>
+        <v>1.114000000000004</v>
       </c>
     </row>
     <row r="207">
       <c r="A207" t="inlineStr">
         <is>
-          <t>JAN26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B207" t="inlineStr">
         <is>
-          <t>17JAN26</t>
+          <t>04MAR26</t>
         </is>
       </c>
       <c r="C207" t="inlineStr">
         <is>
           <t>Pétrole lampant</t>
         </is>
       </c>
       <c r="D207" t="inlineStr">
         <is>
           <t>Petrole lampant type B (moins de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E207" s="2" t="n">
-        <v>0.8739000000000031</v>
+        <v>1.120000000000004</v>
       </c>
     </row>
     <row r="208">
       <c r="A208" t="inlineStr">
         <is>
-          <t>JAN26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B208" t="inlineStr">
         <is>
-          <t>17JAN26</t>
+          <t>04MAR26</t>
         </is>
       </c>
       <c r="C208" t="inlineStr">
         <is>
           <t>Pétrole lampant</t>
         </is>
       </c>
       <c r="D208" t="inlineStr">
         <is>
           <t>Petrole lampant type B (à partir de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E208" s="2" t="n">
-        <v>0.833700000000003</v>
+        <v>1.0797000000000039</v>
       </c>
     </row>
     <row r="209">
       <c r="A209" t="inlineStr">
         <is>
-          <t>JAN26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B209" t="inlineStr">
         <is>
-          <t>17JAN26</t>
+          <t>04MAR26</t>
         </is>
       </c>
       <c r="C209" t="inlineStr">
         <is>
           <t>Pétrole lampant</t>
         </is>
       </c>
       <c r="D209" t="inlineStr">
         <is>
           <t>Petrole lampant type B (à la pompe) (€/L)</t>
         </is>
       </c>
       <c r="E209" s="2" t="n">
-        <v>0.9880000000000035</v>
+        <v>1.2340000000000044</v>
       </c>
     </row>
     <row r="210">
       <c r="A210" t="inlineStr">
         <is>
-          <t>JAN26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B210" t="inlineStr">
         <is>
-          <t>17JAN26</t>
+          <t>04MAR26</t>
         </is>
       </c>
       <c r="C210" t="inlineStr">
         <is>
           <t>Pétrole lampant</t>
         </is>
       </c>
       <c r="D210" t="inlineStr">
         <is>
           <t>Petrole lampant type C (moins de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E210" s="2" t="n">
-        <v>0.9041000000000032</v>
+        <v>1.1613000000000042</v>
       </c>
     </row>
     <row r="211">
       <c r="A211" t="inlineStr">
         <is>
-          <t>JAN26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B211" t="inlineStr">
         <is>
-          <t>17JAN26</t>
+          <t>04MAR26</t>
         </is>
       </c>
       <c r="C211" t="inlineStr">
         <is>
           <t>Pétrole lampant</t>
         </is>
       </c>
       <c r="D211" t="inlineStr">
         <is>
           <t>Petrole lampant type C (à partir de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E211" s="2" t="n">
-        <v>0.8639000000000031</v>
+        <v>1.121100000000004</v>
       </c>
     </row>
     <row r="212">
       <c r="A212" t="inlineStr">
         <is>
-          <t>JAN26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B212" t="inlineStr">
         <is>
-          <t>17JAN26</t>
+          <t>04MAR26</t>
         </is>
       </c>
       <c r="C212" t="inlineStr">
         <is>
           <t>Pétrole lampant</t>
         </is>
       </c>
       <c r="D212" t="inlineStr">
         <is>
           <t>Petrole lampant type C (à la pompe) (€/L)</t>
         </is>
       </c>
       <c r="E212" s="2" t="n">
-        <v>1.0180000000000036</v>
+        <v>1.2750000000000044</v>
       </c>
     </row>
     <row r="213">
       <c r="A213" t="inlineStr">
         <is>
-          <t>JAN26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B213" t="inlineStr">
         <is>
-          <t>17JAN26</t>
+          <t>04MAR26</t>
         </is>
       </c>
       <c r="C213" t="inlineStr">
         <is>
           <t>Propane</t>
         </is>
       </c>
       <c r="D213" t="inlineStr">
         <is>
           <t>Propane en vrac (à partir de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E213" s="2" t="n">
-        <v>0.6914000000000025</v>
+        <v>0.7491000000000027</v>
       </c>
     </row>
     <row r="214">
       <c r="A214" t="inlineStr">
         <is>
-          <t>JAN26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B214" t="inlineStr">
         <is>
-          <t>17JAN26</t>
+          <t>04MAR26</t>
         </is>
       </c>
       <c r="C214" t="inlineStr">
         <is>
           <t>Propane</t>
         </is>
       </c>
       <c r="D214" t="inlineStr">
         <is>
           <t>Propane en vrac (moins de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E214" s="2" t="n">
-        <v>0.7815000000000027</v>
+        <v>0.839100000000003</v>
       </c>
     </row>
     <row r="215">
       <c r="A215" t="inlineStr">
         <is>
-          <t>JAN26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B215" t="inlineStr">
         <is>
-          <t>17JAN26</t>
+          <t>04MAR26</t>
         </is>
       </c>
       <c r="C215" t="inlineStr">
         <is>
           <t>Butane + LPG</t>
         </is>
       </c>
       <c r="D215" t="inlineStr">
         <is>
           <t>Autogas LPG (à la pompe) (€/L)</t>
         </is>
       </c>
       <c r="E215" s="2" t="n">
-        <v>0.830000000000003</v>
+        <v>0.8220000000000028</v>
       </c>
     </row>
     <row r="216">
       <c r="A216" t="inlineStr">
         <is>
-          <t>JAN26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B216" t="inlineStr">
         <is>
-          <t>17JAN26</t>
+          <t>04MAR26</t>
         </is>
       </c>
       <c r="C216" t="inlineStr">
         <is>
           <t>Butane + LPG</t>
         </is>
       </c>
       <c r="D216" t="inlineStr">
         <is>
           <t>Autogas LPG (moins de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E216" s="2" t="n">
-        <v>0.8131000000000029</v>
+        <v>0.857500000000003</v>
       </c>
     </row>
     <row r="217">
       <c r="A217" t="inlineStr">
         <is>
-          <t>JAN26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B217" t="inlineStr">
         <is>
-          <t>17JAN26</t>
+          <t>04MAR26</t>
         </is>
       </c>
       <c r="C217" t="inlineStr">
         <is>
           <t>Butane + LPG</t>
         </is>
       </c>
       <c r="D217" t="inlineStr">
         <is>
           <t>Autogas LPG (à partir de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E217" s="2" t="n">
-        <v>0.7231000000000025</v>
+        <v>0.7675000000000027</v>
       </c>
     </row>
     <row r="218">
       <c r="A218" t="inlineStr">
         <is>
-          <t>JAN26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B218" t="inlineStr">
         <is>
-          <t>17JAN26</t>
+          <t>04MAR26</t>
         </is>
       </c>
       <c r="C218" t="inlineStr">
         <is>
           <t>Fuel Oil</t>
         </is>
       </c>
       <c r="D218" t="inlineStr">
         <is>
           <t>Fuel oil extra lourd 1% S (en camion citerne) (€/T)</t>
         </is>
       </c>
       <c r="E218"/>
     </row>
     <row r="219">
       <c r="A219" t="inlineStr">
         <is>
-          <t>JAN26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B219" t="inlineStr">
         <is>
-          <t>18JAN26</t>
+          <t>05MAR26</t>
         </is>
       </c>
       <c r="C219" t="inlineStr">
         <is>
           <t>Essences</t>
         </is>
       </c>
       <c r="D219" t="inlineStr">
         <is>
           <t>Essence 95 RON E5 (€/L)</t>
         </is>
       </c>
       <c r="E219" s="2" t="n">
-        <v>1.5870000000000055</v>
+        <v>1.6460000000000057</v>
       </c>
     </row>
     <row r="220">
       <c r="A220" t="inlineStr">
         <is>
-          <t>JAN26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B220" t="inlineStr">
         <is>
-          <t>18JAN26</t>
+          <t>05MAR26</t>
         </is>
       </c>
       <c r="C220" t="inlineStr">
         <is>
           <t>Essences</t>
         </is>
       </c>
       <c r="D220" t="inlineStr">
         <is>
           <t>Essence 95 RON E10 (€/L)</t>
         </is>
       </c>
       <c r="E220" s="2" t="n">
-        <v>1.5730000000000055</v>
+        <v>1.6340000000000057</v>
       </c>
     </row>
     <row r="221">
       <c r="A221" t="inlineStr">
         <is>
-          <t>JAN26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B221" t="inlineStr">
         <is>
-          <t>18JAN26</t>
+          <t>05MAR26</t>
         </is>
       </c>
       <c r="C221" t="inlineStr">
         <is>
           <t>Essences</t>
         </is>
       </c>
       <c r="D221" t="inlineStr">
         <is>
           <t>Essence 98 RON E5 (€/L)</t>
         </is>
       </c>
       <c r="E221" s="2" t="n">
-        <v>1.665000000000006</v>
+        <v>1.7230000000000063</v>
       </c>
     </row>
     <row r="222">
       <c r="A222" t="inlineStr">
         <is>
-          <t>JAN26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B222" t="inlineStr">
         <is>
-          <t>18JAN26</t>
+          <t>05MAR26</t>
         </is>
       </c>
       <c r="C222" t="inlineStr">
         <is>
           <t>Essences</t>
         </is>
       </c>
       <c r="D222" t="inlineStr">
         <is>
           <t>Essence 98 RON E10 (€/L)</t>
         </is>
       </c>
       <c r="E222" s="2" t="n">
-        <v>1.662000000000006</v>
+        <v>1.7190000000000063</v>
       </c>
     </row>
     <row r="223">
       <c r="A223" t="inlineStr">
         <is>
-          <t>JAN26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B223" t="inlineStr">
         <is>
-          <t>18JAN26</t>
+          <t>05MAR26</t>
         </is>
       </c>
       <c r="C223" t="inlineStr">
         <is>
           <t>Gasoil Diesel routier</t>
         </is>
       </c>
       <c r="D223" t="inlineStr">
         <is>
           <t>Diesel B7 (€/L)</t>
         </is>
       </c>
       <c r="E223" s="2" t="n">
-        <v>1.688000000000006</v>
+        <v>1.923000000000007</v>
       </c>
     </row>
     <row r="224">
       <c r="A224" t="inlineStr">
         <is>
-          <t>JAN26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B224" t="inlineStr">
         <is>
-          <t>18JAN26</t>
+          <t>05MAR26</t>
         </is>
       </c>
       <c r="C224" t="inlineStr">
         <is>
           <t>Gasoil Diesel routier</t>
         </is>
       </c>
       <c r="D224" t="inlineStr">
         <is>
           <t>Diesel B10 (€/L)</t>
         </is>
       </c>
       <c r="E224" s="2" t="n">
-        <v>1.681000000000006</v>
+        <v>1.915000000000007</v>
       </c>
     </row>
     <row r="225">
       <c r="A225" t="inlineStr">
         <is>
-          <t>JAN26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B225" t="inlineStr">
         <is>
-          <t>18JAN26</t>
+          <t>05MAR26</t>
         </is>
       </c>
       <c r="C225" t="inlineStr">
         <is>
           <t>Gasoil Diesel routier</t>
         </is>
       </c>
       <c r="D225" t="inlineStr">
         <is>
           <t>Diesel B20 (€/L)</t>
         </is>
       </c>
       <c r="E225" s="2" t="n">
-        <v>1.697000000000006</v>
+        <v>1.9120000000000068</v>
       </c>
     </row>
     <row r="226">
       <c r="A226" t="inlineStr">
         <is>
-          <t>JAN26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B226" t="inlineStr">
         <is>
-          <t>18JAN26</t>
+          <t>05MAR26</t>
         </is>
       </c>
       <c r="C226" t="inlineStr">
         <is>
           <t>Gasoil Diesel routier</t>
         </is>
       </c>
       <c r="D226" t="inlineStr">
         <is>
           <t>Diesel B30 (€/L)</t>
         </is>
       </c>
       <c r="E226" s="2" t="n">
-        <v>1.7760000000000062</v>
+        <v>1.949000000000007</v>
       </c>
     </row>
     <row r="227">
       <c r="A227" t="inlineStr">
         <is>
-          <t>JAN26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B227" t="inlineStr">
         <is>
-          <t>18JAN26</t>
+          <t>05MAR26</t>
         </is>
       </c>
       <c r="C227" t="inlineStr">
         <is>
           <t>Gasoil Diesel routier</t>
         </is>
       </c>
       <c r="D227" t="inlineStr">
         <is>
           <t>Diesel XTL (€/L)</t>
         </is>
       </c>
       <c r="E227" s="2" t="n">
-        <v>3.364000000000012</v>
+        <v>3.2660000000000116</v>
       </c>
     </row>
     <row r="228">
       <c r="A228" t="inlineStr">
         <is>
-          <t>JAN26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B228" t="inlineStr">
         <is>
-          <t>18JAN26</t>
+          <t>05MAR26</t>
         </is>
       </c>
       <c r="C228" t="inlineStr">
         <is>
           <t>Gasoil Diesel (application chauffage)</t>
         </is>
       </c>
       <c r="D228" t="inlineStr">
         <is>
           <t>Gasoil Diesel Chauffage (à partir de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E228" s="2" t="n">
-        <v>0.7440000000000027</v>
+        <v>1.0055000000000036</v>
       </c>
     </row>
     <row r="229">
       <c r="A229" t="inlineStr">
         <is>
-          <t>JAN26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B229" t="inlineStr">
         <is>
-          <t>18JAN26</t>
+          <t>05MAR26</t>
         </is>
       </c>
       <c r="C229" t="inlineStr">
         <is>
           <t>Gasoil Diesel (application chauffage)</t>
         </is>
       </c>
       <c r="D229" t="inlineStr">
         <is>
           <t>Gasoil Diesel Chauffage (moins de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E229" s="2" t="n">
-        <v>0.7843000000000028</v>
+        <v>1.0458000000000038</v>
       </c>
     </row>
     <row r="230">
       <c r="A230" t="inlineStr">
         <is>
-          <t>JAN26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B230" t="inlineStr">
         <is>
-          <t>18JAN26</t>
+          <t>05MAR26</t>
         </is>
       </c>
       <c r="C230" t="inlineStr">
         <is>
           <t>Gasoil Diesel (application agriculture)</t>
         </is>
       </c>
       <c r="D230" t="inlineStr">
         <is>
           <t>Gasoil Diesel Agriculture (à partir de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E230" s="2" t="n">
-        <v>0.7188000000000025</v>
+        <v>0.9803000000000034</v>
       </c>
     </row>
     <row r="231">
       <c r="A231" t="inlineStr">
         <is>
-          <t>JAN26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B231" t="inlineStr">
         <is>
-          <t>18JAN26</t>
+          <t>05MAR26</t>
         </is>
       </c>
       <c r="C231" t="inlineStr">
         <is>
           <t>Gasoil Diesel (application agriculture)</t>
         </is>
       </c>
       <c r="D231" t="inlineStr">
         <is>
           <t>Gasoil Diesel Agriculture (moins de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E231" s="2" t="n">
-        <v>0.7590000000000027</v>
+        <v>1.0206000000000035</v>
       </c>
     </row>
     <row r="232">
       <c r="A232" t="inlineStr">
         <is>
-          <t>JAN26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B232" t="inlineStr">
         <is>
-          <t>18JAN26</t>
+          <t>05MAR26</t>
         </is>
       </c>
       <c r="C232" t="inlineStr">
         <is>
           <t>Gasoil Diesel (application I&amp;C)</t>
         </is>
       </c>
       <c r="D232" t="inlineStr">
         <is>
           <t>Gasoil Diesel I&amp;C (à partir de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E232" s="2" t="n">
-        <v>0.7465000000000027</v>
+        <v>1.0080000000000036</v>
       </c>
     </row>
     <row r="233">
       <c r="A233" t="inlineStr">
         <is>
-          <t>JAN26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B233" t="inlineStr">
         <is>
-          <t>18JAN26</t>
+          <t>05MAR26</t>
         </is>
       </c>
       <c r="C233" t="inlineStr">
         <is>
           <t>Gasoil Diesel (application I&amp;C)</t>
         </is>
       </c>
       <c r="D233" t="inlineStr">
         <is>
           <t>Gasoil Diesel I&amp;C (moins de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E233" s="2" t="n">
-        <v>0.7867000000000027</v>
+        <v>1.0482000000000038</v>
       </c>
     </row>
     <row r="234">
       <c r="A234" t="inlineStr">
         <is>
-          <t>JAN26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B234" t="inlineStr">
         <is>
-          <t>18JAN26</t>
+          <t>05MAR26</t>
         </is>
       </c>
       <c r="C234" t="inlineStr">
         <is>
           <t>Gasoil Diesel (application I&amp;C)</t>
         </is>
       </c>
       <c r="D234" t="inlineStr">
         <is>
           <t>Gasoil Diesel I&amp;C (à la pompe) (€/L)</t>
         </is>
       </c>
       <c r="E234" s="2" t="n">
-        <v>0.8980000000000032</v>
+        <v>1.1590000000000042</v>
       </c>
     </row>
     <row r="235">
       <c r="A235" t="inlineStr">
         <is>
-          <t>JAN26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B235" t="inlineStr">
         <is>
-          <t>18JAN26</t>
+          <t>05MAR26</t>
         </is>
       </c>
       <c r="C235" t="inlineStr">
         <is>
           <t>Gasoil de chauffage</t>
         </is>
       </c>
       <c r="D235" t="inlineStr">
         <is>
           <t>Gasoil chauffage (H0/H7) (à partir de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E235" s="2" t="n">
-        <v>0.7440000000000027</v>
+        <v>1.0055000000000036</v>
       </c>
     </row>
     <row r="236">
       <c r="A236" t="inlineStr">
         <is>
-          <t>JAN26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B236" t="inlineStr">
         <is>
-          <t>18JAN26</t>
+          <t>05MAR26</t>
         </is>
       </c>
       <c r="C236" t="inlineStr">
         <is>
           <t>Gasoil de chauffage</t>
         </is>
       </c>
       <c r="D236" t="inlineStr">
         <is>
           <t>Gasoil chauffage (H0/H7) (moins de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E236" s="2" t="n">
-        <v>0.7843000000000028</v>
+        <v>1.0458000000000038</v>
       </c>
     </row>
     <row r="237">
       <c r="A237" t="inlineStr">
         <is>
-          <t>JAN26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B237" t="inlineStr">
         <is>
-          <t>18JAN26</t>
+          <t>05MAR26</t>
         </is>
       </c>
       <c r="C237" t="inlineStr">
         <is>
           <t>Gasoil de chauffage</t>
         </is>
       </c>
       <c r="D237" t="inlineStr">
         <is>
           <t>Gasoil chauffage (H0/H7) (à la pompe) (€/L)</t>
         </is>
       </c>
       <c r="E237" s="2" t="n">
-        <v>0.9020000000000032</v>
+        <v>1.1640000000000041</v>
       </c>
     </row>
     <row r="238">
       <c r="A238" t="inlineStr">
         <is>
-          <t>JAN26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B238" t="inlineStr">
         <is>
-          <t>18JAN26</t>
+          <t>05MAR26</t>
         </is>
       </c>
       <c r="C238" t="inlineStr">
         <is>
           <t>Pétrole lampant</t>
         </is>
       </c>
       <c r="D238" t="inlineStr">
         <is>
           <t>Petrole lampant type B (moins de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E238" s="2" t="n">
-        <v>0.8739000000000031</v>
+        <v>1.120000000000004</v>
       </c>
     </row>
     <row r="239">
       <c r="A239" t="inlineStr">
         <is>
-          <t>JAN26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B239" t="inlineStr">
         <is>
-          <t>18JAN26</t>
+          <t>05MAR26</t>
         </is>
       </c>
       <c r="C239" t="inlineStr">
         <is>
           <t>Pétrole lampant</t>
         </is>
       </c>
       <c r="D239" t="inlineStr">
         <is>
           <t>Petrole lampant type B (à partir de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E239" s="2" t="n">
-        <v>0.833700000000003</v>
+        <v>1.0797000000000039</v>
       </c>
     </row>
     <row r="240">
       <c r="A240" t="inlineStr">
         <is>
-          <t>JAN26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B240" t="inlineStr">
         <is>
-          <t>18JAN26</t>
+          <t>05MAR26</t>
         </is>
       </c>
       <c r="C240" t="inlineStr">
         <is>
           <t>Pétrole lampant</t>
         </is>
       </c>
       <c r="D240" t="inlineStr">
         <is>
           <t>Petrole lampant type B (à la pompe) (€/L)</t>
         </is>
       </c>
       <c r="E240" s="2" t="n">
-        <v>0.9880000000000035</v>
+        <v>1.2340000000000044</v>
       </c>
     </row>
     <row r="241">
       <c r="A241" t="inlineStr">
         <is>
-          <t>JAN26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B241" t="inlineStr">
         <is>
-          <t>18JAN26</t>
+          <t>05MAR26</t>
         </is>
       </c>
       <c r="C241" t="inlineStr">
         <is>
           <t>Pétrole lampant</t>
         </is>
       </c>
       <c r="D241" t="inlineStr">
         <is>
           <t>Petrole lampant type C (moins de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E241" s="2" t="n">
-        <v>0.9041000000000032</v>
+        <v>1.1613000000000042</v>
       </c>
     </row>
     <row r="242">
       <c r="A242" t="inlineStr">
         <is>
-          <t>JAN26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B242" t="inlineStr">
         <is>
-          <t>18JAN26</t>
+          <t>05MAR26</t>
         </is>
       </c>
       <c r="C242" t="inlineStr">
         <is>
           <t>Pétrole lampant</t>
         </is>
       </c>
       <c r="D242" t="inlineStr">
         <is>
           <t>Petrole lampant type C (à partir de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E242" s="2" t="n">
-        <v>0.8639000000000031</v>
+        <v>1.121100000000004</v>
       </c>
     </row>
     <row r="243">
       <c r="A243" t="inlineStr">
         <is>
-          <t>JAN26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B243" t="inlineStr">
         <is>
-          <t>18JAN26</t>
+          <t>05MAR26</t>
         </is>
       </c>
       <c r="C243" t="inlineStr">
         <is>
           <t>Pétrole lampant</t>
         </is>
       </c>
       <c r="D243" t="inlineStr">
         <is>
           <t>Petrole lampant type C (à la pompe) (€/L)</t>
         </is>
       </c>
       <c r="E243" s="2" t="n">
-        <v>1.0180000000000036</v>
+        <v>1.2750000000000044</v>
       </c>
     </row>
     <row r="244">
       <c r="A244" t="inlineStr">
         <is>
-          <t>JAN26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B244" t="inlineStr">
         <is>
-          <t>18JAN26</t>
+          <t>05MAR26</t>
         </is>
       </c>
       <c r="C244" t="inlineStr">
         <is>
           <t>Propane</t>
         </is>
       </c>
       <c r="D244" t="inlineStr">
         <is>
           <t>Propane en vrac (à partir de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E244" s="2" t="n">
-        <v>0.6914000000000025</v>
+        <v>0.7491000000000027</v>
       </c>
     </row>
     <row r="245">
       <c r="A245" t="inlineStr">
         <is>
-          <t>JAN26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B245" t="inlineStr">
         <is>
-          <t>18JAN26</t>
+          <t>05MAR26</t>
         </is>
       </c>
       <c r="C245" t="inlineStr">
         <is>
           <t>Propane</t>
         </is>
       </c>
       <c r="D245" t="inlineStr">
         <is>
           <t>Propane en vrac (moins de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E245" s="2" t="n">
-        <v>0.7815000000000027</v>
+        <v>0.839100000000003</v>
       </c>
     </row>
     <row r="246">
       <c r="A246" t="inlineStr">
         <is>
-          <t>JAN26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B246" t="inlineStr">
         <is>
-          <t>18JAN26</t>
+          <t>05MAR26</t>
         </is>
       </c>
       <c r="C246" t="inlineStr">
         <is>
           <t>Butane + LPG</t>
         </is>
       </c>
       <c r="D246" t="inlineStr">
         <is>
           <t>Autogas LPG (à la pompe) (€/L)</t>
         </is>
       </c>
       <c r="E246" s="2" t="n">
-        <v>0.830000000000003</v>
+        <v>0.8220000000000028</v>
       </c>
     </row>
     <row r="247">
       <c r="A247" t="inlineStr">
         <is>
-          <t>JAN26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B247" t="inlineStr">
         <is>
-          <t>18JAN26</t>
+          <t>05MAR26</t>
         </is>
       </c>
       <c r="C247" t="inlineStr">
         <is>
           <t>Butane + LPG</t>
         </is>
       </c>
       <c r="D247" t="inlineStr">
         <is>
           <t>Autogas LPG (moins de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E247" s="2" t="n">
-        <v>0.8131000000000029</v>
+        <v>0.857500000000003</v>
       </c>
     </row>
     <row r="248">
       <c r="A248" t="inlineStr">
         <is>
-          <t>JAN26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B248" t="inlineStr">
         <is>
-          <t>18JAN26</t>
+          <t>05MAR26</t>
         </is>
       </c>
       <c r="C248" t="inlineStr">
         <is>
           <t>Butane + LPG</t>
         </is>
       </c>
       <c r="D248" t="inlineStr">
         <is>
           <t>Autogas LPG (à partir de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E248" s="2" t="n">
-        <v>0.7231000000000025</v>
+        <v>0.7675000000000027</v>
       </c>
     </row>
     <row r="249">
       <c r="A249" t="inlineStr">
         <is>
-          <t>JAN26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B249" t="inlineStr">
         <is>
-          <t>18JAN26</t>
+          <t>05MAR26</t>
         </is>
       </c>
       <c r="C249" t="inlineStr">
         <is>
           <t>Fuel Oil</t>
         </is>
       </c>
       <c r="D249" t="inlineStr">
         <is>
           <t>Fuel oil extra lourd 1% S (en camion citerne) (€/T)</t>
         </is>
       </c>
       <c r="E249"/>
     </row>
     <row r="250">
       <c r="A250" t="inlineStr">
         <is>
-          <t>JAN26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B250" t="inlineStr">
         <is>
-          <t>19JAN26</t>
+          <t>06MAR26</t>
         </is>
       </c>
       <c r="C250" t="inlineStr">
         <is>
           <t>Essences</t>
         </is>
       </c>
       <c r="D250" t="inlineStr">
         <is>
           <t>Essence 95 RON E5 (€/L)</t>
         </is>
       </c>
       <c r="E250" s="2" t="n">
-        <v>1.5870000000000055</v>
+        <v>1.684000000000006</v>
       </c>
     </row>
     <row r="251">
       <c r="A251" t="inlineStr">
         <is>
-          <t>JAN26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B251" t="inlineStr">
         <is>
-          <t>19JAN26</t>
+          <t>06MAR26</t>
         </is>
       </c>
       <c r="C251" t="inlineStr">
         <is>
           <t>Essences</t>
         </is>
       </c>
       <c r="D251" t="inlineStr">
         <is>
           <t>Essence 95 RON E10 (€/L)</t>
         </is>
       </c>
       <c r="E251" s="2" t="n">
-        <v>1.5730000000000055</v>
+        <v>1.677000000000006</v>
       </c>
     </row>
     <row r="252">
       <c r="A252" t="inlineStr">
         <is>
-          <t>JAN26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B252" t="inlineStr">
         <is>
-          <t>19JAN26</t>
+          <t>06MAR26</t>
         </is>
       </c>
       <c r="C252" t="inlineStr">
         <is>
           <t>Essences</t>
         </is>
       </c>
       <c r="D252" t="inlineStr">
         <is>
           <t>Essence 98 RON E5 (€/L)</t>
         </is>
       </c>
       <c r="E252" s="2" t="n">
-        <v>1.665000000000006</v>
+        <v>1.7400000000000062</v>
       </c>
     </row>
     <row r="253">
       <c r="A253" t="inlineStr">
         <is>
-          <t>JAN26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B253" t="inlineStr">
         <is>
-          <t>19JAN26</t>
+          <t>06MAR26</t>
         </is>
       </c>
       <c r="C253" t="inlineStr">
         <is>
           <t>Essences</t>
         </is>
       </c>
       <c r="D253" t="inlineStr">
         <is>
           <t>Essence 98 RON E10 (€/L)</t>
         </is>
       </c>
       <c r="E253" s="2" t="n">
-        <v>1.662000000000006</v>
+        <v>1.7360000000000062</v>
       </c>
     </row>
     <row r="254">
       <c r="A254" t="inlineStr">
         <is>
-          <t>JAN26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B254" t="inlineStr">
         <is>
-          <t>19JAN26</t>
+          <t>06MAR26</t>
         </is>
       </c>
       <c r="C254" t="inlineStr">
         <is>
           <t>Gasoil Diesel routier</t>
         </is>
       </c>
       <c r="D254" t="inlineStr">
         <is>
           <t>Diesel B7 (€/L)</t>
         </is>
       </c>
       <c r="E254" s="2" t="n">
-        <v>1.688000000000006</v>
+        <v>1.923000000000007</v>
       </c>
     </row>
     <row r="255">
       <c r="A255" t="inlineStr">
         <is>
-          <t>JAN26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B255" t="inlineStr">
         <is>
-          <t>19JAN26</t>
+          <t>06MAR26</t>
         </is>
       </c>
       <c r="C255" t="inlineStr">
         <is>
           <t>Gasoil Diesel routier</t>
         </is>
       </c>
       <c r="D255" t="inlineStr">
         <is>
           <t>Diesel B10 (€/L)</t>
         </is>
       </c>
       <c r="E255" s="2" t="n">
-        <v>1.681000000000006</v>
+        <v>1.915000000000007</v>
       </c>
     </row>
     <row r="256">
       <c r="A256" t="inlineStr">
         <is>
-          <t>JAN26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B256" t="inlineStr">
         <is>
-          <t>19JAN26</t>
+          <t>06MAR26</t>
         </is>
       </c>
       <c r="C256" t="inlineStr">
         <is>
           <t>Gasoil Diesel routier</t>
         </is>
       </c>
       <c r="D256" t="inlineStr">
         <is>
           <t>Diesel B20 (€/L)</t>
         </is>
       </c>
       <c r="E256" s="2" t="n">
-        <v>1.697000000000006</v>
+        <v>1.9120000000000068</v>
       </c>
     </row>
     <row r="257">
       <c r="A257" t="inlineStr">
         <is>
-          <t>JAN26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B257" t="inlineStr">
         <is>
-          <t>19JAN26</t>
+          <t>06MAR26</t>
         </is>
       </c>
       <c r="C257" t="inlineStr">
         <is>
           <t>Gasoil Diesel routier</t>
         </is>
       </c>
       <c r="D257" t="inlineStr">
         <is>
           <t>Diesel B30 (€/L)</t>
         </is>
       </c>
       <c r="E257" s="2" t="n">
-        <v>1.7760000000000062</v>
+        <v>1.949000000000007</v>
       </c>
     </row>
     <row r="258">
       <c r="A258" t="inlineStr">
         <is>
-          <t>JAN26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B258" t="inlineStr">
         <is>
-          <t>19JAN26</t>
+          <t>06MAR26</t>
         </is>
       </c>
       <c r="C258" t="inlineStr">
         <is>
           <t>Gasoil Diesel routier</t>
         </is>
       </c>
       <c r="D258" t="inlineStr">
         <is>
           <t>Diesel XTL (€/L)</t>
         </is>
       </c>
       <c r="E258" s="2" t="n">
-        <v>3.364000000000012</v>
+        <v>3.2660000000000116</v>
       </c>
     </row>
     <row r="259">
       <c r="A259" t="inlineStr">
         <is>
-          <t>JAN26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B259" t="inlineStr">
         <is>
-          <t>19JAN26</t>
+          <t>06MAR26</t>
         </is>
       </c>
       <c r="C259" t="inlineStr">
         <is>
           <t>Gasoil Diesel (application chauffage)</t>
         </is>
       </c>
       <c r="D259" t="inlineStr">
         <is>
           <t>Gasoil Diesel Chauffage (à partir de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E259" s="2" t="n">
-        <v>0.7440000000000027</v>
+        <v>1.0149000000000035</v>
       </c>
     </row>
     <row r="260">
       <c r="A260" t="inlineStr">
         <is>
-          <t>JAN26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B260" t="inlineStr">
         <is>
-          <t>19JAN26</t>
+          <t>06MAR26</t>
         </is>
       </c>
       <c r="C260" t="inlineStr">
         <is>
           <t>Gasoil Diesel (application chauffage)</t>
         </is>
       </c>
       <c r="D260" t="inlineStr">
         <is>
           <t>Gasoil Diesel Chauffage (moins de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E260" s="2" t="n">
-        <v>0.7843000000000028</v>
+        <v>1.0551000000000037</v>
       </c>
     </row>
     <row r="261">
       <c r="A261" t="inlineStr">
         <is>
-          <t>JAN26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B261" t="inlineStr">
         <is>
-          <t>19JAN26</t>
+          <t>06MAR26</t>
         </is>
       </c>
       <c r="C261" t="inlineStr">
         <is>
           <t>Gasoil Diesel (application agriculture)</t>
         </is>
       </c>
       <c r="D261" t="inlineStr">
         <is>
           <t>Gasoil Diesel Agriculture (à partir de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E261" s="2" t="n">
-        <v>0.7188000000000025</v>
+        <v>0.9896000000000036</v>
       </c>
     </row>
     <row r="262">
       <c r="A262" t="inlineStr">
         <is>
-          <t>JAN26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B262" t="inlineStr">
         <is>
-          <t>19JAN26</t>
+          <t>06MAR26</t>
         </is>
       </c>
       <c r="C262" t="inlineStr">
         <is>
           <t>Gasoil Diesel (application agriculture)</t>
         </is>
       </c>
       <c r="D262" t="inlineStr">
         <is>
           <t>Gasoil Diesel Agriculture (moins de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E262" s="2" t="n">
-        <v>0.7590000000000027</v>
+        <v>1.0299000000000036</v>
       </c>
     </row>
     <row r="263">
       <c r="A263" t="inlineStr">
         <is>
-          <t>JAN26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B263" t="inlineStr">
         <is>
-          <t>19JAN26</t>
+          <t>06MAR26</t>
         </is>
       </c>
       <c r="C263" t="inlineStr">
         <is>
           <t>Gasoil Diesel (application I&amp;C)</t>
         </is>
       </c>
       <c r="D263" t="inlineStr">
         <is>
           <t>Gasoil Diesel I&amp;C (à partir de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E263" s="2" t="n">
-        <v>0.7465000000000027</v>
+        <v>1.0173000000000036</v>
       </c>
     </row>
     <row r="264">
       <c r="A264" t="inlineStr">
         <is>
-          <t>JAN26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B264" t="inlineStr">
         <is>
-          <t>19JAN26</t>
+          <t>06MAR26</t>
         </is>
       </c>
       <c r="C264" t="inlineStr">
         <is>
           <t>Gasoil Diesel (application I&amp;C)</t>
         </is>
       </c>
       <c r="D264" t="inlineStr">
         <is>
           <t>Gasoil Diesel I&amp;C (moins de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E264" s="2" t="n">
-        <v>0.7867000000000027</v>
+        <v>1.0576000000000039</v>
       </c>
     </row>
     <row r="265">
       <c r="A265" t="inlineStr">
         <is>
-          <t>JAN26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B265" t="inlineStr">
         <is>
-          <t>19JAN26</t>
+          <t>06MAR26</t>
         </is>
       </c>
       <c r="C265" t="inlineStr">
         <is>
           <t>Gasoil Diesel (application I&amp;C)</t>
         </is>
       </c>
       <c r="D265" t="inlineStr">
         <is>
           <t>Gasoil Diesel I&amp;C (à la pompe) (€/L)</t>
         </is>
       </c>
       <c r="E265" s="2" t="n">
-        <v>0.8980000000000032</v>
+        <v>1.1690000000000043</v>
       </c>
     </row>
     <row r="266">
       <c r="A266" t="inlineStr">
         <is>
-          <t>JAN26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B266" t="inlineStr">
         <is>
-          <t>19JAN26</t>
+          <t>06MAR26</t>
         </is>
       </c>
       <c r="C266" t="inlineStr">
         <is>
           <t>Gasoil de chauffage</t>
         </is>
       </c>
       <c r="D266" t="inlineStr">
         <is>
           <t>Gasoil chauffage (H0/H7) (à partir de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E266" s="2" t="n">
-        <v>0.7440000000000027</v>
+        <v>1.0149000000000035</v>
       </c>
     </row>
     <row r="267">
       <c r="A267" t="inlineStr">
         <is>
-          <t>JAN26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B267" t="inlineStr">
         <is>
-          <t>19JAN26</t>
+          <t>06MAR26</t>
         </is>
       </c>
       <c r="C267" t="inlineStr">
         <is>
           <t>Gasoil de chauffage</t>
         </is>
       </c>
       <c r="D267" t="inlineStr">
         <is>
           <t>Gasoil chauffage (H0/H7) (moins de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E267" s="2" t="n">
-        <v>0.7843000000000028</v>
+        <v>1.0551000000000037</v>
       </c>
     </row>
     <row r="268">
       <c r="A268" t="inlineStr">
         <is>
-          <t>JAN26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B268" t="inlineStr">
         <is>
-          <t>19JAN26</t>
+          <t>06MAR26</t>
         </is>
       </c>
       <c r="C268" t="inlineStr">
         <is>
           <t>Gasoil de chauffage</t>
         </is>
       </c>
       <c r="D268" t="inlineStr">
         <is>
           <t>Gasoil chauffage (H0/H7) (à la pompe) (€/L)</t>
         </is>
       </c>
       <c r="E268" s="2" t="n">
-        <v>0.9020000000000032</v>
+        <v>1.1730000000000043</v>
       </c>
     </row>
     <row r="269">
       <c r="A269" t="inlineStr">
         <is>
-          <t>JAN26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B269" t="inlineStr">
         <is>
-          <t>19JAN26</t>
+          <t>06MAR26</t>
         </is>
       </c>
       <c r="C269" t="inlineStr">
         <is>
           <t>Pétrole lampant</t>
         </is>
       </c>
       <c r="D269" t="inlineStr">
         <is>
           <t>Petrole lampant type B (moins de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E269" s="2" t="n">
-        <v>0.8739000000000031</v>
+        <v>1.120000000000004</v>
       </c>
     </row>
     <row r="270">
       <c r="A270" t="inlineStr">
         <is>
-          <t>JAN26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B270" t="inlineStr">
         <is>
-          <t>19JAN26</t>
+          <t>06MAR26</t>
         </is>
       </c>
       <c r="C270" t="inlineStr">
         <is>
           <t>Pétrole lampant</t>
         </is>
       </c>
       <c r="D270" t="inlineStr">
         <is>
           <t>Petrole lampant type B (à partir de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E270" s="2" t="n">
-        <v>0.833700000000003</v>
+        <v>1.0797000000000039</v>
       </c>
     </row>
     <row r="271">
       <c r="A271" t="inlineStr">
         <is>
-          <t>JAN26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B271" t="inlineStr">
         <is>
-          <t>19JAN26</t>
+          <t>06MAR26</t>
         </is>
       </c>
       <c r="C271" t="inlineStr">
         <is>
           <t>Pétrole lampant</t>
         </is>
       </c>
       <c r="D271" t="inlineStr">
         <is>
           <t>Petrole lampant type B (à la pompe) (€/L)</t>
         </is>
       </c>
       <c r="E271" s="2" t="n">
-        <v>0.9880000000000035</v>
+        <v>1.2340000000000044</v>
       </c>
     </row>
     <row r="272">
       <c r="A272" t="inlineStr">
         <is>
-          <t>JAN26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B272" t="inlineStr">
         <is>
-          <t>19JAN26</t>
+          <t>06MAR26</t>
         </is>
       </c>
       <c r="C272" t="inlineStr">
         <is>
           <t>Pétrole lampant</t>
         </is>
       </c>
       <c r="D272" t="inlineStr">
         <is>
           <t>Petrole lampant type C (moins de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E272" s="2" t="n">
-        <v>0.9041000000000032</v>
+        <v>1.1613000000000042</v>
       </c>
     </row>
     <row r="273">
       <c r="A273" t="inlineStr">
         <is>
-          <t>JAN26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B273" t="inlineStr">
         <is>
-          <t>19JAN26</t>
+          <t>06MAR26</t>
         </is>
       </c>
       <c r="C273" t="inlineStr">
         <is>
           <t>Pétrole lampant</t>
         </is>
       </c>
       <c r="D273" t="inlineStr">
         <is>
           <t>Petrole lampant type C (à partir de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E273" s="2" t="n">
-        <v>0.8639000000000031</v>
+        <v>1.121100000000004</v>
       </c>
     </row>
     <row r="274">
       <c r="A274" t="inlineStr">
         <is>
-          <t>JAN26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B274" t="inlineStr">
         <is>
-          <t>19JAN26</t>
+          <t>06MAR26</t>
         </is>
       </c>
       <c r="C274" t="inlineStr">
         <is>
           <t>Pétrole lampant</t>
         </is>
       </c>
       <c r="D274" t="inlineStr">
         <is>
           <t>Petrole lampant type C (à la pompe) (€/L)</t>
         </is>
       </c>
       <c r="E274" s="2" t="n">
-        <v>1.0180000000000036</v>
+        <v>1.2750000000000044</v>
       </c>
     </row>
     <row r="275">
       <c r="A275" t="inlineStr">
         <is>
-          <t>JAN26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B275" t="inlineStr">
         <is>
-          <t>19JAN26</t>
+          <t>06MAR26</t>
         </is>
       </c>
       <c r="C275" t="inlineStr">
         <is>
           <t>Propane</t>
         </is>
       </c>
       <c r="D275" t="inlineStr">
         <is>
           <t>Propane en vrac (à partir de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E275" s="2" t="n">
-        <v>0.6914000000000025</v>
+        <v>0.7996000000000029</v>
       </c>
     </row>
     <row r="276">
       <c r="A276" t="inlineStr">
         <is>
-          <t>JAN26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B276" t="inlineStr">
         <is>
-          <t>19JAN26</t>
+          <t>06MAR26</t>
         </is>
       </c>
       <c r="C276" t="inlineStr">
         <is>
           <t>Propane</t>
         </is>
       </c>
       <c r="D276" t="inlineStr">
         <is>
           <t>Propane en vrac (moins de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E276" s="2" t="n">
-        <v>0.7815000000000027</v>
+        <v>0.8897000000000032</v>
       </c>
     </row>
     <row r="277">
       <c r="A277" t="inlineStr">
         <is>
-          <t>JAN26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B277" t="inlineStr">
         <is>
-          <t>19JAN26</t>
+          <t>06MAR26</t>
         </is>
       </c>
       <c r="C277" t="inlineStr">
         <is>
           <t>Butane + LPG</t>
         </is>
       </c>
       <c r="D277" t="inlineStr">
         <is>
           <t>Autogas LPG (à la pompe) (€/L)</t>
         </is>
       </c>
       <c r="E277" s="2" t="n">
-        <v>0.830000000000003</v>
+        <v>0.8710000000000031</v>
       </c>
     </row>
     <row r="278">
       <c r="A278" t="inlineStr">
         <is>
-          <t>JAN26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B278" t="inlineStr">
         <is>
-          <t>19JAN26</t>
+          <t>06MAR26</t>
         </is>
       </c>
       <c r="C278" t="inlineStr">
         <is>
           <t>Butane + LPG</t>
         </is>
       </c>
       <c r="D278" t="inlineStr">
         <is>
           <t>Autogas LPG (moins de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E278" s="2" t="n">
-        <v>0.8131000000000029</v>
+        <v>0.9130000000000033</v>
       </c>
     </row>
     <row r="279">
       <c r="A279" t="inlineStr">
         <is>
-          <t>JAN26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B279" t="inlineStr">
         <is>
-          <t>19JAN26</t>
+          <t>06MAR26</t>
         </is>
       </c>
       <c r="C279" t="inlineStr">
         <is>
           <t>Butane + LPG</t>
         </is>
       </c>
       <c r="D279" t="inlineStr">
         <is>
           <t>Autogas LPG (à partir de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E279" s="2" t="n">
-        <v>0.7231000000000025</v>
+        <v>0.8229000000000029</v>
       </c>
     </row>
     <row r="280">
       <c r="A280" t="inlineStr">
         <is>
-          <t>JAN26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B280" t="inlineStr">
         <is>
-          <t>19JAN26</t>
+          <t>06MAR26</t>
         </is>
       </c>
       <c r="C280" t="inlineStr">
         <is>
           <t>Fuel Oil</t>
         </is>
       </c>
       <c r="D280" t="inlineStr">
         <is>
           <t>Fuel oil extra lourd 1% S (en camion citerne) (€/T)</t>
         </is>
       </c>
       <c r="E280"/>
     </row>
     <row r="281">
       <c r="A281" t="inlineStr">
         <is>
-          <t>JAN26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B281" t="inlineStr">
         <is>
-          <t>20JAN26</t>
+          <t>07MAR26</t>
         </is>
       </c>
       <c r="C281" t="inlineStr">
         <is>
           <t>Essences</t>
         </is>
       </c>
       <c r="D281" t="inlineStr">
         <is>
           <t>Essence 95 RON E5 (€/L)</t>
         </is>
       </c>
       <c r="E281" s="2" t="n">
-        <v>1.5870000000000055</v>
+        <v>1.684000000000006</v>
       </c>
     </row>
     <row r="282">
       <c r="A282" t="inlineStr">
         <is>
-          <t>JAN26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B282" t="inlineStr">
         <is>
-          <t>20JAN26</t>
+          <t>07MAR26</t>
         </is>
       </c>
       <c r="C282" t="inlineStr">
         <is>
           <t>Essences</t>
         </is>
       </c>
       <c r="D282" t="inlineStr">
         <is>
           <t>Essence 95 RON E10 (€/L)</t>
         </is>
       </c>
       <c r="E282" s="2" t="n">
-        <v>1.5730000000000055</v>
+        <v>1.677000000000006</v>
       </c>
     </row>
     <row r="283">
       <c r="A283" t="inlineStr">
         <is>
-          <t>JAN26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B283" t="inlineStr">
         <is>
-          <t>20JAN26</t>
+          <t>07MAR26</t>
         </is>
       </c>
       <c r="C283" t="inlineStr">
         <is>
           <t>Essences</t>
         </is>
       </c>
       <c r="D283" t="inlineStr">
         <is>
           <t>Essence 98 RON E5 (€/L)</t>
         </is>
       </c>
       <c r="E283" s="2" t="n">
-        <v>1.665000000000006</v>
+        <v>1.7400000000000062</v>
       </c>
     </row>
     <row r="284">
       <c r="A284" t="inlineStr">
         <is>
-          <t>JAN26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B284" t="inlineStr">
         <is>
-          <t>20JAN26</t>
+          <t>07MAR26</t>
         </is>
       </c>
       <c r="C284" t="inlineStr">
         <is>
           <t>Essences</t>
         </is>
       </c>
       <c r="D284" t="inlineStr">
         <is>
           <t>Essence 98 RON E10 (€/L)</t>
         </is>
       </c>
       <c r="E284" s="2" t="n">
-        <v>1.662000000000006</v>
+        <v>1.7360000000000062</v>
       </c>
     </row>
     <row r="285">
       <c r="A285" t="inlineStr">
         <is>
-          <t>JAN26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B285" t="inlineStr">
         <is>
-          <t>20JAN26</t>
+          <t>07MAR26</t>
         </is>
       </c>
       <c r="C285" t="inlineStr">
         <is>
           <t>Gasoil Diesel routier</t>
         </is>
       </c>
       <c r="D285" t="inlineStr">
         <is>
           <t>Diesel B7 (€/L)</t>
         </is>
       </c>
       <c r="E285" s="2" t="n">
-        <v>1.707000000000006</v>
+        <v>1.923000000000007</v>
       </c>
     </row>
     <row r="286">
       <c r="A286" t="inlineStr">
         <is>
-          <t>JAN26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B286" t="inlineStr">
         <is>
-          <t>20JAN26</t>
+          <t>07MAR26</t>
         </is>
       </c>
       <c r="C286" t="inlineStr">
         <is>
           <t>Gasoil Diesel routier</t>
         </is>
       </c>
       <c r="D286" t="inlineStr">
         <is>
           <t>Diesel B10 (€/L)</t>
         </is>
       </c>
       <c r="E286" s="2" t="n">
-        <v>1.700000000000006</v>
+        <v>1.915000000000007</v>
       </c>
     </row>
     <row r="287">
       <c r="A287" t="inlineStr">
         <is>
-          <t>JAN26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B287" t="inlineStr">
         <is>
-          <t>20JAN26</t>
+          <t>07MAR26</t>
         </is>
       </c>
       <c r="C287" t="inlineStr">
         <is>
           <t>Gasoil Diesel routier</t>
         </is>
       </c>
       <c r="D287" t="inlineStr">
         <is>
           <t>Diesel B20 (€/L)</t>
         </is>
       </c>
       <c r="E287" s="2" t="n">
-        <v>1.713000000000006</v>
+        <v>1.9120000000000068</v>
       </c>
     </row>
     <row r="288">
       <c r="A288" t="inlineStr">
         <is>
-          <t>JAN26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B288" t="inlineStr">
         <is>
-          <t>20JAN26</t>
+          <t>07MAR26</t>
         </is>
       </c>
       <c r="C288" t="inlineStr">
         <is>
           <t>Gasoil Diesel routier</t>
         </is>
       </c>
       <c r="D288" t="inlineStr">
         <is>
           <t>Diesel B30 (€/L)</t>
         </is>
       </c>
       <c r="E288" s="2" t="n">
-        <v>1.7840000000000065</v>
+        <v>1.949000000000007</v>
       </c>
     </row>
     <row r="289">
       <c r="A289" t="inlineStr">
         <is>
-          <t>JAN26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B289" t="inlineStr">
         <is>
-          <t>20JAN26</t>
+          <t>07MAR26</t>
         </is>
       </c>
       <c r="C289" t="inlineStr">
         <is>
           <t>Gasoil Diesel routier</t>
         </is>
       </c>
       <c r="D289" t="inlineStr">
         <is>
           <t>Diesel XTL (€/L)</t>
         </is>
       </c>
       <c r="E289" s="2" t="n">
-        <v>3.2640000000000113</v>
+        <v>3.2660000000000116</v>
       </c>
     </row>
     <row r="290">
       <c r="A290" t="inlineStr">
         <is>
-          <t>JAN26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B290" t="inlineStr">
         <is>
-          <t>20JAN26</t>
+          <t>07MAR26</t>
         </is>
       </c>
       <c r="C290" t="inlineStr">
         <is>
           <t>Gasoil Diesel (application chauffage)</t>
         </is>
       </c>
       <c r="D290" t="inlineStr">
         <is>
           <t>Gasoil Diesel Chauffage (à partir de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E290" s="2" t="n">
-        <v>0.7565000000000026</v>
+        <v>1.0650000000000037</v>
       </c>
     </row>
     <row r="291">
       <c r="A291" t="inlineStr">
         <is>
-          <t>JAN26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B291" t="inlineStr">
         <is>
-          <t>20JAN26</t>
+          <t>07MAR26</t>
         </is>
       </c>
       <c r="C291" t="inlineStr">
         <is>
           <t>Gasoil Diesel (application chauffage)</t>
         </is>
       </c>
       <c r="D291" t="inlineStr">
         <is>
           <t>Gasoil Diesel Chauffage (moins de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E291" s="2" t="n">
-        <v>0.7968000000000027</v>
+        <v>1.105200000000004</v>
       </c>
     </row>
     <row r="292">
       <c r="A292" t="inlineStr">
         <is>
-          <t>JAN26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B292" t="inlineStr">
         <is>
-          <t>20JAN26</t>
+          <t>07MAR26</t>
         </is>
       </c>
       <c r="C292" t="inlineStr">
         <is>
           <t>Gasoil Diesel (application agriculture)</t>
         </is>
       </c>
       <c r="D292" t="inlineStr">
         <is>
           <t>Gasoil Diesel Agriculture (à partir de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E292" s="2" t="n">
-        <v>0.7313000000000025</v>
+        <v>1.0398000000000038</v>
       </c>
     </row>
     <row r="293">
       <c r="A293" t="inlineStr">
         <is>
-          <t>JAN26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B293" t="inlineStr">
         <is>
-          <t>20JAN26</t>
+          <t>07MAR26</t>
         </is>
       </c>
       <c r="C293" t="inlineStr">
         <is>
           <t>Gasoil Diesel (application agriculture)</t>
         </is>
       </c>
       <c r="D293" t="inlineStr">
         <is>
           <t>Gasoil Diesel Agriculture (moins de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E293" s="2" t="n">
-        <v>0.7715000000000027</v>
+        <v>1.0800000000000038</v>
       </c>
     </row>
     <row r="294">
       <c r="A294" t="inlineStr">
         <is>
-          <t>JAN26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B294" t="inlineStr">
         <is>
-          <t>20JAN26</t>
+          <t>07MAR26</t>
         </is>
       </c>
       <c r="C294" t="inlineStr">
         <is>
           <t>Gasoil Diesel (application I&amp;C)</t>
         </is>
       </c>
       <c r="D294" t="inlineStr">
         <is>
           <t>Gasoil Diesel I&amp;C (à partir de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E294" s="2" t="n">
-        <v>0.7590000000000027</v>
+        <v>1.0675000000000037</v>
       </c>
     </row>
     <row r="295">
       <c r="A295" t="inlineStr">
         <is>
-          <t>JAN26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B295" t="inlineStr">
         <is>
-          <t>20JAN26</t>
+          <t>07MAR26</t>
         </is>
       </c>
       <c r="C295" t="inlineStr">
         <is>
           <t>Gasoil Diesel (application I&amp;C)</t>
         </is>
       </c>
       <c r="D295" t="inlineStr">
         <is>
           <t>Gasoil Diesel I&amp;C (moins de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E295" s="2" t="n">
-        <v>0.7992000000000029</v>
+        <v>1.107700000000004</v>
       </c>
     </row>
     <row r="296">
       <c r="A296" t="inlineStr">
         <is>
-          <t>JAN26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B296" t="inlineStr">
         <is>
-          <t>20JAN26</t>
+          <t>07MAR26</t>
         </is>
       </c>
       <c r="C296" t="inlineStr">
         <is>
           <t>Gasoil Diesel (application I&amp;C)</t>
         </is>
       </c>
       <c r="D296" t="inlineStr">
         <is>
           <t>Gasoil Diesel I&amp;C (à la pompe) (€/L)</t>
         </is>
       </c>
       <c r="E296" s="2" t="n">
-        <v>0.9100000000000033</v>
+        <v>1.2190000000000045</v>
       </c>
     </row>
     <row r="297">
       <c r="A297" t="inlineStr">
         <is>
-          <t>JAN26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B297" t="inlineStr">
         <is>
-          <t>20JAN26</t>
+          <t>07MAR26</t>
         </is>
       </c>
       <c r="C297" t="inlineStr">
         <is>
           <t>Gasoil de chauffage</t>
         </is>
       </c>
       <c r="D297" t="inlineStr">
         <is>
           <t>Gasoil chauffage (H0/H7) (à partir de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E297" s="2" t="n">
-        <v>0.7565000000000026</v>
+        <v>1.0650000000000037</v>
       </c>
     </row>
     <row r="298">
       <c r="A298" t="inlineStr">
         <is>
-          <t>JAN26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B298" t="inlineStr">
         <is>
-          <t>20JAN26</t>
+          <t>07MAR26</t>
         </is>
       </c>
       <c r="C298" t="inlineStr">
         <is>
           <t>Gasoil de chauffage</t>
         </is>
       </c>
       <c r="D298" t="inlineStr">
         <is>
           <t>Gasoil chauffage (H0/H7) (moins de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E298" s="2" t="n">
-        <v>0.7968000000000027</v>
+        <v>1.105200000000004</v>
       </c>
     </row>
     <row r="299">
       <c r="A299" t="inlineStr">
         <is>
-          <t>JAN26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B299" t="inlineStr">
         <is>
-          <t>20JAN26</t>
+          <t>07MAR26</t>
         </is>
       </c>
       <c r="C299" t="inlineStr">
         <is>
           <t>Gasoil de chauffage</t>
         </is>
       </c>
       <c r="D299" t="inlineStr">
         <is>
           <t>Gasoil chauffage (H0/H7) (à la pompe) (€/L)</t>
         </is>
       </c>
       <c r="E299" s="2" t="n">
-        <v>0.9150000000000033</v>
+        <v>1.2230000000000045</v>
       </c>
     </row>
     <row r="300">
       <c r="A300" t="inlineStr">
         <is>
-          <t>JAN26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B300" t="inlineStr">
         <is>
-          <t>20JAN26</t>
+          <t>07MAR26</t>
         </is>
       </c>
       <c r="C300" t="inlineStr">
         <is>
           <t>Pétrole lampant</t>
         </is>
       </c>
       <c r="D300" t="inlineStr">
         <is>
           <t>Petrole lampant type B (moins de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E300" s="2" t="n">
-        <v>0.8739000000000031</v>
+        <v>1.4152000000000051</v>
       </c>
     </row>
     <row r="301">
       <c r="A301" t="inlineStr">
         <is>
-          <t>JAN26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B301" t="inlineStr">
         <is>
-          <t>20JAN26</t>
+          <t>07MAR26</t>
         </is>
       </c>
       <c r="C301" t="inlineStr">
         <is>
           <t>Pétrole lampant</t>
         </is>
       </c>
       <c r="D301" t="inlineStr">
         <is>
           <t>Petrole lampant type B (à partir de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E301" s="2" t="n">
-        <v>0.833700000000003</v>
+        <v>1.3750000000000049</v>
       </c>
     </row>
     <row r="302">
       <c r="A302" t="inlineStr">
         <is>
-          <t>JAN26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B302" t="inlineStr">
         <is>
-          <t>20JAN26</t>
+          <t>07MAR26</t>
         </is>
       </c>
       <c r="C302" t="inlineStr">
         <is>
           <t>Pétrole lampant</t>
         </is>
       </c>
       <c r="D302" t="inlineStr">
         <is>
           <t>Petrole lampant type B (à la pompe) (€/L)</t>
         </is>
       </c>
       <c r="E302" s="2" t="n">
-        <v>0.9880000000000035</v>
+        <v>1.5290000000000052</v>
       </c>
     </row>
     <row r="303">
       <c r="A303" t="inlineStr">
         <is>
-          <t>JAN26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B303" t="inlineStr">
         <is>
-          <t>20JAN26</t>
+          <t>07MAR26</t>
         </is>
       </c>
       <c r="C303" t="inlineStr">
         <is>
           <t>Pétrole lampant</t>
         </is>
       </c>
       <c r="D303" t="inlineStr">
         <is>
           <t>Petrole lampant type C (moins de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E303" s="2" t="n">
-        <v>0.9041000000000032</v>
+        <v>1.4700000000000053</v>
       </c>
     </row>
     <row r="304">
       <c r="A304" t="inlineStr">
         <is>
-          <t>JAN26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B304" t="inlineStr">
         <is>
-          <t>20JAN26</t>
+          <t>07MAR26</t>
         </is>
       </c>
       <c r="C304" t="inlineStr">
         <is>
           <t>Pétrole lampant</t>
         </is>
       </c>
       <c r="D304" t="inlineStr">
         <is>
           <t>Petrole lampant type C (à partir de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E304" s="2" t="n">
-        <v>0.8639000000000031</v>
+        <v>1.429800000000005</v>
       </c>
     </row>
     <row r="305">
       <c r="A305" t="inlineStr">
         <is>
-          <t>JAN26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B305" t="inlineStr">
         <is>
-          <t>20JAN26</t>
+          <t>07MAR26</t>
         </is>
       </c>
       <c r="C305" t="inlineStr">
         <is>
           <t>Pétrole lampant</t>
         </is>
       </c>
       <c r="D305" t="inlineStr">
         <is>
           <t>Petrole lampant type C (à la pompe) (€/L)</t>
         </is>
       </c>
       <c r="E305" s="2" t="n">
-        <v>1.0180000000000036</v>
+        <v>1.5840000000000056</v>
       </c>
     </row>
     <row r="306">
       <c r="A306" t="inlineStr">
         <is>
-          <t>JAN26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B306" t="inlineStr">
         <is>
-          <t>20JAN26</t>
+          <t>07MAR26</t>
         </is>
       </c>
       <c r="C306" t="inlineStr">
         <is>
           <t>Propane</t>
         </is>
       </c>
       <c r="D306" t="inlineStr">
         <is>
           <t>Propane en vrac (à partir de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E306" s="2" t="n">
-        <v>0.6914000000000025</v>
+        <v>0.7996000000000029</v>
       </c>
     </row>
     <row r="307">
       <c r="A307" t="inlineStr">
         <is>
-          <t>JAN26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B307" t="inlineStr">
         <is>
-          <t>20JAN26</t>
+          <t>07MAR26</t>
         </is>
       </c>
       <c r="C307" t="inlineStr">
         <is>
           <t>Propane</t>
         </is>
       </c>
       <c r="D307" t="inlineStr">
         <is>
           <t>Propane en vrac (moins de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E307" s="2" t="n">
-        <v>0.7815000000000027</v>
+        <v>0.8897000000000032</v>
       </c>
     </row>
     <row r="308">
       <c r="A308" t="inlineStr">
         <is>
-          <t>JAN26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B308" t="inlineStr">
         <is>
-          <t>20JAN26</t>
+          <t>07MAR26</t>
         </is>
       </c>
       <c r="C308" t="inlineStr">
         <is>
           <t>Butane + LPG</t>
         </is>
       </c>
       <c r="D308" t="inlineStr">
         <is>
           <t>Autogas LPG (à la pompe) (€/L)</t>
         </is>
       </c>
       <c r="E308" s="2" t="n">
-        <v>0.830000000000003</v>
+        <v>0.8710000000000031</v>
       </c>
     </row>
     <row r="309">
       <c r="A309" t="inlineStr">
         <is>
-          <t>JAN26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B309" t="inlineStr">
         <is>
-          <t>20JAN26</t>
+          <t>07MAR26</t>
         </is>
       </c>
       <c r="C309" t="inlineStr">
         <is>
           <t>Butane + LPG</t>
         </is>
       </c>
       <c r="D309" t="inlineStr">
         <is>
           <t>Autogas LPG (moins de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E309" s="2" t="n">
-        <v>0.8131000000000029</v>
+        <v>0.9130000000000033</v>
       </c>
     </row>
     <row r="310">
       <c r="A310" t="inlineStr">
         <is>
-          <t>JAN26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B310" t="inlineStr">
         <is>
-          <t>20JAN26</t>
+          <t>07MAR26</t>
         </is>
       </c>
       <c r="C310" t="inlineStr">
         <is>
           <t>Butane + LPG</t>
         </is>
       </c>
       <c r="D310" t="inlineStr">
         <is>
           <t>Autogas LPG (à partir de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E310" s="2" t="n">
-        <v>0.7231000000000025</v>
+        <v>0.8229000000000029</v>
       </c>
     </row>
     <row r="311">
       <c r="A311" t="inlineStr">
         <is>
-          <t>JAN26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B311" t="inlineStr">
         <is>
-          <t>20JAN26</t>
+          <t>07MAR26</t>
         </is>
       </c>
       <c r="C311" t="inlineStr">
         <is>
           <t>Fuel Oil</t>
         </is>
       </c>
       <c r="D311" t="inlineStr">
         <is>
           <t>Fuel oil extra lourd 1% S (en camion citerne) (€/T)</t>
         </is>
       </c>
       <c r="E311"/>
     </row>
     <row r="312">
       <c r="A312" t="inlineStr">
         <is>
-          <t>JAN26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B312" t="inlineStr">
         <is>
-          <t>21JAN26</t>
+          <t>08MAR26</t>
         </is>
       </c>
       <c r="C312" t="inlineStr">
         <is>
           <t>Essences</t>
         </is>
       </c>
       <c r="D312" t="inlineStr">
         <is>
           <t>Essence 95 RON E5 (€/L)</t>
         </is>
       </c>
       <c r="E312" s="2" t="n">
-        <v>1.5870000000000055</v>
+        <v>1.684000000000006</v>
       </c>
     </row>
     <row r="313">
       <c r="A313" t="inlineStr">
         <is>
-          <t>JAN26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B313" t="inlineStr">
         <is>
-          <t>21JAN26</t>
+          <t>08MAR26</t>
         </is>
       </c>
       <c r="C313" t="inlineStr">
         <is>
           <t>Essences</t>
         </is>
       </c>
       <c r="D313" t="inlineStr">
         <is>
           <t>Essence 95 RON E10 (€/L)</t>
         </is>
       </c>
       <c r="E313" s="2" t="n">
-        <v>1.5730000000000055</v>
+        <v>1.677000000000006</v>
       </c>
     </row>
     <row r="314">
       <c r="A314" t="inlineStr">
         <is>
-          <t>JAN26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B314" t="inlineStr">
         <is>
-          <t>21JAN26</t>
+          <t>08MAR26</t>
         </is>
       </c>
       <c r="C314" t="inlineStr">
         <is>
           <t>Essences</t>
         </is>
       </c>
       <c r="D314" t="inlineStr">
         <is>
           <t>Essence 98 RON E5 (€/L)</t>
         </is>
       </c>
       <c r="E314" s="2" t="n">
-        <v>1.665000000000006</v>
+        <v>1.7400000000000062</v>
       </c>
     </row>
     <row r="315">
       <c r="A315" t="inlineStr">
         <is>
-          <t>JAN26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B315" t="inlineStr">
         <is>
-          <t>21JAN26</t>
+          <t>08MAR26</t>
         </is>
       </c>
       <c r="C315" t="inlineStr">
         <is>
           <t>Essences</t>
         </is>
       </c>
       <c r="D315" t="inlineStr">
         <is>
           <t>Essence 98 RON E10 (€/L)</t>
         </is>
       </c>
       <c r="E315" s="2" t="n">
-        <v>1.662000000000006</v>
+        <v>1.7360000000000062</v>
       </c>
     </row>
     <row r="316">
       <c r="A316" t="inlineStr">
         <is>
-          <t>JAN26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B316" t="inlineStr">
         <is>
-          <t>21JAN26</t>
+          <t>08MAR26</t>
         </is>
       </c>
       <c r="C316" t="inlineStr">
         <is>
           <t>Gasoil Diesel routier</t>
         </is>
       </c>
       <c r="D316" t="inlineStr">
         <is>
           <t>Diesel B7 (€/L)</t>
         </is>
       </c>
       <c r="E316" s="2" t="n">
-        <v>1.707000000000006</v>
+        <v>1.923000000000007</v>
       </c>
     </row>
     <row r="317">
       <c r="A317" t="inlineStr">
         <is>
-          <t>JAN26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B317" t="inlineStr">
         <is>
-          <t>21JAN26</t>
+          <t>08MAR26</t>
         </is>
       </c>
       <c r="C317" t="inlineStr">
         <is>
           <t>Gasoil Diesel routier</t>
         </is>
       </c>
       <c r="D317" t="inlineStr">
         <is>
           <t>Diesel B10 (€/L)</t>
         </is>
       </c>
       <c r="E317" s="2" t="n">
-        <v>1.700000000000006</v>
+        <v>1.915000000000007</v>
       </c>
     </row>
     <row r="318">
       <c r="A318" t="inlineStr">
         <is>
-          <t>JAN26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B318" t="inlineStr">
         <is>
-          <t>21JAN26</t>
+          <t>08MAR26</t>
         </is>
       </c>
       <c r="C318" t="inlineStr">
         <is>
           <t>Gasoil Diesel routier</t>
         </is>
       </c>
       <c r="D318" t="inlineStr">
         <is>
           <t>Diesel B20 (€/L)</t>
         </is>
       </c>
       <c r="E318" s="2" t="n">
-        <v>1.713000000000006</v>
+        <v>1.9120000000000068</v>
       </c>
     </row>
     <row r="319">
       <c r="A319" t="inlineStr">
         <is>
-          <t>JAN26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B319" t="inlineStr">
         <is>
-          <t>21JAN26</t>
+          <t>08MAR26</t>
         </is>
       </c>
       <c r="C319" t="inlineStr">
         <is>
           <t>Gasoil Diesel routier</t>
         </is>
       </c>
       <c r="D319" t="inlineStr">
         <is>
           <t>Diesel B30 (€/L)</t>
         </is>
       </c>
       <c r="E319" s="2" t="n">
-        <v>1.7840000000000065</v>
+        <v>1.949000000000007</v>
       </c>
     </row>
     <row r="320">
       <c r="A320" t="inlineStr">
         <is>
-          <t>JAN26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B320" t="inlineStr">
         <is>
-          <t>21JAN26</t>
+          <t>08MAR26</t>
         </is>
       </c>
       <c r="C320" t="inlineStr">
         <is>
           <t>Gasoil Diesel routier</t>
         </is>
       </c>
       <c r="D320" t="inlineStr">
         <is>
           <t>Diesel XTL (€/L)</t>
         </is>
       </c>
       <c r="E320" s="2" t="n">
-        <v>3.2640000000000113</v>
+        <v>3.2660000000000116</v>
       </c>
     </row>
     <row r="321">
       <c r="A321" t="inlineStr">
         <is>
-          <t>JAN26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B321" t="inlineStr">
         <is>
-          <t>21JAN26</t>
+          <t>08MAR26</t>
         </is>
       </c>
       <c r="C321" t="inlineStr">
         <is>
           <t>Gasoil Diesel (application chauffage)</t>
         </is>
       </c>
       <c r="D321" t="inlineStr">
         <is>
           <t>Gasoil Diesel Chauffage (à partir de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E321" s="2" t="n">
-        <v>0.7529000000000027</v>
+        <v>1.0650000000000037</v>
       </c>
     </row>
     <row r="322">
       <c r="A322" t="inlineStr">
         <is>
-          <t>JAN26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B322" t="inlineStr">
         <is>
-          <t>21JAN26</t>
+          <t>08MAR26</t>
         </is>
       </c>
       <c r="C322" t="inlineStr">
         <is>
           <t>Gasoil Diesel (application chauffage)</t>
         </is>
       </c>
       <c r="D322" t="inlineStr">
         <is>
           <t>Gasoil Diesel Chauffage (moins de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E322" s="2" t="n">
-        <v>0.7932000000000028</v>
+        <v>1.105200000000004</v>
       </c>
     </row>
     <row r="323">
       <c r="A323" t="inlineStr">
         <is>
-          <t>JAN26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B323" t="inlineStr">
         <is>
-          <t>21JAN26</t>
+          <t>08MAR26</t>
         </is>
       </c>
       <c r="C323" t="inlineStr">
         <is>
           <t>Gasoil Diesel (application agriculture)</t>
         </is>
       </c>
       <c r="D323" t="inlineStr">
         <is>
           <t>Gasoil Diesel Agriculture (à partir de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E323" s="2" t="n">
-        <v>0.7277000000000026</v>
+        <v>1.0398000000000038</v>
       </c>
     </row>
     <row r="324">
       <c r="A324" t="inlineStr">
         <is>
-          <t>JAN26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B324" t="inlineStr">
         <is>
-          <t>21JAN26</t>
+          <t>08MAR26</t>
         </is>
       </c>
       <c r="C324" t="inlineStr">
         <is>
           <t>Gasoil Diesel (application agriculture)</t>
         </is>
       </c>
       <c r="D324" t="inlineStr">
         <is>
           <t>Gasoil Diesel Agriculture (moins de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E324" s="2" t="n">
-        <v>0.7680000000000028</v>
+        <v>1.0800000000000038</v>
       </c>
     </row>
     <row r="325">
       <c r="A325" t="inlineStr">
         <is>
-          <t>JAN26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B325" t="inlineStr">
         <is>
-          <t>21JAN26</t>
+          <t>08MAR26</t>
         </is>
       </c>
       <c r="C325" t="inlineStr">
         <is>
           <t>Gasoil Diesel (application I&amp;C)</t>
         </is>
       </c>
       <c r="D325" t="inlineStr">
         <is>
           <t>Gasoil Diesel I&amp;C (à partir de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E325" s="2" t="n">
-        <v>0.7554000000000026</v>
+        <v>1.0675000000000037</v>
       </c>
     </row>
     <row r="326">
       <c r="A326" t="inlineStr">
         <is>
-          <t>JAN26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B326" t="inlineStr">
         <is>
-          <t>21JAN26</t>
+          <t>08MAR26</t>
         </is>
       </c>
       <c r="C326" t="inlineStr">
         <is>
           <t>Gasoil Diesel (application I&amp;C)</t>
         </is>
       </c>
       <c r="D326" t="inlineStr">
         <is>
           <t>Gasoil Diesel I&amp;C (moins de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E326" s="2" t="n">
-        <v>0.7956000000000027</v>
+        <v>1.107700000000004</v>
       </c>
     </row>
     <row r="327">
       <c r="A327" t="inlineStr">
         <is>
-          <t>JAN26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B327" t="inlineStr">
         <is>
-          <t>21JAN26</t>
+          <t>08MAR26</t>
         </is>
       </c>
       <c r="C327" t="inlineStr">
         <is>
           <t>Gasoil Diesel (application I&amp;C)</t>
         </is>
       </c>
       <c r="D327" t="inlineStr">
         <is>
           <t>Gasoil Diesel I&amp;C (à la pompe) (€/L)</t>
         </is>
       </c>
       <c r="E327" s="2" t="n">
-        <v>0.9070000000000032</v>
+        <v>1.2190000000000045</v>
       </c>
     </row>
     <row r="328">
       <c r="A328" t="inlineStr">
         <is>
-          <t>JAN26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B328" t="inlineStr">
         <is>
-          <t>21JAN26</t>
+          <t>08MAR26</t>
         </is>
       </c>
       <c r="C328" t="inlineStr">
         <is>
           <t>Gasoil de chauffage</t>
         </is>
       </c>
       <c r="D328" t="inlineStr">
         <is>
           <t>Gasoil chauffage (H0/H7) (à partir de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E328" s="2" t="n">
-        <v>0.7529000000000027</v>
+        <v>1.0650000000000037</v>
       </c>
     </row>
     <row r="329">
       <c r="A329" t="inlineStr">
         <is>
-          <t>JAN26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B329" t="inlineStr">
         <is>
-          <t>21JAN26</t>
+          <t>08MAR26</t>
         </is>
       </c>
       <c r="C329" t="inlineStr">
         <is>
           <t>Gasoil de chauffage</t>
         </is>
       </c>
       <c r="D329" t="inlineStr">
         <is>
           <t>Gasoil chauffage (H0/H7) (moins de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E329" s="2" t="n">
-        <v>0.7932000000000028</v>
+        <v>1.105200000000004</v>
       </c>
     </row>
     <row r="330">
       <c r="A330" t="inlineStr">
         <is>
-          <t>JAN26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B330" t="inlineStr">
         <is>
-          <t>21JAN26</t>
+          <t>08MAR26</t>
         </is>
       </c>
       <c r="C330" t="inlineStr">
         <is>
           <t>Gasoil de chauffage</t>
         </is>
       </c>
       <c r="D330" t="inlineStr">
         <is>
           <t>Gasoil chauffage (H0/H7) (à la pompe) (€/L)</t>
         </is>
       </c>
       <c r="E330" s="2" t="n">
-        <v>0.9110000000000033</v>
+        <v>1.2230000000000045</v>
       </c>
     </row>
     <row r="331">
       <c r="A331" t="inlineStr">
         <is>
-          <t>JAN26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B331" t="inlineStr">
         <is>
-          <t>21JAN26</t>
+          <t>08MAR26</t>
         </is>
       </c>
       <c r="C331" t="inlineStr">
         <is>
           <t>Pétrole lampant</t>
         </is>
       </c>
       <c r="D331" t="inlineStr">
         <is>
           <t>Petrole lampant type B (moins de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E331" s="2" t="n">
-        <v>0.8739000000000031</v>
+        <v>1.4152000000000051</v>
       </c>
     </row>
     <row r="332">
       <c r="A332" t="inlineStr">
         <is>
-          <t>JAN26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B332" t="inlineStr">
         <is>
-          <t>21JAN26</t>
+          <t>08MAR26</t>
         </is>
       </c>
       <c r="C332" t="inlineStr">
         <is>
           <t>Pétrole lampant</t>
         </is>
       </c>
       <c r="D332" t="inlineStr">
         <is>
           <t>Petrole lampant type B (à partir de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E332" s="2" t="n">
-        <v>0.833700000000003</v>
+        <v>1.3750000000000049</v>
       </c>
     </row>
     <row r="333">
       <c r="A333" t="inlineStr">
         <is>
-          <t>JAN26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B333" t="inlineStr">
         <is>
-          <t>21JAN26</t>
+          <t>08MAR26</t>
         </is>
       </c>
       <c r="C333" t="inlineStr">
         <is>
           <t>Pétrole lampant</t>
         </is>
       </c>
       <c r="D333" t="inlineStr">
         <is>
           <t>Petrole lampant type B (à la pompe) (€/L)</t>
         </is>
       </c>
       <c r="E333" s="2" t="n">
-        <v>0.9880000000000035</v>
+        <v>1.5290000000000052</v>
       </c>
     </row>
     <row r="334">
       <c r="A334" t="inlineStr">
         <is>
-          <t>JAN26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B334" t="inlineStr">
         <is>
-          <t>21JAN26</t>
+          <t>08MAR26</t>
         </is>
       </c>
       <c r="C334" t="inlineStr">
         <is>
           <t>Pétrole lampant</t>
         </is>
       </c>
       <c r="D334" t="inlineStr">
         <is>
           <t>Petrole lampant type C (moins de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E334" s="2" t="n">
-        <v>0.9041000000000032</v>
+        <v>1.4700000000000053</v>
       </c>
     </row>
     <row r="335">
       <c r="A335" t="inlineStr">
         <is>
-          <t>JAN26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B335" t="inlineStr">
         <is>
-          <t>21JAN26</t>
+          <t>08MAR26</t>
         </is>
       </c>
       <c r="C335" t="inlineStr">
         <is>
           <t>Pétrole lampant</t>
         </is>
       </c>
       <c r="D335" t="inlineStr">
         <is>
           <t>Petrole lampant type C (à partir de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E335" s="2" t="n">
-        <v>0.8639000000000031</v>
+        <v>1.429800000000005</v>
       </c>
     </row>
     <row r="336">
       <c r="A336" t="inlineStr">
         <is>
-          <t>JAN26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B336" t="inlineStr">
         <is>
-          <t>21JAN26</t>
+          <t>08MAR26</t>
         </is>
       </c>
       <c r="C336" t="inlineStr">
         <is>
           <t>Pétrole lampant</t>
         </is>
       </c>
       <c r="D336" t="inlineStr">
         <is>
           <t>Petrole lampant type C (à la pompe) (€/L)</t>
         </is>
       </c>
       <c r="E336" s="2" t="n">
-        <v>1.0180000000000036</v>
+        <v>1.5840000000000056</v>
       </c>
     </row>
     <row r="337">
       <c r="A337" t="inlineStr">
         <is>
-          <t>JAN26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B337" t="inlineStr">
         <is>
-          <t>21JAN26</t>
+          <t>08MAR26</t>
         </is>
       </c>
       <c r="C337" t="inlineStr">
         <is>
           <t>Propane</t>
         </is>
       </c>
       <c r="D337" t="inlineStr">
         <is>
           <t>Propane en vrac (à partir de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E337" s="2" t="n">
-        <v>0.6914000000000025</v>
+        <v>0.7996000000000029</v>
       </c>
     </row>
     <row r="338">
       <c r="A338" t="inlineStr">
         <is>
-          <t>JAN26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B338" t="inlineStr">
         <is>
-          <t>21JAN26</t>
+          <t>08MAR26</t>
         </is>
       </c>
       <c r="C338" t="inlineStr">
         <is>
           <t>Propane</t>
         </is>
       </c>
       <c r="D338" t="inlineStr">
         <is>
           <t>Propane en vrac (moins de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E338" s="2" t="n">
-        <v>0.7815000000000027</v>
+        <v>0.8897000000000032</v>
       </c>
     </row>
     <row r="339">
       <c r="A339" t="inlineStr">
         <is>
-          <t>JAN26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B339" t="inlineStr">
         <is>
-          <t>21JAN26</t>
+          <t>08MAR26</t>
         </is>
       </c>
       <c r="C339" t="inlineStr">
         <is>
           <t>Butane + LPG</t>
         </is>
       </c>
       <c r="D339" t="inlineStr">
         <is>
           <t>Autogas LPG (à la pompe) (€/L)</t>
         </is>
       </c>
       <c r="E339" s="2" t="n">
-        <v>0.830000000000003</v>
+        <v>0.8710000000000031</v>
       </c>
     </row>
     <row r="340">
       <c r="A340" t="inlineStr">
         <is>
-          <t>JAN26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B340" t="inlineStr">
         <is>
-          <t>21JAN26</t>
+          <t>08MAR26</t>
         </is>
       </c>
       <c r="C340" t="inlineStr">
         <is>
           <t>Butane + LPG</t>
         </is>
       </c>
       <c r="D340" t="inlineStr">
         <is>
           <t>Autogas LPG (moins de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E340" s="2" t="n">
-        <v>0.8131000000000029</v>
+        <v>0.9130000000000033</v>
       </c>
     </row>
     <row r="341">
       <c r="A341" t="inlineStr">
         <is>
-          <t>JAN26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B341" t="inlineStr">
         <is>
-          <t>21JAN26</t>
+          <t>08MAR26</t>
         </is>
       </c>
       <c r="C341" t="inlineStr">
         <is>
           <t>Butane + LPG</t>
         </is>
       </c>
       <c r="D341" t="inlineStr">
         <is>
           <t>Autogas LPG (à partir de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E341" s="2" t="n">
-        <v>0.7231000000000025</v>
+        <v>0.8229000000000029</v>
       </c>
     </row>
     <row r="342">
       <c r="A342" t="inlineStr">
         <is>
-          <t>JAN26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B342" t="inlineStr">
         <is>
-          <t>21JAN26</t>
+          <t>08MAR26</t>
         </is>
       </c>
       <c r="C342" t="inlineStr">
         <is>
           <t>Fuel Oil</t>
         </is>
       </c>
       <c r="D342" t="inlineStr">
         <is>
           <t>Fuel oil extra lourd 1% S (en camion citerne) (€/T)</t>
         </is>
       </c>
       <c r="E342"/>
     </row>
     <row r="343">
       <c r="A343" t="inlineStr">
         <is>
-          <t>JAN26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B343" t="inlineStr">
         <is>
-          <t>22JAN26</t>
+          <t>09MAR26</t>
         </is>
       </c>
       <c r="C343" t="inlineStr">
         <is>
           <t>Essences</t>
         </is>
       </c>
       <c r="D343" t="inlineStr">
         <is>
           <t>Essence 95 RON E5 (€/L)</t>
         </is>
       </c>
       <c r="E343" s="2" t="n">
-        <v>1.5980000000000059</v>
+        <v>1.684000000000006</v>
       </c>
     </row>
     <row r="344">
       <c r="A344" t="inlineStr">
         <is>
-          <t>JAN26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B344" t="inlineStr">
         <is>
-          <t>22JAN26</t>
+          <t>09MAR26</t>
         </is>
       </c>
       <c r="C344" t="inlineStr">
         <is>
           <t>Essences</t>
         </is>
       </c>
       <c r="D344" t="inlineStr">
         <is>
           <t>Essence 95 RON E10 (€/L)</t>
         </is>
       </c>
       <c r="E344" s="2" t="n">
-        <v>1.5840000000000056</v>
+        <v>1.677000000000006</v>
       </c>
     </row>
     <row r="345">
       <c r="A345" t="inlineStr">
         <is>
-          <t>JAN26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B345" t="inlineStr">
         <is>
-          <t>22JAN26</t>
+          <t>09MAR26</t>
         </is>
       </c>
       <c r="C345" t="inlineStr">
         <is>
           <t>Essences</t>
         </is>
       </c>
       <c r="D345" t="inlineStr">
         <is>
           <t>Essence 98 RON E5 (€/L)</t>
         </is>
       </c>
       <c r="E345" s="2" t="n">
-        <v>1.6410000000000058</v>
+        <v>1.7400000000000062</v>
       </c>
     </row>
     <row r="346">
       <c r="A346" t="inlineStr">
         <is>
-          <t>JAN26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B346" t="inlineStr">
         <is>
-          <t>22JAN26</t>
+          <t>09MAR26</t>
         </is>
       </c>
       <c r="C346" t="inlineStr">
         <is>
           <t>Essences</t>
         </is>
       </c>
       <c r="D346" t="inlineStr">
         <is>
           <t>Essence 98 RON E10 (€/L)</t>
         </is>
       </c>
       <c r="E346" s="2" t="n">
-        <v>1.6370000000000058</v>
+        <v>1.7360000000000062</v>
       </c>
     </row>
     <row r="347">
       <c r="A347" t="inlineStr">
         <is>
-          <t>JAN26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B347" t="inlineStr">
         <is>
-          <t>22JAN26</t>
+          <t>09MAR26</t>
         </is>
       </c>
       <c r="C347" t="inlineStr">
         <is>
           <t>Gasoil Diesel routier</t>
         </is>
       </c>
       <c r="D347" t="inlineStr">
         <is>
           <t>Diesel B7 (€/L)</t>
         </is>
       </c>
       <c r="E347" s="2" t="n">
-        <v>1.707000000000006</v>
+        <v>1.923000000000007</v>
       </c>
     </row>
     <row r="348">
       <c r="A348" t="inlineStr">
         <is>
-          <t>JAN26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B348" t="inlineStr">
         <is>
-          <t>22JAN26</t>
+          <t>09MAR26</t>
         </is>
       </c>
       <c r="C348" t="inlineStr">
         <is>
           <t>Gasoil Diesel routier</t>
         </is>
       </c>
       <c r="D348" t="inlineStr">
         <is>
           <t>Diesel B10 (€/L)</t>
         </is>
       </c>
       <c r="E348" s="2" t="n">
-        <v>1.700000000000006</v>
+        <v>1.915000000000007</v>
       </c>
     </row>
     <row r="349">
       <c r="A349" t="inlineStr">
         <is>
-          <t>JAN26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B349" t="inlineStr">
         <is>
-          <t>22JAN26</t>
+          <t>09MAR26</t>
         </is>
       </c>
       <c r="C349" t="inlineStr">
         <is>
           <t>Gasoil Diesel routier</t>
         </is>
       </c>
       <c r="D349" t="inlineStr">
         <is>
           <t>Diesel B20 (€/L)</t>
         </is>
       </c>
       <c r="E349" s="2" t="n">
-        <v>1.713000000000006</v>
+        <v>1.9120000000000068</v>
       </c>
     </row>
     <row r="350">
       <c r="A350" t="inlineStr">
         <is>
-          <t>JAN26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B350" t="inlineStr">
         <is>
-          <t>22JAN26</t>
+          <t>09MAR26</t>
         </is>
       </c>
       <c r="C350" t="inlineStr">
         <is>
           <t>Gasoil Diesel routier</t>
         </is>
       </c>
       <c r="D350" t="inlineStr">
         <is>
           <t>Diesel B30 (€/L)</t>
         </is>
       </c>
       <c r="E350" s="2" t="n">
-        <v>1.7840000000000065</v>
+        <v>1.949000000000007</v>
       </c>
     </row>
     <row r="351">
       <c r="A351" t="inlineStr">
         <is>
-          <t>JAN26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B351" t="inlineStr">
         <is>
-          <t>22JAN26</t>
+          <t>09MAR26</t>
         </is>
       </c>
       <c r="C351" t="inlineStr">
         <is>
           <t>Gasoil Diesel routier</t>
         </is>
       </c>
       <c r="D351" t="inlineStr">
         <is>
           <t>Diesel XTL (€/L)</t>
         </is>
       </c>
       <c r="E351" s="2" t="n">
-        <v>3.2640000000000113</v>
+        <v>3.2660000000000116</v>
       </c>
     </row>
     <row r="352">
       <c r="A352" t="inlineStr">
         <is>
-          <t>JAN26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B352" t="inlineStr">
         <is>
-          <t>22JAN26</t>
+          <t>09MAR26</t>
         </is>
       </c>
       <c r="C352" t="inlineStr">
         <is>
           <t>Gasoil Diesel (application chauffage)</t>
         </is>
       </c>
       <c r="D352" t="inlineStr">
         <is>
           <t>Gasoil Diesel Chauffage (à partir de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E352" s="2" t="n">
-        <v>0.7605000000000026</v>
+        <v>1.0650000000000037</v>
       </c>
     </row>
     <row r="353">
       <c r="A353" t="inlineStr">
         <is>
-          <t>JAN26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B353" t="inlineStr">
         <is>
-          <t>22JAN26</t>
+          <t>09MAR26</t>
         </is>
       </c>
       <c r="C353" t="inlineStr">
         <is>
           <t>Gasoil Diesel (application chauffage)</t>
         </is>
       </c>
       <c r="D353" t="inlineStr">
         <is>
           <t>Gasoil Diesel Chauffage (moins de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E353" s="2" t="n">
-        <v>0.8007000000000029</v>
+        <v>1.105200000000004</v>
       </c>
     </row>
     <row r="354">
       <c r="A354" t="inlineStr">
         <is>
-          <t>JAN26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B354" t="inlineStr">
         <is>
-          <t>22JAN26</t>
+          <t>09MAR26</t>
         </is>
       </c>
       <c r="C354" t="inlineStr">
         <is>
           <t>Gasoil Diesel (application agriculture)</t>
         </is>
       </c>
       <c r="D354" t="inlineStr">
         <is>
           <t>Gasoil Diesel Agriculture (à partir de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E354" s="2" t="n">
-        <v>0.7352000000000026</v>
+        <v>1.0398000000000038</v>
       </c>
     </row>
     <row r="355">
       <c r="A355" t="inlineStr">
         <is>
-          <t>JAN26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B355" t="inlineStr">
         <is>
-          <t>22JAN26</t>
+          <t>09MAR26</t>
         </is>
       </c>
       <c r="C355" t="inlineStr">
         <is>
           <t>Gasoil Diesel (application agriculture)</t>
         </is>
       </c>
       <c r="D355" t="inlineStr">
         <is>
           <t>Gasoil Diesel Agriculture (moins de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E355" s="2" t="n">
-        <v>0.7755000000000027</v>
+        <v>1.0800000000000038</v>
       </c>
     </row>
     <row r="356">
       <c r="A356" t="inlineStr">
         <is>
-          <t>JAN26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B356" t="inlineStr">
         <is>
-          <t>22JAN26</t>
+          <t>09MAR26</t>
         </is>
       </c>
       <c r="C356" t="inlineStr">
         <is>
           <t>Gasoil Diesel (application I&amp;C)</t>
         </is>
       </c>
       <c r="D356" t="inlineStr">
         <is>
           <t>Gasoil Diesel I&amp;C (à partir de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E356" s="2" t="n">
-        <v>0.7629000000000027</v>
+        <v>1.0675000000000037</v>
       </c>
     </row>
     <row r="357">
       <c r="A357" t="inlineStr">
         <is>
-          <t>JAN26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B357" t="inlineStr">
         <is>
-          <t>22JAN26</t>
+          <t>09MAR26</t>
         </is>
       </c>
       <c r="C357" t="inlineStr">
         <is>
           <t>Gasoil Diesel (application I&amp;C)</t>
         </is>
       </c>
       <c r="D357" t="inlineStr">
         <is>
           <t>Gasoil Diesel I&amp;C (moins de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E357" s="2" t="n">
-        <v>0.8032000000000029</v>
+        <v>1.107700000000004</v>
       </c>
     </row>
     <row r="358">
       <c r="A358" t="inlineStr">
         <is>
-          <t>JAN26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B358" t="inlineStr">
         <is>
-          <t>22JAN26</t>
+          <t>09MAR26</t>
         </is>
       </c>
       <c r="C358" t="inlineStr">
         <is>
           <t>Gasoil Diesel (application I&amp;C)</t>
         </is>
       </c>
       <c r="D358" t="inlineStr">
         <is>
           <t>Gasoil Diesel I&amp;C (à la pompe) (€/L)</t>
         </is>
       </c>
       <c r="E358" s="2" t="n">
-        <v>0.9140000000000033</v>
+        <v>1.2190000000000045</v>
       </c>
     </row>
     <row r="359">
       <c r="A359" t="inlineStr">
         <is>
-          <t>JAN26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B359" t="inlineStr">
         <is>
-          <t>22JAN26</t>
+          <t>09MAR26</t>
         </is>
       </c>
       <c r="C359" t="inlineStr">
         <is>
           <t>Gasoil de chauffage</t>
         </is>
       </c>
       <c r="D359" t="inlineStr">
         <is>
           <t>Gasoil chauffage (H0/H7) (à partir de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E359" s="2" t="n">
-        <v>0.7605000000000026</v>
+        <v>1.0650000000000037</v>
       </c>
     </row>
     <row r="360">
       <c r="A360" t="inlineStr">
         <is>
-          <t>JAN26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B360" t="inlineStr">
         <is>
-          <t>22JAN26</t>
+          <t>09MAR26</t>
         </is>
       </c>
       <c r="C360" t="inlineStr">
         <is>
           <t>Gasoil de chauffage</t>
         </is>
       </c>
       <c r="D360" t="inlineStr">
         <is>
           <t>Gasoil chauffage (H0/H7) (moins de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E360" s="2" t="n">
-        <v>0.8007000000000029</v>
+        <v>1.105200000000004</v>
       </c>
     </row>
     <row r="361">
       <c r="A361" t="inlineStr">
         <is>
-          <t>JAN26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B361" t="inlineStr">
         <is>
-          <t>22JAN26</t>
+          <t>09MAR26</t>
         </is>
       </c>
       <c r="C361" t="inlineStr">
         <is>
           <t>Gasoil de chauffage</t>
         </is>
       </c>
       <c r="D361" t="inlineStr">
         <is>
           <t>Gasoil chauffage (H0/H7) (à la pompe) (€/L)</t>
         </is>
       </c>
       <c r="E361" s="2" t="n">
-        <v>0.9180000000000033</v>
+        <v>1.2230000000000045</v>
       </c>
     </row>
     <row r="362">
       <c r="A362" t="inlineStr">
         <is>
-          <t>JAN26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B362" t="inlineStr">
         <is>
-          <t>22JAN26</t>
+          <t>09MAR26</t>
         </is>
       </c>
       <c r="C362" t="inlineStr">
         <is>
           <t>Pétrole lampant</t>
         </is>
       </c>
       <c r="D362" t="inlineStr">
         <is>
           <t>Petrole lampant type B (moins de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E362" s="2" t="n">
-        <v>0.8739000000000031</v>
+        <v>1.4152000000000051</v>
       </c>
     </row>
     <row r="363">
       <c r="A363" t="inlineStr">
         <is>
-          <t>JAN26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B363" t="inlineStr">
         <is>
-          <t>22JAN26</t>
+          <t>09MAR26</t>
         </is>
       </c>
       <c r="C363" t="inlineStr">
         <is>
           <t>Pétrole lampant</t>
         </is>
       </c>
       <c r="D363" t="inlineStr">
         <is>
           <t>Petrole lampant type B (à partir de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E363" s="2" t="n">
-        <v>0.833700000000003</v>
+        <v>1.3750000000000049</v>
       </c>
     </row>
     <row r="364">
       <c r="A364" t="inlineStr">
         <is>
-          <t>JAN26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B364" t="inlineStr">
         <is>
-          <t>22JAN26</t>
+          <t>09MAR26</t>
         </is>
       </c>
       <c r="C364" t="inlineStr">
         <is>
           <t>Pétrole lampant</t>
         </is>
       </c>
       <c r="D364" t="inlineStr">
         <is>
           <t>Petrole lampant type B (à la pompe) (€/L)</t>
         </is>
       </c>
       <c r="E364" s="2" t="n">
-        <v>0.9880000000000035</v>
+        <v>1.5290000000000052</v>
       </c>
     </row>
     <row r="365">
       <c r="A365" t="inlineStr">
         <is>
-          <t>JAN26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B365" t="inlineStr">
         <is>
-          <t>22JAN26</t>
+          <t>09MAR26</t>
         </is>
       </c>
       <c r="C365" t="inlineStr">
         <is>
           <t>Pétrole lampant</t>
         </is>
       </c>
       <c r="D365" t="inlineStr">
         <is>
           <t>Petrole lampant type C (moins de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E365" s="2" t="n">
-        <v>0.9041000000000032</v>
+        <v>1.4700000000000053</v>
       </c>
     </row>
     <row r="366">
       <c r="A366" t="inlineStr">
         <is>
-          <t>JAN26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B366" t="inlineStr">
         <is>
-          <t>22JAN26</t>
+          <t>09MAR26</t>
         </is>
       </c>
       <c r="C366" t="inlineStr">
         <is>
           <t>Pétrole lampant</t>
         </is>
       </c>
       <c r="D366" t="inlineStr">
         <is>
           <t>Petrole lampant type C (à partir de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E366" s="2" t="n">
-        <v>0.8639000000000031</v>
+        <v>1.429800000000005</v>
       </c>
     </row>
     <row r="367">
       <c r="A367" t="inlineStr">
         <is>
-          <t>JAN26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B367" t="inlineStr">
         <is>
-          <t>22JAN26</t>
+          <t>09MAR26</t>
         </is>
       </c>
       <c r="C367" t="inlineStr">
         <is>
           <t>Pétrole lampant</t>
         </is>
       </c>
       <c r="D367" t="inlineStr">
         <is>
           <t>Petrole lampant type C (à la pompe) (€/L)</t>
         </is>
       </c>
       <c r="E367" s="2" t="n">
-        <v>1.0180000000000036</v>
+        <v>1.5840000000000056</v>
       </c>
     </row>
     <row r="368">
       <c r="A368" t="inlineStr">
         <is>
-          <t>JAN26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B368" t="inlineStr">
         <is>
-          <t>22JAN26</t>
+          <t>09MAR26</t>
         </is>
       </c>
       <c r="C368" t="inlineStr">
         <is>
           <t>Propane</t>
         </is>
       </c>
       <c r="D368" t="inlineStr">
         <is>
           <t>Propane en vrac (à partir de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E368" s="2" t="n">
-        <v>0.7035000000000026</v>
+        <v>0.7996000000000029</v>
       </c>
     </row>
     <row r="369">
       <c r="A369" t="inlineStr">
         <is>
-          <t>JAN26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B369" t="inlineStr">
         <is>
-          <t>22JAN26</t>
+          <t>09MAR26</t>
         </is>
       </c>
       <c r="C369" t="inlineStr">
         <is>
           <t>Propane</t>
         </is>
       </c>
       <c r="D369" t="inlineStr">
         <is>
           <t>Propane en vrac (moins de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E369" s="2" t="n">
-        <v>0.7935000000000028</v>
+        <v>0.8897000000000032</v>
       </c>
     </row>
     <row r="370">
       <c r="A370" t="inlineStr">
         <is>
-          <t>JAN26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B370" t="inlineStr">
         <is>
-          <t>22JAN26</t>
+          <t>09MAR26</t>
         </is>
       </c>
       <c r="C370" t="inlineStr">
         <is>
           <t>Butane + LPG</t>
         </is>
       </c>
       <c r="D370" t="inlineStr">
         <is>
           <t>Autogas LPG (à la pompe) (€/L)</t>
         </is>
       </c>
       <c r="E370" s="2" t="n">
-        <v>0.8210000000000028</v>
+        <v>0.8710000000000031</v>
       </c>
     </row>
     <row r="371">
       <c r="A371" t="inlineStr">
         <is>
-          <t>JAN26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B371" t="inlineStr">
         <is>
-          <t>22JAN26</t>
+          <t>09MAR26</t>
         </is>
       </c>
       <c r="C371" t="inlineStr">
         <is>
           <t>Butane + LPG</t>
         </is>
       </c>
       <c r="D371" t="inlineStr">
         <is>
           <t>Autogas LPG (moins de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E371" s="2" t="n">
-        <v>0.8158000000000029</v>
+        <v>0.9130000000000033</v>
       </c>
     </row>
     <row r="372">
       <c r="A372" t="inlineStr">
         <is>
-          <t>JAN26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B372" t="inlineStr">
         <is>
-          <t>22JAN26</t>
+          <t>09MAR26</t>
         </is>
       </c>
       <c r="C372" t="inlineStr">
         <is>
           <t>Butane + LPG</t>
         </is>
       </c>
       <c r="D372" t="inlineStr">
         <is>
           <t>Autogas LPG (à partir de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E372" s="2" t="n">
-        <v>0.7258000000000026</v>
+        <v>0.8229000000000029</v>
       </c>
     </row>
     <row r="373">
       <c r="A373" t="inlineStr">
         <is>
-          <t>JAN26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B373" t="inlineStr">
         <is>
-          <t>22JAN26</t>
+          <t>09MAR26</t>
         </is>
       </c>
       <c r="C373" t="inlineStr">
         <is>
           <t>Fuel Oil</t>
         </is>
       </c>
       <c r="D373" t="inlineStr">
         <is>
           <t>Fuel oil extra lourd 1% S (en camion citerne) (€/T)</t>
         </is>
       </c>
       <c r="E373"/>
     </row>
     <row r="374">
       <c r="A374" t="inlineStr">
         <is>
-          <t>JAN26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B374" t="inlineStr">
         <is>
-          <t>23JAN26</t>
+          <t>10MAR26</t>
         </is>
       </c>
       <c r="C374" t="inlineStr">
         <is>
           <t>Essences</t>
         </is>
       </c>
       <c r="D374" t="inlineStr">
         <is>
           <t>Essence 95 RON E5 (€/L)</t>
         </is>
       </c>
       <c r="E374" s="2" t="n">
-        <v>1.5980000000000059</v>
+        <v>1.684000000000006</v>
       </c>
     </row>
     <row r="375">
       <c r="A375" t="inlineStr">
         <is>
-          <t>JAN26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B375" t="inlineStr">
         <is>
-          <t>23JAN26</t>
+          <t>10MAR26</t>
         </is>
       </c>
       <c r="C375" t="inlineStr">
         <is>
           <t>Essences</t>
         </is>
       </c>
       <c r="D375" t="inlineStr">
         <is>
           <t>Essence 95 RON E10 (€/L)</t>
         </is>
       </c>
       <c r="E375" s="2" t="n">
-        <v>1.5840000000000056</v>
+        <v>1.677000000000006</v>
       </c>
     </row>
     <row r="376">
       <c r="A376" t="inlineStr">
         <is>
-          <t>JAN26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B376" t="inlineStr">
         <is>
-          <t>23JAN26</t>
+          <t>10MAR26</t>
         </is>
       </c>
       <c r="C376" t="inlineStr">
         <is>
           <t>Essences</t>
         </is>
       </c>
       <c r="D376" t="inlineStr">
         <is>
           <t>Essence 98 RON E5 (€/L)</t>
         </is>
       </c>
       <c r="E376" s="2" t="n">
-        <v>1.6410000000000058</v>
+        <v>1.7400000000000062</v>
       </c>
     </row>
     <row r="377">
       <c r="A377" t="inlineStr">
         <is>
-          <t>JAN26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B377" t="inlineStr">
         <is>
-          <t>23JAN26</t>
+          <t>10MAR26</t>
         </is>
       </c>
       <c r="C377" t="inlineStr">
         <is>
           <t>Essences</t>
         </is>
       </c>
       <c r="D377" t="inlineStr">
         <is>
           <t>Essence 98 RON E10 (€/L)</t>
         </is>
       </c>
       <c r="E377" s="2" t="n">
-        <v>1.6370000000000058</v>
+        <v>1.7360000000000062</v>
       </c>
     </row>
     <row r="378">
       <c r="A378" t="inlineStr">
         <is>
-          <t>JAN26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B378" t="inlineStr">
         <is>
-          <t>23JAN26</t>
+          <t>10MAR26</t>
         </is>
       </c>
       <c r="C378" t="inlineStr">
         <is>
           <t>Gasoil Diesel routier</t>
         </is>
       </c>
       <c r="D378" t="inlineStr">
         <is>
           <t>Diesel B7 (€/L)</t>
         </is>
       </c>
       <c r="E378" s="2" t="n">
-        <v>1.707000000000006</v>
+        <v>1.923000000000007</v>
       </c>
     </row>
     <row r="379">
       <c r="A379" t="inlineStr">
         <is>
-          <t>JAN26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B379" t="inlineStr">
         <is>
-          <t>23JAN26</t>
+          <t>10MAR26</t>
         </is>
       </c>
       <c r="C379" t="inlineStr">
         <is>
           <t>Gasoil Diesel routier</t>
         </is>
       </c>
       <c r="D379" t="inlineStr">
         <is>
           <t>Diesel B10 (€/L)</t>
         </is>
       </c>
       <c r="E379" s="2" t="n">
-        <v>1.700000000000006</v>
+        <v>1.915000000000007</v>
       </c>
     </row>
     <row r="380">
       <c r="A380" t="inlineStr">
         <is>
-          <t>JAN26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B380" t="inlineStr">
         <is>
-          <t>23JAN26</t>
+          <t>10MAR26</t>
         </is>
       </c>
       <c r="C380" t="inlineStr">
         <is>
           <t>Gasoil Diesel routier</t>
         </is>
       </c>
       <c r="D380" t="inlineStr">
         <is>
           <t>Diesel B20 (€/L)</t>
         </is>
       </c>
       <c r="E380" s="2" t="n">
-        <v>1.713000000000006</v>
+        <v>1.9120000000000068</v>
       </c>
     </row>
     <row r="381">
       <c r="A381" t="inlineStr">
         <is>
-          <t>JAN26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B381" t="inlineStr">
         <is>
-          <t>23JAN26</t>
+          <t>10MAR26</t>
         </is>
       </c>
       <c r="C381" t="inlineStr">
         <is>
           <t>Gasoil Diesel routier</t>
         </is>
       </c>
       <c r="D381" t="inlineStr">
         <is>
           <t>Diesel B30 (€/L)</t>
         </is>
       </c>
       <c r="E381" s="2" t="n">
-        <v>1.7840000000000065</v>
+        <v>1.949000000000007</v>
       </c>
     </row>
     <row r="382">
       <c r="A382" t="inlineStr">
         <is>
-          <t>JAN26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B382" t="inlineStr">
         <is>
-          <t>23JAN26</t>
+          <t>10MAR26</t>
         </is>
       </c>
       <c r="C382" t="inlineStr">
         <is>
           <t>Gasoil Diesel routier</t>
         </is>
       </c>
       <c r="D382" t="inlineStr">
         <is>
           <t>Diesel XTL (€/L)</t>
         </is>
       </c>
       <c r="E382" s="2" t="n">
-        <v>3.2640000000000113</v>
+        <v>3.2660000000000116</v>
       </c>
     </row>
     <row r="383">
       <c r="A383" t="inlineStr">
         <is>
-          <t>JAN26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B383" t="inlineStr">
         <is>
-          <t>23JAN26</t>
+          <t>10MAR26</t>
         </is>
       </c>
       <c r="C383" t="inlineStr">
         <is>
           <t>Gasoil Diesel (application chauffage)</t>
         </is>
       </c>
       <c r="D383" t="inlineStr">
         <is>
           <t>Gasoil Diesel Chauffage (à partir de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E383" s="2" t="n">
-        <v>0.7768000000000028</v>
+        <v>1.0718000000000039</v>
       </c>
     </row>
     <row r="384">
       <c r="A384" t="inlineStr">
         <is>
-          <t>JAN26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B384" t="inlineStr">
         <is>
-          <t>23JAN26</t>
+          <t>10MAR26</t>
         </is>
       </c>
       <c r="C384" t="inlineStr">
         <is>
           <t>Gasoil Diesel (application chauffage)</t>
         </is>
       </c>
       <c r="D384" t="inlineStr">
         <is>
           <t>Gasoil Diesel Chauffage (moins de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E384" s="2" t="n">
-        <v>0.8170000000000028</v>
+        <v>1.112000000000004</v>
       </c>
     </row>
     <row r="385">
       <c r="A385" t="inlineStr">
         <is>
-          <t>JAN26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B385" t="inlineStr">
         <is>
-          <t>23JAN26</t>
+          <t>10MAR26</t>
         </is>
       </c>
       <c r="C385" t="inlineStr">
         <is>
           <t>Gasoil Diesel (application agriculture)</t>
         </is>
       </c>
       <c r="D385" t="inlineStr">
         <is>
           <t>Gasoil Diesel Agriculture (à partir de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E385" s="2" t="n">
-        <v>0.7515000000000026</v>
+        <v>1.0465000000000038</v>
       </c>
     </row>
     <row r="386">
       <c r="A386" t="inlineStr">
         <is>
-          <t>JAN26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B386" t="inlineStr">
         <is>
-          <t>23JAN26</t>
+          <t>10MAR26</t>
         </is>
       </c>
       <c r="C386" t="inlineStr">
         <is>
           <t>Gasoil Diesel (application agriculture)</t>
         </is>
       </c>
       <c r="D386" t="inlineStr">
         <is>
           <t>Gasoil Diesel Agriculture (moins de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E386" s="2" t="n">
-        <v>0.7918000000000027</v>
+        <v>1.0868000000000038</v>
       </c>
     </row>
     <row r="387">
       <c r="A387" t="inlineStr">
         <is>
-          <t>JAN26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B387" t="inlineStr">
         <is>
-          <t>23JAN26</t>
+          <t>10MAR26</t>
         </is>
       </c>
       <c r="C387" t="inlineStr">
         <is>
           <t>Gasoil Diesel (application I&amp;C)</t>
         </is>
       </c>
       <c r="D387" t="inlineStr">
         <is>
           <t>Gasoil Diesel I&amp;C (à partir de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E387" s="2" t="n">
-        <v>0.7792000000000028</v>
+        <v>1.0742000000000038</v>
       </c>
     </row>
     <row r="388">
       <c r="A388" t="inlineStr">
         <is>
-          <t>JAN26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B388" t="inlineStr">
         <is>
-          <t>23JAN26</t>
+          <t>10MAR26</t>
         </is>
       </c>
       <c r="C388" t="inlineStr">
         <is>
           <t>Gasoil Diesel (application I&amp;C)</t>
         </is>
       </c>
       <c r="D388" t="inlineStr">
         <is>
           <t>Gasoil Diesel I&amp;C (moins de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E388" s="2" t="n">
-        <v>0.8195000000000029</v>
+        <v>1.114500000000004</v>
       </c>
     </row>
     <row r="389">
       <c r="A389" t="inlineStr">
         <is>
-          <t>JAN26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B389" t="inlineStr">
         <is>
-          <t>23JAN26</t>
+          <t>10MAR26</t>
         </is>
       </c>
       <c r="C389" t="inlineStr">
         <is>
           <t>Gasoil Diesel (application I&amp;C)</t>
         </is>
       </c>
       <c r="D389" t="inlineStr">
         <is>
           <t>Gasoil Diesel I&amp;C (à la pompe) (€/L)</t>
         </is>
       </c>
       <c r="E389" s="2" t="n">
-        <v>0.9300000000000034</v>
+        <v>1.2250000000000045</v>
       </c>
     </row>
     <row r="390">
       <c r="A390" t="inlineStr">
         <is>
-          <t>JAN26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B390" t="inlineStr">
         <is>
-          <t>23JAN26</t>
+          <t>10MAR26</t>
         </is>
       </c>
       <c r="C390" t="inlineStr">
         <is>
           <t>Gasoil de chauffage</t>
         </is>
       </c>
       <c r="D390" t="inlineStr">
         <is>
           <t>Gasoil chauffage (H0/H7) (à partir de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E390" s="2" t="n">
-        <v>0.7768000000000028</v>
+        <v>1.0718000000000039</v>
       </c>
     </row>
     <row r="391">
       <c r="A391" t="inlineStr">
         <is>
-          <t>JAN26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B391" t="inlineStr">
         <is>
-          <t>23JAN26</t>
+          <t>10MAR26</t>
         </is>
       </c>
       <c r="C391" t="inlineStr">
         <is>
           <t>Gasoil de chauffage</t>
         </is>
       </c>
       <c r="D391" t="inlineStr">
         <is>
           <t>Gasoil chauffage (H0/H7) (moins de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E391" s="2" t="n">
-        <v>0.8170000000000028</v>
+        <v>1.112000000000004</v>
       </c>
     </row>
     <row r="392">
       <c r="A392" t="inlineStr">
         <is>
-          <t>JAN26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B392" t="inlineStr">
         <is>
-          <t>23JAN26</t>
+          <t>10MAR26</t>
         </is>
       </c>
       <c r="C392" t="inlineStr">
         <is>
           <t>Gasoil de chauffage</t>
         </is>
       </c>
       <c r="D392" t="inlineStr">
         <is>
           <t>Gasoil chauffage (H0/H7) (à la pompe) (€/L)</t>
         </is>
       </c>
       <c r="E392" s="2" t="n">
-        <v>0.9350000000000034</v>
+        <v>1.2300000000000044</v>
       </c>
     </row>
     <row r="393">
       <c r="A393" t="inlineStr">
         <is>
-          <t>JAN26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B393" t="inlineStr">
         <is>
-          <t>23JAN26</t>
+          <t>10MAR26</t>
         </is>
       </c>
       <c r="C393" t="inlineStr">
         <is>
           <t>Pétrole lampant</t>
         </is>
       </c>
       <c r="D393" t="inlineStr">
         <is>
           <t>Petrole lampant type B (moins de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E393" s="2" t="n">
-        <v>0.8958000000000033</v>
+        <v>1.4152000000000051</v>
       </c>
     </row>
     <row r="394">
       <c r="A394" t="inlineStr">
         <is>
-          <t>JAN26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B394" t="inlineStr">
         <is>
-          <t>23JAN26</t>
+          <t>10MAR26</t>
         </is>
       </c>
       <c r="C394" t="inlineStr">
         <is>
           <t>Pétrole lampant</t>
         </is>
       </c>
       <c r="D394" t="inlineStr">
         <is>
           <t>Petrole lampant type B (à partir de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E394" s="2" t="n">
-        <v>0.855500000000003</v>
+        <v>1.3750000000000049</v>
       </c>
     </row>
     <row r="395">
       <c r="A395" t="inlineStr">
         <is>
-          <t>JAN26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B395" t="inlineStr">
         <is>
-          <t>23JAN26</t>
+          <t>10MAR26</t>
         </is>
       </c>
       <c r="C395" t="inlineStr">
         <is>
           <t>Pétrole lampant</t>
         </is>
       </c>
       <c r="D395" t="inlineStr">
         <is>
           <t>Petrole lampant type B (à la pompe) (€/L)</t>
         </is>
       </c>
       <c r="E395" s="2" t="n">
-        <v>1.0100000000000036</v>
+        <v>1.5290000000000052</v>
       </c>
     </row>
     <row r="396">
       <c r="A396" t="inlineStr">
         <is>
-          <t>JAN26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B396" t="inlineStr">
         <is>
-          <t>23JAN26</t>
+          <t>10MAR26</t>
         </is>
       </c>
       <c r="C396" t="inlineStr">
         <is>
           <t>Pétrole lampant</t>
         </is>
       </c>
       <c r="D396" t="inlineStr">
         <is>
           <t>Petrole lampant type C (moins de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E396" s="2" t="n">
-        <v>0.9269000000000033</v>
+        <v>1.4700000000000053</v>
       </c>
     </row>
     <row r="397">
       <c r="A397" t="inlineStr">
         <is>
-          <t>JAN26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B397" t="inlineStr">
         <is>
-          <t>23JAN26</t>
+          <t>10MAR26</t>
         </is>
       </c>
       <c r="C397" t="inlineStr">
         <is>
           <t>Pétrole lampant</t>
         </is>
       </c>
       <c r="D397" t="inlineStr">
         <is>
           <t>Petrole lampant type C (à partir de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E397" s="2" t="n">
-        <v>0.8867000000000032</v>
+        <v>1.429800000000005</v>
       </c>
     </row>
     <row r="398">
       <c r="A398" t="inlineStr">
         <is>
-          <t>JAN26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B398" t="inlineStr">
         <is>
-          <t>23JAN26</t>
+          <t>10MAR26</t>
         </is>
       </c>
       <c r="C398" t="inlineStr">
         <is>
           <t>Pétrole lampant</t>
         </is>
       </c>
       <c r="D398" t="inlineStr">
         <is>
           <t>Petrole lampant type C (à la pompe) (€/L)</t>
         </is>
       </c>
       <c r="E398" s="2" t="n">
-        <v>1.0410000000000037</v>
+        <v>1.5840000000000056</v>
       </c>
     </row>
     <row r="399">
       <c r="A399" t="inlineStr">
         <is>
-          <t>JAN26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B399" t="inlineStr">
         <is>
-          <t>23JAN26</t>
+          <t>10MAR26</t>
         </is>
       </c>
       <c r="C399" t="inlineStr">
         <is>
           <t>Propane</t>
         </is>
       </c>
       <c r="D399" t="inlineStr">
         <is>
           <t>Propane en vrac (à partir de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E399" s="2" t="n">
-        <v>0.7035000000000026</v>
+        <v>0.7996000000000029</v>
       </c>
     </row>
     <row r="400">
       <c r="A400" t="inlineStr">
         <is>
-          <t>JAN26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B400" t="inlineStr">
         <is>
-          <t>23JAN26</t>
+          <t>10MAR26</t>
         </is>
       </c>
       <c r="C400" t="inlineStr">
         <is>
           <t>Propane</t>
         </is>
       </c>
       <c r="D400" t="inlineStr">
         <is>
           <t>Propane en vrac (moins de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E400" s="2" t="n">
-        <v>0.7935000000000028</v>
+        <v>0.8897000000000032</v>
       </c>
     </row>
     <row r="401">
       <c r="A401" t="inlineStr">
         <is>
-          <t>JAN26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B401" t="inlineStr">
         <is>
-          <t>23JAN26</t>
+          <t>10MAR26</t>
         </is>
       </c>
       <c r="C401" t="inlineStr">
         <is>
           <t>Butane + LPG</t>
         </is>
       </c>
       <c r="D401" t="inlineStr">
         <is>
           <t>Autogas LPG (à la pompe) (€/L)</t>
         </is>
       </c>
       <c r="E401" s="2" t="n">
-        <v>0.8210000000000028</v>
+        <v>0.8710000000000031</v>
       </c>
     </row>
     <row r="402">
       <c r="A402" t="inlineStr">
         <is>
-          <t>JAN26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B402" t="inlineStr">
         <is>
-          <t>23JAN26</t>
+          <t>10MAR26</t>
         </is>
       </c>
       <c r="C402" t="inlineStr">
         <is>
           <t>Butane + LPG</t>
         </is>
       </c>
       <c r="D402" t="inlineStr">
         <is>
           <t>Autogas LPG (moins de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E402" s="2" t="n">
-        <v>0.8158000000000029</v>
+        <v>0.9130000000000033</v>
       </c>
     </row>
     <row r="403">
       <c r="A403" t="inlineStr">
         <is>
-          <t>JAN26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B403" t="inlineStr">
         <is>
-          <t>23JAN26</t>
+          <t>10MAR26</t>
         </is>
       </c>
       <c r="C403" t="inlineStr">
         <is>
           <t>Butane + LPG</t>
         </is>
       </c>
       <c r="D403" t="inlineStr">
         <is>
           <t>Autogas LPG (à partir de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E403" s="2" t="n">
-        <v>0.7258000000000026</v>
+        <v>0.8229000000000029</v>
       </c>
     </row>
     <row r="404">
       <c r="A404" t="inlineStr">
         <is>
-          <t>JAN26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B404" t="inlineStr">
         <is>
-          <t>23JAN26</t>
+          <t>10MAR26</t>
         </is>
       </c>
       <c r="C404" t="inlineStr">
         <is>
           <t>Fuel Oil</t>
         </is>
       </c>
       <c r="D404" t="inlineStr">
         <is>
           <t>Fuel oil extra lourd 1% S (en camion citerne) (€/T)</t>
         </is>
       </c>
       <c r="E404"/>
     </row>
     <row r="405">
       <c r="A405" t="inlineStr">
         <is>
-          <t>JAN26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B405" t="inlineStr">
         <is>
-          <t>24JAN26</t>
+          <t>11MAR26</t>
         </is>
       </c>
       <c r="C405" t="inlineStr">
         <is>
           <t>Essences</t>
         </is>
       </c>
       <c r="D405" t="inlineStr">
         <is>
           <t>Essence 95 RON E5 (€/L)</t>
         </is>
       </c>
       <c r="E405" s="2" t="n">
-        <v>1.5980000000000059</v>
+        <v>1.684000000000006</v>
       </c>
     </row>
     <row r="406">
       <c r="A406" t="inlineStr">
         <is>
-          <t>JAN26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B406" t="inlineStr">
         <is>
-          <t>24JAN26</t>
+          <t>11MAR26</t>
         </is>
       </c>
       <c r="C406" t="inlineStr">
         <is>
           <t>Essences</t>
         </is>
       </c>
       <c r="D406" t="inlineStr">
         <is>
           <t>Essence 95 RON E10 (€/L)</t>
         </is>
       </c>
       <c r="E406" s="2" t="n">
-        <v>1.5840000000000056</v>
+        <v>1.677000000000006</v>
       </c>
     </row>
     <row r="407">
       <c r="A407" t="inlineStr">
         <is>
-          <t>JAN26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B407" t="inlineStr">
         <is>
-          <t>24JAN26</t>
+          <t>11MAR26</t>
         </is>
       </c>
       <c r="C407" t="inlineStr">
         <is>
           <t>Essences</t>
         </is>
       </c>
       <c r="D407" t="inlineStr">
         <is>
           <t>Essence 98 RON E5 (€/L)</t>
         </is>
       </c>
       <c r="E407" s="2" t="n">
-        <v>1.6410000000000058</v>
+        <v>1.7400000000000062</v>
       </c>
     </row>
     <row r="408">
       <c r="A408" t="inlineStr">
         <is>
-          <t>JAN26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B408" t="inlineStr">
         <is>
-          <t>24JAN26</t>
+          <t>11MAR26</t>
         </is>
       </c>
       <c r="C408" t="inlineStr">
         <is>
           <t>Essences</t>
         </is>
       </c>
       <c r="D408" t="inlineStr">
         <is>
           <t>Essence 98 RON E10 (€/L)</t>
         </is>
       </c>
       <c r="E408" s="2" t="n">
-        <v>1.6370000000000058</v>
+        <v>1.7360000000000062</v>
       </c>
     </row>
     <row r="409">
       <c r="A409" t="inlineStr">
         <is>
-          <t>JAN26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B409" t="inlineStr">
         <is>
-          <t>24JAN26</t>
+          <t>11MAR26</t>
         </is>
       </c>
       <c r="C409" t="inlineStr">
         <is>
           <t>Gasoil Diesel routier</t>
         </is>
       </c>
       <c r="D409" t="inlineStr">
         <is>
           <t>Diesel B7 (€/L)</t>
         </is>
       </c>
       <c r="E409" s="2" t="n">
-        <v>1.707000000000006</v>
+        <v>1.923000000000007</v>
       </c>
     </row>
     <row r="410">
       <c r="A410" t="inlineStr">
         <is>
-          <t>JAN26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B410" t="inlineStr">
         <is>
-          <t>24JAN26</t>
+          <t>11MAR26</t>
         </is>
       </c>
       <c r="C410" t="inlineStr">
         <is>
           <t>Gasoil Diesel routier</t>
         </is>
       </c>
       <c r="D410" t="inlineStr">
         <is>
           <t>Diesel B10 (€/L)</t>
         </is>
       </c>
       <c r="E410" s="2" t="n">
-        <v>1.700000000000006</v>
+        <v>1.915000000000007</v>
       </c>
     </row>
     <row r="411">
       <c r="A411" t="inlineStr">
         <is>
-          <t>JAN26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B411" t="inlineStr">
         <is>
-          <t>24JAN26</t>
+          <t>11MAR26</t>
         </is>
       </c>
       <c r="C411" t="inlineStr">
         <is>
           <t>Gasoil Diesel routier</t>
         </is>
       </c>
       <c r="D411" t="inlineStr">
         <is>
           <t>Diesel B20 (€/L)</t>
         </is>
       </c>
       <c r="E411" s="2" t="n">
-        <v>1.713000000000006</v>
+        <v>1.9120000000000068</v>
       </c>
     </row>
     <row r="412">
       <c r="A412" t="inlineStr">
         <is>
-          <t>JAN26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B412" t="inlineStr">
         <is>
-          <t>24JAN26</t>
+          <t>11MAR26</t>
         </is>
       </c>
       <c r="C412" t="inlineStr">
         <is>
           <t>Gasoil Diesel routier</t>
         </is>
       </c>
       <c r="D412" t="inlineStr">
         <is>
           <t>Diesel B30 (€/L)</t>
         </is>
       </c>
       <c r="E412" s="2" t="n">
-        <v>1.7840000000000065</v>
+        <v>1.949000000000007</v>
       </c>
     </row>
     <row r="413">
       <c r="A413" t="inlineStr">
         <is>
-          <t>JAN26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B413" t="inlineStr">
         <is>
-          <t>24JAN26</t>
+          <t>11MAR26</t>
         </is>
       </c>
       <c r="C413" t="inlineStr">
         <is>
           <t>Gasoil Diesel routier</t>
         </is>
       </c>
       <c r="D413" t="inlineStr">
         <is>
           <t>Diesel XTL (€/L)</t>
         </is>
       </c>
       <c r="E413" s="2" t="n">
-        <v>3.2640000000000113</v>
+        <v>3.2660000000000116</v>
       </c>
     </row>
     <row r="414">
       <c r="A414" t="inlineStr">
         <is>
-          <t>JAN26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B414" t="inlineStr">
         <is>
-          <t>24JAN26</t>
+          <t>11MAR26</t>
         </is>
       </c>
       <c r="C414" t="inlineStr">
         <is>
           <t>Gasoil Diesel (application chauffage)</t>
         </is>
       </c>
       <c r="D414" t="inlineStr">
         <is>
           <t>Gasoil Diesel Chauffage (à partir de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E414" s="2" t="n">
-        <v>0.7662000000000028</v>
+        <v>1.0736000000000039</v>
       </c>
     </row>
     <row r="415">
       <c r="A415" t="inlineStr">
         <is>
-          <t>JAN26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B415" t="inlineStr">
         <is>
-          <t>24JAN26</t>
+          <t>11MAR26</t>
         </is>
       </c>
       <c r="C415" t="inlineStr">
         <is>
           <t>Gasoil Diesel (application chauffage)</t>
         </is>
       </c>
       <c r="D415" t="inlineStr">
         <is>
           <t>Gasoil Diesel Chauffage (moins de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E415" s="2" t="n">
-        <v>0.8064000000000029</v>
+        <v>1.1139000000000039</v>
       </c>
     </row>
     <row r="416">
       <c r="A416" t="inlineStr">
         <is>
-          <t>JAN26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B416" t="inlineStr">
         <is>
-          <t>24JAN26</t>
+          <t>11MAR26</t>
         </is>
       </c>
       <c r="C416" t="inlineStr">
         <is>
           <t>Gasoil Diesel (application agriculture)</t>
         </is>
       </c>
       <c r="D416" t="inlineStr">
         <is>
           <t>Gasoil Diesel Agriculture (à partir de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E416" s="2" t="n">
-        <v>0.7409000000000027</v>
+        <v>1.0484000000000038</v>
       </c>
     </row>
     <row r="417">
       <c r="A417" t="inlineStr">
         <is>
-          <t>JAN26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B417" t="inlineStr">
         <is>
-          <t>24JAN26</t>
+          <t>11MAR26</t>
         </is>
       </c>
       <c r="C417" t="inlineStr">
         <is>
           <t>Gasoil Diesel (application agriculture)</t>
         </is>
       </c>
       <c r="D417" t="inlineStr">
         <is>
           <t>Gasoil Diesel Agriculture (moins de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E417" s="2" t="n">
-        <v>0.7812000000000028</v>
+        <v>1.0887000000000038</v>
       </c>
     </row>
     <row r="418">
       <c r="A418" t="inlineStr">
         <is>
-          <t>JAN26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B418" t="inlineStr">
         <is>
-          <t>24JAN26</t>
+          <t>11MAR26</t>
         </is>
       </c>
       <c r="C418" t="inlineStr">
         <is>
           <t>Gasoil Diesel (application I&amp;C)</t>
         </is>
       </c>
       <c r="D418" t="inlineStr">
         <is>
           <t>Gasoil Diesel I&amp;C (à partir de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E418" s="2" t="n">
-        <v>0.7686000000000027</v>
+        <v>1.0761000000000038</v>
       </c>
     </row>
     <row r="419">
       <c r="A419" t="inlineStr">
         <is>
-          <t>JAN26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B419" t="inlineStr">
         <is>
-          <t>24JAN26</t>
+          <t>11MAR26</t>
         </is>
       </c>
       <c r="C419" t="inlineStr">
         <is>
           <t>Gasoil Diesel (application I&amp;C)</t>
         </is>
       </c>
       <c r="D419" t="inlineStr">
         <is>
           <t>Gasoil Diesel I&amp;C (moins de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E419" s="2" t="n">
-        <v>0.8089000000000028</v>
+        <v>1.116400000000004</v>
       </c>
     </row>
     <row r="420">
       <c r="A420" t="inlineStr">
         <is>
-          <t>JAN26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B420" t="inlineStr">
         <is>
-          <t>24JAN26</t>
+          <t>11MAR26</t>
         </is>
       </c>
       <c r="C420" t="inlineStr">
         <is>
           <t>Gasoil Diesel (application I&amp;C)</t>
         </is>
       </c>
       <c r="D420" t="inlineStr">
         <is>
           <t>Gasoil Diesel I&amp;C (à la pompe) (€/L)</t>
         </is>
       </c>
       <c r="E420" s="2" t="n">
-        <v>0.9200000000000033</v>
+        <v>1.2270000000000045</v>
       </c>
     </row>
     <row r="421">
       <c r="A421" t="inlineStr">
         <is>
-          <t>JAN26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B421" t="inlineStr">
         <is>
-          <t>24JAN26</t>
+          <t>11MAR26</t>
         </is>
       </c>
       <c r="C421" t="inlineStr">
         <is>
           <t>Gasoil de chauffage</t>
         </is>
       </c>
       <c r="D421" t="inlineStr">
         <is>
           <t>Gasoil chauffage (H0/H7) (à partir de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E421" s="2" t="n">
-        <v>0.7662000000000028</v>
+        <v>1.0736000000000039</v>
       </c>
     </row>
     <row r="422">
       <c r="A422" t="inlineStr">
         <is>
-          <t>JAN26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B422" t="inlineStr">
         <is>
-          <t>24JAN26</t>
+          <t>11MAR26</t>
         </is>
       </c>
       <c r="C422" t="inlineStr">
         <is>
           <t>Gasoil de chauffage</t>
         </is>
       </c>
       <c r="D422" t="inlineStr">
         <is>
           <t>Gasoil chauffage (H0/H7) (moins de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E422" s="2" t="n">
-        <v>0.8064000000000029</v>
+        <v>1.1139000000000039</v>
       </c>
     </row>
     <row r="423">
       <c r="A423" t="inlineStr">
         <is>
-          <t>JAN26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B423" t="inlineStr">
         <is>
-          <t>24JAN26</t>
+          <t>11MAR26</t>
         </is>
       </c>
       <c r="C423" t="inlineStr">
         <is>
           <t>Gasoil de chauffage</t>
         </is>
       </c>
       <c r="D423" t="inlineStr">
         <is>
           <t>Gasoil chauffage (H0/H7) (à la pompe) (€/L)</t>
         </is>
       </c>
       <c r="E423" s="2" t="n">
-        <v>0.9240000000000034</v>
+        <v>1.2320000000000044</v>
       </c>
     </row>
     <row r="424">
       <c r="A424" t="inlineStr">
         <is>
-          <t>JAN26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B424" t="inlineStr">
         <is>
-          <t>24JAN26</t>
+          <t>11MAR26</t>
         </is>
       </c>
       <c r="C424" t="inlineStr">
         <is>
           <t>Pétrole lampant</t>
         </is>
       </c>
       <c r="D424" t="inlineStr">
         <is>
           <t>Petrole lampant type B (moins de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E424" s="2" t="n">
-        <v>0.8958000000000033</v>
+        <v>1.4152000000000051</v>
       </c>
     </row>
     <row r="425">
       <c r="A425" t="inlineStr">
         <is>
-          <t>JAN26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B425" t="inlineStr">
         <is>
-          <t>24JAN26</t>
+          <t>11MAR26</t>
         </is>
       </c>
       <c r="C425" t="inlineStr">
         <is>
           <t>Pétrole lampant</t>
         </is>
       </c>
       <c r="D425" t="inlineStr">
         <is>
           <t>Petrole lampant type B (à partir de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E425" s="2" t="n">
-        <v>0.855500000000003</v>
+        <v>1.3750000000000049</v>
       </c>
     </row>
     <row r="426">
       <c r="A426" t="inlineStr">
         <is>
-          <t>JAN26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B426" t="inlineStr">
         <is>
-          <t>24JAN26</t>
+          <t>11MAR26</t>
         </is>
       </c>
       <c r="C426" t="inlineStr">
         <is>
           <t>Pétrole lampant</t>
         </is>
       </c>
       <c r="D426" t="inlineStr">
         <is>
           <t>Petrole lampant type B (à la pompe) (€/L)</t>
         </is>
       </c>
       <c r="E426" s="2" t="n">
-        <v>1.0100000000000036</v>
+        <v>1.5290000000000052</v>
       </c>
     </row>
     <row r="427">
       <c r="A427" t="inlineStr">
         <is>
-          <t>JAN26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B427" t="inlineStr">
         <is>
-          <t>24JAN26</t>
+          <t>11MAR26</t>
         </is>
       </c>
       <c r="C427" t="inlineStr">
         <is>
           <t>Pétrole lampant</t>
         </is>
       </c>
       <c r="D427" t="inlineStr">
         <is>
           <t>Petrole lampant type C (moins de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E427" s="2" t="n">
-        <v>0.9269000000000033</v>
+        <v>1.4700000000000053</v>
       </c>
     </row>
     <row r="428">
       <c r="A428" t="inlineStr">
         <is>
-          <t>JAN26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B428" t="inlineStr">
         <is>
-          <t>24JAN26</t>
+          <t>11MAR26</t>
         </is>
       </c>
       <c r="C428" t="inlineStr">
         <is>
           <t>Pétrole lampant</t>
         </is>
       </c>
       <c r="D428" t="inlineStr">
         <is>
           <t>Petrole lampant type C (à partir de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E428" s="2" t="n">
-        <v>0.8867000000000032</v>
+        <v>1.429800000000005</v>
       </c>
     </row>
     <row r="429">
       <c r="A429" t="inlineStr">
         <is>
-          <t>JAN26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B429" t="inlineStr">
         <is>
-          <t>24JAN26</t>
+          <t>11MAR26</t>
         </is>
       </c>
       <c r="C429" t="inlineStr">
         <is>
           <t>Pétrole lampant</t>
         </is>
       </c>
       <c r="D429" t="inlineStr">
         <is>
           <t>Petrole lampant type C (à la pompe) (€/L)</t>
         </is>
       </c>
       <c r="E429" s="2" t="n">
-        <v>1.0410000000000037</v>
+        <v>1.5840000000000056</v>
       </c>
     </row>
     <row r="430">
       <c r="A430" t="inlineStr">
         <is>
-          <t>JAN26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B430" t="inlineStr">
         <is>
-          <t>24JAN26</t>
+          <t>11MAR26</t>
         </is>
       </c>
       <c r="C430" t="inlineStr">
         <is>
           <t>Propane</t>
         </is>
       </c>
       <c r="D430" t="inlineStr">
         <is>
           <t>Propane en vrac (à partir de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E430" s="2" t="n">
-        <v>0.7035000000000026</v>
+        <v>0.7996000000000029</v>
       </c>
     </row>
     <row r="431">
       <c r="A431" t="inlineStr">
         <is>
-          <t>JAN26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B431" t="inlineStr">
         <is>
-          <t>24JAN26</t>
+          <t>11MAR26</t>
         </is>
       </c>
       <c r="C431" t="inlineStr">
         <is>
           <t>Propane</t>
         </is>
       </c>
       <c r="D431" t="inlineStr">
         <is>
           <t>Propane en vrac (moins de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E431" s="2" t="n">
-        <v>0.7935000000000028</v>
+        <v>0.8897000000000032</v>
       </c>
     </row>
     <row r="432">
       <c r="A432" t="inlineStr">
         <is>
-          <t>JAN26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B432" t="inlineStr">
         <is>
-          <t>24JAN26</t>
+          <t>11MAR26</t>
         </is>
       </c>
       <c r="C432" t="inlineStr">
         <is>
           <t>Butane + LPG</t>
         </is>
       </c>
       <c r="D432" t="inlineStr">
         <is>
           <t>Autogas LPG (à la pompe) (€/L)</t>
         </is>
       </c>
       <c r="E432" s="2" t="n">
-        <v>0.8210000000000028</v>
+        <v>0.8710000000000031</v>
       </c>
     </row>
     <row r="433">
       <c r="A433" t="inlineStr">
         <is>
-          <t>JAN26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B433" t="inlineStr">
         <is>
-          <t>24JAN26</t>
+          <t>11MAR26</t>
         </is>
       </c>
       <c r="C433" t="inlineStr">
         <is>
           <t>Butane + LPG</t>
         </is>
       </c>
       <c r="D433" t="inlineStr">
         <is>
           <t>Autogas LPG (moins de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E433" s="2" t="n">
-        <v>0.8158000000000029</v>
+        <v>0.9130000000000033</v>
       </c>
     </row>
     <row r="434">
       <c r="A434" t="inlineStr">
         <is>
-          <t>JAN26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B434" t="inlineStr">
         <is>
-          <t>24JAN26</t>
+          <t>11MAR26</t>
         </is>
       </c>
       <c r="C434" t="inlineStr">
         <is>
           <t>Butane + LPG</t>
         </is>
       </c>
       <c r="D434" t="inlineStr">
         <is>
           <t>Autogas LPG (à partir de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E434" s="2" t="n">
-        <v>0.7258000000000026</v>
+        <v>0.8229000000000029</v>
       </c>
     </row>
     <row r="435">
       <c r="A435" t="inlineStr">
         <is>
-          <t>JAN26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B435" t="inlineStr">
         <is>
-          <t>24JAN26</t>
+          <t>11MAR26</t>
         </is>
       </c>
       <c r="C435" t="inlineStr">
         <is>
           <t>Fuel Oil</t>
         </is>
       </c>
       <c r="D435" t="inlineStr">
         <is>
           <t>Fuel oil extra lourd 1% S (en camion citerne) (€/T)</t>
         </is>
       </c>
       <c r="E435"/>
     </row>
     <row r="436">
       <c r="A436" t="inlineStr">
         <is>
-          <t>JAN26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B436" t="inlineStr">
         <is>
-          <t>25JAN26</t>
+          <t>12MAR26</t>
         </is>
       </c>
       <c r="C436" t="inlineStr">
         <is>
           <t>Essences</t>
         </is>
       </c>
       <c r="D436" t="inlineStr">
         <is>
           <t>Essence 95 RON E5 (€/L)</t>
         </is>
       </c>
       <c r="E436" s="2" t="n">
-        <v>1.5980000000000059</v>
+        <v>1.684000000000006</v>
       </c>
     </row>
     <row r="437">
       <c r="A437" t="inlineStr">
         <is>
-          <t>JAN26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B437" t="inlineStr">
         <is>
-          <t>25JAN26</t>
+          <t>12MAR26</t>
         </is>
       </c>
       <c r="C437" t="inlineStr">
         <is>
           <t>Essences</t>
         </is>
       </c>
       <c r="D437" t="inlineStr">
         <is>
           <t>Essence 95 RON E10 (€/L)</t>
         </is>
       </c>
       <c r="E437" s="2" t="n">
-        <v>1.5840000000000056</v>
+        <v>1.677000000000006</v>
       </c>
     </row>
     <row r="438">
       <c r="A438" t="inlineStr">
         <is>
-          <t>JAN26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B438" t="inlineStr">
         <is>
-          <t>25JAN26</t>
+          <t>12MAR26</t>
         </is>
       </c>
       <c r="C438" t="inlineStr">
         <is>
           <t>Essences</t>
         </is>
       </c>
       <c r="D438" t="inlineStr">
         <is>
           <t>Essence 98 RON E5 (€/L)</t>
         </is>
       </c>
       <c r="E438" s="2" t="n">
-        <v>1.6410000000000058</v>
+        <v>1.7400000000000062</v>
       </c>
     </row>
     <row r="439">
       <c r="A439" t="inlineStr">
         <is>
-          <t>JAN26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B439" t="inlineStr">
         <is>
-          <t>25JAN26</t>
+          <t>12MAR26</t>
         </is>
       </c>
       <c r="C439" t="inlineStr">
         <is>
           <t>Essences</t>
         </is>
       </c>
       <c r="D439" t="inlineStr">
         <is>
           <t>Essence 98 RON E10 (€/L)</t>
         </is>
       </c>
       <c r="E439" s="2" t="n">
-        <v>1.6370000000000058</v>
+        <v>1.7360000000000062</v>
       </c>
     </row>
     <row r="440">
       <c r="A440" t="inlineStr">
         <is>
-          <t>JAN26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B440" t="inlineStr">
         <is>
-          <t>25JAN26</t>
+          <t>12MAR26</t>
         </is>
       </c>
       <c r="C440" t="inlineStr">
         <is>
           <t>Gasoil Diesel routier</t>
         </is>
       </c>
       <c r="D440" t="inlineStr">
         <is>
           <t>Diesel B7 (€/L)</t>
         </is>
       </c>
       <c r="E440" s="2" t="n">
-        <v>1.707000000000006</v>
+        <v>2.0190000000000072</v>
       </c>
     </row>
     <row r="441">
       <c r="A441" t="inlineStr">
         <is>
-          <t>JAN26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B441" t="inlineStr">
         <is>
-          <t>25JAN26</t>
+          <t>12MAR26</t>
         </is>
       </c>
       <c r="C441" t="inlineStr">
         <is>
           <t>Gasoil Diesel routier</t>
         </is>
       </c>
       <c r="D441" t="inlineStr">
         <is>
           <t>Diesel B10 (€/L)</t>
         </is>
       </c>
       <c r="E441" s="2" t="n">
-        <v>1.700000000000006</v>
+        <v>2.010000000000007</v>
       </c>
     </row>
     <row r="442">
       <c r="A442" t="inlineStr">
         <is>
-          <t>JAN26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B442" t="inlineStr">
         <is>
-          <t>25JAN26</t>
+          <t>12MAR26</t>
         </is>
       </c>
       <c r="C442" t="inlineStr">
         <is>
           <t>Gasoil Diesel routier</t>
         </is>
       </c>
       <c r="D442" t="inlineStr">
         <is>
           <t>Diesel B20 (€/L)</t>
         </is>
       </c>
       <c r="E442" s="2" t="n">
-        <v>1.713000000000006</v>
+        <v>2.008000000000007</v>
       </c>
     </row>
     <row r="443">
       <c r="A443" t="inlineStr">
         <is>
-          <t>JAN26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B443" t="inlineStr">
         <is>
-          <t>25JAN26</t>
+          <t>12MAR26</t>
         </is>
       </c>
       <c r="C443" t="inlineStr">
         <is>
           <t>Gasoil Diesel routier</t>
         </is>
       </c>
       <c r="D443" t="inlineStr">
         <is>
           <t>Diesel B30 (€/L)</t>
         </is>
       </c>
       <c r="E443" s="2" t="n">
-        <v>1.7840000000000065</v>
+        <v>2.050000000000007</v>
       </c>
     </row>
     <row r="444">
       <c r="A444" t="inlineStr">
         <is>
-          <t>JAN26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B444" t="inlineStr">
         <is>
-          <t>25JAN26</t>
+          <t>12MAR26</t>
         </is>
       </c>
       <c r="C444" t="inlineStr">
         <is>
           <t>Gasoil Diesel routier</t>
         </is>
       </c>
       <c r="D444" t="inlineStr">
         <is>
           <t>Diesel XTL (€/L)</t>
         </is>
       </c>
       <c r="E444" s="2" t="n">
-        <v>3.2640000000000113</v>
+        <v>3.4510000000000125</v>
       </c>
     </row>
     <row r="445">
       <c r="A445" t="inlineStr">
         <is>
-          <t>JAN26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B445" t="inlineStr">
         <is>
-          <t>25JAN26</t>
+          <t>12MAR26</t>
         </is>
       </c>
       <c r="C445" t="inlineStr">
         <is>
           <t>Gasoil Diesel (application chauffage)</t>
         </is>
       </c>
       <c r="D445" t="inlineStr">
         <is>
           <t>Gasoil Diesel Chauffage (à partir de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E445" s="2" t="n">
-        <v>0.7662000000000028</v>
+        <v>1.097000000000004</v>
       </c>
     </row>
     <row r="446">
       <c r="A446" t="inlineStr">
         <is>
-          <t>JAN26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B446" t="inlineStr">
         <is>
-          <t>25JAN26</t>
+          <t>12MAR26</t>
         </is>
       </c>
       <c r="C446" t="inlineStr">
         <is>
           <t>Gasoil Diesel (application chauffage)</t>
         </is>
       </c>
       <c r="D446" t="inlineStr">
         <is>
           <t>Gasoil Diesel Chauffage (moins de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E446" s="2" t="n">
-        <v>0.8064000000000029</v>
+        <v>1.137200000000004</v>
       </c>
     </row>
     <row r="447">
       <c r="A447" t="inlineStr">
         <is>
-          <t>JAN26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B447" t="inlineStr">
         <is>
-          <t>25JAN26</t>
+          <t>12MAR26</t>
         </is>
       </c>
       <c r="C447" t="inlineStr">
         <is>
           <t>Gasoil Diesel (application agriculture)</t>
         </is>
       </c>
       <c r="D447" t="inlineStr">
         <is>
           <t>Gasoil Diesel Agriculture (à partir de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E447" s="2" t="n">
-        <v>0.7409000000000027</v>
+        <v>1.0717000000000039</v>
       </c>
     </row>
     <row r="448">
       <c r="A448" t="inlineStr">
         <is>
-          <t>JAN26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B448" t="inlineStr">
         <is>
-          <t>25JAN26</t>
+          <t>12MAR26</t>
         </is>
       </c>
       <c r="C448" t="inlineStr">
         <is>
           <t>Gasoil Diesel (application agriculture)</t>
         </is>
       </c>
       <c r="D448" t="inlineStr">
         <is>
           <t>Gasoil Diesel Agriculture (moins de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E448" s="2" t="n">
-        <v>0.7812000000000028</v>
+        <v>1.112000000000004</v>
       </c>
     </row>
     <row r="449">
       <c r="A449" t="inlineStr">
         <is>
-          <t>JAN26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B449" t="inlineStr">
         <is>
-          <t>25JAN26</t>
+          <t>12MAR26</t>
         </is>
       </c>
       <c r="C449" t="inlineStr">
         <is>
           <t>Gasoil Diesel (application I&amp;C)</t>
         </is>
       </c>
       <c r="D449" t="inlineStr">
         <is>
           <t>Gasoil Diesel I&amp;C (à partir de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E449" s="2" t="n">
-        <v>0.7686000000000027</v>
+        <v>1.099400000000004</v>
       </c>
     </row>
     <row r="450">
       <c r="A450" t="inlineStr">
         <is>
-          <t>JAN26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B450" t="inlineStr">
         <is>
-          <t>25JAN26</t>
+          <t>12MAR26</t>
         </is>
       </c>
       <c r="C450" t="inlineStr">
         <is>
           <t>Gasoil Diesel (application I&amp;C)</t>
         </is>
       </c>
       <c r="D450" t="inlineStr">
         <is>
           <t>Gasoil Diesel I&amp;C (moins de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E450" s="2" t="n">
-        <v>0.8089000000000028</v>
+        <v>1.139700000000004</v>
       </c>
     </row>
     <row r="451">
       <c r="A451" t="inlineStr">
         <is>
-          <t>JAN26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B451" t="inlineStr">
         <is>
-          <t>25JAN26</t>
+          <t>12MAR26</t>
         </is>
       </c>
       <c r="C451" t="inlineStr">
         <is>
           <t>Gasoil Diesel (application I&amp;C)</t>
         </is>
       </c>
       <c r="D451" t="inlineStr">
         <is>
           <t>Gasoil Diesel I&amp;C (à la pompe) (€/L)</t>
         </is>
       </c>
       <c r="E451" s="2" t="n">
-        <v>0.9200000000000033</v>
+        <v>1.2510000000000043</v>
       </c>
     </row>
     <row r="452">
       <c r="A452" t="inlineStr">
         <is>
-          <t>JAN26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B452" t="inlineStr">
         <is>
-          <t>25JAN26</t>
+          <t>12MAR26</t>
         </is>
       </c>
       <c r="C452" t="inlineStr">
         <is>
           <t>Gasoil de chauffage</t>
         </is>
       </c>
       <c r="D452" t="inlineStr">
         <is>
           <t>Gasoil chauffage (H0/H7) (à partir de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E452" s="2" t="n">
-        <v>0.7662000000000028</v>
+        <v>1.097000000000004</v>
       </c>
     </row>
     <row r="453">
       <c r="A453" t="inlineStr">
         <is>
-          <t>JAN26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B453" t="inlineStr">
         <is>
-          <t>25JAN26</t>
+          <t>12MAR26</t>
         </is>
       </c>
       <c r="C453" t="inlineStr">
         <is>
           <t>Gasoil de chauffage</t>
         </is>
       </c>
       <c r="D453" t="inlineStr">
         <is>
           <t>Gasoil chauffage (H0/H7) (moins de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E453" s="2" t="n">
-        <v>0.8064000000000029</v>
+        <v>1.137200000000004</v>
       </c>
     </row>
     <row r="454">
       <c r="A454" t="inlineStr">
         <is>
-          <t>JAN26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B454" t="inlineStr">
         <is>
-          <t>25JAN26</t>
+          <t>12MAR26</t>
         </is>
       </c>
       <c r="C454" t="inlineStr">
         <is>
           <t>Gasoil de chauffage</t>
         </is>
       </c>
       <c r="D454" t="inlineStr">
         <is>
           <t>Gasoil chauffage (H0/H7) (à la pompe) (€/L)</t>
         </is>
       </c>
       <c r="E454" s="2" t="n">
-        <v>0.9240000000000034</v>
+        <v>1.2550000000000043</v>
       </c>
     </row>
     <row r="455">
       <c r="A455" t="inlineStr">
         <is>
-          <t>JAN26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B455" t="inlineStr">
         <is>
-          <t>25JAN26</t>
+          <t>12MAR26</t>
         </is>
       </c>
       <c r="C455" t="inlineStr">
         <is>
           <t>Pétrole lampant</t>
         </is>
       </c>
       <c r="D455" t="inlineStr">
         <is>
           <t>Petrole lampant type B (moins de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E455" s="2" t="n">
-        <v>0.8958000000000033</v>
+        <v>1.4152000000000051</v>
       </c>
     </row>
     <row r="456">
       <c r="A456" t="inlineStr">
         <is>
-          <t>JAN26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B456" t="inlineStr">
         <is>
-          <t>25JAN26</t>
+          <t>12MAR26</t>
         </is>
       </c>
       <c r="C456" t="inlineStr">
         <is>
           <t>Pétrole lampant</t>
         </is>
       </c>
       <c r="D456" t="inlineStr">
         <is>
           <t>Petrole lampant type B (à partir de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E456" s="2" t="n">
-        <v>0.855500000000003</v>
+        <v>1.3750000000000049</v>
       </c>
     </row>
     <row r="457">
       <c r="A457" t="inlineStr">
         <is>
-          <t>JAN26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B457" t="inlineStr">
         <is>
-          <t>25JAN26</t>
+          <t>12MAR26</t>
         </is>
       </c>
       <c r="C457" t="inlineStr">
         <is>
           <t>Pétrole lampant</t>
         </is>
       </c>
       <c r="D457" t="inlineStr">
         <is>
           <t>Petrole lampant type B (à la pompe) (€/L)</t>
         </is>
       </c>
       <c r="E457" s="2" t="n">
-        <v>1.0100000000000036</v>
+        <v>1.5290000000000052</v>
       </c>
     </row>
     <row r="458">
       <c r="A458" t="inlineStr">
         <is>
-          <t>JAN26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B458" t="inlineStr">
         <is>
-          <t>25JAN26</t>
+          <t>12MAR26</t>
         </is>
       </c>
       <c r="C458" t="inlineStr">
         <is>
           <t>Pétrole lampant</t>
         </is>
       </c>
       <c r="D458" t="inlineStr">
         <is>
           <t>Petrole lampant type C (moins de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E458" s="2" t="n">
-        <v>0.9269000000000033</v>
+        <v>1.4700000000000053</v>
       </c>
     </row>
     <row r="459">
       <c r="A459" t="inlineStr">
         <is>
-          <t>JAN26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B459" t="inlineStr">
         <is>
-          <t>25JAN26</t>
+          <t>12MAR26</t>
         </is>
       </c>
       <c r="C459" t="inlineStr">
         <is>
           <t>Pétrole lampant</t>
         </is>
       </c>
       <c r="D459" t="inlineStr">
         <is>
           <t>Petrole lampant type C (à partir de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E459" s="2" t="n">
-        <v>0.8867000000000032</v>
+        <v>1.429800000000005</v>
       </c>
     </row>
     <row r="460">
       <c r="A460" t="inlineStr">
         <is>
-          <t>JAN26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B460" t="inlineStr">
         <is>
-          <t>25JAN26</t>
+          <t>12MAR26</t>
         </is>
       </c>
       <c r="C460" t="inlineStr">
         <is>
           <t>Pétrole lampant</t>
         </is>
       </c>
       <c r="D460" t="inlineStr">
         <is>
           <t>Petrole lampant type C (à la pompe) (€/L)</t>
         </is>
       </c>
       <c r="E460" s="2" t="n">
-        <v>1.0410000000000037</v>
+        <v>1.5840000000000056</v>
       </c>
     </row>
     <row r="461">
       <c r="A461" t="inlineStr">
         <is>
-          <t>JAN26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B461" t="inlineStr">
         <is>
-          <t>25JAN26</t>
+          <t>12MAR26</t>
         </is>
       </c>
       <c r="C461" t="inlineStr">
         <is>
           <t>Propane</t>
         </is>
       </c>
       <c r="D461" t="inlineStr">
         <is>
           <t>Propane en vrac (à partir de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E461" s="2" t="n">
-        <v>0.7035000000000026</v>
+        <v>0.7996000000000029</v>
       </c>
     </row>
     <row r="462">
       <c r="A462" t="inlineStr">
         <is>
-          <t>JAN26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B462" t="inlineStr">
         <is>
-          <t>25JAN26</t>
+          <t>12MAR26</t>
         </is>
       </c>
       <c r="C462" t="inlineStr">
         <is>
           <t>Propane</t>
         </is>
       </c>
       <c r="D462" t="inlineStr">
         <is>
           <t>Propane en vrac (moins de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E462" s="2" t="n">
-        <v>0.7935000000000028</v>
+        <v>0.8897000000000032</v>
       </c>
     </row>
     <row r="463">
       <c r="A463" t="inlineStr">
         <is>
-          <t>JAN26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B463" t="inlineStr">
         <is>
-          <t>25JAN26</t>
+          <t>12MAR26</t>
         </is>
       </c>
       <c r="C463" t="inlineStr">
         <is>
           <t>Butane + LPG</t>
         </is>
       </c>
       <c r="D463" t="inlineStr">
         <is>
           <t>Autogas LPG (à la pompe) (€/L)</t>
         </is>
       </c>
       <c r="E463" s="2" t="n">
-        <v>0.8210000000000028</v>
+        <v>0.8710000000000031</v>
       </c>
     </row>
     <row r="464">
       <c r="A464" t="inlineStr">
         <is>
-          <t>JAN26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B464" t="inlineStr">
         <is>
-          <t>25JAN26</t>
+          <t>12MAR26</t>
         </is>
       </c>
       <c r="C464" t="inlineStr">
         <is>
           <t>Butane + LPG</t>
         </is>
       </c>
       <c r="D464" t="inlineStr">
         <is>
           <t>Autogas LPG (moins de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E464" s="2" t="n">
-        <v>0.8158000000000029</v>
+        <v>0.9130000000000033</v>
       </c>
     </row>
     <row r="465">
       <c r="A465" t="inlineStr">
         <is>
-          <t>JAN26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B465" t="inlineStr">
         <is>
-          <t>25JAN26</t>
+          <t>12MAR26</t>
         </is>
       </c>
       <c r="C465" t="inlineStr">
         <is>
           <t>Butane + LPG</t>
         </is>
       </c>
       <c r="D465" t="inlineStr">
         <is>
           <t>Autogas LPG (à partir de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E465" s="2" t="n">
-        <v>0.7258000000000026</v>
+        <v>0.8229000000000029</v>
       </c>
     </row>
     <row r="466">
       <c r="A466" t="inlineStr">
         <is>
-          <t>JAN26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B466" t="inlineStr">
         <is>
-          <t>25JAN26</t>
+          <t>12MAR26</t>
         </is>
       </c>
       <c r="C466" t="inlineStr">
         <is>
           <t>Fuel Oil</t>
         </is>
       </c>
       <c r="D466" t="inlineStr">
         <is>
           <t>Fuel oil extra lourd 1% S (en camion citerne) (€/T)</t>
         </is>
       </c>
       <c r="E466"/>
     </row>
     <row r="467">
       <c r="A467" t="inlineStr">
         <is>
-          <t>JAN26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B467" t="inlineStr">
         <is>
-          <t>26JAN26</t>
+          <t>13MAR26</t>
         </is>
       </c>
       <c r="C467" t="inlineStr">
         <is>
           <t>Essences</t>
         </is>
       </c>
       <c r="D467" t="inlineStr">
         <is>
           <t>Essence 95 RON E5 (€/L)</t>
         </is>
       </c>
       <c r="E467" s="2" t="n">
-        <v>1.5980000000000059</v>
+        <v>1.7610000000000061</v>
       </c>
     </row>
     <row r="468">
       <c r="A468" t="inlineStr">
         <is>
-          <t>JAN26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B468" t="inlineStr">
         <is>
-          <t>26JAN26</t>
+          <t>13MAR26</t>
         </is>
       </c>
       <c r="C468" t="inlineStr">
         <is>
           <t>Essences</t>
         </is>
       </c>
       <c r="D468" t="inlineStr">
         <is>
           <t>Essence 95 RON E10 (€/L)</t>
         </is>
       </c>
       <c r="E468" s="2" t="n">
-        <v>1.5840000000000056</v>
+        <v>1.7500000000000062</v>
       </c>
     </row>
     <row r="469">
       <c r="A469" t="inlineStr">
         <is>
-          <t>JAN26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B469" t="inlineStr">
         <is>
-          <t>26JAN26</t>
+          <t>13MAR26</t>
         </is>
       </c>
       <c r="C469" t="inlineStr">
         <is>
           <t>Essences</t>
         </is>
       </c>
       <c r="D469" t="inlineStr">
         <is>
           <t>Essence 98 RON E5 (€/L)</t>
         </is>
       </c>
       <c r="E469" s="2" t="n">
-        <v>1.6410000000000058</v>
+        <v>1.8160000000000065</v>
       </c>
     </row>
     <row r="470">
       <c r="A470" t="inlineStr">
         <is>
-          <t>JAN26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B470" t="inlineStr">
         <is>
-          <t>26JAN26</t>
+          <t>13MAR26</t>
         </is>
       </c>
       <c r="C470" t="inlineStr">
         <is>
           <t>Essences</t>
         </is>
       </c>
       <c r="D470" t="inlineStr">
         <is>
           <t>Essence 98 RON E10 (€/L)</t>
         </is>
       </c>
       <c r="E470" s="2" t="n">
-        <v>1.6370000000000058</v>
+        <v>1.8110000000000064</v>
       </c>
     </row>
     <row r="471">
       <c r="A471" t="inlineStr">
         <is>
-          <t>JAN26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B471" t="inlineStr">
         <is>
-          <t>26JAN26</t>
+          <t>13MAR26</t>
         </is>
       </c>
       <c r="C471" t="inlineStr">
         <is>
           <t>Gasoil Diesel routier</t>
         </is>
       </c>
       <c r="D471" t="inlineStr">
         <is>
           <t>Diesel B7 (€/L)</t>
         </is>
       </c>
       <c r="E471" s="2" t="n">
-        <v>1.707000000000006</v>
+        <v>2.0190000000000072</v>
       </c>
     </row>
     <row r="472">
       <c r="A472" t="inlineStr">
         <is>
-          <t>JAN26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B472" t="inlineStr">
         <is>
-          <t>26JAN26</t>
+          <t>13MAR26</t>
         </is>
       </c>
       <c r="C472" t="inlineStr">
         <is>
           <t>Gasoil Diesel routier</t>
         </is>
       </c>
       <c r="D472" t="inlineStr">
         <is>
           <t>Diesel B10 (€/L)</t>
         </is>
       </c>
       <c r="E472" s="2" t="n">
-        <v>1.700000000000006</v>
+        <v>2.010000000000007</v>
       </c>
     </row>
     <row r="473">
       <c r="A473" t="inlineStr">
         <is>
-          <t>JAN26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B473" t="inlineStr">
         <is>
-          <t>26JAN26</t>
+          <t>13MAR26</t>
         </is>
       </c>
       <c r="C473" t="inlineStr">
         <is>
           <t>Gasoil Diesel routier</t>
         </is>
       </c>
       <c r="D473" t="inlineStr">
         <is>
           <t>Diesel B20 (€/L)</t>
         </is>
       </c>
       <c r="E473" s="2" t="n">
-        <v>1.713000000000006</v>
+        <v>2.008000000000007</v>
       </c>
     </row>
     <row r="474">
       <c r="A474" t="inlineStr">
         <is>
-          <t>JAN26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B474" t="inlineStr">
         <is>
-          <t>26JAN26</t>
+          <t>13MAR26</t>
         </is>
       </c>
       <c r="C474" t="inlineStr">
         <is>
           <t>Gasoil Diesel routier</t>
         </is>
       </c>
       <c r="D474" t="inlineStr">
         <is>
           <t>Diesel B30 (€/L)</t>
         </is>
       </c>
       <c r="E474" s="2" t="n">
-        <v>1.7840000000000065</v>
+        <v>2.050000000000007</v>
       </c>
     </row>
     <row r="475">
       <c r="A475" t="inlineStr">
         <is>
-          <t>JAN26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B475" t="inlineStr">
         <is>
-          <t>26JAN26</t>
+          <t>13MAR26</t>
         </is>
       </c>
       <c r="C475" t="inlineStr">
         <is>
           <t>Gasoil Diesel routier</t>
         </is>
       </c>
       <c r="D475" t="inlineStr">
         <is>
           <t>Diesel XTL (€/L)</t>
         </is>
       </c>
       <c r="E475" s="2" t="n">
-        <v>3.2640000000000113</v>
+        <v>3.4510000000000125</v>
       </c>
     </row>
     <row r="476">
       <c r="A476" t="inlineStr">
         <is>
-          <t>JAN26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B476" t="inlineStr">
         <is>
-          <t>26JAN26</t>
+          <t>13MAR26</t>
         </is>
       </c>
       <c r="C476" t="inlineStr">
         <is>
           <t>Gasoil Diesel (application chauffage)</t>
         </is>
       </c>
       <c r="D476" t="inlineStr">
         <is>
           <t>Gasoil Diesel Chauffage (à partir de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E476" s="2" t="n">
-        <v>0.7662000000000028</v>
+        <v>1.129500000000004</v>
       </c>
     </row>
     <row r="477">
       <c r="A477" t="inlineStr">
         <is>
-          <t>JAN26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B477" t="inlineStr">
         <is>
-          <t>26JAN26</t>
+          <t>13MAR26</t>
         </is>
       </c>
       <c r="C477" t="inlineStr">
         <is>
           <t>Gasoil Diesel (application chauffage)</t>
         </is>
       </c>
       <c r="D477" t="inlineStr">
         <is>
           <t>Gasoil Diesel Chauffage (moins de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E477" s="2" t="n">
-        <v>0.8064000000000029</v>
+        <v>1.1697000000000042</v>
       </c>
     </row>
     <row r="478">
       <c r="A478" t="inlineStr">
         <is>
-          <t>JAN26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B478" t="inlineStr">
         <is>
-          <t>26JAN26</t>
+          <t>13MAR26</t>
         </is>
       </c>
       <c r="C478" t="inlineStr">
         <is>
           <t>Gasoil Diesel (application agriculture)</t>
         </is>
       </c>
       <c r="D478" t="inlineStr">
         <is>
           <t>Gasoil Diesel Agriculture (à partir de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E478" s="2" t="n">
-        <v>0.7409000000000027</v>
+        <v>1.104200000000004</v>
       </c>
     </row>
     <row r="479">
       <c r="A479" t="inlineStr">
         <is>
-          <t>JAN26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B479" t="inlineStr">
         <is>
-          <t>26JAN26</t>
+          <t>13MAR26</t>
         </is>
       </c>
       <c r="C479" t="inlineStr">
         <is>
           <t>Gasoil Diesel (application agriculture)</t>
         </is>
       </c>
       <c r="D479" t="inlineStr">
         <is>
           <t>Gasoil Diesel Agriculture (moins de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E479" s="2" t="n">
-        <v>0.7812000000000028</v>
+        <v>1.144500000000004</v>
       </c>
     </row>
     <row r="480">
       <c r="A480" t="inlineStr">
         <is>
-          <t>JAN26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B480" t="inlineStr">
         <is>
-          <t>26JAN26</t>
+          <t>13MAR26</t>
         </is>
       </c>
       <c r="C480" t="inlineStr">
         <is>
           <t>Gasoil Diesel (application I&amp;C)</t>
         </is>
       </c>
       <c r="D480" t="inlineStr">
         <is>
           <t>Gasoil Diesel I&amp;C (à partir de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E480" s="2" t="n">
-        <v>0.7686000000000027</v>
+        <v>1.131900000000004</v>
       </c>
     </row>
     <row r="481">
       <c r="A481" t="inlineStr">
         <is>
-          <t>JAN26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B481" t="inlineStr">
         <is>
-          <t>26JAN26</t>
+          <t>13MAR26</t>
         </is>
       </c>
       <c r="C481" t="inlineStr">
         <is>
           <t>Gasoil Diesel (application I&amp;C)</t>
         </is>
       </c>
       <c r="D481" t="inlineStr">
         <is>
           <t>Gasoil Diesel I&amp;C (moins de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E481" s="2" t="n">
-        <v>0.8089000000000028</v>
+        <v>1.1722000000000041</v>
       </c>
     </row>
     <row r="482">
       <c r="A482" t="inlineStr">
         <is>
-          <t>JAN26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B482" t="inlineStr">
         <is>
-          <t>26JAN26</t>
+          <t>13MAR26</t>
         </is>
       </c>
       <c r="C482" t="inlineStr">
         <is>
           <t>Gasoil Diesel (application I&amp;C)</t>
         </is>
       </c>
       <c r="D482" t="inlineStr">
         <is>
           <t>Gasoil Diesel I&amp;C (à la pompe) (€/L)</t>
         </is>
       </c>
       <c r="E482" s="2" t="n">
-        <v>0.9200000000000033</v>
+        <v>1.2830000000000046</v>
       </c>
     </row>
     <row r="483">
       <c r="A483" t="inlineStr">
         <is>
-          <t>JAN26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B483" t="inlineStr">
         <is>
-          <t>26JAN26</t>
+          <t>13MAR26</t>
         </is>
       </c>
       <c r="C483" t="inlineStr">
         <is>
           <t>Gasoil de chauffage</t>
         </is>
       </c>
       <c r="D483" t="inlineStr">
         <is>
           <t>Gasoil chauffage (H0/H7) (à partir de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E483" s="2" t="n">
-        <v>0.7662000000000028</v>
+        <v>1.127100000000004</v>
       </c>
     </row>
     <row r="484">
       <c r="A484" t="inlineStr">
         <is>
-          <t>JAN26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B484" t="inlineStr">
         <is>
-          <t>26JAN26</t>
+          <t>13MAR26</t>
         </is>
       </c>
       <c r="C484" t="inlineStr">
         <is>
           <t>Gasoil de chauffage</t>
         </is>
       </c>
       <c r="D484" t="inlineStr">
         <is>
           <t>Gasoil chauffage (H0/H7) (moins de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E484" s="2" t="n">
-        <v>0.8064000000000029</v>
+        <v>1.1673000000000042</v>
       </c>
     </row>
     <row r="485">
       <c r="A485" t="inlineStr">
         <is>
-          <t>JAN26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B485" t="inlineStr">
         <is>
-          <t>26JAN26</t>
+          <t>13MAR26</t>
         </is>
       </c>
       <c r="C485" t="inlineStr">
         <is>
           <t>Gasoil de chauffage</t>
         </is>
       </c>
       <c r="D485" t="inlineStr">
         <is>
           <t>Gasoil chauffage (H0/H7) (à la pompe) (€/L)</t>
         </is>
       </c>
       <c r="E485" s="2" t="n">
-        <v>0.9240000000000034</v>
+        <v>1.2850000000000046</v>
       </c>
     </row>
     <row r="486">
       <c r="A486" t="inlineStr">
         <is>
-          <t>JAN26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B486" t="inlineStr">
         <is>
-          <t>26JAN26</t>
+          <t>13MAR26</t>
         </is>
       </c>
       <c r="C486" t="inlineStr">
         <is>
           <t>Pétrole lampant</t>
         </is>
       </c>
       <c r="D486" t="inlineStr">
         <is>
           <t>Petrole lampant type B (moins de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E486" s="2" t="n">
-        <v>0.8958000000000033</v>
+        <v>1.4152000000000051</v>
       </c>
     </row>
     <row r="487">
       <c r="A487" t="inlineStr">
         <is>
-          <t>JAN26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B487" t="inlineStr">
         <is>
-          <t>26JAN26</t>
+          <t>13MAR26</t>
         </is>
       </c>
       <c r="C487" t="inlineStr">
         <is>
           <t>Pétrole lampant</t>
         </is>
       </c>
       <c r="D487" t="inlineStr">
         <is>
           <t>Petrole lampant type B (à partir de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E487" s="2" t="n">
-        <v>0.855500000000003</v>
+        <v>1.3750000000000049</v>
       </c>
     </row>
     <row r="488">
       <c r="A488" t="inlineStr">
         <is>
-          <t>JAN26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B488" t="inlineStr">
         <is>
-          <t>26JAN26</t>
+          <t>13MAR26</t>
         </is>
       </c>
       <c r="C488" t="inlineStr">
         <is>
           <t>Pétrole lampant</t>
         </is>
       </c>
       <c r="D488" t="inlineStr">
         <is>
           <t>Petrole lampant type B (à la pompe) (€/L)</t>
         </is>
       </c>
       <c r="E488" s="2" t="n">
-        <v>1.0100000000000036</v>
+        <v>1.5290000000000052</v>
       </c>
     </row>
     <row r="489">
       <c r="A489" t="inlineStr">
         <is>
-          <t>JAN26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B489" t="inlineStr">
         <is>
-          <t>26JAN26</t>
+          <t>13MAR26</t>
         </is>
       </c>
       <c r="C489" t="inlineStr">
         <is>
           <t>Pétrole lampant</t>
         </is>
       </c>
       <c r="D489" t="inlineStr">
         <is>
           <t>Petrole lampant type C (moins de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E489" s="2" t="n">
-        <v>0.9269000000000033</v>
+        <v>1.4700000000000053</v>
       </c>
     </row>
     <row r="490">
       <c r="A490" t="inlineStr">
         <is>
-          <t>JAN26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B490" t="inlineStr">
         <is>
-          <t>26JAN26</t>
+          <t>13MAR26</t>
         </is>
       </c>
       <c r="C490" t="inlineStr">
         <is>
           <t>Pétrole lampant</t>
         </is>
       </c>
       <c r="D490" t="inlineStr">
         <is>
           <t>Petrole lampant type C (à partir de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E490" s="2" t="n">
-        <v>0.8867000000000032</v>
+        <v>1.429800000000005</v>
       </c>
     </row>
     <row r="491">
       <c r="A491" t="inlineStr">
         <is>
-          <t>JAN26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B491" t="inlineStr">
         <is>
-          <t>26JAN26</t>
+          <t>13MAR26</t>
         </is>
       </c>
       <c r="C491" t="inlineStr">
         <is>
           <t>Pétrole lampant</t>
         </is>
       </c>
       <c r="D491" t="inlineStr">
         <is>
           <t>Petrole lampant type C (à la pompe) (€/L)</t>
         </is>
       </c>
       <c r="E491" s="2" t="n">
-        <v>1.0410000000000037</v>
+        <v>1.5840000000000056</v>
       </c>
     </row>
     <row r="492">
       <c r="A492" t="inlineStr">
         <is>
-          <t>JAN26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B492" t="inlineStr">
         <is>
-          <t>26JAN26</t>
+          <t>13MAR26</t>
         </is>
       </c>
       <c r="C492" t="inlineStr">
         <is>
           <t>Propane</t>
         </is>
       </c>
       <c r="D492" t="inlineStr">
         <is>
           <t>Propane en vrac (à partir de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E492" s="2" t="n">
-        <v>0.7035000000000026</v>
+        <v>0.850900000000003</v>
       </c>
     </row>
     <row r="493">
       <c r="A493" t="inlineStr">
         <is>
-          <t>JAN26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B493" t="inlineStr">
         <is>
-          <t>26JAN26</t>
+          <t>13MAR26</t>
         </is>
       </c>
       <c r="C493" t="inlineStr">
         <is>
           <t>Propane</t>
         </is>
       </c>
       <c r="D493" t="inlineStr">
         <is>
           <t>Propane en vrac (moins de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E493" s="2" t="n">
-        <v>0.7935000000000028</v>
+        <v>0.9409000000000033</v>
       </c>
     </row>
     <row r="494">
       <c r="A494" t="inlineStr">
         <is>
-          <t>JAN26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B494" t="inlineStr">
         <is>
-          <t>26JAN26</t>
+          <t>13MAR26</t>
         </is>
       </c>
       <c r="C494" t="inlineStr">
         <is>
           <t>Butane + LPG</t>
         </is>
       </c>
       <c r="D494" t="inlineStr">
         <is>
           <t>Autogas LPG (à la pompe) (€/L)</t>
         </is>
       </c>
       <c r="E494" s="2" t="n">
-        <v>0.8210000000000028</v>
+        <v>0.9370000000000034</v>
       </c>
     </row>
     <row r="495">
       <c r="A495" t="inlineStr">
         <is>
-          <t>JAN26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B495" t="inlineStr">
         <is>
-          <t>26JAN26</t>
+          <t>13MAR26</t>
         </is>
       </c>
       <c r="C495" t="inlineStr">
         <is>
           <t>Butane + LPG</t>
         </is>
       </c>
       <c r="D495" t="inlineStr">
         <is>
           <t>Autogas LPG (moins de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E495" s="2" t="n">
-        <v>0.8158000000000029</v>
+        <v>0.9747000000000035</v>
       </c>
     </row>
     <row r="496">
       <c r="A496" t="inlineStr">
         <is>
-          <t>JAN26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B496" t="inlineStr">
         <is>
-          <t>26JAN26</t>
+          <t>13MAR26</t>
         </is>
       </c>
       <c r="C496" t="inlineStr">
         <is>
           <t>Butane + LPG</t>
         </is>
       </c>
       <c r="D496" t="inlineStr">
         <is>
           <t>Autogas LPG (à partir de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E496" s="2" t="n">
-        <v>0.7258000000000026</v>
+        <v>0.8846000000000032</v>
       </c>
     </row>
     <row r="497">
       <c r="A497" t="inlineStr">
         <is>
-          <t>JAN26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B497" t="inlineStr">
         <is>
-          <t>26JAN26</t>
+          <t>13MAR26</t>
         </is>
       </c>
       <c r="C497" t="inlineStr">
         <is>
           <t>Fuel Oil</t>
         </is>
       </c>
       <c r="D497" t="inlineStr">
         <is>
           <t>Fuel oil extra lourd 1% S (en camion citerne) (€/T)</t>
         </is>
       </c>
       <c r="E497"/>
     </row>
     <row r="498">
       <c r="A498" t="inlineStr">
         <is>
-          <t>JAN26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B498" t="inlineStr">
         <is>
-          <t>27JAN26</t>
+          <t>14MAR26</t>
         </is>
       </c>
       <c r="C498" t="inlineStr">
         <is>
           <t>Essences</t>
         </is>
       </c>
       <c r="D498" t="inlineStr">
         <is>
           <t>Essence 95 RON E5 (€/L)</t>
         </is>
       </c>
       <c r="E498" s="2" t="n">
-        <v>1.5980000000000059</v>
+        <v>1.7610000000000061</v>
       </c>
     </row>
     <row r="499">
       <c r="A499" t="inlineStr">
         <is>
-          <t>JAN26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B499" t="inlineStr">
         <is>
-          <t>27JAN26</t>
+          <t>14MAR26</t>
         </is>
       </c>
       <c r="C499" t="inlineStr">
         <is>
           <t>Essences</t>
         </is>
       </c>
       <c r="D499" t="inlineStr">
         <is>
           <t>Essence 95 RON E10 (€/L)</t>
         </is>
       </c>
       <c r="E499" s="2" t="n">
-        <v>1.5840000000000056</v>
+        <v>1.7500000000000062</v>
       </c>
     </row>
     <row r="500">
       <c r="A500" t="inlineStr">
         <is>
-          <t>JAN26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B500" t="inlineStr">
         <is>
-          <t>27JAN26</t>
+          <t>14MAR26</t>
         </is>
       </c>
       <c r="C500" t="inlineStr">
         <is>
           <t>Essences</t>
         </is>
       </c>
       <c r="D500" t="inlineStr">
         <is>
           <t>Essence 98 RON E5 (€/L)</t>
         </is>
       </c>
       <c r="E500" s="2" t="n">
-        <v>1.6410000000000058</v>
+        <v>1.8160000000000065</v>
       </c>
     </row>
     <row r="501">
       <c r="A501" t="inlineStr">
         <is>
-          <t>JAN26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B501" t="inlineStr">
         <is>
-          <t>27JAN26</t>
+          <t>14MAR26</t>
         </is>
       </c>
       <c r="C501" t="inlineStr">
         <is>
           <t>Essences</t>
         </is>
       </c>
       <c r="D501" t="inlineStr">
         <is>
           <t>Essence 98 RON E10 (€/L)</t>
         </is>
       </c>
       <c r="E501" s="2" t="n">
-        <v>1.6370000000000058</v>
+        <v>1.8110000000000064</v>
       </c>
     </row>
     <row r="502">
       <c r="A502" t="inlineStr">
         <is>
-          <t>JAN26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B502" t="inlineStr">
         <is>
-          <t>27JAN26</t>
+          <t>14MAR26</t>
         </is>
       </c>
       <c r="C502" t="inlineStr">
         <is>
           <t>Gasoil Diesel routier</t>
         </is>
       </c>
       <c r="D502" t="inlineStr">
         <is>
           <t>Diesel B7 (€/L)</t>
         </is>
       </c>
       <c r="E502" s="2" t="n">
-        <v>1.707000000000006</v>
+        <v>2.0190000000000072</v>
       </c>
     </row>
     <row r="503">
       <c r="A503" t="inlineStr">
         <is>
-          <t>JAN26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B503" t="inlineStr">
         <is>
-          <t>27JAN26</t>
+          <t>14MAR26</t>
         </is>
       </c>
       <c r="C503" t="inlineStr">
         <is>
           <t>Gasoil Diesel routier</t>
         </is>
       </c>
       <c r="D503" t="inlineStr">
         <is>
           <t>Diesel B10 (€/L)</t>
         </is>
       </c>
       <c r="E503" s="2" t="n">
-        <v>1.700000000000006</v>
+        <v>2.010000000000007</v>
       </c>
     </row>
     <row r="504">
       <c r="A504" t="inlineStr">
         <is>
-          <t>JAN26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B504" t="inlineStr">
         <is>
-          <t>27JAN26</t>
+          <t>14MAR26</t>
         </is>
       </c>
       <c r="C504" t="inlineStr">
         <is>
           <t>Gasoil Diesel routier</t>
         </is>
       </c>
       <c r="D504" t="inlineStr">
         <is>
           <t>Diesel B20 (€/L)</t>
         </is>
       </c>
       <c r="E504" s="2" t="n">
-        <v>1.713000000000006</v>
+        <v>2.008000000000007</v>
       </c>
     </row>
     <row r="505">
       <c r="A505" t="inlineStr">
         <is>
-          <t>JAN26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B505" t="inlineStr">
         <is>
-          <t>27JAN26</t>
+          <t>14MAR26</t>
         </is>
       </c>
       <c r="C505" t="inlineStr">
         <is>
           <t>Gasoil Diesel routier</t>
         </is>
       </c>
       <c r="D505" t="inlineStr">
         <is>
           <t>Diesel B30 (€/L)</t>
         </is>
       </c>
       <c r="E505" s="2" t="n">
-        <v>1.7840000000000065</v>
+        <v>2.050000000000007</v>
       </c>
     </row>
     <row r="506">
       <c r="A506" t="inlineStr">
         <is>
-          <t>JAN26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B506" t="inlineStr">
         <is>
-          <t>27JAN26</t>
+          <t>14MAR26</t>
         </is>
       </c>
       <c r="C506" t="inlineStr">
         <is>
           <t>Gasoil Diesel routier</t>
         </is>
       </c>
       <c r="D506" t="inlineStr">
         <is>
           <t>Diesel XTL (€/L)</t>
         </is>
       </c>
       <c r="E506" s="2" t="n">
-        <v>3.2640000000000113</v>
+        <v>3.4510000000000125</v>
       </c>
     </row>
     <row r="507">
       <c r="A507" t="inlineStr">
         <is>
-          <t>JAN26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B507" t="inlineStr">
         <is>
-          <t>27JAN26</t>
+          <t>14MAR26</t>
         </is>
       </c>
       <c r="C507" t="inlineStr">
         <is>
           <t>Gasoil Diesel (application chauffage)</t>
         </is>
       </c>
       <c r="D507" t="inlineStr">
         <is>
           <t>Gasoil Diesel Chauffage (à partir de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E507" s="2" t="n">
-        <v>0.7681000000000028</v>
+        <v>1.1794000000000042</v>
       </c>
     </row>
     <row r="508">
       <c r="A508" t="inlineStr">
         <is>
-          <t>JAN26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B508" t="inlineStr">
         <is>
-          <t>27JAN26</t>
+          <t>14MAR26</t>
         </is>
       </c>
       <c r="C508" t="inlineStr">
         <is>
           <t>Gasoil Diesel (application chauffage)</t>
         </is>
       </c>
       <c r="D508" t="inlineStr">
         <is>
           <t>Gasoil Diesel Chauffage (moins de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E508" s="2" t="n">
-        <v>0.8083000000000029</v>
+        <v>1.2197000000000044</v>
       </c>
     </row>
     <row r="509">
       <c r="A509" t="inlineStr">
         <is>
-          <t>JAN26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B509" t="inlineStr">
         <is>
-          <t>27JAN26</t>
+          <t>14MAR26</t>
         </is>
       </c>
       <c r="C509" t="inlineStr">
         <is>
           <t>Gasoil Diesel (application agriculture)</t>
         </is>
       </c>
       <c r="D509" t="inlineStr">
         <is>
           <t>Gasoil Diesel Agriculture (à partir de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E509" s="2" t="n">
-        <v>0.7428000000000027</v>
+        <v>1.154200000000004</v>
       </c>
     </row>
     <row r="510">
       <c r="A510" t="inlineStr">
         <is>
-          <t>JAN26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B510" t="inlineStr">
         <is>
-          <t>27JAN26</t>
+          <t>14MAR26</t>
         </is>
       </c>
       <c r="C510" t="inlineStr">
         <is>
           <t>Gasoil Diesel (application agriculture)</t>
         </is>
       </c>
       <c r="D510" t="inlineStr">
         <is>
           <t>Gasoil Diesel Agriculture (moins de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E510" s="2" t="n">
-        <v>0.7831000000000028</v>
+        <v>1.1944000000000041</v>
       </c>
     </row>
     <row r="511">
       <c r="A511" t="inlineStr">
         <is>
-          <t>JAN26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B511" t="inlineStr">
         <is>
-          <t>27JAN26</t>
+          <t>14MAR26</t>
         </is>
       </c>
       <c r="C511" t="inlineStr">
         <is>
           <t>Gasoil Diesel (application I&amp;C)</t>
         </is>
       </c>
       <c r="D511" t="inlineStr">
         <is>
           <t>Gasoil Diesel I&amp;C (à partir de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E511" s="2" t="n">
-        <v>0.7705000000000027</v>
+        <v>1.1819000000000042</v>
       </c>
     </row>
     <row r="512">
       <c r="A512" t="inlineStr">
         <is>
-          <t>JAN26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B512" t="inlineStr">
         <is>
-          <t>27JAN26</t>
+          <t>14MAR26</t>
         </is>
       </c>
       <c r="C512" t="inlineStr">
         <is>
           <t>Gasoil Diesel (application I&amp;C)</t>
         </is>
       </c>
       <c r="D512" t="inlineStr">
         <is>
           <t>Gasoil Diesel I&amp;C (moins de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E512" s="2" t="n">
-        <v>0.8108000000000029</v>
+        <v>1.2221000000000044</v>
       </c>
     </row>
     <row r="513">
       <c r="A513" t="inlineStr">
         <is>
-          <t>JAN26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B513" t="inlineStr">
         <is>
-          <t>27JAN26</t>
+          <t>14MAR26</t>
         </is>
       </c>
       <c r="C513" t="inlineStr">
         <is>
           <t>Gasoil Diesel (application I&amp;C)</t>
         </is>
       </c>
       <c r="D513" t="inlineStr">
         <is>
           <t>Gasoil Diesel I&amp;C (à la pompe) (€/L)</t>
         </is>
       </c>
       <c r="E513" s="2" t="n">
-        <v>0.9220000000000034</v>
+        <v>1.3330000000000046</v>
       </c>
     </row>
     <row r="514">
       <c r="A514" t="inlineStr">
         <is>
-          <t>JAN26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B514" t="inlineStr">
         <is>
-          <t>27JAN26</t>
+          <t>14MAR26</t>
         </is>
       </c>
       <c r="C514" t="inlineStr">
         <is>
           <t>Gasoil de chauffage</t>
         </is>
       </c>
       <c r="D514" t="inlineStr">
         <is>
           <t>Gasoil chauffage (H0/H7) (à partir de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E514" s="2" t="n">
-        <v>0.7681000000000028</v>
+        <v>1.1771000000000043</v>
       </c>
     </row>
     <row r="515">
       <c r="A515" t="inlineStr">
         <is>
-          <t>JAN26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B515" t="inlineStr">
         <is>
-          <t>27JAN26</t>
+          <t>14MAR26</t>
         </is>
       </c>
       <c r="C515" t="inlineStr">
         <is>
           <t>Gasoil de chauffage</t>
         </is>
       </c>
       <c r="D515" t="inlineStr">
         <is>
           <t>Gasoil chauffage (H0/H7) (moins de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E515" s="2" t="n">
-        <v>0.8083000000000029</v>
+        <v>1.2173000000000043</v>
       </c>
     </row>
     <row r="516">
       <c r="A516" t="inlineStr">
         <is>
-          <t>JAN26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B516" t="inlineStr">
         <is>
-          <t>27JAN26</t>
+          <t>14MAR26</t>
         </is>
       </c>
       <c r="C516" t="inlineStr">
         <is>
           <t>Gasoil de chauffage</t>
         </is>
       </c>
       <c r="D516" t="inlineStr">
         <is>
           <t>Gasoil chauffage (H0/H7) (à la pompe) (€/L)</t>
         </is>
       </c>
       <c r="E516" s="2" t="n">
-        <v>0.9260000000000034</v>
+        <v>1.3350000000000046</v>
       </c>
     </row>
     <row r="517">
       <c r="A517" t="inlineStr">
         <is>
-          <t>JAN26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B517" t="inlineStr">
         <is>
-          <t>27JAN26</t>
+          <t>14MAR26</t>
         </is>
       </c>
       <c r="C517" t="inlineStr">
         <is>
           <t>Pétrole lampant</t>
         </is>
       </c>
       <c r="D517" t="inlineStr">
         <is>
           <t>Petrole lampant type B (moins de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E517" s="2" t="n">
-        <v>0.8789000000000031</v>
+        <v>1.6008000000000058</v>
       </c>
     </row>
     <row r="518">
       <c r="A518" t="inlineStr">
         <is>
-          <t>JAN26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B518" t="inlineStr">
         <is>
-          <t>27JAN26</t>
+          <t>14MAR26</t>
         </is>
       </c>
       <c r="C518" t="inlineStr">
         <is>
           <t>Pétrole lampant</t>
         </is>
       </c>
       <c r="D518" t="inlineStr">
         <is>
           <t>Petrole lampant type B (à partir de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E518" s="2" t="n">
-        <v>0.838700000000003</v>
+        <v>1.5605000000000055</v>
       </c>
     </row>
     <row r="519">
       <c r="A519" t="inlineStr">
         <is>
-          <t>JAN26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B519" t="inlineStr">
         <is>
-          <t>27JAN26</t>
+          <t>14MAR26</t>
         </is>
       </c>
       <c r="C519" t="inlineStr">
         <is>
           <t>Pétrole lampant</t>
         </is>
       </c>
       <c r="D519" t="inlineStr">
         <is>
           <t>Petrole lampant type B (à la pompe) (€/L)</t>
         </is>
       </c>
       <c r="E519" s="2" t="n">
-        <v>0.9930000000000035</v>
+        <v>1.715000000000006</v>
       </c>
     </row>
     <row r="520">
       <c r="A520" t="inlineStr">
         <is>
-          <t>JAN26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B520" t="inlineStr">
         <is>
-          <t>27JAN26</t>
+          <t>14MAR26</t>
         </is>
       </c>
       <c r="C520" t="inlineStr">
         <is>
           <t>Pétrole lampant</t>
         </is>
       </c>
       <c r="D520" t="inlineStr">
         <is>
           <t>Petrole lampant type C (moins de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E520" s="2" t="n">
-        <v>0.9093000000000032</v>
+        <v>1.664000000000006</v>
       </c>
     </row>
     <row r="521">
       <c r="A521" t="inlineStr">
         <is>
-          <t>JAN26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B521" t="inlineStr">
         <is>
-          <t>27JAN26</t>
+          <t>14MAR26</t>
         </is>
       </c>
       <c r="C521" t="inlineStr">
         <is>
           <t>Pétrole lampant</t>
         </is>
       </c>
       <c r="D521" t="inlineStr">
         <is>
           <t>Petrole lampant type C (à partir de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E521" s="2" t="n">
-        <v>0.8691000000000031</v>
+        <v>1.6238000000000057</v>
       </c>
     </row>
     <row r="522">
       <c r="A522" t="inlineStr">
         <is>
-          <t>JAN26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B522" t="inlineStr">
         <is>
-          <t>27JAN26</t>
+          <t>14MAR26</t>
         </is>
       </c>
       <c r="C522" t="inlineStr">
         <is>
           <t>Pétrole lampant</t>
         </is>
       </c>
       <c r="D522" t="inlineStr">
         <is>
           <t>Petrole lampant type C (à la pompe) (€/L)</t>
         </is>
       </c>
       <c r="E522" s="2" t="n">
-        <v>1.0230000000000035</v>
+        <v>1.7780000000000062</v>
       </c>
     </row>
     <row r="523">
       <c r="A523" t="inlineStr">
         <is>
-          <t>JAN26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B523" t="inlineStr">
         <is>
-          <t>27JAN26</t>
+          <t>14MAR26</t>
         </is>
       </c>
       <c r="C523" t="inlineStr">
         <is>
           <t>Propane</t>
         </is>
       </c>
       <c r="D523" t="inlineStr">
         <is>
           <t>Propane en vrac (à partir de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E523" s="2" t="n">
-        <v>0.7035000000000026</v>
+        <v>0.850900000000003</v>
       </c>
     </row>
     <row r="524">
       <c r="A524" t="inlineStr">
         <is>
-          <t>JAN26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B524" t="inlineStr">
         <is>
-          <t>27JAN26</t>
+          <t>14MAR26</t>
         </is>
       </c>
       <c r="C524" t="inlineStr">
         <is>
           <t>Propane</t>
         </is>
       </c>
       <c r="D524" t="inlineStr">
         <is>
           <t>Propane en vrac (moins de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E524" s="2" t="n">
-        <v>0.7935000000000028</v>
+        <v>0.9409000000000033</v>
       </c>
     </row>
     <row r="525">
       <c r="A525" t="inlineStr">
         <is>
-          <t>JAN26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B525" t="inlineStr">
         <is>
-          <t>27JAN26</t>
+          <t>14MAR26</t>
         </is>
       </c>
       <c r="C525" t="inlineStr">
         <is>
           <t>Butane + LPG</t>
         </is>
       </c>
       <c r="D525" t="inlineStr">
         <is>
           <t>Autogas LPG (à la pompe) (€/L)</t>
         </is>
       </c>
       <c r="E525" s="2" t="n">
-        <v>0.8210000000000028</v>
+        <v>0.9370000000000034</v>
       </c>
     </row>
     <row r="526">
       <c r="A526" t="inlineStr">
         <is>
-          <t>JAN26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B526" t="inlineStr">
         <is>
-          <t>27JAN26</t>
+          <t>14MAR26</t>
         </is>
       </c>
       <c r="C526" t="inlineStr">
         <is>
           <t>Butane + LPG</t>
         </is>
       </c>
       <c r="D526" t="inlineStr">
         <is>
           <t>Autogas LPG (moins de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E526" s="2" t="n">
-        <v>0.8158000000000029</v>
+        <v>0.9747000000000035</v>
       </c>
     </row>
     <row r="527">
       <c r="A527" t="inlineStr">
         <is>
-          <t>JAN26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B527" t="inlineStr">
         <is>
-          <t>27JAN26</t>
+          <t>14MAR26</t>
         </is>
       </c>
       <c r="C527" t="inlineStr">
         <is>
           <t>Butane + LPG</t>
         </is>
       </c>
       <c r="D527" t="inlineStr">
         <is>
           <t>Autogas LPG (à partir de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E527" s="2" t="n">
-        <v>0.7258000000000026</v>
+        <v>0.8846000000000032</v>
       </c>
     </row>
     <row r="528">
       <c r="A528" t="inlineStr">
         <is>
-          <t>JAN26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B528" t="inlineStr">
         <is>
-          <t>27JAN26</t>
+          <t>14MAR26</t>
         </is>
       </c>
       <c r="C528" t="inlineStr">
         <is>
           <t>Fuel Oil</t>
         </is>
       </c>
       <c r="D528" t="inlineStr">
         <is>
           <t>Fuel oil extra lourd 1% S (en camion citerne) (€/T)</t>
         </is>
       </c>
       <c r="E528"/>
     </row>
     <row r="529">
       <c r="A529" t="inlineStr">
         <is>
-          <t>JAN26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B529" t="inlineStr">
         <is>
-          <t>28JAN26</t>
+          <t>15MAR26</t>
         </is>
       </c>
       <c r="C529" t="inlineStr">
         <is>
           <t>Essences</t>
         </is>
       </c>
       <c r="D529" t="inlineStr">
         <is>
           <t>Essence 95 RON E5 (€/L)</t>
         </is>
       </c>
       <c r="E529" s="2" t="n">
-        <v>1.5980000000000059</v>
+        <v>1.7610000000000061</v>
       </c>
     </row>
     <row r="530">
       <c r="A530" t="inlineStr">
         <is>
-          <t>JAN26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B530" t="inlineStr">
         <is>
-          <t>28JAN26</t>
+          <t>15MAR26</t>
         </is>
       </c>
       <c r="C530" t="inlineStr">
         <is>
           <t>Essences</t>
         </is>
       </c>
       <c r="D530" t="inlineStr">
         <is>
           <t>Essence 95 RON E10 (€/L)</t>
         </is>
       </c>
       <c r="E530" s="2" t="n">
-        <v>1.5840000000000056</v>
+        <v>1.7500000000000062</v>
       </c>
     </row>
     <row r="531">
       <c r="A531" t="inlineStr">
         <is>
-          <t>JAN26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B531" t="inlineStr">
         <is>
-          <t>28JAN26</t>
+          <t>15MAR26</t>
         </is>
       </c>
       <c r="C531" t="inlineStr">
         <is>
           <t>Essences</t>
         </is>
       </c>
       <c r="D531" t="inlineStr">
         <is>
           <t>Essence 98 RON E5 (€/L)</t>
         </is>
       </c>
       <c r="E531" s="2" t="n">
-        <v>1.6410000000000058</v>
+        <v>1.8160000000000065</v>
       </c>
     </row>
     <row r="532">
       <c r="A532" t="inlineStr">
         <is>
-          <t>JAN26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B532" t="inlineStr">
         <is>
-          <t>28JAN26</t>
+          <t>15MAR26</t>
         </is>
       </c>
       <c r="C532" t="inlineStr">
         <is>
           <t>Essences</t>
         </is>
       </c>
       <c r="D532" t="inlineStr">
         <is>
           <t>Essence 98 RON E10 (€/L)</t>
         </is>
       </c>
       <c r="E532" s="2" t="n">
-        <v>1.6370000000000058</v>
+        <v>1.8110000000000064</v>
       </c>
     </row>
     <row r="533">
       <c r="A533" t="inlineStr">
         <is>
-          <t>JAN26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B533" t="inlineStr">
         <is>
-          <t>28JAN26</t>
+          <t>15MAR26</t>
         </is>
       </c>
       <c r="C533" t="inlineStr">
         <is>
           <t>Gasoil Diesel routier</t>
         </is>
       </c>
       <c r="D533" t="inlineStr">
         <is>
           <t>Diesel B7 (€/L)</t>
         </is>
       </c>
       <c r="E533" s="2" t="n">
-        <v>1.707000000000006</v>
+        <v>2.0190000000000072</v>
       </c>
     </row>
     <row r="534">
       <c r="A534" t="inlineStr">
         <is>
-          <t>JAN26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B534" t="inlineStr">
         <is>
-          <t>28JAN26</t>
+          <t>15MAR26</t>
         </is>
       </c>
       <c r="C534" t="inlineStr">
         <is>
           <t>Gasoil Diesel routier</t>
         </is>
       </c>
       <c r="D534" t="inlineStr">
         <is>
           <t>Diesel B10 (€/L)</t>
         </is>
       </c>
       <c r="E534" s="2" t="n">
-        <v>1.700000000000006</v>
+        <v>2.010000000000007</v>
       </c>
     </row>
     <row r="535">
       <c r="A535" t="inlineStr">
         <is>
-          <t>JAN26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B535" t="inlineStr">
         <is>
-          <t>28JAN26</t>
+          <t>15MAR26</t>
         </is>
       </c>
       <c r="C535" t="inlineStr">
         <is>
           <t>Gasoil Diesel routier</t>
         </is>
       </c>
       <c r="D535" t="inlineStr">
         <is>
           <t>Diesel B20 (€/L)</t>
         </is>
       </c>
       <c r="E535" s="2" t="n">
-        <v>1.713000000000006</v>
+        <v>2.008000000000007</v>
       </c>
     </row>
     <row r="536">
       <c r="A536" t="inlineStr">
         <is>
-          <t>JAN26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B536" t="inlineStr">
         <is>
-          <t>28JAN26</t>
+          <t>15MAR26</t>
         </is>
       </c>
       <c r="C536" t="inlineStr">
         <is>
           <t>Gasoil Diesel routier</t>
         </is>
       </c>
       <c r="D536" t="inlineStr">
         <is>
           <t>Diesel B30 (€/L)</t>
         </is>
       </c>
       <c r="E536" s="2" t="n">
-        <v>1.7840000000000065</v>
+        <v>2.050000000000007</v>
       </c>
     </row>
     <row r="537">
       <c r="A537" t="inlineStr">
         <is>
-          <t>JAN26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B537" t="inlineStr">
         <is>
-          <t>28JAN26</t>
+          <t>15MAR26</t>
         </is>
       </c>
       <c r="C537" t="inlineStr">
         <is>
           <t>Gasoil Diesel routier</t>
         </is>
       </c>
       <c r="D537" t="inlineStr">
         <is>
           <t>Diesel XTL (€/L)</t>
         </is>
       </c>
       <c r="E537" s="2" t="n">
-        <v>3.2640000000000113</v>
+        <v>3.4510000000000125</v>
       </c>
     </row>
     <row r="538">
       <c r="A538" t="inlineStr">
         <is>
-          <t>JAN26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B538" t="inlineStr">
         <is>
-          <t>28JAN26</t>
+          <t>15MAR26</t>
         </is>
       </c>
       <c r="C538" t="inlineStr">
         <is>
           <t>Gasoil Diesel (application chauffage)</t>
         </is>
       </c>
       <c r="D538" t="inlineStr">
         <is>
           <t>Gasoil Diesel Chauffage (à partir de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E538" s="2" t="n">
-        <v>0.7677000000000028</v>
+        <v>1.1794000000000042</v>
       </c>
     </row>
     <row r="539">
       <c r="A539" t="inlineStr">
         <is>
-          <t>JAN26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B539" t="inlineStr">
         <is>
-          <t>28JAN26</t>
+          <t>15MAR26</t>
         </is>
       </c>
       <c r="C539" t="inlineStr">
         <is>
           <t>Gasoil Diesel (application chauffage)</t>
         </is>
       </c>
       <c r="D539" t="inlineStr">
         <is>
           <t>Gasoil Diesel Chauffage (moins de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E539" s="2" t="n">
-        <v>0.8080000000000029</v>
+        <v>1.2197000000000044</v>
       </c>
     </row>
     <row r="540">
       <c r="A540" t="inlineStr">
         <is>
-          <t>JAN26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B540" t="inlineStr">
         <is>
-          <t>28JAN26</t>
+          <t>15MAR26</t>
         </is>
       </c>
       <c r="C540" t="inlineStr">
         <is>
           <t>Gasoil Diesel (application agriculture)</t>
         </is>
       </c>
       <c r="D540" t="inlineStr">
         <is>
           <t>Gasoil Diesel Agriculture (à partir de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E540" s="2" t="n">
-        <v>0.7425000000000027</v>
+        <v>1.154200000000004</v>
       </c>
     </row>
     <row r="541">
       <c r="A541" t="inlineStr">
         <is>
-          <t>JAN26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B541" t="inlineStr">
         <is>
-          <t>28JAN26</t>
+          <t>15MAR26</t>
         </is>
       </c>
       <c r="C541" t="inlineStr">
         <is>
           <t>Gasoil Diesel (application agriculture)</t>
         </is>
       </c>
       <c r="D541" t="inlineStr">
         <is>
           <t>Gasoil Diesel Agriculture (moins de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E541" s="2" t="n">
-        <v>0.7827000000000027</v>
+        <v>1.1944000000000041</v>
       </c>
     </row>
     <row r="542">
       <c r="A542" t="inlineStr">
         <is>
-          <t>JAN26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B542" t="inlineStr">
         <is>
-          <t>28JAN26</t>
+          <t>15MAR26</t>
         </is>
       </c>
       <c r="C542" t="inlineStr">
         <is>
           <t>Gasoil Diesel (application I&amp;C)</t>
         </is>
       </c>
       <c r="D542" t="inlineStr">
         <is>
           <t>Gasoil Diesel I&amp;C (à partir de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E542" s="2" t="n">
-        <v>0.7702000000000028</v>
+        <v>1.1819000000000042</v>
       </c>
     </row>
     <row r="543">
       <c r="A543" t="inlineStr">
         <is>
-          <t>JAN26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B543" t="inlineStr">
         <is>
-          <t>28JAN26</t>
+          <t>15MAR26</t>
         </is>
       </c>
       <c r="C543" t="inlineStr">
         <is>
           <t>Gasoil Diesel (application I&amp;C)</t>
         </is>
       </c>
       <c r="D543" t="inlineStr">
         <is>
           <t>Gasoil Diesel I&amp;C (moins de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E543" s="2" t="n">
-        <v>0.8104000000000029</v>
+        <v>1.2221000000000044</v>
       </c>
     </row>
     <row r="544">
       <c r="A544" t="inlineStr">
         <is>
-          <t>JAN26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B544" t="inlineStr">
         <is>
-          <t>28JAN26</t>
+          <t>15MAR26</t>
         </is>
       </c>
       <c r="C544" t="inlineStr">
         <is>
           <t>Gasoil Diesel (application I&amp;C)</t>
         </is>
       </c>
       <c r="D544" t="inlineStr">
         <is>
           <t>Gasoil Diesel I&amp;C (à la pompe) (€/L)</t>
         </is>
       </c>
       <c r="E544" s="2" t="n">
-        <v>0.9210000000000033</v>
+        <v>1.3330000000000046</v>
       </c>
     </row>
     <row r="545">
       <c r="A545" t="inlineStr">
         <is>
-          <t>JAN26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B545" t="inlineStr">
         <is>
-          <t>28JAN26</t>
+          <t>15MAR26</t>
         </is>
       </c>
       <c r="C545" t="inlineStr">
         <is>
           <t>Gasoil de chauffage</t>
         </is>
       </c>
       <c r="D545" t="inlineStr">
         <is>
           <t>Gasoil chauffage (H0/H7) (à partir de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E545" s="2" t="n">
-        <v>0.7677000000000028</v>
+        <v>1.1771000000000043</v>
       </c>
     </row>
     <row r="546">
       <c r="A546" t="inlineStr">
         <is>
-          <t>JAN26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B546" t="inlineStr">
         <is>
-          <t>28JAN26</t>
+          <t>15MAR26</t>
         </is>
       </c>
       <c r="C546" t="inlineStr">
         <is>
           <t>Gasoil de chauffage</t>
         </is>
       </c>
       <c r="D546" t="inlineStr">
         <is>
           <t>Gasoil chauffage (H0/H7) (moins de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E546" s="2" t="n">
-        <v>0.8080000000000029</v>
+        <v>1.2173000000000043</v>
       </c>
     </row>
     <row r="547">
       <c r="A547" t="inlineStr">
         <is>
-          <t>JAN26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B547" t="inlineStr">
         <is>
-          <t>28JAN26</t>
+          <t>15MAR26</t>
         </is>
       </c>
       <c r="C547" t="inlineStr">
         <is>
           <t>Gasoil de chauffage</t>
         </is>
       </c>
       <c r="D547" t="inlineStr">
         <is>
           <t>Gasoil chauffage (H0/H7) (à la pompe) (€/L)</t>
         </is>
       </c>
       <c r="E547" s="2" t="n">
-        <v>0.9260000000000034</v>
+        <v>1.3350000000000046</v>
       </c>
     </row>
     <row r="548">
       <c r="A548" t="inlineStr">
         <is>
-          <t>JAN26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B548" t="inlineStr">
         <is>
-          <t>28JAN26</t>
+          <t>15MAR26</t>
         </is>
       </c>
       <c r="C548" t="inlineStr">
         <is>
           <t>Pétrole lampant</t>
         </is>
       </c>
       <c r="D548" t="inlineStr">
         <is>
           <t>Petrole lampant type B (moins de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E548" s="2" t="n">
-        <v>0.8789000000000031</v>
+        <v>1.6008000000000058</v>
       </c>
     </row>
     <row r="549">
       <c r="A549" t="inlineStr">
         <is>
-          <t>JAN26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B549" t="inlineStr">
         <is>
-          <t>28JAN26</t>
+          <t>15MAR26</t>
         </is>
       </c>
       <c r="C549" t="inlineStr">
         <is>
           <t>Pétrole lampant</t>
         </is>
       </c>
       <c r="D549" t="inlineStr">
         <is>
           <t>Petrole lampant type B (à partir de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E549" s="2" t="n">
-        <v>0.838700000000003</v>
+        <v>1.5605000000000055</v>
       </c>
     </row>
     <row r="550">
       <c r="A550" t="inlineStr">
         <is>
-          <t>JAN26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B550" t="inlineStr">
         <is>
-          <t>28JAN26</t>
+          <t>15MAR26</t>
         </is>
       </c>
       <c r="C550" t="inlineStr">
         <is>
           <t>Pétrole lampant</t>
         </is>
       </c>
       <c r="D550" t="inlineStr">
         <is>
           <t>Petrole lampant type B (à la pompe) (€/L)</t>
         </is>
       </c>
       <c r="E550" s="2" t="n">
-        <v>0.9930000000000035</v>
+        <v>1.715000000000006</v>
       </c>
     </row>
     <row r="551">
       <c r="A551" t="inlineStr">
         <is>
-          <t>JAN26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B551" t="inlineStr">
         <is>
-          <t>28JAN26</t>
+          <t>15MAR26</t>
         </is>
       </c>
       <c r="C551" t="inlineStr">
         <is>
           <t>Pétrole lampant</t>
         </is>
       </c>
       <c r="D551" t="inlineStr">
         <is>
           <t>Petrole lampant type C (moins de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E551" s="2" t="n">
-        <v>0.9093000000000032</v>
+        <v>1.664000000000006</v>
       </c>
     </row>
     <row r="552">
       <c r="A552" t="inlineStr">
         <is>
-          <t>JAN26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B552" t="inlineStr">
         <is>
-          <t>28JAN26</t>
+          <t>15MAR26</t>
         </is>
       </c>
       <c r="C552" t="inlineStr">
         <is>
           <t>Pétrole lampant</t>
         </is>
       </c>
       <c r="D552" t="inlineStr">
         <is>
           <t>Petrole lampant type C (à partir de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E552" s="2" t="n">
-        <v>0.8691000000000031</v>
+        <v>1.6238000000000057</v>
       </c>
     </row>
     <row r="553">
       <c r="A553" t="inlineStr">
         <is>
-          <t>JAN26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B553" t="inlineStr">
         <is>
-          <t>28JAN26</t>
+          <t>15MAR26</t>
         </is>
       </c>
       <c r="C553" t="inlineStr">
         <is>
           <t>Pétrole lampant</t>
         </is>
       </c>
       <c r="D553" t="inlineStr">
         <is>
           <t>Petrole lampant type C (à la pompe) (€/L)</t>
         </is>
       </c>
       <c r="E553" s="2" t="n">
-        <v>1.0230000000000035</v>
+        <v>1.7780000000000062</v>
       </c>
     </row>
     <row r="554">
       <c r="A554" t="inlineStr">
         <is>
-          <t>JAN26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B554" t="inlineStr">
         <is>
-          <t>28JAN26</t>
+          <t>15MAR26</t>
         </is>
       </c>
       <c r="C554" t="inlineStr">
         <is>
           <t>Propane</t>
         </is>
       </c>
       <c r="D554" t="inlineStr">
         <is>
           <t>Propane en vrac (à partir de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E554" s="2" t="n">
-        <v>0.7035000000000026</v>
+        <v>0.850900000000003</v>
       </c>
     </row>
     <row r="555">
       <c r="A555" t="inlineStr">
         <is>
-          <t>JAN26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B555" t="inlineStr">
         <is>
-          <t>28JAN26</t>
+          <t>15MAR26</t>
         </is>
       </c>
       <c r="C555" t="inlineStr">
         <is>
           <t>Propane</t>
         </is>
       </c>
       <c r="D555" t="inlineStr">
         <is>
           <t>Propane en vrac (moins de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E555" s="2" t="n">
-        <v>0.7935000000000028</v>
+        <v>0.9409000000000033</v>
       </c>
     </row>
     <row r="556">
       <c r="A556" t="inlineStr">
         <is>
-          <t>JAN26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B556" t="inlineStr">
         <is>
-          <t>28JAN26</t>
+          <t>15MAR26</t>
         </is>
       </c>
       <c r="C556" t="inlineStr">
         <is>
           <t>Butane + LPG</t>
         </is>
       </c>
       <c r="D556" t="inlineStr">
         <is>
           <t>Autogas LPG (à la pompe) (€/L)</t>
         </is>
       </c>
       <c r="E556" s="2" t="n">
-        <v>0.8210000000000028</v>
+        <v>0.9370000000000034</v>
       </c>
     </row>
     <row r="557">
       <c r="A557" t="inlineStr">
         <is>
-          <t>JAN26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B557" t="inlineStr">
         <is>
-          <t>28JAN26</t>
+          <t>15MAR26</t>
         </is>
       </c>
       <c r="C557" t="inlineStr">
         <is>
           <t>Butane + LPG</t>
         </is>
       </c>
       <c r="D557" t="inlineStr">
         <is>
           <t>Autogas LPG (moins de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E557" s="2" t="n">
-        <v>0.8158000000000029</v>
+        <v>0.9747000000000035</v>
       </c>
     </row>
     <row r="558">
       <c r="A558" t="inlineStr">
         <is>
-          <t>JAN26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B558" t="inlineStr">
         <is>
-          <t>28JAN26</t>
+          <t>15MAR26</t>
         </is>
       </c>
       <c r="C558" t="inlineStr">
         <is>
           <t>Butane + LPG</t>
         </is>
       </c>
       <c r="D558" t="inlineStr">
         <is>
           <t>Autogas LPG (à partir de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E558" s="2" t="n">
-        <v>0.7258000000000026</v>
+        <v>0.8846000000000032</v>
       </c>
     </row>
     <row r="559">
       <c r="A559" t="inlineStr">
         <is>
-          <t>JAN26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B559" t="inlineStr">
         <is>
-          <t>28JAN26</t>
+          <t>15MAR26</t>
         </is>
       </c>
       <c r="C559" t="inlineStr">
         <is>
           <t>Fuel Oil</t>
         </is>
       </c>
       <c r="D559" t="inlineStr">
         <is>
           <t>Fuel oil extra lourd 1% S (en camion citerne) (€/T)</t>
         </is>
       </c>
       <c r="E559"/>
     </row>
     <row r="560">
       <c r="A560" t="inlineStr">
         <is>
-          <t>JAN26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B560" t="inlineStr">
         <is>
-          <t>29JAN26</t>
+          <t>16MAR26</t>
         </is>
       </c>
       <c r="C560" t="inlineStr">
         <is>
           <t>Essences</t>
         </is>
       </c>
       <c r="D560" t="inlineStr">
         <is>
           <t>Essence 95 RON E5 (€/L)</t>
         </is>
       </c>
       <c r="E560" s="2" t="n">
-        <v>1.5980000000000059</v>
+        <v>1.7610000000000061</v>
       </c>
     </row>
     <row r="561">
       <c r="A561" t="inlineStr">
         <is>
-          <t>JAN26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B561" t="inlineStr">
         <is>
-          <t>29JAN26</t>
+          <t>16MAR26</t>
         </is>
       </c>
       <c r="C561" t="inlineStr">
         <is>
           <t>Essences</t>
         </is>
       </c>
       <c r="D561" t="inlineStr">
         <is>
           <t>Essence 95 RON E10 (€/L)</t>
         </is>
       </c>
       <c r="E561" s="2" t="n">
-        <v>1.5840000000000056</v>
+        <v>1.7500000000000062</v>
       </c>
     </row>
     <row r="562">
       <c r="A562" t="inlineStr">
         <is>
-          <t>JAN26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B562" t="inlineStr">
         <is>
-          <t>29JAN26</t>
+          <t>16MAR26</t>
         </is>
       </c>
       <c r="C562" t="inlineStr">
         <is>
           <t>Essences</t>
         </is>
       </c>
       <c r="D562" t="inlineStr">
         <is>
           <t>Essence 98 RON E5 (€/L)</t>
         </is>
       </c>
       <c r="E562" s="2" t="n">
-        <v>1.6410000000000058</v>
+        <v>1.8160000000000065</v>
       </c>
     </row>
     <row r="563">
       <c r="A563" t="inlineStr">
         <is>
-          <t>JAN26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B563" t="inlineStr">
         <is>
-          <t>29JAN26</t>
+          <t>16MAR26</t>
         </is>
       </c>
       <c r="C563" t="inlineStr">
         <is>
           <t>Essences</t>
         </is>
       </c>
       <c r="D563" t="inlineStr">
         <is>
           <t>Essence 98 RON E10 (€/L)</t>
         </is>
       </c>
       <c r="E563" s="2" t="n">
-        <v>1.6370000000000058</v>
+        <v>1.8110000000000064</v>
       </c>
     </row>
     <row r="564">
       <c r="A564" t="inlineStr">
         <is>
-          <t>JAN26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B564" t="inlineStr">
         <is>
-          <t>29JAN26</t>
+          <t>16MAR26</t>
         </is>
       </c>
       <c r="C564" t="inlineStr">
         <is>
           <t>Gasoil Diesel routier</t>
         </is>
       </c>
       <c r="D564" t="inlineStr">
         <is>
           <t>Diesel B7 (€/L)</t>
         </is>
       </c>
       <c r="E564" s="2" t="n">
-        <v>1.707000000000006</v>
+        <v>2.0190000000000072</v>
       </c>
     </row>
     <row r="565">
       <c r="A565" t="inlineStr">
         <is>
-          <t>JAN26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B565" t="inlineStr">
         <is>
-          <t>29JAN26</t>
+          <t>16MAR26</t>
         </is>
       </c>
       <c r="C565" t="inlineStr">
         <is>
           <t>Gasoil Diesel routier</t>
         </is>
       </c>
       <c r="D565" t="inlineStr">
         <is>
           <t>Diesel B10 (€/L)</t>
         </is>
       </c>
       <c r="E565" s="2" t="n">
-        <v>1.700000000000006</v>
+        <v>2.010000000000007</v>
       </c>
     </row>
     <row r="566">
       <c r="A566" t="inlineStr">
         <is>
-          <t>JAN26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B566" t="inlineStr">
         <is>
-          <t>29JAN26</t>
+          <t>16MAR26</t>
         </is>
       </c>
       <c r="C566" t="inlineStr">
         <is>
           <t>Gasoil Diesel routier</t>
         </is>
       </c>
       <c r="D566" t="inlineStr">
         <is>
           <t>Diesel B20 (€/L)</t>
         </is>
       </c>
       <c r="E566" s="2" t="n">
-        <v>1.713000000000006</v>
+        <v>2.008000000000007</v>
       </c>
     </row>
     <row r="567">
       <c r="A567" t="inlineStr">
         <is>
-          <t>JAN26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B567" t="inlineStr">
         <is>
-          <t>29JAN26</t>
+          <t>16MAR26</t>
         </is>
       </c>
       <c r="C567" t="inlineStr">
         <is>
           <t>Gasoil Diesel routier</t>
         </is>
       </c>
       <c r="D567" t="inlineStr">
         <is>
           <t>Diesel B30 (€/L)</t>
         </is>
       </c>
       <c r="E567" s="2" t="n">
-        <v>1.7840000000000065</v>
+        <v>2.050000000000007</v>
       </c>
     </row>
     <row r="568">
       <c r="A568" t="inlineStr">
         <is>
-          <t>JAN26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B568" t="inlineStr">
         <is>
-          <t>29JAN26</t>
+          <t>16MAR26</t>
         </is>
       </c>
       <c r="C568" t="inlineStr">
         <is>
           <t>Gasoil Diesel routier</t>
         </is>
       </c>
       <c r="D568" t="inlineStr">
         <is>
           <t>Diesel XTL (€/L)</t>
         </is>
       </c>
       <c r="E568" s="2" t="n">
-        <v>3.2640000000000113</v>
+        <v>3.4510000000000125</v>
       </c>
     </row>
     <row r="569">
       <c r="A569" t="inlineStr">
         <is>
-          <t>JAN26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B569" t="inlineStr">
         <is>
-          <t>29JAN26</t>
+          <t>16MAR26</t>
         </is>
       </c>
       <c r="C569" t="inlineStr">
         <is>
           <t>Gasoil Diesel (application chauffage)</t>
         </is>
       </c>
       <c r="D569" t="inlineStr">
         <is>
           <t>Gasoil Diesel Chauffage (à partir de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E569" s="2" t="n">
-        <v>0.7653000000000026</v>
+        <v>1.1794000000000042</v>
       </c>
     </row>
     <row r="570">
       <c r="A570" t="inlineStr">
         <is>
-          <t>JAN26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B570" t="inlineStr">
         <is>
-          <t>29JAN26</t>
+          <t>16MAR26</t>
         </is>
       </c>
       <c r="C570" t="inlineStr">
         <is>
           <t>Gasoil Diesel (application chauffage)</t>
         </is>
       </c>
       <c r="D570" t="inlineStr">
         <is>
           <t>Gasoil Diesel Chauffage (moins de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E570" s="2" t="n">
-        <v>0.8055000000000029</v>
+        <v>1.2197000000000044</v>
       </c>
     </row>
     <row r="571">
       <c r="A571" t="inlineStr">
         <is>
-          <t>JAN26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B571" t="inlineStr">
         <is>
-          <t>29JAN26</t>
+          <t>16MAR26</t>
         </is>
       </c>
       <c r="C571" t="inlineStr">
         <is>
           <t>Gasoil Diesel (application agriculture)</t>
         </is>
       </c>
       <c r="D571" t="inlineStr">
         <is>
           <t>Gasoil Diesel Agriculture (à partir de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E571" s="2" t="n">
-        <v>0.7400000000000027</v>
+        <v>1.154200000000004</v>
       </c>
     </row>
     <row r="572">
       <c r="A572" t="inlineStr">
         <is>
-          <t>JAN26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B572" t="inlineStr">
         <is>
-          <t>29JAN26</t>
+          <t>16MAR26</t>
         </is>
       </c>
       <c r="C572" t="inlineStr">
         <is>
           <t>Gasoil Diesel (application agriculture)</t>
         </is>
       </c>
       <c r="D572" t="inlineStr">
         <is>
           <t>Gasoil Diesel Agriculture (moins de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E572" s="2" t="n">
-        <v>0.7803000000000028</v>
+        <v>1.1944000000000041</v>
       </c>
     </row>
     <row r="573">
       <c r="A573" t="inlineStr">
         <is>
-          <t>JAN26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B573" t="inlineStr">
         <is>
-          <t>29JAN26</t>
+          <t>16MAR26</t>
         </is>
       </c>
       <c r="C573" t="inlineStr">
         <is>
           <t>Gasoil Diesel (application I&amp;C)</t>
         </is>
       </c>
       <c r="D573" t="inlineStr">
         <is>
           <t>Gasoil Diesel I&amp;C (à partir de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E573" s="2" t="n">
-        <v>0.7677000000000028</v>
+        <v>1.1819000000000042</v>
       </c>
     </row>
     <row r="574">
       <c r="A574" t="inlineStr">
         <is>
-          <t>JAN26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B574" t="inlineStr">
         <is>
-          <t>29JAN26</t>
+          <t>16MAR26</t>
         </is>
       </c>
       <c r="C574" t="inlineStr">
         <is>
           <t>Gasoil Diesel (application I&amp;C)</t>
         </is>
       </c>
       <c r="D574" t="inlineStr">
         <is>
           <t>Gasoil Diesel I&amp;C (moins de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E574" s="2" t="n">
-        <v>0.8080000000000029</v>
+        <v>1.2221000000000044</v>
       </c>
     </row>
     <row r="575">
       <c r="A575" t="inlineStr">
         <is>
-          <t>JAN26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B575" t="inlineStr">
         <is>
-          <t>29JAN26</t>
+          <t>16MAR26</t>
         </is>
       </c>
       <c r="C575" t="inlineStr">
         <is>
           <t>Gasoil Diesel (application I&amp;C)</t>
         </is>
       </c>
       <c r="D575" t="inlineStr">
         <is>
           <t>Gasoil Diesel I&amp;C (à la pompe) (€/L)</t>
         </is>
       </c>
       <c r="E575" s="2" t="n">
-        <v>0.9190000000000033</v>
+        <v>1.3330000000000046</v>
       </c>
     </row>
     <row r="576">
       <c r="A576" t="inlineStr">
         <is>
-          <t>JAN26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B576" t="inlineStr">
         <is>
-          <t>29JAN26</t>
+          <t>16MAR26</t>
         </is>
       </c>
       <c r="C576" t="inlineStr">
         <is>
           <t>Gasoil de chauffage</t>
         </is>
       </c>
       <c r="D576" t="inlineStr">
         <is>
           <t>Gasoil chauffage (H0/H7) (à partir de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E576" s="2" t="n">
-        <v>0.7653000000000026</v>
+        <v>1.1771000000000043</v>
       </c>
     </row>
     <row r="577">
       <c r="A577" t="inlineStr">
         <is>
-          <t>JAN26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B577" t="inlineStr">
         <is>
-          <t>29JAN26</t>
+          <t>16MAR26</t>
         </is>
       </c>
       <c r="C577" t="inlineStr">
         <is>
           <t>Gasoil de chauffage</t>
         </is>
       </c>
       <c r="D577" t="inlineStr">
         <is>
           <t>Gasoil chauffage (H0/H7) (moins de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E577" s="2" t="n">
-        <v>0.8055000000000029</v>
+        <v>1.2173000000000043</v>
       </c>
     </row>
     <row r="578">
       <c r="A578" t="inlineStr">
         <is>
-          <t>JAN26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B578" t="inlineStr">
         <is>
-          <t>29JAN26</t>
+          <t>16MAR26</t>
         </is>
       </c>
       <c r="C578" t="inlineStr">
         <is>
           <t>Gasoil de chauffage</t>
         </is>
       </c>
       <c r="D578" t="inlineStr">
         <is>
           <t>Gasoil chauffage (H0/H7) (à la pompe) (€/L)</t>
         </is>
       </c>
       <c r="E578" s="2" t="n">
-        <v>0.9230000000000034</v>
+        <v>1.3350000000000046</v>
       </c>
     </row>
     <row r="579">
       <c r="A579" t="inlineStr">
         <is>
-          <t>JAN26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B579" t="inlineStr">
         <is>
-          <t>29JAN26</t>
+          <t>16MAR26</t>
         </is>
       </c>
       <c r="C579" t="inlineStr">
         <is>
           <t>Pétrole lampant</t>
         </is>
       </c>
       <c r="D579" t="inlineStr">
         <is>
           <t>Petrole lampant type B (moins de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E579" s="2" t="n">
-        <v>0.8789000000000031</v>
+        <v>1.6008000000000058</v>
       </c>
     </row>
     <row r="580">
       <c r="A580" t="inlineStr">
         <is>
-          <t>JAN26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B580" t="inlineStr">
         <is>
-          <t>29JAN26</t>
+          <t>16MAR26</t>
         </is>
       </c>
       <c r="C580" t="inlineStr">
         <is>
           <t>Pétrole lampant</t>
         </is>
       </c>
       <c r="D580" t="inlineStr">
         <is>
           <t>Petrole lampant type B (à partir de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E580" s="2" t="n">
-        <v>0.838700000000003</v>
+        <v>1.5605000000000055</v>
       </c>
     </row>
     <row r="581">
       <c r="A581" t="inlineStr">
         <is>
-          <t>JAN26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B581" t="inlineStr">
         <is>
-          <t>29JAN26</t>
+          <t>16MAR26</t>
         </is>
       </c>
       <c r="C581" t="inlineStr">
         <is>
           <t>Pétrole lampant</t>
         </is>
       </c>
       <c r="D581" t="inlineStr">
         <is>
           <t>Petrole lampant type B (à la pompe) (€/L)</t>
         </is>
       </c>
       <c r="E581" s="2" t="n">
-        <v>0.9930000000000035</v>
+        <v>1.715000000000006</v>
       </c>
     </row>
     <row r="582">
       <c r="A582" t="inlineStr">
         <is>
-          <t>JAN26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B582" t="inlineStr">
         <is>
-          <t>29JAN26</t>
+          <t>16MAR26</t>
         </is>
       </c>
       <c r="C582" t="inlineStr">
         <is>
           <t>Pétrole lampant</t>
         </is>
       </c>
       <c r="D582" t="inlineStr">
         <is>
           <t>Petrole lampant type C (moins de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E582" s="2" t="n">
-        <v>0.9093000000000032</v>
+        <v>1.664000000000006</v>
       </c>
     </row>
     <row r="583">
       <c r="A583" t="inlineStr">
         <is>
-          <t>JAN26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B583" t="inlineStr">
         <is>
-          <t>29JAN26</t>
+          <t>16MAR26</t>
         </is>
       </c>
       <c r="C583" t="inlineStr">
         <is>
           <t>Pétrole lampant</t>
         </is>
       </c>
       <c r="D583" t="inlineStr">
         <is>
           <t>Petrole lampant type C (à partir de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E583" s="2" t="n">
-        <v>0.8691000000000031</v>
+        <v>1.6238000000000057</v>
       </c>
     </row>
     <row r="584">
       <c r="A584" t="inlineStr">
         <is>
-          <t>JAN26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B584" t="inlineStr">
         <is>
-          <t>29JAN26</t>
+          <t>16MAR26</t>
         </is>
       </c>
       <c r="C584" t="inlineStr">
         <is>
           <t>Pétrole lampant</t>
         </is>
       </c>
       <c r="D584" t="inlineStr">
         <is>
           <t>Petrole lampant type C (à la pompe) (€/L)</t>
         </is>
       </c>
       <c r="E584" s="2" t="n">
-        <v>1.0230000000000035</v>
+        <v>1.7780000000000062</v>
       </c>
     </row>
     <row r="585">
       <c r="A585" t="inlineStr">
         <is>
-          <t>JAN26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B585" t="inlineStr">
         <is>
-          <t>29JAN26</t>
+          <t>16MAR26</t>
         </is>
       </c>
       <c r="C585" t="inlineStr">
         <is>
           <t>Propane</t>
         </is>
       </c>
       <c r="D585" t="inlineStr">
         <is>
           <t>Propane en vrac (à partir de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E585" s="2" t="n">
-        <v>0.7035000000000026</v>
+        <v>0.850900000000003</v>
       </c>
     </row>
     <row r="586">
       <c r="A586" t="inlineStr">
         <is>
-          <t>JAN26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B586" t="inlineStr">
         <is>
-          <t>29JAN26</t>
+          <t>16MAR26</t>
         </is>
       </c>
       <c r="C586" t="inlineStr">
         <is>
           <t>Propane</t>
         </is>
       </c>
       <c r="D586" t="inlineStr">
         <is>
           <t>Propane en vrac (moins de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E586" s="2" t="n">
-        <v>0.7935000000000028</v>
+        <v>0.9409000000000033</v>
       </c>
     </row>
     <row r="587">
       <c r="A587" t="inlineStr">
         <is>
-          <t>JAN26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B587" t="inlineStr">
         <is>
-          <t>29JAN26</t>
+          <t>16MAR26</t>
         </is>
       </c>
       <c r="C587" t="inlineStr">
         <is>
           <t>Butane + LPG</t>
         </is>
       </c>
       <c r="D587" t="inlineStr">
         <is>
           <t>Autogas LPG (à la pompe) (€/L)</t>
         </is>
       </c>
       <c r="E587" s="2" t="n">
-        <v>0.8210000000000028</v>
+        <v>0.9370000000000034</v>
       </c>
     </row>
     <row r="588">
       <c r="A588" t="inlineStr">
         <is>
-          <t>JAN26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B588" t="inlineStr">
         <is>
-          <t>29JAN26</t>
+          <t>16MAR26</t>
         </is>
       </c>
       <c r="C588" t="inlineStr">
         <is>
           <t>Butane + LPG</t>
         </is>
       </c>
       <c r="D588" t="inlineStr">
         <is>
           <t>Autogas LPG (moins de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E588" s="2" t="n">
-        <v>0.8158000000000029</v>
+        <v>0.9747000000000035</v>
       </c>
     </row>
     <row r="589">
       <c r="A589" t="inlineStr">
         <is>
-          <t>JAN26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B589" t="inlineStr">
         <is>
-          <t>29JAN26</t>
+          <t>16MAR26</t>
         </is>
       </c>
       <c r="C589" t="inlineStr">
         <is>
           <t>Butane + LPG</t>
         </is>
       </c>
       <c r="D589" t="inlineStr">
         <is>
           <t>Autogas LPG (à partir de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E589" s="2" t="n">
-        <v>0.7258000000000026</v>
+        <v>0.8846000000000032</v>
       </c>
     </row>
     <row r="590">
       <c r="A590" t="inlineStr">
         <is>
-          <t>JAN26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B590" t="inlineStr">
         <is>
-          <t>29JAN26</t>
+          <t>16MAR26</t>
         </is>
       </c>
       <c r="C590" t="inlineStr">
         <is>
           <t>Fuel Oil</t>
         </is>
       </c>
       <c r="D590" t="inlineStr">
         <is>
           <t>Fuel oil extra lourd 1% S (en camion citerne) (€/T)</t>
         </is>
       </c>
       <c r="E590"/>
     </row>
     <row r="591">
       <c r="A591" t="inlineStr">
         <is>
-          <t>JAN26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B591" t="inlineStr">
         <is>
-          <t>30JAN26</t>
+          <t>17MAR26</t>
         </is>
       </c>
       <c r="C591" t="inlineStr">
         <is>
           <t>Essences</t>
         </is>
       </c>
       <c r="D591" t="inlineStr">
         <is>
           <t>Essence 95 RON E5 (€/L)</t>
         </is>
       </c>
       <c r="E591" s="2" t="n">
-        <v>1.5980000000000059</v>
+        <v>1.7610000000000061</v>
       </c>
     </row>
     <row r="592">
       <c r="A592" t="inlineStr">
         <is>
-          <t>JAN26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B592" t="inlineStr">
         <is>
-          <t>30JAN26</t>
+          <t>17MAR26</t>
         </is>
       </c>
       <c r="C592" t="inlineStr">
         <is>
           <t>Essences</t>
         </is>
       </c>
       <c r="D592" t="inlineStr">
         <is>
           <t>Essence 95 RON E10 (€/L)</t>
         </is>
       </c>
       <c r="E592" s="2" t="n">
-        <v>1.5840000000000056</v>
+        <v>1.7500000000000062</v>
       </c>
     </row>
     <row r="593">
       <c r="A593" t="inlineStr">
         <is>
-          <t>JAN26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B593" t="inlineStr">
         <is>
-          <t>30JAN26</t>
+          <t>17MAR26</t>
         </is>
       </c>
       <c r="C593" t="inlineStr">
         <is>
           <t>Essences</t>
         </is>
       </c>
       <c r="D593" t="inlineStr">
         <is>
           <t>Essence 98 RON E5 (€/L)</t>
         </is>
       </c>
       <c r="E593" s="2" t="n">
-        <v>1.6410000000000058</v>
+        <v>1.8160000000000065</v>
       </c>
     </row>
     <row r="594">
       <c r="A594" t="inlineStr">
         <is>
-          <t>JAN26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B594" t="inlineStr">
         <is>
-          <t>30JAN26</t>
+          <t>17MAR26</t>
         </is>
       </c>
       <c r="C594" t="inlineStr">
         <is>
           <t>Essences</t>
         </is>
       </c>
       <c r="D594" t="inlineStr">
         <is>
           <t>Essence 98 RON E10 (€/L)</t>
         </is>
       </c>
       <c r="E594" s="2" t="n">
-        <v>1.6370000000000058</v>
+        <v>1.8110000000000064</v>
       </c>
     </row>
     <row r="595">
       <c r="A595" t="inlineStr">
         <is>
-          <t>JAN26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B595" t="inlineStr">
         <is>
-          <t>30JAN26</t>
+          <t>17MAR26</t>
         </is>
       </c>
       <c r="C595" t="inlineStr">
         <is>
           <t>Gasoil Diesel routier</t>
         </is>
       </c>
       <c r="D595" t="inlineStr">
         <is>
           <t>Diesel B7 (€/L)</t>
         </is>
       </c>
       <c r="E595" s="2" t="n">
-        <v>1.7190000000000063</v>
+        <v>2.0190000000000072</v>
       </c>
     </row>
     <row r="596">
       <c r="A596" t="inlineStr">
         <is>
-          <t>JAN26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B596" t="inlineStr">
         <is>
-          <t>30JAN26</t>
+          <t>17MAR26</t>
         </is>
       </c>
       <c r="C596" t="inlineStr">
         <is>
           <t>Gasoil Diesel routier</t>
         </is>
       </c>
       <c r="D596" t="inlineStr">
         <is>
           <t>Diesel B10 (€/L)</t>
         </is>
       </c>
       <c r="E596" s="2" t="n">
-        <v>1.713000000000006</v>
+        <v>2.010000000000007</v>
       </c>
     </row>
     <row r="597">
       <c r="A597" t="inlineStr">
         <is>
-          <t>JAN26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B597" t="inlineStr">
         <is>
-          <t>30JAN26</t>
+          <t>17MAR26</t>
         </is>
       </c>
       <c r="C597" t="inlineStr">
         <is>
           <t>Gasoil Diesel routier</t>
         </is>
       </c>
       <c r="D597" t="inlineStr">
         <is>
           <t>Diesel B20 (€/L)</t>
         </is>
       </c>
       <c r="E597" s="2" t="n">
-        <v>1.7260000000000062</v>
+        <v>2.008000000000007</v>
       </c>
     </row>
     <row r="598">
       <c r="A598" t="inlineStr">
         <is>
-          <t>JAN26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B598" t="inlineStr">
         <is>
-          <t>30JAN26</t>
+          <t>17MAR26</t>
         </is>
       </c>
       <c r="C598" t="inlineStr">
         <is>
           <t>Gasoil Diesel routier</t>
         </is>
       </c>
       <c r="D598" t="inlineStr">
         <is>
           <t>Diesel B30 (€/L)</t>
         </is>
       </c>
       <c r="E598" s="2" t="n">
-        <v>1.7910000000000064</v>
+        <v>2.050000000000007</v>
       </c>
     </row>
     <row r="599">
       <c r="A599" t="inlineStr">
         <is>
-          <t>JAN26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B599" t="inlineStr">
         <is>
-          <t>30JAN26</t>
+          <t>17MAR26</t>
         </is>
       </c>
       <c r="C599" t="inlineStr">
         <is>
           <t>Gasoil Diesel routier</t>
         </is>
       </c>
       <c r="D599" t="inlineStr">
         <is>
           <t>Diesel XTL (€/L)</t>
         </is>
       </c>
       <c r="E599" s="2" t="n">
-        <v>3.141000000000011</v>
+        <v>3.4510000000000125</v>
       </c>
     </row>
     <row r="600">
       <c r="A600" t="inlineStr">
         <is>
-          <t>JAN26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B600" t="inlineStr">
         <is>
-          <t>30JAN26</t>
+          <t>17MAR26</t>
         </is>
       </c>
       <c r="C600" t="inlineStr">
         <is>
           <t>Gasoil Diesel (application chauffage)</t>
         </is>
       </c>
       <c r="D600" t="inlineStr">
         <is>
           <t>Gasoil Diesel Chauffage (à partir de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E600" s="2" t="n">
-        <v>0.7770000000000028</v>
+        <v>1.1968000000000043</v>
       </c>
     </row>
     <row r="601">
       <c r="A601" t="inlineStr">
         <is>
-          <t>JAN26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B601" t="inlineStr">
         <is>
-          <t>30JAN26</t>
+          <t>17MAR26</t>
         </is>
       </c>
       <c r="C601" t="inlineStr">
         <is>
           <t>Gasoil Diesel (application chauffage)</t>
         </is>
       </c>
       <c r="D601" t="inlineStr">
         <is>
           <t>Gasoil Diesel Chauffage (moins de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E601" s="2" t="n">
-        <v>0.8173000000000029</v>
+        <v>1.2371000000000045</v>
       </c>
     </row>
     <row r="602">
       <c r="A602" t="inlineStr">
         <is>
-          <t>JAN26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B602" t="inlineStr">
         <is>
-          <t>30JAN26</t>
+          <t>17MAR26</t>
         </is>
       </c>
       <c r="C602" t="inlineStr">
         <is>
           <t>Gasoil Diesel (application agriculture)</t>
         </is>
       </c>
       <c r="D602" t="inlineStr">
         <is>
           <t>Gasoil Diesel Agriculture (à partir de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E602" s="2" t="n">
-        <v>0.7518000000000027</v>
+        <v>1.1716000000000042</v>
       </c>
     </row>
     <row r="603">
       <c r="A603" t="inlineStr">
         <is>
-          <t>JAN26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B603" t="inlineStr">
         <is>
-          <t>30JAN26</t>
+          <t>17MAR26</t>
         </is>
       </c>
       <c r="C603" t="inlineStr">
         <is>
           <t>Gasoil Diesel (application agriculture)</t>
         </is>
       </c>
       <c r="D603" t="inlineStr">
         <is>
           <t>Gasoil Diesel Agriculture (moins de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E603" s="2" t="n">
-        <v>0.7920000000000028</v>
+        <v>1.2119000000000042</v>
       </c>
     </row>
     <row r="604">
       <c r="A604" t="inlineStr">
         <is>
-          <t>JAN26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B604" t="inlineStr">
         <is>
-          <t>30JAN26</t>
+          <t>17MAR26</t>
         </is>
       </c>
       <c r="C604" t="inlineStr">
         <is>
           <t>Gasoil Diesel (application I&amp;C)</t>
         </is>
       </c>
       <c r="D604" t="inlineStr">
         <is>
           <t>Gasoil Diesel I&amp;C (à partir de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E604" s="2" t="n">
-        <v>0.7795000000000027</v>
+        <v>1.1993000000000043</v>
       </c>
     </row>
     <row r="605">
       <c r="A605" t="inlineStr">
         <is>
-          <t>JAN26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B605" t="inlineStr">
         <is>
-          <t>30JAN26</t>
+          <t>17MAR26</t>
         </is>
       </c>
       <c r="C605" t="inlineStr">
         <is>
           <t>Gasoil Diesel (application I&amp;C)</t>
         </is>
       </c>
       <c r="D605" t="inlineStr">
         <is>
           <t>Gasoil Diesel I&amp;C (moins de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E605" s="2" t="n">
-        <v>0.8197000000000029</v>
+        <v>1.2395000000000045</v>
       </c>
     </row>
     <row r="606">
       <c r="A606" t="inlineStr">
         <is>
-          <t>JAN26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B606" t="inlineStr">
         <is>
-          <t>30JAN26</t>
+          <t>17MAR26</t>
         </is>
       </c>
       <c r="C606" t="inlineStr">
         <is>
           <t>Gasoil Diesel (application I&amp;C)</t>
         </is>
       </c>
       <c r="D606" t="inlineStr">
         <is>
           <t>Gasoil Diesel I&amp;C (à la pompe) (€/L)</t>
         </is>
       </c>
       <c r="E606" s="2" t="n">
-        <v>0.9310000000000034</v>
+        <v>1.3510000000000049</v>
       </c>
     </row>
     <row r="607">
       <c r="A607" t="inlineStr">
         <is>
-          <t>JAN26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B607" t="inlineStr">
         <is>
-          <t>30JAN26</t>
+          <t>17MAR26</t>
         </is>
       </c>
       <c r="C607" t="inlineStr">
         <is>
           <t>Gasoil de chauffage</t>
         </is>
       </c>
       <c r="D607" t="inlineStr">
         <is>
           <t>Gasoil chauffage (H0/H7) (à partir de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E607" s="2" t="n">
-        <v>0.7770000000000028</v>
+        <v>1.1945000000000041</v>
       </c>
     </row>
     <row r="608">
       <c r="A608" t="inlineStr">
         <is>
-          <t>JAN26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B608" t="inlineStr">
         <is>
-          <t>30JAN26</t>
+          <t>17MAR26</t>
         </is>
       </c>
       <c r="C608" t="inlineStr">
         <is>
           <t>Gasoil de chauffage</t>
         </is>
       </c>
       <c r="D608" t="inlineStr">
         <is>
           <t>Gasoil chauffage (H0/H7) (moins de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E608" s="2" t="n">
-        <v>0.8173000000000029</v>
+        <v>1.2347000000000043</v>
       </c>
     </row>
     <row r="609">
       <c r="A609" t="inlineStr">
         <is>
-          <t>JAN26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B609" t="inlineStr">
         <is>
-          <t>30JAN26</t>
+          <t>17MAR26</t>
         </is>
       </c>
       <c r="C609" t="inlineStr">
         <is>
           <t>Gasoil de chauffage</t>
         </is>
       </c>
       <c r="D609" t="inlineStr">
         <is>
           <t>Gasoil chauffage (H0/H7) (à la pompe) (€/L)</t>
         </is>
       </c>
       <c r="E609" s="2" t="n">
-        <v>0.9350000000000034</v>
+        <v>1.3530000000000049</v>
       </c>
     </row>
     <row r="610">
       <c r="A610" t="inlineStr">
         <is>
-          <t>JAN26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B610" t="inlineStr">
         <is>
-          <t>30JAN26</t>
+          <t>17MAR26</t>
         </is>
       </c>
       <c r="C610" t="inlineStr">
         <is>
           <t>Pétrole lampant</t>
         </is>
       </c>
       <c r="D610" t="inlineStr">
         <is>
           <t>Petrole lampant type B (moins de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E610" s="2" t="n">
-        <v>0.8789000000000031</v>
+        <v>1.6008000000000058</v>
       </c>
     </row>
     <row r="611">
       <c r="A611" t="inlineStr">
         <is>
-          <t>JAN26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B611" t="inlineStr">
         <is>
-          <t>30JAN26</t>
+          <t>17MAR26</t>
         </is>
       </c>
       <c r="C611" t="inlineStr">
         <is>
           <t>Pétrole lampant</t>
         </is>
       </c>
       <c r="D611" t="inlineStr">
         <is>
           <t>Petrole lampant type B (à partir de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E611" s="2" t="n">
-        <v>0.838700000000003</v>
+        <v>1.5605000000000055</v>
       </c>
     </row>
     <row r="612">
       <c r="A612" t="inlineStr">
         <is>
-          <t>JAN26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B612" t="inlineStr">
         <is>
-          <t>30JAN26</t>
+          <t>17MAR26</t>
         </is>
       </c>
       <c r="C612" t="inlineStr">
         <is>
           <t>Pétrole lampant</t>
         </is>
       </c>
       <c r="D612" t="inlineStr">
         <is>
           <t>Petrole lampant type B (à la pompe) (€/L)</t>
         </is>
       </c>
       <c r="E612" s="2" t="n">
-        <v>0.9930000000000035</v>
+        <v>1.715000000000006</v>
       </c>
     </row>
     <row r="613">
       <c r="A613" t="inlineStr">
         <is>
-          <t>JAN26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B613" t="inlineStr">
         <is>
-          <t>30JAN26</t>
+          <t>17MAR26</t>
         </is>
       </c>
       <c r="C613" t="inlineStr">
         <is>
           <t>Pétrole lampant</t>
         </is>
       </c>
       <c r="D613" t="inlineStr">
         <is>
           <t>Petrole lampant type C (moins de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E613" s="2" t="n">
-        <v>0.9093000000000032</v>
+        <v>1.664000000000006</v>
       </c>
     </row>
     <row r="614">
       <c r="A614" t="inlineStr">
         <is>
-          <t>JAN26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B614" t="inlineStr">
         <is>
-          <t>30JAN26</t>
+          <t>17MAR26</t>
         </is>
       </c>
       <c r="C614" t="inlineStr">
         <is>
           <t>Pétrole lampant</t>
         </is>
       </c>
       <c r="D614" t="inlineStr">
         <is>
           <t>Petrole lampant type C (à partir de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E614" s="2" t="n">
-        <v>0.8691000000000031</v>
+        <v>1.6238000000000057</v>
       </c>
     </row>
     <row r="615">
       <c r="A615" t="inlineStr">
         <is>
-          <t>JAN26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B615" t="inlineStr">
         <is>
-          <t>30JAN26</t>
+          <t>17MAR26</t>
         </is>
       </c>
       <c r="C615" t="inlineStr">
         <is>
           <t>Pétrole lampant</t>
         </is>
       </c>
       <c r="D615" t="inlineStr">
         <is>
           <t>Petrole lampant type C (à la pompe) (€/L)</t>
         </is>
       </c>
       <c r="E615" s="2" t="n">
-        <v>1.0230000000000035</v>
+        <v>1.7780000000000062</v>
       </c>
     </row>
     <row r="616">
       <c r="A616" t="inlineStr">
         <is>
-          <t>JAN26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B616" t="inlineStr">
         <is>
-          <t>30JAN26</t>
+          <t>17MAR26</t>
         </is>
       </c>
       <c r="C616" t="inlineStr">
         <is>
           <t>Propane</t>
         </is>
       </c>
       <c r="D616" t="inlineStr">
         <is>
           <t>Propane en vrac (à partir de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E616" s="2" t="n">
-        <v>0.7035000000000026</v>
+        <v>0.850900000000003</v>
       </c>
     </row>
     <row r="617">
       <c r="A617" t="inlineStr">
         <is>
-          <t>JAN26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B617" t="inlineStr">
         <is>
-          <t>30JAN26</t>
+          <t>17MAR26</t>
         </is>
       </c>
       <c r="C617" t="inlineStr">
         <is>
           <t>Propane</t>
         </is>
       </c>
       <c r="D617" t="inlineStr">
         <is>
           <t>Propane en vrac (moins de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E617" s="2" t="n">
-        <v>0.7935000000000028</v>
+        <v>0.9409000000000033</v>
       </c>
     </row>
     <row r="618">
       <c r="A618" t="inlineStr">
         <is>
-          <t>JAN26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B618" t="inlineStr">
         <is>
-          <t>30JAN26</t>
+          <t>17MAR26</t>
         </is>
       </c>
       <c r="C618" t="inlineStr">
         <is>
           <t>Butane + LPG</t>
         </is>
       </c>
       <c r="D618" t="inlineStr">
         <is>
           <t>Autogas LPG (à la pompe) (€/L)</t>
         </is>
       </c>
       <c r="E618" s="2" t="n">
-        <v>0.8210000000000028</v>
+        <v>0.9370000000000034</v>
       </c>
     </row>
     <row r="619">
       <c r="A619" t="inlineStr">
         <is>
-          <t>JAN26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B619" t="inlineStr">
         <is>
-          <t>30JAN26</t>
+          <t>17MAR26</t>
         </is>
       </c>
       <c r="C619" t="inlineStr">
         <is>
           <t>Butane + LPG</t>
         </is>
       </c>
       <c r="D619" t="inlineStr">
         <is>
           <t>Autogas LPG (moins de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E619" s="2" t="n">
-        <v>0.8158000000000029</v>
+        <v>0.9747000000000035</v>
       </c>
     </row>
     <row r="620">
       <c r="A620" t="inlineStr">
         <is>
-          <t>JAN26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B620" t="inlineStr">
         <is>
-          <t>30JAN26</t>
+          <t>17MAR26</t>
         </is>
       </c>
       <c r="C620" t="inlineStr">
         <is>
           <t>Butane + LPG</t>
         </is>
       </c>
       <c r="D620" t="inlineStr">
         <is>
           <t>Autogas LPG (à partir de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E620" s="2" t="n">
-        <v>0.7258000000000026</v>
+        <v>0.8846000000000032</v>
       </c>
     </row>
     <row r="621">
       <c r="A621" t="inlineStr">
         <is>
-          <t>JAN26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B621" t="inlineStr">
         <is>
-          <t>30JAN26</t>
+          <t>17MAR26</t>
         </is>
       </c>
       <c r="C621" t="inlineStr">
         <is>
           <t>Fuel Oil</t>
         </is>
       </c>
       <c r="D621" t="inlineStr">
         <is>
           <t>Fuel oil extra lourd 1% S (en camion citerne) (€/T)</t>
         </is>
       </c>
       <c r="E621"/>
     </row>
     <row r="622">
       <c r="A622" t="inlineStr">
         <is>
-          <t>JAN26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B622" t="inlineStr">
         <is>
-          <t>31JAN26</t>
+          <t>18MAR26</t>
         </is>
       </c>
       <c r="C622" t="inlineStr">
         <is>
           <t>Essences</t>
         </is>
       </c>
       <c r="D622" t="inlineStr">
         <is>
           <t>Essence 95 RON E5 (€/L)</t>
         </is>
       </c>
       <c r="E622" s="2" t="n">
-        <v>1.5980000000000059</v>
+        <v>1.7610000000000061</v>
       </c>
     </row>
     <row r="623">
       <c r="A623" t="inlineStr">
         <is>
-          <t>JAN26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B623" t="inlineStr">
         <is>
-          <t>31JAN26</t>
+          <t>18MAR26</t>
         </is>
       </c>
       <c r="C623" t="inlineStr">
         <is>
           <t>Essences</t>
         </is>
       </c>
       <c r="D623" t="inlineStr">
         <is>
           <t>Essence 95 RON E10 (€/L)</t>
         </is>
       </c>
       <c r="E623" s="2" t="n">
-        <v>1.5840000000000056</v>
+        <v>1.7500000000000062</v>
       </c>
     </row>
     <row r="624">
       <c r="A624" t="inlineStr">
         <is>
-          <t>JAN26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B624" t="inlineStr">
         <is>
-          <t>31JAN26</t>
+          <t>18MAR26</t>
         </is>
       </c>
       <c r="C624" t="inlineStr">
         <is>
           <t>Essences</t>
         </is>
       </c>
       <c r="D624" t="inlineStr">
         <is>
           <t>Essence 98 RON E5 (€/L)</t>
         </is>
       </c>
       <c r="E624" s="2" t="n">
-        <v>1.6410000000000058</v>
+        <v>1.8160000000000065</v>
       </c>
     </row>
     <row r="625">
       <c r="A625" t="inlineStr">
         <is>
-          <t>JAN26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B625" t="inlineStr">
         <is>
-          <t>31JAN26</t>
+          <t>18MAR26</t>
         </is>
       </c>
       <c r="C625" t="inlineStr">
         <is>
           <t>Essences</t>
         </is>
       </c>
       <c r="D625" t="inlineStr">
         <is>
           <t>Essence 98 RON E10 (€/L)</t>
         </is>
       </c>
       <c r="E625" s="2" t="n">
-        <v>1.6370000000000058</v>
+        <v>1.8110000000000064</v>
       </c>
     </row>
     <row r="626">
       <c r="A626" t="inlineStr">
         <is>
-          <t>JAN26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B626" t="inlineStr">
         <is>
-          <t>31JAN26</t>
+          <t>18MAR26</t>
         </is>
       </c>
       <c r="C626" t="inlineStr">
         <is>
           <t>Gasoil Diesel routier</t>
         </is>
       </c>
       <c r="D626" t="inlineStr">
         <is>
           <t>Diesel B7 (€/L)</t>
         </is>
       </c>
       <c r="E626" s="2" t="n">
-        <v>1.7190000000000063</v>
+        <v>2.1070000000000078</v>
       </c>
     </row>
     <row r="627">
       <c r="A627" t="inlineStr">
         <is>
-          <t>JAN26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B627" t="inlineStr">
         <is>
-          <t>31JAN26</t>
+          <t>18MAR26</t>
         </is>
       </c>
       <c r="C627" t="inlineStr">
         <is>
           <t>Gasoil Diesel routier</t>
         </is>
       </c>
       <c r="D627" t="inlineStr">
         <is>
           <t>Diesel B10 (€/L)</t>
         </is>
       </c>
       <c r="E627" s="2" t="n">
-        <v>1.713000000000006</v>
+        <v>2.0980000000000074</v>
       </c>
     </row>
     <row r="628">
       <c r="A628" t="inlineStr">
         <is>
-          <t>JAN26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B628" t="inlineStr">
         <is>
-          <t>31JAN26</t>
+          <t>18MAR26</t>
         </is>
       </c>
       <c r="C628" t="inlineStr">
         <is>
           <t>Gasoil Diesel routier</t>
         </is>
       </c>
       <c r="D628" t="inlineStr">
         <is>
           <t>Diesel B20 (€/L)</t>
         </is>
       </c>
       <c r="E628" s="2" t="n">
-        <v>1.7260000000000062</v>
+        <v>2.0890000000000075</v>
       </c>
     </row>
     <row r="629">
       <c r="A629" t="inlineStr">
         <is>
-          <t>JAN26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B629" t="inlineStr">
         <is>
-          <t>31JAN26</t>
+          <t>18MAR26</t>
         </is>
       </c>
       <c r="C629" t="inlineStr">
         <is>
           <t>Gasoil Diesel routier</t>
         </is>
       </c>
       <c r="D629" t="inlineStr">
         <is>
           <t>Diesel B30 (€/L)</t>
         </is>
       </c>
       <c r="E629" s="2" t="n">
-        <v>1.7910000000000064</v>
+        <v>2.1190000000000078</v>
       </c>
     </row>
     <row r="630">
       <c r="A630" t="inlineStr">
         <is>
-          <t>JAN26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B630" t="inlineStr">
         <is>
-          <t>31JAN26</t>
+          <t>18MAR26</t>
         </is>
       </c>
       <c r="C630" t="inlineStr">
         <is>
           <t>Gasoil Diesel routier</t>
         </is>
       </c>
       <c r="D630" t="inlineStr">
         <is>
           <t>Diesel XTL (€/L)</t>
         </is>
       </c>
       <c r="E630" s="2" t="n">
-        <v>3.141000000000011</v>
+        <v>3.4590000000000125</v>
       </c>
     </row>
     <row r="631">
       <c r="A631" t="inlineStr">
         <is>
-          <t>JAN26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B631" t="inlineStr">
         <is>
-          <t>31JAN26</t>
+          <t>18MAR26</t>
         </is>
       </c>
       <c r="C631" t="inlineStr">
         <is>
           <t>Gasoil Diesel (application chauffage)</t>
         </is>
       </c>
       <c r="D631" t="inlineStr">
         <is>
           <t>Gasoil Diesel Chauffage (à partir de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E631" s="2" t="n">
-        <v>0.7900000000000028</v>
+        <v>1.2334000000000045</v>
       </c>
     </row>
     <row r="632">
       <c r="A632" t="inlineStr">
         <is>
-          <t>JAN26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B632" t="inlineStr">
         <is>
-          <t>31JAN26</t>
+          <t>18MAR26</t>
         </is>
       </c>
       <c r="C632" t="inlineStr">
         <is>
           <t>Gasoil Diesel (application chauffage)</t>
         </is>
       </c>
       <c r="D632" t="inlineStr">
         <is>
           <t>Gasoil Diesel Chauffage (moins de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E632" s="2" t="n">
-        <v>0.830300000000003</v>
+        <v>1.2737000000000045</v>
       </c>
     </row>
     <row r="633">
       <c r="A633" t="inlineStr">
         <is>
-          <t>JAN26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B633" t="inlineStr">
         <is>
-          <t>31JAN26</t>
+          <t>18MAR26</t>
         </is>
       </c>
       <c r="C633" t="inlineStr">
         <is>
           <t>Gasoil Diesel (application agriculture)</t>
         </is>
       </c>
       <c r="D633" t="inlineStr">
         <is>
           <t>Gasoil Diesel Agriculture (à partir de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E633" s="2" t="n">
-        <v>0.7648000000000027</v>
+        <v>1.2082000000000042</v>
       </c>
     </row>
     <row r="634">
       <c r="A634" t="inlineStr">
         <is>
-          <t>JAN26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B634" t="inlineStr">
         <is>
-          <t>31JAN26</t>
+          <t>18MAR26</t>
         </is>
       </c>
       <c r="C634" t="inlineStr">
         <is>
           <t>Gasoil Diesel (application agriculture)</t>
         </is>
       </c>
       <c r="D634" t="inlineStr">
         <is>
           <t>Gasoil Diesel Agriculture (moins de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E634" s="2" t="n">
-        <v>0.8050000000000029</v>
+        <v>1.2484000000000044</v>
       </c>
     </row>
     <row r="635">
       <c r="A635" t="inlineStr">
         <is>
-          <t>JAN26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B635" t="inlineStr">
         <is>
-          <t>31JAN26</t>
+          <t>18MAR26</t>
         </is>
       </c>
       <c r="C635" t="inlineStr">
         <is>
           <t>Gasoil Diesel (application I&amp;C)</t>
         </is>
       </c>
       <c r="D635" t="inlineStr">
         <is>
           <t>Gasoil Diesel I&amp;C (à partir de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E635" s="2" t="n">
-        <v>0.7925000000000028</v>
+        <v>1.2359000000000044</v>
       </c>
     </row>
     <row r="636">
       <c r="A636" t="inlineStr">
         <is>
-          <t>JAN26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B636" t="inlineStr">
         <is>
-          <t>31JAN26</t>
+          <t>18MAR26</t>
         </is>
       </c>
       <c r="C636" t="inlineStr">
         <is>
           <t>Gasoil Diesel (application I&amp;C)</t>
         </is>
       </c>
       <c r="D636" t="inlineStr">
         <is>
           <t>Gasoil Diesel I&amp;C (moins de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E636" s="2" t="n">
-        <v>0.832700000000003</v>
+        <v>1.2761000000000045</v>
       </c>
     </row>
     <row r="637">
       <c r="A637" t="inlineStr">
         <is>
-          <t>JAN26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B637" t="inlineStr">
         <is>
-          <t>31JAN26</t>
+          <t>18MAR26</t>
         </is>
       </c>
       <c r="C637" t="inlineStr">
         <is>
           <t>Gasoil Diesel (application I&amp;C)</t>
         </is>
       </c>
       <c r="D637" t="inlineStr">
         <is>
           <t>Gasoil Diesel I&amp;C (à la pompe) (€/L)</t>
         </is>
       </c>
       <c r="E637" s="2" t="n">
-        <v>0.9440000000000033</v>
+        <v>1.387000000000005</v>
       </c>
     </row>
     <row r="638">
       <c r="A638" t="inlineStr">
         <is>
-          <t>JAN26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B638" t="inlineStr">
         <is>
-          <t>31JAN26</t>
+          <t>18MAR26</t>
         </is>
       </c>
       <c r="C638" t="inlineStr">
         <is>
           <t>Gasoil de chauffage</t>
         </is>
       </c>
       <c r="D638" t="inlineStr">
         <is>
           <t>Gasoil chauffage (H0/H7) (à partir de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E638" s="2" t="n">
-        <v>0.7900000000000028</v>
+        <v>1.2311000000000045</v>
       </c>
     </row>
     <row r="639">
       <c r="A639" t="inlineStr">
         <is>
-          <t>JAN26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B639" t="inlineStr">
         <is>
-          <t>31JAN26</t>
+          <t>18MAR26</t>
         </is>
       </c>
       <c r="C639" t="inlineStr">
         <is>
           <t>Gasoil de chauffage</t>
         </is>
       </c>
       <c r="D639" t="inlineStr">
         <is>
           <t>Gasoil chauffage (H0/H7) (moins de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E639" s="2" t="n">
-        <v>0.830300000000003</v>
+        <v>1.2713000000000045</v>
       </c>
     </row>
     <row r="640">
       <c r="A640" t="inlineStr">
         <is>
-          <t>JAN26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B640" t="inlineStr">
         <is>
-          <t>31JAN26</t>
+          <t>18MAR26</t>
         </is>
       </c>
       <c r="C640" t="inlineStr">
         <is>
           <t>Gasoil de chauffage</t>
         </is>
       </c>
       <c r="D640" t="inlineStr">
         <is>
           <t>Gasoil chauffage (H0/H7) (à la pompe) (€/L)</t>
         </is>
       </c>
       <c r="E640" s="2" t="n">
-        <v>0.9480000000000033</v>
+        <v>1.389000000000005</v>
       </c>
     </row>
     <row r="641">
       <c r="A641" t="inlineStr">
         <is>
-          <t>JAN26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B641" t="inlineStr">
         <is>
-          <t>31JAN26</t>
+          <t>18MAR26</t>
         </is>
       </c>
       <c r="C641" t="inlineStr">
         <is>
           <t>Pétrole lampant</t>
         </is>
       </c>
       <c r="D641" t="inlineStr">
         <is>
           <t>Petrole lampant type B (moins de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E641" s="2" t="n">
-        <v>0.8789000000000031</v>
+        <v>1.6008000000000058</v>
       </c>
     </row>
     <row r="642">
       <c r="A642" t="inlineStr">
         <is>
-          <t>JAN26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B642" t="inlineStr">
         <is>
-          <t>31JAN26</t>
+          <t>18MAR26</t>
         </is>
       </c>
       <c r="C642" t="inlineStr">
         <is>
           <t>Pétrole lampant</t>
         </is>
       </c>
       <c r="D642" t="inlineStr">
         <is>
           <t>Petrole lampant type B (à partir de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E642" s="2" t="n">
-        <v>0.838700000000003</v>
+        <v>1.5605000000000055</v>
       </c>
     </row>
     <row r="643">
       <c r="A643" t="inlineStr">
         <is>
-          <t>JAN26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B643" t="inlineStr">
         <is>
-          <t>31JAN26</t>
+          <t>18MAR26</t>
         </is>
       </c>
       <c r="C643" t="inlineStr">
         <is>
           <t>Pétrole lampant</t>
         </is>
       </c>
       <c r="D643" t="inlineStr">
         <is>
           <t>Petrole lampant type B (à la pompe) (€/L)</t>
         </is>
       </c>
       <c r="E643" s="2" t="n">
-        <v>0.9930000000000035</v>
+        <v>1.715000000000006</v>
       </c>
     </row>
     <row r="644">
       <c r="A644" t="inlineStr">
         <is>
-          <t>JAN26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B644" t="inlineStr">
         <is>
-          <t>31JAN26</t>
+          <t>18MAR26</t>
         </is>
       </c>
       <c r="C644" t="inlineStr">
         <is>
           <t>Pétrole lampant</t>
         </is>
       </c>
       <c r="D644" t="inlineStr">
         <is>
           <t>Petrole lampant type C (moins de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E644" s="2" t="n">
-        <v>0.9093000000000032</v>
+        <v>1.664000000000006</v>
       </c>
     </row>
     <row r="645">
       <c r="A645" t="inlineStr">
         <is>
-          <t>JAN26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B645" t="inlineStr">
         <is>
-          <t>31JAN26</t>
+          <t>18MAR26</t>
         </is>
       </c>
       <c r="C645" t="inlineStr">
         <is>
           <t>Pétrole lampant</t>
         </is>
       </c>
       <c r="D645" t="inlineStr">
         <is>
           <t>Petrole lampant type C (à partir de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E645" s="2" t="n">
-        <v>0.8691000000000031</v>
+        <v>1.6238000000000057</v>
       </c>
     </row>
     <row r="646">
       <c r="A646" t="inlineStr">
         <is>
-          <t>JAN26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B646" t="inlineStr">
         <is>
-          <t>31JAN26</t>
+          <t>18MAR26</t>
         </is>
       </c>
       <c r="C646" t="inlineStr">
         <is>
           <t>Pétrole lampant</t>
         </is>
       </c>
       <c r="D646" t="inlineStr">
         <is>
           <t>Petrole lampant type C (à la pompe) (€/L)</t>
         </is>
       </c>
       <c r="E646" s="2" t="n">
-        <v>1.0230000000000035</v>
+        <v>1.7780000000000062</v>
       </c>
     </row>
     <row r="647">
       <c r="A647" t="inlineStr">
         <is>
-          <t>JAN26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B647" t="inlineStr">
         <is>
-          <t>31JAN26</t>
+          <t>18MAR26</t>
         </is>
       </c>
       <c r="C647" t="inlineStr">
         <is>
           <t>Propane</t>
         </is>
       </c>
       <c r="D647" t="inlineStr">
         <is>
           <t>Propane en vrac (à partir de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E647" s="2" t="n">
-        <v>0.7207000000000026</v>
+        <v>0.850900000000003</v>
       </c>
     </row>
     <row r="648">
       <c r="A648" t="inlineStr">
         <is>
-          <t>JAN26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B648" t="inlineStr">
         <is>
-          <t>31JAN26</t>
+          <t>18MAR26</t>
         </is>
       </c>
       <c r="C648" t="inlineStr">
         <is>
           <t>Propane</t>
         </is>
       </c>
       <c r="D648" t="inlineStr">
         <is>
           <t>Propane en vrac (moins de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E648" s="2" t="n">
-        <v>0.8107000000000029</v>
+        <v>0.9409000000000033</v>
       </c>
     </row>
     <row r="649">
       <c r="A649" t="inlineStr">
         <is>
-          <t>JAN26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B649" t="inlineStr">
         <is>
-          <t>31JAN26</t>
+          <t>18MAR26</t>
         </is>
       </c>
       <c r="C649" t="inlineStr">
         <is>
           <t>Butane + LPG</t>
         </is>
       </c>
       <c r="D649" t="inlineStr">
         <is>
           <t>Autogas LPG (à la pompe) (€/L)</t>
         </is>
       </c>
       <c r="E649" s="2" t="n">
-        <v>0.8260000000000028</v>
+        <v>0.9370000000000034</v>
       </c>
     </row>
     <row r="650">
       <c r="A650" t="inlineStr">
         <is>
-          <t>JAN26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B650" t="inlineStr">
         <is>
-          <t>31JAN26</t>
+          <t>18MAR26</t>
         </is>
       </c>
       <c r="C650" t="inlineStr">
         <is>
           <t>Butane + LPG</t>
         </is>
       </c>
       <c r="D650" t="inlineStr">
         <is>
           <t>Autogas LPG (moins de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E650" s="2" t="n">
-        <v>0.830700000000003</v>
+        <v>0.9747000000000035</v>
       </c>
     </row>
     <row r="651">
       <c r="A651" t="inlineStr">
         <is>
-          <t>JAN26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B651" t="inlineStr">
         <is>
-          <t>31JAN26</t>
+          <t>18MAR26</t>
         </is>
       </c>
       <c r="C651" t="inlineStr">
         <is>
           <t>Butane + LPG</t>
         </is>
       </c>
       <c r="D651" t="inlineStr">
         <is>
           <t>Autogas LPG (à partir de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E651" s="2" t="n">
-        <v>0.7407000000000027</v>
+        <v>0.8846000000000032</v>
       </c>
     </row>
     <row r="652">
       <c r="A652" t="inlineStr">
         <is>
-          <t>JAN26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B652" t="inlineStr">
         <is>
-          <t>31JAN26</t>
+          <t>18MAR26</t>
         </is>
       </c>
       <c r="C652" t="inlineStr">
         <is>
           <t>Fuel Oil</t>
         </is>
       </c>
       <c r="D652" t="inlineStr">
         <is>
           <t>Fuel oil extra lourd 1% S (en camion citerne) (€/T)</t>
         </is>
       </c>
       <c r="E652"/>
     </row>
     <row r="653">
       <c r="A653" t="inlineStr">
         <is>
-          <t>FEB26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B653" t="inlineStr">
         <is>
-          <t>01FEB26</t>
+          <t>19MAR26</t>
         </is>
       </c>
       <c r="C653" t="inlineStr">
         <is>
           <t>Essences</t>
         </is>
       </c>
       <c r="D653" t="inlineStr">
         <is>
           <t>Essence 95 RON E5 (€/L)</t>
         </is>
       </c>
       <c r="E653" s="2" t="n">
-        <v>1.5980000000000059</v>
+        <v>1.8520000000000068</v>
       </c>
     </row>
     <row r="654">
       <c r="A654" t="inlineStr">
         <is>
-          <t>FEB26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B654" t="inlineStr">
         <is>
-          <t>01FEB26</t>
+          <t>19MAR26</t>
         </is>
       </c>
       <c r="C654" t="inlineStr">
         <is>
           <t>Essences</t>
         </is>
       </c>
       <c r="D654" t="inlineStr">
         <is>
           <t>Essence 95 RON E10 (€/L)</t>
         </is>
       </c>
       <c r="E654" s="2" t="n">
-        <v>1.5840000000000056</v>
+        <v>1.8360000000000065</v>
       </c>
     </row>
     <row r="655">
       <c r="A655" t="inlineStr">
         <is>
-          <t>FEB26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B655" t="inlineStr">
         <is>
-          <t>01FEB26</t>
+          <t>19MAR26</t>
         </is>
       </c>
       <c r="C655" t="inlineStr">
         <is>
           <t>Essences</t>
         </is>
       </c>
       <c r="D655" t="inlineStr">
         <is>
           <t>Essence 98 RON E5 (€/L)</t>
         </is>
       </c>
       <c r="E655" s="2" t="n">
-        <v>1.6410000000000058</v>
+        <v>1.9020000000000066</v>
       </c>
     </row>
     <row r="656">
       <c r="A656" t="inlineStr">
         <is>
-          <t>FEB26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B656" t="inlineStr">
         <is>
-          <t>01FEB26</t>
+          <t>19MAR26</t>
         </is>
       </c>
       <c r="C656" t="inlineStr">
         <is>
           <t>Essences</t>
         </is>
       </c>
       <c r="D656" t="inlineStr">
         <is>
           <t>Essence 98 RON E10 (€/L)</t>
         </is>
       </c>
       <c r="E656" s="2" t="n">
-        <v>1.6370000000000058</v>
+        <v>1.8990000000000067</v>
       </c>
     </row>
     <row r="657">
       <c r="A657" t="inlineStr">
         <is>
-          <t>FEB26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B657" t="inlineStr">
         <is>
-          <t>01FEB26</t>
+          <t>19MAR26</t>
         </is>
       </c>
       <c r="C657" t="inlineStr">
         <is>
           <t>Gasoil Diesel routier</t>
         </is>
       </c>
       <c r="D657" t="inlineStr">
         <is>
           <t>Diesel B7 (€/L)</t>
         </is>
       </c>
       <c r="E657" s="2" t="n">
-        <v>1.7190000000000063</v>
+        <v>2.1070000000000078</v>
       </c>
     </row>
     <row r="658">
       <c r="A658" t="inlineStr">
         <is>
-          <t>FEB26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B658" t="inlineStr">
         <is>
-          <t>01FEB26</t>
+          <t>19MAR26</t>
         </is>
       </c>
       <c r="C658" t="inlineStr">
         <is>
           <t>Gasoil Diesel routier</t>
         </is>
       </c>
       <c r="D658" t="inlineStr">
         <is>
           <t>Diesel B10 (€/L)</t>
         </is>
       </c>
       <c r="E658" s="2" t="n">
-        <v>1.713000000000006</v>
+        <v>2.0980000000000074</v>
       </c>
     </row>
     <row r="659">
       <c r="A659" t="inlineStr">
         <is>
-          <t>FEB26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B659" t="inlineStr">
         <is>
-          <t>01FEB26</t>
+          <t>19MAR26</t>
         </is>
       </c>
       <c r="C659" t="inlineStr">
         <is>
           <t>Gasoil Diesel routier</t>
         </is>
       </c>
       <c r="D659" t="inlineStr">
         <is>
           <t>Diesel B20 (€/L)</t>
         </is>
       </c>
       <c r="E659" s="2" t="n">
-        <v>1.7260000000000062</v>
+        <v>2.0890000000000075</v>
       </c>
     </row>
     <row r="660">
       <c r="A660" t="inlineStr">
         <is>
-          <t>FEB26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B660" t="inlineStr">
         <is>
-          <t>01FEB26</t>
+          <t>19MAR26</t>
         </is>
       </c>
       <c r="C660" t="inlineStr">
         <is>
           <t>Gasoil Diesel routier</t>
         </is>
       </c>
       <c r="D660" t="inlineStr">
         <is>
           <t>Diesel B30 (€/L)</t>
         </is>
       </c>
       <c r="E660" s="2" t="n">
-        <v>1.7910000000000064</v>
+        <v>2.1190000000000078</v>
       </c>
     </row>
     <row r="661">
       <c r="A661" t="inlineStr">
         <is>
-          <t>FEB26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B661" t="inlineStr">
         <is>
-          <t>01FEB26</t>
+          <t>19MAR26</t>
         </is>
       </c>
       <c r="C661" t="inlineStr">
         <is>
           <t>Gasoil Diesel routier</t>
         </is>
       </c>
       <c r="D661" t="inlineStr">
         <is>
           <t>Diesel XTL (€/L)</t>
         </is>
       </c>
       <c r="E661" s="2" t="n">
-        <v>3.141000000000011</v>
+        <v>3.4590000000000125</v>
       </c>
     </row>
     <row r="662">
       <c r="A662" t="inlineStr">
         <is>
-          <t>FEB26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B662" t="inlineStr">
         <is>
-          <t>01FEB26</t>
+          <t>19MAR26</t>
         </is>
       </c>
       <c r="C662" t="inlineStr">
         <is>
           <t>Gasoil Diesel (application chauffage)</t>
         </is>
       </c>
       <c r="D662" t="inlineStr">
         <is>
           <t>Gasoil Diesel Chauffage (à partir de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E662" s="2" t="n">
-        <v>0.7900000000000028</v>
+        <v>1.2473000000000045</v>
       </c>
     </row>
     <row r="663">
       <c r="A663" t="inlineStr">
         <is>
-          <t>FEB26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B663" t="inlineStr">
         <is>
-          <t>01FEB26</t>
+          <t>19MAR26</t>
         </is>
       </c>
       <c r="C663" t="inlineStr">
         <is>
           <t>Gasoil Diesel (application chauffage)</t>
         </is>
       </c>
       <c r="D663" t="inlineStr">
         <is>
           <t>Gasoil Diesel Chauffage (moins de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E663" s="2" t="n">
-        <v>0.830300000000003</v>
+        <v>1.2875000000000048</v>
       </c>
     </row>
     <row r="664">
       <c r="A664" t="inlineStr">
         <is>
-          <t>FEB26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B664" t="inlineStr">
         <is>
-          <t>01FEB26</t>
+          <t>19MAR26</t>
         </is>
       </c>
       <c r="C664" t="inlineStr">
         <is>
           <t>Gasoil Diesel (application agriculture)</t>
         </is>
       </c>
       <c r="D664" t="inlineStr">
         <is>
           <t>Gasoil Diesel Agriculture (à partir de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E664" s="2" t="n">
-        <v>0.7648000000000027</v>
+        <v>1.2221000000000044</v>
       </c>
     </row>
     <row r="665">
       <c r="A665" t="inlineStr">
         <is>
-          <t>FEB26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B665" t="inlineStr">
         <is>
-          <t>01FEB26</t>
+          <t>19MAR26</t>
         </is>
       </c>
       <c r="C665" t="inlineStr">
         <is>
           <t>Gasoil Diesel (application agriculture)</t>
         </is>
       </c>
       <c r="D665" t="inlineStr">
         <is>
           <t>Gasoil Diesel Agriculture (moins de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E665" s="2" t="n">
-        <v>0.8050000000000029</v>
+        <v>1.2623000000000044</v>
       </c>
     </row>
     <row r="666">
       <c r="A666" t="inlineStr">
         <is>
-          <t>FEB26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B666" t="inlineStr">
         <is>
-          <t>01FEB26</t>
+          <t>19MAR26</t>
         </is>
       </c>
       <c r="C666" t="inlineStr">
         <is>
           <t>Gasoil Diesel (application I&amp;C)</t>
         </is>
       </c>
       <c r="D666" t="inlineStr">
         <is>
           <t>Gasoil Diesel I&amp;C (à partir de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E666" s="2" t="n">
-        <v>0.7925000000000028</v>
+        <v>1.2497000000000045</v>
       </c>
     </row>
     <row r="667">
       <c r="A667" t="inlineStr">
         <is>
-          <t>FEB26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B667" t="inlineStr">
         <is>
-          <t>01FEB26</t>
+          <t>19MAR26</t>
         </is>
       </c>
       <c r="C667" t="inlineStr">
         <is>
           <t>Gasoil Diesel (application I&amp;C)</t>
         </is>
       </c>
       <c r="D667" t="inlineStr">
         <is>
           <t>Gasoil Diesel I&amp;C (moins de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E667" s="2" t="n">
-        <v>0.832700000000003</v>
+        <v>1.2900000000000047</v>
       </c>
     </row>
     <row r="668">
       <c r="A668" t="inlineStr">
         <is>
-          <t>FEB26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B668" t="inlineStr">
         <is>
-          <t>01FEB26</t>
+          <t>19MAR26</t>
         </is>
       </c>
       <c r="C668" t="inlineStr">
         <is>
           <t>Gasoil Diesel (application I&amp;C)</t>
         </is>
       </c>
       <c r="D668" t="inlineStr">
         <is>
           <t>Gasoil Diesel I&amp;C (à la pompe) (€/L)</t>
         </is>
       </c>
       <c r="E668" s="2" t="n">
-        <v>0.9440000000000033</v>
+        <v>1.401000000000005</v>
       </c>
     </row>
     <row r="669">
       <c r="A669" t="inlineStr">
         <is>
-          <t>FEB26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B669" t="inlineStr">
         <is>
-          <t>01FEB26</t>
+          <t>19MAR26</t>
         </is>
       </c>
       <c r="C669" t="inlineStr">
         <is>
           <t>Gasoil de chauffage</t>
         </is>
       </c>
       <c r="D669" t="inlineStr">
         <is>
           <t>Gasoil chauffage (H0/H7) (à partir de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E669" s="2" t="n">
-        <v>0.7900000000000028</v>
+        <v>1.2449000000000043</v>
       </c>
     </row>
     <row r="670">
       <c r="A670" t="inlineStr">
         <is>
-          <t>FEB26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B670" t="inlineStr">
         <is>
-          <t>01FEB26</t>
+          <t>19MAR26</t>
         </is>
       </c>
       <c r="C670" t="inlineStr">
         <is>
           <t>Gasoil de chauffage</t>
         </is>
       </c>
       <c r="D670" t="inlineStr">
         <is>
           <t>Gasoil chauffage (H0/H7) (moins de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E670" s="2" t="n">
-        <v>0.830300000000003</v>
+        <v>1.2851000000000046</v>
       </c>
     </row>
     <row r="671">
       <c r="A671" t="inlineStr">
         <is>
-          <t>FEB26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B671" t="inlineStr">
         <is>
-          <t>01FEB26</t>
+          <t>19MAR26</t>
         </is>
       </c>
       <c r="C671" t="inlineStr">
         <is>
           <t>Gasoil de chauffage</t>
         </is>
       </c>
       <c r="D671" t="inlineStr">
         <is>
           <t>Gasoil chauffage (H0/H7) (à la pompe) (€/L)</t>
         </is>
       </c>
       <c r="E671" s="2" t="n">
-        <v>0.9480000000000033</v>
+        <v>1.403000000000005</v>
       </c>
     </row>
     <row r="672">
       <c r="A672" t="inlineStr">
         <is>
-          <t>FEB26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B672" t="inlineStr">
         <is>
-          <t>01FEB26</t>
+          <t>19MAR26</t>
         </is>
       </c>
       <c r="C672" t="inlineStr">
         <is>
           <t>Pétrole lampant</t>
         </is>
       </c>
       <c r="D672" t="inlineStr">
         <is>
           <t>Petrole lampant type B (moins de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E672" s="2" t="n">
-        <v>0.8789000000000031</v>
+        <v>1.6008000000000058</v>
       </c>
     </row>
     <row r="673">
       <c r="A673" t="inlineStr">
         <is>
-          <t>FEB26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B673" t="inlineStr">
         <is>
-          <t>01FEB26</t>
+          <t>19MAR26</t>
         </is>
       </c>
       <c r="C673" t="inlineStr">
         <is>
           <t>Pétrole lampant</t>
         </is>
       </c>
       <c r="D673" t="inlineStr">
         <is>
           <t>Petrole lampant type B (à partir de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E673" s="2" t="n">
-        <v>0.838700000000003</v>
+        <v>1.5605000000000055</v>
       </c>
     </row>
     <row r="674">
       <c r="A674" t="inlineStr">
         <is>
-          <t>FEB26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B674" t="inlineStr">
         <is>
-          <t>01FEB26</t>
+          <t>19MAR26</t>
         </is>
       </c>
       <c r="C674" t="inlineStr">
         <is>
           <t>Pétrole lampant</t>
         </is>
       </c>
       <c r="D674" t="inlineStr">
         <is>
           <t>Petrole lampant type B (à la pompe) (€/L)</t>
         </is>
       </c>
       <c r="E674" s="2" t="n">
-        <v>0.9930000000000035</v>
+        <v>1.715000000000006</v>
       </c>
     </row>
     <row r="675">
       <c r="A675" t="inlineStr">
         <is>
-          <t>FEB26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B675" t="inlineStr">
         <is>
-          <t>01FEB26</t>
+          <t>19MAR26</t>
         </is>
       </c>
       <c r="C675" t="inlineStr">
         <is>
           <t>Pétrole lampant</t>
         </is>
       </c>
       <c r="D675" t="inlineStr">
         <is>
           <t>Petrole lampant type C (moins de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E675" s="2" t="n">
-        <v>0.9093000000000032</v>
+        <v>1.664000000000006</v>
       </c>
     </row>
     <row r="676">
       <c r="A676" t="inlineStr">
         <is>
-          <t>FEB26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B676" t="inlineStr">
         <is>
-          <t>01FEB26</t>
+          <t>19MAR26</t>
         </is>
       </c>
       <c r="C676" t="inlineStr">
         <is>
           <t>Pétrole lampant</t>
         </is>
       </c>
       <c r="D676" t="inlineStr">
         <is>
           <t>Petrole lampant type C (à partir de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E676" s="2" t="n">
-        <v>0.8691000000000031</v>
+        <v>1.6238000000000057</v>
       </c>
     </row>
     <row r="677">
       <c r="A677" t="inlineStr">
         <is>
-          <t>FEB26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B677" t="inlineStr">
         <is>
-          <t>01FEB26</t>
+          <t>19MAR26</t>
         </is>
       </c>
       <c r="C677" t="inlineStr">
         <is>
           <t>Pétrole lampant</t>
         </is>
       </c>
       <c r="D677" t="inlineStr">
         <is>
           <t>Petrole lampant type C (à la pompe) (€/L)</t>
         </is>
       </c>
       <c r="E677" s="2" t="n">
-        <v>1.0230000000000035</v>
+        <v>1.7780000000000062</v>
       </c>
     </row>
     <row r="678">
       <c r="A678" t="inlineStr">
         <is>
-          <t>FEB26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B678" t="inlineStr">
         <is>
-          <t>01FEB26</t>
+          <t>19MAR26</t>
         </is>
       </c>
       <c r="C678" t="inlineStr">
         <is>
           <t>Propane</t>
         </is>
       </c>
       <c r="D678" t="inlineStr">
         <is>
           <t>Propane en vrac (à partir de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E678" s="2" t="n">
-        <v>0.7207000000000026</v>
+        <v>0.850900000000003</v>
       </c>
     </row>
     <row r="679">
       <c r="A679" t="inlineStr">
         <is>
-          <t>FEB26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B679" t="inlineStr">
         <is>
-          <t>01FEB26</t>
+          <t>19MAR26</t>
         </is>
       </c>
       <c r="C679" t="inlineStr">
         <is>
           <t>Propane</t>
         </is>
       </c>
       <c r="D679" t="inlineStr">
         <is>
           <t>Propane en vrac (moins de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E679" s="2" t="n">
-        <v>0.8107000000000029</v>
+        <v>0.9409000000000033</v>
       </c>
     </row>
     <row r="680">
       <c r="A680" t="inlineStr">
         <is>
-          <t>FEB26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B680" t="inlineStr">
         <is>
-          <t>01FEB26</t>
+          <t>19MAR26</t>
         </is>
       </c>
       <c r="C680" t="inlineStr">
         <is>
           <t>Butane + LPG</t>
         </is>
       </c>
       <c r="D680" t="inlineStr">
         <is>
           <t>Autogas LPG (à la pompe) (€/L)</t>
         </is>
       </c>
       <c r="E680" s="2" t="n">
-        <v>0.8260000000000028</v>
+        <v>0.9370000000000034</v>
       </c>
     </row>
     <row r="681">
       <c r="A681" t="inlineStr">
         <is>
-          <t>FEB26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B681" t="inlineStr">
         <is>
-          <t>01FEB26</t>
+          <t>19MAR26</t>
         </is>
       </c>
       <c r="C681" t="inlineStr">
         <is>
           <t>Butane + LPG</t>
         </is>
       </c>
       <c r="D681" t="inlineStr">
         <is>
           <t>Autogas LPG (moins de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E681" s="2" t="n">
-        <v>0.830700000000003</v>
+        <v>0.9747000000000035</v>
       </c>
     </row>
     <row r="682">
       <c r="A682" t="inlineStr">
         <is>
-          <t>FEB26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B682" t="inlineStr">
         <is>
-          <t>01FEB26</t>
+          <t>19MAR26</t>
         </is>
       </c>
       <c r="C682" t="inlineStr">
         <is>
           <t>Butane + LPG</t>
         </is>
       </c>
       <c r="D682" t="inlineStr">
         <is>
           <t>Autogas LPG (à partir de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E682" s="2" t="n">
-        <v>0.7407000000000027</v>
+        <v>0.8846000000000032</v>
       </c>
     </row>
     <row r="683">
       <c r="A683" t="inlineStr">
         <is>
-          <t>FEB26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B683" t="inlineStr">
         <is>
-          <t>01FEB26</t>
+          <t>19MAR26</t>
         </is>
       </c>
       <c r="C683" t="inlineStr">
         <is>
           <t>Fuel Oil</t>
         </is>
       </c>
       <c r="D683" t="inlineStr">
         <is>
           <t>Fuel oil extra lourd 1% S (en camion citerne) (€/T)</t>
         </is>
       </c>
       <c r="E683"/>
     </row>
     <row r="684">
       <c r="A684" t="inlineStr">
         <is>
-          <t>FEB26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B684" t="inlineStr">
         <is>
-          <t>02FEB26</t>
+          <t>20MAR26</t>
         </is>
       </c>
       <c r="C684" t="inlineStr">
         <is>
           <t>Essences</t>
         </is>
       </c>
       <c r="D684" t="inlineStr">
         <is>
           <t>Essence 95 RON E5 (€/L)</t>
         </is>
       </c>
       <c r="E684" s="2" t="n">
-        <v>1.5980000000000059</v>
+        <v>1.8520000000000068</v>
       </c>
     </row>
     <row r="685">
       <c r="A685" t="inlineStr">
         <is>
-          <t>FEB26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B685" t="inlineStr">
         <is>
-          <t>02FEB26</t>
+          <t>20MAR26</t>
         </is>
       </c>
       <c r="C685" t="inlineStr">
         <is>
           <t>Essences</t>
         </is>
       </c>
       <c r="D685" t="inlineStr">
         <is>
           <t>Essence 95 RON E10 (€/L)</t>
         </is>
       </c>
       <c r="E685" s="2" t="n">
-        <v>1.5840000000000056</v>
+        <v>1.8360000000000065</v>
       </c>
     </row>
     <row r="686">
       <c r="A686" t="inlineStr">
         <is>
-          <t>FEB26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B686" t="inlineStr">
         <is>
-          <t>02FEB26</t>
+          <t>20MAR26</t>
         </is>
       </c>
       <c r="C686" t="inlineStr">
         <is>
           <t>Essences</t>
         </is>
       </c>
       <c r="D686" t="inlineStr">
         <is>
           <t>Essence 98 RON E5 (€/L)</t>
         </is>
       </c>
       <c r="E686" s="2" t="n">
-        <v>1.6410000000000058</v>
+        <v>1.9020000000000066</v>
       </c>
     </row>
     <row r="687">
       <c r="A687" t="inlineStr">
         <is>
-          <t>FEB26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B687" t="inlineStr">
         <is>
-          <t>02FEB26</t>
+          <t>20MAR26</t>
         </is>
       </c>
       <c r="C687" t="inlineStr">
         <is>
           <t>Essences</t>
         </is>
       </c>
       <c r="D687" t="inlineStr">
         <is>
           <t>Essence 98 RON E10 (€/L)</t>
         </is>
       </c>
       <c r="E687" s="2" t="n">
-        <v>1.6370000000000058</v>
+        <v>1.8990000000000067</v>
       </c>
     </row>
     <row r="688">
       <c r="A688" t="inlineStr">
         <is>
-          <t>FEB26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B688" t="inlineStr">
         <is>
-          <t>02FEB26</t>
+          <t>20MAR26</t>
         </is>
       </c>
       <c r="C688" t="inlineStr">
         <is>
           <t>Gasoil Diesel routier</t>
         </is>
       </c>
       <c r="D688" t="inlineStr">
         <is>
           <t>Diesel B7 (€/L)</t>
         </is>
       </c>
       <c r="E688" s="2" t="n">
-        <v>1.7190000000000063</v>
+        <v>2.1070000000000078</v>
       </c>
     </row>
     <row r="689">
       <c r="A689" t="inlineStr">
         <is>
-          <t>FEB26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B689" t="inlineStr">
         <is>
-          <t>02FEB26</t>
+          <t>20MAR26</t>
         </is>
       </c>
       <c r="C689" t="inlineStr">
         <is>
           <t>Gasoil Diesel routier</t>
         </is>
       </c>
       <c r="D689" t="inlineStr">
         <is>
           <t>Diesel B10 (€/L)</t>
         </is>
       </c>
       <c r="E689" s="2" t="n">
-        <v>1.713000000000006</v>
+        <v>2.0980000000000074</v>
       </c>
     </row>
     <row r="690">
       <c r="A690" t="inlineStr">
         <is>
-          <t>FEB26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B690" t="inlineStr">
         <is>
-          <t>02FEB26</t>
+          <t>20MAR26</t>
         </is>
       </c>
       <c r="C690" t="inlineStr">
         <is>
           <t>Gasoil Diesel routier</t>
         </is>
       </c>
       <c r="D690" t="inlineStr">
         <is>
           <t>Diesel B20 (€/L)</t>
         </is>
       </c>
       <c r="E690" s="2" t="n">
-        <v>1.7260000000000062</v>
+        <v>2.0890000000000075</v>
       </c>
     </row>
     <row r="691">
       <c r="A691" t="inlineStr">
         <is>
-          <t>FEB26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B691" t="inlineStr">
         <is>
-          <t>02FEB26</t>
+          <t>20MAR26</t>
         </is>
       </c>
       <c r="C691" t="inlineStr">
         <is>
           <t>Gasoil Diesel routier</t>
         </is>
       </c>
       <c r="D691" t="inlineStr">
         <is>
           <t>Diesel B30 (€/L)</t>
         </is>
       </c>
       <c r="E691" s="2" t="n">
-        <v>1.7910000000000064</v>
+        <v>2.1190000000000078</v>
       </c>
     </row>
     <row r="692">
       <c r="A692" t="inlineStr">
         <is>
-          <t>FEB26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B692" t="inlineStr">
         <is>
-          <t>02FEB26</t>
+          <t>20MAR26</t>
         </is>
       </c>
       <c r="C692" t="inlineStr">
         <is>
           <t>Gasoil Diesel routier</t>
         </is>
       </c>
       <c r="D692" t="inlineStr">
         <is>
           <t>Diesel XTL (€/L)</t>
         </is>
       </c>
       <c r="E692" s="2" t="n">
-        <v>3.141000000000011</v>
+        <v>3.4590000000000125</v>
       </c>
     </row>
     <row r="693">
       <c r="A693" t="inlineStr">
         <is>
-          <t>FEB26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B693" t="inlineStr">
         <is>
-          <t>02FEB26</t>
+          <t>20MAR26</t>
         </is>
       </c>
       <c r="C693" t="inlineStr">
         <is>
           <t>Gasoil Diesel (application chauffage)</t>
         </is>
       </c>
       <c r="D693" t="inlineStr">
         <is>
           <t>Gasoil Diesel Chauffage (à partir de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E693" s="2" t="n">
-        <v>0.7900000000000028</v>
+        <v>1.3533000000000048</v>
       </c>
     </row>
     <row r="694">
       <c r="A694" t="inlineStr">
         <is>
-          <t>FEB26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B694" t="inlineStr">
         <is>
-          <t>02FEB26</t>
+          <t>20MAR26</t>
         </is>
       </c>
       <c r="C694" t="inlineStr">
         <is>
           <t>Gasoil Diesel (application chauffage)</t>
         </is>
       </c>
       <c r="D694" t="inlineStr">
         <is>
           <t>Gasoil Diesel Chauffage (moins de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E694" s="2" t="n">
-        <v>0.830300000000003</v>
+        <v>1.3935000000000048</v>
       </c>
     </row>
     <row r="695">
       <c r="A695" t="inlineStr">
         <is>
-          <t>FEB26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B695" t="inlineStr">
         <is>
-          <t>02FEB26</t>
+          <t>20MAR26</t>
         </is>
       </c>
       <c r="C695" t="inlineStr">
         <is>
           <t>Gasoil Diesel (application agriculture)</t>
         </is>
       </c>
       <c r="D695" t="inlineStr">
         <is>
           <t>Gasoil Diesel Agriculture (à partir de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E695" s="2" t="n">
-        <v>0.7648000000000027</v>
+        <v>1.3280000000000047</v>
       </c>
     </row>
     <row r="696">
       <c r="A696" t="inlineStr">
         <is>
-          <t>FEB26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B696" t="inlineStr">
         <is>
-          <t>02FEB26</t>
+          <t>20MAR26</t>
         </is>
       </c>
       <c r="C696" t="inlineStr">
         <is>
           <t>Gasoil Diesel (application agriculture)</t>
         </is>
       </c>
       <c r="D696" t="inlineStr">
         <is>
           <t>Gasoil Diesel Agriculture (moins de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E696" s="2" t="n">
-        <v>0.8050000000000029</v>
+        <v>1.368300000000005</v>
       </c>
     </row>
     <row r="697">
       <c r="A697" t="inlineStr">
         <is>
-          <t>FEB26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B697" t="inlineStr">
         <is>
-          <t>02FEB26</t>
+          <t>20MAR26</t>
         </is>
       </c>
       <c r="C697" t="inlineStr">
         <is>
           <t>Gasoil Diesel (application I&amp;C)</t>
         </is>
       </c>
       <c r="D697" t="inlineStr">
         <is>
           <t>Gasoil Diesel I&amp;C (à partir de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E697" s="2" t="n">
-        <v>0.7925000000000028</v>
+        <v>1.3557000000000048</v>
       </c>
     </row>
     <row r="698">
       <c r="A698" t="inlineStr">
         <is>
-          <t>FEB26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B698" t="inlineStr">
         <is>
-          <t>02FEB26</t>
+          <t>20MAR26</t>
         </is>
       </c>
       <c r="C698" t="inlineStr">
         <is>
           <t>Gasoil Diesel (application I&amp;C)</t>
         </is>
       </c>
       <c r="D698" t="inlineStr">
         <is>
           <t>Gasoil Diesel I&amp;C (moins de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E698" s="2" t="n">
-        <v>0.832700000000003</v>
+        <v>1.3960000000000048</v>
       </c>
     </row>
     <row r="699">
       <c r="A699" t="inlineStr">
         <is>
-          <t>FEB26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B699" t="inlineStr">
         <is>
-          <t>02FEB26</t>
+          <t>20MAR26</t>
         </is>
       </c>
       <c r="C699" t="inlineStr">
         <is>
           <t>Gasoil Diesel (application I&amp;C)</t>
         </is>
       </c>
       <c r="D699" t="inlineStr">
         <is>
           <t>Gasoil Diesel I&amp;C (à la pompe) (€/L)</t>
         </is>
       </c>
       <c r="E699" s="2" t="n">
-        <v>0.9440000000000033</v>
+        <v>1.5070000000000052</v>
       </c>
     </row>
     <row r="700">
       <c r="A700" t="inlineStr">
         <is>
-          <t>FEB26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B700" t="inlineStr">
         <is>
-          <t>02FEB26</t>
+          <t>20MAR26</t>
         </is>
       </c>
       <c r="C700" t="inlineStr">
         <is>
           <t>Gasoil de chauffage</t>
         </is>
       </c>
       <c r="D700" t="inlineStr">
         <is>
           <t>Gasoil chauffage (H0/H7) (à partir de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E700" s="2" t="n">
-        <v>0.7900000000000028</v>
+        <v>1.3087000000000046</v>
       </c>
     </row>
     <row r="701">
       <c r="A701" t="inlineStr">
         <is>
-          <t>FEB26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B701" t="inlineStr">
         <is>
-          <t>02FEB26</t>
+          <t>20MAR26</t>
         </is>
       </c>
       <c r="C701" t="inlineStr">
         <is>
           <t>Gasoil de chauffage</t>
         </is>
       </c>
       <c r="D701" t="inlineStr">
         <is>
           <t>Gasoil chauffage (H0/H7) (moins de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E701" s="2" t="n">
-        <v>0.830300000000003</v>
+        <v>1.3489000000000049</v>
       </c>
     </row>
     <row r="702">
       <c r="A702" t="inlineStr">
         <is>
-          <t>FEB26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B702" t="inlineStr">
         <is>
-          <t>02FEB26</t>
+          <t>20MAR26</t>
         </is>
       </c>
       <c r="C702" t="inlineStr">
         <is>
           <t>Gasoil de chauffage</t>
         </is>
       </c>
       <c r="D702" t="inlineStr">
         <is>
           <t>Gasoil chauffage (H0/H7) (à la pompe) (€/L)</t>
         </is>
       </c>
       <c r="E702" s="2" t="n">
-        <v>0.9480000000000033</v>
+        <v>1.4670000000000052</v>
       </c>
     </row>
     <row r="703">
       <c r="A703" t="inlineStr">
         <is>
-          <t>FEB26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B703" t="inlineStr">
         <is>
-          <t>02FEB26</t>
+          <t>20MAR26</t>
         </is>
       </c>
       <c r="C703" t="inlineStr">
         <is>
           <t>Pétrole lampant</t>
         </is>
       </c>
       <c r="D703" t="inlineStr">
         <is>
           <t>Petrole lampant type B (moins de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E703" s="2" t="n">
-        <v>0.8789000000000031</v>
+        <v>1.6008000000000058</v>
       </c>
     </row>
     <row r="704">
       <c r="A704" t="inlineStr">
         <is>
-          <t>FEB26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B704" t="inlineStr">
         <is>
-          <t>02FEB26</t>
+          <t>20MAR26</t>
         </is>
       </c>
       <c r="C704" t="inlineStr">
         <is>
           <t>Pétrole lampant</t>
         </is>
       </c>
       <c r="D704" t="inlineStr">
         <is>
           <t>Petrole lampant type B (à partir de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E704" s="2" t="n">
-        <v>0.838700000000003</v>
+        <v>1.5605000000000055</v>
       </c>
     </row>
     <row r="705">
       <c r="A705" t="inlineStr">
         <is>
-          <t>FEB26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B705" t="inlineStr">
         <is>
-          <t>02FEB26</t>
+          <t>20MAR26</t>
         </is>
       </c>
       <c r="C705" t="inlineStr">
         <is>
           <t>Pétrole lampant</t>
         </is>
       </c>
       <c r="D705" t="inlineStr">
         <is>
           <t>Petrole lampant type B (à la pompe) (€/L)</t>
         </is>
       </c>
       <c r="E705" s="2" t="n">
-        <v>0.9930000000000035</v>
+        <v>1.715000000000006</v>
       </c>
     </row>
     <row r="706">
       <c r="A706" t="inlineStr">
         <is>
-          <t>FEB26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B706" t="inlineStr">
         <is>
-          <t>02FEB26</t>
+          <t>20MAR26</t>
         </is>
       </c>
       <c r="C706" t="inlineStr">
         <is>
           <t>Pétrole lampant</t>
         </is>
       </c>
       <c r="D706" t="inlineStr">
         <is>
           <t>Petrole lampant type C (moins de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E706" s="2" t="n">
-        <v>0.9093000000000032</v>
+        <v>1.664000000000006</v>
       </c>
     </row>
     <row r="707">
       <c r="A707" t="inlineStr">
         <is>
-          <t>FEB26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B707" t="inlineStr">
         <is>
-          <t>02FEB26</t>
+          <t>20MAR26</t>
         </is>
       </c>
       <c r="C707" t="inlineStr">
         <is>
           <t>Pétrole lampant</t>
         </is>
       </c>
       <c r="D707" t="inlineStr">
         <is>
           <t>Petrole lampant type C (à partir de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E707" s="2" t="n">
-        <v>0.8691000000000031</v>
+        <v>1.6238000000000057</v>
       </c>
     </row>
     <row r="708">
       <c r="A708" t="inlineStr">
         <is>
-          <t>FEB26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B708" t="inlineStr">
         <is>
-          <t>02FEB26</t>
+          <t>20MAR26</t>
         </is>
       </c>
       <c r="C708" t="inlineStr">
         <is>
           <t>Pétrole lampant</t>
         </is>
       </c>
       <c r="D708" t="inlineStr">
         <is>
           <t>Petrole lampant type C (à la pompe) (€/L)</t>
         </is>
       </c>
       <c r="E708" s="2" t="n">
-        <v>1.0230000000000035</v>
+        <v>1.7780000000000062</v>
       </c>
     </row>
     <row r="709">
       <c r="A709" t="inlineStr">
         <is>
-          <t>FEB26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B709" t="inlineStr">
         <is>
-          <t>02FEB26</t>
+          <t>20MAR26</t>
         </is>
       </c>
       <c r="C709" t="inlineStr">
         <is>
           <t>Propane</t>
         </is>
       </c>
       <c r="D709" t="inlineStr">
         <is>
           <t>Propane en vrac (à partir de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E709" s="2" t="n">
-        <v>0.7207000000000026</v>
+        <v>0.9173000000000032</v>
       </c>
     </row>
     <row r="710">
       <c r="A710" t="inlineStr">
         <is>
-          <t>FEB26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B710" t="inlineStr">
         <is>
-          <t>02FEB26</t>
+          <t>20MAR26</t>
         </is>
       </c>
       <c r="C710" t="inlineStr">
         <is>
           <t>Propane</t>
         </is>
       </c>
       <c r="D710" t="inlineStr">
         <is>
           <t>Propane en vrac (moins de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E710" s="2" t="n">
-        <v>0.8107000000000029</v>
+        <v>1.0073000000000036</v>
       </c>
     </row>
     <row r="711">
       <c r="A711" t="inlineStr">
         <is>
-          <t>FEB26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B711" t="inlineStr">
         <is>
-          <t>02FEB26</t>
+          <t>20MAR26</t>
         </is>
       </c>
       <c r="C711" t="inlineStr">
         <is>
           <t>Butane + LPG</t>
         </is>
       </c>
       <c r="D711" t="inlineStr">
         <is>
           <t>Autogas LPG (à la pompe) (€/L)</t>
         </is>
       </c>
-      <c r="E711" s="2" t="n">
-        <v>0.8260000000000028</v>
+      <c r="E711" s="1" t="n">
+        <v>1.0</v>
       </c>
     </row>
     <row r="712">
       <c r="A712" t="inlineStr">
         <is>
-          <t>FEB26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B712" t="inlineStr">
         <is>
-          <t>02FEB26</t>
+          <t>20MAR26</t>
         </is>
       </c>
       <c r="C712" t="inlineStr">
         <is>
           <t>Butane + LPG</t>
         </is>
       </c>
       <c r="D712" t="inlineStr">
         <is>
           <t>Autogas LPG (moins de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E712" s="2" t="n">
-        <v>0.830700000000003</v>
+        <v>1.0507000000000037</v>
       </c>
     </row>
     <row r="713">
       <c r="A713" t="inlineStr">
         <is>
-          <t>FEB26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B713" t="inlineStr">
         <is>
-          <t>02FEB26</t>
+          <t>20MAR26</t>
         </is>
       </c>
       <c r="C713" t="inlineStr">
         <is>
           <t>Butane + LPG</t>
         </is>
       </c>
       <c r="D713" t="inlineStr">
         <is>
           <t>Autogas LPG (à partir de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E713" s="2" t="n">
-        <v>0.7407000000000027</v>
+        <v>0.9607000000000034</v>
       </c>
     </row>
     <row r="714">
       <c r="A714" t="inlineStr">
         <is>
-          <t>FEB26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B714" t="inlineStr">
         <is>
-          <t>02FEB26</t>
+          <t>20MAR26</t>
         </is>
       </c>
       <c r="C714" t="inlineStr">
         <is>
           <t>Fuel Oil</t>
         </is>
       </c>
       <c r="D714" t="inlineStr">
         <is>
           <t>Fuel oil extra lourd 1% S (en camion citerne) (€/T)</t>
         </is>
       </c>
       <c r="E714"/>
     </row>
     <row r="715">
       <c r="A715" t="inlineStr">
         <is>
-          <t>FEB26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B715" t="inlineStr">
         <is>
-          <t>03FEB26</t>
+          <t>21MAR26</t>
         </is>
       </c>
       <c r="C715" t="inlineStr">
         <is>
           <t>Essences</t>
         </is>
       </c>
       <c r="D715" t="inlineStr">
         <is>
           <t>Essence 95 RON E5 (€/L)</t>
         </is>
       </c>
       <c r="E715" s="2" t="n">
-        <v>1.5980000000000059</v>
+        <v>1.8520000000000068</v>
       </c>
     </row>
     <row r="716">
       <c r="A716" t="inlineStr">
         <is>
-          <t>FEB26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B716" t="inlineStr">
         <is>
-          <t>03FEB26</t>
+          <t>21MAR26</t>
         </is>
       </c>
       <c r="C716" t="inlineStr">
         <is>
           <t>Essences</t>
         </is>
       </c>
       <c r="D716" t="inlineStr">
         <is>
           <t>Essence 95 RON E10 (€/L)</t>
         </is>
       </c>
       <c r="E716" s="2" t="n">
-        <v>1.5840000000000056</v>
+        <v>1.8360000000000065</v>
       </c>
     </row>
     <row r="717">
       <c r="A717" t="inlineStr">
         <is>
-          <t>FEB26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B717" t="inlineStr">
         <is>
-          <t>03FEB26</t>
+          <t>21MAR26</t>
         </is>
       </c>
       <c r="C717" t="inlineStr">
         <is>
           <t>Essences</t>
         </is>
       </c>
       <c r="D717" t="inlineStr">
         <is>
           <t>Essence 98 RON E5 (€/L)</t>
         </is>
       </c>
       <c r="E717" s="2" t="n">
-        <v>1.6410000000000058</v>
+        <v>1.9020000000000066</v>
       </c>
     </row>
     <row r="718">
       <c r="A718" t="inlineStr">
         <is>
-          <t>FEB26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B718" t="inlineStr">
         <is>
-          <t>03FEB26</t>
+          <t>21MAR26</t>
         </is>
       </c>
       <c r="C718" t="inlineStr">
         <is>
           <t>Essences</t>
         </is>
       </c>
       <c r="D718" t="inlineStr">
         <is>
           <t>Essence 98 RON E10 (€/L)</t>
         </is>
       </c>
       <c r="E718" s="2" t="n">
-        <v>1.6370000000000058</v>
+        <v>1.8990000000000067</v>
       </c>
     </row>
     <row r="719">
       <c r="A719" t="inlineStr">
         <is>
-          <t>FEB26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B719" t="inlineStr">
         <is>
-          <t>03FEB26</t>
+          <t>21MAR26</t>
         </is>
       </c>
       <c r="C719" t="inlineStr">
         <is>
           <t>Gasoil Diesel routier</t>
         </is>
       </c>
       <c r="D719" t="inlineStr">
         <is>
           <t>Diesel B7 (€/L)</t>
         </is>
       </c>
       <c r="E719" s="2" t="n">
-        <v>1.7190000000000063</v>
+        <v>2.1070000000000078</v>
       </c>
     </row>
     <row r="720">
       <c r="A720" t="inlineStr">
         <is>
-          <t>FEB26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B720" t="inlineStr">
         <is>
-          <t>03FEB26</t>
+          <t>21MAR26</t>
         </is>
       </c>
       <c r="C720" t="inlineStr">
         <is>
           <t>Gasoil Diesel routier</t>
         </is>
       </c>
       <c r="D720" t="inlineStr">
         <is>
           <t>Diesel B10 (€/L)</t>
         </is>
       </c>
       <c r="E720" s="2" t="n">
-        <v>1.713000000000006</v>
+        <v>2.0980000000000074</v>
       </c>
     </row>
     <row r="721">
       <c r="A721" t="inlineStr">
         <is>
-          <t>FEB26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B721" t="inlineStr">
         <is>
-          <t>03FEB26</t>
+          <t>21MAR26</t>
         </is>
       </c>
       <c r="C721" t="inlineStr">
         <is>
           <t>Gasoil Diesel routier</t>
         </is>
       </c>
       <c r="D721" t="inlineStr">
         <is>
           <t>Diesel B20 (€/L)</t>
         </is>
       </c>
       <c r="E721" s="2" t="n">
-        <v>1.7260000000000062</v>
+        <v>2.0890000000000075</v>
       </c>
     </row>
     <row r="722">
       <c r="A722" t="inlineStr">
         <is>
-          <t>FEB26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B722" t="inlineStr">
         <is>
-          <t>03FEB26</t>
+          <t>21MAR26</t>
         </is>
       </c>
       <c r="C722" t="inlineStr">
         <is>
           <t>Gasoil Diesel routier</t>
         </is>
       </c>
       <c r="D722" t="inlineStr">
         <is>
           <t>Diesel B30 (€/L)</t>
         </is>
       </c>
       <c r="E722" s="2" t="n">
-        <v>1.7910000000000064</v>
+        <v>2.1190000000000078</v>
       </c>
     </row>
     <row r="723">
       <c r="A723" t="inlineStr">
         <is>
-          <t>FEB26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B723" t="inlineStr">
         <is>
-          <t>03FEB26</t>
+          <t>21MAR26</t>
         </is>
       </c>
       <c r="C723" t="inlineStr">
         <is>
           <t>Gasoil Diesel routier</t>
         </is>
       </c>
       <c r="D723" t="inlineStr">
         <is>
           <t>Diesel XTL (€/L)</t>
         </is>
       </c>
       <c r="E723" s="2" t="n">
-        <v>3.141000000000011</v>
+        <v>3.4590000000000125</v>
       </c>
     </row>
     <row r="724">
       <c r="A724" t="inlineStr">
         <is>
-          <t>FEB26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B724" t="inlineStr">
         <is>
-          <t>03FEB26</t>
+          <t>21MAR26</t>
         </is>
       </c>
       <c r="C724" t="inlineStr">
         <is>
           <t>Gasoil Diesel (application chauffage)</t>
         </is>
       </c>
       <c r="D724" t="inlineStr">
         <is>
           <t>Gasoil Diesel Chauffage (à partir de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E724" s="2" t="n">
-        <v>0.8176000000000029</v>
+        <v>1.4127000000000052</v>
       </c>
     </row>
     <row r="725">
       <c r="A725" t="inlineStr">
         <is>
-          <t>FEB26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B725" t="inlineStr">
         <is>
-          <t>03FEB26</t>
+          <t>21MAR26</t>
         </is>
       </c>
       <c r="C725" t="inlineStr">
         <is>
           <t>Gasoil Diesel (application chauffage)</t>
         </is>
       </c>
       <c r="D725" t="inlineStr">
         <is>
           <t>Gasoil Diesel Chauffage (moins de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E725" s="2" t="n">
-        <v>0.857800000000003</v>
+        <v>1.4529000000000052</v>
       </c>
     </row>
     <row r="726">
       <c r="A726" t="inlineStr">
         <is>
-          <t>FEB26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B726" t="inlineStr">
         <is>
-          <t>03FEB26</t>
+          <t>21MAR26</t>
         </is>
       </c>
       <c r="C726" t="inlineStr">
         <is>
           <t>Gasoil Diesel (application agriculture)</t>
         </is>
       </c>
       <c r="D726" t="inlineStr">
         <is>
           <t>Gasoil Diesel Agriculture (à partir de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E726" s="2" t="n">
-        <v>0.7923000000000028</v>
+        <v>1.3874000000000049</v>
       </c>
     </row>
     <row r="727">
       <c r="A727" t="inlineStr">
         <is>
-          <t>FEB26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B727" t="inlineStr">
         <is>
-          <t>03FEB26</t>
+          <t>21MAR26</t>
         </is>
       </c>
       <c r="C727" t="inlineStr">
         <is>
           <t>Gasoil Diesel (application agriculture)</t>
         </is>
       </c>
       <c r="D727" t="inlineStr">
         <is>
           <t>Gasoil Diesel Agriculture (moins de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E727" s="2" t="n">
-        <v>0.832600000000003</v>
+        <v>1.427700000000005</v>
       </c>
     </row>
     <row r="728">
       <c r="A728" t="inlineStr">
         <is>
-          <t>FEB26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B728" t="inlineStr">
         <is>
-          <t>03FEB26</t>
+          <t>21MAR26</t>
         </is>
       </c>
       <c r="C728" t="inlineStr">
         <is>
           <t>Gasoil Diesel (application I&amp;C)</t>
         </is>
       </c>
       <c r="D728" t="inlineStr">
         <is>
           <t>Gasoil Diesel I&amp;C (à partir de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E728" s="2" t="n">
-        <v>0.8200000000000028</v>
+        <v>1.4151000000000051</v>
       </c>
     </row>
     <row r="729">
       <c r="A729" t="inlineStr">
         <is>
-          <t>FEB26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B729" t="inlineStr">
         <is>
-          <t>03FEB26</t>
+          <t>21MAR26</t>
         </is>
       </c>
       <c r="C729" t="inlineStr">
         <is>
           <t>Gasoil Diesel (application I&amp;C)</t>
         </is>
       </c>
       <c r="D729" t="inlineStr">
         <is>
           <t>Gasoil Diesel I&amp;C (moins de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E729" s="2" t="n">
-        <v>0.8603000000000031</v>
+        <v>1.4554000000000051</v>
       </c>
     </row>
     <row r="730">
       <c r="A730" t="inlineStr">
         <is>
-          <t>FEB26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B730" t="inlineStr">
         <is>
-          <t>03FEB26</t>
+          <t>21MAR26</t>
         </is>
       </c>
       <c r="C730" t="inlineStr">
         <is>
           <t>Gasoil Diesel (application I&amp;C)</t>
         </is>
       </c>
       <c r="D730" t="inlineStr">
         <is>
           <t>Gasoil Diesel I&amp;C (à la pompe) (€/L)</t>
         </is>
       </c>
       <c r="E730" s="2" t="n">
-        <v>0.9710000000000034</v>
+        <v>1.5660000000000056</v>
       </c>
     </row>
     <row r="731">
       <c r="A731" t="inlineStr">
         <is>
-          <t>FEB26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B731" t="inlineStr">
         <is>
-          <t>03FEB26</t>
+          <t>21MAR26</t>
         </is>
       </c>
       <c r="C731" t="inlineStr">
         <is>
           <t>Gasoil de chauffage</t>
         </is>
       </c>
       <c r="D731" t="inlineStr">
         <is>
           <t>Gasoil chauffage (H0/H7) (à partir de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E731" s="2" t="n">
-        <v>0.8176000000000029</v>
+        <v>1.3657000000000048</v>
       </c>
     </row>
     <row r="732">
       <c r="A732" t="inlineStr">
         <is>
-          <t>FEB26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B732" t="inlineStr">
         <is>
-          <t>03FEB26</t>
+          <t>21MAR26</t>
         </is>
       </c>
       <c r="C732" t="inlineStr">
         <is>
           <t>Gasoil de chauffage</t>
         </is>
       </c>
       <c r="D732" t="inlineStr">
         <is>
           <t>Gasoil chauffage (H0/H7) (moins de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E732" s="2" t="n">
-        <v>0.857800000000003</v>
+        <v>1.4059000000000048</v>
       </c>
     </row>
     <row r="733">
       <c r="A733" t="inlineStr">
         <is>
-          <t>FEB26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B733" t="inlineStr">
         <is>
-          <t>03FEB26</t>
+          <t>21MAR26</t>
         </is>
       </c>
       <c r="C733" t="inlineStr">
         <is>
           <t>Gasoil de chauffage</t>
         </is>
       </c>
       <c r="D733" t="inlineStr">
         <is>
           <t>Gasoil chauffage (H0/H7) (à la pompe) (€/L)</t>
         </is>
       </c>
       <c r="E733" s="2" t="n">
-        <v>0.9760000000000034</v>
+        <v>1.5240000000000054</v>
       </c>
     </row>
     <row r="734">
       <c r="A734" t="inlineStr">
         <is>
-          <t>FEB26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B734" t="inlineStr">
         <is>
-          <t>03FEB26</t>
+          <t>21MAR26</t>
         </is>
       </c>
       <c r="C734" t="inlineStr">
         <is>
           <t>Pétrole lampant</t>
         </is>
       </c>
       <c r="D734" t="inlineStr">
         <is>
           <t>Petrole lampant type B (moins de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E734" s="2" t="n">
-        <v>0.9349000000000033</v>
+        <v>1.679000000000006</v>
       </c>
     </row>
     <row r="735">
       <c r="A735" t="inlineStr">
         <is>
-          <t>FEB26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B735" t="inlineStr">
         <is>
-          <t>03FEB26</t>
+          <t>21MAR26</t>
         </is>
       </c>
       <c r="C735" t="inlineStr">
         <is>
           <t>Pétrole lampant</t>
         </is>
       </c>
       <c r="D735" t="inlineStr">
         <is>
           <t>Petrole lampant type B (à partir de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E735" s="2" t="n">
-        <v>0.8947000000000033</v>
+        <v>1.6388000000000058</v>
       </c>
     </row>
     <row r="736">
       <c r="A736" t="inlineStr">
         <is>
-          <t>FEB26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B736" t="inlineStr">
         <is>
-          <t>03FEB26</t>
+          <t>21MAR26</t>
         </is>
       </c>
       <c r="C736" t="inlineStr">
         <is>
           <t>Pétrole lampant</t>
         </is>
       </c>
       <c r="D736" t="inlineStr">
         <is>
           <t>Petrole lampant type B (à la pompe) (€/L)</t>
         </is>
       </c>
       <c r="E736" s="2" t="n">
-        <v>1.0490000000000037</v>
+        <v>1.7930000000000064</v>
       </c>
     </row>
     <row r="737">
       <c r="A737" t="inlineStr">
         <is>
-          <t>FEB26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B737" t="inlineStr">
         <is>
-          <t>03FEB26</t>
+          <t>21MAR26</t>
         </is>
       </c>
       <c r="C737" t="inlineStr">
         <is>
           <t>Pétrole lampant</t>
         </is>
       </c>
       <c r="D737" t="inlineStr">
         <is>
           <t>Petrole lampant type C (moins de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E737" s="2" t="n">
-        <v>0.9678000000000034</v>
+        <v>1.7458000000000062</v>
       </c>
     </row>
     <row r="738">
       <c r="A738" t="inlineStr">
         <is>
-          <t>FEB26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B738" t="inlineStr">
         <is>
-          <t>03FEB26</t>
+          <t>21MAR26</t>
         </is>
       </c>
       <c r="C738" t="inlineStr">
         <is>
           <t>Pétrole lampant</t>
         </is>
       </c>
       <c r="D738" t="inlineStr">
         <is>
           <t>Petrole lampant type C (à partir de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E738" s="2" t="n">
-        <v>0.9276000000000033</v>
+        <v>1.705500000000006</v>
       </c>
     </row>
     <row r="739">
       <c r="A739" t="inlineStr">
         <is>
-          <t>FEB26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B739" t="inlineStr">
         <is>
-          <t>03FEB26</t>
+          <t>21MAR26</t>
         </is>
       </c>
       <c r="C739" t="inlineStr">
         <is>
           <t>Pétrole lampant</t>
         </is>
       </c>
       <c r="D739" t="inlineStr">
         <is>
           <t>Petrole lampant type C (à la pompe) (€/L)</t>
         </is>
       </c>
       <c r="E739" s="2" t="n">
-        <v>1.0820000000000038</v>
+        <v>1.8600000000000068</v>
       </c>
     </row>
     <row r="740">
       <c r="A740" t="inlineStr">
         <is>
-          <t>FEB26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B740" t="inlineStr">
         <is>
-          <t>03FEB26</t>
+          <t>21MAR26</t>
         </is>
       </c>
       <c r="C740" t="inlineStr">
         <is>
           <t>Propane</t>
         </is>
       </c>
       <c r="D740" t="inlineStr">
         <is>
           <t>Propane en vrac (à partir de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E740" s="2" t="n">
-        <v>0.7207000000000026</v>
+        <v>0.9173000000000032</v>
       </c>
     </row>
     <row r="741">
       <c r="A741" t="inlineStr">
         <is>
-          <t>FEB26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B741" t="inlineStr">
         <is>
-          <t>03FEB26</t>
+          <t>21MAR26</t>
         </is>
       </c>
       <c r="C741" t="inlineStr">
         <is>
           <t>Propane</t>
         </is>
       </c>
       <c r="D741" t="inlineStr">
         <is>
           <t>Propane en vrac (moins de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E741" s="2" t="n">
-        <v>0.8107000000000029</v>
+        <v>1.0073000000000036</v>
       </c>
     </row>
     <row r="742">
       <c r="A742" t="inlineStr">
         <is>
-          <t>FEB26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B742" t="inlineStr">
         <is>
-          <t>03FEB26</t>
+          <t>21MAR26</t>
         </is>
       </c>
       <c r="C742" t="inlineStr">
         <is>
           <t>Butane + LPG</t>
         </is>
       </c>
       <c r="D742" t="inlineStr">
         <is>
           <t>Autogas LPG (à la pompe) (€/L)</t>
         </is>
       </c>
-      <c r="E742" s="2" t="n">
-        <v>0.8260000000000028</v>
+      <c r="E742" s="1" t="n">
+        <v>1.0</v>
       </c>
     </row>
     <row r="743">
       <c r="A743" t="inlineStr">
         <is>
-          <t>FEB26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B743" t="inlineStr">
         <is>
-          <t>03FEB26</t>
+          <t>21MAR26</t>
         </is>
       </c>
       <c r="C743" t="inlineStr">
         <is>
           <t>Butane + LPG</t>
         </is>
       </c>
       <c r="D743" t="inlineStr">
         <is>
           <t>Autogas LPG (moins de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E743" s="2" t="n">
-        <v>0.830700000000003</v>
+        <v>1.0507000000000037</v>
       </c>
     </row>
     <row r="744">
       <c r="A744" t="inlineStr">
         <is>
-          <t>FEB26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B744" t="inlineStr">
         <is>
-          <t>03FEB26</t>
+          <t>21MAR26</t>
         </is>
       </c>
       <c r="C744" t="inlineStr">
         <is>
           <t>Butane + LPG</t>
         </is>
       </c>
       <c r="D744" t="inlineStr">
         <is>
           <t>Autogas LPG (à partir de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E744" s="2" t="n">
-        <v>0.7407000000000027</v>
+        <v>0.9607000000000034</v>
       </c>
     </row>
     <row r="745">
       <c r="A745" t="inlineStr">
         <is>
-          <t>FEB26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B745" t="inlineStr">
         <is>
-          <t>03FEB26</t>
+          <t>21MAR26</t>
         </is>
       </c>
       <c r="C745" t="inlineStr">
         <is>
           <t>Fuel Oil</t>
         </is>
       </c>
       <c r="D745" t="inlineStr">
         <is>
           <t>Fuel oil extra lourd 1% S (en camion citerne) (€/T)</t>
         </is>
       </c>
       <c r="E745"/>
     </row>
     <row r="746">
       <c r="A746" t="inlineStr">
         <is>
-          <t>FEB26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B746" t="inlineStr">
         <is>
-          <t>04FEB26</t>
+          <t>22MAR26</t>
         </is>
       </c>
       <c r="C746" t="inlineStr">
         <is>
           <t>Essences</t>
         </is>
       </c>
       <c r="D746" t="inlineStr">
         <is>
           <t>Essence 95 RON E5 (€/L)</t>
         </is>
       </c>
       <c r="E746" s="2" t="n">
-        <v>1.5980000000000059</v>
+        <v>1.8760000000000066</v>
       </c>
     </row>
     <row r="747">
       <c r="A747" t="inlineStr">
         <is>
-          <t>FEB26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B747" t="inlineStr">
         <is>
-          <t>04FEB26</t>
+          <t>22MAR26</t>
         </is>
       </c>
       <c r="C747" t="inlineStr">
         <is>
           <t>Essences</t>
         </is>
       </c>
       <c r="D747" t="inlineStr">
         <is>
           <t>Essence 95 RON E10 (€/L)</t>
         </is>
       </c>
       <c r="E747" s="2" t="n">
-        <v>1.5840000000000056</v>
+        <v>1.8630000000000067</v>
       </c>
     </row>
     <row r="748">
       <c r="A748" t="inlineStr">
         <is>
-          <t>FEB26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B748" t="inlineStr">
         <is>
-          <t>04FEB26</t>
+          <t>22MAR26</t>
         </is>
       </c>
       <c r="C748" t="inlineStr">
         <is>
           <t>Essences</t>
         </is>
       </c>
       <c r="D748" t="inlineStr">
         <is>
           <t>Essence 98 RON E5 (€/L)</t>
         </is>
       </c>
       <c r="E748" s="2" t="n">
-        <v>1.6410000000000058</v>
+        <v>1.929000000000007</v>
       </c>
     </row>
     <row r="749">
       <c r="A749" t="inlineStr">
         <is>
-          <t>FEB26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B749" t="inlineStr">
         <is>
-          <t>04FEB26</t>
+          <t>22MAR26</t>
         </is>
       </c>
       <c r="C749" t="inlineStr">
         <is>
           <t>Essences</t>
         </is>
       </c>
       <c r="D749" t="inlineStr">
         <is>
           <t>Essence 98 RON E10 (€/L)</t>
         </is>
       </c>
       <c r="E749" s="2" t="n">
-        <v>1.6370000000000058</v>
+        <v>1.9260000000000068</v>
       </c>
     </row>
     <row r="750">
       <c r="A750" t="inlineStr">
         <is>
-          <t>FEB26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B750" t="inlineStr">
         <is>
-          <t>04FEB26</t>
+          <t>22MAR26</t>
         </is>
       </c>
       <c r="C750" t="inlineStr">
         <is>
           <t>Gasoil Diesel routier</t>
         </is>
       </c>
       <c r="D750" t="inlineStr">
         <is>
           <t>Diesel B7 (€/L)</t>
         </is>
       </c>
       <c r="E750" s="2" t="n">
-        <v>1.7190000000000063</v>
+        <v>2.289000000000008</v>
       </c>
     </row>
     <row r="751">
       <c r="A751" t="inlineStr">
         <is>
-          <t>FEB26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B751" t="inlineStr">
         <is>
-          <t>04FEB26</t>
+          <t>22MAR26</t>
         </is>
       </c>
       <c r="C751" t="inlineStr">
         <is>
           <t>Gasoil Diesel routier</t>
         </is>
       </c>
       <c r="D751" t="inlineStr">
         <is>
           <t>Diesel B10 (€/L)</t>
         </is>
       </c>
       <c r="E751" s="2" t="n">
-        <v>1.713000000000006</v>
+        <v>2.281000000000008</v>
       </c>
     </row>
     <row r="752">
       <c r="A752" t="inlineStr">
         <is>
-          <t>FEB26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B752" t="inlineStr">
         <is>
-          <t>04FEB26</t>
+          <t>22MAR26</t>
         </is>
       </c>
       <c r="C752" t="inlineStr">
         <is>
           <t>Gasoil Diesel routier</t>
         </is>
       </c>
       <c r="D752" t="inlineStr">
         <is>
           <t>Diesel B20 (€/L)</t>
         </is>
       </c>
       <c r="E752" s="2" t="n">
-        <v>1.7260000000000062</v>
+        <v>2.268000000000008</v>
       </c>
     </row>
     <row r="753">
       <c r="A753" t="inlineStr">
         <is>
-          <t>FEB26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B753" t="inlineStr">
         <is>
-          <t>04FEB26</t>
+          <t>22MAR26</t>
         </is>
       </c>
       <c r="C753" t="inlineStr">
         <is>
           <t>Gasoil Diesel routier</t>
         </is>
       </c>
       <c r="D753" t="inlineStr">
         <is>
           <t>Diesel B30 (€/L)</t>
         </is>
       </c>
       <c r="E753" s="2" t="n">
-        <v>1.7910000000000064</v>
+        <v>2.282000000000008</v>
       </c>
     </row>
     <row r="754">
       <c r="A754" t="inlineStr">
         <is>
-          <t>FEB26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B754" t="inlineStr">
         <is>
-          <t>04FEB26</t>
+          <t>22MAR26</t>
         </is>
       </c>
       <c r="C754" t="inlineStr">
         <is>
           <t>Gasoil Diesel routier</t>
         </is>
       </c>
       <c r="D754" t="inlineStr">
         <is>
           <t>Diesel XTL (€/L)</t>
         </is>
       </c>
       <c r="E754" s="2" t="n">
-        <v>3.141000000000011</v>
+        <v>3.364000000000012</v>
       </c>
     </row>
     <row r="755">
       <c r="A755" t="inlineStr">
         <is>
-          <t>FEB26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B755" t="inlineStr">
         <is>
-          <t>04FEB26</t>
+          <t>22MAR26</t>
         </is>
       </c>
       <c r="C755" t="inlineStr">
         <is>
           <t>Gasoil Diesel (application chauffage)</t>
         </is>
       </c>
       <c r="D755" t="inlineStr">
         <is>
           <t>Gasoil Diesel Chauffage (à partir de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E755" s="2" t="n">
-        <v>0.7710000000000028</v>
+        <v>1.438100000000005</v>
       </c>
     </row>
     <row r="756">
       <c r="A756" t="inlineStr">
         <is>
-          <t>FEB26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B756" t="inlineStr">
         <is>
-          <t>04FEB26</t>
+          <t>22MAR26</t>
         </is>
       </c>
       <c r="C756" t="inlineStr">
         <is>
           <t>Gasoil Diesel (application chauffage)</t>
         </is>
       </c>
       <c r="D756" t="inlineStr">
         <is>
           <t>Gasoil Diesel Chauffage (moins de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E756" s="2" t="n">
-        <v>0.8113000000000029</v>
+        <v>1.4784000000000053</v>
       </c>
     </row>
     <row r="757">
       <c r="A757" t="inlineStr">
         <is>
-          <t>FEB26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B757" t="inlineStr">
         <is>
-          <t>04FEB26</t>
+          <t>22MAR26</t>
         </is>
       </c>
       <c r="C757" t="inlineStr">
         <is>
           <t>Gasoil Diesel (application agriculture)</t>
         </is>
       </c>
       <c r="D757" t="inlineStr">
         <is>
           <t>Gasoil Diesel Agriculture (à partir de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E757" s="2" t="n">
-        <v>0.7458000000000027</v>
+        <v>1.4129000000000052</v>
       </c>
     </row>
     <row r="758">
       <c r="A758" t="inlineStr">
         <is>
-          <t>FEB26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B758" t="inlineStr">
         <is>
-          <t>04FEB26</t>
+          <t>22MAR26</t>
         </is>
       </c>
       <c r="C758" t="inlineStr">
         <is>
           <t>Gasoil Diesel (application agriculture)</t>
         </is>
       </c>
       <c r="D758" t="inlineStr">
         <is>
           <t>Gasoil Diesel Agriculture (moins de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E758" s="2" t="n">
-        <v>0.7860000000000028</v>
+        <v>1.4531000000000052</v>
       </c>
     </row>
     <row r="759">
       <c r="A759" t="inlineStr">
         <is>
-          <t>FEB26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B759" t="inlineStr">
         <is>
-          <t>04FEB26</t>
+          <t>22MAR26</t>
         </is>
       </c>
       <c r="C759" t="inlineStr">
         <is>
           <t>Gasoil Diesel (application I&amp;C)</t>
         </is>
       </c>
       <c r="D759" t="inlineStr">
         <is>
           <t>Gasoil Diesel I&amp;C (à partir de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E759" s="2" t="n">
-        <v>0.7735000000000027</v>
+        <v>1.4406000000000052</v>
       </c>
     </row>
     <row r="760">
       <c r="A760" t="inlineStr">
         <is>
-          <t>FEB26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B760" t="inlineStr">
         <is>
-          <t>04FEB26</t>
+          <t>22MAR26</t>
         </is>
       </c>
       <c r="C760" t="inlineStr">
         <is>
           <t>Gasoil Diesel (application I&amp;C)</t>
         </is>
       </c>
       <c r="D760" t="inlineStr">
         <is>
           <t>Gasoil Diesel I&amp;C (moins de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E760" s="2" t="n">
-        <v>0.8137000000000029</v>
+        <v>1.4808000000000052</v>
       </c>
     </row>
     <row r="761">
       <c r="A761" t="inlineStr">
         <is>
-          <t>FEB26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B761" t="inlineStr">
         <is>
-          <t>04FEB26</t>
+          <t>22MAR26</t>
         </is>
       </c>
       <c r="C761" t="inlineStr">
         <is>
           <t>Gasoil Diesel (application I&amp;C)</t>
         </is>
       </c>
       <c r="D761" t="inlineStr">
         <is>
           <t>Gasoil Diesel I&amp;C (à la pompe) (€/L)</t>
         </is>
       </c>
       <c r="E761" s="2" t="n">
-        <v>0.9250000000000034</v>
+        <v>1.5920000000000056</v>
       </c>
     </row>
     <row r="762">
       <c r="A762" t="inlineStr">
         <is>
-          <t>FEB26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B762" t="inlineStr">
         <is>
-          <t>04FEB26</t>
+          <t>22MAR26</t>
         </is>
       </c>
       <c r="C762" t="inlineStr">
         <is>
           <t>Gasoil de chauffage</t>
         </is>
       </c>
       <c r="D762" t="inlineStr">
         <is>
           <t>Gasoil chauffage (H0/H7) (à partir de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E762" s="2" t="n">
-        <v>0.7710000000000028</v>
+        <v>1.390800000000005</v>
       </c>
     </row>
     <row r="763">
       <c r="A763" t="inlineStr">
         <is>
-          <t>FEB26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B763" t="inlineStr">
         <is>
-          <t>04FEB26</t>
+          <t>22MAR26</t>
         </is>
       </c>
       <c r="C763" t="inlineStr">
         <is>
           <t>Gasoil de chauffage</t>
         </is>
       </c>
       <c r="D763" t="inlineStr">
         <is>
           <t>Gasoil chauffage (H0/H7) (moins de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E763" s="2" t="n">
-        <v>0.8113000000000029</v>
+        <v>1.4310000000000052</v>
       </c>
     </row>
     <row r="764">
       <c r="A764" t="inlineStr">
         <is>
-          <t>FEB26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B764" t="inlineStr">
         <is>
-          <t>04FEB26</t>
+          <t>22MAR26</t>
         </is>
       </c>
       <c r="C764" t="inlineStr">
         <is>
           <t>Gasoil de chauffage</t>
         </is>
       </c>
       <c r="D764" t="inlineStr">
         <is>
           <t>Gasoil chauffage (H0/H7) (à la pompe) (€/L)</t>
         </is>
       </c>
       <c r="E764" s="2" t="n">
-        <v>0.9290000000000034</v>
+        <v>1.5490000000000055</v>
       </c>
     </row>
     <row r="765">
       <c r="A765" t="inlineStr">
         <is>
-          <t>FEB26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B765" t="inlineStr">
         <is>
-          <t>04FEB26</t>
+          <t>22MAR26</t>
         </is>
       </c>
       <c r="C765" t="inlineStr">
         <is>
           <t>Pétrole lampant</t>
         </is>
       </c>
       <c r="D765" t="inlineStr">
         <is>
           <t>Petrole lampant type B (moins de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E765" s="2" t="n">
-        <v>0.9349000000000033</v>
+        <v>1.679000000000006</v>
       </c>
     </row>
     <row r="766">
       <c r="A766" t="inlineStr">
         <is>
-          <t>FEB26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B766" t="inlineStr">
         <is>
-          <t>04FEB26</t>
+          <t>22MAR26</t>
         </is>
       </c>
       <c r="C766" t="inlineStr">
         <is>
           <t>Pétrole lampant</t>
         </is>
       </c>
       <c r="D766" t="inlineStr">
         <is>
           <t>Petrole lampant type B (à partir de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E766" s="2" t="n">
-        <v>0.8947000000000033</v>
+        <v>1.6388000000000058</v>
       </c>
     </row>
     <row r="767">
       <c r="A767" t="inlineStr">
         <is>
-          <t>FEB26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B767" t="inlineStr">
         <is>
-          <t>04FEB26</t>
+          <t>22MAR26</t>
         </is>
       </c>
       <c r="C767" t="inlineStr">
         <is>
           <t>Pétrole lampant</t>
         </is>
       </c>
       <c r="D767" t="inlineStr">
         <is>
           <t>Petrole lampant type B (à la pompe) (€/L)</t>
         </is>
       </c>
       <c r="E767" s="2" t="n">
-        <v>1.0490000000000037</v>
+        <v>1.7930000000000064</v>
       </c>
     </row>
     <row r="768">
       <c r="A768" t="inlineStr">
         <is>
-          <t>FEB26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B768" t="inlineStr">
         <is>
-          <t>04FEB26</t>
+          <t>22MAR26</t>
         </is>
       </c>
       <c r="C768" t="inlineStr">
         <is>
           <t>Pétrole lampant</t>
         </is>
       </c>
       <c r="D768" t="inlineStr">
         <is>
           <t>Petrole lampant type C (moins de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E768" s="2" t="n">
-        <v>0.9678000000000034</v>
+        <v>1.7458000000000062</v>
       </c>
     </row>
     <row r="769">
       <c r="A769" t="inlineStr">
         <is>
-          <t>FEB26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B769" t="inlineStr">
         <is>
-          <t>04FEB26</t>
+          <t>22MAR26</t>
         </is>
       </c>
       <c r="C769" t="inlineStr">
         <is>
           <t>Pétrole lampant</t>
         </is>
       </c>
       <c r="D769" t="inlineStr">
         <is>
           <t>Petrole lampant type C (à partir de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E769" s="2" t="n">
-        <v>0.9276000000000033</v>
+        <v>1.705500000000006</v>
       </c>
     </row>
     <row r="770">
       <c r="A770" t="inlineStr">
         <is>
-          <t>FEB26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B770" t="inlineStr">
         <is>
-          <t>04FEB26</t>
+          <t>22MAR26</t>
         </is>
       </c>
       <c r="C770" t="inlineStr">
         <is>
           <t>Pétrole lampant</t>
         </is>
       </c>
       <c r="D770" t="inlineStr">
         <is>
           <t>Petrole lampant type C (à la pompe) (€/L)</t>
         </is>
       </c>
       <c r="E770" s="2" t="n">
-        <v>1.0820000000000038</v>
+        <v>1.8600000000000068</v>
       </c>
     </row>
     <row r="771">
       <c r="A771" t="inlineStr">
         <is>
-          <t>FEB26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B771" t="inlineStr">
         <is>
-          <t>04FEB26</t>
+          <t>22MAR26</t>
         </is>
       </c>
       <c r="C771" t="inlineStr">
         <is>
           <t>Propane</t>
         </is>
       </c>
       <c r="D771" t="inlineStr">
         <is>
           <t>Propane en vrac (à partir de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E771" s="2" t="n">
-        <v>0.7207000000000026</v>
+        <v>0.9173000000000032</v>
       </c>
     </row>
     <row r="772">
       <c r="A772" t="inlineStr">
         <is>
-          <t>FEB26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B772" t="inlineStr">
         <is>
-          <t>04FEB26</t>
+          <t>22MAR26</t>
         </is>
       </c>
       <c r="C772" t="inlineStr">
         <is>
           <t>Propane</t>
         </is>
       </c>
       <c r="D772" t="inlineStr">
         <is>
           <t>Propane en vrac (moins de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E772" s="2" t="n">
-        <v>0.8107000000000029</v>
+        <v>1.0073000000000036</v>
       </c>
     </row>
     <row r="773">
       <c r="A773" t="inlineStr">
         <is>
-          <t>FEB26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B773" t="inlineStr">
         <is>
-          <t>04FEB26</t>
+          <t>22MAR26</t>
         </is>
       </c>
       <c r="C773" t="inlineStr">
         <is>
           <t>Butane + LPG</t>
         </is>
       </c>
       <c r="D773" t="inlineStr">
         <is>
           <t>Autogas LPG (à la pompe) (€/L)</t>
         </is>
       </c>
-      <c r="E773" s="2" t="n">
-        <v>0.8260000000000028</v>
+      <c r="E773" s="1" t="n">
+        <v>1.0</v>
       </c>
     </row>
     <row r="774">
       <c r="A774" t="inlineStr">
         <is>
-          <t>FEB26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B774" t="inlineStr">
         <is>
-          <t>04FEB26</t>
+          <t>22MAR26</t>
         </is>
       </c>
       <c r="C774" t="inlineStr">
         <is>
           <t>Butane + LPG</t>
         </is>
       </c>
       <c r="D774" t="inlineStr">
         <is>
           <t>Autogas LPG (moins de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E774" s="2" t="n">
-        <v>0.830700000000003</v>
+        <v>1.0507000000000037</v>
       </c>
     </row>
     <row r="775">
       <c r="A775" t="inlineStr">
         <is>
-          <t>FEB26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B775" t="inlineStr">
         <is>
-          <t>04FEB26</t>
+          <t>22MAR26</t>
         </is>
       </c>
       <c r="C775" t="inlineStr">
         <is>
           <t>Butane + LPG</t>
         </is>
       </c>
       <c r="D775" t="inlineStr">
         <is>
           <t>Autogas LPG (à partir de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E775" s="2" t="n">
-        <v>0.7407000000000027</v>
+        <v>0.9607000000000034</v>
       </c>
     </row>
     <row r="776">
       <c r="A776" t="inlineStr">
         <is>
-          <t>FEB26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B776" t="inlineStr">
         <is>
-          <t>04FEB26</t>
+          <t>22MAR26</t>
         </is>
       </c>
       <c r="C776" t="inlineStr">
         <is>
           <t>Fuel Oil</t>
         </is>
       </c>
       <c r="D776" t="inlineStr">
         <is>
           <t>Fuel oil extra lourd 1% S (en camion citerne) (€/T)</t>
         </is>
       </c>
       <c r="E776"/>
     </row>
     <row r="777">
       <c r="A777" t="inlineStr">
         <is>
-          <t>FEB26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B777" t="inlineStr">
         <is>
-          <t>05FEB26</t>
+          <t>23MAR26</t>
         </is>
       </c>
       <c r="C777" t="inlineStr">
         <is>
           <t>Essences</t>
         </is>
       </c>
       <c r="D777" t="inlineStr">
         <is>
           <t>Essence 95 RON E5 (€/L)</t>
         </is>
       </c>
       <c r="E777" s="2" t="n">
-        <v>1.5980000000000059</v>
+        <v>1.8760000000000066</v>
       </c>
     </row>
     <row r="778">
       <c r="A778" t="inlineStr">
         <is>
-          <t>FEB26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B778" t="inlineStr">
         <is>
-          <t>05FEB26</t>
+          <t>23MAR26</t>
         </is>
       </c>
       <c r="C778" t="inlineStr">
         <is>
           <t>Essences</t>
         </is>
       </c>
       <c r="D778" t="inlineStr">
         <is>
           <t>Essence 95 RON E10 (€/L)</t>
         </is>
       </c>
       <c r="E778" s="2" t="n">
-        <v>1.5840000000000056</v>
+        <v>1.8630000000000067</v>
       </c>
     </row>
     <row r="779">
       <c r="A779" t="inlineStr">
         <is>
-          <t>FEB26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B779" t="inlineStr">
         <is>
-          <t>05FEB26</t>
+          <t>23MAR26</t>
         </is>
       </c>
       <c r="C779" t="inlineStr">
         <is>
           <t>Essences</t>
         </is>
       </c>
       <c r="D779" t="inlineStr">
         <is>
           <t>Essence 98 RON E5 (€/L)</t>
         </is>
       </c>
       <c r="E779" s="2" t="n">
-        <v>1.6410000000000058</v>
+        <v>1.929000000000007</v>
       </c>
     </row>
     <row r="780">
       <c r="A780" t="inlineStr">
         <is>
-          <t>FEB26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B780" t="inlineStr">
         <is>
-          <t>05FEB26</t>
+          <t>23MAR26</t>
         </is>
       </c>
       <c r="C780" t="inlineStr">
         <is>
           <t>Essences</t>
         </is>
       </c>
       <c r="D780" t="inlineStr">
         <is>
           <t>Essence 98 RON E10 (€/L)</t>
         </is>
       </c>
       <c r="E780" s="2" t="n">
-        <v>1.6370000000000058</v>
+        <v>1.9260000000000068</v>
       </c>
     </row>
     <row r="781">
       <c r="A781" t="inlineStr">
         <is>
-          <t>FEB26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B781" t="inlineStr">
         <is>
-          <t>05FEB26</t>
+          <t>23MAR26</t>
         </is>
       </c>
       <c r="C781" t="inlineStr">
         <is>
           <t>Gasoil Diesel routier</t>
         </is>
       </c>
       <c r="D781" t="inlineStr">
         <is>
           <t>Diesel B7 (€/L)</t>
         </is>
       </c>
       <c r="E781" s="2" t="n">
-        <v>1.7190000000000063</v>
+        <v>2.289000000000008</v>
       </c>
     </row>
     <row r="782">
       <c r="A782" t="inlineStr">
         <is>
-          <t>FEB26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B782" t="inlineStr">
         <is>
-          <t>05FEB26</t>
+          <t>23MAR26</t>
         </is>
       </c>
       <c r="C782" t="inlineStr">
         <is>
           <t>Gasoil Diesel routier</t>
         </is>
       </c>
       <c r="D782" t="inlineStr">
         <is>
           <t>Diesel B10 (€/L)</t>
         </is>
       </c>
       <c r="E782" s="2" t="n">
-        <v>1.713000000000006</v>
+        <v>2.281000000000008</v>
       </c>
     </row>
     <row r="783">
       <c r="A783" t="inlineStr">
         <is>
-          <t>FEB26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B783" t="inlineStr">
         <is>
-          <t>05FEB26</t>
+          <t>23MAR26</t>
         </is>
       </c>
       <c r="C783" t="inlineStr">
         <is>
           <t>Gasoil Diesel routier</t>
         </is>
       </c>
       <c r="D783" t="inlineStr">
         <is>
           <t>Diesel B20 (€/L)</t>
         </is>
       </c>
       <c r="E783" s="2" t="n">
-        <v>1.7260000000000062</v>
+        <v>2.268000000000008</v>
       </c>
     </row>
     <row r="784">
       <c r="A784" t="inlineStr">
         <is>
-          <t>FEB26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B784" t="inlineStr">
         <is>
-          <t>05FEB26</t>
+          <t>23MAR26</t>
         </is>
       </c>
       <c r="C784" t="inlineStr">
         <is>
           <t>Gasoil Diesel routier</t>
         </is>
       </c>
       <c r="D784" t="inlineStr">
         <is>
           <t>Diesel B30 (€/L)</t>
         </is>
       </c>
       <c r="E784" s="2" t="n">
-        <v>1.7910000000000064</v>
+        <v>2.282000000000008</v>
       </c>
     </row>
     <row r="785">
       <c r="A785" t="inlineStr">
         <is>
-          <t>FEB26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B785" t="inlineStr">
         <is>
-          <t>05FEB26</t>
+          <t>23MAR26</t>
         </is>
       </c>
       <c r="C785" t="inlineStr">
         <is>
           <t>Gasoil Diesel routier</t>
         </is>
       </c>
       <c r="D785" t="inlineStr">
         <is>
           <t>Diesel XTL (€/L)</t>
         </is>
       </c>
       <c r="E785" s="2" t="n">
-        <v>3.141000000000011</v>
+        <v>3.364000000000012</v>
       </c>
     </row>
     <row r="786">
       <c r="A786" t="inlineStr">
         <is>
-          <t>FEB26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B786" t="inlineStr">
         <is>
-          <t>05FEB26</t>
+          <t>23MAR26</t>
         </is>
       </c>
       <c r="C786" t="inlineStr">
         <is>
           <t>Gasoil Diesel (application chauffage)</t>
         </is>
       </c>
       <c r="D786" t="inlineStr">
         <is>
           <t>Gasoil Diesel Chauffage (à partir de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E786" s="2" t="n">
-        <v>0.7762000000000028</v>
+        <v>1.438100000000005</v>
       </c>
     </row>
     <row r="787">
       <c r="A787" t="inlineStr">
         <is>
-          <t>FEB26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B787" t="inlineStr">
         <is>
-          <t>05FEB26</t>
+          <t>23MAR26</t>
         </is>
       </c>
       <c r="C787" t="inlineStr">
         <is>
           <t>Gasoil Diesel (application chauffage)</t>
         </is>
       </c>
       <c r="D787" t="inlineStr">
         <is>
           <t>Gasoil Diesel Chauffage (moins de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E787" s="2" t="n">
-        <v>0.8165000000000029</v>
+        <v>1.4784000000000053</v>
       </c>
     </row>
     <row r="788">
       <c r="A788" t="inlineStr">
         <is>
-          <t>FEB26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B788" t="inlineStr">
         <is>
-          <t>05FEB26</t>
+          <t>23MAR26</t>
         </is>
       </c>
       <c r="C788" t="inlineStr">
         <is>
           <t>Gasoil Diesel (application agriculture)</t>
         </is>
       </c>
       <c r="D788" t="inlineStr">
         <is>
           <t>Gasoil Diesel Agriculture (à partir de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E788" s="2" t="n">
-        <v>0.7510000000000027</v>
+        <v>1.4129000000000052</v>
       </c>
     </row>
     <row r="789">
       <c r="A789" t="inlineStr">
         <is>
-          <t>FEB26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B789" t="inlineStr">
         <is>
-          <t>05FEB26</t>
+          <t>23MAR26</t>
         </is>
       </c>
       <c r="C789" t="inlineStr">
         <is>
           <t>Gasoil Diesel (application agriculture)</t>
         </is>
       </c>
       <c r="D789" t="inlineStr">
         <is>
           <t>Gasoil Diesel Agriculture (moins de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E789" s="2" t="n">
-        <v>0.7913000000000028</v>
+        <v>1.4531000000000052</v>
       </c>
     </row>
     <row r="790">
       <c r="A790" t="inlineStr">
         <is>
-          <t>FEB26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B790" t="inlineStr">
         <is>
-          <t>05FEB26</t>
+          <t>23MAR26</t>
         </is>
       </c>
       <c r="C790" t="inlineStr">
         <is>
           <t>Gasoil Diesel (application I&amp;C)</t>
         </is>
       </c>
       <c r="D790" t="inlineStr">
         <is>
           <t>Gasoil Diesel I&amp;C (à partir de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E790" s="2" t="n">
-        <v>0.7787000000000027</v>
+        <v>1.4406000000000052</v>
       </c>
     </row>
     <row r="791">
       <c r="A791" t="inlineStr">
         <is>
-          <t>FEB26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B791" t="inlineStr">
         <is>
-          <t>05FEB26</t>
+          <t>23MAR26</t>
         </is>
       </c>
       <c r="C791" t="inlineStr">
         <is>
           <t>Gasoil Diesel (application I&amp;C)</t>
         </is>
       </c>
       <c r="D791" t="inlineStr">
         <is>
           <t>Gasoil Diesel I&amp;C (moins de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E791" s="2" t="n">
-        <v>0.8189000000000028</v>
+        <v>1.4808000000000052</v>
       </c>
     </row>
     <row r="792">
       <c r="A792" t="inlineStr">
         <is>
-          <t>FEB26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B792" t="inlineStr">
         <is>
-          <t>05FEB26</t>
+          <t>23MAR26</t>
         </is>
       </c>
       <c r="C792" t="inlineStr">
         <is>
           <t>Gasoil Diesel (application I&amp;C)</t>
         </is>
       </c>
       <c r="D792" t="inlineStr">
         <is>
           <t>Gasoil Diesel I&amp;C (à la pompe) (€/L)</t>
         </is>
       </c>
       <c r="E792" s="2" t="n">
-        <v>0.9300000000000034</v>
+        <v>1.5920000000000056</v>
       </c>
     </row>
     <row r="793">
       <c r="A793" t="inlineStr">
         <is>
-          <t>FEB26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B793" t="inlineStr">
         <is>
-          <t>05FEB26</t>
+          <t>23MAR26</t>
         </is>
       </c>
       <c r="C793" t="inlineStr">
         <is>
           <t>Gasoil de chauffage</t>
         </is>
       </c>
       <c r="D793" t="inlineStr">
         <is>
           <t>Gasoil chauffage (H0/H7) (à partir de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E793" s="2" t="n">
-        <v>0.7762000000000028</v>
+        <v>1.390800000000005</v>
       </c>
     </row>
     <row r="794">
       <c r="A794" t="inlineStr">
         <is>
-          <t>FEB26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B794" t="inlineStr">
         <is>
-          <t>05FEB26</t>
+          <t>23MAR26</t>
         </is>
       </c>
       <c r="C794" t="inlineStr">
         <is>
           <t>Gasoil de chauffage</t>
         </is>
       </c>
       <c r="D794" t="inlineStr">
         <is>
           <t>Gasoil chauffage (H0/H7) (moins de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E794" s="2" t="n">
-        <v>0.8165000000000029</v>
+        <v>1.4310000000000052</v>
       </c>
     </row>
     <row r="795">
       <c r="A795" t="inlineStr">
         <is>
-          <t>FEB26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B795" t="inlineStr">
         <is>
-          <t>05FEB26</t>
+          <t>23MAR26</t>
         </is>
       </c>
       <c r="C795" t="inlineStr">
         <is>
           <t>Gasoil de chauffage</t>
         </is>
       </c>
       <c r="D795" t="inlineStr">
         <is>
           <t>Gasoil chauffage (H0/H7) (à la pompe) (€/L)</t>
         </is>
       </c>
       <c r="E795" s="2" t="n">
-        <v>0.9340000000000034</v>
+        <v>1.5490000000000055</v>
       </c>
     </row>
     <row r="796">
       <c r="A796" t="inlineStr">
         <is>
-          <t>FEB26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B796" t="inlineStr">
         <is>
-          <t>05FEB26</t>
+          <t>23MAR26</t>
         </is>
       </c>
       <c r="C796" t="inlineStr">
         <is>
           <t>Pétrole lampant</t>
         </is>
       </c>
       <c r="D796" t="inlineStr">
         <is>
           <t>Petrole lampant type B (moins de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E796" s="2" t="n">
-        <v>0.8974000000000032</v>
+        <v>1.679000000000006</v>
       </c>
     </row>
     <row r="797">
       <c r="A797" t="inlineStr">
         <is>
-          <t>FEB26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B797" t="inlineStr">
         <is>
-          <t>05FEB26</t>
+          <t>23MAR26</t>
         </is>
       </c>
       <c r="C797" t="inlineStr">
         <is>
           <t>Pétrole lampant</t>
         </is>
       </c>
       <c r="D797" t="inlineStr">
         <is>
           <t>Petrole lampant type B (à partir de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E797" s="2" t="n">
-        <v>0.857200000000003</v>
+        <v>1.6388000000000058</v>
       </c>
     </row>
     <row r="798">
       <c r="A798" t="inlineStr">
         <is>
-          <t>FEB26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B798" t="inlineStr">
         <is>
-          <t>05FEB26</t>
+          <t>23MAR26</t>
         </is>
       </c>
       <c r="C798" t="inlineStr">
         <is>
           <t>Pétrole lampant</t>
         </is>
       </c>
       <c r="D798" t="inlineStr">
         <is>
           <t>Petrole lampant type B (à la pompe) (€/L)</t>
         </is>
       </c>
       <c r="E798" s="2" t="n">
-        <v>1.0110000000000035</v>
+        <v>1.7930000000000064</v>
       </c>
     </row>
     <row r="799">
       <c r="A799" t="inlineStr">
         <is>
-          <t>FEB26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B799" t="inlineStr">
         <is>
-          <t>05FEB26</t>
+          <t>23MAR26</t>
         </is>
       </c>
       <c r="C799" t="inlineStr">
         <is>
           <t>Pétrole lampant</t>
         </is>
       </c>
       <c r="D799" t="inlineStr">
         <is>
           <t>Petrole lampant type C (moins de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E799" s="2" t="n">
-        <v>0.9286000000000033</v>
+        <v>1.7458000000000062</v>
       </c>
     </row>
     <row r="800">
       <c r="A800" t="inlineStr">
         <is>
-          <t>FEB26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B800" t="inlineStr">
         <is>
-          <t>05FEB26</t>
+          <t>23MAR26</t>
         </is>
       </c>
       <c r="C800" t="inlineStr">
         <is>
           <t>Pétrole lampant</t>
         </is>
       </c>
       <c r="D800" t="inlineStr">
         <is>
           <t>Petrole lampant type C (à partir de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E800" s="2" t="n">
-        <v>0.8884000000000031</v>
+        <v>1.705500000000006</v>
       </c>
     </row>
     <row r="801">
       <c r="A801" t="inlineStr">
         <is>
-          <t>FEB26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B801" t="inlineStr">
         <is>
-          <t>05FEB26</t>
+          <t>23MAR26</t>
         </is>
       </c>
       <c r="C801" t="inlineStr">
         <is>
           <t>Pétrole lampant</t>
         </is>
       </c>
       <c r="D801" t="inlineStr">
         <is>
           <t>Petrole lampant type C (à la pompe) (€/L)</t>
         </is>
       </c>
       <c r="E801" s="2" t="n">
-        <v>1.0430000000000037</v>
+        <v>1.8600000000000068</v>
       </c>
     </row>
     <row r="802">
       <c r="A802" t="inlineStr">
         <is>
-          <t>FEB26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B802" t="inlineStr">
         <is>
-          <t>05FEB26</t>
+          <t>23MAR26</t>
         </is>
       </c>
       <c r="C802" t="inlineStr">
         <is>
           <t>Propane</t>
         </is>
       </c>
       <c r="D802" t="inlineStr">
         <is>
           <t>Propane en vrac (à partir de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E802" s="2" t="n">
-        <v>0.7207000000000026</v>
+        <v>0.9173000000000032</v>
       </c>
     </row>
     <row r="803">
       <c r="A803" t="inlineStr">
         <is>
-          <t>FEB26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B803" t="inlineStr">
         <is>
-          <t>05FEB26</t>
+          <t>23MAR26</t>
         </is>
       </c>
       <c r="C803" t="inlineStr">
         <is>
           <t>Propane</t>
         </is>
       </c>
       <c r="D803" t="inlineStr">
         <is>
           <t>Propane en vrac (moins de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E803" s="2" t="n">
-        <v>0.8107000000000029</v>
+        <v>1.0073000000000036</v>
       </c>
     </row>
     <row r="804">
       <c r="A804" t="inlineStr">
         <is>
-          <t>FEB26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B804" t="inlineStr">
         <is>
-          <t>05FEB26</t>
+          <t>23MAR26</t>
         </is>
       </c>
       <c r="C804" t="inlineStr">
         <is>
           <t>Butane + LPG</t>
         </is>
       </c>
       <c r="D804" t="inlineStr">
         <is>
           <t>Autogas LPG (à la pompe) (€/L)</t>
         </is>
       </c>
-      <c r="E804" s="2" t="n">
-        <v>0.8260000000000028</v>
+      <c r="E804" s="1" t="n">
+        <v>1.0</v>
       </c>
     </row>
     <row r="805">
       <c r="A805" t="inlineStr">
         <is>
-          <t>FEB26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B805" t="inlineStr">
         <is>
-          <t>05FEB26</t>
+          <t>23MAR26</t>
         </is>
       </c>
       <c r="C805" t="inlineStr">
         <is>
           <t>Butane + LPG</t>
         </is>
       </c>
       <c r="D805" t="inlineStr">
         <is>
           <t>Autogas LPG (moins de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E805" s="2" t="n">
-        <v>0.830700000000003</v>
+        <v>1.0507000000000037</v>
       </c>
     </row>
     <row r="806">
       <c r="A806" t="inlineStr">
         <is>
-          <t>FEB26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B806" t="inlineStr">
         <is>
-          <t>05FEB26</t>
+          <t>23MAR26</t>
         </is>
       </c>
       <c r="C806" t="inlineStr">
         <is>
           <t>Butane + LPG</t>
         </is>
       </c>
       <c r="D806" t="inlineStr">
         <is>
           <t>Autogas LPG (à partir de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E806" s="2" t="n">
-        <v>0.7407000000000027</v>
+        <v>0.9607000000000034</v>
       </c>
     </row>
     <row r="807">
       <c r="A807" t="inlineStr">
         <is>
-          <t>FEB26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B807" t="inlineStr">
         <is>
-          <t>05FEB26</t>
+          <t>23MAR26</t>
         </is>
       </c>
       <c r="C807" t="inlineStr">
         <is>
           <t>Fuel Oil</t>
         </is>
       </c>
       <c r="D807" t="inlineStr">
         <is>
           <t>Fuel oil extra lourd 1% S (en camion citerne) (€/T)</t>
         </is>
       </c>
       <c r="E807"/>
     </row>
     <row r="808">
       <c r="A808" t="inlineStr">
         <is>
-          <t>FEB26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B808" t="inlineStr">
         <is>
-          <t>06FEB26</t>
+          <t>24MAR26</t>
         </is>
       </c>
       <c r="C808" t="inlineStr">
         <is>
           <t>Essences</t>
         </is>
       </c>
       <c r="D808" t="inlineStr">
         <is>
           <t>Essence 95 RON E5 (€/L)</t>
         </is>
       </c>
       <c r="E808" s="2" t="n">
-        <v>1.5980000000000059</v>
+        <v>1.8760000000000066</v>
       </c>
     </row>
     <row r="809">
       <c r="A809" t="inlineStr">
         <is>
-          <t>FEB26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B809" t="inlineStr">
         <is>
-          <t>06FEB26</t>
+          <t>24MAR26</t>
         </is>
       </c>
       <c r="C809" t="inlineStr">
         <is>
           <t>Essences</t>
         </is>
       </c>
       <c r="D809" t="inlineStr">
         <is>
           <t>Essence 95 RON E10 (€/L)</t>
         </is>
       </c>
       <c r="E809" s="2" t="n">
-        <v>1.5840000000000056</v>
+        <v>1.8630000000000067</v>
       </c>
     </row>
     <row r="810">
       <c r="A810" t="inlineStr">
         <is>
-          <t>FEB26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B810" t="inlineStr">
         <is>
-          <t>06FEB26</t>
+          <t>24MAR26</t>
         </is>
       </c>
       <c r="C810" t="inlineStr">
         <is>
           <t>Essences</t>
         </is>
       </c>
       <c r="D810" t="inlineStr">
         <is>
           <t>Essence 98 RON E5 (€/L)</t>
         </is>
       </c>
       <c r="E810" s="2" t="n">
-        <v>1.6410000000000058</v>
+        <v>1.929000000000007</v>
       </c>
     </row>
     <row r="811">
       <c r="A811" t="inlineStr">
         <is>
-          <t>FEB26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B811" t="inlineStr">
         <is>
-          <t>06FEB26</t>
+          <t>24MAR26</t>
         </is>
       </c>
       <c r="C811" t="inlineStr">
         <is>
           <t>Essences</t>
         </is>
       </c>
       <c r="D811" t="inlineStr">
         <is>
           <t>Essence 98 RON E10 (€/L)</t>
         </is>
       </c>
       <c r="E811" s="2" t="n">
-        <v>1.6370000000000058</v>
+        <v>1.9260000000000068</v>
       </c>
     </row>
     <row r="812">
       <c r="A812" t="inlineStr">
         <is>
-          <t>FEB26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B812" t="inlineStr">
         <is>
-          <t>06FEB26</t>
+          <t>24MAR26</t>
         </is>
       </c>
       <c r="C812" t="inlineStr">
         <is>
           <t>Gasoil Diesel routier</t>
         </is>
       </c>
       <c r="D812" t="inlineStr">
         <is>
           <t>Diesel B7 (€/L)</t>
         </is>
       </c>
       <c r="E812" s="2" t="n">
-        <v>1.7190000000000063</v>
+        <v>2.289000000000008</v>
       </c>
     </row>
     <row r="813">
       <c r="A813" t="inlineStr">
         <is>
-          <t>FEB26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B813" t="inlineStr">
         <is>
-          <t>06FEB26</t>
+          <t>24MAR26</t>
         </is>
       </c>
       <c r="C813" t="inlineStr">
         <is>
           <t>Gasoil Diesel routier</t>
         </is>
       </c>
       <c r="D813" t="inlineStr">
         <is>
           <t>Diesel B10 (€/L)</t>
         </is>
       </c>
       <c r="E813" s="2" t="n">
-        <v>1.713000000000006</v>
+        <v>2.281000000000008</v>
       </c>
     </row>
     <row r="814">
       <c r="A814" t="inlineStr">
         <is>
-          <t>FEB26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B814" t="inlineStr">
         <is>
-          <t>06FEB26</t>
+          <t>24MAR26</t>
         </is>
       </c>
       <c r="C814" t="inlineStr">
         <is>
           <t>Gasoil Diesel routier</t>
         </is>
       </c>
       <c r="D814" t="inlineStr">
         <is>
           <t>Diesel B20 (€/L)</t>
         </is>
       </c>
       <c r="E814" s="2" t="n">
-        <v>1.7260000000000062</v>
+        <v>2.268000000000008</v>
       </c>
     </row>
     <row r="815">
       <c r="A815" t="inlineStr">
         <is>
-          <t>FEB26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B815" t="inlineStr">
         <is>
-          <t>06FEB26</t>
+          <t>24MAR26</t>
         </is>
       </c>
       <c r="C815" t="inlineStr">
         <is>
           <t>Gasoil Diesel routier</t>
         </is>
       </c>
       <c r="D815" t="inlineStr">
         <is>
           <t>Diesel B30 (€/L)</t>
         </is>
       </c>
       <c r="E815" s="2" t="n">
-        <v>1.7910000000000064</v>
+        <v>2.282000000000008</v>
       </c>
     </row>
     <row r="816">
       <c r="A816" t="inlineStr">
         <is>
-          <t>FEB26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B816" t="inlineStr">
         <is>
-          <t>06FEB26</t>
+          <t>24MAR26</t>
         </is>
       </c>
       <c r="C816" t="inlineStr">
         <is>
           <t>Gasoil Diesel routier</t>
         </is>
       </c>
       <c r="D816" t="inlineStr">
         <is>
           <t>Diesel XTL (€/L)</t>
         </is>
       </c>
       <c r="E816" s="2" t="n">
-        <v>3.141000000000011</v>
+        <v>3.364000000000012</v>
       </c>
     </row>
     <row r="817">
       <c r="A817" t="inlineStr">
         <is>
-          <t>FEB26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B817" t="inlineStr">
         <is>
-          <t>06FEB26</t>
+          <t>24MAR26</t>
         </is>
       </c>
       <c r="C817" t="inlineStr">
         <is>
           <t>Gasoil Diesel (application chauffage)</t>
         </is>
       </c>
       <c r="D817" t="inlineStr">
         <is>
           <t>Gasoil Diesel Chauffage (à partir de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E817" s="2" t="n">
-        <v>0.7770000000000028</v>
+        <v>1.438100000000005</v>
       </c>
     </row>
     <row r="818">
       <c r="A818" t="inlineStr">
         <is>
-          <t>FEB26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B818" t="inlineStr">
         <is>
-          <t>06FEB26</t>
+          <t>24MAR26</t>
         </is>
       </c>
       <c r="C818" t="inlineStr">
         <is>
           <t>Gasoil Diesel (application chauffage)</t>
         </is>
       </c>
       <c r="D818" t="inlineStr">
         <is>
           <t>Gasoil Diesel Chauffage (moins de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E818" s="2" t="n">
-        <v>0.8173000000000029</v>
+        <v>1.4784000000000053</v>
       </c>
     </row>
     <row r="819">
       <c r="A819" t="inlineStr">
         <is>
-          <t>FEB26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B819" t="inlineStr">
         <is>
-          <t>06FEB26</t>
+          <t>24MAR26</t>
         </is>
       </c>
       <c r="C819" t="inlineStr">
         <is>
           <t>Gasoil Diesel (application agriculture)</t>
         </is>
       </c>
       <c r="D819" t="inlineStr">
         <is>
           <t>Gasoil Diesel Agriculture (à partir de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E819" s="2" t="n">
-        <v>0.7518000000000027</v>
+        <v>1.4129000000000052</v>
       </c>
     </row>
     <row r="820">
       <c r="A820" t="inlineStr">
         <is>
-          <t>FEB26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B820" t="inlineStr">
         <is>
-          <t>06FEB26</t>
+          <t>24MAR26</t>
         </is>
       </c>
       <c r="C820" t="inlineStr">
         <is>
           <t>Gasoil Diesel (application agriculture)</t>
         </is>
       </c>
       <c r="D820" t="inlineStr">
         <is>
           <t>Gasoil Diesel Agriculture (moins de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E820" s="2" t="n">
-        <v>0.7920000000000028</v>
+        <v>1.4531000000000052</v>
       </c>
     </row>
     <row r="821">
       <c r="A821" t="inlineStr">
         <is>
-          <t>FEB26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B821" t="inlineStr">
         <is>
-          <t>06FEB26</t>
+          <t>24MAR26</t>
         </is>
       </c>
       <c r="C821" t="inlineStr">
         <is>
           <t>Gasoil Diesel (application I&amp;C)</t>
         </is>
       </c>
       <c r="D821" t="inlineStr">
         <is>
           <t>Gasoil Diesel I&amp;C (à partir de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E821" s="2" t="n">
-        <v>0.7795000000000027</v>
+        <v>1.4406000000000052</v>
       </c>
     </row>
     <row r="822">
       <c r="A822" t="inlineStr">
         <is>
-          <t>FEB26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B822" t="inlineStr">
         <is>
-          <t>06FEB26</t>
+          <t>24MAR26</t>
         </is>
       </c>
       <c r="C822" t="inlineStr">
         <is>
           <t>Gasoil Diesel (application I&amp;C)</t>
         </is>
       </c>
       <c r="D822" t="inlineStr">
         <is>
           <t>Gasoil Diesel I&amp;C (moins de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E822" s="2" t="n">
-        <v>0.8197000000000029</v>
+        <v>1.4808000000000052</v>
       </c>
     </row>
     <row r="823">
       <c r="A823" t="inlineStr">
         <is>
-          <t>FEB26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B823" t="inlineStr">
         <is>
-          <t>06FEB26</t>
+          <t>24MAR26</t>
         </is>
       </c>
       <c r="C823" t="inlineStr">
         <is>
           <t>Gasoil Diesel (application I&amp;C)</t>
         </is>
       </c>
       <c r="D823" t="inlineStr">
         <is>
           <t>Gasoil Diesel I&amp;C (à la pompe) (€/L)</t>
         </is>
       </c>
       <c r="E823" s="2" t="n">
-        <v>0.9310000000000034</v>
+        <v>1.5920000000000056</v>
       </c>
     </row>
     <row r="824">
       <c r="A824" t="inlineStr">
         <is>
-          <t>FEB26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B824" t="inlineStr">
         <is>
-          <t>06FEB26</t>
+          <t>24MAR26</t>
         </is>
       </c>
       <c r="C824" t="inlineStr">
         <is>
           <t>Gasoil de chauffage</t>
         </is>
       </c>
       <c r="D824" t="inlineStr">
         <is>
           <t>Gasoil chauffage (H0/H7) (à partir de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E824" s="2" t="n">
-        <v>0.7770000000000028</v>
+        <v>1.390800000000005</v>
       </c>
     </row>
     <row r="825">
       <c r="A825" t="inlineStr">
         <is>
-          <t>FEB26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B825" t="inlineStr">
         <is>
-          <t>06FEB26</t>
+          <t>24MAR26</t>
         </is>
       </c>
       <c r="C825" t="inlineStr">
         <is>
           <t>Gasoil de chauffage</t>
         </is>
       </c>
       <c r="D825" t="inlineStr">
         <is>
           <t>Gasoil chauffage (H0/H7) (moins de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E825" s="2" t="n">
-        <v>0.8173000000000029</v>
+        <v>1.4310000000000052</v>
       </c>
     </row>
     <row r="826">
       <c r="A826" t="inlineStr">
         <is>
-          <t>FEB26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B826" t="inlineStr">
         <is>
-          <t>06FEB26</t>
+          <t>24MAR26</t>
         </is>
       </c>
       <c r="C826" t="inlineStr">
         <is>
           <t>Gasoil de chauffage</t>
         </is>
       </c>
       <c r="D826" t="inlineStr">
         <is>
           <t>Gasoil chauffage (H0/H7) (à la pompe) (€/L)</t>
         </is>
       </c>
       <c r="E826" s="2" t="n">
-        <v>0.9350000000000034</v>
+        <v>1.5490000000000055</v>
       </c>
     </row>
     <row r="827">
       <c r="A827" t="inlineStr">
         <is>
-          <t>FEB26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B827" t="inlineStr">
         <is>
-          <t>06FEB26</t>
+          <t>24MAR26</t>
         </is>
       </c>
       <c r="C827" t="inlineStr">
         <is>
           <t>Pétrole lampant</t>
         </is>
       </c>
       <c r="D827" t="inlineStr">
         <is>
           <t>Petrole lampant type B (moins de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E827" s="2" t="n">
-        <v>0.8974000000000032</v>
+        <v>1.679000000000006</v>
       </c>
     </row>
     <row r="828">
       <c r="A828" t="inlineStr">
         <is>
-          <t>FEB26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B828" t="inlineStr">
         <is>
-          <t>06FEB26</t>
+          <t>24MAR26</t>
         </is>
       </c>
       <c r="C828" t="inlineStr">
         <is>
           <t>Pétrole lampant</t>
         </is>
       </c>
       <c r="D828" t="inlineStr">
         <is>
           <t>Petrole lampant type B (à partir de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E828" s="2" t="n">
-        <v>0.857200000000003</v>
+        <v>1.6388000000000058</v>
       </c>
     </row>
     <row r="829">
       <c r="A829" t="inlineStr">
         <is>
-          <t>FEB26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B829" t="inlineStr">
         <is>
-          <t>06FEB26</t>
+          <t>24MAR26</t>
         </is>
       </c>
       <c r="C829" t="inlineStr">
         <is>
           <t>Pétrole lampant</t>
         </is>
       </c>
       <c r="D829" t="inlineStr">
         <is>
           <t>Petrole lampant type B (à la pompe) (€/L)</t>
         </is>
       </c>
       <c r="E829" s="2" t="n">
-        <v>1.0110000000000035</v>
+        <v>1.7930000000000064</v>
       </c>
     </row>
     <row r="830">
       <c r="A830" t="inlineStr">
         <is>
-          <t>FEB26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B830" t="inlineStr">
         <is>
-          <t>06FEB26</t>
+          <t>24MAR26</t>
         </is>
       </c>
       <c r="C830" t="inlineStr">
         <is>
           <t>Pétrole lampant</t>
         </is>
       </c>
       <c r="D830" t="inlineStr">
         <is>
           <t>Petrole lampant type C (moins de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E830" s="2" t="n">
-        <v>0.9286000000000033</v>
+        <v>1.7458000000000062</v>
       </c>
     </row>
     <row r="831">
       <c r="A831" t="inlineStr">
         <is>
-          <t>FEB26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B831" t="inlineStr">
         <is>
-          <t>06FEB26</t>
+          <t>24MAR26</t>
         </is>
       </c>
       <c r="C831" t="inlineStr">
         <is>
           <t>Pétrole lampant</t>
         </is>
       </c>
       <c r="D831" t="inlineStr">
         <is>
           <t>Petrole lampant type C (à partir de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E831" s="2" t="n">
-        <v>0.8884000000000031</v>
+        <v>1.705500000000006</v>
       </c>
     </row>
     <row r="832">
       <c r="A832" t="inlineStr">
         <is>
-          <t>FEB26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B832" t="inlineStr">
         <is>
-          <t>06FEB26</t>
+          <t>24MAR26</t>
         </is>
       </c>
       <c r="C832" t="inlineStr">
         <is>
           <t>Pétrole lampant</t>
         </is>
       </c>
       <c r="D832" t="inlineStr">
         <is>
           <t>Petrole lampant type C (à la pompe) (€/L)</t>
         </is>
       </c>
       <c r="E832" s="2" t="n">
-        <v>1.0430000000000037</v>
+        <v>1.8600000000000068</v>
       </c>
     </row>
     <row r="833">
       <c r="A833" t="inlineStr">
         <is>
-          <t>FEB26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B833" t="inlineStr">
         <is>
-          <t>06FEB26</t>
+          <t>24MAR26</t>
         </is>
       </c>
       <c r="C833" t="inlineStr">
         <is>
           <t>Propane</t>
         </is>
       </c>
       <c r="D833" t="inlineStr">
         <is>
           <t>Propane en vrac (à partir de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E833" s="2" t="n">
-        <v>0.7207000000000026</v>
+        <v>0.9173000000000032</v>
       </c>
     </row>
     <row r="834">
       <c r="A834" t="inlineStr">
         <is>
-          <t>FEB26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B834" t="inlineStr">
         <is>
-          <t>06FEB26</t>
+          <t>24MAR26</t>
         </is>
       </c>
       <c r="C834" t="inlineStr">
         <is>
           <t>Propane</t>
         </is>
       </c>
       <c r="D834" t="inlineStr">
         <is>
           <t>Propane en vrac (moins de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E834" s="2" t="n">
-        <v>0.8107000000000029</v>
+        <v>1.0073000000000036</v>
       </c>
     </row>
     <row r="835">
       <c r="A835" t="inlineStr">
         <is>
-          <t>FEB26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B835" t="inlineStr">
         <is>
-          <t>06FEB26</t>
+          <t>24MAR26</t>
         </is>
       </c>
       <c r="C835" t="inlineStr">
         <is>
           <t>Butane + LPG</t>
         </is>
       </c>
       <c r="D835" t="inlineStr">
         <is>
           <t>Autogas LPG (à la pompe) (€/L)</t>
         </is>
       </c>
-      <c r="E835" s="2" t="n">
-        <v>0.8260000000000028</v>
+      <c r="E835" s="1" t="n">
+        <v>1.0</v>
       </c>
     </row>
     <row r="836">
       <c r="A836" t="inlineStr">
         <is>
-          <t>FEB26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B836" t="inlineStr">
         <is>
-          <t>06FEB26</t>
+          <t>24MAR26</t>
         </is>
       </c>
       <c r="C836" t="inlineStr">
         <is>
           <t>Butane + LPG</t>
         </is>
       </c>
       <c r="D836" t="inlineStr">
         <is>
           <t>Autogas LPG (moins de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E836" s="2" t="n">
-        <v>0.830700000000003</v>
+        <v>1.0507000000000037</v>
       </c>
     </row>
     <row r="837">
       <c r="A837" t="inlineStr">
         <is>
-          <t>FEB26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B837" t="inlineStr">
         <is>
-          <t>06FEB26</t>
+          <t>24MAR26</t>
         </is>
       </c>
       <c r="C837" t="inlineStr">
         <is>
           <t>Butane + LPG</t>
         </is>
       </c>
       <c r="D837" t="inlineStr">
         <is>
           <t>Autogas LPG (à partir de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E837" s="2" t="n">
-        <v>0.7407000000000027</v>
+        <v>0.9607000000000034</v>
       </c>
     </row>
     <row r="838">
       <c r="A838" t="inlineStr">
         <is>
-          <t>FEB26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B838" t="inlineStr">
         <is>
-          <t>06FEB26</t>
+          <t>24MAR26</t>
         </is>
       </c>
       <c r="C838" t="inlineStr">
         <is>
           <t>Fuel Oil</t>
         </is>
       </c>
       <c r="D838" t="inlineStr">
         <is>
           <t>Fuel oil extra lourd 1% S (en camion citerne) (€/T)</t>
         </is>
       </c>
       <c r="E838"/>
     </row>
     <row r="839">
       <c r="A839" t="inlineStr">
         <is>
-          <t>FEB26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B839" t="inlineStr">
         <is>
-          <t>07FEB26</t>
+          <t>25MAR26</t>
         </is>
       </c>
       <c r="C839" t="inlineStr">
         <is>
           <t>Essences</t>
         </is>
       </c>
       <c r="D839" t="inlineStr">
         <is>
           <t>Essence 95 RON E5 (€/L)</t>
         </is>
       </c>
       <c r="E839" s="2" t="n">
-        <v>1.6160000000000059</v>
+        <v>1.8760000000000066</v>
       </c>
     </row>
     <row r="840">
       <c r="A840" t="inlineStr">
         <is>
-          <t>FEB26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B840" t="inlineStr">
         <is>
-          <t>07FEB26</t>
+          <t>25MAR26</t>
         </is>
       </c>
       <c r="C840" t="inlineStr">
         <is>
           <t>Essences</t>
         </is>
       </c>
       <c r="D840" t="inlineStr">
         <is>
           <t>Essence 95 RON E10 (€/L)</t>
         </is>
       </c>
       <c r="E840" s="2" t="n">
-        <v>1.6060000000000059</v>
+        <v>1.8630000000000067</v>
       </c>
     </row>
     <row r="841">
       <c r="A841" t="inlineStr">
         <is>
-          <t>FEB26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B841" t="inlineStr">
         <is>
-          <t>07FEB26</t>
+          <t>25MAR26</t>
         </is>
       </c>
       <c r="C841" t="inlineStr">
         <is>
           <t>Essences</t>
         </is>
       </c>
       <c r="D841" t="inlineStr">
         <is>
           <t>Essence 98 RON E5 (€/L)</t>
         </is>
       </c>
       <c r="E841" s="2" t="n">
-        <v>1.657000000000006</v>
+        <v>1.929000000000007</v>
       </c>
     </row>
     <row r="842">
       <c r="A842" t="inlineStr">
         <is>
-          <t>FEB26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B842" t="inlineStr">
         <is>
-          <t>07FEB26</t>
+          <t>25MAR26</t>
         </is>
       </c>
       <c r="C842" t="inlineStr">
         <is>
           <t>Essences</t>
         </is>
       </c>
       <c r="D842" t="inlineStr">
         <is>
           <t>Essence 98 RON E10 (€/L)</t>
         </is>
       </c>
       <c r="E842" s="2" t="n">
-        <v>1.6550000000000058</v>
+        <v>1.9260000000000068</v>
       </c>
     </row>
     <row r="843">
       <c r="A843" t="inlineStr">
         <is>
-          <t>FEB26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B843" t="inlineStr">
         <is>
-          <t>07FEB26</t>
+          <t>25MAR26</t>
         </is>
       </c>
       <c r="C843" t="inlineStr">
         <is>
           <t>Gasoil Diesel routier</t>
         </is>
       </c>
       <c r="D843" t="inlineStr">
         <is>
           <t>Diesel B7 (€/L)</t>
         </is>
       </c>
       <c r="E843" s="2" t="n">
-        <v>1.7190000000000063</v>
+        <v>2.289000000000008</v>
       </c>
     </row>
     <row r="844">
       <c r="A844" t="inlineStr">
         <is>
-          <t>FEB26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B844" t="inlineStr">
         <is>
-          <t>07FEB26</t>
+          <t>25MAR26</t>
         </is>
       </c>
       <c r="C844" t="inlineStr">
         <is>
           <t>Gasoil Diesel routier</t>
         </is>
       </c>
       <c r="D844" t="inlineStr">
         <is>
           <t>Diesel B10 (€/L)</t>
         </is>
       </c>
       <c r="E844" s="2" t="n">
-        <v>1.713000000000006</v>
+        <v>2.281000000000008</v>
       </c>
     </row>
     <row r="845">
       <c r="A845" t="inlineStr">
         <is>
-          <t>FEB26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B845" t="inlineStr">
         <is>
-          <t>07FEB26</t>
+          <t>25MAR26</t>
         </is>
       </c>
       <c r="C845" t="inlineStr">
         <is>
           <t>Gasoil Diesel routier</t>
         </is>
       </c>
       <c r="D845" t="inlineStr">
         <is>
           <t>Diesel B20 (€/L)</t>
         </is>
       </c>
       <c r="E845" s="2" t="n">
-        <v>1.7260000000000062</v>
+        <v>2.268000000000008</v>
       </c>
     </row>
     <row r="846">
       <c r="A846" t="inlineStr">
         <is>
-          <t>FEB26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B846" t="inlineStr">
         <is>
-          <t>07FEB26</t>
+          <t>25MAR26</t>
         </is>
       </c>
       <c r="C846" t="inlineStr">
         <is>
           <t>Gasoil Diesel routier</t>
         </is>
       </c>
       <c r="D846" t="inlineStr">
         <is>
           <t>Diesel B30 (€/L)</t>
         </is>
       </c>
       <c r="E846" s="2" t="n">
-        <v>1.7910000000000064</v>
+        <v>2.282000000000008</v>
       </c>
     </row>
     <row r="847">
       <c r="A847" t="inlineStr">
         <is>
-          <t>FEB26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B847" t="inlineStr">
         <is>
-          <t>07FEB26</t>
+          <t>25MAR26</t>
         </is>
       </c>
       <c r="C847" t="inlineStr">
         <is>
           <t>Gasoil Diesel routier</t>
         </is>
       </c>
       <c r="D847" t="inlineStr">
         <is>
           <t>Diesel XTL (€/L)</t>
         </is>
       </c>
       <c r="E847" s="2" t="n">
-        <v>3.141000000000011</v>
+        <v>3.364000000000012</v>
       </c>
     </row>
     <row r="848">
       <c r="A848" t="inlineStr">
         <is>
-          <t>FEB26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B848" t="inlineStr">
         <is>
-          <t>07FEB26</t>
+          <t>25MAR26</t>
         </is>
       </c>
       <c r="C848" t="inlineStr">
         <is>
           <t>Gasoil Diesel (application chauffage)</t>
         </is>
       </c>
       <c r="D848" t="inlineStr">
         <is>
           <t>Gasoil Diesel Chauffage (à partir de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E848" s="2" t="n">
-        <v>0.7779000000000028</v>
+        <v>1.402700000000005</v>
       </c>
     </row>
     <row r="849">
       <c r="A849" t="inlineStr">
         <is>
-          <t>FEB26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B849" t="inlineStr">
         <is>
-          <t>07FEB26</t>
+          <t>25MAR26</t>
         </is>
       </c>
       <c r="C849" t="inlineStr">
         <is>
           <t>Gasoil Diesel (application chauffage)</t>
         </is>
       </c>
       <c r="D849" t="inlineStr">
         <is>
           <t>Gasoil Diesel Chauffage (moins de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E849" s="2" t="n">
-        <v>0.8182000000000029</v>
+        <v>1.4429000000000052</v>
       </c>
     </row>
     <row r="850">
       <c r="A850" t="inlineStr">
         <is>
-          <t>FEB26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B850" t="inlineStr">
         <is>
-          <t>07FEB26</t>
+          <t>25MAR26</t>
         </is>
       </c>
       <c r="C850" t="inlineStr">
         <is>
           <t>Gasoil Diesel (application agriculture)</t>
         </is>
       </c>
       <c r="D850" t="inlineStr">
         <is>
           <t>Gasoil Diesel Agriculture (à partir de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E850" s="2" t="n">
-        <v>0.7527000000000027</v>
+        <v>1.3774000000000048</v>
       </c>
     </row>
     <row r="851">
       <c r="A851" t="inlineStr">
         <is>
-          <t>FEB26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B851" t="inlineStr">
         <is>
-          <t>07FEB26</t>
+          <t>25MAR26</t>
         </is>
       </c>
       <c r="C851" t="inlineStr">
         <is>
           <t>Gasoil Diesel (application agriculture)</t>
         </is>
       </c>
       <c r="D851" t="inlineStr">
         <is>
           <t>Gasoil Diesel Agriculture (moins de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E851" s="2" t="n">
-        <v>0.7929000000000028</v>
+        <v>1.417700000000005</v>
       </c>
     </row>
     <row r="852">
       <c r="A852" t="inlineStr">
         <is>
-          <t>FEB26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B852" t="inlineStr">
         <is>
-          <t>07FEB26</t>
+          <t>25MAR26</t>
         </is>
       </c>
       <c r="C852" t="inlineStr">
         <is>
           <t>Gasoil Diesel (application I&amp;C)</t>
         </is>
       </c>
       <c r="D852" t="inlineStr">
         <is>
           <t>Gasoil Diesel I&amp;C (à partir de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E852" s="2" t="n">
-        <v>0.7804000000000028</v>
+        <v>1.405100000000005</v>
       </c>
     </row>
     <row r="853">
       <c r="A853" t="inlineStr">
         <is>
-          <t>FEB26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B853" t="inlineStr">
         <is>
-          <t>07FEB26</t>
+          <t>25MAR26</t>
         </is>
       </c>
       <c r="C853" t="inlineStr">
         <is>
           <t>Gasoil Diesel (application I&amp;C)</t>
         </is>
       </c>
       <c r="D853" t="inlineStr">
         <is>
           <t>Gasoil Diesel I&amp;C (moins de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E853" s="2" t="n">
-        <v>0.8206000000000029</v>
+        <v>1.4454000000000051</v>
       </c>
     </row>
     <row r="854">
       <c r="A854" t="inlineStr">
         <is>
-          <t>FEB26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B854" t="inlineStr">
         <is>
-          <t>07FEB26</t>
+          <t>25MAR26</t>
         </is>
       </c>
       <c r="C854" t="inlineStr">
         <is>
           <t>Gasoil Diesel (application I&amp;C)</t>
         </is>
       </c>
       <c r="D854" t="inlineStr">
         <is>
           <t>Gasoil Diesel I&amp;C (à la pompe) (€/L)</t>
         </is>
       </c>
       <c r="E854" s="2" t="n">
-        <v>0.9320000000000034</v>
+        <v>1.5560000000000056</v>
       </c>
     </row>
     <row r="855">
       <c r="A855" t="inlineStr">
         <is>
-          <t>FEB26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B855" t="inlineStr">
         <is>
-          <t>07FEB26</t>
+          <t>25MAR26</t>
         </is>
       </c>
       <c r="C855" t="inlineStr">
         <is>
           <t>Gasoil de chauffage</t>
         </is>
       </c>
       <c r="D855" t="inlineStr">
         <is>
           <t>Gasoil chauffage (H0/H7) (à partir de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E855" s="2" t="n">
-        <v>0.7779000000000028</v>
+        <v>1.374000000000005</v>
       </c>
     </row>
     <row r="856">
       <c r="A856" t="inlineStr">
         <is>
-          <t>FEB26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B856" t="inlineStr">
         <is>
-          <t>07FEB26</t>
+          <t>25MAR26</t>
         </is>
       </c>
       <c r="C856" t="inlineStr">
         <is>
           <t>Gasoil de chauffage</t>
         </is>
       </c>
       <c r="D856" t="inlineStr">
         <is>
           <t>Gasoil chauffage (H0/H7) (moins de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E856" s="2" t="n">
-        <v>0.8182000000000029</v>
+        <v>1.414300000000005</v>
       </c>
     </row>
     <row r="857">
       <c r="A857" t="inlineStr">
         <is>
-          <t>FEB26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B857" t="inlineStr">
         <is>
-          <t>07FEB26</t>
+          <t>25MAR26</t>
         </is>
       </c>
       <c r="C857" t="inlineStr">
         <is>
           <t>Gasoil de chauffage</t>
         </is>
       </c>
       <c r="D857" t="inlineStr">
         <is>
           <t>Gasoil chauffage (H0/H7) (à la pompe) (€/L)</t>
         </is>
       </c>
       <c r="E857" s="2" t="n">
-        <v>0.9360000000000034</v>
+        <v>1.5320000000000056</v>
       </c>
     </row>
     <row r="858">
       <c r="A858" t="inlineStr">
         <is>
-          <t>FEB26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B858" t="inlineStr">
         <is>
-          <t>07FEB26</t>
+          <t>25MAR26</t>
         </is>
       </c>
       <c r="C858" t="inlineStr">
         <is>
           <t>Pétrole lampant</t>
         </is>
       </c>
       <c r="D858" t="inlineStr">
         <is>
           <t>Petrole lampant type B (moins de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E858" s="2" t="n">
-        <v>0.8974000000000032</v>
+        <v>1.679000000000006</v>
       </c>
     </row>
     <row r="859">
       <c r="A859" t="inlineStr">
         <is>
-          <t>FEB26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B859" t="inlineStr">
         <is>
-          <t>07FEB26</t>
+          <t>25MAR26</t>
         </is>
       </c>
       <c r="C859" t="inlineStr">
         <is>
           <t>Pétrole lampant</t>
         </is>
       </c>
       <c r="D859" t="inlineStr">
         <is>
           <t>Petrole lampant type B (à partir de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E859" s="2" t="n">
-        <v>0.857200000000003</v>
+        <v>1.6388000000000058</v>
       </c>
     </row>
     <row r="860">
       <c r="A860" t="inlineStr">
         <is>
-          <t>FEB26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B860" t="inlineStr">
         <is>
-          <t>07FEB26</t>
+          <t>25MAR26</t>
         </is>
       </c>
       <c r="C860" t="inlineStr">
         <is>
           <t>Pétrole lampant</t>
         </is>
       </c>
       <c r="D860" t="inlineStr">
         <is>
           <t>Petrole lampant type B (à la pompe) (€/L)</t>
         </is>
       </c>
       <c r="E860" s="2" t="n">
-        <v>1.0110000000000035</v>
+        <v>1.7930000000000064</v>
       </c>
     </row>
     <row r="861">
       <c r="A861" t="inlineStr">
         <is>
-          <t>FEB26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B861" t="inlineStr">
         <is>
-          <t>07FEB26</t>
+          <t>25MAR26</t>
         </is>
       </c>
       <c r="C861" t="inlineStr">
         <is>
           <t>Pétrole lampant</t>
         </is>
       </c>
       <c r="D861" t="inlineStr">
         <is>
           <t>Petrole lampant type C (moins de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E861" s="2" t="n">
-        <v>0.9286000000000033</v>
+        <v>1.7458000000000062</v>
       </c>
     </row>
     <row r="862">
       <c r="A862" t="inlineStr">
         <is>
-          <t>FEB26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B862" t="inlineStr">
         <is>
-          <t>07FEB26</t>
+          <t>25MAR26</t>
         </is>
       </c>
       <c r="C862" t="inlineStr">
         <is>
           <t>Pétrole lampant</t>
         </is>
       </c>
       <c r="D862" t="inlineStr">
         <is>
           <t>Petrole lampant type C (à partir de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E862" s="2" t="n">
-        <v>0.8884000000000031</v>
+        <v>1.705500000000006</v>
       </c>
     </row>
     <row r="863">
       <c r="A863" t="inlineStr">
         <is>
-          <t>FEB26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B863" t="inlineStr">
         <is>
-          <t>07FEB26</t>
+          <t>25MAR26</t>
         </is>
       </c>
       <c r="C863" t="inlineStr">
         <is>
           <t>Pétrole lampant</t>
         </is>
       </c>
       <c r="D863" t="inlineStr">
         <is>
           <t>Petrole lampant type C (à la pompe) (€/L)</t>
         </is>
       </c>
       <c r="E863" s="2" t="n">
-        <v>1.0430000000000037</v>
+        <v>1.8600000000000068</v>
       </c>
     </row>
     <row r="864">
       <c r="A864" t="inlineStr">
         <is>
-          <t>FEB26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B864" t="inlineStr">
         <is>
-          <t>07FEB26</t>
+          <t>25MAR26</t>
         </is>
       </c>
       <c r="C864" t="inlineStr">
         <is>
           <t>Propane</t>
         </is>
       </c>
       <c r="D864" t="inlineStr">
         <is>
           <t>Propane en vrac (à partir de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E864" s="2" t="n">
-        <v>0.7207000000000026</v>
+        <v>0.9173000000000032</v>
       </c>
     </row>
     <row r="865">
       <c r="A865" t="inlineStr">
         <is>
-          <t>FEB26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B865" t="inlineStr">
         <is>
-          <t>07FEB26</t>
+          <t>25MAR26</t>
         </is>
       </c>
       <c r="C865" t="inlineStr">
         <is>
           <t>Propane</t>
         </is>
       </c>
       <c r="D865" t="inlineStr">
         <is>
           <t>Propane en vrac (moins de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E865" s="2" t="n">
-        <v>0.8107000000000029</v>
+        <v>1.0073000000000036</v>
       </c>
     </row>
     <row r="866">
       <c r="A866" t="inlineStr">
         <is>
-          <t>FEB26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B866" t="inlineStr">
         <is>
-          <t>07FEB26</t>
+          <t>25MAR26</t>
         </is>
       </c>
       <c r="C866" t="inlineStr">
         <is>
           <t>Butane + LPG</t>
         </is>
       </c>
       <c r="D866" t="inlineStr">
         <is>
           <t>Autogas LPG (à la pompe) (€/L)</t>
         </is>
       </c>
-      <c r="E866" s="2" t="n">
-        <v>0.8260000000000028</v>
+      <c r="E866" s="1" t="n">
+        <v>1.0</v>
       </c>
     </row>
     <row r="867">
       <c r="A867" t="inlineStr">
         <is>
-          <t>FEB26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B867" t="inlineStr">
         <is>
-          <t>07FEB26</t>
+          <t>25MAR26</t>
         </is>
       </c>
       <c r="C867" t="inlineStr">
         <is>
           <t>Butane + LPG</t>
         </is>
       </c>
       <c r="D867" t="inlineStr">
         <is>
           <t>Autogas LPG (moins de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E867" s="2" t="n">
-        <v>0.830700000000003</v>
+        <v>1.0507000000000037</v>
       </c>
     </row>
     <row r="868">
       <c r="A868" t="inlineStr">
         <is>
-          <t>FEB26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B868" t="inlineStr">
         <is>
-          <t>07FEB26</t>
+          <t>25MAR26</t>
         </is>
       </c>
       <c r="C868" t="inlineStr">
         <is>
           <t>Butane + LPG</t>
         </is>
       </c>
       <c r="D868" t="inlineStr">
         <is>
           <t>Autogas LPG (à partir de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E868" s="2" t="n">
-        <v>0.7407000000000027</v>
+        <v>0.9607000000000034</v>
       </c>
     </row>
     <row r="869">
       <c r="A869" t="inlineStr">
         <is>
-          <t>FEB26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B869" t="inlineStr">
         <is>
-          <t>07FEB26</t>
+          <t>25MAR26</t>
         </is>
       </c>
       <c r="C869" t="inlineStr">
         <is>
           <t>Fuel Oil</t>
         </is>
       </c>
       <c r="D869" t="inlineStr">
         <is>
           <t>Fuel oil extra lourd 1% S (en camion citerne) (€/T)</t>
         </is>
       </c>
       <c r="E869"/>
     </row>
     <row r="870">
       <c r="A870" t="inlineStr">
         <is>
-          <t>FEB26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B870" t="inlineStr">
         <is>
-          <t>08FEB26</t>
+          <t>26MAR26</t>
         </is>
       </c>
       <c r="C870" t="inlineStr">
         <is>
           <t>Essences</t>
         </is>
       </c>
       <c r="D870" t="inlineStr">
         <is>
           <t>Essence 95 RON E5 (€/L)</t>
         </is>
       </c>
       <c r="E870" s="2" t="n">
-        <v>1.6160000000000059</v>
+        <v>1.8760000000000066</v>
       </c>
     </row>
     <row r="871">
       <c r="A871" t="inlineStr">
         <is>
-          <t>FEB26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B871" t="inlineStr">
         <is>
-          <t>08FEB26</t>
+          <t>26MAR26</t>
         </is>
       </c>
       <c r="C871" t="inlineStr">
         <is>
           <t>Essences</t>
         </is>
       </c>
       <c r="D871" t="inlineStr">
         <is>
           <t>Essence 95 RON E10 (€/L)</t>
         </is>
       </c>
       <c r="E871" s="2" t="n">
-        <v>1.6060000000000059</v>
+        <v>1.8630000000000067</v>
       </c>
     </row>
     <row r="872">
       <c r="A872" t="inlineStr">
         <is>
-          <t>FEB26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B872" t="inlineStr">
         <is>
-          <t>08FEB26</t>
+          <t>26MAR26</t>
         </is>
       </c>
       <c r="C872" t="inlineStr">
         <is>
           <t>Essences</t>
         </is>
       </c>
       <c r="D872" t="inlineStr">
         <is>
           <t>Essence 98 RON E5 (€/L)</t>
         </is>
       </c>
       <c r="E872" s="2" t="n">
-        <v>1.657000000000006</v>
+        <v>1.929000000000007</v>
       </c>
     </row>
     <row r="873">
       <c r="A873" t="inlineStr">
         <is>
-          <t>FEB26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B873" t="inlineStr">
         <is>
-          <t>08FEB26</t>
+          <t>26MAR26</t>
         </is>
       </c>
       <c r="C873" t="inlineStr">
         <is>
           <t>Essences</t>
         </is>
       </c>
       <c r="D873" t="inlineStr">
         <is>
           <t>Essence 98 RON E10 (€/L)</t>
         </is>
       </c>
       <c r="E873" s="2" t="n">
-        <v>1.6550000000000058</v>
+        <v>1.9260000000000068</v>
       </c>
     </row>
     <row r="874">
       <c r="A874" t="inlineStr">
         <is>
-          <t>FEB26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B874" t="inlineStr">
         <is>
-          <t>08FEB26</t>
+          <t>26MAR26</t>
         </is>
       </c>
       <c r="C874" t="inlineStr">
         <is>
           <t>Gasoil Diesel routier</t>
         </is>
       </c>
       <c r="D874" t="inlineStr">
         <is>
           <t>Diesel B7 (€/L)</t>
         </is>
       </c>
       <c r="E874" s="2" t="n">
-        <v>1.7190000000000063</v>
+        <v>2.289000000000008</v>
       </c>
     </row>
     <row r="875">
       <c r="A875" t="inlineStr">
         <is>
-          <t>FEB26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B875" t="inlineStr">
         <is>
-          <t>08FEB26</t>
+          <t>26MAR26</t>
         </is>
       </c>
       <c r="C875" t="inlineStr">
         <is>
           <t>Gasoil Diesel routier</t>
         </is>
       </c>
       <c r="D875" t="inlineStr">
         <is>
           <t>Diesel B10 (€/L)</t>
         </is>
       </c>
       <c r="E875" s="2" t="n">
-        <v>1.713000000000006</v>
+        <v>2.281000000000008</v>
       </c>
     </row>
     <row r="876">
       <c r="A876" t="inlineStr">
         <is>
-          <t>FEB26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B876" t="inlineStr">
         <is>
-          <t>08FEB26</t>
+          <t>26MAR26</t>
         </is>
       </c>
       <c r="C876" t="inlineStr">
         <is>
           <t>Gasoil Diesel routier</t>
         </is>
       </c>
       <c r="D876" t="inlineStr">
         <is>
           <t>Diesel B20 (€/L)</t>
         </is>
       </c>
       <c r="E876" s="2" t="n">
-        <v>1.7260000000000062</v>
+        <v>2.268000000000008</v>
       </c>
     </row>
     <row r="877">
       <c r="A877" t="inlineStr">
         <is>
-          <t>FEB26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B877" t="inlineStr">
         <is>
-          <t>08FEB26</t>
+          <t>26MAR26</t>
         </is>
       </c>
       <c r="C877" t="inlineStr">
         <is>
           <t>Gasoil Diesel routier</t>
         </is>
       </c>
       <c r="D877" t="inlineStr">
         <is>
           <t>Diesel B30 (€/L)</t>
         </is>
       </c>
       <c r="E877" s="2" t="n">
-        <v>1.7910000000000064</v>
+        <v>2.282000000000008</v>
       </c>
     </row>
     <row r="878">
       <c r="A878" t="inlineStr">
         <is>
-          <t>FEB26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B878" t="inlineStr">
         <is>
-          <t>08FEB26</t>
+          <t>26MAR26</t>
         </is>
       </c>
       <c r="C878" t="inlineStr">
         <is>
           <t>Gasoil Diesel routier</t>
         </is>
       </c>
       <c r="D878" t="inlineStr">
         <is>
           <t>Diesel XTL (€/L)</t>
         </is>
       </c>
       <c r="E878" s="2" t="n">
-        <v>3.141000000000011</v>
+        <v>3.364000000000012</v>
       </c>
     </row>
     <row r="879">
       <c r="A879" t="inlineStr">
         <is>
-          <t>FEB26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B879" t="inlineStr">
         <is>
-          <t>08FEB26</t>
+          <t>26MAR26</t>
         </is>
       </c>
       <c r="C879" t="inlineStr">
         <is>
           <t>Gasoil Diesel (application chauffage)</t>
         </is>
       </c>
       <c r="D879" t="inlineStr">
         <is>
           <t>Gasoil Diesel Chauffage (à partir de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E879" s="2" t="n">
-        <v>0.7779000000000028</v>
+        <v>1.380800000000005</v>
       </c>
     </row>
     <row r="880">
       <c r="A880" t="inlineStr">
         <is>
-          <t>FEB26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B880" t="inlineStr">
         <is>
-          <t>08FEB26</t>
+          <t>26MAR26</t>
         </is>
       </c>
       <c r="C880" t="inlineStr">
         <is>
           <t>Gasoil Diesel (application chauffage)</t>
         </is>
       </c>
       <c r="D880" t="inlineStr">
         <is>
           <t>Gasoil Diesel Chauffage (moins de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E880" s="2" t="n">
-        <v>0.8182000000000029</v>
+        <v>1.4210000000000051</v>
       </c>
     </row>
     <row r="881">
       <c r="A881" t="inlineStr">
         <is>
-          <t>FEB26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B881" t="inlineStr">
         <is>
-          <t>08FEB26</t>
+          <t>26MAR26</t>
         </is>
       </c>
       <c r="C881" t="inlineStr">
         <is>
           <t>Gasoil Diesel (application agriculture)</t>
         </is>
       </c>
       <c r="D881" t="inlineStr">
         <is>
           <t>Gasoil Diesel Agriculture (à partir de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E881" s="2" t="n">
-        <v>0.7527000000000027</v>
+        <v>1.3555000000000048</v>
       </c>
     </row>
     <row r="882">
       <c r="A882" t="inlineStr">
         <is>
-          <t>FEB26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B882" t="inlineStr">
         <is>
-          <t>08FEB26</t>
+          <t>26MAR26</t>
         </is>
       </c>
       <c r="C882" t="inlineStr">
         <is>
           <t>Gasoil Diesel (application agriculture)</t>
         </is>
       </c>
       <c r="D882" t="inlineStr">
         <is>
           <t>Gasoil Diesel Agriculture (moins de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E882" s="2" t="n">
-        <v>0.7929000000000028</v>
+        <v>1.3958000000000048</v>
       </c>
     </row>
     <row r="883">
       <c r="A883" t="inlineStr">
         <is>
-          <t>FEB26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B883" t="inlineStr">
         <is>
-          <t>08FEB26</t>
+          <t>26MAR26</t>
         </is>
       </c>
       <c r="C883" t="inlineStr">
         <is>
           <t>Gasoil Diesel (application I&amp;C)</t>
         </is>
       </c>
       <c r="D883" t="inlineStr">
         <is>
           <t>Gasoil Diesel I&amp;C (à partir de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E883" s="2" t="n">
-        <v>0.7804000000000028</v>
+        <v>1.3832000000000049</v>
       </c>
     </row>
     <row r="884">
       <c r="A884" t="inlineStr">
         <is>
-          <t>FEB26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B884" t="inlineStr">
         <is>
-          <t>08FEB26</t>
+          <t>26MAR26</t>
         </is>
       </c>
       <c r="C884" t="inlineStr">
         <is>
           <t>Gasoil Diesel (application I&amp;C)</t>
         </is>
       </c>
       <c r="D884" t="inlineStr">
         <is>
           <t>Gasoil Diesel I&amp;C (moins de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E884" s="2" t="n">
-        <v>0.8206000000000029</v>
+        <v>1.423500000000005</v>
       </c>
     </row>
     <row r="885">
       <c r="A885" t="inlineStr">
         <is>
-          <t>FEB26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B885" t="inlineStr">
         <is>
-          <t>08FEB26</t>
+          <t>26MAR26</t>
         </is>
       </c>
       <c r="C885" t="inlineStr">
         <is>
           <t>Gasoil Diesel (application I&amp;C)</t>
         </is>
       </c>
       <c r="D885" t="inlineStr">
         <is>
           <t>Gasoil Diesel I&amp;C (à la pompe) (€/L)</t>
         </is>
       </c>
       <c r="E885" s="2" t="n">
-        <v>0.9320000000000034</v>
+        <v>1.5340000000000056</v>
       </c>
     </row>
     <row r="886">
       <c r="A886" t="inlineStr">
         <is>
-          <t>FEB26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B886" t="inlineStr">
         <is>
-          <t>08FEB26</t>
+          <t>26MAR26</t>
         </is>
       </c>
       <c r="C886" t="inlineStr">
         <is>
           <t>Gasoil de chauffage</t>
         </is>
       </c>
       <c r="D886" t="inlineStr">
         <is>
           <t>Gasoil chauffage (H0/H7) (à partir de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E886" s="2" t="n">
-        <v>0.7779000000000028</v>
+        <v>1.3696000000000048</v>
       </c>
     </row>
     <row r="887">
       <c r="A887" t="inlineStr">
         <is>
-          <t>FEB26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B887" t="inlineStr">
         <is>
-          <t>08FEB26</t>
+          <t>26MAR26</t>
         </is>
       </c>
       <c r="C887" t="inlineStr">
         <is>
           <t>Gasoil de chauffage</t>
         </is>
       </c>
       <c r="D887" t="inlineStr">
         <is>
           <t>Gasoil chauffage (H0/H7) (moins de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E887" s="2" t="n">
-        <v>0.8182000000000029</v>
+        <v>1.409900000000005</v>
       </c>
     </row>
     <row r="888">
       <c r="A888" t="inlineStr">
         <is>
-          <t>FEB26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B888" t="inlineStr">
         <is>
-          <t>08FEB26</t>
+          <t>26MAR26</t>
         </is>
       </c>
       <c r="C888" t="inlineStr">
         <is>
           <t>Gasoil de chauffage</t>
         </is>
       </c>
       <c r="D888" t="inlineStr">
         <is>
           <t>Gasoil chauffage (H0/H7) (à la pompe) (€/L)</t>
         </is>
       </c>
       <c r="E888" s="2" t="n">
-        <v>0.9360000000000034</v>
+        <v>1.5280000000000054</v>
       </c>
     </row>
     <row r="889">
       <c r="A889" t="inlineStr">
         <is>
-          <t>FEB26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B889" t="inlineStr">
         <is>
-          <t>08FEB26</t>
+          <t>26MAR26</t>
         </is>
       </c>
       <c r="C889" t="inlineStr">
         <is>
           <t>Pétrole lampant</t>
         </is>
       </c>
       <c r="D889" t="inlineStr">
         <is>
           <t>Petrole lampant type B (moins de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E889" s="2" t="n">
-        <v>0.8974000000000032</v>
+        <v>1.6510000000000058</v>
       </c>
     </row>
     <row r="890">
       <c r="A890" t="inlineStr">
         <is>
-          <t>FEB26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B890" t="inlineStr">
         <is>
-          <t>08FEB26</t>
+          <t>26MAR26</t>
         </is>
       </c>
       <c r="C890" t="inlineStr">
         <is>
           <t>Pétrole lampant</t>
         </is>
       </c>
       <c r="D890" t="inlineStr">
         <is>
           <t>Petrole lampant type B (à partir de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E890" s="2" t="n">
-        <v>0.857200000000003</v>
+        <v>1.6107000000000058</v>
       </c>
     </row>
     <row r="891">
       <c r="A891" t="inlineStr">
         <is>
-          <t>FEB26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B891" t="inlineStr">
         <is>
-          <t>08FEB26</t>
+          <t>26MAR26</t>
         </is>
       </c>
       <c r="C891" t="inlineStr">
         <is>
           <t>Pétrole lampant</t>
         </is>
       </c>
       <c r="D891" t="inlineStr">
         <is>
           <t>Petrole lampant type B (à la pompe) (€/L)</t>
         </is>
       </c>
       <c r="E891" s="2" t="n">
-        <v>1.0110000000000035</v>
+        <v>1.7650000000000061</v>
       </c>
     </row>
     <row r="892">
       <c r="A892" t="inlineStr">
         <is>
-          <t>FEB26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B892" t="inlineStr">
         <is>
-          <t>08FEB26</t>
+          <t>26MAR26</t>
         </is>
       </c>
       <c r="C892" t="inlineStr">
         <is>
           <t>Pétrole lampant</t>
         </is>
       </c>
       <c r="D892" t="inlineStr">
         <is>
           <t>Petrole lampant type C (moins de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E892" s="2" t="n">
-        <v>0.9286000000000033</v>
+        <v>1.716500000000006</v>
       </c>
     </row>
     <row r="893">
       <c r="A893" t="inlineStr">
         <is>
-          <t>FEB26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B893" t="inlineStr">
         <is>
-          <t>08FEB26</t>
+          <t>26MAR26</t>
         </is>
       </c>
       <c r="C893" t="inlineStr">
         <is>
           <t>Pétrole lampant</t>
         </is>
       </c>
       <c r="D893" t="inlineStr">
         <is>
           <t>Petrole lampant type C (à partir de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E893" s="2" t="n">
-        <v>0.8884000000000031</v>
+        <v>1.676200000000006</v>
       </c>
     </row>
     <row r="894">
       <c r="A894" t="inlineStr">
         <is>
-          <t>FEB26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B894" t="inlineStr">
         <is>
-          <t>08FEB26</t>
+          <t>26MAR26</t>
         </is>
       </c>
       <c r="C894" t="inlineStr">
         <is>
           <t>Pétrole lampant</t>
         </is>
       </c>
       <c r="D894" t="inlineStr">
         <is>
           <t>Petrole lampant type C (à la pompe) (€/L)</t>
         </is>
       </c>
       <c r="E894" s="2" t="n">
-        <v>1.0430000000000037</v>
+        <v>1.8300000000000065</v>
       </c>
     </row>
     <row r="895">
       <c r="A895" t="inlineStr">
         <is>
-          <t>FEB26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B895" t="inlineStr">
         <is>
-          <t>08FEB26</t>
+          <t>26MAR26</t>
         </is>
       </c>
       <c r="C895" t="inlineStr">
         <is>
           <t>Propane</t>
         </is>
       </c>
       <c r="D895" t="inlineStr">
         <is>
           <t>Propane en vrac (à partir de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E895" s="2" t="n">
-        <v>0.7207000000000026</v>
+        <v>0.9173000000000032</v>
       </c>
     </row>
     <row r="896">
       <c r="A896" t="inlineStr">
         <is>
-          <t>FEB26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B896" t="inlineStr">
         <is>
-          <t>08FEB26</t>
+          <t>26MAR26</t>
         </is>
       </c>
       <c r="C896" t="inlineStr">
         <is>
           <t>Propane</t>
         </is>
       </c>
       <c r="D896" t="inlineStr">
         <is>
           <t>Propane en vrac (moins de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E896" s="2" t="n">
-        <v>0.8107000000000029</v>
+        <v>1.0073000000000036</v>
       </c>
     </row>
     <row r="897">
       <c r="A897" t="inlineStr">
         <is>
-          <t>FEB26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B897" t="inlineStr">
         <is>
-          <t>08FEB26</t>
+          <t>26MAR26</t>
         </is>
       </c>
       <c r="C897" t="inlineStr">
         <is>
           <t>Butane + LPG</t>
         </is>
       </c>
       <c r="D897" t="inlineStr">
         <is>
           <t>Autogas LPG (à la pompe) (€/L)</t>
         </is>
       </c>
-      <c r="E897" s="2" t="n">
-        <v>0.8260000000000028</v>
+      <c r="E897" s="1" t="n">
+        <v>1.0</v>
       </c>
     </row>
     <row r="898">
       <c r="A898" t="inlineStr">
         <is>
-          <t>FEB26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B898" t="inlineStr">
         <is>
-          <t>08FEB26</t>
+          <t>26MAR26</t>
         </is>
       </c>
       <c r="C898" t="inlineStr">
         <is>
           <t>Butane + LPG</t>
         </is>
       </c>
       <c r="D898" t="inlineStr">
         <is>
           <t>Autogas LPG (moins de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E898" s="2" t="n">
-        <v>0.830700000000003</v>
+        <v>1.0507000000000037</v>
       </c>
     </row>
     <row r="899">
       <c r="A899" t="inlineStr">
         <is>
-          <t>FEB26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B899" t="inlineStr">
         <is>
-          <t>08FEB26</t>
+          <t>26MAR26</t>
         </is>
       </c>
       <c r="C899" t="inlineStr">
         <is>
           <t>Butane + LPG</t>
         </is>
       </c>
       <c r="D899" t="inlineStr">
         <is>
           <t>Autogas LPG (à partir de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E899" s="2" t="n">
-        <v>0.7407000000000027</v>
+        <v>0.9607000000000034</v>
       </c>
     </row>
     <row r="900">
       <c r="A900" t="inlineStr">
         <is>
-          <t>FEB26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B900" t="inlineStr">
         <is>
-          <t>08FEB26</t>
+          <t>26MAR26</t>
         </is>
       </c>
       <c r="C900" t="inlineStr">
         <is>
           <t>Fuel Oil</t>
         </is>
       </c>
       <c r="D900" t="inlineStr">
         <is>
           <t>Fuel oil extra lourd 1% S (en camion citerne) (€/T)</t>
         </is>
       </c>
       <c r="E900"/>
     </row>
     <row r="901">
       <c r="A901" t="inlineStr">
         <is>
-          <t>FEB26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B901" t="inlineStr">
         <is>
-          <t>09FEB26</t>
+          <t>27MAR26</t>
         </is>
       </c>
       <c r="C901" t="inlineStr">
         <is>
           <t>Essences</t>
         </is>
       </c>
       <c r="D901" t="inlineStr">
         <is>
           <t>Essence 95 RON E5 (€/L)</t>
         </is>
       </c>
       <c r="E901" s="2" t="n">
-        <v>1.6160000000000059</v>
+        <v>1.8760000000000066</v>
       </c>
     </row>
     <row r="902">
       <c r="A902" t="inlineStr">
         <is>
-          <t>FEB26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B902" t="inlineStr">
         <is>
-          <t>09FEB26</t>
+          <t>27MAR26</t>
         </is>
       </c>
       <c r="C902" t="inlineStr">
         <is>
           <t>Essences</t>
         </is>
       </c>
       <c r="D902" t="inlineStr">
         <is>
           <t>Essence 95 RON E10 (€/L)</t>
         </is>
       </c>
       <c r="E902" s="2" t="n">
-        <v>1.6060000000000059</v>
+        <v>1.8630000000000067</v>
       </c>
     </row>
     <row r="903">
       <c r="A903" t="inlineStr">
         <is>
-          <t>FEB26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B903" t="inlineStr">
         <is>
-          <t>09FEB26</t>
+          <t>27MAR26</t>
         </is>
       </c>
       <c r="C903" t="inlineStr">
         <is>
           <t>Essences</t>
         </is>
       </c>
       <c r="D903" t="inlineStr">
         <is>
           <t>Essence 98 RON E5 (€/L)</t>
         </is>
       </c>
       <c r="E903" s="2" t="n">
-        <v>1.657000000000006</v>
+        <v>1.929000000000007</v>
       </c>
     </row>
     <row r="904">
       <c r="A904" t="inlineStr">
         <is>
-          <t>FEB26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B904" t="inlineStr">
         <is>
-          <t>09FEB26</t>
+          <t>27MAR26</t>
         </is>
       </c>
       <c r="C904" t="inlineStr">
         <is>
           <t>Essences</t>
         </is>
       </c>
       <c r="D904" t="inlineStr">
         <is>
           <t>Essence 98 RON E10 (€/L)</t>
         </is>
       </c>
       <c r="E904" s="2" t="n">
-        <v>1.6550000000000058</v>
+        <v>1.9260000000000068</v>
       </c>
     </row>
     <row r="905">
       <c r="A905" t="inlineStr">
         <is>
-          <t>FEB26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B905" t="inlineStr">
         <is>
-          <t>09FEB26</t>
+          <t>27MAR26</t>
         </is>
       </c>
       <c r="C905" t="inlineStr">
         <is>
           <t>Gasoil Diesel routier</t>
         </is>
       </c>
       <c r="D905" t="inlineStr">
         <is>
           <t>Diesel B7 (€/L)</t>
         </is>
       </c>
       <c r="E905" s="2" t="n">
-        <v>1.7190000000000063</v>
+        <v>2.1630000000000074</v>
       </c>
     </row>
     <row r="906">
       <c r="A906" t="inlineStr">
         <is>
-          <t>FEB26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B906" t="inlineStr">
         <is>
-          <t>09FEB26</t>
+          <t>27MAR26</t>
         </is>
       </c>
       <c r="C906" t="inlineStr">
         <is>
           <t>Gasoil Diesel routier</t>
         </is>
       </c>
       <c r="D906" t="inlineStr">
         <is>
           <t>Diesel B10 (€/L)</t>
         </is>
       </c>
       <c r="E906" s="2" t="n">
-        <v>1.713000000000006</v>
+        <v>2.1540000000000075</v>
       </c>
     </row>
     <row r="907">
       <c r="A907" t="inlineStr">
         <is>
-          <t>FEB26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B907" t="inlineStr">
         <is>
-          <t>09FEB26</t>
+          <t>27MAR26</t>
         </is>
       </c>
       <c r="C907" t="inlineStr">
         <is>
           <t>Gasoil Diesel routier</t>
         </is>
       </c>
       <c r="D907" t="inlineStr">
         <is>
           <t>Diesel B20 (€/L)</t>
         </is>
       </c>
       <c r="E907" s="2" t="n">
-        <v>1.7260000000000062</v>
+        <v>2.1380000000000075</v>
       </c>
     </row>
     <row r="908">
       <c r="A908" t="inlineStr">
         <is>
-          <t>FEB26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B908" t="inlineStr">
         <is>
-          <t>09FEB26</t>
+          <t>27MAR26</t>
         </is>
       </c>
       <c r="C908" t="inlineStr">
         <is>
           <t>Gasoil Diesel routier</t>
         </is>
       </c>
       <c r="D908" t="inlineStr">
         <is>
           <t>Diesel B30 (€/L)</t>
         </is>
       </c>
       <c r="E908" s="2" t="n">
-        <v>1.7910000000000064</v>
+        <v>2.1590000000000074</v>
       </c>
     </row>
     <row r="909">
       <c r="A909" t="inlineStr">
         <is>
-          <t>FEB26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B909" t="inlineStr">
         <is>
-          <t>09FEB26</t>
+          <t>27MAR26</t>
         </is>
       </c>
       <c r="C909" t="inlineStr">
         <is>
           <t>Gasoil Diesel routier</t>
         </is>
       </c>
       <c r="D909" t="inlineStr">
         <is>
           <t>Diesel XTL (€/L)</t>
         </is>
       </c>
       <c r="E909" s="2" t="n">
-        <v>3.141000000000011</v>
+        <v>3.4770000000000123</v>
       </c>
     </row>
     <row r="910">
       <c r="A910" t="inlineStr">
         <is>
-          <t>FEB26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B910" t="inlineStr">
         <is>
-          <t>09FEB26</t>
+          <t>27MAR26</t>
         </is>
       </c>
       <c r="C910" t="inlineStr">
         <is>
           <t>Gasoil Diesel (application chauffage)</t>
         </is>
       </c>
       <c r="D910" t="inlineStr">
         <is>
           <t>Gasoil Diesel Chauffage (à partir de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E910" s="2" t="n">
-        <v>0.7779000000000028</v>
+        <v>1.2556000000000045</v>
       </c>
     </row>
     <row r="911">
       <c r="A911" t="inlineStr">
         <is>
-          <t>FEB26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B911" t="inlineStr">
         <is>
-          <t>09FEB26</t>
+          <t>27MAR26</t>
         </is>
       </c>
       <c r="C911" t="inlineStr">
         <is>
           <t>Gasoil Diesel (application chauffage)</t>
         </is>
       </c>
       <c r="D911" t="inlineStr">
         <is>
           <t>Gasoil Diesel Chauffage (moins de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E911" s="2" t="n">
-        <v>0.8182000000000029</v>
+        <v>1.2958000000000047</v>
       </c>
     </row>
     <row r="912">
       <c r="A912" t="inlineStr">
         <is>
-          <t>FEB26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B912" t="inlineStr">
         <is>
-          <t>09FEB26</t>
+          <t>27MAR26</t>
         </is>
       </c>
       <c r="C912" t="inlineStr">
         <is>
           <t>Gasoil Diesel (application agriculture)</t>
         </is>
       </c>
       <c r="D912" t="inlineStr">
         <is>
           <t>Gasoil Diesel Agriculture (à partir de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E912" s="2" t="n">
-        <v>0.7527000000000027</v>
+        <v>1.2303000000000044</v>
       </c>
     </row>
     <row r="913">
       <c r="A913" t="inlineStr">
         <is>
-          <t>FEB26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B913" t="inlineStr">
         <is>
-          <t>09FEB26</t>
+          <t>27MAR26</t>
         </is>
       </c>
       <c r="C913" t="inlineStr">
         <is>
           <t>Gasoil Diesel (application agriculture)</t>
         </is>
       </c>
       <c r="D913" t="inlineStr">
         <is>
           <t>Gasoil Diesel Agriculture (moins de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E913" s="2" t="n">
-        <v>0.7929000000000028</v>
+        <v>1.2706000000000044</v>
       </c>
     </row>
     <row r="914">
       <c r="A914" t="inlineStr">
         <is>
-          <t>FEB26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B914" t="inlineStr">
         <is>
-          <t>09FEB26</t>
+          <t>27MAR26</t>
         </is>
       </c>
       <c r="C914" t="inlineStr">
         <is>
           <t>Gasoil Diesel (application I&amp;C)</t>
         </is>
       </c>
       <c r="D914" t="inlineStr">
         <is>
           <t>Gasoil Diesel I&amp;C (à partir de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E914" s="2" t="n">
-        <v>0.7804000000000028</v>
+        <v>1.2580000000000044</v>
       </c>
     </row>
     <row r="915">
       <c r="A915" t="inlineStr">
         <is>
-          <t>FEB26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B915" t="inlineStr">
         <is>
-          <t>09FEB26</t>
+          <t>27MAR26</t>
         </is>
       </c>
       <c r="C915" t="inlineStr">
         <is>
           <t>Gasoil Diesel (application I&amp;C)</t>
         </is>
       </c>
       <c r="D915" t="inlineStr">
         <is>
           <t>Gasoil Diesel I&amp;C (moins de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E915" s="2" t="n">
-        <v>0.8206000000000029</v>
+        <v>1.2983000000000047</v>
       </c>
     </row>
     <row r="916">
       <c r="A916" t="inlineStr">
         <is>
-          <t>FEB26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B916" t="inlineStr">
         <is>
-          <t>09FEB26</t>
+          <t>27MAR26</t>
         </is>
       </c>
       <c r="C916" t="inlineStr">
         <is>
           <t>Gasoil Diesel (application I&amp;C)</t>
         </is>
       </c>
       <c r="D916" t="inlineStr">
         <is>
           <t>Gasoil Diesel I&amp;C (à la pompe) (€/L)</t>
         </is>
       </c>
       <c r="E916" s="2" t="n">
-        <v>0.9320000000000034</v>
+        <v>1.4090000000000051</v>
       </c>
     </row>
     <row r="917">
       <c r="A917" t="inlineStr">
         <is>
-          <t>FEB26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B917" t="inlineStr">
         <is>
-          <t>09FEB26</t>
+          <t>27MAR26</t>
         </is>
       </c>
       <c r="C917" t="inlineStr">
         <is>
           <t>Gasoil de chauffage</t>
         </is>
       </c>
       <c r="D917" t="inlineStr">
         <is>
           <t>Gasoil chauffage (H0/H7) (à partir de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E917" s="2" t="n">
-        <v>0.7779000000000028</v>
+        <v>1.2556000000000045</v>
       </c>
     </row>
     <row r="918">
       <c r="A918" t="inlineStr">
         <is>
-          <t>FEB26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B918" t="inlineStr">
         <is>
-          <t>09FEB26</t>
+          <t>27MAR26</t>
         </is>
       </c>
       <c r="C918" t="inlineStr">
         <is>
           <t>Gasoil de chauffage</t>
         </is>
       </c>
       <c r="D918" t="inlineStr">
         <is>
           <t>Gasoil chauffage (H0/H7) (moins de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E918" s="2" t="n">
-        <v>0.8182000000000029</v>
+        <v>1.2958000000000047</v>
       </c>
     </row>
     <row r="919">
       <c r="A919" t="inlineStr">
         <is>
-          <t>FEB26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B919" t="inlineStr">
         <is>
-          <t>09FEB26</t>
+          <t>27MAR26</t>
         </is>
       </c>
       <c r="C919" t="inlineStr">
         <is>
           <t>Gasoil de chauffage</t>
         </is>
       </c>
       <c r="D919" t="inlineStr">
         <is>
           <t>Gasoil chauffage (H0/H7) (à la pompe) (€/L)</t>
         </is>
       </c>
       <c r="E919" s="2" t="n">
-        <v>0.9360000000000034</v>
+        <v>1.414000000000005</v>
       </c>
     </row>
     <row r="920">
       <c r="A920" t="inlineStr">
         <is>
-          <t>FEB26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B920" t="inlineStr">
         <is>
-          <t>09FEB26</t>
+          <t>27MAR26</t>
         </is>
       </c>
       <c r="C920" t="inlineStr">
         <is>
           <t>Pétrole lampant</t>
         </is>
       </c>
       <c r="D920" t="inlineStr">
         <is>
           <t>Petrole lampant type B (moins de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E920" s="2" t="n">
-        <v>0.8974000000000032</v>
+        <v>1.6510000000000058</v>
       </c>
     </row>
     <row r="921">
       <c r="A921" t="inlineStr">
         <is>
-          <t>FEB26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B921" t="inlineStr">
         <is>
-          <t>09FEB26</t>
+          <t>27MAR26</t>
         </is>
       </c>
       <c r="C921" t="inlineStr">
         <is>
           <t>Pétrole lampant</t>
         </is>
       </c>
       <c r="D921" t="inlineStr">
         <is>
           <t>Petrole lampant type B (à partir de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E921" s="2" t="n">
-        <v>0.857200000000003</v>
+        <v>1.6107000000000058</v>
       </c>
     </row>
     <row r="922">
       <c r="A922" t="inlineStr">
         <is>
-          <t>FEB26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B922" t="inlineStr">
         <is>
-          <t>09FEB26</t>
+          <t>27MAR26</t>
         </is>
       </c>
       <c r="C922" t="inlineStr">
         <is>
           <t>Pétrole lampant</t>
         </is>
       </c>
       <c r="D922" t="inlineStr">
         <is>
           <t>Petrole lampant type B (à la pompe) (€/L)</t>
         </is>
       </c>
       <c r="E922" s="2" t="n">
-        <v>1.0110000000000035</v>
+        <v>1.7650000000000061</v>
       </c>
     </row>
     <row r="923">
       <c r="A923" t="inlineStr">
         <is>
-          <t>FEB26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B923" t="inlineStr">
         <is>
-          <t>09FEB26</t>
+          <t>27MAR26</t>
         </is>
       </c>
       <c r="C923" t="inlineStr">
         <is>
           <t>Pétrole lampant</t>
         </is>
       </c>
       <c r="D923" t="inlineStr">
         <is>
           <t>Petrole lampant type C (moins de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E923" s="2" t="n">
-        <v>0.9286000000000033</v>
+        <v>1.716500000000006</v>
       </c>
     </row>
     <row r="924">
       <c r="A924" t="inlineStr">
         <is>
-          <t>FEB26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B924" t="inlineStr">
         <is>
-          <t>09FEB26</t>
+          <t>27MAR26</t>
         </is>
       </c>
       <c r="C924" t="inlineStr">
         <is>
           <t>Pétrole lampant</t>
         </is>
       </c>
       <c r="D924" t="inlineStr">
         <is>
           <t>Petrole lampant type C (à partir de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E924" s="2" t="n">
-        <v>0.8884000000000031</v>
+        <v>1.676200000000006</v>
       </c>
     </row>
     <row r="925">
       <c r="A925" t="inlineStr">
         <is>
-          <t>FEB26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B925" t="inlineStr">
         <is>
-          <t>09FEB26</t>
+          <t>27MAR26</t>
         </is>
       </c>
       <c r="C925" t="inlineStr">
         <is>
           <t>Pétrole lampant</t>
         </is>
       </c>
       <c r="D925" t="inlineStr">
         <is>
           <t>Petrole lampant type C (à la pompe) (€/L)</t>
         </is>
       </c>
       <c r="E925" s="2" t="n">
-        <v>1.0430000000000037</v>
+        <v>1.8300000000000065</v>
       </c>
     </row>
     <row r="926">
       <c r="A926" t="inlineStr">
         <is>
-          <t>FEB26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B926" t="inlineStr">
         <is>
-          <t>09FEB26</t>
+          <t>27MAR26</t>
         </is>
       </c>
       <c r="C926" t="inlineStr">
         <is>
           <t>Propane</t>
         </is>
       </c>
       <c r="D926" t="inlineStr">
         <is>
           <t>Propane en vrac (à partir de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E926" s="2" t="n">
-        <v>0.7207000000000026</v>
+        <v>0.9173000000000032</v>
       </c>
     </row>
     <row r="927">
       <c r="A927" t="inlineStr">
         <is>
-          <t>FEB26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B927" t="inlineStr">
         <is>
-          <t>09FEB26</t>
+          <t>27MAR26</t>
         </is>
       </c>
       <c r="C927" t="inlineStr">
         <is>
           <t>Propane</t>
         </is>
       </c>
       <c r="D927" t="inlineStr">
         <is>
           <t>Propane en vrac (moins de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E927" s="2" t="n">
-        <v>0.8107000000000029</v>
+        <v>1.0073000000000036</v>
       </c>
     </row>
     <row r="928">
       <c r="A928" t="inlineStr">
         <is>
-          <t>FEB26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B928" t="inlineStr">
         <is>
-          <t>09FEB26</t>
+          <t>27MAR26</t>
         </is>
       </c>
       <c r="C928" t="inlineStr">
         <is>
           <t>Butane + LPG</t>
         </is>
       </c>
       <c r="D928" t="inlineStr">
         <is>
           <t>Autogas LPG (à la pompe) (€/L)</t>
         </is>
       </c>
-      <c r="E928" s="2" t="n">
-        <v>0.8260000000000028</v>
+      <c r="E928" s="1" t="n">
+        <v>1.0</v>
       </c>
     </row>
     <row r="929">
       <c r="A929" t="inlineStr">
         <is>
-          <t>FEB26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B929" t="inlineStr">
         <is>
-          <t>09FEB26</t>
+          <t>27MAR26</t>
         </is>
       </c>
       <c r="C929" t="inlineStr">
         <is>
           <t>Butane + LPG</t>
         </is>
       </c>
       <c r="D929" t="inlineStr">
         <is>
           <t>Autogas LPG (moins de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E929" s="2" t="n">
-        <v>0.830700000000003</v>
+        <v>1.0507000000000037</v>
       </c>
     </row>
     <row r="930">
       <c r="A930" t="inlineStr">
         <is>
-          <t>FEB26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B930" t="inlineStr">
         <is>
-          <t>09FEB26</t>
+          <t>27MAR26</t>
         </is>
       </c>
       <c r="C930" t="inlineStr">
         <is>
           <t>Butane + LPG</t>
         </is>
       </c>
       <c r="D930" t="inlineStr">
         <is>
           <t>Autogas LPG (à partir de 2000 l) (€/L)</t>
         </is>
       </c>
       <c r="E930" s="2" t="n">
-        <v>0.7407000000000027</v>
+        <v>0.9607000000000034</v>
       </c>
     </row>
     <row r="931">
       <c r="A931" t="inlineStr">
         <is>
-          <t>FEB26</t>
+          <t>MAR26</t>
         </is>
       </c>
       <c r="B931" t="inlineStr">
         <is>
-          <t>09FEB26</t>
+          <t>27MAR26</t>
         </is>
       </c>
       <c r="C931" t="inlineStr">
         <is>
           <t>Fuel Oil</t>
         </is>
       </c>
       <c r="D931" t="inlineStr">
         <is>
           <t>Fuel oil extra lourd 1% S (en camion citerne) (€/T)</t>
         </is>
       </c>
       <c r="E931"/>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 