--- v0 (2025-10-29)
+++ v1 (2025-12-31)
@@ -258,51 +258,51 @@
     <row r="4">
       <c r="A4" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="B4" t="inlineStr">
         <is>
           <t>1. Produits alimentaires et boissons</t>
         </is>
       </c>
       <c r="C4"/>
       <c r="D4" s="2" t="n">
         <v>178.8710274806006</v>
       </c>
       <c r="E4" s="2" t="n">
         <v>173.37798045420064</v>
       </c>
       <c r="F4" s="2" t="n">
         <v>176.27863707710063</v>
       </c>
       <c r="G4" s="2" t="n">
         <v>189.56008003860072</v>
       </c>
       <c r="H4" s="2" t="n">
-        <v>171.39215675510056</v>
+        <v>171.39215675510053</v>
       </c>
     </row>
     <row r="5">
       <c r="A5"/>
       <c r="B5" t="inlineStr">
         <is>
           <t>2. Boissons alcoolisées et tabac</t>
         </is>
       </c>
       <c r="C5"/>
       <c r="D5" s="2" t="n">
         <v>25.21778396430009</v>
       </c>
       <c r="E5" s="2" t="n">
         <v>25.307678548600087</v>
       </c>
       <c r="F5" s="2" t="n">
         <v>24.308710720900084</v>
       </c>
       <c r="G5" s="2" t="n">
         <v>24.361855967700084</v>
       </c>
       <c r="H5" s="2" t="n">
         <v>24.97195489850009</v>
       </c>
@@ -330,75 +330,75 @@
       <c r="H6" s="2" t="n">
         <v>54.54952714050019</v>
       </c>
     </row>
     <row r="7">
       <c r="A7"/>
       <c r="B7" t="inlineStr">
         <is>
           <t>4. Logement, eau, électricité, gaz et autres combustibles</t>
         </is>
       </c>
       <c r="C7"/>
       <c r="D7" s="2" t="n">
         <v>170.99923501200067</v>
       </c>
       <c r="E7" s="2" t="n">
         <v>180.02353145690063</v>
       </c>
       <c r="F7" s="2" t="n">
         <v>206.0586212133007</v>
       </c>
       <c r="G7" s="2" t="n">
         <v>148.7457127356005</v>
       </c>
       <c r="H7" s="2" t="n">
-        <v>182.70600515490062</v>
+        <v>182.7060051549006</v>
       </c>
     </row>
     <row r="8">
       <c r="A8"/>
       <c r="B8" t="inlineStr">
         <is>
           <t>5. Ameublement, équipement ménager et entretien courant de la maison</t>
         </is>
       </c>
       <c r="C8"/>
       <c r="D8" s="2" t="n">
         <v>60.640993640700216</v>
       </c>
       <c r="E8" s="2" t="n">
         <v>59.597695047900196</v>
       </c>
       <c r="F8" s="2" t="n">
         <v>56.347769883800176</v>
       </c>
       <c r="G8" s="2" t="n">
         <v>61.506257933100215</v>
       </c>
       <c r="H8" s="2" t="n">
-        <v>59.043866985100216</v>
+        <v>59.0438669851002</v>
       </c>
     </row>
     <row r="9">
       <c r="A9"/>
       <c r="B9" t="inlineStr">
         <is>
           <t>6. Dépenses de santé</t>
         </is>
       </c>
       <c r="C9"/>
       <c r="D9" s="2" t="n">
         <v>40.44516789870014</v>
       </c>
       <c r="E9" s="2" t="n">
         <v>39.13727762710014</v>
       </c>
       <c r="F9" s="2" t="n">
         <v>35.58066746970014</v>
       </c>
       <c r="G9" s="2" t="n">
         <v>43.50363055720015</v>
       </c>
       <c r="H9" s="2" t="n">
         <v>43.49918715730016</v>
       </c>
@@ -474,75 +474,75 @@
       <c r="H12" s="2" t="n">
         <v>96.66829892600036</v>
       </c>
     </row>
     <row r="13">
       <c r="A13"/>
       <c r="B13" t="inlineStr">
         <is>
           <t>10. Enseignement</t>
         </is>
       </c>
       <c r="C13"/>
       <c r="D13" s="2" t="n">
         <v>9.575576407400035</v>
       </c>
       <c r="E13" s="2" t="n">
         <v>9.330402714300032</v>
       </c>
       <c r="F13" s="2" t="n">
         <v>8.449491428400028</v>
       </c>
       <c r="G13" s="2" t="n">
         <v>9.110388968300033</v>
       </c>
       <c r="H13" s="2" t="n">
-        <v>9.081557077500031</v>
+        <v>9.08155707750003</v>
       </c>
     </row>
     <row r="14">
       <c r="A14"/>
       <c r="B14" t="inlineStr">
         <is>
           <t>11. Hôtels, cafés et restaurants</t>
         </is>
       </c>
       <c r="C14"/>
       <c r="D14" s="2" t="n">
         <v>79.53116549750027</v>
       </c>
       <c r="E14" s="2" t="n">
         <v>78.85822205810027</v>
       </c>
       <c r="F14" s="2" t="n">
         <v>75.82000908160028</v>
       </c>
       <c r="G14" s="2" t="n">
         <v>101.03621531200034</v>
       </c>
       <c r="H14" s="2" t="n">
-        <v>97.19454173790032</v>
+        <v>97.19454173790031</v>
       </c>
     </row>
     <row r="15">
       <c r="A15"/>
       <c r="B15" t="inlineStr">
         <is>
           <t>12. Autres biens et services</t>
         </is>
       </c>
       <c r="C15"/>
       <c r="D15" s="2" t="n">
         <v>88.51474006060035</v>
       </c>
       <c r="E15" s="2" t="n">
         <v>87.37425980360031</v>
       </c>
       <c r="F15" s="2" t="n">
         <v>82.48420523670032</v>
       </c>
       <c r="G15" s="2" t="n">
         <v>81.0122006502003</v>
       </c>
       <c r="H15" s="2" t="n">
         <v>79.2122418356003</v>
       </c>
@@ -687,51 +687,51 @@
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="D5" s="2" t="n">
         <v>189.56008003860072</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="B6" t="inlineStr">
         <is>
           <t>1. Produits alimentaires et boissons</t>
         </is>
       </c>
       <c r="C6" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D6" s="2" t="n">
-        <v>171.39215675510056</v>
+        <v>171.39215675510053</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="B7" t="inlineStr">
         <is>
           <t>2. Boissons alcoolisées et tabac</t>
         </is>
       </c>
       <c r="C7" t="inlineStr">
         <is>
           <t>2021</t>
         </is>
       </c>
       <c r="D7" s="2" t="n">
         <v>25.21778396430009</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="inlineStr">
         <is>
@@ -987,51 +987,51 @@
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="D20" s="2" t="n">
         <v>148.7457127356005</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="B21" t="inlineStr">
         <is>
           <t>4. Logement, eau, électricité, gaz et autres combustibles</t>
         </is>
       </c>
       <c r="C21" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D21" s="2" t="n">
-        <v>182.70600515490062</v>
+        <v>182.7060051549006</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="B22" t="inlineStr">
         <is>
           <t>5. Ameublement, équipement ménager et entretien courant de la maison</t>
         </is>
       </c>
       <c r="C22" t="inlineStr">
         <is>
           <t>2021</t>
         </is>
       </c>
       <c r="D22" s="2" t="n">
         <v>60.640993640700216</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="inlineStr">
         <is>
@@ -1087,51 +1087,51 @@
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="D25" s="2" t="n">
         <v>61.506257933100215</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="B26" t="inlineStr">
         <is>
           <t>5. Ameublement, équipement ménager et entretien courant de la maison</t>
         </is>
       </c>
       <c r="C26" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D26" s="2" t="n">
-        <v>59.043866985100216</v>
+        <v>59.0438669851002</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="B27" t="inlineStr">
         <is>
           <t>6. Dépenses de santé</t>
         </is>
       </c>
       <c r="C27" t="inlineStr">
         <is>
           <t>2021</t>
         </is>
       </c>
       <c r="D27" s="2" t="n">
         <v>40.44516789870014</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="inlineStr">
         <is>
@@ -1587,51 +1587,51 @@
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="D50" s="2" t="n">
         <v>9.110388968300033</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="B51" t="inlineStr">
         <is>
           <t>10. Enseignement</t>
         </is>
       </c>
       <c r="C51" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D51" s="2" t="n">
-        <v>9.081557077500031</v>
+        <v>9.08155707750003</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="B52" t="inlineStr">
         <is>
           <t>11. Hôtels, cafés et restaurants</t>
         </is>
       </c>
       <c r="C52" t="inlineStr">
         <is>
           <t>2021</t>
         </is>
       </c>
       <c r="D52" s="2" t="n">
         <v>79.53116549750027</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" t="inlineStr">
         <is>
@@ -1687,51 +1687,51 @@
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="D55" s="2" t="n">
         <v>101.03621531200034</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="B56" t="inlineStr">
         <is>
           <t>11. Hôtels, cafés et restaurants</t>
         </is>
       </c>
       <c r="C56" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D56" s="2" t="n">
-        <v>97.19454173790032</v>
+        <v>97.19454173790031</v>
       </c>
     </row>
     <row r="57">
       <c r="A57" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="B57" t="inlineStr">
         <is>
           <t>12. Autres biens et services</t>
         </is>
       </c>
       <c r="C57" t="inlineStr">
         <is>
           <t>2021</t>
         </is>
       </c>
       <c r="D57" s="2" t="n">
         <v>88.51474006060035</v>
       </c>
     </row>
     <row r="58">
       <c r="A58" t="inlineStr">
         <is>