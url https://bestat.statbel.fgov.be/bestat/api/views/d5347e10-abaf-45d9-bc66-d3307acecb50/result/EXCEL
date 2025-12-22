--- v0 (2025-10-22)
+++ v1 (2025-12-22)
@@ -107,51 +107,51 @@
   <cols>
     <col min="1" max="1" width="11.02734375" customWidth="true"/>
     <col min="2" max="2" width="255.0" customWidth="true"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" t="inlineStr">
         <is>
           <t>Data source:</t>
         </is>
       </c>
       <c r="B1" t="inlineStr">
         <is>
           <t>Energie gebruiksstatistieken</t>
         </is>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="inlineStr">
         <is>
           <t>Filters:</t>
         </is>
       </c>
       <c r="B2" t="inlineStr">
         <is>
-          <t>Jaar : Laatste 1 Jaar(2023)</t>
+          <t>Jaar : Laatste 1 Jaar(2024)</t>
         </is>
       </c>
     </row>
     <row r="3">
       <c r="B3" t="inlineStr">
         <is>
           <t xml:space="preserve">
 Indicator : Totale energievoorziening, Transformatie input, Transformatie output, Energie sector, Distributieverliezen, Finale consumptie, Statistisch verschil, Niet beschikbaar, Onbekend</t>
         </is>
       </c>
     </row>
     <row r="4">
       <c r="B4" t="inlineStr">
         <is>
           <t xml:space="preserve">
 Product : Waterkracht, Getijden-, golf- en oceaanenergie, Windenergie, Fotovoltaïsche zonne-energie, Thermische zonne-energie, Geothermische energie, Vaste biobrandstoffen, Houtskool, Biogas, Hernieuwbaar huishoudelijk afval, Biobenzine, Biodiesel, Biokerosine, Andere vloeibare biobrandstoffen, Warmtepompen
 </t>
         </is>
       </c>
     </row>
     <row r="5">
 </row>
     <row r="6">
       <c r="A6" t="inlineStr">
         <is>
@@ -303,993 +303,976 @@
       <c r="B3" t="inlineStr">
         <is>
           <t>Indicator Niveau 1</t>
         </is>
       </c>
       <c r="C3" t="inlineStr">
         <is>
           <t>Indicator Niveau 2</t>
         </is>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="inlineStr">
         <is>
           <t>Totale energievoorziening</t>
         </is>
       </c>
       <c r="B4" t="inlineStr">
         <is>
           <t>Primaire productie</t>
         </is>
       </c>
       <c r="C4"/>
       <c r="D4"/>
       <c r="E4" s="2" t="n">
-        <v>34.96130696474648</v>
+        <v>46.92175408426498</v>
       </c>
       <c r="F4" s="2" t="n">
-        <v>1327.9363714531432</v>
+        <v>1188.6930352536588</v>
       </c>
       <c r="G4" s="2" t="n">
-        <v>672.3989681857289</v>
+        <v>736.2080825451445</v>
       </c>
       <c r="H4" s="2" t="n">
-        <v>26.402025413203493</v>
+        <v>23.855928155154377</v>
       </c>
       <c r="I4" s="2" t="n">
-        <v>3.7427152001528743</v>
+        <v>6.167001050921967</v>
       </c>
       <c r="J4" s="2" t="n">
-        <v>1341.028948122676</v>
+        <v>1338.3371548676841</v>
       </c>
       <c r="K4"/>
       <c r="L4" s="2" t="n">
-        <v>261.19231871596537</v>
+        <v>270.59568166618993</v>
       </c>
       <c r="M4" s="2" t="n">
-        <v>366.5878475207809</v>
+        <v>419.081398681572</v>
       </c>
       <c r="N4" s="2" t="n">
-        <v>262.10128909190877</v>
+        <v>312.8856475972114</v>
       </c>
       <c r="O4" s="2" t="n">
-        <v>236.74224297076609</v>
+        <v>473.86718126015256</v>
       </c>
       <c r="P4" s="2" t="n">
         <v>0.3601796121142652</v>
       </c>
       <c r="Q4" s="2" t="n">
-        <v>287.2098022355986</v>
+        <v>363.1460781503787</v>
       </c>
     </row>
     <row r="5">
       <c r="A5"/>
       <c r="B5" t="inlineStr">
         <is>
           <t>Invoer</t>
         </is>
       </c>
       <c r="C5"/>
       <c r="D5"/>
       <c r="E5"/>
       <c r="F5"/>
       <c r="G5"/>
       <c r="H5"/>
       <c r="I5"/>
       <c r="J5" s="2" t="n">
-        <v>325.685487723322</v>
+        <v>273.8989204165482</v>
       </c>
       <c r="K5" s="2" t="n">
-        <v>17.40350625776255</v>
+        <v>12.33041941339452</v>
       </c>
       <c r="L5"/>
       <c r="M5" s="2" t="n">
-        <v>8.056272093245466</v>
+        <v>2.8613738415974113</v>
       </c>
       <c r="N5" s="2" t="n">
-        <v>110.74298795739028</v>
+        <v>128.6370077194998</v>
       </c>
       <c r="O5" s="2" t="n">
-        <v>646.1984963313292</v>
-[...3 lines deleted...]
-      </c>
+        <v>707.6541810929613</v>
+      </c>
+      <c r="P5"/>
       <c r="Q5"/>
     </row>
     <row r="6">
       <c r="A6"/>
       <c r="B6" t="inlineStr">
         <is>
           <t>Uitvoer</t>
         </is>
       </c>
       <c r="C6"/>
       <c r="D6"/>
       <c r="E6"/>
       <c r="F6"/>
       <c r="G6"/>
       <c r="H6"/>
       <c r="I6"/>
       <c r="J6"/>
       <c r="K6"/>
       <c r="L6"/>
       <c r="M6"/>
       <c r="N6" s="2" t="n">
-        <v>-188.03385730151976</v>
+        <v>-248.91822727381378</v>
       </c>
       <c r="O6" s="2" t="n">
-        <v>-249.33796085554687</v>
+        <v>-671.867581279261</v>
       </c>
       <c r="P6"/>
       <c r="Q6"/>
     </row>
     <row r="7">
       <c r="A7" t="inlineStr">
         <is>
           <t>Totale energievoorziening</t>
         </is>
       </c>
       <c r="B7"/>
       <c r="C7"/>
       <c r="D7"/>
       <c r="E7" s="2" t="n">
-        <v>34.96130696474648</v>
+        <v>46.92175408426498</v>
       </c>
       <c r="F7" s="2" t="n">
-        <v>1327.9363714531432</v>
+        <v>1188.6930352536588</v>
       </c>
       <c r="G7" s="2" t="n">
-        <v>672.3989681857289</v>
+        <v>736.2080825451445</v>
       </c>
       <c r="H7" s="2" t="n">
-        <v>26.402025413203493</v>
+        <v>23.855928155154377</v>
       </c>
       <c r="I7" s="2" t="n">
-        <v>3.7427152001528743</v>
+        <v>6.167001050921967</v>
       </c>
       <c r="J7" s="2" t="n">
-        <v>1666.714435845998</v>
+        <v>1612.2360752842324</v>
       </c>
       <c r="K7" s="2" t="n">
-        <v>17.40350625776255</v>
+        <v>12.33041941339452</v>
       </c>
       <c r="L7" s="2" t="n">
-        <v>261.19231871596537</v>
+        <v>270.59568166618993</v>
       </c>
       <c r="M7" s="2" t="n">
-        <v>374.6441196140263</v>
+        <v>421.9427725231694</v>
       </c>
       <c r="N7" s="2" t="n">
-        <v>184.81041974777932</v>
+        <v>192.60442804289738</v>
       </c>
       <c r="O7" s="2" t="n">
-        <v>633.6027784465484</v>
+        <v>509.6537810738528</v>
       </c>
       <c r="P7" s="2" t="n">
-        <v>1.170583739371362</v>
+        <v>0.3601796121142652</v>
       </c>
       <c r="Q7" s="2" t="n">
-        <v>287.2098022355986</v>
+        <v>363.1460781503787</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="inlineStr">
         <is>
           <t>Transformatie input</t>
         </is>
       </c>
       <c r="B8" t="inlineStr">
         <is>
           <t>Productie van elektriciteit en warmte</t>
         </is>
       </c>
       <c r="C8"/>
       <c r="D8"/>
       <c r="E8" s="2" t="n">
-        <v>34.96130696474648</v>
+        <v>46.92175408426498</v>
       </c>
       <c r="F8" s="2" t="n">
-        <v>1327.936371453143</v>
+        <v>1188.6930352536588</v>
       </c>
       <c r="G8" s="2" t="n">
-        <v>672.3989681857289</v>
+        <v>736.2080825451445</v>
       </c>
       <c r="H8"/>
       <c r="I8" s="2" t="n">
-        <v>3.3701156014139793</v>
+        <v>4.155918601318445</v>
       </c>
       <c r="J8" s="2" t="n">
-        <v>396.321773191938</v>
+        <v>336.3165185822119</v>
       </c>
       <c r="K8"/>
       <c r="L8" s="2" t="n">
-        <v>156.89548103563635</v>
+        <v>155.84217063150908</v>
       </c>
       <c r="M8" s="2" t="n">
-        <v>369.35607146269354</v>
+        <v>400.41559186013325</v>
       </c>
       <c r="N8"/>
-      <c r="O8"/>
+      <c r="O8" s="2" t="n">
+        <v>0.09392808350052577</v>
+      </c>
       <c r="P8" s="2" t="n">
-        <v>0.7203592242285303</v>
+        <v>0.0900449030285663</v>
       </c>
       <c r="Q8"/>
     </row>
     <row r="9">
       <c r="A9"/>
       <c r="B9" t="inlineStr">
         <is>
-          <t>Voor gemengd aardgas</t>
+          <t>Hoogovens</t>
         </is>
       </c>
       <c r="C9"/>
       <c r="D9"/>
       <c r="E9"/>
       <c r="F9"/>
       <c r="G9"/>
       <c r="H9"/>
       <c r="I9"/>
       <c r="J9"/>
       <c r="K9"/>
       <c r="L9" s="2" t="n">
-        <v>10.482946402980833</v>
+        <v>19.411006018916662</v>
       </c>
       <c r="M9"/>
       <c r="N9"/>
       <c r="O9"/>
       <c r="P9"/>
       <c r="Q9"/>
     </row>
     <row r="10">
       <c r="A10" t="inlineStr">
         <is>
           <t>Transformatie input</t>
         </is>
       </c>
       <c r="B10"/>
       <c r="C10"/>
       <c r="D10"/>
       <c r="E10" s="2" t="n">
-        <v>34.96130696474648</v>
+        <v>46.92175408426498</v>
       </c>
       <c r="F10" s="2" t="n">
-        <v>1327.936371453143</v>
+        <v>1188.6930352536588</v>
       </c>
       <c r="G10" s="2" t="n">
-        <v>672.3989681857289</v>
+        <v>736.2080825451445</v>
       </c>
       <c r="H10"/>
       <c r="I10" s="2" t="n">
-        <v>3.3701156014139793</v>
+        <v>4.155918601318445</v>
       </c>
       <c r="J10" s="2" t="n">
-        <v>396.321773191938</v>
+        <v>336.3165185822119</v>
       </c>
       <c r="K10"/>
       <c r="L10" s="2" t="n">
-        <v>167.37842743861717</v>
+        <v>175.25317665042576</v>
       </c>
       <c r="M10" s="2" t="n">
-        <v>369.35607146269354</v>
+        <v>400.41559186013325</v>
       </c>
       <c r="N10"/>
-      <c r="O10"/>
+      <c r="O10" s="2" t="n">
+        <v>0.09392808350052577</v>
+      </c>
       <c r="P10" s="2" t="n">
-        <v>0.7203592242285303</v>
+        <v>0.0900449030285663</v>
       </c>
       <c r="Q10"/>
     </row>
     <row r="11">
       <c r="A11" t="inlineStr">
         <is>
           <t>Energie sector</t>
         </is>
       </c>
       <c r="B11" t="inlineStr">
         <is>
           <t>Productie van elektriciteit en warmte</t>
         </is>
       </c>
       <c r="C11"/>
       <c r="D11"/>
       <c r="E11"/>
       <c r="F11"/>
       <c r="G11"/>
       <c r="H11"/>
       <c r="I11" s="2" t="n">
-        <v>0.3725995987388949</v>
+        <v>0.47769179325499356</v>
       </c>
       <c r="J11"/>
       <c r="K11"/>
       <c r="L11"/>
       <c r="M11"/>
       <c r="N11"/>
       <c r="O11"/>
       <c r="P11"/>
       <c r="Q11"/>
     </row>
     <row r="12">
       <c r="A12" t="inlineStr">
         <is>
           <t>Energie sector</t>
         </is>
       </c>
       <c r="B12"/>
       <c r="C12"/>
       <c r="D12"/>
       <c r="E12"/>
       <c r="F12"/>
       <c r="G12"/>
       <c r="H12"/>
       <c r="I12" s="2" t="n">
-        <v>0.3725995987388949</v>
+        <v>0.47769179325499356</v>
       </c>
       <c r="J12"/>
       <c r="K12"/>
       <c r="L12"/>
       <c r="M12"/>
       <c r="N12"/>
       <c r="O12"/>
       <c r="P12"/>
       <c r="Q12"/>
     </row>
     <row r="13">
       <c r="A13" t="inlineStr">
         <is>
           <t>Distributieverliezen</t>
         </is>
       </c>
       <c r="B13"/>
       <c r="C13"/>
       <c r="D13"/>
       <c r="E13"/>
       <c r="F13"/>
       <c r="G13"/>
       <c r="H13"/>
       <c r="I13"/>
-      <c r="J13"/>
+      <c r="J13" s="2" t="n">
+        <v>0.20540747109964722</v>
+      </c>
       <c r="K13"/>
-      <c r="L13" s="2" t="n">
-[...4 lines deleted...]
-      </c>
+      <c r="L13"/>
+      <c r="M13"/>
       <c r="N13"/>
       <c r="O13"/>
       <c r="P13"/>
       <c r="Q13"/>
     </row>
     <row r="14">
       <c r="A14" t="inlineStr">
         <is>
           <t>Finale consumptie</t>
         </is>
       </c>
       <c r="B14" t="inlineStr">
         <is>
           <t>Industrie sector</t>
         </is>
       </c>
       <c r="C14" t="inlineStr">
         <is>
-          <t>IJzer en staal</t>
+          <t>Chemie en petrochemie</t>
         </is>
       </c>
       <c r="D14"/>
       <c r="E14"/>
       <c r="F14"/>
       <c r="G14"/>
       <c r="H14"/>
-      <c r="I14"/>
+      <c r="I14" s="2" t="n">
+        <v>1.413967708034781</v>
+      </c>
       <c r="J14" s="2" t="n">
-        <v>0.002388458966274968</v>
+        <v>2.4099550969714425</v>
       </c>
       <c r="K14"/>
-      <c r="L14"/>
+      <c r="L14" s="2" t="n">
+        <v>2.3884589662749676</v>
+      </c>
       <c r="M14"/>
       <c r="N14"/>
       <c r="O14"/>
       <c r="P14"/>
       <c r="Q14"/>
     </row>
     <row r="15">
       <c r="A15"/>
       <c r="B15"/>
       <c r="C15" t="inlineStr">
         <is>
-          <t>Chemie en petrochemie</t>
+          <t>Niet-metaalhoudende mineralen</t>
         </is>
       </c>
       <c r="D15"/>
       <c r="E15"/>
       <c r="F15"/>
       <c r="G15"/>
       <c r="H15"/>
       <c r="I15"/>
       <c r="J15" s="2" t="n">
-        <v>3.9982803095442963</v>
+        <v>133.5721792299613</v>
       </c>
       <c r="K15"/>
-      <c r="L15" s="2" t="n">
-[...1 lines deleted...]
-      </c>
+      <c r="L15"/>
       <c r="M15"/>
       <c r="N15"/>
       <c r="O15"/>
-      <c r="P15" s="2" t="n">
-[...1 lines deleted...]
-      </c>
+      <c r="P15"/>
       <c r="Q15"/>
     </row>
     <row r="16">
       <c r="A16"/>
       <c r="B16"/>
       <c r="C16" t="inlineStr">
         <is>
-          <t>Niet-metaalhoudende mineralen</t>
+          <t>Transportmaterialen</t>
         </is>
       </c>
       <c r="D16"/>
       <c r="E16"/>
       <c r="F16"/>
       <c r="G16"/>
       <c r="H16"/>
       <c r="I16"/>
-      <c r="J16" s="2" t="n">
-[...1 lines deleted...]
-      </c>
+      <c r="J16"/>
       <c r="K16"/>
-      <c r="L16"/>
+      <c r="L16" s="2" t="n">
+        <v>1.1942294831374838</v>
+      </c>
       <c r="M16"/>
       <c r="N16"/>
       <c r="O16"/>
       <c r="P16"/>
       <c r="Q16"/>
     </row>
     <row r="17">
       <c r="A17"/>
       <c r="B17"/>
       <c r="C17" t="inlineStr">
         <is>
-          <t>Transportmaterialen</t>
+          <t>Machinerie</t>
         </is>
       </c>
       <c r="D17"/>
       <c r="E17"/>
       <c r="F17"/>
       <c r="G17"/>
       <c r="H17"/>
       <c r="I17"/>
-      <c r="J17"/>
+      <c r="J17" s="2" t="n">
+        <v>2.8159931212381872</v>
+      </c>
       <c r="K17"/>
-      <c r="L17" s="2" t="n">
-[...1 lines deleted...]
-      </c>
+      <c r="L17"/>
       <c r="M17"/>
       <c r="N17"/>
       <c r="O17"/>
       <c r="P17"/>
       <c r="Q17"/>
     </row>
     <row r="18">
       <c r="A18"/>
       <c r="B18"/>
       <c r="C18" t="inlineStr">
         <is>
-          <t>Machinerie</t>
+          <t>Voeding, dranken en tabak</t>
         </is>
       </c>
       <c r="D18"/>
       <c r="E18"/>
       <c r="F18"/>
       <c r="G18"/>
       <c r="H18"/>
       <c r="I18"/>
       <c r="J18" s="2" t="n">
-        <v>2.775389318811512</v>
+        <v>69.77166332282435</v>
       </c>
       <c r="K18"/>
-      <c r="L18"/>
+      <c r="L18" s="2" t="n">
+        <v>30.35731346135484</v>
+      </c>
       <c r="M18"/>
       <c r="N18"/>
       <c r="O18"/>
-      <c r="P18"/>
+      <c r="P18" s="2" t="n">
+        <v>0.27013470908569887</v>
+      </c>
       <c r="Q18"/>
     </row>
     <row r="19">
       <c r="A19"/>
       <c r="B19"/>
       <c r="C19" t="inlineStr">
         <is>
-          <t>Voeding, dranken en tabak</t>
+          <t>Papier, pulp en drukkerij</t>
         </is>
       </c>
       <c r="D19"/>
       <c r="E19"/>
       <c r="F19"/>
       <c r="G19"/>
       <c r="H19"/>
       <c r="I19"/>
       <c r="J19" s="2" t="n">
-        <v>53.757045953950694</v>
+        <v>257.93207222700005</v>
       </c>
       <c r="K19"/>
       <c r="L19" s="2" t="n">
-        <v>28.10260819719127</v>
+        <v>10.315754275341586</v>
       </c>
       <c r="M19"/>
       <c r="N19"/>
       <c r="O19"/>
       <c r="P19"/>
       <c r="Q19"/>
     </row>
     <row r="20">
       <c r="A20"/>
       <c r="B20"/>
       <c r="C20" t="inlineStr">
         <is>
-          <t>Papier, pulp en drukkerij</t>
+          <t>Hout en houtproducten</t>
         </is>
       </c>
       <c r="D20"/>
       <c r="E20"/>
       <c r="F20"/>
       <c r="G20"/>
       <c r="H20"/>
       <c r="I20"/>
       <c r="J20" s="2" t="n">
-        <v>254.604948886979</v>
+        <v>180.80156682908253</v>
       </c>
       <c r="K20"/>
-      <c r="L20" s="2" t="n">
-[...1 lines deleted...]
-      </c>
+      <c r="L20"/>
       <c r="M20"/>
       <c r="N20"/>
       <c r="O20"/>
       <c r="P20"/>
       <c r="Q20"/>
     </row>
     <row r="21">
       <c r="A21"/>
       <c r="B21"/>
       <c r="C21" t="inlineStr">
         <is>
-          <t>Hout en houtproducten</t>
+          <t>Bouw</t>
         </is>
       </c>
       <c r="D21"/>
       <c r="E21"/>
       <c r="F21"/>
       <c r="G21"/>
       <c r="H21"/>
       <c r="I21"/>
       <c r="J21" s="2" t="n">
-        <v>192.18735072131528</v>
+        <v>0.6998184771185655</v>
       </c>
       <c r="K21"/>
       <c r="L21"/>
       <c r="M21"/>
       <c r="N21"/>
       <c r="O21"/>
       <c r="P21"/>
       <c r="Q21"/>
     </row>
     <row r="22">
       <c r="A22"/>
       <c r="B22"/>
       <c r="C22" t="inlineStr">
         <is>
-          <t>Bouw</t>
+          <t>Niet gespecifieerd Industrie</t>
         </is>
       </c>
       <c r="D22"/>
       <c r="E22"/>
       <c r="F22"/>
       <c r="G22"/>
-      <c r="H22"/>
+      <c r="H22" s="2" t="n">
+        <v>0.06209993312314917</v>
+      </c>
       <c r="I22"/>
       <c r="J22" s="2" t="n">
-        <v>0.8598452278589884</v>
+        <v>4.218018534441593</v>
       </c>
       <c r="K22"/>
       <c r="L22"/>
       <c r="M22"/>
       <c r="N22"/>
-      <c r="O22"/>
+      <c r="O22" s="2" t="n">
+        <v>1.6127451937040278</v>
+      </c>
       <c r="P22"/>
-      <c r="Q22"/>
+      <c r="Q22" s="2" t="n">
+        <v>2.0349670392662724</v>
+      </c>
     </row>
     <row r="23">
       <c r="A23"/>
-      <c r="B23"/>
-[...4 lines deleted...]
-      </c>
+      <c r="B23" t="inlineStr">
+        <is>
+          <t>Industrie sector</t>
+        </is>
+      </c>
+      <c r="C23"/>
       <c r="D23"/>
       <c r="E23"/>
       <c r="F23"/>
       <c r="G23"/>
       <c r="H23" s="2" t="n">
-        <v>0.06448839208942414</v>
-[...1 lines deleted...]
-      <c r="I23"/>
+        <v>0.06209993312314917</v>
+      </c>
+      <c r="I23" s="2" t="n">
+        <v>1.413967708034781</v>
+      </c>
       <c r="J23" s="2" t="n">
-        <v>4.4711951848667395</v>
+        <v>652.221266838638</v>
       </c>
       <c r="K23"/>
-      <c r="L23"/>
+      <c r="L23" s="2" t="n">
+        <v>44.25575618610887</v>
+      </c>
       <c r="M23"/>
       <c r="N23"/>
       <c r="O23" s="2" t="n">
-        <v>2.939000839782183</v>
-[...1 lines deleted...]
-      <c r="P23"/>
+        <v>1.6127451937040278</v>
+      </c>
+      <c r="P23" s="2" t="n">
+        <v>0.27013470908569887</v>
+      </c>
       <c r="Q23" s="2" t="n">
-        <v>1.8200057323015257</v>
+        <v>2.0349670392662724</v>
       </c>
     </row>
     <row r="24">
       <c r="A24"/>
       <c r="B24" t="inlineStr">
         <is>
-          <t>Industrie sector</t>
-[...2 lines deleted...]
-      <c r="C24"/>
+          <t>Transport sector</t>
+        </is>
+      </c>
+      <c r="C24" t="inlineStr">
+        <is>
+          <t>Wegverkeer</t>
+        </is>
+      </c>
       <c r="D24"/>
       <c r="E24"/>
       <c r="F24"/>
       <c r="G24"/>
-      <c r="H24" s="2" t="n">
-[...1 lines deleted...]
-      </c>
+      <c r="H24"/>
       <c r="I24"/>
-      <c r="J24" s="2" t="n">
-[...1 lines deleted...]
-      </c>
+      <c r="J24"/>
       <c r="K24"/>
-      <c r="L24" s="2" t="n">
-[...1 lines deleted...]
-      </c>
+      <c r="L24"/>
       <c r="M24"/>
-      <c r="N24"/>
+      <c r="N24" s="2" t="n">
+        <v>191.56662510943985</v>
+      </c>
       <c r="O24" s="2" t="n">
-        <v>2.939000839782183</v>
-[...6 lines deleted...]
-      </c>
+        <v>508.82251753487327</v>
+      </c>
+      <c r="P24"/>
+      <c r="Q24"/>
     </row>
     <row r="25">
       <c r="A25"/>
       <c r="B25" t="inlineStr">
         <is>
           <t>Transport sector</t>
         </is>
       </c>
-      <c r="C25" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="C25"/>
       <c r="D25"/>
       <c r="E25"/>
       <c r="F25"/>
       <c r="G25"/>
       <c r="H25"/>
       <c r="I25"/>
       <c r="J25"/>
       <c r="K25"/>
       <c r="L25"/>
       <c r="M25"/>
       <c r="N25" s="2" t="n">
-        <v>183.67075549266806</v>
+        <v>191.56662510943985</v>
       </c>
       <c r="O25" s="2" t="n">
-        <v>630.5931652489274</v>
+        <v>508.82251753487327</v>
       </c>
       <c r="P25"/>
       <c r="Q25"/>
     </row>
     <row r="26">
       <c r="A26"/>
       <c r="B26" t="inlineStr">
         <is>
-          <t>Transport sector</t>
-[...2 lines deleted...]
-      <c r="C26"/>
+          <t>Andere sectoren</t>
+        </is>
+      </c>
+      <c r="C26" t="inlineStr">
+        <is>
+          <t>Publieke en commerciële diensten</t>
+        </is>
+      </c>
       <c r="D26"/>
       <c r="E26"/>
       <c r="F26"/>
       <c r="G26"/>
-      <c r="H26"/>
-[...1 lines deleted...]
-      <c r="J26"/>
+      <c r="H26" s="2" t="n">
+        <v>1.342313939046532</v>
+      </c>
+      <c r="I26" s="2" t="n">
+        <v>0.11942294831374839</v>
+      </c>
+      <c r="J26" s="2" t="n">
+        <v>15.080729913060145</v>
+      </c>
       <c r="K26"/>
-      <c r="L26"/>
-[...6 lines deleted...]
-      </c>
+      <c r="L26" s="2" t="n">
+        <v>26.910767173020062</v>
+      </c>
+      <c r="M26" s="2" t="n">
+        <v>6.152670297124318</v>
+      </c>
+      <c r="N26"/>
+      <c r="O26"/>
       <c r="P26"/>
-      <c r="Q26"/>
+      <c r="Q26" s="2" t="n">
+        <v>74.424381389128</v>
+      </c>
     </row>
     <row r="27">
       <c r="A27"/>
-      <c r="B27" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="B27"/>
       <c r="C27" t="inlineStr">
         <is>
-          <t>Publieke en commerciële diensten</t>
+          <t>Huishoudens</t>
         </is>
       </c>
       <c r="D27"/>
       <c r="E27"/>
       <c r="F27"/>
       <c r="G27"/>
       <c r="H27" s="2" t="n">
-        <v>1.459348428394005</v>
+        <v>22.379860513996448</v>
       </c>
       <c r="I27"/>
       <c r="J27" s="2" t="n">
-        <v>16.549632177319253</v>
-[...8 lines deleted...]
-      <c r="N27"/>
+        <v>605.6654246680064</v>
+      </c>
+      <c r="K27" s="2" t="n">
+        <v>12.33041941339452</v>
+      </c>
+      <c r="L27"/>
+      <c r="M27"/>
+      <c r="N27" s="2" t="n">
+        <v>1.0532506090570402</v>
+      </c>
       <c r="O27"/>
       <c r="P27"/>
       <c r="Q27" s="2" t="n">
-        <v>39.841884016432736</v>
+        <v>286.6604566733553</v>
       </c>
     </row>
     <row r="28">
       <c r="A28"/>
       <c r="B28"/>
       <c r="C28" t="inlineStr">
         <is>
-          <t>Huishoudens</t>
+          <t>Land- en bosbouw</t>
         </is>
       </c>
       <c r="D28"/>
       <c r="E28"/>
       <c r="F28"/>
       <c r="G28"/>
       <c r="H28" s="2" t="n">
-        <v>24.806534823731813</v>
+        <v>0.06926531002197407</v>
       </c>
       <c r="I28"/>
       <c r="J28" s="2" t="n">
-        <v>605.2163943823466</v>
-[...4 lines deleted...]
-      <c r="L28"/>
+        <v>2.746727811216213</v>
+      </c>
+      <c r="K28"/>
+      <c r="L28" s="2" t="n">
+        <v>23.839208942390453</v>
+      </c>
       <c r="M28"/>
-      <c r="N28" s="2" t="n">
-[...1 lines deleted...]
-      </c>
+      <c r="N28"/>
       <c r="O28"/>
-      <c r="P28" s="2" t="n">
-[...4 lines deleted...]
-      </c>
+      <c r="P28"/>
+      <c r="Q28"/>
     </row>
     <row r="29">
       <c r="A29"/>
       <c r="B29"/>
       <c r="C29" t="inlineStr">
         <is>
-          <t>Land- en bosbouw</t>
+          <t>Niet gespecifieerd Andere sectoren</t>
         </is>
       </c>
       <c r="D29"/>
       <c r="E29"/>
       <c r="F29"/>
       <c r="G29"/>
-      <c r="H29" s="2" t="n">
-[...1 lines deleted...]
-      </c>
+      <c r="H29"/>
       <c r="I29"/>
-      <c r="J29" s="2" t="n">
-[...1 lines deleted...]
-      </c>
+      <c r="J29"/>
       <c r="K29"/>
-      <c r="L29" s="2" t="n">
-[...1 lines deleted...]
-      </c>
+      <c r="L29"/>
       <c r="M29"/>
       <c r="N29"/>
-      <c r="O29"/>
+      <c r="O29" s="2" t="n">
+        <v>0.03381411006018928</v>
+      </c>
       <c r="P29"/>
-      <c r="Q29"/>
+      <c r="Q29" s="2" t="n">
+        <v>0.02866150759529961</v>
+      </c>
     </row>
     <row r="30">
       <c r="A30"/>
-      <c r="B30"/>
-[...4 lines deleted...]
-      </c>
+      <c r="B30" t="inlineStr">
+        <is>
+          <t>Andere sectoren</t>
+        </is>
+      </c>
+      <c r="C30"/>
       <c r="D30"/>
       <c r="E30"/>
       <c r="F30"/>
       <c r="G30"/>
-      <c r="H30"/>
-[...5 lines deleted...]
-      <c r="N30"/>
+      <c r="H30" s="2" t="n">
+        <v>23.791439763064954</v>
+      </c>
+      <c r="I30" s="2" t="n">
+        <v>0.11942294831374839</v>
+      </c>
+      <c r="J30" s="2" t="n">
+        <v>623.4928823922826</v>
+      </c>
+      <c r="K30" s="2" t="n">
+        <v>12.33041941339452</v>
+      </c>
+      <c r="L30" s="2" t="n">
+        <v>50.74997611541051</v>
+      </c>
+      <c r="M30" s="2" t="n">
+        <v>6.152670297124318</v>
+      </c>
+      <c r="N30" s="2" t="n">
+        <v>1.0532506090570402</v>
+      </c>
       <c r="O30" s="2" t="n">
-        <v>0.04007728417884795</v>
+        <v>0.03381411006018928</v>
       </c>
       <c r="P30"/>
       <c r="Q30" s="2" t="n">
-        <v>0.02866150759529961</v>
+        <v>361.11349957007866</v>
       </c>
     </row>
     <row r="31">
-      <c r="A31"/>
-[...4 lines deleted...]
-      </c>
+      <c r="A31" t="inlineStr">
+        <is>
+          <t>Finale consumptie</t>
+        </is>
+      </c>
+      <c r="B31"/>
       <c r="C31"/>
       <c r="D31"/>
       <c r="E31"/>
       <c r="F31"/>
       <c r="G31"/>
       <c r="H31" s="2" t="n">
-        <v>26.337537021114066</v>
-[...1 lines deleted...]
-      <c r="I31"/>
+        <v>23.853539696188104</v>
+      </c>
+      <c r="I31" s="2" t="n">
+        <v>1.5333906563485293</v>
+      </c>
       <c r="J31" s="2" t="n">
-        <v>624.8925193465197</v>
+        <v>1275.7141492309206</v>
       </c>
       <c r="K31" s="2" t="n">
-        <v>17.40350625776255</v>
+        <v>12.33041941339452</v>
       </c>
       <c r="L31" s="2" t="n">
-        <v>56.608865959683</v>
+        <v>95.00573230151939</v>
       </c>
       <c r="M31" s="2" t="n">
-        <v>4.979936944683308</v>
+        <v>6.152670297124318</v>
       </c>
       <c r="N31" s="2" t="n">
-        <v>1.1461111302187867</v>
+        <v>192.6198757184969</v>
       </c>
       <c r="O31" s="2" t="n">
-        <v>0.04007728417884795</v>
+        <v>510.4690768386375</v>
       </c>
       <c r="P31" s="2" t="n">
-        <v>0.1800898060571326</v>
+        <v>0.27013470908569887</v>
       </c>
       <c r="Q31" s="2" t="n">
-        <v>285.3897965032971</v>
+        <v>363.1484666093449</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="inlineStr">
         <is>
-          <t>Finale consumptie</t>
+          <t>Statistisch verschil</t>
         </is>
       </c>
       <c r="B32"/>
       <c r="C32"/>
       <c r="D32"/>
       <c r="E32"/>
       <c r="F32"/>
       <c r="G32"/>
       <c r="H32" s="2" t="n">
-        <v>26.40202541320349</v>
+        <v>0.0023884589662728304</v>
       </c>
       <c r="I32"/>
-      <c r="J32" s="2" t="n">
-[...4 lines deleted...]
-      </c>
+      <c r="J32"/>
+      <c r="K32"/>
       <c r="L32" s="2" t="n">
-        <v>93.14751122575744</v>
+        <v>0.3367727142447746</v>
       </c>
       <c r="M32" s="2" t="n">
-        <v>4.979936944683308</v>
+        <v>15.37451036591188</v>
       </c>
       <c r="N32" s="2" t="n">
-        <v>184.81686662288683</v>
+        <v>-0.015447675599517707</v>
       </c>
       <c r="O32" s="2" t="n">
-        <v>633.5722433728885</v>
-[...3 lines deleted...]
-      </c>
+        <v>-0.9092238482850282</v>
+      </c>
+      <c r="P32"/>
       <c r="Q32" s="2" t="n">
-        <v>287.2098022355986</v>
-[...33 lines deleted...]
-      <c r="Q33"/>
+        <v>-0.002388458966265725</v>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <cols>
     <col min="1" max="1" width="16.234375" customWidth="true"/>
     <col min="2" max="2" width="14.44921875" customWidth="true"/>
     <col min="3" max="3" width="29.4375" customWidth="true"/>
     <col min="4" max="4" width="28.1015625" customWidth="true"/>
     <col min="5" max="5" width="8.828125" customWidth="true"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" t="inlineStr">
         <is>
           <t>Indicator Groep</t>
@@ -1312,301 +1295,301 @@
       </c>
       <c r="E1" t="inlineStr">
         <is>
           <t>Kiloton olie equivalent (ovw)</t>
         </is>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="inlineStr">
         <is>
           <t>Totale energievoorziening</t>
         </is>
       </c>
       <c r="B2" t="inlineStr">
         <is>
           <t>Primaire productie</t>
         </is>
       </c>
       <c r="C2"/>
       <c r="D2" t="inlineStr">
         <is>
           <t>Waterkracht</t>
         </is>
       </c>
       <c r="E2" s="2" t="n">
-        <v>34.96130696474648</v>
+        <v>46.92175408426498</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="inlineStr">
         <is>
           <t>Totale energievoorziening</t>
         </is>
       </c>
       <c r="B3" t="inlineStr">
         <is>
           <t>Primaire productie</t>
         </is>
       </c>
       <c r="C3"/>
       <c r="D3" t="inlineStr">
         <is>
           <t>Windenergie</t>
         </is>
       </c>
       <c r="E3" s="2" t="n">
-        <v>1327.9363714531432</v>
+        <v>1188.6930352536588</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="inlineStr">
         <is>
           <t>Totale energievoorziening</t>
         </is>
       </c>
       <c r="B4" t="inlineStr">
         <is>
           <t>Primaire productie</t>
         </is>
       </c>
       <c r="C4"/>
       <c r="D4" t="inlineStr">
         <is>
           <t>Fotovoltaïsche zonne-energie</t>
         </is>
       </c>
       <c r="E4" s="2" t="n">
-        <v>672.3989681857289</v>
+        <v>736.2080825451445</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="inlineStr">
         <is>
           <t>Totale energievoorziening</t>
         </is>
       </c>
       <c r="B5" t="inlineStr">
         <is>
           <t>Primaire productie</t>
         </is>
       </c>
       <c r="C5"/>
       <c r="D5" t="inlineStr">
         <is>
           <t>Thermische zonne-energie</t>
         </is>
       </c>
       <c r="E5" s="2" t="n">
-        <v>26.402025413203493</v>
+        <v>23.855928155154377</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="inlineStr">
         <is>
           <t>Totale energievoorziening</t>
         </is>
       </c>
       <c r="B6" t="inlineStr">
         <is>
           <t>Primaire productie</t>
         </is>
       </c>
       <c r="C6"/>
       <c r="D6" t="inlineStr">
         <is>
           <t>Geothermische energie</t>
         </is>
       </c>
       <c r="E6" s="2" t="n">
-        <v>3.7427152001528743</v>
+        <v>6.167001050921967</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="inlineStr">
         <is>
           <t>Totale energievoorziening</t>
         </is>
       </c>
       <c r="B7" t="inlineStr">
         <is>
           <t>Primaire productie</t>
         </is>
       </c>
       <c r="C7"/>
       <c r="D7" t="inlineStr">
         <is>
           <t>Vaste biobrandstoffen</t>
         </is>
       </c>
       <c r="E7" s="2" t="n">
-        <v>1341.028948122676</v>
+        <v>1338.3371548676841</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="inlineStr">
         <is>
           <t>Totale energievoorziening</t>
         </is>
       </c>
       <c r="B8" t="inlineStr">
         <is>
           <t>Primaire productie</t>
         </is>
       </c>
       <c r="C8"/>
       <c r="D8" t="inlineStr">
         <is>
           <t>Houtskool</t>
         </is>
       </c>
       <c r="E8"/>
     </row>
     <row r="9">
       <c r="A9" t="inlineStr">
         <is>
           <t>Totale energievoorziening</t>
         </is>
       </c>
       <c r="B9" t="inlineStr">
         <is>
           <t>Primaire productie</t>
         </is>
       </c>
       <c r="C9"/>
       <c r="D9" t="inlineStr">
         <is>
           <t>Biogas</t>
         </is>
       </c>
       <c r="E9" s="2" t="n">
-        <v>261.19231871596537</v>
+        <v>270.59568166618993</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="inlineStr">
         <is>
           <t>Totale energievoorziening</t>
         </is>
       </c>
       <c r="B10" t="inlineStr">
         <is>
           <t>Primaire productie</t>
         </is>
       </c>
       <c r="C10"/>
       <c r="D10" t="inlineStr">
         <is>
           <t>Hernieuwbaar huishoudelijk afval</t>
         </is>
       </c>
       <c r="E10" s="2" t="n">
-        <v>366.5878475207809</v>
+        <v>419.081398681572</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="inlineStr">
         <is>
           <t>Totale energievoorziening</t>
         </is>
       </c>
       <c r="B11" t="inlineStr">
         <is>
           <t>Primaire productie</t>
         </is>
       </c>
       <c r="C11"/>
       <c r="D11" t="inlineStr">
         <is>
           <t>Biobenzine</t>
         </is>
       </c>
       <c r="E11" s="2" t="n">
-        <v>262.10128909190877</v>
+        <v>312.8856475972114</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="inlineStr">
         <is>
           <t>Totale energievoorziening</t>
         </is>
       </c>
       <c r="B12" t="inlineStr">
         <is>
           <t>Primaire productie</t>
         </is>
       </c>
       <c r="C12"/>
       <c r="D12" t="inlineStr">
         <is>
           <t>Biodiesel</t>
         </is>
       </c>
       <c r="E12" s="2" t="n">
-        <v>236.74224297076609</v>
+        <v>473.86718126015256</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="inlineStr">
         <is>
           <t>Totale energievoorziening</t>
         </is>
       </c>
       <c r="B13" t="inlineStr">
         <is>
           <t>Primaire productie</t>
         </is>
       </c>
       <c r="C13"/>
       <c r="D13" t="inlineStr">
         <is>
           <t>Andere vloeibare biobrandstoffen</t>
         </is>
       </c>
       <c r="E13" s="2" t="n">
         <v>0.3601796121142652</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="inlineStr">
         <is>
           <t>Totale energievoorziening</t>
         </is>
       </c>
       <c r="B14" t="inlineStr">
         <is>
           <t>Primaire productie</t>
         </is>
       </c>
       <c r="C14"/>
       <c r="D14" t="inlineStr">
         <is>
           <t>Warmtepompen</t>
         </is>
       </c>
       <c r="E14" s="2" t="n">
-        <v>287.2098022355986</v>
+        <v>363.1460781503787</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="inlineStr">
         <is>
           <t>Totale energievoorziening</t>
         </is>
       </c>
       <c r="B15" t="inlineStr">
         <is>
           <t>Invoer</t>
         </is>
       </c>
       <c r="C15"/>
       <c r="D15" t="inlineStr">
         <is>
           <t>Waterkracht</t>
         </is>
       </c>
       <c r="E15"/>
     </row>
     <row r="16">
       <c r="A16" t="inlineStr">
         <is>
           <t>Totale energievoorziening</t>
@@ -1678,176 +1661,174 @@
       <c r="D19" t="inlineStr">
         <is>
           <t>Geothermische energie</t>
         </is>
       </c>
       <c r="E19"/>
     </row>
     <row r="20">
       <c r="A20" t="inlineStr">
         <is>
           <t>Totale energievoorziening</t>
         </is>
       </c>
       <c r="B20" t="inlineStr">
         <is>
           <t>Invoer</t>
         </is>
       </c>
       <c r="C20"/>
       <c r="D20" t="inlineStr">
         <is>
           <t>Vaste biobrandstoffen</t>
         </is>
       </c>
       <c r="E20" s="2" t="n">
-        <v>325.685487723322</v>
+        <v>273.8989204165482</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="inlineStr">
         <is>
           <t>Totale energievoorziening</t>
         </is>
       </c>
       <c r="B21" t="inlineStr">
         <is>
           <t>Invoer</t>
         </is>
       </c>
       <c r="C21"/>
       <c r="D21" t="inlineStr">
         <is>
           <t>Houtskool</t>
         </is>
       </c>
       <c r="E21" s="2" t="n">
-        <v>17.40350625776255</v>
+        <v>12.33041941339452</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="inlineStr">
         <is>
           <t>Totale energievoorziening</t>
         </is>
       </c>
       <c r="B22" t="inlineStr">
         <is>
           <t>Invoer</t>
         </is>
       </c>
       <c r="C22"/>
       <c r="D22" t="inlineStr">
         <is>
           <t>Biogas</t>
         </is>
       </c>
       <c r="E22"/>
     </row>
     <row r="23">
       <c r="A23" t="inlineStr">
         <is>
           <t>Totale energievoorziening</t>
         </is>
       </c>
       <c r="B23" t="inlineStr">
         <is>
           <t>Invoer</t>
         </is>
       </c>
       <c r="C23"/>
       <c r="D23" t="inlineStr">
         <is>
           <t>Hernieuwbaar huishoudelijk afval</t>
         </is>
       </c>
       <c r="E23" s="2" t="n">
-        <v>8.056272093245466</v>
+        <v>2.8613738415974113</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="inlineStr">
         <is>
           <t>Totale energievoorziening</t>
         </is>
       </c>
       <c r="B24" t="inlineStr">
         <is>
           <t>Invoer</t>
         </is>
       </c>
       <c r="C24"/>
       <c r="D24" t="inlineStr">
         <is>
           <t>Biobenzine</t>
         </is>
       </c>
       <c r="E24" s="2" t="n">
-        <v>110.74298795739028</v>
+        <v>128.6370077194998</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="inlineStr">
         <is>
           <t>Totale energievoorziening</t>
         </is>
       </c>
       <c r="B25" t="inlineStr">
         <is>
           <t>Invoer</t>
         </is>
       </c>
       <c r="C25"/>
       <c r="D25" t="inlineStr">
         <is>
           <t>Biodiesel</t>
         </is>
       </c>
       <c r="E25" s="2" t="n">
-        <v>646.1984963313292</v>
+        <v>707.6541810929613</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="inlineStr">
         <is>
           <t>Totale energievoorziening</t>
         </is>
       </c>
       <c r="B26" t="inlineStr">
         <is>
           <t>Invoer</t>
         </is>
       </c>
       <c r="C26"/>
       <c r="D26" t="inlineStr">
         <is>
           <t>Andere vloeibare biobrandstoffen</t>
         </is>
       </c>
-      <c r="E26" s="2" t="n">
-[...1 lines deleted...]
-      </c>
+      <c r="E26"/>
     </row>
     <row r="27">
       <c r="A27" t="inlineStr">
         <is>
           <t>Totale energievoorziening</t>
         </is>
       </c>
       <c r="B27" t="inlineStr">
         <is>
           <t>Invoer</t>
         </is>
       </c>
       <c r="C27"/>
       <c r="D27" t="inlineStr">
         <is>
           <t>Warmtepompen</t>
         </is>
       </c>
       <c r="E27"/>
     </row>
     <row r="28">
       <c r="A28" t="inlineStr">
         <is>
           <t>Totale energievoorziening</t>
         </is>
@@ -2013,72 +1994,72 @@
       <c r="D36" t="inlineStr">
         <is>
           <t>Hernieuwbaar huishoudelijk afval</t>
         </is>
       </c>
       <c r="E36"/>
     </row>
     <row r="37">
       <c r="A37" t="inlineStr">
         <is>
           <t>Totale energievoorziening</t>
         </is>
       </c>
       <c r="B37" t="inlineStr">
         <is>
           <t>Uitvoer</t>
         </is>
       </c>
       <c r="C37"/>
       <c r="D37" t="inlineStr">
         <is>
           <t>Biobenzine</t>
         </is>
       </c>
       <c r="E37" s="2" t="n">
-        <v>-188.03385730151976</v>
+        <v>-248.91822727381378</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" t="inlineStr">
         <is>
           <t>Totale energievoorziening</t>
         </is>
       </c>
       <c r="B38" t="inlineStr">
         <is>
           <t>Uitvoer</t>
         </is>
       </c>
       <c r="C38"/>
       <c r="D38" t="inlineStr">
         <is>
           <t>Biodiesel</t>
         </is>
       </c>
       <c r="E38" s="2" t="n">
-        <v>-249.33796085554687</v>
+        <v>-671.867581279261</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" t="inlineStr">
         <is>
           <t>Totale energievoorziening</t>
         </is>
       </c>
       <c r="B39" t="inlineStr">
         <is>
           <t>Uitvoer</t>
         </is>
       </c>
       <c r="C39"/>
       <c r="D39" t="inlineStr">
         <is>
           <t>Andere vloeibare biobrandstoffen</t>
         </is>
       </c>
       <c r="E39"/>
     </row>
     <row r="40">
       <c r="A40" t="inlineStr">
         <is>
           <t>Totale energievoorziening</t>
@@ -2089,963 +2070,967 @@
           <t>Uitvoer</t>
         </is>
       </c>
       <c r="C40"/>
       <c r="D40" t="inlineStr">
         <is>
           <t>Warmtepompen</t>
         </is>
       </c>
       <c r="E40"/>
     </row>
     <row r="41">
       <c r="A41" t="inlineStr">
         <is>
           <t>Totale energievoorziening</t>
         </is>
       </c>
       <c r="B41"/>
       <c r="C41"/>
       <c r="D41" t="inlineStr">
         <is>
           <t>Waterkracht</t>
         </is>
       </c>
       <c r="E41" s="2" t="n">
-        <v>34.96130696474648</v>
+        <v>46.92175408426498</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" t="inlineStr">
         <is>
           <t>Totale energievoorziening</t>
         </is>
       </c>
       <c r="B42"/>
       <c r="C42"/>
       <c r="D42" t="inlineStr">
         <is>
           <t>Windenergie</t>
         </is>
       </c>
       <c r="E42" s="2" t="n">
-        <v>1327.9363714531432</v>
+        <v>1188.6930352536588</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" t="inlineStr">
         <is>
           <t>Totale energievoorziening</t>
         </is>
       </c>
       <c r="B43"/>
       <c r="C43"/>
       <c r="D43" t="inlineStr">
         <is>
           <t>Fotovoltaïsche zonne-energie</t>
         </is>
       </c>
       <c r="E43" s="2" t="n">
-        <v>672.3989681857289</v>
+        <v>736.2080825451445</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" t="inlineStr">
         <is>
           <t>Totale energievoorziening</t>
         </is>
       </c>
       <c r="B44"/>
       <c r="C44"/>
       <c r="D44" t="inlineStr">
         <is>
           <t>Thermische zonne-energie</t>
         </is>
       </c>
       <c r="E44" s="2" t="n">
-        <v>26.402025413203493</v>
+        <v>23.855928155154377</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" t="inlineStr">
         <is>
           <t>Totale energievoorziening</t>
         </is>
       </c>
       <c r="B45"/>
       <c r="C45"/>
       <c r="D45" t="inlineStr">
         <is>
           <t>Geothermische energie</t>
         </is>
       </c>
       <c r="E45" s="2" t="n">
-        <v>3.7427152001528743</v>
+        <v>6.167001050921967</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" t="inlineStr">
         <is>
           <t>Totale energievoorziening</t>
         </is>
       </c>
       <c r="B46"/>
       <c r="C46"/>
       <c r="D46" t="inlineStr">
         <is>
           <t>Vaste biobrandstoffen</t>
         </is>
       </c>
       <c r="E46" s="2" t="n">
-        <v>1666.714435845998</v>
+        <v>1612.2360752842324</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" t="inlineStr">
         <is>
           <t>Totale energievoorziening</t>
         </is>
       </c>
       <c r="B47"/>
       <c r="C47"/>
       <c r="D47" t="inlineStr">
         <is>
           <t>Houtskool</t>
         </is>
       </c>
       <c r="E47" s="2" t="n">
-        <v>17.40350625776255</v>
+        <v>12.33041941339452</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" t="inlineStr">
         <is>
           <t>Totale energievoorziening</t>
         </is>
       </c>
       <c r="B48"/>
       <c r="C48"/>
       <c r="D48" t="inlineStr">
         <is>
           <t>Biogas</t>
         </is>
       </c>
       <c r="E48" s="2" t="n">
-        <v>261.19231871596537</v>
+        <v>270.59568166618993</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" t="inlineStr">
         <is>
           <t>Totale energievoorziening</t>
         </is>
       </c>
       <c r="B49"/>
       <c r="C49"/>
       <c r="D49" t="inlineStr">
         <is>
           <t>Hernieuwbaar huishoudelijk afval</t>
         </is>
       </c>
       <c r="E49" s="2" t="n">
-        <v>374.6441196140263</v>
+        <v>421.9427725231694</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" t="inlineStr">
         <is>
           <t>Totale energievoorziening</t>
         </is>
       </c>
       <c r="B50"/>
       <c r="C50"/>
       <c r="D50" t="inlineStr">
         <is>
           <t>Biobenzine</t>
         </is>
       </c>
       <c r="E50" s="2" t="n">
-        <v>184.81041974777932</v>
+        <v>192.60442804289738</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" t="inlineStr">
         <is>
           <t>Totale energievoorziening</t>
         </is>
       </c>
       <c r="B51"/>
       <c r="C51"/>
       <c r="D51" t="inlineStr">
         <is>
           <t>Biodiesel</t>
         </is>
       </c>
       <c r="E51" s="2" t="n">
-        <v>633.6027784465484</v>
+        <v>509.6537810738528</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" t="inlineStr">
         <is>
           <t>Totale energievoorziening</t>
         </is>
       </c>
       <c r="B52"/>
       <c r="C52"/>
       <c r="D52" t="inlineStr">
         <is>
           <t>Andere vloeibare biobrandstoffen</t>
         </is>
       </c>
       <c r="E52" s="2" t="n">
-        <v>1.170583739371362</v>
+        <v>0.3601796121142652</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" t="inlineStr">
         <is>
           <t>Totale energievoorziening</t>
         </is>
       </c>
       <c r="B53"/>
       <c r="C53"/>
       <c r="D53" t="inlineStr">
         <is>
           <t>Warmtepompen</t>
         </is>
       </c>
       <c r="E53" s="2" t="n">
-        <v>287.2098022355986</v>
+        <v>363.1460781503787</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" t="inlineStr">
         <is>
           <t>Transformatie input</t>
         </is>
       </c>
       <c r="B54" t="inlineStr">
         <is>
           <t>Productie van elektriciteit en warmte</t>
         </is>
       </c>
       <c r="C54"/>
       <c r="D54" t="inlineStr">
         <is>
           <t>Waterkracht</t>
         </is>
       </c>
       <c r="E54" s="2" t="n">
-        <v>34.96130696474648</v>
+        <v>46.92175408426498</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" t="inlineStr">
         <is>
           <t>Transformatie input</t>
         </is>
       </c>
       <c r="B55" t="inlineStr">
         <is>
           <t>Productie van elektriciteit en warmte</t>
         </is>
       </c>
       <c r="C55"/>
       <c r="D55" t="inlineStr">
         <is>
           <t>Windenergie</t>
         </is>
       </c>
       <c r="E55" s="2" t="n">
-        <v>1327.936371453143</v>
+        <v>1188.6930352536588</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" t="inlineStr">
         <is>
           <t>Transformatie input</t>
         </is>
       </c>
       <c r="B56" t="inlineStr">
         <is>
           <t>Productie van elektriciteit en warmte</t>
         </is>
       </c>
       <c r="C56"/>
       <c r="D56" t="inlineStr">
         <is>
           <t>Fotovoltaïsche zonne-energie</t>
         </is>
       </c>
       <c r="E56" s="2" t="n">
-        <v>672.3989681857289</v>
+        <v>736.2080825451445</v>
       </c>
     </row>
     <row r="57">
       <c r="A57" t="inlineStr">
         <is>
           <t>Transformatie input</t>
         </is>
       </c>
       <c r="B57" t="inlineStr">
         <is>
           <t>Productie van elektriciteit en warmte</t>
         </is>
       </c>
       <c r="C57"/>
       <c r="D57" t="inlineStr">
         <is>
           <t>Thermische zonne-energie</t>
         </is>
       </c>
       <c r="E57"/>
     </row>
     <row r="58">
       <c r="A58" t="inlineStr">
         <is>
           <t>Transformatie input</t>
         </is>
       </c>
       <c r="B58" t="inlineStr">
         <is>
           <t>Productie van elektriciteit en warmte</t>
         </is>
       </c>
       <c r="C58"/>
       <c r="D58" t="inlineStr">
         <is>
           <t>Geothermische energie</t>
         </is>
       </c>
       <c r="E58" s="2" t="n">
-        <v>3.3701156014139793</v>
+        <v>4.155918601318445</v>
       </c>
     </row>
     <row r="59">
       <c r="A59" t="inlineStr">
         <is>
           <t>Transformatie input</t>
         </is>
       </c>
       <c r="B59" t="inlineStr">
         <is>
           <t>Productie van elektriciteit en warmte</t>
         </is>
       </c>
       <c r="C59"/>
       <c r="D59" t="inlineStr">
         <is>
           <t>Vaste biobrandstoffen</t>
         </is>
       </c>
       <c r="E59" s="2" t="n">
-        <v>396.321773191938</v>
+        <v>336.3165185822119</v>
       </c>
     </row>
     <row r="60">
       <c r="A60" t="inlineStr">
         <is>
           <t>Transformatie input</t>
         </is>
       </c>
       <c r="B60" t="inlineStr">
         <is>
           <t>Productie van elektriciteit en warmte</t>
         </is>
       </c>
       <c r="C60"/>
       <c r="D60" t="inlineStr">
         <is>
           <t>Houtskool</t>
         </is>
       </c>
       <c r="E60"/>
     </row>
     <row r="61">
       <c r="A61" t="inlineStr">
         <is>
           <t>Transformatie input</t>
         </is>
       </c>
       <c r="B61" t="inlineStr">
         <is>
           <t>Productie van elektriciteit en warmte</t>
         </is>
       </c>
       <c r="C61"/>
       <c r="D61" t="inlineStr">
         <is>
           <t>Biogas</t>
         </is>
       </c>
       <c r="E61" s="2" t="n">
-        <v>156.89548103563635</v>
+        <v>155.84217063150908</v>
       </c>
     </row>
     <row r="62">
       <c r="A62" t="inlineStr">
         <is>
           <t>Transformatie input</t>
         </is>
       </c>
       <c r="B62" t="inlineStr">
         <is>
           <t>Productie van elektriciteit en warmte</t>
         </is>
       </c>
       <c r="C62"/>
       <c r="D62" t="inlineStr">
         <is>
           <t>Hernieuwbaar huishoudelijk afval</t>
         </is>
       </c>
       <c r="E62" s="2" t="n">
-        <v>369.35607146269354</v>
+        <v>400.41559186013325</v>
       </c>
     </row>
     <row r="63">
       <c r="A63" t="inlineStr">
         <is>
           <t>Transformatie input</t>
         </is>
       </c>
       <c r="B63" t="inlineStr">
         <is>
           <t>Productie van elektriciteit en warmte</t>
         </is>
       </c>
       <c r="C63"/>
       <c r="D63" t="inlineStr">
         <is>
           <t>Biobenzine</t>
         </is>
       </c>
       <c r="E63"/>
     </row>
     <row r="64">
       <c r="A64" t="inlineStr">
         <is>
           <t>Transformatie input</t>
         </is>
       </c>
       <c r="B64" t="inlineStr">
         <is>
           <t>Productie van elektriciteit en warmte</t>
         </is>
       </c>
       <c r="C64"/>
       <c r="D64" t="inlineStr">
         <is>
           <t>Biodiesel</t>
         </is>
       </c>
-      <c r="E64"/>
+      <c r="E64" s="2" t="n">
+        <v>0.09392808350052577</v>
+      </c>
     </row>
     <row r="65">
       <c r="A65" t="inlineStr">
         <is>
           <t>Transformatie input</t>
         </is>
       </c>
       <c r="B65" t="inlineStr">
         <is>
           <t>Productie van elektriciteit en warmte</t>
         </is>
       </c>
       <c r="C65"/>
       <c r="D65" t="inlineStr">
         <is>
           <t>Andere vloeibare biobrandstoffen</t>
         </is>
       </c>
       <c r="E65" s="2" t="n">
-        <v>0.7203592242285303</v>
+        <v>0.0900449030285663</v>
       </c>
     </row>
     <row r="66">
       <c r="A66" t="inlineStr">
         <is>
           <t>Transformatie input</t>
         </is>
       </c>
       <c r="B66" t="inlineStr">
         <is>
           <t>Productie van elektriciteit en warmte</t>
         </is>
       </c>
       <c r="C66"/>
       <c r="D66" t="inlineStr">
         <is>
           <t>Warmtepompen</t>
         </is>
       </c>
       <c r="E66"/>
     </row>
     <row r="67">
       <c r="A67" t="inlineStr">
         <is>
           <t>Transformatie input</t>
         </is>
       </c>
       <c r="B67" t="inlineStr">
         <is>
-          <t>Voor gemengd aardgas</t>
+          <t>Hoogovens</t>
         </is>
       </c>
       <c r="C67"/>
       <c r="D67" t="inlineStr">
         <is>
           <t>Waterkracht</t>
         </is>
       </c>
       <c r="E67"/>
     </row>
     <row r="68">
       <c r="A68" t="inlineStr">
         <is>
           <t>Transformatie input</t>
         </is>
       </c>
       <c r="B68" t="inlineStr">
         <is>
-          <t>Voor gemengd aardgas</t>
+          <t>Hoogovens</t>
         </is>
       </c>
       <c r="C68"/>
       <c r="D68" t="inlineStr">
         <is>
           <t>Windenergie</t>
         </is>
       </c>
       <c r="E68"/>
     </row>
     <row r="69">
       <c r="A69" t="inlineStr">
         <is>
           <t>Transformatie input</t>
         </is>
       </c>
       <c r="B69" t="inlineStr">
         <is>
-          <t>Voor gemengd aardgas</t>
+          <t>Hoogovens</t>
         </is>
       </c>
       <c r="C69"/>
       <c r="D69" t="inlineStr">
         <is>
           <t>Fotovoltaïsche zonne-energie</t>
         </is>
       </c>
       <c r="E69"/>
     </row>
     <row r="70">
       <c r="A70" t="inlineStr">
         <is>
           <t>Transformatie input</t>
         </is>
       </c>
       <c r="B70" t="inlineStr">
         <is>
-          <t>Voor gemengd aardgas</t>
+          <t>Hoogovens</t>
         </is>
       </c>
       <c r="C70"/>
       <c r="D70" t="inlineStr">
         <is>
           <t>Thermische zonne-energie</t>
         </is>
       </c>
       <c r="E70"/>
     </row>
     <row r="71">
       <c r="A71" t="inlineStr">
         <is>
           <t>Transformatie input</t>
         </is>
       </c>
       <c r="B71" t="inlineStr">
         <is>
-          <t>Voor gemengd aardgas</t>
+          <t>Hoogovens</t>
         </is>
       </c>
       <c r="C71"/>
       <c r="D71" t="inlineStr">
         <is>
           <t>Geothermische energie</t>
         </is>
       </c>
       <c r="E71"/>
     </row>
     <row r="72">
       <c r="A72" t="inlineStr">
         <is>
           <t>Transformatie input</t>
         </is>
       </c>
       <c r="B72" t="inlineStr">
         <is>
-          <t>Voor gemengd aardgas</t>
+          <t>Hoogovens</t>
         </is>
       </c>
       <c r="C72"/>
       <c r="D72" t="inlineStr">
         <is>
           <t>Vaste biobrandstoffen</t>
         </is>
       </c>
       <c r="E72"/>
     </row>
     <row r="73">
       <c r="A73" t="inlineStr">
         <is>
           <t>Transformatie input</t>
         </is>
       </c>
       <c r="B73" t="inlineStr">
         <is>
-          <t>Voor gemengd aardgas</t>
+          <t>Hoogovens</t>
         </is>
       </c>
       <c r="C73"/>
       <c r="D73" t="inlineStr">
         <is>
           <t>Houtskool</t>
         </is>
       </c>
       <c r="E73"/>
     </row>
     <row r="74">
       <c r="A74" t="inlineStr">
         <is>
           <t>Transformatie input</t>
         </is>
       </c>
       <c r="B74" t="inlineStr">
         <is>
-          <t>Voor gemengd aardgas</t>
+          <t>Hoogovens</t>
         </is>
       </c>
       <c r="C74"/>
       <c r="D74" t="inlineStr">
         <is>
           <t>Biogas</t>
         </is>
       </c>
       <c r="E74" s="2" t="n">
-        <v>10.482946402980833</v>
+        <v>19.411006018916662</v>
       </c>
     </row>
     <row r="75">
       <c r="A75" t="inlineStr">
         <is>
           <t>Transformatie input</t>
         </is>
       </c>
       <c r="B75" t="inlineStr">
         <is>
-          <t>Voor gemengd aardgas</t>
+          <t>Hoogovens</t>
         </is>
       </c>
       <c r="C75"/>
       <c r="D75" t="inlineStr">
         <is>
           <t>Hernieuwbaar huishoudelijk afval</t>
         </is>
       </c>
       <c r="E75"/>
     </row>
     <row r="76">
       <c r="A76" t="inlineStr">
         <is>
           <t>Transformatie input</t>
         </is>
       </c>
       <c r="B76" t="inlineStr">
         <is>
-          <t>Voor gemengd aardgas</t>
+          <t>Hoogovens</t>
         </is>
       </c>
       <c r="C76"/>
       <c r="D76" t="inlineStr">
         <is>
           <t>Biobenzine</t>
         </is>
       </c>
       <c r="E76"/>
     </row>
     <row r="77">
       <c r="A77" t="inlineStr">
         <is>
           <t>Transformatie input</t>
         </is>
       </c>
       <c r="B77" t="inlineStr">
         <is>
-          <t>Voor gemengd aardgas</t>
+          <t>Hoogovens</t>
         </is>
       </c>
       <c r="C77"/>
       <c r="D77" t="inlineStr">
         <is>
           <t>Biodiesel</t>
         </is>
       </c>
       <c r="E77"/>
     </row>
     <row r="78">
       <c r="A78" t="inlineStr">
         <is>
           <t>Transformatie input</t>
         </is>
       </c>
       <c r="B78" t="inlineStr">
         <is>
-          <t>Voor gemengd aardgas</t>
+          <t>Hoogovens</t>
         </is>
       </c>
       <c r="C78"/>
       <c r="D78" t="inlineStr">
         <is>
           <t>Andere vloeibare biobrandstoffen</t>
         </is>
       </c>
       <c r="E78"/>
     </row>
     <row r="79">
       <c r="A79" t="inlineStr">
         <is>
           <t>Transformatie input</t>
         </is>
       </c>
       <c r="B79" t="inlineStr">
         <is>
-          <t>Voor gemengd aardgas</t>
+          <t>Hoogovens</t>
         </is>
       </c>
       <c r="C79"/>
       <c r="D79" t="inlineStr">
         <is>
           <t>Warmtepompen</t>
         </is>
       </c>
       <c r="E79"/>
     </row>
     <row r="80">
       <c r="A80" t="inlineStr">
         <is>
           <t>Transformatie input</t>
         </is>
       </c>
       <c r="B80"/>
       <c r="C80"/>
       <c r="D80" t="inlineStr">
         <is>
           <t>Waterkracht</t>
         </is>
       </c>
       <c r="E80" s="2" t="n">
-        <v>34.96130696474648</v>
+        <v>46.92175408426498</v>
       </c>
     </row>
     <row r="81">
       <c r="A81" t="inlineStr">
         <is>
           <t>Transformatie input</t>
         </is>
       </c>
       <c r="B81"/>
       <c r="C81"/>
       <c r="D81" t="inlineStr">
         <is>
           <t>Windenergie</t>
         </is>
       </c>
       <c r="E81" s="2" t="n">
-        <v>1327.936371453143</v>
+        <v>1188.6930352536588</v>
       </c>
     </row>
     <row r="82">
       <c r="A82" t="inlineStr">
         <is>
           <t>Transformatie input</t>
         </is>
       </c>
       <c r="B82"/>
       <c r="C82"/>
       <c r="D82" t="inlineStr">
         <is>
           <t>Fotovoltaïsche zonne-energie</t>
         </is>
       </c>
       <c r="E82" s="2" t="n">
-        <v>672.3989681857289</v>
+        <v>736.2080825451445</v>
       </c>
     </row>
     <row r="83">
       <c r="A83" t="inlineStr">
         <is>
           <t>Transformatie input</t>
         </is>
       </c>
       <c r="B83"/>
       <c r="C83"/>
       <c r="D83" t="inlineStr">
         <is>
           <t>Thermische zonne-energie</t>
         </is>
       </c>
       <c r="E83"/>
     </row>
     <row r="84">
       <c r="A84" t="inlineStr">
         <is>
           <t>Transformatie input</t>
         </is>
       </c>
       <c r="B84"/>
       <c r="C84"/>
       <c r="D84" t="inlineStr">
         <is>
           <t>Geothermische energie</t>
         </is>
       </c>
       <c r="E84" s="2" t="n">
-        <v>3.3701156014139793</v>
+        <v>4.155918601318445</v>
       </c>
     </row>
     <row r="85">
       <c r="A85" t="inlineStr">
         <is>
           <t>Transformatie input</t>
         </is>
       </c>
       <c r="B85"/>
       <c r="C85"/>
       <c r="D85" t="inlineStr">
         <is>
           <t>Vaste biobrandstoffen</t>
         </is>
       </c>
       <c r="E85" s="2" t="n">
-        <v>396.321773191938</v>
+        <v>336.3165185822119</v>
       </c>
     </row>
     <row r="86">
       <c r="A86" t="inlineStr">
         <is>
           <t>Transformatie input</t>
         </is>
       </c>
       <c r="B86"/>
       <c r="C86"/>
       <c r="D86" t="inlineStr">
         <is>
           <t>Houtskool</t>
         </is>
       </c>
       <c r="E86"/>
     </row>
     <row r="87">
       <c r="A87" t="inlineStr">
         <is>
           <t>Transformatie input</t>
         </is>
       </c>
       <c r="B87"/>
       <c r="C87"/>
       <c r="D87" t="inlineStr">
         <is>
           <t>Biogas</t>
         </is>
       </c>
       <c r="E87" s="2" t="n">
-        <v>167.37842743861717</v>
+        <v>175.25317665042576</v>
       </c>
     </row>
     <row r="88">
       <c r="A88" t="inlineStr">
         <is>
           <t>Transformatie input</t>
         </is>
       </c>
       <c r="B88"/>
       <c r="C88"/>
       <c r="D88" t="inlineStr">
         <is>
           <t>Hernieuwbaar huishoudelijk afval</t>
         </is>
       </c>
       <c r="E88" s="2" t="n">
-        <v>369.35607146269354</v>
+        <v>400.41559186013325</v>
       </c>
     </row>
     <row r="89">
       <c r="A89" t="inlineStr">
         <is>
           <t>Transformatie input</t>
         </is>
       </c>
       <c r="B89"/>
       <c r="C89"/>
       <c r="D89" t="inlineStr">
         <is>
           <t>Biobenzine</t>
         </is>
       </c>
       <c r="E89"/>
     </row>
     <row r="90">
       <c r="A90" t="inlineStr">
         <is>
           <t>Transformatie input</t>
         </is>
       </c>
       <c r="B90"/>
       <c r="C90"/>
       <c r="D90" t="inlineStr">
         <is>
           <t>Biodiesel</t>
         </is>
       </c>
-      <c r="E90"/>
+      <c r="E90" s="2" t="n">
+        <v>0.09392808350052577</v>
+      </c>
     </row>
     <row r="91">
       <c r="A91" t="inlineStr">
         <is>
           <t>Transformatie input</t>
         </is>
       </c>
       <c r="B91"/>
       <c r="C91"/>
       <c r="D91" t="inlineStr">
         <is>
           <t>Andere vloeibare biobrandstoffen</t>
         </is>
       </c>
       <c r="E91" s="2" t="n">
-        <v>0.7203592242285303</v>
+        <v>0.0900449030285663</v>
       </c>
     </row>
     <row r="92">
       <c r="A92" t="inlineStr">
         <is>
           <t>Transformatie input</t>
         </is>
       </c>
       <c r="B92"/>
       <c r="C92"/>
       <c r="D92" t="inlineStr">
         <is>
           <t>Warmtepompen</t>
         </is>
       </c>
       <c r="E92"/>
     </row>
     <row r="93">
       <c r="A93" t="inlineStr">
         <is>
           <t>Energie sector</t>
         </is>
       </c>
       <c r="B93" t="inlineStr">
         <is>
@@ -3113,51 +3098,51 @@
       <c r="D96" t="inlineStr">
         <is>
           <t>Thermische zonne-energie</t>
         </is>
       </c>
       <c r="E96"/>
     </row>
     <row r="97">
       <c r="A97" t="inlineStr">
         <is>
           <t>Energie sector</t>
         </is>
       </c>
       <c r="B97" t="inlineStr">
         <is>
           <t>Productie van elektriciteit en warmte</t>
         </is>
       </c>
       <c r="C97"/>
       <c r="D97" t="inlineStr">
         <is>
           <t>Geothermische energie</t>
         </is>
       </c>
       <c r="E97" s="2" t="n">
-        <v>0.3725995987388949</v>
+        <v>0.47769179325499356</v>
       </c>
     </row>
     <row r="98">
       <c r="A98" t="inlineStr">
         <is>
           <t>Energie sector</t>
         </is>
       </c>
       <c r="B98" t="inlineStr">
         <is>
           <t>Productie van elektriciteit en warmte</t>
         </is>
       </c>
       <c r="C98"/>
       <c r="D98" t="inlineStr">
         <is>
           <t>Vaste biobrandstoffen</t>
         </is>
       </c>
       <c r="E98"/>
     </row>
     <row r="99">
       <c r="A99" t="inlineStr">
         <is>
           <t>Energie sector</t>
@@ -3342,51 +3327,51 @@
         </is>
       </c>
       <c r="B109"/>
       <c r="C109"/>
       <c r="D109" t="inlineStr">
         <is>
           <t>Thermische zonne-energie</t>
         </is>
       </c>
       <c r="E109"/>
     </row>
     <row r="110">
       <c r="A110" t="inlineStr">
         <is>
           <t>Energie sector</t>
         </is>
       </c>
       <c r="B110"/>
       <c r="C110"/>
       <c r="D110" t="inlineStr">
         <is>
           <t>Geothermische energie</t>
         </is>
       </c>
       <c r="E110" s="2" t="n">
-        <v>0.3725995987388949</v>
+        <v>0.47769179325499356</v>
       </c>
     </row>
     <row r="111">
       <c r="A111" t="inlineStr">
         <is>
           <t>Energie sector</t>
         </is>
       </c>
       <c r="B111"/>
       <c r="C111"/>
       <c r="D111" t="inlineStr">
         <is>
           <t>Vaste biobrandstoffen</t>
         </is>
       </c>
       <c r="E111"/>
     </row>
     <row r="112">
       <c r="A112" t="inlineStr">
         <is>
           <t>Energie sector</t>
         </is>
       </c>
       <c r="B112"/>
       <c r="C112"/>
@@ -3553,100 +3538,98 @@
           <t>Distributieverliezen</t>
         </is>
       </c>
       <c r="B123"/>
       <c r="C123"/>
       <c r="D123" t="inlineStr">
         <is>
           <t>Geothermische energie</t>
         </is>
       </c>
       <c r="E123"/>
     </row>
     <row r="124">
       <c r="A124" t="inlineStr">
         <is>
           <t>Distributieverliezen</t>
         </is>
       </c>
       <c r="B124"/>
       <c r="C124"/>
       <c r="D124" t="inlineStr">
         <is>
           <t>Vaste biobrandstoffen</t>
         </is>
       </c>
-      <c r="E124"/>
+      <c r="E124" s="2" t="n">
+        <v>0.20540747109964722</v>
+      </c>
     </row>
     <row r="125">
       <c r="A125" t="inlineStr">
         <is>
           <t>Distributieverliezen</t>
         </is>
       </c>
       <c r="B125"/>
       <c r="C125"/>
       <c r="D125" t="inlineStr">
         <is>
           <t>Houtskool</t>
         </is>
       </c>
       <c r="E125"/>
     </row>
     <row r="126">
       <c r="A126" t="inlineStr">
         <is>
           <t>Distributieverliezen</t>
         </is>
       </c>
       <c r="B126"/>
       <c r="C126"/>
       <c r="D126" t="inlineStr">
         <is>
           <t>Biogas</t>
         </is>
       </c>
-      <c r="E126" s="2" t="n">
-[...1 lines deleted...]
-      </c>
+      <c r="E126"/>
     </row>
     <row r="127">
       <c r="A127" t="inlineStr">
         <is>
           <t>Distributieverliezen</t>
         </is>
       </c>
       <c r="B127"/>
       <c r="C127"/>
       <c r="D127" t="inlineStr">
         <is>
           <t>Hernieuwbaar huishoudelijk afval</t>
         </is>
       </c>
-      <c r="E127" s="2" t="n">
-[...1 lines deleted...]
-      </c>
+      <c r="E127"/>
     </row>
     <row r="128">
       <c r="A128" t="inlineStr">
         <is>
           <t>Distributieverliezen</t>
         </is>
       </c>
       <c r="B128"/>
       <c r="C128"/>
       <c r="D128" t="inlineStr">
         <is>
           <t>Biobenzine</t>
         </is>
       </c>
       <c r="E128"/>
     </row>
     <row r="129">
       <c r="A129" t="inlineStr">
         <is>
           <t>Distributieverliezen</t>
         </is>
       </c>
       <c r="B129"/>
       <c r="C129"/>
       <c r="D129" t="inlineStr">
@@ -3677,5777 +3660,5484 @@
           <t>Distributieverliezen</t>
         </is>
       </c>
       <c r="B131"/>
       <c r="C131"/>
       <c r="D131" t="inlineStr">
         <is>
           <t>Warmtepompen</t>
         </is>
       </c>
       <c r="E131"/>
     </row>
     <row r="132">
       <c r="A132" t="inlineStr">
         <is>
           <t>Finale consumptie</t>
         </is>
       </c>
       <c r="B132" t="inlineStr">
         <is>
           <t>Industrie sector</t>
         </is>
       </c>
       <c r="C132" t="inlineStr">
         <is>
-          <t>IJzer en staal</t>
+          <t>Chemie en petrochemie</t>
         </is>
       </c>
       <c r="D132" t="inlineStr">
         <is>
           <t>Waterkracht</t>
         </is>
       </c>
       <c r="E132"/>
     </row>
     <row r="133">
       <c r="A133" t="inlineStr">
         <is>
           <t>Finale consumptie</t>
         </is>
       </c>
       <c r="B133" t="inlineStr">
         <is>
           <t>Industrie sector</t>
         </is>
       </c>
       <c r="C133" t="inlineStr">
         <is>
-          <t>IJzer en staal</t>
+          <t>Chemie en petrochemie</t>
         </is>
       </c>
       <c r="D133" t="inlineStr">
         <is>
           <t>Windenergie</t>
         </is>
       </c>
       <c r="E133"/>
     </row>
     <row r="134">
       <c r="A134" t="inlineStr">
         <is>
           <t>Finale consumptie</t>
         </is>
       </c>
       <c r="B134" t="inlineStr">
         <is>
           <t>Industrie sector</t>
         </is>
       </c>
       <c r="C134" t="inlineStr">
         <is>
-          <t>IJzer en staal</t>
+          <t>Chemie en petrochemie</t>
         </is>
       </c>
       <c r="D134" t="inlineStr">
         <is>
           <t>Fotovoltaïsche zonne-energie</t>
         </is>
       </c>
       <c r="E134"/>
     </row>
     <row r="135">
       <c r="A135" t="inlineStr">
         <is>
           <t>Finale consumptie</t>
         </is>
       </c>
       <c r="B135" t="inlineStr">
         <is>
           <t>Industrie sector</t>
         </is>
       </c>
       <c r="C135" t="inlineStr">
         <is>
-          <t>IJzer en staal</t>
+          <t>Chemie en petrochemie</t>
         </is>
       </c>
       <c r="D135" t="inlineStr">
         <is>
           <t>Thermische zonne-energie</t>
         </is>
       </c>
       <c r="E135"/>
     </row>
     <row r="136">
       <c r="A136" t="inlineStr">
         <is>
           <t>Finale consumptie</t>
         </is>
       </c>
       <c r="B136" t="inlineStr">
         <is>
           <t>Industrie sector</t>
         </is>
       </c>
       <c r="C136" t="inlineStr">
         <is>
-          <t>IJzer en staal</t>
+          <t>Chemie en petrochemie</t>
         </is>
       </c>
       <c r="D136" t="inlineStr">
         <is>
           <t>Geothermische energie</t>
         </is>
       </c>
-      <c r="E136"/>
+      <c r="E136" s="2" t="n">
+        <v>1.413967708034781</v>
+      </c>
     </row>
     <row r="137">
       <c r="A137" t="inlineStr">
         <is>
           <t>Finale consumptie</t>
         </is>
       </c>
       <c r="B137" t="inlineStr">
         <is>
           <t>Industrie sector</t>
         </is>
       </c>
       <c r="C137" t="inlineStr">
         <is>
-          <t>IJzer en staal</t>
+          <t>Chemie en petrochemie</t>
         </is>
       </c>
       <c r="D137" t="inlineStr">
         <is>
           <t>Vaste biobrandstoffen</t>
         </is>
       </c>
       <c r="E137" s="2" t="n">
-        <v>0.002388458966274968</v>
+        <v>2.4099550969714425</v>
       </c>
     </row>
     <row r="138">
       <c r="A138" t="inlineStr">
         <is>
           <t>Finale consumptie</t>
         </is>
       </c>
       <c r="B138" t="inlineStr">
         <is>
           <t>Industrie sector</t>
         </is>
       </c>
       <c r="C138" t="inlineStr">
         <is>
-          <t>IJzer en staal</t>
+          <t>Chemie en petrochemie</t>
         </is>
       </c>
       <c r="D138" t="inlineStr">
         <is>
           <t>Houtskool</t>
         </is>
       </c>
       <c r="E138"/>
     </row>
     <row r="139">
       <c r="A139" t="inlineStr">
         <is>
           <t>Finale consumptie</t>
         </is>
       </c>
       <c r="B139" t="inlineStr">
         <is>
           <t>Industrie sector</t>
         </is>
       </c>
       <c r="C139" t="inlineStr">
         <is>
-          <t>IJzer en staal</t>
+          <t>Chemie en petrochemie</t>
         </is>
       </c>
       <c r="D139" t="inlineStr">
         <is>
           <t>Biogas</t>
         </is>
       </c>
-      <c r="E139"/>
+      <c r="E139" s="2" t="n">
+        <v>2.3884589662749676</v>
+      </c>
     </row>
     <row r="140">
       <c r="A140" t="inlineStr">
         <is>
           <t>Finale consumptie</t>
         </is>
       </c>
       <c r="B140" t="inlineStr">
         <is>
           <t>Industrie sector</t>
         </is>
       </c>
       <c r="C140" t="inlineStr">
         <is>
-          <t>IJzer en staal</t>
+          <t>Chemie en petrochemie</t>
         </is>
       </c>
       <c r="D140" t="inlineStr">
         <is>
           <t>Hernieuwbaar huishoudelijk afval</t>
         </is>
       </c>
       <c r="E140"/>
     </row>
     <row r="141">
       <c r="A141" t="inlineStr">
         <is>
           <t>Finale consumptie</t>
         </is>
       </c>
       <c r="B141" t="inlineStr">
         <is>
           <t>Industrie sector</t>
         </is>
       </c>
       <c r="C141" t="inlineStr">
         <is>
-          <t>IJzer en staal</t>
+          <t>Chemie en petrochemie</t>
         </is>
       </c>
       <c r="D141" t="inlineStr">
         <is>
           <t>Biobenzine</t>
         </is>
       </c>
       <c r="E141"/>
     </row>
     <row r="142">
       <c r="A142" t="inlineStr">
         <is>
           <t>Finale consumptie</t>
         </is>
       </c>
       <c r="B142" t="inlineStr">
         <is>
           <t>Industrie sector</t>
         </is>
       </c>
       <c r="C142" t="inlineStr">
         <is>
-          <t>IJzer en staal</t>
+          <t>Chemie en petrochemie</t>
         </is>
       </c>
       <c r="D142" t="inlineStr">
         <is>
           <t>Biodiesel</t>
         </is>
       </c>
       <c r="E142"/>
     </row>
     <row r="143">
       <c r="A143" t="inlineStr">
         <is>
           <t>Finale consumptie</t>
         </is>
       </c>
       <c r="B143" t="inlineStr">
         <is>
           <t>Industrie sector</t>
         </is>
       </c>
       <c r="C143" t="inlineStr">
         <is>
-          <t>IJzer en staal</t>
+          <t>Chemie en petrochemie</t>
         </is>
       </c>
       <c r="D143" t="inlineStr">
         <is>
           <t>Andere vloeibare biobrandstoffen</t>
         </is>
       </c>
       <c r="E143"/>
     </row>
     <row r="144">
       <c r="A144" t="inlineStr">
         <is>
           <t>Finale consumptie</t>
         </is>
       </c>
       <c r="B144" t="inlineStr">
         <is>
           <t>Industrie sector</t>
         </is>
       </c>
       <c r="C144" t="inlineStr">
         <is>
-          <t>IJzer en staal</t>
+          <t>Chemie en petrochemie</t>
         </is>
       </c>
       <c r="D144" t="inlineStr">
         <is>
           <t>Warmtepompen</t>
         </is>
       </c>
       <c r="E144"/>
     </row>
     <row r="145">
       <c r="A145" t="inlineStr">
         <is>
           <t>Finale consumptie</t>
         </is>
       </c>
       <c r="B145" t="inlineStr">
         <is>
           <t>Industrie sector</t>
         </is>
       </c>
       <c r="C145" t="inlineStr">
         <is>
-          <t>Chemie en petrochemie</t>
+          <t>Niet-metaalhoudende mineralen</t>
         </is>
       </c>
       <c r="D145" t="inlineStr">
         <is>
           <t>Waterkracht</t>
         </is>
       </c>
       <c r="E145"/>
     </row>
     <row r="146">
       <c r="A146" t="inlineStr">
         <is>
           <t>Finale consumptie</t>
         </is>
       </c>
       <c r="B146" t="inlineStr">
         <is>
           <t>Industrie sector</t>
         </is>
       </c>
       <c r="C146" t="inlineStr">
         <is>
-          <t>Chemie en petrochemie</t>
+          <t>Niet-metaalhoudende mineralen</t>
         </is>
       </c>
       <c r="D146" t="inlineStr">
         <is>
           <t>Windenergie</t>
         </is>
       </c>
       <c r="E146"/>
     </row>
     <row r="147">
       <c r="A147" t="inlineStr">
         <is>
           <t>Finale consumptie</t>
         </is>
       </c>
       <c r="B147" t="inlineStr">
         <is>
           <t>Industrie sector</t>
         </is>
       </c>
       <c r="C147" t="inlineStr">
         <is>
-          <t>Chemie en petrochemie</t>
+          <t>Niet-metaalhoudende mineralen</t>
         </is>
       </c>
       <c r="D147" t="inlineStr">
         <is>
           <t>Fotovoltaïsche zonne-energie</t>
         </is>
       </c>
       <c r="E147"/>
     </row>
     <row r="148">
       <c r="A148" t="inlineStr">
         <is>
           <t>Finale consumptie</t>
         </is>
       </c>
       <c r="B148" t="inlineStr">
         <is>
           <t>Industrie sector</t>
         </is>
       </c>
       <c r="C148" t="inlineStr">
         <is>
-          <t>Chemie en petrochemie</t>
+          <t>Niet-metaalhoudende mineralen</t>
         </is>
       </c>
       <c r="D148" t="inlineStr">
         <is>
           <t>Thermische zonne-energie</t>
         </is>
       </c>
       <c r="E148"/>
     </row>
     <row r="149">
       <c r="A149" t="inlineStr">
         <is>
           <t>Finale consumptie</t>
         </is>
       </c>
       <c r="B149" t="inlineStr">
         <is>
           <t>Industrie sector</t>
         </is>
       </c>
       <c r="C149" t="inlineStr">
         <is>
-          <t>Chemie en petrochemie</t>
+          <t>Niet-metaalhoudende mineralen</t>
         </is>
       </c>
       <c r="D149" t="inlineStr">
         <is>
           <t>Geothermische energie</t>
         </is>
       </c>
       <c r="E149"/>
     </row>
     <row r="150">
       <c r="A150" t="inlineStr">
         <is>
           <t>Finale consumptie</t>
         </is>
       </c>
       <c r="B150" t="inlineStr">
         <is>
           <t>Industrie sector</t>
         </is>
       </c>
       <c r="C150" t="inlineStr">
         <is>
-          <t>Chemie en petrochemie</t>
+          <t>Niet-metaalhoudende mineralen</t>
         </is>
       </c>
       <c r="D150" t="inlineStr">
         <is>
           <t>Vaste biobrandstoffen</t>
         </is>
       </c>
       <c r="E150" s="2" t="n">
-        <v>3.9982803095442963</v>
+        <v>133.5721792299613</v>
       </c>
     </row>
     <row r="151">
       <c r="A151" t="inlineStr">
         <is>
           <t>Finale consumptie</t>
         </is>
       </c>
       <c r="B151" t="inlineStr">
         <is>
           <t>Industrie sector</t>
         </is>
       </c>
       <c r="C151" t="inlineStr">
         <is>
-          <t>Chemie en petrochemie</t>
+          <t>Niet-metaalhoudende mineralen</t>
         </is>
       </c>
       <c r="D151" t="inlineStr">
         <is>
           <t>Houtskool</t>
         </is>
       </c>
       <c r="E151"/>
     </row>
     <row r="152">
       <c r="A152" t="inlineStr">
         <is>
           <t>Finale consumptie</t>
         </is>
       </c>
       <c r="B152" t="inlineStr">
         <is>
           <t>Industrie sector</t>
         </is>
       </c>
       <c r="C152" t="inlineStr">
         <is>
-          <t>Chemie en petrochemie</t>
+          <t>Niet-metaalhoudende mineralen</t>
         </is>
       </c>
       <c r="D152" t="inlineStr">
         <is>
           <t>Biogas</t>
         </is>
       </c>
-      <c r="E152" s="2" t="n">
-[...1 lines deleted...]
-      </c>
+      <c r="E152"/>
     </row>
     <row r="153">
       <c r="A153" t="inlineStr">
         <is>
           <t>Finale consumptie</t>
         </is>
       </c>
       <c r="B153" t="inlineStr">
         <is>
           <t>Industrie sector</t>
         </is>
       </c>
       <c r="C153" t="inlineStr">
         <is>
-          <t>Chemie en petrochemie</t>
+          <t>Niet-metaalhoudende mineralen</t>
         </is>
       </c>
       <c r="D153" t="inlineStr">
         <is>
           <t>Hernieuwbaar huishoudelijk afval</t>
         </is>
       </c>
       <c r="E153"/>
     </row>
     <row r="154">
       <c r="A154" t="inlineStr">
         <is>
           <t>Finale consumptie</t>
         </is>
       </c>
       <c r="B154" t="inlineStr">
         <is>
           <t>Industrie sector</t>
         </is>
       </c>
       <c r="C154" t="inlineStr">
         <is>
-          <t>Chemie en petrochemie</t>
+          <t>Niet-metaalhoudende mineralen</t>
         </is>
       </c>
       <c r="D154" t="inlineStr">
         <is>
           <t>Biobenzine</t>
         </is>
       </c>
       <c r="E154"/>
     </row>
     <row r="155">
       <c r="A155" t="inlineStr">
         <is>
           <t>Finale consumptie</t>
         </is>
       </c>
       <c r="B155" t="inlineStr">
         <is>
           <t>Industrie sector</t>
         </is>
       </c>
       <c r="C155" t="inlineStr">
         <is>
-          <t>Chemie en petrochemie</t>
+          <t>Niet-metaalhoudende mineralen</t>
         </is>
       </c>
       <c r="D155" t="inlineStr">
         <is>
           <t>Biodiesel</t>
         </is>
       </c>
       <c r="E155"/>
     </row>
     <row r="156">
       <c r="A156" t="inlineStr">
         <is>
           <t>Finale consumptie</t>
         </is>
       </c>
       <c r="B156" t="inlineStr">
         <is>
           <t>Industrie sector</t>
         </is>
       </c>
       <c r="C156" t="inlineStr">
         <is>
-          <t>Chemie en petrochemie</t>
+          <t>Niet-metaalhoudende mineralen</t>
         </is>
       </c>
       <c r="D156" t="inlineStr">
         <is>
           <t>Andere vloeibare biobrandstoffen</t>
         </is>
       </c>
-      <c r="E156" s="2" t="n">
-[...1 lines deleted...]
-      </c>
+      <c r="E156"/>
     </row>
     <row r="157">
       <c r="A157" t="inlineStr">
         <is>
           <t>Finale consumptie</t>
         </is>
       </c>
       <c r="B157" t="inlineStr">
         <is>
           <t>Industrie sector</t>
         </is>
       </c>
       <c r="C157" t="inlineStr">
         <is>
-          <t>Chemie en petrochemie</t>
+          <t>Niet-metaalhoudende mineralen</t>
         </is>
       </c>
       <c r="D157" t="inlineStr">
         <is>
           <t>Warmtepompen</t>
         </is>
       </c>
       <c r="E157"/>
     </row>
     <row r="158">
       <c r="A158" t="inlineStr">
         <is>
           <t>Finale consumptie</t>
         </is>
       </c>
       <c r="B158" t="inlineStr">
         <is>
           <t>Industrie sector</t>
         </is>
       </c>
       <c r="C158" t="inlineStr">
         <is>
-          <t>Niet-metaalhoudende mineralen</t>
+          <t>Transportmaterialen</t>
         </is>
       </c>
       <c r="D158" t="inlineStr">
         <is>
           <t>Waterkracht</t>
         </is>
       </c>
       <c r="E158"/>
     </row>
     <row r="159">
       <c r="A159" t="inlineStr">
         <is>
           <t>Finale consumptie</t>
         </is>
       </c>
       <c r="B159" t="inlineStr">
         <is>
           <t>Industrie sector</t>
         </is>
       </c>
       <c r="C159" t="inlineStr">
         <is>
-          <t>Niet-metaalhoudende mineralen</t>
+          <t>Transportmaterialen</t>
         </is>
       </c>
       <c r="D159" t="inlineStr">
         <is>
           <t>Windenergie</t>
         </is>
       </c>
       <c r="E159"/>
     </row>
     <row r="160">
       <c r="A160" t="inlineStr">
         <is>
           <t>Finale consumptie</t>
         </is>
       </c>
       <c r="B160" t="inlineStr">
         <is>
           <t>Industrie sector</t>
         </is>
       </c>
       <c r="C160" t="inlineStr">
         <is>
-          <t>Niet-metaalhoudende mineralen</t>
+          <t>Transportmaterialen</t>
         </is>
       </c>
       <c r="D160" t="inlineStr">
         <is>
           <t>Fotovoltaïsche zonne-energie</t>
         </is>
       </c>
       <c r="E160"/>
     </row>
     <row r="161">
       <c r="A161" t="inlineStr">
         <is>
           <t>Finale consumptie</t>
         </is>
       </c>
       <c r="B161" t="inlineStr">
         <is>
           <t>Industrie sector</t>
         </is>
       </c>
       <c r="C161" t="inlineStr">
         <is>
-          <t>Niet-metaalhoudende mineralen</t>
+          <t>Transportmaterialen</t>
         </is>
       </c>
       <c r="D161" t="inlineStr">
         <is>
           <t>Thermische zonne-energie</t>
         </is>
       </c>
       <c r="E161"/>
     </row>
     <row r="162">
       <c r="A162" t="inlineStr">
         <is>
           <t>Finale consumptie</t>
         </is>
       </c>
       <c r="B162" t="inlineStr">
         <is>
           <t>Industrie sector</t>
         </is>
       </c>
       <c r="C162" t="inlineStr">
         <is>
-          <t>Niet-metaalhoudende mineralen</t>
+          <t>Transportmaterialen</t>
         </is>
       </c>
       <c r="D162" t="inlineStr">
         <is>
           <t>Geothermische energie</t>
         </is>
       </c>
       <c r="E162"/>
     </row>
     <row r="163">
       <c r="A163" t="inlineStr">
         <is>
           <t>Finale consumptie</t>
         </is>
       </c>
       <c r="B163" t="inlineStr">
         <is>
           <t>Industrie sector</t>
         </is>
       </c>
       <c r="C163" t="inlineStr">
         <is>
-          <t>Niet-metaalhoudende mineralen</t>
+          <t>Transportmaterialen</t>
         </is>
       </c>
       <c r="D163" t="inlineStr">
         <is>
           <t>Vaste biobrandstoffen</t>
         </is>
       </c>
-      <c r="E163" s="2" t="n">
-[...1 lines deleted...]
-      </c>
+      <c r="E163"/>
     </row>
     <row r="164">
       <c r="A164" t="inlineStr">
         <is>
           <t>Finale consumptie</t>
         </is>
       </c>
       <c r="B164" t="inlineStr">
         <is>
           <t>Industrie sector</t>
         </is>
       </c>
       <c r="C164" t="inlineStr">
         <is>
-          <t>Niet-metaalhoudende mineralen</t>
+          <t>Transportmaterialen</t>
         </is>
       </c>
       <c r="D164" t="inlineStr">
         <is>
           <t>Houtskool</t>
         </is>
       </c>
       <c r="E164"/>
     </row>
     <row r="165">
       <c r="A165" t="inlineStr">
         <is>
           <t>Finale consumptie</t>
         </is>
       </c>
       <c r="B165" t="inlineStr">
         <is>
           <t>Industrie sector</t>
         </is>
       </c>
       <c r="C165" t="inlineStr">
         <is>
-          <t>Niet-metaalhoudende mineralen</t>
+          <t>Transportmaterialen</t>
         </is>
       </c>
       <c r="D165" t="inlineStr">
         <is>
           <t>Biogas</t>
         </is>
       </c>
-      <c r="E165"/>
+      <c r="E165" s="2" t="n">
+        <v>1.1942294831374838</v>
+      </c>
     </row>
     <row r="166">
       <c r="A166" t="inlineStr">
         <is>
           <t>Finale consumptie</t>
         </is>
       </c>
       <c r="B166" t="inlineStr">
         <is>
           <t>Industrie sector</t>
         </is>
       </c>
       <c r="C166" t="inlineStr">
         <is>
-          <t>Niet-metaalhoudende mineralen</t>
+          <t>Transportmaterialen</t>
         </is>
       </c>
       <c r="D166" t="inlineStr">
         <is>
           <t>Hernieuwbaar huishoudelijk afval</t>
         </is>
       </c>
       <c r="E166"/>
     </row>
     <row r="167">
       <c r="A167" t="inlineStr">
         <is>
           <t>Finale consumptie</t>
         </is>
       </c>
       <c r="B167" t="inlineStr">
         <is>
           <t>Industrie sector</t>
         </is>
       </c>
       <c r="C167" t="inlineStr">
         <is>
-          <t>Niet-metaalhoudende mineralen</t>
+          <t>Transportmaterialen</t>
         </is>
       </c>
       <c r="D167" t="inlineStr">
         <is>
           <t>Biobenzine</t>
         </is>
       </c>
       <c r="E167"/>
     </row>
     <row r="168">
       <c r="A168" t="inlineStr">
         <is>
           <t>Finale consumptie</t>
         </is>
       </c>
       <c r="B168" t="inlineStr">
         <is>
           <t>Industrie sector</t>
         </is>
       </c>
       <c r="C168" t="inlineStr">
         <is>
-          <t>Niet-metaalhoudende mineralen</t>
+          <t>Transportmaterialen</t>
         </is>
       </c>
       <c r="D168" t="inlineStr">
         <is>
           <t>Biodiesel</t>
         </is>
       </c>
       <c r="E168"/>
     </row>
     <row r="169">
       <c r="A169" t="inlineStr">
         <is>
           <t>Finale consumptie</t>
         </is>
       </c>
       <c r="B169" t="inlineStr">
         <is>
           <t>Industrie sector</t>
         </is>
       </c>
       <c r="C169" t="inlineStr">
         <is>
-          <t>Niet-metaalhoudende mineralen</t>
+          <t>Transportmaterialen</t>
         </is>
       </c>
       <c r="D169" t="inlineStr">
         <is>
           <t>Andere vloeibare biobrandstoffen</t>
         </is>
       </c>
       <c r="E169"/>
     </row>
     <row r="170">
       <c r="A170" t="inlineStr">
         <is>
           <t>Finale consumptie</t>
         </is>
       </c>
       <c r="B170" t="inlineStr">
         <is>
           <t>Industrie sector</t>
         </is>
       </c>
       <c r="C170" t="inlineStr">
         <is>
-          <t>Niet-metaalhoudende mineralen</t>
+          <t>Transportmaterialen</t>
         </is>
       </c>
       <c r="D170" t="inlineStr">
         <is>
           <t>Warmtepompen</t>
         </is>
       </c>
       <c r="E170"/>
     </row>
     <row r="171">
       <c r="A171" t="inlineStr">
         <is>
           <t>Finale consumptie</t>
         </is>
       </c>
       <c r="B171" t="inlineStr">
         <is>
           <t>Industrie sector</t>
         </is>
       </c>
       <c r="C171" t="inlineStr">
         <is>
-          <t>Transportmaterialen</t>
+          <t>Machinerie</t>
         </is>
       </c>
       <c r="D171" t="inlineStr">
         <is>
           <t>Waterkracht</t>
         </is>
       </c>
       <c r="E171"/>
     </row>
     <row r="172">
       <c r="A172" t="inlineStr">
         <is>
           <t>Finale consumptie</t>
         </is>
       </c>
       <c r="B172" t="inlineStr">
         <is>
           <t>Industrie sector</t>
         </is>
       </c>
       <c r="C172" t="inlineStr">
         <is>
-          <t>Transportmaterialen</t>
+          <t>Machinerie</t>
         </is>
       </c>
       <c r="D172" t="inlineStr">
         <is>
           <t>Windenergie</t>
         </is>
       </c>
       <c r="E172"/>
     </row>
     <row r="173">
       <c r="A173" t="inlineStr">
         <is>
           <t>Finale consumptie</t>
         </is>
       </c>
       <c r="B173" t="inlineStr">
         <is>
           <t>Industrie sector</t>
         </is>
       </c>
       <c r="C173" t="inlineStr">
         <is>
-          <t>Transportmaterialen</t>
+          <t>Machinerie</t>
         </is>
       </c>
       <c r="D173" t="inlineStr">
         <is>
           <t>Fotovoltaïsche zonne-energie</t>
         </is>
       </c>
       <c r="E173"/>
     </row>
     <row r="174">
       <c r="A174" t="inlineStr">
         <is>
           <t>Finale consumptie</t>
         </is>
       </c>
       <c r="B174" t="inlineStr">
         <is>
           <t>Industrie sector</t>
         </is>
       </c>
       <c r="C174" t="inlineStr">
         <is>
-          <t>Transportmaterialen</t>
+          <t>Machinerie</t>
         </is>
       </c>
       <c r="D174" t="inlineStr">
         <is>
           <t>Thermische zonne-energie</t>
         </is>
       </c>
       <c r="E174"/>
     </row>
     <row r="175">
       <c r="A175" t="inlineStr">
         <is>
           <t>Finale consumptie</t>
         </is>
       </c>
       <c r="B175" t="inlineStr">
         <is>
           <t>Industrie sector</t>
         </is>
       </c>
       <c r="C175" t="inlineStr">
         <is>
-          <t>Transportmaterialen</t>
+          <t>Machinerie</t>
         </is>
       </c>
       <c r="D175" t="inlineStr">
         <is>
           <t>Geothermische energie</t>
         </is>
       </c>
       <c r="E175"/>
     </row>
     <row r="176">
       <c r="A176" t="inlineStr">
         <is>
           <t>Finale consumptie</t>
         </is>
       </c>
       <c r="B176" t="inlineStr">
         <is>
           <t>Industrie sector</t>
         </is>
       </c>
       <c r="C176" t="inlineStr">
         <is>
-          <t>Transportmaterialen</t>
+          <t>Machinerie</t>
         </is>
       </c>
       <c r="D176" t="inlineStr">
         <is>
           <t>Vaste biobrandstoffen</t>
         </is>
       </c>
-      <c r="E176"/>
+      <c r="E176" s="2" t="n">
+        <v>2.8159931212381872</v>
+      </c>
     </row>
     <row r="177">
       <c r="A177" t="inlineStr">
         <is>
           <t>Finale consumptie</t>
         </is>
       </c>
       <c r="B177" t="inlineStr">
         <is>
           <t>Industrie sector</t>
         </is>
       </c>
       <c r="C177" t="inlineStr">
         <is>
-          <t>Transportmaterialen</t>
+          <t>Machinerie</t>
         </is>
       </c>
       <c r="D177" t="inlineStr">
         <is>
           <t>Houtskool</t>
         </is>
       </c>
       <c r="E177"/>
     </row>
     <row r="178">
       <c r="A178" t="inlineStr">
         <is>
           <t>Finale consumptie</t>
         </is>
       </c>
       <c r="B178" t="inlineStr">
         <is>
           <t>Industrie sector</t>
         </is>
       </c>
       <c r="C178" t="inlineStr">
         <is>
-          <t>Transportmaterialen</t>
+          <t>Machinerie</t>
         </is>
       </c>
       <c r="D178" t="inlineStr">
         <is>
           <t>Biogas</t>
         </is>
       </c>
-      <c r="E178" s="2" t="n">
-[...1 lines deleted...]
-      </c>
+      <c r="E178"/>
     </row>
     <row r="179">
       <c r="A179" t="inlineStr">
         <is>
           <t>Finale consumptie</t>
         </is>
       </c>
       <c r="B179" t="inlineStr">
         <is>
           <t>Industrie sector</t>
         </is>
       </c>
       <c r="C179" t="inlineStr">
         <is>
-          <t>Transportmaterialen</t>
+          <t>Machinerie</t>
         </is>
       </c>
       <c r="D179" t="inlineStr">
         <is>
           <t>Hernieuwbaar huishoudelijk afval</t>
         </is>
       </c>
       <c r="E179"/>
     </row>
     <row r="180">
       <c r="A180" t="inlineStr">
         <is>
           <t>Finale consumptie</t>
         </is>
       </c>
       <c r="B180" t="inlineStr">
         <is>
           <t>Industrie sector</t>
         </is>
       </c>
       <c r="C180" t="inlineStr">
         <is>
-          <t>Transportmaterialen</t>
+          <t>Machinerie</t>
         </is>
       </c>
       <c r="D180" t="inlineStr">
         <is>
           <t>Biobenzine</t>
         </is>
       </c>
       <c r="E180"/>
     </row>
     <row r="181">
       <c r="A181" t="inlineStr">
         <is>
           <t>Finale consumptie</t>
         </is>
       </c>
       <c r="B181" t="inlineStr">
         <is>
           <t>Industrie sector</t>
         </is>
       </c>
       <c r="C181" t="inlineStr">
         <is>
-          <t>Transportmaterialen</t>
+          <t>Machinerie</t>
         </is>
       </c>
       <c r="D181" t="inlineStr">
         <is>
           <t>Biodiesel</t>
         </is>
       </c>
       <c r="E181"/>
     </row>
     <row r="182">
       <c r="A182" t="inlineStr">
         <is>
           <t>Finale consumptie</t>
         </is>
       </c>
       <c r="B182" t="inlineStr">
         <is>
           <t>Industrie sector</t>
         </is>
       </c>
       <c r="C182" t="inlineStr">
         <is>
-          <t>Transportmaterialen</t>
+          <t>Machinerie</t>
         </is>
       </c>
       <c r="D182" t="inlineStr">
         <is>
           <t>Andere vloeibare biobrandstoffen</t>
         </is>
       </c>
       <c r="E182"/>
     </row>
     <row r="183">
       <c r="A183" t="inlineStr">
         <is>
           <t>Finale consumptie</t>
         </is>
       </c>
       <c r="B183" t="inlineStr">
         <is>
           <t>Industrie sector</t>
         </is>
       </c>
       <c r="C183" t="inlineStr">
         <is>
-          <t>Transportmaterialen</t>
+          <t>Machinerie</t>
         </is>
       </c>
       <c r="D183" t="inlineStr">
         <is>
           <t>Warmtepompen</t>
         </is>
       </c>
       <c r="E183"/>
     </row>
     <row r="184">
       <c r="A184" t="inlineStr">
         <is>
           <t>Finale consumptie</t>
         </is>
       </c>
       <c r="B184" t="inlineStr">
         <is>
           <t>Industrie sector</t>
         </is>
       </c>
       <c r="C184" t="inlineStr">
         <is>
-          <t>Machinerie</t>
+          <t>Voeding, dranken en tabak</t>
         </is>
       </c>
       <c r="D184" t="inlineStr">
         <is>
           <t>Waterkracht</t>
         </is>
       </c>
       <c r="E184"/>
     </row>
     <row r="185">
       <c r="A185" t="inlineStr">
         <is>
           <t>Finale consumptie</t>
         </is>
       </c>
       <c r="B185" t="inlineStr">
         <is>
           <t>Industrie sector</t>
         </is>
       </c>
       <c r="C185" t="inlineStr">
         <is>
-          <t>Machinerie</t>
+          <t>Voeding, dranken en tabak</t>
         </is>
       </c>
       <c r="D185" t="inlineStr">
         <is>
           <t>Windenergie</t>
         </is>
       </c>
       <c r="E185"/>
     </row>
     <row r="186">
       <c r="A186" t="inlineStr">
         <is>
           <t>Finale consumptie</t>
         </is>
       </c>
       <c r="B186" t="inlineStr">
         <is>
           <t>Industrie sector</t>
         </is>
       </c>
       <c r="C186" t="inlineStr">
         <is>
-          <t>Machinerie</t>
+          <t>Voeding, dranken en tabak</t>
         </is>
       </c>
       <c r="D186" t="inlineStr">
         <is>
           <t>Fotovoltaïsche zonne-energie</t>
         </is>
       </c>
       <c r="E186"/>
     </row>
     <row r="187">
       <c r="A187" t="inlineStr">
         <is>
           <t>Finale consumptie</t>
         </is>
       </c>
       <c r="B187" t="inlineStr">
         <is>
           <t>Industrie sector</t>
         </is>
       </c>
       <c r="C187" t="inlineStr">
         <is>
-          <t>Machinerie</t>
+          <t>Voeding, dranken en tabak</t>
         </is>
       </c>
       <c r="D187" t="inlineStr">
         <is>
           <t>Thermische zonne-energie</t>
         </is>
       </c>
       <c r="E187"/>
     </row>
     <row r="188">
       <c r="A188" t="inlineStr">
         <is>
           <t>Finale consumptie</t>
         </is>
       </c>
       <c r="B188" t="inlineStr">
         <is>
           <t>Industrie sector</t>
         </is>
       </c>
       <c r="C188" t="inlineStr">
         <is>
-          <t>Machinerie</t>
+          <t>Voeding, dranken en tabak</t>
         </is>
       </c>
       <c r="D188" t="inlineStr">
         <is>
           <t>Geothermische energie</t>
         </is>
       </c>
       <c r="E188"/>
     </row>
     <row r="189">
       <c r="A189" t="inlineStr">
         <is>
           <t>Finale consumptie</t>
         </is>
       </c>
       <c r="B189" t="inlineStr">
         <is>
           <t>Industrie sector</t>
         </is>
       </c>
       <c r="C189" t="inlineStr">
         <is>
-          <t>Machinerie</t>
+          <t>Voeding, dranken en tabak</t>
         </is>
       </c>
       <c r="D189" t="inlineStr">
         <is>
           <t>Vaste biobrandstoffen</t>
         </is>
       </c>
       <c r="E189" s="2" t="n">
-        <v>2.775389318811512</v>
+        <v>69.77166332282435</v>
       </c>
     </row>
     <row r="190">
       <c r="A190" t="inlineStr">
         <is>
           <t>Finale consumptie</t>
         </is>
       </c>
       <c r="B190" t="inlineStr">
         <is>
           <t>Industrie sector</t>
         </is>
       </c>
       <c r="C190" t="inlineStr">
         <is>
-          <t>Machinerie</t>
+          <t>Voeding, dranken en tabak</t>
         </is>
       </c>
       <c r="D190" t="inlineStr">
         <is>
           <t>Houtskool</t>
         </is>
       </c>
       <c r="E190"/>
     </row>
     <row r="191">
       <c r="A191" t="inlineStr">
         <is>
           <t>Finale consumptie</t>
         </is>
       </c>
       <c r="B191" t="inlineStr">
         <is>
           <t>Industrie sector</t>
         </is>
       </c>
       <c r="C191" t="inlineStr">
         <is>
-          <t>Machinerie</t>
+          <t>Voeding, dranken en tabak</t>
         </is>
       </c>
       <c r="D191" t="inlineStr">
         <is>
           <t>Biogas</t>
         </is>
       </c>
-      <c r="E191"/>
+      <c r="E191" s="2" t="n">
+        <v>30.35731346135484</v>
+      </c>
     </row>
     <row r="192">
       <c r="A192" t="inlineStr">
         <is>
           <t>Finale consumptie</t>
         </is>
       </c>
       <c r="B192" t="inlineStr">
         <is>
           <t>Industrie sector</t>
         </is>
       </c>
       <c r="C192" t="inlineStr">
         <is>
-          <t>Machinerie</t>
+          <t>Voeding, dranken en tabak</t>
         </is>
       </c>
       <c r="D192" t="inlineStr">
         <is>
           <t>Hernieuwbaar huishoudelijk afval</t>
         </is>
       </c>
       <c r="E192"/>
     </row>
     <row r="193">
       <c r="A193" t="inlineStr">
         <is>
           <t>Finale consumptie</t>
         </is>
       </c>
       <c r="B193" t="inlineStr">
         <is>
           <t>Industrie sector</t>
         </is>
       </c>
       <c r="C193" t="inlineStr">
         <is>
-          <t>Machinerie</t>
+          <t>Voeding, dranken en tabak</t>
         </is>
       </c>
       <c r="D193" t="inlineStr">
         <is>
           <t>Biobenzine</t>
         </is>
       </c>
       <c r="E193"/>
     </row>
     <row r="194">
       <c r="A194" t="inlineStr">
         <is>
           <t>Finale consumptie</t>
         </is>
       </c>
       <c r="B194" t="inlineStr">
         <is>
           <t>Industrie sector</t>
         </is>
       </c>
       <c r="C194" t="inlineStr">
         <is>
-          <t>Machinerie</t>
+          <t>Voeding, dranken en tabak</t>
         </is>
       </c>
       <c r="D194" t="inlineStr">
         <is>
           <t>Biodiesel</t>
         </is>
       </c>
       <c r="E194"/>
     </row>
     <row r="195">
       <c r="A195" t="inlineStr">
         <is>
           <t>Finale consumptie</t>
         </is>
       </c>
       <c r="B195" t="inlineStr">
         <is>
           <t>Industrie sector</t>
         </is>
       </c>
       <c r="C195" t="inlineStr">
         <is>
-          <t>Machinerie</t>
+          <t>Voeding, dranken en tabak</t>
         </is>
       </c>
       <c r="D195" t="inlineStr">
         <is>
           <t>Andere vloeibare biobrandstoffen</t>
         </is>
       </c>
-      <c r="E195"/>
+      <c r="E195" s="2" t="n">
+        <v>0.27013470908569887</v>
+      </c>
     </row>
     <row r="196">
       <c r="A196" t="inlineStr">
         <is>
           <t>Finale consumptie</t>
         </is>
       </c>
       <c r="B196" t="inlineStr">
         <is>
           <t>Industrie sector</t>
         </is>
       </c>
       <c r="C196" t="inlineStr">
         <is>
-          <t>Machinerie</t>
+          <t>Voeding, dranken en tabak</t>
         </is>
       </c>
       <c r="D196" t="inlineStr">
         <is>
           <t>Warmtepompen</t>
         </is>
       </c>
       <c r="E196"/>
     </row>
     <row r="197">
       <c r="A197" t="inlineStr">
         <is>
           <t>Finale consumptie</t>
         </is>
       </c>
       <c r="B197" t="inlineStr">
         <is>
           <t>Industrie sector</t>
         </is>
       </c>
       <c r="C197" t="inlineStr">
         <is>
-          <t>Voeding, dranken en tabak</t>
+          <t>Papier, pulp en drukkerij</t>
         </is>
       </c>
       <c r="D197" t="inlineStr">
         <is>
           <t>Waterkracht</t>
         </is>
       </c>
       <c r="E197"/>
     </row>
     <row r="198">
       <c r="A198" t="inlineStr">
         <is>
           <t>Finale consumptie</t>
         </is>
       </c>
       <c r="B198" t="inlineStr">
         <is>
           <t>Industrie sector</t>
         </is>
       </c>
       <c r="C198" t="inlineStr">
         <is>
-          <t>Voeding, dranken en tabak</t>
+          <t>Papier, pulp en drukkerij</t>
         </is>
       </c>
       <c r="D198" t="inlineStr">
         <is>
           <t>Windenergie</t>
         </is>
       </c>
       <c r="E198"/>
     </row>
     <row r="199">
       <c r="A199" t="inlineStr">
         <is>
           <t>Finale consumptie</t>
         </is>
       </c>
       <c r="B199" t="inlineStr">
         <is>
           <t>Industrie sector</t>
         </is>
       </c>
       <c r="C199" t="inlineStr">
         <is>
-          <t>Voeding, dranken en tabak</t>
+          <t>Papier, pulp en drukkerij</t>
         </is>
       </c>
       <c r="D199" t="inlineStr">
         <is>
           <t>Fotovoltaïsche zonne-energie</t>
         </is>
       </c>
       <c r="E199"/>
     </row>
     <row r="200">
       <c r="A200" t="inlineStr">
         <is>
           <t>Finale consumptie</t>
         </is>
       </c>
       <c r="B200" t="inlineStr">
         <is>
           <t>Industrie sector</t>
         </is>
       </c>
       <c r="C200" t="inlineStr">
         <is>
-          <t>Voeding, dranken en tabak</t>
+          <t>Papier, pulp en drukkerij</t>
         </is>
       </c>
       <c r="D200" t="inlineStr">
         <is>
           <t>Thermische zonne-energie</t>
         </is>
       </c>
       <c r="E200"/>
     </row>
     <row r="201">
       <c r="A201" t="inlineStr">
         <is>
           <t>Finale consumptie</t>
         </is>
       </c>
       <c r="B201" t="inlineStr">
         <is>
           <t>Industrie sector</t>
         </is>
       </c>
       <c r="C201" t="inlineStr">
         <is>
-          <t>Voeding, dranken en tabak</t>
+          <t>Papier, pulp en drukkerij</t>
         </is>
       </c>
       <c r="D201" t="inlineStr">
         <is>
           <t>Geothermische energie</t>
         </is>
       </c>
       <c r="E201"/>
     </row>
     <row r="202">
       <c r="A202" t="inlineStr">
         <is>
           <t>Finale consumptie</t>
         </is>
       </c>
       <c r="B202" t="inlineStr">
         <is>
           <t>Industrie sector</t>
         </is>
       </c>
       <c r="C202" t="inlineStr">
         <is>
-          <t>Voeding, dranken en tabak</t>
+          <t>Papier, pulp en drukkerij</t>
         </is>
       </c>
       <c r="D202" t="inlineStr">
         <is>
           <t>Vaste biobrandstoffen</t>
         </is>
       </c>
       <c r="E202" s="2" t="n">
-        <v>53.757045953950694</v>
+        <v>257.93207222700005</v>
       </c>
     </row>
     <row r="203">
       <c r="A203" t="inlineStr">
         <is>
           <t>Finale consumptie</t>
         </is>
       </c>
       <c r="B203" t="inlineStr">
         <is>
           <t>Industrie sector</t>
         </is>
       </c>
       <c r="C203" t="inlineStr">
         <is>
-          <t>Voeding, dranken en tabak</t>
+          <t>Papier, pulp en drukkerij</t>
         </is>
       </c>
       <c r="D203" t="inlineStr">
         <is>
           <t>Houtskool</t>
         </is>
       </c>
       <c r="E203"/>
     </row>
     <row r="204">
       <c r="A204" t="inlineStr">
         <is>
           <t>Finale consumptie</t>
         </is>
       </c>
       <c r="B204" t="inlineStr">
         <is>
           <t>Industrie sector</t>
         </is>
       </c>
       <c r="C204" t="inlineStr">
         <is>
-          <t>Voeding, dranken en tabak</t>
+          <t>Papier, pulp en drukkerij</t>
         </is>
       </c>
       <c r="D204" t="inlineStr">
         <is>
           <t>Biogas</t>
         </is>
       </c>
       <c r="E204" s="2" t="n">
-        <v>28.10260819719127</v>
+        <v>10.315754275341586</v>
       </c>
     </row>
     <row r="205">
       <c r="A205" t="inlineStr">
         <is>
           <t>Finale consumptie</t>
         </is>
       </c>
       <c r="B205" t="inlineStr">
         <is>
           <t>Industrie sector</t>
         </is>
       </c>
       <c r="C205" t="inlineStr">
         <is>
-          <t>Voeding, dranken en tabak</t>
+          <t>Papier, pulp en drukkerij</t>
         </is>
       </c>
       <c r="D205" t="inlineStr">
         <is>
           <t>Hernieuwbaar huishoudelijk afval</t>
         </is>
       </c>
       <c r="E205"/>
     </row>
     <row r="206">
       <c r="A206" t="inlineStr">
         <is>
           <t>Finale consumptie</t>
         </is>
       </c>
       <c r="B206" t="inlineStr">
         <is>
           <t>Industrie sector</t>
         </is>
       </c>
       <c r="C206" t="inlineStr">
         <is>
-          <t>Voeding, dranken en tabak</t>
+          <t>Papier, pulp en drukkerij</t>
         </is>
       </c>
       <c r="D206" t="inlineStr">
         <is>
           <t>Biobenzine</t>
         </is>
       </c>
       <c r="E206"/>
     </row>
     <row r="207">
       <c r="A207" t="inlineStr">
         <is>
           <t>Finale consumptie</t>
         </is>
       </c>
       <c r="B207" t="inlineStr">
         <is>
           <t>Industrie sector</t>
         </is>
       </c>
       <c r="C207" t="inlineStr">
         <is>
-          <t>Voeding, dranken en tabak</t>
+          <t>Papier, pulp en drukkerij</t>
         </is>
       </c>
       <c r="D207" t="inlineStr">
         <is>
           <t>Biodiesel</t>
         </is>
       </c>
       <c r="E207"/>
     </row>
     <row r="208">
       <c r="A208" t="inlineStr">
         <is>
           <t>Finale consumptie</t>
         </is>
       </c>
       <c r="B208" t="inlineStr">
         <is>
           <t>Industrie sector</t>
         </is>
       </c>
       <c r="C208" t="inlineStr">
         <is>
-          <t>Voeding, dranken en tabak</t>
+          <t>Papier, pulp en drukkerij</t>
         </is>
       </c>
       <c r="D208" t="inlineStr">
         <is>
           <t>Andere vloeibare biobrandstoffen</t>
         </is>
       </c>
       <c r="E208"/>
     </row>
     <row r="209">
       <c r="A209" t="inlineStr">
         <is>
           <t>Finale consumptie</t>
         </is>
       </c>
       <c r="B209" t="inlineStr">
         <is>
           <t>Industrie sector</t>
         </is>
       </c>
       <c r="C209" t="inlineStr">
         <is>
-          <t>Voeding, dranken en tabak</t>
+          <t>Papier, pulp en drukkerij</t>
         </is>
       </c>
       <c r="D209" t="inlineStr">
         <is>
           <t>Warmtepompen</t>
         </is>
       </c>
       <c r="E209"/>
     </row>
     <row r="210">
       <c r="A210" t="inlineStr">
         <is>
           <t>Finale consumptie</t>
         </is>
       </c>
       <c r="B210" t="inlineStr">
         <is>
           <t>Industrie sector</t>
         </is>
       </c>
       <c r="C210" t="inlineStr">
         <is>
-          <t>Papier, pulp en drukkerij</t>
+          <t>Hout en houtproducten</t>
         </is>
       </c>
       <c r="D210" t="inlineStr">
         <is>
           <t>Waterkracht</t>
         </is>
       </c>
       <c r="E210"/>
     </row>
     <row r="211">
       <c r="A211" t="inlineStr">
         <is>
           <t>Finale consumptie</t>
         </is>
       </c>
       <c r="B211" t="inlineStr">
         <is>
           <t>Industrie sector</t>
         </is>
       </c>
       <c r="C211" t="inlineStr">
         <is>
-          <t>Papier, pulp en drukkerij</t>
+          <t>Hout en houtproducten</t>
         </is>
       </c>
       <c r="D211" t="inlineStr">
         <is>
           <t>Windenergie</t>
         </is>
       </c>
       <c r="E211"/>
     </row>
     <row r="212">
       <c r="A212" t="inlineStr">
         <is>
           <t>Finale consumptie</t>
         </is>
       </c>
       <c r="B212" t="inlineStr">
         <is>
           <t>Industrie sector</t>
         </is>
       </c>
       <c r="C212" t="inlineStr">
         <is>
-          <t>Papier, pulp en drukkerij</t>
+          <t>Hout en houtproducten</t>
         </is>
       </c>
       <c r="D212" t="inlineStr">
         <is>
           <t>Fotovoltaïsche zonne-energie</t>
         </is>
       </c>
       <c r="E212"/>
     </row>
     <row r="213">
       <c r="A213" t="inlineStr">
         <is>
           <t>Finale consumptie</t>
         </is>
       </c>
       <c r="B213" t="inlineStr">
         <is>
           <t>Industrie sector</t>
         </is>
       </c>
       <c r="C213" t="inlineStr">
         <is>
-          <t>Papier, pulp en drukkerij</t>
+          <t>Hout en houtproducten</t>
         </is>
       </c>
       <c r="D213" t="inlineStr">
         <is>
           <t>Thermische zonne-energie</t>
         </is>
       </c>
       <c r="E213"/>
     </row>
     <row r="214">
       <c r="A214" t="inlineStr">
         <is>
           <t>Finale consumptie</t>
         </is>
       </c>
       <c r="B214" t="inlineStr">
         <is>
           <t>Industrie sector</t>
         </is>
       </c>
       <c r="C214" t="inlineStr">
         <is>
-          <t>Papier, pulp en drukkerij</t>
+          <t>Hout en houtproducten</t>
         </is>
       </c>
       <c r="D214" t="inlineStr">
         <is>
           <t>Geothermische energie</t>
         </is>
       </c>
       <c r="E214"/>
     </row>
     <row r="215">
       <c r="A215" t="inlineStr">
         <is>
           <t>Finale consumptie</t>
         </is>
       </c>
       <c r="B215" t="inlineStr">
         <is>
           <t>Industrie sector</t>
         </is>
       </c>
       <c r="C215" t="inlineStr">
         <is>
-          <t>Papier, pulp en drukkerij</t>
+          <t>Hout en houtproducten</t>
         </is>
       </c>
       <c r="D215" t="inlineStr">
         <is>
           <t>Vaste biobrandstoffen</t>
         </is>
       </c>
       <c r="E215" s="2" t="n">
-        <v>254.604948886979</v>
+        <v>180.80156682908253</v>
       </c>
     </row>
     <row r="216">
       <c r="A216" t="inlineStr">
         <is>
           <t>Finale consumptie</t>
         </is>
       </c>
       <c r="B216" t="inlineStr">
         <is>
           <t>Industrie sector</t>
         </is>
       </c>
       <c r="C216" t="inlineStr">
         <is>
-          <t>Papier, pulp en drukkerij</t>
+          <t>Hout en houtproducten</t>
         </is>
       </c>
       <c r="D216" t="inlineStr">
         <is>
           <t>Houtskool</t>
         </is>
       </c>
       <c r="E216"/>
     </row>
     <row r="217">
       <c r="A217" t="inlineStr">
         <is>
           <t>Finale consumptie</t>
         </is>
       </c>
       <c r="B217" t="inlineStr">
         <is>
           <t>Industrie sector</t>
         </is>
       </c>
       <c r="C217" t="inlineStr">
         <is>
-          <t>Papier, pulp en drukkerij</t>
+          <t>Hout en houtproducten</t>
         </is>
       </c>
       <c r="D217" t="inlineStr">
         <is>
           <t>Biogas</t>
         </is>
       </c>
-      <c r="E217" s="2" t="n">
-[...1 lines deleted...]
-      </c>
+      <c r="E217"/>
     </row>
     <row r="218">
       <c r="A218" t="inlineStr">
         <is>
           <t>Finale consumptie</t>
         </is>
       </c>
       <c r="B218" t="inlineStr">
         <is>
           <t>Industrie sector</t>
         </is>
       </c>
       <c r="C218" t="inlineStr">
         <is>
-          <t>Papier, pulp en drukkerij</t>
+          <t>Hout en houtproducten</t>
         </is>
       </c>
       <c r="D218" t="inlineStr">
         <is>
           <t>Hernieuwbaar huishoudelijk afval</t>
         </is>
       </c>
       <c r="E218"/>
     </row>
     <row r="219">
       <c r="A219" t="inlineStr">
         <is>
           <t>Finale consumptie</t>
         </is>
       </c>
       <c r="B219" t="inlineStr">
         <is>
           <t>Industrie sector</t>
         </is>
       </c>
       <c r="C219" t="inlineStr">
         <is>
-          <t>Papier, pulp en drukkerij</t>
+          <t>Hout en houtproducten</t>
         </is>
       </c>
       <c r="D219" t="inlineStr">
         <is>
           <t>Biobenzine</t>
         </is>
       </c>
       <c r="E219"/>
     </row>
     <row r="220">
       <c r="A220" t="inlineStr">
         <is>
           <t>Finale consumptie</t>
         </is>
       </c>
       <c r="B220" t="inlineStr">
         <is>
           <t>Industrie sector</t>
         </is>
       </c>
       <c r="C220" t="inlineStr">
         <is>
-          <t>Papier, pulp en drukkerij</t>
+          <t>Hout en houtproducten</t>
         </is>
       </c>
       <c r="D220" t="inlineStr">
         <is>
           <t>Biodiesel</t>
         </is>
       </c>
       <c r="E220"/>
     </row>
     <row r="221">
       <c r="A221" t="inlineStr">
         <is>
           <t>Finale consumptie</t>
         </is>
       </c>
       <c r="B221" t="inlineStr">
         <is>
           <t>Industrie sector</t>
         </is>
       </c>
       <c r="C221" t="inlineStr">
         <is>
-          <t>Papier, pulp en drukkerij</t>
+          <t>Hout en houtproducten</t>
         </is>
       </c>
       <c r="D221" t="inlineStr">
         <is>
           <t>Andere vloeibare biobrandstoffen</t>
         </is>
       </c>
       <c r="E221"/>
     </row>
     <row r="222">
       <c r="A222" t="inlineStr">
         <is>
           <t>Finale consumptie</t>
         </is>
       </c>
       <c r="B222" t="inlineStr">
         <is>
           <t>Industrie sector</t>
         </is>
       </c>
       <c r="C222" t="inlineStr">
         <is>
-          <t>Papier, pulp en drukkerij</t>
+          <t>Hout en houtproducten</t>
         </is>
       </c>
       <c r="D222" t="inlineStr">
         <is>
           <t>Warmtepompen</t>
         </is>
       </c>
       <c r="E222"/>
     </row>
     <row r="223">
       <c r="A223" t="inlineStr">
         <is>
           <t>Finale consumptie</t>
         </is>
       </c>
       <c r="B223" t="inlineStr">
         <is>
           <t>Industrie sector</t>
         </is>
       </c>
       <c r="C223" t="inlineStr">
         <is>
-          <t>Hout en houtproducten</t>
+          <t>Bouw</t>
         </is>
       </c>
       <c r="D223" t="inlineStr">
         <is>
           <t>Waterkracht</t>
         </is>
       </c>
       <c r="E223"/>
     </row>
     <row r="224">
       <c r="A224" t="inlineStr">
         <is>
           <t>Finale consumptie</t>
         </is>
       </c>
       <c r="B224" t="inlineStr">
         <is>
           <t>Industrie sector</t>
         </is>
       </c>
       <c r="C224" t="inlineStr">
         <is>
-          <t>Hout en houtproducten</t>
+          <t>Bouw</t>
         </is>
       </c>
       <c r="D224" t="inlineStr">
         <is>
           <t>Windenergie</t>
         </is>
       </c>
       <c r="E224"/>
     </row>
     <row r="225">
       <c r="A225" t="inlineStr">
         <is>
           <t>Finale consumptie</t>
         </is>
       </c>
       <c r="B225" t="inlineStr">
         <is>
           <t>Industrie sector</t>
         </is>
       </c>
       <c r="C225" t="inlineStr">
         <is>
-          <t>Hout en houtproducten</t>
+          <t>Bouw</t>
         </is>
       </c>
       <c r="D225" t="inlineStr">
         <is>
           <t>Fotovoltaïsche zonne-energie</t>
         </is>
       </c>
       <c r="E225"/>
     </row>
     <row r="226">
       <c r="A226" t="inlineStr">
         <is>
           <t>Finale consumptie</t>
         </is>
       </c>
       <c r="B226" t="inlineStr">
         <is>
           <t>Industrie sector</t>
         </is>
       </c>
       <c r="C226" t="inlineStr">
         <is>
-          <t>Hout en houtproducten</t>
+          <t>Bouw</t>
         </is>
       </c>
       <c r="D226" t="inlineStr">
         <is>
           <t>Thermische zonne-energie</t>
         </is>
       </c>
       <c r="E226"/>
     </row>
     <row r="227">
       <c r="A227" t="inlineStr">
         <is>
           <t>Finale consumptie</t>
         </is>
       </c>
       <c r="B227" t="inlineStr">
         <is>
           <t>Industrie sector</t>
         </is>
       </c>
       <c r="C227" t="inlineStr">
         <is>
-          <t>Hout en houtproducten</t>
+          <t>Bouw</t>
         </is>
       </c>
       <c r="D227" t="inlineStr">
         <is>
           <t>Geothermische energie</t>
         </is>
       </c>
       <c r="E227"/>
     </row>
     <row r="228">
       <c r="A228" t="inlineStr">
         <is>
           <t>Finale consumptie</t>
         </is>
       </c>
       <c r="B228" t="inlineStr">
         <is>
           <t>Industrie sector</t>
         </is>
       </c>
       <c r="C228" t="inlineStr">
         <is>
-          <t>Hout en houtproducten</t>
+          <t>Bouw</t>
         </is>
       </c>
       <c r="D228" t="inlineStr">
         <is>
           <t>Vaste biobrandstoffen</t>
         </is>
       </c>
       <c r="E228" s="2" t="n">
-        <v>192.18735072131528</v>
+        <v>0.6998184771185655</v>
       </c>
     </row>
     <row r="229">
       <c r="A229" t="inlineStr">
         <is>
           <t>Finale consumptie</t>
         </is>
       </c>
       <c r="B229" t="inlineStr">
         <is>
           <t>Industrie sector</t>
         </is>
       </c>
       <c r="C229" t="inlineStr">
         <is>
-          <t>Hout en houtproducten</t>
+          <t>Bouw</t>
         </is>
       </c>
       <c r="D229" t="inlineStr">
         <is>
           <t>Houtskool</t>
         </is>
       </c>
       <c r="E229"/>
     </row>
     <row r="230">
       <c r="A230" t="inlineStr">
         <is>
           <t>Finale consumptie</t>
         </is>
       </c>
       <c r="B230" t="inlineStr">
         <is>
           <t>Industrie sector</t>
         </is>
       </c>
       <c r="C230" t="inlineStr">
         <is>
-          <t>Hout en houtproducten</t>
+          <t>Bouw</t>
         </is>
       </c>
       <c r="D230" t="inlineStr">
         <is>
           <t>Biogas</t>
         </is>
       </c>
       <c r="E230"/>
     </row>
     <row r="231">
       <c r="A231" t="inlineStr">
         <is>
           <t>Finale consumptie</t>
         </is>
       </c>
       <c r="B231" t="inlineStr">
         <is>
           <t>Industrie sector</t>
         </is>
       </c>
       <c r="C231" t="inlineStr">
         <is>
-          <t>Hout en houtproducten</t>
+          <t>Bouw</t>
         </is>
       </c>
       <c r="D231" t="inlineStr">
         <is>
           <t>Hernieuwbaar huishoudelijk afval</t>
         </is>
       </c>
       <c r="E231"/>
     </row>
     <row r="232">
       <c r="A232" t="inlineStr">
         <is>
           <t>Finale consumptie</t>
         </is>
       </c>
       <c r="B232" t="inlineStr">
         <is>
           <t>Industrie sector</t>
         </is>
       </c>
       <c r="C232" t="inlineStr">
         <is>
-          <t>Hout en houtproducten</t>
+          <t>Bouw</t>
         </is>
       </c>
       <c r="D232" t="inlineStr">
         <is>
           <t>Biobenzine</t>
         </is>
       </c>
       <c r="E232"/>
     </row>
     <row r="233">
       <c r="A233" t="inlineStr">
         <is>
           <t>Finale consumptie</t>
         </is>
       </c>
       <c r="B233" t="inlineStr">
         <is>
           <t>Industrie sector</t>
         </is>
       </c>
       <c r="C233" t="inlineStr">
         <is>
-          <t>Hout en houtproducten</t>
+          <t>Bouw</t>
         </is>
       </c>
       <c r="D233" t="inlineStr">
         <is>
           <t>Biodiesel</t>
         </is>
       </c>
       <c r="E233"/>
     </row>
     <row r="234">
       <c r="A234" t="inlineStr">
         <is>
           <t>Finale consumptie</t>
         </is>
       </c>
       <c r="B234" t="inlineStr">
         <is>
           <t>Industrie sector</t>
         </is>
       </c>
       <c r="C234" t="inlineStr">
         <is>
-          <t>Hout en houtproducten</t>
+          <t>Bouw</t>
         </is>
       </c>
       <c r="D234" t="inlineStr">
         <is>
           <t>Andere vloeibare biobrandstoffen</t>
         </is>
       </c>
       <c r="E234"/>
     </row>
     <row r="235">
       <c r="A235" t="inlineStr">
         <is>
           <t>Finale consumptie</t>
         </is>
       </c>
       <c r="B235" t="inlineStr">
         <is>
           <t>Industrie sector</t>
         </is>
       </c>
       <c r="C235" t="inlineStr">
         <is>
-          <t>Hout en houtproducten</t>
+          <t>Bouw</t>
         </is>
       </c>
       <c r="D235" t="inlineStr">
         <is>
           <t>Warmtepompen</t>
         </is>
       </c>
       <c r="E235"/>
     </row>
     <row r="236">
       <c r="A236" t="inlineStr">
         <is>
           <t>Finale consumptie</t>
         </is>
       </c>
       <c r="B236" t="inlineStr">
         <is>
           <t>Industrie sector</t>
         </is>
       </c>
       <c r="C236" t="inlineStr">
         <is>
-          <t>Bouw</t>
+          <t>Niet gespecifieerd Industrie</t>
         </is>
       </c>
       <c r="D236" t="inlineStr">
         <is>
           <t>Waterkracht</t>
         </is>
       </c>
       <c r="E236"/>
     </row>
     <row r="237">
       <c r="A237" t="inlineStr">
         <is>
           <t>Finale consumptie</t>
         </is>
       </c>
       <c r="B237" t="inlineStr">
         <is>
           <t>Industrie sector</t>
         </is>
       </c>
       <c r="C237" t="inlineStr">
         <is>
-          <t>Bouw</t>
+          <t>Niet gespecifieerd Industrie</t>
         </is>
       </c>
       <c r="D237" t="inlineStr">
         <is>
           <t>Windenergie</t>
         </is>
       </c>
       <c r="E237"/>
     </row>
     <row r="238">
       <c r="A238" t="inlineStr">
         <is>
           <t>Finale consumptie</t>
         </is>
       </c>
       <c r="B238" t="inlineStr">
         <is>
           <t>Industrie sector</t>
         </is>
       </c>
       <c r="C238" t="inlineStr">
         <is>
-          <t>Bouw</t>
+          <t>Niet gespecifieerd Industrie</t>
         </is>
       </c>
       <c r="D238" t="inlineStr">
         <is>
           <t>Fotovoltaïsche zonne-energie</t>
         </is>
       </c>
       <c r="E238"/>
     </row>
     <row r="239">
       <c r="A239" t="inlineStr">
         <is>
           <t>Finale consumptie</t>
         </is>
       </c>
       <c r="B239" t="inlineStr">
         <is>
           <t>Industrie sector</t>
         </is>
       </c>
       <c r="C239" t="inlineStr">
         <is>
-          <t>Bouw</t>
+          <t>Niet gespecifieerd Industrie</t>
         </is>
       </c>
       <c r="D239" t="inlineStr">
         <is>
           <t>Thermische zonne-energie</t>
         </is>
       </c>
-      <c r="E239"/>
+      <c r="E239" s="2" t="n">
+        <v>0.06209993312314917</v>
+      </c>
     </row>
     <row r="240">
       <c r="A240" t="inlineStr">
         <is>
           <t>Finale consumptie</t>
         </is>
       </c>
       <c r="B240" t="inlineStr">
         <is>
           <t>Industrie sector</t>
         </is>
       </c>
       <c r="C240" t="inlineStr">
         <is>
-          <t>Bouw</t>
+          <t>Niet gespecifieerd Industrie</t>
         </is>
       </c>
       <c r="D240" t="inlineStr">
         <is>
           <t>Geothermische energie</t>
         </is>
       </c>
       <c r="E240"/>
     </row>
     <row r="241">
       <c r="A241" t="inlineStr">
         <is>
           <t>Finale consumptie</t>
         </is>
       </c>
       <c r="B241" t="inlineStr">
         <is>
           <t>Industrie sector</t>
         </is>
       </c>
       <c r="C241" t="inlineStr">
         <is>
-          <t>Bouw</t>
+          <t>Niet gespecifieerd Industrie</t>
         </is>
       </c>
       <c r="D241" t="inlineStr">
         <is>
           <t>Vaste biobrandstoffen</t>
         </is>
       </c>
       <c r="E241" s="2" t="n">
-        <v>0.8598452278589884</v>
+        <v>4.218018534441593</v>
       </c>
     </row>
     <row r="242">
       <c r="A242" t="inlineStr">
         <is>
           <t>Finale consumptie</t>
         </is>
       </c>
       <c r="B242" t="inlineStr">
         <is>
           <t>Industrie sector</t>
         </is>
       </c>
       <c r="C242" t="inlineStr">
         <is>
-          <t>Bouw</t>
+          <t>Niet gespecifieerd Industrie</t>
         </is>
       </c>
       <c r="D242" t="inlineStr">
         <is>
           <t>Houtskool</t>
         </is>
       </c>
       <c r="E242"/>
     </row>
     <row r="243">
       <c r="A243" t="inlineStr">
         <is>
           <t>Finale consumptie</t>
         </is>
       </c>
       <c r="B243" t="inlineStr">
         <is>
           <t>Industrie sector</t>
         </is>
       </c>
       <c r="C243" t="inlineStr">
         <is>
-          <t>Bouw</t>
+          <t>Niet gespecifieerd Industrie</t>
         </is>
       </c>
       <c r="D243" t="inlineStr">
         <is>
           <t>Biogas</t>
         </is>
       </c>
       <c r="E243"/>
     </row>
     <row r="244">
       <c r="A244" t="inlineStr">
         <is>
           <t>Finale consumptie</t>
         </is>
       </c>
       <c r="B244" t="inlineStr">
         <is>
           <t>Industrie sector</t>
         </is>
       </c>
       <c r="C244" t="inlineStr">
         <is>
-          <t>Bouw</t>
+          <t>Niet gespecifieerd Industrie</t>
         </is>
       </c>
       <c r="D244" t="inlineStr">
         <is>
           <t>Hernieuwbaar huishoudelijk afval</t>
         </is>
       </c>
       <c r="E244"/>
     </row>
     <row r="245">
       <c r="A245" t="inlineStr">
         <is>
           <t>Finale consumptie</t>
         </is>
       </c>
       <c r="B245" t="inlineStr">
         <is>
           <t>Industrie sector</t>
         </is>
       </c>
       <c r="C245" t="inlineStr">
         <is>
-          <t>Bouw</t>
+          <t>Niet gespecifieerd Industrie</t>
         </is>
       </c>
       <c r="D245" t="inlineStr">
         <is>
           <t>Biobenzine</t>
         </is>
       </c>
       <c r="E245"/>
     </row>
     <row r="246">
       <c r="A246" t="inlineStr">
         <is>
           <t>Finale consumptie</t>
         </is>
       </c>
       <c r="B246" t="inlineStr">
         <is>
           <t>Industrie sector</t>
         </is>
       </c>
       <c r="C246" t="inlineStr">
         <is>
-          <t>Bouw</t>
+          <t>Niet gespecifieerd Industrie</t>
         </is>
       </c>
       <c r="D246" t="inlineStr">
         <is>
           <t>Biodiesel</t>
         </is>
       </c>
-      <c r="E246"/>
+      <c r="E246" s="2" t="n">
+        <v>1.6127451937040278</v>
+      </c>
     </row>
     <row r="247">
       <c r="A247" t="inlineStr">
         <is>
           <t>Finale consumptie</t>
         </is>
       </c>
       <c r="B247" t="inlineStr">
         <is>
           <t>Industrie sector</t>
         </is>
       </c>
       <c r="C247" t="inlineStr">
         <is>
-          <t>Bouw</t>
+          <t>Niet gespecifieerd Industrie</t>
         </is>
       </c>
       <c r="D247" t="inlineStr">
         <is>
           <t>Andere vloeibare biobrandstoffen</t>
         </is>
       </c>
       <c r="E247"/>
     </row>
     <row r="248">
       <c r="A248" t="inlineStr">
         <is>
           <t>Finale consumptie</t>
         </is>
       </c>
       <c r="B248" t="inlineStr">
         <is>
           <t>Industrie sector</t>
         </is>
       </c>
       <c r="C248" t="inlineStr">
         <is>
-          <t>Bouw</t>
+          <t>Niet gespecifieerd Industrie</t>
         </is>
       </c>
       <c r="D248" t="inlineStr">
         <is>
           <t>Warmtepompen</t>
         </is>
       </c>
-      <c r="E248"/>
+      <c r="E248" s="2" t="n">
+        <v>2.0349670392662724</v>
+      </c>
     </row>
     <row r="249">
       <c r="A249" t="inlineStr">
         <is>
           <t>Finale consumptie</t>
         </is>
       </c>
       <c r="B249" t="inlineStr">
         <is>
           <t>Industrie sector</t>
         </is>
       </c>
-      <c r="C249" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="C249"/>
       <c r="D249" t="inlineStr">
         <is>
           <t>Waterkracht</t>
         </is>
       </c>
       <c r="E249"/>
     </row>
     <row r="250">
       <c r="A250" t="inlineStr">
         <is>
           <t>Finale consumptie</t>
         </is>
       </c>
       <c r="B250" t="inlineStr">
         <is>
           <t>Industrie sector</t>
         </is>
       </c>
-      <c r="C250" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="C250"/>
       <c r="D250" t="inlineStr">
         <is>
           <t>Windenergie</t>
         </is>
       </c>
       <c r="E250"/>
     </row>
     <row r="251">
       <c r="A251" t="inlineStr">
         <is>
           <t>Finale consumptie</t>
         </is>
       </c>
       <c r="B251" t="inlineStr">
         <is>
           <t>Industrie sector</t>
         </is>
       </c>
-      <c r="C251" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="C251"/>
       <c r="D251" t="inlineStr">
         <is>
           <t>Fotovoltaïsche zonne-energie</t>
         </is>
       </c>
       <c r="E251"/>
     </row>
     <row r="252">
       <c r="A252" t="inlineStr">
         <is>
           <t>Finale consumptie</t>
         </is>
       </c>
       <c r="B252" t="inlineStr">
         <is>
           <t>Industrie sector</t>
         </is>
       </c>
-      <c r="C252" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="C252"/>
       <c r="D252" t="inlineStr">
         <is>
           <t>Thermische zonne-energie</t>
         </is>
       </c>
       <c r="E252" s="2" t="n">
-        <v>0.06448839208942414</v>
+        <v>0.06209993312314917</v>
       </c>
     </row>
     <row r="253">
       <c r="A253" t="inlineStr">
         <is>
           <t>Finale consumptie</t>
         </is>
       </c>
       <c r="B253" t="inlineStr">
         <is>
           <t>Industrie sector</t>
         </is>
       </c>
-      <c r="C253" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="C253"/>
       <c r="D253" t="inlineStr">
         <is>
           <t>Geothermische energie</t>
         </is>
       </c>
-      <c r="E253"/>
+      <c r="E253" s="2" t="n">
+        <v>1.413967708034781</v>
+      </c>
     </row>
     <row r="254">
       <c r="A254" t="inlineStr">
         <is>
           <t>Finale consumptie</t>
         </is>
       </c>
       <c r="B254" t="inlineStr">
         <is>
           <t>Industrie sector</t>
         </is>
       </c>
-      <c r="C254" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="C254"/>
       <c r="D254" t="inlineStr">
         <is>
           <t>Vaste biobrandstoffen</t>
         </is>
       </c>
       <c r="E254" s="2" t="n">
-        <v>4.4711951848667395</v>
+        <v>652.221266838638</v>
       </c>
     </row>
     <row r="255">
       <c r="A255" t="inlineStr">
         <is>
           <t>Finale consumptie</t>
         </is>
       </c>
       <c r="B255" t="inlineStr">
         <is>
           <t>Industrie sector</t>
         </is>
       </c>
-      <c r="C255" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="C255"/>
       <c r="D255" t="inlineStr">
         <is>
           <t>Houtskool</t>
         </is>
       </c>
       <c r="E255"/>
     </row>
     <row r="256">
       <c r="A256" t="inlineStr">
         <is>
           <t>Finale consumptie</t>
         </is>
       </c>
       <c r="B256" t="inlineStr">
         <is>
           <t>Industrie sector</t>
         </is>
       </c>
-      <c r="C256" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="C256"/>
       <c r="D256" t="inlineStr">
         <is>
           <t>Biogas</t>
         </is>
       </c>
-      <c r="E256"/>
+      <c r="E256" s="2" t="n">
+        <v>44.25575618610887</v>
+      </c>
     </row>
     <row r="257">
       <c r="A257" t="inlineStr">
         <is>
           <t>Finale consumptie</t>
         </is>
       </c>
       <c r="B257" t="inlineStr">
         <is>
           <t>Industrie sector</t>
         </is>
       </c>
-      <c r="C257" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="C257"/>
       <c r="D257" t="inlineStr">
         <is>
           <t>Hernieuwbaar huishoudelijk afval</t>
         </is>
       </c>
       <c r="E257"/>
     </row>
     <row r="258">
       <c r="A258" t="inlineStr">
         <is>
           <t>Finale consumptie</t>
         </is>
       </c>
       <c r="B258" t="inlineStr">
         <is>
           <t>Industrie sector</t>
         </is>
       </c>
-      <c r="C258" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="C258"/>
       <c r="D258" t="inlineStr">
         <is>
           <t>Biobenzine</t>
         </is>
       </c>
       <c r="E258"/>
     </row>
     <row r="259">
       <c r="A259" t="inlineStr">
         <is>
           <t>Finale consumptie</t>
         </is>
       </c>
       <c r="B259" t="inlineStr">
         <is>
           <t>Industrie sector</t>
         </is>
       </c>
-      <c r="C259" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="C259"/>
       <c r="D259" t="inlineStr">
         <is>
           <t>Biodiesel</t>
         </is>
       </c>
       <c r="E259" s="2" t="n">
-        <v>2.939000839782183</v>
+        <v>1.6127451937040278</v>
       </c>
     </row>
     <row r="260">
       <c r="A260" t="inlineStr">
         <is>
           <t>Finale consumptie</t>
         </is>
       </c>
       <c r="B260" t="inlineStr">
         <is>
           <t>Industrie sector</t>
         </is>
       </c>
-      <c r="C260" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="C260"/>
       <c r="D260" t="inlineStr">
         <is>
           <t>Andere vloeibare biobrandstoffen</t>
         </is>
       </c>
-      <c r="E260"/>
+      <c r="E260" s="2" t="n">
+        <v>0.27013470908569887</v>
+      </c>
     </row>
     <row r="261">
       <c r="A261" t="inlineStr">
         <is>
           <t>Finale consumptie</t>
         </is>
       </c>
       <c r="B261" t="inlineStr">
         <is>
           <t>Industrie sector</t>
         </is>
       </c>
-      <c r="C261" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="C261"/>
       <c r="D261" t="inlineStr">
         <is>
           <t>Warmtepompen</t>
         </is>
       </c>
       <c r="E261" s="2" t="n">
-        <v>1.8200057323015257</v>
+        <v>2.0349670392662724</v>
       </c>
     </row>
     <row r="262">
       <c r="A262" t="inlineStr">
         <is>
           <t>Finale consumptie</t>
         </is>
       </c>
       <c r="B262" t="inlineStr">
         <is>
-          <t>Industrie sector</t>
-[...2 lines deleted...]
-      <c r="C262"/>
+          <t>Transport sector</t>
+        </is>
+      </c>
+      <c r="C262" t="inlineStr">
+        <is>
+          <t>Wegverkeer</t>
+        </is>
+      </c>
       <c r="D262" t="inlineStr">
         <is>
           <t>Waterkracht</t>
         </is>
       </c>
       <c r="E262"/>
     </row>
     <row r="263">
       <c r="A263" t="inlineStr">
         <is>
           <t>Finale consumptie</t>
         </is>
       </c>
       <c r="B263" t="inlineStr">
         <is>
-          <t>Industrie sector</t>
-[...2 lines deleted...]
-      <c r="C263"/>
+          <t>Transport sector</t>
+        </is>
+      </c>
+      <c r="C263" t="inlineStr">
+        <is>
+          <t>Wegverkeer</t>
+        </is>
+      </c>
       <c r="D263" t="inlineStr">
         <is>
           <t>Windenergie</t>
         </is>
       </c>
       <c r="E263"/>
     </row>
     <row r="264">
       <c r="A264" t="inlineStr">
         <is>
           <t>Finale consumptie</t>
         </is>
       </c>
       <c r="B264" t="inlineStr">
         <is>
-          <t>Industrie sector</t>
-[...2 lines deleted...]
-      <c r="C264"/>
+          <t>Transport sector</t>
+        </is>
+      </c>
+      <c r="C264" t="inlineStr">
+        <is>
+          <t>Wegverkeer</t>
+        </is>
+      </c>
       <c r="D264" t="inlineStr">
         <is>
           <t>Fotovoltaïsche zonne-energie</t>
         </is>
       </c>
       <c r="E264"/>
     </row>
     <row r="265">
       <c r="A265" t="inlineStr">
         <is>
           <t>Finale consumptie</t>
         </is>
       </c>
       <c r="B265" t="inlineStr">
         <is>
-          <t>Industrie sector</t>
-[...2 lines deleted...]
-      <c r="C265"/>
+          <t>Transport sector</t>
+        </is>
+      </c>
+      <c r="C265" t="inlineStr">
+        <is>
+          <t>Wegverkeer</t>
+        </is>
+      </c>
       <c r="D265" t="inlineStr">
         <is>
           <t>Thermische zonne-energie</t>
         </is>
       </c>
-      <c r="E265" s="2" t="n">
-[...1 lines deleted...]
-      </c>
+      <c r="E265"/>
     </row>
     <row r="266">
       <c r="A266" t="inlineStr">
         <is>
           <t>Finale consumptie</t>
         </is>
       </c>
       <c r="B266" t="inlineStr">
         <is>
-          <t>Industrie sector</t>
-[...2 lines deleted...]
-      <c r="C266"/>
+          <t>Transport sector</t>
+        </is>
+      </c>
+      <c r="C266" t="inlineStr">
+        <is>
+          <t>Wegverkeer</t>
+        </is>
+      </c>
       <c r="D266" t="inlineStr">
         <is>
           <t>Geothermische energie</t>
         </is>
       </c>
       <c r="E266"/>
     </row>
     <row r="267">
       <c r="A267" t="inlineStr">
         <is>
           <t>Finale consumptie</t>
         </is>
       </c>
       <c r="B267" t="inlineStr">
         <is>
-          <t>Industrie sector</t>
-[...2 lines deleted...]
-      <c r="C267"/>
+          <t>Transport sector</t>
+        </is>
+      </c>
+      <c r="C267" t="inlineStr">
+        <is>
+          <t>Wegverkeer</t>
+        </is>
+      </c>
       <c r="D267" t="inlineStr">
         <is>
           <t>Vaste biobrandstoffen</t>
         </is>
       </c>
-      <c r="E267" s="2" t="n">
-[...1 lines deleted...]
-      </c>
+      <c r="E267"/>
     </row>
     <row r="268">
       <c r="A268" t="inlineStr">
         <is>
           <t>Finale consumptie</t>
         </is>
       </c>
       <c r="B268" t="inlineStr">
         <is>
-          <t>Industrie sector</t>
-[...2 lines deleted...]
-      <c r="C268"/>
+          <t>Transport sector</t>
+        </is>
+      </c>
+      <c r="C268" t="inlineStr">
+        <is>
+          <t>Wegverkeer</t>
+        </is>
+      </c>
       <c r="D268" t="inlineStr">
         <is>
           <t>Houtskool</t>
         </is>
       </c>
       <c r="E268"/>
     </row>
     <row r="269">
       <c r="A269" t="inlineStr">
         <is>
           <t>Finale consumptie</t>
         </is>
       </c>
       <c r="B269" t="inlineStr">
         <is>
-          <t>Industrie sector</t>
-[...2 lines deleted...]
-      <c r="C269"/>
+          <t>Transport sector</t>
+        </is>
+      </c>
+      <c r="C269" t="inlineStr">
+        <is>
+          <t>Wegverkeer</t>
+        </is>
+      </c>
       <c r="D269" t="inlineStr">
         <is>
           <t>Biogas</t>
         </is>
       </c>
-      <c r="E269" s="2" t="n">
-[...1 lines deleted...]
-      </c>
+      <c r="E269"/>
     </row>
     <row r="270">
       <c r="A270" t="inlineStr">
         <is>
           <t>Finale consumptie</t>
         </is>
       </c>
       <c r="B270" t="inlineStr">
         <is>
-          <t>Industrie sector</t>
-[...2 lines deleted...]
-      <c r="C270"/>
+          <t>Transport sector</t>
+        </is>
+      </c>
+      <c r="C270" t="inlineStr">
+        <is>
+          <t>Wegverkeer</t>
+        </is>
+      </c>
       <c r="D270" t="inlineStr">
         <is>
           <t>Hernieuwbaar huishoudelijk afval</t>
         </is>
       </c>
       <c r="E270"/>
     </row>
     <row r="271">
       <c r="A271" t="inlineStr">
         <is>
           <t>Finale consumptie</t>
         </is>
       </c>
       <c r="B271" t="inlineStr">
         <is>
-          <t>Industrie sector</t>
-[...2 lines deleted...]
-      <c r="C271"/>
+          <t>Transport sector</t>
+        </is>
+      </c>
+      <c r="C271" t="inlineStr">
+        <is>
+          <t>Wegverkeer</t>
+        </is>
+      </c>
       <c r="D271" t="inlineStr">
         <is>
           <t>Biobenzine</t>
         </is>
       </c>
-      <c r="E271"/>
+      <c r="E271" s="2" t="n">
+        <v>191.56662510943985</v>
+      </c>
     </row>
     <row r="272">
       <c r="A272" t="inlineStr">
         <is>
           <t>Finale consumptie</t>
         </is>
       </c>
       <c r="B272" t="inlineStr">
         <is>
-          <t>Industrie sector</t>
-[...2 lines deleted...]
-      <c r="C272"/>
+          <t>Transport sector</t>
+        </is>
+      </c>
+      <c r="C272" t="inlineStr">
+        <is>
+          <t>Wegverkeer</t>
+        </is>
+      </c>
       <c r="D272" t="inlineStr">
         <is>
           <t>Biodiesel</t>
         </is>
       </c>
       <c r="E272" s="2" t="n">
-        <v>2.939000839782183</v>
+        <v>508.82251753487327</v>
       </c>
     </row>
     <row r="273">
       <c r="A273" t="inlineStr">
         <is>
           <t>Finale consumptie</t>
         </is>
       </c>
       <c r="B273" t="inlineStr">
         <is>
-          <t>Industrie sector</t>
-[...2 lines deleted...]
-      <c r="C273"/>
+          <t>Transport sector</t>
+        </is>
+      </c>
+      <c r="C273" t="inlineStr">
+        <is>
+          <t>Wegverkeer</t>
+        </is>
+      </c>
       <c r="D273" t="inlineStr">
         <is>
           <t>Andere vloeibare biobrandstoffen</t>
         </is>
       </c>
-      <c r="E273" s="2" t="n">
-[...1 lines deleted...]
-      </c>
+      <c r="E273"/>
     </row>
     <row r="274">
       <c r="A274" t="inlineStr">
         <is>
           <t>Finale consumptie</t>
         </is>
       </c>
       <c r="B274" t="inlineStr">
         <is>
-          <t>Industrie sector</t>
-[...2 lines deleted...]
-      <c r="C274"/>
+          <t>Transport sector</t>
+        </is>
+      </c>
+      <c r="C274" t="inlineStr">
+        <is>
+          <t>Wegverkeer</t>
+        </is>
+      </c>
       <c r="D274" t="inlineStr">
         <is>
           <t>Warmtepompen</t>
         </is>
       </c>
-      <c r="E274" s="2" t="n">
-[...1 lines deleted...]
-      </c>
+      <c r="E274"/>
     </row>
     <row r="275">
       <c r="A275" t="inlineStr">
         <is>
           <t>Finale consumptie</t>
         </is>
       </c>
       <c r="B275" t="inlineStr">
         <is>
           <t>Transport sector</t>
         </is>
       </c>
-      <c r="C275" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="C275"/>
       <c r="D275" t="inlineStr">
         <is>
           <t>Waterkracht</t>
         </is>
       </c>
       <c r="E275"/>
     </row>
     <row r="276">
       <c r="A276" t="inlineStr">
         <is>
           <t>Finale consumptie</t>
         </is>
       </c>
       <c r="B276" t="inlineStr">
         <is>
           <t>Transport sector</t>
         </is>
       </c>
-      <c r="C276" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="C276"/>
       <c r="D276" t="inlineStr">
         <is>
           <t>Windenergie</t>
         </is>
       </c>
       <c r="E276"/>
     </row>
     <row r="277">
       <c r="A277" t="inlineStr">
         <is>
           <t>Finale consumptie</t>
         </is>
       </c>
       <c r="B277" t="inlineStr">
         <is>
           <t>Transport sector</t>
         </is>
       </c>
-      <c r="C277" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="C277"/>
       <c r="D277" t="inlineStr">
         <is>
           <t>Fotovoltaïsche zonne-energie</t>
         </is>
       </c>
       <c r="E277"/>
     </row>
     <row r="278">
       <c r="A278" t="inlineStr">
         <is>
           <t>Finale consumptie</t>
         </is>
       </c>
       <c r="B278" t="inlineStr">
         <is>
           <t>Transport sector</t>
         </is>
       </c>
-      <c r="C278" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="C278"/>
       <c r="D278" t="inlineStr">
         <is>
           <t>Thermische zonne-energie</t>
         </is>
       </c>
       <c r="E278"/>
     </row>
     <row r="279">
       <c r="A279" t="inlineStr">
         <is>
           <t>Finale consumptie</t>
         </is>
       </c>
       <c r="B279" t="inlineStr">
         <is>
           <t>Transport sector</t>
         </is>
       </c>
-      <c r="C279" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="C279"/>
       <c r="D279" t="inlineStr">
         <is>
           <t>Geothermische energie</t>
         </is>
       </c>
       <c r="E279"/>
     </row>
     <row r="280">
       <c r="A280" t="inlineStr">
         <is>
           <t>Finale consumptie</t>
         </is>
       </c>
       <c r="B280" t="inlineStr">
         <is>
           <t>Transport sector</t>
         </is>
       </c>
-      <c r="C280" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="C280"/>
       <c r="D280" t="inlineStr">
         <is>
           <t>Vaste biobrandstoffen</t>
         </is>
       </c>
       <c r="E280"/>
     </row>
     <row r="281">
       <c r="A281" t="inlineStr">
         <is>
           <t>Finale consumptie</t>
         </is>
       </c>
       <c r="B281" t="inlineStr">
         <is>
           <t>Transport sector</t>
         </is>
       </c>
-      <c r="C281" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="C281"/>
       <c r="D281" t="inlineStr">
         <is>
           <t>Houtskool</t>
         </is>
       </c>
       <c r="E281"/>
     </row>
     <row r="282">
       <c r="A282" t="inlineStr">
         <is>
           <t>Finale consumptie</t>
         </is>
       </c>
       <c r="B282" t="inlineStr">
         <is>
           <t>Transport sector</t>
         </is>
       </c>
-      <c r="C282" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="C282"/>
       <c r="D282" t="inlineStr">
         <is>
           <t>Biogas</t>
         </is>
       </c>
       <c r="E282"/>
     </row>
     <row r="283">
       <c r="A283" t="inlineStr">
         <is>
           <t>Finale consumptie</t>
         </is>
       </c>
       <c r="B283" t="inlineStr">
         <is>
           <t>Transport sector</t>
         </is>
       </c>
-      <c r="C283" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="C283"/>
       <c r="D283" t="inlineStr">
         <is>
           <t>Hernieuwbaar huishoudelijk afval</t>
         </is>
       </c>
       <c r="E283"/>
     </row>
     <row r="284">
       <c r="A284" t="inlineStr">
         <is>
           <t>Finale consumptie</t>
         </is>
       </c>
       <c r="B284" t="inlineStr">
         <is>
           <t>Transport sector</t>
         </is>
       </c>
-      <c r="C284" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="C284"/>
       <c r="D284" t="inlineStr">
         <is>
           <t>Biobenzine</t>
         </is>
       </c>
       <c r="E284" s="2" t="n">
-        <v>183.67075549266806</v>
+        <v>191.56662510943985</v>
       </c>
     </row>
     <row r="285">
       <c r="A285" t="inlineStr">
         <is>
           <t>Finale consumptie</t>
         </is>
       </c>
       <c r="B285" t="inlineStr">
         <is>
           <t>Transport sector</t>
         </is>
       </c>
-      <c r="C285" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="C285"/>
       <c r="D285" t="inlineStr">
         <is>
           <t>Biodiesel</t>
         </is>
       </c>
       <c r="E285" s="2" t="n">
-        <v>630.5931652489274</v>
+        <v>508.82251753487327</v>
       </c>
     </row>
     <row r="286">
       <c r="A286" t="inlineStr">
         <is>
           <t>Finale consumptie</t>
         </is>
       </c>
       <c r="B286" t="inlineStr">
         <is>
           <t>Transport sector</t>
         </is>
       </c>
-      <c r="C286" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="C286"/>
       <c r="D286" t="inlineStr">
         <is>
           <t>Andere vloeibare biobrandstoffen</t>
         </is>
       </c>
       <c r="E286"/>
     </row>
     <row r="287">
       <c r="A287" t="inlineStr">
         <is>
           <t>Finale consumptie</t>
         </is>
       </c>
       <c r="B287" t="inlineStr">
         <is>
           <t>Transport sector</t>
         </is>
       </c>
-      <c r="C287" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="C287"/>
       <c r="D287" t="inlineStr">
         <is>
           <t>Warmtepompen</t>
         </is>
       </c>
       <c r="E287"/>
     </row>
     <row r="288">
       <c r="A288" t="inlineStr">
         <is>
           <t>Finale consumptie</t>
         </is>
       </c>
       <c r="B288" t="inlineStr">
         <is>
-          <t>Transport sector</t>
-[...2 lines deleted...]
-      <c r="C288"/>
+          <t>Andere sectoren</t>
+        </is>
+      </c>
+      <c r="C288" t="inlineStr">
+        <is>
+          <t>Publieke en commerciële diensten</t>
+        </is>
+      </c>
       <c r="D288" t="inlineStr">
         <is>
           <t>Waterkracht</t>
         </is>
       </c>
       <c r="E288"/>
     </row>
     <row r="289">
       <c r="A289" t="inlineStr">
         <is>
           <t>Finale consumptie</t>
         </is>
       </c>
       <c r="B289" t="inlineStr">
         <is>
-          <t>Transport sector</t>
-[...2 lines deleted...]
-      <c r="C289"/>
+          <t>Andere sectoren</t>
+        </is>
+      </c>
+      <c r="C289" t="inlineStr">
+        <is>
+          <t>Publieke en commerciële diensten</t>
+        </is>
+      </c>
       <c r="D289" t="inlineStr">
         <is>
           <t>Windenergie</t>
         </is>
       </c>
       <c r="E289"/>
     </row>
     <row r="290">
       <c r="A290" t="inlineStr">
         <is>
           <t>Finale consumptie</t>
         </is>
       </c>
       <c r="B290" t="inlineStr">
         <is>
-          <t>Transport sector</t>
-[...2 lines deleted...]
-      <c r="C290"/>
+          <t>Andere sectoren</t>
+        </is>
+      </c>
+      <c r="C290" t="inlineStr">
+        <is>
+          <t>Publieke en commerciële diensten</t>
+        </is>
+      </c>
       <c r="D290" t="inlineStr">
         <is>
           <t>Fotovoltaïsche zonne-energie</t>
         </is>
       </c>
       <c r="E290"/>
     </row>
     <row r="291">
       <c r="A291" t="inlineStr">
         <is>
           <t>Finale consumptie</t>
         </is>
       </c>
       <c r="B291" t="inlineStr">
         <is>
-          <t>Transport sector</t>
-[...2 lines deleted...]
-      <c r="C291"/>
+          <t>Andere sectoren</t>
+        </is>
+      </c>
+      <c r="C291" t="inlineStr">
+        <is>
+          <t>Publieke en commerciële diensten</t>
+        </is>
+      </c>
       <c r="D291" t="inlineStr">
         <is>
           <t>Thermische zonne-energie</t>
         </is>
       </c>
-      <c r="E291"/>
+      <c r="E291" s="2" t="n">
+        <v>1.342313939046532</v>
+      </c>
     </row>
     <row r="292">
       <c r="A292" t="inlineStr">
         <is>
           <t>Finale consumptie</t>
         </is>
       </c>
       <c r="B292" t="inlineStr">
         <is>
-          <t>Transport sector</t>
-[...2 lines deleted...]
-      <c r="C292"/>
+          <t>Andere sectoren</t>
+        </is>
+      </c>
+      <c r="C292" t="inlineStr">
+        <is>
+          <t>Publieke en commerciële diensten</t>
+        </is>
+      </c>
       <c r="D292" t="inlineStr">
         <is>
           <t>Geothermische energie</t>
         </is>
       </c>
-      <c r="E292"/>
+      <c r="E292" s="2" t="n">
+        <v>0.11942294831374839</v>
+      </c>
     </row>
     <row r="293">
       <c r="A293" t="inlineStr">
         <is>
           <t>Finale consumptie</t>
         </is>
       </c>
       <c r="B293" t="inlineStr">
         <is>
-          <t>Transport sector</t>
-[...2 lines deleted...]
-      <c r="C293"/>
+          <t>Andere sectoren</t>
+        </is>
+      </c>
+      <c r="C293" t="inlineStr">
+        <is>
+          <t>Publieke en commerciële diensten</t>
+        </is>
+      </c>
       <c r="D293" t="inlineStr">
         <is>
           <t>Vaste biobrandstoffen</t>
         </is>
       </c>
-      <c r="E293"/>
+      <c r="E293" s="2" t="n">
+        <v>15.080729913060145</v>
+      </c>
     </row>
     <row r="294">
       <c r="A294" t="inlineStr">
         <is>
           <t>Finale consumptie</t>
         </is>
       </c>
       <c r="B294" t="inlineStr">
         <is>
-          <t>Transport sector</t>
-[...2 lines deleted...]
-      <c r="C294"/>
+          <t>Andere sectoren</t>
+        </is>
+      </c>
+      <c r="C294" t="inlineStr">
+        <is>
+          <t>Publieke en commerciële diensten</t>
+        </is>
+      </c>
       <c r="D294" t="inlineStr">
         <is>
           <t>Houtskool</t>
         </is>
       </c>
       <c r="E294"/>
     </row>
     <row r="295">
       <c r="A295" t="inlineStr">
         <is>
           <t>Finale consumptie</t>
         </is>
       </c>
       <c r="B295" t="inlineStr">
         <is>
-          <t>Transport sector</t>
-[...2 lines deleted...]
-      <c r="C295"/>
+          <t>Andere sectoren</t>
+        </is>
+      </c>
+      <c r="C295" t="inlineStr">
+        <is>
+          <t>Publieke en commerciële diensten</t>
+        </is>
+      </c>
       <c r="D295" t="inlineStr">
         <is>
           <t>Biogas</t>
         </is>
       </c>
-      <c r="E295"/>
+      <c r="E295" s="2" t="n">
+        <v>26.910767173020062</v>
+      </c>
     </row>
     <row r="296">
       <c r="A296" t="inlineStr">
         <is>
           <t>Finale consumptie</t>
         </is>
       </c>
       <c r="B296" t="inlineStr">
         <is>
-          <t>Transport sector</t>
-[...2 lines deleted...]
-      <c r="C296"/>
+          <t>Andere sectoren</t>
+        </is>
+      </c>
+      <c r="C296" t="inlineStr">
+        <is>
+          <t>Publieke en commerciële diensten</t>
+        </is>
+      </c>
       <c r="D296" t="inlineStr">
         <is>
           <t>Hernieuwbaar huishoudelijk afval</t>
         </is>
       </c>
-      <c r="E296"/>
+      <c r="E296" s="2" t="n">
+        <v>6.152670297124318</v>
+      </c>
     </row>
     <row r="297">
       <c r="A297" t="inlineStr">
         <is>
           <t>Finale consumptie</t>
         </is>
       </c>
       <c r="B297" t="inlineStr">
         <is>
-          <t>Transport sector</t>
-[...2 lines deleted...]
-      <c r="C297"/>
+          <t>Andere sectoren</t>
+        </is>
+      </c>
+      <c r="C297" t="inlineStr">
+        <is>
+          <t>Publieke en commerciële diensten</t>
+        </is>
+      </c>
       <c r="D297" t="inlineStr">
         <is>
           <t>Biobenzine</t>
         </is>
       </c>
-      <c r="E297" s="2" t="n">
-[...1 lines deleted...]
-      </c>
+      <c r="E297"/>
     </row>
     <row r="298">
       <c r="A298" t="inlineStr">
         <is>
           <t>Finale consumptie</t>
         </is>
       </c>
       <c r="B298" t="inlineStr">
         <is>
-          <t>Transport sector</t>
-[...2 lines deleted...]
-      <c r="C298"/>
+          <t>Andere sectoren</t>
+        </is>
+      </c>
+      <c r="C298" t="inlineStr">
+        <is>
+          <t>Publieke en commerciële diensten</t>
+        </is>
+      </c>
       <c r="D298" t="inlineStr">
         <is>
           <t>Biodiesel</t>
         </is>
       </c>
-      <c r="E298" s="2" t="n">
-[...1 lines deleted...]
-      </c>
+      <c r="E298"/>
     </row>
     <row r="299">
       <c r="A299" t="inlineStr">
         <is>
           <t>Finale consumptie</t>
         </is>
       </c>
       <c r="B299" t="inlineStr">
         <is>
-          <t>Transport sector</t>
-[...2 lines deleted...]
-      <c r="C299"/>
+          <t>Andere sectoren</t>
+        </is>
+      </c>
+      <c r="C299" t="inlineStr">
+        <is>
+          <t>Publieke en commerciële diensten</t>
+        </is>
+      </c>
       <c r="D299" t="inlineStr">
         <is>
           <t>Andere vloeibare biobrandstoffen</t>
         </is>
       </c>
       <c r="E299"/>
     </row>
     <row r="300">
       <c r="A300" t="inlineStr">
         <is>
           <t>Finale consumptie</t>
         </is>
       </c>
       <c r="B300" t="inlineStr">
         <is>
-          <t>Transport sector</t>
-[...2 lines deleted...]
-      <c r="C300"/>
+          <t>Andere sectoren</t>
+        </is>
+      </c>
+      <c r="C300" t="inlineStr">
+        <is>
+          <t>Publieke en commerciële diensten</t>
+        </is>
+      </c>
       <c r="D300" t="inlineStr">
         <is>
           <t>Warmtepompen</t>
         </is>
       </c>
-      <c r="E300"/>
+      <c r="E300" s="2" t="n">
+        <v>74.424381389128</v>
+      </c>
     </row>
     <row r="301">
       <c r="A301" t="inlineStr">
         <is>
           <t>Finale consumptie</t>
         </is>
       </c>
       <c r="B301" t="inlineStr">
         <is>
           <t>Andere sectoren</t>
         </is>
       </c>
       <c r="C301" t="inlineStr">
         <is>
-          <t>Publieke en commerciële diensten</t>
+          <t>Huishoudens</t>
         </is>
       </c>
       <c r="D301" t="inlineStr">
         <is>
           <t>Waterkracht</t>
         </is>
       </c>
       <c r="E301"/>
     </row>
     <row r="302">
       <c r="A302" t="inlineStr">
         <is>
           <t>Finale consumptie</t>
         </is>
       </c>
       <c r="B302" t="inlineStr">
         <is>
           <t>Andere sectoren</t>
         </is>
       </c>
       <c r="C302" t="inlineStr">
         <is>
-          <t>Publieke en commerciële diensten</t>
+          <t>Huishoudens</t>
         </is>
       </c>
       <c r="D302" t="inlineStr">
         <is>
           <t>Windenergie</t>
         </is>
       </c>
       <c r="E302"/>
     </row>
     <row r="303">
       <c r="A303" t="inlineStr">
         <is>
           <t>Finale consumptie</t>
         </is>
       </c>
       <c r="B303" t="inlineStr">
         <is>
           <t>Andere sectoren</t>
         </is>
       </c>
       <c r="C303" t="inlineStr">
         <is>
-          <t>Publieke en commerciële diensten</t>
+          <t>Huishoudens</t>
         </is>
       </c>
       <c r="D303" t="inlineStr">
         <is>
           <t>Fotovoltaïsche zonne-energie</t>
         </is>
       </c>
       <c r="E303"/>
     </row>
     <row r="304">
       <c r="A304" t="inlineStr">
         <is>
           <t>Finale consumptie</t>
         </is>
       </c>
       <c r="B304" t="inlineStr">
         <is>
           <t>Andere sectoren</t>
         </is>
       </c>
       <c r="C304" t="inlineStr">
         <is>
-          <t>Publieke en commerciële diensten</t>
+          <t>Huishoudens</t>
         </is>
       </c>
       <c r="D304" t="inlineStr">
         <is>
           <t>Thermische zonne-energie</t>
         </is>
       </c>
       <c r="E304" s="2" t="n">
-        <v>1.459348428394005</v>
+        <v>22.379860513996448</v>
       </c>
     </row>
     <row r="305">
       <c r="A305" t="inlineStr">
         <is>
           <t>Finale consumptie</t>
         </is>
       </c>
       <c r="B305" t="inlineStr">
         <is>
           <t>Andere sectoren</t>
         </is>
       </c>
       <c r="C305" t="inlineStr">
         <is>
-          <t>Publieke en commerciële diensten</t>
+          <t>Huishoudens</t>
         </is>
       </c>
       <c r="D305" t="inlineStr">
         <is>
           <t>Geothermische energie</t>
         </is>
       </c>
       <c r="E305"/>
     </row>
     <row r="306">
       <c r="A306" t="inlineStr">
         <is>
           <t>Finale consumptie</t>
         </is>
       </c>
       <c r="B306" t="inlineStr">
         <is>
           <t>Andere sectoren</t>
         </is>
       </c>
       <c r="C306" t="inlineStr">
         <is>
-          <t>Publieke en commerciële diensten</t>
+          <t>Huishoudens</t>
         </is>
       </c>
       <c r="D306" t="inlineStr">
         <is>
           <t>Vaste biobrandstoffen</t>
         </is>
       </c>
       <c r="E306" s="2" t="n">
-        <v>16.549632177319253</v>
+        <v>605.6654246680064</v>
       </c>
     </row>
     <row r="307">
       <c r="A307" t="inlineStr">
         <is>
           <t>Finale consumptie</t>
         </is>
       </c>
       <c r="B307" t="inlineStr">
         <is>
           <t>Andere sectoren</t>
         </is>
       </c>
       <c r="C307" t="inlineStr">
         <is>
-          <t>Publieke en commerciële diensten</t>
+          <t>Huishoudens</t>
         </is>
       </c>
       <c r="D307" t="inlineStr">
         <is>
           <t>Houtskool</t>
         </is>
       </c>
-      <c r="E307"/>
+      <c r="E307" s="2" t="n">
+        <v>12.33041941339452</v>
+      </c>
     </row>
     <row r="308">
       <c r="A308" t="inlineStr">
         <is>
           <t>Finale consumptie</t>
         </is>
       </c>
       <c r="B308" t="inlineStr">
         <is>
           <t>Andere sectoren</t>
         </is>
       </c>
       <c r="C308" t="inlineStr">
         <is>
-          <t>Publieke en commerciële diensten</t>
+          <t>Huishoudens</t>
         </is>
       </c>
       <c r="D308" t="inlineStr">
         <is>
           <t>Biogas</t>
         </is>
       </c>
-      <c r="E308" s="2" t="n">
-[...1 lines deleted...]
-      </c>
+      <c r="E308"/>
     </row>
     <row r="309">
       <c r="A309" t="inlineStr">
         <is>
           <t>Finale consumptie</t>
         </is>
       </c>
       <c r="B309" t="inlineStr">
         <is>
           <t>Andere sectoren</t>
         </is>
       </c>
       <c r="C309" t="inlineStr">
         <is>
-          <t>Publieke en commerciële diensten</t>
+          <t>Huishoudens</t>
         </is>
       </c>
       <c r="D309" t="inlineStr">
         <is>
           <t>Hernieuwbaar huishoudelijk afval</t>
         </is>
       </c>
-      <c r="E309" s="2" t="n">
-[...1 lines deleted...]
-      </c>
+      <c r="E309"/>
     </row>
     <row r="310">
       <c r="A310" t="inlineStr">
         <is>
           <t>Finale consumptie</t>
         </is>
       </c>
       <c r="B310" t="inlineStr">
         <is>
           <t>Andere sectoren</t>
         </is>
       </c>
       <c r="C310" t="inlineStr">
         <is>
-          <t>Publieke en commerciële diensten</t>
+          <t>Huishoudens</t>
         </is>
       </c>
       <c r="D310" t="inlineStr">
         <is>
           <t>Biobenzine</t>
         </is>
       </c>
-      <c r="E310"/>
+      <c r="E310" s="2" t="n">
+        <v>1.0532506090570402</v>
+      </c>
     </row>
     <row r="311">
       <c r="A311" t="inlineStr">
         <is>
           <t>Finale consumptie</t>
         </is>
       </c>
       <c r="B311" t="inlineStr">
         <is>
           <t>Andere sectoren</t>
         </is>
       </c>
       <c r="C311" t="inlineStr">
         <is>
-          <t>Publieke en commerciële diensten</t>
+          <t>Huishoudens</t>
         </is>
       </c>
       <c r="D311" t="inlineStr">
         <is>
           <t>Biodiesel</t>
         </is>
       </c>
       <c r="E311"/>
     </row>
     <row r="312">
       <c r="A312" t="inlineStr">
         <is>
           <t>Finale consumptie</t>
         </is>
       </c>
       <c r="B312" t="inlineStr">
         <is>
           <t>Andere sectoren</t>
         </is>
       </c>
       <c r="C312" t="inlineStr">
         <is>
-          <t>Publieke en commerciële diensten</t>
+          <t>Huishoudens</t>
         </is>
       </c>
       <c r="D312" t="inlineStr">
         <is>
           <t>Andere vloeibare biobrandstoffen</t>
         </is>
       </c>
       <c r="E312"/>
     </row>
     <row r="313">
       <c r="A313" t="inlineStr">
         <is>
           <t>Finale consumptie</t>
         </is>
       </c>
       <c r="B313" t="inlineStr">
         <is>
           <t>Andere sectoren</t>
         </is>
       </c>
       <c r="C313" t="inlineStr">
         <is>
-          <t>Publieke en commerciële diensten</t>
+          <t>Huishoudens</t>
         </is>
       </c>
       <c r="D313" t="inlineStr">
         <is>
           <t>Warmtepompen</t>
         </is>
       </c>
       <c r="E313" s="2" t="n">
-        <v>39.841884016432736</v>
+        <v>286.6604566733553</v>
       </c>
     </row>
     <row r="314">
       <c r="A314" t="inlineStr">
         <is>
           <t>Finale consumptie</t>
         </is>
       </c>
       <c r="B314" t="inlineStr">
         <is>
           <t>Andere sectoren</t>
         </is>
       </c>
       <c r="C314" t="inlineStr">
         <is>
-          <t>Huishoudens</t>
+          <t>Land- en bosbouw</t>
         </is>
       </c>
       <c r="D314" t="inlineStr">
         <is>
           <t>Waterkracht</t>
         </is>
       </c>
       <c r="E314"/>
     </row>
     <row r="315">
       <c r="A315" t="inlineStr">
         <is>
           <t>Finale consumptie</t>
         </is>
       </c>
       <c r="B315" t="inlineStr">
         <is>
           <t>Andere sectoren</t>
         </is>
       </c>
       <c r="C315" t="inlineStr">
         <is>
-          <t>Huishoudens</t>
+          <t>Land- en bosbouw</t>
         </is>
       </c>
       <c r="D315" t="inlineStr">
         <is>
           <t>Windenergie</t>
         </is>
       </c>
       <c r="E315"/>
     </row>
     <row r="316">
       <c r="A316" t="inlineStr">
         <is>
           <t>Finale consumptie</t>
         </is>
       </c>
       <c r="B316" t="inlineStr">
         <is>
           <t>Andere sectoren</t>
         </is>
       </c>
       <c r="C316" t="inlineStr">
         <is>
-          <t>Huishoudens</t>
+          <t>Land- en bosbouw</t>
         </is>
       </c>
       <c r="D316" t="inlineStr">
         <is>
           <t>Fotovoltaïsche zonne-energie</t>
         </is>
       </c>
       <c r="E316"/>
     </row>
     <row r="317">
       <c r="A317" t="inlineStr">
         <is>
           <t>Finale consumptie</t>
         </is>
       </c>
       <c r="B317" t="inlineStr">
         <is>
           <t>Andere sectoren</t>
         </is>
       </c>
       <c r="C317" t="inlineStr">
         <is>
-          <t>Huishoudens</t>
+          <t>Land- en bosbouw</t>
         </is>
       </c>
       <c r="D317" t="inlineStr">
         <is>
           <t>Thermische zonne-energie</t>
         </is>
       </c>
       <c r="E317" s="2" t="n">
-        <v>24.806534823731813</v>
+        <v>0.06926531002197407</v>
       </c>
     </row>
     <row r="318">
       <c r="A318" t="inlineStr">
         <is>
           <t>Finale consumptie</t>
         </is>
       </c>
       <c r="B318" t="inlineStr">
         <is>
           <t>Andere sectoren</t>
         </is>
       </c>
       <c r="C318" t="inlineStr">
         <is>
-          <t>Huishoudens</t>
+          <t>Land- en bosbouw</t>
         </is>
       </c>
       <c r="D318" t="inlineStr">
         <is>
           <t>Geothermische energie</t>
         </is>
       </c>
       <c r="E318"/>
     </row>
     <row r="319">
       <c r="A319" t="inlineStr">
         <is>
           <t>Finale consumptie</t>
         </is>
       </c>
       <c r="B319" t="inlineStr">
         <is>
           <t>Andere sectoren</t>
         </is>
       </c>
       <c r="C319" t="inlineStr">
         <is>
-          <t>Huishoudens</t>
+          <t>Land- en bosbouw</t>
         </is>
       </c>
       <c r="D319" t="inlineStr">
         <is>
           <t>Vaste biobrandstoffen</t>
         </is>
       </c>
       <c r="E319" s="2" t="n">
-        <v>605.2163943823466</v>
+        <v>2.746727811216213</v>
       </c>
     </row>
     <row r="320">
       <c r="A320" t="inlineStr">
         <is>
           <t>Finale consumptie</t>
         </is>
       </c>
       <c r="B320" t="inlineStr">
         <is>
           <t>Andere sectoren</t>
         </is>
       </c>
       <c r="C320" t="inlineStr">
         <is>
-          <t>Huishoudens</t>
+          <t>Land- en bosbouw</t>
         </is>
       </c>
       <c r="D320" t="inlineStr">
         <is>
           <t>Houtskool</t>
         </is>
       </c>
-      <c r="E320" s="2" t="n">
-[...1 lines deleted...]
-      </c>
+      <c r="E320"/>
     </row>
     <row r="321">
       <c r="A321" t="inlineStr">
         <is>
           <t>Finale consumptie</t>
         </is>
       </c>
       <c r="B321" t="inlineStr">
         <is>
           <t>Andere sectoren</t>
         </is>
       </c>
       <c r="C321" t="inlineStr">
         <is>
-          <t>Huishoudens</t>
+          <t>Land- en bosbouw</t>
         </is>
       </c>
       <c r="D321" t="inlineStr">
         <is>
           <t>Biogas</t>
         </is>
       </c>
-      <c r="E321"/>
+      <c r="E321" s="2" t="n">
+        <v>23.839208942390453</v>
+      </c>
     </row>
     <row r="322">
       <c r="A322" t="inlineStr">
         <is>
           <t>Finale consumptie</t>
         </is>
       </c>
       <c r="B322" t="inlineStr">
         <is>
           <t>Andere sectoren</t>
         </is>
       </c>
       <c r="C322" t="inlineStr">
         <is>
-          <t>Huishoudens</t>
+          <t>Land- en bosbouw</t>
         </is>
       </c>
       <c r="D322" t="inlineStr">
         <is>
           <t>Hernieuwbaar huishoudelijk afval</t>
         </is>
       </c>
       <c r="E322"/>
     </row>
     <row r="323">
       <c r="A323" t="inlineStr">
         <is>
           <t>Finale consumptie</t>
         </is>
       </c>
       <c r="B323" t="inlineStr">
         <is>
           <t>Andere sectoren</t>
         </is>
       </c>
       <c r="C323" t="inlineStr">
         <is>
-          <t>Huishoudens</t>
+          <t>Land- en bosbouw</t>
         </is>
       </c>
       <c r="D323" t="inlineStr">
         <is>
           <t>Biobenzine</t>
         </is>
       </c>
-      <c r="E323" s="2" t="n">
-[...1 lines deleted...]
-      </c>
+      <c r="E323"/>
     </row>
     <row r="324">
       <c r="A324" t="inlineStr">
         <is>
           <t>Finale consumptie</t>
         </is>
       </c>
       <c r="B324" t="inlineStr">
         <is>
           <t>Andere sectoren</t>
         </is>
       </c>
       <c r="C324" t="inlineStr">
         <is>
-          <t>Huishoudens</t>
+          <t>Land- en bosbouw</t>
         </is>
       </c>
       <c r="D324" t="inlineStr">
         <is>
           <t>Biodiesel</t>
         </is>
       </c>
       <c r="E324"/>
     </row>
     <row r="325">
       <c r="A325" t="inlineStr">
         <is>
           <t>Finale consumptie</t>
         </is>
       </c>
       <c r="B325" t="inlineStr">
         <is>
           <t>Andere sectoren</t>
         </is>
       </c>
       <c r="C325" t="inlineStr">
         <is>
-          <t>Huishoudens</t>
+          <t>Land- en bosbouw</t>
         </is>
       </c>
       <c r="D325" t="inlineStr">
         <is>
           <t>Andere vloeibare biobrandstoffen</t>
         </is>
       </c>
-      <c r="E325" s="2" t="n">
-[...1 lines deleted...]
-      </c>
+      <c r="E325"/>
     </row>
     <row r="326">
       <c r="A326" t="inlineStr">
         <is>
           <t>Finale consumptie</t>
         </is>
       </c>
       <c r="B326" t="inlineStr">
         <is>
           <t>Andere sectoren</t>
         </is>
       </c>
       <c r="C326" t="inlineStr">
         <is>
-          <t>Huishoudens</t>
+          <t>Land- en bosbouw</t>
         </is>
       </c>
       <c r="D326" t="inlineStr">
         <is>
           <t>Warmtepompen</t>
         </is>
       </c>
-      <c r="E326" s="2" t="n">
-[...1 lines deleted...]
-      </c>
+      <c r="E326"/>
     </row>
     <row r="327">
       <c r="A327" t="inlineStr">
         <is>
           <t>Finale consumptie</t>
         </is>
       </c>
       <c r="B327" t="inlineStr">
         <is>
           <t>Andere sectoren</t>
         </is>
       </c>
       <c r="C327" t="inlineStr">
         <is>
-          <t>Land- en bosbouw</t>
+          <t>Niet gespecifieerd Andere sectoren</t>
         </is>
       </c>
       <c r="D327" t="inlineStr">
         <is>
           <t>Waterkracht</t>
         </is>
       </c>
       <c r="E327"/>
     </row>
     <row r="328">
       <c r="A328" t="inlineStr">
         <is>
           <t>Finale consumptie</t>
         </is>
       </c>
       <c r="B328" t="inlineStr">
         <is>
           <t>Andere sectoren</t>
         </is>
       </c>
       <c r="C328" t="inlineStr">
         <is>
-          <t>Land- en bosbouw</t>
+          <t>Niet gespecifieerd Andere sectoren</t>
         </is>
       </c>
       <c r="D328" t="inlineStr">
         <is>
           <t>Windenergie</t>
         </is>
       </c>
       <c r="E328"/>
     </row>
     <row r="329">
       <c r="A329" t="inlineStr">
         <is>
           <t>Finale consumptie</t>
         </is>
       </c>
       <c r="B329" t="inlineStr">
         <is>
           <t>Andere sectoren</t>
         </is>
       </c>
       <c r="C329" t="inlineStr">
         <is>
-          <t>Land- en bosbouw</t>
+          <t>Niet gespecifieerd Andere sectoren</t>
         </is>
       </c>
       <c r="D329" t="inlineStr">
         <is>
           <t>Fotovoltaïsche zonne-energie</t>
         </is>
       </c>
       <c r="E329"/>
     </row>
     <row r="330">
       <c r="A330" t="inlineStr">
         <is>
           <t>Finale consumptie</t>
         </is>
       </c>
       <c r="B330" t="inlineStr">
         <is>
           <t>Andere sectoren</t>
         </is>
       </c>
       <c r="C330" t="inlineStr">
         <is>
-          <t>Land- en bosbouw</t>
+          <t>Niet gespecifieerd Andere sectoren</t>
         </is>
       </c>
       <c r="D330" t="inlineStr">
         <is>
           <t>Thermische zonne-energie</t>
         </is>
       </c>
-      <c r="E330" s="2" t="n">
-[...1 lines deleted...]
-      </c>
+      <c r="E330"/>
     </row>
     <row r="331">
       <c r="A331" t="inlineStr">
         <is>
           <t>Finale consumptie</t>
         </is>
       </c>
       <c r="B331" t="inlineStr">
         <is>
           <t>Andere sectoren</t>
         </is>
       </c>
       <c r="C331" t="inlineStr">
         <is>
-          <t>Land- en bosbouw</t>
+          <t>Niet gespecifieerd Andere sectoren</t>
         </is>
       </c>
       <c r="D331" t="inlineStr">
         <is>
           <t>Geothermische energie</t>
         </is>
       </c>
       <c r="E331"/>
     </row>
     <row r="332">
       <c r="A332" t="inlineStr">
         <is>
           <t>Finale consumptie</t>
         </is>
       </c>
       <c r="B332" t="inlineStr">
         <is>
           <t>Andere sectoren</t>
         </is>
       </c>
       <c r="C332" t="inlineStr">
         <is>
-          <t>Land- en bosbouw</t>
+          <t>Niet gespecifieerd Andere sectoren</t>
         </is>
       </c>
       <c r="D332" t="inlineStr">
         <is>
           <t>Vaste biobrandstoffen</t>
         </is>
       </c>
-      <c r="E332" s="2" t="n">
-[...1 lines deleted...]
-      </c>
+      <c r="E332"/>
     </row>
     <row r="333">
       <c r="A333" t="inlineStr">
         <is>
           <t>Finale consumptie</t>
         </is>
       </c>
       <c r="B333" t="inlineStr">
         <is>
           <t>Andere sectoren</t>
         </is>
       </c>
       <c r="C333" t="inlineStr">
         <is>
-          <t>Land- en bosbouw</t>
+          <t>Niet gespecifieerd Andere sectoren</t>
         </is>
       </c>
       <c r="D333" t="inlineStr">
         <is>
           <t>Houtskool</t>
         </is>
       </c>
       <c r="E333"/>
     </row>
     <row r="334">
       <c r="A334" t="inlineStr">
         <is>
           <t>Finale consumptie</t>
         </is>
       </c>
       <c r="B334" t="inlineStr">
         <is>
           <t>Andere sectoren</t>
         </is>
       </c>
       <c r="C334" t="inlineStr">
         <is>
-          <t>Land- en bosbouw</t>
+          <t>Niet gespecifieerd Andere sectoren</t>
         </is>
       </c>
       <c r="D334" t="inlineStr">
         <is>
           <t>Biogas</t>
         </is>
       </c>
-      <c r="E334" s="2" t="n">
-[...1 lines deleted...]
-      </c>
+      <c r="E334"/>
     </row>
     <row r="335">
       <c r="A335" t="inlineStr">
         <is>
           <t>Finale consumptie</t>
         </is>
       </c>
       <c r="B335" t="inlineStr">
         <is>
           <t>Andere sectoren</t>
         </is>
       </c>
       <c r="C335" t="inlineStr">
         <is>
-          <t>Land- en bosbouw</t>
+          <t>Niet gespecifieerd Andere sectoren</t>
         </is>
       </c>
       <c r="D335" t="inlineStr">
         <is>
           <t>Hernieuwbaar huishoudelijk afval</t>
         </is>
       </c>
       <c r="E335"/>
     </row>
     <row r="336">
       <c r="A336" t="inlineStr">
         <is>
           <t>Finale consumptie</t>
         </is>
       </c>
       <c r="B336" t="inlineStr">
         <is>
           <t>Andere sectoren</t>
         </is>
       </c>
       <c r="C336" t="inlineStr">
         <is>
-          <t>Land- en bosbouw</t>
+          <t>Niet gespecifieerd Andere sectoren</t>
         </is>
       </c>
       <c r="D336" t="inlineStr">
         <is>
           <t>Biobenzine</t>
         </is>
       </c>
       <c r="E336"/>
     </row>
     <row r="337">
       <c r="A337" t="inlineStr">
         <is>
           <t>Finale consumptie</t>
         </is>
       </c>
       <c r="B337" t="inlineStr">
         <is>
           <t>Andere sectoren</t>
         </is>
       </c>
       <c r="C337" t="inlineStr">
         <is>
-          <t>Land- en bosbouw</t>
+          <t>Niet gespecifieerd Andere sectoren</t>
         </is>
       </c>
       <c r="D337" t="inlineStr">
         <is>
           <t>Biodiesel</t>
         </is>
       </c>
-      <c r="E337"/>
+      <c r="E337" s="2" t="n">
+        <v>0.03381411006018928</v>
+      </c>
     </row>
     <row r="338">
       <c r="A338" t="inlineStr">
         <is>
           <t>Finale consumptie</t>
         </is>
       </c>
       <c r="B338" t="inlineStr">
         <is>
           <t>Andere sectoren</t>
         </is>
       </c>
       <c r="C338" t="inlineStr">
         <is>
-          <t>Land- en bosbouw</t>
+          <t>Niet gespecifieerd Andere sectoren</t>
         </is>
       </c>
       <c r="D338" t="inlineStr">
         <is>
           <t>Andere vloeibare biobrandstoffen</t>
         </is>
       </c>
       <c r="E338"/>
     </row>
     <row r="339">
       <c r="A339" t="inlineStr">
         <is>
           <t>Finale consumptie</t>
         </is>
       </c>
       <c r="B339" t="inlineStr">
         <is>
           <t>Andere sectoren</t>
         </is>
       </c>
       <c r="C339" t="inlineStr">
         <is>
-          <t>Land- en bosbouw</t>
+          <t>Niet gespecifieerd Andere sectoren</t>
         </is>
       </c>
       <c r="D339" t="inlineStr">
         <is>
           <t>Warmtepompen</t>
         </is>
       </c>
-      <c r="E339"/>
+      <c r="E339" s="2" t="n">
+        <v>0.02866150759529961</v>
+      </c>
     </row>
     <row r="340">
       <c r="A340" t="inlineStr">
         <is>
           <t>Finale consumptie</t>
         </is>
       </c>
       <c r="B340" t="inlineStr">
         <is>
           <t>Andere sectoren</t>
         </is>
       </c>
-      <c r="C340" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="C340"/>
       <c r="D340" t="inlineStr">
         <is>
           <t>Waterkracht</t>
         </is>
       </c>
       <c r="E340"/>
     </row>
     <row r="341">
       <c r="A341" t="inlineStr">
         <is>
           <t>Finale consumptie</t>
         </is>
       </c>
       <c r="B341" t="inlineStr">
         <is>
           <t>Andere sectoren</t>
         </is>
       </c>
-      <c r="C341" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="C341"/>
       <c r="D341" t="inlineStr">
         <is>
           <t>Windenergie</t>
         </is>
       </c>
       <c r="E341"/>
     </row>
     <row r="342">
       <c r="A342" t="inlineStr">
         <is>
           <t>Finale consumptie</t>
         </is>
       </c>
       <c r="B342" t="inlineStr">
         <is>
           <t>Andere sectoren</t>
         </is>
       </c>
-      <c r="C342" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="C342"/>
       <c r="D342" t="inlineStr">
         <is>
           <t>Fotovoltaïsche zonne-energie</t>
         </is>
       </c>
       <c r="E342"/>
     </row>
     <row r="343">
       <c r="A343" t="inlineStr">
         <is>
           <t>Finale consumptie</t>
         </is>
       </c>
       <c r="B343" t="inlineStr">
         <is>
           <t>Andere sectoren</t>
         </is>
       </c>
-      <c r="C343" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="C343"/>
       <c r="D343" t="inlineStr">
         <is>
           <t>Thermische zonne-energie</t>
         </is>
       </c>
-      <c r="E343"/>
+      <c r="E343" s="2" t="n">
+        <v>23.791439763064954</v>
+      </c>
     </row>
     <row r="344">
       <c r="A344" t="inlineStr">
         <is>
           <t>Finale consumptie</t>
         </is>
       </c>
       <c r="B344" t="inlineStr">
         <is>
           <t>Andere sectoren</t>
         </is>
       </c>
-      <c r="C344" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="C344"/>
       <c r="D344" t="inlineStr">
         <is>
           <t>Geothermische energie</t>
         </is>
       </c>
-      <c r="E344"/>
+      <c r="E344" s="2" t="n">
+        <v>0.11942294831374839</v>
+      </c>
     </row>
     <row r="345">
       <c r="A345" t="inlineStr">
         <is>
           <t>Finale consumptie</t>
         </is>
       </c>
       <c r="B345" t="inlineStr">
         <is>
           <t>Andere sectoren</t>
         </is>
       </c>
-      <c r="C345" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="C345"/>
       <c r="D345" t="inlineStr">
         <is>
           <t>Vaste biobrandstoffen</t>
         </is>
       </c>
-      <c r="E345"/>
+      <c r="E345" s="2" t="n">
+        <v>623.4928823922826</v>
+      </c>
     </row>
     <row r="346">
       <c r="A346" t="inlineStr">
         <is>
           <t>Finale consumptie</t>
         </is>
       </c>
       <c r="B346" t="inlineStr">
         <is>
           <t>Andere sectoren</t>
         </is>
       </c>
-      <c r="C346" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="C346"/>
       <c r="D346" t="inlineStr">
         <is>
           <t>Houtskool</t>
         </is>
       </c>
-      <c r="E346"/>
+      <c r="E346" s="2" t="n">
+        <v>12.33041941339452</v>
+      </c>
     </row>
     <row r="347">
       <c r="A347" t="inlineStr">
         <is>
           <t>Finale consumptie</t>
         </is>
       </c>
       <c r="B347" t="inlineStr">
         <is>
           <t>Andere sectoren</t>
         </is>
       </c>
-      <c r="C347" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="C347"/>
       <c r="D347" t="inlineStr">
         <is>
           <t>Biogas</t>
         </is>
       </c>
-      <c r="E347"/>
+      <c r="E347" s="2" t="n">
+        <v>50.74997611541051</v>
+      </c>
     </row>
     <row r="348">
       <c r="A348" t="inlineStr">
         <is>
           <t>Finale consumptie</t>
         </is>
       </c>
       <c r="B348" t="inlineStr">
         <is>
           <t>Andere sectoren</t>
         </is>
       </c>
-      <c r="C348" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="C348"/>
       <c r="D348" t="inlineStr">
         <is>
           <t>Hernieuwbaar huishoudelijk afval</t>
         </is>
       </c>
-      <c r="E348"/>
+      <c r="E348" s="2" t="n">
+        <v>6.152670297124318</v>
+      </c>
     </row>
     <row r="349">
       <c r="A349" t="inlineStr">
         <is>
           <t>Finale consumptie</t>
         </is>
       </c>
       <c r="B349" t="inlineStr">
         <is>
           <t>Andere sectoren</t>
         </is>
       </c>
-      <c r="C349" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="C349"/>
       <c r="D349" t="inlineStr">
         <is>
           <t>Biobenzine</t>
         </is>
       </c>
-      <c r="E349"/>
+      <c r="E349" s="2" t="n">
+        <v>1.0532506090570402</v>
+      </c>
     </row>
     <row r="350">
       <c r="A350" t="inlineStr">
         <is>
           <t>Finale consumptie</t>
         </is>
       </c>
       <c r="B350" t="inlineStr">
         <is>
           <t>Andere sectoren</t>
         </is>
       </c>
-      <c r="C350" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="C350"/>
       <c r="D350" t="inlineStr">
         <is>
           <t>Biodiesel</t>
         </is>
       </c>
       <c r="E350" s="2" t="n">
-        <v>0.04007728417884795</v>
+        <v>0.03381411006018928</v>
       </c>
     </row>
     <row r="351">
       <c r="A351" t="inlineStr">
         <is>
           <t>Finale consumptie</t>
         </is>
       </c>
       <c r="B351" t="inlineStr">
         <is>
           <t>Andere sectoren</t>
         </is>
       </c>
-      <c r="C351" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="C351"/>
       <c r="D351" t="inlineStr">
         <is>
           <t>Andere vloeibare biobrandstoffen</t>
         </is>
       </c>
       <c r="E351"/>
     </row>
     <row r="352">
       <c r="A352" t="inlineStr">
         <is>
           <t>Finale consumptie</t>
         </is>
       </c>
       <c r="B352" t="inlineStr">
         <is>
           <t>Andere sectoren</t>
         </is>
       </c>
-      <c r="C352" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="C352"/>
       <c r="D352" t="inlineStr">
         <is>
           <t>Warmtepompen</t>
         </is>
       </c>
       <c r="E352" s="2" t="n">
-        <v>0.02866150759529961</v>
+        <v>361.11349957007866</v>
       </c>
     </row>
     <row r="353">
       <c r="A353" t="inlineStr">
         <is>
           <t>Finale consumptie</t>
         </is>
       </c>
-      <c r="B353" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="B353"/>
       <c r="C353"/>
       <c r="D353" t="inlineStr">
         <is>
           <t>Waterkracht</t>
         </is>
       </c>
       <c r="E353"/>
     </row>
     <row r="354">
       <c r="A354" t="inlineStr">
         <is>
           <t>Finale consumptie</t>
         </is>
       </c>
-      <c r="B354" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="B354"/>
       <c r="C354"/>
       <c r="D354" t="inlineStr">
         <is>
           <t>Windenergie</t>
         </is>
       </c>
       <c r="E354"/>
     </row>
     <row r="355">
       <c r="A355" t="inlineStr">
         <is>
           <t>Finale consumptie</t>
         </is>
       </c>
-      <c r="B355" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="B355"/>
       <c r="C355"/>
       <c r="D355" t="inlineStr">
         <is>
           <t>Fotovoltaïsche zonne-energie</t>
         </is>
       </c>
       <c r="E355"/>
     </row>
     <row r="356">
       <c r="A356" t="inlineStr">
         <is>
           <t>Finale consumptie</t>
         </is>
       </c>
-      <c r="B356" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="B356"/>
       <c r="C356"/>
       <c r="D356" t="inlineStr">
         <is>
           <t>Thermische zonne-energie</t>
         </is>
       </c>
       <c r="E356" s="2" t="n">
-        <v>26.337537021114066</v>
+        <v>23.853539696188104</v>
       </c>
     </row>
     <row r="357">
       <c r="A357" t="inlineStr">
         <is>
           <t>Finale consumptie</t>
         </is>
       </c>
-      <c r="B357" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="B357"/>
       <c r="C357"/>
       <c r="D357" t="inlineStr">
         <is>
           <t>Geothermische energie</t>
         </is>
       </c>
-      <c r="E357"/>
+      <c r="E357" s="2" t="n">
+        <v>1.5333906563485293</v>
+      </c>
     </row>
     <row r="358">
       <c r="A358" t="inlineStr">
         <is>
           <t>Finale consumptie</t>
         </is>
       </c>
-      <c r="B358" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="B358"/>
       <c r="C358"/>
       <c r="D358" t="inlineStr">
         <is>
           <t>Vaste biobrandstoffen</t>
         </is>
       </c>
       <c r="E358" s="2" t="n">
-        <v>624.8925193465197</v>
+        <v>1275.7141492309206</v>
       </c>
     </row>
     <row r="359">
       <c r="A359" t="inlineStr">
         <is>
           <t>Finale consumptie</t>
         </is>
       </c>
-      <c r="B359" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="B359"/>
       <c r="C359"/>
       <c r="D359" t="inlineStr">
         <is>
           <t>Houtskool</t>
         </is>
       </c>
       <c r="E359" s="2" t="n">
-        <v>17.40350625776255</v>
+        <v>12.33041941339452</v>
       </c>
     </row>
     <row r="360">
       <c r="A360" t="inlineStr">
         <is>
           <t>Finale consumptie</t>
         </is>
       </c>
-      <c r="B360" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="B360"/>
       <c r="C360"/>
       <c r="D360" t="inlineStr">
         <is>
           <t>Biogas</t>
         </is>
       </c>
       <c r="E360" s="2" t="n">
-        <v>56.608865959683</v>
+        <v>95.00573230151939</v>
       </c>
     </row>
     <row r="361">
       <c r="A361" t="inlineStr">
         <is>
           <t>Finale consumptie</t>
         </is>
       </c>
-      <c r="B361" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="B361"/>
       <c r="C361"/>
       <c r="D361" t="inlineStr">
         <is>
           <t>Hernieuwbaar huishoudelijk afval</t>
         </is>
       </c>
       <c r="E361" s="2" t="n">
-        <v>4.979936944683308</v>
+        <v>6.152670297124318</v>
       </c>
     </row>
     <row r="362">
       <c r="A362" t="inlineStr">
         <is>
           <t>Finale consumptie</t>
         </is>
       </c>
-      <c r="B362" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="B362"/>
       <c r="C362"/>
       <c r="D362" t="inlineStr">
         <is>
           <t>Biobenzine</t>
         </is>
       </c>
       <c r="E362" s="2" t="n">
-        <v>1.1461111302187867</v>
+        <v>192.6198757184969</v>
       </c>
     </row>
     <row r="363">
       <c r="A363" t="inlineStr">
         <is>
           <t>Finale consumptie</t>
         </is>
       </c>
-      <c r="B363" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="B363"/>
       <c r="C363"/>
       <c r="D363" t="inlineStr">
         <is>
           <t>Biodiesel</t>
         </is>
       </c>
       <c r="E363" s="2" t="n">
-        <v>0.04007728417884795</v>
+        <v>510.4690768386375</v>
       </c>
     </row>
     <row r="364">
       <c r="A364" t="inlineStr">
         <is>
           <t>Finale consumptie</t>
         </is>
       </c>
-      <c r="B364" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="B364"/>
       <c r="C364"/>
       <c r="D364" t="inlineStr">
         <is>
           <t>Andere vloeibare biobrandstoffen</t>
         </is>
       </c>
       <c r="E364" s="2" t="n">
-        <v>0.1800898060571326</v>
+        <v>0.27013470908569887</v>
       </c>
     </row>
     <row r="365">
       <c r="A365" t="inlineStr">
         <is>
           <t>Finale consumptie</t>
         </is>
       </c>
-      <c r="B365" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="B365"/>
       <c r="C365"/>
       <c r="D365" t="inlineStr">
         <is>
           <t>Warmtepompen</t>
         </is>
       </c>
       <c r="E365" s="2" t="n">
-        <v>285.3897965032971</v>
+        <v>363.1484666093449</v>
       </c>
     </row>
     <row r="366">
       <c r="A366" t="inlineStr">
         <is>
-          <t>Finale consumptie</t>
+          <t>Statistisch verschil</t>
         </is>
       </c>
       <c r="B366"/>
       <c r="C366"/>
       <c r="D366" t="inlineStr">
         <is>
           <t>Waterkracht</t>
         </is>
       </c>
       <c r="E366"/>
     </row>
     <row r="367">
       <c r="A367" t="inlineStr">
         <is>
-          <t>Finale consumptie</t>
+          <t>Statistisch verschil</t>
         </is>
       </c>
       <c r="B367"/>
       <c r="C367"/>
       <c r="D367" t="inlineStr">
         <is>
           <t>Windenergie</t>
         </is>
       </c>
       <c r="E367"/>
     </row>
     <row r="368">
       <c r="A368" t="inlineStr">
         <is>
-          <t>Finale consumptie</t>
+          <t>Statistisch verschil</t>
         </is>
       </c>
       <c r="B368"/>
       <c r="C368"/>
       <c r="D368" t="inlineStr">
         <is>
           <t>Fotovoltaïsche zonne-energie</t>
         </is>
       </c>
       <c r="E368"/>
     </row>
     <row r="369">
       <c r="A369" t="inlineStr">
         <is>
-          <t>Finale consumptie</t>
+          <t>Statistisch verschil</t>
         </is>
       </c>
       <c r="B369"/>
       <c r="C369"/>
       <c r="D369" t="inlineStr">
         <is>
           <t>Thermische zonne-energie</t>
         </is>
       </c>
       <c r="E369" s="2" t="n">
-        <v>26.40202541320349</v>
+        <v>0.0023884589662728304</v>
       </c>
     </row>
     <row r="370">
       <c r="A370" t="inlineStr">
         <is>
-          <t>Finale consumptie</t>
+          <t>Statistisch verschil</t>
         </is>
       </c>
       <c r="B370"/>
       <c r="C370"/>
       <c r="D370" t="inlineStr">
         <is>
           <t>Geothermische energie</t>
         </is>
       </c>
       <c r="E370"/>
     </row>
     <row r="371">
       <c r="A371" t="inlineStr">
         <is>
-          <t>Finale consumptie</t>
+          <t>Statistisch verschil</t>
         </is>
       </c>
       <c r="B371"/>
       <c r="C371"/>
       <c r="D371" t="inlineStr">
         <is>
           <t>Vaste biobrandstoffen</t>
         </is>
       </c>
-      <c r="E371" s="2" t="n">
-[...1 lines deleted...]
-      </c>
+      <c r="E371"/>
     </row>
     <row r="372">
       <c r="A372" t="inlineStr">
         <is>
-          <t>Finale consumptie</t>
+          <t>Statistisch verschil</t>
         </is>
       </c>
       <c r="B372"/>
       <c r="C372"/>
       <c r="D372" t="inlineStr">
         <is>
           <t>Houtskool</t>
         </is>
       </c>
-      <c r="E372" s="2" t="n">
-[...1 lines deleted...]
-      </c>
+      <c r="E372"/>
     </row>
     <row r="373">
       <c r="A373" t="inlineStr">
         <is>
-          <t>Finale consumptie</t>
+          <t>Statistisch verschil</t>
         </is>
       </c>
       <c r="B373"/>
       <c r="C373"/>
       <c r="D373" t="inlineStr">
         <is>
           <t>Biogas</t>
         </is>
       </c>
       <c r="E373" s="2" t="n">
-        <v>93.14751122575744</v>
+        <v>0.3367727142447746</v>
       </c>
     </row>
     <row r="374">
       <c r="A374" t="inlineStr">
         <is>
-          <t>Finale consumptie</t>
+          <t>Statistisch verschil</t>
         </is>
       </c>
       <c r="B374"/>
       <c r="C374"/>
       <c r="D374" t="inlineStr">
         <is>
           <t>Hernieuwbaar huishoudelijk afval</t>
         </is>
       </c>
       <c r="E374" s="2" t="n">
-        <v>4.979936944683308</v>
+        <v>15.37451036591188</v>
       </c>
     </row>
     <row r="375">
       <c r="A375" t="inlineStr">
         <is>
-          <t>Finale consumptie</t>
+          <t>Statistisch verschil</t>
         </is>
       </c>
       <c r="B375"/>
       <c r="C375"/>
       <c r="D375" t="inlineStr">
         <is>
           <t>Biobenzine</t>
         </is>
       </c>
       <c r="E375" s="2" t="n">
-        <v>184.81686662288683</v>
+        <v>-0.015447675599517707</v>
       </c>
     </row>
     <row r="376">
       <c r="A376" t="inlineStr">
         <is>
-          <t>Finale consumptie</t>
+          <t>Statistisch verschil</t>
         </is>
       </c>
       <c r="B376"/>
       <c r="C376"/>
       <c r="D376" t="inlineStr">
         <is>
           <t>Biodiesel</t>
         </is>
       </c>
       <c r="E376" s="2" t="n">
-        <v>633.5722433728885</v>
+        <v>-0.9092238482850282</v>
       </c>
     </row>
     <row r="377">
       <c r="A377" t="inlineStr">
         <is>
-          <t>Finale consumptie</t>
+          <t>Statistisch verschil</t>
         </is>
       </c>
       <c r="B377"/>
       <c r="C377"/>
       <c r="D377" t="inlineStr">
         <is>
           <t>Andere vloeibare biobrandstoffen</t>
         </is>
       </c>
-      <c r="E377" s="2" t="n">
-[...1 lines deleted...]
-      </c>
+      <c r="E377"/>
     </row>
     <row r="378">
       <c r="A378" t="inlineStr">
         <is>
-          <t>Finale consumptie</t>
+          <t>Statistisch verschil</t>
         </is>
       </c>
       <c r="B378"/>
       <c r="C378"/>
       <c r="D378" t="inlineStr">
         <is>
           <t>Warmtepompen</t>
         </is>
       </c>
       <c r="E378" s="2" t="n">
-        <v>287.2098022355986</v>
-[...205 lines deleted...]
-      <c r="E391"/>
+        <v>-0.002388458966265725</v>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <coreProperties xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </coreProperties>
 </file>