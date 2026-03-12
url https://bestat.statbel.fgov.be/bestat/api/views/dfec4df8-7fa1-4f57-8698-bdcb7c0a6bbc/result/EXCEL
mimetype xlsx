--- v0 (2025-11-05)
+++ v1 (2026-03-12)
@@ -107,121 +107,121 @@
   <cols>
     <col min="1" max="1" width="11.02734375" customWidth="true"/>
     <col min="2" max="2" width="163.9609375" customWidth="true"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" t="inlineStr">
         <is>
           <t>Data source:</t>
         </is>
       </c>
       <c r="B1" t="inlineStr">
         <is>
           <t>Konkurse und Arbeitsplatzverluste in Belgien pro Monat, Gemeinde, wirtschaftliche Tätigkeit (NACE 2008), Art des Unternehmens, Rechtsform, Größenklasse der Beschäftigtenzahl (LSS), bestandsdauer</t>
         </is>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="inlineStr">
         <is>
           <t>Filter:</t>
         </is>
       </c>
       <c r="B2" t="inlineStr">
         <is>
-          <t xml:space="preserve">Datum : 2013, 2014, 2015, 2016, 2017, 2018, 2019, 2020, 2021, 2022, 2023, 2024
+          <t xml:space="preserve">Datum : 2015, 2016, 2017, 2018, 2019, 2020, 2021, 2022, 2023, 2024, 2025, 2026
 </t>
         </is>
       </c>
     </row>
     <row r="3">
 </row>
     <row r="4">
       <c r="A4" t="inlineStr">
         <is>
           <t xml:space="preserve">Quelle: </t>
         </is>
       </c>
       <c r="B4" t="inlineStr">
         <is>
           <t>Statbel (Generaldirektion Statistik - Statistics Belgium)</t>
         </is>
       </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <cols>
     <col min="1" max="1" width="6.79296875" customWidth="true"/>
     <col min="2" max="2" width="22.578125" customWidth="true"/>
     <col min="3" max="3" width="4.51953125" customWidth="true"/>
     <col min="4" max="4" width="28.12890625" customWidth="true"/>
     <col min="5" max="5" width="6.28515625" customWidth="true"/>
-    <col min="6" max="6" width="6.28515625" customWidth="true"/>
-    <col min="7" max="7" width="6.28515625" customWidth="true"/>
+    <col min="6" max="6" width="5.359375" customWidth="true"/>
+    <col min="7" max="7" width="5.359375" customWidth="true"/>
     <col min="8" max="8" width="5.359375" customWidth="true"/>
-    <col min="9" max="9" width="5.359375" customWidth="true"/>
-[...3 lines deleted...]
-    <col min="13" max="13" width="5.359375" customWidth="true"/>
+    <col min="9" max="9" width="5.32421875" customWidth="true"/>
+    <col min="10" max="10" width="5.3359375" customWidth="true"/>
+    <col min="11" max="11" width="5.359375" customWidth="true"/>
+    <col min="12" max="12" width="6.28515625" customWidth="true"/>
+    <col min="13" max="13" width="6.28515625" customWidth="true"/>
     <col min="14" max="14" width="6.28515625" customWidth="true"/>
-    <col min="15" max="15" width="6.28515625" customWidth="true"/>
+    <col min="15" max="15" width="4.96484375" customWidth="true"/>
     <col min="16" max="16" width="27.98046875" customWidth="true"/>
-    <col min="17" max="17" width="5.3359375" customWidth="true"/>
-[...4 lines deleted...]
-    <col min="22" max="22" width="5.3203125" customWidth="true"/>
+    <col min="17" max="17" width="5.3203125" customWidth="true"/>
+    <col min="18" max="18" width="5.359375" customWidth="true"/>
+    <col min="19" max="19" width="5.359375" customWidth="true"/>
+    <col min="20" max="20" width="5.3203125" customWidth="true"/>
+    <col min="21" max="21" width="5.3203125" customWidth="true"/>
+    <col min="22" max="22" width="5.32421875" customWidth="true"/>
     <col min="23" max="23" width="5.3203125" customWidth="true"/>
-    <col min="24" max="24" width="5.32421875" customWidth="true"/>
+    <col min="24" max="24" width="5.3203125" customWidth="true"/>
     <col min="25" max="25" width="5.3203125" customWidth="true"/>
     <col min="26" max="26" width="5.3203125" customWidth="true"/>
-    <col min="27" max="27" width="5.3203125" customWidth="true"/>
+    <col min="27" max="27" width="4.96484375" customWidth="true"/>
     <col min="28" max="28" width="28.3046875" customWidth="true"/>
     <col min="29" max="29" width="6.35546875" customWidth="true"/>
     <col min="30" max="30" width="6.35546875" customWidth="true"/>
     <col min="31" max="31" width="6.35546875" customWidth="true"/>
     <col min="32" max="32" width="6.35546875" customWidth="true"/>
     <col min="33" max="33" width="6.35546875" customWidth="true"/>
-    <col min="34" max="34" width="6.35546875" customWidth="true"/>
-[...2 lines deleted...]
-    <col min="37" max="37" width="6.28515625" customWidth="true"/>
+    <col min="34" max="34" width="6.28515625" customWidth="true"/>
+    <col min="35" max="35" width="6.28515625" customWidth="true"/>
+    <col min="36" max="36" width="6.35546875" customWidth="true"/>
+    <col min="37" max="37" width="6.35546875" customWidth="true"/>
     <col min="38" max="38" width="6.35546875" customWidth="true"/>
-    <col min="39" max="39" width="6.35546875" customWidth="true"/>
+    <col min="39" max="39" width="5.32421875" customWidth="true"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1"/>
       <c r="B1"/>
       <c r="C1"/>
       <c r="D1" t="inlineStr">
         <is>
           <t>Verlust von Vollzeitarbeitsplätzen</t>
         </is>
       </c>
       <c r="E1"/>
       <c r="F1"/>
       <c r="G1"/>
       <c r="H1"/>
       <c r="I1"/>
       <c r="J1"/>
       <c r="K1"/>
       <c r="L1"/>
       <c r="M1"/>
       <c r="N1"/>
       <c r="O1"/>
       <c r="P1" t="inlineStr">
         <is>
           <t>Verlust von Teilzeitarbeitsplätzen</t>
@@ -243,711 +243,711 @@
           <t>Gesamtverlust von Arbeitsplätzen</t>
         </is>
       </c>
       <c r="AC1"/>
       <c r="AD1"/>
       <c r="AE1"/>
       <c r="AF1"/>
       <c r="AG1"/>
       <c r="AH1"/>
       <c r="AI1"/>
       <c r="AJ1"/>
       <c r="AK1"/>
       <c r="AL1"/>
       <c r="AM1"/>
     </row>
     <row r="2">
       <c r="A2"/>
       <c r="B2"/>
       <c r="C2" t="inlineStr">
         <is>
           <t>Jahr</t>
         </is>
       </c>
       <c r="D2" t="inlineStr">
         <is>
-          <t>2013</t>
+          <t>2015</t>
         </is>
       </c>
       <c r="E2" t="inlineStr">
         <is>
-          <t>2014</t>
+          <t>2016</t>
         </is>
       </c>
       <c r="F2" t="inlineStr">
         <is>
+          <t>2017</t>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2018</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>2019</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t>2020</t>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t>2021</t>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>2022</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>2023</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t>2024</t>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>2025</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>2026</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
           <t>2015</t>
         </is>
       </c>
-      <c r="G2" t="inlineStr">
+      <c r="Q2" t="inlineStr">
         <is>
           <t>2016</t>
         </is>
       </c>
-      <c r="H2" t="inlineStr">
+      <c r="R2" t="inlineStr">
         <is>
           <t>2017</t>
         </is>
       </c>
-      <c r="I2" t="inlineStr">
+      <c r="S2" t="inlineStr">
         <is>
           <t>2018</t>
         </is>
       </c>
-      <c r="J2" t="inlineStr">
+      <c r="T2" t="inlineStr">
         <is>
           <t>2019</t>
         </is>
       </c>
-      <c r="K2" t="inlineStr">
+      <c r="U2" t="inlineStr">
         <is>
           <t>2020</t>
         </is>
       </c>
-      <c r="L2" t="inlineStr">
+      <c r="V2" t="inlineStr">
         <is>
           <t>2021</t>
         </is>
       </c>
-      <c r="M2" t="inlineStr">
+      <c r="W2" t="inlineStr">
         <is>
           <t>2022</t>
         </is>
       </c>
-      <c r="N2" t="inlineStr">
+      <c r="X2" t="inlineStr">
         <is>
           <t>2023</t>
         </is>
       </c>
-      <c r="O2" t="inlineStr">
+      <c r="Y2" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
-      <c r="P2" t="inlineStr">
-[...9 lines deleted...]
-      <c r="R2" t="inlineStr">
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t>2025</t>
+        </is>
+      </c>
+      <c r="AA2" t="inlineStr">
+        <is>
+          <t>2026</t>
+        </is>
+      </c>
+      <c r="AB2" t="inlineStr">
         <is>
           <t>2015</t>
         </is>
       </c>
-      <c r="S2" t="inlineStr">
+      <c r="AC2" t="inlineStr">
         <is>
           <t>2016</t>
         </is>
       </c>
-      <c r="T2" t="inlineStr">
+      <c r="AD2" t="inlineStr">
         <is>
           <t>2017</t>
         </is>
       </c>
-      <c r="U2" t="inlineStr">
+      <c r="AE2" t="inlineStr">
         <is>
           <t>2018</t>
         </is>
       </c>
-      <c r="V2" t="inlineStr">
+      <c r="AF2" t="inlineStr">
         <is>
           <t>2019</t>
         </is>
       </c>
-      <c r="W2" t="inlineStr">
+      <c r="AG2" t="inlineStr">
         <is>
           <t>2020</t>
         </is>
       </c>
-      <c r="X2" t="inlineStr">
+      <c r="AH2" t="inlineStr">
         <is>
           <t>2021</t>
         </is>
       </c>
-      <c r="Y2" t="inlineStr">
+      <c r="AI2" t="inlineStr">
         <is>
           <t>2022</t>
         </is>
       </c>
-      <c r="Z2" t="inlineStr">
+      <c r="AJ2" t="inlineStr">
         <is>
           <t>2023</t>
         </is>
       </c>
-      <c r="AA2" t="inlineStr">
+      <c r="AK2" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
-      <c r="AB2" t="inlineStr">
-[...48 lines deleted...]
-      </c>
       <c r="AL2" t="inlineStr">
         <is>
-          <t>2023</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="AM2" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2026</t>
         </is>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="inlineStr">
         <is>
           <t>Belgien</t>
         </is>
       </c>
       <c r="B3" t="inlineStr">
         <is>
           <t>Region</t>
         </is>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="inlineStr">
         <is>
           <t>Belgien</t>
         </is>
       </c>
       <c r="B4" t="inlineStr">
         <is>
           <t>Flämische Region</t>
         </is>
       </c>
       <c r="C4"/>
       <c r="D4" s="1" t="n">
-        <v>7749.0</v>
+        <v>5414.0</v>
       </c>
       <c r="E4" s="1" t="n">
-        <v>6554.0</v>
+        <v>6034.0</v>
       </c>
       <c r="F4" s="1" t="n">
-        <v>5414.0</v>
+        <v>4496.0</v>
       </c>
       <c r="G4" s="1" t="n">
-        <v>6034.0</v>
+        <v>4334.0</v>
       </c>
       <c r="H4" s="1" t="n">
-        <v>4496.0</v>
+        <v>4607.0</v>
       </c>
       <c r="I4" s="1" t="n">
-        <v>4334.0</v>
+        <v>5867.0</v>
       </c>
       <c r="J4" s="1" t="n">
-        <v>4607.0</v>
+        <v>3327.0</v>
       </c>
       <c r="K4" s="1" t="n">
-        <v>5867.0</v>
+        <v>4123.0</v>
       </c>
       <c r="L4" s="1" t="n">
-        <v>3327.0</v>
+        <v>6156.0</v>
       </c>
       <c r="M4" s="1" t="n">
-        <v>4123.0</v>
+        <v>8347.0</v>
       </c>
       <c r="N4" s="1" t="n">
-        <v>6156.0</v>
+        <v>6790.0</v>
       </c>
       <c r="O4" s="1" t="n">
-        <v>8347.0</v>
+        <v>483.0</v>
       </c>
       <c r="P4" s="1" t="n">
-        <v>3870.0</v>
+        <v>2628.0</v>
       </c>
       <c r="Q4" s="1" t="n">
-        <v>3096.0</v>
+        <v>3375.0</v>
       </c>
       <c r="R4" s="1" t="n">
-        <v>2628.0</v>
+        <v>2167.0</v>
       </c>
       <c r="S4" s="1" t="n">
-        <v>3375.0</v>
+        <v>2260.0</v>
       </c>
       <c r="T4" s="1" t="n">
-        <v>2167.0</v>
+        <v>3507.0</v>
       </c>
       <c r="U4" s="1" t="n">
-        <v>2260.0</v>
+        <v>3738.0</v>
       </c>
       <c r="V4" s="1" t="n">
-        <v>3507.0</v>
+        <v>1327.0</v>
       </c>
       <c r="W4" s="1" t="n">
-        <v>3738.0</v>
+        <v>1960.0</v>
       </c>
       <c r="X4" s="1" t="n">
-        <v>1327.0</v>
+        <v>3655.0</v>
       </c>
       <c r="Y4" s="1" t="n">
-        <v>1960.0</v>
+        <v>3815.0</v>
       </c>
       <c r="Z4" s="1" t="n">
-        <v>3655.0</v>
+        <v>3295.0</v>
       </c>
       <c r="AA4" s="1" t="n">
-        <v>3815.0</v>
+        <v>294.0</v>
       </c>
       <c r="AB4" s="1" t="n">
-        <v>16306.0</v>
+        <v>12047.0</v>
       </c>
       <c r="AC4" s="1" t="n">
-        <v>14006.0</v>
+        <v>13514.0</v>
       </c>
       <c r="AD4" s="1" t="n">
-        <v>12047.0</v>
+        <v>10845.0</v>
       </c>
       <c r="AE4" s="1" t="n">
-        <v>13514.0</v>
+        <v>10376.0</v>
       </c>
       <c r="AF4" s="1" t="n">
-        <v>10845.0</v>
+        <v>12463.0</v>
       </c>
       <c r="AG4" s="1" t="n">
-        <v>10376.0</v>
+        <v>12758.0</v>
       </c>
       <c r="AH4" s="1" t="n">
-        <v>12463.0</v>
+        <v>7549.0</v>
       </c>
       <c r="AI4" s="1" t="n">
-        <v>12758.0</v>
+        <v>10710.0</v>
       </c>
       <c r="AJ4" s="1" t="n">
-        <v>7549.0</v>
+        <v>14935.0</v>
       </c>
       <c r="AK4" s="1" t="n">
-        <v>10710.0</v>
+        <v>17535.0</v>
       </c>
       <c r="AL4" s="1" t="n">
-        <v>14935.0</v>
+        <v>15774.0</v>
       </c>
       <c r="AM4" s="1" t="n">
-        <v>17535.0</v>
+        <v>1279.0</v>
       </c>
     </row>
     <row r="5">
       <c r="A5"/>
       <c r="B5" t="inlineStr">
         <is>
           <t>Region Brüssel-Hauptstadt</t>
         </is>
       </c>
       <c r="C5"/>
       <c r="D5" s="1" t="n">
-        <v>2448.0</v>
+        <v>2145.0</v>
       </c>
       <c r="E5" s="1" t="n">
-        <v>2879.0</v>
+        <v>2348.0</v>
       </c>
       <c r="F5" s="1" t="n">
-        <v>2145.0</v>
+        <v>1933.0</v>
       </c>
       <c r="G5" s="1" t="n">
-        <v>2348.0</v>
+        <v>2018.0</v>
       </c>
       <c r="H5" s="1" t="n">
-        <v>1933.0</v>
+        <v>1649.0</v>
       </c>
       <c r="I5" s="1" t="n">
-        <v>2018.0</v>
+        <v>1506.0</v>
       </c>
       <c r="J5" s="1" t="n">
-        <v>1649.0</v>
+        <v>1970.0</v>
       </c>
       <c r="K5" s="1" t="n">
-        <v>1506.0</v>
+        <v>1617.0</v>
       </c>
       <c r="L5" s="1" t="n">
-        <v>1970.0</v>
+        <v>1413.0</v>
       </c>
       <c r="M5" s="1" t="n">
-        <v>1617.0</v>
+        <v>1777.0</v>
       </c>
       <c r="N5" s="1" t="n">
-        <v>1413.0</v>
+        <v>2712.0</v>
       </c>
       <c r="O5" s="1" t="n">
-        <v>1777.0</v>
+        <v>176.0</v>
       </c>
       <c r="P5" s="1" t="n">
-        <v>1451.0</v>
+        <v>1061.0</v>
       </c>
       <c r="Q5" s="1" t="n">
-        <v>1663.0</v>
+        <v>1160.0</v>
       </c>
       <c r="R5" s="1" t="n">
-        <v>1061.0</v>
+        <v>1174.0</v>
       </c>
       <c r="S5" s="1" t="n">
-        <v>1160.0</v>
+        <v>960.0</v>
       </c>
       <c r="T5" s="1" t="n">
-        <v>1174.0</v>
+        <v>1136.0</v>
       </c>
       <c r="U5" s="1" t="n">
-        <v>960.0</v>
+        <v>879.0</v>
       </c>
       <c r="V5" s="1" t="n">
-        <v>1136.0</v>
+        <v>657.0</v>
       </c>
       <c r="W5" s="1" t="n">
-        <v>879.0</v>
+        <v>668.0</v>
       </c>
       <c r="X5" s="1" t="n">
-        <v>657.0</v>
+        <v>759.0</v>
       </c>
       <c r="Y5" s="1" t="n">
-        <v>668.0</v>
+        <v>917.0</v>
       </c>
       <c r="Z5" s="1" t="n">
-        <v>759.0</v>
+        <v>1632.0</v>
       </c>
       <c r="AA5" s="1" t="n">
-        <v>917.0</v>
+        <v>88.0</v>
       </c>
       <c r="AB5" s="1" t="n">
-        <v>5891.0</v>
+        <v>4827.0</v>
       </c>
       <c r="AC5" s="1" t="n">
-        <v>6222.0</v>
+        <v>4936.0</v>
       </c>
       <c r="AD5" s="1" t="n">
-        <v>4827.0</v>
+        <v>5218.0</v>
       </c>
       <c r="AE5" s="1" t="n">
-        <v>4936.0</v>
+        <v>5498.0</v>
       </c>
       <c r="AF5" s="1" t="n">
-        <v>5218.0</v>
+        <v>5384.0</v>
       </c>
       <c r="AG5" s="1" t="n">
-        <v>5498.0</v>
+        <v>3542.0</v>
       </c>
       <c r="AH5" s="1" t="n">
-        <v>5384.0</v>
+        <v>3520.0</v>
       </c>
       <c r="AI5" s="1" t="n">
-        <v>3542.0</v>
+        <v>3669.0</v>
       </c>
       <c r="AJ5" s="1" t="n">
-        <v>3520.0</v>
+        <v>3441.0</v>
       </c>
       <c r="AK5" s="1" t="n">
-        <v>3669.0</v>
+        <v>4123.0</v>
       </c>
       <c r="AL5" s="1" t="n">
-        <v>3441.0</v>
+        <v>5997.0</v>
       </c>
       <c r="AM5" s="1" t="n">
-        <v>4123.0</v>
+        <v>370.0</v>
       </c>
     </row>
     <row r="6">
       <c r="A6"/>
       <c r="B6" t="inlineStr">
         <is>
           <t>Wallonische Region</t>
         </is>
       </c>
       <c r="C6"/>
       <c r="D6" s="1" t="n">
-        <v>4831.0</v>
+        <v>4494.0</v>
       </c>
       <c r="E6" s="1" t="n">
-        <v>4790.0</v>
+        <v>2880.0</v>
       </c>
       <c r="F6" s="1" t="n">
-        <v>4494.0</v>
+        <v>3570.0</v>
       </c>
       <c r="G6" s="1" t="n">
-        <v>2880.0</v>
+        <v>2490.0</v>
       </c>
       <c r="H6" s="1" t="n">
-        <v>3570.0</v>
+        <v>3504.0</v>
       </c>
       <c r="I6" s="1" t="n">
-        <v>2490.0</v>
+        <v>2105.0</v>
       </c>
       <c r="J6" s="1" t="n">
-        <v>3504.0</v>
+        <v>2512.0</v>
       </c>
       <c r="K6" s="1" t="n">
-        <v>2105.0</v>
+        <v>2576.0</v>
       </c>
       <c r="L6" s="1" t="n">
-        <v>2512.0</v>
+        <v>2734.0</v>
       </c>
       <c r="M6" s="1" t="n">
-        <v>2576.0</v>
+        <v>3533.0</v>
       </c>
       <c r="N6" s="1" t="n">
-        <v>2734.0</v>
+        <v>4183.0</v>
       </c>
       <c r="O6" s="1" t="n">
-        <v>3533.0</v>
+        <v>276.0</v>
       </c>
       <c r="P6" s="1" t="n">
-        <v>2251.0</v>
+        <v>2236.0</v>
       </c>
       <c r="Q6" s="1" t="n">
-        <v>2455.0</v>
+        <v>1428.0</v>
       </c>
       <c r="R6" s="1" t="n">
-        <v>2236.0</v>
+        <v>1456.0</v>
       </c>
       <c r="S6" s="1" t="n">
-        <v>1428.0</v>
+        <v>1350.0</v>
       </c>
       <c r="T6" s="1" t="n">
-        <v>1456.0</v>
+        <v>1504.0</v>
       </c>
       <c r="U6" s="1" t="n">
-        <v>1350.0</v>
+        <v>898.0</v>
       </c>
       <c r="V6" s="1" t="n">
-        <v>1504.0</v>
+        <v>768.0</v>
       </c>
       <c r="W6" s="1" t="n">
-        <v>898.0</v>
+        <v>1067.0</v>
       </c>
       <c r="X6" s="1" t="n">
-        <v>768.0</v>
+        <v>1425.0</v>
       </c>
       <c r="Y6" s="1" t="n">
-        <v>1067.0</v>
+        <v>1987.0</v>
       </c>
       <c r="Z6" s="1" t="n">
-        <v>1425.0</v>
+        <v>1943.0</v>
       </c>
       <c r="AA6" s="1" t="n">
-        <v>1987.0</v>
+        <v>236.0</v>
       </c>
       <c r="AB6" s="1" t="n">
-        <v>9541.0</v>
+        <v>8799.0</v>
       </c>
       <c r="AC6" s="1" t="n">
-        <v>9710.0</v>
+        <v>6232.0</v>
       </c>
       <c r="AD6" s="1" t="n">
-        <v>8799.0</v>
+        <v>7051.0</v>
       </c>
       <c r="AE6" s="1" t="n">
-        <v>6232.0</v>
+        <v>5734.0</v>
       </c>
       <c r="AF6" s="1" t="n">
-        <v>7051.0</v>
+        <v>7113.0</v>
       </c>
       <c r="AG6" s="1" t="n">
-        <v>5734.0</v>
+        <v>4527.0</v>
       </c>
       <c r="AH6" s="1" t="n">
-        <v>7113.0</v>
+        <v>4664.0</v>
       </c>
       <c r="AI6" s="1" t="n">
-        <v>4527.0</v>
+        <v>5332.0</v>
       </c>
       <c r="AJ6" s="1" t="n">
-        <v>4664.0</v>
+        <v>6177.0</v>
       </c>
       <c r="AK6" s="1" t="n">
-        <v>5332.0</v>
+        <v>7587.0</v>
       </c>
       <c r="AL6" s="1" t="n">
-        <v>6177.0</v>
+        <v>8087.0</v>
       </c>
       <c r="AM6" s="1" t="n">
-        <v>7587.0</v>
+        <v>677.0</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="inlineStr">
         <is>
           <t>Belgien</t>
         </is>
       </c>
       <c r="B7"/>
       <c r="C7"/>
       <c r="D7" s="1" t="n">
-        <v>15028.0</v>
+        <v>12053.0</v>
       </c>
       <c r="E7" s="1" t="n">
-        <v>14223.0</v>
+        <v>11262.0</v>
       </c>
       <c r="F7" s="1" t="n">
-        <v>12053.0</v>
+        <v>9999.0</v>
       </c>
       <c r="G7" s="1" t="n">
-        <v>11262.0</v>
+        <v>8842.0</v>
       </c>
       <c r="H7" s="1" t="n">
-        <v>9999.0</v>
+        <v>9760.0</v>
       </c>
       <c r="I7" s="1" t="n">
-        <v>8842.0</v>
+        <v>9478.0</v>
       </c>
       <c r="J7" s="1" t="n">
-        <v>9760.0</v>
+        <v>7809.0</v>
       </c>
       <c r="K7" s="1" t="n">
-        <v>9478.0</v>
+        <v>8316.0</v>
       </c>
       <c r="L7" s="1" t="n">
-        <v>7809.0</v>
+        <v>10303.0</v>
       </c>
       <c r="M7" s="1" t="n">
-        <v>8316.0</v>
+        <v>13657.0</v>
       </c>
       <c r="N7" s="1" t="n">
-        <v>10303.0</v>
+        <v>13685.0</v>
       </c>
       <c r="O7" s="1" t="n">
-        <v>13657.0</v>
+        <v>935.0</v>
       </c>
       <c r="P7" s="1" t="n">
-        <v>7572.0</v>
+        <v>5925.0</v>
       </c>
       <c r="Q7" s="1" t="n">
-        <v>7214.0</v>
+        <v>5963.0</v>
       </c>
       <c r="R7" s="1" t="n">
-        <v>5925.0</v>
+        <v>4797.0</v>
       </c>
       <c r="S7" s="1" t="n">
-        <v>5963.0</v>
+        <v>4570.0</v>
       </c>
       <c r="T7" s="1" t="n">
-        <v>4797.0</v>
+        <v>6147.0</v>
       </c>
       <c r="U7" s="1" t="n">
-        <v>4570.0</v>
+        <v>5515.0</v>
       </c>
       <c r="V7" s="1" t="n">
-        <v>6147.0</v>
+        <v>2752.0</v>
       </c>
       <c r="W7" s="1" t="n">
-        <v>5515.0</v>
+        <v>3695.0</v>
       </c>
       <c r="X7" s="1" t="n">
-        <v>2752.0</v>
+        <v>5839.0</v>
       </c>
       <c r="Y7" s="1" t="n">
-        <v>3695.0</v>
+        <v>6719.0</v>
       </c>
       <c r="Z7" s="1" t="n">
-        <v>5839.0</v>
+        <v>6870.0</v>
       </c>
       <c r="AA7" s="1" t="n">
-        <v>6719.0</v>
+        <v>618.0</v>
       </c>
       <c r="AB7" s="1" t="n">
-        <v>31738.0</v>
+        <v>25673.0</v>
       </c>
       <c r="AC7" s="1" t="n">
-        <v>29938.0</v>
+        <v>24682.0</v>
       </c>
       <c r="AD7" s="1" t="n">
-        <v>25673.0</v>
+        <v>23114.0</v>
       </c>
       <c r="AE7" s="1" t="n">
-        <v>24682.0</v>
+        <v>21608.0</v>
       </c>
       <c r="AF7" s="1" t="n">
-        <v>23114.0</v>
+        <v>24960.0</v>
       </c>
       <c r="AG7" s="1" t="n">
-        <v>21608.0</v>
+        <v>20827.0</v>
       </c>
       <c r="AH7" s="1" t="n">
-        <v>24960.0</v>
+        <v>15733.0</v>
       </c>
       <c r="AI7" s="1" t="n">
-        <v>20827.0</v>
+        <v>19711.0</v>
       </c>
       <c r="AJ7" s="1" t="n">
-        <v>15733.0</v>
+        <v>24553.0</v>
       </c>
       <c r="AK7" s="1" t="n">
-        <v>19711.0</v>
+        <v>29245.0</v>
       </c>
       <c r="AL7" s="1" t="n">
-        <v>24553.0</v>
+        <v>29858.0</v>
       </c>
       <c r="AM7" s="1" t="n">
-        <v>29245.0</v>
+        <v>2326.0</v>
       </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <cols>
     <col min="1" max="1" width="6.79296875" customWidth="true"/>
     <col min="2" max="2" width="22.578125" customWidth="true"/>
     <col min="3" max="3" width="4.96484375" customWidth="true"/>
     <col min="4" max="4" width="28.12890625" customWidth="true"/>
     <col min="5" max="5" width="27.98046875" customWidth="true"/>
     <col min="6" max="6" width="28.3046875" customWidth="true"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" t="inlineStr">
@@ -972,1229 +972,1229 @@
       </c>
       <c r="E1" t="inlineStr">
         <is>
           <t>Verlust von Teilzeitarbeitsplätzen</t>
         </is>
       </c>
       <c r="F1" t="inlineStr">
         <is>
           <t>Gesamtverlust von Arbeitsplätzen</t>
         </is>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="inlineStr">
         <is>
           <t>Belgien</t>
         </is>
       </c>
       <c r="B2" t="inlineStr">
         <is>
           <t>Flämische Region</t>
         </is>
       </c>
       <c r="C2" t="inlineStr">
         <is>
-          <t>2013</t>
+          <t>2015</t>
         </is>
       </c>
       <c r="D2" s="1" t="n">
-        <v>7749.0</v>
+        <v>5414.0</v>
       </c>
       <c r="E2" s="1" t="n">
-        <v>3870.0</v>
+        <v>2628.0</v>
       </c>
       <c r="F2" s="1" t="n">
-        <v>16306.0</v>
+        <v>12047.0</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="inlineStr">
         <is>
           <t>Belgien</t>
         </is>
       </c>
       <c r="B3" t="inlineStr">
         <is>
           <t>Flämische Region</t>
         </is>
       </c>
       <c r="C3" t="inlineStr">
         <is>
-          <t>2014</t>
+          <t>2016</t>
         </is>
       </c>
       <c r="D3" s="1" t="n">
-        <v>6554.0</v>
+        <v>6034.0</v>
       </c>
       <c r="E3" s="1" t="n">
-        <v>3096.0</v>
+        <v>3375.0</v>
       </c>
       <c r="F3" s="1" t="n">
-        <v>14006.0</v>
+        <v>13514.0</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="inlineStr">
         <is>
           <t>Belgien</t>
         </is>
       </c>
       <c r="B4" t="inlineStr">
         <is>
           <t>Flämische Region</t>
         </is>
       </c>
       <c r="C4" t="inlineStr">
         <is>
-          <t>2015</t>
+          <t>2017</t>
         </is>
       </c>
       <c r="D4" s="1" t="n">
-        <v>5414.0</v>
+        <v>4496.0</v>
       </c>
       <c r="E4" s="1" t="n">
-        <v>2628.0</v>
+        <v>2167.0</v>
       </c>
       <c r="F4" s="1" t="n">
-        <v>12047.0</v>
+        <v>10845.0</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="inlineStr">
         <is>
           <t>Belgien</t>
         </is>
       </c>
       <c r="B5" t="inlineStr">
         <is>
           <t>Flämische Region</t>
         </is>
       </c>
       <c r="C5" t="inlineStr">
         <is>
-          <t>2016</t>
+          <t>2018</t>
         </is>
       </c>
       <c r="D5" s="1" t="n">
-        <v>6034.0</v>
+        <v>4334.0</v>
       </c>
       <c r="E5" s="1" t="n">
-        <v>3375.0</v>
+        <v>2260.0</v>
       </c>
       <c r="F5" s="1" t="n">
-        <v>13514.0</v>
+        <v>10376.0</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="inlineStr">
         <is>
           <t>Belgien</t>
         </is>
       </c>
       <c r="B6" t="inlineStr">
         <is>
           <t>Flämische Region</t>
         </is>
       </c>
       <c r="C6" t="inlineStr">
         <is>
-          <t>2017</t>
+          <t>2019</t>
         </is>
       </c>
       <c r="D6" s="1" t="n">
-        <v>4496.0</v>
+        <v>4607.0</v>
       </c>
       <c r="E6" s="1" t="n">
-        <v>2167.0</v>
+        <v>3507.0</v>
       </c>
       <c r="F6" s="1" t="n">
-        <v>10845.0</v>
+        <v>12463.0</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="inlineStr">
         <is>
           <t>Belgien</t>
         </is>
       </c>
       <c r="B7" t="inlineStr">
         <is>
           <t>Flämische Region</t>
         </is>
       </c>
       <c r="C7" t="inlineStr">
         <is>
-          <t>2018</t>
+          <t>2020</t>
         </is>
       </c>
       <c r="D7" s="1" t="n">
-        <v>4334.0</v>
+        <v>5867.0</v>
       </c>
       <c r="E7" s="1" t="n">
-        <v>2260.0</v>
+        <v>3738.0</v>
       </c>
       <c r="F7" s="1" t="n">
-        <v>10376.0</v>
+        <v>12758.0</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="inlineStr">
         <is>
           <t>Belgien</t>
         </is>
       </c>
       <c r="B8" t="inlineStr">
         <is>
           <t>Flämische Region</t>
         </is>
       </c>
       <c r="C8" t="inlineStr">
         <is>
-          <t>2019</t>
+          <t>2021</t>
         </is>
       </c>
       <c r="D8" s="1" t="n">
-        <v>4607.0</v>
+        <v>3327.0</v>
       </c>
       <c r="E8" s="1" t="n">
-        <v>3507.0</v>
+        <v>1327.0</v>
       </c>
       <c r="F8" s="1" t="n">
-        <v>12463.0</v>
+        <v>7549.0</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="inlineStr">
         <is>
           <t>Belgien</t>
         </is>
       </c>
       <c r="B9" t="inlineStr">
         <is>
           <t>Flämische Region</t>
         </is>
       </c>
       <c r="C9" t="inlineStr">
         <is>
-          <t>2020</t>
+          <t>2022</t>
         </is>
       </c>
       <c r="D9" s="1" t="n">
-        <v>5867.0</v>
+        <v>4123.0</v>
       </c>
       <c r="E9" s="1" t="n">
-        <v>3738.0</v>
+        <v>1960.0</v>
       </c>
       <c r="F9" s="1" t="n">
-        <v>12758.0</v>
+        <v>10710.0</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="inlineStr">
         <is>
           <t>Belgien</t>
         </is>
       </c>
       <c r="B10" t="inlineStr">
         <is>
           <t>Flämische Region</t>
         </is>
       </c>
       <c r="C10" t="inlineStr">
         <is>
-          <t>2021</t>
+          <t>2023</t>
         </is>
       </c>
       <c r="D10" s="1" t="n">
-        <v>3327.0</v>
+        <v>6156.0</v>
       </c>
       <c r="E10" s="1" t="n">
-        <v>1327.0</v>
+        <v>3655.0</v>
       </c>
       <c r="F10" s="1" t="n">
-        <v>7549.0</v>
+        <v>14935.0</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="inlineStr">
         <is>
           <t>Belgien</t>
         </is>
       </c>
       <c r="B11" t="inlineStr">
         <is>
           <t>Flämische Region</t>
         </is>
       </c>
       <c r="C11" t="inlineStr">
         <is>
-          <t>2022</t>
+          <t>2024</t>
         </is>
       </c>
       <c r="D11" s="1" t="n">
-        <v>4123.0</v>
+        <v>8347.0</v>
       </c>
       <c r="E11" s="1" t="n">
-        <v>1960.0</v>
+        <v>3815.0</v>
       </c>
       <c r="F11" s="1" t="n">
-        <v>10710.0</v>
+        <v>17535.0</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="inlineStr">
         <is>
           <t>Belgien</t>
         </is>
       </c>
       <c r="B12" t="inlineStr">
         <is>
           <t>Flämische Region</t>
         </is>
       </c>
       <c r="C12" t="inlineStr">
         <is>
-          <t>2023</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="D12" s="1" t="n">
-        <v>6156.0</v>
+        <v>6790.0</v>
       </c>
       <c r="E12" s="1" t="n">
-        <v>3655.0</v>
+        <v>3295.0</v>
       </c>
       <c r="F12" s="1" t="n">
-        <v>14935.0</v>
+        <v>15774.0</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="inlineStr">
         <is>
           <t>Belgien</t>
         </is>
       </c>
       <c r="B13" t="inlineStr">
         <is>
           <t>Flämische Region</t>
         </is>
       </c>
       <c r="C13" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2026</t>
         </is>
       </c>
       <c r="D13" s="1" t="n">
-        <v>8347.0</v>
+        <v>483.0</v>
       </c>
       <c r="E13" s="1" t="n">
-        <v>3815.0</v>
+        <v>294.0</v>
       </c>
       <c r="F13" s="1" t="n">
-        <v>17535.0</v>
+        <v>1279.0</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="inlineStr">
         <is>
           <t>Belgien</t>
         </is>
       </c>
       <c r="B14" t="inlineStr">
         <is>
           <t>Region Brüssel-Hauptstadt</t>
         </is>
       </c>
       <c r="C14" t="inlineStr">
         <is>
-          <t>2013</t>
+          <t>2015</t>
         </is>
       </c>
       <c r="D14" s="1" t="n">
-        <v>2448.0</v>
+        <v>2145.0</v>
       </c>
       <c r="E14" s="1" t="n">
-        <v>1451.0</v>
+        <v>1061.0</v>
       </c>
       <c r="F14" s="1" t="n">
-        <v>5891.0</v>
+        <v>4827.0</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="inlineStr">
         <is>
           <t>Belgien</t>
         </is>
       </c>
       <c r="B15" t="inlineStr">
         <is>
           <t>Region Brüssel-Hauptstadt</t>
         </is>
       </c>
       <c r="C15" t="inlineStr">
         <is>
-          <t>2014</t>
+          <t>2016</t>
         </is>
       </c>
       <c r="D15" s="1" t="n">
-        <v>2879.0</v>
+        <v>2348.0</v>
       </c>
       <c r="E15" s="1" t="n">
-        <v>1663.0</v>
+        <v>1160.0</v>
       </c>
       <c r="F15" s="1" t="n">
-        <v>6222.0</v>
+        <v>4936.0</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="inlineStr">
         <is>
           <t>Belgien</t>
         </is>
       </c>
       <c r="B16" t="inlineStr">
         <is>
           <t>Region Brüssel-Hauptstadt</t>
         </is>
       </c>
       <c r="C16" t="inlineStr">
         <is>
-          <t>2015</t>
+          <t>2017</t>
         </is>
       </c>
       <c r="D16" s="1" t="n">
-        <v>2145.0</v>
+        <v>1933.0</v>
       </c>
       <c r="E16" s="1" t="n">
-        <v>1061.0</v>
+        <v>1174.0</v>
       </c>
       <c r="F16" s="1" t="n">
-        <v>4827.0</v>
+        <v>5218.0</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="inlineStr">
         <is>
           <t>Belgien</t>
         </is>
       </c>
       <c r="B17" t="inlineStr">
         <is>
           <t>Region Brüssel-Hauptstadt</t>
         </is>
       </c>
       <c r="C17" t="inlineStr">
         <is>
-          <t>2016</t>
+          <t>2018</t>
         </is>
       </c>
       <c r="D17" s="1" t="n">
-        <v>2348.0</v>
+        <v>2018.0</v>
       </c>
       <c r="E17" s="1" t="n">
-        <v>1160.0</v>
+        <v>960.0</v>
       </c>
       <c r="F17" s="1" t="n">
-        <v>4936.0</v>
+        <v>5498.0</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="inlineStr">
         <is>
           <t>Belgien</t>
         </is>
       </c>
       <c r="B18" t="inlineStr">
         <is>
           <t>Region Brüssel-Hauptstadt</t>
         </is>
       </c>
       <c r="C18" t="inlineStr">
         <is>
-          <t>2017</t>
+          <t>2019</t>
         </is>
       </c>
       <c r="D18" s="1" t="n">
-        <v>1933.0</v>
+        <v>1649.0</v>
       </c>
       <c r="E18" s="1" t="n">
-        <v>1174.0</v>
+        <v>1136.0</v>
       </c>
       <c r="F18" s="1" t="n">
-        <v>5218.0</v>
+        <v>5384.0</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="inlineStr">
         <is>
           <t>Belgien</t>
         </is>
       </c>
       <c r="B19" t="inlineStr">
         <is>
           <t>Region Brüssel-Hauptstadt</t>
         </is>
       </c>
       <c r="C19" t="inlineStr">
         <is>
-          <t>2018</t>
+          <t>2020</t>
         </is>
       </c>
       <c r="D19" s="1" t="n">
-        <v>2018.0</v>
+        <v>1506.0</v>
       </c>
       <c r="E19" s="1" t="n">
-        <v>960.0</v>
+        <v>879.0</v>
       </c>
       <c r="F19" s="1" t="n">
-        <v>5498.0</v>
+        <v>3542.0</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="inlineStr">
         <is>
           <t>Belgien</t>
         </is>
       </c>
       <c r="B20" t="inlineStr">
         <is>
           <t>Region Brüssel-Hauptstadt</t>
         </is>
       </c>
       <c r="C20" t="inlineStr">
         <is>
-          <t>2019</t>
+          <t>2021</t>
         </is>
       </c>
       <c r="D20" s="1" t="n">
-        <v>1649.0</v>
+        <v>1970.0</v>
       </c>
       <c r="E20" s="1" t="n">
-        <v>1136.0</v>
+        <v>657.0</v>
       </c>
       <c r="F20" s="1" t="n">
-        <v>5384.0</v>
+        <v>3520.0</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="inlineStr">
         <is>
           <t>Belgien</t>
         </is>
       </c>
       <c r="B21" t="inlineStr">
         <is>
           <t>Region Brüssel-Hauptstadt</t>
         </is>
       </c>
       <c r="C21" t="inlineStr">
         <is>
-          <t>2020</t>
+          <t>2022</t>
         </is>
       </c>
       <c r="D21" s="1" t="n">
-        <v>1506.0</v>
+        <v>1617.0</v>
       </c>
       <c r="E21" s="1" t="n">
-        <v>879.0</v>
+        <v>668.0</v>
       </c>
       <c r="F21" s="1" t="n">
-        <v>3542.0</v>
+        <v>3669.0</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="inlineStr">
         <is>
           <t>Belgien</t>
         </is>
       </c>
       <c r="B22" t="inlineStr">
         <is>
           <t>Region Brüssel-Hauptstadt</t>
         </is>
       </c>
       <c r="C22" t="inlineStr">
         <is>
-          <t>2021</t>
+          <t>2023</t>
         </is>
       </c>
       <c r="D22" s="1" t="n">
-        <v>1970.0</v>
+        <v>1413.0</v>
       </c>
       <c r="E22" s="1" t="n">
-        <v>657.0</v>
+        <v>759.0</v>
       </c>
       <c r="F22" s="1" t="n">
-        <v>3520.0</v>
+        <v>3441.0</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="inlineStr">
         <is>
           <t>Belgien</t>
         </is>
       </c>
       <c r="B23" t="inlineStr">
         <is>
           <t>Region Brüssel-Hauptstadt</t>
         </is>
       </c>
       <c r="C23" t="inlineStr">
         <is>
-          <t>2022</t>
+          <t>2024</t>
         </is>
       </c>
       <c r="D23" s="1" t="n">
-        <v>1617.0</v>
+        <v>1777.0</v>
       </c>
       <c r="E23" s="1" t="n">
-        <v>668.0</v>
+        <v>917.0</v>
       </c>
       <c r="F23" s="1" t="n">
-        <v>3669.0</v>
+        <v>4123.0</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="inlineStr">
         <is>
           <t>Belgien</t>
         </is>
       </c>
       <c r="B24" t="inlineStr">
         <is>
           <t>Region Brüssel-Hauptstadt</t>
         </is>
       </c>
       <c r="C24" t="inlineStr">
         <is>
-          <t>2023</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="D24" s="1" t="n">
-        <v>1413.0</v>
+        <v>2712.0</v>
       </c>
       <c r="E24" s="1" t="n">
-        <v>759.0</v>
+        <v>1632.0</v>
       </c>
       <c r="F24" s="1" t="n">
-        <v>3441.0</v>
+        <v>5997.0</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="inlineStr">
         <is>
           <t>Belgien</t>
         </is>
       </c>
       <c r="B25" t="inlineStr">
         <is>
           <t>Region Brüssel-Hauptstadt</t>
         </is>
       </c>
       <c r="C25" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2026</t>
         </is>
       </c>
       <c r="D25" s="1" t="n">
-        <v>1777.0</v>
+        <v>176.0</v>
       </c>
       <c r="E25" s="1" t="n">
-        <v>917.0</v>
+        <v>88.0</v>
       </c>
       <c r="F25" s="1" t="n">
-        <v>4123.0</v>
+        <v>370.0</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="inlineStr">
         <is>
           <t>Belgien</t>
         </is>
       </c>
       <c r="B26" t="inlineStr">
         <is>
           <t>Wallonische Region</t>
         </is>
       </c>
       <c r="C26" t="inlineStr">
         <is>
-          <t>2013</t>
+          <t>2015</t>
         </is>
       </c>
       <c r="D26" s="1" t="n">
-        <v>4831.0</v>
+        <v>4494.0</v>
       </c>
       <c r="E26" s="1" t="n">
-        <v>2251.0</v>
+        <v>2236.0</v>
       </c>
       <c r="F26" s="1" t="n">
-        <v>9541.0</v>
+        <v>8799.0</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="inlineStr">
         <is>
           <t>Belgien</t>
         </is>
       </c>
       <c r="B27" t="inlineStr">
         <is>
           <t>Wallonische Region</t>
         </is>
       </c>
       <c r="C27" t="inlineStr">
         <is>
-          <t>2014</t>
+          <t>2016</t>
         </is>
       </c>
       <c r="D27" s="1" t="n">
-        <v>4790.0</v>
+        <v>2880.0</v>
       </c>
       <c r="E27" s="1" t="n">
-        <v>2455.0</v>
+        <v>1428.0</v>
       </c>
       <c r="F27" s="1" t="n">
-        <v>9710.0</v>
+        <v>6232.0</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="inlineStr">
         <is>
           <t>Belgien</t>
         </is>
       </c>
       <c r="B28" t="inlineStr">
         <is>
           <t>Wallonische Region</t>
         </is>
       </c>
       <c r="C28" t="inlineStr">
         <is>
-          <t>2015</t>
+          <t>2017</t>
         </is>
       </c>
       <c r="D28" s="1" t="n">
-        <v>4494.0</v>
+        <v>3570.0</v>
       </c>
       <c r="E28" s="1" t="n">
-        <v>2236.0</v>
+        <v>1456.0</v>
       </c>
       <c r="F28" s="1" t="n">
-        <v>8799.0</v>
+        <v>7051.0</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="inlineStr">
         <is>
           <t>Belgien</t>
         </is>
       </c>
       <c r="B29" t="inlineStr">
         <is>
           <t>Wallonische Region</t>
         </is>
       </c>
       <c r="C29" t="inlineStr">
         <is>
-          <t>2016</t>
+          <t>2018</t>
         </is>
       </c>
       <c r="D29" s="1" t="n">
-        <v>2880.0</v>
+        <v>2490.0</v>
       </c>
       <c r="E29" s="1" t="n">
-        <v>1428.0</v>
+        <v>1350.0</v>
       </c>
       <c r="F29" s="1" t="n">
-        <v>6232.0</v>
+        <v>5734.0</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="inlineStr">
         <is>
           <t>Belgien</t>
         </is>
       </c>
       <c r="B30" t="inlineStr">
         <is>
           <t>Wallonische Region</t>
         </is>
       </c>
       <c r="C30" t="inlineStr">
         <is>
-          <t>2017</t>
+          <t>2019</t>
         </is>
       </c>
       <c r="D30" s="1" t="n">
-        <v>3570.0</v>
+        <v>3504.0</v>
       </c>
       <c r="E30" s="1" t="n">
-        <v>1456.0</v>
+        <v>1504.0</v>
       </c>
       <c r="F30" s="1" t="n">
-        <v>7051.0</v>
+        <v>7113.0</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="inlineStr">
         <is>
           <t>Belgien</t>
         </is>
       </c>
       <c r="B31" t="inlineStr">
         <is>
           <t>Wallonische Region</t>
         </is>
       </c>
       <c r="C31" t="inlineStr">
         <is>
-          <t>2018</t>
+          <t>2020</t>
         </is>
       </c>
       <c r="D31" s="1" t="n">
-        <v>2490.0</v>
+        <v>2105.0</v>
       </c>
       <c r="E31" s="1" t="n">
-        <v>1350.0</v>
+        <v>898.0</v>
       </c>
       <c r="F31" s="1" t="n">
-        <v>5734.0</v>
+        <v>4527.0</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="inlineStr">
         <is>
           <t>Belgien</t>
         </is>
       </c>
       <c r="B32" t="inlineStr">
         <is>
           <t>Wallonische Region</t>
         </is>
       </c>
       <c r="C32" t="inlineStr">
         <is>
-          <t>2019</t>
+          <t>2021</t>
         </is>
       </c>
       <c r="D32" s="1" t="n">
-        <v>3504.0</v>
+        <v>2512.0</v>
       </c>
       <c r="E32" s="1" t="n">
-        <v>1504.0</v>
+        <v>768.0</v>
       </c>
       <c r="F32" s="1" t="n">
-        <v>7113.0</v>
+        <v>4664.0</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" t="inlineStr">
         <is>
           <t>Belgien</t>
         </is>
       </c>
       <c r="B33" t="inlineStr">
         <is>
           <t>Wallonische Region</t>
         </is>
       </c>
       <c r="C33" t="inlineStr">
         <is>
-          <t>2020</t>
+          <t>2022</t>
         </is>
       </c>
       <c r="D33" s="1" t="n">
-        <v>2105.0</v>
+        <v>2576.0</v>
       </c>
       <c r="E33" s="1" t="n">
-        <v>898.0</v>
+        <v>1067.0</v>
       </c>
       <c r="F33" s="1" t="n">
-        <v>4527.0</v>
+        <v>5332.0</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" t="inlineStr">
         <is>
           <t>Belgien</t>
         </is>
       </c>
       <c r="B34" t="inlineStr">
         <is>
           <t>Wallonische Region</t>
         </is>
       </c>
       <c r="C34" t="inlineStr">
         <is>
-          <t>2021</t>
+          <t>2023</t>
         </is>
       </c>
       <c r="D34" s="1" t="n">
-        <v>2512.0</v>
+        <v>2734.0</v>
       </c>
       <c r="E34" s="1" t="n">
-        <v>768.0</v>
+        <v>1425.0</v>
       </c>
       <c r="F34" s="1" t="n">
-        <v>4664.0</v>
+        <v>6177.0</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" t="inlineStr">
         <is>
           <t>Belgien</t>
         </is>
       </c>
       <c r="B35" t="inlineStr">
         <is>
           <t>Wallonische Region</t>
         </is>
       </c>
       <c r="C35" t="inlineStr">
         <is>
-          <t>2022</t>
+          <t>2024</t>
         </is>
       </c>
       <c r="D35" s="1" t="n">
-        <v>2576.0</v>
+        <v>3533.0</v>
       </c>
       <c r="E35" s="1" t="n">
-        <v>1067.0</v>
+        <v>1987.0</v>
       </c>
       <c r="F35" s="1" t="n">
-        <v>5332.0</v>
+        <v>7587.0</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" t="inlineStr">
         <is>
           <t>Belgien</t>
         </is>
       </c>
       <c r="B36" t="inlineStr">
         <is>
           <t>Wallonische Region</t>
         </is>
       </c>
       <c r="C36" t="inlineStr">
         <is>
-          <t>2023</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="D36" s="1" t="n">
-        <v>2734.0</v>
+        <v>4183.0</v>
       </c>
       <c r="E36" s="1" t="n">
-        <v>1425.0</v>
+        <v>1943.0</v>
       </c>
       <c r="F36" s="1" t="n">
-        <v>6177.0</v>
+        <v>8087.0</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" t="inlineStr">
         <is>
           <t>Belgien</t>
         </is>
       </c>
       <c r="B37" t="inlineStr">
         <is>
           <t>Wallonische Region</t>
         </is>
       </c>
       <c r="C37" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2026</t>
         </is>
       </c>
       <c r="D37" s="1" t="n">
-        <v>3533.0</v>
+        <v>276.0</v>
       </c>
       <c r="E37" s="1" t="n">
-        <v>1987.0</v>
+        <v>236.0</v>
       </c>
       <c r="F37" s="1" t="n">
-        <v>7587.0</v>
+        <v>677.0</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" t="inlineStr">
         <is>
           <t>Belgien</t>
         </is>
       </c>
       <c r="B38"/>
       <c r="C38" t="inlineStr">
         <is>
-          <t>2013</t>
+          <t>2015</t>
         </is>
       </c>
       <c r="D38" s="1" t="n">
-        <v>15028.0</v>
+        <v>12053.0</v>
       </c>
       <c r="E38" s="1" t="n">
-        <v>7572.0</v>
+        <v>5925.0</v>
       </c>
       <c r="F38" s="1" t="n">
-        <v>31738.0</v>
+        <v>25673.0</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" t="inlineStr">
         <is>
           <t>Belgien</t>
         </is>
       </c>
       <c r="B39"/>
       <c r="C39" t="inlineStr">
         <is>
-          <t>2014</t>
+          <t>2016</t>
         </is>
       </c>
       <c r="D39" s="1" t="n">
-        <v>14223.0</v>
+        <v>11262.0</v>
       </c>
       <c r="E39" s="1" t="n">
-        <v>7214.0</v>
+        <v>5963.0</v>
       </c>
       <c r="F39" s="1" t="n">
-        <v>29938.0</v>
+        <v>24682.0</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" t="inlineStr">
         <is>
           <t>Belgien</t>
         </is>
       </c>
       <c r="B40"/>
       <c r="C40" t="inlineStr">
         <is>
-          <t>2015</t>
+          <t>2017</t>
         </is>
       </c>
       <c r="D40" s="1" t="n">
-        <v>12053.0</v>
+        <v>9999.0</v>
       </c>
       <c r="E40" s="1" t="n">
-        <v>5925.0</v>
+        <v>4797.0</v>
       </c>
       <c r="F40" s="1" t="n">
-        <v>25673.0</v>
+        <v>23114.0</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" t="inlineStr">
         <is>
           <t>Belgien</t>
         </is>
       </c>
       <c r="B41"/>
       <c r="C41" t="inlineStr">
         <is>
-          <t>2016</t>
+          <t>2018</t>
         </is>
       </c>
       <c r="D41" s="1" t="n">
-        <v>11262.0</v>
+        <v>8842.0</v>
       </c>
       <c r="E41" s="1" t="n">
-        <v>5963.0</v>
+        <v>4570.0</v>
       </c>
       <c r="F41" s="1" t="n">
-        <v>24682.0</v>
+        <v>21608.0</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" t="inlineStr">
         <is>
           <t>Belgien</t>
         </is>
       </c>
       <c r="B42"/>
       <c r="C42" t="inlineStr">
         <is>
-          <t>2017</t>
+          <t>2019</t>
         </is>
       </c>
       <c r="D42" s="1" t="n">
-        <v>9999.0</v>
+        <v>9760.0</v>
       </c>
       <c r="E42" s="1" t="n">
-        <v>4797.0</v>
+        <v>6147.0</v>
       </c>
       <c r="F42" s="1" t="n">
-        <v>23114.0</v>
+        <v>24960.0</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" t="inlineStr">
         <is>
           <t>Belgien</t>
         </is>
       </c>
       <c r="B43"/>
       <c r="C43" t="inlineStr">
         <is>
-          <t>2018</t>
+          <t>2020</t>
         </is>
       </c>
       <c r="D43" s="1" t="n">
-        <v>8842.0</v>
+        <v>9478.0</v>
       </c>
       <c r="E43" s="1" t="n">
-        <v>4570.0</v>
+        <v>5515.0</v>
       </c>
       <c r="F43" s="1" t="n">
-        <v>21608.0</v>
+        <v>20827.0</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" t="inlineStr">
         <is>
           <t>Belgien</t>
         </is>
       </c>
       <c r="B44"/>
       <c r="C44" t="inlineStr">
         <is>
-          <t>2019</t>
+          <t>2021</t>
         </is>
       </c>
       <c r="D44" s="1" t="n">
-        <v>9760.0</v>
+        <v>7809.0</v>
       </c>
       <c r="E44" s="1" t="n">
-        <v>6147.0</v>
+        <v>2752.0</v>
       </c>
       <c r="F44" s="1" t="n">
-        <v>24960.0</v>
+        <v>15733.0</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" t="inlineStr">
         <is>
           <t>Belgien</t>
         </is>
       </c>
       <c r="B45"/>
       <c r="C45" t="inlineStr">
         <is>
-          <t>2020</t>
+          <t>2022</t>
         </is>
       </c>
       <c r="D45" s="1" t="n">
-        <v>9478.0</v>
+        <v>8316.0</v>
       </c>
       <c r="E45" s="1" t="n">
-        <v>5515.0</v>
+        <v>3695.0</v>
       </c>
       <c r="F45" s="1" t="n">
-        <v>20827.0</v>
+        <v>19711.0</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" t="inlineStr">
         <is>
           <t>Belgien</t>
         </is>
       </c>
       <c r="B46"/>
       <c r="C46" t="inlineStr">
         <is>
-          <t>2021</t>
+          <t>2023</t>
         </is>
       </c>
       <c r="D46" s="1" t="n">
-        <v>7809.0</v>
+        <v>10303.0</v>
       </c>
       <c r="E46" s="1" t="n">
-        <v>2752.0</v>
+        <v>5839.0</v>
       </c>
       <c r="F46" s="1" t="n">
-        <v>15733.0</v>
+        <v>24553.0</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" t="inlineStr">
         <is>
           <t>Belgien</t>
         </is>
       </c>
       <c r="B47"/>
       <c r="C47" t="inlineStr">
         <is>
-          <t>2022</t>
+          <t>2024</t>
         </is>
       </c>
       <c r="D47" s="1" t="n">
-        <v>8316.0</v>
+        <v>13657.0</v>
       </c>
       <c r="E47" s="1" t="n">
-        <v>3695.0</v>
+        <v>6719.0</v>
       </c>
       <c r="F47" s="1" t="n">
-        <v>19711.0</v>
+        <v>29245.0</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" t="inlineStr">
         <is>
           <t>Belgien</t>
         </is>
       </c>
       <c r="B48"/>
       <c r="C48" t="inlineStr">
         <is>
-          <t>2023</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="D48" s="1" t="n">
-        <v>10303.0</v>
+        <v>13685.0</v>
       </c>
       <c r="E48" s="1" t="n">
-        <v>5839.0</v>
+        <v>6870.0</v>
       </c>
       <c r="F48" s="1" t="n">
-        <v>24553.0</v>
+        <v>29858.0</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" t="inlineStr">
         <is>
           <t>Belgien</t>
         </is>
       </c>
       <c r="B49"/>
       <c r="C49" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2026</t>
         </is>
       </c>
       <c r="D49" s="1" t="n">
-        <v>13657.0</v>
+        <v>935.0</v>
       </c>
       <c r="E49" s="1" t="n">
-        <v>6719.0</v>
+        <v>618.0</v>
       </c>
       <c r="F49" s="1" t="n">
-        <v>29245.0</v>
+        <v>2326.0</v>
       </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <coreProperties xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </coreProperties>
 </file>