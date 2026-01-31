--- v0 (2025-12-08)
+++ v1 (2026-01-31)
@@ -84,1408 +84,1248 @@
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?>
 
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
   <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/>
   <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/>
   <Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/>
   <Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/>
   <Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/>
 </Relationships>
 
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <cols>
     <col min="1" max="1" width="11.02734375" customWidth="true"/>
-    <col min="2" max="2" width="117.28515625" customWidth="true"/>
+    <col min="2" max="2" width="115.1875" customWidth="true"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" t="inlineStr">
         <is>
           <t>Data source:</t>
         </is>
       </c>
       <c r="B1" t="inlineStr">
         <is>
           <t>Monthly Dairy Statistics: collection of cow’s milk, quantity, fat and protein content</t>
         </is>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="inlineStr">
         <is>
           <t>Filters:</t>
         </is>
       </c>
       <c r="B2" t="inlineStr">
         <is>
-          <t>Period : Last 9 Month(November 2024, December 2024, January 2025, February 2025, March 2025, April 2025, May 2025, June 2025, July 2025)</t>
+          <t>Period : Last 9 Month(January 2025, February 2025, March 2025, April 2025, May 2025, June 2025, July 2025, August 2025, September 2025)</t>
         </is>
       </c>
     </row>
     <row r="3">
       <c r="B3" t="inlineStr">
         <is>
           <t xml:space="preserve">
 Origin and destination : Cows’ milk collected from farms ( Belgium and foreign countries)
 </t>
         </is>
       </c>
     </row>
     <row r="4">
 </row>
     <row r="5">
       <c r="A5" t="inlineStr">
         <is>
           <t xml:space="preserve">Source: </t>
         </is>
       </c>
       <c r="B5" t="inlineStr">
         <is>
           <t>Statbel (Directorate-general Statistics - Statistics Belgium)</t>
         </is>
       </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <cols>
     <col min="1" max="1" width="53.765625" customWidth="true"/>
     <col min="2" max="2" width="25.4765625" customWidth="true"/>
     <col min="3" max="3" width="13.28515625" customWidth="true"/>
     <col min="4" max="4" width="6.04296875" customWidth="true"/>
-    <col min="5" max="5" width="13.79296875" customWidth="true"/>
-[...2 lines deleted...]
-    <col min="8" max="8" width="12.484375" customWidth="true"/>
+    <col min="5" max="5" width="11.97265625" customWidth="true"/>
+    <col min="6" max="6" width="12.484375" customWidth="true"/>
+    <col min="7" max="7" width="10.83203125" customWidth="true"/>
+    <col min="8" max="8" width="10.83203125" customWidth="true"/>
     <col min="9" max="9" width="10.83203125" customWidth="true"/>
     <col min="10" max="10" width="10.83203125" customWidth="true"/>
     <col min="11" max="11" width="10.83203125" customWidth="true"/>
-    <col min="12" max="12" width="10.83203125" customWidth="true"/>
-    <col min="13" max="13" width="10.83203125" customWidth="true"/>
+    <col min="12" max="12" width="11.26953125" customWidth="true"/>
+    <col min="13" max="13" width="14.3203125" customWidth="true"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1"/>
       <c r="B1"/>
       <c r="C1"/>
       <c r="D1" t="inlineStr">
         <is>
-          <t>Year</t>
+          <t>Month</t>
         </is>
       </c>
       <c r="E1" t="inlineStr">
         <is>
-          <t>2024</t>
-[...2 lines deleted...]
-      <c r="F1"/>
+          <t>January 2025</t>
+        </is>
+      </c>
+      <c r="F1" t="inlineStr">
+        <is>
+          <t>February 2025</t>
+        </is>
+      </c>
       <c r="G1" t="inlineStr">
         <is>
-          <t>2025</t>
-[...7 lines deleted...]
-      <c r="M1"/>
+          <t>March 2025</t>
+        </is>
+      </c>
+      <c r="H1" t="inlineStr">
+        <is>
+          <t>April 2025</t>
+        </is>
+      </c>
+      <c r="I1" t="inlineStr">
+        <is>
+          <t>May 2025</t>
+        </is>
+      </c>
+      <c r="J1" t="inlineStr">
+        <is>
+          <t>June 2025</t>
+        </is>
+      </c>
+      <c r="K1" t="inlineStr">
+        <is>
+          <t>July 2025</t>
+        </is>
+      </c>
+      <c r="L1" t="inlineStr">
+        <is>
+          <t>August 2025</t>
+        </is>
+      </c>
+      <c r="M1" t="inlineStr">
+        <is>
+          <t>September 2025</t>
+        </is>
+      </c>
     </row>
     <row r="2">
-      <c r="A2"/>
-      <c r="B2"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>Origin and destination</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>Type of dairy product received</t>
+        </is>
+      </c>
       <c r="C2"/>
-      <c r="D2" t="inlineStr">
-[...48 lines deleted...]
-      </c>
     </row>
     <row r="3">
       <c r="A3" t="inlineStr">
         <is>
-          <t>Origin and destination</t>
+          <t>Cows’ milk collected from farms ( Belgium and foreign countries)</t>
         </is>
       </c>
       <c r="B3" t="inlineStr">
         <is>
-          <t>Type of dairy product received</t>
-[...2 lines deleted...]
-      <c r="C3"/>
+          <t>Milk</t>
+        </is>
+      </c>
+      <c r="C3" t="inlineStr">
+        <is>
+          <t>Amount</t>
+        </is>
+      </c>
+      <c r="D3"/>
+      <c r="E3" s="1" t="n">
+        <v>3.6933138E8</v>
+      </c>
+      <c r="F3" s="1" t="n">
+        <v>3.39767102E8</v>
+      </c>
+      <c r="G3" s="1" t="n">
+        <v>3.83628402E8</v>
+      </c>
+      <c r="H3" s="1" t="n">
+        <v>3.82451678E8</v>
+      </c>
+      <c r="I3" s="1" t="n">
+        <v>3.91326807E8</v>
+      </c>
+      <c r="J3" s="1" t="n">
+        <v>3.64873337E8</v>
+      </c>
+      <c r="K3" s="1" t="n">
+        <v>3.71465406E8</v>
+      </c>
+      <c r="L3" s="1" t="n">
+        <v>3.7580875E8</v>
+      </c>
+      <c r="M3" s="1" t="n">
+        <v>3.68445723E8</v>
+      </c>
     </row>
     <row r="4">
-      <c r="A4" t="inlineStr">
-[...8 lines deleted...]
-      </c>
+      <c r="A4"/>
+      <c r="B4"/>
       <c r="C4" t="inlineStr">
         <is>
-          <t>Amount</t>
+          <t>Fat content</t>
         </is>
       </c>
       <c r="D4"/>
-      <c r="E4" s="1" t="n">
-[...15 lines deleted...]
-        <v>3.82451678E8</v>
+      <c r="E4" s="2" t="n">
+        <v>4.370000000000015</v>
+      </c>
+      <c r="F4" s="2" t="n">
+        <v>4.330000000000015</v>
+      </c>
+      <c r="G4" s="2" t="n">
+        <v>4.290000000000015</v>
+      </c>
+      <c r="H4" s="2" t="n">
+        <v>4.210000000000015</v>
+      </c>
+      <c r="I4" s="2" t="n">
+        <v>4.120000000000014</v>
+      </c>
+      <c r="J4" s="2" t="n">
+        <v>4.060000000000014</v>
       </c>
       <c r="K4" s="1" t="n">
-        <v>3.91316352E8</v>
-[...5 lines deleted...]
-        <v>3.71391136E8</v>
+        <v>4.0</v>
+      </c>
+      <c r="L4" s="2" t="n">
+        <v>4.060000000000014</v>
+      </c>
+      <c r="M4" s="2" t="n">
+        <v>4.170000000000015</v>
       </c>
     </row>
     <row r="5">
       <c r="A5"/>
       <c r="B5"/>
       <c r="C5" t="inlineStr">
         <is>
-          <t>Fat content</t>
+          <t>Protein content</t>
         </is>
       </c>
       <c r="D5"/>
       <c r="E5" s="2" t="n">
-        <v>4.310000000000015</v>
+        <v>3.5400000000000125</v>
       </c>
       <c r="F5" s="2" t="n">
-        <v>4.340000000000015</v>
+        <v>3.5300000000000122</v>
       </c>
       <c r="G5" s="2" t="n">
-        <v>4.370000000000015</v>
+        <v>3.5000000000000124</v>
       </c>
       <c r="H5" s="2" t="n">
-        <v>4.330000000000015</v>
+        <v>3.4700000000000126</v>
       </c>
       <c r="I5" s="2" t="n">
-        <v>4.290000000000015</v>
+        <v>3.4500000000000126</v>
       </c>
       <c r="J5" s="2" t="n">
-        <v>4.210000000000015</v>
+        <v>3.430000000000012</v>
       </c>
       <c r="K5" s="2" t="n">
-        <v>4.120000000000014</v>
+        <v>3.380000000000012</v>
       </c>
       <c r="L5" s="2" t="n">
-        <v>4.060000000000014</v>
-[...2 lines deleted...]
-        <v>4.0</v>
+        <v>3.390000000000012</v>
+      </c>
+      <c r="M5" s="2" t="n">
+        <v>3.4700000000000126</v>
       </c>
     </row>
     <row r="6">
       <c r="A6"/>
-      <c r="B6"/>
+      <c r="B6" t="inlineStr">
+        <is>
+          <t>Cream</t>
+        </is>
+      </c>
       <c r="C6" t="inlineStr">
         <is>
-          <t>Protein content</t>
+          <t>Amount</t>
         </is>
       </c>
       <c r="D6"/>
-      <c r="E6" s="2" t="n">
-[...24 lines deleted...]
-        <v>3.380000000000012</v>
+      <c r="E6" s="1" t="n">
+        <v>3022.0</v>
+      </c>
+      <c r="F6"/>
+      <c r="G6" s="1" t="n">
+        <v>3179.0</v>
+      </c>
+      <c r="H6" s="1" t="n">
+        <v>4178.0</v>
+      </c>
+      <c r="I6" s="1" t="n">
+        <v>3480.0</v>
+      </c>
+      <c r="J6" s="1" t="n">
+        <v>3774.0</v>
+      </c>
+      <c r="K6" s="1" t="n">
+        <v>3527.0</v>
+      </c>
+      <c r="L6" s="1" t="n">
+        <v>2906.0</v>
+      </c>
+      <c r="M6" s="1" t="n">
+        <v>3038.0</v>
       </c>
     </row>
     <row r="7">
       <c r="A7"/>
-      <c r="B7" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="B7"/>
       <c r="C7" t="inlineStr">
         <is>
-          <t>Amount</t>
+          <t>Fat content</t>
         </is>
       </c>
       <c r="D7"/>
-      <c r="E7" s="1" t="n">
-        <v>930.0</v>
+      <c r="E7" s="2" t="n">
+        <v>40.16000000000014</v>
       </c>
       <c r="F7"/>
-      <c r="G7" s="1" t="n">
-[...16 lines deleted...]
-        <v>3527.0</v>
+      <c r="G7" s="2" t="n">
+        <v>39.89000000000014</v>
+      </c>
+      <c r="H7" s="2" t="n">
+        <v>39.880000000000145</v>
+      </c>
+      <c r="I7" s="2" t="n">
+        <v>39.96000000000014</v>
+      </c>
+      <c r="J7" s="2" t="n">
+        <v>40.170000000000144</v>
+      </c>
+      <c r="K7" s="2" t="n">
+        <v>39.43000000000014</v>
+      </c>
+      <c r="L7" s="2" t="n">
+        <v>39.810000000000144</v>
+      </c>
+      <c r="M7" s="2" t="n">
+        <v>39.880000000000145</v>
       </c>
     </row>
     <row r="8">
       <c r="A8"/>
       <c r="B8"/>
       <c r="C8" t="inlineStr">
         <is>
-          <t>Fat content</t>
+          <t>Protein content</t>
         </is>
       </c>
       <c r="D8"/>
-      <c r="E8" s="2" t="n">
-[...1 lines deleted...]
-      </c>
+      <c r="E8"/>
       <c r="F8"/>
-      <c r="G8" s="2" t="n">
-[...1 lines deleted...]
-      </c>
+      <c r="G8"/>
       <c r="H8"/>
-      <c r="I8" s="2" t="n">
-[...13 lines deleted...]
-      </c>
+      <c r="I8"/>
+      <c r="J8"/>
+      <c r="K8"/>
+      <c r="L8"/>
+      <c r="M8"/>
     </row>
     <row r="9">
       <c r="A9"/>
-      <c r="B9"/>
+      <c r="B9" t="inlineStr">
+        <is>
+          <t>Skimmed milk</t>
+        </is>
+      </c>
       <c r="C9" t="inlineStr">
         <is>
-          <t>Protein content</t>
+          <t>Amount</t>
         </is>
       </c>
       <c r="D9"/>
-      <c r="E9"/>
-[...7 lines deleted...]
-      <c r="M9"/>
+      <c r="E9" s="1" t="n">
+        <v>787759.0</v>
+      </c>
+      <c r="F9" s="1" t="n">
+        <v>712273.0</v>
+      </c>
+      <c r="G9" s="1" t="n">
+        <v>819812.0</v>
+      </c>
+      <c r="H9" s="1" t="n">
+        <v>830982.0</v>
+      </c>
+      <c r="I9" s="1" t="n">
+        <v>976316.0</v>
+      </c>
+      <c r="J9" s="1" t="n">
+        <v>889414.0</v>
+      </c>
+      <c r="K9" s="1" t="n">
+        <v>732629.0</v>
+      </c>
+      <c r="L9" s="1" t="n">
+        <v>763218.0</v>
+      </c>
+      <c r="M9" s="1" t="n">
+        <v>769045.0</v>
+      </c>
     </row>
     <row r="10">
       <c r="A10"/>
-      <c r="B10" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="B10"/>
       <c r="C10" t="inlineStr">
         <is>
-          <t>Amount</t>
+          <t>Fat content</t>
         </is>
       </c>
       <c r="D10"/>
-      <c r="E10" s="1" t="n">
-[...24 lines deleted...]
-        <v>732629.0</v>
+      <c r="E10" s="2" t="n">
+        <v>0.29000000000000103</v>
+      </c>
+      <c r="F10" s="2" t="n">
+        <v>0.30000000000000104</v>
+      </c>
+      <c r="G10" s="2" t="n">
+        <v>0.3200000000000011</v>
+      </c>
+      <c r="H10" s="2" t="n">
+        <v>0.27000000000000096</v>
+      </c>
+      <c r="I10" s="2" t="n">
+        <v>0.280000000000001</v>
+      </c>
+      <c r="J10" s="2" t="n">
+        <v>0.29000000000000103</v>
+      </c>
+      <c r="K10" s="2" t="n">
+        <v>0.3500000000000012</v>
+      </c>
+      <c r="L10" s="2" t="n">
+        <v>0.27000000000000096</v>
+      </c>
+      <c r="M10" s="2" t="n">
+        <v>0.24000000000000085</v>
       </c>
     </row>
     <row r="11">
       <c r="A11"/>
       <c r="B11"/>
       <c r="C11" t="inlineStr">
         <is>
-          <t>Fat content</t>
+          <t>Protein content</t>
         </is>
       </c>
       <c r="D11"/>
       <c r="E11" s="2" t="n">
-        <v>0.3100000000000011</v>
+        <v>3.5300000000000122</v>
       </c>
       <c r="F11" s="2" t="n">
-        <v>0.30000000000000104</v>
+        <v>3.5300000000000122</v>
       </c>
       <c r="G11" s="2" t="n">
-        <v>0.29000000000000103</v>
+        <v>3.4800000000000124</v>
       </c>
       <c r="H11" s="2" t="n">
-        <v>0.30000000000000104</v>
+        <v>3.4800000000000124</v>
       </c>
       <c r="I11" s="2" t="n">
-        <v>0.3200000000000011</v>
+        <v>3.4800000000000124</v>
       </c>
       <c r="J11" s="2" t="n">
-        <v>0.27000000000000096</v>
+        <v>3.4500000000000126</v>
       </c>
       <c r="K11" s="2" t="n">
-        <v>0.280000000000001</v>
+        <v>3.380000000000012</v>
       </c>
       <c r="L11" s="2" t="n">
-        <v>0.29000000000000103</v>
+        <v>3.410000000000012</v>
       </c>
       <c r="M11" s="2" t="n">
-        <v>0.3500000000000012</v>
-[...14 lines deleted...]
-      <c r="F12" s="2" t="n">
         <v>3.5300000000000122</v>
-      </c>
-[...19 lines deleted...]
-        <v>3.380000000000012</v>
       </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <cols>
     <col min="1" max="1" width="53.765625" customWidth="true"/>
     <col min="2" max="2" width="25.4765625" customWidth="true"/>
-    <col min="3" max="3" width="4.96484375" customWidth="true"/>
-[...3 lines deleted...]
-    <col min="7" max="7" width="13.28515625" customWidth="true"/>
+    <col min="3" max="3" width="14.3203125" customWidth="true"/>
+    <col min="4" max="4" width="10.83203125" customWidth="true"/>
+    <col min="5" max="5" width="10.04296875" customWidth="true"/>
+    <col min="6" max="6" width="13.28515625" customWidth="true"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" t="inlineStr">
         <is>
           <t>Origin and destination</t>
         </is>
       </c>
       <c r="B1" t="inlineStr">
         <is>
           <t>Type of dairy product received</t>
         </is>
       </c>
       <c r="C1" t="inlineStr">
         <is>
-          <t>Year</t>
+          <t>Month</t>
         </is>
       </c>
       <c r="D1" t="inlineStr">
         <is>
-          <t>Month</t>
+          <t>Amount</t>
         </is>
       </c>
       <c r="E1" t="inlineStr">
         <is>
-          <t>Amount</t>
+          <t>Fat content</t>
         </is>
       </c>
       <c r="F1" t="inlineStr">
-        <is>
-[...3 lines deleted...]
-      <c r="G1" t="inlineStr">
         <is>
           <t>Protein content</t>
         </is>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="inlineStr">
         <is>
           <t>Cows’ milk collected from farms ( Belgium and foreign countries)</t>
         </is>
       </c>
       <c r="B2" t="inlineStr">
         <is>
           <t>Milk</t>
         </is>
       </c>
       <c r="C2" t="inlineStr">
         <is>
-          <t>2024</t>
-[...8 lines deleted...]
-        <v>3.40309667E8</v>
+          <t>January 2025</t>
+        </is>
+      </c>
+      <c r="D2" s="1" t="n">
+        <v>3.6933138E8</v>
+      </c>
+      <c r="E2" s="2" t="n">
+        <v>4.370000000000015</v>
       </c>
       <c r="F2" s="2" t="n">
-        <v>4.310000000000015</v>
-[...1 lines deleted...]
-      <c r="G2" s="2" t="n">
         <v>3.5400000000000125</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="inlineStr">
         <is>
           <t>Cows’ milk collected from farms ( Belgium and foreign countries)</t>
         </is>
       </c>
       <c r="B3" t="inlineStr">
         <is>
           <t>Milk</t>
         </is>
       </c>
       <c r="C3" t="inlineStr">
         <is>
-          <t>2024</t>
-[...8 lines deleted...]
-        <v>3.60042269E8</v>
+          <t>February 2025</t>
+        </is>
+      </c>
+      <c r="D3" s="1" t="n">
+        <v>3.39767102E8</v>
+      </c>
+      <c r="E3" s="2" t="n">
+        <v>4.330000000000015</v>
       </c>
       <c r="F3" s="2" t="n">
-        <v>4.340000000000015</v>
-[...1 lines deleted...]
-      <c r="G3" s="2" t="n">
         <v>3.5300000000000122</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="inlineStr">
         <is>
           <t>Cows’ milk collected from farms ( Belgium and foreign countries)</t>
         </is>
       </c>
       <c r="B4" t="inlineStr">
         <is>
           <t>Milk</t>
         </is>
       </c>
       <c r="C4" t="inlineStr">
         <is>
-          <t>2025</t>
-[...8 lines deleted...]
-        <v>3.6933138E8</v>
+          <t>March 2025</t>
+        </is>
+      </c>
+      <c r="D4" s="1" t="n">
+        <v>3.83628402E8</v>
+      </c>
+      <c r="E4" s="2" t="n">
+        <v>4.290000000000015</v>
       </c>
       <c r="F4" s="2" t="n">
-        <v>4.370000000000015</v>
-[...2 lines deleted...]
-        <v>3.5400000000000125</v>
+        <v>3.5000000000000124</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="inlineStr">
         <is>
           <t>Cows’ milk collected from farms ( Belgium and foreign countries)</t>
         </is>
       </c>
       <c r="B5" t="inlineStr">
         <is>
           <t>Milk</t>
         </is>
       </c>
       <c r="C5" t="inlineStr">
         <is>
-          <t>2025</t>
-[...8 lines deleted...]
-        <v>3.39767102E8</v>
+          <t>April 2025</t>
+        </is>
+      </c>
+      <c r="D5" s="1" t="n">
+        <v>3.82451678E8</v>
+      </c>
+      <c r="E5" s="2" t="n">
+        <v>4.210000000000015</v>
       </c>
       <c r="F5" s="2" t="n">
-        <v>4.330000000000015</v>
-[...2 lines deleted...]
-        <v>3.5300000000000122</v>
+        <v>3.4700000000000126</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="inlineStr">
         <is>
           <t>Cows’ milk collected from farms ( Belgium and foreign countries)</t>
         </is>
       </c>
       <c r="B6" t="inlineStr">
         <is>
           <t>Milk</t>
         </is>
       </c>
       <c r="C6" t="inlineStr">
         <is>
-          <t>2025</t>
-[...8 lines deleted...]
-        <v>3.83628402E8</v>
+          <t>May 2025</t>
+        </is>
+      </c>
+      <c r="D6" s="1" t="n">
+        <v>3.91326807E8</v>
+      </c>
+      <c r="E6" s="2" t="n">
+        <v>4.120000000000014</v>
       </c>
       <c r="F6" s="2" t="n">
-        <v>4.290000000000015</v>
-[...2 lines deleted...]
-        <v>3.5000000000000124</v>
+        <v>3.4500000000000126</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="inlineStr">
         <is>
           <t>Cows’ milk collected from farms ( Belgium and foreign countries)</t>
         </is>
       </c>
       <c r="B7" t="inlineStr">
         <is>
           <t>Milk</t>
         </is>
       </c>
       <c r="C7" t="inlineStr">
         <is>
-          <t>2025</t>
-[...8 lines deleted...]
-        <v>3.82451678E8</v>
+          <t>June 2025</t>
+        </is>
+      </c>
+      <c r="D7" s="1" t="n">
+        <v>3.64873337E8</v>
+      </c>
+      <c r="E7" s="2" t="n">
+        <v>4.060000000000014</v>
       </c>
       <c r="F7" s="2" t="n">
-        <v>4.210000000000015</v>
-[...2 lines deleted...]
-        <v>3.4700000000000126</v>
+        <v>3.430000000000012</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="inlineStr">
         <is>
           <t>Cows’ milk collected from farms ( Belgium and foreign countries)</t>
         </is>
       </c>
       <c r="B8" t="inlineStr">
         <is>
           <t>Milk</t>
         </is>
       </c>
       <c r="C8" t="inlineStr">
         <is>
-          <t>2025</t>
-[...5 lines deleted...]
-        </is>
+          <t>July 2025</t>
+        </is>
+      </c>
+      <c r="D8" s="1" t="n">
+        <v>3.71465406E8</v>
       </c>
       <c r="E8" s="1" t="n">
-        <v>3.91316352E8</v>
+        <v>4.0</v>
       </c>
       <c r="F8" s="2" t="n">
-        <v>4.120000000000014</v>
-[...2 lines deleted...]
-        <v>3.4500000000000126</v>
+        <v>3.380000000000012</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="inlineStr">
         <is>
           <t>Cows’ milk collected from farms ( Belgium and foreign countries)</t>
         </is>
       </c>
       <c r="B9" t="inlineStr">
         <is>
           <t>Milk</t>
         </is>
       </c>
       <c r="C9" t="inlineStr">
         <is>
-          <t>2025</t>
-[...8 lines deleted...]
-        <v>3.64873337E8</v>
+          <t>August 2025</t>
+        </is>
+      </c>
+      <c r="D9" s="1" t="n">
+        <v>3.7580875E8</v>
+      </c>
+      <c r="E9" s="2" t="n">
+        <v>4.060000000000014</v>
       </c>
       <c r="F9" s="2" t="n">
-        <v>4.060000000000014</v>
-[...2 lines deleted...]
-        <v>3.430000000000012</v>
+        <v>3.390000000000012</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="inlineStr">
         <is>
           <t>Cows’ milk collected from farms ( Belgium and foreign countries)</t>
         </is>
       </c>
       <c r="B10" t="inlineStr">
         <is>
           <t>Milk</t>
         </is>
       </c>
       <c r="C10" t="inlineStr">
         <is>
-          <t>2025</t>
-[...14 lines deleted...]
-        <v>3.380000000000012</v>
+          <t>September 2025</t>
+        </is>
+      </c>
+      <c r="D10" s="1" t="n">
+        <v>3.68445723E8</v>
+      </c>
+      <c r="E10" s="2" t="n">
+        <v>4.170000000000015</v>
+      </c>
+      <c r="F10" s="2" t="n">
+        <v>3.4700000000000126</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="inlineStr">
         <is>
           <t>Cows’ milk collected from farms ( Belgium and foreign countries)</t>
         </is>
       </c>
       <c r="B11" t="inlineStr">
         <is>
           <t>Cream</t>
         </is>
       </c>
       <c r="C11" t="inlineStr">
         <is>
-          <t>2024</t>
-[...13 lines deleted...]
-      <c r="G11"/>
+          <t>January 2025</t>
+        </is>
+      </c>
+      <c r="D11" s="1" t="n">
+        <v>3022.0</v>
+      </c>
+      <c r="E11" s="2" t="n">
+        <v>40.16000000000014</v>
+      </c>
+      <c r="F11"/>
     </row>
     <row r="12">
       <c r="A12" t="inlineStr">
         <is>
           <t>Cows’ milk collected from farms ( Belgium and foreign countries)</t>
         </is>
       </c>
       <c r="B12" t="inlineStr">
         <is>
           <t>Cream</t>
         </is>
       </c>
       <c r="C12" t="inlineStr">
         <is>
-          <t>2024</t>
-[...6 lines deleted...]
-      </c>
+          <t>February 2025</t>
+        </is>
+      </c>
+      <c r="D12"/>
       <c r="E12"/>
       <c r="F12"/>
-      <c r="G12"/>
     </row>
     <row r="13">
       <c r="A13" t="inlineStr">
         <is>
           <t>Cows’ milk collected from farms ( Belgium and foreign countries)</t>
         </is>
       </c>
       <c r="B13" t="inlineStr">
         <is>
           <t>Cream</t>
         </is>
       </c>
       <c r="C13" t="inlineStr">
         <is>
-          <t>2025</t>
-[...13 lines deleted...]
-      <c r="G13"/>
+          <t>March 2025</t>
+        </is>
+      </c>
+      <c r="D13" s="1" t="n">
+        <v>3179.0</v>
+      </c>
+      <c r="E13" s="2" t="n">
+        <v>39.89000000000014</v>
+      </c>
+      <c r="F13"/>
     </row>
     <row r="14">
       <c r="A14" t="inlineStr">
         <is>
           <t>Cows’ milk collected from farms ( Belgium and foreign countries)</t>
         </is>
       </c>
       <c r="B14" t="inlineStr">
         <is>
           <t>Cream</t>
         </is>
       </c>
       <c r="C14" t="inlineStr">
         <is>
-          <t>2025</t>
-[...7 lines deleted...]
-      <c r="E14"/>
+          <t>April 2025</t>
+        </is>
+      </c>
+      <c r="D14" s="1" t="n">
+        <v>4178.0</v>
+      </c>
+      <c r="E14" s="2" t="n">
+        <v>39.880000000000145</v>
+      </c>
       <c r="F14"/>
-      <c r="G14"/>
     </row>
     <row r="15">
       <c r="A15" t="inlineStr">
         <is>
           <t>Cows’ milk collected from farms ( Belgium and foreign countries)</t>
         </is>
       </c>
       <c r="B15" t="inlineStr">
         <is>
           <t>Cream</t>
         </is>
       </c>
       <c r="C15" t="inlineStr">
         <is>
-          <t>2025</t>
-[...13 lines deleted...]
-      <c r="G15"/>
+          <t>May 2025</t>
+        </is>
+      </c>
+      <c r="D15" s="1" t="n">
+        <v>3480.0</v>
+      </c>
+      <c r="E15" s="2" t="n">
+        <v>39.96000000000014</v>
+      </c>
+      <c r="F15"/>
     </row>
     <row r="16">
       <c r="A16" t="inlineStr">
         <is>
           <t>Cows’ milk collected from farms ( Belgium and foreign countries)</t>
         </is>
       </c>
       <c r="B16" t="inlineStr">
         <is>
           <t>Cream</t>
         </is>
       </c>
       <c r="C16" t="inlineStr">
         <is>
-          <t>2025</t>
-[...13 lines deleted...]
-      <c r="G16"/>
+          <t>June 2025</t>
+        </is>
+      </c>
+      <c r="D16" s="1" t="n">
+        <v>3774.0</v>
+      </c>
+      <c r="E16" s="2" t="n">
+        <v>40.170000000000144</v>
+      </c>
+      <c r="F16"/>
     </row>
     <row r="17">
       <c r="A17" t="inlineStr">
         <is>
           <t>Cows’ milk collected from farms ( Belgium and foreign countries)</t>
         </is>
       </c>
       <c r="B17" t="inlineStr">
         <is>
           <t>Cream</t>
         </is>
       </c>
       <c r="C17" t="inlineStr">
         <is>
-          <t>2025</t>
-[...13 lines deleted...]
-      <c r="G17"/>
+          <t>July 2025</t>
+        </is>
+      </c>
+      <c r="D17" s="1" t="n">
+        <v>3527.0</v>
+      </c>
+      <c r="E17" s="2" t="n">
+        <v>39.43000000000014</v>
+      </c>
+      <c r="F17"/>
     </row>
     <row r="18">
       <c r="A18" t="inlineStr">
         <is>
           <t>Cows’ milk collected from farms ( Belgium and foreign countries)</t>
         </is>
       </c>
       <c r="B18" t="inlineStr">
         <is>
           <t>Cream</t>
         </is>
       </c>
       <c r="C18" t="inlineStr">
         <is>
-          <t>2025</t>
-[...13 lines deleted...]
-      <c r="G18"/>
+          <t>August 2025</t>
+        </is>
+      </c>
+      <c r="D18" s="1" t="n">
+        <v>2906.0</v>
+      </c>
+      <c r="E18" s="2" t="n">
+        <v>39.810000000000144</v>
+      </c>
+      <c r="F18"/>
     </row>
     <row r="19">
       <c r="A19" t="inlineStr">
         <is>
           <t>Cows’ milk collected from farms ( Belgium and foreign countries)</t>
         </is>
       </c>
       <c r="B19" t="inlineStr">
         <is>
           <t>Cream</t>
         </is>
       </c>
       <c r="C19" t="inlineStr">
         <is>
-          <t>2025</t>
-[...13 lines deleted...]
-      <c r="G19"/>
+          <t>September 2025</t>
+        </is>
+      </c>
+      <c r="D19" s="1" t="n">
+        <v>3038.0</v>
+      </c>
+      <c r="E19" s="2" t="n">
+        <v>39.880000000000145</v>
+      </c>
+      <c r="F19"/>
     </row>
     <row r="20">
       <c r="A20" t="inlineStr">
         <is>
           <t>Cows’ milk collected from farms ( Belgium and foreign countries)</t>
         </is>
       </c>
       <c r="B20" t="inlineStr">
         <is>
           <t>Skimmed milk</t>
         </is>
       </c>
       <c r="C20" t="inlineStr">
         <is>
-          <t>2024</t>
-[...8 lines deleted...]
-        <v>1083514.0</v>
+          <t>January 2025</t>
+        </is>
+      </c>
+      <c r="D20" s="1" t="n">
+        <v>787759.0</v>
+      </c>
+      <c r="E20" s="2" t="n">
+        <v>0.29000000000000103</v>
       </c>
       <c r="F20" s="2" t="n">
-        <v>0.3100000000000011</v>
-[...2 lines deleted...]
-        <v>3.5700000000000127</v>
+        <v>3.5300000000000122</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="inlineStr">
         <is>
           <t>Cows’ milk collected from farms ( Belgium and foreign countries)</t>
         </is>
       </c>
       <c r="B21" t="inlineStr">
         <is>
           <t>Skimmed milk</t>
         </is>
       </c>
       <c r="C21" t="inlineStr">
         <is>
-          <t>2024</t>
-[...8 lines deleted...]
-        <v>1123097.0</v>
+          <t>February 2025</t>
+        </is>
+      </c>
+      <c r="D21" s="1" t="n">
+        <v>712273.0</v>
+      </c>
+      <c r="E21" s="2" t="n">
+        <v>0.30000000000000104</v>
       </c>
       <c r="F21" s="2" t="n">
-        <v>0.30000000000000104</v>
-[...1 lines deleted...]
-      <c r="G21" s="2" t="n">
         <v>3.5300000000000122</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="inlineStr">
         <is>
           <t>Cows’ milk collected from farms ( Belgium and foreign countries)</t>
         </is>
       </c>
       <c r="B22" t="inlineStr">
         <is>
           <t>Skimmed milk</t>
         </is>
       </c>
       <c r="C22" t="inlineStr">
         <is>
-          <t>2025</t>
-[...8 lines deleted...]
-        <v>787759.0</v>
+          <t>March 2025</t>
+        </is>
+      </c>
+      <c r="D22" s="1" t="n">
+        <v>819812.0</v>
+      </c>
+      <c r="E22" s="2" t="n">
+        <v>0.3200000000000011</v>
       </c>
       <c r="F22" s="2" t="n">
-        <v>0.29000000000000103</v>
-[...2 lines deleted...]
-        <v>3.5300000000000122</v>
+        <v>3.4800000000000124</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="inlineStr">
         <is>
           <t>Cows’ milk collected from farms ( Belgium and foreign countries)</t>
         </is>
       </c>
       <c r="B23" t="inlineStr">
         <is>
           <t>Skimmed milk</t>
         </is>
       </c>
       <c r="C23" t="inlineStr">
         <is>
-          <t>2025</t>
-[...8 lines deleted...]
-        <v>712273.0</v>
+          <t>April 2025</t>
+        </is>
+      </c>
+      <c r="D23" s="1" t="n">
+        <v>830982.0</v>
+      </c>
+      <c r="E23" s="2" t="n">
+        <v>0.27000000000000096</v>
       </c>
       <c r="F23" s="2" t="n">
-        <v>0.30000000000000104</v>
-[...2 lines deleted...]
-        <v>3.5300000000000122</v>
+        <v>3.4800000000000124</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="inlineStr">
         <is>
           <t>Cows’ milk collected from farms ( Belgium and foreign countries)</t>
         </is>
       </c>
       <c r="B24" t="inlineStr">
         <is>
           <t>Skimmed milk</t>
         </is>
       </c>
       <c r="C24" t="inlineStr">
         <is>
-          <t>2025</t>
-[...8 lines deleted...]
-        <v>819812.0</v>
+          <t>May 2025</t>
+        </is>
+      </c>
+      <c r="D24" s="1" t="n">
+        <v>976316.0</v>
+      </c>
+      <c r="E24" s="2" t="n">
+        <v>0.280000000000001</v>
       </c>
       <c r="F24" s="2" t="n">
-        <v>0.3200000000000011</v>
-[...1 lines deleted...]
-      <c r="G24" s="2" t="n">
         <v>3.4800000000000124</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="inlineStr">
         <is>
           <t>Cows’ milk collected from farms ( Belgium and foreign countries)</t>
         </is>
       </c>
       <c r="B25" t="inlineStr">
         <is>
           <t>Skimmed milk</t>
         </is>
       </c>
       <c r="C25" t="inlineStr">
         <is>
-          <t>2025</t>
-[...8 lines deleted...]
-        <v>830982.0</v>
+          <t>June 2025</t>
+        </is>
+      </c>
+      <c r="D25" s="1" t="n">
+        <v>889414.0</v>
+      </c>
+      <c r="E25" s="2" t="n">
+        <v>0.29000000000000103</v>
       </c>
       <c r="F25" s="2" t="n">
-        <v>0.27000000000000096</v>
-[...2 lines deleted...]
-        <v>3.4800000000000124</v>
+        <v>3.4500000000000126</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="inlineStr">
         <is>
           <t>Cows’ milk collected from farms ( Belgium and foreign countries)</t>
         </is>
       </c>
       <c r="B26" t="inlineStr">
         <is>
           <t>Skimmed milk</t>
         </is>
       </c>
       <c r="C26" t="inlineStr">
         <is>
-          <t>2025</t>
-[...8 lines deleted...]
-        <v>976316.0</v>
+          <t>July 2025</t>
+        </is>
+      </c>
+      <c r="D26" s="1" t="n">
+        <v>732629.0</v>
+      </c>
+      <c r="E26" s="2" t="n">
+        <v>0.3500000000000012</v>
       </c>
       <c r="F26" s="2" t="n">
-        <v>0.280000000000001</v>
-[...2 lines deleted...]
-        <v>3.4800000000000124</v>
+        <v>3.380000000000012</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="inlineStr">
         <is>
           <t>Cows’ milk collected from farms ( Belgium and foreign countries)</t>
         </is>
       </c>
       <c r="B27" t="inlineStr">
         <is>
           <t>Skimmed milk</t>
         </is>
       </c>
       <c r="C27" t="inlineStr">
         <is>
-          <t>2025</t>
-[...8 lines deleted...]
-        <v>889414.0</v>
+          <t>August 2025</t>
+        </is>
+      </c>
+      <c r="D27" s="1" t="n">
+        <v>763218.0</v>
+      </c>
+      <c r="E27" s="2" t="n">
+        <v>0.27000000000000096</v>
       </c>
       <c r="F27" s="2" t="n">
-        <v>0.29000000000000103</v>
-[...2 lines deleted...]
-        <v>3.4500000000000126</v>
+        <v>3.410000000000012</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="inlineStr">
         <is>
           <t>Cows’ milk collected from farms ( Belgium and foreign countries)</t>
         </is>
       </c>
       <c r="B28" t="inlineStr">
         <is>
           <t>Skimmed milk</t>
         </is>
       </c>
       <c r="C28" t="inlineStr">
         <is>
-          <t>2025</t>
-[...8 lines deleted...]
-        <v>732629.0</v>
+          <t>September 2025</t>
+        </is>
+      </c>
+      <c r="D28" s="1" t="n">
+        <v>769045.0</v>
+      </c>
+      <c r="E28" s="2" t="n">
+        <v>0.24000000000000085</v>
       </c>
       <c r="F28" s="2" t="n">
-        <v>0.3500000000000012</v>
-[...2 lines deleted...]
-        <v>3.380000000000012</v>
+        <v>3.5300000000000122</v>
       </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <coreProperties xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </coreProperties>
 </file>