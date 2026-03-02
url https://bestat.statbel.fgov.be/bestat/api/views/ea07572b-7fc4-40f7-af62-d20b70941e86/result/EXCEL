--- v0 (2025-10-03)
+++ v1 (2026-03-02)
@@ -84,74 +84,74 @@
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?>
 
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
   <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/>
   <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/>
   <Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/>
   <Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/>
   <Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/>
 </Relationships>
 
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <cols>
     <col min="1" max="1" width="11.02734375" customWidth="true"/>
-    <col min="2" max="2" width="172.3515625" customWidth="true"/>
+    <col min="2" max="2" width="171.796875" customWidth="true"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" t="inlineStr">
         <is>
           <t>Data source:</t>
         </is>
       </c>
       <c r="B1" t="inlineStr">
         <is>
           <t>Index van de consumptieprijzen, volgens basisjaar, COICOP nomenclatuur, per jaar en maand</t>
         </is>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="inlineStr">
         <is>
           <t>Filters:</t>
         </is>
       </c>
       <c r="B2" t="inlineStr">
         <is>
-          <t>Datum : Laatste 13 Maand(September 2024, Oktober 2024, November 2024, December 2024, Januari 2025, Februari 2025, Maart 2025, April 2025, Mei 2025, Juni 2025, Juli 2025, Augustus 2025, September 2025)</t>
+          <t>Datum : Laatste 13 Maand(December 2024, Januari 2025, Februari 2025, Maart 2025, April 2025, Mei 2025, Juni 2025, Juli 2025, Augustus 2025, September 2025, Oktober 2025, November 2025, December 2025)</t>
         </is>
       </c>
     </row>
     <row r="3">
       <c r="B3" t="inlineStr">
         <is>
           <t xml:space="preserve">
 Basisjaar : 1996 = 100, 2004 = 100, 2013 = 100
 </t>
         </is>
       </c>
     </row>
     <row r="4">
 </row>
     <row r="5">
       <c r="A5" t="inlineStr">
         <is>
           <t xml:space="preserve">Bron: </t>
         </is>
       </c>
       <c r="B5" t="inlineStr">
         <is>
           <t>Statbel (Algemene Directie Statistiek - Statistics Belgium)</t>
         </is>
       </c>
@@ -240,399 +240,399 @@
         <is>
           <t>Afgevlakte index</t>
         </is>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="inlineStr">
         <is>
           <t>Jaar</t>
         </is>
       </c>
       <c r="B3" t="inlineStr">
         <is>
           <t>Maand</t>
         </is>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="B4" t="inlineStr">
         <is>
-          <t>September 2024</t>
+          <t>December 2024</t>
         </is>
       </c>
       <c r="C4"/>
       <c r="D4" s="2" t="n">
-        <v>181.93000000000066</v>
+        <v>183.75000000000065</v>
       </c>
       <c r="E4" s="2" t="n">
-        <v>178.46000000000063</v>
+        <v>179.2000000000006</v>
       </c>
       <c r="F4" s="2" t="n">
-        <v>159.91000000000057</v>
+        <v>161.51000000000056</v>
       </c>
       <c r="G4" s="2" t="n">
-        <v>156.86000000000058</v>
+        <v>157.51000000000056</v>
       </c>
       <c r="H4" s="2" t="n">
-        <v>132.41000000000048</v>
+        <v>133.73000000000047</v>
       </c>
       <c r="I4" s="2" t="n">
-        <v>129.88000000000045</v>
+        <v>130.42000000000044</v>
       </c>
     </row>
     <row r="5">
-      <c r="A5"/>
+      <c r="A5" t="inlineStr">
+        <is>
+          <t>2025</t>
+        </is>
+      </c>
       <c r="B5" t="inlineStr">
         <is>
-          <t>Oktober 2024</t>
+          <t>Januari 2025</t>
         </is>
       </c>
       <c r="C5"/>
       <c r="D5" s="2" t="n">
-        <v>182.69000000000065</v>
+        <v>186.20000000000064</v>
       </c>
       <c r="E5" s="2" t="n">
-        <v>178.80000000000064</v>
+        <v>180.24000000000066</v>
       </c>
       <c r="F5" s="2" t="n">
-        <v>160.58000000000058</v>
+        <v>163.67000000000056</v>
       </c>
       <c r="G5" s="2" t="n">
-        <v>157.16000000000057</v>
+        <v>158.43000000000058</v>
       </c>
       <c r="H5" s="2" t="n">
-        <v>132.9600000000005</v>
+        <v>135.5200000000005</v>
       </c>
       <c r="I5" s="2" t="n">
-        <v>130.13000000000045</v>
+        <v>131.18000000000046</v>
       </c>
     </row>
     <row r="6">
       <c r="A6"/>
       <c r="B6" t="inlineStr">
         <is>
-          <t>November 2024</t>
+          <t>Februari 2025</t>
         </is>
       </c>
       <c r="C6"/>
       <c r="D6" s="2" t="n">
-        <v>183.04000000000065</v>
+        <v>186.58000000000067</v>
       </c>
       <c r="E6" s="2" t="n">
-        <v>178.9200000000006</v>
+        <v>181.19000000000065</v>
       </c>
       <c r="F6" s="2" t="n">
-        <v>160.89000000000055</v>
+        <v>163.99000000000058</v>
       </c>
       <c r="G6" s="2" t="n">
-        <v>157.27000000000058</v>
+        <v>159.26000000000056</v>
       </c>
       <c r="H6" s="2" t="n">
-        <v>133.22000000000048</v>
+        <v>135.79000000000048</v>
       </c>
       <c r="I6" s="2" t="n">
-        <v>130.22000000000045</v>
+        <v>131.87000000000046</v>
       </c>
     </row>
     <row r="7">
       <c r="A7"/>
       <c r="B7" t="inlineStr">
         <is>
-          <t>December 2024</t>
+          <t>Maart 2025</t>
         </is>
       </c>
       <c r="C7"/>
       <c r="D7" s="2" t="n">
-        <v>183.75000000000065</v>
+        <v>186.74000000000066</v>
       </c>
       <c r="E7" s="2" t="n">
-        <v>179.2000000000006</v>
+        <v>182.10000000000065</v>
       </c>
       <c r="F7" s="2" t="n">
-        <v>161.51000000000056</v>
+        <v>164.14000000000058</v>
       </c>
       <c r="G7" s="2" t="n">
-        <v>157.51000000000056</v>
+        <v>160.06000000000057</v>
       </c>
       <c r="H7" s="2" t="n">
-        <v>133.73000000000047</v>
+        <v>135.91000000000048</v>
       </c>
       <c r="I7" s="2" t="n">
-        <v>130.42000000000044</v>
+        <v>132.53000000000048</v>
       </c>
     </row>
     <row r="8">
-      <c r="A8" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="A8"/>
       <c r="B8" t="inlineStr">
         <is>
-          <t>Januari 2025</t>
+          <t>April 2025</t>
         </is>
       </c>
       <c r="C8"/>
       <c r="D8" s="2" t="n">
-        <v>186.20000000000064</v>
+        <v>185.17000000000064</v>
       </c>
       <c r="E8" s="2" t="n">
-        <v>180.24000000000066</v>
+        <v>182.45000000000064</v>
       </c>
       <c r="F8" s="2" t="n">
-        <v>163.67000000000056</v>
+        <v>162.76000000000056</v>
       </c>
       <c r="G8" s="2" t="n">
-        <v>158.43000000000058</v>
+        <v>160.37000000000057</v>
       </c>
       <c r="H8" s="2" t="n">
-        <v>135.5200000000005</v>
+        <v>134.7700000000005</v>
       </c>
       <c r="I8" s="2" t="n">
-        <v>131.18000000000046</v>
+        <v>132.79000000000048</v>
       </c>
     </row>
     <row r="9">
       <c r="A9"/>
       <c r="B9" t="inlineStr">
         <is>
-          <t>Februari 2025</t>
+          <t>Mei 2025</t>
         </is>
       </c>
       <c r="C9"/>
       <c r="D9" s="2" t="n">
-        <v>186.58000000000067</v>
+        <v>184.86000000000067</v>
       </c>
       <c r="E9" s="2" t="n">
-        <v>181.19000000000065</v>
+        <v>182.12000000000066</v>
       </c>
       <c r="F9" s="2" t="n">
-        <v>163.99000000000058</v>
+        <v>162.48000000000056</v>
       </c>
       <c r="G9" s="2" t="n">
-        <v>159.26000000000056</v>
+        <v>160.08000000000058</v>
       </c>
       <c r="H9" s="2" t="n">
-        <v>135.79000000000048</v>
+        <v>134.54000000000048</v>
       </c>
       <c r="I9" s="2" t="n">
-        <v>131.87000000000046</v>
+        <v>132.5500000000005</v>
       </c>
     </row>
     <row r="10">
       <c r="A10"/>
       <c r="B10" t="inlineStr">
         <is>
-          <t>Maart 2025</t>
+          <t>Juni 2025</t>
         </is>
       </c>
       <c r="C10"/>
       <c r="D10" s="2" t="n">
-        <v>186.74000000000066</v>
+        <v>185.54000000000065</v>
       </c>
       <c r="E10" s="2" t="n">
-        <v>182.10000000000065</v>
+        <v>181.86000000000067</v>
       </c>
       <c r="F10" s="2" t="n">
-        <v>164.14000000000058</v>
+        <v>163.09000000000057</v>
       </c>
       <c r="G10" s="2" t="n">
-        <v>160.06000000000057</v>
+        <v>159.85000000000056</v>
       </c>
       <c r="H10" s="2" t="n">
-        <v>135.91000000000048</v>
+        <v>135.04000000000048</v>
       </c>
       <c r="I10" s="2" t="n">
-        <v>132.53000000000048</v>
+        <v>132.3600000000005</v>
       </c>
     </row>
     <row r="11">
       <c r="A11"/>
       <c r="B11" t="inlineStr">
         <is>
-          <t>April 2025</t>
+          <t>Juli 2025</t>
         </is>
       </c>
       <c r="C11"/>
       <c r="D11" s="2" t="n">
-        <v>185.17000000000064</v>
+        <v>186.31000000000066</v>
       </c>
       <c r="E11" s="2" t="n">
-        <v>182.45000000000064</v>
+        <v>181.77000000000066</v>
       </c>
       <c r="F11" s="2" t="n">
-        <v>162.76000000000056</v>
+        <v>163.76000000000056</v>
       </c>
       <c r="G11" s="2" t="n">
-        <v>160.37000000000057</v>
+        <v>159.77000000000058</v>
       </c>
       <c r="H11" s="2" t="n">
-        <v>134.7700000000005</v>
+        <v>135.60000000000048</v>
       </c>
       <c r="I11" s="2" t="n">
-        <v>132.79000000000048</v>
+        <v>132.29000000000048</v>
       </c>
     </row>
     <row r="12">
       <c r="A12"/>
       <c r="B12" t="inlineStr">
         <is>
-          <t>Mei 2025</t>
+          <t>Augustus 2025</t>
         </is>
       </c>
       <c r="C12"/>
       <c r="D12" s="2" t="n">
-        <v>184.86000000000067</v>
+        <v>186.37000000000066</v>
       </c>
       <c r="E12" s="2" t="n">
-        <v>182.12000000000066</v>
+        <v>182.06000000000066</v>
       </c>
       <c r="F12" s="2" t="n">
-        <v>162.48000000000056</v>
+        <v>163.81000000000057</v>
       </c>
       <c r="G12" s="2" t="n">
-        <v>160.08000000000058</v>
+        <v>160.02000000000058</v>
       </c>
       <c r="H12" s="2" t="n">
-        <v>134.54000000000048</v>
+        <v>135.64000000000047</v>
       </c>
       <c r="I12" s="2" t="n">
-        <v>132.5500000000005</v>
+        <v>132.50000000000048</v>
       </c>
     </row>
     <row r="13">
       <c r="A13"/>
       <c r="B13" t="inlineStr">
         <is>
-          <t>Juni 2025</t>
+          <t>September 2025</t>
         </is>
       </c>
       <c r="C13"/>
       <c r="D13" s="2" t="n">
-        <v>185.54000000000065</v>
+        <v>185.85000000000065</v>
       </c>
       <c r="E13" s="2" t="n">
-        <v>181.86000000000067</v>
+        <v>182.30000000000067</v>
       </c>
       <c r="F13" s="2" t="n">
-        <v>163.09000000000057</v>
+        <v>163.35000000000056</v>
       </c>
       <c r="G13" s="2" t="n">
-        <v>159.85000000000056</v>
+        <v>160.24000000000058</v>
       </c>
       <c r="H13" s="2" t="n">
-        <v>135.04000000000048</v>
+        <v>135.26000000000047</v>
       </c>
       <c r="I13" s="2" t="n">
-        <v>132.3600000000005</v>
+        <v>132.6800000000005</v>
       </c>
     </row>
     <row r="14">
       <c r="A14"/>
       <c r="B14" t="inlineStr">
         <is>
-          <t>Juli 2025</t>
+          <t>Oktober 2025</t>
         </is>
       </c>
       <c r="C14"/>
       <c r="D14" s="2" t="n">
-        <v>186.31000000000066</v>
+        <v>186.53000000000065</v>
       </c>
       <c r="E14" s="2" t="n">
-        <v>181.77000000000066</v>
+        <v>182.54000000000065</v>
       </c>
       <c r="F14" s="2" t="n">
-        <v>163.76000000000056</v>
+        <v>163.96000000000058</v>
       </c>
       <c r="G14" s="2" t="n">
-        <v>159.77000000000058</v>
+        <v>160.44000000000057</v>
       </c>
       <c r="H14" s="2" t="n">
-        <v>135.60000000000048</v>
+        <v>135.76000000000047</v>
       </c>
       <c r="I14" s="2" t="n">
-        <v>132.29000000000048</v>
+        <v>132.85000000000048</v>
       </c>
     </row>
     <row r="15">
       <c r="A15"/>
       <c r="B15" t="inlineStr">
         <is>
-          <t>Augustus 2025</t>
+          <t>November 2025</t>
         </is>
       </c>
       <c r="C15"/>
       <c r="D15" s="2" t="n">
-        <v>186.37000000000066</v>
+        <v>187.54000000000065</v>
       </c>
       <c r="E15" s="2" t="n">
-        <v>182.06000000000066</v>
+        <v>182.84000000000066</v>
       </c>
       <c r="F15" s="2" t="n">
-        <v>163.81000000000057</v>
+        <v>164.8400000000006</v>
       </c>
       <c r="G15" s="2" t="n">
-        <v>160.02000000000058</v>
+        <v>160.71000000000058</v>
       </c>
       <c r="H15" s="2" t="n">
-        <v>135.64000000000047</v>
+        <v>136.4900000000005</v>
       </c>
       <c r="I15" s="2" t="n">
-        <v>132.50000000000048</v>
+        <v>133.07000000000048</v>
       </c>
     </row>
     <row r="16">
       <c r="A16"/>
       <c r="B16" t="inlineStr">
         <is>
-          <t>September 2025</t>
+          <t>December 2025</t>
         </is>
       </c>
       <c r="C16"/>
       <c r="D16" s="2" t="n">
-        <v>185.85000000000065</v>
+        <v>187.81000000000066</v>
       </c>
       <c r="E16" s="2" t="n">
-        <v>182.30000000000067</v>
+        <v>183.20000000000064</v>
       </c>
       <c r="F16" s="2" t="n">
-        <v>163.35000000000056</v>
+        <v>165.0800000000006</v>
       </c>
       <c r="G16" s="2" t="n">
-        <v>160.24000000000058</v>
+        <v>161.02000000000058</v>
       </c>
       <c r="H16" s="2" t="n">
-        <v>135.26000000000047</v>
+        <v>136.69000000000048</v>
       </c>
       <c r="I16" s="2" t="n">
-        <v>132.6800000000005</v>
+        <v>133.3300000000005</v>
       </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <cols>
     <col min="1" max="1" width="4.96484375" customWidth="true"/>
     <col min="2" max="2" width="14.3203125" customWidth="true"/>
     <col min="3" max="3" width="9.96875" customWidth="true"/>
     <col min="4" max="4" width="15.8203125" customWidth="true"/>
     <col min="5" max="5" width="14.39453125" customWidth="true"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" t="inlineStr">
         <is>
@@ -646,931 +646,931 @@
       </c>
       <c r="C1" t="inlineStr">
         <is>
           <t>Basisjaar</t>
         </is>
       </c>
       <c r="D1" t="inlineStr">
         <is>
           <t>Gezondheidsindex</t>
         </is>
       </c>
       <c r="E1" t="inlineStr">
         <is>
           <t>Afgevlakte index</t>
         </is>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="B2" t="inlineStr">
         <is>
-          <t>September 2024</t>
+          <t>December 2024</t>
         </is>
       </c>
       <c r="C2" t="inlineStr">
         <is>
           <t>1996 = 100</t>
         </is>
       </c>
       <c r="D2" s="2" t="n">
-        <v>181.93000000000066</v>
+        <v>183.75000000000065</v>
       </c>
       <c r="E2" s="2" t="n">
-        <v>178.46000000000063</v>
+        <v>179.2000000000006</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="B3" t="inlineStr">
         <is>
-          <t>September 2024</t>
+          <t>December 2024</t>
         </is>
       </c>
       <c r="C3" t="inlineStr">
         <is>
           <t>2004 = 100</t>
         </is>
       </c>
       <c r="D3" s="2" t="n">
-        <v>159.91000000000057</v>
+        <v>161.51000000000056</v>
       </c>
       <c r="E3" s="2" t="n">
-        <v>156.86000000000058</v>
+        <v>157.51000000000056</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="B4" t="inlineStr">
         <is>
-          <t>September 2024</t>
+          <t>December 2024</t>
         </is>
       </c>
       <c r="C4" t="inlineStr">
         <is>
           <t>2013 = 100</t>
         </is>
       </c>
       <c r="D4" s="2" t="n">
-        <v>132.41000000000048</v>
+        <v>133.73000000000047</v>
       </c>
       <c r="E4" s="2" t="n">
-        <v>129.88000000000045</v>
+        <v>130.42000000000044</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="B5" t="inlineStr">
         <is>
-          <t>Oktober 2024</t>
+          <t>Januari 2025</t>
         </is>
       </c>
       <c r="C5" t="inlineStr">
         <is>
           <t>1996 = 100</t>
         </is>
       </c>
       <c r="D5" s="2" t="n">
-        <v>182.69000000000065</v>
+        <v>186.20000000000064</v>
       </c>
       <c r="E5" s="2" t="n">
-        <v>178.80000000000064</v>
+        <v>180.24000000000066</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="B6" t="inlineStr">
         <is>
-          <t>Oktober 2024</t>
+          <t>Januari 2025</t>
         </is>
       </c>
       <c r="C6" t="inlineStr">
         <is>
           <t>2004 = 100</t>
         </is>
       </c>
       <c r="D6" s="2" t="n">
-        <v>160.58000000000058</v>
+        <v>163.67000000000056</v>
       </c>
       <c r="E6" s="2" t="n">
-        <v>157.16000000000057</v>
+        <v>158.43000000000058</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="B7" t="inlineStr">
         <is>
-          <t>Oktober 2024</t>
+          <t>Januari 2025</t>
         </is>
       </c>
       <c r="C7" t="inlineStr">
         <is>
           <t>2013 = 100</t>
         </is>
       </c>
       <c r="D7" s="2" t="n">
-        <v>132.9600000000005</v>
+        <v>135.5200000000005</v>
       </c>
       <c r="E7" s="2" t="n">
-        <v>130.13000000000045</v>
+        <v>131.18000000000046</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="B8" t="inlineStr">
         <is>
-          <t>November 2024</t>
+          <t>Februari 2025</t>
         </is>
       </c>
       <c r="C8" t="inlineStr">
         <is>
           <t>1996 = 100</t>
         </is>
       </c>
       <c r="D8" s="2" t="n">
-        <v>183.04000000000065</v>
+        <v>186.58000000000067</v>
       </c>
       <c r="E8" s="2" t="n">
-        <v>178.9200000000006</v>
+        <v>181.19000000000065</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="B9" t="inlineStr">
         <is>
-          <t>November 2024</t>
+          <t>Februari 2025</t>
         </is>
       </c>
       <c r="C9" t="inlineStr">
         <is>
           <t>2004 = 100</t>
         </is>
       </c>
       <c r="D9" s="2" t="n">
-        <v>160.89000000000055</v>
+        <v>163.99000000000058</v>
       </c>
       <c r="E9" s="2" t="n">
-        <v>157.27000000000058</v>
+        <v>159.26000000000056</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="B10" t="inlineStr">
         <is>
-          <t>November 2024</t>
+          <t>Februari 2025</t>
         </is>
       </c>
       <c r="C10" t="inlineStr">
         <is>
           <t>2013 = 100</t>
         </is>
       </c>
       <c r="D10" s="2" t="n">
-        <v>133.22000000000048</v>
+        <v>135.79000000000048</v>
       </c>
       <c r="E10" s="2" t="n">
-        <v>130.22000000000045</v>
+        <v>131.87000000000046</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="B11" t="inlineStr">
         <is>
-          <t>December 2024</t>
+          <t>Maart 2025</t>
         </is>
       </c>
       <c r="C11" t="inlineStr">
         <is>
           <t>1996 = 100</t>
         </is>
       </c>
       <c r="D11" s="2" t="n">
-        <v>183.75000000000065</v>
+        <v>186.74000000000066</v>
       </c>
       <c r="E11" s="2" t="n">
-        <v>179.2000000000006</v>
+        <v>182.10000000000065</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="B12" t="inlineStr">
         <is>
-          <t>December 2024</t>
+          <t>Maart 2025</t>
         </is>
       </c>
       <c r="C12" t="inlineStr">
         <is>
           <t>2004 = 100</t>
         </is>
       </c>
       <c r="D12" s="2" t="n">
-        <v>161.51000000000056</v>
+        <v>164.14000000000058</v>
       </c>
       <c r="E12" s="2" t="n">
-        <v>157.51000000000056</v>
+        <v>160.06000000000057</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2025</t>
         </is>
       </c>
       <c r="B13" t="inlineStr">
         <is>
-          <t>December 2024</t>
+          <t>Maart 2025</t>
         </is>
       </c>
       <c r="C13" t="inlineStr">
         <is>
           <t>2013 = 100</t>
         </is>
       </c>
       <c r="D13" s="2" t="n">
-        <v>133.73000000000047</v>
+        <v>135.91000000000048</v>
       </c>
       <c r="E13" s="2" t="n">
-        <v>130.42000000000044</v>
+        <v>132.53000000000048</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="B14" t="inlineStr">
         <is>
-          <t>Januari 2025</t>
+          <t>April 2025</t>
         </is>
       </c>
       <c r="C14" t="inlineStr">
         <is>
           <t>1996 = 100</t>
         </is>
       </c>
       <c r="D14" s="2" t="n">
-        <v>186.20000000000064</v>
+        <v>185.17000000000064</v>
       </c>
       <c r="E14" s="2" t="n">
-        <v>180.24000000000066</v>
+        <v>182.45000000000064</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="B15" t="inlineStr">
         <is>
-          <t>Januari 2025</t>
+          <t>April 2025</t>
         </is>
       </c>
       <c r="C15" t="inlineStr">
         <is>
           <t>2004 = 100</t>
         </is>
       </c>
       <c r="D15" s="2" t="n">
-        <v>163.67000000000056</v>
+        <v>162.76000000000056</v>
       </c>
       <c r="E15" s="2" t="n">
-        <v>158.43000000000058</v>
+        <v>160.37000000000057</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="B16" t="inlineStr">
         <is>
-          <t>Januari 2025</t>
+          <t>April 2025</t>
         </is>
       </c>
       <c r="C16" t="inlineStr">
         <is>
           <t>2013 = 100</t>
         </is>
       </c>
       <c r="D16" s="2" t="n">
-        <v>135.5200000000005</v>
+        <v>134.7700000000005</v>
       </c>
       <c r="E16" s="2" t="n">
-        <v>131.18000000000046</v>
+        <v>132.79000000000048</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="B17" t="inlineStr">
         <is>
-          <t>Februari 2025</t>
+          <t>Mei 2025</t>
         </is>
       </c>
       <c r="C17" t="inlineStr">
         <is>
           <t>1996 = 100</t>
         </is>
       </c>
       <c r="D17" s="2" t="n">
-        <v>186.58000000000067</v>
+        <v>184.86000000000067</v>
       </c>
       <c r="E17" s="2" t="n">
-        <v>181.19000000000065</v>
+        <v>182.12000000000066</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="B18" t="inlineStr">
         <is>
-          <t>Februari 2025</t>
+          <t>Mei 2025</t>
         </is>
       </c>
       <c r="C18" t="inlineStr">
         <is>
           <t>2004 = 100</t>
         </is>
       </c>
       <c r="D18" s="2" t="n">
-        <v>163.99000000000058</v>
+        <v>162.48000000000056</v>
       </c>
       <c r="E18" s="2" t="n">
-        <v>159.26000000000056</v>
+        <v>160.08000000000058</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="B19" t="inlineStr">
         <is>
-          <t>Februari 2025</t>
+          <t>Mei 2025</t>
         </is>
       </c>
       <c r="C19" t="inlineStr">
         <is>
           <t>2013 = 100</t>
         </is>
       </c>
       <c r="D19" s="2" t="n">
-        <v>135.79000000000048</v>
+        <v>134.54000000000048</v>
       </c>
       <c r="E19" s="2" t="n">
-        <v>131.87000000000046</v>
+        <v>132.5500000000005</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="B20" t="inlineStr">
         <is>
-          <t>Maart 2025</t>
+          <t>Juni 2025</t>
         </is>
       </c>
       <c r="C20" t="inlineStr">
         <is>
           <t>1996 = 100</t>
         </is>
       </c>
       <c r="D20" s="2" t="n">
-        <v>186.74000000000066</v>
+        <v>185.54000000000065</v>
       </c>
       <c r="E20" s="2" t="n">
-        <v>182.10000000000065</v>
+        <v>181.86000000000067</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="B21" t="inlineStr">
         <is>
-          <t>Maart 2025</t>
+          <t>Juni 2025</t>
         </is>
       </c>
       <c r="C21" t="inlineStr">
         <is>
           <t>2004 = 100</t>
         </is>
       </c>
       <c r="D21" s="2" t="n">
-        <v>164.14000000000058</v>
+        <v>163.09000000000057</v>
       </c>
       <c r="E21" s="2" t="n">
-        <v>160.06000000000057</v>
+        <v>159.85000000000056</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="B22" t="inlineStr">
         <is>
-          <t>Maart 2025</t>
+          <t>Juni 2025</t>
         </is>
       </c>
       <c r="C22" t="inlineStr">
         <is>
           <t>2013 = 100</t>
         </is>
       </c>
       <c r="D22" s="2" t="n">
-        <v>135.91000000000048</v>
+        <v>135.04000000000048</v>
       </c>
       <c r="E22" s="2" t="n">
-        <v>132.53000000000048</v>
+        <v>132.3600000000005</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="B23" t="inlineStr">
         <is>
-          <t>April 2025</t>
+          <t>Juli 2025</t>
         </is>
       </c>
       <c r="C23" t="inlineStr">
         <is>
           <t>1996 = 100</t>
         </is>
       </c>
       <c r="D23" s="2" t="n">
-        <v>185.17000000000064</v>
+        <v>186.31000000000066</v>
       </c>
       <c r="E23" s="2" t="n">
-        <v>182.45000000000064</v>
+        <v>181.77000000000066</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="B24" t="inlineStr">
         <is>
-          <t>April 2025</t>
+          <t>Juli 2025</t>
         </is>
       </c>
       <c r="C24" t="inlineStr">
         <is>
           <t>2004 = 100</t>
         </is>
       </c>
       <c r="D24" s="2" t="n">
-        <v>162.76000000000056</v>
+        <v>163.76000000000056</v>
       </c>
       <c r="E24" s="2" t="n">
-        <v>160.37000000000057</v>
+        <v>159.77000000000058</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="B25" t="inlineStr">
         <is>
-          <t>April 2025</t>
+          <t>Juli 2025</t>
         </is>
       </c>
       <c r="C25" t="inlineStr">
         <is>
           <t>2013 = 100</t>
         </is>
       </c>
       <c r="D25" s="2" t="n">
-        <v>134.7700000000005</v>
+        <v>135.60000000000048</v>
       </c>
       <c r="E25" s="2" t="n">
-        <v>132.79000000000048</v>
+        <v>132.29000000000048</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="B26" t="inlineStr">
         <is>
-          <t>Mei 2025</t>
+          <t>Augustus 2025</t>
         </is>
       </c>
       <c r="C26" t="inlineStr">
         <is>
           <t>1996 = 100</t>
         </is>
       </c>
       <c r="D26" s="2" t="n">
-        <v>184.86000000000067</v>
+        <v>186.37000000000066</v>
       </c>
       <c r="E26" s="2" t="n">
-        <v>182.12000000000066</v>
+        <v>182.06000000000066</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="B27" t="inlineStr">
         <is>
-          <t>Mei 2025</t>
+          <t>Augustus 2025</t>
         </is>
       </c>
       <c r="C27" t="inlineStr">
         <is>
           <t>2004 = 100</t>
         </is>
       </c>
       <c r="D27" s="2" t="n">
-        <v>162.48000000000056</v>
+        <v>163.81000000000057</v>
       </c>
       <c r="E27" s="2" t="n">
-        <v>160.08000000000058</v>
+        <v>160.02000000000058</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="B28" t="inlineStr">
         <is>
-          <t>Mei 2025</t>
+          <t>Augustus 2025</t>
         </is>
       </c>
       <c r="C28" t="inlineStr">
         <is>
           <t>2013 = 100</t>
         </is>
       </c>
       <c r="D28" s="2" t="n">
-        <v>134.54000000000048</v>
+        <v>135.64000000000047</v>
       </c>
       <c r="E28" s="2" t="n">
-        <v>132.5500000000005</v>
+        <v>132.50000000000048</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="B29" t="inlineStr">
         <is>
-          <t>Juni 2025</t>
+          <t>September 2025</t>
         </is>
       </c>
       <c r="C29" t="inlineStr">
         <is>
           <t>1996 = 100</t>
         </is>
       </c>
       <c r="D29" s="2" t="n">
-        <v>185.54000000000065</v>
+        <v>185.85000000000065</v>
       </c>
       <c r="E29" s="2" t="n">
-        <v>181.86000000000067</v>
+        <v>182.30000000000067</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="B30" t="inlineStr">
         <is>
-          <t>Juni 2025</t>
+          <t>September 2025</t>
         </is>
       </c>
       <c r="C30" t="inlineStr">
         <is>
           <t>2004 = 100</t>
         </is>
       </c>
       <c r="D30" s="2" t="n">
-        <v>163.09000000000057</v>
+        <v>163.35000000000056</v>
       </c>
       <c r="E30" s="2" t="n">
-        <v>159.85000000000056</v>
+        <v>160.24000000000058</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="B31" t="inlineStr">
         <is>
-          <t>Juni 2025</t>
+          <t>September 2025</t>
         </is>
       </c>
       <c r="C31" t="inlineStr">
         <is>
           <t>2013 = 100</t>
         </is>
       </c>
       <c r="D31" s="2" t="n">
-        <v>135.04000000000048</v>
+        <v>135.26000000000047</v>
       </c>
       <c r="E31" s="2" t="n">
-        <v>132.3600000000005</v>
+        <v>132.6800000000005</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="B32" t="inlineStr">
         <is>
-          <t>Juli 2025</t>
+          <t>Oktober 2025</t>
         </is>
       </c>
       <c r="C32" t="inlineStr">
         <is>
           <t>1996 = 100</t>
         </is>
       </c>
       <c r="D32" s="2" t="n">
-        <v>186.31000000000066</v>
+        <v>186.53000000000065</v>
       </c>
       <c r="E32" s="2" t="n">
-        <v>181.77000000000066</v>
+        <v>182.54000000000065</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="B33" t="inlineStr">
         <is>
-          <t>Juli 2025</t>
+          <t>Oktober 2025</t>
         </is>
       </c>
       <c r="C33" t="inlineStr">
         <is>
           <t>2004 = 100</t>
         </is>
       </c>
       <c r="D33" s="2" t="n">
-        <v>163.76000000000056</v>
+        <v>163.96000000000058</v>
       </c>
       <c r="E33" s="2" t="n">
-        <v>159.77000000000058</v>
+        <v>160.44000000000057</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="B34" t="inlineStr">
         <is>
-          <t>Juli 2025</t>
+          <t>Oktober 2025</t>
         </is>
       </c>
       <c r="C34" t="inlineStr">
         <is>
           <t>2013 = 100</t>
         </is>
       </c>
       <c r="D34" s="2" t="n">
-        <v>135.60000000000048</v>
+        <v>135.76000000000047</v>
       </c>
       <c r="E34" s="2" t="n">
-        <v>132.29000000000048</v>
+        <v>132.85000000000048</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="B35" t="inlineStr">
         <is>
-          <t>Augustus 2025</t>
+          <t>November 2025</t>
         </is>
       </c>
       <c r="C35" t="inlineStr">
         <is>
           <t>1996 = 100</t>
         </is>
       </c>
       <c r="D35" s="2" t="n">
-        <v>186.37000000000066</v>
+        <v>187.54000000000065</v>
       </c>
       <c r="E35" s="2" t="n">
-        <v>182.06000000000066</v>
+        <v>182.84000000000066</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="B36" t="inlineStr">
         <is>
-          <t>Augustus 2025</t>
+          <t>November 2025</t>
         </is>
       </c>
       <c r="C36" t="inlineStr">
         <is>
           <t>2004 = 100</t>
         </is>
       </c>
       <c r="D36" s="2" t="n">
-        <v>163.81000000000057</v>
+        <v>164.8400000000006</v>
       </c>
       <c r="E36" s="2" t="n">
-        <v>160.02000000000058</v>
+        <v>160.71000000000058</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="B37" t="inlineStr">
         <is>
-          <t>Augustus 2025</t>
+          <t>November 2025</t>
         </is>
       </c>
       <c r="C37" t="inlineStr">
         <is>
           <t>2013 = 100</t>
         </is>
       </c>
       <c r="D37" s="2" t="n">
-        <v>135.64000000000047</v>
+        <v>136.4900000000005</v>
       </c>
       <c r="E37" s="2" t="n">
-        <v>132.50000000000048</v>
+        <v>133.07000000000048</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="B38" t="inlineStr">
         <is>
-          <t>September 2025</t>
+          <t>December 2025</t>
         </is>
       </c>
       <c r="C38" t="inlineStr">
         <is>
           <t>1996 = 100</t>
         </is>
       </c>
       <c r="D38" s="2" t="n">
-        <v>185.85000000000065</v>
+        <v>187.81000000000066</v>
       </c>
       <c r="E38" s="2" t="n">
-        <v>182.30000000000067</v>
+        <v>183.20000000000064</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="B39" t="inlineStr">
         <is>
-          <t>September 2025</t>
+          <t>December 2025</t>
         </is>
       </c>
       <c r="C39" t="inlineStr">
         <is>
           <t>2004 = 100</t>
         </is>
       </c>
       <c r="D39" s="2" t="n">
-        <v>163.35000000000056</v>
+        <v>165.0800000000006</v>
       </c>
       <c r="E39" s="2" t="n">
-        <v>160.24000000000058</v>
+        <v>161.02000000000058</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="B40" t="inlineStr">
         <is>
-          <t>September 2025</t>
+          <t>December 2025</t>
         </is>
       </c>
       <c r="C40" t="inlineStr">
         <is>
           <t>2013 = 100</t>
         </is>
       </c>
       <c r="D40" s="2" t="n">
-        <v>135.26000000000047</v>
+        <v>136.69000000000048</v>
       </c>
       <c r="E40" s="2" t="n">
-        <v>132.6800000000005</v>
+        <v>133.3300000000005</v>
       </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <coreProperties xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </coreProperties>
 </file>