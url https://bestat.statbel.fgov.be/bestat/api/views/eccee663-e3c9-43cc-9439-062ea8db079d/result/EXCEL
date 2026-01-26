--- v0 (2025-12-07)
+++ v1 (2026-01-26)
@@ -412,129 +412,129 @@
       <c r="E6" s="2" t="n">
         <v>59.19482574176551</v>
       </c>
       <c r="F6" s="2" t="n">
         <v>54.25142408980504</v>
       </c>
       <c r="G6" s="2" t="n">
         <v>53.243828173973775</v>
       </c>
       <c r="H6" s="2" t="n">
         <v>62.19467342859504</v>
       </c>
       <c r="I6" s="2" t="n">
         <v>52.301044732441476</v>
       </c>
       <c r="J6" s="2" t="n">
         <v>58.76148355692595</v>
       </c>
       <c r="K6" s="2" t="n">
         <v>60.07428310287528</v>
       </c>
       <c r="L6" s="2" t="n">
         <v>54.26140829122735</v>
       </c>
       <c r="M6" s="2" t="n">
-        <v>63.603231934967866</v>
+        <v>63.60323193496787</v>
       </c>
     </row>
     <row r="7">
       <c r="A7"/>
       <c r="B7" t="inlineStr">
         <is>
           <t>4. Housing, water, electricity, gas and other fuels</t>
         </is>
       </c>
       <c r="C7"/>
       <c r="D7" s="2" t="n">
         <v>160.45663687267617</v>
       </c>
       <c r="E7" s="2" t="n">
         <v>159.30018560184925</v>
       </c>
       <c r="F7" s="2" t="n">
         <v>165.86758549628198</v>
       </c>
       <c r="G7" s="2" t="n">
         <v>162.79231459925782</v>
       </c>
       <c r="H7" s="2" t="n">
         <v>154.98334497790975</v>
       </c>
       <c r="I7" s="2" t="n">
         <v>172.02056152642885</v>
       </c>
       <c r="J7" s="2" t="n">
         <v>171.76622713587963</v>
       </c>
       <c r="K7" s="2" t="n">
         <v>201.32343091064138</v>
       </c>
       <c r="L7" s="2" t="n">
         <v>164.49338688062915</v>
       </c>
       <c r="M7" s="2" t="n">
-        <v>165.42238988783407</v>
+        <v>165.42238988783404</v>
       </c>
     </row>
     <row r="8">
       <c r="A8"/>
       <c r="B8" t="inlineStr">
         <is>
           <t>5. Furnishings, household equipment and routine household maintenance</t>
         </is>
       </c>
       <c r="C8"/>
       <c r="D8" s="2" t="n">
         <v>75.88464191408211</v>
       </c>
       <c r="E8" s="2" t="n">
         <v>74.87314994581216</v>
       </c>
       <c r="F8" s="2" t="n">
         <v>74.79618285305203</v>
       </c>
       <c r="G8" s="2" t="n">
         <v>74.11571043359136</v>
       </c>
       <c r="H8" s="2" t="n">
         <v>73.9616696802231</v>
       </c>
       <c r="I8" s="2" t="n">
         <v>82.30397123527723</v>
       </c>
       <c r="J8" s="2" t="n">
         <v>83.62601563247961</v>
       </c>
       <c r="K8" s="2" t="n">
         <v>72.90453857521864</v>
       </c>
       <c r="L8" s="2" t="n">
         <v>74.4249869500377</v>
       </c>
       <c r="M8" s="2" t="n">
-        <v>60.331661174059576</v>
+        <v>60.33166117405957</v>
       </c>
     </row>
     <row r="9">
       <c r="A9"/>
       <c r="B9" t="inlineStr">
         <is>
           <t>6. Health</t>
         </is>
       </c>
       <c r="C9"/>
       <c r="D9" s="2" t="n">
         <v>73.84504231422684</v>
       </c>
       <c r="E9" s="2" t="n">
         <v>78.67457584949938</v>
       </c>
       <c r="F9" s="2" t="n">
         <v>77.24045622973237</v>
       </c>
       <c r="G9" s="2" t="n">
         <v>81.52571427345939</v>
       </c>
       <c r="H9" s="2" t="n">
         <v>82.40938989040735</v>
       </c>
@@ -763,51 +763,51 @@
       <c r="E15" s="2" t="n">
         <v>85.26410054216122</v>
       </c>
       <c r="F15" s="2" t="n">
         <v>85.33384348549657</v>
       </c>
       <c r="G15" s="2" t="n">
         <v>83.70245152266071</v>
       </c>
       <c r="H15" s="2" t="n">
         <v>82.74884017748853</v>
       </c>
       <c r="I15" s="2" t="n">
         <v>83.3197918737477</v>
       </c>
       <c r="J15" s="2" t="n">
         <v>84.01155995100974</v>
       </c>
       <c r="K15" s="2" t="n">
         <v>80.36123451037375</v>
       </c>
       <c r="L15" s="2" t="n">
         <v>88.6816957653289</v>
       </c>
       <c r="M15" s="2" t="n">
-        <v>87.3537689021412</v>
+        <v>87.35376890214118</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="B16"/>
       <c r="C16"/>
       <c r="D16" s="2" t="n">
         <v>1000.0000000000027</v>
       </c>
       <c r="E16" s="1" t="n">
         <v>1000.0</v>
       </c>
       <c r="F16" s="1" t="n">
         <v>1000.0</v>
       </c>
       <c r="G16" s="1" t="n">
         <v>1000.0</v>
       </c>
       <c r="H16" s="2" t="n">
         <v>1000.000000000003</v>
       </c>
@@ -1443,51 +1443,51 @@
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="D30" s="2" t="n">
         <v>54.26140829122735</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="B31" t="inlineStr">
         <is>
           <t>3. Clothing and footwear</t>
         </is>
       </c>
       <c r="C31" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D31" s="2" t="n">
-        <v>63.603231934967866</v>
+        <v>63.60323193496787</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="B32" t="inlineStr">
         <is>
           <t>4. Housing, water, electricity, gas and other fuels</t>
         </is>
       </c>
       <c r="C32" t="inlineStr">
         <is>
           <t>2016</t>
         </is>
       </c>
       <c r="D32" s="2" t="n">
         <v>160.45663687267617</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" t="inlineStr">
         <is>
@@ -1643,51 +1643,51 @@
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="D40" s="2" t="n">
         <v>164.49338688062915</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="B41" t="inlineStr">
         <is>
           <t>4. Housing, water, electricity, gas and other fuels</t>
         </is>
       </c>
       <c r="C41" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D41" s="2" t="n">
-        <v>165.42238988783407</v>
+        <v>165.42238988783404</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="B42" t="inlineStr">
         <is>
           <t>5. Furnishings, household equipment and routine household maintenance</t>
         </is>
       </c>
       <c r="C42" t="inlineStr">
         <is>
           <t>2016</t>
         </is>
       </c>
       <c r="D42" s="2" t="n">
         <v>75.88464191408211</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" t="inlineStr">
         <is>
@@ -1843,51 +1843,51 @@
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="D50" s="2" t="n">
         <v>74.4249869500377</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="B51" t="inlineStr">
         <is>
           <t>5. Furnishings, household equipment and routine household maintenance</t>
         </is>
       </c>
       <c r="C51" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D51" s="2" t="n">
-        <v>60.331661174059576</v>
+        <v>60.33166117405957</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="B52" t="inlineStr">
         <is>
           <t>6. Health</t>
         </is>
       </c>
       <c r="C52" t="inlineStr">
         <is>
           <t>2016</t>
         </is>
       </c>
       <c r="D52" s="2" t="n">
         <v>73.84504231422684</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" t="inlineStr">
         <is>
@@ -3243,51 +3243,51 @@
         <is>
           <t>2024</t>
         </is>
       </c>
       <c r="D120" s="2" t="n">
         <v>88.6816957653289</v>
       </c>
     </row>
     <row r="121">
       <c r="A121" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="B121" t="inlineStr">
         <is>
           <t>12. Miscellaneous goods and services</t>
         </is>
       </c>
       <c r="C121" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="D121" s="2" t="n">
-        <v>87.3537689021412</v>
+        <v>87.35376890214118</v>
       </c>
     </row>
     <row r="122">
       <c r="A122" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="B122"/>
       <c r="C122" t="inlineStr">
         <is>
           <t>2016</t>
         </is>
       </c>
       <c r="D122" s="2" t="n">
         <v>1000.0000000000027</v>
       </c>
     </row>
     <row r="123">
       <c r="A123" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="B123"/>